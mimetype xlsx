--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -4,154 +4,349 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Plataformas y redes" sheetId="1" r:id="rId4"/>
+    <sheet name="Plataformas e redes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="472">
-[...10 lines deleted...]
-    <t>RAIA - Rede de Apoio á Innovación Rural</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="505">
+  <si>
+    <t>Nome</t>
+  </si>
+  <si>
+    <t>Rapaz</t>
+  </si>
+  <si>
+    <t>Descrición</t>
+  </si>
+  <si>
+    <t>AFINET</t>
   </si>
   <si>
     <t>Reixa</t>
   </si>
   <si>
-    <t>O proxecto RAIA busca crear unha rede na rexión Alentejo-Algarve-Andalucía que proporcione ás administracións públicas, ao tecido asociativo, ás empresas e ao público en xeral as ferramentas necesarias para promover a innovación agrícola nas zonas rurais , transformando a zona transfronteiriza da Raia nun territorio con novas oportunidades de negocio e capaz de afrontar os novos retos e oportunidades que xurdan. A innovación considérase un motor de desenvolvemento rural que establece vantaxes competitivas e, polo tanto, é unha das principais características da futura rede.</t>
+    <t>Unha rede temática deseñada para promover o intercambio e a transferencia de coñecementos entre científicos e profesionais dedicados ao sector agroforestal. AFINET operará a nivel europeo para implementar os resultados de diversos proxectos de investigación e promover ideas innovadoras que axuden aos profesionais a superar os desafíos e problemas.</t>
   </si>
   <si>
     <t>Sociedade Española de Agricultura Ecolóxica/Agroecoloxía (SEAE)</t>
   </si>
   <si>
     <t>Plataforma</t>
   </si>
   <si>
     <t>A EAE é unha asociación sen ánimo de lucro que promove a mellora e a difusión do coñecemento sobre a produción de alimentos de calidade baseados na agroecoloxía no marco do desenvolvemento rural sostible.</t>
   </si>
   <si>
-    <t>Microplanta vermella</t>
-[...56 lines deleted...]
-    <t>NBSOIL (Solucións baseadas na natureza para a xestión do solo) permite aos consultores de solos implementar unha visión holística da saúde do solo mediante Solucións baseadas na natureza (NBS) e colaborar eficazmente en diferentes escalas temporais e espaciais a través dun programa de aprendizaxe. O obxectivo xeral é deseñar un programa de aprendizaxe combinada atractivo que permita aos avaliadores de solos implementar unha visión holística da saúde do solo a través de Solucións Baseadas na Natureza (SNB) e colaborar eficazmente en diferentes escalas temporais e espaciais.</t>
+    <t>CTA (Corporación Tecnolóxica de Andalucía)</t>
+  </si>
+  <si>
+    <t>Asociacións empresariais, Plataforma, Hubs</t>
+  </si>
+  <si>
+    <t>CTA é o clúster de innovación multisectorial de Andalucía con actividade nacional e internacional. Axuda ás empresas, administracións públicas e universidades a planificar unha estratexia de I+D+i aliñada coas súas necesidades. Desde a identificación das necesidades de I+D+i e a formulación de proxectos para abordalas, ata a busca de socios e financiamento, apoia ás empresas nos seus proxectos de innovación. É un aliado estratéxico para transformar os resultados en oportunidades de negocio e un socio de éxito en proxectos de innovación internacionais. É unha fundación privada con máis de 186 empresas socias e 20 anos de experiencia , promovida orixinalmente pola Xunta de Andalucía e con xestión privada, dedicada a promover a innovación tecnolóxica. Máis de 186 empresas forman parte de CTA. Desde grandes corporacións internacionais ata pemes ou startups tecnolóxicas de todos os sectores económicos.</t>
+  </si>
+  <si>
+    <t>FARMPEP</t>
+  </si>
+  <si>
+    <t>FarmPEP é unha iniciativa comunitaria colaborativa. Lanzouse en xaneiro de 2020 a través dun proxecto Innovate UK con ADAS, Agri-TechE, CCRI, Innovative Farmers, Open Coop e The Farming Forum, co obxectivo de conectar o intercambio de coñecementos na agricultura na era posterior á COVID-19.</t>
+  </si>
+  <si>
+    <t>Rede de Bosques de Utilidade Pública</t>
+  </si>
+  <si>
+    <t>A REMP, Rede Estatal de Montes Públicos, establécese como unha rede para mellorar o coñecemento e poñer en valor o patrimonio forestal público, incluíndo os montes de Utilidade Pública así como os pertencentes ás Entidades Locais.</t>
+  </si>
+  <si>
+    <t>Rede de Información Ambiental de Andalucía</t>
+  </si>
+  <si>
+    <t>A Consellería de Sostibilidade e Medio Ambiente da Xunta de Andalucía é o organismo encargado de garantir o dereito de acceso á información ambiental en Andalucía. En concreto, o Decreto 170/2024, do 26 de agosto, polo que se establece a súa estrutura orgánica, estipula que a Secretaría Xeral de Medio Ambiente e Cambio Climático é a responsable da organización, xestión, estruturación e funcionamento da Rede de Información Ambiental (REDIAM). Esta rede integra e difunde toda a información alfanumérica, gráfica e de outro tipo sobre o medio ambiente en Andalucía, xerada por todo tipo de centros produtores de información ambiental da Comunidade Autónoma. Esta información está destinada ao seu uso na xestión, investigación, difusión pública e toma de decisións, así como para establecer as liñas de actuación da Consellería en materia de produción de información estatística e cartográfica.</t>
+  </si>
+  <si>
+    <t>RECAN (Rede Nacional de Contabilidade Agraria)</t>
+  </si>
+  <si>
+    <t>A Rede Nacional de Contabilidade Agraria é unha ferramenta que permite avaliar a renda agraria e o impacto da política agrícola nas explotacións. Réxese por un regulamento da Unión Europea, o que significa que se aplican os mesmos principios contables en todos os estados membros. Polo tanto, é a única fonte completa de microdatos en España que está harmonizada co resto da UE.</t>
+  </si>
+  <si>
+    <t>Rede RUENA</t>
+  </si>
+  <si>
+    <t>Tras a aprobación de varios proxectos do CICYT relacionados co uso de inhibidores da nitrificación como ferramenta para reducir as perdas de nitróxeno á atmosfera e á auga, e de acordo coa proposta de coordinación do Ministerio de Ciencia e Tecnoloxía (MCyT), celebrouse unha primeira reunión en Pamplona. Nesta reunión, expúxose por primeira vez a idea de crear unha Rede Temática sobre o "Uso Eficiente do Nitróxeno na Agricultura". As reunións posteriores celebráronse en Lleida e Madrid, onde se acordou presentarse á Convocatoria de Propostas de Accións Especiais do MCyT. En xaneiro de 2002, presentouse o proxecto de creación da Rede co apoio da maioría dos asistentes, e foi finalmente aprobado en setembro de 2002. Entendemos que esta aprobación constitúe o recoñecemento oficial da existencia da Rede por parte do Ministerio de Ciencia e Tecnoloxía. Aclaracións: A rede temática non ten ánimo de lucro. Non conta con fondos para a asistencia de participantes ás reunións; só se poden outorgar pequenas subvencións para facilitar a súa execución.</t>
+  </si>
+  <si>
+    <t>Rede de Mulleres Gandeiras</t>
+  </si>
+  <si>
+    <t>Este proxecto nace da necesidade de recuperar o lugar das mulleres no sector gandeiro. O grupo pretende romper coa imaxe masculina da gandería extensiva e superar a discriminación social, institucional e profesional á que se enfrontan. "Tanto os aprendices de pastor recentemente chegados á Serra como os gandeiros experimentados con xeracións de experiencia pastoral falan a mesma lingua e, sobre todo, temos claro o que queremos cambiar: queremos pasar da invisibilidade permanente ao primeiro plano, queremos ter voz onde se toman as decisións importantes, queremos romper coa imaxe completamente masculina da gandería extensiva e o pastoreo, queremos ser respectadas como gandeiras, queremos superar a discriminación familiar, social, administrativa e profesional que sufrimos, queremos cambiar a burocracia excesiva, queremos compartir as tarefas domésticas cos homes e superar os traballos múltiples obrigatorios que, como mulleres, soportamos todas. Queremos un cambio".</t>
+  </si>
+  <si>
+    <t>Rede Municipal de Gandería e Carne</t>
+  </si>
+  <si>
+    <t>En defensa do maior sector da produción agrícola nacional e da industria alimentaria líder. Unha plataforma que aspira a converterse nun foro de diálogo entre o sector privado e os concellos, fomentando a acción e a colaboración público-privada, e recoñecendo o papel vital da cadea de subministración alimentaria para abordar os desafíos demográficos e económicos aos que nos enfrontamos como nación.</t>
+  </si>
+  <si>
+    <t>Rede Nacional de Granxas Tradicionais</t>
+  </si>
+  <si>
+    <t>En resposta á necesidade de sistemas de información económica para o sector gandeiro que permitisen comparacións a nivel agrario, rexional, nacional e internacional, a Dirección Xeral de Produción e Mercados Agrarios puxo en marcha no ano 2003 a Rede Nacional de Explotacións Típicas (proxecto RENGRATI), que agora forma parte da rede REDES TECO. Este proxecto céntrase no establecemento e mantemento de redes permanentes de información técnica e económica para os distintos sectores gandeiros de España. Para iso, estableceuse unha infraestrutura ou rede de institucións e particulares para achegar información, entre as que se inclúen as principais asociacións de produtores, investigadores, consultores, produtores e organismos gobernamentais relacionados. Estas redes nacionais sectoriais están, á súa vez, integradas nas Redes Internacionais de Análise Comparativa de Explotacións, que inclúen os principais países produtores de gando do mundo. Estas Redes Internacionais prestan apoio continuo aos seus membros e colaboran na aplicación da metodoloxía axeitada para validar a información proporcionada polos produtores, así como para avaliar políticas e estratexias sectoriais e de produción, ou simular o seu impacto a todos os niveis. A metodoloxía empregada neste marco comeza cos rexistros contables de explotacións reais con características similares, que se categorizan para representar o sistema de produción máis común na rexión onde se atopan, en termos de tamaño, xestión e rendementos. Ademais das validacións realizadas segundo a metodoloxía internacional, celébranse reunións nacionais cos produtores, denominadas "paneis" na terminoloxía da rede, para discutir e validar os resultados co fin de garantir unha maior representatividade. RENGRATI pretende servir como ferramenta estratéxica, proporcionando información precisa e actualizada sobre custos de produción, rendibilidade, beneficios e puntos de equilibrio, apoiando os sectores e servindo de referencia para a toma de decisións prácticas, axudando a orientar o futuro inmediato destes sectores na dirección correcta. Para este fin, nesta sección está dispoñible información máis detallada sobre o funcionamento da Rede Nacional de Explotacións Típicas e das Redes Internacionais, así como informes de resultados específicos do sector.</t>
+  </si>
+  <si>
+    <t>REDIGA</t>
+  </si>
+  <si>
+    <t>REDIGA foi creada para fortalecer as sinerxías entre investigadores e institucións, aumentar a visibilidade e a proxección da investigación e construír un ecosistema colaborativo na gandería de precisión.</t>
+  </si>
+  <si>
+    <t>Pastoralismo en rede</t>
+  </si>
+  <si>
+    <t>Esta iniciativa da nosa filial, Red Eléctrica, ten como obxectivo xestionar a vexetación baixo as liñas eléctricas mediante o pastoreo extensivo do gando. Reflicte o noso compromiso de integrar as nosas instalacións coa natureza e o medio rural, transformándoas en corredores ecolóxicos e reducindo así a fragmentación do hábitat.</t>
+  </si>
+  <si>
+    <t>Rede de estacións meteorolóxicas SiAR</t>
+  </si>
+  <si>
+    <t>O Ministerio de Agricultura, Pesca e Alimentación, a través da Subdirección Xeral de Regadíos, Camiños Naturais e Infraestruturas Rurais, pon á disposición dos usuarios de forma gratuíta toda a información recollida a través da rede de estacións meteorolóxicas SiAR.</t>
+  </si>
+  <si>
+    <t>Rede de Agroecoloxía en Acción</t>
+  </si>
+  <si>
+    <t>A Rede Agroecoloxía en Acción comeza coa intención de conectar os diversos proxectos agroecolóxicos e campesiños que se están a desenvolver en todo o país, para axudar a coordinar o sector, propoñer solucións ás necesidades comúns e consolidar estes proxectos. En Ecoloxistas en Acción, levamos anos traballando na agroecoloxía como unha abordaxe válida e de alto potencial para abordar os futuros desafíos ecolóxicos e sociais aos que se enfrontan as zonas rurais, xerados polo sistema alimentario industrial e globalizado. Ademais, moitos activistas e defensores da agroecoloxía embarcáronse en proxectos deste tipo, especialmente modelos a escala campesiña, atopando moitas dificultades para establecelos e mantelos. O desenvolvemento de proxectos baseados no coidado non recibe o apoio adecuado dentro do modelo capitalista e patriarcal actual. Poñer o coidado no centro —o coidado da terra e o coidado de nós mesmos— dificulta a posta en marcha dos nosos proxectos. Co paso dos anos moitos proxectos fracasaron ou transformáronse, pero cada vez nacen máis e resisten, porque queremos e estamos comprometidos con outro modelo de desenvolvemento socioeconómico que respecte o medio ambiente, as persoas e o futuro do planeta.</t>
+  </si>
+  <si>
+    <t>Rede campesiña para a agricultura do carbono</t>
+  </si>
+  <si>
+    <t>Estamos a promover unha rede de agricultores para axudar a difundir novas formas de facer e entender a produción de alimentos. Estamos seguros de que o sector primario necesita un cambio nas estratexias agronómicas que favorezan a recuperación do solo, a autofertilidade e a conservación, ao mesmo tempo que fortalezan a viabilidade económica. A nosa asociación ten como obxectivo promover a formación e o intercambio de coñecementos e experiencias relacionados co que nos gusta chamar agricultura biolóxica baseada no carbono. O termo "biolóxico" incorpora a bioloxía máis lóxica que existe: o modelo da natureza. Xa coñecemos diversas iniciativas privadas no noso país e nos países veciños que están a experimentar e buscar técnicas agronómicas que promovan a recuperación do solo, a autofertilidade e a conservación. Estas explotacións están a demostrar a súa viabilidade económica e, polo tanto, están a converterse en referentes no seu campo. Ao crear esta rede, promovemos o intercambio de información, experiencias e dificultades entre os membros da rede para abordar os desafíos aos que se enfronta a agricultura: a crise ambiental, climática e enerxética, a crise de subministración (fertilizantes, sementes, etc.) e a propia supervivencia do sector.</t>
+  </si>
+  <si>
+    <t>Rede Andaluza de Pastizales e Zonas Cortafuegos (RAPCA)</t>
+  </si>
+  <si>
+    <t>Rede centrada no uso de gando en réximes de pastoreo controlado para eliminar o combustible vexetal das zonas cortafuegos e manter a infraestrutura para a prevención de incendios forestais . Un equipo técnico é o responsable do funcionamento desta rede, determinando as zonas máis axeitadas en coordinación con INFOCA e seleccionando gandeiros en función de rigorosos criterios técnicos, para posteriormente avaliar o seu rendemento. As vantaxes da RAPCA: Función preventiva Representa un traballo esencial para preservar os nosos bosques dos incendios, non só mantendo cortafuegos, senón tamén proporcionando a vixilancia necesaria para a presenza de pastores na zona. Reduce a acumulación de material combustible Desempeña un papel fundamental na silvicultura preventiva en zonas de difícil acceso. Melloras ambientais Aumenta a biodiversidade, contribúe á dispersión das sementes, mellora a estrutura do solo e reduce a erosión e a desertificación. Contribución ao medio rural O traballo do pastor é recoñecido Contribúe ao desenvolvemento rural sostible e ao asentamento da poboación rural Promove o uso de razas autóctonas e a produción de produtos de calidade</t>
+  </si>
+  <si>
+    <t>LAURUS</t>
+  </si>
+  <si>
+    <t>Rede de apoio ás asociacións europeas de propietarios forestais, que ofrece innovación e formación ao seu persoal técnico. A Rede proporciona: Formación de expertos: participa en seminarios web deseñados para mellorar os teus coñecementos e potenciar a túa toma de decisións mediante a transferencia de coñecementos e experiencia práctica sobre saúde mental. Oportunidades innovadoras: Obtén acceso a novos modelos de negocio, ideas e oportunidades que melloren tanto a rendibilidade como a sustentabilidade das túas operacións forestais. Conexións valiosas: Conecta directamente cos xestores que xa están a implementar con éxito estas abordaxes innovadoras a través do traballo en rede e o apoio impulsados pola comunidade.</t>
+  </si>
+  <si>
+    <t>PARA CONSELLO</t>
+  </si>
+  <si>
+    <t>FORADVISE pechará as lagoas de coñecemento e proporcionará ferramentas para garantir que os servizos de asesoramento forestal sexan modernos, eficaces e estean ben integrados nos Sistemas de Coñecemento e Innovación Agrícola (SIGA) tanto a nivel nacional como da UE. Os seus obxectivos son: Desenvolvemento de redes europeas Desenvolvemento de capacidades e formación Comprensión e modernización do Sistema de Coñecemento e Innovación Forestal (FOKIS)</t>
+  </si>
+  <si>
+    <t>BBioNets</t>
+  </si>
+  <si>
+    <t>BBioNets é unha rede temática baseada no traballo levado a cabo polos Grupos Operativos da EIP-AGRI relacionado coa xestión e/ou o procesamento de biomasa agrícola e forestal mediante Tecnoloxías de Base Biolóxica (BBTs), promovéndoa e fomentándoa. BBioNets prevé o establecemento de seis Redes Rexionais Forestais e Agrícolas (FANs) con socios en Irlanda, España (CTA, Tepro), Italia, Grecia, Polonia e a República Checa. Fai clic aquí para ver o folleto en español.</t>
+  </si>
+  <si>
+    <t>PTI. SOSECOCIR CSIC</t>
+  </si>
+  <si>
+    <t>A misión de PTI SosEcoCir é contribuír a promover o desenvolvemento sostible , combinando o crecemento industrial e socioeconómico do territorio coa conservación dos seus recursos naturais . Obxectivos da plataforma: Avanzar en accións e estudos dirixidos á sustentabilidade do medio urbano (comunidades urbanas). Mitigar os efectos do quecemento global; orientar as políticas sectoriais (agrícolas, forestais, ambientais). Implementar solucións innovadoras na xestión de recursos e residuos. Reducir a pegada de carbono e usar a enerxía de forma máis eficiente mediante o desenvolvemento de combustibles naturais e a redución das necesidades enerxéticas dos edificios. Establecer sistemas de gobernanza que leven a unha agricultura máis sostible. Establecer equilibrios entre as necesidades humanas, a innovación e o desenvolvemento socioeconómico.</t>
+  </si>
+  <si>
+    <t>Inno4Grass</t>
+  </si>
+  <si>
+    <t>Inno4Grass é o acrónimo de "Espazo de innovación compartido para a produtividade sostible dos pastos en Europa", un proxecto internacional con múltiples partes interesadas que reúne as principais organizacións de agricultores, servizos de extensión, institucións educativas e de investigación de oito países da UE: Bélxica, Francia, Alemaña, Irlanda, Italia, Países Baixos, Polonia e Suecia. Os pastos desempeñan un papel importante na produción agrícola, e a produción de carne de leite, vacún e ovino é un importante motor económico. Tamén se dirixe ao público en xeral/a sociedade coa mensaxe de que os bosques, xestionados de forma sostible polos habitantes rurais, son unha gran fonte de riqueza, que nos proporcionan cortiza, resinas, plantas aromáticas e medicinais e produtos comestibles como froitos secos e bagas silvestres, cogomelos e trufas. A actividade socioeconómica nos nosos bosques tamén contribúe á prevención dos incendios forestais.</t>
+  </si>
+  <si>
+    <t>EURAKNOS</t>
+  </si>
+  <si>
+    <t>EURAKNOS ten como obxectivo fortalecer a base de coñecemento agrícola da UE mediante a cocreación da "rede para conectar todas as redes temáticas" e explorar a viabilidade de crear unha base de datos modular de achados útiles de diversas redes temáticas. Euraknos aumentará a recompilación de coñecementos listos para a práctica ao intensificar a interacción entre diversas redes agrícolas ou forestais, maximizando así os resultados para os profesionais. Organizarase a fertilización cruzada entre as redes temáticas existentes que abarcan diferentes países, rexións e sistemas de produción. O obxectivo principal é estimular o intercambio de enfoques, metodoloxías e ferramentas existentes para maximizar o impacto nos profesionais, agricultores e silvicultores. Euraknos tamén explorará as necesidades dos usuarios finais para avaliar a posibilidade de establecer unha base europea de coñecemento e innovación para conectar todas as TNS, incluídos os aspectos de xestión de datos.</t>
+  </si>
+  <si>
+    <t>Rede Española de Seguimento do Declive Forestal (REDEC)</t>
+  </si>
+  <si>
+    <t>Rede de investigadores e xestores de diversas institucións españolas dedicadas ao estudo do declive forestal. Os obxectivos xerais da Rede son compartir o coñecemento existente sobre os sistemas forestais afectados onde se realiza traballo de campo e investigación, avanzar no coñecemento do declive forestal, fortalecer os vínculos entre os grupos de investigación para promover a colaboración e o fluxo de información e axudar aos xestores forestais a abordar o problema do declive forestal.</t>
+  </si>
+  <si>
+    <t>PTI. Green Horizon CSIC</t>
+  </si>
+  <si>
+    <t>A plataforma enfróntase ao reto de garantir a sustentabilidade futura dos sistemas agrícolas e forestais ante o impacto do cambio climático.</t>
+  </si>
+  <si>
+    <t>AF4EU</t>
+  </si>
+  <si>
+    <t>Rede que promove a agroforestería en Europa mediante o desenvolvemento dunha rede agroforestería interactiva, impulsada pola innovación e con múltiples partes interesadas (Redes Rexionais de Innovación Agroforestería (RAIN))</t>
+  </si>
+  <si>
+    <t>ResAlliance</t>
+  </si>
+  <si>
+    <t>Unha rede temática que ten como obxectivo mellorar o fluxo de información e coñecemento e aumentar a capacidade dos silvicultores e agricultores en materia de resiliencia da paisaxe. ResAlliance promove iniciativas interactivas de múltiples partes interesadas a dous niveis: LandNet e LandLab.</t>
+  </si>
+  <si>
+    <t>Fundación Aragonesa para a Innovación e a Transferencia Agroalimentaria (FITA)</t>
+  </si>
+  <si>
+    <t>A Fundación Aragonesa para a Innovación e Transferencia Agroalimentaria (FITA) ten como obxectivo fortalecer a innovación e a transferencia de coñecemento nos sectores agroalimentario e ambiental para abordar os desafíos económicos, ambientais e sociais aos que se enfrontan os actores públicos e privados, e a sociedade en xeral. A FITA ofrece solucións científicas e tecnolóxicas aos desafíos do sector, ademais de proporcionar asesoramento administrativo e estratéxico que facilita o acceso á innovación colaborativa nos sectores agrícola, agroalimentario e forestal.</t>
+  </si>
+  <si>
+    <t>Rede de Espazos de Probas Agrícolas (RETA)</t>
+  </si>
+  <si>
+    <t>Unha rede líder no proceso de cambio de paradigma no mundo rural para entidades comunitarias, públicas e privadas comprometidas con enfoques innovadores, creativos e honestos, facilitando a incorporación gradual de novos actores no sector agrícola. Un espazo de probas agrícolas é un programa para facilitar a integración progresiva de novas partes interesadas no sector agrícola, coordinado a través dunha gobernanza estruturada acordada por todas as partes interesadas. O seu obxectivo é apoiar a emprendedores con pouca experiencia agrícola que desexen desenvolver un proxecto agrícola, gandeiro ou forestal nun ambiente de probas . O espazo de probas agrícolas está estruturado con apoio legal, apoio físico e apoio integral , o que garante que o/a testador/a poida completar a proba de actividade.</t>
+  </si>
+  <si>
+    <t>INCRÍBEL - Redes de innovación de cortiza, resinas e comestibles na conca mediterránea</t>
+  </si>
+  <si>
+    <t>INCREDIBLE aborda a brecha entre a investigación existente e o coñecemento da innovación nos sistemas de servizos para os PFNM no Mediterráneo. En concreto, INCREDIBLE vincula o coñecemento e fomenta a colaboración entre diferentes grupos de partes interesadas, desenvolvendo modelos de negocio innovadores e mellorando a experiencia nas rexións rurais para desenvolver estratexias económicas inclusivas. INCRÍBEL ten como obxectivo: Crear e estimular redes de innovación interrexionais e multilaterais (iNets). Acelerar os fluxos de coñecemento e a asimilación de coñecementos para apoiar a innovación nos PFNM. Contribuír á innovación social e empresarial mediante a difusión e actividades selectivas e multiplicadores específicos.</t>
   </si>
   <si>
     <t>Rede de Silvicultura Adaptativa ao Cambio Climático (SILVADAPTNET)</t>
   </si>
   <si>
     <t>A Rede foi creada como un medio para unificar os resultados obtidos por diferentes grupos de investigación, tentando proporcionar respostas claras sobre as perturbacións e os problemas asociados ao cambio climático , e así axudar na xeración de novos criterios para a xestión forestal . O obxectivo fundamental é a integración de diferentes grupos de investigación en silvicultura adaptativa ao cambio climático , achegando coñecementos, metodoloxías e sitios experimentais activos, para o desenvolvemento dun marco de xestión forestal adaptativa baseado na ecohidroloxía e xeneralizable a todo o territorio peninsular. A Rede Silvadapt.net conta cun total de 34 parcelas para o seguimento de masas naturais e silvicultura ante o cambio climático, distribuídas entre os principais tipos fitoclimáticos presentes en España, así como unha representación dos tipos de masas máis característicos do noso medio natural. 
       Fuente: https://silvadaptnet.webs.upv.es/index.php/red-de-parcelas/</t>
   </si>
   <si>
+    <t>Rede de Hortas Urbanas de Madrid</t>
+  </si>
+  <si>
+    <t>A Rede de Hortas Urbanas de Madrid é unha iniciativa impulsada por cidadáns implicados na agricultura comunitaria na cidade de Madrid. A Rede foi creada para dar a coñecer a agricultura urbana en Madrid e para abordar as necesidades das hortas urbanas de apoio mutuo e intercambio de coñecementos, experiencias, subministracións e moito máis. Un dos obxectivos da Rede é crear un punto de encontro para as iniciativas de agroecoloxía comunitaria na nosa cidade e avanzar cara a un modelo urbano máis sostible que aborde cuestións como a educación ambiental, a soberanía alimentaria, os canais de distribución directa de alimentos, os grupos de consumidores, a mobilidade sostible e a compostaxe.</t>
+  </si>
+  <si>
+    <t>EIP-AGRI</t>
+  </si>
+  <si>
+    <t>Plataforma para a promoción de redes, proxectos e investigacións europeas, así como a difusión de eventos e innovación</t>
+  </si>
+  <si>
+    <t>Rede para a Promoción da Procesación de Alimentos a Pequena Escala (RITA)</t>
+  </si>
+  <si>
+    <t>A innovación e a reubicación son aspectos fundamentais para a viabilidade das pequenas e medianas empresas (pemes) e dos particulares que se dedican ao procesamento de alimentos. Os obradoiros compartidos, os pequenos matadoiros e salas de despezamento, así como outras instalacións adaptadas aos procesos artesanais e a pequena escala, son iniciativas innovadoras e, en moitos casos, pioneiras para o desenvolvemento sostible do sector das pemes. Estas prácticas innovadoras abordan aspectos técnicos importantes, pero tamén aspectos sociais, de xestión e de gobernanza que son necesarios, entre outras cousas, para proporcionar alimentos sans, acadar prezos xustos e ter un impacto positivo no emprego rural. A Rede para a Promoción da Procesación de Alimentos a Pequena Escala busca fomentar un ecosistema de apoio para aqueles que procesan alimentos a pequena e mediana escala, e mellorar o acceso da poboación a alimentos sans e de calidade, respectuosos co medio ambiente e xustos para as persoas que os producen e promover o desenvolvemento socioeconómico das zonas rurais. RITA é un proxecto impulsado por 6 entidades con ampla experiencia en iniciativas para o desenvolvemento de sistemas alimentarios territorializados, a articulación de procesos colectivos e o fomento da agroecoloxía: ARCA (Associació d'Iniciatives Rurals i Marítimes de Catalunya), Germinando, Extremadura Alimenta, Sindicato Labrego, SEAE (Sociedad Española de Agricultura y Sociología Ecológica) e ISEC. Estudios Campesinos – Grupo PAIDI SEJ 179 de la Universidad de Córdoba).</t>
+  </si>
+  <si>
+    <t>RAIA - Rede de Apoio á Innovación Rural</t>
+  </si>
+  <si>
+    <t>O proxecto RAIA busca crear unha rede na rexión Alentejo-Algarve-Andalucía que proporcione ás administracións públicas, ao tecido asociativo, ás empresas e ao público en xeral as ferramentas necesarias para promover a innovación agrícola nas zonas rurais , transformando a zona transfronteiriza da Raia nun territorio con novas oportunidades de negocio e capaz de afrontar os novos retos e oportunidades que xurdan. A innovación considérase un motor de desenvolvemento rural que establece vantaxes competitivas e, polo tanto, é unha das principais características da futura rede.</t>
+  </si>
+  <si>
+    <t>Microplanta vermella</t>
+  </si>
+  <si>
+    <t>Unha rede de grupos de investigación centrada na investigación das interaccións beneficiosas entre plantas e microorganismos. A rede está formada por 15 grupos de investigación de varias universidades. O obxectivo da Rede é unir coñecementos, recursos e esforzos na investigación sobre as interaccións planta-microorganismo en relación coa súa importancia e aplicabilidade na mellora da tolerancia dos cultivos a situacións de estrés derivadas do cambio climático (principalmente secas, altas temperaturas e salinidade) e na produción agrícola sostible, para garantir a seguridade alimentaria a pesar da crecente demanda global e a competencia polos recursos.</t>
+  </si>
+  <si>
+    <t>Dor de Plas Vermello</t>
+  </si>
+  <si>
+    <t>Unha rede centrada na investigación da tecnoloxía do plasma para as industrias agroalimentaria e biomédica . Na rede participan once grupos de investigación de diversas universidades. O obxectivo da Rede é consolidar e mellorar a investigación no campo da tecnoloxía do plasma aplicada ás industrias biomédica e agroalimentaria. Obxectivos específicos : Promover o intercambio activo de ideas e o establecemento de colaboracións na investigación; Promover a interacción con outros grupos de investigación relacionados, non pertencentes á rede, dentro e fóra do territorio nacional; Promover o uso de equipos, servizos e tecnoloxías implementadas en cada un dos grupos da rede no desenvolvemento de investigacións conxuntas; Promocionar a Rede e as súas actividades entre a sociedade; Promover a transferencia de resultados e a interacción co tecido socioprodutivo.</t>
+  </si>
+  <si>
+    <t>Rede Española de Leguminosas (RELEG)</t>
+  </si>
+  <si>
+    <t>A Rede foi creada para responder á crecente demanda mundial de alimentos de orixe vexetal, ás preocupacións ambientais e á seguridade alimentaria. O obxectivo principal da Rede é optimizar os servizos agronómicos, económicos e nutricionais que os cultivos de leguminosas proporcionan á sociedade, promovendo así a súa implementación. Os obxectivos específicos son: Coordinar e integrar a investigación existente sobre leguminosas en diversas disciplinas como xenética, xenómica, mellora, agronomía, ecoloxía e calidade nutricional. Contribuír ao avance das prácticas agrícolas baseadas en leguminosas para aumentar a produtividade e a sustentabilidade ambiental. Promover unha aproximación sintética que integre coñecementos e experiencias de diversos campos. Mellorar a sustentabilidade da agricultura e reforzar a seguridade do abastecemento de alimentos e pensos. Promover o intercambio e a colaboración científica entre investigadores de diferentes áreas a través de grupos de traballo coordinados. Reducir a deficiencia de proteínas centrándose na investigación e a innovación en leguminosas. Mellorar a comprensión das características que determinan a adaptación, a produtividade, a resistencia ao estrés e a calidade das leguminosas. Investigar a composición e a calidade nutricional das leguminosas e promover a innovación alimentaria no sector.</t>
+  </si>
+  <si>
+    <t>Rede de Investigación sobre Cereais Resilientes e de Calidade para a Seguridade Alimentaria Española (CERES)</t>
+  </si>
+  <si>
+    <t>Unha rede que ten como obxectivo coordinar os esforzos da investigación pública española en fisioloxía , xenética, fenotipificación, bioquímica e biotecnoloxía de cultivos de cereais para: Propoñer estratexias que permitan combinar o uso de recursos xenéticos, xenómicos e fenonómicos para mitigar o impacto do cambio climático na produción de cereais, Para producir cereais con valor engadido e Fortalecer os canais de comunicación e obter resultados co sector do desenvolvemento de sementes, fertilizantes e tecnoloxía agrícola. Para este fin, reúne grupos de investigación centrados en recursos fitoxenéticos, xenética e xenómica, premellora e mellora, calidade funcional e nutricional, fisioloxía a diversas escalas, fenotipificación, bioquímica e bioloxía molecular de cereais.</t>
+  </si>
+  <si>
+    <t>PalmerNet</t>
+  </si>
+  <si>
+    <t>Rede que integra 7 grupos de investigación nacionais que traballan con Amaranthus palmeri e/ou resistencia a herbicidas , e outros que poden achegar novas ferramentas para o seu control. O obxectivo é consolidar unha liña de investigación nacional sobre A. palmeri que englobe o traballo que se está a levar a cabo actualmente en España de forma interdisciplinar por diferentes equipos, co fin de capitalizar os logros obtidos ata o de agora e garantir a súa estabilidade e o seu impacto científico e social. O obxectivo principal de PalmerNET é definir e abordar o problema da introdución e propagación de A. palmeri en España e buscar solucións para a súa prevención e contención a nivel nacional.</t>
+  </si>
+  <si>
+    <t>Rede SICURA OneHealth4Food</t>
+  </si>
+  <si>
+    <t>A Rede para apoiar e promover unha base metodolóxica ( Onehealth ) que sirva para integrar a abordaxe multisectorial (saúde humana, animal e ambiental) na avaliación e xestión da seguridade alimentaria en España. OneHealth4Food está formado por investigadores de universidades e centros de investigación no campo da seguridade alimentaria e áreas relacionadas de “OneHealth”, creando un marco de colaboración e sinerxías, no contexto alimentario, que sentará as bases metodolóxicas dunha abordaxe integrada para a Avaliación de Riscos Microbiolóxicos na cadea alimentaria. Podes ver os membros premendo aquí</t>
+  </si>
+  <si>
+    <t>Rede Española de Bacterias Ácidas Lácticas (RedBal)</t>
+  </si>
+  <si>
+    <t>Rede de investigación dedicada ao estudo das bacterias do ácido láctico (LAB) que desempeñan un papel relevante na nosa vida cotiá (LAB). As bacterias do ácido láctico (LAB) son bacterias que producen ácido láctico a partir da glicosa e atópanse de forma natural en ambientes ricos en nutrientes, como verduras, froitas e leite, así como en diversas localizacións anatómicas nos animais, por exemplo, no intestino ou na glándula mamaria, desde onde chegan ao leite materno. Algunhas LAB teñen propiedades beneficiosas e o seu consumo como probióticos axuda a manter a saúde tanto dos humanos como dos animais. A rede integra 51 grupos pertencentes a diversas entidades de investigación para 4 liñas de investigación: MICROBIOTA HUMANA E ANIMAL. PROBIÓTICOS; MICROBIOTA ALIMENTARIA. TECNOLOXÍA; BIOTECNOLOXÍA; CALIDADE E SEGURIDADE ALIMENTARIA.</t>
+  </si>
+  <si>
+    <t>NutriCrop</t>
+  </si>
+  <si>
+    <t>Rede nacional de investigación sobre cultivos emerxentes composta por 14 grupos de investigación pertencentes ao sector público en colaboración con empresas privadas que traballan desde diferentes campos científicos relacionados coa agronomía, a ciencia e tecnoloxía dos alimentos e a inmunonutrición. O obxectivo principal desta Rede é a coordinación e promoción da investigación en cultivos emerxentes, integrando grupos de disciplinas agronómicas, alimentarias e sanitarias para promover o seu cultivo e uso en alimentos altamente saudables en España. Podes coñecer aos membros da rede premendo aquí</t>
+  </si>
+  <si>
+    <t>Rede VITIS CLIMADAPT</t>
+  </si>
+  <si>
+    <t>A Rede VITIS CLIMADAPT está formada por entidades públicas de I+D+i de 15 Comunidades Autónomas e conta coa colaboración de viveiros, adegas, denominacións de orixe, así como fundacións e asociacións que achegan a visión do sector privado, para mellorar a coordinación entre os diferentes grupos de investigación nacionais que están a traballar nesta materia, e así maximizar o impacto dos seus estudos, ferramentas e materiais desenvolvidos, ao recompilar toda esta información nunha mesma base de datos. O obxectivo xeral da Rede VITIS CLIMADAPT é mellorar a adaptación da viticultura ao cambio climático facilitando a interacción, a comunicación e o traballo en rede entre os grupos de I+D que traballan na conservación e mellora do material xenético da vide. Os obxectivos específicos son: Facilitar a comunicación e a colaboración activas entre os membros da rede; Diagnosticar o estado da investigación e a innovación en recursos xenéticos da vide para a adaptación ao cambio climático; Promover a interacción entre a investigación básica e o desenvolvemento de novos recursos xenéticos; Acordar procedementos e ferramentas comúns para a avaliación do rendemento produtivo, a calidade da uva e o potencial enolóxico dos recursos xenéticos.</t>
+  </si>
+  <si>
+    <t>NBSoil</t>
+  </si>
+  <si>
+    <t>NBSOIL (Solucións baseadas na natureza para a xestión do solo) permite aos consultores de solos implementar unha visión holística da saúde do solo mediante Solucións baseadas na natureza (NBS) e colaborar eficazmente en diferentes escalas temporais e espaciais a través dun programa de aprendizaxe. O obxectivo xeral é deseñar un programa de aprendizaxe combinada atractivo que permita aos avaliadores de solos implementar unha visión holística da saúde do solo a través de Solucións Baseadas na Natureza (SNB) e colaborar eficazmente en diferentes escalas temporais e espaciais.</t>
+  </si>
+  <si>
     <t>Rede de Investigación sobre Gandería de Precisión e Dixitalización Animal (REDIGA)</t>
   </si>
   <si>
     <t>REDIGA é unha rede de investigación creada para fortalecer as sinerxías entre investigadores e institucións , aumentar a visibilidade e o alcance da investigación e construír un ecosistema colaborativo na gandería de precisión. Neste sentido, REDIGA reúne diversos perfís da enxeñaría agronómica, a medicina veterinaria, a zootecnia e a bioloxía, con enfoques tecnolóxicos e baseados en datos para a monitorización animal. REDIGA está formada por persoas das seguintes institucións :  O obxectivo principal é integrar e promover a investigación en dixitalización animal e gandería de precisión , formar e involucrar a novas xeracións de investigadores e comunicar os proxectos desenvolvidos en España no contexto europeo. A rede está dirixida a todos os ámbitos, sistemas e especies de produción animal , así como a outras especies animais, onde a aplicación do coñecemento, a innovación tecnolóxica e o uso de ferramentas dixitais son esenciais para mellorar a vida dos animais e optimizar a xestión técnico-económica do sistema, facilitando a toma de decisións obxectiva e eficiente.</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica Española do CO2 (PTECO2)</t>
   </si>
   <si>
     <t>O PTECO2 ten como obxectivo abordar o desenvolvemento tecnolóxico en España que contribúa a reducir o impacto ambiental, social e económico derivado das emisións de gases de efecto invernadoiro.</t>
   </si>
   <si>
     <t>Centro de asesoramento agrícola</t>
   </si>
   <si>
     <t>A Plataforma de Asesoramento AgriHub é un centro colaborativo dedicado a mellorar os servizos de asesoramento en agricultura, silvicultura e sustentabilidade ambiental. Na Plataforma podes atopar: Inventario de coñecemento unificado de cinco redes especializadas (Stratus, AdvisoryNetPest, LiveNet, ForAdvise, Organic Advice Network) Recursos de formación de vangarda Redes colaborativas Eventos e actualizacións</t>
   </si>
   <si>
     <t>Rede de Innovación e Consultoría para o Márketing a Curto Prazo (RIA-CCC)</t>
   </si>
   <si>
     <t>A Rede de Innovación e Asesoramento en Canles de Comercialización Curta (CCC) é un proxecto integral desenvolvido pola Fundación Entretantos que busca transformar os servizos de asesoramento agroalimentario en CCC mediante a creación dunha rede nacional especializada. A información sobre estas canles está dispersa e non existen ferramentas específicas para compartila entre profesionais. Polo tanto, creouse unha plataforma colaborativa que centraliza todo o que necesitas: a Rede de Innovación e Consultoría de Canles de Comercialización Curta. Este proxecto busca profesionalizar a consultoría CCC e crear sinerxías con todas as partes interesadas do sistema agroalimentario nacional, contribuíndo así á transición cara a sistemas alimentarios máis sostibles e resilientes.</t>
   </si>
   <si>
     <t>As vilas máis fermosas de España</t>
@@ -192,182 +387,92 @@
   <si>
     <t>SheepNet - Compartindo coñecementos e experiencias para a produtividade ovina a través da creación de redes</t>
   </si>
   <si>
     <t>SheepNet é un proxecto de rede temática sobre innovación práctica para mellorar a produtividade ovina (número de cordeiros destetados por ovella reprodutora), un compoñente fundamental dos ingresos dos agricultores e, polo tanto, da sustentabilidade e o atractivo da cría de ovellas. SheepNet establecerá un intercambio duradeiro de coñecemento científico e práctico entre investigadores, agricultores e asesores, a través dunha abordaxe multiactor e transdisciplinar a nivel nacional e internacional e coa ampla participación dos Sistemas Europeos de Coñecemento e Innovación Agrícola. Isto promoverá a implementación e a difusión de tecnoloxías e prácticas innovadoras e óptimas para mellorar a produtividade ovina. Para maximizar o impacto e garantir unha ampla cobertura dos diferentes sistemas de produción, SheepNet reunirá seis dos principais países produtores de ovellas da UE, así como Turquía, Australia, Nova Zelandia e todas as redes relevantes da UE. Obxectivos : Xerar un conxunto de coñecementos científicos, técnicos e prácticos mediante unha estratexia combinada de "arriba abaixo e abaixo arriba" e a forte participación de 45 explotacións agrícolas innovadoras Promover a fertilización cruzada mediante obradoiros con múltiples partes interesadas a nivel nacional e internacional, unha ampla e interactiva participación da comunidade ovina a través das redes sociais e unha plataforma interactiva. O desenvolvemento de materiais de comunicación e aprendizaxe, ferramentas web, unha plataforma interactiva deseñada para axudar tanto aos científicos como ás partes interesadas e unha forte interacción co Punto de Servizo AGRI do EIP garantirán un acceso amplo e duradeiro aos resultados de SheepNet.</t>
   </si>
   <si>
     <t>I4D - Resiliencia para os produtos lácteos</t>
   </si>
   <si>
     <t>Unha rede para mellorar as estratexias comerciais e operativas das explotacións leiteiras, así como para fomentar interaccións positivas entre as comunidades agrícolas e a sociedade. A I+D centrarase en 3 áreas de coñecemento para mellorar a sustentabilidade das explotacións leiteiras: Resiliencia económica e social Eficiencia técnica Medio ambiente, benestar animal e sistemas de produción socialmente aceptables O obxectivo é fortalecer a relación entre agricultores, asesores, investigadores e actores relevantes do sector, coa intención de crear mellores solucións mediante o intercambio de coñecementos entre os participantes. Os participantes do proxecto están a traballar xuntos para mellorar as estratexias empresariais nas explotacións leiteiras e fomentar a interacción positiva entre as comunidades agrícolas e a sociedade en xeral. Están a explorar as técnicas máis eficaces e innovadoras para abordar os desafíos relacionados coa mellora do benestar animal, o aumento da biodiversidade, a redución das emisións de gases de efecto invernadoiro e a minimización da súa pegada ambiental. Para aumentar a resiliencia e a robustez dos sistemas de baleiro de leite, R4D traballará a diferentes niveis, desde a busca de solucións personalizadas para diferentes granxas ata a impartición de formación presencial e en liña. Participantes de Alemaña, Bélxica, Dinamarca, Eslovenia, España, Finlandia, Francia, Hungría, Irlanda, Italia, Lituania, Luxemburgo, Países Baixos, Irlanda do Norte, Polonia e colaborarán para probar diferentes modelos e desenvolver unha gama de solucións.</t>
   </si>
   <si>
     <t>PANACEA - Unha rede temática para deseñar a vía de penetración de cultivos agrícolas non alimentarios na agricultura europea</t>
   </si>
   <si>
     <t>Malia o considerable investimento en investigación e desenvolvemento, os cultivos non alimentarios (CNF) non están moi estendidos na agricultura europea, principalmente debido ás dificultades da cadea de subministración e ás deficiencias no marco político e nos incentivos ao investimento. Polo tanto, a crecente necesidade de materias primas para abastecer as bioindustrias fai que a integración exitosa das CNF na agricultura da UE sexa esencial. Neste contexto, a Rede PANACEA aborda o reto de aumentar a integración das CNF na agricultura da UE e na bioeconomía. A Rede PANACEA ten como obxectivo difundir exemplos prácticos de cultivos non alimentarios e fomentar a cooperación entre a investigación, a industria e o sector agrícola para aumentar a contribución destes cultivos á Estratexia Europea de Bioeconomía. Os cultivos non alimentarios (NFC) son aqueles que non se incorporan á cadea alimentaria e se utilizan para producir unha ampla gama de produtos de base biolóxica, como polímeros, lubricantes, materiais de construción, produtos farmacéuticos, bioenerxía e biocombustibles. Non obstante, os NFC non están moi estendidos na agricultura europea, principalmente debido a dificultades na cadea de subministración e deficiencias políticas.</t>
   </si>
   <si>
     <t>HNV-Link - Agricultura de alto valor natural: aprendizaxe, innovación e coñecemento</t>
   </si>
   <si>
     <t>A rede HNV-Link dedícase a desenvolver e compartir innovacións que apoien os sistemas e as comunidades agrícolas de alto valor natural (HNV). A rede ten como obxectivo reunir solucións innovadoras de natureza técnica, comercial, social, institucional e política de 10 áreas de aprendizaxe dentro de sistemas agrícolas de alto valor e proxectos comunitarios. Estas historias de éxito e leccións de base estarán dispoñibles gratuitamente para beneficiar a todos os implicados na agricultura de alto valor. O proxecto tamén identificará situacións nas que faltan innovacións pero poderían marcar unha diferenza positiva.</t>
   </si>
   <si>
-    <t>INCRÍBEL - Redes de innovación de cortiza, resinas e comestibles na conca mediterránea</t>
-[...4 lines deleted...]
-  <si>
     <t>HENNOVATION - Innovación dirixida pola práctica e apoiada pola ciencia e por actores impulsados polo mercado nos sectores das galiñas poñedoras e outros sectores gandeiros</t>
   </si>
   <si>
     <t>Hennovación demostra o potencial da innovación liderada polos produtores e as prácticas industriais (na granxa, durante o transporte e no matadoiro) mediante o establecemento de redes de innovación que buscan e utilizan proactivamente novas ideas para facer que os seus negocios sexan máis eficientes e sostibles. O proxecto tamén desenvolverá as habilidades dos participantes nas redes de innovación e facilitará a comunicación entre as persoas dentro de cada rede. Estes son os obxectivos esperados: Demostrar o potencial das redes de innovación baseadas na práctica, apoiadas polos actores científicos e de mercado existentes, para desenvolver solucións prácticas e rendibles aos desafíos da sustentabilidade. Desenvolver redes multilaterales que desenvolvan innovacións técnicas para abordar o picoteo nocivo e a xestión do final da vida das galiñas poñedoras, baseándose na práctica, a economía e a información científica. A creación de ferramentas de comunicación web, guías de facilitación e programas de formación en liña, deseñados para axudar ás partes interesadas científicas e do mercado, estará dispoñible para apoiar as redes de innovación baseadas na práctica noutros sectores gandeiros. Desenvolver recomendacións políticas que contribúan a aproveitar todo o potencial da innovación baseada na práctica a través de redes multilaterales nos sectores gandeiros.</t>
   </si>
   <si>
     <t>EUROSHEEP - Rede europea para o intercambio interactivo e innovador de coñecementos sobre a saúde e a nutrición ovina</t>
   </si>
   <si>
     <t>EuroSheep crea unha rede europea e internacional autosuficiente sobre a "rendabilidade das ovellas a través da saúde e a nutrición" facilitando o intercambio de coñecementos entre diversos actores e difundindo as mellores prácticas. EuroSheep reúne expertos para unha abordaxe transdisciplinar da "produción ovina" (saúde animal, nutrición animal, xestión de pastos, gandería de precisión, reprodución e xenética, así como socioloxía e economía), que permitirá unha abordaxe multifactorial de solucións prácticas e a incorporación de innovacións nas explotacións ovinas. O obxectivo xeral do proxecto EuroSheep é crear unha Rede Temática Europea e Internacional autosuficiente sobre a "rendabilidade das ovellas a través da saúde e a nutrición", deseñada para estimular o intercambio de coñecementos e a colaboración entre unha ampla gama de actores e partes interesadas no sector ovino, co fin de difundir amplamente as mellores prácticas e innovacións relevantes e listas para o seu uso, e valorar as achegas e o intercambio de coñecementos entre os agricultores.</t>
   </si>
   <si>
     <t>Rede EUFRUIT</t>
   </si>
   <si>
     <t>EUFRUIT, a través dunha abordaxe multilateral, busca mellorar a implementación dos resultados da investigación en coñecemento práctico e aplicable que beneficie directamente o sector frutícola europeo. Os obxectivos do proxecto son: 1. Crear unha rede europea centrada no sector frutícola. 2. Desenvolver e implementar unha abordaxe sistemática para analizar e sintetizar o coñecemento científico e práctico existente. 3. Establecer un diálogo permanente cos organismos políticos pertinentes da UE, nacionais e rexionais. 4. Identificar e apoiar novas áreas de investigación prioritarias mediante o seguimento e a análise continuos das actividades de investigación e innovación existentes e futuras.</t>
   </si>
   <si>
     <t>HABILITAR - Mellorar as novas abordaxes nas redes de innovación local de base biolóxica para o crecemento</t>
   </si>
   <si>
     <t>A rede temática promovida por ENABLING proporcionará un impulso significativo á innovación na produción, preprocesamento e subministración de biomasa para produtos e procesos de base biolóxica en toda Europa. O proxecto ten como obxectivo abordar a necesidade, expresada por profesionais de toda Europa, de mellorar a colaboración e as oportunidades de negocio entre os operadores que xeran fluxos de biomasa (agricultores) e a industria de procesamento e transformación (a industria de base biolóxica - BBI).</t>
   </si>
   <si>
     <t>CERERE - Renacemento dos cereais na Europa rural</t>
   </si>
   <si>
     <t>CERERE sintetiza, comparte e difunde as mellores prácticas, resultados de investigación e solucións coinnovadoras en sistemas alimentarios de cereais orgánicos e de baixos insumos, con especial énfase na agrobiodiversidade e os valores asociados de calidade e saúde.</t>
   </si>
   <si>
     <t>4D4F - Decisións lácteas baseadas en datos para 4 agricultores</t>
   </si>
   <si>
     <t>A rede temática 4D4F céntrase no desenvolvemento dunha rede para produtores leiteiros, provedores de tecnoloxía de sensores para a industria láctea, empresas de datos, asesores agrícolas e investigadores, co fin de explorar formas de usar os datos xerados por sensores para mellorar a toma de decisións dos agricultores.</t>
   </si>
   <si>
     <t>AgriSpin - Espazo para a innovación agrícola</t>
   </si>
   <si>
     <t>O proxecto AgriSpin proporciona directrices para que os socios organicen reunións, participen en reunións con outras redes e proxectos temáticos e xeren impacto dentro da súa propia organización.</t>
   </si>
   <si>
-    <t>Rede de Espazos de Probas Agrícolas (RETA)</t>
-[...82 lines deleted...]
-  <si>
     <t>Rede de Investigación en Sanidade Animal (RISA)</t>
   </si>
   <si>
     <t>A Rede reúne investigadores dedicados á saúde animal en España para mellorar as sinerxías existentes entre diferentes grupos de investigación en saúde animal en disciplinas como a entomoloxía, a epidemioloxía e o benestar animal. Con isto preténdese lograr un uso máis racional, responsable e optimizado dos recursos, garantindo a saúde e o benestar dos animais e, en consecuencia, a saúde pública. Os obxectivos da Rede son: Fortalecemento das sinerxías: Fortalecemento das sinerxías entre os distintos grupos de investigación en saúde animal do noso país, coa participación de expertos en fauna terrestre tanto salvaxe como doméstica e profesionais de diversas disciplinas da saúde animal como a entomoloxía, a epidemioloxía, a bacterioloxía, a viroloxía, a inmunoloxía, a anatomía patolóxica, o benestar animal e a etoloxía, entre outras. Promover a internacionalización: Promover a internacionalización do sector español da investigación en saúde animal. Promover valores: Promover o uso racional, responsable e optimizado dos recursos para garantir a saúde e o benestar dos animais e, en consecuencia, a saúde pública. Promover a transferencia e a difusión de tecnoloxía: Promover a transferencia de tecnoloxía e a difusión científica en saúde animal a nivel sectorial e para o público en xeral. Organizar actividades: Organizar actividades dedicadas a temas de grande relevancia para a investigación en saúde animal, como a innovación, a seguridade biolóxica, o enfoque "Unha Saúde", o medio ambiente, etc. Colaborar: Colaborar para promover unha maior visibilidade e comunicación do sector da investigación en saúde animal en España e no estranxeiro.</t>
   </si>
   <si>
     <t>PTI. SUSPLAST CSIC</t>
   </si>
   <si>
     <t>SusPlast busca transformar a forma en que deseñamos, producimos, usamos e reciclamos plásticos para avanzar cara a unha economía circular a través dunha abordaxe sinérxica que inclúa a ciencia dos materiais e a biotecnoloxía, desenvolvendo actividades de investigación e innovación, así como estratexias socioeducativas. Os obxectivos da Plataforma son: Desenvolvemento de estratexias químicas e biotecnolóxicas para a reciclaxe e o desenvolvemento de novos polímeros sostibles. Análise dos efectos da contaminación por plásticos na saúde e no medio ambiente. Regulación e certificación de plásticos con menor impacto ambiental. Actividades de divulgación, docencia e formación sobre o estado actual e os avances nos plásticos.</t>
   </si>
   <si>
     <t>PTI. TRANSENER+ CSIC</t>
   </si>
   <si>
     <t>Unha plataforma que agrupa as súas actividades en cinco áreas estratéxicas : xeración de enerxía renovable (biomasa, solar térmica e fotovoltaica, eólica, etc.), almacenamento eficiente de enerxía, descarbonización industrial, tecnoloxías do hidróxeno e electrificación. Os obxectivos da Plataforma son: Promover o desenvolvemento de tecnoloxías clave no ciclo enerxético para lograr un sistema enerxético máis accesible, fiable, competitivo e sostible, tanto social como ambientalmente. Integrar as capacidades, as tecnoloxías e os coñecementos do CSIC para abordar proxectos tecnoloxicamente altamente avanzados e promover a súa rápida integración no sector industrial.</t>
   </si>
   <si>
     <t>Elaia</t>
   </si>
   <si>
     <t>Plataforma agrícola especializada na xestión e procesamento de cultivos permanentes de regadío cos máis altos estándares de sustentabilidade e calidade empregando as últimas tecnoloxías.</t>
   </si>
   <si>
     <t>PTI. SOILBIO CSIC</t>
@@ -606,140 +711,134 @@
   <si>
     <t>LiveNet</t>
   </si>
   <si>
     <t>O proxecto baséase nunha rede de asesores de toda a UE especializados en produción gandeira para establecer unha nova rede a nivel da UE que fomente a colaboración aberta entre asesores e partes interesadas clave no sector gandeiro . A rede abarcará varios aspectos da agricultura, incluíndo as mellores prácticas, os avances tecnolóxicos, a valorización dos produtos agrícolas, a diversificación das fontes de ingresos e a abordaxe doutros desafíos críticos. Os obxectivos do proxecto son: Establecer e manter unha rede de asesores gandeiros en toda a UE, mellorando as competencias, a capacidade e o intercambio de coñecementos a longo prazo sobre prácticas sostibles. Recompilar, seleccionar, avaliar, analizar, adaptar e traducir 100 prácticas de asesoramento innovadoras para a produción gandeira sostible nun ambiente multilateral en 29 países europeos. Promover prácticas de asesoramento innovadoras para a produción gandeira sostible mediante o intercambio de coñecementos específicos e actividades de ampliación de escala adaptadas a cada país.</t>
   </si>
   <si>
     <t>AdvisoryNetPEST</t>
   </si>
   <si>
     <t>Rede temática centrada no uso de pesticidas e a redución de riscos (RURP) en todos os Estados membros da UE. A rede adoptará unha abordaxe multilateral reunindo 17 socios que representan a diversidade de partes interesadas dos AKIS que traballan a nivel agrícola, rexional, nacional e da UE, co obxectivo de identificar, seleccionar e dar forma a novas abordaxes que se poidan adaptar e replicar en toda a UE.</t>
   </si>
   <si>
     <t>RENR</t>
   </si>
   <si>
     <t>A Rede Europea de Desenvolvemento Rural (REDR) funciona como centro para o intercambio de información sobre como funcionan na práctica as políticas, os programas, os proxectos e outras iniciativas de desenvolvemento rural e como se poden mellorar para acadar mellores resultados. A REDR non é unha organización de membros.</t>
   </si>
   <si>
     <t>Comida de España</t>
   </si>
   <si>
     <t>Plataforma de divulgación ministerial</t>
   </si>
   <si>
-    <t>EIP-AGRI</t>
-[...4 lines deleted...]
-  <si>
     <t>Asociación Clúster Agroalimentario de Navarra (NAGRIFOOD)</t>
   </si>
   <si>
     <t>O Clúster Agroalimentario de Navarra, NAGRIFOOD, é unha organización de empresas   que ten como obxectivo mellorar continuamente a competitividade dos seus membros mediante o desenvolvemento da intercooperación, a innovación aberta, o intraemprendemento e a internacionalización das empresas agroalimentarias navarras</t>
   </si>
   <si>
     <t>Conselleiros de Aragón</t>
   </si>
   <si>
     <t>ASESORES ARAGÓN é unha plataforma promovida pola Fundación para a Agricultura do Coñecemento e constitúe unha Rede Social Profesional que dá cabida a investigadores, tecnólogos, asesores e agricultores, integrando así: o coñecemento, a súa transferencia e a súa aplicación</t>
   </si>
   <si>
     <t>Rede de Municipios para a Agroecoloxía</t>
   </si>
   <si>
     <t>O obxectivo da Rede é construír, a través do intercambio de experiencias, coñecementos, datos, información e proxectos, sistemas alimentarios locais que sexan respectuosos co medio ambiente, sostibles, inclusivos, resilientes, seguros e diversificados, garantindo alimentos sans, sostibles e accesibles para toda a poboación e promovendo o emprego local, en liña coas perspectivas da agroecoloxía e a soberanía alimentaria.</t>
   </si>
   <si>
     <t>Plataforma SynergyNuts</t>
   </si>
   <si>
     <t>Espazo para a formación, a divulgación e a innovación en todos os aspectos relacionados coas noces de sebe</t>
   </si>
   <si>
     <t>Estrato</t>
   </si>
   <si>
     <t>A Rede de Innovación en Fertilización (FIN) é unha rede técnica baseada en enfoques novos e eficaces que abordan os principais desafíos que levan á creación dun Plan de Xestión Sostible de Nutrientes. FIN está composta por tres subredes transnacionais especializadas (FIN-agricultura de precisión, FIN-calidade do solo, FIN-fertilizantes de base biolóxica) nas que avaliadores capacitados recompilarán Boas Prácticas (BP) e Innovacións de Investigación (IR) sobre o uso óptimo de fertilizantes e identificarán Mellores Prácticas (BP) como resultado da avaliación de viabilidade sistémica das BP e IR. Pódese atopar un folleto do proxecto en inglés premendo aquí.</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica para a Aula de Produtos Lácteos e Tecnoloxías Alimentarias</t>
   </si>
   <si>
     <t>Formación especializada e servizos tecnolóxicos avanzados para empresas e entidades do sector lácteo e alimentario</t>
   </si>
   <si>
     <t>Interpanel</t>
   </si>
   <si>
     <t>INTERPANEL é unha plataforma colaborativa para diferentes entidades pertencentes a cada cadea de valor do aceite de oliva. Tamén inclúe entidades que achegan coñecemento e capacidade tecnolóxica para o desenvolvemento do sistema, así como a capacidade de difundir resultados a todo o sector.</t>
   </si>
   <si>
+    <t>Comida para a vida</t>
+  </si>
+  <si>
+    <t>Unha plataforma que promove a difusión da investigación, os avances científicos e tecnolóxicos a través da colaboración público-privada entre os principais actores do sector agroalimentario. Esta plataforma céntrase na I+D e a innovación, e identifica novas demandas no ámbito dos Retos Sociais, garantindo a competitividade e o crecemento do sector agroalimentario español.</t>
+  </si>
+  <si>
     <t>BIOVAL</t>
   </si>
   <si>
     <t>BIOVAL abrangue a biotecnoloxía, a biomedicina e a bioeconomía como sector BIO, aplicado á saúde, á agroalimentación e á sustentabilidade ambiental, co obxectivo de promover o desenvolvemento e a competitividade da comunidade empresarial do sector biotecnolóxico e posicionar os seus membros no mapa internacional.</t>
   </si>
   <si>
-    <t>Comida para a vida</t>
-[...2 lines deleted...]
-    <t>Unha plataforma que promove a difusión da investigación, os avances científicos e tecnolóxicos a través da colaboración público-privada entre os principais actores do sector agroalimentario. Esta plataforma céntrase na I+D e a innovación, e identifica novas demandas no ámbito dos Retos Sociais, garantindo a competitividade e o crecemento do sector agroalimentario español.</t>
+    <t>Agronet - Elaboración de cervexa</t>
+  </si>
+  <si>
+    <t>Suministros, información e asesoramento para fábricas de cervexa</t>
+  </si>
+  <si>
+    <t>Cooperativas agroalimentarias da Comunidade Valenciana</t>
+  </si>
+  <si>
+    <t>Plataforma para a representación institucional, a promoción cooperativa, a formación, a comunicación e a representación empresarial</t>
   </si>
   <si>
     <t>INNOVAGRI</t>
   </si>
   <si>
     <t>Plataforma para a difusión da innovación investigadora, experiencias en diferentes producións e actualizacións regulatorias</t>
   </si>
   <si>
     <t>Plataforma EARTH</t>
   </si>
   <si>
     <t>Plataforma Tierra é unha comunidade aberta e participativa de produtores, empresas e desenvolvedores de tecnoloxía.</t>
   </si>
   <si>
     <t>Rede Nacional de Explotacións Típicas (RENGRATI)</t>
   </si>
   <si>
     <t>Plataforma ministerial de información e asesoramento para a avaliación de políticas e estratexias sectoriais e produtivas e a simulación do seu impacto a todos os niveis</t>
   </si>
   <si>
-    <t>Agronet - Elaboración de cervexa</t>
-[...10 lines deleted...]
-  <si>
     <t>agroalimentario TEF</t>
   </si>
   <si>
     <t>agrifoodTEF é unha rede de infraestruturas de probas e validación en Europa que apoia ás empresas de tecnoloxía agroalimentaria no desenvolvemento de produtos con solucións de IA e robótica en instalacións do mundo real.</t>
   </si>
   <si>
     <t>Asociación Catalá da Auga (CWP)</t>
   </si>
   <si>
     <t>A Catalan Water Partnership (CWP) é unha asociación estratéxica sen ánimo de lucro, de tipo clúster, formada por empresas e centros de coñecemento que operan no sector do uso sostible da auga. A CWP promove proxectos e colaboracións multinivel destinados a acadar solucións innovadoras para a necesidade global de auga de calidade en calquera parte do mundo e aplicables a múltiples sectores.</t>
   </si>
   <si>
     <t>Zinnae</t>
   </si>
   <si>
     <t>Zinnae, un clúster para o uso eficiente da auga, ofrece solucións aos desafíos da seguridade hídrica, contribuíndo á construción dun futuro sostible e resiliente baseado nos principios da economía circular e a sociedade intelixente. Obxectivos: Contribuír ás políticas públicas e converterse nun referente en Aragón no ámbito do coñecemento e a innovación no sector da auga. Identificar as necesidades e capacidades de formación e desenvolver un sistema de atracción de talento. Apoiar o desenvolvemento de proxectos e servir como vehículo para aproveitar os resultados da innovación, promovendo a aplicación de solucións innovadoras. Dar a coñecer os logros e xerar oportunidades de negocio.</t>
   </si>
   <si>
     <t>Avanís</t>
   </si>
   <si>
     <t>Unha plataforma para crear conexións entre as persoas do sector agroalimentario para compartir coñecemento, seguir aprendendo e facer medrar o sector día a día, facéndoo máis competitivo, máis sostible e máis innovador.</t>
   </si>
   <si>
     <t>EU4Advice</t>
@@ -918,191 +1017,191 @@
   <si>
     <t>Rede Valenciana de Desenvolvemento Rural</t>
   </si>
   <si>
     <t>Unha ferramenta para difundir información sobre os seus programas e actividades, así como para dar a coñecer novas e eventos relacionados co desenvolvemento rural en Valencia. Tamén conta cunha sección de recursos, onde se poden atopar materiais e guías útiles para o desenvolvemento rural na rexión, e un catálogo de produtos e servizos das zonas rurais de Valencia.</t>
   </si>
   <si>
     <t>Rede PAC de España</t>
   </si>
   <si>
     <t>Plataforma que promove a creación de grupos de traballo sobre cuestións relevantes para as zonas rurais</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>Consultoría, auditorías, análise e formación no sector agroalimentario</t>
   </si>
   <si>
     <t>Vermello-iCAT</t>
   </si>
   <si>
     <t>Rede Catalá de Innovación Agroalimentaria e Rural</t>
   </si>
   <si>
+    <t>ANOVE</t>
+  </si>
+  <si>
+    <t>Desenvolvedores e propagadores de variedades vexetais</t>
+  </si>
+  <si>
     <t>BIOFRUITNET</t>
   </si>
   <si>
     <t>Este proxecto céntrase nas froitas de pementa, óso e cítricos ecolóxicos e ten como obxectivo reforzar a competitividade da produción europea de froitas ecolóxicas.</t>
   </si>
   <si>
     <t>INNOSETA</t>
   </si>
   <si>
     <t>O obxectivo principal de InnoSeta é establecer unha rede temática innovadora e autosuficiente en equipos de pulverización, formación e asesoramento para contribuír a reducir a brecha entre as novas solucións de protección de cultivos de alta gama dispoñibles, xa sexan comerciais ou a partir de resultados de investigación aplicables, e as aplicables ás prácticas agrícolas europeas cotiás. Isto conseguirase promovendo un intercambio eficaz de novas ideas e información entre a investigación, a industria, os servizos de extensión e a comunidade agrícola, de xeito que as solucións de investigación e comerciais existentes poidan comunicarse amplamente, ao mesmo tempo que capten as necesidades da base e as ideas innovadoras da comunidade agrícola.</t>
   </si>
   <si>
     <t>OK-Net Arable</t>
   </si>
   <si>
     <t>Net Net Arable traballou con 14 grupos de innovación agrícola en 10 países. Os datos dos grupos mostraron unha ampla gama de rendementos das colleitas. Isto indica unha necesidade, pero tamén unha clara posibilidade de melloras. Baseándose na literatura científica e nas achegas dos agricultores, recompiláronse máis de 100 materiais con solucións prácticas na plataforma Arable Knowledge de Net Net (Farmknowledge.org). Os grupos de agricultores avaliaron formatos e algunhas solucións na práctica. As súas experiencias foron documentadas en vídeos e resumos de prácticas. Os grupos de agricultores traduciron materiais relevantes para eles á súa propia lingua. Realizáronse cursos en liña, presentando os materiais a agricultores e asesores.</t>
   </si>
   <si>
     <t>Palisandro 4.0</t>
   </si>
   <si>
     <t>Rosewood 4.0 recompilará e estruturará as mellores prácticas e innovacións (BP&amp;I) relevantes co obxectivo de mellorar o marco de mobilización da madeira en cinco centros rexionais. Desenvolveranse cinco follas de ruta rexionais (e unha interrexional/transrexional) baseadas na priorización das BP&amp;I recompiladas que se axusten ás necesidades/desafíos identificados das diferentes rexións. O proxecto organizará obradoiros específicos e visitas de estudo vinculadas a materiais de formación recentemente deseñados que favorezan a implementación das BP&amp;I. Realizaranse accións de difusión intensivas para a transferencia das BP&amp;I utilizando diferentes ferramentas e canles (por exemplo, plataforma de coñecemento, resumos de prácticas, produción de vídeos, etc.).</t>
   </si>
   <si>
-    <t>ANOVE</t>
-[...2 lines deleted...]
-    <t>Desenvolvedores e propagadores de variedades vexetais</t>
+    <t>APROSE</t>
+  </si>
+  <si>
+    <t>Asociación profesional sen ánimo de lucro de empresas produtoras de sementes selectas. Analiza, estuda e aborda problemas comúns que poden xurdir dependendo da especie de semente.</t>
   </si>
   <si>
     <t>PROTECCIÓN INTELIXENTE</t>
   </si>
   <si>
     <t>SmartProtect é unha rede temática centrada no intercambio interrexional de coñecementos sobre solucións intelixentes de xestión integrada de pragas (XIP) para agricultores e asesores. O obxectivo é estimular os fluxos de coñecemento nos Sistemas rexionais de coñecemento e innovación agrícola (AKISS) en toda a UE e conectalos co potencial innovador das metodoloxías avanzadas de XIP na produción de hortalizas, integrando tecnoloxías de agricultura de precisión e análise de datos.</t>
   </si>
   <si>
     <t>Mellores prácticas para galiñas: proxecto piloto sobre as mellores prácticas para sistemas alternativos de produción de ovos</t>
   </si>
   <si>
     <t>O programa Best Practice Hens (BPH) preparará e proporcionará apoio práctico aos produtores de ovos para animalos a realizar a transición de sistemas en gaiola a sistemas sen gaiola. Isto aplícase tanto á cría de galiñas poñedoras como ao seu mantemento durante o período de produción. O BPH garantirá unha ampla difusión da información recompilada sobre as mellores prácticas mediante o desenvolvemento de materiais de comunicación (vídeos e resumos de prácticas). O BPH organizará eventos de difusión dirixidos aos Estados membros cunha alta porcentaxe de sistemas en gaiola para aumentar a implementación de sistemas de aloxamento sen gaiola nos Estados membros obxectivo (España, Polonia, Portugal e Bélxica).</t>
   </si>
   <si>
     <t>BIOSCHAMP - Bioestimulante de envolturas alternativas para unha industria de cogomelos sostible e rendible</t>
   </si>
   <si>
     <t>Neste proxecto, desenvolveremos unha estratexia integrada para combater os principais desafíos sanitarios na produción de cogomelos (fungos e bacterias parasitos). Ao desenvolver un solo de envoltura enriquecido con microbiota, reduciremos a necesidade de pesticidas e contribuiremos a mellorar a produtividade, a sustentabilidade e a rendibilidade do sector europeo dos cogomelos.</t>
   </si>
   <si>
     <t>Impulso ás redes de bioeconomía rural seguindo enfoques multiactor - SECCIÓNS</t>
   </si>
   <si>
     <t>Identificar, resumir, compartir e presentar as mellores prácticas e os resultados da investigación existentes; aumentar a aplicación de novas tecnoloxías rendibles mellorando a transferencia activa de coñecementos entre profesionais e investigadores; mobilizar máis biomasa e crear novas oportunidades de negocio nas zonas rurais mellorando e fortalecendo a conexión entre a práctica e a ciencia; aplicar unha abordaxe multidisciplinar e multipartita; ofrecer unha canle para o fluxo bidireccional de información, novas ideas e tecnoloxías; destacar as necesidades identificadas e os elementos empresariais relevantes para os profesionais; promover a bioeconomía e o desenvolvemento rural a través de novas iniciativas biolóxicas.</t>
   </si>
   <si>
     <t>Sm@RT: Tecnoloxía para pequenos ruminantes - Gandería de precisión e tecnoloxía dixital para pequenos ruminantes</t>
   </si>
   <si>
     <t>Sm@RT emprega unha abordaxe orixinal, interactiva, transdisciplinar e multilateral, baseada en tres niveis de traballo en rede: 1) unha rede de granxas de demostración ben equipadas (digifarms), 2) unha rede de granxas comerciais innovadoras para fomentar os intercambios con, 3) a industria de pequenos ruminantes en cada país. As necesidades/barreiras dos agricultores en termos de uso da tecnoloxía avaliaranse mediante unha enquisa global e unha serie de obradoiros. Durante os obradoiros propoñeranse solucións a estas necesidades. Ofreceranse oportunidades de formación e demostración a través das redes digifarm e das granxas innovadoras, con recollida de testemuños para impulsar a difusión e a comunicación nun ambiente de confianza.</t>
   </si>
   <si>
     <t>Rede AgriFoodTe: Rede de Coñecemento e Innovación Agroalimentaria de Teruel</t>
   </si>
   <si>
     <t>Rede para acelerar a innovación no sector agroalimentario para promover a transición ecolóxica, dixital e á bioeconomía circular na rexión de Teruel</t>
   </si>
   <si>
     <t>O Clúster Agroalimentario de Navarra (NAGRIFOOD) é unha organización empresarial que ten como obxectivo a mellora continua da competitividade dos seus membros mediante o desenvolvemento da intercooperación, a innovación aberta, o intraemprendemento e a internacionalización das empresas agroalimentarias navarras.</t>
   </si>
   <si>
-    <t>APROSE</t>
-[...4 lines deleted...]
-  <si>
     <t>Asociación Española da Industria de Panadería, Pastelería e Confeitaría (ASEMAC)</t>
   </si>
   <si>
     <t>Organización profesional de carácter sectorial</t>
   </si>
   <si>
     <t>Asociación de Fabricantes de Pensos Compostos de Castela e León (ASFACYL)</t>
   </si>
   <si>
     <t>Asociación Profesional de Fabricantes de Pensos Compostos de Castela e León</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica e de Innovación Española para a Biocircularidade (BIOPLAT)</t>
   </si>
   <si>
     <t>Organización nacional sen ánimo de lucro que promove o desenvolvemento sostible da biomasa e a bioeconomía</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica de Biotecnoloxía Vexetal (BIOVEGEN)</t>
   </si>
   <si>
     <t>Asociación público-privada, liderada polo sector empresarial, que reúne entidades do sector agroalimentario interesadas na innovación baseada en plantas</t>
   </si>
   <si>
     <t>Confederación Española de Panadaría, Pastelería, Confeitaría e Produtos Relacionados (CEOPPAN)</t>
   </si>
   <si>
     <t>Unha asociación patronal sen ánimo de lucro, asociacións e gremios de fabricantes e comerciantes polo miúdo de pan, pastelaría, produtos de panadería e produtos relacionados, de áreas xeográficas provinciais e locais, así como empresas individuais de todo o país.</t>
   </si>
   <si>
+    <t>Confederación Española de Fabricantes de Alimentos Compostos para Animais (CESFAC)</t>
+  </si>
+  <si>
+    <t>Plataforma tecnolóxica para a xestión conxunta da seguridade alimentaria na nutrición animal</t>
+  </si>
+  <si>
+    <t>ECONOMÍA CIRCULAR - Plataforma que integra outras plataformas de Economía Circular</t>
+  </si>
+  <si>
+    <t>Dinamizar liñas de actuación, definir a contribución das plataformas tecnolóxicas e de innovación españolas na transición cara a unha economía circular e desenvolver ferramentas para promover a cooperación en I+D+i.</t>
+  </si>
+  <si>
+    <t>EIT-FOOD</t>
+  </si>
+  <si>
+    <t>Plataforma HUB que promove a innovación, a educación, o emprendemento e a participación pública</t>
+  </si>
+  <si>
+    <t>Elika</t>
+  </si>
+  <si>
+    <t>Plataforma para a difusión de investigacións, eventos e normativas no País Vasco sobre seguridade alimentaria, alimentación saudable, alimentación sostible, agricultura, gandería, pesca, alimentación animal e industria alimentaria</t>
+  </si>
+  <si>
+    <t>FEDIMA</t>
+  </si>
+  <si>
+    <t>Plataforma para a difusión de información de interese para as panaderías e para o contacto entre FEDIMA e os seus socios</t>
+  </si>
+  <si>
     <t>Asociación Aragonesa de Agricultura de Conservación</t>
   </si>
   <si>
     <t>A Asociación é unha entidade que reúne a agricultores, técnicos, investigadores, centros de formación e empresas interesadas en promover e difundir a técnica da Agricultura de Conservación.</t>
   </si>
   <si>
-    <t>Confederación Española de Fabricantes de Alimentos Compostos para Animais (CESFAC)</t>
-[...28 lines deleted...]
-  <si>
     <t>INASDE Agroalimentaria</t>
   </si>
   <si>
     <t>Un centro de investigación privado cun equipo de profesionais experimentados especializados en actividades de investigación para a posta en marcha de proxectos propios e a prestación de servizos, que abarcan as distintas etapas da cadea alimentaria, desde a produción primaria ata o procesamento e presentación de produtos de consumo.</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica Española de Loxística Intermodal e Mobilidade (Logistop)</t>
   </si>
   <si>
     <t>Un espazo de traballo multidisciplinar e interterritorial no campo da innovación loxística, composto por todos os actores implicados na cadea de subministración, así como universidades, centros tecnolóxicos, asociacións e empresas de consultoría especializadas.</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica de Envases Española (PACKNET)</t>
   </si>
   <si>
     <t>Plataforma que funciona como unha rede para a cooperación científica e tecnolóxica entre axentes da cadea de envasado e Evans</t>
   </si>
   <si>
     <t>Plantas para o futuro</t>
   </si>
   <si>
     <t>Plataforma para difundir os proxectos, investigacións, actividades, colaboradores e grupos de traballo do grupo</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica de Sanidade Animal, VET+I</t>
@@ -1227,98 +1326,98 @@
   <si>
     <t>Rede Asturiana de Desenvolvemento Rural (READER)</t>
   </si>
   <si>
     <t>Unha ferramenta para difundir información sobre os seus programas e actividades, así como para dar a coñecer novas e eventos relacionados co desenvolvemento rural en Asturias. Tamén conta cunha sección de recursos, onde se poden atopar materiais e guías útiles para o desenvolvemento rural na rexión, e un catálogo de produtos e servizos das zonas rurais de Asturias.</t>
   </si>
   <si>
     <t>Rede de Desenvolvemento Rural do Cantábrico</t>
   </si>
   <si>
     <t>Unha ferramenta para difundir información sobre os seus programas e actividades, así como para dar a coñecer novas e eventos relacionados co desenvolvemento rural en Cantabria. Tamén conta cunha sección de recursos, onde se poden atopar materiais e guías útiles para o desenvolvemento rural na rexión, e un catálogo de produtos e servizos das zonas rurais de Cantabria.</t>
   </si>
   <si>
     <t>Rede de Desenvolvemento Rural de Estremadura (REDEX)</t>
   </si>
   <si>
     <t>Plataforma de información e servizos, foro para o intercambio de experiencias e cooperación, desenvolvemento de proxectos de interese xeral para os membros e, en xeral, calquera outra actividade que impacte no desenvolvemento social e económico da Estremadura rural.</t>
   </si>
   <si>
     <t>Rede Galega de Riscos Emerxentes en Seguridade Alimentaria (RISEGAL)</t>
   </si>
   <si>
     <t>Ofrece información detallada sobre os obxectivos e as actividades da rede, así como novas e eventos relacionados coa seguridade alimentaria. Tamén proporciona acceso a diversas ferramentas e recursos, como bases de datos e publicacións científicas, para promover a investigación e a xestión de riscos emerxentes na cadea alimentaria.</t>
   </si>
   <si>
+    <t>Asociación Española de Técnicos de Cereais (AETC)</t>
+  </si>
+  <si>
+    <t>Unha asociación sen ánimo de lucro cuxo obxectivo principal é promover, estudar e apoiar todas as actividades de investigación científica e técnica relacionadas cos cereais e os seus derivados.</t>
+  </si>
+  <si>
+    <t>Rede PAC de Luxemburgo</t>
+  </si>
+  <si>
+    <t>En Luxemburgo, o desenvolvemento rural xestiónase a nivel nacional a través dun Plan Estratéxico, que se financia a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader) e de contribucións nacionais. O Plan Estratéxico establece as estratexias e medidas prioritarias que se deben adoptar para abordar as necesidades da área xeográfica específica á que se refire. O financiamento do desenvolvemento rural a través do Feader enmárcase no marco xeral dos Fondos Estruturais e de Investimento Europeos (Fondos EIE), que tamén inclúen os Fondos de Desenvolvemento Rexional, Social, de Cohesión e de Pesca. Todos estes fondos son xestionados a nivel nacional por cada Estado membro da UE sobre a base de Acordos de Asociación, que son plans estratéxicos que describen os obxectivos e as prioridades de investimento de cada país.</t>
+  </si>
+  <si>
+    <t>Foro Interalimentario</t>
+  </si>
+  <si>
+    <t>Plataforma para a difusión de actividades, proxectos, redes, propostas de valor e innovación na cadea agroalimentaria</t>
+  </si>
+  <si>
     <t>SIX de alimentos</t>
   </si>
   <si>
     <t>Plataforma para a difusión de actividades, proxectos, redes, normativas e a proposta de valor e innovación do sector agroalimentario</t>
   </si>
   <si>
     <t>Asociación para o Desenvolvemento Rural de Andalucía (ARA)</t>
   </si>
   <si>
     <t>Un foro de colaboración e diálogo onde están representados todos os grupos de desenvolvemento rural de Andalucía, promotores de actividade e creación de emprego.</t>
   </si>
   <si>
-    <t>Asociación Española de Técnicos de Cereais (AETC)</t>
-[...14 lines deleted...]
-    <t>Plataforma para a difusión de actividades, proxectos, redes, propostas de valor e innovación na cadea agroalimentaria</t>
+    <t>UE - Libro agrícola</t>
+  </si>
+  <si>
+    <t>EU-FarmBook é unha plataforma de boas prácticas para agricultores e silvicultores. Todo o contido da súa biblioteca provén de proxectos de investigación de Horizon.</t>
   </si>
   <si>
     <t>Rede de Desenvolvemento Rural de Castela e León</t>
   </si>
   <si>
     <t>Unha asociación que aglutina e coordina un número significativo de grupos que xestionan programas de desenvolvemento rural —LEADER e PRODER— en Castela e León.</t>
   </si>
   <si>
     <t>Rede Española de Desenvolvemento Rural (REDR)</t>
   </si>
   <si>
     <t>A Rede Española de Desenvolvemento Rural (REDR) é unha asociación sen ánimo de lucro cuxa principal misión é promover un modelo de desenvolvemento rural integral e sostible, mellorar a calidade de vida da poboación rural e destacar a importancia das zonas rurais para a sociedade no seu conxunto. A REDR proporciona un espazo compartido para as zonas rurais e os seus habitantes, un lugar onde poden expresar as súas necesidades e preocupacións e facer oír as súas voces.</t>
   </si>
   <si>
-    <t>UE - Libro agrícola</t>
-[...4 lines deleted...]
-  <si>
     <t>Rede de Oficinas de Transferencia de Coñecementos (Rede OTC)</t>
   </si>
   <si>
     <t>Rede de oficinas de transferencia de resultados de investigación nas universidades españolas.</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica de Cría e Reprodución de Animais de Granxa (FABRE TP)</t>
   </si>
   <si>
     <t>A Plataforma Tecnolóxica de Mellora e Reprodución de Animais de Granxa para Europa (FABRE TP) é un foro dirixido por institutos de investigación e o mundo académico, en colaboración co sector privado, que proporciona unha plataforma para definir as prioridades de investigación en mellora, xenética e reprodución animal, co obxectivo de impulsar a sustentabilidade, a competitividade e a resiliencia de todos os sistemas gandeiros.</t>
   </si>
   <si>
     <t>Agrochef</t>
   </si>
   <si>
     <t>Transferencia de tecnoloxía e dixitalización de procesos de comercialización directa para a comercialización de alimentos producidos por pequenos produtores agrícolas e gandeiros do sector hostaleiro e de restauración nacional.</t>
   </si>
   <si>
     <t>FERTINNOWA</t>
   </si>
   <si>
     <t>FERTINNOWA (acrónimo de Transferencia de Técnicas Innovadoras para a Práctica Sostible da FERTirrigación) é unha rede de intercambio de coñecementos deseñada para facilitar a mellora das prácticas de fertirrigación, adaptándoas aos requisitos ambientais e ás normativas europeas recollidas na Directiva Marco da Auga e aquelas que garanten a evitación de emisións de residuos debidas ao uso de fertilizantes, especialmente en zonas declaradas vulnerables á contaminación dos acuíferos por nitratos.</t>
   </si>
   <si>
     <t>Bovino</t>
@@ -1329,96 +1428,96 @@
   <si>
     <t>EU PiG</t>
   </si>
   <si>
     <t>A rede inclúe unha variedade de socios, desde grupos de produtores de porcos ata investigadores e asesores económicos, conectando os produtores de porcos coas últimas ciencias, técnicas e tecnoloxías de reprodución. O proxecto céntrase en catro temas clave: xestión sanitaria, calidade da carne, benestar animal e produción de precisión.</t>
   </si>
   <si>
     <t>OK-Net Ecofeed</t>
   </si>
   <si>
     <t>O proxecto busca crear unha rede europea de clústeres de innovación para facilitar o intercambio de coñecementos e a cocreación entre agricultores, empresas, investigadores e asesores mediante a recollida de materiais para os usuarios finais e o desenvolvemento de novas ferramentas adaptadas ás necesidades dos agricultores e as empresas.</t>
   </si>
   <si>
     <t>EuroDairy</t>
   </si>
   <si>
     <t>EuroDairy apoia o desenvolvemento e a comunicación da innovación baseada na práctica na produción láctea centrando as súas actividades en catro temas clave: coidado dos animais; resiliencia socioeconómica; eficiencia dos recursos; e integración da produción láctea cos obxectivos de biodiversidade.</t>
   </si>
   <si>
     <t>Leguminosas traducidas</t>
   </si>
   <si>
     <t>O proxecto baséase na creación de redes entre agricultores e outros innovadores e científicos en grupos de partes interesadas para recompilar e validar coñecementos relevantes baseados na investigación.</t>
   </si>
   <si>
+    <t>Rede de Desenvolvemento Rural Rioxana</t>
+  </si>
+  <si>
+    <t>Unha ferramenta para difundir información sobre os seus programas e actividades, así como para dar a coñecer novas e eventos relacionados co desenvolvemento rural na Rioxa. Tamén conta cunha sección de recursos, onde se poden atopar materiais e guías útiles para o desenvolvemento rural na rexión, e un catálogo de produtos e servizos das zonas rurais da Rioxa.</t>
+  </si>
+  <si>
+    <t>Rede PAC de Malta</t>
+  </si>
+  <si>
+    <t>En Malta, o desenvolvemento rural xestiónase a nivel nacional a través dun Plan Estratéxico, financiado polo Fondo Europeo Agrícola de Desenvolvemento Rural (Feader) e por contribucións nacionais. O Plan Estratéxico establece as estratexias e medidas prioritarias que se deben adoptar para abordar as necesidades da área xeográfica específica cuberta. O financiamento do desenvolvemento rural a través do Feader enmárcase no marco xeral dos Fondos Estruturais e de Investimento Europeos (Fondos EIE), que tamén inclúen os Fondos de Desenvolvemento Rexional, Social, de Cohesión e de Pesca. Todos estes fondos son xestionados a nivel nacional por cada Estado membro da UE sobre a base de Acordos de Asociación, que son plans estratéxicos que describen os obxectivos e as prioridades de investimento de cada país.</t>
+  </si>
+  <si>
+    <t>Rede PAC de Romanía</t>
+  </si>
+  <si>
+    <t>En Romanía, o desenvolvemento rural xestiónase a nivel nacional a través dun Plan Estratéxico, que se financia a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader) e de contribucións nacionais. O Plan Estratéxico establece as estratexias e medidas prioritarias que se deben adoptar para abordar as necesidades da área xeográfica específica cuberta. O financiamento do desenvolvemento rural a través do Feader enmárcase no marco xeral dos Fondos Estruturais e de Investimento Europeos (Fondos EIE), que tamén inclúen os Fondos de Desenvolvemento Rexional, Social, de Cohesión e de Pesca. Todos estes fondos son xestionados a nivel nacional por cada Estado membro da UE sobre a base de Acordos de Asociación, que son plans estratéxicos que describen os obxectivos e as prioridades de investimento de cada país.</t>
+  </si>
+  <si>
     <t>DESARMAR</t>
   </si>
   <si>
     <t>DISARM é unha colaboración entre agricultores, veterinarios, servizos de asesoramento, académicos e a industria para difundir solucións innovadoras para xestionar a resistencia aos antibióticos na produción gandeira e aliviar a ameaza desta resistencia. A rede intercambiará enfoques innovadores entre industrias e países para compartir as mellores prácticas en todo o sector gandeiro.</t>
   </si>
   <si>
     <t>NUTRIMAN</t>
   </si>
   <si>
     <t>NUTRIMAN é unha rede temática sobre nitróxeno e fósforo que recompila coñecementos sobre tecnoloxías, produtos, aplicacións e prácticas de fertilizantes biolóxicos recuperados e listos para usar para o beneficio dos profesionais agrícolas. O proxecto céntrase en conectar resultados innovadores, competitivos e comercialmente listos derivados de programas de investigación científica aplicada moi maduros e prácticas industriais comúns.</t>
   </si>
   <si>
     <t>SuWaNu Europa</t>
   </si>
   <si>
     <t>SUWANU EUROPE céntrase en proxectos de reutilización de auga en Europa mediante a reutilización de augas residuais tratadas na agricultura.</t>
   </si>
   <si>
     <t>MELLOR4SOLO</t>
   </si>
   <si>
     <t>Rede de profesionais creada para compartir coñecementos sobre a prevención e o control das enfermidades do solo</t>
   </si>
   <si>
     <t>REDE VITICULTURAL</t>
   </si>
   <si>
     <t>Winetwork é un proxecto europeo de colaboración para o intercambio e a transferencia de coñecementos innovadores entre as rexións vinícolas europeas para aumentar a produtividade e a sustentabilidade do sector. Durante tres anos, 11 socios de sete países europeos intercambiarán os seus coñecementos sobre dúas importantes enfermidades da viña: as enfermidades do tronco da vide e a flavesansence dorée. A estratexia do proxecto baséase nas interaccións entre unha rede de facilitadores, grupos de traballo rexionais e dous grupos de traballo científicos. Esta estratexia participativa permitirá a transferencia de resultados científicos e coñecementos prácticos a materiais adaptados aos usuarios finais.</t>
-  </si>
-[...16 lines deleted...]
-    <t>En Romanía, o desenvolvemento rural xestiónase a nivel nacional a través dun Plan Estratéxico, que se financia a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader) e de contribucións nacionais. O Plan Estratéxico establece as estratexias e medidas prioritarias que se deben adoptar para abordar as necesidades da área xeográfica específica cuberta. O financiamento do desenvolvemento rural a través do Feader enmárcase no marco xeral dos Fondos Estruturais e de Investimento Europeos (Fondos EIE), que tamén inclúen os Fondos de Desenvolvemento Rexional, Social, de Cohesión e de Pesca. Todos estes fondos son xestionados a nivel nacional por cada Estado membro da UE sobre a base de Acordos de Asociación, que son plans estratéxicos que describen os obxectivos e as prioridades de investimento de cada país.</t>
   </si>
   <si>
     <t>Adesa</t>
   </si>
   <si>
     <t>Consultoría, auditorías, análise e formación no sector da seguridade alimentaria</t>
   </si>
   <si>
     <t>AFLE</t>
   </si>
   <si>
     <t>Organización profesional sen ánimo de lucro formada por empresas dedicadas á produción de lévedo para nutrición e saúde, panadería e fermentación</t>
   </si>
   <si>
     <t>CHIL.ORG</t>
   </si>
   <si>
     <t>Plataforma para a investigación, a transferencia de coñecemento, eventos e novas relacionadas co sector agroalimentario</t>
   </si>
   <si>
     <t>GAL Desenvolvemento Rural e Pesca de Eivissa e Formentera</t>
   </si>
   <si>
     <t>A principal tarefa do grupo é a xestión de estratexias e proxectos locais de desenvolvemento rural e pesqueiro, sendo a tarefa máis importante en termos de recursos e dedicación as Estratexias de Desenvolvemento Rural e Pesqueiro Local Participativas, cofinanciadas por fondos europeos (Feader e FEMP) e nacionais.</t>
   </si>
@@ -1779,2673 +1878,2849 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C235"/>
+  <dimension ref="A1:C251"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C235"/>
+      <selection activeCell="A1" sqref="A1:C251"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="202.808" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="2267.304" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="2728.619" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="s">
-        <v>199</v>
+        <v>324</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="s">
-        <v>356</v>
+        <v>232</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>504</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Plataformas y redes</vt:lpstr>
+      <vt:lpstr>Plataformas e redes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>