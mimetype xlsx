--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -12,152 +12,260 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plataformas e redes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="505">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="523">
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Rapaz</t>
   </si>
   <si>
     <t>Descrición</t>
   </si>
   <si>
+    <t>ATgro</t>
+  </si>
+  <si>
+    <t>Plataforma</t>
+  </si>
+  <si>
+    <t>ATGRO é a plataforma global de xestión de proxectos agrícolas e investimento de Atitlán, dedicada ao desenvolvemento de superalimentos e outras liñas agrícolas complementarias.</t>
+  </si>
+  <si>
+    <t>Rede de estacións meteorolóxicas SiAR</t>
+  </si>
+  <si>
+    <t>Reixa</t>
+  </si>
+  <si>
+    <t>O Ministerio de Agricultura, Pesca e Alimentación, a través da Subdirección Xeral de Regadíos, Camiños Naturais e Infraestruturas Rurais, pon á disposición dos usuarios de forma gratuíta toda a información recollida a través da rede de estacións meteorolóxicas SiAR.</t>
+  </si>
+  <si>
+    <t>Rede Nacional de Granxas Tradicionais</t>
+  </si>
+  <si>
+    <t>En resposta á necesidade de sistemas de información económica para o sector gandeiro que permitisen comparacións a nivel agrario, rexional, nacional e internacional, a Dirección Xeral de Produción e Mercados Agrarios puxo en marcha no ano 2003 a Rede Nacional de Explotacións Típicas (proxecto RENGRATI), que agora forma parte da rede REDES TECO. Este proxecto céntrase no establecemento e mantemento de redes permanentes de información técnica e económica para os distintos sectores gandeiros de España. Para iso, estableceuse unha infraestrutura ou rede de institucións e particulares para achegar información, entre as que se inclúen as principais asociacións de produtores, investigadores, consultores, produtores e organismos gobernamentais relacionados. Estas redes nacionais sectoriais están, á súa vez, integradas nas Redes Internacionais de Análise Comparativa de Explotacións, que inclúen os principais países produtores de gando do mundo. Estas Redes Internacionais prestan apoio continuo aos seus membros e colaboran na aplicación da metodoloxía axeitada para validar a información proporcionada polos produtores, así como para avaliar políticas e estratexias sectoriais e de produción, ou simular o seu impacto a todos os niveis. A metodoloxía empregada neste marco comeza cos rexistros contables de explotacións reais con características similares, que se categorizan para representar o sistema de produción máis común na rexión onde se atopan, en termos de tamaño, xestión e rendementos. Ademais das validacións realizadas segundo a metodoloxía internacional, celébranse reunións nacionais cos produtores, denominadas "paneis" na terminoloxía da rede, para discutir e validar os resultados co fin de garantir unha maior representatividade. RENGRATI pretende servir como ferramenta estratéxica, proporcionando información precisa e actualizada sobre custos de produción, rendibilidade, beneficios e puntos de equilibrio, apoiando os sectores e servindo de referencia para a toma de decisións prácticas, axudando a orientar o futuro inmediato destes sectores na dirección correcta. Para este fin, nesta sección está dispoñible información máis detallada sobre o funcionamento da Rede Nacional de Explotacións Típicas e das Redes Internacionais, así como informes de resultados específicos do sector.</t>
+  </si>
+  <si>
+    <t>RECAN (Rede Nacional de Contabilidade Agraria)</t>
+  </si>
+  <si>
+    <t>A Rede Nacional de Contabilidade Agraria é unha ferramenta que permite avaliar a renda agraria e o impacto da política agrícola nas explotacións. Réxese por un regulamento da Unión Europea, o que significa que se aplican os mesmos principios contables en todos os estados membros. Polo tanto, é a única fonte completa de microdatos en España que está harmonizada co resto da UE.</t>
+  </si>
+  <si>
+    <t>Microplanta vermella</t>
+  </si>
+  <si>
+    <t>Unha rede de grupos de investigación centrada na investigación das interaccións beneficiosas entre plantas e microorganismos. A rede está formada por 15 grupos de investigación de varias universidades. O obxectivo da Rede é unir coñecementos, recursos e esforzos na investigación sobre as interaccións planta-microorganismo en relación coa súa importancia e aplicabilidade na mellora da tolerancia dos cultivos a situacións de estrés derivadas do cambio climático (principalmente secas, altas temperaturas e salinidade) e na produción agrícola sostible, para garantir a seguridade alimentaria a pesar da crecente demanda global e a competencia polos recursos.</t>
+  </si>
+  <si>
+    <t>RENR</t>
+  </si>
+  <si>
+    <t>A Rede Europea de Desenvolvemento Rural (REDR) funciona como centro para o intercambio de información sobre como funcionan na práctica as políticas, os programas, os proxectos e outras iniciativas de desenvolvemento rural e como se poden mellorar para acadar mellores resultados. A REDR non é unha organización de membros.</t>
+  </si>
+  <si>
+    <t>Intelixente</t>
+  </si>
+  <si>
+    <t>Rede temática que promove o uso da gandería de precisión (PLF) e as tecnoloxías dixitais no sector dos pequenos ruminantes</t>
+  </si>
+  <si>
+    <t>NUTRICHECK-NET</t>
+  </si>
+  <si>
+    <t>Rede temática autosuficiente e multilateral para promover a adopción das mellores prácticas de xestión de nutrientes específicas do campo a nivel de explotación agrícola.</t>
+  </si>
+  <si>
+    <t>Rede de Axentes de Cambio de Dehesa</t>
+  </si>
+  <si>
+    <t>Un espazo dinámico para a colaboración, que reúne a persoas e organizacións comprometidas coa mellora da rendibilidade e a sustentabilidade da devesa. É un punto de encontro para todos os profesionais que cren nun modelo de Devesa do Futuro: resiliente, innovadora e capaz de afrontar os desafíos sociais, económicos e ambientais.</t>
+  </si>
+  <si>
+    <t>Rede de Centros de Innovación Territorial (Rede CIT)</t>
+  </si>
+  <si>
+    <t>Os CIT son ecosistemas colaborativos para desenvolver e compartir experiencias que contribúan á revitalización social e económica das zonas rurais. Son espazos estratéxicos a nivel provincial e multiprovincial desde os que promover a creación e o desenvolvemento de actividades nestas zonas rurais, así como para repensar a forma en que traballamos ou colaboramos nestes espazos. O obxectivo principal dos CIT é mellorar os proxectos existentes e lanzar iniciativas innovadoras, baseadas nun concepto de "nova ruralidade" baseado na colaboración, a intelixencia colectiva e a innovación socioterritorial. Os obxectivos do CIT, aliñados coa política estatal de Desafío Demográfico , son: Impulso do tecido socioeconómico rural Traballando nos desafíos demográficos, apoiando os axentes existentes no territorio Mellorar a calidade de vida das persoas que viven nas zonas rurais Reter e atraer talento Desenvolver o emprendemento Buscando o equilibrio territorial</t>
+  </si>
+  <si>
+    <t>CTA (Corporación Tecnolóxica de Andalucía)</t>
+  </si>
+  <si>
+    <t>Asociacións empresariais, Plataforma</t>
+  </si>
+  <si>
+    <t>CTA é o clúster de innovación multisectorial de Andalucía con actividade nacional e internacional. Axuda ás empresas, administracións públicas e universidades a planificar unha estratexia de I+D+i aliñada coas súas necesidades. Desde a identificación das necesidades de I+D+i e a formulación de proxectos para abordalas, ata a busca de socios e financiamento, apoia ás empresas nos seus proxectos de innovación. É un aliado estratéxico para transformar os resultados en oportunidades de negocio e un socio de éxito en proxectos de innovación internacionais. É unha fundación privada con máis de 186 empresas socias e 20 anos de experiencia , promovida orixinalmente pola Xunta de Andalucía e con xestión privada, dedicada a promover a innovación tecnolóxica. Máis de 186 empresas forman parte de CTA. Desde grandes corporacións internacionais ata pemes ou startups tecnolóxicas de todos os sectores económicos.</t>
+  </si>
+  <si>
+    <t>Rede de Bosques de Utilidade Pública</t>
+  </si>
+  <si>
+    <t>A REMP, Rede Estatal de Montes Públicos, establécese como unha rede para mellorar o coñecemento e poñer en valor o patrimonio forestal público, incluíndo os montes de Utilidade Pública así como os pertencentes ás Entidades Locais.</t>
+  </si>
+  <si>
+    <t>FARMPEP</t>
+  </si>
+  <si>
+    <t>FarmPEP é unha iniciativa comunitaria colaborativa. Lanzouse en xaneiro de 2020 a través dun proxecto Innovate UK con ADAS, Agri-TechE, CCRI, Innovative Farmers, Open Coop e The Farming Forum, co obxectivo de conectar o intercambio de coñecementos na agricultura na era posterior á COVID-19.</t>
+  </si>
+  <si>
+    <t>EUFORGEN</t>
+  </si>
+  <si>
+    <t>EUFORGEN (Programa Europeo de Recursos Xenéticos Forestais) é un programa de cooperación internacional que promove a conservación e o uso sostible dos recursos xenéticos forestais en Europa como parte integral da xestión forestal sostible. Foi establecido en 1994 como resultado dunha resolución adoptada en 1990 pola primeira Conferencia Ministerial do proceso Forest Europe.</t>
+  </si>
+  <si>
+    <t>RETECHFOR (Rede de Tecnoloxía Forestal)</t>
+  </si>
+  <si>
+    <t>O Proxecto RETECHFOR (Rede tecnolóxica e territorial para a vixilancia forestal e a redución de desastres ambientais como pancas para o desenvolvemento da Bioeconomía Forestal) é unha ambiciosa iniciativa promovida polas Comunidades Autónomas de Castela e León e Canarias.</t>
+  </si>
+  <si>
+    <t>PTFOR (Plataforma Tecnolóxica Forestal Española e as súas Industrias Derivadas)</t>
+  </si>
+  <si>
+    <t>PTFOR é unha rede nacional de cooperación para promover a I+D+i no sector forestal e as súas industrias relacionadas.</t>
+  </si>
+  <si>
+    <t>Extensión Agrícola Dixital</t>
+  </si>
+  <si>
+    <t>A avaliación constante dos sistemas agrícolas e gandeiros impulsou o desenvolvemento da agricultura e a gandería dixitais.</t>
+  </si>
+  <si>
+    <t>Redforesta</t>
+  </si>
+  <si>
+    <t>A plataforma serve como punto de encontro, acollendo eventos virtuais e presenciais para debater temas clave como a planificación forestal, a conservación da biodiversidade, a prevención de incendios, o uso de novas tecnoloxías (drons, sensores, IA) e a adaptación ao cambio climático. Tamén ofrece, a través da páxina web do Colexio Oficial de Enxeñeiros Técnicos Forestais, recursos formativos, foros especializados, grupos temáticos e acceso a contido técnico de alto valor, como publicacións e estudos de casos.</t>
+  </si>
+  <si>
+    <t>Sociedade Española de Ciencias Forestais (SECF)</t>
+  </si>
+  <si>
+    <t>A Sociedade Española de Ciencias Forestais fundouse en 1991 para fomentar o estudo e o avance das ciencias e técnicas forestais en España, promover o desenvolvemento científico e técnico dos seus membros, fomentar a cooperación entre eles e promover o intercambio nacional e internacional entre entidades e especialistas nos seus campos. Os membros da Sociedade están formados por investigadores e profesionais do sector forestal e campos afíns, así como por empresas e organizacións que teñan como obxectivos a realización de traballos e actividades forestais nos sectores privado ou público. As cualificacións profesionais máis representadas dentro da Sociedade inclúen enxeñeiros forestais, técnicos forestais, enxeñeiros agrónomos, biólogos, químicos, avogados, economistas, xeólogos, farmacéuticos e outros.</t>
+  </si>
+  <si>
+    <t>CESEFOR</t>
+  </si>
+  <si>
+    <t>Somos unha organización convencida do papel clave do sector forestal nas novas estratexias de bioeconomía e economía circular, nas que encaixa perfectamente a nosa contribución ao desenvolvemento integral deste sector e de todas as súas cadeas de valor, promovendo a sustentabilidade, a innovación e a investigación en todos os seus ámbitos produtivos.</t>
+  </si>
+  <si>
+    <t>Portal Forestal de Castela e León</t>
+  </si>
+  <si>
+    <t>Bota unha ollada a esta xanela do sector forestal de Castela e León. Explora, a través dos seus portais temáticos, algúns dos recursos locais cuxo uso revitaliza as zonas rurais, axuda a reter a poboación e xera emprego. Descubre algunhas das figuras máis importantes a través do recentemente lanzado Portal de Datos Forestais e non perdas os próximos eventos de interese. Todo isto, aquí mesmo. Porque desde aquí vemos a árbore. E o bosque.</t>
+  </si>
+  <si>
+    <t>PEFC</t>
+  </si>
+  <si>
+    <t>PEFC, o Programa para o Aval da Certificación Forestal, é unha alianza global líder de sistemas nacionais de certificación forestal. Como organización internacional non gobernamental e sen ánimo de lucro, dedicámonos a promover a xestión forestal sostible mediante a certificación independente por terceiros.</t>
+  </si>
+  <si>
+    <t>SIEX (Sistema de Información para Explotacións Agrarias)</t>
+  </si>
+  <si>
+    <t>O Sistema de Información de Explotacións Agrarias (SIEX) buscará a interoperabilidade entre as diferentes fontes de información dispoñibles dos sectores agrícola, gandeiro e forestal.</t>
+  </si>
+  <si>
     <t>AFINET</t>
   </si>
   <si>
-    <t>Reixa</t>
-[...1 lines deleted...]
-  <si>
     <t>Unha rede temática deseñada para promover o intercambio e a transferencia de coñecementos entre científicos e profesionais dedicados ao sector agroforestal. AFINET operará a nivel europeo para implementar os resultados de diversos proxectos de investigación e promover ideas innovadoras que axuden aos profesionais a superar os desafíos e problemas.</t>
   </si>
   <si>
     <t>Sociedade Española de Agricultura Ecolóxica/Agroecoloxía (SEAE)</t>
   </si>
   <si>
-    <t>Plataforma</t>
-[...1 lines deleted...]
-  <si>
     <t>A EAE é unha asociación sen ánimo de lucro que promove a mellora e a difusión do coñecemento sobre a produción de alimentos de calidade baseados na agroecoloxía no marco do desenvolvemento rural sostible.</t>
   </si>
   <si>
-    <t>CTA (Corporación Tecnolóxica de Andalucía)</t>
-[...17 lines deleted...]
-    <t>A REMP, Rede Estatal de Montes Públicos, establécese como unha rede para mellorar o coñecemento e poñer en valor o patrimonio forestal público, incluíndo os montes de Utilidade Pública así como os pertencentes ás Entidades Locais.</t>
+    <t>DATAGIA</t>
+  </si>
+  <si>
+    <t>DATAGIA é a Plataforma Agroalimentaria Dixital de Castela e León, creada para acelerar a dixitalización do sector agroalimentario facilitando o uso avanzado de datos e habilitando tecnoloxías en empresas de diferentes tamaños e niveis de madurez dixital. DATAGIA é unha iniciativa conxunta no marco do proxecto RETECH PAN para construír un espazo de datos agroalimentarios interoperable e seguro orientado a casos de uso reais no sector. Plataforma de datos compartidos : un entorno onde empresas, cooperativas, centros tecnolóxicos e administracións poidan conectar, harmonizar e explotar datos da cadea agroalimentaria. Casos de uso do mundo real . - Módulos centrados na trazabilidade, optimización, IoT, intelixencia artificial explicable, realidade aumentada e espazo de datos, con proxectos piloto en diferentes puntos da cadea. Comunidade e transferencia de coñecemento . - Obradoiros, sesións de formación e unha comunidade activa de empresas e entidades que comparten coñecementos e resultados do proxecto. RETECH PAN é un proxecto colaborativo no que participan varias comunidades autónomas —Castela e León, Castela-A Mancha, A Rioxa e Estremadura— co obxectivo de promover a dixitalización avanzada da cadea agroalimentaria mediante o uso de tecnoloxías e datos dixitais.</t>
   </si>
   <si>
     <t>Rede de Información Ambiental de Andalucía</t>
   </si>
   <si>
     <t>A Consellería de Sostibilidade e Medio Ambiente da Xunta de Andalucía é o organismo encargado de garantir o dereito de acceso á información ambiental en Andalucía. En concreto, o Decreto 170/2024, do 26 de agosto, polo que se establece a súa estrutura orgánica, estipula que a Secretaría Xeral de Medio Ambiente e Cambio Climático é a responsable da organización, xestión, estruturación e funcionamento da Rede de Información Ambiental (REDIAM). Esta rede integra e difunde toda a información alfanumérica, gráfica e de outro tipo sobre o medio ambiente en Andalucía, xerada por todo tipo de centros produtores de información ambiental da Comunidade Autónoma. Esta información está destinada ao seu uso na xestión, investigación, difusión pública e toma de decisións, así como para establecer as liñas de actuación da Consellería en materia de produción de información estatística e cartográfica.</t>
   </si>
   <si>
-    <t>RECAN (Rede Nacional de Contabilidade Agraria)</t>
-[...4 lines deleted...]
-  <si>
     <t>Rede RUENA</t>
   </si>
   <si>
     <t>Tras a aprobación de varios proxectos do CICYT relacionados co uso de inhibidores da nitrificación como ferramenta para reducir as perdas de nitróxeno á atmosfera e á auga, e de acordo coa proposta de coordinación do Ministerio de Ciencia e Tecnoloxía (MCyT), celebrouse unha primeira reunión en Pamplona. Nesta reunión, expúxose por primeira vez a idea de crear unha Rede Temática sobre o "Uso Eficiente do Nitróxeno na Agricultura". As reunións posteriores celebráronse en Lleida e Madrid, onde se acordou presentarse á Convocatoria de Propostas de Accións Especiais do MCyT. En xaneiro de 2002, presentouse o proxecto de creación da Rede co apoio da maioría dos asistentes, e foi finalmente aprobado en setembro de 2002. Entendemos que esta aprobación constitúe o recoñecemento oficial da existencia da Rede por parte do Ministerio de Ciencia e Tecnoloxía. Aclaracións: A rede temática non ten ánimo de lucro. Non conta con fondos para a asistencia de participantes ás reunións; só se poden outorgar pequenas subvencións para facilitar a súa execución.</t>
   </si>
   <si>
     <t>Rede de Mulleres Gandeiras</t>
   </si>
   <si>
     <t>Este proxecto nace da necesidade de recuperar o lugar das mulleres no sector gandeiro. O grupo pretende romper coa imaxe masculina da gandería extensiva e superar a discriminación social, institucional e profesional á que se enfrontan. "Tanto os aprendices de pastor recentemente chegados á Serra como os gandeiros experimentados con xeracións de experiencia pastoral falan a mesma lingua e, sobre todo, temos claro o que queremos cambiar: queremos pasar da invisibilidade permanente ao primeiro plano, queremos ter voz onde se toman as decisións importantes, queremos romper coa imaxe completamente masculina da gandería extensiva e o pastoreo, queremos ser respectadas como gandeiras, queremos superar a discriminación familiar, social, administrativa e profesional que sufrimos, queremos cambiar a burocracia excesiva, queremos compartir as tarefas domésticas cos homes e superar os traballos múltiples obrigatorios que, como mulleres, soportamos todas. Queremos un cambio".</t>
   </si>
   <si>
     <t>Rede Municipal de Gandería e Carne</t>
   </si>
   <si>
     <t>En defensa do maior sector da produción agrícola nacional e da industria alimentaria líder. Unha plataforma que aspira a converterse nun foro de diálogo entre o sector privado e os concellos, fomentando a acción e a colaboración público-privada, e recoñecendo o papel vital da cadea de subministración alimentaria para abordar os desafíos demográficos e económicos aos que nos enfrontamos como nación.</t>
   </si>
   <si>
-    <t>Rede Nacional de Granxas Tradicionais</t>
-[...4 lines deleted...]
-  <si>
     <t>REDIGA</t>
   </si>
   <si>
     <t>REDIGA foi creada para fortalecer as sinerxías entre investigadores e institucións, aumentar a visibilidade e a proxección da investigación e construír un ecosistema colaborativo na gandería de precisión.</t>
   </si>
   <si>
     <t>Pastoralismo en rede</t>
   </si>
   <si>
     <t>Esta iniciativa da nosa filial, Red Eléctrica, ten como obxectivo xestionar a vexetación baixo as liñas eléctricas mediante o pastoreo extensivo do gando. Reflicte o noso compromiso de integrar as nosas instalacións coa natureza e o medio rural, transformándoas en corredores ecolóxicos e reducindo así a fragmentación do hábitat.</t>
-  </si>
-[...4 lines deleted...]
-    <t>O Ministerio de Agricultura, Pesca e Alimentación, a través da Subdirección Xeral de Regadíos, Camiños Naturais e Infraestruturas Rurais, pon á disposición dos usuarios de forma gratuíta toda a información recollida a través da rede de estacións meteorolóxicas SiAR.</t>
   </si>
   <si>
     <t>Rede de Agroecoloxía en Acción</t>
   </si>
   <si>
     <t>A Rede Agroecoloxía en Acción comeza coa intención de conectar os diversos proxectos agroecolóxicos e campesiños que se están a desenvolver en todo o país, para axudar a coordinar o sector, propoñer solucións ás necesidades comúns e consolidar estes proxectos. En Ecoloxistas en Acción, levamos anos traballando na agroecoloxía como unha abordaxe válida e de alto potencial para abordar os futuros desafíos ecolóxicos e sociais aos que se enfrontan as zonas rurais, xerados polo sistema alimentario industrial e globalizado. Ademais, moitos activistas e defensores da agroecoloxía embarcáronse en proxectos deste tipo, especialmente modelos a escala campesiña, atopando moitas dificultades para establecelos e mantelos. O desenvolvemento de proxectos baseados no coidado non recibe o apoio adecuado dentro do modelo capitalista e patriarcal actual. Poñer o coidado no centro —o coidado da terra e o coidado de nós mesmos— dificulta a posta en marcha dos nosos proxectos. Co paso dos anos moitos proxectos fracasaron ou transformáronse, pero cada vez nacen máis e resisten, porque queremos e estamos comprometidos con outro modelo de desenvolvemento socioeconómico que respecte o medio ambiente, as persoas e o futuro do planeta.</t>
   </si>
   <si>
     <t>Rede campesiña para a agricultura do carbono</t>
   </si>
   <si>
     <t>Estamos a promover unha rede de agricultores para axudar a difundir novas formas de facer e entender a produción de alimentos. Estamos seguros de que o sector primario necesita un cambio nas estratexias agronómicas que favorezan a recuperación do solo, a autofertilidade e a conservación, ao mesmo tempo que fortalezan a viabilidade económica. A nosa asociación ten como obxectivo promover a formación e o intercambio de coñecementos e experiencias relacionados co que nos gusta chamar agricultura biolóxica baseada no carbono. O termo "biolóxico" incorpora a bioloxía máis lóxica que existe: o modelo da natureza. Xa coñecemos diversas iniciativas privadas no noso país e nos países veciños que están a experimentar e buscar técnicas agronómicas que promovan a recuperación do solo, a autofertilidade e a conservación. Estas explotacións están a demostrar a súa viabilidade económica e, polo tanto, están a converterse en referentes no seu campo. Ao crear esta rede, promovemos o intercambio de información, experiencias e dificultades entre os membros da rede para abordar os desafíos aos que se enfronta a agricultura: a crise ambiental, climática e enerxética, a crise de subministración (fertilizantes, sementes, etc.) e a propia supervivencia do sector.</t>
   </si>
   <si>
     <t>Rede Andaluza de Pastizales e Zonas Cortafuegos (RAPCA)</t>
   </si>
   <si>
     <t>Rede centrada no uso de gando en réximes de pastoreo controlado para eliminar o combustible vexetal das zonas cortafuegos e manter a infraestrutura para a prevención de incendios forestais . Un equipo técnico é o responsable do funcionamento desta rede, determinando as zonas máis axeitadas en coordinación con INFOCA e seleccionando gandeiros en función de rigorosos criterios técnicos, para posteriormente avaliar o seu rendemento. As vantaxes da RAPCA: Función preventiva Representa un traballo esencial para preservar os nosos bosques dos incendios, non só mantendo cortafuegos, senón tamén proporcionando a vixilancia necesaria para a presenza de pastores na zona. Reduce a acumulación de material combustible Desempeña un papel fundamental na silvicultura preventiva en zonas de difícil acceso. Melloras ambientais Aumenta a biodiversidade, contribúe á dispersión das sementes, mellora a estrutura do solo e reduce a erosión e a desertificación. Contribución ao medio rural O traballo do pastor é recoñecido Contribúe ao desenvolvemento rural sostible e ao asentamento da poboación rural Promove o uso de razas autóctonas e a produción de produtos de calidade</t>
   </si>
   <si>
     <t>LAURUS</t>
   </si>
   <si>
     <t>Rede de apoio ás asociacións europeas de propietarios forestais, que ofrece innovación e formación ao seu persoal técnico. A Rede proporciona: Formación de expertos: participa en seminarios web deseñados para mellorar os teus coñecementos e potenciar a túa toma de decisións mediante a transferencia de coñecementos e experiencia práctica sobre saúde mental. Oportunidades innovadoras: Obtén acceso a novos modelos de negocio, ideas e oportunidades que melloren tanto a rendibilidade como a sustentabilidade das túas operacións forestais. Conexións valiosas: Conecta directamente cos xestores que xa están a implementar con éxito estas abordaxes innovadoras a través do traballo en rede e o apoio impulsados pola comunidade.</t>
   </si>
@@ -243,56 +351,50 @@
   <si>
     <t>Rede de Hortas Urbanas de Madrid</t>
   </si>
   <si>
     <t>A Rede de Hortas Urbanas de Madrid é unha iniciativa impulsada por cidadáns implicados na agricultura comunitaria na cidade de Madrid. A Rede foi creada para dar a coñecer a agricultura urbana en Madrid e para abordar as necesidades das hortas urbanas de apoio mutuo e intercambio de coñecementos, experiencias, subministracións e moito máis. Un dos obxectivos da Rede é crear un punto de encontro para as iniciativas de agroecoloxía comunitaria na nosa cidade e avanzar cara a un modelo urbano máis sostible que aborde cuestións como a educación ambiental, a soberanía alimentaria, os canais de distribución directa de alimentos, os grupos de consumidores, a mobilidade sostible e a compostaxe.</t>
   </si>
   <si>
     <t>EIP-AGRI</t>
   </si>
   <si>
     <t>Plataforma para a promoción de redes, proxectos e investigacións europeas, así como a difusión de eventos e innovación</t>
   </si>
   <si>
     <t>Rede para a Promoción da Procesación de Alimentos a Pequena Escala (RITA)</t>
   </si>
   <si>
     <t>A innovación e a reubicación son aspectos fundamentais para a viabilidade das pequenas e medianas empresas (pemes) e dos particulares que se dedican ao procesamento de alimentos. Os obradoiros compartidos, os pequenos matadoiros e salas de despezamento, así como outras instalacións adaptadas aos procesos artesanais e a pequena escala, son iniciativas innovadoras e, en moitos casos, pioneiras para o desenvolvemento sostible do sector das pemes. Estas prácticas innovadoras abordan aspectos técnicos importantes, pero tamén aspectos sociais, de xestión e de gobernanza que son necesarios, entre outras cousas, para proporcionar alimentos sans, acadar prezos xustos e ter un impacto positivo no emprego rural. A Rede para a Promoción da Procesación de Alimentos a Pequena Escala busca fomentar un ecosistema de apoio para aqueles que procesan alimentos a pequena e mediana escala, e mellorar o acceso da poboación a alimentos sans e de calidade, respectuosos co medio ambiente e xustos para as persoas que os producen e promover o desenvolvemento socioeconómico das zonas rurais. RITA é un proxecto impulsado por 6 entidades con ampla experiencia en iniciativas para o desenvolvemento de sistemas alimentarios territorializados, a articulación de procesos colectivos e o fomento da agroecoloxía: ARCA (Associació d'Iniciatives Rurals i Marítimes de Catalunya), Germinando, Extremadura Alimenta, Sindicato Labrego, SEAE (Sociedad Española de Agricultura y Sociología Ecológica) e ISEC. Estudios Campesinos – Grupo PAIDI SEJ 179 de la Universidad de Córdoba).</t>
   </si>
   <si>
     <t>RAIA - Rede de Apoio á Innovación Rural</t>
   </si>
   <si>
     <t>O proxecto RAIA busca crear unha rede na rexión Alentejo-Algarve-Andalucía que proporcione ás administracións públicas, ao tecido asociativo, ás empresas e ao público en xeral as ferramentas necesarias para promover a innovación agrícola nas zonas rurais , transformando a zona transfronteiriza da Raia nun territorio con novas oportunidades de negocio e capaz de afrontar os novos retos e oportunidades que xurdan. A innovación considérase un motor de desenvolvemento rural que establece vantaxes competitivas e, polo tanto, é unha das principais características da futura rede.</t>
   </si>
   <si>
-    <t>Microplanta vermella</t>
-[...4 lines deleted...]
-  <si>
     <t>Dor de Plas Vermello</t>
   </si>
   <si>
     <t>Unha rede centrada na investigación da tecnoloxía do plasma para as industrias agroalimentaria e biomédica . Na rede participan once grupos de investigación de diversas universidades. O obxectivo da Rede é consolidar e mellorar a investigación no campo da tecnoloxía do plasma aplicada ás industrias biomédica e agroalimentaria. Obxectivos específicos : Promover o intercambio activo de ideas e o establecemento de colaboracións na investigación; Promover a interacción con outros grupos de investigación relacionados, non pertencentes á rede, dentro e fóra do territorio nacional; Promover o uso de equipos, servizos e tecnoloxías implementadas en cada un dos grupos da rede no desenvolvemento de investigacións conxuntas; Promocionar a Rede e as súas actividades entre a sociedade; Promover a transferencia de resultados e a interacción co tecido socioprodutivo.</t>
   </si>
   <si>
     <t>Rede Española de Leguminosas (RELEG)</t>
   </si>
   <si>
     <t>A Rede foi creada para responder á crecente demanda mundial de alimentos de orixe vexetal, ás preocupacións ambientais e á seguridade alimentaria. O obxectivo principal da Rede é optimizar os servizos agronómicos, económicos e nutricionais que os cultivos de leguminosas proporcionan á sociedade, promovendo así a súa implementación. Os obxectivos específicos son: Coordinar e integrar a investigación existente sobre leguminosas en diversas disciplinas como xenética, xenómica, mellora, agronomía, ecoloxía e calidade nutricional. Contribuír ao avance das prácticas agrícolas baseadas en leguminosas para aumentar a produtividade e a sustentabilidade ambiental. Promover unha aproximación sintética que integre coñecementos e experiencias de diversos campos. Mellorar a sustentabilidade da agricultura e reforzar a seguridade do abastecemento de alimentos e pensos. Promover o intercambio e a colaboración científica entre investigadores de diferentes áreas a través de grupos de traballo coordinados. Reducir a deficiencia de proteínas centrándose na investigación e a innovación en leguminosas. Mellorar a comprensión das características que determinan a adaptación, a produtividade, a resistencia ao estrés e a calidade das leguminosas. Investigar a composición e a calidade nutricional das leguminosas e promover a innovación alimentaria no sector.</t>
   </si>
   <si>
     <t>Rede de Investigación sobre Cereais Resilientes e de Calidade para a Seguridade Alimentaria Española (CERES)</t>
   </si>
   <si>
     <t>Unha rede que ten como obxectivo coordinar os esforzos da investigación pública española en fisioloxía , xenética, fenotipificación, bioquímica e biotecnoloxía de cultivos de cereais para: Propoñer estratexias que permitan combinar o uso de recursos xenéticos, xenómicos e fenonómicos para mitigar o impacto do cambio climático na produción de cereais, Para producir cereais con valor engadido e Fortalecer os canais de comunicación e obter resultados co sector do desenvolvemento de sementes, fertilizantes e tecnoloxía agrícola. Para este fin, reúne grupos de investigación centrados en recursos fitoxenéticos, xenética e xenómica, premellora e mellora, calidade funcional e nutricional, fisioloxía a diversas escalas, fenotipificación, bioquímica e bioloxía molecular de cereais.</t>
   </si>
   <si>
     <t>PalmerNet</t>
   </si>
   <si>
     <t>Rede que integra 7 grupos de investigación nacionais que traballan con Amaranthus palmeri e/ou resistencia a herbicidas , e outros que poden achegar novas ferramentas para o seu control. O obxectivo é consolidar unha liña de investigación nacional sobre A. palmeri que englobe o traballo que se está a levar a cabo actualmente en España de forma interdisciplinar por diferentes equipos, co fin de capitalizar os logros obtidos ata o de agora e garantir a súa estabilidade e o seu impacto científico e social. O obxectivo principal de PalmerNET é definir e abordar o problema da introdución e propagación de A. palmeri en España e buscar solucións para a súa prevención e contención a nivel nacional.</t>
   </si>
   <si>
     <t>Rede SICURA OneHealth4Food</t>
@@ -447,56 +549,50 @@
   <si>
     <t>AgriSpin - Espazo para a innovación agrícola</t>
   </si>
   <si>
     <t>O proxecto AgriSpin proporciona directrices para que os socios organicen reunións, participen en reunións con outras redes e proxectos temáticos e xeren impacto dentro da súa propia organización.</t>
   </si>
   <si>
     <t>Rede de Investigación en Sanidade Animal (RISA)</t>
   </si>
   <si>
     <t>A Rede reúne investigadores dedicados á saúde animal en España para mellorar as sinerxías existentes entre diferentes grupos de investigación en saúde animal en disciplinas como a entomoloxía, a epidemioloxía e o benestar animal. Con isto preténdese lograr un uso máis racional, responsable e optimizado dos recursos, garantindo a saúde e o benestar dos animais e, en consecuencia, a saúde pública. Os obxectivos da Rede son: Fortalecemento das sinerxías: Fortalecemento das sinerxías entre os distintos grupos de investigación en saúde animal do noso país, coa participación de expertos en fauna terrestre tanto salvaxe como doméstica e profesionais de diversas disciplinas da saúde animal como a entomoloxía, a epidemioloxía, a bacterioloxía, a viroloxía, a inmunoloxía, a anatomía patolóxica, o benestar animal e a etoloxía, entre outras. Promover a internacionalización: Promover a internacionalización do sector español da investigación en saúde animal. Promover valores: Promover o uso racional, responsable e optimizado dos recursos para garantir a saúde e o benestar dos animais e, en consecuencia, a saúde pública. Promover a transferencia e a difusión de tecnoloxía: Promover a transferencia de tecnoloxía e a difusión científica en saúde animal a nivel sectorial e para o público en xeral. Organizar actividades: Organizar actividades dedicadas a temas de grande relevancia para a investigación en saúde animal, como a innovación, a seguridade biolóxica, o enfoque "Unha Saúde", o medio ambiente, etc. Colaborar: Colaborar para promover unha maior visibilidade e comunicación do sector da investigación en saúde animal en España e no estranxeiro.</t>
   </si>
   <si>
     <t>PTI. SUSPLAST CSIC</t>
   </si>
   <si>
     <t>SusPlast busca transformar a forma en que deseñamos, producimos, usamos e reciclamos plásticos para avanzar cara a unha economía circular a través dunha abordaxe sinérxica que inclúa a ciencia dos materiais e a biotecnoloxía, desenvolvendo actividades de investigación e innovación, así como estratexias socioeducativas. Os obxectivos da Plataforma son: Desenvolvemento de estratexias químicas e biotecnolóxicas para a reciclaxe e o desenvolvemento de novos polímeros sostibles. Análise dos efectos da contaminación por plásticos na saúde e no medio ambiente. Regulación e certificación de plásticos con menor impacto ambiental. Actividades de divulgación, docencia e formación sobre o estado actual e os avances nos plásticos.</t>
   </si>
   <si>
     <t>PTI. TRANSENER+ CSIC</t>
   </si>
   <si>
     <t>Unha plataforma que agrupa as súas actividades en cinco áreas estratéxicas : xeración de enerxía renovable (biomasa, solar térmica e fotovoltaica, eólica, etc.), almacenamento eficiente de enerxía, descarbonización industrial, tecnoloxías do hidróxeno e electrificación. Os obxectivos da Plataforma son: Promover o desenvolvemento de tecnoloxías clave no ciclo enerxético para lograr un sistema enerxético máis accesible, fiable, competitivo e sostible, tanto social como ambientalmente. Integrar as capacidades, as tecnoloxías e os coñecementos do CSIC para abordar proxectos tecnoloxicamente altamente avanzados e promover a súa rápida integración no sector industrial.</t>
   </si>
   <si>
-    <t>Elaia</t>
-[...4 lines deleted...]
-  <si>
     <t>PTI. SOILBIO CSIC</t>
   </si>
   <si>
     <t>Plataforma Temática Interdisciplinar (PTI) do CSIC comprometida co estudo e a preservación do solo como recurso natural fundamental. O obxectivo do PTI é mellorar o impacto e a calidade da investigación científica e técnica relacionada cos solos, cun enfoque principal nas ciencias agrícolas, pero aberto á colaboración con grupos interesados doutros subcampos. Os obxectivos específicos son: Facilitar a comunicación e a colaboración entre os grupos da plataforma mediante actividades regulares. Promover a colaboración no campo dos solos do CSIC con empresas e outros organismos públicos ofrecendo un directorio actualizado e coordinado de grupos e especialistas en solos dun amplo abano de disciplinas e campos bioxeográficos. Apoiar os grupos participantes na súa procura e participación en convocatorias de propostas nacionais e internacionais, promovendo a colaboración coordinada entre os diferentes grupos da rede. Identificar e promover iniciativas destacadas na área dos solos, como experimentos a longo prazo que se poidan empregar en rede.</t>
   </si>
   <si>
     <t>PTI AGROFOR CSIC</t>
   </si>
   <si>
     <t>Plataforma que une os esforzos de diferentes disciplinas arredor de obxectivos e actividades específicas que aporten respostas ao desafío social da produtividade e sustentabilidade agrícola e alimentaria.</t>
   </si>
   <si>
     <t>PTI. AGRIAMBIO CSIC</t>
   </si>
   <si>
     <t>A plataforma busca xerar coñecemento que proporcione a base científica para a mellora adaptativa da eficacia socioambiental da Política Agrícola Común (PAC) en España.</t>
   </si>
   <si>
     <t>PTI. ALERXIA ALIMENTARIA CSIC</t>
   </si>
   <si>
     <t>O reto do PTI é o coñecemento e a detección de alérxenos alimentarios que teñen un alto impacto, ampla difusión e alta sensibilidade.</t>
   </si>
   <si>
     <t>Clima OrgánicoNET</t>
@@ -573,98 +669,80 @@
   <si>
     <t>EUNetHorse</t>
   </si>
   <si>
     <t>Unha rede que promova o intercambio de coñecementos e aprendizaxes entre os axentes e as partes interesadas do sector equino para mellorar a resiliencia das explotacións equinas axudará a estruturar o sector equino e a consolidar novos hábitos de traballo.</t>
   </si>
   <si>
     <t>FARMWELL</t>
   </si>
   <si>
     <t>Unha rede que busca mellorar o benestar mental, físico e social dos agricultores facilitando o acceso a innovacións sociais para abordar os desafíos sociais comúns. FARMWELL ten como obxectivo axudar a implementar innovacións sociais centradas nos agricultores e as súas familias en diversos contextos nacionais e locais.</t>
   </si>
   <si>
     <t>FOREST4EU</t>
   </si>
   <si>
     <t>Rede europea de colaboración para a innovación e a promoción da silvicultura e a agroforestería europeas</t>
   </si>
   <si>
     <t>Pastoreo4AgroEcoloxía</t>
   </si>
   <si>
     <t>Rede temática que ofrece solucións para sistemas de produción animal sostibles e integrados baseados no pastoreo</t>
   </si>
   <si>
-    <t>NUTRICHECK-NET</t>
-[...4 lines deleted...]
-  <si>
     <t>NUTRI-KNOW</t>
   </si>
   <si>
     <t>Rede temática que aproveita o coñecemento dos grupos operativos da EIP-AGRI no campo da xestión de nutrientes a través de información orientada á práctica para agricultores e profesionais.</t>
   </si>
   <si>
     <t>Oper8</t>
   </si>
   <si>
     <t>Rede temática para establecer procesos participativos e identificar os factores, as barreiras e as causas da falta de adopción de métodos non químicos para o control de herbas daniñas</t>
   </si>
   <si>
     <t>Novato</t>
   </si>
   <si>
     <t>Describir o estado da arte dos novos modelos de negocio e de entrada. Recompilar exemplos de boas prácticas en toda Europa. Desenvolver redes de apoio para novos participantes que identifiquen, desenvolvan e promovan modelos de negocio e modelos de entrada innovadores para novos participantes. As redes estarán compostas por polo menos 50 membros por país. Desenvolver un conxunto práctico de ferramentas (caixa de ferramentas) con recomendacións e directrices dirixidas a grupos de partes interesadas específicos.</t>
   </si>
   <si>
     <t>GRELADOR</t>
   </si>
   <si>
     <t>Rede que busca mellorar a resiliencia e a sustentabilidade do sector avícola europeo mediante a creación dun espazo para a interacción entre a ciencia e a práctica, así como a cocreación de boas prácticas innovadoras e listas para o seu uso nas granxas avícolas europeas.</t>
   </si>
   <si>
-    <t>Intelixente</t>
-[...4 lines deleted...]
-  <si>
     <t>LAKTIS</t>
   </si>
   <si>
     <t>Unha rede que promove a descarbonización do sector lácteo desde cero, conectando granxas, innovación e sustentabilidade para un futuro compartido. Os obxectivos da rede son: Asesorar e informar aos participantes, Xerar un diálogo con varios actores, Promover e facilitar a interacción de opinións, Analizar as diferentes ferramentas tecnolóxicas, Promover a creación de regulamentos, Crear unha rede de colaboración perenne</t>
   </si>
   <si>
-    <t>Rede de Axentes de Cambio de Dehesa</t>
-[...4 lines deleted...]
-  <si>
     <t>Rede Europea de Organizacións de Extensión Forestal (FOREXT)</t>
   </si>
   <si>
     <t>Rede que axuda aos seus membros a desenvolver as súas capacidades na formación e educación de propietarios forestais privados. A rede ofrece aos seus membros oportunidades para desenvolver a capacidade de divulgación a través de: Intercambio de experiencias, expertos e coñecementos Desenvolvemento e compartición de ferramentas de extensión Establecemento de plataformas conxuntas de aprendizaxe Intercambio de boas prácticas Desenvolvemento e posta en marcha de proxectos europeos relevantes</t>
   </si>
   <si>
     <t>Rede Española de Compostaxe (REC)</t>
   </si>
   <si>
     <t>A Rede Española de Compostaxe (REC) integra as actividades que levan a cabo en España universidades, organismos públicos de investigación, centros tecnolóxicos e empresas relacionadas coa xestión sostible de residuos orgánicos para o desenvolvemento dunha economía circular. Neste sentido, a REC serve como un espazo común de información e encontro para diversas partes interesadas en todos os aspectos da xestión de residuos orgánicos. O REC integra todas as accións que impactan no desenvolvemento das mellores prácticas para a xestión de residuos orgánicos co fin de obter bioenerxía e produtos de valor engadido que poidan ser devoltos aos ciclos de produción e facilitar unha economía baixa en carbono. As liñas de traballo son: Xestión de residuos orgánicos Tecnoloxías de compostaxe e dixestión anaeróbica Compostaxe e biorremediación Normalización e control de calidade dos procesos de tratamento de residuos orgánicos Aplicacións de compost e dixestato Recuperación e rexeneración do solo Antagonismo e capacidade supresora do compost.</t>
   </si>
   <si>
     <t>ClieNFarms</t>
   </si>
   <si>
     <t>ClieNFarms desenvolverá unha rede de agricultores para debater aspectos técnicos, promover a participación do ecosistema circundante (finanzas, equipamento agrícola, etc.) para facilitar o investimento en equipamento específico, fortalecer os sistemas de asesoramento e proporcionar un apoio político claro, clave para a transición exitosa cara a explotacións climáticamente neutras. Esta rede proporcionará unha forte demostración e empoderamento para os agricultores. O concepto central do proxecto é unha estratexia de demostración chamada Espazo de Solucións Sistémicas Innovadoras (I3S) . O I3S está composto por diferentes compoñentes e actores que probarán e difundirán solucións innovadoras, codeseñadas e adaptadas por múltiples partes interesadas, para lograr explotacións climáticamente neutras dentro da cadea de subministración e en toda a xeografía local. ClieNFarms ten como obxectivo codesenvolver e ampliar solucións sistémicas relevantes a nivel local (organizativas, financeiras, técnicas) para lograr explotacións agrícolas sostibles, climáticamente neutras e resilientes ao clima en toda Europa, integrando e mellorando de forma interactiva as solucións existentes para lograr modelos de negocio economicamente viables nos sistemas agrícolas, implicando a agricultores, servizos de extensión, empresas agroalimentarias, responsables políticos, finanzas e cidadáns.</t>
   </si>
   <si>
     <t>FAIRCompartir</t>
   </si>
   <si>
     <t>FAIRshare involucra, forma e capacita á comunidade de asesores agrícolas independentes compartindo ferramentas dixitais, servizos, coñecementos e motivacións. FAIRshare apoiará unha rede social máis ampla de institucións asociadas a través dunha interface en liña navegable e creará un laboratorio dinámico e participativo para a interacción e a aplicación de ferramentas dixitais. FAIRshare ten dous programas principais. En primeiro lugar, os paquetes de traballo 1, 2 e 3 compilarán unha base de datos de ferramentas e servizos dixitais de uso internacional, aproveitando as redes sociais das institucións asociadas que abarcan países da UE e non pertencentes á UE. O inventario de ferramentas será accesible para os usuarios finais a través dunha interface en liña intuitiva e navegable, deseñada en conxunto cunha abordaxe multipartita. As ferramentas do inventario en liña irán acompañadas de información, como breves viñetas de boas prácticas, sobre como usalas ou adaptalas. En segundo lugar, os paquetes de traballo 4, 5 e 6 xerarán e dotarán de recursos un laboratorio participativo que permitirá aos asesores pares de toda a UE interactuar co inventario en liña e, nunha serie de obradoiros, intercambiar, adaptar en conxunto, deseñar en conxunto e implementar ferramentas dixitais. O obxectivo xeral de FAIRshare é garantir que os asesores agrícolas e as súas organizacións utilicen eficazmente as ferramentas e os servizos dixitais para apoiar unha agricultura máis produtiva e sostible.</t>
   </si>
   <si>
     <t>Asesores intelixentes sobre o clima</t>
@@ -675,128 +753,110 @@
   <si>
     <t>AgriLINK</t>
   </si>
   <si>
     <t>AgriLink busca impulsar a transición cara á sustentabilidade na agricultura europea mediante unha mellor comprensión do papel que desempeña o asesoramento agrícola na toma de decisións dos agricultores. AgriLink baséase no coñecemento e a experiencia tanto da investigación como da práctica. O consorcio está formado por investigadores de diferentes disciplinas (economía institucional, estudos de innovación, estudos AKIS, socioloxía de redes), así como por asesores (de organizacións públicas, privadas e de agricultores) de toda a UE. AgriLink ten como obxectivo analizar e mellorar o papel dos servizos de asesoramento agrícola en oito áreas de innovación que combinan os desafíos identificados na Enfoque Estratéxico para a Investigación e a Innovación Agrícolas na UE.</t>
   </si>
   <si>
     <t>thERBN</t>
   </si>
   <si>
     <t>A rede thERNB facilita o intercambio de coñecementos accesible sobre solucións innovadoras de bioeconomía circular (BC) adaptadas a pequenos agricultores e silvicultores en zonas rurais. O obxectivo de thERNB é poñer en funcionamento unha rede temática (RT) multilateral (MA) a nivel da UE para o intercambio de coñecementos sobre solucións innovadoras para unha bioeconomía circular (BC) sostible aplicable por pequenos agricultores e silvicultores (profesionais) a nivel local en zonas rurais.</t>
   </si>
   <si>
     <t>AKISConnect</t>
   </si>
   <si>
     <t>AKISConnect reúne a partes interesadas da agricultura de toda Europa para aproveitar o poder dos sistemas de coñecemento e innovación agrícolas. AKISConnect conecta os mundos dos proxectos modernAKIS e ATTRACTISS, financiados pola UE. Os seus obxectivos son: Integración holística do coñecemento Empoderando as comunidades locais Colaboración dinámica entre países</t>
   </si>
   <si>
     <t>Rede AKISConnect</t>
   </si>
   <si>
     <t>Conéctate en rede cun mapa interactivo de iniciativas, proxectos e colaboracións que promoven o desenvolvemento agrícola sostible e o intercambio de coñecementos en toda Europa. Os obxectivos de AKISConnect son: Integración holística do coñecemento Empoderando as comunidades locais Colaboración dinámica entre países</t>
   </si>
   <si>
-    <t>Rede de Centros de Innovación Territorial (Rede CIT)</t>
-[...4 lines deleted...]
-  <si>
     <t>Rede de Asesoramento Orgánico</t>
   </si>
   <si>
     <t>Rede europea que reúne asesores e servizos de consultoría ecolóxicos con experiencia, mozos titulados e recén chegados que desexan adquirir habilidades de asesoramento ecolóxico.</t>
   </si>
   <si>
     <t>LiveNet</t>
   </si>
   <si>
     <t>O proxecto baséase nunha rede de asesores de toda a UE especializados en produción gandeira para establecer unha nova rede a nivel da UE que fomente a colaboración aberta entre asesores e partes interesadas clave no sector gandeiro . A rede abarcará varios aspectos da agricultura, incluíndo as mellores prácticas, os avances tecnolóxicos, a valorización dos produtos agrícolas, a diversificación das fontes de ingresos e a abordaxe doutros desafíos críticos. Os obxectivos do proxecto son: Establecer e manter unha rede de asesores gandeiros en toda a UE, mellorando as competencias, a capacidade e o intercambio de coñecementos a longo prazo sobre prácticas sostibles. Recompilar, seleccionar, avaliar, analizar, adaptar e traducir 100 prácticas de asesoramento innovadoras para a produción gandeira sostible nun ambiente multilateral en 29 países europeos. Promover prácticas de asesoramento innovadoras para a produción gandeira sostible mediante o intercambio de coñecementos específicos e actividades de ampliación de escala adaptadas a cada país.</t>
   </si>
   <si>
     <t>AdvisoryNetPEST</t>
   </si>
   <si>
     <t>Rede temática centrada no uso de pesticidas e a redución de riscos (RURP) en todos os Estados membros da UE. A rede adoptará unha abordaxe multilateral reunindo 17 socios que representan a diversidade de partes interesadas dos AKIS que traballan a nivel agrícola, rexional, nacional e da UE, co obxectivo de identificar, seleccionar e dar forma a novas abordaxes que se poidan adaptar e replicar en toda a UE.</t>
   </si>
   <si>
-    <t>RENR</t>
-[...4 lines deleted...]
-  <si>
     <t>Comida de España</t>
   </si>
   <si>
     <t>Plataforma de divulgación ministerial</t>
   </si>
   <si>
     <t>Asociación Clúster Agroalimentario de Navarra (NAGRIFOOD)</t>
   </si>
   <si>
     <t>O Clúster Agroalimentario de Navarra, NAGRIFOOD, é unha organización de empresas   que ten como obxectivo mellorar continuamente a competitividade dos seus membros mediante o desenvolvemento da intercooperación, a innovación aberta, o intraemprendemento e a internacionalización das empresas agroalimentarias navarras</t>
   </si>
   <si>
     <t>Conselleiros de Aragón</t>
   </si>
   <si>
     <t>ASESORES ARAGÓN é unha plataforma promovida pola Fundación para a Agricultura do Coñecemento e constitúe unha Rede Social Profesional que dá cabida a investigadores, tecnólogos, asesores e agricultores, integrando así: o coñecemento, a súa transferencia e a súa aplicación</t>
   </si>
   <si>
     <t>Rede de Municipios para a Agroecoloxía</t>
   </si>
   <si>
     <t>O obxectivo da Rede é construír, a través do intercambio de experiencias, coñecementos, datos, información e proxectos, sistemas alimentarios locais que sexan respectuosos co medio ambiente, sostibles, inclusivos, resilientes, seguros e diversificados, garantindo alimentos sans, sostibles e accesibles para toda a poboación e promovendo o emprego local, en liña coas perspectivas da agroecoloxía e a soberanía alimentaria.</t>
   </si>
   <si>
     <t>Plataforma SynergyNuts</t>
   </si>
   <si>
     <t>Espazo para a formación, a divulgación e a innovación en todos os aspectos relacionados coas noces de sebe</t>
   </si>
   <si>
     <t>Estrato</t>
   </si>
   <si>
     <t>A Rede de Innovación en Fertilización (FIN) é unha rede técnica baseada en enfoques novos e eficaces que abordan os principais desafíos que levan á creación dun Plan de Xestión Sostible de Nutrientes. FIN está composta por tres subredes transnacionais especializadas (FIN-agricultura de precisión, FIN-calidade do solo, FIN-fertilizantes de base biolóxica) nas que avaliadores capacitados recompilarán Boas Prácticas (BP) e Innovacións de Investigación (IR) sobre o uso óptimo de fertilizantes e identificarán Mellores Prácticas (BP) como resultado da avaliación de viabilidade sistémica das BP e IR. Pódese atopar un folleto do proxecto en inglés premendo aquí.</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica para a Aula de Produtos Lácteos e Tecnoloxías Alimentarias</t>
   </si>
   <si>
     <t>Formación especializada e servizos tecnolóxicos avanzados para empresas e entidades do sector lácteo e alimentario</t>
   </si>
   <si>
-    <t>Interpanel</t>
-[...4 lines deleted...]
-  <si>
     <t>Comida para a vida</t>
   </si>
   <si>
     <t>Unha plataforma que promove a difusión da investigación, os avances científicos e tecnolóxicos a través da colaboración público-privada entre os principais actores do sector agroalimentario. Esta plataforma céntrase na I+D e a innovación, e identifica novas demandas no ámbito dos Retos Sociais, garantindo a competitividade e o crecemento do sector agroalimentario español.</t>
   </si>
   <si>
     <t>BIOVAL</t>
   </si>
   <si>
     <t>BIOVAL abrangue a biotecnoloxía, a biomedicina e a bioeconomía como sector BIO, aplicado á saúde, á agroalimentación e á sustentabilidade ambiental, co obxectivo de promover o desenvolvemento e a competitividade da comunidade empresarial do sector biotecnolóxico e posicionar os seus membros no mapa internacional.</t>
   </si>
   <si>
     <t>Agronet - Elaboración de cervexa</t>
   </si>
   <si>
     <t>Suministros, información e asesoramento para fábricas de cervexa</t>
   </si>
   <si>
     <t>Cooperativas agroalimentarias da Comunidade Valenciana</t>
   </si>
   <si>
     <t>Plataforma para a representación institucional, a promoción cooperativa, a formación, a comunicación e a representación empresarial</t>
   </si>
   <si>
     <t>INNOVAGRI</t>
@@ -1017,191 +1077,185 @@
   <si>
     <t>Rede Valenciana de Desenvolvemento Rural</t>
   </si>
   <si>
     <t>Unha ferramenta para difundir información sobre os seus programas e actividades, así como para dar a coñecer novas e eventos relacionados co desenvolvemento rural en Valencia. Tamén conta cunha sección de recursos, onde se poden atopar materiais e guías útiles para o desenvolvemento rural na rexión, e un catálogo de produtos e servizos das zonas rurais de Valencia.</t>
   </si>
   <si>
     <t>Rede PAC de España</t>
   </si>
   <si>
     <t>Plataforma que promove a creación de grupos de traballo sobre cuestións relevantes para as zonas rurais</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>Consultoría, auditorías, análise e formación no sector agroalimentario</t>
   </si>
   <si>
     <t>Vermello-iCAT</t>
   </si>
   <si>
     <t>Rede Catalá de Innovación Agroalimentaria e Rural</t>
   </si>
   <si>
+    <t>BIOFRUITNET</t>
+  </si>
+  <si>
+    <t>Este proxecto céntrase nas froitas de pementa, óso e cítricos ecolóxicos e ten como obxectivo reforzar a competitividade da produción europea de froitas ecolóxicas.</t>
+  </si>
+  <si>
+    <t>INNOSETA</t>
+  </si>
+  <si>
+    <t>O obxectivo principal de InnoSeta é establecer unha rede temática innovadora e autosuficiente en equipos de pulverización, formación e asesoramento para contribuír a reducir a brecha entre as novas solucións de protección de cultivos de alta gama dispoñibles, xa sexan comerciais ou a partir de resultados de investigación aplicables, e as aplicables ás prácticas agrícolas europeas cotiás. Isto conseguirase promovendo un intercambio eficaz de novas ideas e información entre a investigación, a industria, os servizos de extensión e a comunidade agrícola, de xeito que as solucións de investigación e comerciais existentes poidan comunicarse amplamente, ao mesmo tempo que capten as necesidades da base e as ideas innovadoras da comunidade agrícola.</t>
+  </si>
+  <si>
+    <t>OK-Net Arable</t>
+  </si>
+  <si>
+    <t>Net Net Arable traballou con 14 grupos de innovación agrícola en 10 países. Os datos dos grupos mostraron unha ampla gama de rendementos das colleitas. Isto indica unha necesidade, pero tamén unha clara posibilidade de melloras. Baseándose na literatura científica e nas achegas dos agricultores, recompiláronse máis de 100 materiais con solucións prácticas na plataforma Arable Knowledge de Net Net (Farmknowledge.org). Os grupos de agricultores avaliaron formatos e algunhas solucións na práctica. As súas experiencias foron documentadas en vídeos e resumos de prácticas. Os grupos de agricultores traduciron materiais relevantes para eles á súa propia lingua. Realizáronse cursos en liña, presentando os materiais a agricultores e asesores.</t>
+  </si>
+  <si>
+    <t>Palisandro 4.0</t>
+  </si>
+  <si>
+    <t>Rosewood 4.0 recompilará e estruturará as mellores prácticas e innovacións (BP&amp;I) relevantes co obxectivo de mellorar o marco de mobilización da madeira en cinco centros rexionais. Desenvolveranse cinco follas de ruta rexionais (e unha interrexional/transrexional) baseadas na priorización das BP&amp;I recompiladas que se axusten ás necesidades/desafíos identificados das diferentes rexións. O proxecto organizará obradoiros específicos e visitas de estudo vinculadas a materiais de formación recentemente deseñados que favorezan a implementación das BP&amp;I. Realizaranse accións de difusión intensivas para a transferencia das BP&amp;I utilizando diferentes ferramentas e canles (por exemplo, plataforma de coñecemento, resumos de prácticas, produción de vídeos, etc.).</t>
+  </si>
+  <si>
     <t>ANOVE</t>
   </si>
   <si>
     <t>Desenvolvedores e propagadores de variedades vexetais</t>
   </si>
   <si>
-    <t>BIOFRUITNET</t>
-[...20 lines deleted...]
-    <t>Rosewood 4.0 recompilará e estruturará as mellores prácticas e innovacións (BP&amp;I) relevantes co obxectivo de mellorar o marco de mobilización da madeira en cinco centros rexionais. Desenvolveranse cinco follas de ruta rexionais (e unha interrexional/transrexional) baseadas na priorización das BP&amp;I recompiladas que se axusten ás necesidades/desafíos identificados das diferentes rexións. O proxecto organizará obradoiros específicos e visitas de estudo vinculadas a materiais de formación recentemente deseñados que favorezan a implementación das BP&amp;I. Realizaranse accións de difusión intensivas para a transferencia das BP&amp;I utilizando diferentes ferramentas e canles (por exemplo, plataforma de coñecemento, resumos de prácticas, produción de vídeos, etc.).</t>
+    <t>PROTECCIÓN INTELIXENTE</t>
+  </si>
+  <si>
+    <t>SmartProtect é unha rede temática centrada no intercambio interrexional de coñecementos sobre solucións intelixentes de xestión integrada de pragas (XIP) para agricultores e asesores. O obxectivo é estimular os fluxos de coñecemento nos Sistemas rexionais de coñecemento e innovación agrícola (AKISS) en toda a UE e conectalos co potencial innovador das metodoloxías avanzadas de XIP na produción de hortalizas, integrando tecnoloxías de agricultura de precisión e análise de datos.</t>
+  </si>
+  <si>
+    <t>Mellores prácticas para galiñas: proxecto piloto sobre as mellores prácticas para sistemas alternativos de produción de ovos</t>
+  </si>
+  <si>
+    <t>O programa Best Practice Hens (BPH) preparará e proporcionará apoio práctico aos produtores de ovos para animalos a realizar a transición de sistemas en gaiola a sistemas sen gaiola. Isto aplícase tanto á cría de galiñas poñedoras como ao seu mantemento durante o período de produción. O BPH garantirá unha ampla difusión da información recompilada sobre as mellores prácticas mediante o desenvolvemento de materiais de comunicación (vídeos e resumos de prácticas). O BPH organizará eventos de difusión dirixidos aos Estados membros cunha alta porcentaxe de sistemas en gaiola para aumentar a implementación de sistemas de aloxamento sen gaiola nos Estados membros obxectivo (España, Polonia, Portugal e Bélxica).</t>
+  </si>
+  <si>
+    <t>BIOSCHAMP - Bioestimulante de envolturas alternativas para unha industria de cogomelos sostible e rendible</t>
+  </si>
+  <si>
+    <t>Neste proxecto, desenvolveremos unha estratexia integrada para combater os principais desafíos sanitarios na produción de cogomelos (fungos e bacterias parasitos). Ao desenvolver un solo de envoltura enriquecido con microbiota, reduciremos a necesidade de pesticidas e contribuiremos a mellorar a produtividade, a sustentabilidade e a rendibilidade do sector europeo dos cogomelos.</t>
+  </si>
+  <si>
+    <t>Impulso ás redes de bioeconomía rural seguindo enfoques multiactor - SECCIÓNS</t>
+  </si>
+  <si>
+    <t>Identificar, resumir, compartir e presentar as mellores prácticas e os resultados da investigación existentes; aumentar a aplicación de novas tecnoloxías rendibles mellorando a transferencia activa de coñecementos entre profesionais e investigadores; mobilizar máis biomasa e crear novas oportunidades de negocio nas zonas rurais mellorando e fortalecendo a conexión entre a práctica e a ciencia; aplicar unha abordaxe multidisciplinar e multipartita; ofrecer unha canle para o fluxo bidireccional de información, novas ideas e tecnoloxías; destacar as necesidades identificadas e os elementos empresariais relevantes para os profesionais; promover a bioeconomía e o desenvolvemento rural a través de novas iniciativas biolóxicas.</t>
+  </si>
+  <si>
+    <t>Rede AgriFoodTe: Rede de Coñecemento e Innovación Agroalimentaria de Teruel</t>
+  </si>
+  <si>
+    <t>Rede para acelerar a innovación no sector agroalimentario para promover a transición ecolóxica, dixital e á bioeconomía circular na rexión de Teruel</t>
+  </si>
+  <si>
+    <t>O Clúster Agroalimentario de Navarra (NAGRIFOOD) é unha organización empresarial que ten como obxectivo a mellora continua da competitividade dos seus membros mediante o desenvolvemento da intercooperación, a innovación aberta, o intraemprendemento e a internacionalización das empresas agroalimentarias navarras.</t>
   </si>
   <si>
     <t>APROSE</t>
   </si>
   <si>
     <t>Asociación profesional sen ánimo de lucro de empresas produtoras de sementes selectas. Analiza, estuda e aborda problemas comúns que poden xurdir dependendo da especie de semente.</t>
   </si>
   <si>
-    <t>PROTECCIÓN INTELIXENTE</t>
-[...37 lines deleted...]
-  <si>
     <t>Asociación Española da Industria de Panadería, Pastelería e Confeitaría (ASEMAC)</t>
   </si>
   <si>
     <t>Organización profesional de carácter sectorial</t>
   </si>
   <si>
     <t>Asociación de Fabricantes de Pensos Compostos de Castela e León (ASFACYL)</t>
   </si>
   <si>
     <t>Asociación Profesional de Fabricantes de Pensos Compostos de Castela e León</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica e de Innovación Española para a Biocircularidade (BIOPLAT)</t>
   </si>
   <si>
     <t>Organización nacional sen ánimo de lucro que promove o desenvolvemento sostible da biomasa e a bioeconomía</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica de Biotecnoloxía Vexetal (BIOVEGEN)</t>
   </si>
   <si>
     <t>Asociación público-privada, liderada polo sector empresarial, que reúne entidades do sector agroalimentario interesadas na innovación baseada en plantas</t>
   </si>
   <si>
     <t>Confederación Española de Panadaría, Pastelería, Confeitaría e Produtos Relacionados (CEOPPAN)</t>
   </si>
   <si>
     <t>Unha asociación patronal sen ánimo de lucro, asociacións e gremios de fabricantes e comerciantes polo miúdo de pan, pastelaría, produtos de panadería e produtos relacionados, de áreas xeográficas provinciais e locais, así como empresas individuais de todo o país.</t>
   </si>
   <si>
+    <t>Asociación Aragonesa de Agricultura de Conservación</t>
+  </si>
+  <si>
+    <t>A Asociación é unha entidade que reúne a agricultores, técnicos, investigadores, centros de formación e empresas interesadas en promover e difundir a técnica da Agricultura de Conservación.</t>
+  </si>
+  <si>
     <t>Confederación Española de Fabricantes de Alimentos Compostos para Animais (CESFAC)</t>
   </si>
   <si>
     <t>Plataforma tecnolóxica para a xestión conxunta da seguridade alimentaria na nutrición animal</t>
   </si>
   <si>
     <t>ECONOMÍA CIRCULAR - Plataforma que integra outras plataformas de Economía Circular</t>
   </si>
   <si>
     <t>Dinamizar liñas de actuación, definir a contribución das plataformas tecnolóxicas e de innovación españolas na transición cara a unha economía circular e desenvolver ferramentas para promover a cooperación en I+D+i.</t>
   </si>
   <si>
     <t>EIT-FOOD</t>
   </si>
   <si>
     <t>Plataforma HUB que promove a innovación, a educación, o emprendemento e a participación pública</t>
   </si>
   <si>
     <t>Elika</t>
   </si>
   <si>
     <t>Plataforma para a difusión de investigacións, eventos e normativas no País Vasco sobre seguridade alimentaria, alimentación saudable, alimentación sostible, agricultura, gandería, pesca, alimentación animal e industria alimentaria</t>
   </si>
   <si>
     <t>FEDIMA</t>
   </si>
   <si>
     <t>Plataforma para a difusión de información de interese para as panaderías e para o contacto entre FEDIMA e os seus socios</t>
   </si>
   <si>
-    <t>Asociación Aragonesa de Agricultura de Conservación</t>
-[...4 lines deleted...]
-  <si>
     <t>INASDE Agroalimentaria</t>
   </si>
   <si>
     <t>Un centro de investigación privado cun equipo de profesionais experimentados especializados en actividades de investigación para a posta en marcha de proxectos propios e a prestación de servizos, que abarcan as distintas etapas da cadea alimentaria, desde a produción primaria ata o procesamento e presentación de produtos de consumo.</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica Española de Loxística Intermodal e Mobilidade (Logistop)</t>
   </si>
   <si>
     <t>Un espazo de traballo multidisciplinar e interterritorial no campo da innovación loxística, composto por todos os actores implicados na cadea de subministración, así como universidades, centros tecnolóxicos, asociacións e empresas de consultoría especializadas.</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica de Envases Española (PACKNET)</t>
   </si>
   <si>
     <t>Plataforma que funciona como unha rede para a cooperación científica e tecnolóxica entre axentes da cadea de envasado e Evans</t>
   </si>
   <si>
     <t>Plantas para o futuro</t>
   </si>
   <si>
     <t>Plataforma para difundir os proxectos, investigacións, actividades, colaboradores e grupos de traballo do grupo</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica de Sanidade Animal, VET+I</t>
@@ -1374,150 +1428,150 @@
   <si>
     <t>Asociación para o Desenvolvemento Rural de Andalucía (ARA)</t>
   </si>
   <si>
     <t>Un foro de colaboración e diálogo onde están representados todos os grupos de desenvolvemento rural de Andalucía, promotores de actividade e creación de emprego.</t>
   </si>
   <si>
     <t>UE - Libro agrícola</t>
   </si>
   <si>
     <t>EU-FarmBook é unha plataforma de boas prácticas para agricultores e silvicultores. Todo o contido da súa biblioteca provén de proxectos de investigación de Horizon.</t>
   </si>
   <si>
     <t>Rede de Desenvolvemento Rural de Castela e León</t>
   </si>
   <si>
     <t>Unha asociación que aglutina e coordina un número significativo de grupos que xestionan programas de desenvolvemento rural —LEADER e PRODER— en Castela e León.</t>
   </si>
   <si>
     <t>Rede Española de Desenvolvemento Rural (REDR)</t>
   </si>
   <si>
     <t>A Rede Española de Desenvolvemento Rural (REDR) é unha asociación sen ánimo de lucro cuxa principal misión é promover un modelo de desenvolvemento rural integral e sostible, mellorar a calidade de vida da poboación rural e destacar a importancia das zonas rurais para a sociedade no seu conxunto. A REDR proporciona un espazo compartido para as zonas rurais e os seus habitantes, un lugar onde poden expresar as súas necesidades e preocupacións e facer oír as súas voces.</t>
   </si>
   <si>
+    <t>FERTINNOWA</t>
+  </si>
+  <si>
+    <t>FERTINNOWA (acrónimo de Transferencia de Técnicas Innovadoras para a Práctica Sostible da FERTirrigación) é unha rede de intercambio de coñecementos deseñada para facilitar a mellora das prácticas de fertirrigación, adaptándoas aos requisitos ambientais e ás normativas europeas recollidas na Directiva Marco da Auga e aquelas que garanten a evitación de emisións de residuos debidas ao uso de fertilizantes, especialmente en zonas declaradas vulnerables á contaminación dos acuíferos por nitratos.</t>
+  </si>
+  <si>
     <t>Rede de Oficinas de Transferencia de Coñecementos (Rede OTC)</t>
   </si>
   <si>
     <t>Rede de oficinas de transferencia de resultados de investigación nas universidades españolas.</t>
   </si>
   <si>
     <t>Plataforma Tecnolóxica de Cría e Reprodución de Animais de Granxa (FABRE TP)</t>
   </si>
   <si>
     <t>A Plataforma Tecnolóxica de Mellora e Reprodución de Animais de Granxa para Europa (FABRE TP) é un foro dirixido por institutos de investigación e o mundo académico, en colaboración co sector privado, que proporciona unha plataforma para definir as prioridades de investigación en mellora, xenética e reprodución animal, co obxectivo de impulsar a sustentabilidade, a competitividade e a resiliencia de todos os sistemas gandeiros.</t>
   </si>
   <si>
     <t>Agrochef</t>
   </si>
   <si>
     <t>Transferencia de tecnoloxía e dixitalización de procesos de comercialización directa para a comercialización de alimentos producidos por pequenos produtores agrícolas e gandeiros do sector hostaleiro e de restauración nacional.</t>
   </si>
   <si>
-    <t>FERTINNOWA</t>
-[...2 lines deleted...]
-    <t>FERTINNOWA (acrónimo de Transferencia de Técnicas Innovadoras para a Práctica Sostible da FERTirrigación) é unha rede de intercambio de coñecementos deseñada para facilitar a mellora das prácticas de fertirrigación, adaptándoas aos requisitos ambientais e ás normativas europeas recollidas na Directiva Marco da Auga e aquelas que garanten a evitación de emisións de residuos debidas ao uso de fertilizantes, especialmente en zonas declaradas vulnerables á contaminación dos acuíferos por nitratos.</t>
+    <t>EuroDairy</t>
+  </si>
+  <si>
+    <t>EuroDairy apoia o desenvolvemento e a comunicación da innovación baseada na práctica na produción láctea centrando as súas actividades en catro temas clave: coidado dos animais; resiliencia socioeconómica; eficiencia dos recursos; e integración da produción láctea cos obxectivos de biodiversidade.</t>
+  </si>
+  <si>
+    <t>Leguminosas traducidas</t>
+  </si>
+  <si>
+    <t>O proxecto baséase na creación de redes entre agricultores e outros innovadores e científicos en grupos de partes interesadas para recompilar e validar coñecementos relevantes baseados na investigación.</t>
   </si>
   <si>
     <t>Bovino</t>
   </si>
   <si>
     <t>BovINE (Rede Europea de Innovación na Carne de Vacún) abordou os urxentes desafíos de sustentabilidade aos que se enfrontan os produtores de carne de vacún reunindo agricultores, organizacións gandeiras, asesores e investigadores para desenvolver conxuntamente innovacións prácticas que se poidan implementar nas explotacións agrícolas europeas. BovINE estableceuse en 10 Estados membros e centrouse exclusivamente nas necesidades das 255 000 explotacións que conforman o sector da carne de vacún da UE.</t>
   </si>
   <si>
     <t>EU PiG</t>
   </si>
   <si>
     <t>A rede inclúe unha variedade de socios, desde grupos de produtores de porcos ata investigadores e asesores económicos, conectando os produtores de porcos coas últimas ciencias, técnicas e tecnoloxías de reprodución. O proxecto céntrase en catro temas clave: xestión sanitaria, calidade da carne, benestar animal e produción de precisión.</t>
   </si>
   <si>
     <t>OK-Net Ecofeed</t>
   </si>
   <si>
     <t>O proxecto busca crear unha rede europea de clústeres de innovación para facilitar o intercambio de coñecementos e a cocreación entre agricultores, empresas, investigadores e asesores mediante a recollida de materiais para os usuarios finais e o desenvolvemento de novas ferramentas adaptadas ás necesidades dos agricultores e as empresas.</t>
   </si>
   <si>
-    <t>EuroDairy</t>
-[...8 lines deleted...]
-    <t>O proxecto baséase na creación de redes entre agricultores e outros innovadores e científicos en grupos de partes interesadas para recompilar e validar coñecementos relevantes baseados na investigación.</t>
+    <t>MELLOR4SOLO</t>
+  </si>
+  <si>
+    <t>Rede de profesionais creada para compartir coñecementos sobre a prevención e o control das enfermidades do solo</t>
+  </si>
+  <si>
+    <t>REDE VITICULTURAL</t>
+  </si>
+  <si>
+    <t>Winetwork é un proxecto europeo de colaboración para o intercambio e a transferencia de coñecementos innovadores entre as rexións vinícolas europeas para aumentar a produtividade e a sustentabilidade do sector. Durante tres anos, 11 socios de sete países europeos intercambiarán os seus coñecementos sobre dúas importantes enfermidades da viña: as enfermidades do tronco da vide e a flavesansence dorée. A estratexia do proxecto baséase nas interaccións entre unha rede de facilitadores, grupos de traballo rexionais e dous grupos de traballo científicos. Esta estratexia participativa permitirá a transferencia de resultados científicos e coñecementos prácticos a materiais adaptados aos usuarios finais.</t>
   </si>
   <si>
     <t>Rede de Desenvolvemento Rural Rioxana</t>
   </si>
   <si>
     <t>Unha ferramenta para difundir información sobre os seus programas e actividades, así como para dar a coñecer novas e eventos relacionados co desenvolvemento rural na Rioxa. Tamén conta cunha sección de recursos, onde se poden atopar materiais e guías útiles para o desenvolvemento rural na rexión, e un catálogo de produtos e servizos das zonas rurais da Rioxa.</t>
   </si>
   <si>
     <t>Rede PAC de Malta</t>
   </si>
   <si>
     <t>En Malta, o desenvolvemento rural xestiónase a nivel nacional a través dun Plan Estratéxico, financiado polo Fondo Europeo Agrícola de Desenvolvemento Rural (Feader) e por contribucións nacionais. O Plan Estratéxico establece as estratexias e medidas prioritarias que se deben adoptar para abordar as necesidades da área xeográfica específica cuberta. O financiamento do desenvolvemento rural a través do Feader enmárcase no marco xeral dos Fondos Estruturais e de Investimento Europeos (Fondos EIE), que tamén inclúen os Fondos de Desenvolvemento Rexional, Social, de Cohesión e de Pesca. Todos estes fondos son xestionados a nivel nacional por cada Estado membro da UE sobre a base de Acordos de Asociación, que son plans estratéxicos que describen os obxectivos e as prioridades de investimento de cada país.</t>
   </si>
   <si>
     <t>Rede PAC de Romanía</t>
   </si>
   <si>
     <t>En Romanía, o desenvolvemento rural xestiónase a nivel nacional a través dun Plan Estratéxico, que se financia a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader) e de contribucións nacionais. O Plan Estratéxico establece as estratexias e medidas prioritarias que se deben adoptar para abordar as necesidades da área xeográfica específica cuberta. O financiamento do desenvolvemento rural a través do Feader enmárcase no marco xeral dos Fondos Estruturais e de Investimento Europeos (Fondos EIE), que tamén inclúen os Fondos de Desenvolvemento Rexional, Social, de Cohesión e de Pesca. Todos estes fondos son xestionados a nivel nacional por cada Estado membro da UE sobre a base de Acordos de Asociación, que son plans estratéxicos que describen os obxectivos e as prioridades de investimento de cada país.</t>
   </si>
   <si>
     <t>DESARMAR</t>
   </si>
   <si>
     <t>DISARM é unha colaboración entre agricultores, veterinarios, servizos de asesoramento, académicos e a industria para difundir solucións innovadoras para xestionar a resistencia aos antibióticos na produción gandeira e aliviar a ameaza desta resistencia. A rede intercambiará enfoques innovadores entre industrias e países para compartir as mellores prácticas en todo o sector gandeiro.</t>
   </si>
   <si>
     <t>NUTRIMAN</t>
   </si>
   <si>
     <t>NUTRIMAN é unha rede temática sobre nitróxeno e fósforo que recompila coñecementos sobre tecnoloxías, produtos, aplicacións e prácticas de fertilizantes biolóxicos recuperados e listos para usar para o beneficio dos profesionais agrícolas. O proxecto céntrase en conectar resultados innovadores, competitivos e comercialmente listos derivados de programas de investigación científica aplicada moi maduros e prácticas industriais comúns.</t>
   </si>
   <si>
     <t>SuWaNu Europa</t>
   </si>
   <si>
     <t>SUWANU EUROPE céntrase en proxectos de reutilización de auga en Europa mediante a reutilización de augas residuais tratadas na agricultura.</t>
-  </si>
-[...10 lines deleted...]
-    <t>Winetwork é un proxecto europeo de colaboración para o intercambio e a transferencia de coñecementos innovadores entre as rexións vinícolas europeas para aumentar a produtividade e a sustentabilidade do sector. Durante tres anos, 11 socios de sete países europeos intercambiarán os seus coñecementos sobre dúas importantes enfermidades da viña: as enfermidades do tronco da vide e a flavesansence dorée. A estratexia do proxecto baséase nas interaccións entre unha rede de facilitadores, grupos de traballo rexionais e dous grupos de traballo científicos. Esta estratexia participativa permitirá a transferencia de resultados científicos e coñecementos prácticos a materiais adaptados aos usuarios finais.</t>
   </si>
   <si>
     <t>Adesa</t>
   </si>
   <si>
     <t>Consultoría, auditorías, análise e formación no sector da seguridade alimentaria</t>
   </si>
   <si>
     <t>AFLE</t>
   </si>
   <si>
     <t>Organización profesional sen ánimo de lucro formada por empresas dedicadas á produción de lévedo para nutrición e saúde, panadería e fermentación</t>
   </si>
   <si>
     <t>CHIL.ORG</t>
   </si>
   <si>
     <t>Plataforma para a investigación, a transferencia de coñecemento, eventos e novas relacionadas co sector agroalimentario</t>
   </si>
   <si>
     <t>GAL Desenvolvemento Rural e Pesca de Eivissa e Formentera</t>
   </si>
   <si>
     <t>A principal tarefa do grupo é a xestión de estratexias e proxectos locais de desenvolvemento rural e pesqueiro, sendo a tarefa máis importante en termos de recursos e dedicación as Estratexias de Desenvolvemento Rural e Pesqueiro Local Participativas, cofinanciadas por fondos europeos (Feader e FEMP) e nacionais.</t>
   </si>
@@ -1878,256 +1932,256 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C251"/>
+  <dimension ref="A1:C260"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C251"/>
+      <selection activeCell="A1" sqref="A1:C260"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="202.808" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2728.619" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>43</v>
@@ -2160,546 +2214,546 @@
         <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>147</v>
@@ -2721,150 +2775,150 @@
         <v>150</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>177</v>
@@ -2897,1316 +2951,1316 @@
         <v>182</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="s">
         <v>304</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="s">
         <v>312</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="s">
         <v>314</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="s">
         <v>316</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="s">
         <v>318</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="s">
         <v>320</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="s">
         <v>324</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="s">
         <v>348</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="s">
         <v>356</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="s">
-        <v>232</v>
+        <v>358</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="s">
-        <v>373</v>
+        <v>254</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="s">
         <v>375</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="s">
         <v>379</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="s">
         <v>385</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="s">
         <v>387</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="s">
         <v>393</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="s">
         <v>397</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="s">
         <v>405</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="s">
         <v>411</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="s">
         <v>415</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="s">
         <v>417</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="s">
         <v>419</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>420</v>
@@ -4228,472 +4282,571 @@
         <v>423</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="s">
         <v>425</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="s">
         <v>429</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="s">
         <v>431</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="s">
         <v>435</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="s">
         <v>447</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="s">
         <v>449</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="s">
         <v>451</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="s">
         <v>453</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="s">
         <v>455</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="s">
         <v>459</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="s">
         <v>461</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="s">
         <v>465</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="s">
         <v>467</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="s">
         <v>469</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="s">
         <v>471</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="s">
         <v>473</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="s">
         <v>475</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="s">
         <v>477</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="s">
         <v>479</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="s">
         <v>481</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="s">
         <v>483</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="s">
         <v>485</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="s">
         <v>489</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="s">
         <v>491</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="s">
         <v>493</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="s">
         <v>495</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="s">
         <v>497</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="s">
         <v>501</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="s">
         <v>503</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>504</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>522</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>