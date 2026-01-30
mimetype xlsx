--- v0 (2025-12-14)
+++ v1 (2026-01-30)
@@ -12,62 +12,470 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Noticias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1462">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1598">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Fecha de publicación</t>
   </si>
   <si>
     <t>Url</t>
+  </si>
+  <si>
+    <t>Avances na análise da madeira e nos estudos do solo polo Grupo Operativo Coníferas+</t>
+  </si>
+  <si>
+    <t>O Grupo Operativo Coníferas+ continúa avanzando na súa investigación e recollida de datos, acadando fitos significativos tanto na análise da calidade estrutural da madeira en pé como na mostraxe do solo para identificar alternativas ás coníferas enfermas . Estes avances reforzan a base científica do proxecto e proporcionan información clave para a toma de decisións na xestión forestal.…</t>
+  </si>
+  <si>
+    <t>Mér, 28/01/2026 - 12:06</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/avances-na-analise-da-madeira-e-nos-estudos-do-solo-polo-grupo-operativo-coniferas</t>
+  </si>
+  <si>
+    <t>Conferencia CDTI “Entre dous programas, Horizonte Europa”</t>
+  </si>
+  <si>
+    <t>O CDTI organiza a décimo terceira edición da Conferencia do Programa Marco de Investigación e Innovación (PM) da Unión Europea en España, baixo o lema "Entre dous programas, Horizonte Europa", que terá lugar 16 de xuño no Palau de Congressos de Catalunya (Barcelona). O evento celebrarase en colaboración co Ministerio de Ciencia, Innovación e Universidades, a Comisión Europea e Accio. Desde o…</t>
+  </si>
+  <si>
+    <t>Mér, 28/01/2026 - 11:19</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/conferencia-cdti-entre-dous-programas-horizonte-europa</t>
+  </si>
+  <si>
+    <t>APP-TRI: mostraxe foliar en trigo para “ler” a parcela e refinar a predición da colleita</t>
+  </si>
+  <si>
+    <t>Fonte: APP-TRI O Grupo Operativo APP-TRI está a avanzar nun dos piares clave do proxecto: traducir datos agronómicos en tempo real do campo a unha aplicación dixital capaz de estimar a produtividade do trigo e anticipar posibles desviacións da colleita . A ferramenta baséase na integración de información procedente de mapas de rendemento das colleitadoras e de sensores remotos (Sentinel-2) , co…</t>
+  </si>
+  <si>
+    <t>Mar, 27/01/2026 - 12:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/app-tri-mostraxe-foliar-trigo-ler-parcela-e-refinar-predicion-da-colleita</t>
+  </si>
+  <si>
+    <t>Xa está aberta unha enquisa sobre dixitalización e uso de datos no turismo rural.</t>
+  </si>
+  <si>
+    <t>O proxecto Data4Rural lanzou unha enquisa dirixida ás partes interesadas do turismo rural para determinar o nivel de dixitalización, o uso actual dos datos e as principais necesidades de formación do sector . Os resultados utilizaranse para deseñar ferramentas prácticas, programas de formación e servizos de apoio adaptados ás necesidades específicas das organizacións rurais. A enquisa é curta e…</t>
+  </si>
+  <si>
+    <t>Ven, 23/01/2026 - 13:20</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/xa-esta-aberta-unha-enquisa-dixitalizacion-e-uso-datos-no-turismo-rural</t>
+  </si>
+  <si>
+    <t>A importancia da cría de gando vacún para a saúde, debatida nunha nova sesión do Campus Provacuno</t>
+  </si>
+  <si>
+    <t>Durante a xornada, Juan Pascual, veterinario, divulgador científico e vicepresidente de AnimalhealthEurope, abordou desde unha perspectiva científica e técnica o papel do gando vacún na sustentabilidade, a nutrición e a saúde humana. O Campus Provacuno está a consolidarse como un recurso de referencia para estudantes universitarios interesados no sector da gandería de carne. A súa última sesión,…</t>
+  </si>
+  <si>
+    <t>Ven, 23/01/2026 - 12:59</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/importancia-da-cria-gando-vacun-saude-debatida-nunha-nova-sesion-do-campus-provacuno</t>
+  </si>
+  <si>
+    <t>Xa está aberto o prazo para participar na conferencia da Rede da PAC da UE sobre a resiliencia da auga na agricultura</t>
+  </si>
+  <si>
+    <t>A Rede da PAC da UE abriu a convocatoria de manifestacións de interese para participar na conferencia "Resiliencia da auga na agricultura: innovación na práctica" , unha reunión europea centrada na innovación, o intercambio de coñecementos e o enfoque EIP-AGRI . O 9 de febreiro é a data límite para presentar as solicitudes para asistir a esta reunión, que terá lugar en Hamburgo, Alemaña, do 19 ao…</t>
+  </si>
+  <si>
+    <t>Mér, 21/01/2026 - 22:44</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/xa-esta-aberto-o-prazo-participar-na-conferencia-da-rede-da-pac-da-ue-resiliencia-da-auga</t>
+  </si>
+  <si>
+    <t>A convocatoria de propostas para as subvencións CDTI para “Ecosistemas de Innovación e Transferencia 2025” permanece aberta ata o 12 de febreiro.</t>
+  </si>
+  <si>
+    <t>A convocatoria de propostas para Ecosistemas de Innovación e Transferencia de 2025 permanece aberta ata o 12 de febreiro de 2026 , co obxectivo de fortalecer os ecosistemas interrexionais centrados na transferencia, difusión e valorización do coñecemento , en liña co enfoque dos Sistemas de Coñecemento e Innovación Agrícola (AKIS) . Esta acción busca fomentar modelos colaborativos e…</t>
+  </si>
+  <si>
+    <t>Mar, 20/01/2026 - 17:45</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/convocatoria-propostas-subvencions-cdti-ecosistemas-innovacion-e-transferencia-2025</t>
+  </si>
+  <si>
+    <t>SECUESVAC avanza no cálculo do secuestro de carbono orgánico en solos agrícolas</t>
+  </si>
+  <si>
+    <t>O proxecto GO SECUESVAC deu outro paso adiante co inicio da fase centrada no cálculo do secuestro de carbono orgánico no solo. Tras o inicio desta segunda etapa, os membros do Grupo Operativo para a Optimización do Secuestro de Carbono en Solos Agrícolas Asociados á Produción de Carne de Vacún están a traballar na definición de estratexias e na recollida dos datos necesarios para desenvolver unha…</t>
+  </si>
+  <si>
+    <t>Mar, 20/01/2026 - 10:22</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/secuesvac-avanza-no-calculo-do-secuestro-carbono-organico-solos-agricolas</t>
+  </si>
+  <si>
+    <t>AgroBank Tech Digital INNovation abre a súa convocatoria aberta de 2026 para impulsar a dixitalización do sector agroalimentario</t>
+  </si>
+  <si>
+    <t>AgroBank Tech Digital INNovation lanzou oficialmente a súa convocatoria aberta 2026 , dirixida a empresas emerxentes e proxectos tecnolóxicos que ofrezan solucións innovadoras aos principais desafíos aos que se enfronta o sector agroalimentario. O programa busca iniciativas capaces de acelerar a transformación dixital , mellorar a sustentabilidade e fortalecer a competitividade do sector.…</t>
+  </si>
+  <si>
+    <t>Lun, 19/01/2026 - 16:47</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/agrobank-tech-digital-innovation-abre-sua-convocatoria-aberta-2026-impulsar-dixitalizacion</t>
+  </si>
+  <si>
+    <t>Dixitalización do rural: unha aliada para o futuro do regadío na Comunidade de Regantes de La Nava</t>
+  </si>
+  <si>
+    <t>A dixitalización converteuse nunha ferramenta clave para abordar os principais desafíos aos que se enfronta a agricultura do século XXI: a escaseza de auga, o cambio climático e a necesidade de producir máis con menos recursos. Neste contexto, as novas tecnoloxías aplicadas ao regadío, como os sensores, as plataformas de datos, a automatización e a xestión remota, están a transformar a forma en…</t>
+  </si>
+  <si>
+    <t>Ven, 16/01/2026 - 11:33</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/dixitalizacion-do-rural-unha-aliada-o-futuro-do-regadio-na-comunidade-regantes-la-nava</t>
+  </si>
+  <si>
+    <t>Evolución do proxecto GO Olivebiome</t>
+  </si>
+  <si>
+    <t>O proxecto GO Olivebiome , coordinado tecnicamente por Maslina , está a facer grandes avances cara á validación industrial de solucións probióticas sostibles para a alimentación animal, grazas á plena incorporación de AINIA . Os últimos avances céntranse en tres fitos clave: Optimización de cultivos : AINIA está a comparar o crecemento probiótico en medio MRS e soro de leite, co obxectivo de…</t>
+  </si>
+  <si>
+    <t>Ven, 16/01/2026 - 11:06</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/evolucion-do-proxecto-go-olivebiome</t>
+  </si>
+  <si>
+    <t>Lanzamento da campaña Local Food Advisors' Journey 2026: unha folla de ruta europea para reforzar o asesoramento sobre cadeas de subministración curtas</t>
+  </si>
+  <si>
+    <t>A iniciativa de EU 4Advice e COREnet , Local Food Advisors' Journey 2026, foi creada co obxectivo de destacar a Rede Europea de Asesores en Cadeas Curtas de Suministro de Alimentación (EAN-SFSC) e, ao mesmo tempo, implicar activamente aos asesores na súa construción e mellora continua . Esta iniciativa está deseñada como unha folla de ruta flexible e evolutiva para os asesores que forman parte da…</t>
+  </si>
+  <si>
+    <t>Xov, 15/01/2026 - 13:07</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/lanzamento-da-campana-local-food-advisors-journey-2026-unha-folla-ruta-europea-reforzar-o</t>
+  </si>
+  <si>
+    <t>CDTI Innovation busca unha empresa española para un proxecto de I+D en Agritech xunto con FAEDA (Senegal)</t>
+  </si>
+  <si>
+    <t>CDTI Innovation publicou unha busca de socio comercial para identificar unha empresa española interesada en desenvolver un proxecto de I+D en cooperación internacional coa empresa senegalesa FAEDA , no ámbito Agritech , concretamente na aplicación das TIC á avicultura . A colaboración proposta céntrase no desenvolvemento e validación dunha granxa avícola piloto en Senegal , que incluiría unha…</t>
+  </si>
+  <si>
+    <t>Mar, 13/01/2026 - 23:03</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/cdti-innovation-busca-unha-empresa-espanola-proxecto-id-agritech-xunto-faeda-senegal</t>
+  </si>
+  <si>
+    <t>En 2026 comezará o bloque de xornadas técnicas sectoriais do plan de promoción da agricultura rexenerativa e sostible.</t>
+  </si>
+  <si>
+    <t>En 2026, comeza o bloque de xornadas técnicas sectoriais dentro do programa "Xornadas e seminarios técnicos para promover a agricultura rexenerativa e sostible" , unha iniciativa posta en marcha en marzo de 2025 pola Fundación Juana de Vega e a empresa Agroassessor , e subvencionada polo Ministerio de Agricultura, Pesca e Alimentación . Durante case un ano e medio, ambas entidades impulsaron…</t>
+  </si>
+  <si>
+    <t>Mar, 13/01/2026 - 20:26</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/2026-comezara-o-bloque-xornadas-tecnicas-sectoriais-do-plan-promocion-da-agricultura</t>
+  </si>
+  <si>
+    <t>A revolución da auga intelixente: Xinzo de Limia únese á dixitalización do regadío</t>
+  </si>
+  <si>
+    <t>A dixitalización da agricultura avanza de xeito constante, e Galicia non é unha excepción. A Comunidade de Regadores da Laguna de Antela, na comarca ourensá da Limia, comezou a implementar solucións tecnolóxicas que marcarán un punto de inflexión na xestión da auga agrícola . Este proxecto, apoiado polos fondos Next Generation da Unión Europea a través do programa PERTE para a Dixitalización do…</t>
+  </si>
+  <si>
+    <t>Lun, 12/01/2026 - 16:40</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/revolucion-da-auga-intelixente-xinzo-limia-unese-dixitalizacion-do-regadio</t>
+  </si>
+  <si>
+    <t>A innovación e a tecnoloxía, piares da seguridade e a soberanía alimentaria na UE</t>
+  </si>
+  <si>
+    <t>Garantir a seguridade e a soberanía alimentarias da Unión Europea nun contexto global marcado pola incerteza xeopolítica, climática e económica converteuse nunha prioridade estratéxica. Isto quedou claro na recente reunión extraordinaria dos ministros de Agricultura da Unión Europea en Bruxelas , celebrada o 7 de xaneiro por iniciativa da Comisión Europea e da Presidencia chipriota, na que se…</t>
+  </si>
+  <si>
+    <t>Ven, 09/01/2026 - 12:36</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/innovacion-e-tecnoloxia-piares-da-seguridade-e-soberania-alimentaria-na-ue</t>
+  </si>
+  <si>
+    <t>O goberno de Galicia intensifica a coordinación con Xenética Fontao para mellorar a gandería gallega</t>
+  </si>
+  <si>
+    <t>FONTE: RFEAGAS Os directores xerais de Gandería, Agricultura e Industrias Agroalimentarias, José Balseiros, e do PAC e Control da Cadea Alimentaria, Juan José Cerviño, reuníronse en San Caetano con responsables de Xenética Fontao, empresa participada pola Xunta e encargada da xestión do Centro de Escolma e Reprodución Animal de Galicia. A reunión serviu para reforzar a colaboración e a…</t>
+  </si>
+  <si>
+    <t>Mér, 07/01/2026 - 15:52</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/o-goberno-galicia-intensifica-coordinacion-xenetica-fontao-mellorar-ganderia-gallega</t>
+  </si>
+  <si>
+    <t>O Goberno está a promover o coñecemento sobre a agricultura do carbono a través dun acordo coa Asociación Española de Agricultura de Conservación Solos Vivos</t>
+  </si>
+  <si>
+    <t>O acordo continúa o marco actual de colaboración conxunta co fin de contribuír a unha mellor comprensión das prácticas de agricultura de conservación e a súa aplicación máis ampla en todas as ecorrexións. Prestará especial atención á formación das mulleres e á promoción da renovación xeracional e á retención da poboación nas zonas rurais. O acordo ten un orzamento máximo de 422.100 euros e estará…</t>
+  </si>
+  <si>
+    <t>Mar, 23/12/2025 - 13:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/o-goberno-esta-promover-o-conecemento-agricultura-do-carbono-traves-dun-acordo-coa</t>
+  </si>
+  <si>
+    <t>GO LIVLAB-IN: Como os excrementos de insectos están a revolucionar a fertilización dos cultivos hortícolas</t>
+  </si>
+  <si>
+    <t>Esta é a base do proxecto GO LIVLAB-IN , unha iniciativa innovadora que se centra na cría de insectos e na economía circular como pancas para transformar a agricultura e a agroindustria. LIVLAB-IN propón un modelo pioneiro que emprega a produción de insectos para engadir valor aos subprodutos, residuos e residuos vexetais xerados ao longo da cadea alimentaria, desde as etapas iniciais de…</t>
+  </si>
+  <si>
+    <t>Mar, 23/12/2025 - 12:51</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/go-livlab-os-excrementos-insectos-estan-revolucionar-fertilizacion-dos-cultivos-horticolas</t>
+  </si>
+  <si>
+    <t>Xa está aberta a convocatoria de solicitudes de estadías de I+D para promover o asesoramento científico na Administración, con retos relacionados co sector agroalimentario e forestal.</t>
+  </si>
+  <si>
+    <t>A convocatoria de Estancias de I+D abre unha nova oportunidade para que a comunidade científica española contribúa directamente ao deseño e mellora das políticas públicas a través do asesoramento científico na Administración Xeral do Estado. Esta iniciativa pioneira, promovida pola Oficina Nacional de Asesoramento Científico (ONAC) e a Fundación Española para a Ciencia e a Tecnoloxía (FECYT) ,…</t>
+  </si>
+  <si>
+    <t>Lun, 22/12/2025 - 18:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/xa-esta-aberta-convocatoria-solicitudes-estadias-id-promover-o-asesoramento-cientifico-na</t>
+  </si>
+  <si>
+    <t>CITOLIVA ofrece ao sector do aceite de oliva a ferramenta tecnolóxica para transformar os seus subprodutos</t>
+  </si>
+  <si>
+    <t>OLIVEVALUE, financiado pola Xunta de Andalucía (PAIDI 2020), ofrece un sistema pioneiro que recomenda aos muíños de oliva e ás plantas de procesamento de bagaço a mellor ruta para valorizar o bagaço de oliva, os ósos, as follas e outros residuos do olivar. CITOLIVA completou con éxito o proxecto OLIVEVALUE , unha iniciativa cuxo principal resultado é un modelo innovador para apoiar a toma de…</t>
+  </si>
+  <si>
+    <t>Lun, 22/12/2025 - 15:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/citoliva-ofrece-ao-sector-do-aceite-oliva-ferramenta-tecnoloxica-transformar-os-seus</t>
+  </si>
+  <si>
+    <t>Nova convocatoria de axudas para o asesoramento sobre a dixitalización do sector agroalimentario e forestal</t>
+  </si>
+  <si>
+    <t>A consultoría volve estar no corazón da transformación dixital do sector agroalimentario e forestal . O Ministerio de Agricultura, Pesca e Alimentación (MAPA) lanzou unha nova convocatoria de propostas para servizos de asesoramento sobre dixitalización , cun orzamento de 4,7 millóns de euros , no marco do Plan Estratéxico da PAC 2023-2027 (PEPAC) . Este apoio é clave para reforzar o papel dos…</t>
+  </si>
+  <si>
+    <t>Lun, 22/12/2025 - 11:25</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/nova-convocatoria-axudas-o-asesoramento-dixitalizacion-do-sector-agroalimentario-e</t>
+  </si>
+  <si>
+    <t>SmartFarmRani avanza na conservación xenética e na innovación gandeira en Ávila</t>
+  </si>
+  <si>
+    <t>O proxecto SmartFarmRani continúa a desenvolver novas accións na provincia de Ávila , reforzando o seu compromiso coa innovación, a conservación xenética e a mellora da sustentabilidade na gandería extensiva de razas autóctonas. Como parte destas actividades, membros do proxecto desprazáronse á Deputación Provincial de Ávila para recoller seme de dous touros Bociblanca xeneticamente superiores da…</t>
+  </si>
+  <si>
+    <t>Ven, 19/12/2025 - 11:41</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/smartfarmrani-avanza-na-conservacion-xenetica-e-na-innovacion-gandeira-avila</t>
+  </si>
+  <si>
+    <t>OP BIOTECH promove solucións microbianas para aumentar a tolerancia dos cultivos á escaseza de auga</t>
+  </si>
+  <si>
+    <t>O proxecto OP BIOTECH continúa a avanzar no desenvolvemento de estratexias innovadoras baseadas no uso de bacterias beneficiosas para fortalecer a resistencia dos cultivos ao estrés hídrico. Esta liña de investigación céntrase en aproveitar o potencial de certos microorganismos no solo e na rizosfera para mellorar o comportamento fisiolóxico das plantas en condicións de seca. Nun contexto marcado…</t>
+  </si>
+  <si>
+    <t>Ven, 19/12/2025 - 09:56</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/op-biotech-promove-solucions-microbianas-aumentar-tolerancia-dos-cultivos-escaseza-auga</t>
+  </si>
+  <si>
+    <t>ASH4SOIL participou na clausura do proxecto europeo AF4EU</t>
+  </si>
+  <si>
+    <t>O Grupo Operativo ASH4SOIL , coordinado por FEUGA , participou o 12 de decembro na reunión rexional da Rede Rexional de Innovación Agroforestal (RAIN) do proxecto europeo AF4EU , liderado pola Universidade de Santiago de Compostela (USC) O evento puxo fin a tres anos de colaboración e traballo conxunto entre entidades de 10 países europeos , co obxectivo de promover a agroforestería a través…</t>
+  </si>
+  <si>
+    <t>Xov, 18/12/2025 - 18:12</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/ash4soil-participou-na-clausura-do-proxecto-europeo-af4eu</t>
+  </si>
+  <si>
+    <t>Dezaseis cociñeiros de renome únense á comida benéfica organizada por Provacuno</t>
+  </si>
+  <si>
+    <t>Dezaseis cociñeiros, varios deles con estrelas Michelin, participaron este ano no xa tradicional xantar benéfico de Nadal en beneficio das persoas máis necesitadas de Madrid, organizado pola Asociación Interprofesional da Carne de Vacún (PROVACUNO) co apoio do alcalde da cidade, José Luis Martínez-Almeida. A iniciativa, que se leva catro anos celebrando, consistiu na elaboración e entrega de máis…</t>
+  </si>
+  <si>
+    <t>Xov, 18/12/2025 - 13:55</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/dezaseis-cocineiros-renome-unense-comida-benefica-organizada-provacuno</t>
+  </si>
+  <si>
+    <t>Anunciouse unha praza de doutoramento MSCA sobre bioloxía cromosómica no marco da rede AGILE</t>
+  </si>
+  <si>
+    <t>Fonte: Red PlantMicro A rede doutoral europea Marie Skłodowska-Curie “AGILE” abriu unha convocatoria para prazas de doutoramento a partir da primavera de 2026 , centradas na análise comparativa da cromatina en cromosomas estándar e supernumerarios en plantas. A investigación levarase a cabo no IPK en Gatersleben (Alemaña) e abordará aspectos clave da bioloxía cromosómica, a epixenética e a…</t>
+  </si>
+  <si>
+    <t>Xov, 18/12/2025 - 13:43</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/anunciouse-unha-praza-doutoramento-msca-bioloxia-cromosomica-no-marco-da-rede-agile</t>
+  </si>
+  <si>
+    <t>CITOLIVA lanzará en 2026 unha liña de investigación pioneira baseada en técnicas lipidómicas avanzadas</t>
+  </si>
+  <si>
+    <t>A Fundación celebrou a reunión do seu Padroado, onde se presentou a folla de ruta para o vindeiro ano. Entre as principais novidades, destacou o lanzamento dunha nova liña de investigación no campo da alimentación e a saúde, que abrirá novas oportunidades no desenvolvemento de alimentos máis saudables e funcionais. Na reunión aprobouse o Plan de Acción para 2026 e renováronse os cargos nos seus…</t>
+  </si>
+  <si>
+    <t>Mér, 17/12/2025 - 09:53</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/citoliva-lanzara-2026-unha-lina-investigacion-pioneira-baseada-tecnicas-lipidomicas</t>
+  </si>
+  <si>
+    <t>O GO e-LocalHub lanza as súas primeiras receitas en vídeo para destacar as razas autóctonas</t>
+  </si>
+  <si>
+    <t>O Grupo Operativo e-LocalHub publicou as primeiras videoreceitas do proxecto, unha iniciativa gastronómica destinada a achegar ao consumidor final os produtos das razas autóctonas e da gandería extensiva tradicional . Os produtos están elaborados con ingredientes das razas que participan no proxecto: porcos ibéricos , aves de curral Castellana Negra , gando Avileña-Negra Ibérica e ovella Merino…</t>
+  </si>
+  <si>
+    <t>Mar, 16/12/2025 - 15:13</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/o-go-e-localhub-lanza-suas-primeiras-receitas-video-destacar-razas-autoctonas</t>
+  </si>
+  <si>
+    <t>As Xornadas Técnicas da RFEAGAS 2025 reforzan a coordinación e o futuro da cría selectiva.</t>
+  </si>
+  <si>
+    <t>A Xornada Técnica RFEAGAS 2025 reuniu en Madrid asociacións de criadores, técnicos e profesionais do sector co obxectivo de analizar e actualizar os principais retos e oportunidades da gandería de raza pura en España . O programa abordou, desde unha perspectiva técnica e transversal , cuestións clave como a sanidade animal , a mellora xenética , a dixitalización e a xestión de datos , a…</t>
+  </si>
+  <si>
+    <t>Mar, 16/12/2025 - 14:15</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/xornadas-tecnicas-da-rfeagas-2025-reforzan-coordinacion-e-o-futuro-da-cria-selectiva</t>
+  </si>
+  <si>
+    <t>FutureFoodS lanza a súa segunda convocatoria transnacional cofinanciada para acelerar a sustentabilidade alimentaria</t>
+  </si>
+  <si>
+    <t>A asociación europea FutureFoodS anunciou a apertura da súa segunda convocatoria de propostas transnacional cofinanciada , destinada a financiar proxectos de investigación e innovación que impulsen a transición cara a sistemas alimentarios máis sostibles, saudables, circulares e transparentes . A convocatoria invita a investigadores, centros tecnolóxicos, universidades, administracións públicas,…</t>
+  </si>
+  <si>
+    <t>Ven, 12/12/2025 - 16:12</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/futurefoods-lanza-sua-segunda-convocatoria-transnacional-cofinanciada-acelerar</t>
+  </si>
+  <si>
+    <t>CDTI Innovación financiará a participación española na terceira convocatoria da asociación europea de agroecoloxía</t>
+  </si>
+  <si>
+    <t>O Centro para o Desenvolvemento Tecnolóxico e a Innovación (CDTI Innovación) anunciou que financiará a participación de entidades españolas na terceira convocatoria de propostas cofinanciada da Asociación Europea de Agroecoloxía , lanzada recentemente baixo o título "Fomento da diversidade xenética vexetal e animal e empoderamento dos agricultores para acelerar a transición agroecolóxica". Esta…</t>
+  </si>
+  <si>
+    <t>Ven, 12/12/2025 - 15:10</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/cdti-innovacion-financiara-participacion-espanola-na-terceira-convocatoria-da-asociacion</t>
+  </si>
+  <si>
+    <t>A CONAFE participa en sete artigos científicos presentados no Congreso Mundial de Xenética Aplicada á Produción Pecuaria de 2026</t>
+  </si>
+  <si>
+    <t>A Confederación de Asociacións Frisonas Españolas (CONAFE) colabora en varios traballos científicos que foron presentados no Congreso Mundial de Xenética Aplicada á Produción Pecuaria (WCGALP 2026) , que se celebrará do 12 ao 17 de xullo de 2026 en Madison (Wisconsin, EUA) . O WCGALP é o principal foro internacional sobre mellora xenética animal , que reúne investigadores e profesionais de todo o…</t>
+  </si>
+  <si>
+    <t>Mér, 10/12/2025 - 16:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/conafe-participa-sete-artigos-cientificos-presentados-no-congreso-mundial-xenetica</t>
+  </si>
+  <si>
+    <t>A gravación do seminario “I+D+i: Solucións dixitais para unha viticultura sostible” no que participou GO PRERIVID está dispoñible en YouTube.</t>
+  </si>
+  <si>
+    <t>Fonte: GO PREVID O 28 de outubro tivo lugar o seminario en liña gratuíto “I+D+i: Solucións dixitais para unha viticultura sostible”, organizado pola Plataforma Tecnolóxica do Viño (PTV) en colaboración coa Organización Interprofesional do Viño Español (OIVE) e AgroBank . Neste marco, Débora Franco, directora de Monet Viticultura, presentou os avances do Grupo Operativo PRERIVID , que está a…</t>
+  </si>
+  <si>
+    <t>Mar, 09/12/2025 - 10:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/gravacion-do-seminario-idi-solucions-dixitais-unha-viticultura-sostible-no-que-participou</t>
   </si>
   <si>
     <t>Grupos Operativos: Innovación agroalimentaria na loita contra a peste porcina africana</t>
   </si>
   <si>
     <t>A Política Agrícola Común (PAC) impulsou numerosos Grupos Operativos de Innovación nos últimos anos, que traballan para mellorar a saúde e o benestar animal no sector gandeiro. Estas iniciativas, financiadas por fondos europeos e desenvolvidas en colaboración por agricultores, investigadores, organismos gobernamentais e empresas, comparten un obxectivo común: traducir a ciencia e a tecnoloxía en…</t>
   </si>
   <si>
     <t>Ven, 05/12/2025 - 21:14</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/grupos-operativos-innovacion-agroalimentaria-na-loita-contra-peste-porcina-africana</t>
   </si>
   <si>
     <t>GO CONTROL celebra unha reunión técnica en Valencia para avaliar o progreso dos pilotos</t>
   </si>
   <si>
     <t>GO CONTROL celebrou unha reunión técnica na cidade de Valencia co obxectivo de analizar en detalle o estado de desenvolvemento e o grao de avance dos proxectos piloto que se están a implementar na actualidade na Comunidade Valenciana e en Castela e León . A reunión reuniu os equipos técnicos responsables da posta en marcha dos proxectos piloto en ambas as dúas rexións , converténdose nun foro…</t>
   </si>
   <si>
     <t>Ven, 05/12/2025 - 10:53</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/go-control-celebra-unha-reunion-tecnica-valencia-avaliar-o-progreso-dos-pilotos</t>
   </si>
@@ -4748,54 +5156,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D383"/>
+  <dimension ref="A1:D417"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D383"/>
+      <selection activeCell="A1" sqref="A1:D417"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="232.229" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="473.027" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -6292,527 +6700,527 @@
       <c r="C108" s="1" t="s">
         <v>430</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
         <v>432</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>434</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B110" s="1"/>
+      <c r="B110" s="1" t="s">
+        <v>437</v>
+      </c>
       <c r="C110" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
-        <v>571</v>
-[...1 lines deleted...]
-      <c r="B144" s="1" t="s">
         <v>572</v>
       </c>
+      <c r="B144" s="1"/>
       <c r="C144" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>575</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
         <v>579</v>
       </c>
@@ -8758,1412 +9166,1888 @@
         <v>1134</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="1" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="1" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="1" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="1" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1183</v>
+        <v>1189</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="1" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="1" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="1" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="1" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="1" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="1" t="s">
-        <v>1205</v>
+        <v>1211</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1206</v>
+        <v>1212</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="1" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1207</v>
+        <v>1217</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="1" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1207</v>
+        <v>1221</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>1214</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="1" t="s">
-        <v>1215</v>
+        <v>1223</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1207</v>
+        <v>1225</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="1" t="s">
-        <v>1218</v>
+        <v>1227</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1219</v>
+        <v>1228</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1207</v>
+        <v>1229</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>1220</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="1" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>1224</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="1" t="s">
-        <v>1225</v>
+        <v>1235</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1226</v>
+        <v>1236</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1223</v>
+        <v>1237</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>1227</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="1" t="s">
-        <v>1228</v>
+        <v>1239</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1229</v>
+        <v>1240</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1223</v>
+        <v>1241</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>1230</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="1" t="s">
-        <v>1231</v>
+        <v>1243</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1232</v>
+        <v>1244</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1223</v>
+        <v>1245</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>1233</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="1" t="s">
-        <v>1234</v>
+        <v>1247</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1235</v>
+        <v>1248</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1223</v>
+        <v>1249</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>1236</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="1" t="s">
-        <v>1237</v>
+        <v>1251</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1238</v>
+        <v>1252</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1223</v>
+        <v>1253</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>1239</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="1" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1223</v>
+        <v>1257</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>1242</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="1" t="s">
-        <v>1243</v>
+        <v>1259</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1244</v>
+        <v>1260</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1223</v>
+        <v>1261</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>1245</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="1" t="s">
-        <v>1246</v>
+        <v>1263</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1247</v>
+        <v>1264</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1223</v>
+        <v>1265</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>1248</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
-        <v>1249</v>
+        <v>1267</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1250</v>
+        <v>1268</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>1251</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
-        <v>1252</v>
+        <v>1271</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1253</v>
+        <v>1272</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1223</v>
+        <v>1273</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1254</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>1255</v>
+        <v>1275</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1256</v>
+        <v>1276</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1223</v>
+        <v>1273</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>1257</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>1258</v>
+        <v>1278</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1259</v>
+        <v>1279</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1223</v>
+        <v>1273</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>1260</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>1261</v>
+        <v>1281</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1262</v>
+        <v>1282</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1223</v>
+        <v>1283</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1263</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>1264</v>
+        <v>1285</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1265</v>
+        <v>1286</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1223</v>
+        <v>1283</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1266</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>1267</v>
+        <v>1288</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1268</v>
+        <v>1289</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1223</v>
+        <v>1283</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1269</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>1270</v>
+        <v>1291</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1271</v>
+        <v>1292</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1223</v>
+        <v>1293</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1272</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>1273</v>
+        <v>1295</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1274</v>
+        <v>1296</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1223</v>
+        <v>1297</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1275</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>1276</v>
+        <v>1299</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1277</v>
+        <v>1300</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1223</v>
+        <v>1297</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1278</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1223</v>
+        <v>1297</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1281</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>1282</v>
+        <v>1305</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1283</v>
+        <v>1306</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1223</v>
+        <v>1307</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1284</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>1285</v>
+        <v>1309</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1286</v>
+        <v>1310</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1223</v>
+        <v>1311</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1287</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>1288</v>
+        <v>1313</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1289</v>
+        <v>1314</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1223</v>
+        <v>1315</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1290</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>1291</v>
+        <v>1317</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1292</v>
+        <v>1318</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1223</v>
+        <v>1319</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1293</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>1294</v>
+        <v>1321</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1295</v>
+        <v>1322</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1223</v>
+        <v>1323</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1296</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>1297</v>
+        <v>1325</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1298</v>
+        <v>1326</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1223</v>
+        <v>1327</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1299</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>1300</v>
+        <v>1329</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1301</v>
+        <v>1330</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1223</v>
+        <v>1331</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1302</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>1303</v>
+        <v>1333</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1304</v>
+        <v>1334</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1223</v>
+        <v>1335</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1305</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1306</v>
+        <v>1337</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1307</v>
+        <v>1338</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1308</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1309</v>
+        <v>1341</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1310</v>
+        <v>1342</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1223</v>
+        <v>1343</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1311</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1312</v>
+        <v>1345</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1313</v>
+        <v>1346</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1223</v>
+        <v>1343</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1314</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1315</v>
+        <v>1348</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1316</v>
+        <v>1349</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1223</v>
+        <v>1343</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1317</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1318</v>
+        <v>1351</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1319</v>
+        <v>1352</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1223</v>
+        <v>1343</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1320</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1321</v>
+        <v>1354</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1322</v>
+        <v>1355</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1223</v>
+        <v>1343</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1323</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1324</v>
+        <v>1357</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1325</v>
+        <v>1358</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1326</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1327</v>
+        <v>1361</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1328</v>
+        <v>1362</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1329</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1330</v>
+        <v>1364</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1331</v>
+        <v>1365</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1332</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1333</v>
+        <v>1367</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1334</v>
+        <v>1368</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1335</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1336</v>
+        <v>1370</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1337</v>
+        <v>1371</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1338</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1339</v>
+        <v>1373</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1340</v>
+        <v>1374</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1341</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1342</v>
+        <v>1376</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1343</v>
+        <v>1377</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1344</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1345</v>
+        <v>1379</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1346</v>
+        <v>1380</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1347</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1348</v>
+        <v>1382</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1349</v>
+        <v>1383</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1350</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1351</v>
+        <v>1385</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1352</v>
+        <v>1386</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1223</v>
+        <v>1359</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1353</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1354</v>
+        <v>1388</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1355</v>
+        <v>1389</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1357</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1358</v>
+        <v>1391</v>
       </c>
       <c r="B354" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C354" s="1" t="s">
         <v>1359</v>
       </c>
-      <c r="C354" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D354" s="1" t="s">
-        <v>1361</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1362</v>
+        <v>1394</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1363</v>
+        <v>1395</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1364</v>
+        <v>1359</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1365</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1366</v>
+        <v>1397</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1367</v>
+        <v>1398</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1368</v>
+        <v>1359</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1369</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1370</v>
+        <v>1400</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1371</v>
+        <v>1401</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1372</v>
+        <v>1359</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1373</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1375</v>
+        <v>1404</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1376</v>
+        <v>1359</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1377</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1378</v>
+        <v>1406</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1379</v>
+        <v>1407</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1380</v>
+        <v>1359</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1381</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1382</v>
+        <v>1409</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1383</v>
+        <v>1410</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1384</v>
+        <v>1359</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1385</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1386</v>
+        <v>1412</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1387</v>
+        <v>1413</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1388</v>
+        <v>1359</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1389</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1390</v>
+        <v>1415</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1391</v>
+        <v>1416</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1392</v>
+        <v>1359</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1393</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1394</v>
+        <v>1418</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1395</v>
+        <v>1419</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1396</v>
+        <v>1359</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1397</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1398</v>
+        <v>1421</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1399</v>
+        <v>1422</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1401</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1402</v>
+        <v>1424</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1403</v>
+        <v>1425</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1404</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1405</v>
+        <v>1427</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1406</v>
+        <v>1428</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1407</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1408</v>
+        <v>1430</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1409</v>
+        <v>1431</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1410</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1411</v>
+        <v>1433</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1412</v>
+        <v>1434</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1413</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1414</v>
+        <v>1436</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1415</v>
+        <v>1437</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1416</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1417</v>
+        <v>1439</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1418</v>
+        <v>1440</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1400</v>
+        <v>1359</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1419</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1420</v>
+        <v>1442</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1421</v>
+        <v>1443</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1422</v>
+        <v>1359</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1423</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1424</v>
+        <v>1445</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1425</v>
+        <v>1446</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1422</v>
+        <v>1359</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1426</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1427</v>
+        <v>1448</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1428</v>
+        <v>1449</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1422</v>
+        <v>1359</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1429</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1430</v>
+        <v>1451</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1431</v>
+        <v>1452</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1422</v>
+        <v>1359</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1432</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1433</v>
+        <v>1454</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1434</v>
+        <v>1455</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1422</v>
+        <v>1359</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1435</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1436</v>
+        <v>1457</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1437</v>
+        <v>1458</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1438</v>
+        <v>1359</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1439</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1440</v>
+        <v>1460</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1441</v>
+        <v>1461</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1443</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1444</v>
+        <v>1463</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1445</v>
+        <v>1464</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1446</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1447</v>
+        <v>1466</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1448</v>
+        <v>1467</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1449</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1450</v>
+        <v>1469</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1451</v>
+        <v>1470</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1452</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1453</v>
+        <v>1472</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1454</v>
+        <v>1473</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1455</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1456</v>
+        <v>1475</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1457</v>
+        <v>1476</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1458</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1459</v>
+        <v>1478</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1460</v>
+        <v>1479</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1442</v>
+        <v>1359</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1461</v>
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>1597</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>