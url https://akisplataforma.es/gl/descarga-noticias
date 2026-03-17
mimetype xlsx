--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -12,64 +12,328 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Noticias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1598">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1702">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Fecha de publicación</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
+    <t>A Xunta de Andalucía inaugurou a nova Oficina Agraria Rexional (OCA) de Ronda.</t>
+  </si>
+  <si>
+    <t>A Xunta de Andalucía inaugurou a nova Oficina Agraria da Comarca de Ronda (OCA) , un proxecto de infraestruturas que supón un investimento de 1,7 millóns de euros , financiado en gran parte polo Fondo Europeo Agrícola de Desenvolvemento Rural (Feader ). As novas instalacións substitúen unhas antigas instalacións que eran insuficientes para dar servizo ás máis de 5.000 explotacións agrícolas da…</t>
+  </si>
+  <si>
+    <t>Xov, 12/03/2026 - 09:54</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/xunta-andalucia-inaugurou-nova-oficina-agraria-rexional-oca-ronda</t>
+  </si>
+  <si>
+    <t>O proxecto MujerForest forma mulleres rurais para a empregabilidade ecolóxica</t>
+  </si>
+  <si>
+    <t>MujerForest é un proxecto gratuíto de formación e empregabilidade verde dirixido principalmente a mulleres das zonas rurais de Serra Morena en Sevilla , no marco da bioeconomía e a xestión forestal sostible. Está cofinanciado polo Fondo Social Europeo Plus (FSE+) nun 85 % , dentro da convocatoria 2024 do Programa Empleaverde+ , xestionado pola Fundación Biodiversidade do Ministerio para a…</t>
+  </si>
+  <si>
+    <t>Lun, 09/03/2026 - 12:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/o-proxecto-mujerforest-forma-mulleres-rurais-empregabilidade-ecoloxica</t>
+  </si>
+  <si>
+    <t>A Xunta aproba a creación da Academia Andaluza de Agricultura</t>
+  </si>
+  <si>
+    <t>Fonte: Xunta de Andalucía A entidade terá a súa sede en Almería e promoverá a investigación, a innovación e a transferencia de coñecemento no sector agrícola. O Consello de Goberno aprobou o decreto de creación da Academia Andaluza de Agricultura, con sede no Parque Científico e Tecnolóxico de Almería (PITA), e a súa integración no Instituto de Academias de Andalucía. A nova institución ten como…</t>
+  </si>
+  <si>
+    <t>Lun, 09/03/2026 - 12:49</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/xunta-aproba-creacion-da-academia-andaluza-agricultura</t>
+  </si>
+  <si>
+    <t>CIDAF e catro proxectos de innovación circular: desde residuos agroalimentarios ata bioinsumos e ingredientes funcionais</t>
+  </si>
+  <si>
+    <t>A bioeconomía circular está a abrir novas vías para que o sector agroalimentario transforme subprodutos e recursos naturais en solucións de alto valor : bioestimulantes, ingredientes funcionais, alimentación animal máis eficiente e alternativas naturais para mellorar a saúde e a produtividade das colleitas. Catro proxectos de colaboración, cunha participación significativa do Centro de Innovación…</t>
+  </si>
+  <si>
+    <t>Lun, 02/03/2026 - 18:21</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/cidaf-e-catro-proxectos-innovacion-circular-residuos-agroalimentarios-ata-bioinsumos-e</t>
+  </si>
+  <si>
+    <t>CTAEX promove a transferencia de coñecemento e a colaboración en Transfiere 2026</t>
+  </si>
+  <si>
+    <t>O Centro Nacional de Tecnoloxía Agroalimentaria de Estremadura (CTAEX) participou en Transfiere , o Foro Europeo de Ciencia, Tecnoloxía e Innovación , co obxectivo de reforzar a transferencia de coñecemento e abrir novas vías de cooperación no sector agroalimentario. O evento celebrouse do 24 ao 26 de febreiro de 2016 no Palacio de Feiras e Congresos de Málaga . Do mesmo xeito que en edicións…</t>
+  </si>
+  <si>
+    <t>Lun, 02/03/2026 - 16:05</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/ctaex-promove-transferencia-conecemento-e-colaboracion-transfiere-2026</t>
+  </si>
+  <si>
+    <t>As Xornadas CITOLIVA comezan en marzo en Córdoba: seis xornadas técnicas para impulsar o futuro das oliveiras</t>
+  </si>
+  <si>
+    <t>Córdoba será o punto de partida dos Seminarios CITOLIVA , unha proposta formativa presencial que conecta ciencia, práctica e territorio para afrontar os grandes retos do sector oleícola: o cambio climático, a escaseza de recursos e a crecente demanda de calidade . Baixo o lema "Forma parte da rede de coñecemento que está a transformar o oliveiral" , CITOLIVA promove este ciclo como un espazo…</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 21:21</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/xornadas-citoliva-comezan-marzo-cordoba-seis-xornadas-tecnicas-impulsar-o-futuro-das</t>
+  </si>
+  <si>
+    <t>Besemoslatierra reúne guías e solucións innovadoras para mellorar a saúde do solo</t>
+  </si>
+  <si>
+    <t>O número de febreiro do boletín informativo de Besemoslatierra ofrece contidos de especial interese para profesionais do sector primario, consultores, técnicos e persoas implicadas na innovación agrícola. Nun contexto no que a sustentabilidade e a produtividade dependen cada vez máis dunha boa xestión do solo, esta edición recompila recursos prácticos e enfoques innovadores destinados a mellorar…</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 18:40</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/besemoslatierra-reune-guias-e-solucions-innovadoras-mellorar-saude-do-solo</t>
+  </si>
+  <si>
+    <t>Luis Planas sitúa a innovación e a dixitalización no centro do liderado agroalimentario español</t>
+  </si>
+  <si>
+    <t>O ministro defende o compromiso do goberno coa modernización tecnolóxica, clave para fortalecer a competitividade e a sustentabilidade do sector nun contexto internacional complexo. Salienta que España é unha potencia agroalimentaria e que a Estratexia Alimentaria Nacional e o Plan Internacional de Gastronomía consolidan unha folla de ruta para garantir o seu liderado. Planas destaca o “exercicio…</t>
+  </si>
+  <si>
+    <t>Mér, 25/02/2026 - 18:44</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/luis-planas-situa-innovacion-e-dixitalizacion-no-centro-do-liderado-agroalimentario</t>
+  </si>
+  <si>
+    <t>A CNTA lanza a sexta edición de Food (Tech)² Challengers e abre o prazo de solicitude ata o 13 de marzo</t>
+  </si>
+  <si>
+    <t>O Centro Nacional de Tecnoloxía e Seguridade Alimentaria (CNTA) abriu o prazo de solicitude para participar na 6ª edición de Food (Tech)² Challengers , un programa de promoción tecnolóxica financiado polo Ministerio de Agricultura, Pesca e Alimentación (MAPA) e dirixido a acelerar o desenvolvemento e a competitividade das startups españolas de tecnoloxía alimentaria , fortalecendo a súa conexión…</t>
+  </si>
+  <si>
+    <t>Ven, 20/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/cnta-lanza-sexta-edicion-food-tech2-challengers-e-abre-o-prazo-solicitude-ata-o-13-marzo</t>
+  </si>
+  <si>
+    <t>Xa está aberta unha nova convocatoria de solicitudes para o "Desafío Rural Dixital", que ofrece formación gratuíta para promover a inclusión dixital nas zonas rurais.</t>
+  </si>
+  <si>
+    <t>A Fundación UNED abriu un novo prazo de inscrición para o programa Rural Digital Challenge – “Inclusión Dixital Rural: Un Avance Social”, un programa gratuíto de formación dixital para residentes de zonas rurais e comunidades pouco poboadas. A sexta convocatoria estará aberta do 9 ao 27 de marzo de 2026 . O proxecto está subvencionado pola Unión Europea – Next Generation EU , no marco do Plan de…</t>
+  </si>
+  <si>
+    <t>Mér, 18/02/2026 - 16:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/xa-esta-aberta-unha-nova-convocatoria-solicitudes-o-desafio-rural-dixital-que-ofrece</t>
+  </si>
+  <si>
+    <t>EDIH Madrid Region 2.0 inicia a súa nova etapa coa reunión de lanzamento na Fundación madri+d</t>
+  </si>
+  <si>
+    <t>A sede da Fundación Coñecemento madri+d acolleu a reunión de lanzamento de EDIH Madrid Rexión 2.0 o 20 de xaneiro de 2026 , un fito que marca formalmente o comezo da nova fase do Centro Europeo de Innovación Dixital da Comunidade de Madrid. O evento reuniu socios do consorcio e representantes institucionais para fortalecer a colaboración, compartir prioridades e coordinar o plan de traballo para…</t>
+  </si>
+  <si>
+    <t>Mar, 17/02/2026 - 11:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/edih-madrid-region-20-inicia-sua-nova-etapa-coa-reunion-lanzamento-na-fundacion-madrid</t>
+  </si>
+  <si>
+    <t>O Castelo de Canena será o primeiro olivar español en confiar o control de pragas a insectos beneficiosos</t>
+  </si>
+  <si>
+    <t>A iniciativa, promovida por CITOLIVA, a través do seu servizo AGRO·LIVE Natural Allies, reducirá o uso de pesticidas e fortalecerá o equilibrio natural do cultivo. Nos olivares do Castelo de Canena, xa non só traballarán técnicos e tractores. A partir desta tempada, tamén traballarán os insectos. Pequenos, discretos e case invisibles, converteranse nos gardiáns silenciosos da biodiversidade e nos…</t>
+  </si>
+  <si>
+    <t>Mar, 17/02/2026 - 10:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/o-castelo-canena-sera-o-primeiro-olivar-espanol-confiar-o-control-pragas-insectos</t>
+  </si>
+  <si>
+    <t>A Oficina C do Congreso inclúe cuestións agrícolas interesantes na súa votación pública para un dos seus tres próximos informes</t>
+  </si>
+  <si>
+    <t>O Congreso dos Deputados español abriu unha votación pública para que a cidadanía escolla o tema dun dos tres "Informes C" que a Oficina de Ciencia e Tecnoloxía (Oficina C) elaborará e presentará en 2026. A participación está aberta ata o 23 de febreiro de 2026 . A votación baséase nunha lista pechada de 20 temas , compilados pola Oficina C ( a Oficina de Ciencia e Tecnoloxía do Congreso) a…</t>
+  </si>
+  <si>
+    <t>Lun, 16/02/2026 - 17:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/oficina-c-do-congreso-inclue-cuestions-agricolas-interesantes-na-sua-votacion-publica-dos</t>
+  </si>
+  <si>
+    <t>GO VOLTAGRO participará como relator na conferencia técnica CIES 2026 sobre agrovoltaica.</t>
+  </si>
+  <si>
+    <t>O Grupo Operativo de VOLTAGRO participará como relator na xornada técnica "Agrivoltaica: enerxía solar máis alá do quilovatio-hora" , un evento celebrado no marco das actividades paralelas abertas ao XX Congreso Ibérico e XVI Congreso Iberoamericano de Enerxía Solar (CIES 2026) , organizadas por CIESOL e AEDES . O evento terá lugar o 25 de marzo de 2026 , de 9:30 a 13:00 , na Sala de Conferencias…</t>
+  </si>
+  <si>
+    <t>Xov, 12/02/2026 - 11:08</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/go-voltagro-participara-relator-na-conferencia-tecnica-cies-2026-agrovoltaica</t>
+  </si>
+  <si>
+    <t>Cajamar Innova Agrotech abre unha nova convocatoria de Desafíos Tecnolóxicos para acelerar solucións innovadoras na agroalimentación</t>
+  </si>
+  <si>
+    <t>Cajamar Innova Agrotech lanzou unha nova edición dos seus Retos Tecnolóxicos , unha convocatoria dirixida a startups, empresas tecnolóxicas, grupos de investigación e equipos innovadores que desexen desenvolver ferramentas e aplicacións destinadas a resolver necesidades reais do sector agroalimentario . A iniciativa forma parte do proxecto Andalucía Agrotech European Digital Innovation Hub (…</t>
+  </si>
+  <si>
+    <t>Mér, 11/02/2026 - 12:07</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/cajamar-innova-agrotech-abre-unha-nova-convocatoria-desafios-tecnoloxicos-acelerar</t>
+  </si>
+  <si>
+    <t>Case 830.000 euros para achegar a agricultura do futuro: a Canle de Villadangos impulsa a súa transformación da auga co PERTE</t>
+  </si>
+  <si>
+    <t>Cun dos maiores investimentos en PERTE da provincia, a Comunidade de Regadíos da Canle de Villadangos está a dixitalizar 7.000 hectáreas para acadar a máxima eficiencia e autonomía tecnolóxica. A Comunidade de Regadíos da Canle de Villadangos puxo en marcha o seu proxecto integral de dixitalización. Con 6.000 hectáreas de millo, cereais e remolacha azucreira, entre outros cultivos, e a…</t>
+  </si>
+  <si>
+    <t>Mar, 10/02/2026 - 18:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/case-830000-euros-achegar-agricultura-do-futuro-canle-villadangos-impulsa-sua</t>
+  </si>
+  <si>
+    <t>GO FOTOPUR presentará os seus avances en dúas xornadas técnicas sobre innovación, enerxía e emisións no sector porcino</t>
+  </si>
+  <si>
+    <t>O Grupo Operativo GO FOTOPUR participará en dous eventos clave en febreiro centrados na innovación e na mellora da eficiencia e sustentabilidade do sector porcino. Estes eventos, que terán lugar en Zaragoza e Tauste , ofrecerán a oportunidade de compartir coñecementos, intercambiar experiencias con profesionais do sector e dar a coñecer o traballo que está a levar a cabo o consorcio do proxecto.…</t>
+  </si>
+  <si>
+    <t>Mar, 10/02/2026 - 12:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/go-fotopur-presentara-os-seus-avances-duas-xornadas-tecnicas-innovacion-enerxia-e-emisions</t>
+  </si>
+  <si>
+    <t>Investigadores do INMA desenvolven un novo sensor rápido para bacterias perigosas nos alimentos, como a salmonela ou a listeria</t>
+  </si>
+  <si>
+    <t>Fonte: REFEAGAS O estudo, que emprega cristais líquidos que se "iluminan" ao detectar un patóxeno, foi publicado na prestixiosa revista Journal of the American Chemical Society e abre a porta a atopar solucións eficaces e rápidas para previr brotes. Un equipo de investigadores do INMA, un instituto mixto do Consello Superior de Investigacións Científicas (CSIC) e a Universidade de Zaragoza,…</t>
+  </si>
+  <si>
+    <t>Ven, 06/02/2026 - 14:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/investigadores-do-inma-desenvolven-novo-sensor-rapido-bacterias-perigosas-nos-alimentos</t>
+  </si>
+  <si>
+    <t>Presentouse un informe preliminar do Barómetro de Sustentabilidade para o sector vitivinícola español.</t>
+  </si>
+  <si>
+    <t>Cajamar Caja Rural e a Federación Española do Viño (FEV) presentaron na Barcelona Wine Week unha primeira ollada ao Barómetro de Sostibilidade para o sector vitivinícola español , unha ferramenta vinculada ao selo Adegas Sostibles para a Protección do Clima (promovido pola FEV e con máis de 148 adegas certificadas ). O barómetro ofrecerá unha instantánea do rendemento das adegas nos distintos…</t>
+  </si>
+  <si>
+    <t>Ven, 06/02/2026 - 14:16</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/presentouse-informe-preliminar-do-barometro-sustentabilidade-o-sector-vitivinicola-espanol</t>
+  </si>
+  <si>
+    <t>A Rede da PAC da UE abre a convocatoria para participar nas visitas cruzadas de 2026</t>
+  </si>
+  <si>
+    <t>A Rede da PAC da UE lanzou unha convocatoria de manifestacións de interese para participar nas visitas cruzadas de 2026 , unha serie de visitas cruzadas destinadas a impulsar a innovación, o intercambio de coñecementos e a creación de redes no marco da EIP-AGRI . O prazo de presentación de solicitudes remata o 20 de febreiro de 2026 (23:59 CET) . Tres temas para as visitas cruzadas de 2026 As…</t>
+  </si>
+  <si>
+    <t>Ven, 30/01/2026 - 19:20</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/rede-da-pac-da-ue-abre-convocatoria-participar-nas-visitas-cruzadas-2026</t>
+  </si>
+  <si>
+    <t>GO INGNUTS promove a sustentabilidade da améndoa en CICYTEX</t>
+  </si>
+  <si>
+    <t>Fonte: GO INGNUTS O pasado decembro celebrouse nas instalacións da cooperativa COFRUIT en Mérida a Xornada Técnica de Agronomía de CICYTEX Extremadura, titulada "Agrotecnoloxía e sustentabilidade: o novo impulso para a agricultura estremeña". A segunda presentación tratouse sobre o proxecto " GO_INGNUTS ": " Uso da agricultura de precisión, biodiversidade e saúde do solo en pomares de améndoas".…</t>
+  </si>
+  <si>
+    <t>Ven, 30/01/2026 - 17:55</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/go-ingnuts-promove-sustentabilidade-da-amendoa-cicytex</t>
+  </si>
+  <si>
+    <t>A terceira convocatoria de propostas cofinanciada pola Asociación Europea AGROECOLOGY remata o 18 de febreiro.</t>
+  </si>
+  <si>
+    <t>A asociación europea AGROECOLOGY abriu oficialmente a terceira convocatoria cofinanciada para proxectos de investigación e innovación , baixo o lema "Promover a diversidade xenética vexetal e animal e capacitar os agricultores para acelerar a transición agroecolóxica" . Esta convocatoria céntrase en dous piares fundamentais da transición agroecolóxica : a dimensión xenética e a dimensión social…</t>
+  </si>
+  <si>
+    <t>Mér, 28/01/2026 - 14:56</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/terceira-convocatoria-propostas-cofinanciada-pola-asociacion-europea-agroecology-remata-o</t>
+  </si>
+  <si>
     <t>Avances na análise da madeira e nos estudos do solo polo Grupo Operativo Coníferas+</t>
   </si>
   <si>
     <t>O Grupo Operativo Coníferas+ continúa avanzando na súa investigación e recollida de datos, acadando fitos significativos tanto na análise da calidade estrutural da madeira en pé como na mostraxe do solo para identificar alternativas ás coníferas enfermas . Estes avances reforzan a base científica do proxecto e proporcionan información clave para a toma de decisións na xestión forestal.…</t>
   </si>
   <si>
     <t>Mér, 28/01/2026 - 12:06</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/avances-na-analise-da-madeira-e-nos-estudos-do-solo-polo-grupo-operativo-coniferas</t>
   </si>
   <si>
     <t>Conferencia CDTI “Entre dous programas, Horizonte Europa”</t>
   </si>
   <si>
     <t>O CDTI organiza a décimo terceira edición da Conferencia do Programa Marco de Investigación e Innovación (PM) da Unión Europea en España, baixo o lema "Entre dous programas, Horizonte Europa", que terá lugar 16 de xuño no Palau de Congressos de Catalunya (Barcelona). O evento celebrarase en colaboración co Ministerio de Ciencia, Innovación e Universidades, a Comisión Europea e Accio. Desde o…</t>
   </si>
   <si>
     <t>Mér, 28/01/2026 - 11:19</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/conferencia-cdti-entre-dous-programas-horizonte-europa</t>
   </si>
   <si>
     <t>APP-TRI: mostraxe foliar en trigo para “ler” a parcela e refinar a predición da colleita</t>
@@ -86,50 +350,62 @@
   <si>
     <t>Xa está aberta unha enquisa sobre dixitalización e uso de datos no turismo rural.</t>
   </si>
   <si>
     <t>O proxecto Data4Rural lanzou unha enquisa dirixida ás partes interesadas do turismo rural para determinar o nivel de dixitalización, o uso actual dos datos e as principais necesidades de formación do sector . Os resultados utilizaranse para deseñar ferramentas prácticas, programas de formación e servizos de apoio adaptados ás necesidades específicas das organizacións rurais. A enquisa é curta e…</t>
   </si>
   <si>
     <t>Ven, 23/01/2026 - 13:20</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/xa-esta-aberta-unha-enquisa-dixitalizacion-e-uso-datos-no-turismo-rural</t>
   </si>
   <si>
     <t>A importancia da cría de gando vacún para a saúde, debatida nunha nova sesión do Campus Provacuno</t>
   </si>
   <si>
     <t>Durante a xornada, Juan Pascual, veterinario, divulgador científico e vicepresidente de AnimalhealthEurope, abordou desde unha perspectiva científica e técnica o papel do gando vacún na sustentabilidade, a nutrición e a saúde humana. O Campus Provacuno está a consolidarse como un recurso de referencia para estudantes universitarios interesados no sector da gandería de carne. A súa última sesión,…</t>
   </si>
   <si>
     <t>Ven, 23/01/2026 - 12:59</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/importancia-da-cria-gando-vacun-saude-debatida-nunha-nova-sesion-do-campus-provacuno</t>
   </si>
   <si>
+    <t>Progreso de GO FOTOPUR: fotovoltaica flotante para reducir as emisións nas lagoas de lodos</t>
+  </si>
+  <si>
+    <t>O Grupo Operativo FOTOPUR está a avanzar no desenvolvemento e validación de solucións innovadoras baseadas en fotovoltaica flotante para reducir as emisións contaminantes das lagoas de puríns nas granxas de porcos, á vez que xera enerxía renovable para o autoconsumo . O proxecto, centrado na fotovoltaica sobre plataformas flotantes en lodos , responde aos requisitos regulamentarios para a…</t>
+  </si>
+  <si>
+    <t>Xov, 22/01/2026 - 17:17</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/progreso-go-fotopur-fotovoltaica-flotante-reducir-emisions-nas-lagoas-lodos</t>
+  </si>
+  <si>
     <t>Xa está aberto o prazo para participar na conferencia da Rede da PAC da UE sobre a resiliencia da auga na agricultura</t>
   </si>
   <si>
     <t>A Rede da PAC da UE abriu a convocatoria de manifestacións de interese para participar na conferencia "Resiliencia da auga na agricultura: innovación na práctica" , unha reunión europea centrada na innovación, o intercambio de coñecementos e o enfoque EIP-AGRI . O 9 de febreiro é a data límite para presentar as solicitudes para asistir a esta reunión, que terá lugar en Hamburgo, Alemaña, do 19 ao…</t>
   </si>
   <si>
     <t>Mér, 21/01/2026 - 22:44</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/xa-esta-aberto-o-prazo-participar-na-conferencia-da-rede-da-pac-da-ue-resiliencia-da-auga</t>
   </si>
   <si>
     <t>A convocatoria de propostas para as subvencións CDTI para “Ecosistemas de Innovación e Transferencia 2025” permanece aberta ata o 12 de febreiro.</t>
   </si>
   <si>
     <t>A convocatoria de propostas para Ecosistemas de Innovación e Transferencia de 2025 permanece aberta ata o 12 de febreiro de 2026 , co obxectivo de fortalecer os ecosistemas interrexionais centrados na transferencia, difusión e valorización do coñecemento , en liña co enfoque dos Sistemas de Coñecemento e Innovación Agrícola (AKIS) . Esta acción busca fomentar modelos colaborativos e…</t>
   </si>
   <si>
     <t>Mar, 20/01/2026 - 17:45</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/convocatoria-propostas-subvencions-cdti-ecosistemas-innovacion-e-transferencia-2025</t>
   </si>
   <si>
     <t>SECUESVAC avanza no cálculo do secuestro de carbono orgánico en solos agrícolas</t>
@@ -170,50 +446,86 @@
   <si>
     <t>Evolución do proxecto GO Olivebiome</t>
   </si>
   <si>
     <t>O proxecto GO Olivebiome , coordinado tecnicamente por Maslina , está a facer grandes avances cara á validación industrial de solucións probióticas sostibles para a alimentación animal, grazas á plena incorporación de AINIA . Os últimos avances céntranse en tres fitos clave: Optimización de cultivos : AINIA está a comparar o crecemento probiótico en medio MRS e soro de leite, co obxectivo de…</t>
   </si>
   <si>
     <t>Ven, 16/01/2026 - 11:06</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/evolucion-do-proxecto-go-olivebiome</t>
   </si>
   <si>
     <t>Lanzamento da campaña Local Food Advisors' Journey 2026: unha folla de ruta europea para reforzar o asesoramento sobre cadeas de subministración curtas</t>
   </si>
   <si>
     <t>A iniciativa de EU 4Advice e COREnet , Local Food Advisors' Journey 2026, foi creada co obxectivo de destacar a Rede Europea de Asesores en Cadeas Curtas de Suministro de Alimentación (EAN-SFSC) e, ao mesmo tempo, implicar activamente aos asesores na súa construción e mellora continua . Esta iniciativa está deseñada como unha folla de ruta flexible e evolutiva para os asesores que forman parte da…</t>
   </si>
   <si>
     <t>Xov, 15/01/2026 - 13:07</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/lanzamento-da-campana-local-food-advisors-journey-2026-unha-folla-ruta-europea-reforzar-o</t>
   </si>
   <si>
+    <t>Rego intelixente como obxectivo de sustentabilidade para o rural na comarca do Páramo Medio</t>
+  </si>
+  <si>
+    <t>A comunidade leonesa está a implementar as primeiras solucións dixitais para controlar e optimizar o uso da auga nunha das zonas máis dependentes do encoro de Barrios de Luna. A Comunidade de Regadores do Páramo Medio , con sede en Bercianos del Páramo (León), comezou unha nova fase de modernización tecnolóxica no marco do Proxecto de Dixitalización do Ciclo da Auga (PERTE), financiado pola Unión…</t>
+  </si>
+  <si>
+    <t>Mér, 14/01/2026 - 12:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/rego-intelixente-obxectivo-sustentabilidade-o-rural-na-comarca-do-paramo-medio</t>
+  </si>
+  <si>
+    <t>GO SUPRA BIOLIVA: transformando os subprodutos do oliveiral en valor engadido e sustentabilidade</t>
+  </si>
+  <si>
+    <t>FONTE: GO SUPRA BIOLIVA No corazón dos oliveirais de España atópase unha paradoxa: aínda que o aceite de oliva é un dos nosos tesouros máis recoñecidos, miles de toneladas de subprodutos, como o bagazo e as follas de oliva, pérdense cada día sen que se aproveite o seu verdadeiro potencial. Estes residuos, tradicionalmente considerados un problema ambiental e económico, pódense transformar nun…</t>
+  </si>
+  <si>
+    <t>Mér, 14/01/2026 - 12:01</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/go-supra-bioliva-transformando-os-subprodutos-do-oliveiral-valor-engadido-e</t>
+  </si>
+  <si>
+    <t>O organismo coordinador español de AKIS aproba a súa folla de ruta para 2026 e reforza a aliñación entre a ciencia, a innovación e o sector agroalimentario</t>
+  </si>
+  <si>
+    <t>O 17 de decembro de 2025 celebrouse na sede do Ministerio de Agricultura, Pesca e Alimentación en Madrid a segunda reunión plenaria do Órgano de Coordinación do Sistema de Coñecemento e Innovación na Agricultura (SCIA-AKIS) . A sesión tivo lugar presencialmente e foi copresidida pola secretaria de Estado de Agricultura e Alimentación, Begoña García Bernal , e o secretario de Estado de Ciencia,…</t>
+  </si>
+  <si>
+    <t>Mar, 13/01/2026 - 23:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/o-organismo-coordinador-espanol-akis-aproba-sua-folla-ruta-2026-e-reforza-alinacion-entre</t>
+  </si>
+  <si>
     <t>CDTI Innovation busca unha empresa española para un proxecto de I+D en Agritech xunto con FAEDA (Senegal)</t>
   </si>
   <si>
     <t>CDTI Innovation publicou unha busca de socio comercial para identificar unha empresa española interesada en desenvolver un proxecto de I+D en cooperación internacional coa empresa senegalesa FAEDA , no ámbito Agritech , concretamente na aplicación das TIC á avicultura . A colaboración proposta céntrase no desenvolvemento e validación dunha granxa avícola piloto en Senegal , que incluiría unha…</t>
   </si>
   <si>
     <t>Mar, 13/01/2026 - 23:03</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/cdti-innovation-busca-unha-empresa-espanola-proxecto-id-agritech-xunto-faeda-senegal</t>
   </si>
   <si>
     <t>En 2026 comezará o bloque de xornadas técnicas sectoriais do plan de promoción da agricultura rexenerativa e sostible.</t>
   </si>
   <si>
     <t>En 2026, comeza o bloque de xornadas técnicas sectoriais dentro do programa "Xornadas e seminarios técnicos para promover a agricultura rexenerativa e sostible" , unha iniciativa posta en marcha en marzo de 2025 pola Fundación Juana de Vega e a empresa Agroassessor , e subvencionada polo Ministerio de Agricultura, Pesca e Alimentación . Durante case un ano e medio, ambas entidades impulsaron…</t>
   </si>
   <si>
     <t>Mar, 13/01/2026 - 20:26</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/2026-comezara-o-bloque-xornadas-tecnicas-sectoriais-do-plan-promocion-da-agricultura</t>
   </si>
   <si>
     <t>A revolución da auga intelixente: Xinzo de Limia únese á dixitalización do regadío</t>
@@ -3899,80 +4211,80 @@
   <si>
     <t>https://akisplataforma.es/gl/noticias/o-consello-europeo-aproba-conclusions-estratexia-da-union-europea-vision-longo-prazo-zonas</t>
   </si>
   <si>
     <t>A convención "Crecemos xuntos" presenta casos de éxito do emprendemento feminino no rural</t>
   </si>
   <si>
     <t>Máis impulso ao rural A reunión estatal das mulleres rurais "Crecemos Xuntos-Proxecto Mentor Rural" presentou experiencias de emprendemento exitosas dirixidas por mulleres rurais co fin de fomentar a revitalización nas zonas rurais Na convención estreouse un documental con catro casos de éxito de mulleres nos ámbitos da gandaría, a agricultura, o téxtil e a pesca. O Ministerio de Agricultura,…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/convencion-crecemos-xuntos-presenta-casos-exito-do-emprendemento-feminino-no-rural</t>
   </si>
   <si>
     <t>O secretario xeral de Agricultura e Alimentación destaca o papel da fertilización na consecución dunha agricultura sostible</t>
   </si>
   <si>
     <t>O secretario xeral de Agricultura e Alimentación, Fernando Miranda, destacou hoxe o papel da fertilización na consecución dunha agricultura sostible, xa que a aplicación de nutrientes aos cultivos é fundamental para a produtividade dos cultivos e redunda na súa rendibilidade e sustentabilidade. Fernando Miranda interveu na clausura da xornada de presentación dos resultados do proxecto A groSceNa-…</t>
   </si>
   <si>
     <t>Xov, 30/11/2023 - 11:02</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/o-secretario-xeral-agricultura-e-alimentacion-destaca-o-papel-da-fertilizacion-na</t>
   </si>
   <si>
+    <t>O Ministerio de Agricultura, Pesca e Alimentación inviste dous millóns de euros en obras de modernización para o rego sostible en Valderredible (Cantabria)</t>
+  </si>
+  <si>
+    <t>O Ministerio de Agricultura, Pesca e Alimentación (MAPA), a través da Sociedade Comercial Estatal de Infraestruturas Agrarias (SEIASA), formalizou hoxe dous convenios de colaboración coas comunidades de regantes de Ruijas-Ebro e Villamoñicos-Revelillas, no municipio de Cantabro de Valderredible para realizar actuacións de modernización nestes sistemas de rega por un valor de 2.000.000 euros (IVE…</t>
+  </si>
+  <si>
+    <t>Lun, 24/07/2023 - 09:28</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/o-ministerio-agricultura-pesca-e-alimentacion-inviste-dous-millons-euros-obras</t>
+  </si>
+  <si>
+    <t>Luis Planas: A investigación e a innovación son ferramentas estratéxicas para unha produción eficiente de alimentos</t>
+  </si>
+  <si>
+    <t>O ministro de Agricultura, Pesca e Alimentación, Luis Planas, reiterou hoxe que a investigación, a innovación e a aplicación de novas tecnoloxías son "ferramentas estratéxicas esenciais" que permitirán unha produción de alimentos máis eficiente, que consome menos recursos e que xere un maior valor engadido. e mellor calidade de vida nas zonas rurais.   O ministro, que interveu hoxe en Bruxelas na…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/luis-planas-investigacion-e-innovacion-son-ferramentas-estratexicas-unha-producion</t>
+  </si>
+  <si>
     <t>O secretario xeral de Agricultura subliña a importancia de restablecer os fluxos comerciais de alimentos e fertilizantes para a seguridade alimentaria mundial</t>
   </si>
   <si>
     <t>O secretario xeral de Agricultura e Alimentación, Fernando Miranda, destacou hoxe a necesidade de restablecer os fluxos comerciais de alimentos e fertilizantes para garantir a seguridade alimentaria no mundo, ameazado pola situación bélica en Ucraína, e especialmente nos países máis vulnerables. indicando especialmente que é necesario manter o Acordo de Cereais do Mar Negro, para garantir o…</t>
   </si>
   <si>
-    <t>Lun, 24/07/2023 - 09:28</t>
-[...1 lines deleted...]
-  <si>
     <t>https://akisplataforma.es/gl/noticias/o-secretario-xeral-agricultura-sublina-importancia-restablecer-os-fluxos-comerciais</t>
   </si>
   <si>
-    <t>O Ministerio de Agricultura, Pesca e Alimentación inviste dous millóns de euros en obras de modernización para o rego sostible en Valderredible (Cantabria)</t>
-[...16 lines deleted...]
-  <si>
     <t>O VI Congreso de “Cultura e Ruralidades” afonda na importancia da cultura para a identidade dos pobos</t>
   </si>
   <si>
     <t>Máis impulso ao rural  Do 4 ao 7 de xullo tivo lugar en Cuenca a sexta edición do Foro Cultura e Ruralidades Baixo o título de “Continuidades-Discontinuidades. Artes, creación e ruralidades contemporáneas en Europa”, o foro analizou a influencia das tradicións rurais na arte contemporánea. Esta edición coincidiu co inicio da Presidencia española do Consello da Unión Europea, polo que se reuniron…</t>
   </si>
   <si>
     <t>Lun, 17/07/2023 - 15:05</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/o-vi-congreso-cultura-e-ruralidades-afonda-na-importancia-da-cultura-identidade-dos-pobos</t>
   </si>
   <si>
     <t>O Grupo Operativo FitoNet pon en marcha o desenvolvemento dunha rede social sobre a biodiversidade vexetal</t>
   </si>
   <si>
     <t>Máis impulso ao rural O Grupo Operativo GO FitoNet creouse para mellorar a oferta de variedades xenéticas e promover o uso da biodiversidade dos cultivos. A súa finalidade é proporcionar información e recursos para promover o uso dunha maior variedade xenética que potencie a calidade dos produtos vexetais. 19/06/2023 . A “ biodiversidade ” non é un concepto baleiro nin se refire só ao mundo dos…</t>
   </si>
   <si>
     <t>Ven, 07/07/2023 - 14:40</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/o-grupo-operativo-fitonet-pon-marcha-o-desenvolvemento-dunha-rede-social-biodiversidade</t>
   </si>
   <si>
     <t>O estrés hídrico ameaza a próxima campaña hortícola</t>
@@ -4322,86 +4634,131 @@
   <si>
     <t>A principios deste ano, o proxecto FAIRshare engadiu unha nova ferramenta de avaliación ao inventario FAIRshare DATS. O obxectivo da ferramenta de avaliación é axudar aos asesores de explotacións a avaliar e seleccionar os DATS máis axeitados para axudarlles a satisfacer as súas necesidades. A ferramenta funciona avaliando ferramentas seleccionadas mediante un conxunto uniforme de criterios, que…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/nova-version-lina-da-ferramenta-avaliacion-fairshare-dats</t>
   </si>
   <si>
     <t>A Rede Rural Nacional celebra a quinta reunión da asociación para presentar as principais novidades do Plan Estratéxico da PAC 2023-2027</t>
   </si>
   <si>
     <t>A Rede Rural Nacional celebra a quinta reunión da asociación para presentar as principais novidades sobre o Plan Estratéxico da PAC 2023 – 2027 asimon Xov, 03/11/2022 - 16:35 Os membros da Asociación están convidados a unha nova xornada informativa e de debate sobre o Plan Estratéxico da PAC 2023-2027 para España O Plan de colaboración agrupa a entidades e asociacións interesadas e ten como…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/rede-rural-nacional-celebra-quinta-reunion-da-asociacion-presentar-principais-novidades-do</t>
   </si>
   <si>
     <t>A Rede Rural Nacional amosa os proxectos existentes nos territorios con perspectiva de xénero e conciliación</t>
   </si>
   <si>
     <t>A Rede Rural Nacional mostra os proxectos existentes nos territorios con perspectiva de xénero e conciliación asimon Mér, 02/11/2022 - 08:00 A Rede Rural Nacional (RRN) organiza a xornada “Intercambio de experiencias LEADER: mulleres rurais nos ámbitos de conciliación, corresponsabilidade, perspectiva de xénero, economía social e sustentabilidade” O encontro enmárcase dentro das accións da RRN…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/rede-rural-nacional-amosa-os-proxectos-existentes-nos-territorios-perspectiva-xenero-e</t>
   </si>
   <si>
+    <t>Nace a “Rede Europea da PAC”.</t>
+  </si>
+  <si>
+    <t>A “Rede Europea da PAC” nace asimon Xov, 20/10/2022 - 09:52 A "Rede Europea da PAC" é a continuación da Rede Europea para o Desenvolvemento Rural (REDR) no marco do novo PEPAC 23-27 Reunirá as novas “Redes Nacionais da PAC”, coñecidas ata agora como redes nacionais de desenvolvemento rural, baixo unha única rede a nivel europeo. Deste xeito, ás políticas de desenvolvemento rural súmanse novas…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/nace-rede-europea-da-pac</t>
+  </si>
+  <si>
+    <t>Visita cruzada de asesores húngaros en Alemaña (Niederalteich) no marco do proxecto i2connect</t>
+  </si>
+  <si>
+    <t>Cal é o papel de NAK en i2connect? (NAK) foi un membro activo do proxecto internacional i2connect H2020 como socio do consorcio durante dous anos e medio. O proxecto , que comezou en novembro de 2019, diríxese aos asesores agrícolas que se basean nas redes de asesoramento xa existentes e nos casos de éxito realizados , cun enfoque no que a innovación é unha iniciativa ascendente . Faise especial…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/visita-cruzada-asesores-hungaros-alemana-niederalteich-no-marco-do-proxecto-i2connect</t>
+  </si>
+  <si>
+    <t>Ideas inspiradoras: os agricultores franceses establecen unha cadea de valor local con madeira de sebes</t>
+  </si>
+  <si>
+    <t>Achégase a tempada de churrasco! E iso é unha boa noticia para os agricultores da 'Association Bois Paysan' das Cevenas francesas, que crearon un colectivo local que produce troncos, astillas e "leña de churrasco" a partir de vellos sebes das súas terras de cultivo. A idea do colectivo produtor de madeira xurdiu hai uns anos cando unha serie de agricultores e criadores das Cévennes asistiron a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/ideas-inspiradoras-os-agricultores-franceses-establecen-unha-cadea-valor-local-madeira</t>
+  </si>
+  <si>
+    <t>Ideas inspiradoras: decisións baseadas en datos para unha mellor agricultura</t>
+  </si>
+  <si>
+    <t>Os agricultores utilizan cada vez máis as novas tecnoloxías para reunir e procesar datos para ofrecer coñecementos económicos e ambientais e aumentar o rendemento das explotacións. As formas intelixentes de recompilar, xestionar e compartir datos poden axudar aos agricultores a traballar de forma máis precisa, eficiente e sostible. O proxecto innovador sueco "Better decisions for cultivation…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/ideas-inspiradoras-decisions-baseadas-datos-unha-mellor-agricultura</t>
+  </si>
+  <si>
+    <t>Ideas inspiradoras: unir forzas para os servizos dos ecosistemas relacionados coa auga</t>
+  </si>
+  <si>
+    <t>A chaira media do río Brenta na rexión italiana do Véneto forma un rico ecosistema con valor ambiental, cultural, recreativo e agrícola. Baixo o título 'Parco Fiume Brenta', un proxecto LIFE e un Grupo Operativo traballan en estreita sinerxía para xestionar os recursos hídricos de Brenta de forma sostible. A chaira do río Brenta é un corredor ecolóxico para a biodiversidade, recoñecido como…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/ideas-inspiradoras-unir-forzas-os-servizos-dos-ecosistemas-relacionados-coa-auga</t>
+  </si>
+  <si>
+    <t>Acelerar o cambio positivo no sistema alimentario</t>
+  </si>
+  <si>
+    <t>A nova convocatoria EIT Food Open Innovation financiará proxectos colaborativos de innovación alimentaria que crearán cambios positivos no sistema alimentario. As propostas deben ter como obxectivo dar como resultado produtos e servizos comercialmente viables que axuden a garantir un sistema alimentario máis saudable, xusto, transparente e resistente para todos. Únete ao seminario web para obter…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/noticias/acelerar-o-cambio-positivo-no-sistema-alimentario</t>
+  </si>
+  <si>
     <t>O Grupo Operativo BIOFRUITNET promove a innovación na produción de froitas ecolóxicas europeas</t>
   </si>
   <si>
     <t>O Grupo Operativo BIOFRUITNET promove a innovación na produción de froitas ecolóxicas europeas asimon Ven, 28/10/2022 - 07:09 O proxecto BIOFRUITNET Operational Group (GO) ten como obxectivo reforzar e xerar novas redes entre os diferentes actores europeos implicados. O seu obxectivo é a difusión do coñecemento sobre o cultivo de froitas ecolóxicas para dalas a coñecer nos países da Unión Europea…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/o-grupo-operativo-biofruitnet-promove-innovacion-na-producion-froitas-ecoloxicas-europeas</t>
   </si>
   <si>
     <t>As asociacións xuvenís do rural presentan os seus proxectos na feira Presura coa axuda da Rede Rural Nacional</t>
   </si>
   <si>
     <t>As asociacións xuvenís do rural presentan os seus proxectos na feira Presura coa axuda da Rede Rural Nacional asimon Xov, 27/10/2022 - 11:11 A iniciativa “Xuventude en REDada” da Rede Rural Nacional (RRN) ten como obxectivo visibilizar o asociacionismo xuvenil para motivar ao asociacionismo xuvenil en proxectos que teñan incidencia no rural. A (RRN) seleccionou varios traballos de asociacións…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/asociacions-xuvenis-do-rural-presentan-os-seus-proxectos-na-feira-presura-coa-axuda-da</t>
   </si>
   <si>
     <t>A Rede Rural Nacional pasa a ser a Rede Nacional da PAC</t>
   </si>
   <si>
     <t>A Rede Rural Nacional pasa a ser Rede Nacional da PAC asimon Mar, 25/10/2022 - 10:28 A Rede Rural Nacional celebra a súa última asemblea antes da súa reconversión Os novos Plans Estratéxicos da PAC transforman todas as redes rurais dos estados membros en redes nacionais da PAC A Rede Nacional da PAC convértese no novo paraugas de desenvolvemento rural e políticas agrícolas conxuntamente A Rede…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/rede-rural-nacional-pasa-ser-rede-nacional-da-pac</t>
   </si>
   <si>
-    <t>Nace a “Rede Europea da PAC”.</t>
-[...7 lines deleted...]
-  <si>
     <t>Os “European Rural Inspiration Awards” 2022 recoñecen proxectos liderados por mozos rurais</t>
   </si>
   <si>
     <t>Os “European Rural Inspiration Awards” 2022 recoñecen proxectos liderados por mozos e mozas rurais asimon Xov, 13/10/2022 - 13:41 A IV edición dos “Rural Inspiration Awards 2022” –organizados pola Rede Europea de Desenvolvemento Rural– convoca os proxectos beneficiarios das axudas do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader) para o período 2014-2020 Este ano os premios adicáronse á…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/os-european-rural-inspiration-awards-2022-reconecen-proxectos-liderados-mozos-rurais</t>
   </si>
   <si>
     <t>O Ministerio de Agricultura, Pesca e Alimentación organiza a quinta edición do Ciclo Nacional de Cine e Mulleres Rurais</t>
   </si>
   <si>
     <t>10 de outubro de 2022 A exposición chegará a 70 localidades repartidas polas 17 comunidades autónomas e poderá seguirse en liña en 8 países centroamericanos. O Ministerio de Agricultura, Pesca e Alimentación organiza a quinta edición do Ciclo Nacional de Cine e Muller Rural, que se celebrará entre o 11 de outubro e o 24 de novembro, e chegará a 70 localidades de todo o territorio nacional e…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/o-ministerio-agricultura-pesca-e-alimentacion-organiza-quinta-edicion-do-ciclo-nacional</t>
   </si>
   <si>
     <t>Concurso polo mellor caso práctico de apoio á innovación en Europa</t>
   </si>
   <si>
     <t>Buscamos asesores agrícolas e forestais cunha historia de éxito para compartir! Os tempos están cambiando! En toda Europa, as empresas agrícolas e forestais afrontan importantes retos económicos e ambientais, así como oportunidades sen precedentes. A innovación é un factor clave para adaptarse continuamente a estes retos diversos e ás veces contraditorios e aproveitar novas oportunidades. En…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/concurso-polo-mellor-caso-practico-apoio-innovacion-europa</t>
@@ -4412,111 +4769,66 @@
   <si>
     <t>A V edición do ciclo nacional de "Cine e Mulleres Rurais" leva o cine a 70 localidades rurais de España asimon Ven, 07/10/2022 - 10:13 O Ministerio de Agricultura, Pesca e Alimentación organiza a quinta edición do Ciclo Nacional de Cine e Mulleres Rurais Este ano desenvólvese entre o 11 de outubro e o 24 de novembro A mostra levará o cine a 70 locais de todo o territorio nacional e poderá…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/v-edicion-do-ciclo-nacional-cine-e-mulleres-rurais-achega-o-cinema-70-localidades-rurais</t>
   </si>
   <si>
     <t>O Ministerio de Agricultura, Pesca e Alimentación selecciona as gañadoras dos "Premios de Excelencia á Innovación para as Mulleres Rurais"</t>
   </si>
   <si>
     <t>O Ministerio de Agricultura, Pesca e Alimentación selecciona as gañadoras dos "Premios de Excelencia á Innovación para a Muller Rural" asimon Ven, 07/10/2022 - 06:58 Os XIII Premios de Excelencia á Innovación para as Mulleres Rurais premian 13 iniciativas diferentes para dar visibilidade ao traballo das mulleres rurais O apoio preséntase para mostrar a diversificación da actividade económica e…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/o-ministerio-agricultura-pesca-e-alimentacion-selecciona-ganadoras-dos-premios-excelencia</t>
   </si>
   <si>
     <t>Solicitar o obradoiro da rede de tapas da UE "Xóvenes emprendedores – Motores de innovación nas zonas rurais"</t>
   </si>
   <si>
     <t>O obradoiro da Rede da PAC da UE "Mozos emprendedores: motores de innovación nas zonas rurais" é un evento de día e medio que terá lugar en Dublín, Irlanda, o mércores 30 de novembro e o xoves 1 de decembro de 2022. O obradoiro centrarase en intercambiar coñecementos e compartir prácticas innovadoras e inspiradoras que poidan apoiar o emprendimiento novo e os ecosistemas de innovación nas zonas…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/solicitar-o-obradoiro-da-rede-tapas-da-ue-xovenes-emprendedores-motores-innovacion-nas</t>
   </si>
   <si>
-    <t>Visita cruzada de asesores húngaros en Alemaña (Niederalteich) no marco do proxecto i2connect</t>
-[...25 lines deleted...]
-  <si>
     <t>Ideas inspiradoras: tecnoloxía móbil para previr os ataques dos lobos</t>
   </si>
   <si>
     <t>Unha crecente poboación de lobos está a causar cada vez máis problemas aos gandeiros extensivos españois. O Grupo Operativo GELOB desenvolveu e probou unha solución tecnolóxica que pode axudar a controlar os animais de pastoreo e mantelos a salvo de ataques. Os ataques de lobos causan millóns de euros de danos ao gando español cada ano. Especialmente nas zonas de montaña remotas, os gandeiros…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/ideas-inspiradoras-tecnoloxia-mobil-previr-os-ataques-dos-lobos</t>
   </si>
   <si>
     <t>Xestión de pragas e enfermidades forestais emerxentes</t>
   </si>
   <si>
     <t>Nas últimas décadas, un número crecente de pragas e enfermidades autóctonas e non autóctonas causaron graves perdas nos bosques europeos. O proxecto multiactor Horizonte 2020 HOMED está a desenvolver métodos e ferramentas prácticos baseados na ciencia para avaliar e controlar pragas e patóxenos forestais emerxentes ou invasores. "As pragas de insectos e os patóxenos fúnxicos poden ser inofensivos…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/xestion-pragas-e-enfermidades-forestais-emerxentes</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://akisplataforma.es/gl/noticias/acelerar-o-cambio-positivo-no-sistema-alimentario</t>
   </si>
   <si>
     <t>Demostrando que o IPM funciona</t>
   </si>
   <si>
     <t>IPMWORKS é un proxecto Horizonte 2020 que ten como obxectivo demostrar formas de reducir significativamente os pesticidas en todos os sectores agrícolas europeos. É unha rede de centros agrícolas demostrativos que ofrecen aos agricultores a oportunidade de intercambiar coñecementos sobre métodos non químicos para controlar as pragas e reducir a presión das pragas. Agora están instalados 21…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/demostrando-que-o-ipm-funciona</t>
   </si>
   <si>
     <t>A Academia Europea de Liderazgo crea a "Academia de Mulleres para a Innovación Rural"</t>
   </si>
   <si>
     <t>A Academia Europea de Liderazgo crea a “Academia de Mulleres para a Innovación Rural” asimon Lun, 19/09/2022 - 12:54 O programa acollerá a 15 mulleres de diferentes zonas rurais europeas para adquirir as competencias e ferramentas necesarias que lles permitan iniciar negocios dixitais desde as súas propias vilas. A inauguración terá lugar en Candeleda (Castela e León) do 23 ao 28 de outubro de…</t>
   </si>
   <si>
     <t>Mar, 08/11/2022 - 13:16</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/noticias/academia-europea-liderazgo-crea-academia-mulleres-innovacion-rural</t>
   </si>
   <si>
     <t>Recomendacións da EFSA para mellorar o benestar animal durante o transporte</t>
   </si>
@@ -5156,54 +5468,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D417"/>
+  <dimension ref="A1:D443"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D417"/>
+      <selection activeCell="A1" sqref="A1:D443"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="232.229" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="473.027" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -7176,415 +7488,415 @@
       <c r="C142" s="1" t="s">
         <v>566</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>568</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>569</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>570</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="B144" s="1"/>
+      <c r="B144" s="1" t="s">
+        <v>573</v>
+      </c>
       <c r="C144" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
-        <v>675</v>
-[...1 lines deleted...]
-      <c r="B170" s="1" t="s">
         <v>676</v>
       </c>
+      <c r="B170" s="1"/>
       <c r="C170" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>679</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>683</v>
       </c>
@@ -9642,1412 +9954,1776 @@
         <v>1270</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>1274</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1273</v>
+        <v>1281</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1283</v>
+        <v>1293</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1297</v>
+        <v>1305</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1301</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>1302</v>
+        <v>1307</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1303</v>
+        <v>1308</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1297</v>
+        <v>1309</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1343</v>
+        <v>1353</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1343</v>
+        <v>1357</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1350</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1351</v>
+        <v>1359</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1343</v>
+        <v>1361</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1353</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1354</v>
+        <v>1363</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1355</v>
+        <v>1364</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1343</v>
+        <v>1365</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1356</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1357</v>
+        <v>1367</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1359</v>
+        <v>1369</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1360</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1361</v>
+        <v>1371</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1362</v>
+        <v>1372</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1359</v>
+        <v>1373</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1363</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1364</v>
+        <v>1375</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1359</v>
+        <v>1377</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1366</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1367</v>
+        <v>1379</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1359</v>
+        <v>1377</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1370</v>
+        <v>1382</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1359</v>
+        <v>1377</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1359</v>
+        <v>1387</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1375</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1376</v>
+        <v>1389</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1377</v>
+        <v>1390</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1359</v>
+        <v>1387</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1378</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1379</v>
+        <v>1392</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1359</v>
+        <v>1387</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1383</v>
+        <v>1396</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1359</v>
+        <v>1397</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1384</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1385</v>
+        <v>1399</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1386</v>
+        <v>1400</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1359</v>
+        <v>1401</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1387</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1388</v>
+        <v>1403</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1389</v>
+        <v>1404</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1359</v>
+        <v>1401</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1390</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1391</v>
+        <v>1406</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1392</v>
+        <v>1407</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1359</v>
+        <v>1401</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1393</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1394</v>
+        <v>1409</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1395</v>
+        <v>1410</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1359</v>
+        <v>1411</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1396</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1397</v>
+        <v>1413</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1398</v>
+        <v>1414</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1359</v>
+        <v>1415</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1399</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1401</v>
+        <v>1418</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1359</v>
+        <v>1419</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1402</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1403</v>
+        <v>1421</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1404</v>
+        <v>1422</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1359</v>
+        <v>1423</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1405</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1406</v>
+        <v>1425</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1407</v>
+        <v>1426</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1359</v>
+        <v>1427</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1408</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1409</v>
+        <v>1429</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1410</v>
+        <v>1430</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1359</v>
+        <v>1431</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1411</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1412</v>
+        <v>1433</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1413</v>
+        <v>1434</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1359</v>
+        <v>1435</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1414</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1415</v>
+        <v>1437</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1416</v>
+        <v>1438</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1359</v>
+        <v>1439</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1417</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1418</v>
+        <v>1441</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1419</v>
+        <v>1442</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1359</v>
+        <v>1443</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1420</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1421</v>
+        <v>1445</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1422</v>
+        <v>1446</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1359</v>
+        <v>1447</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1423</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1424</v>
+        <v>1449</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1425</v>
+        <v>1450</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1359</v>
+        <v>1447</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1426</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1427</v>
+        <v>1452</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1428</v>
+        <v>1453</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1359</v>
+        <v>1447</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1429</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1430</v>
+        <v>1455</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1431</v>
+        <v>1456</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1359</v>
+        <v>1447</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1432</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1433</v>
+        <v>1458</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1434</v>
+        <v>1459</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1359</v>
+        <v>1447</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1435</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1436</v>
+        <v>1461</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1437</v>
+        <v>1462</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1438</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1439</v>
+        <v>1465</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1440</v>
+        <v>1466</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1441</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1442</v>
+        <v>1468</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1443</v>
+        <v>1469</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1444</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1445</v>
+        <v>1471</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1446</v>
+        <v>1472</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1447</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1448</v>
+        <v>1474</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1449</v>
+        <v>1475</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1450</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1451</v>
+        <v>1477</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1452</v>
+        <v>1478</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1453</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1454</v>
+        <v>1480</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1455</v>
+        <v>1481</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1456</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1457</v>
+        <v>1483</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1458</v>
+        <v>1484</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1459</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1460</v>
+        <v>1486</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1461</v>
+        <v>1487</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1462</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C378" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="B378" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D378" s="1" t="s">
-        <v>1465</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1466</v>
+        <v>1492</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1467</v>
+        <v>1493</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1468</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1469</v>
+        <v>1495</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1470</v>
+        <v>1496</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1471</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1472</v>
+        <v>1498</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1473</v>
+        <v>1499</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1474</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1475</v>
+        <v>1501</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1476</v>
+        <v>1502</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1477</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1478</v>
+        <v>1504</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1479</v>
+        <v>1505</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1480</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="1" t="s">
-        <v>1481</v>
+        <v>1507</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1482</v>
+        <v>1508</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1483</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="1" t="s">
-        <v>1484</v>
+        <v>1510</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1485</v>
+        <v>1511</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1486</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="1" t="s">
-        <v>1487</v>
+        <v>1513</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1488</v>
+        <v>1514</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1359</v>
+        <v>1463</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1489</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="1" t="s">
-        <v>1490</v>
+        <v>1516</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1491</v>
+        <v>1517</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1492</v>
+        <v>1463</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1493</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="1" t="s">
-        <v>1494</v>
+        <v>1519</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1495</v>
+        <v>1520</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1496</v>
+        <v>1463</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1497</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="1" t="s">
-        <v>1498</v>
+        <v>1522</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1499</v>
+        <v>1523</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1500</v>
+        <v>1463</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1501</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="1" t="s">
-        <v>1502</v>
+        <v>1525</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1503</v>
+        <v>1526</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1504</v>
+        <v>1463</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1505</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="1" t="s">
-        <v>1506</v>
+        <v>1528</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1507</v>
+        <v>1529</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1508</v>
+        <v>1463</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1509</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="1" t="s">
-        <v>1510</v>
+        <v>1531</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1511</v>
+        <v>1532</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1512</v>
+        <v>1463</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1513</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
-        <v>1514</v>
+        <v>1534</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1515</v>
+        <v>1535</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1516</v>
+        <v>1463</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1517</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
-        <v>1518</v>
+        <v>1537</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1519</v>
+        <v>1538</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1520</v>
+        <v>1463</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1521</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
-        <v>1522</v>
+        <v>1540</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1523</v>
+        <v>1541</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1524</v>
+        <v>1463</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1525</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
-        <v>1526</v>
+        <v>1543</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1527</v>
+        <v>1544</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1528</v>
+        <v>1463</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1529</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="1" t="s">
-        <v>1530</v>
+        <v>1546</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1531</v>
+        <v>1547</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1533</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="1" t="s">
-        <v>1534</v>
+        <v>1549</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1535</v>
+        <v>1550</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1537</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="1" t="s">
-        <v>1538</v>
+        <v>1552</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1539</v>
+        <v>1553</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1540</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="1" t="s">
-        <v>1541</v>
+        <v>1555</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1542</v>
+        <v>1556</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1543</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
-        <v>1544</v>
+        <v>1558</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1545</v>
+        <v>1559</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1546</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
-        <v>1547</v>
+        <v>1561</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1548</v>
+        <v>1562</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1549</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
-        <v>1550</v>
+        <v>1564</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1551</v>
+        <v>1565</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1552</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
-        <v>1553</v>
+        <v>1567</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1554</v>
+        <v>1568</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1536</v>
+        <v>1463</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1555</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
-        <v>1556</v>
+        <v>1570</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1557</v>
+        <v>1571</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1558</v>
+        <v>1463</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1559</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="1" t="s">
-        <v>1560</v>
+        <v>1573</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1561</v>
+        <v>1574</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1558</v>
+        <v>1463</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1562</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="1" t="s">
-        <v>1563</v>
+        <v>1576</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1564</v>
+        <v>1577</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1558</v>
+        <v>1463</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1565</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="1" t="s">
-        <v>1566</v>
+        <v>1579</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1567</v>
+        <v>1580</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1558</v>
+        <v>1463</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1568</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="1" t="s">
-        <v>1569</v>
+        <v>1582</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1570</v>
+        <v>1583</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1558</v>
+        <v>1463</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1571</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="1" t="s">
-        <v>1572</v>
+        <v>1585</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1573</v>
+        <v>1586</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1574</v>
+        <v>1463</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1575</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="1" t="s">
-        <v>1576</v>
+        <v>1588</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1577</v>
+        <v>1589</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1578</v>
+        <v>1463</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1579</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="1" t="s">
-        <v>1580</v>
+        <v>1591</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1581</v>
+        <v>1592</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1578</v>
+        <v>1463</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1582</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="1" t="s">
-        <v>1583</v>
+        <v>1594</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1584</v>
+        <v>1595</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1578</v>
+        <v>1596</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1585</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="1" t="s">
-        <v>1586</v>
+        <v>1598</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1587</v>
+        <v>1599</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1578</v>
+        <v>1600</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1588</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="1" t="s">
-        <v>1589</v>
+        <v>1602</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1590</v>
+        <v>1603</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1578</v>
+        <v>1604</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="1" t="s">
-        <v>1592</v>
+        <v>1606</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1593</v>
+        <v>1607</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1578</v>
+        <v>1608</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1594</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" s="1" t="s">
-        <v>1595</v>
+        <v>1610</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1596</v>
+        <v>1611</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1578</v>
+        <v>1612</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1597</v>
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>1701</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>