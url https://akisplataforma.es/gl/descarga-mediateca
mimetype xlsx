--- v0 (2026-01-16)
+++ v1 (2026-03-04)
@@ -12,124 +12,946 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mediateca" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3957">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4209">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Tipo de recurso</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Más información</t>
   </si>
   <si>
+    <t>Tendencias de EAT 2025-2027</t>
+  </si>
+  <si>
+    <t>Publicacións</t>
+  </si>
+  <si>
+    <t>Identificar as tendencias alimentarias Factores clave que configurarán a innovación e a estratexia empresarial nos próximos anos, tendo en conta os novos valores sociais, as prioridades dos consumidores e as forzas dun entorno cambiante.</t>
+  </si>
+  <si>
+    <t>https://www.azti.es/productos/eatrends-2025-2027/</t>
+  </si>
+  <si>
+    <t>Código de boas prácticas ambientais para o gando vacún de carne</t>
+  </si>
+  <si>
+    <t>Código de boas prácticas ambientais para o gando vacún de carne para axudar ao sector a reducir as súas emisións</t>
+  </si>
+  <si>
+    <t>https://www.gosecuesvac.com/wp-content/uploads/2024/10/CODIGO-BUENAS-PRACTICAS-MEDIOAMBIENTALES-GANADERIA.pdf</t>
+  </si>
+  <si>
+    <t>Xestión de porcos ibéricos en pastos</t>
+  </si>
+  <si>
+    <t>A dehesa ou sistema de pastos é un agroecosistema gandeiro composto por dous compoñentes básicos: a árbore (xeralmente *Quercus sp.*) e a cuberta vexetal (herba e mato). A gandería extensiva (gando vacún, ovino e porco ibérico) aproveita os seus produtos. Das especies gandeiras mencionadas anteriormente, o porco ibérico está perfectamente ligado e integrado co pasto e os seus usos, tradicionalmente coñecido como "o señor do pasto". Así, o porco ibérico e o pasto forman un binomio inseparable, e hoxe en día é un referente en termos de calidade alimentaria.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/58c3d7c9-5dde-46e5-9534-c8ec8d6632a1</t>
+  </si>
+  <si>
+    <t>Impacto de diferentes accións de conservación da Dehesa no sector e na sociedade de Andalucía</t>
+  </si>
+  <si>
+    <t>Resultados da avaliación realizada sobre o impacto das accións levadas a cabo polo Proxecto LIFE+ Biodehesa en Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2288d79a-72c1-4453-9ea7-9c93f994dd2b</t>
+  </si>
+  <si>
+    <t>Manual de produción de augardente de sidra</t>
+  </si>
+  <si>
+    <t>O obxectivo principal da elaboración dunha bebida espirituosa é obter unha bebida de alta graduación alcohólica mediante a destilación dunha bebida espirituosa de baixa graduación. Polo tanto, calquera materia prima capaz de someterse a unha fermentación alcohólica pódese empregar para producir unha bebida espirituosa.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Manual+de+elaboraci%C3%B3n+de+aguardiente+de+sidra.pdf/82e61477-2503-c91a-466e-e1512b10c351?t=1729770338719</t>
+  </si>
+  <si>
+    <t>INFOVI: Sistema de Información de Mercado para o Sector Vinícola</t>
+  </si>
+  <si>
+    <t>Canal de vídeo e televisión en liña</t>
+  </si>
+  <si>
+    <t>Detrás de cada botella de viño hai moito máis que uvas e viñedos. A tradición, o esforzo e o traballo constante sosteñen o sector vitivinícola. Hoxe, grazas ao sistema INFOVI, o viño español conta con maior transparencia e datos en tempo real para tomar mellores decisións.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=hVLxMmuBknM</t>
+  </si>
+  <si>
+    <t>Libro de rexistro de operacións agrícolas</t>
+  </si>
+  <si>
+    <t>O Libro de Rexistro Explotatorio Dixital (CUE) é unha das ferramentas dirixidas aos profesionais agrícolas para optimizar a súa produción e simplificar a xestión das explotacións. Trátase do cambio do libro de rexistro agrícola tradicional en papel a un formato dixital que permite aos agricultores aproveitar mellor a información que xeran e transmitila electronicamente aos organismos gobernamentais. Tras as últimas modificacións do Plan Estratéxico da PAC 2023-2027, o seu uso é voluntario e puxéronse á disposición aplicacións para realizar as entradas facilmente en calquera momento e lugar, con flexibilidade. As Consellerías de Agricultura das comunidades autónomas proporcionan a información necesaria para os usuarios que queiran aprender a implementar o CUE.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=MZ1SwK7T0nA</t>
+  </si>
+  <si>
+    <t>Agricultura sostible e ecoréximes: prácticas que coidan o rural e reciben apoio europeo</t>
+  </si>
+  <si>
+    <t>Sabías que podes protexer o medio ambiente e recibir axuda directa? Os ecoesquemas son prácticas voluntarias que melloran o rendemento ambiental e climático na agricultura. Neste vídeo da Rede da PAC, mostrámosche dous exemplos reais de boas prácticas aplicables aos ecoesquemas.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=j1hA5YwST8g</t>
+  </si>
+  <si>
+    <t>Xestión da resistencia aos insecticidas para o control químico de Scirtothrips aurantii</t>
+  </si>
+  <si>
+    <t>Taller sobre novos trips en cítricos</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/manejo-de-resistencias-a-insecticidas-para-el-control-qu%C3%ADmico-de-scirtothrips-aurantii?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Normativa de xestión gandeira</t>
+  </si>
+  <si>
+    <t>A gandería en España está suxeita a unha normativa cada vez máis estandarizada, seguindo as directrices europeas. Este vídeo explica a lóxica que sustenta estas normas de xestión gandeira, que teñen como obxectivo consolidar todos os requisitos para os profesionais da gandería, facilitar o seu traballo, aumentar a eficiencia e garantir a sustentabilidade. Adopta unha abordaxe integral que promove a calidade e a seguridade alimentaria, reduce o impacto ambiental e mellora o benestar animal.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=jlrBSPSNV9Y</t>
+  </si>
+  <si>
+    <t>Estratexias de xestión para Scirtothrips aurantii en cítricos da Comunidade Valenciana</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/estrategias-de-manejo-de-scirtothrips-aurantii-en-c%C3%ADtricos-de-la-comunitat-valenciana?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Plantas hospedadoras de Scirtothrips aurantii na Comunidade Valenciana</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/plantas-hospederas-de-scirtothrips-aurantii-en-la-comunitat-valenciana-1?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Agricultura vertical e hidropónica: a investigación de Cajamar para producir máis con menos</t>
+  </si>
+  <si>
+    <t>No Centro Experimental Cajamar (Paiporta, Valencia), levan anos traballando en sistemas de produción hortícola sen solo. Nesta ocasión, o seu director, Carlos Baixauli, presenta unha investigación que combina a agricultura vertical e os sistemas hidropónicos de alta eficiencia, dúas tecnoloxías que buscan maximizar a produción en espazos reducidos, reducir o consumo e mellorar a sustentabilidade.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/cultivo-vertical-hidroponico-investigacion-centro-experiencias-cajamar-producir-con-menos</t>
+  </si>
+  <si>
+    <t>Estratexias de xestión de pragas e enfermidades no caqui</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/dra.-patricia-chueca-centro-de-agroingenier%C3%ADa-ivia-claves-para-tratamientos-fitosanitarios-eficientes-en-caqui-1?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Taller sobre o cultivo de kiwi</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/jornada-sobre-el-cultivo-del-kiwi?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Xestión integrada de cochinillas en caqui</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/gesti%C3%B3n-integrada-de-cotonets?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Primeiros pasos cara á xestión integrada de Scirtothrips aurantii no caqui</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/dr.-c%C3%A9sar-monz%C3%B3-centro-protecci%C3%B3n-vegetal-y-biotecnolog%C3%ADa-ivia-primeras-bases-para-la-gesti%C3%B3n-integrada-de-scirtothrips-aurantii?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Bioloxía, ecoloxía e métodos de control de Scirtothrips aurantii en cítricos</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/biolog%C3%ADa-ecolog%C3%ADa-y-m%C3%A9todos-de-control-de-scirtothrips-aurantii-en-c%C3%ADtricos?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Presentación da Xornada sobre novos trips en cítricos polo Secretario Rexional e o Director do IVIA</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/presentaci%C3%B3n-de-la-jornada-nuevos-trips-en-c%C3%ADtricos-por-el-secretario-auton%C3%B3mico-y-el-director-del-ivia?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Control biolóxico no caqui: Cajamar e Agrobío optan por estratexias combinadas para un cultivo sostible</t>
+  </si>
+  <si>
+    <t>As sebes, a cuberta vexetal e a liberación de insectos beneficiosos convértense en aliados clave para reducir o uso de produtos químicos e protexer a biodiversidade neste cultivo.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/control-biologico-caqui-cajamar-agrobio-apuestan-estrategias-combinadas-cultivo-sostenible</t>
+  </si>
+  <si>
+    <t>Viticultura rexenerativa</t>
+  </si>
+  <si>
+    <t>Importancia da microbioloxía nos solos agrícolas</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=jWwBA7NMK1Q</t>
+  </si>
+  <si>
+    <t>Regulamento para a comercialización de produtos de madeira procedentes da tala legal: Regulamento EUTR - FLEGT</t>
+  </si>
+  <si>
+    <t>Información sobre as obrigas dos importadores, propietarios e poxadores no marco da aplicación dos regulamentos da madeira da Unión Europea e o futuro marco para a loita contra a deforestación.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=zF__omXNvik</t>
+  </si>
+  <si>
+    <t>Agroecoloxía, a agricultura do futuro</t>
+  </si>
+  <si>
+    <t>Unha charla de Miguel Altieri. A agroecoloxía é a única alternativa para abordar a actual crise alimentaria mundial. Hai un choque entre a agricultura industrial e a agricultura campesiña. Debemos elixir a agricultura campesiña porque actualmente produce o 70 % dos alimentos que consumimos, porque é sostible, resiliente e axudará a mitigar o cambio climático.</t>
+  </si>
+  <si>
+    <t>https://www.ecoagricultor.com/video-agroecologia-la-agricultura-del-futuro-miguel-altieri/</t>
+  </si>
+  <si>
+    <t>Conferencia de agricultura biodinámica</t>
+  </si>
+  <si>
+    <t>Conferencia sobre agricultura biodinámica a cargo da Sra. Marisol Garrido, Directora de Demeter Certification España.</t>
+  </si>
+  <si>
+    <t>https://www.ecoagricultor.com/conferencia-de-agricultura-biodinamica//</t>
+  </si>
+  <si>
+    <t>Guía práctica para sementar landras de aciñeira</t>
+  </si>
+  <si>
+    <t>A conservación e renovación das aciñeiras e sobreiras é esencial para a supervivencia do bosque esclerófilo mediterráneo, que constitúe a formación forestal máis abundante de Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7c258946-6e55-4f46-b92f-0d482607a9b0</t>
+  </si>
+  <si>
+    <t>Comportamento das novas variedades de améndoa no campo de Cartaxena</t>
+  </si>
+  <si>
+    <t>A suba dos prezos da améndoa nos últimos anos, consecuencia da forte demanda global, está a provocar unha revolución neste cultivo, cun aumento significativo da superficie cultivada en España. Neste contexto, e co obxectivo de expandirse a rexións máis frías, os centros de investigación CEBAS (Murcia), CITA (Aragón), IRTA (Cataluña) e INRA (Francia) puxeron a disposición dos agricultores novas variedades de améndoa autocompatibles, incluídas as de floración tardía ou extratardía. A floración tardía non é un factor significativo nas nosas condicións climáticas na rexión do Campo de Cartagena, co seu risco moi baixo de xeadas. Polo tanto, variedades autóctonas como 'Peraleja', 'Ramillete', 'Colorada' e 'Garrigues' seguiron cultivándose debido á súa rusticidade e calidade da améndoa. Non obstante, xorden con frecuencia problemas de polinización en hortas de regadío con estas variedades tradicionais, que cremos que se reducirían empregando variedades autocompatibles.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/comportamiento-de-nuevas-variedades-de-almendro-en-el-campo-de-cartagena/</t>
+  </si>
+  <si>
+    <t>Rendemento de variedades tradicionais de tomate en fibra de coco en condicións de invernadoiro no Campo de Cartagena</t>
+  </si>
+  <si>
+    <t>O obxectivo deste estudo é determinar o rendemento de diferentes cultivares tradicionais de tomate, procedentes do banco de xermoplasma do Instituto Murciano de Investigación e Desenvolvemento Agrario e Alimentario (IMIDA), coñecido como BAGERIM, e do Centro Integrado de Formación e Experiencias Agrarias de Torre-Pacheco (CIFEA de Torre-Pacheco), destinados ao consumo en fresco. Estes tomates cultiváronse sobre fibra de coco nun invernadoiro sen calefacción entre xaneiro e xullo. Avaliouse o rendemento de 25 cultivares diferentes de tomate (cherry, pera, kumato, plump, smooth e ribbed) durante cinco anos.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/comportamiento-de-variedades-tradicionales-de-tomate-en-fibra-de-coco-bajo-invernadero-en-el-campo-de-cartagena/</t>
+  </si>
+  <si>
+    <t>Estruturas de conservación vexetal e superficies de retención de nutrientes da Lei 3/2020 do Mar Menor</t>
+  </si>
+  <si>
+    <t>Este libro presenta os resultados de varias parcelas demostrativas implementadas no centro de investigación CIFEA en Torre-Pacheco. Estas parcelas centráronse en dous tipos de vexetación: Barreiras Vexetais e Estruturas de Conservación (BV) e Superficies de Retención de Nutrientes (5%), ambas obrigatorias pola Lei 3/2020 para a recuperación e protección da lagoa do Mar Menor. O obxectivo foi avaliar a facilidade ou dificultade de implementar estas superficies e BV, así como avaliar os seus custos de instalación e mantemento, probando diferentes tipos de BV e especies vexetais en superficies de retención de nutrientes.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/las-estructuras-vegetales-de-conservacion-y-las-superficies-de-retencion-de-nutrientes-de-la-ley-3-2020-del-mar-menor/</t>
+  </si>
+  <si>
+    <t>Comportamento agronómico e caracterización de diferentes variedades de granada na Rexión da Huerta de Murcia</t>
+  </si>
+  <si>
+    <t>Sete variedades de granada están a ser estudadas nunha explotación colaboradora situada na comarca murciana de Cabezo de Torres, dentro da xurisdición da Oficina Agraria Rexional da Huerta de Murcia. Esta publicación recompila os datos de campo sobre o rendemento agronómico e as características destas variedades co fin de difundir a información obtida tanto a técnicos como a agricultores interesados no cultivo desta especie.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/comportamiento-agronomico-y-caracterizacion-de-distintas-variedades-de-granado-en-la-comarca-de-la-huerta-de-murcia/</t>
+  </si>
+  <si>
+    <t>Intervención no sector vitivinícola</t>
+  </si>
+  <si>
+    <t>Intervención no sector vitivinícola, Intervencións no marco do Plan Estratéxico da PAC</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/TRIPTICO_VITIVINICOLA.pdf</t>
+  </si>
+  <si>
+    <t>Informe sobre boas prácticas empresariais e proxectos agroalimentarios en zonas rurais</t>
+  </si>
+  <si>
+    <t>Cando os medios de comunicación convencionais falan de sustentabilidade, a miúdo parece que un dos seus piares, o económico, apenas se menciona, eclipsado polo maior impacto externo dos outros dous: o ambiental e o social. Non obstante, os tres compoñentes son esenciais para que unha actividade ou proxecto empresarial teña verdadeiramente éxito e sexa sustentable ao longo do tempo, a variable que en última instancia determinará a súa viabilidade.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_buenas_practicas_agroalimentarias.pdf</t>
+  </si>
+  <si>
+    <t>Informe sobre os programas operativos das organizacións de produtores de froitas e verduras (OPFH) e as súas asociacións (AOPFH)</t>
+  </si>
+  <si>
+    <t>As organizacións de produtores de froitas e hortalizas e as súas asociacións (OPFH e AOPFH) son un elemento fundamental do réxime de axudas da PAC 2023-2027, a través da súa propia intervención sectorial (a Intervención Sectorial de Froitas e Hortalizas, ISFH) en España. O noso país é o primeiro produtor europeo de froitas e hortalizas e o cuarto exportador mundial, e faino cunha ampla variedade de calendarios de produción e comercialización. Unha proba da súa importancia interna dentro do sector é que as case 500 OPFH e as súas asociacións comercializan algo máis do 50 % da produción española de froitas e hortalizas.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_programas_operativos_de_opfh_y_aopfh.pdf</t>
+  </si>
+  <si>
+    <t>Informe sobre boas prácticas ambientais nas zonas rurais</t>
+  </si>
+  <si>
+    <t>A agricultura e o medio ambiente non só poden coexistir, senón que son os mellores aliados para garantir o futuro mutuo. Non obstante, cando a agricultura se desenvolve a expensas do medio ambiente (esgotando recursos, alterando a biodiversidade, xerando residuos, etc.), ou o fai cun consumo de enerxía insostible en termos climáticos, o medio natural degradado acaba facendo inviable ou extremadamente difícil o desenvolvemento da agricultura.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_buenas_practicas_medioambientales.pdf</t>
+  </si>
+  <si>
+    <t>Os desafíos e as oportunidades do sector queixeiro español</t>
+  </si>
+  <si>
+    <t>Os retos e oportunidades do sector queixeiro español é unha publicación, promovida por Cajamar, coa colaboración da Organización Interprofesional Láctea (InLac), que pretende ser un texto de referencia para calquera persoa interesada no mundo do queixo, xa sexa desde unha perspectiva social como consumidor, unha perspectiva tecnolóxica como produtor, unha perspectiva económica como produtor ou comercializador, ou como alimento que promove o desenvolvemento rural e xera valor engadido.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/retos-desafios-sector-quesero-espanol</t>
+  </si>
+  <si>
+    <t>Sistemas de investigación e innovación agroalimentaria en todo o mundo</t>
+  </si>
+  <si>
+    <t>Cajamar celebra 50 anos de compromiso coa investigación agrícola publicando unha obra que transcende a mera conmemoración para converterse nunha ferramenta de referencia fundamental. Coordinada por Tomás García Azcárate, un dos economistas agrícolas máis respectados de Europa, esta monografía reúne expertos internacionais para mapear o estado actual da I+D+i agroalimentaria nos principais centros de innovación do mundo. O libro parte dunha premisa que agora é universalmente aceptada: o sistema alimentario global debe producir máis e mellores alimentos nun contexto de cambio climático acelerado e recursos naturais cada vez máis limitados. A boa noticia, segundo os autores, é que este reto é perfectamente alcanzable. A mala noticia é que para conseguilo require sistemas de investigación e innovación que operen cunha eficiencia que aínda non alcanzamos.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/sistemas-investigacion-innovacion-agroalimentaria-mundo</t>
+  </si>
+  <si>
+    <t>Técnicas microbiolóxicas para abordar o cambio climático na industria vitivinícola</t>
+  </si>
+  <si>
+    <t>Nas últimas décadas, púxose de manifesto que os viños das colleitas actuais e futuras sufrirán alteracións químicas e microbiolóxicas debido aos efectos do cambio climático. Os cambios na maduración da uva están a producir mostos con maiores concentracións de azucre e menor acidez, o que resulta en viños con niveis de alcol máis altos e menos frescura no padal.</t>
+  </si>
+  <si>
+    <t>https://vitec.wine/wp-content/uploads/2025/02/Poster-lowph-def-2.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade sobre o uso da espectroscopia ATR-FTIR como ferramenta para a estimación de polisacáridos no viño</t>
+  </si>
+  <si>
+    <t>Os polisacáridos son as principais macromoléculas coloidais presentes no viño. Estes compostos desempeñan un papel fundamental na estabilización doutras moléculas en solución, modificando así o procesamento e as propiedades organolépticas do viño. Propuxéronse varias técnicas analíticas para a súa determinación. Non obstante, a maioría son complexas e requiren moito tempo. Para superar estes inconvenientes, a espectroscopia infravermella por transformada de Fourier (FTIR) ofrece un método rápido e non destrutivo para estimar os polisacáridos no viño.</t>
+  </si>
+  <si>
+    <t>https://www.sciencedirect.com/science/article/pii/S0144861722002697</t>
+  </si>
+  <si>
+    <t>Idoneidade enolóxica de cepas de lévedos autóctonas para a produción de viño 'Verdejo'</t>
+  </si>
+  <si>
+    <t>O uso de lévedos autóctonos na produción de viño é unha ferramenta para preservar a tipicidade dunha rexión en particular. A selección de lévedos autóctonos axeitados garante o mantemento das características enolóxicas ao simular a fermentación alcohólica espontánea (FS) e evitar os riscos de fermentacións paradas ou lentas. Neste estudo, seleccionáronse, identificáronse e caracterizáronse lévedos autóctonos a partir do mosto de uva Verdejo (Denominación de Orixe Rueda) para aproveitar as características do terroir.</t>
+  </si>
+  <si>
+    <t>https://www.mdpi.com/2304-8158/12/9/1888</t>
+  </si>
+  <si>
+    <t>Selección e uso de cepas silvestres de Lachancea thermotolerans da DOC Rioja con capacidade bioacidificante como estratexia para mitigar os efectos do cambio climático na industria vitivinícola.</t>
+  </si>
+  <si>
+    <t>O viño é un produto alcohólico que se leva producindo en todo o mundo durante milenios con moi poucos cambios no seu proceso de produción ata o século pasado. Nas últimas décadas, as vides víronse afectadas polo cambio climático como múltiples cultivos climatéricos e, en consecuencia, a composición do mosto de uva e do viño final está a cambiar. O efecto combinado do aumento das temperaturas e a fenoloxía avanzada afecta á composición das bagas, aumentando o contido de azucre, diminuíndo as concentracións de ácidos orgánicos e alterando as composicións dos metabolitos secundarios e precursores de aromas. Polo tanto, os viños producidos nestas novas condicións climáticas tenden a ter baixa acidez, alto contido alcohólico, pH alto e variacións en varios parámetros, como a cor e os compostos fenólicos.</t>
+  </si>
+  <si>
+    <t>https://www.mdpi.com/2306-5710/11/3/70</t>
+  </si>
+  <si>
+    <t>fertirrigación do limoeiro</t>
+  </si>
+  <si>
+    <t>A fertirrigación é a técnica que permite a distribución de fertilizantes disoltos na auga de rega. Esta técnica, que se pode empregar con diversos sistemas de rega, úsase amplamente na rega por goteo.</t>
+  </si>
+  <si>
+    <t>https://www.carm.es/web/descarga?ARCHIVO=Publicacion_La%20fertirrigacion%20en%20el%20limonero.pdf&amp;ALIAS=ARCH&amp;IDCONTENIDO=156578&amp;IDTIPO=60&amp;RASTRO=c3039%24m64522%2C64556%2C64566%2C65559</t>
+  </si>
+  <si>
+    <t>Impacto da tempada de colleita na biodiversidade dos lévedos salvaxes e a súa influencia na fermentación do viño</t>
+  </si>
+  <si>
+    <t>O microbioma da uva é un factor clave que inflúe na composición e no aroma do viño. A biodiversidade autóctona das uvas está ligada á sinatura microbiana responsable das propiedades enolóxicas distintivas de cada rexión, coñecida como o "terroir" microbiano. A microbiota das uvas depende de varios factores, como o clima, a variedade de uva, a colleita, as características do viñedo, o solo e as prácticas vitivinícolas. Neste contexto, as fermentacións espontáneas están a gañar atención polos seus posibles efectos na complexidade organoléptica do viño.</t>
+  </si>
+  <si>
+    <t>https://www.mdpi.com/2076-2607/13/12/2836</t>
+  </si>
+  <si>
+    <t>Pragas e enfermidades do limón e do pomelo na Rexión de Murcia</t>
+  </si>
+  <si>
+    <t>Período crítico, estados máis vulnerables, métodos de monitorización, etc.</t>
+  </si>
+  <si>
+    <t>https://www.carm.es/web/descarga?ARCHIVO=Publicacion_Plagas%20y%20enfermedades%20de%20limon%20y%20%20pomelo%20en%20la%20Region%20de%20Murcia.pdf&amp;ALIAS=ARCH&amp;IDCONTENIDO=156579&amp;IDTIPO=60&amp;RASTRO=c3039%24m64522%2C64556%2C64566%2C65559</t>
+  </si>
+  <si>
+    <t>Agricultura sen agricultores</t>
+  </si>
+  <si>
+    <t>Francia sempre foi vista como un país de pequenas e medianas explotacións agrícolas, independentes e xestionadas polo propietario e a súa familia. O modelo de agricultura familiar, consolidado e fortalecido durante o período de modernización posterior á Segunda Guerra Mundial, está a experimentar agora profundos cambios que están a xerar novas e diversas formas de organización do traballo e do capital agrícolas.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/agricultura-sin-agricultores</t>
+  </si>
+  <si>
+    <t>Pragas reguladas na produción de froitas de óso e améndoas (corentena e RNQPS)</t>
+  </si>
+  <si>
+    <t>A entrada en vigor do Regulamento 2016/2031 trouxo consigo numerosos cambios lexislativos. Entre eles está a clasificación das pragas como pragas de corentena, prioritarias e reguladas non de corentena. Esta clasificación, establecida pola Unión Europea, implica niveis específicos de protección e a aplicación de diferentes medidas.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/95195654/3-2023+Informaci%C3%B3n+T%C3%A9cnica+.pdf/3dcfbaa6-c7a7-601e-fafa-e37a4d52766f?t=1698916023334</t>
+  </si>
+  <si>
+    <t>Directrices para a monitorización de Eurytoma amygdali</t>
+  </si>
+  <si>
+    <t>Nos últimos anos, *Eurytoma amygdali* estendeuse por toda a Comunidade Autónoma de Aragón dun xeito similar á súa propagación noutras partes de España, e espérase que esta expansión continúe. Na actualidade, non se dispoñen de atraentes baseados en feromonas nin outros semioquímicos que permitan unha monitorización fiable das poboacións de améndoas adultas para determinar os tempos óptimos de tratamento. Este é un factor crucial dado o curto período durante o cal a praga está fóra das amendoeiras e é susceptible de ser controlada con produtos fitosanitarios.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/d/guest/it-4-orientaciones-para-el-seguimiento-de-eurytoma-amygdali</t>
+  </si>
+  <si>
+    <t>Pragas e enfermidades dos cereais de inverno</t>
+  </si>
+  <si>
+    <t>O cultivo de cereais está ligado á propia historia da humanidade. É unha das actividades agrícolas máis antigas e estendidas do mundo. Os cereais, como o trigo, a cebada e o centeo, constitúen a base da dieta dun gran número de persoas e animais en todo o mundo.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/d/guest/2024_01_informacion_tecnica_fitosanitaria</t>
+  </si>
+  <si>
+    <t>Caracterización do impacto de diferentes axentes clarificantes sobre coloides de viño branco mediante fraccionamento de fluxo asimétrico no campo</t>
+  </si>
+  <si>
+    <t>Os axentes clarificantes son substancias empregadas durante o proceso de elaboración do viño para mellorar a claridade e a estabilidade dos viños. Os diferentes axentes clarificantes poden alterar a capacidade de eliminación de diferentes xeitos. Neste estudo, analizouse a eficiencia de eliminación de sete axentes clarificantes comúns, divididos en tres grupos (axentes clarificantes minerais, axentes clarificantes poliméricos sintéticos e axentes clarificantes de proteínas vexetais), mediante fraccionamento de fluxo asimétrico (AF4). Ademais, avaliouse a relación entre a capacidade de eliminación e diversas propiedades moleculares e macromoleculares.</t>
+  </si>
+  <si>
+    <t>https://www.sciencedirect.com/science/article/pii/S030881462200084X</t>
+  </si>
+  <si>
+    <t>Pragas prioritarias para a Unión Europea</t>
+  </si>
+  <si>
+    <t>O Regulamento básico sobre sanidade vexetal adopta unha nova clasificación das pragas asociadas a plantas, produtos vexetais e outros obxectos. Esta clasificación, desenvolvida nos capítulos II e III do Regulamento (UE) 2016/2031, permite unha mellor priorización das accións e medidas que se deben tomar contra estas pragas e, polo tanto, unha asignación máis eficiente dos recursos.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/Plagas+Prioritarias+I.T.+3_2020.pdf/5e1faf18-cbd3-230a-1475-31f7f97c5a22?t=1607083147926</t>
+  </si>
+  <si>
+    <t>Requisitos que debe cumprir o sector produtor e comercializador de material vexetal en Aragón</t>
+  </si>
+  <si>
+    <t>Lexislación e directrices para o operador profesional</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/95195654/1-2023+REQUISITOS+CUMPLIR+OPERADORES+PROFESIONALES.pdf/fb8ca64d-5c83-3c89-86df-e154dc13e1e6?t=1686040005898</t>
+  </si>
+  <si>
+    <t>Resistencia aos herbicidas, tipos de resistencia e prácticas para evitalos</t>
+  </si>
+  <si>
+    <t>Dous factores principais son necesarios para que apareza unha poboación de herbas daniñas resistentes: - A aplicación dun ingrediente activo nun herbicida consecutivamente durante varios anos - Que a especie específica de herba daniña teña a propensión a desenvolver resistencia</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/201109_HERBICIDAS+DEFINITIVO+DIGITAL.pdf/4e008ef0-0bfb-f916-a0c2-6a8c3bf3c7d9?t=1604997330365</t>
+  </si>
+  <si>
+    <t>Diabrotica, Diabrotica virgifera virgifera LeConte</t>
+  </si>
+  <si>
+    <t>A Diabrotica virgifera virgifera é un escaravello pertencente á familia Chrysomelidae, orixinario de México e considerado unha das pragas máis daniñas do millo.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/91544181/25-07-2022+Diabrotica+IT+1_2022.pdf/851211fb-3b18-3caf-bfd6-bd4c5c595641?t=1658749536532</t>
+  </si>
+  <si>
+    <t>Pragas e enfermidades da amendoeira</t>
+  </si>
+  <si>
+    <t>Nos últimos anos a superficie dedicada ao cultivo de améndoas experimentou un crecemento significativo en Aragón; na actualidade, cultívanse unhas 83.800 hectáreas de amendoeiras.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/91544181/INFORMACIONES_TECNICAS_2_2022_Almendro_plagas.pdf/035d40fb-5e40-7459-df39-26011a60f81a?t=1660909624232</t>
+  </si>
+  <si>
+    <t>Modos de acción dos herbicidas (Nova Nomenclatura)</t>
+  </si>
+  <si>
+    <t>Os herbicidas clasifícanse segundo o seu modo de acción, que se pode definir como a secuencia de eventos ou procesos que ocorren desde o momento en que o herbicida penetra na planta ata a aparición de fitotoxicidade.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/93070343/IT+2-2023+MOAS+Diptico+A4+Web_definitivo.pdf/1fcba101-7b38-9a4c-50a3-642632f7a08f?t=1693551947880</t>
+  </si>
+  <si>
+    <t>Manual práctico para a xestión dunha granxa de gando vacún leiteiro</t>
+  </si>
+  <si>
+    <t>A rendibilidade óptima dunha explotación depende da eficiencia técnica e produtiva, mentres que a produtividade dun animal depende de tres piares: xenética, nutrición e xestión. A xenética, mediante o uso axeitado de programas de selección, permite mellorar os trazos máis desexables desde o punto de vista da produción. Para lograr a máxima expresión destes trazos, os animais deben recibir unha nutrición axeitada, tanto en cantidade como en calidade, axeitada á súa fase de produción, e criarse en condicións óptimas de benestar animal que lles permitan expresar todo o seu potencial produtivo e as características etolóxicas da súa especie.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1131977209076/Publicacion/1250170548860/Redaccion</t>
+  </si>
+  <si>
+    <t>Plan Nacional para a Conservación dos Recursos Xenéticos Forestais 2024-2033</t>
+  </si>
+  <si>
+    <t>O Plan Nacional para a Conservación dos Recursos Xenéticos Forestais ten como obxectivo dirixir as actividades de conservación xenética previstas no Real Decreto 159/2022, do 1 de marzo, sobre a conservación dos recursos xenéticos forestais e da flora silvestre, así como o seguimento e a avaliación continua dos resultados co fin de estimar o seu grao de resposta aos obxectivos de conservación.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/Plan%20Nacional%20de%20Conservacion%20de%20RGF.pdf</t>
+  </si>
+  <si>
+    <t>Documento técnico: Estratexia española para a conservación e o uso sostible dos recursos xenéticos forestais</t>
+  </si>
+  <si>
+    <t>Os últimos quince anos foron un período decisivo para o avance das iniciativas e políticas de conservación a nivel internacional e, en consecuencia, nacional, reflectindo estes acordos globais. A concienciación sobre a importancia de manter a biodiversidade do planeta estendeuse a practicamente todos os sectores da sociedade, e o concepto de desenvolvemento sostible está integrado nunha ampla variedade de plans de acción. O sector forestal, directamente vinculado á xestión ambiental, tamén experimentou procesos específicos para incorporar os principios de conservación da biodiversidade nos seus obxectivos e métodos de xestión.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/documento_tecnico_estrategia_tcm30-156101.pdf</t>
+  </si>
+  <si>
+    <t>Catálogo de medidas para promover a convivencia entre os lobos e a gandería</t>
+  </si>
+  <si>
+    <t>A evidencia acumulada nos últimos anos indica que o lobo ibérico (Canis lupus signatus) presenta unha ecoloxía trófica altamente adaptable, que inclúe a depredación e a carroñería do gando doméstico. Do mesmo xeito que noutros contextos, as perdas de gando debido á depredación son un desencadeante importante dos conflitos arredor da presenza do lobo. Ademais, a depredación do gando adoita ser a causa subxacente da presión furtiva sobre a especie e mesmo de demandas presentadas por grupos de interese contra as autoridades competentes para limitar o tamaño das poboacións do cánido. O informe de 2018 presentado polas autoridades ambientais españolas á Comisión Europea, de acordo coa normativa da UE, considera que o lobo ibérico se atopa nun estado de conservación desfavorable, debido principalmente á persistencia e natureza crónica do conflito mencionado co gando e á persecución que sofre a especie.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/conservacion-de-especies/medidasproteccionlobo_tcm30-533588.pdf</t>
+  </si>
+  <si>
+    <t>Fichas de restauración hidrolóxico-forestal</t>
+  </si>
+  <si>
+    <t>A restauración hidrolóxico-forestal comprende o conxunto de accións necesarias para protexer o solo contra a erosión, defender o territorio contra a seca e as inundacións, aumentar a capacidade de subministración de auga e contribuír á conservación e mellora da funcionalidade do solo.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/es/biodiversidad/temas/desertificacion-restauracion/restauracion-hidrologico-forestal/index.html</t>
+  </si>
+  <si>
+    <t>Madeira legal e produtos libres de deforestación</t>
+  </si>
+  <si>
+    <t>Aínda que os bosques só cobren o 30 % da superficie terrestre da Terra, estes ecosistemas albergan o 80 % da biodiversidade do planeta, actúan como sumidoiros de dióxido de carbono, liberan osíxeno á atmosfera e proporcionan a infraestrutura orgánica para numerosas e diversas formas de vida. Ademais, son unha fonte de ingresos e sustento para aproximadamente o 25 % da poboación, e unha gran parte da terra estivo habitada tradicionalmente por pobos indíxenas.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/es/biodiversidad/temas/politica-forestal/madera-legal-productos-libres-defor.html</t>
+  </si>
+  <si>
+    <t>Introdución á loita contra a desertificación</t>
+  </si>
+  <si>
+    <t>A loita contra a desertificación require o desenvolvemento de accións en diferentes ámbitos e desde diferentes niveis de abordaxe, prestando sempre especial atención á dimensión socioeconómica do fenómeno.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/es/biodiversidad/temas/desertificacion-restauracion/lucha-contra-la-desertificacion/introduccion.html</t>
+  </si>
+  <si>
+    <t>Guía de boas prácticas de hixiene en granxas de coellos</t>
+  </si>
+  <si>
+    <t>Para controlar a presenza de enfermidades e riscos sanitarios nas explotacións agrícolas, é fundamental abordar os puntos críticos de entrada e propagación. Este é o obxectivo desta Guía de boas prácticas de hixiene en explotacións de coellos: axudar aos agricultores propoñendo unha serie de medidas para minimizar o risco de introdución de enfermidades nas explotacións de coellos. Tamén proporciona directrices sobre os controis que se deben implementar para evitar a propagación da infección dentro da explotación e a outras explotacións.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/publicaciones/cbbpp_cunicultura-2011-web.pdf</t>
+  </si>
+  <si>
+    <t>Protección dos campos de arroz: interaccións do pantano púrpura común (Porphyrio porphyrio)</t>
+  </si>
+  <si>
+    <t>A galiña común (Porphyrio porphyrio) é unha especie incluída na Lista de Especies Silvestres en Réxime de Protección Especial, de acordo co disposto no Real Decreto 139/2011, do 4 de febreiro, para o desenvolvemento da Lista de Especies Silvestres en Réxime de Protección Especial e do Catálogo Español de Especies Ameazadas.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/conservacion-de-especies/ce_silvestres_resolucion_calamon_tcm30-201427.pdf</t>
+  </si>
+  <si>
+    <t>Conservación xenética de especies forestais</t>
+  </si>
+  <si>
+    <t>UNIDADES DE CONSERVACIÓN XENÉTICA Definición: Poboación constituída por un grupo de individuos da mesma especie forestal que ocupa unha área xeográfica definida e está illada xeneticamente, ata certo punto, doutros grupos.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/Monograf%C3%ADa%20de%20Divulgaci%C3%B3n.pdf</t>
+  </si>
+  <si>
+    <t>Estratexia española para a conservación e o uso sostible dos recursos xenéticos forestais. Folleto informativo</t>
+  </si>
+  <si>
+    <t>A Estratexia Española para a Conservación e o Uso Sostible dos Recursos Xenéticos Forestais está deseñada como un marco para apoiar, desenvolver e coordinar actividades e programas de conservación forestal e mellora xenética, facilitando a cooperación e a integración entre as iniciativas levadas a cabo por diferentes administracións e organizacións. O obxectivo final da Estratexia é a conservación e o uso sostible dos recursos xenéticos forestais en España, preservando a súa capacidade de evolución e garantindo a súa dispoñibilidade para as xeracións futuras.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/Tr%C3%ADptico_UCGs_publicaci%C3%B3n%20en%20l%C3%ADnea.pdf</t>
+  </si>
+  <si>
+    <t>Descrición da especie invasora: Solanum elaeagnifolium cav.</t>
+  </si>
+  <si>
+    <t>É unha planta perenne robusta cun sistema radicular que, en teoría, pode alcanzar os dous metros de profundidade e que tende a colocarse horizontalmente, do que poden brotar novas plantas.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/2759332/4_2018_SOLANUM.pdf/94d59843-97de-c2ad-7e4c-727044810803?t=1696423569324</t>
+  </si>
+  <si>
+    <t>Hixiene na produción agrícola primaria: unha guía práctica para as explotacións agrícolas</t>
+  </si>
+  <si>
+    <t>Requisitos que deben cumprir as explotacións agrícolas en materia de hixiene na produción agrícola primaria</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/I.T+Higiene+5-10-2020.pdf/efaa89c3-65b7-6b7e-51da-7e4797a6b38f?t=1601897256207</t>
+  </si>
+  <si>
+    <t>O novo réxime fitosanitario europeo: implicacións para os operadores de material vexetal</t>
+  </si>
+  <si>
+    <t>Desde o 14 de decembro de 2019, as novas disposicións sobre sanidade vexetal, que afectan aos operadores de material vexetal e están incluídas no paquete lexislativo sobre sanidade animal e fitotoxicidade, son plenamente aplicables en toda a Unión Europea.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/06-11-2020+I.T.+Viveros+N%C2%BA+2.pdf/5b00a4e6-44b7-0d30-c8d7-7720c593b0ab?t=1604656792905</t>
+  </si>
+  <si>
+    <t>Cultivo de amoras</t>
+  </si>
+  <si>
+    <t>Actualmente, o cultivo de amoras está presente en case todo o mundo, aínda que hai poucos países onde se leve a cabo produción comercial a grande escala para o mercado en fresco.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/-/el-cultivo-de-la-zarzamora</t>
+  </si>
+  <si>
+    <t>Selección clonal de cultivares de vide do Principado de Asturias</t>
+  </si>
+  <si>
+    <t>Os viñedos asturianos forman parte da tradición vitivinícola de montaña. As vides caracterízanse pola súa idade, a súa localización en ladeiras pronunciadas e a súa diversidade e exclusividade das variedades de uva. Desde o recoñecemento en 2001 da denominación "Viños da Terra de Cangas", que se converteu na actual Denominación de Orixe Protexida Cangas (http://www.vinosdeasturias.es), os viñedos experimentaron unha recuperación con prometedoras perspectivas de futuro. A necesidade dos viticultores asturianos de ter acceso a clons de vide con identidade garantida, producindo uvas de alta calidade e libres de virus, para garantir unha maior garantía de éxito nos seus viñedos, motivou o inicio do longo pero esencial Programa de Selección Clonal.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Selecci%C3%B3n+clonal+de+cultivares+de+vid+del+Principado+de+Asturias.pdf/fc9d7837-e9ae-43f7-bf1f-0e91dbc7b94e?t=1729770356226</t>
+  </si>
+  <si>
+    <t>Estudo dos tipos de poda e marcos de plantación en variedades de vide de Asturias</t>
+  </si>
+  <si>
+    <t>Os viñedos asturianos están situados en ladeiras pronunciadas e caracterízanse pola súa idade, diversidade varietal, falta de mecanización e altas densidades de plantación. Nos últimos anos, este cultivo foi expandíndose, con novas plantacións establecidas en socalcos e a densidades máis baixas para permitir a mecanización. Está a introducirse o método de poda Royat Cordon, máis sinxelo e económico, que substituirá as técnicas de poda tradicionais empregadas na zona (Guyot no concello de Cangas del Narcea, xunto coa poda en copa noutros concellos).</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Estudio+de+tipos+de+poda+y+marcos+de+plantaci%C3%B3n+en+variedades+de+vid+de+Asturias.pdf/360a560e-1e68-5a71-92db-055acc126679?t=1729770307152</t>
+  </si>
+  <si>
+    <t>Protección do apiario: Interaccións do abellario europeo (Merops apiaster)</t>
+  </si>
+  <si>
+    <t>O abellaruco europeo (Merops apiaster) é unha especie incluída na Lista de Especies Silvestres en Réxime de Protección Especial, de acordo co disposto no Real Decreto 139/2011, do 4 de febreiro, para o desenvolvemento da Lista de Especies Silvestres en Réxime de Protección Especial e do Catálogo Español de Especies Ameazadas.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/conservacion-de-especies/ce_silvestres_resolucion_abejaruco_tcm30-201421.pdf</t>
+  </si>
+  <si>
+    <t>Pautas para o cultivo de fabas</t>
+  </si>
+  <si>
+    <t>Durante o desenvolvemento do cultivo de fabas, o produtor ten que enfrontarse a unha serie de decisións que determinarán o éxito final do cultivo: cando e como preparar o terreo?, cando sementar?, que semente usar?, como controlar as malas herbas?, como identificar e combater as pragas e enfermidades máis comúns?, como xestionar o cultivo de forma sostible?, como xestionar a colleita?, como conservar o gran?, etc.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Orientaciones+para+el+cultivo+de+la+faba.pdf/a5130653-e636-2606-270a-4fe10b29f79d?t=1729770351013</t>
+  </si>
+  <si>
+    <t>A abeleira en Asturias</t>
+  </si>
+  <si>
+    <t>A abeleira europea (Corylus avellana L.) é un cultivo tradicional en Asturias, cuxa importancia xa foi documentada en 1711 por Frei Toribio Santo Tomás y Pumarada (2006). Non obstante, a finais do século XX, este cultivo decaeu na rexión debido ao baixo prezo do seu froito e ao declive demográfico nas zonas rurais. Aínda que a Asturia rural representa o 80 % da superficie da Comunidade Autónoma, aproximadamente o 82,2 % da poboación concéntrase actualmente en zonas urbanas (Perfil Ambiental de Asturias, 2015). Non obstante, este froito seco mantén o seu recoñecemento local, onde se colleita para consumo persoal ou para a venda de excedentes nos mercados locais, e está a xerar un interese crecente.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/El+avellano+en+Asturias.pdf/1fc5e939-30f2-31ff-92ad-14a04dac646d?t=1729770419422</t>
+  </si>
+  <si>
+    <t>Patóxenos vexetais descritos en España</t>
+  </si>
+  <si>
+    <t>Esta segunda edición do libro “Patóxenos vexetais descritos en España” ten como obxectivo actualizar a primeira edición publicada en 1999, cos novos patóxenos detectados desde entón, completando a lista, a súa descrición, os hóspedes afectados, as enfermidades que causan e a súa distribución xeográfica, baseándose en referencias suficientemente acreditadas.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/temas/sanidad-vegetal/publicaciones/patogenos-final.pdf</t>
+  </si>
+  <si>
+    <t>Recomendacións para a prevención, o control e a vixilancia de micotoxinas en fábricas de fariña e sémola</t>
+  </si>
+  <si>
+    <t>As micotoxinas son un dos perigos para a saúde que poden afectar os cereais e os seus produtos derivados, razón pola cal foron un dos primeiros contaminantes en ser avaliados e regulados a nivel europeo, co fin de reducir a inxesta total dos consumidores deste tipo de toxina a través da súa dieta.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/publicaciones/textomicotoxinas18122015_completorev_nipo.pdf</t>
+  </si>
+  <si>
+    <t>Informe prospectivo sobre o estado da enerxía agrovoltaica</t>
+  </si>
+  <si>
+    <t>O cambio climático e as súas consecuencias negativas para o noso planeta e os sistemas socioeconómicos son agora recoñecidos pola comunidade científica e a sociedade en xeral [1]. Para mitigar esta situación, é crucial reducir as emisións de gases de efecto invernadoiro derivadas da actividade humana, xa que son a principal causa do quecemento global. Neste sentido, os participantes na COP21 de París [2] acordaron promover un modelo de progreso tecnolóxico e financeiro de baixas emisións co obxectivo de manter o aumento da temperatura global por debaixo dos 2 °C e, idealmente, limitalo a 1,5 °C. En canto á viabilidade de acadar estes obxectivos, o Panel Intergobernamental sobre o Cambio Climático (IPCC), no seu informe de 2022, indica que cunha maior ambición climática por parte dos gobernos, é posible manter o aumento da temperatura global por debaixo dos 1,5 °C [2].</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/publicaciones/informeprospectivoagrivoltaica2023.pdf</t>
+  </si>
+  <si>
+    <t>Ensaio de portaenxertos en variedades de uva de Asturias</t>
+  </si>
+  <si>
+    <t>Na antigüidade, o xeógrafo e historiador grego Estrabón (c. 63 a. C. - 20 d. C.) menciona que os habitantes prerromanos de Asturias coñecían o viño, pero era moi escaso e só o bebían en grandes festas. Cando os romanos chegaron ao que hoxe é Asturias no ano 29 a. C., non había viñedos; a invasión romana non deu ningún impulso a este cultivo, e a variedade Cocolobis continuou a cultivarse en espaldeiras, con escasa produción de viño (Gómez, 1920).</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Ensayo+de+portainjertos+en+variedades+de+vid+de+Asturias.pdf/d4ef19e8-6c62-bbdd-aeb1-97f0972435e8?t=1729770450155</t>
+  </si>
+  <si>
+    <t>Queima bacteriana das rosas (Erwinia amylovora)</t>
+  </si>
+  <si>
+    <t>O lume bacteriano está causado pola bacteria Erwinia amylovora (Burril) Winslow et al., considerada unha praga de corentena na Unión Europea, para a que existe lexislación específica sobre medidas preventivas contra a súa introdución e propagación (RD 58/2005), así como un programa nacional para a erradicación e o control do lume bacteriano das plantas rosáceas (RD 1201/1999 e RD 1512/2005).</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/temas/sanidad-vegetal/publicaciones/erwinia-baja.pdf</t>
+  </si>
+  <si>
+    <t>Cultivos hortícolas en Castela e León</t>
+  </si>
+  <si>
+    <t>Este conxunto de fichas informativas sobre cultivos hortícolas de Castela e León contén información sobre: Allo. Repolo. Cebola. Endivia. Espárragos. Amorodo. Chícharos. Xudías verdes. Leituga. Pemento. Porro. Tomate. Cenoria.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250168638/Publicacion/1284254644782/Redaccion</t>
+  </si>
+  <si>
+    <t>Manual de preguntas frecuentes. Consultoría de produción ecolóxica.</t>
+  </si>
+  <si>
+    <t>Que é a produción ecolóxica? É un método de produción agrícola e gandeira caracterizado por combinar prácticas agrícolas respectuosas co medio ambiente, esixir estándares de benestar animal, manter altos niveis de biodiversidade e non aplicar produtos químicos sintéticos, todo para proporcionarnos alimentos sans e de alta calidade.</t>
+  </si>
+  <si>
+    <t>https://www.ecoagricultor.com/manual-preguntas-frecuentes-en-la-produccion-ecologica/</t>
+  </si>
+  <si>
+    <t>Claves para mellorar a bacterioloxía e o reconto de células somáticas do leite de ovella e cabra</t>
+  </si>
+  <si>
+    <t>Absolutamente todos os veterinarios e expertos en ovino e caprino consultados para a elaboración deste manual coinciden en que as claves para establecer con éxito un programa eficaz de control da mastite nestes animais baséanse fundamentalmente no manexo.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250170901/Publicacion/1284254097035/Redaccion</t>
+  </si>
+  <si>
+    <t>Guía práctica sobre a aplicación da trazabilidade, o autocontrol e a condicionalidade no Sistema de Produción Integrada de Castela e León</t>
+  </si>
+  <si>
+    <t>A finalidade desta GUÍA PRÁCTICA é recomendar as accións mínimas que deben implementar as entidades que levan a cabo o sistema de Produción Integrada, especialmente no que respecta aos tipos de control a realizar, a súa frecuencia e a metodoloxía de mostraxe.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250168638/Publicacion/1284253423680/Redaccion</t>
+  </si>
+  <si>
+    <t>Podcast de Agricultura</t>
+  </si>
+  <si>
+    <t>Podcast</t>
+  </si>
+  <si>
+    <t>Benvidos a Podcast Agricultura, o primeiro podcast agrícola en español. Dende o seu lanzamento en xaneiro de 2020, consolidouse como unha fonte de información líder no mundo agrícola. O meu obxectivo é ofrecer contido valioso para profesionais do sector agrícola. Tanto se es un enxeñeiro agrónomo experimentado como un graduado recente, aquí atoparás unha gran cantidade de coñecemento. Abarca temas agrícolas xerais, todos relacionados coa agroindustria e as industrias agrícolas. Considero o meu podcast un recurso esencial para aqueles que estudaron agronomía.</t>
+  </si>
+  <si>
+    <t>https://podimo.com/es/shows/podcast-agricultura?utm_source=chatgpt.com</t>
+  </si>
+  <si>
+    <t>Entre cabanas e barrancos</t>
+  </si>
+  <si>
+    <t>Este podcast da Real Federación Española de Asociacións de Gando Selecto (RFEAGAS) amosa a realidade dun sector que combina tradición, sustentabilidade e tecnoloxía de vangarda. Desde os camiños de pastoreo empregados polos pastores transhumantes ata os laboratorios onde se salvagardan os tesouros xenéticos das nosas razas autóctonas, este programa guíanos polo mundo da gandería da man de expertos.</t>
+  </si>
+  <si>
+    <t>https://open.spotify.com/show/5ZE7poKYhtmSERTg7JOrS3</t>
+  </si>
+  <si>
+    <t>A Terra</t>
+  </si>
+  <si>
+    <t>Este episodio do podcast LA TIERRA aborda un tema fascinante, que segue sendo en gran parte descoñecido para o público en xeral: a colleita de alimentos e, especialmente, a maquinaria que se emprega para recollelos. Entrevistamos a Juan Marugán, xestor de produto da liña de colleita de New Holland.</t>
+  </si>
+  <si>
+    <t>https://www.upa.es/upa/noticias-upa/La-Tierra-Podcast-EP-6-recoleccion/2026/6857/</t>
+  </si>
+  <si>
+    <t>A Granxa</t>
+  </si>
+  <si>
+    <t>O sector agroalimentario afronta o reto de alimentar a 7.000 millóns de persoas, unha cifra que seguirá crecendo e que supón serios desafíos tecnolóxicos e de innovación. elEconomista quere presenciar esta revolución á vez que mira ao pasado para tentar recuperar as mellores tradicións.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/playlist?list=PLd1_lp3IlaH8jCOkjGVJWQyKnUoLV3wjT</t>
+  </si>
+  <si>
+    <t>Cítricos</t>
+  </si>
+  <si>
+    <t>Durante décadas, a produción de cítricos na Comunidade Valenciana estivo na vangarda da agricultura española, un referente na modernización do sector e un modelo de desenvolvemento local a emular debido á forza da súa estrutura comercial, baseada en gran parte en cooperativas, e á súa posición competitiva no mercado internacional de cítricos. A economía laranxeira fomentou o desenvolvemento dunha rede comercial única en España, que abrangue tanto exportadores privados como empresas cooperativas, moitas das cales lideraron os canais de comercialización de froitas e verduras en gran parte do país. Ademais, máis alá da rendibilidade económica da súa produción, as laranxas valencianas foron un xeito de vida para miles de familias durante xeracións.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=7sQAk5l-Bmc</t>
+  </si>
+  <si>
+    <t>Savia Rural, a revista da Rede CAP</t>
+  </si>
+  <si>
+    <t>A revista da rede PAC</t>
+  </si>
+  <si>
+    <t>https://redpac.es/revista/2025otono/pdf/savia_rural_n8_otono_2025.pdf</t>
+  </si>
+  <si>
+    <t>Gandería extensiva e ecoréximes: coidado do rural con axudas europeas</t>
+  </si>
+  <si>
+    <t>Como pode a gandería extensiva protexer o medio ambiente e acceder a subvencións europeas? Os ecoesquemas son prácticas voluntarias que melloran o rendemento ambiental e climático no rural. Neste vídeo da Rede da PAC, mostrámosche dous exemplos do mundo real aplicables á gandería extensiva.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=AEKs0kxjxTE</t>
+  </si>
+  <si>
+    <t>Avaliación do AKIS español</t>
+  </si>
+  <si>
+    <t>Taller en liña MODERNAKIS que proporciona unha comprensión dos fundamentos que describen a avaliación do Sistema de Coñecemento e Innovación Agrícola (SICA), analiza a gobernanza que está a promover o MAPA, ofrece unha ollada á innovación interactiva e, finalmente, a aplicación da abordaxe do pensamento sistémico en contextos complexos relacionados coa agricultura, a gandería e a silvicultura. Orde do día (23/10/2025): 11:00 Presentación: Raúl Carbonell (MAPA). 11:10 Introdución a ModernAKIS: Amalia Hafner (FEUGA). 11:20 Innovación Interactiva: Nicolás Aranda (ATTRACTISS, Ceia3). 11:30 Gobernanza de AKIS: Carmen Gil (MAP). 11:40 ¿Hai AKIS fóra do CAP?: Juan Pedro Romero (MAPA). 11:50 Mentímetro: Ronda de preguntas sobre ModernAKIS. 12:00 Pausa para o café 12:15 Como contribuír ao éxito dunha avaliación desde o teu posto: Mª Ascensión Barajas (CDTI). 13:00 Preguntas e respostas. 13.15 Avaliación de políticas públicas: estudos de caso: Toni Mora. Experta en avaliación de políticas público. 14.00 Preguntas e respostas</t>
+  </si>
+  <si>
+    <t>https://youtu.be/LvJs1HmULnw</t>
+  </si>
+  <si>
+    <t>Somos ecolóxicos</t>
+  </si>
+  <si>
+    <t>Podcast da Asociación Profesional Española de Produción Ecolóxica.</t>
+  </si>
+  <si>
+    <t>https://open.spotify.com/show/1E13e4EaDB4kdHszyVFiTd</t>
+  </si>
+  <si>
+    <t>DigiMAPA: A ferramenta dixital que conecta o sector agroalimentario coas empresas de Agrotecheo en sanidade animal</t>
+  </si>
+  <si>
+    <t>DigiMAPA: A ferramenta dixital que conecta o sector agroalimentario coas empresas Agrotech.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacion-digimapa_tcm30-690533.pdf</t>
+  </si>
+  <si>
+    <t>Dossier de proxectos de innovación supraautonómicos</t>
+  </si>
+  <si>
+    <t>Inventario de proxectos innovadores executados por grupos operativos supraautonómicos da Asociación Europea de Innovación para a produtividade e a sustentabilidade agrarias do Programa Nacional de Desenvolvemento Rural (PNDR) 2014-2022, submedida 16.2. Documento da versión en inglés: https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/dosier_proyectos_innovacion_eng_tcm30-673123.pdf</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/dosier_proyectos_innovacion_digital_esp_tcm30-671808.pdf</t>
+  </si>
+  <si>
+    <t>A voz da auga</t>
+  </si>
+  <si>
+    <t>Actores clave do sector agrícola que traballan por un uso máis eficiente da auga en defensa da sustentabilidade. Proxectos con financiamento destinados á implementación de solucións dixitais para transformar e modernizar o sistema de rega dentro da primeira e segunda convocatoria do PERTE para a Dixitalización do Ciclo da Auga co apoio económico da Unión Europea a través dos fondos NextGenerationEU e xestionados polo Ministerio para a Transición Ecolóxica e o Reto Demográfico do Goberno de España dentro do Plan de Recuperación, Transformación e Resiliencia</t>
+  </si>
+  <si>
+    <t>https://open.spotify.com/show/1wI5kiw3IVxrhFF0VQ60Wy?si=b0f1f46be24d4460</t>
+  </si>
+  <si>
+    <t>Informe sobre as prácticas agrícolas nos ecorreximes do PEPAC</t>
+  </si>
+  <si>
+    <t>Dous anos despois de comezar a aplicación do PEPAC (Plan Especial de Política Agrícola e Alimentaria) 2023-2027, as medidas que promoven o clima, o medio ambiente e o benestar animal, coñecidas como ecoesquemas, parecen estar a consolidar a adopción destes esquemas, unha das innovacións regulatorias clave deste período. Este conxunto de novas axudas directas, cuxa adopción é totalmente voluntaria, baséase en compromisos anuais para implementar determinadas prácticas agrícolas que os solicitantes deben aplicar. E, aínda que ningunha destas prácticas implica en realidade tarefas coas que os profesionais agrícolas non estaban familiarizados (ou mesmo non sempre estiveron a realizar), ás veces foron recibidas con escepticismo. Esta aprehensión natural, típica de calquera novo desenvolvemento que altera os nosos hábitos (especialmente cando afecta aos marcos regulatorios), parece estar a dar paso a unha maior aceptación.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_practicas_agrarias_en_los_ecorregimenes_del_pepac.pdf</t>
+  </si>
+  <si>
     <t>Melloras na xestión forestal. Grupos operativos e proxectos innovadores</t>
   </si>
   <si>
-    <t>Publicacións</t>
-[...1 lines deleted...]
-  <si>
     <t>Tradución ao inglés dunha recompilación de proxectos desenvolvidos a través de Programas de Desenvolvemento Rural, grupos operativos e proxectos innovadores que traballan en temas de mellora da xestión forestal.</t>
   </si>
   <si>
     <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Improvements%20in%20Forest%20Management.pdf</t>
   </si>
   <si>
     <t>Seminario web i2Connect. 18 de setembro de 2024</t>
   </si>
   <si>
-    <t>Canal de vídeo e televisión en liña</t>
-[...1 lines deleted...]
-  <si>
     <t>Neste webinar tratáronse as ferramentas desenvolvidas para a formación de asesores e profesionais do sector agroalimentario e forestal. Ademais, citarase a importancia da continuidade do proxecto a través dos Servizos de Apoio á Innovación e amosaranse diferentes exemplos de como se desenvolveu o proxecto en España e noutros países europeos.</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=aQXd1yulecA</t>
   </si>
   <si>
-    <t>Guía práctica para sementar landras de aciñeira</t>
-[...7 lines deleted...]
-  <si>
     <t>Comercialización en industrias agrícola, gandeira, forestal e agroalimentaria. Grupos Operativos e Innovadores...</t>
   </si>
   <si>
     <t>Tradución ao inglés dunha recompilación de proxectos desenvolvidos a través de fondos Feader, grupos operativos e proxectos innovadores que traballan na comercialización nos sectores agrícola, gandeiro, forestal e agroalimentario.</t>
   </si>
   <si>
     <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Marketing.pdf</t>
   </si>
   <si>
     <t>Trazabilidade nos sectores agroalimentario, gandeiro, agrícola e forestal</t>
   </si>
   <si>
     <t>Tradución ao inglés dunha recompilación de proxectos desenvolvidos a través de Programas de Desenvolvemento Rural, grupos operativos e proxectos innovadores que traballan na trazabilidade nos sectores agroalimentario, gandeiro, agrícola e forestal.</t>
   </si>
   <si>
     <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Traceability.pdf</t>
   </si>
   <si>
     <t>Prominifun. “Modelos de xestión innovadores para mellorar a produtividade das zonas minifundistas”</t>
   </si>
   <si>
     <t>O cambio de poboación e de uso do territorio no medio rural forestal provocou o abandono de potenciais superficies produtivas, o que obriga ao deseño de novos modelos de xestión e propostas para a súa revalorización.</t>
   </si>
   <si>
-    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/dosier_proyectos_innovacion_digital_esp_tcm30-671808.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Xestión de precisión extensiva do porco tronco celta en bosques caducifolios iberoatlánticos (FORESCELTA)</t>
   </si>
   <si>
     <t>Conxugar a innovación no mundo rural mediante a transferencia tecnolóxica e a utilización de sistemas silvopastoriles para a produción de carne de porco autóctona do cepo celta que dan lugar a produtos de calidade diferenciadora mediante o aproveitamento de recursos propios que permitan prácticas sustentables e respectuosas co medio ambiente dentro do ámbito agrario e sectores forestais mediante a realización de actividades que mitiguen o cambio climático.</t>
   </si>
   <si>
     <t>Dossier de Grupos Operativos de Cataluña - 2016</t>
   </si>
   <si>
     <t>Un dos factores fundamentais para mellorar a competitividade do sector agroalimentario e forestal é o fomento da innovación e a capitalización dos resultados da investigación. A Generalitat de Cataluña aprobou o Plan Estratéxico de Investigación, Innovación e Transferencia Agroalimentaria de Cataluña (PRITAC 2013-2020), un plan interdepartamental creado para apoiar a economía produtiva e a sustentabilidade do sector agrario, agroalimentario e do mundo rural. a través da innovación, aliñadas coas principais políticas relacionadas coa innovación da Unión Europea para o período 2014-2020.</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/9379558/DT108_web_CAST.pdf/e31f3ba8-cb8b-49fc-8cb4-de88a59d29cb</t>
   </si>
   <si>
     <t>Informe anual de 2024 da Rede Europea de Organizacións de Extensión Forestal (FOREXT)</t>
   </si>
   <si>
     <t>Informe anual da Rede Europea de Organizacións de Extensión Forestal (FOREXT) con información sobre actividades de formación para propietarios de bosques privados para mellorar os servizos de extensión forestal en toda Europa</t>
   </si>
   <si>
     <t>https://forext.eu/wp-content/uploads/2025/06/FOREXT-Annual-Report-2024.pdf</t>
   </si>
   <si>
     <t>Seminario web de i2Connect. 18 de setembro de 2024.</t>
@@ -155,95 +977,77 @@
   <si>
     <t>"O Dossier Técnico no 123: "Grupos Operativos en Cataluña. Convocatoria 2018" está dedicado aos Grupos Operativos desenvolvidos no marco do Plan Estratéxico da PAC (PEPAC 2023-2027), e tendo en conta os Sistemas de Coñecemento e Innovación Agrícola, tamén coñecido como AKIS (Sistema de Coñecemento e Innovación Agrícola). a redacción e execución de proxectos no marco da Asociación Europea para a Innovación en Productividad e Sostibilidade Agraria (AEI-Agri) Así se trata o primeiro artigo deste expediente técnico “Os grupos operativos da AEI-Agri en Cataluña”. : período 2015-2023”. A continuación explícanse cada un dos proxectos dos Grupos Operativos de 2018, que se dividen en proxectos agrícolas, forestais, relacionados coa industria agroalimentaria e gandeira. Para cada un explícase de que se trata e os resultados e conclusións obtidas. Por último, o Dossier remata con dúas entrevistas a persoas que desenvolveron proxectos e explican a súa experiencia. O primeiro, en Rosana García, enxeñeira técnica agrícola do IRTA. A continuación, a entrevista a Eloi Montcada, enxeñeiro agrónomo e responsable do cluster de INNOVI. O Dossier Técnico é unha publicación monográfica da Consellería de Acción Climática, Alimentación e Axenda Rural sobre aspectos relevantes das actividades agrícolas, gandeiras, alimentarias, pesqueiras, forestais e rurais, realizada coa colaboración de expertos da Administración, universidades e centros de investigación. e o sector.</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/10397819/DT123_Cast+20_09_24.pdf/0eba81ef-0cbb-41f3-8d04-8948e1fa71d4</t>
   </si>
   <si>
     <t>Modelización dos fluxos de auga e da cuberta vexetal en dehesa con teledetección</t>
   </si>
   <si>
     <t>Esta publicación describe os avances realizados pola IFAPA na modelización por teledetección dos fluxos de auga e a cuberta vexetal nos bosques das dehesas. As diferentes seccións do documento detallan os resultados obtidos na estimación da fracción de cuberta arbórea, o consumo de auga e o estrés hídrico da vexetación das dehesas, así como algunhas das posibles aplicacións desta información na xestión deste sistema. Este traballo integra datos de teledetección baseados en satélites e información meteorolóxica en modelos de balance enerxético e hídrico con diferentes resolucións espaciais e temporais, o que permite unha monitorización precisa e regular da saúde das dehesas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a2197b5e-7849-4dff-bf2a-9b4f36e967f3</t>
   </si>
   <si>
     <t>Canto está disposta a pagar a sociedade andaluza polas paisaxes agrícolas e por que? O caso da dehesa e os oliveirais en pendente</t>
   </si>
   <si>
     <t>Nas paisaxes agrícolas, as súas dimensións estéticas, ecolóxicas e culturais están claramente integradas, creando unha conexión entre os servizos ecosistémicos culturais que prestan á sociedade e outros servizos ecosistémicos, incluída a preservación da biodiversidade. Neste sentido, é importante comprender as preferencias públicas con respecto ás paisaxes agrícolas e os factores que determinan estas preferencias, especialmente os relacionados coa xestión das explotacións agrícolas, así como a súa disposición a pagar pola súa mellora. Esta avaliación é particularmente relevante tendo en conta que está conectada con outros servizos ecosistémicos que tamén son de interese político, e que a súa avaliación por parte da poboación xustifica o apoio público aos agricultores a través da política agrícola. Para este fin, as dehesas e os oliveirais andaluces en ladeiras utilízanse como estudo de caso.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1b7530bc-3338-4fa3-b948-1ffb8e688301</t>
   </si>
   <si>
-    <t>Impacto de diferentes accións de conservación da Dehesa no sector e na sociedade de Andalucía</t>
-[...7 lines deleted...]
-  <si>
     <t>Avances no control da podremia radicular na Dehesa: Biofumigación</t>
   </si>
   <si>
     <t>A podremia da raíz causada por *Phytophthora cinnamomi* nas árbores *Quercus* é a responsable da morte de aciñeiras e sobreiras nas dehesas. A biofumigación mediante o enterramento verde dalgunhas brasicáceas pode ser outra ferramenta para o control integrado de enfermidades. Este artigo analiza a adaptación dalgunhas especies de brasicáceas (mostazas) ás condicións das dehesas, o seu contido en sinigrina, a produción de biomasa, o modo de acción e como usar estas especies como biofumigantes.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a0024046-8ddb-469f-86d3-5a2d1cab7415</t>
   </si>
   <si>
     <t>Fertilizacións con calcio no control da podremia das raíces nas árbores da Dehesa</t>
   </si>
   <si>
     <t>A podremia da raíz que afecta ao *Quercus*, causada por patóxenos transmitidos polo solo como *Phytophthora cinnamomi* ou *Pythium spiculum*, é responsable de moitas mortes de aciñeiras e sobreiras en dehesas. A fertilización cálcica é unha ferramenta para o control integrado de enfermidades. Este artigo analiza varios aspectos relacionados coa aplicación de fertilizantes cálcicos en dehesas como ferramenta para controlar e previr esta enfermidade, incluíndo a súa integración na xestión rutineira das dehesas, o papel do calcio na vexetación, as principais características dos fertilizantes cálcicos máis comúns e algúns aspectos interesantes relacionados coa distribución destes fertilizantes para optimizar a súa eficacia.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/91c09153-2409-4762-b073-4f4c892b34a9</t>
   </si>
   <si>
     <t>Podremia da raíz: Descrición e control aplicado a ecosistemas de dehesa</t>
   </si>
   <si>
     <t>A podremia da raíz causada polo patóxeno Phytophthora cinnamomi Rands foi identificada como unha das enfermidades máis prexudiciais e letais que afectan ás árbores de Quercus en todo o mundo. En Andalucía, a súa presenza foi confirmada mediante análises de laboratorio nunha área significativa dos bosques das dehesas, polo que require unha atención especial e un esforzo especial na comunicación e divulgación entre os implicados na dehesa. Este manual pretende ser unha guía práctica e sinxela sobre aspectos que axuden a comprender as condicións que favorecen a infección e a reprodución do patóxeno, así como facilitar o diagnóstico e a aplicación dos métodos de control dispoñibles na actualidade, co fin de dificultar o contaxio e previr a propagación da enfermidade.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2428d6aa-a359-49a7-8771-47bec46b1b2f</t>
   </si>
   <si>
-    <t>Xestión de porcos ibéricos en pastos</t>
-[...7 lines deleted...]
-  <si>
     <t>A produción de landras de aciñeira na Dehesa</t>
   </si>
   <si>
     <t>A landra xoga un papel fundamental na dehesa porque se obtén nunha estación na que hai poucos recursos dispoñibles no campo, e o seu alto valor enerxético faino moi valorado para o engorde e o mantemento do gando e a caza. Actualmente, a landra converteuse nun ben prezado e escaso, que en moitos casos é utilizado na súa totalidade polo porco ibérico debido á alta demanda de produtos de calidade derivados dela. A landra tamén é crucial para a rexeneración das árbores e é un importante indicador do vigor das árbores. A produción de landra na aciñeira caracterízase pola súa alta variabilidade entre individuos, entre zonas e entre anos. Múltiples factores inflúen na produción e calidade das landras, nalgúns casos inherentes á árbore (alternancia máis ou menos, ou máis ou menos produtiva) e noutros casos non relacionados (clima, características ecolóxicas do medio, pragas e enfermidades, poda, descortezo da cortiza, etc.). As unidades 1 e 2 afondan en todas as variables que inflúen nesta variable e o seu impacto no ciclo anual da árbore. Ademais, ter estimacións da produción de landras permitiría unha mellor avaliación da capacidade de carga do gando, xa sexa doméstico ou salvaxe, permitida nunha zona. Outra razón para o beneficio potencial de ter unha previsión de montanera é que as medidas que promovan a rexeneración natural deberían implementarse durante os anos de colleitas abundantes. A unidade 3 ofrece unha breve revisión dos principais métodos que se poden empregar para avaliar a produción de landras, así como unha guía para implementalos na devesa.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78a344c5-e2ed-45a0-9f3d-8d7ca17b11c9</t>
   </si>
   <si>
     <t>Xestión do solo contra a erosión na Dehesa</t>
   </si>
   <si>
     <t>Este manual está pensado como unha ferramenta de referencia para identificar os riscos de erosión nas explotacións de pastos e recomenda accións para abordalos sempre que sexa posible. En concreto, o manual describe as boas prácticas de xestión do solo e dedica un capítulo ao control das cárcavas, cuxa aparición é un síntoma de erosión grave.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb16ecd1-14b9-43d4-b206-e95a6e8d6ba6</t>
   </si>
   <si>
     <t>Xestión de ovellas na devesa</t>
   </si>
   <si>
     <t>Este manual abrangue os conceptos básicos da produción ovina na devesa, as instalacións mínimas necesarias para unha xestión axeitada, a alimentación baseada na dispoñibilidade de pastos na devesa, a xestión reprodutiva, os aspectos sanitarios, de hixiene e de benestar animal, e revisa os factores diferenciadores entre a produción convencional e a produción ecolóxica e integrada.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0440c59f-9cfc-4b2c-b3d0-1515ca92c13c</t>
@@ -512,5492 +1316,5474 @@
   <si>
     <t>ETIOLOXÍA. A gripe aviaria é unha enfermidade vírica moi contaxiosa que afecta tanto ás aves domésticas como ás silvestres. Os virus da gripe aviaria tamén foron illados, aínda que con menos frecuencia, dalgunhas especies de mamíferos, como ratas, ratos, donicelas, furóns, porcos, gatos, tigres, cans e cabalos, así como de humanos. Algunhas cepas poden ser moi zoonóticas e, nalgúns casos, causar enfermidades graves nos humanos.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/aves/influenza-aviar/influenzaaviarfichatecnica.pdf</t>
   </si>
   <si>
     <t>Introdución á agricultura rexenerativa</t>
   </si>
   <si>
     <t>Xestión extensiva do gando para evitar o esgotamento dos pastos.</t>
   </si>
   <si>
     <t>https://redpac.es/sites/default/files/documents/4.%20Definiciones%20y%20herramientas%20de%20la%20agroganader%C3%ADa%20regenerativa_Javi%20Garc%C3%ADa%20Lacal.pdf</t>
   </si>
   <si>
     <t>Análise da situación actual dos solos agrícolas</t>
   </si>
   <si>
     <t>Que propón o modelo rexenerativo?</t>
   </si>
   <si>
     <t>https://redpac.es/sites/default/files/documents/2.%20An%C3%A1lisis%20de%20la%20situaci%C3%B3n%20actual%20de%20los%20suelos%20agr%C3%ADcolas_Alberto%20P%C3%A9rez%20Rold%C3%A1n.pdf</t>
   </si>
   <si>
-    <t>Avaliación do AKIS español</t>
-[...7 lines deleted...]
-  <si>
     <t>Agricultura e gandería rexenerativas: unha breve introdución ao seu desenvolvemento na Península Ibérica e en Europa</t>
   </si>
   <si>
     <t>A agricultura rexenerativa propón producir alimentos coidando o solo, a biodiversidade e o benestar dos que traballan a terra.</t>
   </si>
   <si>
     <t>https://redpac.es/sites/default/files/documents/1.%20Trayectoria%20y%20situaci%C3%B3n%20actual%20de%20la%20agroganader%C3%ADa%20regenerativa%20en%20la%20Pen%C3%ADnsula%20Ib%C3%A9rica%20y%20en%20Europa_Ana%20Dig%C3%B3n.pdf</t>
   </si>
   <si>
     <t>Taller de introdución á Agricultura Rexenerativa, sesión 3</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=NYXAeHi5GyU&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=4</t>
   </si>
   <si>
     <t>Taller de introdución á Agricultura Rexenerativa, sesión 2</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=qev1l6X1ZNs&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=3</t>
   </si>
   <si>
     <t>Taller de introdución á Agricultura Rexenerativa, sesión 1</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=MpV-I8KwS4Q&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=2</t>
   </si>
   <si>
     <t>Grupos que operan en Cataluña. Convocatoria 2018 (catalán)</t>
   </si>
   <si>
     <t>O Dossier Técnico núm. 123: “Grups operatius a Catalunya. Convocatoria 2018” está dedicada aos Grupos Operativos desenvolvidos no marco do Plan Estratéxico da PAC (PEPAC 2023-2027), e inclúe os Sistemas de Coñecemento e Innovación Agraria, vinculados tamén ao AKIS (Sistema de Coñecemento e Innovación Agrícola). Os Grupos Operativos financian a redacción e execución de proxectos no marco da Asociación Europea para a Innovación en Produtividade e Sostibilidade Agrícola (AEI-Agri). Contén o primeiro artigo deste expediente técnico “Os grupos operativos de L'AEI-Agri en Cataluña: período 2015-2023”. A continuación, explicarase cada un dos proxectos dos Grupos Operativos de 2018, que se dividen en proxectos agrícolas, forestais, agroalimentarios e ramas. Para cada un, explícase de que se trata, e os resultados e conclusións obtidas. Por último, o Dossier remata con entrevistas a persoas que desenvolveron proxectos e explican a súa experiencia. O primeiro, a Rosana García, enxeñeira técnica agrícola do IRTA. A continuación, a entrevista a Eloi Montcada, enxeñeiro agrónomo e responsable do cluster de INNOVI. O Dossier Técnico é unha publicación monográfica da Consellería de Acción Climática, Alimentación e Axenda Rural sobre aspectos relevantes das actividades agrarias, ramais, alimentarias, pesqueiras, forestais e rurais, realizada coa colaboración de expertos da administración, universidades e centros de investigación e o sector.</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/10397814/02+DT123+12_09_23.pdf/5b1a344a-5586-4807-b64e-1de75637e861</t>
   </si>
   <si>
     <t>Observatorio do Consumidor de Alimentos do EIT</t>
   </si>
   <si>
     <t>O Observatorio de Consumidores de Alimentos do EIT elabora regularmente informes de investigación e estudos sobre a percepción dos consumidores sobre os alimentos.</t>
   </si>
   <si>
     <t>https://www.eitfood.eu/projects/consumerobservatory/consumer-observatory-reports</t>
   </si>
   <si>
-    <t>Tendencias de EAT 2025-2027</t>
-[...7 lines deleted...]
-  <si>
     <t>Guía práctica sobre a xestión e a saúde do solo do proxecto SOILBIO</t>
   </si>
   <si>
     <t>https://www.upa.es/_documentos/GUIA_SOILBIO_AGRICULTORES_digital.pdf</t>
   </si>
   <si>
     <t>Guía de boas prácticas na xestión do solo con respecto á biodiversidade</t>
   </si>
   <si>
     <t>Guía para proporcionar aos agricultores coñecementos sobre as interaccións que se producen no solo en relación coa súa biodiversidade e como estas inflúen na fertilidade e a resiliencia dependendo das prácticas agrícolas empregadas polo agricultor.</t>
   </si>
   <si>
     <t>https://www.upa.es/_documentos/GUIA_SOILBIO_completa_digital.pdf</t>
   </si>
   <si>
+    <t>Influencia do rego e outros factores no rendemento do cultivo de xirasol</t>
+  </si>
+  <si>
+    <t>Tradicionalmente, a agricultura de secaño desenvolveuse non só debido á baixa dispoñibilidade de auga de rega, senón tamén porque os agricultores asumen que aplicar auga a cultivos como o trigo ou o xirasol non é economicamente viable, xa que esa auga podería utilizarse para outros cultivos que potencialmente xerarían maiores beneficios. Nos últimos anos, a rendibilidade da agricultura de regadío diminuíu significativamente, con valores de produtividade da auga de regadío moi próximos aos límites de rendibilidade. Este documento aborda os resultados dun estudo sobre os rendementos dun cultivo de xirasol en condicións de regadío durante a sementeira de inverno, coa aplicación de diferentes doses de fertilizantes nitroxenados e diferentes densidades de plantación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7de5a60e-ad00-4f0c-af70-aa76d8239df9</t>
+  </si>
+  <si>
+    <t>Recomendacións para facer queixo madurado en salmoira</t>
+  </si>
+  <si>
+    <t>Tradicionalmente, os queixos en salmoira producíronse en países mediterráneos e nalgúns próximos aos Balcáns. Caracterízanse por unha etapa final de maduración e conservación mergullada en salmoira, o que lles confire a súa firmeza e as súas características notas salinas e ácidas. Estas rexións produtoras caracterízanse por ter altas temperaturas, o que dificulta a maduración do queixo sen equipos de refrixeración. Polo tanto, despois da produción, consérvanse mergullados en salmoira, que é a principal característica que os distingue. Ademais, contan con terreos montañosos que favorecen a actividade pastoral con pequenos ruminantes (cabras e ovellas). Este traballo establece recomendacións básicas durante as diferentes etapas da produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3ff0411f-1c78-438b-8b00-a013010b5991</t>
+  </si>
+  <si>
+    <t>Avaliación agronómica dos ecotipos de garavanzos de Kabuli. Campaña de cultivo 2023/2024.</t>
+  </si>
+  <si>
+    <t>Avaliouse un conxunto de ecotipos de garavanzos de Kabuli en dúas localizacións diferentes para as variables data de floración, altura da planta, data de emerxencia da primeira vaíña, rendemento de gran seco, humidade relativa do gran seco, peso específico e peso de 100 sementes. O deseño experimental foi un bloque aleatorio con tres réplicas. Os resultados das análises estatísticas realizadas preséntanse no documento. Identificáronse os ecotipos con maior rendemento e tamaño de gran, e con ciclos adaptados ás condicións probadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c89097c7-5422-4e61-a046-aa00bfdeaf35</t>
+  </si>
+  <si>
     <t>Avaliación do xermoplasma de garavanzos de Desi para o seu uso na alimentación animal</t>
   </si>
   <si>
     <t>Avaliouse un conxunto de entradas de garavanzos do tipo Desi do Banco de Xermoplasma de Leguminosas da IFAPA en dúas localizacións diferentes para as variables data de floración, altura da planta, data de emerxencia da primeira vaíña, rendemento de gran seco, humidade relativa do gran seco, peso específico, peso de 100 sementes e contido de proteínas. O deseño experimental foi un bloque aleatorio con tres réplicas. Os resultados das análises estatísticas realizadas preséntanse no documento. Os ecotipos con calidades óptimas para o seu uso na alimentación animal pódense identificar con ciclos adaptados ás condicións agroclimáticas probadas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f3d33a57-03b2-4e50-a910-550b555abb8f</t>
   </si>
   <si>
+    <t>Estudo de micotoxinas en cereais de inverno en Andalucía</t>
+  </si>
+  <si>
+    <t>Unha ampla gama de fungos filamentosos son capaces de producir diferentes tipos de micotoxinas nos cereais, o que supón un grave risco de toxicidade crónica para os humanos e os animais. Estas toxinas pódense xerar ao longo de todo o ciclo de produción, e os niveis máis altos atópanse nas materias primas (grans de cereais). Nos produtos para consumo directo, o proceso de procesamento de alimentos tende a diluír a concentración de micotoxinas mediante o uso doutros ingredientes non contaminados. Este documento inclúe un estudo sobre a presenza de micotoxinas (aflatoxinas, zearalenona e ocratoxina-A) en variedades de control de cereais de inverno (trigo duro, trigo común e cebada) cultivados nas diferentes localizacións probadas dentro da rede RAEA (Rede Andaluza de Experimentación Agrícola), co fin de comprender a situación actual con respecto á súa incidencia nas diferentes zonas agroclimáticas consideradas durante as campañas 2019/2020 e 2020/2021.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c12e90a0-1676-4830-aaba-cfc3ad24b628</t>
+  </si>
+  <si>
+    <t>Aflatoxinas no gran de millo. Diagrama de fluxo e sistema HACCP no campo, recepción e almacenamento.</t>
+  </si>
+  <si>
+    <t>Unha ampla gama de fungos son capaces de producir diferentes tipos de micotoxinas. No caso das aflatoxinas, os fungos produtores máis coñecidos son os do xénero Aspergillus. O millo é un dos cultivos máis afectados. Este documento inclúe o diagrama de fluxo de referencia, destacando os puntos críticos de control e mellorando a metodoloxía de mostraxe no campo e durante o almacenamento, realizando ensaios para avaliar o grao de susceptibilidade varietal ás infeccións por Aspergillus e realizando enquisas aos agricultores para determinar o seu nivel de coñecemento sobre o problema.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/21e88bd2-806b-48c0-9f2b-945cf0e93346</t>
+  </si>
+  <si>
+    <t>Recomendacións para a compostaxe de restos hortícolas.</t>
+  </si>
+  <si>
+    <t>Unha das posibilidades para xestionar e recuperar os residuos vexetais é a compostaxe, minimizando os custos de transporte e procesamento para obter un produto que mellore as propiedades físicas e químicas do solo. O compost ten un gran valor fertilizante e mellora a capacidade de retención de auga do solo. Tamén reduce a lixiviación e o impacto ambiental nos acuíferos. Este documento ofrece recomendacións para o proceso de compostaxe de residuos vexetais procedentes da horticultura de invernadoiro, establecendo como se deben optimizar os distintos parámetros para obter un compost de calidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/57bbac64-177a-47db-8e6b-f57b2aa1c1b9</t>
+  </si>
+  <si>
+    <t>Comportamento das principais variedades de pistacho</t>
+  </si>
+  <si>
+    <t>Un dos aspectos clave para un cultivo exitoso é a selección correcta da variedade. Esta publicación presenta os resultados iniciais dun estudo sobre o rendemento das principais variedades de pistacho, realizado polo equipo de Fruticultura Mediterránea do IFAPA. Contén información sobre aspectos a ter en conta ao elixir unha variedade, como: tamaño e ramificación; períodos de floración e maduración; produción temperá; e características do froito.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fdcc0d9e-d1ac-4567-9e71-a7e85bcca327</t>
+  </si>
+  <si>
+    <t>Guía de cubertas vexetais en árbores cítricas</t>
+  </si>
+  <si>
+    <t>Un dos obxectivos fundamentais dos sistemas de produción sostibles debe ser o control da erosión hídrica do solo, o que require técnicas axeitadas de xestión e conservación do solo. Nesta liña, a instalación de cuberta vexetal ao longo dos becos de plantación considérase unha das mellores medidas para previr a erosión e minimizar a contaminación causada polo uso de produtos fitosanitarios, así como unha das prácticas recomendadas para promover a agricultura sostible.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aa0532aa-eede-450d-b799-6ff1648c391b</t>
+  </si>
+  <si>
     <t>Caracterización de compostos funcionais en diferentes variedades de amorodo</t>
   </si>
   <si>
     <t>Varios estudos demostraron que estas variedades difiren na cantidade e tipo de antioxidantes. Dada esta natureza multivarietal, é interesante coñecer os niveis de antioxidantes das variedades cultivadas cada tempada. De feito, estes antioxidantes poden variar dependendo da fase fenolóxica do cultivo e das condicións meteorolóxicas durante a tempada, que vai desde o outono ata finais da primavera.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e4987db0-ef98-41bb-8ac1-079bc2f5b8c7</t>
   </si>
   <si>
-    <t>Influencia do rego e outros factores no rendemento do cultivo de xirasol</t>
-[...68 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c12e90a0-1676-4830-aaba-cfc3ad24b628</t>
+    <t>Manual de programación de rega de froitos vermellos</t>
+  </si>
+  <si>
+    <t>Preséntase unha revisión detallada da programación do rego para cultivos de froitas brandas na provincia de Huelva, utilizando previsións meteorolóxicas. A programación baséase na metodoloxía da FAO para o cálculo das necesidades hídricas dos cultivos. Descríbese o procedemento para calcular a ETo de efecto invernadoiro e propóñense valores específicos de Kc para cultivos de froitas brandas na provincia de Huelva. Inclúese un exemplo práctico que ilustra o cálculo do tempo de rego para un cultivo de amorodos na provincia de Huelva. Preséntase a aplicación "Riego Berry", unha ferramenta dixital que ofrece recomendacións de rego personalizadas para cultivos de amorodos, framboesas e arandos na provincia de Huelva. Finalmente, preséntanse os resultados da validación deste método de programación en explotacións comerciais, xunto con indicadores de rendemento do rego como a eficiencia da auga de rego e a produtividade en cultivos de froitas brandas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dcf255d3-71ea-47b5-aab4-5656e3694452</t>
   </si>
   <si>
     <t>Dez anos aplicando compost de alperuxo en oliveiras</t>
   </si>
   <si>
     <t>Preséntanse os resultados dun estudo de dez anos de duración, durante o cal se aplicaron diferentes mesturas de compost de aceite de oliva aos oliveirais. Avaliouse a influencia na mellora da fertilidade do solo e no rendemento do aceite de froito.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14de70dd-4551-4a95-b842-11982791d69c</t>
   </si>
   <si>
+    <t>Compostos biosaudables de pistacho</t>
+  </si>
+  <si>
+    <t>Preséntanse os resultados dun estudo de 11 variedades de pistacho cultivadas en Andalucía durante as tempadas 2019 e 2020, avaliando o seu contido total de compostos fenólicos, actividade antioxidante, contido de carotenoides e contido de clorofila. Tamén se estuda a cor da casca, o tegumento e o interior do froito.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/61f83cc7-451d-47d7-be17-e3ec8ffecb53</t>
+  </si>
+  <si>
+    <t>Progreso dos resultados produtivos e de calidade da froita de amorodo en cultivo convencional obtidos ata o 31 de decembro de 2015</t>
+  </si>
+  <si>
+    <t>Móstranse os datos de produción das dez variedades en estudo, obtidos nas tres localizacións de cultivo convencionais onde se realizan os ensaios, ata o 28 de febreiro e o 31 de marzo deste ano 2015. Ademais, os datos sobre calidade organoléptica, firmeza e contido en sólidos solubles, ata o 31 de marzo, exprésanse como a media das tres mostraxes realizadas ata ese momento.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9777b86b-6641-4f71-92cd-1b0765e1d071</t>
+  </si>
+  <si>
+    <t>Impacto do cambio climático no cultivo de trigo en Andalucía</t>
+  </si>
+  <si>
+    <t>Segundo as previsións, o sur de Europa verase significativamente afectado por un cambio nas condicións climáticas e, polo tanto, os sistemas agrícolas andaluces poderían verse gravemente afectados. Así, o aumento das temperaturas e a diminución das precipitacións serán os efectos máis visibles e poderían ter un impacto negativo no cultivo de trigo. O impacto esperado sería a redución dos rendementos causada pola diminución da transpiración dos cultivos asociada á diminución das precipitacións e aos danos causados polas ondas de calor durante as fases de floración e enchido do gran. A pesar destes posibles impactos, o trigo, en comparación con outros cultivos, non é particularmente vulnerable ao cambio climático debido á súa forte adaptación a ambientes semiáridos. Este cultivo goza dun número limitado pero moi eficaz de medidas de adaptación, como o adianto das datas de sementeira, o uso de estratexias de rega de apoio e unha xestión eficiente do solo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b78ba2be-481e-4893-9ff0-3e0be1810420</t>
+  </si>
+  <si>
+    <t>Cultivos hortícolas de invernadoiro: importancia da hixiene e a profilaxe</t>
+  </si>
+  <si>
+    <t>Seguindo o método Delphi, estableceuse un panel de expertos que foron consultados sobre o estado hixiénico dos cultivos hortícolas de invernadoiro, cunha atención especial aos problemas derivados dos insumos e da xestión dos cultivos. Baseándonos no cuestionario, solicitamos opinións sobre os problemas experimentados nos cultivos hortícolas de invernadoiro que poden orixinarse por sementes, virus transmitidos por sementes e/ou contacto, e como se confirma a etioloxía destes problemas. Preguntamos sobre as prácticas de xestión de cultivos que poden estar relacionadas con estes problemas; a profilaxe e o control das enfermidades transmitidas por contacto; e os produtos e técnicas de desinfección de invernadoiros.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c2689db4-e120-4a97-bd6a-fd002e3e85be</t>
+  </si>
+  <si>
+    <t>Sinapis flexuosa, unha mostaza con alto contido en glucosinolatos e unha alternativa á Sinapis alba para a biofumigación.</t>
+  </si>
+  <si>
+    <t>Sinapis flexuosa é unha especie autóctona de mostaza crucifera que se atopa no sueste de España, nas provincias de Almería, Murcia e Xaén, e ocasionalmente naturalizada noutras provincias máis ao norte (Barcelona, A Coruña e Pontevedra). Este artigo presenta os resultados de ensaios que avalían a utilidade de Sinapis flexuosa como cuberta vexetal para biofumigación nas condicións de Andalucía e a súa comparación con Sinapis alba.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d6d885a1-473e-4fac-89b0-2c41ce3dca3d</t>
+  </si>
+  <si>
     <t>Sistemas de cultivos agroambientais sostibles</t>
   </si>
   <si>
     <t>Os Sistemas Agroindustriais Sostibles de Cultivos están incluídos na Submedida 10.1. Pagamentos por Compromisos Agrícolas e Ambientais. Isto significa que o beneficiario desta axuda recibirá unha compensación económica por levar a cabo unha serie de prácticas agrícolas que son beneficiosas non só para o medio ambiente, senón tamén para os propios cultivos. Ademais, é necesario non só valorar e buscar a rendibilidade destes cultivos, senón tamén garantir que estes se obteñan mediante prácticas agrícolas respectuosas co medio ambiente, ademais dunha xestión eficiente dos recursos naturais.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1fd76489-e670-4d3a-aee4-3d28620fcb88</t>
   </si>
   <si>
-    <t>Progreso dos resultados produtivos e de calidade da froita de amorodo en cultivo convencional obtidos ata o 31 de decembro de 2015</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9777b86b-6641-4f71-92cd-1b0765e1d071</t>
+    <t>Manual básico de laboratorio enolóxico</t>
+  </si>
+  <si>
+    <t>Tanto as grandes adegas como as cooperativas contan con persoal altamente cualificado dedicado ao control enolóxico químico da uva, o mosto e o viño. Non obstante, nas pequenas adegas e lagares familiares, esta especialización non é tan común. Este manual pode servir de apoio e referencia para todos eles, mesmo para aqueles menos familiarizados coa química, proporcionándolles métodos de traballo básicos que lles permitan controlar axeitadamente os seus procesos de produción, desde a selección da data da colleita ata o proceso de embotellado, incluíndo o proceso de fermentación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9ea0a90e-f147-4020-bcd5-d34fcf787547</t>
   </si>
   <si>
     <t>Avaliación do efecto dos fertilizantes foliares comerciais no control da mancha foliar en oliveiras ecolóxicas da variedade Picual</t>
   </si>
   <si>
     <t>Tradicionalmente, o control da mancha foliar da oliveira, unha das enfermidades máis graves das oliveiras causada polo fungo Fusicladium oleagineum, baseouse no uso ineficiente de funxicidas foliares, especialmente compostos de cobre. Os danos ambientais causados por estas prácticas levaron aos gobernos a restrinxir o seu uso. Na agricultura ecolóxica, onde os produtos a base de cobre son a opción máis utilizada, as limitacións actuais fan necesaria a busca de produtos alternativos que reduzan a achega de cobre. Este artigo presenta, para a variedade Picual, os resultados dos ensaios realizados para controlar a mancha foliar da oliveira mediante aplicacións foliares de fertilizantes comerciais que se cre que reducen a incidencia da enfermidade. Os resultados demostran diferenzas significativas entre o tratamento con oxicloruro e os fertilizantes foliares, sendo estes últimos unha maior incidencia da enfermidade.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0638d87-e773-4604-9e0f-888479354b98</t>
   </si>
   <si>
-    <t>Sinapis flexuosa, unha mostaza con alto contido en glucosinolatos e unha alternativa á Sinapis alba para a biofumigación.</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9ea0a90e-f147-4020-bcd5-d34fcf787547</t>
+    <t>Rego de bagas. Unha ferramenta para programar o rego de bagas. Guía do usuario.</t>
+  </si>
+  <si>
+    <t>Riego Berry é unha aplicación móbil da IFAPA (Axencia de Desenvolvemento Agrario da Xunta de Andalucía) que permite obter recomendacións de rega rápidas e intuitivas para os cultivos de amorodo, framboesa e arando na provincia de Huelva. Está baseada nos resultados de 10 anos de investigación e experimentación en explotacións comerciais e na IFAPA, que apoia a súa aplicación a escala comercial. A aplicación permite personalizar as recomendacións de rega para os cultivos de bagas para cada parcela. As taxas de rega están dirixidas a acadar a máxima produción, optimizando ao máximo o consumo de auga, garantindo que o cultivo nunca sufra estrés hídrico. A aplicación desta metodoloxía de programación do rega en explotacións comerciais levou a un aforro de auga de ata o 40 %.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6203f89e-0ac8-4d9d-8ee8-0d0b930893af</t>
+  </si>
+  <si>
+    <t>Análise dos custos de produción de pequenas explotacións tradicionais de oliveira sen labranza</t>
+  </si>
+  <si>
+    <t>Analízanse os custos de produción das pequenas explotacións olivícolas para demostrar a importancia da man de obra familiar na súa rendibilidade e para salientar a importancia das subvencións da PAC. Ademais, propóñense estratexias de produción innovadoras que reducirían os custos de produción e, polo tanto, aumentarían a rendibilidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a66f3449-5911-4a0e-a71b-d5546a47797f</t>
+  </si>
+  <si>
+    <t>Oportunidades para as leguminosas no marco da nova PAC (2014-2020)</t>
+  </si>
+  <si>
+    <t>Descríbese a importancia das leguminosas na agricultura e o papel que desempeñan estes cultivos á luz da nova reforma da Política Agrícola Común. O documento céntrase nas dificultades do control de herbas daniñas nas leguminosas e nos aspectos máis relevantes do cultivo de fabas e garavanzos, as principais leguminosas cultivadas en Andalucía. Destácanse as principais limitacións destes cultivos, como a falta de herbicidas aprobados para o control de herbas daniñas, as pragas e enfermidades, a seca e os baixos rendementos, entre outros. Propóñense varias estratexias para aumentar o cultivo de leguminosas na agricultura española.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e2756f07-f178-49ea-937b-d1e047c9c021</t>
+  </si>
+  <si>
+    <t>Métodos de instalación de cubertas verdes: fundamentos, aplicacións e xestión</t>
+  </si>
+  <si>
+    <t>Descríbense os fundamentos da competencia e a interferencia entre as especies vexetais. As primeiras semanas son cruciais. Describíronse as estratexias para plantar cultivos de cobertura, o momento da plantación, o acondicionamento das sementes e a xestión. O sistema debe seleccionarse coidadosamente para garantir a implementación exitosa dos cultivos de cobertura e evitar o malgasto de diñeiro, xa sexa plantando especies con poucas ou ningunha posibilidade de supervivencia ou porque a xestión é difícil.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/172d955f-170a-4e1b-8347-c71e9c6401f9</t>
+  </si>
+  <si>
+    <t>Potencial enolóxico das variedades autóctonas andaluzas Beba e Mantúo de Pilas</t>
+  </si>
+  <si>
+    <t>Estase a avaliar o potencial vinícola de dúas variedades de uva autóctonas andaluzas, Beba e Mantúo de Pilas. O estudo realizouse en Jerez de la Frontera durante catro tempadas consecutivas. Tamén se incluíu a Palomino Fino como variedade de referencia, xa que é a variedade máis cultivada en Jerez (95%).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d82ab46c-0b6e-4cd4-9cbc-8e8fe8c92f5f</t>
   </si>
   <si>
     <t>Termografía para o diagnóstico de mastite en cabras leiteiras</t>
   </si>
   <si>
     <t>Preséntanse os resultados dun ensaio experimental no ámbito do Proxecto Transforma PR.TRA23.TRA2023.002 (SOSDEGAN) Innovacións para a Xestión Sostible dos Recursos Pasturís e Pecuarios en Dehesas e Sistemas Semiextensivos de Andalucía, no módulo de gandería. O obxectivo foi probar o uso potencial da termografía no diagnóstico precoz da mastite en cabras, aproveitando o seu uso como técnica non invasiva e de resultados rápidos. Non obstante, non se obtiveron resultados suficientemente precisos para estender o seu uso.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99c72850-a05e-4159-9c3c-601c85ea1061</t>
   </si>
   <si>
-    <t>Rego de bagas. Unha ferramenta para programar o rego de bagas. Guía do usuario.</t>
-[...16 lines deleted...]
-  <si>
     <t>Guía de instalación e usuario da aplicación de rega Citrus</t>
   </si>
   <si>
     <t>Esta ferramenta dixital está deseñada para programar e optimizar o rego para cultivos de cítricos utilizando o balance hídrico do solo, considerando datos meteorolóxicos, de solo e de plantación. A aplicación, dispoñible para versións Android, iOS e web, permite aos técnicos e agricultores configurar parcelas con información precisa para recibir recomendacións de rego personalizadas (óptima, déficit controlado ou supervivencia), así como acceder a informes, notificacións e análises históricas de rego. Esta guía detalla a instalación, configuración e uso da aplicación, promovendo unha xestión eficiente da auga no contexto do cambio climático.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b37c6067-98aa-4915-b4e3-418b4cb0d6c9</t>
   </si>
   <si>
-    <t>Potencial enolóxico das variedades autóctonas andaluzas Beba e Mantúo de Pilas</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a66f3449-5911-4a0e-a71b-d5546a47797f</t>
+    <t>Comportamento agronómico de Clementina de Nules en diferentes portaenxertos de cítricos en Málaga. Campañas de cultivo 2013/14 e 2014/15.</t>
+  </si>
+  <si>
+    <t>Resultados dun estudo de avaliación do rendemento agronómico de portaenxertos híbridos convencionais e novos (semienanos), realizado durante as campañas 2013/14 e 2014/15 nas condicións agroclimáticas da zona costeira da provincia de Málaga, co obxectivo de obter información consistente para optimizar a xestión agronómica das plantacións e, polo tanto, a súa rendibilidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/56235250-bea1-4fed-a377-bbdfdb6317bc</t>
+  </si>
+  <si>
+    <t>Eficacia da solarización e a biosolarización en cultivos de area contra patóxenos fúnxicos do solo</t>
+  </si>
+  <si>
+    <t>Resultados dun estudo realizado para comprobar a eficacia da solarización e a biosolarización do solo no control de patóxenos. Os patóxenos estudados foron: Fusarium oxysporum f. sp. melonis, Fusarium oxysporum f. sp. lycopersici, Pythium aphanidermatum, Pythium solare, Phytophthora capsici e Phytophthora nicotianae var. parasitica.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/37699b0f-ddc9-4dcf-b5b1-863d3623fe6b</t>
+  </si>
+  <si>
+    <t>Avaliación das variedades locais de fabas. Campaña 2019/2020.</t>
+  </si>
+  <si>
+    <t>Resultados do comportamento agronómico e resposta á planta parasita Orobanche crenata dun total de trece variedades locais andaluzas de fabas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/21c8bbb2-1835-404d-a244-e4124fcb7439</t>
+  </si>
+  <si>
+    <t>Efecto da agricultura ecolóxica no contido de compostos beneficiosos para a saúde en trece variedades de ameixa</t>
+  </si>
+  <si>
+    <t>Resultados da avaliación do contido de compostos antioxidantes no froito de 13 variedades de ameixa cultivadas de forma ecolóxica e convencional na provincia de Sevilla durante 2012 e 2013.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2fda3051-e892-41f1-a6c7-75b8c49bfbf1</t>
   </si>
   <si>
     <t>Técnicas de biofumigación e solarización adaptadas ás condicións de cultivo de amorodos en Huelva</t>
   </si>
   <si>
     <t>Resultados obtidos dun ensaio demostrativo realizado na campaña 2016/2017 sobre o uso de técnicas de biofumigación e solarización no cultivo de amorodo en Huelva, levado a cabo nunha granxa colaboradora e na variedade "Rociera".</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1d94d2ad-922f-455d-af41-0e03204df42d</t>
   </si>
   <si>
-    <t>Eficacia da solarización e a biosolarización en cultivos de area contra patóxenos fúnxicos do solo</t>
-[...25 lines deleted...]
-  <si>
     <t>O estado da gandería ecolóxica en Andalucía e a súa proxección</t>
   </si>
   <si>
     <t>Resumo das estatísticas proporcionadas polos distintos organismos reguladores autorizados en Andalucía entre 2013 e 2014, para observar e analizar as posibles tendencias da gandería ecolóxica e as súas expectativas para o novo marco da PAC 2015-2020. Este documento forma parte do material docente do módulo "Incorporación á Empresa Agraria" no sector produtivo da gandería terrestre. M-2: Necesidades ambientais dos animais. Características das instalacións segundo o ciclo animal e o estado produtivo. Xestión de instalacións. Aspectos climáticos e edafóxicos. Produción ecolóxica. Benestar animal. Normativa vixente.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/373ad0ca-65c7-4c79-969c-65b5d3d67ad9</t>
   </si>
   <si>
-    <t>Efecto da agricultura ecolóxica no contido de compostos beneficiosos para a saúde en trece variedades de ameixa</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2fda3051-e892-41f1-a6c7-75b8c49bfbf1</t>
+    <t>Estudo agronómico das variedades locais de trigo duro</t>
+  </si>
+  <si>
+    <t>Resultados de ensaios de avaliación de nove variedades locais de trigo duro comparadas con catro variedades de referencia modernas para analizar o seu potencial produtivo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f20573b9-6619-4439-a5e1-9ce00831e7ae</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de xirasol en Andalucía. Campaña de 2016</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de novas variedades de xirasol en Andalucía realizados na campaña de 2016</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e35770cd-33b6-451a-a798-17151f771dbe</t>
+  </si>
+  <si>
+    <t>Rego con mesturas de auga salobre e desalinizada en cultivos de pemento de invernadoiro</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios realizados no Centro IFAPA La Mojonera (Almería) para avaliar a influencia de catro mesturas de auga e dúas guías de activación do rego na produción, a produtividade da auga e o estado do solo nun cultivo de pemento de invernadoiro.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/73c0d41e-895c-47e9-8e99-876702b12dbd</t>
+  </si>
+  <si>
+    <t>Análise exploratoria das prácticas de xestión do rega e a fertilización na agricultura andaluza</t>
+  </si>
+  <si>
+    <t>Resultados dunha análise exploratoria realizada en 2022, utilizando información recompilada de enquisas a agricultores que asistiron a cursos e conferencias organizadas pola IFAPA, sobre o estado actual das prácticas agrícolas para a xestión do rego e a fertilización nitroxenada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3cef4fcc-3865-4120-a4b3-f6c2701feb03</t>
+  </si>
+  <si>
+    <t>Efecto in vitro de nove formulacións de funxicidas sobre a Phytophthora capsici local de pemento e calabacín</t>
+  </si>
+  <si>
+    <t>Resultados dun ensaio que estuda a eficacia in vitro de nove formulacións de funxicidas comerciais contra illamentos de Phytophthora capsici obtidos de plantas de calabacín e pemento cultivadas en invernadoiros na provincia de Almería. Avaliouse a inhibición do crecemento radial (IRC) das colonias dos illamentos para as doses mínimas e máximas recomendadas de cada funxicida por separado. Tamén se analizou a súa capacidade para producir esporangios con zoosporas móbiles e a súa acción directa sobre as zoosporas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/347d1c88-ffc4-4da4-b9e9-83c67a5e4840</t>
   </si>
   <si>
     <t>Resposta ao rego dun cultivo de arandos na provincia de Huelva</t>
   </si>
   <si>
     <t>Resultados dun ensaio realizado entre 2017 e 2019 para determinar o efecto do rego no rendemento do cultivo de arandos na provincia de Huelva.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fbec6bc2-ec53-4d0e-8df4-db6d1f88018f</t>
   </si>
   <si>
-    <t>Efecto in vitro de nove formulacións de funxicidas sobre a Phytophthora capsici local de pemento e calabacín</t>
-[...7 lines deleted...]
-  <si>
     <t>Efecto dos diferentes niveis de salinidade na calidade da froita de amorodo</t>
   </si>
   <si>
     <t>Resultados dun experimento de 2013/2014 sobre a influencia de diferentes niveis de salinidade da solución nutritiva na calidade do froito en dúas variedades de amorodo (cv. 'Primoris' e cv. 'Albion') cultivadas en invernadoiros utilizando sistemas de reutilización de lixiviados. A estratexia proposta de someter os cultivos de amorodo a salinidade durante a fase de desenvolvemento e engorde do froito afecta positivamente á calidade do froito de amorodo sen afectar o rendemento en ambas as variedades avaliadas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab14335d-93d7-485f-9d55-17d8bf6968da</t>
   </si>
   <si>
-    <t>Estudo agronómico das variedades locais de trigo duro</t>
-[...7 lines deleted...]
-  <si>
     <t>Eutrofización e ecotoxicidade no cultivo de amorodos</t>
   </si>
   <si>
     <t>Resultados dun estudo dirixido a cuantificar e avaliar os impactos ambientais da eutrofización e a ecotoxicidade no cultivo de amorodos, considerando todo o ciclo de vida de diferentes sistemas de produción. Os resultados suxiren estratexias para optimizar as prácticas agrícolas implementadas polos agricultores para mellorar a sustentabilidade das súas explotacións e aumentar a competitividade do sector da produción de amorodos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ddd250b4-934e-47b1-a6c7-bfee69eb760f</t>
   </si>
   <si>
-    <t>Análise exploratoria das prácticas de xestión do rega e a fertilización na agricultura andaluza</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e35770cd-33b6-451a-a798-17151f771dbe</t>
+    <t>Uso de bacterias no cultivo de amorodos. Resultados preliminares de campo.</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios preliminares realizados durante a campaña 2017/18 sobre o uso de tres bacterias promotoras do crecemento en cultivos de amorodo. O obxectivo deste estudo é comprobar se a inoculación con bacterias promotoras do crecemento pode, en parte, reducir o uso de produtos sintéticos nun cultivo tan importante no rural andaluz como o amorodo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/349abc8b-0511-4e2a-a5e6-6721ec10b51c</t>
+  </si>
+  <si>
+    <t>Estudo preliminar do rego deficitario en amendoeiras</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios sobre diferentes estratexias de rega deficitaria no cultivo de améndoas levados a cabo nas campañas de 2013 e 2014.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ef23c898-ac38-43a8-9eae-f632b1983fc0</t>
   </si>
   <si>
     <t>Cultivo de millo en Andalucía baixo o impacto do cambio climático</t>
   </si>
   <si>
     <t>Resultados de estudos sobre os posibles impactos do cambio climático no cultivo de millo de regadío en Andalucía e medidas de adaptación avaliadas para limitalos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0fb65255-04b4-48fb-95aa-09e9ab613ec2</t>
   </si>
   <si>
     <t>O efecto das diferentes asignacións de rega no cultivo de aguacate. Tempada 2016/2017</t>
   </si>
   <si>
     <t>Resultados da campaña 2016/17 de probas de rega en explotacións comerciais de aguacate na costa andaluza.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3f18bb1f-9001-491f-8578-be213b1b55a1</t>
   </si>
   <si>
-    <t>Uso de bacterias no cultivo de amorodos. Resultados preliminares de campo.</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/349abc8b-0511-4e2a-a5e6-6721ec10b51c</t>
+    <t>Prácticas de fertilización en trigo baixo sementeira directa: alternativas ao uso de urea</t>
+  </si>
+  <si>
+    <t>Resultados dun proxecto de investigación que estudou diferentes metodoloxías alternativas de fertilización con urea. Entre elas, destaca o uso de inhibidores da nitrificación e urease. Os resultados presentáronse en termos de beneficios agronómicos (colleita, N no gran, etc.) e beneficios ambientais (redución da lixiviación de nitratos e das emisións de N02).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76fb3e4e-8484-4fa4-865a-fdcab95eaaf4</t>
   </si>
   <si>
     <t>Estudo comparativo da produción e calidade da froita en cinco cultivares de ameixa de colleita tardía baixo xestión ecolóxica e convencional.</t>
   </si>
   <si>
     <t>Resultados de 2009 a 2013 relativos á produción e calidade de cinco cultivares comerciais de ameixa xaponesa de colleita tardía, que se cultivaron durante varios anos baixo dous sistemas de xestión agronómica diferentes: ecolóxico e convencional.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d109d527-1abd-438d-a3e1-12e169313572</t>
   </si>
   <si>
-    <t>Estudo preliminar do rego deficitario en amendoeiras</t>
-[...7 lines deleted...]
-  <si>
     <t>Ensaios de variedades de xirasol resistentes ao Jopo (O. cumana) en Andalucía. Campaña 2024</t>
   </si>
   <si>
     <t>Resultados dos cinco ensaios con variedades de xirasol resistentes ao jopo (O. Cumana) en Andalucía na campaña de 2024. Preséntanse datos sobre o rendemento tanto de semente como de aceite, datos sobre as diferentes enfermidades e unha táboa resumo dos rendementos para cada ensaio.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d35cebaa-01bd-46fd-8c49-6c776c3f3969</t>
   </si>
   <si>
-    <t>Prácticas de fertilización en trigo baixo sementeira directa: alternativas ao uso de urea</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76fb3e4e-8484-4fa4-865a-fdcab95eaaf4</t>
+    <t>Uso de tensiómetros manuais e electrónicos para a xestión do rego</t>
+  </si>
+  <si>
+    <t>Os tensiómetros son instrumentos que miden o potencial matricial ou a tensión matricial do solo. Trátase dunha medida indirecta da humidade do solo e está causada polas forzas que reteñen a auga nos capilares e nas partículas do solo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/341bbbd5-9403-4e30-bf4f-855945132330</t>
   </si>
   <si>
     <t>Benestar animal en granxas avícolas</t>
   </si>
   <si>
     <t>Manual destinado ao seu uso en cursos sobre Benestar Animal en Explotacións Avícolas. Os cursos terán unha duración mínima de 20 horas e están dirixidos a propietarios e a quen traballa en explotacións avícolas. A IFAPA considerou oportuno desenvolver e publicar este material didáctico específico sobre Benestar Animal en Explotacións Avícolas, co obxectivo de proporcionar tanto ao sector como aos educadores neste campo contidos axeitados que aborden os temas recollidos na normativa que regula a formación en Benestar Animal.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4effe209-78ac-40b0-8f2f-f6f243c394c4</t>
   </si>
   <si>
+    <t>Optimización do rego e a fertilización no cultivo de xirasol</t>
+  </si>
+  <si>
+    <t>Para mellorar a nosa comprensión da interacción entre as necesidades de auga e fertilizantes no cultivo de xirasol, realizouse un experimento de tres anos de duración no que se probaron diferentes volumes de rego, diferentes estratexias de fertilización e as súas posibles interaccións no rendemento das sementes, o contido de aceite e outros compoñentes do rendemento. Este documento presenta os resultados do experimento.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff8af041-9d03-48b7-ae84-7436d05fa364</t>
+  </si>
+  <si>
+    <t>Cal é o valor patrimonial dunha granxa?</t>
+  </si>
+  <si>
+    <t>Para unha valoración xusta das terras agrícolas, débense considerar os custos totais que implica a xestión dunha explotación, sen pasar por alto factores que, nalgúns casos, xeran diferenzas significativas na contabilidade agrícola e, polo tanto, nos ingresos que se deben considerar como valor de partida. Este estudo destaca o impacto que a fragmentación e a dispersión da terra teñen na rendibilidade das explotacións no caso das oliveiras tradicionais na provincia de Xaén e, en consecuencia, na valoración patrimonial das propiedades rurais. Os resultados indican que reducir a fragmentación da terra é esencial para manter o valor patrimonial da terra.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/33fa9470-9142-4312-b776-b8f2ed64ead3</t>
+  </si>
+  <si>
+    <t>Problemas fitopatolóxicos do cultivo de amorodos en Huelva</t>
+  </si>
+  <si>
+    <t>Para avaliar o impacto dos problemas de fitopatoloxía nas fresas e a eficacia percibida dos produtos fitosanitarios, realizouse unha enquisa entre os técnicos de sanidade vexetal responsables dos cultivos de fresa en Huelva. Elaborouse un cuestionario que constaba de tres grupos de preguntas: (i) características xeográficas e agronómicas das parcelas supervisadas polo entrevistado, (ii) as enfermidades máis estendidas e prexudiciais e (iii) métodos de control empregados. Os cuestionarios distribuíronse entre as cooperativas das comarcas produtoras de fresa de Huelva e as respostas recolléronse mediante entrevistas persoais con técnicos responsables da sanidade deste cultivo en 2017.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3cb5558a-df1a-4326-8c90-921a870af6bb</t>
+  </si>
+  <si>
     <t>Canles curtas para vexetais ecolóxicos en Almería e Granada. Análise de experiencias de comercialización</t>
   </si>
   <si>
     <t>As experiencias de comercialización de canles curtas refírense a un conxunto de iniciativas centradas na produción, distribución e consumo de alimentos. Estas iniciativas desenvólvense, na maioría dos casos, como alternativas a formas máis estendidas destas actividades. O obxectivo deste estudo é explorar o estado actual destas iniciativas na comercialización de vexetais ecolóxicos nas provincias de Almería e Granada. Para iso, caracterizouse a estrutura comercial destas canles, a oferta de produtos, a orixe, o tipo e a gama de produtos, os métodos de venda e outros aspectos. A información empregada neste estudo provén dunha enquisa realizada en 2015 a 37 establecementos da área metropolitana das provincias de Almería e Granada e as súas zonas limítrofes; practicamente todos os establecementos ecolóxicos foron enquisados. Os resultados deste estudo mostran que os alimentos ecolóxicos, debido á natureza dos seus sistemas de produción, os seus vínculos locais e o tipo de nichos de mercado aos que adoitan servir, son particularmente axeitados para a comercialización de canles curtas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/15dcde6f-2a55-4310-a226-84fd84f0e602</t>
   </si>
   <si>
-    <t>Problemas fitopatolóxicos do cultivo de amorodos en Huelva</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/341bbbd5-9403-4e30-bf4f-855945132330</t>
+    <t>Implantación e xestión de Sinapis alba subsp. Mairei para cuberta vexetal e biofumigación</t>
+  </si>
+  <si>
+    <t>Procedemento para a correcta implementación e xestión dunha cuberta vexetal con Sinapis alba subsp. mairei e o seu uso para biofumigación</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e635cb6a-a041-47e8-a7f9-4d24bdbda418</t>
   </si>
   <si>
     <t>Sistemas sostibles de oliveiras.</t>
   </si>
   <si>
     <t>Nel establécense os compromisos que deben cumprir todos os beneficiarios desta operación, co obxectivo de implementar boas prácticas agroambientais mediante un aproveitamento sostible dos recursos naturais que conviven co cultivo da oliveira, converténdoa nun cultivo rendible tanto económica como ambientalmente.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/09e2dbfb-ba33-4432-84a8-16f828cd68b0</t>
   </si>
   <si>
-    <t>Implantación e xestión de Sinapis alba subsp. Mairei para cuberta vexetal e biofumigación</t>
-[...7 lines deleted...]
-  <si>
     <t>Recomendacións de rega para oliveiras na campaña 2022-2023</t>
   </si>
   <si>
     <t>Recomendacións de rega para oliveiras durante anos de baixas precipitacións, ofrecendo estratexias para mitigar, na medida do posible, os efectos do estrés hídrico na produción de oliveira e aceite.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7257cf50-7f90-4212-b8e8-adbf02e922c2</t>
   </si>
   <si>
+    <t>Impacto ambiental do cultivo da oliveira en Andalucía</t>
+  </si>
+  <si>
+    <t>Os obxectivos deste estudo foron analizar os impactos ambientais dos sistemas de produción de oliveiras existentes en Andalucía, seleccionar e mellorar as prácticas agrícolas para identificar os procesos que causan os problemas ambientais máis significativos e deseñar un sistema de xestión do cultivo da oliveira máis eficiente e respectuoso co medio ambiente. Este é o primeiro estudo realizado en España para demostrar os impactos ambientais dunha ampla variedade de sistemas de produción de oliveiras mediante a avaliación do ciclo de vida, incluídos os sistemas de produción integrada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c55e8e17-e72f-44cd-82f3-1c5f3503cc1d</t>
+  </si>
+  <si>
+    <t>Multifuncionalidade das explotacións olivícolas en Andalucía baseada nas técnicas agrícolas implementadas</t>
+  </si>
+  <si>
+    <t>Os obxectivos deste estudo son, en primeiro lugar, desenvolver un modelo integrado para avaliar a multifuncionalidade dos oliveirais en Andalucía baseado na técnica ANP e, en segundo lugar, aplicar este modelo para mellorar o deseño de políticas agroambientais centradas na multifuncionalidade, definindo as prácticas agrícolas con maior potencial para incidir no rendemento multifuncional dos oliveirais e as mellores alternativas técnicas. Tamén se analizará a evolución destas prácticas nos últimos anos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6930c778-22c5-4393-a7f6-70dd870e4a5d</t>
+  </si>
+  <si>
+    <t>Uso de plantas almacenadoras de cobre para a fitorremediación de solos agrícolas. Aplicación ao sistema Phytobac.</t>
+  </si>
+  <si>
+    <t>Os principais obxectivos deste traballo son: 1) a selección de plantas capaces de acumular e inmobilizar metais pesados nas súas partes aéreas (fitorremediación) para seren empregadas en solos contaminados por metais pesados, principalmente cobre, xa que o seu uso aínda está permitido na agricultura e 2) a posterior implementación do sistema Phytobac. Para este fin, realizáronse dous ensaios, un en cámara de crecemento e outro en invernadoiro, con diferentes especies vexetais e sometidas a diferentes concentracións de cobre durante diferentes etapas de desenvolvemento.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/da00b2f3-1a92-4c6c-9f9d-1b1ec2326096</t>
+  </si>
+  <si>
     <t>Recomendacións para facer queixo brando con codia mofada</t>
   </si>
   <si>
     <t>Os queixos brandos con mofo externamente caracterízanse pola presenza dunha capa exterior branca, causada polo crecemento de mofos Penicillium na superficie. A presenza deste mofo dálles a estes queixos unha aparencia, aroma e sabor distintivos. Estes queixos son orixinarios de Francia e son cada vez máis populares entre os consumidores, cunha demanda que aumenta. Este artigo establece recomendacións básicas durante as diferentes etapas da produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cd2e0621-6d5d-4307-bba9-05791dec2e60</t>
   </si>
   <si>
-    <t>Uso de plantas almacenadoras de cobre para a fitorremediación de solos agrícolas. Aplicación ao sistema Phytobac.</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6930c778-22c5-4393-a7f6-70dd870e4a5d</t>
+    <t>Recomendacións para facer queixo de vaca prensado</t>
+  </si>
+  <si>
+    <t>Os queixos elaborados con leite de vaca son típicos da parte norte da Península Ibérica, onde se cría predominantemente gando vacún. A produción deste produto, do mesmo xeito que o leite de cabra e ovella, nace co obxectivo de poñer en valor a materia prima, o leite, e obter maiores rendementos das explotacións gandeiras. Hoxe en día, existe unha ampla variedade de queixos elaborados con leite de vaca en todo o país. Este traballo establece recomendacións básicas durante as diferentes etapas da produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/88a2129a-76aa-4aca-add5-3fb7c0600412</t>
+  </si>
+  <si>
+    <t>Recomendacións para a elaboración de queixo de coagulación láctica</t>
+  </si>
+  <si>
+    <t>Os queixos elaborados mediante coagulación láctica teñen a súa orixe en Francia, onde se elaboran principalmente con leite de cabra, debido ao potencial produtivo do rabaño caprino do país. Os inicios deste tipo de queixo remóntanse ao século XVIII, cando a expansión musulmá levou á introdución de cabras en Francia, e o seu leite utilizouse na elaboración deste produto lácteo. Este traballo establece recomendacións básicas durante as diferentes etapas da produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b8b53265-24d8-4a51-b0ac-f52c12cae787</t>
   </si>
   <si>
     <t>Resposta agronómica do arroz ao rego salino en diferentes fases do cultivo</t>
   </si>
   <si>
     <t>Os resultados que se presentan aquí derivan do traballo levado a cabo dentro do proxecto de investigación "Resposta agronómica do arroz ao rego salino en diferentes fases do cultivo", iniciado e definido por Hisparroz, SA, en colaboración con IFAPA, como parte da liña de traballo sobre Sostibilidade do Cultivo do Arroz. Os resultados deste ensaio mostran que a salinidade en cada fase do cultivo afectou principalmente ao seu correspondente compoñente de rendemento: o número de panículas/m2 e o número de grans cheos/panícula.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6667c7f8-1905-4671-aaf9-5d2122b621d6</t>
   </si>
   <si>
-    <t>Recomendacións para a elaboración de queixo de coagulación láctica</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c55e8e17-e72f-44cd-82f3-1c5f3503cc1d</t>
+    <t>Busca de ingredientes activos herbicidas en leguminosas de gran. Herbicidas de preemerxencia en fabas.</t>
+  </si>
+  <si>
+    <t>Tradicionalmente, as leguminosas de gran cultiváronse nos secaños andaluzes principalmente para a produción de proteína vexetal para o consumo humano e animal. Unha das principais razóns do seu abandono como cultivo foi a falta de herbicidas preemerxentes e postemerxentes aprobados, especialmente contra as dicotiledóneas. Neste documento, presentamos os resultados dos ensaios de herbicidas preemerxentes en fabas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/79303531-9810-412c-a0ab-91c243acc4f2</t>
+  </si>
+  <si>
+    <t>Efecto da temperatura de cocción na calidade físico-química e nutricional de pementos deshidratados e rexenerados listos para o consumo.</t>
+  </si>
+  <si>
+    <t>Os alimentos listos para consumir teñen unha gran demanda na sociedade actual dos países desenvolvidos debido aos cambios no estilo de vida que se produciron nas últimas décadas. Entre estes alimentos destacan as verduras cociñadas. Os tratamentos térmicos aos que se someten producen cambios físicos, químicos e nutricionais que cómpre caracterizar. Ademais, estes produtos adoitan ter unha vida útil relativamente curta. A súa deshidratación parcial despois da cocción prolonga a súa vida útil e facilita a súa manipulación. Neste formato, pódense rehidratar facilmente no momento do seu consumo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a4094ba-54c9-4621-b6dd-c23ce9f8a0a8</t>
+  </si>
+  <si>
+    <t>Parámetros de calidade en tomates frescos</t>
+  </si>
+  <si>
+    <t>Os aspectos externos (presentación, aparencia, uniformidade, maduración, frescura) son os principais compoñentes da decisión de mercar tomates para consumo en fresco. A calidade interna (sabor, aroma, textura, valor nutricional, ausencia de contaminantes bióticos e abióticos) está ligada a aspectos que xeralmente non son perceptibles pero non por iso son menos importantes para os consumidores. Este documento describe brevemente os procedementos para realizar o control de calidade dos tomates, garantindo o cumprimento da normativa e das esixencias do mercado.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5804cf66-79fc-499a-811b-d7f03e00cd17</t>
+  </si>
+  <si>
+    <t>Aplicación de biocidas para a hixiene veterinaria</t>
+  </si>
+  <si>
+    <t>Os cambios na normativa e a necesidade de adaptar e actualizar contidos xustifican a nova edición do Libro sobre a Aplicación de Biocidas para a Hixiene Veterinaria. O desenvolvemento deste material didáctico responde a unha demanda do sector e ten como obxectivo proporcionar unha ferramenta de traballo útil para o alumnado, servindo de apoio e referencia para o profesorado que participa en cursos impartidos por IFAPA e entidades colaboradoras. Índice: Unidade 1: Biocidas para a hixiene veterinaria; Unidade 2: Recomendacións e normativas de seguridade. Primeiros auxilios; Unidade 3: Protección ambiental. Normativa legal; Unidade 4: Saúde pública. Medicamentos veterinarios; Unidade 5: Pragas. Métodos para combatelas; Unidade 6: Axentes infecciosos. Desinfección de instalacións de vehículos de transporte; Unidade 7: Protección e coidado dos animais.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/24b63d9d-a943-4476-8a34-e0856efb92e8</t>
+  </si>
+  <si>
+    <t>Diversidade fisicoquímica nas variedades de calabacín</t>
+  </si>
+  <si>
+    <t>Os cultivares comerciais de calabacín teñen unha base xenética estreita que limita o desenvolvemento de novas variedades. A diversificación e a introdución de novas fontes de variabilidade xenética é unha prioridade para manter a competitividade que se require dos cultivos hortícolas. A produción de Almería é líder na diversificación de cultivos, dada a longa tradición de novos cultivos e cultivares que foron renovados e adoptados para impulsar a comercialización e a produción destas hortalizas. O obxectivo deste estudo foi estudar a calidade física e química das variedades tradicionais de cabaza e calabacín dispoñibles no banco de xermoplasma do Centro IFAPA La Mojonera, así como algunhas variedades híbridas comerciais, co obxectivo de proporcionar esta información aos consumidores, agricultores, técnicos e empresas agroalimentarias. Atopouse un alto grao de variabilidade nos compoñentes de calidade física, química e nutricional das variedades tradicionais estudadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d628afe7-63a0-4cf6-91ab-2cd28da4c462</t>
+  </si>
+  <si>
+    <t>Análise do comportamento de 13 cultivares de pemento picante en cultivos protexidos</t>
+  </si>
+  <si>
+    <t>Os cultivares de pemento aperitivo difiren no seu manexo e comercialización dos cultivares de pemento que se atopan habitualmente en cultivos protexidos e son pouco coñecidos no sector, polo que seguen a ocupar unha pequena cota de mercado. Este estudo explora os cultivares de pemento aperitivo dispoñibles no mercado co obxectivo de transferir os resultados ao sector, contribuíndo así á necesaria diversificación da produción hortícola en Almería.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/18ca5e15-687f-43e5-9d32-e347937a8200</t>
+  </si>
+  <si>
+    <t>Guías de cultivo. Serie de cultivos emerxentes: trigo sarraceno</t>
+  </si>
+  <si>
+    <t>Os cultivos emerxentes son aqueles cuxa superficie está a medrar significativamente debido ao seu alto potencial de rendemento, á súa boa adaptación ás condicións agroclimáticas e ao seu constante crecemento na demanda e no prezo. O trigo sarraceno considérase un pseudocereal debido ao aspecto dos seus grans; non obstante, non contén glute, o que fai que o seu consumo sexa unha alternativa útil nas dietas celíacas debido á alta calidade das súas proteínas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ef0982c1-b5f7-4f5c-864d-6f7402704e0f</t>
+  </si>
+  <si>
+    <t>Avaliación da uniformidade da cinta de rega en condicións de campo. Selección do momento de rega máis axeitado.</t>
+  </si>
+  <si>
+    <t>Os esforzos para reducir o consumo de auga no cultivo de amorodos deberían dirixirse tanto á optimización dos programas de rego como á comprensión da capacidade do sistema de rego para aplicar auga de maneira oportuna e axeitada. Este documento presenta os resultados das avaliacións de campo para comparar a uniformidade da distribución do rego obtida utilizando cintas de rego con diferentes caudais nominais e duracións dos pulsos de rego.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7e54e5d4-49ad-420c-a3f2-dc09212f5dd8</t>
   </si>
   <si>
     <t>Programación dinámica da fertirrigación en leituga mediante modelos de simulación</t>
   </si>
   <si>
     <t>Os modelos de simulación EU-Rotate_N e CropSyst avaliáronse para o cultivo de leituga ao aire libre. O rendemento dos modelos avaliouse en relación con: i) a produción de materia seca, ii) a absorción de N do cultivo, iii) a produción comercial, iv) o contido de auga do solo e v) o contido de N mineral do solo. Empregáronse datos de tres anos con diferentes doses de nitróxeno (N). En xeral, o modelo EU-Rotate_N mostrou un mellor rendemento que o modelo CropSyst para as variables de cultivo e solo estudadas en leituga con fertirrigación. CropSyst tería que adaptarse para cultivos hortícolas fertirrigados. A fertilización con nitróxeno en leituga optimizouse combinando o sistema KNS con EU-Rotate_N. Esta metodoloxía demostrou ser unha ferramenta útil e fácil de implementar para optimizar o deseño do programa de fertirrigación para leituga.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a9d27339-f511-4409-b22f-396418ca9009</t>
   </si>
   <si>
-    <t>Avaliación da uniformidade da cinta de rega en condicións de campo. Selección do momento de rega máis axeitado.</t>
-[...68 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d628afe7-63a0-4cf6-91ab-2cd28da4c462</t>
+    <t>Ensaios de variedades de xirasol resistentes a herbicidas. Temporada de cultivos de 2024</t>
+  </si>
+  <si>
+    <t>As variedades de xirasol con resistencia xenética a certos tratamentos herbicidas (variedades Clearfield e Sulfo) están a gañar terreo gradualmente. Estas variedades proporcionan un control aceptable das malas herbas de folla ancha e estreita, así como o antoceroto común (Orobanche cumana). A plantación destas variedades pode adiantarse a principios de febreiro e mesmo a finais de xaneiro, xa que as plantas dicotiledóneas poden controlarse con tratamentos herbicidas, o que permite que o cultivo aproveite mellor as choivas de inverno e primavera. Este documento proporciona información agronómica sobre o rendemento de 19 variedades en dous ensaios realizados en El Puerto de Santa María e Carmona, e sobre a eficacia dos tratamentos herbicidas nas malas herbas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3dcddb78-e1b0-4189-b6a5-f1f2b3fcade3</t>
   </si>
   <si>
     <t>Ensaios das variedades de xirasol Clearfield e Sulfo en Andalucía. Campaña de cultivo de 2022.</t>
   </si>
   <si>
     <t>As variedades de xirasol con resistencia xenética a certos tratamentos herbicidas (variedades Clearfield e Sulfo) están a gañar terreo gradualmente. Estas variedades proporcionan un control aceptable das malas herbas de folla ancha e estreita, así como o antoceroto común (Orobanche cumana). A plantación destas variedades pódese adiantar a principios de febreiro e mesmo a finais de xaneiro, xa que as plantas dicotiledóneas pódense controlar con tratamentos herbicidas, o que permite que o cultivo aproveite mellor as choivas de inverno e primavera. Este documento proporciona información agronómica sobre o rendemento de 20 variedades en dous ensaios realizados en Écija e Carmona, e sobre a eficacia dos tratamentos herbicidas nas malas herbas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3b80a17d-99ab-419e-b0ab-9e2fcad8922c</t>
   </si>
   <si>
+    <t>Resultados dos ensaios das variedades de xirasol Clearfield e Sulfo en Andalucía. Campaña de cultivo de 2020</t>
+  </si>
+  <si>
+    <t>As variedades de xirasol con resistencia xenética a certos tratamentos herbicidas (variedades Clearfield e Sulfo) están a gañar terreo gradualmente. Estas variedades proporcionan un control aceptable das malas herbas de folla ancha e estreita, así como o antoceroto común (Orobanche cumana). A plantación destas variedades pódese adiantar a principios de febreiro e mesmo a finais de xaneiro, xa que as malas herbas dicotiledóneas pódense controlar con tratamentos herbicidas, o que permite que o cultivo aproveite mellor as choivas de inverno e primavera. Este documento proporciona información agronómica sobre o rendemento de 21 variedades nun ensaio realizado en Écija e sobre a eficacia dos tratamentos herbicidas sobre as malas herbas presentes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/642bf056-6a35-4053-ba0d-538921e9419a</t>
+  </si>
+  <si>
+    <t>Identificación de variedades de vide mediante caracterización xenética por microsatélites.</t>
+  </si>
+  <si>
+    <t>As variedades de uva locais son cada vez máis importantes para producir viños que cumpran os requisitos de calidade e tipicidade. Os procedementos para recuperar, catalogar e autorizar variedades de uva son moi longos e complicados. A IFAPA, cos seus coñecementos e recursos técnicos, representa unha ferramenta valiosa para identificar correctamente as variedades e asesorar na toma de decisións para axilizar estes procedementos o máximo posible.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5fd71d1e-7945-4a4c-b310-f9ec5f2fdfd8</t>
+  </si>
+  <si>
+    <t>Avaliación dos ecotipos de fabas andaluces. Campaña 2020/2021</t>
+  </si>
+  <si>
+    <t>As variedades ou ecotipos locais son o resultado do proceso repetido que levan a cabo os agricultores para sementar e seleccionar as sementes para plantar, xerando a maior parte da diversidade en tipos e formas específicas de cada cultivo, para cada uso e en cada rexión. Parte desta diversidade consérvase actualmente en bancos de xermoplasma, sendo o IFAPA responsable da conservación e xestión do Banco de Leguminosas, entre outros. Este banco mantén unha importante colección de ecotipos de fabas andaluces que deben ser estudados para promover o seu uso. Este é o obxectivo final deste traballo: a avaliación do rendemento agronómico dunha serie de ecotipos de garavanzos de orixe andaluza, demostrando así o seu potencial. O estudo identifica varias liñas dos grupos botánicos maior, equina e menor con rendementos interesantes, destacando o gran potencial dos ecotipos ou variedades locais para o seu uso comercial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/17224da5-2ec8-4e4e-8a22-36be9abf7948</t>
+  </si>
+  <si>
+    <t>Avaliación agronómica dos ecotipos de garavanzos de primavera. Campaña de cultivo 2022/2023.</t>
+  </si>
+  <si>
+    <t>As variedades ou ecotipos locais son o resultado do proceso repetido que levan a cabo os agricultores para sementar e seleccionar as sementes para plantar, xerando a maior parte da diversidade en tipos e formas específicas de cada cultivo, para cada uso e en cada rexión. Parte desta diversidade consérvase actualmente en bancos de xermoplasma, sendo o IFAPA responsable da conservación e xestión do Banco de Leguminosas, entre outros. Este banco mantén unha importante colección de ecotipos de garavanzos andaluces que deben ser estudados para promover o seu uso. Este é o obxectivo final deste traballo: a avaliación do rendemento agronómico dunha serie de ecotipos de garavanzos de orixe andaluza, nunha parcela situada no Alto Guadalquivir, unha zona produtora de leguminosas. O estudo identifica ecotipos dos tipos Castellano, Pedrosillano e Blanco Lechoso con rendementos atractivos, o que os fai axeitados para o seu uso comercial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/13aa670e-4e0c-4297-a7d0-73e12f2ecb95</t>
+  </si>
+  <si>
+    <t>Avaliación dos ecotipos de garavanzos de Andalucía. Campaña 2020/2021.</t>
+  </si>
+  <si>
+    <t>As variedades ou ecotipos locais son o resultado do proceso repetido que levan a cabo os agricultores para sementar e seleccionar as sementes para plantar, xerando a maior parte da diversidade en tipos e formas específicas de cada cultivo, para cada uso e en cada rexión. Parte desta diversidade consérvase actualmente en bancos de xermoplasma, sendo o IFAPA responsable da conservación e xestión do Banco de Leguminosas, entre outros. Este banco mantén unha importante colección de ecotipos de garavanzos andaluces que deben ser estudados para promover o seu uso. Este é o obxectivo final deste traballo: a avaliación do rendemento agronómico dunha serie de ecotipos de garavanzos de orixe andaluza, demostrando así o seu potencial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9ca0d71f-f6b3-4eb3-938e-323ecf5b4f26</t>
+  </si>
+  <si>
+    <t>Potencial produtivo dos ecotipos de garavanzos andaluces. Campaña de cultivo 2021/2022.</t>
+  </si>
+  <si>
+    <t>As variedades ou ecotipos locais son o resultado do proceso repetido que levan a cabo os agricultores para sementar e seleccionar as sementes para a plantación, xerando a maior parte da diversidade en tipos e formas específicas de cada cultivo, para cada uso e en cada rexión. Parte desta diversidade consérvase actualmente en bancos de xermoplasma, sendo o IFAPA responsable da conservación e xestión do Banco de Leguminosas, entre outros. Este banco mantén unha importante colección de ecotipos de garavanzos andaluces que deben ser estudados para promover o seu uso. Este é o obxectivo final deste traballo: a avaliación do rendemento agronómico dunha serie de ecotipos de garavanzos de orixe andaluza, nunha parcela situada no Alto Guadalquivir, unha zona de produción desta leguminosa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e9b4417c-f88d-429d-b7d0-30feb6b955b1</t>
+  </si>
+  <si>
     <t>Identificación e recuperación de novas variedades locais de oliveira en España</t>
   </si>
   <si>
     <t>As variedades de oliveira minoritarias poderían albergar algunhas características agronómicas de interese para abordar novos desafíos bióticos e abióticos futuros, ou para satisfacer potenciais novas demandas de cultivo ou mercado. Polo tanto, a súa recuperación, conservación e estudo son esenciais, e o Banco Mundial de Xermoplasma de Oliva de Córdoba (BGMO-ESP046) xoga un papel fundamental nisto. Na última década, lanzouse en España unha nova campaña de estudos para identificar, recuperar e caracterizar novas variedades minoritarias previamente descoñecidas. Grazas aos esforzos multiinstitucionais e ao uso dun conxunto de marcadores moleculares de vangarda, o número de variedades de oliveira documentadas en España (427 variedades diferentes) aumentou en máis dun 62 %.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b1fcd5ac-d8e1-4d1c-b1ca-5986052174c3</t>
   </si>
   <si>
-    <t>Identificación de variedades de vide mediante caracterización xenética por microsatélites.</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e9b4417c-f88d-429d-b7d0-30feb6b955b1</t>
+    <t>Sistema de cultivos agroindustriais sostibles. Operación 10.1.5</t>
+  </si>
+  <si>
+    <t>Os Obradoiros de Formación en Agroambiente e Clima forman parte das iniciativas destinadas a garantir o axeitado cumprimento dos compromisos agroambientais adquiridos nalgunhas das operacións incluídas na Medida 10 "Agroambiente e Clima" do Programa Andaluz de Desenvolvemento Rural 2014-2020. O obxectivo destes obradoiros é mellorar as competencias dos beneficiarios destas subvencións, así como concienciar á poboación agraria sobre o uso de sistemas de produción compatibles coa conservación do medio ambiente e o benestar e a hixiene animal.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/01a4fed3-d822-4533-bde5-37fdee0f1545</t>
+  </si>
+  <si>
+    <t>Sistemas de cultivos herbáceos sostibles en secaño. 2ª sesión de seguimento da operación 10.1.4.</t>
+  </si>
+  <si>
+    <t>Os Obradoiros de Formación en Agroambiente e Clima enmárcanse nas iniciativas destinadas, en primeiro lugar, a garantir o axeitado cumprimento dos compromisos agroambientais adquiridos nalgunhas das operacións incluídas na Medida 10 "Agroambiente e Clima" do Programa Andaluz de Desenvolvemento Rural 2014-2020 e, simultaneamente, a concienciar o sector sobre a necesidade dunha agricultura sostible. O obxectivo destes obradoiros é mellorar as competencias dos beneficiarios destas subvencións e o seu uso de sistemas de produción compatibles coa conservación ambiental.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8d9ecd02-ddff-4ca8-b477-0f8877ccc020</t>
   </si>
   <si>
     <t>Avaliación agronómica de variedades de lentellas en Andalucía</t>
   </si>
   <si>
     <t>As leguminosas son unha fonte importante de proteínas e nutrientes para o consumo humano e animal. Tamén son un alimento completo e básico na dieta mediterránea debido á súa achega de fibra, carbohidratos, vitaminas e minerais (ferro e potasio).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/018a5d40-16de-466d-913b-a0cf066c055c</t>
   </si>
   <si>
+    <t>Cultivo orgánico en invernadoiro de 8 cultivares de chícharos de neve</t>
+  </si>
+  <si>
+    <t>As leguminosas poden ser unha alternativa para a diversificación dos cultivos hortícolas protexidos, especialmente o chícharo de neve (Pisum sativum L. spp. macrocarpon), que, polas súas características e calidade, é un produto moi atractivo xa que se consome enteiro: vaíña e semente. O obxectivo principal deste experimento foi avaliar a produción en invernadoiro e orgánica de oito cultivares de chícharo de neve. Os cultivares de chícharo de neve probados adáptanse perfectamente ao cultivo en invernadoiro nas condicións nas que se realizou o ensaio. En xeral, podemos dicir que a produción obtida dos cultivares de chícharo de neve en espaldera e en espaldera media é maior que a do cultivar de arbusto baixo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39d8c844-4f79-4a8e-a9a4-32fa75d6ed78</t>
+  </si>
+  <si>
+    <t>Fabas, unha proteína alternativa para a alimentación animal</t>
+  </si>
+  <si>
+    <t>As leguminosas son esenciais para a seguridade alimentaria global e a resiliencia dos ecosistemas. A demanda de proteínas vexetais está a aumentar, e as fabas (Vicia faba L.) son unha boa candidata para satisfacer esta necesidade. O contido de proteínas está suxeito a unha clara interacción xenotipo x ambiente. A concentración de nitróxeno durante o desenvolvemento das sementes varía entre xenotipos, anos e localizacións, principalmente debido a factores ambientais. Neste estudo, o contido de proteínas determinouse nunha colección de 400 accesións de fabas de diferentes localizacións e anos. Os resultados deste traballo permitíronnos identificar 79 xenotipos estables en ambientes con máis do 30 % de proteínas. Este material seleccionado pode cubrir diferentes nichos de mercado na industria agroalimentaria e pode ser unha alternativa ás importacións de soia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5d9ecf0-5b71-48a6-be4f-ed6b1ad9ba4b</t>
+  </si>
+  <si>
     <t>Perfil fisicoquímico e nutricional de variedades de amoras cultivadas en invernadoiros en Almería</t>
   </si>
   <si>
     <t>As características únicas dalgunhas especies de Rubus poderían empregarse para aumentar a diversidade de produtos nutricionalmente saudables dispoñibles para os consumidores; non obstante, non existen informes concluíntes sobre as propiedades fisicoquímicas e nutricionais das variedades de amoras cultivadas en invernadoiros en Almería, España. O obxectivo deste estudo centrouse na análise fisicoquímica e nutricional de tres variedades de amoras. O cultivo tivo lugar durante a primavera de 2014 nun invernadoiro no centro IFAPA La Mojonera en Almería, seguindo as prácticas agronómicas locais. As tres variedades seleccionadas foron Arapaho, Apache e Tupi. Analizáronse a calidade externa e interna (peso do froito, tamaño, firmeza, cor, materia seca, sólidos solubles, pH, acidez total) e o contido nutricional (contido total de carotenoides e fenólicos).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ace7726c-0283-4e28-8ab4-721f1b4dfc02</t>
   </si>
   <si>
+    <t>Guía de cobertura vexetal en oliveiras</t>
+  </si>
+  <si>
+    <t>As prácticas de cultivo do oliveiral deben ter como obxectivo acadar unha alta rendibilidade e unha produción de calidade, tanto organoléptica como sanitaria, sendo ao mesmo tempo ambientalmente sostibles. A xestión do solo é de grande importancia para evitar a perda de solo, xa que a erosión é un dos principais problemas aos que se enfrontan as oliveiras.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/26479626-ed74-411b-9ac8-0da05770418c</t>
+  </si>
+  <si>
     <t>Poda de oliveiras: Poda de renovación.</t>
   </si>
   <si>
     <t>Co tempo, as pólas principais da oliveira adulta comezan a mostrar signos de esgotamento cun crecemento vexetativo reducido, debido principalmente á falta de luz e espazo que atoparán durante o seu desenvolvemento.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/07640e63-0216-48fb-a42c-dcf576290be9</t>
   </si>
   <si>
-    <t>Cultivo orgánico en invernadoiro de 8 cultivares de chícharos de neve</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39d8c844-4f79-4a8e-a9a4-32fa75d6ed78</t>
+    <t>Guía de cubertas vexetais en viñedos</t>
+  </si>
+  <si>
+    <t>As técnicas de mantemento do solo comprenden un conxunto de operacións culturais destinadas a acadar e manter un equilibrio favorable entre as fases sólida, gasosa e líquida do solo. Isto, á súa vez, promove o axeitado desenvolvemento das plantas e os seus sistemas radiculares, mellora o contido de materia orgánica e a fertilidade do solo, controla a vexetación espontánea e mellora a capacidade de retención de auga.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/406aee3d-31f0-4f40-8415-9526cf178cf3</t>
   </si>
   <si>
     <t>Resultados dos ensaios das variedades de xirasol Clearfield e Sulfo en Andalucía. Campaña de cultivo de 2021.</t>
   </si>
   <si>
     <t>As variedades de xirasol con resistencia xenética a certos tratamentos herbicidas (variedades Clearfield e Sulfo) están a gañar terreo gradualmente. Estas variedades proporcionan un control aceptable das malas herbas de folla ancha e estreita, así como o antoceroto común (Orobanche cumana). A plantación destas variedades pódese adiantar a principios de febreiro e mesmo a finais de xaneiro, xa que as malas herbas dicotiledóneas pódense controlar con tratamentos herbicidas, o que permite que o cultivo aproveite mellor as choivas de inverno e primavera. Este documento proporciona información agronómica sobre o rendemento de 21 variedades en dous ensaios realizados en Écija e Carmona, e sobre a eficacia dos tratamentos herbicidas sobre as malas herbas presentes en ambos os ensaios.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5d1d63e9-c627-4d83-ac3f-da5a5cbb2154</t>
   </si>
   <si>
-    <t>Guía de cobertura vexetal en oliveiras</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8d9ecd02-ddff-4ca8-b477-0f8877ccc020</t>
+    <t>Uso de plásticos TIF na desinfección do solo con 1,3 dicloropropeno + cloropicrina no cultivo de amorodos. Tempada de cultivo 2018/2019</t>
+  </si>
+  <si>
+    <t>As enfermidades causadas por patóxenos transmitidos polo solo son un factor limitante para a produtividade do cultivo de amorodo. Actualmente, contrólanse principalmente mediante estratexias de control químico con fumigantes suxeitos a autorizacións de uso excepcional. A redución do uso destes fumigantes agroquímicos e a implementación de alternativas máis sostibles son obxectivos prioritarios nas políticas agrícolas europeas e nacionais. Este estudo avalía a eficacia no control de patóxenos de doses baixas destes fumigantes utilizando selado de plástico completamente impermeable aos gases (TIF) e o seu impacto na produtividade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/972d918f-5dff-495d-afb1-241837ddec3e</t>
   </si>
   <si>
     <t>A cooperación como estratexia empresarial para aumentar a rendibilidade das oliveiras tradicionais.</t>
   </si>
   <si>
     <t>As estatísticas e a literatura oficiais basean as súas análises na premisa de que a propiedade é a única fonte de produción agrícola para o seu propietario, sen ter en conta outros acordos, xa sexan formais ou informais, que modifican a área de traballo e, polo tanto, a rendibilidade das explotacións. O obxectivo principal deste traballo céntrase en analizar os acordos informais de cooperación asistida actualmente vixentes nos oliveirais da provincia de Xaén, co fin de clarificar algúns dos seus aspectos clave.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/743de0bc-ac54-48e1-ac55-fcdaa3d8bc1c</t>
   </si>
   <si>
+    <t>Variabilidade dos caracteres poscolleita en diferentes xenotipos de amorodo</t>
+  </si>
+  <si>
+    <t>Os amorodos son unha froita moi perecedoira; a súa pel delicada pode deteriorarse facilmente durante a colleita e o transporte, o que os fai moi susceptibles ao ataque de fungos. Ademais, a alta taxa de respiración da froita fai que madure rapidamente, perdendo auga e turgencia. Unha boa xestión poscolleita é esencial para que a froita sexa aceptada polos consumidores. Actualmente, existen varios métodos para manter os amorodos frescos durante máis tempo, e unha abordaxe complementaria é o uso de programas de mellora xenética para obter cultivares cunha vida útil máis longa. O obxectivo deste estudo é avaliar, nunha selección de 11 xenotipos de amorodo diversos, trazos relacionados coa calidade poscolleita para o seu posible uso como reprodutores en programas de mellora destinados a desenvolver novas variedades cunha vida útil mellorada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c9d6006-625a-41d9-a63e-fa1047a6d641</t>
+  </si>
+  <si>
+    <t>Papel das antocianinas nas propiedades saudables dos amorodos.</t>
+  </si>
+  <si>
+    <t>As fresas, ademais de seren moi valoradas polo seu sabor, considéranse froitas saudables, xa que conteñen compostos bioactivos, tanto no receptáculo como nos aquenios, relacionados con múltiples beneficios para a saúde. Entre os compostos bioactivos que conteñen as fresas, destacan os antioxidantes, e entre estes, os compostos fenólicos son un dos máis importantes pola súa acción antioxidante e antiinflamatoria, e porque teñen propiedades antimicrobianas, antialérxicas e antihipertensivas. A principal clase de polifenois nas fresas son os flavonoides, e entre elas destacan as antocianinas, unha clase de flavonoides solubles en auga responsables da cor vermella brillante das fresas. Este estudo avaliou a implicación das antocianinas na mellora do estrés oxidativo celular para determinar o seu papel no efecto promotor da saúde atribuído ás fresas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c20e8bcb-68db-428c-b492-ac2d7df20e9c</t>
+  </si>
+  <si>
     <t>Vending saudable para o consumo de miniverduras frescas por parte de consumidores novos e escolares</t>
   </si>
   <si>
     <t>As minihortalizas, tamén coñecidas como "snacks", comezaron a cultivarse en España como unha alternativa de diversificación e unha estratexia de desenvolvemento da cadea de valor para o sector hortofrutícola. Aínda que aínda ocupan unha pequena cota de mercado, estas hortalizas poderían xerar nichos de mercado potenciais para obter un maior valor engadido e facer máis rendible o seu cultivo. Este traballo analiza as posibilidades de mercado destas novas variedades de aperitivos de especies coñecidas como o pepino, o pemento e o tomate, buscando adaptar a oferta non só aos canais convencionais e habituais da distribución vexetal a grande escala e aos puntos de venda, senón tamén abordar outros canais de comercialización e distribución innovadores, así como novos formatos, gamas e envases de produtos. Neste sentido, co obxectivo de buscar nichos de mercado potenciais e socializar aínda máis o consumo deste tipo de hortalizas crúas, este estudo analiza as actitudes e opinións dos consumidores novos cara ao consumo de hortalizas para aperitivos e a súa disposición a adquirilas a través de máquinas expendedoras de "autoservizo saudables".</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e09fef96-39d2-49b2-ab5b-17f3e096416e</t>
   </si>
   <si>
     <t>Guía de control, Sistemas de oliveira sostibles.</t>
   </si>
   <si>
     <t>As Xornadas de Formación en Agroambiente e Clima forman parte das accións destinadas a garantir o correcto cumprimento dos compromisos agroambientais adquiridos nalgunhas das operacións incluídas na Medida 10 "Agroambiente e</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/81b3ec0d-602a-4b3a-94df-c2006234d29d</t>
   </si>
   <si>
-    <t>Variabilidade dos caracteres poscolleita en diferentes xenotipos de amorodo</t>
-[...25 lines deleted...]
-  <si>
     <t>Sistema de cultivo agroindustrial sostible. Operación 10.1.5 - Actualización 2022-</t>
   </si>
   <si>
     <t>Os Obradoiros de Formación en Agroambiente e Clima enmárcanse nas iniciativas destinadas a garantir o axeitado cumprimento dos compromisos agroambientais adquiridos nalgunhas das operacións incluídas na Medida 10 "Agroambiente e Clima" do Programa Andaluz de Desenvolvemento Rural 2014-2022. O obxectivo destes obradoiros é mellorar as competencias dos beneficiarios destas subvencións, así como concienciar á poboación agraria sobre o uso de sistemas de produción compatibles coa conservación do medio ambiente e o benestar e a hixiene animal.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4244cde5-c6fc-4ac7-9edc-d92375fb8714</t>
   </si>
   <si>
+    <t>Efectos da colleita mecánica na calidade das uvas tintas e do viño Syrah</t>
+  </si>
+  <si>
+    <t>A vendima mecánica foi gañando forza nas últimas décadas na maioría dos viñedos andaluces adaptados a este tipo de maquinaria. Non obstante, esta técnica sempre xerou preocupacións sobre a calidade final dos produtos obtidos e mesmo sobre a rendibilidade da explotación debido ás posibles perdas que se poden producir.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eb964975-575f-44dd-8385-7ac5cf1f4d99</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de herbicidas post-emerxencia en fabas</t>
+  </si>
+  <si>
+    <t>A falta de herbicidas preemerxentes e postemerxentes aprobados, especialmente contra as dicotiledóneas, é un dos principais obstáculos para plantar fabas nos secaños andaluzes, debido á gran diversidade e abundancia de malas herbas, incluíndo especies grandes altamente competitivas. Polo tanto, dado o crecente interese polas leguminosas, propuxéronse unha serie de ensaios para avaliar diferentes herbicidas preemerxentes e postemerxentes contra as dicotiledóneas. Tras a publicación dos resultados de preemerxencia en 2015, esta publicación presenta os resultados postemerxentes de sete herbicidas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c366a3d6-34fc-4383-b3bd-eafaa58f5a89</t>
+  </si>
+  <si>
     <t>Optimización da solarización do solo en cultivos a base de area</t>
   </si>
   <si>
     <t>A solarización é un sistema de desinfección do solo que consiste en cubrir o solo húmido con plástico fino e transparente durante 4 a 6 semanas durante os períodos de temperatura e radiación solar máximas. Este estudo examina os posibles factores de influencia, como o tipo de plástico empregado, o período de solarización máis axeitado e a xestión do rego, co obxectivo de acadar a temperatura máis alta posible para eliminar os patóxenos do solo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/53159818-2774-4108-8a92-f18457f26788</t>
   </si>
   <si>
-    <t>Resultados dos ensaios de herbicidas post-emerxencia en fabas</t>
-[...7 lines deleted...]
-  <si>
     <t>Estudo de diversidade en horticultura protexida: crisopas (Biodiversidade III)</t>
   </si>
   <si>
     <t>As crisopas son insectos que forman parte do complexo de artrópodos beneficiosos que se alimentan de pragas dos cultivos. Demostrouse que a diversidade é unha ferramenta fundamental para manter esta fauna de artrópodos beneficiosa e protexer os cultivos dos ataques de pragas. Este traballo forma parte dun estudo máis amplo cuxo obxectivo principal é documentar a biodiversidade de artrópodos útiles na horticultura protexida en Almería. Ademais, cada documento ofrece unha forma rápida e sinxela de identificar as especies estudadas. Neste caso, estudáronse as diferentes especies de crisopas que se atopan nos cultivos hortícolas protexidos, cunha sección final que facilita a identificación das crisopas máis abundantes.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ee743e98-d6e4-4fac-8684-ca1eeafc2561</t>
   </si>
   <si>
     <t>Avaliación de substratos derivados de turba negra natural para uso comercial</t>
   </si>
   <si>
     <t>As calidades da turba negra non son óptimas para o seu uso como substrato só. Buscamos mellorar o seu baixo pH e a súa tendencia á compactación, determinando as mesturas óptimas para o seu uso en viveiros con mudas de hortalizas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/45353856-1d5e-4da3-ae52-43378e69a047</t>
   </si>
   <si>
-    <t>Efectos da colleita mecánica na calidade das uvas tintas e do viño Syrah</t>
-[...7 lines deleted...]
-  <si>
     <t>Uso de plásticos TIF na desinfestación de solos con 1,3 dicloropropeno + cloropicrina no cultivo de amorodos. Campaña 2020/2021</t>
   </si>
   <si>
     <t>As enfermidades causadas por patóxenos transmitidos polo solo son un factor limitante para a produtividade do cultivo de amorodo. Actualmente contrólanse principalmente mediante estratexias de control químico con fumigantes suxeitos a autorizacións de uso excepcional. A redución do uso destes fumigantes agroquímicos e a implementación de alternativas máis sostibles son obxectivos prioritarios nas políticas agrícolas europeas e nacionais. Este estudo avalía a eficacia no control de patóxenos de baixas doses destes fumigantes mediante selado de plástico completamente impermeable aos gases (TIF) e o seu impacto na produtividade durante a campaña 2020-2021.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a9a25188-5698-4823-b705-fad3427e87a6</t>
   </si>
   <si>
     <t>Uso de plásticos TIF na desinfestación de solos con 1,3 dicloropropeno + cloropicrina no cultivo de amorodos. Campaña 2019/2020</t>
   </si>
   <si>
     <t>As enfermidades causadas por patóxenos transmitidos polo solo son un factor limitante para a produtividade do cultivo de amorodo. Actualmente contrólanse principalmente mediante estratexias de control químico con fumigantes suxeitos a autorizacións de uso excepcional. A redución do uso destes fumigantes agroquímicos e a implementación de alternativas máis sostibles son obxectivos prioritarios nas políticas agrícolas europeas e nacionais. Este estudo avalía a eficacia no control de patóxenos de doses baixas destes fumigantes mediante selado de plástico completamente impermeable aos gases (TIF) e o seu impacto na produtividade durante a campaña 2019-2020.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b33ae86-99e9-477c-92ff-a9738372c170</t>
   </si>
   <si>
+    <t>Resultados das probas de novas variedades de cebada na campaña 2016/2017 de Andalucía</t>
+  </si>
+  <si>
+    <t>A superficie cultivada en Andalucía experimentou unha considerable transformación nos últimos anos como consecuencia da desvinculación das subvencións da Política Agrícola Común. Coa entrada en vigor da nova PAC, a sustentabilidade das explotacións mellórase claramente, favorecendo a rotación de cultivos, con especial mención das leguminosas. Así, os secaños andaluzes alternarán entre cereais de inverno, xirasoles e leguminosas. A mellora do coñecemento do cultivo abordado nesta publicación, a cebada, baséase nas innovacións incorporadas nas sementes que se comercializan no mercado. A xeración de información sobre novas variedades rexistradas en España ou Europa en relación cos seguintes aspectos: agronomía, produción, resistencia ás enfermidades, así como os seus parámetros de calidade, son de vital importancia para os agricultores. Esta publicación pretende incorporar un elemento de interese na toma de decisións dos agricultores, xa que o coñecemento da adaptabilidade e o comportamento das variedades é decisivo para saber que sementar en función do uso previsto da colleita.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e3cc49ee-3fa5-4d12-92b6-92838400ca3c</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con novas variedades de cebada en Andalucía, campaña 2017/2018</t>
+  </si>
+  <si>
+    <t>A superficie cultivada en Andalucía experimentou unha considerable transformación nos últimos anos como consecuencia da desvinculación das subvencións da Política Agrícola Común. Coa entrada en vigor da nova PAC, a sustentabilidade das explotacións mellórase claramente, favorecendo a rotación de cultivos, con especial mención das leguminosas. Así, os secaños andaluzes alternarán entre cereais de inverno, xirasoles e leguminosas. A mellora do coñecemento do cultivo abordado nesta publicación, a cebada, baséase nas innovacións incorporadas nas sementes que se comercializan no mercado. Xerar información sobre novas variedades rexistradas en España ou Europa en relación cos seguintes aspectos: agronomía, produción, resistencia ás enfermidades, así como os seus parámetros de calidade, é de vital importancia para os agricultores. Esta publicación pretende incorporar un elemento de interese na toma de decisións dos agricultores, xa que o coñecemento da adaptabilidade e o comportamento das variedades é decisivo para saber que sementar en función do uso previsto da colleita.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c2fdb782-fa6f-4aeb-a151-402aa8057e69</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con novas variedades de triticale en Andalucía, campaña 2016/2017</t>
+  </si>
+  <si>
+    <t>A superficie cultivada en Andalucía experimentou un cambio considerable nos últimos anos como resultado da desvinculación das subvencións da Política Agrícola Común. Coa entrada en vigor da nova PAC, a sustentabilidade das explotacións agrarias mellórase claramente, favorecendo a rotación de cultivos, con especial atención ás leguminosas. Así, os secaños andaluzes alternarán entre cereais de inverno, xirasoles e leguminosas. A mellora do coñecemento do cultivo abordado nesta publicación, o triticale, provén das innovacións incorporadas nas sementes que se venden no mercado. Xerar información sobre novas variedades rexistradas en España ou Europa en relación cos parámetros agronómicos, produtivos, de resistencia a enfermidades e de calidade é de vital importancia para os agricultores. Esta publicación pretende incorporar un elemento de interese na toma de decisións dos agricultores, xa que o coñecemento da adaptabilidade e o comportamento das variedades é decisivo para saber que sementar en función do uso previsto da colleita.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8cacd07e-b204-4925-a079-08d27f46e1ab</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con novas variedades de triticale en Andalucía, campaña 2017/2018</t>
+  </si>
+  <si>
+    <t>A superficie cultivada en Andalucía experimentou unha considerable transformación nos últimos anos como consecuencia da desvinculación das subvencións da Política Agrícola Común. Coa entrada en vigor da nova PAC, a sustentabilidade das explotacións mellórase claramente, favorecendo a rotación de cultivos, con especial mención das leguminosas. Así, nos secaños andaluzes alternaranse cereais de inverno, xirasoles e leguminosas. A mellora no coñecemento do cultivo abordado nesta publicación, o triticale, baséase nas innovacións incorporadas nas sementes que se comercializan no mercado. Xerar información sobre novas variedades rexistradas en España ou Europa en relación cos seguintes aspectos: agronomía, produción, resistencia ás enfermidades, así como os seus parámetros de calidade, é de vital importancia para os agricultores. Esta publicación pretende incorporar un elemento de interese na toma de decisións dos agricultores, xa que o coñecemento da adaptabilidade e o comportamento das variedades é decisivo para saber que sementar en función do uso previsto da colleita.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db9e07e9-47f5-49b7-8961-cdf131eb4977</t>
+  </si>
+  <si>
+    <t>Recomendacións para facer pasta fresca con queixo filada</t>
+  </si>
+  <si>
+    <t>A Tecnoloxía do Queixo para Pasta Hilada comprende unha serie de queixos que presentan unhas características reolóxicas típicas, aínda que podemos diferenciar entre os que sofren un período de maduración máis tardío e os que son frescos e teñen unha vida útil curta (Pasta Hilada Fresca), independentemente de se ambos os tipos sofren fermentación láctica. Este documento establece recomendacións básicas durante as diferentes fases de produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8935f464-9238-4501-ae7c-2eda72c5e591</t>
+  </si>
+  <si>
+    <t>Monitorización da salinidade do solo no sector B-XII</t>
+  </si>
+  <si>
+    <t>As decisións de xestión agrícola en ambientes propensos á salinización requiren métodos eficaces de monitorización da salinidade do solo. O Sector B-XII en Lebrija (Sevilla) é unha marisma recuperada onde un nivel freático salino pouco profundo e de rega intensiva crea un equilibrio fráxil entre a acumulación de sal e a lixiviación da zona das raíces, que podería verse alterado pola introdución de novos cultivos e as variacións climáticas. Avaliamos o potencial da indución electromagnética (EMI) para a monitorización da salinidade do solo, así como os efectos da salinidade nos cultivos baixo unha rotación tomate-algodón-remolacha utilizando o Índice de Vexetación (NDVI) como indicador. Os nosos resultados revelan o potencial da EMI para mapear e monitorizar a salinidade do solo no Sector B-XIII, reflicten os efectos negativos do patrón de salinidade do solo nos cultivos e destacan a importancia de garantir a lixiviación do sal.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b4c469fb-de22-46b3-8693-6a5ccdd59a49</t>
+  </si>
+  <si>
     <t>Trazabilidade en vexetais</t>
   </si>
   <si>
     <t>A trazabilidade defínese como "a capacidade de atopar e seguir o rastro dun produto alimenticio en todas as etapas da súa produción, procesamento e distribución". Este documento ofrece directrices para implementar un sistema de trazabilidade para as hortalizas e tamén mostra un exemplo dunha plantación de pementos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0925b9f7-d92f-4017-992c-e69501768455</t>
   </si>
   <si>
+    <t>Estudo da uniformidade do rego nos cultivos de amorodo no Parque Nacional de Doñana (Huelva)</t>
+  </si>
+  <si>
+    <t>A uniformidade da distribución do rego (UD) indica se as diferentes partes dunha parcela de rega reciben auga de xeito similar. Este documento presenta os resultados das avaliacións localizadas do rego durante a campaña 2014/15 en parcelas comerciais do Distrito Agrícola e Forestal de Almonte (Huelva) para un cultivo de amorodo. Avaliáronse doce subunidades de rego regadas con tres franxas de rego diferentes, realizándose dúas avaliacións en cada unha delas ao longo da tempada de rega.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/29e6a0fe-b392-476b-b8a3-bbd0b620cfc1</t>
+  </si>
+  <si>
     <t>Cultivo alternativo de cabaza e brásica no val de Granada. Estudo de variedades</t>
   </si>
   <si>
     <t>A chaira granadina é unha área agrícola de aproximadamente 1.500 km2 adxacente á cidade, que abrangue 47 concellos. Estes solos fértiles, con augas superficiais e subterráneas dispoñibles, están actualmente infrautilizados e ameazados polo crecemento da área metropolitana. Polo tanto, é urxente acadar a rendibilidade e xerar emprego para o seu mantemento. Este estudo verificou a viabilidade da alternativa anual proposta con tres variedades de cabaza (Orange Summer, Havana e Jacqueline) nun ciclo complementario a tres variedades de brásicas de alto valor: coliflor morada (Lavanda), coliflor verde (Vitaverde) e romanesco (Puntoverde). A produción alcanzou os 10.000 kg/ha de cabaza Jaqueline e entre 12.200 e 14.000 kg/ha de brásicas, con colleitas escalonadas e alta calidade de produción en ambos os casos, medida como contido de antioxidantes e sólidos solubles, especialmente a variedade de cabaza Jaqueline e a brásica Lavanda.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ed1fbeae-fd40-4b29-ac20-acad43627fe2</t>
   </si>
   <si>
-    <t>Estudo da uniformidade do rego nos cultivos de amorodo no Parque Nacional de Doñana (Huelva)</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c2fdb782-fa6f-4aeb-a151-402aa8057e69</t>
+    <t>Aplicación de produtos fitosanitarios. Nivel básico</t>
+  </si>
+  <si>
+    <t>O desenvolvemento deste material didáctico responde a unha demanda do sector e ten como obxectivo proporcionar unha ferramenta de traballo útil para o alumnado dos cursos de Aplicación de Produtos Fitosanitarios de Nivel Básico, así como un apoio e referencia para o persoal docente que participa nestes cursos. Índice: Unidade 1: Pragas dos cultivos: descrición e clasificación; Unidade 2: Produtos fitosanitarios. Etiquetas e fichas de datos de seguridade; Unidade 3: Riscos ambientais derivados do uso de produtos fitosanitarios. Boas prácticas ambientais; Unidade 4: Perigos dos produtos fitosanitarios. Primeiros auxilios; Unidade 5: Medidas para reducir os riscos dos produtos fitosanitarios e os seus residuos para a saúde; Unidade 6: Transporte, almacenamento e manipulación de produtos fitosanitarios; Unidade 7: Métodos de control de pragas. Tratamentos fitosanitarios: preparación, mestura e aplicación; Unidade 8: Métodos de aplicación de produtos fitosanitarios; Unidade 9: Equipos de aplicación: descrición e funcionamento; Unidade 10: Limpeza, mantemento e inspeccións periódicas dos equipos de tratamento; Unidade 11: Relación traballo-saúde. Normativa sobre prevención de riscos laborais; Unidade 12: Produtos fitosanitarios ilegais: identificación e riscos asociados ao seu uso; Apéndice: Normativa que afecta ao uso de produtos fitosanitarios. Infraccións e sancións. Agricultura – Pesticidas – Métodos de control de pragas</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e715398e-6050-4f7e-8216-b1bb6f48d97e</t>
+  </si>
+  <si>
+    <t>Aplicación de produtos fitosanitarios. Nivel cualificado. Edición 2020.</t>
+  </si>
+  <si>
+    <t>O desenvolvemento deste material didáctico responde a unha demanda do sector e ten como obxectivo proporcionar unha ferramenta de traballo útil para o alumnado dos cursos de Aplicación de Produtos Fitosanitarios de Nivel Cualificado, servindo de apoio e referencia para o persoal docente implicado. Unidade 1: Inimigos dos cultivos. Danos que causan; Unidade 2: Métodos de control de pragas; Unidade 3: Estratexias e técnicas para a xestión integrada de pragas; Unidade 4: Produción integrada e produción ecolóxica; Unidade 5: Produtos fitosanitarios. Etiquetas e fichas de datos de seguridade; Unidade 6: Riscos ambientais derivados do uso de produtos fitosanitarios. Boas prácticas ambientais; Unidade 7: Perigos dos produtos fitosanitarios. Primeiros auxilios; Unidade 8: Medidas para reducir os riscos dos produtos fitosanitarios e os seus residuos para a saúde; Unidade 9: Transporte, almacenamento e manipulación de produtos fitosanitarios; Unidade 10: Tratamentos fitosanitarios: Preparación, mestura e aplicación; ...</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/59e26550-313a-4f01-98bf-8fcfb30e9c57</t>
+  </si>
+  <si>
+    <t>Aplicación de biocidas para hixiene veterinaria. Nivel cualificado. Específico para mandas de cans.</t>
+  </si>
+  <si>
+    <t>A elaboración deste material didáctico sobre Biocidas de uso veterinario específico para Envases de Rehalas, responde á Orde do 12 de xuño de 2012, que modifica a do 3 de abril de 2008, que desenvolve o Decreto 161/2007, do 5 de xuño, polo que se establece a regulación da expedición do carné para actividades relacionadas co uso de produtos fitosanitarios e biocidas, onde aparece como especialidade o curso sobre Biocidas para a Hixiene Veterinaria Cualificado Específico para Envases de Rehalas. ÍNDICE UNIDADE DOCENTE 1: BIOCIDAS PARA A HIXIENE VETERINARIA: DESCRICIÓN, XERALIDADES. CLASIFICACIÓN DE PERIGOS. LAVADO E DESINFECCIÓN DE VEHÍCULOS. 1.1 Descrición e información xeral. 1.2 Clasificación dos biocidas. 1.3 Etiquetado nos envases de biocidas. 1.4 Ficha de datos de seguridade. 1.5 Lavado e desinfección de vehículos. UNIDADE DOCENTE 2: PROTECCIÓN E BENESTAR ANIMAL. 2.1 Anatomía e fisioloxía canina. Necesidades de alimentos e auga. 2.2 Benestar animal. RESPOSTAS DE AUTOAVALIACIÓN. GLOSARIO. BIBLIOGRAFÍA.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b7373fd-926b-4874-9900-17cbd0ef1e42</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios comerciais de variedades de arroz en Andalucía. Campaña de cultivo de 2016</t>
+  </si>
+  <si>
+    <t>Desde 1984, a Rede Andaluza de Experimentación Agraria publica anualmente os resultados do rendemento agronómico dunha ampla colección de variedades de arroz, tanto índica como japonica, así como diversos experimentos sobre técnicas de cultivo deste cereal.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1f4eb0db-83d0-405b-ab7e-5bc714fba216</t>
   </si>
   <si>
     <t>Comportamento de emisores de rega localizados de baixo caudal con augas residuais urbanas recuperadas</t>
   </si>
   <si>
     <t>A reutilización de augas residuais urbanas regeneradas para o rego é un recurso hídrico alternativo á explotación da auga dos acuíferos, aínda que pode presentar problemas de uniformidade do caudal debido a atascos nos emisores. O obxectivo principal deste estudo é avaliar o rendemento de diferentes modelos de emisores comerciais, segundo o seu tipo de inserción na tubaxe e compensación de caudal, con augas residuais urbanas regeneradas. Os emisores avaliados mostraron xeralmente un bo rendemento inicial. Coa aplicación de auga regenerada e en ausencia de mantemento da instalación, a maioría dos modelos experimentan atascos. Os datos obtidos durante dúas campañas mostran que, con este tipo de auga, os emisores integrados tiveron un mellor rendemento (maior uniformidade do caudal e menor porcentaxe de atascos). Pola contra, os emisores compensadores de tipo agulla tiveron un peor rendemento. A medida que melloraba a calidade da auga regenerada, todos os tipos de emisores tiveron un mellor rendemento ao longo da campaña de rego. É salientable que os modelos compensadores mostraron certa capacidade de limpeza, xa que a porcentaxe de atascos se reduciu na segunda campaña en comparación coa primeira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f33ed2b2-5e07-43b7-8e2c-9f05d2d82557</t>
   </si>
   <si>
-    <t>Aplicación de biocidas para hixiene veterinaria. Nivel cualificado. Específico para mandas de cans.</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b7373fd-926b-4874-9900-17cbd0ef1e42</t>
+    <t>Incidencia da ferruxe do talo en Andalucía</t>
+  </si>
+  <si>
+    <t>A ferruxe do trigo, ou ferruxe negra, é unha enfermidade que afecta tanto ao trigo duro como ao trigo brando ou panificable. Foi unha enfermidade moi importante deste cereal na antigüidade, pero considerouse case erradicada no noso país desde a década de 1970. Non obstante, despois duns 60 anos sen observala, están a comezar a detectarse pequenos brotes de ferruxe en diferentes zonas de España. En Andalucía, apareceu de forma máis significativa na tempada 2019/20, e a súa presenza converteuse nunha preocupación nas últimas tempadas. Este artigo describe a resposta a esta enfermidade de diversas variedades cultivadas de trigo duro e brando nas nosas condicións agroclimáticas, describindo as fontes de resistencia. Tamén analiza a evolución das razas deste patóxeno no noso país nos últimos 5 anos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bd193abf-3947-4624-b5d6-a9ee73ddeaaa</t>
+  </si>
+  <si>
+    <t>Influencia do chorro de area nas temperaturas alcanzadas na solarización e biosolarización en invernadoiros</t>
+  </si>
+  <si>
+    <t>A solarización e a biosolarización son dúas alternativas non químicas importantes para a desinfección do solo en cultivos de invernadoiro. O estudo realizado permítenos comprender a influencia da cobertura con area, unha técnica común empregada nos cultivos de invernadoiro en Almería, nas temperaturas do solo acadadas con ambos os tipos de desinfección. Os datos de temperatura obtidos en solos de invernadoiro mediante as técnicas empregadas proporcionan información valiosa, xa que hai moi pouca información dispoñible na literatura sobre este parámetro, especialmente no que respecta ás condicións de invernadoiro na costa mediterránea andaluza.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/da7cfcc3-6bc9-4b2a-8666-d00abaf8eb38</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con novas variedades de avea en Andalucía Campaña 2016/2017</t>
+  </si>
+  <si>
+    <t>A superficie cultivada en Andalucía experimentou unha considerable transformación nos últimos anos como consecuencia da desvinculación das subvencións da Política Agrícola Común. Coa entrada en vigor da nova PAC, a sustentabilidade das explotacións mellórase claramente, favorecendo a rotación de cultivos, con especial mención das leguminosas. Así, os secaños andaluzes alternarán entre cereais de inverno, xirasoles e leguminosas. A mellora no coñecemento do cultivo abordado nesta publicación, a avea, forma parte das innovacións incorporadas ás sementes que se comercializan. Xerar información sobre novas variedades rexistradas en España ou Europa en relación cos seguintes aspectos: agronomía, produción, resistencia ás enfermidades, así como os seus parámetros de calidade, é de vital importancia para os agricultores. Esta publicación pretende incorporar un elemento de interese na toma de decisións dos agricultores, xa que o coñecemento da adaptabilidade e o comportamento das variedades é decisivo para saber que sementar en función do uso previsto da colleita.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eb12b879-3215-424f-8443-2cc567f83d62</t>
   </si>
   <si>
     <t>Resultados dos ensaios con novas variedades de avea en Andalucía Campaña 2017/2018</t>
   </si>
   <si>
     <t>A superficie cultivada en Andalucía experimentou unha considerable transformación nos últimos anos como consecuencia da desvinculación das subvencións da Política Agrícola Común. Coa entrada en vigor da nova PAC, a sustentabilidade das explotacións mellórase claramente, favorecendo a rotación de cultivos, con especial mención das leguminosas. Así, os secaños andaluzes alternarán entre cereais de inverno, xirasoles e leguminosas. A mellora no coñecemento do cultivo da avea que se aborda nesta publicación baséase nas innovacións incorporadas nas sementes que se comercializan. Xerar información sobre novas variedades rexistradas en España ou Europa en relación cos seguintes aspectos: agronomía, produción, resistencia ás enfermidades, así como os seus parámetros de calidade, é de vital importancia para os agricultores. Esta publicación pretende incorporar un elemento de interese na toma de decisións dos agricultores, xa que o coñecemento da adaptabilidade e o comportamento das variedades é decisivo para saber que sementar en función do uso previsto da colleita.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04117c4d-aafe-48cc-ac98-d9bba158b97a</t>
   </si>
   <si>
-    <t>Aplicación de produtos fitosanitarios. Nivel básico</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1f4eb0db-83d0-405b-ab7e-5bc714fba216</t>
+    <t>A praga do arame (Agriotes spp.) en cultivos economicamente importantes en Andalucía.</t>
+  </si>
+  <si>
+    <t>A praga da larva arameosa considerábase unha praga menor ou secundaria en Andalucía. Non obstante, nos últimos anos aumentou debido a unhas condicións meteorolóxicas máis favorables, o que provocou un aumento dos danos e causou importantes perdas económicas aos agricultores. Ademais, a escaseza de produtos fitosanitarios eficaces, combinada co comportamento biolóxico do insecto, dificulta o seu control, polo que é necesario recorrer a estratexias preventivas que axuden a reducir a incidencia da praga. Co fin de satisfacer a demanda das Organizacións Agrarias Profesionais e a preocupación do sector pola xestión desta praga, o Laboratorio de Entomoloxía Agraria do IFAPA en Málaga elaborou este documento técnico que contén información detallada sobre a larva arameosa, así como algunhas recomendacións que contribúen ao seu control.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7c318373-c2e2-414a-82e2-03383ac84ddd</t>
+  </si>
+  <si>
+    <t>Principais podremias radiculares do aguacate na costa andaluza</t>
+  </si>
+  <si>
+    <t>A podremia da raíz, causada por *Phytophthora cinnamomi Rands*, e a podremia branca da raíz, causada por *Rosellinia necatrix Prill*, están entre as enfermidades máis importantes que afectan aos aguacates. Esta guía ten como obxectivo proporcionar información práctica para identificalas no campo e proporcionar un conxunto clave de recomendacións xerais para a súa prevención e/ou tratamento.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/93d30215-c1f3-4b76-b992-0830c8d650b6</t>
+  </si>
+  <si>
+    <t>Virus do enrolamento das follas do tomate de Nova Delhi</t>
+  </si>
+  <si>
+    <t>A presenza do ToLCNDV (virus do enrolamento foliar do tomate de Nova Delhi) en España foi declarada oficialmente nas provincias de Almería e Murcia durante o verán de 2013. Este documento describe os seus síntomas nos cultivos aos que afecta e suxire medidas de control.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/23df4563-cf8f-44b7-89e8-cb1b56d81546</t>
+  </si>
+  <si>
+    <t>Os consumidores e os queixos andaluces</t>
+  </si>
+  <si>
+    <t>Esta publicación recompila algunhas das actividades de investigación levadas a cabo no marco de varios proxectos de investigación e experimentación coordinados por IFAPA. O obxectivo é, por unha banda, comprender as valoracións dos consumidores sobre os queixos producidos actualmente en Andalucía e, por outra, proporcionar aos queixeiros ferramentas para mellorar a comercialización dos seus queixos (usos do queixo na cociña, maridaxes con outros produtos agrícolas, etc.). Todo isto preséntase nunha linguaxe coloquial, accesible a calquera público, non necesariamente especializado. Queixeiros, persoal de restauración, persoas interesadas en iniciarse na industria queixeira en Andalucía e os propios consumidores son os públicos obxectivo deste texto.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/28281aa4-d892-489e-93bf-62f1f3219176</t>
+  </si>
+  <si>
+    <t>Técnicas de quimigación. Aplicación de produtos fitosanitarios mediante rego por goteo en hortalizas de invernadoiro.</t>
+  </si>
+  <si>
+    <t>A quimirigación é unha técnica de aplicación fitosanitaria que consiste en engadir estes produtos disoltos na auga de rega. Pode empregarse con calquera sistema de rega: por goteo, por aspersión e mesmo por superficie ou a pé, pero xeralmente utilízase en sistemas de rega localizados. A quimirigación en invernadoiros do sueste de España realízase mediante rega por goteo, engadindo produtos fitosanitarios á auga dun xeito similar á fertirrigación. Este documento ofrece unha serie de recomendacións para o uso eficiente dos produtos fitosanitarios mediante esta técnica de aplicación, así como exemplos prácticos para comprender mellor o anterior.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e1b52be2-15f2-489a-bdcc-6b244fd94154</t>
   </si>
   <si>
     <t>Benestar animal no transporte</t>
   </si>
   <si>
     <t>O desenvolvemento deste material didáctico responde a unha demanda do sector e ten como obxectivo proporcionar unha ferramenta de traballo útil para o alumnado de benestar animal nos cursos de transporte que se imparten en Andalucía. Este manual actualiza a edición anterior, publicada en 2008, e introduce novas unidades didácticas, froito da necesidade de adaptar os contidos ao Decreto 80/2011, do 12 de abril (BOJA núm. 82, do 28 de abril de 2011), que regula a formación en benestar animal en Andalucía.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4a4df0e6-03ce-420b-99e1-7ca50c26450b</t>
   </si>
   <si>
-    <t>Técnicas de quimigación. Aplicación de produtos fitosanitarios mediante rego por goteo en hortalizas de invernadoiro.</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/23df4563-cf8f-44b7-89e8-cb1b56d81546</t>
+    <t>Maridaxe de queixo de cabra e mel andaluz: preferencias do consumidor</t>
+  </si>
+  <si>
+    <t>A mellora da comercialización é un dos retos futuros para os alimentos procesados, con potencial para a comercialización conxunta con outros produtos agrícolas. O obxectivo deste estudo foi avaliar as preferencias dos consumidores andaluces para diferentes maridaxes de queixo e mel. Baseándose nas avaliacións de 88 consumidores finais de Córdoba, Sevilla e Granada, obtivéronse as súas preferencias con respecto ás combinacións de queixos: queixo de cabra fresco, queixo de cabra semicurado e queixo de cabra curado en aceite; en combinación con tres meles: flor de laranxeira, eucalipto e castiñeiro. Os resultados mostran que os queixos de cabra son moi apreciados cando se maridan con mel, e que aínda que os consumidores inicialmente prefiren o queixo fresco, na cata sensorial, o queixo preferido foi o queixo semicurado.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f5147c52-8ee0-4d7f-b6a6-fb79ab0d776d</t>
+  </si>
+  <si>
+    <t>Maridaxe de queixos andaluces e viños tintos: preferencias do consumidor</t>
+  </si>
+  <si>
+    <t>Mellorar a comercialización é un dos retos futuros para os alimentos procesados, con potencial para a comercialización conxunta con outros produtos agrícolas. O obxectivo deste estudo foi avaliar as preferencias dos consumidores andaluces para diferentes maridaxes de queixos e viños tintos. Baseándose nas avaliacións de 130 consumidores finais de Córdoba, Sevilla e Granada, obtivéronse as súas preferencias teóricas e sensoriais para novas combinacións de queixos: queixo de cabra semicurado, queixo de ovella curado (usado como control) e queixo de cabra curado en aceite de leite cru; combinados con tres viños tintos: novo, curado e reserva. Os resultados mostran que os queixos de cabra curados (ao contrario do que suxiren algunhas recomendacións gastronómicas, que favorecen o queixo de ovella) pódense usar en maridaxe con viños tintos e son moi apreciados polos consumidores.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1750173f-9a70-4ce4-956e-f1e694195bce</t>
+  </si>
+  <si>
+    <t>Maridaxe de queixos andaluces e viños brancos: preferencias do consumidor</t>
+  </si>
+  <si>
+    <t>Mellorar a comercialización é un dos retos futuros para os alimentos procesados, con potencial para a comercialización conxunta con outros produtos agrícolas. O obxectivo deste estudo foi avaliar as preferencias dos consumidores andaluces para diferentes maridaxes de queixos e viños brancos. Baseándose nas avaliacións de 116 consumidores finais de Córdoba, Sevilla e Granada, obtivéronse as súas preferencias teóricas e sensoriais para novas combinacións de queixos: queixo de cabra semicurado, queixo de cabra madurado con láctico e queixo de cabra curado en aceite de leite cru; combinado con tres viños brancos: novo, espumoso e fino. Os resultados mostran que os queixos de cabra son moi apreciados cando se maridan con viños brancos, e que aínda que teoricamente se adoita usar viño espumoso, o viño branco novo é a maridaxe preferida co queixo de cabra.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9e633da6-1686-4a4f-b307-3b3978e311d2</t>
+  </si>
+  <si>
+    <t>Maridaxe de queixos andaluces e viños doces: preferencias do consumidor</t>
+  </si>
+  <si>
+    <t>Mellorar a comercialización é un dos retos futuros para os alimentos procesados, con potencial para a comercialización conxunta con outros produtos agrícolas. O obxectivo deste estudo foi avaliar as preferencias dos consumidores andaluces para diferentes maridaxes de queixos e viños doces. Baseándose nas opinións de 119 consumidores finais de Córdoba, Sevilla e Granada, obtivéronse as súas preferencias para as combinacións de queixos: queixo de cabra semicurado, queixo de cabra azul e queixo de cabra curado en aceite; e maridados con tres viños doces: moscatel natural, moscatel natural con crianza e Pedro Ximénez. Os resultados mostran que os queixos de cabra son moi apreciados cando se maridan con viños doces, e que aínda que inicialmente os consumidores prefiren o queixo semicurado, na cata sensorial, o queixo preferido foi o queixo de cabra azul.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0e54859f-52ed-4e49-bd72-30679999901f</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de novas variedades de trigo brando en Andalucía, campaña 2017/2018</t>
+  </si>
+  <si>
+    <t>A mellora do coñecemento do cultivo tratado nesta publicación, o trigo brando, provén das innovacións incorporadas nas sementes que se comercializan. Xerar información sobre novas variedades rexistradas en España ou Europa en relación cos seguintes aspectos: agronomía, produción, resistencia a enfermidades, así como os seus parámetros de calidade, é de vital importancia para os agricultores. Esta publicación pretende incorporar un elemento de interese na toma de decisións dos agricultores, xa que o coñecemento da adaptabilidade e o comportamento das variedades é decisivo para saber que sementar en función do uso que se lle vai dar á colleita.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4642931a-3d71-48d4-a1b5-62338b916f6e</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con novas variedades de trigo común en Andalucía. Campaña de cultivo 2016/2017</t>
+  </si>
+  <si>
+    <t>A mellora do coñecemento do cultivo tratado nesta publicación, o trigo brando, provén das innovacións incorporadas nas sementes que se comercializan. Xerar información sobre as novas variedades rexistradas en España ou Europa en relación cos parámetros agronómicos, de produción, de resistencia a enfermidades e de calidade é de vital importancia para os agricultores.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9156d637-57a5-4edf-8b32-b24c47cc3365</t>
+  </si>
+  <si>
+    <t>Resultados das probas de novas variedades de trigo duro en Andalucía, campaña 2017/2018</t>
+  </si>
+  <si>
+    <t>A mellora do coñecemento do cultivo de trigo duro que se aborda nesta publicación provén das innovacións incorporadas nas sementes comercializadas. Xerar información sobre novas variedades rexistradas en España ou Europa en relación cos parámetros agronómicos, de produción, de resistencia a enfermidades e de calidade é de vital importancia para os agricultores. Esta publicación pretende incorporar un elemento de interese na toma de decisións dos agricultores, xa que o coñecemento da adaptabilidade e o comportamento das variedades é crucial para saber que sementar en función do uso previsto da colleita.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c8900535-83b1-4840-bfcf-787395a14556</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de novas variedades de avea en Andalucía. Campaña de cultivo 2018/2019</t>
+  </si>
+  <si>
+    <t>A mellora no coñecemento do cultivo de avea que se aborda neste documento toma como punto de partida as innovacións incorporadas nas sementes dispoñibles comercialmente. Os resultados que se presentan aquí pretenden avaliar as novas variedades rexistradas en España e Europa en relación cos seus parámetros agronómicos, produtivos, de resistencia a enfermidades e de calidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f3fffacd-760e-49ef-b0af-8bcba50b9411</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con novas variedades de cebada en Andalucía. Campaña de cultivo 2018/2019</t>
+  </si>
+  <si>
+    <t>O coñecemento mellorado sobre o cultivo da cebada que se ofrece neste documento provén das innovacións incorporadas nas sementes que se comercializan. Ofrécese información sobre as novas variedades rexistradas en España e Europa en canto a parámetros agronómicos, de produción, de resistencia a enfermidades e de calidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51a6b7ea-a29f-40d0-8bd2-a4c211c904cf</t>
   </si>
   <si>
     <t>Resultados dos ensaios con novas variedades de triticale en Andalucía. Campaña de cultivo 2018/2019</t>
   </si>
   <si>
     <t>O coñecemento mellorado do cultivo de triticale que se ofrece neste documento provén das innovacións incorporadas ás sementes que se comercializan actualmente. Ofrécese información sobre as novas variedades rexistradas en España e Europa en canto a parámetros agronómicos, de produción, de resistencia a enfermidades e de calidade.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/84b28e55-89ff-4ece-9b25-7cc53b60a79d</t>
   </si>
   <si>
-    <t>Resultados das probas de novas variedades de trigo duro en Andalucía, campaña 2017/2018</t>
-[...77 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51a6b7ea-a29f-40d0-8bd2-a4c211c904cf</t>
+    <t>Xestión de residuos inorgánicos en horticultura intensiva</t>
+  </si>
+  <si>
+    <t>A horticultura no sueste de Andalucía abrangue unha superficie de 31.173 ha (Junta de Andalucía, 2020), o que implica unha xeración dispersa dun gran volume de residuos agrícolas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d3328bb1-734b-4c84-9183-72016cf2c2e6</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de colza en Andalucía. Campaña 2016-17</t>
+  </si>
+  <si>
+    <t>A importancia que adquiriu o cultivo de colza (Brassica napus) en Andalucía, xa que a superficie cultivada pasou de pouco máis de 1.000 hectáreas en 2014 a máis de 30.000 hectáreas en 2017, levou á IFAPA, consciente da importancia deste cultivo e de que a colza pode consolidarse como un cultivo con futuro nas alternativas da nosa rexión, a decidir iniciar unha rede de ensaios dentro da RAEA para poder dar resposta ao agricultor en diversos aspectos relacionados coas técnicas de cultivo, comportamento de novas variedades (Clearfield), tratamentos e resposta a novos herbicidas, resistencia a novas enfermidades e tratamentos para combatelas, e unha serie doutras prácticas agronómicas relacionadas con esta planta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/745032b7-cfc0-448b-adc9-81a1c15c28ec</t>
+  </si>
+  <si>
+    <t>Técnicas de desinfestación do solo non químicas para o cultivo de amorodos</t>
+  </si>
+  <si>
+    <t>A incerteza sobre o estado legal dos principais ingredientes activos empregados na desinfestación do solo para o cultivo de amorodos fai necesario continuar a investigación de alternativas físicas e biolóxicas que proporcionen aos agricultores potenciais ferramentas de traballo en caso de prohibición ou restrición no uso das opcións empregadas actualmente. Este estudo ten como obxectivo avaliar a agronomía e a eficacia dos tratamentos baseados na biosolarización de baixas doses con apoio microbiolóxico e o uso do ozono no control de patóxenos fúnxicos e nematodos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/48e31c87-0ae1-4db6-b62a-f3b65baec173</t>
+  </si>
+  <si>
+    <t>Influencia dun acumulador de calor pasivo no microclima e na bioprodutividade dun invernadoiro</t>
+  </si>
+  <si>
+    <t>O uso de mangas de plástico cheas de auga como acumuladores de calor no invernadoiro é un sistema de calefacción pasiva que aumenta a temperatura do aire e da planta durante a estación fría e aumenta a produción de froitos de pemento.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/17c380d9-cd75-4036-a72b-27f59bdea821</t>
+  </si>
+  <si>
+    <t>Determinacións analíticas no leite</t>
+  </si>
+  <si>
+    <t>O leite ten unha composición variada (proteínas, graxas, hidratos de carbono, vitaminas e minerais), é altamente dixerible e utilizable polo corpo humano e moi axeitado para a produción doutros produtos alimenticios. Este documento constitúe o material didáctico para as prácticas de laboratorio do Módulo 1: "Recepción e almacenamento do leite", correspondente ao Programa de Formación de "Especialista en Queixería". Describe as determinacións analíticas que se deben realizar para o control da calidade do leite, que garanten o cumprimento da normativa básica en materia de hixiene para alimentos de orixe animal (Regulamento 853/2004) e os requisitos de control que deben cumprir os operadores do sector lácteo (Real Decreto 1728/2007 para o leite de vaca e Real Decreto 752/2011 para o leite de ovella e cabra). Tamén se inclúen outras determinacións de gran utilidade para o control dos procesos tecnolóxicos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4c126b0-f732-480d-930e-2bb9b406f553</t>
+  </si>
+  <si>
+    <t>Recomendacións para facer manteiga</t>
+  </si>
+  <si>
+    <t>A manteiga artesanal de vaca, cabra e ovella é un produto de alto valor que as empresas lácteas producen cada vez máis, xa sexa utilizando nata de leite desnatado ou soro de leite destinado á produción de produtos lácteos, ou mercando nata a empresas externas. Este documento establece unha serie de recomendacións básicas para a fabricación artesanal de manteiga, garantindo un produto de alta calidade tecnolóxica e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7cb5a7bc-f596-49c3-9713-b0ffcb4a2f69</t>
   </si>
   <si>
     <t>O uso da solarización para a desinfección de sistemas empregados no cultivo sen solo</t>
   </si>
   <si>
     <t>A maioría dos patóxenos transmitidos polo solo persisten nos medios de cultivo empregados en cultivos sen solo, polo que requiren desinfección ou substitución. A solarización é un sistema de desinfección que consiste en cubrir os medios de cultivo húmidos cun plástico fino e transparente durante 4 a 8 semanas durante os períodos de temperatura e radiación solar máis altas. O obxectivo principal do estudo foi avaliar a eficacia desta técnica na eliminación de varios patóxenos dos medios de cultivo co fin de seleccionar sistemas duradeiros axeitados para a desinfección por solarización. Os resultados obtidos indican a súa eficacia na eliminación dos tres patóxenos nos catro sistemas probados.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1b466f94-e2fe-4f4d-93bc-ebc2f0f23690</t>
   </si>
   <si>
-    <t>Recomendacións para facer manteiga</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/745032b7-cfc0-448b-adc9-81a1c15c28ec</t>
+    <t>Efectos da aplicación de efluentes de muíños de oliveira en solos agrícolas</t>
+  </si>
+  <si>
+    <t>A extracción de aceite de oliva por métodos físicos produce grandes cantidades de auga de lavado de olivas e aceite. Esta auga almacénase en grandes estanques para a súa evaporación e non se reutiliza. Neste sentido, realizouse un estudo sobre os beneficios e as limitacións agrícolas, ambientais e empresariais do seu uso como rego en oliveiras e en solos tranquilos. En concreto, o estudo constou de dous aspectos. En primeiro lugar, consistiu nunha caracterización completa da composición e variabilidade dos líquidos procedentes do lavado de olivas e aceites nos muíños de oliva. En segundo lugar, tivo como obxectivo estudar os efectos do rego, avaliando a súa utilidade agrícola, así como a posible xeración de augas residuais no solo, as plantas e o medio ambiente en xeral. Con base nos resultados recompilados durante o estudo, extraéronse unha serie de conclusións sobre os beneficios que os agricultores poden obter do rego con efluentes, ademais da evidente contribución de humidade durante os períodos de baixas precipitacións. Isto tamén permite facer recomendacións sobre cando regar con efluentes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2e8ecd58-de53-45ac-b0a9-066b253d1856</t>
+  </si>
+  <si>
+    <t>Fertilización adaptada ás necesidades do cultivo: curvas de absorción de nutrientes</t>
+  </si>
+  <si>
+    <t>A fertilización mediante rego localizado de alta frecuencia mellora a eficiencia do uso de nutrientes das plantas. As vantaxes da fertirrigación residen na capacidade de aplicar nutrientes directamente á zona radicular e segundo a demanda nutricional da planta. Isto require comprender as curvas de absorción de nutrientes ao longo do tempo. As curvas de absorción reflicten os cambios nutricionais que dependen da fenoloxía da planta. O obxectivo deste artigo é proporcionar aos técnicos e produtores agrícolas información actualizada e resumida sobre conceptos básicos (taxa de absorción diaria, concentración de absorción), así como sobre a determinación das curvas de absorción de nutrientes dos cultivos e exemplos de curvas de absorción de N, P e K para tomates, pementos, pepinos e melóns cultivados en condicións de invernadoiro na costa mediterránea de Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9699ca21-f82d-40d8-a483-f9f0890e1eff</t>
+  </si>
+  <si>
+    <t>Guía de xestión integrada para as enfermidades da froita de óso</t>
+  </si>
+  <si>
+    <t>A finalidade deste material didáctico, "Enfermidades das árbores froiteiras de óso e a súa xestión na produción integrada", é axudar e orientar aos agricultores e asesores na aplicación dos principios da xestión integrada de enfermidades seguindo o Plan de Acción Nacional para o Uso Sostible de Produtos Fitosanitarios, e complementar a guía de xestión integrada de pragas para árbores froiteiras de óso elaborada polo Ministerio de Agricultura, Pesca e Medio Ambiente (MAGRAMA).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8c9d036b-dc0e-4988-86a7-3f831c2d5220</t>
+  </si>
+  <si>
+    <t>Análise xenética para mellorar o contido de vitamina C nas fresas</t>
+  </si>
+  <si>
+    <t>O amorodo é un cultivo de grande importancia económica, cuxo froito é moi apreciado e consumido polo seu delicado sabor, aroma e valor nutricional. Debido á crecente demanda dos consumidores, o aumento da calidade organoléptica e nutricional do froito está a converterse nun obxectivo clave da mellora xenética, sendo claves características como o contido de vitamina C (ou ácido ascórbico). A selección asistida por marcadores é unha ferramenta moi útil para aumentar a eficiencia dos programas de mellora. Neste artigo, detallamos como realizar un ensaio de marcadores KASP para seleccionar amorodos cun 12 % máis de vitamina C no froito.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db2af06b-d8d5-422c-a1fd-795ba998fd15</t>
+  </si>
+  <si>
+    <t>Proba xenética para mellorar a firmeza do froito de amorodo</t>
+  </si>
+  <si>
+    <t>O amorodo é unha froita amplamente consumida pola súa vibrante cor vermella, o seu sabor e aroma característicos e o seu valor nutricional. Debido a estas calidades, existe un grande interese en desenvolver novas variedades que melloren estas características. Neste contexto, a firmeza da froita considérase unha característica clave, xa que inflúe directamente na calidade organoléptica, na vida útil poscolleita e no valor comercial, ademais de ser crucial para o transporte a longa distancia. Neste traballo, presentamos unha proba de ADN deseñada para seleccionar variedades de amorodo con froita ata un 50 % máis firme. Esta proba é facilmente aplicable a programas de mellora por selección asistida por marcadores, aumentando significativamente a súa eficiencia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5e82464a-68b9-4068-9ee6-ac03db3d7c6e</t>
+  </si>
+  <si>
+    <t>Xestión de restos vexetais mediante a súa picado e incorporación ao solo do invernadoiro</t>
+  </si>
+  <si>
+    <t>A xeración de residuos vexetais é un problema ambiental e social sen resolver na horticultura baixo plástico. A súa xeración concentrada na primavera e no outono, así como a súa dispersión espacial, dificulta a súa xestión. O uso de residuos vexetais como emenda orgánica na propia explotación, mediante a incorporación de material fresco e picado ao solo (abono verde), é unha solución viable, en liña cos principios da economía circular, e tamén beneficia os propios cultivos e a rendibilidade da explotación. Este documento presenta diferentes técnicas para picado e incorporación de residuos vexetais frescos ao solo de invernadoiro e como se poden combinar coa técnica de solarización para lograr a biodesinfección do solo, un proceso coñecido como biosolarización.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/185efbc7-923d-4235-aec4-2b74afaa2c08</t>
+  </si>
+  <si>
+    <t>Obtención de augardentes de bagaço das variedades de uva Moscatel, Palomino Fino e Pedro Ximénez.</t>
+  </si>
+  <si>
+    <t>A xestión dos residuos e subprodutos do viño na adega supón importantes desafíos económicos e ambientais. O desenvolvemento dunha lexislación ambiental máis restritiva, xunto coa crecente concienciación pública, está a fomentar a implementación dunha nova estratexia empresarial aliñada coa economía circular, que promove a optimización dos recursos, a redución do consumo de materias primas e a utilización dos residuos mediante a súa reciclaxe ou reutilización en novos produtos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b94f5624-84c2-4d91-abac-93bf7cee9f58</t>
   </si>
   <si>
     <t>Benestar animal en explotacións gandeiras. Programa común</t>
   </si>
   <si>
     <t>A ampla variedade de explotacións gandeiras existentes impulsou o desenvolvemento deste currículo común para o programa de benestar animal nas explotacións gandeiras. Este currículo pódese empregar cando non existe material publicado específico para a especie en cuestión. O desenvolvemento deste material didáctico responde a unha demanda do sector e ten como obxectivo proporcionar unha ferramenta de traballo útil para estudantes e profesores de cursos de benestar animal impartidos en Andalucía.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3523218c-fad6-4e9a-a96c-a82db216ad59</t>
   </si>
   <si>
-    <t>Guía de xestión integrada para as enfermidades da froita de óso</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db2af06b-d8d5-422c-a1fd-795ba998fd15</t>
+    <t>Estratexias para a fertilización nitroxenada sostible</t>
+  </si>
+  <si>
+    <t>A contaminación difusa por nitratos procedente das actividades agrícolas foi identificada como unha das principais causas do mal estado das masas de auga tanto superficiais como continentais, así como das augas subterráneas. En 1991, a Unión Europea publicou unha Directiva sobre a protección das augas contra a contaminación causada polos nitratos na agricultura, co obxectivo de reducir a contaminación causada e previr unha maior contaminación. Este regulamento esixe que os Estados membros elaboren unha lista de zonas contaminadas, ou aquelas con risco de contaminarse (zonas vulnerables), e que publiquen un código de boas prácticas agrícolas e un plan de acción con medidas para reducir os niveis de nitratos nas zonas vulnerables. Este manual pretende ser unha ferramenta útil para concienciar sobre o problema e proporcionar tanto aos agricultores como aos técnicos ferramentas para a toma de decisións en canto á xestión da fertilización nitroxenada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2cec7e32-5309-4027-9915-ef95b3025e00</t>
+  </si>
+  <si>
+    <t>Virus transmitidos por contacto: desinfección de ferramentas de traballo</t>
+  </si>
+  <si>
+    <t>Unha desinfección axeitada das ferramentas de campo é de vital importancia para evitar a transmisión dunha serie de enfermidades víricas a toda a colleita. En resposta a unha demanda do sector, presentamos un resumo de estudos científicos sobre produtos empregados na desinfección de ferramentas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e3aae10-70e2-41fe-af40-cfb423e8c75c</t>
+  </si>
+  <si>
+    <t>Recomendacións para facer requeixo</t>
+  </si>
+  <si>
+    <t>O requeixo é un produto lácteo obtido por coagulación encimática do leite. Consúmese como sobremesa principalmente no norte de España e pódese elaborar con varios tipos de leite (de cabra, ovella ou vaca), así como combinarse con azucre ou mel, froitos secos ou anacos de froita. As diferentes denominacións que pode ter este produto lácteo, dependendo da súa composición, entre outros aspectos, están reguladas polo Real Decreto 1070/2007, polo que se aproba a norma de calidade do requeixo. Esta obra establece recomendacións básicas durante as diferentes etapas da produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/312fde8b-4374-4376-857f-b6fe12ee8a9d</t>
+  </si>
+  <si>
+    <t>Guía para a cuberta do solo nas amendoeiras</t>
+  </si>
+  <si>
+    <t>A cuberta vexetal viva considérase o sistema de xestión do solo máis axeitado, agás nos casos nos que non sexa posible un control axeitado. En comparación con outros sistemas de xestión do solo, a cuberta vexetal viva ten as seguintes vantaxes, entre outras: consegue unha mellor estrutura do solo e un maior contido en materia orgánica; mellora a taxa de infiltración da auga no solo e reduce a perda de auga por evaporación; facilita o tránsito de maquinaria; e é o sistema que máis reduce os danos por erosión. Se non se implementa control químico, é un sistema sen risco de danos ambientais e o que máis contribúe á conservación da biodiversidade e á mellora do agroecosistema.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78cbd014-6939-452d-b996-56478b48210f</t>
+  </si>
+  <si>
+    <t>Colección nuclear de Vicia faba: caracterización e avaliación preliminar</t>
+  </si>
+  <si>
+    <t>A diversidade biolóxica actual é a base da futura sustentabilidade agrícola e alimentaria, sendo os recursos fitoxenéticos o seu compoñente fundamental. A súa conservación é fundamental para o seu uso presente e futuro, xa sexa directamente mediante o uso de accesións conservadas ou mediante a incorporación dos xenes específicos que conteñen a programas de mellora vexetal. Para poder empregar este material, é necesario comprendelo, e isto lévanos a caracterizalo e avalialo mediante o estudo de descritores. Este documento ofrece a posibilidade de consultar e buscar trazos útiles a partir das accesións da Colección Básica de Vicia faba conservada no Banco de Xermoplasma da IFAPA.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/924447fb-a4ce-4aa6-ac2e-b7c4f83788e9</t>
   </si>
   <si>
     <t>Uso de datos meteorolóxicos e de teledetección para estimar a ET0 en Andalucía</t>
   </si>
   <si>
     <t>A avaliación da evapotranspiración de referencia (ETo) a nivel de parcela, área de rega, conca hidrográfica e rexional é un reto para a investigación agrícola e hidrolóxica; isto require a caracterización de grandes áreas ademais de obter variables meteorolóxicas precisas. Para abordar isto, desenvolveuse unha nova metodoloxía, combinando datos de radiación solar do satélite Meteosat (MSG) a través da plataforma LSA SAF con datos de temperatura media do aire a 2 metros da plataforma ECMWF.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8de69ea1-693a-4715-a83b-f3b091ecf841</t>
   </si>
   <si>
-    <t>Colección nuclear de Vicia faba: caracterización e avaliación preliminar</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78cbd014-6939-452d-b996-56478b48210f</t>
+    <t>Avespa do castiñeiro (Dryocosmus kuriphlilus) en Andalucía</t>
+  </si>
+  <si>
+    <t>A avespa do castiñeiro (Dryocosmus kuriphilus) é unha praga importante dos cultivos de castiñeiro, comprometendo seriamente a súa rendibilidade. Este documento ofrece información sobre a súa distribución, bioloxía, danos que causa e medidas de control existentes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f58818c2-dfd5-4c1d-8046-68c785749173</t>
+  </si>
+  <si>
+    <t>Parasitoides autóctonos da avespa do castiñeiro en Andalucía</t>
+  </si>
+  <si>
+    <t>A avespa do castiñeiro (Dryocosmus kuriphilus) é unha praga importante dos cultivos de castiñeiro, comprometendo seriamente a súa rendibilidade. Este documento, ademais de describir as principais características destas avespas, proporciona información sobre o control da praga da avespa do castiñeiro por parasitoides autóctonos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/394bb10a-55f5-495b-8118-029273d8ee00</t>
+  </si>
+  <si>
+    <t>Sistemas de oliveiras sostibles. Operación 10.1.7</t>
+  </si>
+  <si>
+    <t>A axuda agroambiental vinculada ás oliveiras coñécese como Operación 10.1.7. Sistemas olivícolas sostibles. Esta medida de apoio a este sector forma parte do Marco Estratéxico Comunitario (MCA) 2014-2020 do Programa Andaluz de Desenvolvemento Rural (PARD), concretamente da Medida 10: Agroambiente e Clima. Entre os obxectivos que pretende cumprir, o que afecta ás oliveiras e para o que se desenvolveu esta operación específica para este cultivo é a "Prevención da erosión do solo e mellora da xestión do solo". Así mesmo, se observamos a Figura 1, a Operación 10.1.7. Sistemas olivícolas sostibles está incluída dentro da Submedida 10.1. Pagos por Compromisos Agrícolas e Ambientais, é dicir, o beneficiario desta axuda recibirá unha compensación económica por levar a cabo unha serie de prácticas agrícolas que son beneficiosas non só para o medio ambiente senón tamén para o propio cultivo, porque non debemos esquecer que temos que ver e xestionar a oliveira como un agroecosistema, sendo esta</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78a0d01f-c174-49d3-b916-0f8987dd90d3</t>
+  </si>
+  <si>
+    <t>Efecto da variedade e do sistema de cultivo nas características de calidade das fresas. Tempada de colleita 2023/2024.</t>
+  </si>
+  <si>
+    <t>A calidade dos amorodos acabados de colleitar e poscolleitar é un factor moi relevante para o seu éxito comercial. Polo tanto, neste traballo, o noso obxectivo foi avaliar a calidade organoléptica, funcional e poscolleita dunha selección de 16 variedades de amorodo de 11 programas de mellora diferentes en tres sistemas de cultivo. Este estudo ten como obxectivo xerar información obxectiva sobre o rendemento de cada variedade en cada sistema de cultivo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/298cb4ca-2eff-4dcd-bf23-503289e512bb</t>
+  </si>
+  <si>
+    <t>Determinación da calidade das froitas cítricas no laboratorio</t>
+  </si>
+  <si>
+    <t>A calidade do produto e a satisfacción do consumidor son elementos prioritarios para os produtores de cítricos. Polo tanto, este artigo presenta os parámetros que definen a calidade morfolóxica e organoléptica dos cítricos. Tamén describe brevemente os procedementos para determinar estes parámetros de calidade, que garanten o cumprimento da normativa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5938a086-c82e-465a-94f9-2729428527b4</t>
   </si>
   <si>
     <t>Probas de ADN para predicir a cor da froita de amorodo</t>
   </si>
   <si>
     <t>A cor característica dos amorodos maduros débese á acumulación de antocianinas. Estes pigmentos, ademais de aumentar o atractivo da froita, teñen numerosos beneficios para a saúde debido ás súas propiedades antioxidantes. As diferentes variedades e especies de amorodo presentan unha sorprendente variabilidade na cor da froita, o que a converte nun trazo importante para os melloradores. No centro IFAPA de Málaga, en colaboración con outros grupos de investigación, desenvolvemos dúas probas de ADN para predicir a presenza/ausencia e distribución destes pigmentos na froita, evitando a necesidade de cultivar a planta para observar o fenotipo. Os marcadores utilizados detectan diferentes alelos do xene FaMYB10, responsable da variación cualitativa nestes trazos. Este documento presenta os detalles de ambas as probas, que se poden usar a grande escala, de forma económica e sinxela, en programas de mellora.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43c6c366-16fa-48b3-8a4a-27e64d4eb8c7</t>
   </si>
   <si>
+    <t>Xestión integrada da escama branca do mango</t>
+  </si>
+  <si>
+    <t>A cochinilla branca (Aulacaspis tubercularis) é a praga máis importante das mangas no sur de España e unha das máis prexudiciais a nivel mundial. Aquí propóñense as bases para a súa xestión integrada. Ofrécese unha descrición da praga, xunto con datos sobre a súa bioloxía, síntomas e danos. Tamén se suxire o uso de aceites de parafina para o seu control, xa que demostraron a súa eficacia en ensaios de campo. O control biolóxico, mediante un depredador (Cybocephalus nipponicus) e un parasitoide (Encarsia citrina), é unha opción de futuro, aínda que haberá que estudar a súa implementación con cuberta vexetal que sirva de refuxio e alimento alternativo para as pragas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/75445e35-017a-4226-ac49-21909e6b1ea0</t>
+  </si>
+  <si>
     <t>Control químico sostible da escama branca do mango (Aulacaspis tubercularis)</t>
   </si>
   <si>
     <t>A cochinilla branca é unha praga clave nos cultivos de mango en Andalucía, xa que produce unha cantidade significativa de...</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/00e4a59b-506d-4124-8141-1ba34dbcc970</t>
   </si>
   <si>
-    <t>Efecto da variedade e do sistema de cultivo nas características de calidade das fresas. Tempada de colleita 2023/2024.</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5938a086-c82e-465a-94f9-2729428527b4</t>
+    <t>Torymus sinensis. Parasitoide exótico da avespa do castiñeiro.</t>
+  </si>
+  <si>
+    <t>A avespa do castiñeiro (Dryocosmus kuriphilus) é unha importante praga dos cultivos de castiñeiro, comprometendo seriamente a súa rendibilidade. Este documento estuda o parasito específico Torymus sinensis, informa sobre as liberacións experimentais realizadas ata a data e as medidas necesarias para garantir o seu establecemento no cultivo, e advirte dos posibles riscos ambientais que pode supoñer a súa liberación ao medio ambiente.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b04618d6-67ec-45ef-88e6-cfc097275f61</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con novas variedades de trigo duro en Andalucía. Campaña de cultivo 2016/2017</t>
+  </si>
+  <si>
+    <t>Información actualizada sobre as novas variedades de trigo duro en Andalucía, o seu rendemento agronómico e produtivo e os parámetros de calidade nas principais zonas produtoras andaluzas. Unha breve descrición xeral do documento proporcionará orientación para tomar decisións oportunas e axeitadas sobre a variedade de trigo duro a cultivar, en función do tipo de solo, o clima e as características da explotación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c810a78a-ef3b-4fa4-8941-cc4d878bc3b9</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con novas variedades de trigo duro en Andalucía. Campaña de cultivo 2015/2016</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5f2645e9-bb2d-4714-9da8-4ff1cb988acd</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con novas variedades de trigo duro en Andalucía. Campaña 2014/2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4b873bb-cb2f-46d2-813c-ed87e00bb7bb</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con novas variedades de triticale en Andalucía. Campaña 2015/2016</t>
+  </si>
+  <si>
+    <t>Información actualizada sobre as novas variedades de triticale en Andalucía, o seu rendemento agronómico e produtivo e os parámetros de calidade nas principais zonas de cultivo andaluzas. Unha breve descrición xeral do documento proporcionará orientación para tomar decisións oportunas e axeitadas sobre a variedade de triticale a cultivar, en función do tipo de solo, o clima e as características da explotación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bd5c7821-0819-4c7d-8257-c7404e688ac8</t>
+  </si>
+  <si>
+    <t>Control integrado de pragas para calabacín no invernadoiro no ciclo de primavera</t>
+  </si>
+  <si>
+    <t>O problema actual nos cultivos de calabacín debido ao virus de Nova Delhi (ToLCNDV), transmitido pola especie de mosca branca Bemisa tabaci, está a causar importantes perdas de produción. A aplicación repetida de insecticidas como medida única non consegue un control axeitado desta praga. Este traballo avalía o uso do depredador Amblyseius swirskii e a subministración de pole como alimento complementario para mellorar a súa instalación, como parte dunha estratexia de control integrado, nun cultivo de calabacín no ciclo de primavera. Os resultados mostran que as medidas preventivas tanto de hermeticidade como de protección do cultivo, xunto cunha instalación axeitada do depredador, reducen a presenza e o desenvolvemento da praga no cultivo, minimizando a incidencia do virus de Nova Delhi.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/123fd5ed-5132-469b-aa53-7ffcc0b63cb6</t>
+  </si>
+  <si>
+    <t>Recomendacións para facer queixo lavado</t>
+  </si>
+  <si>
+    <t>A adición de auga durante a elaboración do queixo coñécese como "lavado do queixo". Esta operación básica ten como obxectivo acadar as características organolépticas típicas deste tipo de queixo: unha consistencia cremosa e un sabor e aroma suaves. Este artigo establece recomendacións básicas durante as diferentes etapas da elaboración do queixo para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1a7dcabf-1fc1-4d7e-ac9b-b021da9b2e35</t>
   </si>
   <si>
     <t>Balance hídrico do solo: un método eficiente para programar o rego de amorodos</t>
   </si>
   <si>
     <t>O rego é esencial para garantir a calidade e a produción das colleitas en rexións áridas e semiáridas. A falta dunha programación racional do rego pode levar a unha xestión ineficiente dos sistemas de rego con alta eficiencia potencial. O método do balance hídrico do solo para a programación do rego é doado de implementar e viuse favorecido pola posta en marcha da Rede SIAR, unha rede pública do Ministerio de Agricultura, Pesca e Alimentación, composta por máis de 450 estacións meteorolóxicas automáticas, que proporcionan información para calcular a evapotranspiración de referencia. O seu uso na programación do rego pode supoñer un aforro de auga de ata o 40 % en comparación co rego tradicional dos agricultores. Este artigo presenta os resultados da aplicación deste método ao cultivo de amorodo na provincia de Huelva e mostra que a súa aplicación resultou nun aforro medio de auga de máis do 40 %.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/335f970b-b5d5-4843-9442-483b54e1daec</t>
   </si>
   <si>
-    <t>Recomendacións para facer queixo lavado</t>
-[...25 lines deleted...]
-  <si>
     <t>Estudo da autofertilidade en fabas. Aplicacións na mellora</t>
   </si>
   <si>
     <t>A autofertilidade é a capacidade das plantas para producir froitos sen manipulación previa das flores (xa sexa por polinización mediada por insectos ou a man). A polinización é esencial para a reprodución do 90 % das plantas con flores e para un terzo dos nosos cultivos. O declive nas poboacións de polinizadores pode supoñer un risco para a produción destes cultivos, o que aumenta a necesidade de desenvolver novas variedades capaces de autofecundarse. Non obstante, os trazos que promoven a capacidade de autofecundación están pouco estudados. Este estudo ten como obxectivo descubrir trazos florais asociados coa autofertilidade nas fabas, co fin de realizar futuros estudos de xenes candidatos que aceleren os programas de mellora.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/191669fb-76d3-41eb-af6f-1929fce9f2f6</t>
   </si>
   <si>
-    <t>Resultados dos ensaios con novas variedades de triticale en Andalucía. Campaña 2015/2016</t>
-[...26 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4b873bb-cb2f-46d2-813c-ed87e00bb7bb</t>
+    <t>Ecotipos de fabas andaluces. Campaña de cultivo 2021/2022.</t>
+  </si>
+  <si>
+    <t>A IFAPA conserva unha valiosa colección de ecotipos de fabas andaluces. Co obxectivo de promover o seu uso, realizáronse diversas análises experimentais para comprender o seu comportamento agronómico e a súa adaptación a entornos específicos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e877d4ee-c162-43d4-8892-29677bf4a329</t>
+  </si>
+  <si>
+    <t>Aplicación de produtos fitosanitarios a nivel de aplicador piloto: actualización do contido da formación</t>
+  </si>
+  <si>
+    <t>Índice: Unidade 1: Aspectos xerais da protección fitosanitaria; Unidade 2: Produtos fitosanitarios: clasificación e características; Unidade 3: Formulacións de produtos fitosanitarios: natureza e características. Unidade 4: Riscos ambientais derivados de</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3544a1c5-6883-4026-943a-eb8e6223b899</t>
+  </si>
+  <si>
+    <t>Avaliación da eficacia de funxicidas en trigo duro e brando en Andalucía. Campaña de cultivo 2014-2015.</t>
+  </si>
+  <si>
+    <t>Información actualizada sobre a avaliación da eficacia do uso de funxicidas de nova xeración para o control de enfermidades fúnxicas no trigo duro e harineiro, considerando criterios de custo-eficacia e sustentabilidade ambiental. Esta publicación presenta os resultados dos ensaios realizados durante a campaña 2014/2015. Trátase de resultados dunha única campaña e, a medida que avance o proxecto, obteranse novos datos, o que proporcionará aos técnicos e aos agricultores información máis completa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dc757c9a-196b-4dab-b462-2dc8d6da00ca</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de novas variedades de avea en Andalucía. Campaña de cultivo 2015/2016</t>
+  </si>
+  <si>
+    <t>Información actualizada sobre as novas variedades de avea en Andalucía, o seu rendemento agronómico e produtivo e os parámetros de calidade nas principais zonas de produción andaluzas. Unha breve descrición xeral do documento proporcionará orientación para tomar decisións oportunas e axeitadas sobre a variedade de avea a cultivar, en función do tipo de solo, o clima e as características da explotación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b302728d-8cfb-40c0-9d4f-4357c97307e4</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de novas variedades de cebada en Andalucía. Campaña de cultivo 2015/2016</t>
+  </si>
+  <si>
+    <t>Información actualizada sobre as novas variedades de cebada en Andalucía, o seu rendemento agronómico e produtivo e os parámetros de calidade nas principais zonas de produción andaluzas. Unha breve descrición xeral do documento proporcionará orientación para tomar decisións oportunas e axeitadas sobre a variedade de cebada a cultivar, en función do tipo de solo, o clima e as características da explotación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14deffe6-29af-4126-8eb1-6d5f22ad3a23</t>
   </si>
   <si>
     <t>Resultados dos ensaios con novas variedades de cebada, avea e triticlias en Andalucía. Campaña 2014/2015.</t>
   </si>
   <si>
     <t>Información actualizada sobre as novas variedades de cebada, avea e triticale en Andalucía, xunto co seu rendemento agronómico e produtivo e os parámetros de calidade nas principais zonas de produción andaluzas. Unha breve descrición xeral do documento proporcionará orientación para tomar decisións oportunas e axeitadas sobre a variedade de cebada, avea ou triticale a cultivar, dependendo do tipo de solo, o clima e as características da explotación.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cb310841-88c9-47e2-aa6e-29a15398f390</t>
   </si>
   <si>
-    <t>Resultados dos ensaios de novas variedades de avea en Andalucía. Campaña de cultivo 2015/2016</t>
-[...43 lines deleted...]
-  <si>
     <t>Resultados dos ensaios de novas variedades de trigo común en Andalucía. Campaña de cultivo 2015/2016</t>
   </si>
   <si>
     <t>Información actualizada sobre as novas variedades de trigo brando en Andalucía, o seu rendemento agronómico e produtivo e os parámetros de calidade nas principais zonas produtoras andaluzas. Unha breve descrición xeral do documento proporcionará orientación para tomar decisións oportunas e axeitadas sobre a variedade de trigo brando a cultivar, en función do tipo de solo, o clima e as características da explotación.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b6c4bc7e-44f7-4f64-ba33-62c991ebccc7</t>
   </si>
   <si>
     <t>Resultados dos ensaios con novas variedades de trigo común en Andalucía. Campaña de cultivo 2014/2015.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/406bd0c5-bf48-4361-b82e-9f82843debf3</t>
   </si>
   <si>
+    <t>Resultados dos ensaios con novas variedades de triticale en Andalucía. Campaña de cultivo 2019/2020</t>
+  </si>
+  <si>
+    <t>Existe unha necesidade constante de avaliar e caracterizar as novas variedades de triticale lanzadas ao mercado, co fin de proporcionar un asesoramento axeitado ao sector produtivo, influíndo así na súa maior profesionalización.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e2316820-18b3-4bff-badf-a533a893b83b</t>
+  </si>
+  <si>
     <t>Preferencias dos olivicultores con respecto aos programas agroambientais.</t>
   </si>
   <si>
     <t>É necesario realizar unha análise para apoiar a toma de decisións en materia de política agroambiental. Este estudo analiza as preferencias dos olivicultores andaluces con respecto a esta política, especialmente en canto á adopción de áreas de interese ecolóxico (AIE) e as prácticas agroambientais. Os resultados mostran que estas preferencias varían dependendo do sistema de oliveira. Así, os agricultores con oliveiras de secaño no rural prefiren non participar en programas que inclúen cuberta vexetal para a que non se permite a labranza. Aqueles con rural de regadío están máis dispostos a participar, aínda que prefiren a opción que require unha cantidade moderada de cuberta vexetal e onde non se require o cumprimento do requisito mínimo de AIE. Mentres tanto, os da montaña prefiren participar no programa de AIE máis esixente, probablemente porque están mellor capacitados para cumprir os seus requisitos e porque paga a pena o pago máis alto.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/477415d5-55e0-4e40-b53f-bb71c48f4db3</t>
   </si>
   <si>
+    <t>Rego de oliveiras con auga infestada por Verticillium dahliae.</t>
+  </si>
+  <si>
+    <t>Factores como o tipo e a concentración de inóculo do patotipo defoliante de Verticillium dahliae no rego, as lesións radiculares da oliveira e o número de campañas de rego considéranse polos seus efectos sobre a murcha por Verticillium no cultivar 'Picual' e a densidade do inóculo residual do fungo no solo. Todos os factores mencionados influíron no desenvolvemento da enfermidade en maior ou menor medida. Os efectos combinados da concentración de inóculo e as lesións radiculares da árbore foron necesarios para o desenvolvemento de epidemias no rego con auga infestada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/97e9d731-a926-4001-94fb-6d02b214390f</t>
+  </si>
+  <si>
+    <t>Estudo sobre diferentes doses e datas de plantación de garavanzos no campo cordobés</t>
+  </si>
+  <si>
+    <t>A data e a dose de sementeira son dous parámetros a ter en conta para acadar maiores rendementos dos cultivos. O obxectivo deste estudo foi avaliar a adaptación de liñas de garavanzos resistentes á rabia, considerando dúas datas de sementeira (decembro e xaneiro) e dúas doses (24 plantas/m² e 17 plantas/m²). Tras avaliar as dúas datas e doses de sementeira durante catro tempadas agronómicas, observouse que as dúas datas e doses de sementeira non parecen influír no tamaño da semente. Non obstante, a data de sementeira si inflúe no ciclo do cultivo, sendo máis longa en decembro. En canto ao rendemento, a dose de 24 sementes/m² foi mellor que a dose de 17 sementes/m² en ambas as datas de sementeira. En canto ás datas de sementeira, non se observaron diferenzas significativas nas dúas primeiras tempadas. Polo tanto, recoméndase usar a dose máis alta, incluída a data de sementeira de xaneiro. Isto permitiría ao agricultor realizar algunhas tarefas adicionais e, polo tanto, limpar o campo de herbas daniñas, un problema que afecta aos garavanzos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bc799465-2d98-417d-9d18-fa91b44e7305</t>
+  </si>
+  <si>
     <t>Drosophila suzukii (Matsumura, 1931) en amorodo: guía visual dos danos</t>
   </si>
   <si>
     <t>Guía con imaxes dos danos causados por D. suzukii en froitos de amorodo</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8ef4866c-0523-44b6-8c4f-6fe2933850ae</t>
   </si>
   <si>
     <t>Guía para a planificación da fertirrigación en tomates para a industria</t>
   </si>
   <si>
     <t>Guía para a fertirrigación de tomates en cultivos industriais, tendo en conta a limitación establecida na normativa para a produción integrada de tomate. Esta guía non considera a achega de nutrientes procedentes de fontes complementarias, como o solo ou a auga de rega, polo que se debe adaptar o seu uso, reducindo estas achegas e monitorizando o estado nutricional das plantas mediante análise foliar.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a55ecf23-825e-4a2b-b445-c2352bf18f54</t>
   </si>
   <si>
+    <t>Efecto da frecuencia de rego na eficiencia do rego e na produción dun cultivo de amorodos</t>
+  </si>
+  <si>
+    <t>Ata hai pouco, existía unha incerteza considerable sobre o efecto da duración e o número de pulsos de rega na eficiencia do rega e na produción de amorodos na provincia de Huelva. Este documento presenta os resultados dun estudo realizado para este fin nunha explotación comercial situada na TM de Almonte, aplicando pulsos de rega de 5, 10 e 15 minutos. Empregouse un programa de rega baseado en datos meteorolóxicos, coeficientes de cultivo e monitorización da humidade do solo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/55df7aa9-dc4b-4764-a832-fec8c1dc6ca3</t>
+  </si>
+  <si>
+    <t>Aplicación foliar de extractos de subprodutos do viño en uvas cultivadas en climas cálidos: resultados iniciais</t>
+  </si>
+  <si>
+    <t>Hoxe en día, as demandas do sector agrícola diríxense á procura de substancias activas non tóxicas, naturais e útiles para a protección ou estimulación de cultivos en condicións desfavorables, como as que se atopan en climas cálidos. España lidera o mundo en termos de viñedos cultivados. Os residuos vitivinícolas xerados adoitan desbotarse, polo que a súa reutilización para reducir o impacto ambiental sería un valor engadido. O obxectivo deste estudo é avaliar o impacto da aplicación foliar de extractos de subprodutos do viño no cultivo da uva en climas cálidos, co fin de mellorar a calidade das uvas e dos viños obtidos delas. Para iso, probouse a aplicación foliar de extractos de talo, bagaço e lías no envero entre 2020 e 2022, en comparación cun control sen extractos, en uvas Tempranillo e Palomino Fino.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/471ef3e7-80d8-4f01-a949-5eaa16621130</t>
+  </si>
+  <si>
+    <t>Recomendacións para facer queixo procesado para untar</t>
+  </si>
+  <si>
+    <t>Hoxe en día, a crecente demanda de novos produtos por parte dos consumidores está a impulsar a investigación no desenvolvemento do sector lácteo, co obxectivo de incrementar a diversificación láctea. Ademais de buscar a optimización dos recursos, está a xurdir a produción de queixo procesado para untar. Este queixo elabórase combinando diferentes tipos de queixos para obter un produto final de calidade garantida. Este artigo establece recomendacións básicas durante as diferentes etapas da produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/31c78d9c-d4c9-4689-8a01-38c5bf59b051</t>
+  </si>
+  <si>
     <t>Novas pragas dos cítricos</t>
   </si>
   <si>
     <t>Hoxe en día, aínda existen especies de artrópodos que se comportan como pragas importantes para os cítricos noutras rexións do mundo, pero que non están presentes na nosa área de cultivo. A posible entrada destes organismos na nosa Comunidade Autónoma constitúe unha grave ameaza fitosanitaria para as nosas plantacións, non só polos posibles danos directos que causan, senón tamén porque poden restrinxir a comercialización dos nosos cítricos. Dada esta situación, é de grande importancia establecer un mecanismo para a detección precoz destes organismos exóticos nocivos. Para iso, a Dirección Xeral de Produción Agropecuaria (Consellería de Agricultura, Pesca e Desenvolvemento Rural, Xunta de Andalucía) desenvolveu recentemente o "Plan Andaluz de Vixilancia Fitosanitaria para Cítricos". Este documento presenta brevemente os datos máis relevantes sobre as novas pragas e enfermidades que abrangue.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/68265e68-39f4-47d6-a6c9-4ed356bcf025</t>
   </si>
   <si>
-    <t>Recomendacións para facer queixo procesado para untar</t>
-[...52 lines deleted...]
-  <si>
     <t>Efectos da biofortificación con potasio no rendemento e na calidade da colleita e poscolleita dos froitos de tomate cherry despois do almacenamento en frío</t>
   </si>
   <si>
     <t>Este estudo ten como obxectivo avaliar o efecto dun programa de biofortificación con diferentes doses de potasio en forma de KCl na produción de tomate cherry, a calidade do froito, a velocidade de maduración e o almacenamento en frío.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b3e64622-428e-40d2-8707-a90ffe71d094</t>
   </si>
   <si>
+    <t>Recomendacións para a inspección e mantemento de equipos para a aplicación de produtos fitosanitarios a hortalizas de invernadoiro en Almería</t>
+  </si>
+  <si>
+    <t>Este estudo ten como obxectivo propoñer recomendacións para o correcto funcionamento, inspección e mantemento dos equipos de aplicación de pesticidas nas principais zonas de invernadoiros da provincia de Almería. Os resultados que se presentan aquí corresponden ás enquisas realizadas para determinar o estado dos equipos de aplicación nas comarcas do Baixo Andarax e Campo de Dalías.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c199498c-ae6f-4870-be59-2528fccb1975</t>
+  </si>
+  <si>
     <t>Aumento da biodiversidade nos cultivos herbáceos de secaño mediante a implementación de marxes multifuncionais</t>
   </si>
   <si>
     <t>Un estudo sobre o impacto na biodiversidade en catro explotacións agrícolas da zona rural de Sevilla, onde se estableceron catro tipos diferentes de marxes multifuncionais en explotacións con rotacións de cereais-xirasol-leguminosas no val do Baixo Guadalquivir. Préstase especial atención á fauna de artrópodos do solo e aos polinizadores. Tamén se monitorizaron aspectos do establecemento de especies vexetais en relación coas taxas de sementeira e o seu efecto na aparición de flora non desexada.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bda26a4c-30b6-4804-9201-12aa51d0c344</t>
   </si>
   <si>
+    <t>Novo xermoplasma para programas de mellora da faba en Andalucía.</t>
+  </si>
+  <si>
+    <t>Europa afronta o reto continuo de producir proteínas vexetais. As fabas son unha excelente candidata, pero requiren un maior desenvolvemento con diferentes características agronómicas e adaptacións a diferentes países e rexións agroclimáticas. No marco do proxecto europeo EUCLEG, avaliouse unha colección mundial de 400 accesións de fabas, que proporciona información sobre: datos de pasaporte, cor da flor, cor da semente, grupo botánico (major, equina, minor, paucijuga), altura da planta, peso do gran e rendemento potencial nas nosas condicións agroecolóxicas. Estes resultados aumentarán a diversidade xenética do Banco de Xermoplasma de Leguminosas da IFAPA e identificarán novos materiais adaptados ás nosas condicións para o seu uso nos programas de mellora que se están a levar a cabo en Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6d5b0f99-6414-4f75-813b-0ba6a3245c3b</t>
+  </si>
+  <si>
     <t>Resultados dos ensaios de novas variedades de trigo brando en Andalucía, campaña 2018/2019</t>
   </si>
   <si>
     <t>É necesario mellorar a produción de cereais para satisfacer a crecente demanda de alimentos. Estímase que para o ano 2050, a produción aumentará nun 60 %. Os cereais (millo, arroz e trigo) representan o 42,5 % de todas as calorías humanas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b360fbe1-e7b1-4a78-907b-d8e6a4e50ae1</t>
   </si>
   <si>
     <t>Resultados das probas de novas variedades de trigo duro en Andalucía campaña 2018/2019</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c08333e-275e-4303-9b6a-4f6edf96f185</t>
   </si>
   <si>
-    <t>Recomendacións para a inspección e mantemento de equipos para a aplicación de produtos fitosanitarios a hortalizas de invernadoiro en Almería</t>
-[...16 lines deleted...]
-  <si>
     <t>Avance dos resultados da avaliación das variedades comerciais de alfalfa. Campaña de cultivo 2016/2017</t>
   </si>
   <si>
     <t>Existe unha ampla gama de variedades comerciais de alfalfa (Medicago sativa) dispoñibles para os agricultores para o seu uso como forraxe. Para determinar que variedade ou variedades se adaptan mellor a un ambiente de produción específico, é necesario realizar ensaios de avaliación varietal. O obxectivo deste estudo é presentar os resultados da primeira campaña que avaliou o rendemento da forraxe verde dun grupo de variedades comerciais de alfalfa nun ambiente específico. Os resultados correspondentes engadiranse en campañas posteriores.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40eed973-9d4b-467f-8b53-7c917c88d481</t>
   </si>
   <si>
+    <t>Scirtothrips aurantii en cítricos en Andalucía: recoñecemento, bioloxía, xestión e estratexias de control</t>
+  </si>
+  <si>
+    <t>Este material foi desenvolvido para proporcionar unha visión detallada da praga Scirtothrips aurantii. Inclúe aspectos como a súa distribución xeográfica, o seu ciclo de vida, os métodos de detección e seguimento e as estratexias actuais de xestión integrada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ec105aa5-6d9e-475b-9133-a5f99858244b</t>
+  </si>
+  <si>
     <t>Coñecemento, consumo e preferencias dos consumidores cara aos aceites de oliva de calidade certificada</t>
   </si>
   <si>
     <t>Este traballo analiza a demanda de aceites de oliva de calidade certificada en Andalucía, centrándose nos diferentes Sistemas de Calidade Certificada dispoñibles para os consumidores andaluces: produción integrada, agricultura ecolóxica, pegada de carbono, prezo xusto, ISO 9001, ISO 14001, Globalgap, entre outros. O obxectivo é determinar o nivel de coñecemento, consumo e disposición a pagar por diferentes atributos de calidade e CCS entre os consumidores andaluces de aceite de oliva.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f18089d2-2d62-45a0-a92c-6da8c5f3036b</t>
   </si>
   <si>
+    <t>Control biolóxico de Macrophomina phaseolina en cultivos de amorodo en condicións de campo</t>
+  </si>
+  <si>
+    <t>Este traballo é unha continuación de estudos previos, nos que os autores probaron a eficacia de varios illamentos bacterianos no biocontrol do fungo Macrophomina phaseolina en condicións in vitro, de invernadoiro e de campo. Nestes estudos, a bacteria coñecida como Hvs8 foi seleccionada como un posible axente de biocontrol en condicións de campo. Este estudo presenta os resultados de campo de dúas campañas consecutivas, con resultados que apoian esta proposta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/48d04121-a9db-4a42-abf3-76be2d863150</t>
+  </si>
+  <si>
+    <t>Uso de bacterias no biocontrol da murcha por Fusarium nos espárragos</t>
+  </si>
+  <si>
+    <t>Este artigo presenta un estudo do efecto da aplicación de bacterias ás plantas de espárrago para o biocontrol dos fungos patóxenos Fusarium oxysporum, F. solani e F. proliferatum. Os estudos realizáronse na variedade Grande no Centro IFAPA Las Torres y Tomejil en Alcalá del Río (Sevilla). Os resultados demostran a eficacia destes tratamentos e abren a posibilidade de usalos para substituír produtos químicos sintéticos nun contexto agrícola sostible.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/604eb087-43c4-4241-8ef2-e5e5446aa00f</t>
+  </si>
+  <si>
+    <t>Termografía infravermella para a xestión dos recursos hídricos na agricultura</t>
+  </si>
+  <si>
+    <t>Este artigo presenta unha revisión xeral das bases técnicas da termografía infravermella, o seu potencial, aplicabilidade, vantaxes e desvantaxes cando se usa para a xestión dos recursos hídricos e a monitorización do estado da auga dos cultivos en situacións de estrés.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51277665-b330-405b-accc-5b87e3869c5f</t>
+  </si>
+  <si>
     <t>Variabilidade da cobertura nos garavanzos</t>
   </si>
   <si>
     <t>Este estudo tivo como obxectivo determinar se existe variabilidade no trazo da cuberta verde dentro dunha colección de 21 ecotipos de garavanzos. O experimento levouse a cabo nunha granxa do concello de El Carpio (Córdoba) durante a tempada agrícola 2021/2022. O deseño estatístico do ensaio foi de bloques aleatorios con tres repeticións. A porcentaxe de cuberta estimouse nun metro cadrado de parcela durante sete datas diferentes, obténdose así valores absolutos e a evolución do trazo. Isto determinouse mediante unha cámara GoPro e o software de procesamento de imaxes Canopeo. Os resultados mostran variabilidade no trazo da cuberta dentro da poboación estudada, o que permite identificar e seleccionar os ecotipos coa maior porcentaxe.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7fa59432-937c-49c2-b80d-718e0fb08f07</t>
   </si>
   <si>
-    <t>Termografía infravermella para a xestión dos recursos hídricos na agricultura</t>
-[...34 lines deleted...]
-  <si>
     <t>Aquenios de amorodo como fonte de antioxidantes e o seu uso potencial en programas de mellora</t>
   </si>
   <si>
     <t>Este documento aborda o coñecemento do contido en antioxidantes dos amorodos, a súa distribución nas diferentes partes do froito e o posible uso desta información en programas de mellora xenética.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/32916c44-a20b-46c1-b250-9c66f4368d96</t>
   </si>
   <si>
     <t>Rede de transferencia de coñecemento para a transformación dixital dos oliveirais en Andalucía</t>
   </si>
   <si>
     <t>Este estudo analiza a rede de transferencia de coñecemento para a transformación dixital do sector olivícola andaluz, empregando a metodoloxía de Análise de Redes Sociais (ARS). Isto permítenos determinar a importancia e a posición dos axentes implicados, o significado e a intensidade das relacións entre eles, así como describir a estrutura da rede que conforman, co fin de comprender a súa situación e funcionamento actual e propoñer liñas estratéxicas que favorezan o seu funcionamento máis eficiente.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5e31a6c-6310-4331-a770-91f8f29988d4</t>
   </si>
   <si>
     <t>Manual de formación: Poda de oliveiras</t>
   </si>
   <si>
     <t>Este manual, dedicado á poda da oliveira, aborda aspectos relacionados con esta técnica de cultivo da oliveira co obxectivo de formar os olivicultores na toma de decisións necesaria para lograr unha xestión óptima desta práctica. Índice: Unidade 1: Aspectos xerais da poda da oliveira; Unidade 2: Poda de mato en oliveira; Unidade 3: Poda de sebes en oliveira. Agardamos que este manual sexa unha ferramenta útil para o alumnado do curso, facilitando o seu proceso de aprendizaxe. É o resultado do traballo dun equipo de persoas que volcaron a súa ampla experiencia neste traballo e que se verán moi recompensadas se contribúe a mellorar a formación no sector.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5778c9f-41bd-4ec1-a1c7-2331a3215933</t>
   </si>
   <si>
     <t>Plantas mediterráneas cuxo consumo pode causar problemas reprodutivos en pequenos ruminantes</t>
   </si>
   <si>
     <t>Este material consiste nun resumo das plantas mediterráneas máis comúns en Andalucía que poden afectar á reprodución en pequenos ruminantes. Para facilitar a súa identificación, propóñense medidas de xestión gandeira para a prevención.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/85716fe9-b69a-4694-b609-5a6ed293ce5d</t>
   </si>
   <si>
+    <t>Recursos fitoxenéticos de leguminosas Colección nuclear de Vicia faba: datos de pasaporte</t>
+  </si>
+  <si>
+    <t>Este documento presenta os datos de pasaporte para as distintas entradas da Colección Básica de Vicia faba do Banco de Xermoplasma de Leguminosas da IFAPA. O obxectivo é proporcionar información aos equipos de mellora públicos e privados sobre este xermoplasma.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d4dc9cf4-b88c-42f7-b0a2-4b81212ad647</t>
+  </si>
+  <si>
+    <t>Uso de bacterias promotoras do crecemento como substituto do uso de produtos sintéticos no cultivo de amorodos</t>
+  </si>
+  <si>
+    <t>Este documento presenta un estudo dos efectos da aplicación de bacterias PGP a plantas de amorodo, cun dobre propósito: primeiro, aumentar o desenvolvemento das raíces e, polo tanto, o crecemento das plantas mediante o uso de bacterias produtoras de auxina, e segundo, combater o fungo patóxeno M. phaseolina, utilizando bacterias como biocontrol. Os estudos realizáronse nas variedades Candonga e Camarosa no Centro IFAPA Las Torres y Tomejil en Alcalá del Río (Sevilla). Os resultados demostran a eficacia destes tratamentos e abren a posibilidade do seu uso como substituto de produtos sintéticos nun contexto de agricultura sostible.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/301846d1-fae6-4637-8e60-5a5371c3d081</t>
+  </si>
+  <si>
+    <t>Estimación da distribución varietal no cultivo de amorodo en Huelva - campaña 2020/2021</t>
+  </si>
+  <si>
+    <t>Este documento presenta unha estimación da composición varietal dos cultivos de amorodo na provincia de Huelva durante a actual campaña 2020-2021, expresada como porcentaxe de plantas por variedade en produción. Tamén mostra a participación dos principais programas de mellora.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/70822b55-2cac-41d5-ba25-95aede7852bd</t>
+  </si>
+  <si>
     <t>Estimación da distribución varietal no cultivo de amorodo en Huelva - campaña 2021-2022</t>
   </si>
   <si>
     <t>Este documento presenta unha estimación da composición varietal dos cultivos de amorodo na provincia de Huelva durante a actual tempada 2021-2022, expresada como porcentaxes de plantas por variedade postas en produción. Tamén mostra a participación dos principais programas de mellora. Este traballo, realizado polo Grupo de Amorodo IFAPA, baséase principalmente na información proporcionada por empresas de mellora ou empresas licenciadas ao abeiro dos distintos programas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43f4f44f-f701-44f6-b1a4-2e4c229eb8cd</t>
   </si>
   <si>
+    <t>Actividades de mellora xenética para a raza Payoya. Campaña de 2014.</t>
+  </si>
+  <si>
+    <t>Este documento presenta un informe sobre as actividades levadas a cabo polo centro de recollida de esperma IFAPA Hinojosa del Duque durante o ano 2014, a través dun contrato de investigación coa Asociación de Criadores de Cabras Payoya (ACAPA).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/44ab38bc-3759-42d0-a93d-4ec57798ea58</t>
+  </si>
+  <si>
     <t>Proceso para obter plantas nai de amorodo iniciais</t>
   </si>
   <si>
     <t>Este documento describe o proceso polo cal se obteñen as plantas nai iniciais de amorodo, a partir do cal, e segundo o proceso descrito no Regulamento Técnico para o Control e Certificación de Plantas de Viveiro de Frutas (Real Decreto 929/95, do 9 de xuño de 1995), se obteñen plantas de amorodo certificadas para a produción de froita no noso país.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5b17c75a-5046-4d5e-b6c3-612a1ef6e266</t>
   </si>
   <si>
+    <t>Cultivo en invernadoiro de tres variedades de amora (Rubus fruticosus)</t>
+  </si>
+  <si>
+    <t>Este documento presenta os resultados dun ensaio experimental de cultivo en invernadoiro de tres variedades de amora (Rubus fruticosus) como alternativa aos cultivos hortícolas convencionais.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/018f1ec0-a3d6-499a-8e89-2e7a366cd3eb</t>
+  </si>
+  <si>
     <t>Ultrasóns na xestión reprodutiva en pequenas explotacións de ruminantes</t>
   </si>
   <si>
     <t>Este documento ten como obxectivo analizar as vantaxes e desvantaxes do uso de ultrasóns na xestión reprodutiva de pequenas explotacións de ruminantes, baseándose na experiencia da IFAPA a través da RAEA de Ovino.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d7b6c0f8-232e-4264-8136-b8644fd1d4eb</t>
   </si>
   <si>
-    <t>Recursos fitoxenéticos de leguminosas Colección nuclear de Vicia faba: datos de pasaporte</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/70822b55-2cac-41d5-ba25-95aede7852bd</t>
+    <t>Aplicación de produtos fitosanitarios. Nivel de fumigador. Edición 2020.</t>
+  </si>
+  <si>
+    <t>Esta segunda edición do Manual para a aplicación de produtos fitosanitarios a nivel de fumigador inclúe algunhas modificacións no contido e na redacción en comparación co publicado en 2017, co obxectivo de actualizar e mellorar a calidade da formación impartida tanto polas entidades acreditadas como pola IFAPA. Unidade 1: Problemas fitosanitarios; Unidade 2: Propiedades, modos e espectro de acción dos fumigantes; Unidade 3: Aplicación de fumigantes: planificación e aspectos a considerar; Unidade 4: Técnicas e equipos de fumigación; Unidade 5: Mantemento, regulación, calibración, revisión e inspección dos equipos de aplicación; Unidade 6: Práctica de fumigación. Exercicios de estudo de casos; Unidade 7: Alternativas non químicas para a desinfección de solos agrícolas; Unidade 8: Produtos fumigantes. Etiquetas e fichas de datos de seguridade; Unidade 9: Detectores de gases, máscaras, filtros e outros elementos de seguridade. Mantemento de elementos e equipos de seguridade; Unidade 10: Riscos e perigos específicos para a saúde...</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/322d5de5-c1b3-48ba-817d-c4c9355cf16f</t>
+  </si>
+  <si>
+    <t>Recomendacións para facer queixo de ovella prensado</t>
+  </si>
+  <si>
+    <t>Este tipo de queixo é orixinario da rexión castelá da Mancha, principal destino dos rabaños ovinos transhumantes. Esta zona utilízase para o pastoreo no inverno e na primavera, cando as tempadas de muxido son máis frecuentes, coa maior produción de leite e, polo tanto, a tempada de elaboración de queixo máis común. A raza ovina autóctona predominante é a manchega, que se caracteriza pola súa extrema resistencia e é capaz de soportar as temperaturas extremas da rexión. Este traballo establece recomendacións básicas durante as diferentes etapas da produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/605c5341-361a-4813-a190-55b78f08841c</t>
+  </si>
+  <si>
+    <t>Cultivos potenciais para diversificar a produción agrícola en Andalucía</t>
+  </si>
+  <si>
+    <t>Este documento inclúe varios cultivos con potencial de desenvolvemento en Andalucía debido á súa adaptabilidade a determinadas rexións en función dos seus requisitos edafoclimáticos e das oportunidades de mercado que representan. Inclúe cultivos industriais con demanda internacional, cultivos para consumo humano en fresco ou procesado doutras rexións ou países que se están a introducir na nosa dieta diaria e cultivos que caeron en desuso ou están infrautilizados e que ofrecen un alto valor nutricional para o consumo humano. Preséntase a situación actual de cada cultivo, xunto coas posibles oportunidades que poden ofrecer, os seus requisitos edafoclimáticos, a súa descrición botánica e as técnicas de cultivo comúns que deben adaptarse ás novas condicións de crecemento.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/18b6465a-d369-424f-adc1-7f35934ae624</t>
+  </si>
+  <si>
+    <t>Determinacións analíticas en queixo</t>
+  </si>
+  <si>
+    <t>Este documento constitúe o material docente para a realización de exercicios de laboratorio no Módulo 8: "Control de Calidade", correspondente ao Programa de Formación "Especialista en Queixos". As variedades de queixo caracterízanse por unha serie de características físico-químicas, reolóxicas, microbiolóxicas e sensoriais que dependen considerablemente da calidade do leite empregado na súa produción. Actualmente, todos os queixos producidos en España deben cumprir as disposicións da norma de calidade de queixos establecida no Real Decreto 1113/2006 e no Real Decreto 818/2015, que modifica os anexos I e II do primeiro. Ademais destes e outros requisitos regulamentarios, a necesidade de comercializar queixos no mercado exterior, a competencia doutros produtos no mercado local e a crecente necesidade de responder ás novas demandas dos consumidores esixen un control de calidade dos produtos elaborados. Este documento describe as determinacións analíticas para o control de calidade físico-química do queixo (contido de graxa, materia seca, pH e sal).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/038cf633-8f8b-4692-aad6-45637fcbbede</t>
   </si>
   <si>
     <t>Poda de oliveiras: poda de produción</t>
   </si>
   <si>
     <t>Este documento describe e establece unha serie de recomendacións sobre as prácticas de poda en oliveiras que se deben levar a cabo unha vez que a plantación alcance o período produtivo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0e496cd1-2448-4898-a1c7-998a71d87a6e</t>
   </si>
   <si>
+    <t>Pragas emerxentes e recentemente emerxentes en cultivos hortícolas protexidos</t>
+  </si>
+  <si>
+    <t>Este documento inclúe aspectos xerais tanto das especies secundarias como das de nova aparición, proporcionando información sobre a súa bioloxía, os cultivos máis afectados por cada especie, así como os danos que causan e as medidas de control químico e biolóxico dispoñibles na actualidade. Tamén inclúe material fotográfico que permite unha doada identificación das diferentes especies, así como das súas diferentes fases e os danos que causan aos cultivos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6b2fe5dd-428c-4887-be0a-a488e503a216</t>
+  </si>
+  <si>
+    <t>Estratexia de control biolóxico empregando Amblyseius swriskii en cultivos de pepino</t>
+  </si>
+  <si>
+    <t>Este documento presenta os resultados dunha serie de ensaios destinados a desenvolver unha nova estratexia para a introdución do ácaro depredador Amblyseius swirskii nos cultivos de pepino. As liñas estratéxicas que definen os ensaios son: reducir a taxa de liberación do depredador, instalar organismos beneficiosos desde o inicio do cultivo e usar o pole de Typha latiifolia como alimento complementario para o mantemento temporal das poboacións de ácaros. Realizáronse dous ensaios: un no laboratorio e o outro dividido en dúas fases: semicampo e campo. O primeiro tiña como obxectivo determinar unha taxa de liberación óptima para o depredador; o segundo buscaba avaliar a aplicación desta taxa en condicións de semicampo e campo, así como avaliar a eficacia de subministrar pole de Typha latiifolia no mantemento das poboacións de ácaros en condicións de escaseza de presas e baixas temperaturas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff3010dc-cf57-4046-957f-b60f86d23a60</t>
+  </si>
+  <si>
     <t>Guía do sistema de cultivo superintensivo de cítricos</t>
   </si>
   <si>
     <t>Este documento presenta un novo modelo de sistema de cultivo de cítricos denominado superintensivo, é dicir, plantacións de alta densidade con árbores de vigor reducido con aproximadamente 2.200 plantas/hectárea, marcos de plantación máis estreitos e formación de sebes mediante o uso de poda mecanizada, orientado á colleita mecanizada con equipos montados que sacoden a follaxe, como unha vendimiadora.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8c7891d0-ab2b-4bff-ab77-aaa9b29c78a4</t>
   </si>
   <si>
-    <t>Determinacións analíticas en queixo</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff3010dc-cf57-4046-957f-b60f86d23a60</t>
+    <t>Estimación das necesidades de auga dos cultivos mediante teledetección</t>
+  </si>
+  <si>
+    <t>Esta publicación describe unha estratexia para estimar as necesidades de auga dos cultivos mediante a integración da información de teledetección nas directrices contidas no Manual 56 da FAO. A estimación precisa do consumo de auga dos cultivos, ou evapotranspiración (ET), permite axustar as achegas de rega ás necesidades reais das plantas. Isto optimizaría o uso da auga, reducindo o impacto ambiental da rega. Este documento serve como guía e explica paso a paso o procedemento de cálculo para aplicar esta estratexia, desde a recollida de datos ata a estimación da ET, enumerando diferentes ferramentas para a súa visualización e procesamento. Finalmente, preséntanse varios exemplos de aplicacións prácticas en zonas agrícolas e de vexetación natural.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9d8c96ec-5a22-4a55-a4c0-581dada82c13</t>
+  </si>
+  <si>
+    <t>Teledetección para a agricultura</t>
+  </si>
+  <si>
+    <t>Esta publicación achega unha serie de conceptos básicos sobre o uso da teledetección centrados no sector agrícola. As distintas seccións do documento detallan as características fundamentais e a resolución dos datos proporcionados polos sensores remotos, así como os principais satélites dispoñibles actualmente para aplicacións agrícolas. O documento tamén describe as características das imaxes, con especial énfase no procesamento da información previo ao seu uso. Finalmente, preséntanse algúns exemplos do uso de sensores no ámbito agrícola, como na monitorización precisa da saúde dos cultivos, na estimación da produción de biomasa e na monitorización do estrés hídrico, entre outros.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bdac6055-21a9-4dd7-8cba-06a3e9d67873</t>
   </si>
   <si>
     <t>Resultados dos ensaios de novas variedades de avea en Andalucía campaña 2019/2020</t>
   </si>
   <si>
     <t>Esta publicación pretende incorporar un elemento de interese na toma de decisións dos agricultores, xa que o coñecemento da adaptabilidade e o comportamento das variedades é crucial para saber que sementar en función do uso previsto da colleita. A necesidade constante de avaliar e caracterizar as novas variedades de avea lanzadas ao mercado é vital para proporcionar un asesoramento axeitado ao sector produtivo, influíndo así na súa maior profesionalización.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/21c42c4a-83aa-43f1-82a1-13771ee18e14</t>
   </si>
   <si>
-    <t>Estimación das necesidades de auga dos cultivos mediante teledetección</t>
-[...16 lines deleted...]
-  <si>
     <t>Adopción e prácticas industriais e de comercialización asociadas á norma ISO 9001 na industria andaluza do aceite de oliva</t>
   </si>
   <si>
     <t>España e Andalucía son os principais exportadores mundiais de aceite de oliva, experimentando un forte crecemento nos últimos anos. Isto levou a un aumento da demanda de estándares de calidade recoñecidos internacionalmente, sendo un dos máis importantes a ISO 9001. Os obxectivos deste estudo son definir os factores que influíron na adopción da ISO 9001 na industria andaluza do aceite de oliva; examinar se a adopción da ISO 9001 por parte das industrias está asociada ao uso de prácticas industriais e de comercialización diferenciadas; e xerar coñecemento para o deseño de políticas públicas para promover a adopción da norma no sector e mellorar as prácticas industriais e de comercialización asociadas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3466a464-29d1-4f3e-a0e7-23aa5cc53186</t>
   </si>
   <si>
+    <t>Detección de améndoas amargas por espectroscopia de infravermellos próximos (NIRS)</t>
+  </si>
+  <si>
+    <t>A espectroscopia de infravermello próximo (NIRS) é unha técnica analítica non destrutiva que permite a diferenciación de améndoas amargas, con máis de 5 mg/g de amigdalina, das améndoas non amargas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/81594322-fb67-4ad4-9289-e7b022528c73</t>
+  </si>
+  <si>
+    <t>Guía de cultivo de sandía ao aire libre</t>
+  </si>
+  <si>
+    <t>Esta guía de cultivo ten como obxectivo proporcionar información sobre o método de cultivo ao aire libre das sandías (Citrullus lanatus). Este cultivo ocupa o 9 % da superficie mundial de cultivos hortícolas. Andalucía é a rexión líder tanto en superficie cultivada como en produción. Este documento ofrece unha descrición botánica da planta, as técnicas de plantación, os requisitos de cultivo e xestión, as pragas e enfermidades, así como as principais variedades e tipos de sandías. Finalmente, preséntanse os custos de produción, tendo en conta o sistema de rega utilizado.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/10fe84b7-8254-463c-9909-40e9b159cc1c</t>
+  </si>
+  <si>
+    <t>Guía de cultivo de xirasol</t>
+  </si>
+  <si>
+    <t>Esta guía de cultivo ten como obxectivo proporcionar información sobre o desenvolvemento da planta de xirasol, as tendencias actuais nas técnicas de cultivo, os diferentes métodos e tempadas de plantación, así como as enfermidades e pragas máis comúns en Andalucía. O documento ofrece información sobre os resultados obtidos nos últimos anos de ensaios de variedades resistentes á raza "F" de espiñas e novo material xenético resistente a herbicidas. Tamén se poden consultar os rendementos obtidos de ensaios de xirasol sementados no inverno.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c8516ca-e9d5-4783-aec3-34c450712550</t>
+  </si>
+  <si>
     <t>Guía de cultivo para a veza doce</t>
   </si>
   <si>
     <t>Esta guía contén a información necesaria para cultivar con éxito a veza (Lathyrus sativus) en condicións extensivas de secaño, empregando modelos de produción convencionais, integradas ou orgánicas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cfce4075-b1d9-4fc6-ab1c-cc01f8644449</t>
   </si>
   <si>
-    <t>Guía de cultivo de xirasol</t>
-[...25 lines deleted...]
-  <si>
     <t>Sistemas de cultivo herbáceos de secaño sostibles. Operación 10.1.4</t>
   </si>
   <si>
     <t>Esta Xornada de Formación "Agroambiente e Clima" forma parte das accións dirixidas a garantir o axeitado cumprimento dos compromisos agroambientais adquiridos nalgunhas das operacións incluídas na Medida 10 do Programa Andaluz de Desenvolvemento Rural (PDRA). O obxectivo que se busca acadar coa impartición destes obradoiros é mellorar as capacidades dos beneficiarios das axudas e concienciar á poboación agraria no uso de sistemas de produción compatibles coa conservación do medio ambiente, así como informalos sobre o PDRA e os compromisos asinados. O Instituto Andaluz de Investigación e Formación en Agricultura, Pesca, Alimentación e Produción Ecolóxica (IFAPA) ten entre os seus obxectivos o deseño e desenvolvemento de accións dirixidas á formación de traballadores, técnicos e profesionais dos sectores agrícola, alimentario e pesqueiro. A elaboración destes manuais forma parte das actividades desenvolvidas polo IFAPA para transferir</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/08bf06d6-20e0-45f5-bd39-0533d1a6861a</t>
   </si>
   <si>
+    <t>Distribución varietal no cultivo de amorodos en Huelva. Campaña de cultivo 2017-2018</t>
+  </si>
+  <si>
+    <t>Este documento presenta a composición varietal, expresada en porcentaxes de plantas por variedade, para a actual campaña de cultivo 2017/2018, así como a participación de cada programa de mellora. Este traballo baséase na información proporcionada por empresas de mellora ou licenciatarias dos principais programas de mellora de amorodos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/50c3aaf9-4fd3-4bce-9947-ed28ede3aed6</t>
+  </si>
+  <si>
+    <t>Distribución de variedades de amorodo en Huelva. Campaña de cultivo 2018-2019</t>
+  </si>
+  <si>
+    <t>Este documento presenta a composición varietal, expresada en porcentaxes de plantas por variedade, para a actual campaña de cultivo 2018/2019, así como a participación de cada programa de mellora. Este traballo baséase principalmente na información proporcionada por empresas de mellora ou licenciatarias dos principais programas de mellora de amorodos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6dd741e8-f54a-498e-a5a5-aa62dcaaf637</t>
+  </si>
+  <si>
+    <t>Panorama varietal da fresa en Huelva. Período 2012-2015</t>
+  </si>
+  <si>
+    <t>Este informe técnico presenta a información obtida das tres últimas campañas de crecemento (2012-2013, 2013-2014 e 2014-2015) relativa á distribución varietal estimada en Huelva, en termos da porcentaxe de plantas en produción.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4a000e7f-9bfa-43e2-a774-f69339bccaaa</t>
+  </si>
+  <si>
+    <t>Distribución varietal no cultivo de amorodo en Huelva. Campaña 2016-2017</t>
+  </si>
+  <si>
+    <t>Este Informe Técnico presenta a composición varietal, expresada en porcentaxes de plantas por variedade, para a actual campaña de cultivo 2016/2017, así como a participación de cada programa de mellora. Este traballo baséase na información proporcionada por empresas de mellora ou licenciatarias dos principais programas de mellora de amorodos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/afba06cb-6b01-4756-bce9-13efa5ed31c9</t>
+  </si>
+  <si>
+    <t>Influencia do sistema de cultivo nas variedades de amorodo. Campaña de colleita 2021/2022. Calidade II</t>
+  </si>
+  <si>
+    <t>Entre as características consideradas nos programas de mellora da fresa, ademais das relacionadas coa produtividade dos cultivos, están as que confiren calidade organoléptica. E entre os consumidores, esta calidade é sen dúbida a que recibe máis atención. Este estudo presenta resultados relativos á calidade organoléptica e poscolleita de dezaseis variedades de fresa, probadas en tres sistemas de cultivo: convencional, sen solo e orgánico durante a campaña 2021-2022.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/508613f0-08e0-4496-8d50-b3e8f11cc907</t>
+  </si>
+  <si>
+    <t>Avaliación do uso de compost de residuos hortícolas no cultivo de tomate</t>
+  </si>
+  <si>
+    <t>Entre os problemas xerados polo sistema de produción en invernadoiro e que poden limitar a súa sustentabilidade, destaca a alta produción anual de residuos de cultivos (1.751.242 t/ano-1), cuxa acumulación constitúe un grave problema ambiental.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1fd13a86-6012-41f6-baa6-9e233c1f052a</t>
+  </si>
+  <si>
+    <t>Técnica de raias de cítricos: fundamentos e práctica de campo</t>
+  </si>
+  <si>
+    <t>O obxectivo deste traballo é presentar as posibilidades que ofrece o uso da técnica de raspado para o cultivo de cítricos, ademais de describir os fundamentos e o método correcto de implementación no campo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1561b273-0cbb-4159-ad4c-2ce6236961ed</t>
+  </si>
+  <si>
     <t>Mellora do adaxe e da produtividade de `Powell Summer Navel` mediante raspado e/ou aplicación foliar de extractos de algas con actividade hormonal</t>
   </si>
   <si>
     <t>O obxectivo deste artigo é presentar o potencial que ofrece o uso de diferentes técnicas e produtos para o cultivo de cítricos. Neste sentido, e como parte da investigación en curso da IFAPA, presentamos os resultados dun ensaio experimental que avalía o rallado e o uso de reguladores naturais do crecemento vexetal para mellorar o cuaxado de froitos en Navel Powell.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/928d8a63-0b2f-455f-bd18-dd638bf9e42d</t>
   </si>
   <si>
-    <t>Técnica de raias de cítricos: fundamentos e práctica de campo</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/afba06cb-6b01-4756-bce9-13efa5ed31c9</t>
+    <t>É rendible o olivar andaluz? Unha análise por sistema de produción.</t>
+  </si>
+  <si>
+    <t>Durante a última década, produciuse un intenso debate sobre a sustentabilidade económica das oliveiras andaluces, onde conviven os sistemas de montaña e tradicionais cos intensivos. Este estudo pretende contribuír a aumentar o coñecemento sobre a súa rendibilidade. Para iso, realizouse unha enquisa multietapa ás explotacións de oliveiras para establecer a súa estrutura de custos. Os resultados mostran que o custo unitario de produción dun quilogramo de aceite de oliva é significativamente maior nos sistemas de montaña e tradicionais que nos intensivos. Tanto é así, que estes sistemas dependen en gran medida das subvencións directas, que se consolidaron como o instrumento que garante a súa viabilidade económica. A conversión do oliveiral é unha opción viable, en determinadas localizacións, que pode ser promovida pola administración rexional para que poida ser abordada conxuntamente polos agricultores, incentivando a creación de unidades de xestión de explotacións.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7ca5ff9a-0e6a-46d7-85d0-9c3b56f78ab3</t>
+  </si>
+  <si>
+    <t>A rexeneración das árbores na devesa</t>
+  </si>
+  <si>
+    <t>A unidade 1 describe en detalle o papel das árbores neste sistema, expón o proceso de rexeneración natural das árbores, así como os factores que a promoven e a dificultan na devesa, e caracteriza o estado da rexeneración arbórea na devesa de Andalucía. A unidade 2 presenta algunhas das estratexias que poderían empregarse dependendo da situación inicial e as precaucións que deben tomarse para maximizar o seu éxito. A unidade 3 presenta algunhas estratexias que poden mellorar a conservación destas formacións vexetais dun xeito compatible con outros usos da propiedade. O manual conclúe cun exercicio práctico que busca consolidar os principais coñecementos presentados.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/61335217-8519-4e73-83df-b100ad9b0004</t>
+  </si>
+  <si>
+    <t>Ensaio de herbicida post-emerxencia contra Centaurea diluta en trigo duro</t>
+  </si>
+  <si>
+    <t>As infestacións por *Centaurea diluta* son cada vez máis frecuentes e significativas no campo andaluz. Esta especie pertence á familia das *Compositae* e no sur de España sofre unha emerxencia escalonada desde as primeiras choivas de outono ata ben entrada a primavera, razón pola que se atopa en moitos cultivos alternativos, practicamente en todos eles. Tamén crece rapidamente e supera en altura ás plantas cultivadas, alcanzando máis de 2 m de altura en condicións favorables, o que a fai moi competitiva. Actualmente, esta especie está en clara expansión. É bastante tolerante a moitos herbicidas autorizados. En anos anteriores, realizáronse dous ensaios con herbicidas de preemerxencia, pero con pouco éxito, xa que os mellores produtos foron recentemente dados de baixa para España (Alcántara et al., 2016 e Saavedra et al., 2017). Non obstante, varios herbicidas de postemerxencia autorizados proporcionan un bo control de *C. diluta*.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7448c104-d746-40b8-86bb-797223c47afe</t>
   </si>
   <si>
     <t>Ensaio de herbicida post-emerxencia contra Ridolfia segetum e Centaurea diluta en cebada de cervexa</t>
   </si>
   <si>
     <t>Nas condicións da campiña cordobesa, nun ano con condicións meteorolóxicas favorables para o desenvolvemento dos cultivos e das herbas daniñas, a cebada cervexeira demostrou ser altamente competitiva coas herbas daniñas, máis que o trigo, como se observou en ensaios previos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a59defed-a900-4525-9048-b9ffbfb6481c</t>
   </si>
   <si>
+    <t>Avaliación dos danos no xirasol causados por residuos de sulfonilurea e o efecto do déficit hídrico</t>
+  </si>
+  <si>
+    <t>Nas primaveras de 2015 e 2016, observáronse danos por fitotoxicidade en cultivos de xirasol atribuídos a residuos de herbicidas de sulfonilurea aplicados á colleita de trigo anterior. Este estudo propón novos ensaios para ampliar estudos previos. En concreto, o seu obxectivo é determinar se un menor contido de auga no solo agrava o efecto do herbicida, se o efecto do herbicida diminúe despois de varios ciclos de cultivo de plantas no mesmo solo e estudar os síntomas causados polo herbicida en plantas cultivadas nun medio hidropónico líquido, o que permite unha mellor observación do desenvolvemento das raíces.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0213067d-cb8d-4c1a-827d-e64edab32c4c</t>
+  </si>
+  <si>
+    <t>Recomendacións de rega para o cultivo de améndoas en Andalucía en condicións de seca</t>
+  </si>
+  <si>
+    <t>Nos últimos anos, o cultivo da améndoa pasou de estar relegado a zonas improdutivas e de secaño a converterse nunha clara alternativa a outros cultivos tradicionais en zonas agrícolas moi fértiles, facendo un uso intensivo do regadío.</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1ln</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios das variedades de xirasol Clearfield e Sulfo en Andalucía. Campaña de cultivo de 2019.</t>
+  </si>
+  <si>
+    <t>Nos últimos anos, apareceron no mercado novas variedades de xirasol. Estas variedades caracterízanse pola súa resistencia xenética a certos tratamentos herbicidas, o que proporciona un control aceptable das malas herbas de folla ancha e estreita, así como da faba común (Orobanche cumana). Estas variedades, moitas das cales teñen características de alto ácido oleico (H0), ocupan cada ano máis áreas plantadas. Estas variedades pódense plantar antes, xa que o control das dicotiledóneas pódese conseguir con tratamentos herbicidas, o que permite que o cultivo aproveite mellor as choivas de inverno e primavera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d73d15a6-2498-42e6-80c7-adcaf70c8516</t>
+  </si>
+  <si>
     <t>Efecto da duración dos pulsos de rego na produción e calidade da leituga iceberg</t>
   </si>
   <si>
     <t>No rego localizado de alta frecuencia, o factor que máis inflúe na distribución do rego dentro dunha parcela é a duración do pulso de rego. Este estudo avalía o efecto da duración do pulso de rego na produción e calidade dun cultivo de leituga iceberg nunha parcela con pendente. O ensaio realizouse durante un ciclo curto de verán en Huéneja (Granada). Demostrouse que a superficie da parcela era un factor determinante tanto no rendemento obtido como na porcentaxe de leituga de alta calidade.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04408a5e-908b-4bc4-8db1-708e052dcdd4</t>
   </si>
   <si>
-    <t>Resultados dos ensaios das variedades de xirasol Clearfield e Sulfo en Andalucía. Campaña de cultivo de 2019.</t>
-[...52 lines deleted...]
-  <si>
     <t>Enfermidades do solo de cultivos de pemento cubertos con plástico no sueste de Andalucía</t>
   </si>
   <si>
     <t>Este artigo describe as enfermidades transmitidas polo solo detectadas en cultivos de pemento baixo plástico no sueste de Andalucía.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/451f75a4-007c-4365-b68a-8b0d1fc87063</t>
   </si>
   <si>
     <t>Enfermidades causadas por fungos do solo en cultivos de berenxena cubertos con plástico no sueste de Andalucía</t>
   </si>
   <si>
     <t>Este artigo describe as enfermidades causadas por fungos do solo detectadas en cultivos de berenxena baixo plástico no sueste de Andalucía.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b5d2e52-f13c-4061-9bcc-4b6cf7e9fa3f</t>
   </si>
   <si>
+    <t>Efecto da cobertura con malla negra sobre Clementina de Nules en condicións de salinidade. Almería, tempada de cultivo 2015-2016</t>
+  </si>
+  <si>
+    <t>Este estudo ten como obxectivo estudar o efecto da malla de acolchado nestas condicións de crecemento. O obxectivo deste estudo é avaliar o efecto da malla negra de acolchado e dous réximes hídricos (100 % ETc e 66,6 % ETc) na variedade Clementina de Nules baixo auga de rega salina (auga de baixa calidade e alta condutividade) e condicións de solo de parcela na provincia de Almería.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4dc7b098-73ef-440b-a5fb-f8c345b2c2ec</t>
+  </si>
+  <si>
+    <t>Cultivo protexido de seis variedades de pepino doce (Solanum muricatum)</t>
+  </si>
+  <si>
+    <t>Na procura de cultivos alternativos ás hortalizas convencionais cultivadas en invernadoiro, este estudo avaliou a produción en invernadoiro de seis cultivares de pepino doce (Solanum muricatum). Os ensaios realizáronse en 2015. Todos os cultivares desenvolvéronse con éxito, acadando altos rendementos, destacando o cultivar Valencia como o máis produtivo e precoz. O cultivo de pepino doce pode ser unha alternativa interesante aos cultivos de hortalizas convencionais en invernadoiro en Almería.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/24272c37-5b6d-48e1-8e45-3ff66e2a54f2</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de colza en Andalucía. Campaña 2018-19</t>
+  </si>
+  <si>
+    <t>Na campaña 2018-19 realizáronse dous ensaios de variedades de colza RAEA, situados na granxa Dos Hermanas (Montemayor) e na granxa Villaverde Alta (Córdoba).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/71dcf051-4392-41e3-83a6-9cee65c7e26a</t>
+  </si>
+  <si>
+    <t>Probas de produtos formulados con glifosato</t>
+  </si>
+  <si>
+    <t>Durante a campaña de cultivo 2014-2015, observáronse graves danos por fitotoxicidade nas primeiras etapas dos xirasoles plantados a finais do inverno ou principios da primavera. Os efectos foron graves nalgunhas explotacións, o que provocou a perda de case toda a colleita, mentres que noutras os danos foron máis leves e a colleita conseguiu alcanzar a madurez. Os danos producíronse en Andalucía e noutras rexións como Castela-A Mancha e Castela-León. Algúns agricultores informaron de que estes mesmos síntomas xa se viran en campañas anteriores, de tres a catro anos antes. Sospeitouse que estes danos, observados por agricultores e técnicos baseándose nos signos vistos no campo e nos síntomas nas plantas, se debían a residuos de herbicidas a base de sulfonilurea, que se aplicaran de 12 a 14 meses antes ao cultivo de cereais. O estudo presentado neste documento avalía a susceptibilidade de 21 variedades de xirasol ao metsulfuron-metilo, un dos herbicidas máis utilizados en cereais e o que máis se sospeita que está implicado nos danos observados nos xirasoles na rotación trigo-xirasol.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/17437e19-90e7-4418-ab0e-fedb3ba18605</t>
+  </si>
+  <si>
     <t>Caracterización dos compostos biosaudables da cenoria morada</t>
   </si>
   <si>
     <t>Na localidade de Cuevas Bajas (Málaga) cultívase unha variedade autóctona de cenoria morada coñecida como "Zanahoria Morá". Esta variedade caracterízase polo seu exterior dun intenso cor púrpura, unha capa media laranxa e un núcleo púrpura distintivo. A cor púrpura do interior parece estar influenciada pola zona de cultivo, xa que se observou que esta variedade cultivada noutros lugares non desenvolve esta cor. Neste estudo, os compostos funcionais desta cenoria caracterízanse durante a fase de colleita, dependendo do período de colleita, o tamaño da cenoria e a cor do seu núcleo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1f27cf1f-5d21-4473-bfd4-444015092c7d</t>
   </si>
   <si>
-    <t>Probas de produtos formulados con glifosato</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/71dcf051-4392-41e3-83a6-9cee65c7e26a</t>
+    <t>Influencia do uso de cubertas vexetais no rendemento agronómico dun viñedo de cultivo ecolóxico</t>
+  </si>
+  <si>
+    <t>Este artigo presenta os resultados obtidos entre 2013 e 2018 nun viñedo de Pedro Ximénez cultivado organicamente no sur de Córdoba. Avaliáronse tres tratamentos de xestión do solo: labranza tradicional (TTT), cuberta vexetal espontánea (CVS) e cuberta vexetal con sementes (CVS). Comparáronse os efectos dos diferentes tratamentos sobre parámetros relacionados coa fisioloxía, o rendemento e a calidade da uva.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b12aafc-11fc-437b-92e0-46abbf20ff09</t>
+  </si>
+  <si>
+    <t>Avaliación de variedades de amorodo en cultivo convencional con solo biosolarizado. Campaña de cultivo 2018/2019</t>
+  </si>
+  <si>
+    <t>Este artigo presenta os resultados obtidos durante a campaña 2018-2019 con doce variedades en condicións de cultivo convencionais pero con solo biosolarizado. Esta técnica combina dous elementos: a incorporación de materia orgánica biofumigante (biofumigación) e a solarización simultánea do solo. Aínda que esta técnica de desinfestación do solo é pouco frecuente, a IFAPA considera que é unha alternativa que paga a pena considerar dadas as restricións actuais no uso de ingredientes activos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d58c4bd3-d307-46d4-b383-3595f174fe14</t>
+  </si>
+  <si>
+    <t>Capacidade de dúas bacterias probióticas para metabolizar antioxidantes de laranxa</t>
+  </si>
+  <si>
+    <t>Este traballo presenta os resultados dun estudo in vitro sobre a capacidade de dúas bacterias probióticas (Bifodobacteria longum e Lactobacillus rhamnosus), bacterias presentes habitualmente no tracto intestinal e que tamén se empregan como complementos alimenticios, para transformar ou metabolizar os compostos fenólicos maioritarios das laranxas noutros compostos responsables dos efectos beneficiosos atribuídos ao consumo desta froita ou dos seus zumes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f263d5bd-982c-4400-b4ac-fb50c1f3f1df</t>
   </si>
   <si>
     <t>Viños sen dióxido de xofre: cara a unha viticultura máis sostible e circular</t>
   </si>
   <si>
     <t>Este artigo ten como obxectivo proporcionar unha visión xeral do estado da técnica en canto ao uso do SO2 na elaboración do viño. Detalla as recomendacións adoptadas pola Organización Internacional da Viña e o Viño (OIV) para reducir as doses de SO2 nas distintas etapas da elaboración do viño sen comprometer a calidade do viño. Tamén detalla as alternativas ao SO2 estudadas ata a data, centrándose finalmente na alternativa que está a desenvolver actualmente a IFAPA, que é a aplicación dun extracto puro de estilbeno chamado ST99.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b41ad4b3-ba60-46bf-b9f3-db386bf42139</t>
   </si>
   <si>
+    <t>Avaliación do rendemento agronómico de Clementina de Nules en condicións de acolchado con rede negra. Málaga, campaña 2016-2016</t>
+  </si>
+  <si>
+    <t>Este estudo ten como obxectivo avaliar o efecto da cobertura con malla negra sobre a variedade Clementina de Nules en dous réximes hídricos (100 % ETc e 66,6 % ETc) baixo as condicións agroclimáticas da zona costeira da provincia de Málaga.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a5ea5a77-14c6-4d5a-981b-a5d300394474</t>
+  </si>
+  <si>
     <t>Xestión sostible do rego no cultivo de aguacate</t>
   </si>
   <si>
     <t>Este artigo ten como obxectivo proporcionar algunhas ideas clave para mellorar a xestión do rego no cultivo de aguacate en Andalucía. O rego e unha xestión axeitada dos recursos hídricos son factores críticos para manter a viabilidade dos cultivos e a sustentabilidade a longo prazo ante a escaseza actual de auga e as previsións futuras de cambio climático.</t>
   </si>
   <si>
     <t>https://lajunta.es/5u1l5</t>
   </si>
   <si>
     <t>O Sistema de Produción Hortícola da Provincia de Almería</t>
   </si>
   <si>
     <t>Este traballo ofrece unha descrición exhaustiva da horticultura en invernadoiro, derivada do interese da Consejería de Agricultura, Pesca e Desenvolvemento Rural da Xunta de Andalucía por comprender a evolución tecnolóxica do sector hortícola en Almería. Grazas á colaboración da Fundación Cajamar e a estudos similares promovidos previamente por ambas institucións, documentáronse os desenvolvementos tecnolóxicos e as tendencias máis recentes no sistema de produción hortícola protexida na provincia de Almería. Esta publicación forma parte do proxecto "TRANSFORMA - Desenvolvemento Sostible en Cultivos Hortícolas Protexidos", que está a executar o Instituto de Investigación e Formación en Agricultura, Pesca e Produción Ecolóxica como ferramenta para a transferencia de coñecemento e tecnoloxía aos profesionais do sector. A publicación está estruturada en cinco capítulos. O primeiro introduce o proceso de produción e a metodoloxía empregada neste estudo; o segundo aborda a caracterización das explotacións hortícolas e os seus propietarios. No terceiro capítulo desenvólvense temas relacionados cos invernadoiros, incluíndo equipos para o control climático e o rego. A cuarta sección aborda as medidas de protección dos cultivos, a man de obra e a maquinaria e, finalmente, analiza os cultivos hortícolas representativos do sistema de produción en invernadoiro da provincia.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/05ca752a-b1ff-4e6a-8c77-d706f90f20bc</t>
   </si>
   <si>
-    <t>Capacidade de dúas bacterias probióticas para metabolizar antioxidantes de laranxa</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a5ea5a77-14c6-4d5a-981b-a5d300394474</t>
+    <t>Eficiencia da fertilización nitroxenada dun cultivo de framboesa en Huelva</t>
+  </si>
+  <si>
+    <t>Este artigo presenta os resultados dun ensaio de fertirrigación realizado nun cultivo de framboesa remontante na provincia de Huelva. Avaliouse o efecto de diferentes doses de nitróxeno (N) no rendemento e caracterizouse a absorción de nitróxeno por parte de plantas e froitos. O nitróxeno aplicado nunha campaña de dúas colleitas, incluíndo o presente na auga de rega e na fertilización superficial, oscilou entre 213 e 346 UF ha-1. Unha redución do 25 % na fertilización nitroxenada, en comparación coa fertilización convencional, non provocou unha diminución do rendemento. Non se observaron diferenzas entre os tratamentos en canto á extracción de N por plantas e froitos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/30efee3c-99ec-4c78-b1ff-c68b43e4ed75</t>
+  </si>
+  <si>
+    <t>Optimización da fertirrigación nun cultivo de amorodos</t>
+  </si>
+  <si>
+    <t>Este artigo presenta os resultados dun ensaio de fertirrigación realizado nun cultivo de amorodo na provincia de Huelva. Administráronse tres tratamentos de fertilización: o primeiro tratamento programado pódese considerar o estándar na zona; o segundo tratamento baseouse na determinación das necesidades de fertilización da planta ao longo do ciclo do cultivo; e o terceiro tratamento aplicou o 75 % da fertilización da planta. A monitorización do contido de nutrientes da solución do solo, da auga de rego e da planta (Tratamento 2) demostrou ser unha ferramenta válida para un uso máis sostible da fertirrigación nos cultivos de amorodo. Mesmo unha redución do 25 % na achega de fertilizantes nitroxenados, en comparación coa baseada nesta monitorización, non tivo efectos significativos na produción.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7f37b1a5-d30d-43b9-a889-ea47c354b091</t>
   </si>
   <si>
     <t>Mellora da irrigación con arandos usando o equilibrio hídrico do solo</t>
   </si>
   <si>
     <t>Este artigo presenta os resultados dun ensaio de resposta ao rego para un cultivo de arandos durante os tres primeiros anos de plantación. Tres tratamentos de rego aplicaron o 100 %, 80 % e 120 % do rego necesario, calculado segundo a metodoloxía da FAO, e o agricultor irrigou un cuarto tratamento de control. Medíronse as necesidades de auga do cultivo e determinouse a eficiencia da aplicación do rego mediante lisímetros de drenaxe. Tamén se calculou a produtividade do rego para cada tratamento. O aforro de auga en comparación co rego tradicional oscilou entre o 28 % (primeira tempada) e o 16 % (terceira tempada), sen perda de rendemento. A produtividade da auga de rego aumentou de 2,3 kg/m3 no primeiro ano a 6 kg/m3. Os resultados do ensaio levaron ao desenvolvemento de recomendacións para o rego de arandos, que se poden consultar na plataforma SERVIFAPA.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1d7b3ee0-f4ae-4861-affc-b3c364281d8d</t>
   </si>
   <si>
-    <t>Optimización da fertirrigación nun cultivo de amorodos</t>
-[...16 lines deleted...]
-  <si>
     <t>Produción e avaliación da calidade de cinco variedades de arandos. Campaña de colleita de 2020</t>
   </si>
   <si>
     <t>Este artigo presenta os resultados obtidos da avaliación da produción e a calidade de cinco variedades de arandos con diferentes perfís de produción na colleita de 2020.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f1d855de-96ed-4dad-9cfd-a3dec0b7b263</t>
   </si>
   <si>
+    <t>Avaliación de variedades de amorodo: resultados obtidos en cultivo convencional con solo biosolarizado. Campaña de cultivo 2017/2018</t>
+  </si>
+  <si>
+    <t>Este artigo presenta datos obtidos durante a campaña de cultivo 2017/2018, durante a cal se caracterizaron un total de 12 variedades, seleccionadas entre as dispoñibles actualmente no mercado. En concreto, este estudo realizouse na Granxa Experimental El Cebollar (parte de IFAPA), onde se empregaron técnicas de cultivo convencionais, coa excepción da biosolarización para a desinfección do solo antes da plantación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f2132b28-eb5b-47ff-b020-a1c39a8f88bd</t>
+  </si>
+  <si>
+    <t>Avaliación de variedades de amorodo: resultados obtidos en cultivo sen solo. Campaña de cultivo 2017/2018</t>
+  </si>
+  <si>
+    <t>Este traballo presenta os datos obtidos durante a campaña 2017/2018, durante a cal se caracterizaron un total de 12 variedades seleccionadas entre as dispoñibles actualmente no mercado en cultivo sen solo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c1bfedfe-0af8-4c08-bcdb-a35f1d22e893</t>
+  </si>
+  <si>
+    <t>Enfermidades relacionadas coa seca da castiñeiro en Huelva</t>
+  </si>
+  <si>
+    <t>Este artigo presenta os principais resultados obtidos da análise da incidencia e as causas do declive do castiñeiro na Serra de Aracena e nos Picos de Aroche. Descríbese a zona afectada, así como os síntomas e as principais enfermidades presentes na zona. Finalmente, faise unha proposta de accións para reducir a incidencia e a propagación das principais patoloxías detectadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff070672-7214-4f3b-8e19-7f375f44c3fd</t>
+  </si>
+  <si>
+    <t>Preparación dun extracto de allo rico en compostos saudables</t>
+  </si>
+  <si>
+    <t>Este traballo presenta os resultados de varios métodos de extracción de compostos de interese nutricional e sanitario en dúas variedades de allo (branco e morado).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e057cb85-3f06-48a9-a6b3-1eaba717951a</t>
+  </si>
+  <si>
     <t>Potencial enolóxico das variedades de uva Doradilla e Vijiriega cultivadas en Andalucía</t>
   </si>
   <si>
     <t>Este traballo presenta os resultados da vinificación a partir de dúas variedades minoritarias cultivadas en</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43f97be1-e121-4d81-aacf-78b9373caff7</t>
   </si>
   <si>
-    <t>Preparación dun extracto de allo rico en compostos saudables</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c1bfedfe-0af8-4c08-bcdb-a35f1d22e893</t>
+    <t>Compostaxe de restos vexetais de cultivos extensivos e árbores froiteiras en Andalucía</t>
+  </si>
+  <si>
+    <t>Este traballo presenta os resultados iniciais do proxecto "CompostAnd", que aborda a xestión sostible de residuos vexetais de cultivos extensivos e frutícolas típicos de Andalucía occidental. Xustifica a necesidade da compostaxe como resposta a diversos problemas aos que se enfronta o sector agrícola, transformándoo nunha oportunidade económica e ambiental. Presenta as experiencias iniciais levadas a cabo por IFAPA na compostaxe de residuos vexetais típicos de Andalucía occidental, como palla, restos de cítricos procedentes de detritos e residuos de poda. Tamén detalla os parámetros a medir e a manipulación do compost para garantir a súa estabilidade e calidade final.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/45083272-d36a-4111-a0a8-d6b01c9e4bc1</t>
+  </si>
+  <si>
+    <t>Efecto da exposición solar na calidade da froita en diferentes variedades de amorodo</t>
+  </si>
+  <si>
+    <t>Este estudo tivo como obxectivo comprobar o efecto do nivel de exposición á luz na calidade do froito de amorodo e avaliar se as diferenzas observadas entre as variedades se deben á arquitectura ou á bioquímica de cada variedade. Catro das variedades máis representativas foron analizadas durante a campaña 2015-16, diferenciando entre froitos expostos á luz e non expostos á luz. Os principais resultados mostraron que a exposición á luz afecta á calidade do froito, tanto en termos de sabor como de concentración de antioxidantes. Polo tanto, é un factor a ter en conta á hora de guiar o cultivo, aínda que a magnitude do efecto depende da variedade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5bd1cb6b-186f-43d3-9b7a-6b32e6cdff3e</t>
+  </si>
+  <si>
+    <t>Eficacia de diferentes técnicas de desinfección química do solo no cultivo de amorodos. Tempada de cultivo 2017-18</t>
+  </si>
+  <si>
+    <t>Este artigo presenta os resultados da avaliación agronómica e a eficacia de importantes combinacións de ingredientes activos derivados quimicamente e novas técnicas de aplicación no control de patóxenos fúnxicos e nematodos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3d8d6ae2-b68e-474d-85a3-ddf0fb59a967</t>
+  </si>
+  <si>
+    <t>Determinación da biodispoñibilidade de compostos antioxidantes de amorodo para o seu uso en programas de mellora</t>
+  </si>
+  <si>
+    <t>Este traballo expón a necesidade de incluír nos programas de mellora da fresa non só a cuantificación dos antioxidantes da froita, senón tamén a cuantificación dos antioxidantes potencialmente bioactivos da froita, é dicir, aqueles que poden exercer un efecto beneficioso sobre a saúde humana. Con este fin, presentamos un método in vitro que simula a dixestión humana típica e que pode utilizarse como ferramenta no desenvolvemento de variedades de fresa saudables.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5eaba83-0b97-4c86-933a-a29a50e07c4d</t>
+  </si>
+  <si>
+    <t>Caracterización organoléptica e nutracéutica de cinco variedades de amorodo</t>
+  </si>
+  <si>
+    <t>Este artigo presenta a caracterización nutricional, organoléptica e funcional de cinco variedades de amorodo durante os anos 2010 e 2011 en España: Fuentepina, Amiga, Camarosa, Candonga e Primoris.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76051c55-042c-4404-8063-263985f38319</t>
+  </si>
+  <si>
+    <t>Horarios de rego de framboesas baseados en datos meteorolóxicos históricos</t>
+  </si>
+  <si>
+    <t>Este artigo presenta un ensaio de diferentes programas de rega para o cultivo de framboesa na provincia de Huelva. O tratamento T1 aplicou o rega resultante do cálculo da ETo en condicións de ceo despexado. O tratamento T2 aplicou un programa baseado na previsión meteorolóxica da AEMET semanalmente. O tratamento T3 aplicou un programa baseado na media histórica da ETo dos últimos 20 anos. Finalmente, o tratamento de control (T4) recibiu o rega aplicado ao resto do campo. O uso do programa de rega para o cultivo de framboesa, baseado en series históricas de datos meteorolóxicos para estimar a ETo, permitiu obter rendementos similares aos acadados usando un programa de rega baseado na previsión meteorolóxica da AEMET ou en condicións de ceo despexado, coa vantaxe de ter un programa fixo ao comezo da tempada que se pode usar dunha tempada a outra.</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1l9</t>
   </si>
   <si>
     <t>Caracterización volátil de zume de laranxa orgánico e convencional (cv. Salustiana)</t>
   </si>
   <si>
     <t>Este artigo presenta un método para analizar os compostos volátiles en laranxas empregando unha técnica rápida, limpa e respectuosa co medio ambiente (microextracción en espazo de cabeza en fase sólida acoplada a cromatografía de gases-espectrometría de masas) para determinar os compostos volátiles que contribúen ao aroma das laranxas. Este método é útil non só para caracterizar as laranxas, senón tamén para discriminar entre sistemas de cultivo orgánicos e convencionais mediante análise estatística. Non obstante, a aplicación desta técnica para discriminar entre sistemas de cultivo de laranxas require estudos adicionais con máis variedades e anos de medición, así como unha comprensión máis profunda das causas destas diferenzas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34cff86a-dae1-40b1-a80f-adb18b3b2b69</t>
   </si>
   <si>
-    <t>Horarios de rego de framboesas baseados en datos meteorolóxicos históricos</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5bd1cb6b-186f-43d3-9b7a-6b32e6cdff3e</t>
+    <t>Confirmación de híbridos en garavanzos con probas de ADN</t>
+  </si>
+  <si>
+    <t>Este artigo presenta dous casos (para Orobanche e Fusarium) que confirman a natureza híbrida das plantas F1 obtidas a partir de cruzamentos dirixidos no programa de mellora do garavanzo de Córdoba. A verificación realizouse mediante marcadores moleculares seleccionados en función do polimorfismo entre os proxenitores do cruzamento, un requisito esencial para o seu uso. Confirmar a natureza híbrida dos cruzamentos é de suma importancia xa que a verificación se realiza na fase de plántula, o que nos permite descartar as sementes F1 que non se orixinan no cruzamento desexado, aforrando tempo, espazo, esforzo e, polo tanto, diñeiro.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f7361391-8b46-4dd3-a0f4-0328ee879add</t>
   </si>
   <si>
     <t>Variabilidade morfolóxica en fabas e garavanzos</t>
   </si>
   <si>
     <t>Este artigo presenta a variabilidade morfolóxica de fabas e garavanzos recollidos no Banco de Xermoplasma de Leguminosas IFAPA en Córdoba. Esta variabilidade está a ser utilizada nos programas de mellora de Córdoba para ambos cultivos co fin de obter novas variedades e desenvolver marcadores moleculares asociados a trazos de interese agronómico que axuden a unha selección máis eficaz e eficiente de novos materiais. Ambos cultivos son leguminosas de gran importantes en Andalucía e caracterízanse polo seu alto contido en proteínas e a súa capacidade para fixar o N2 atmosférico. Ademais, son unha fonte importante de macro e microelementos beneficiosos para a saúde, o que os converte en cultivos de grande interese tanto para o consumo humano como para a alimentación animal.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5588b038-45eb-44e9-803e-0209459c89a8</t>
   </si>
   <si>
-    <t>Confirmación de híbridos en garavanzos con probas de ADN</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/45083272-d36a-4111-a0a8-d6b01c9e4bc1</t>
+    <t>Xestión integral de pragas de árbores froiteiras de óso.</t>
+  </si>
+  <si>
+    <t>Este material didáctico revisa os principais aspectos teóricos e prácticos que poden ser útiles para combater as principais pragas das árbores froiteiras de óso da nosa rexión, no marco do Programa de Produción Integrada contemplado no Regulamento de Produción Integrada de Pexego, Ameixeira e Albaricoqueiro en Andalucía (BOJA, 2013). Esta publicación ten como obxectivo proporcionar aos agricultores e técnicos do sector unha ferramenta útil e de fácil acceso para facilitar a práctica da xestión integrada das pragas que atacan as nosas árbores froiteiras de óso.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ebd9bd7-a32d-40e6-af2e-de54c93a4576</t>
+  </si>
+  <si>
+    <t>Produción de trigo duro de alta calidade en condicións de regadío</t>
+  </si>
+  <si>
+    <t>Neste estudo, empregando variedades de trigo duro de alta calidade, realizouse un estudo en dúas localidades: Santaella (Córdoba) e Jerez de la Frontera (Cádiz). Probáronse diferentes estratexias de rega, con especial énfase no momento da rega final. A aplicación de maiores cantidades de auga e un atraso na data da rega final levaron a un aumento do rendemento en todas as variedades probadas sen afectar a calidade do gran, clasificándose todas as variedades no grupo 1. Ademais, estudouse o uso dun regulador de crecemento, que reducirá a altura dos primeiros internodos das plantas, dificultando o acamado. Demostrouse que a aplicación dun regulador de crecemento non produce perdas no rendemento nin na calidade do gran das variedades de trigo duro estudadas; polo tanto, o seu uso permitirá aplicar doses de rega máis altas sen o risco de aumentar a altura da planta e o consecuente acamado.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/efc09b3f-8826-4c19-be69-127cb53e23e3</t>
   </si>
   <si>
     <t>Análise instantánea de proteínas en gran de trigo usando un instrumento portátil NIR</t>
   </si>
   <si>
     <t>Neste traballo, desenvólvense modelos de predición para empregar un instrumento NIRS portátil que permita determinar o contido proteico de grans de trigo integral de forma instantánea e in situ. Os modelos obtidos teñen unha capacidade preditiva axeitada.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c6e66cc-870b-41b3-84ed-01f4916d7ab3</t>
   </si>
   <si>
     <t>Aplicación da tecnoloxía NIRS para a avaliación da calidade do gran de trigo integral</t>
   </si>
   <si>
     <t>Neste traballo, desenvólvense modelos de predición para determinar instantaneamente varios parámetros de calidade (humidade, proteína, peso en hectolitros, peso en mil grans, etc.) en grans de trigo integral mediante un instrumento NIRS de laboratorio. Os modelos obtidos teñen unha capacidade preditiva axeitada.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cbde0c4f-ede5-49b7-8926-0bdcbd7073fc</t>
   </si>
   <si>
     <t>A reforma da PAC nos oliveirais da provincia de Xaén</t>
   </si>
   <si>
     <t>Este artigo describe os principais cambios introducidos pola reforma da PAC e analiza o seu impacto na cantidade recibida por hectárea para o cultivo de oliveiras na provincia de Xaén, definindo os efectos da converxencia interna nas comarcas de Xaén.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/790a7cad-b46f-4fb2-a5f8-4972b945e409</t>
   </si>
   <si>
     <t>Caracterización da biodispoñibilidade de compostos antioxidantes en dúas variedades de amorodo. Campaña de cultivo 2016/2017</t>
   </si>
   <si>
     <t>Este artigo detalla os resultados da campaña 2016-2017 relativa ao estudo da biodispoñibilidade de compostos antioxidantes en dúas variedades de amorodo, Primoris e Fortuna, co obxectivo de proporcionar unha caracterización marcadamente biosaudable destas variedades.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/10284c05-e32b-401e-b174-aa3082a6168a</t>
   </si>
   <si>
     <t>Efecto da redución de auga na calidade organoléptica e funcional da framboesa</t>
   </si>
   <si>
     <t>Este artigo detalla os resultados relativos á calidade organoléptica e funcional dun ensaio de corte con auga nunha variedade de framboesa realizado durante a campaña de 2017 en Huelva.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9c7792b9-5689-4f1c-96e0-b934d9703301</t>
   </si>
   <si>
+    <t>Efectos do uso de plásticos microperforados na calidade e vida útil dos amorodos</t>
+  </si>
+  <si>
+    <t>Este estudo estuda o comportamento poscolleita de diferentes variedades de amorodo durante o almacenamento en frío e condicións simuladas de venda polo miúdo, empregando diferentes tipos de plástico microperforado no envase de envases de amorodo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c6de9d6-d7de-4704-91ba-89c787e8092a</t>
+  </si>
+  <si>
+    <t>Contido de antioxidantes de diferentes variedades de ameixa en cultivos convencional e orgánicos</t>
+  </si>
+  <si>
+    <t>Este traballo estuda o contido de antioxidantes (antocianinas, flavanois, flavonois e ácidos cloroxénicos) de 8 variedades de ameixa, tanto en cultivo convencional como ecolóxico.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dd91ea83-84d5-4d37-9142-0e9bb0a242d3</t>
+  </si>
+  <si>
     <t>Certificación orgánica de trigo panificable utilizando isótopos de nitróxeno estables</t>
   </si>
   <si>
     <t>Este artigo estuda que partes da planta son as máis axeitadas para analizar o d15N en estudos de fertilización de cultivos de trigo, tanto convencionais como orgánicos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/09e3a47a-65ce-4fb1-b5cd-b248a9cc8837</t>
   </si>
   <si>
-    <t>Contido de antioxidantes de diferentes variedades de ameixa en cultivos convencional e orgánicos</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ebd9bd7-a32d-40e6-af2e-de54c93a4576</t>
+    <t>Montepila: nome principal dunha variedade ou sinónimo?</t>
+  </si>
+  <si>
+    <t>Este informe presenta o traballo realizado para esclarecer se Montepila é unha variedade de uva ou un sinónimo ou homónimo doutra variedade xa existente. Para iso, recolleuse material vexetal de oito parcelas da zona de Montilla-Moriles onde se cultiva, e realizouse a súa caracterización morfolóxica, identificación xenética e detección de virus. Segundo os resultados obtidos, todo indica que Montepila é un sinónimo de Zalema, polo que é necesario iniciar o proceso de recoñecemento deste sinónimo local. Ademais, detectáronse dúas cepas libres de virus, cuxo material podería utilizarse para obter un clon local certificado que, unha vez aprobada a sinonimia, podería comercializarse.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1bf204b5-6912-4ae6-9e50-5a4e6cfbdb0c</t>
   </si>
   <si>
     <t>Relacións empresariais e prevención de riscos laborais. Módulo VIII</t>
   </si>
   <si>
     <t>Este manual didáctico, "Módulo VII. Relacións empresariais e prevención de riscos laborais", aborda aspectos relacionados coa realidade fiscal, social e laboral dos agricultores e gandeiros, permitíndolles comprender e optimizar as súas decisións dentro do marco xurídico do sector agrario no que deciden establecerse. Ademais das relacións empresariais, este manual considerou oportuno introducir a seguridade laboral nas explotacións agrarias. Neste sentido, a Lei de prevención de riscos laborais establece unha nova abordaxe da cuestión da seguridade laboral, cun enfoque na anticipación de accidentes e enfermidades, implementando medidas para previlos ou minimizar a súa incidencia.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/25d79599-81a6-4176-bf9f-2e1124272a87</t>
   </si>
   <si>
+    <t>Xestión de pastos na devesa</t>
+  </si>
+  <si>
+    <t>Este manual aborda cuestións relacionadas cos principais tipos de pastos, o seu potencial produtivo e o seu importante papel ecolóxico. A Unidade 1 abrangue as características e a correcta xestión dos pastos herbáceos na devesa, así como directrices para abordar as estratexias de mellora dispoñibles na actualidade e o apoio á toma de decisións. A Unidade 2 revisa diversas especies arbóreas e arbustivas presentes na devesa con potencial produtivo e describe algunhas directrices para unha xestión sostible. Ademais, inclúense outras especies cuxa incorporación pode ser beneficiosa para diversificar os recursos de pastoreo e xerar diferentes ambientes na devesa. Finalmente, a Unidade 3 está dedicada á caracterización dalgúns cultivos forraxeiros de interese para a devesa, a súa adaptación a diferentes condicións e usos, así como as mellores prácticas que se deben seguir para o seu axeitado establecemento e conservación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2435ac09-e7c4-406d-8004-256ab1a87c38</t>
+  </si>
+  <si>
+    <t>Cruzamento dirixido en garavanzos</t>
+  </si>
+  <si>
+    <t>Este manual detalla os pasos para realizar cruzamentos dirixidos en garavanzos, de xeito que calquera persoa interesada poida realizalos unha vez finalizados. Aínda que se centra en cruzamentos en garavanzos, este manual será útil para outras especies de leguminosas, xa que as flores desta familia teñen unha morfoloxía similar. O pequeno tamaño das flores do garavanzo fai que os cruzamentos sexan máis complicados que os doutras leguminosas, cunha taxa de éxito de arredor do 10 %. Requírese habilidade, coidado e moita experiencia para superar estes problemas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d182d31e-caa0-4a05-9eb2-2b72aefca324</t>
+  </si>
+  <si>
+    <t>Desenvolvemento de dúas novas variedades de garavanzos: Kaveri e Veleka</t>
+  </si>
+  <si>
+    <t>Este manuscrito presenta o desenvolvemento de dúas novas variedades de garavanzos obtidas a través do programa de mellora do garavanzo en Córdoba, un programa composto por investigadores do IFAPA e da Universidade de Córdoba. As dúas novas variedades, rexistradas como Kaveri e Veleka, presentan bos niveis de resistencia á rabia, unha enfermidade moi importante en España, o que permite a sementeira de inverno. Kaveri tamén se caracteriza polo seu bo tamaño de semente, unha característica moi valorada no mercado, e Veleka polo seu bo rendemento. O obxectivo deste manuscrito é promover estas novas variedades, que son de grande interese para o sector.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aea8972e-2d03-446a-8945-5d113ba91cd0</t>
+  </si>
+  <si>
+    <t>Control biolóxico de pragas en árbores froiteiras de óso.</t>
+  </si>
+  <si>
+    <t>Este material educativo contén a información máis útil para a xestión dos principais grupos de fauna auxiliar que aparecen espontaneamente nas plantacións de froita de óso andaluzas. En concreto, proporciona pautas para o seu recoñecemento morfolóxico, datos sobre os seus hábitos alimenticios e distribución en pomares, a súa importancia e eficacia no control de pragas específicas, así como información sobre os seus métodos de mostraxe, a sensibilidade aos pesticidas, a xestión de estruturas ecolóxicas (sebes, cubertas vexetais, bordos de cultivos, franxas florais, etc.) e a dispoñibilidade comercial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0bbcb039-608f-41f4-b2d2-22348a742be5</t>
+  </si>
+  <si>
+    <t>Control biolóxico de pragas de cítricos</t>
+  </si>
+  <si>
+    <t>Este material educativo abrangue os aspectos máis relevantes do control biolóxico de pragas nos cultivos de cítricos da nosa comunidade autónoma. En concreto, revisa as características máis salientables de cada praga, os seus inimigos naturais (autóctonos ou introducidos mediante programas tradicionais de control biolóxico implementados no pasado) que son máis eficaces e abundantes nas nosas plantacións e, finalmente, as técnicas empregadas para conservar e aumentar as súas poboacións como forma de manter os niveis de dano causados polas súas presas/hóspedes por debaixo do limiar económico.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab98c73a-0f9e-4b35-bda6-ec5478687e16</t>
+  </si>
+  <si>
     <t>Xestión integrada de pragas de cítricos</t>
   </si>
   <si>
     <t>Este material educativo abrangue os aspectos máis importantes para recoñecer as pragas máis importantes dos cítricos andaluces, así como os danos que causan. Tamén revisa, desde unha perspectiva integrada, os diferentes métodos de control dispoñibles na actualidade, concretamente: medidas culturais, control biolóxico, control tecnolóxico e control químico. Para o control químico, inclúense os métodos de mostraxe, limiares e ingredientes activos contemplados no Regulamento Específico para a Produción Integrada de Cítricos en Andalucía (Orde do 10 de febreiro de 2015, BOJA núm. 34, páxina 30).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/df8d2bb6-876a-4eea-ada4-ea4eb8cb18d1</t>
   </si>
   <si>
-    <t>Cruzamento dirixido en garavanzos</t>
-[...52 lines deleted...]
-  <si>
     <t>Drosophila suzukii en froitos vermellos: técnicas de xestión</t>
   </si>
   <si>
     <t>Este documento presenta unha visión xeral das técnicas para o control de D. suzukii, entendendo que ningunha delas por si soa garante a ausencia de danos. A loita contra D. suzukii debe basearse nunha combinación de métodos, nun sistema de xestión integrado dependente do cultivo que se vai protexer, baseado nos ingredientes activos autorizados para ese cultivo e na súa rendibilidade, o que permitirá, ou non, o uso dunha ou máis das técnicas descritas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/81f2cf3c-498c-486e-80e5-303b21ff204c</t>
   </si>
   <si>
+    <t>Xestión de sementeiros en produción integrada</t>
+  </si>
+  <si>
+    <t>Este documento ten como obxectivo demostrar os requisitos específicos dun sementeiro de hortalizas para establecer un sistema de Produción Integrada, tendo en conta que o obxectivo final dun sementeiro é a produción de plantas vigorosas e sans con raíces fortes e o máximo aproveitamento das sementes empregadas. Este material didáctico utilízase no curso "Produción Integrada de Hortalizas baixo Refuxio".</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2393f9bf-b897-4156-b633-28fa4cd4f305</t>
+  </si>
+  <si>
+    <t>Distribución varietal no cultivo de amorodo en Huelva Campaña 2015-2016</t>
+  </si>
+  <si>
+    <t>Este documento mostra a distribución porcentual das variedades de amorodo plantadas en Huelva na campaña 2015/2016.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/18b9d44f-2888-4ef0-bb58-2829b1c2e715</t>
+  </si>
+  <si>
+    <t>Progreso nos indicadores de consumo de auga e rega para o cultivo de framboesa non remontante</t>
+  </si>
+  <si>
+    <t>Este documento contén os primeiros resultados obtidos pola IFAPA en relación co consumo de auga das variedades de framboesa non remontantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c32128e5-ce13-44ad-9c8f-2b00d539e90f</t>
+  </si>
+  <si>
+    <t>Como reducir a incidencia da deformación da froita de amorodo</t>
+  </si>
+  <si>
+    <t>Este documento ofrece información sobre como xestionar os principais factores que afectan á aparición da deformación do froito do amorodo, co fin de reducir a súa incidencia no cultivo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb537199-3596-4fa4-a950-3501e02b5a9e</t>
+  </si>
+  <si>
+    <t>Análise do ciclo de vida dos sistemas de produción de tomate cherry na área mediterránea</t>
+  </si>
+  <si>
+    <t>Este estudo identificou e estudou os principais problemas ambientais atribuíbles a diferentes sistemas de cultivo de tomate cherry na rexión mediterránea ao longo do seu ciclo de vida. O sistema de invernadoiros de plástico tivo o maior impacto ambiental en todas as categorías avaliadas, debido ao maior impacto exercido polos materiais que compoñen a súa infraestrutura.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b32b41e4-5ac0-4d7b-b39b-56f2f7ded9fa</t>
+  </si>
+  <si>
     <t>Aromas de ameixas de cultivo convencional e ecolóxico</t>
   </si>
   <si>
     <t>Este informe presenta os resultados da avaliación do contido de compostos volátiles en seis variedades de ameixa cultivadas de forma ecolóxica e convencional na provincia de Sevilla durante 2012 e 2013.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cd2145e6-42b6-47de-a2bc-43017e7426d8</t>
   </si>
   <si>
-    <t>Análise do ciclo de vida dos sistemas de produción de tomate cherry na área mediterránea</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/18b9d44f-2888-4ef0-bb58-2829b1c2e715</t>
+    <t>Cambios no perfil de compostos nutricionais e bioactivos durante o proceso de produción de cebola negra</t>
+  </si>
+  <si>
+    <t>Este documento presenta os resultados dun estudo dos cambios no perfil de compostos biosaudables presentes nas cebolas frescas cando se transforman en cebolas negras. Estúdase o perfil de compostos bioactivos como compostos fenólicos, compostos organosulfurados, azucres, ácidos orgánicos e a capacidade antioxidante de tres variedades de cebola: chalota, cebola plana e ecalión.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/990128a3-a03c-4509-aa17-842801011e1b</t>
+  </si>
+  <si>
+    <t>Aplicación de altas presións hidrostáticas en olivas Cornezuelo</t>
+  </si>
+  <si>
+    <t>Este documento presenta os resultados obtidos do tratamento das olivas de mesa da variedade cornezuelo en produción tradicional con altas presións hidrostáticas, en termos de vida útil e características organolépticas do produto.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04413678-1a7d-4b12-bf6e-a0a295924a27</t>
   </si>
   <si>
     <t>Avaliación dun tratamento poscolleita para reducir a adstrinxencia do membrillo</t>
   </si>
   <si>
     <t>Este documento presenta os resultados obtidos do tratamento da froita con dióxido de carbono en termos da vida útil do produto para o consumo en fresco e as súas características organolépticas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2a948622-efc5-49f3-9333-48b99ac29afb</t>
   </si>
   <si>
     <t>Certificación orgánica de pepino usando isótopos de nitróxeno estables</t>
   </si>
   <si>
     <t>Este documento presenta os resultados obtidos nun ensaio de diferenciación de diversas variedades de pepino cultivadas en Andalucía mediante sistemas convencionais e orgánicos, empregando a técnica analítica de espectrometría de masas de proporción isotópica.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f5101bb6-4623-4eee-8d95-a859a3981172</t>
   </si>
   <si>
-    <t>Cambios no perfil de compostos nutricionais e bioactivos durante o proceso de produción de cebola negra</t>
-[...7 lines deleted...]
-  <si>
     <t>Certificación orgánica de garavanzos utilizando isótopos de nitróxeno estables</t>
   </si>
   <si>
     <t>Este documento presenta os resultados obtidos para a diferenciación, por espectrometría de masas de proporción isotópica (IRMS), de garavanzos da variedade Fardón, cultivados en dous solos diferentes e con diferentes tipos de fertilizante, algúns axeitados para o cultivo convencional e outros para o cultivo ecolóxico.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/88cd2601-97d3-4833-a11d-4f6dd243817b</t>
   </si>
   <si>
-    <t>Aplicación de altas presións hidrostáticas en olivas Cornezuelo</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04413678-1a7d-4b12-bf6e-a0a295924a27</t>
+    <t>Guía de xestión integrada de pragas</t>
+  </si>
+  <si>
+    <t>Este documento revisa os principais aspectos teóricos e prácticos que poden ser útiles na loita contra as principais pragas das árbores froiteiras de óso da nosa comunidade, dentro do Programa de Produción Integrada contemplado no Regulamento de Produción Integrada de pexegueiros, ameixeiras e albaricoqueiros en Andalucía (BOJA, 2013).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3c216cb3-5d8b-4586-80ab-d7cea8443a69</t>
   </si>
   <si>
     <t>Efecto da condutividade eléctrica da auga de rega e da fertilización con carbono na conservación do tomate Raf</t>
   </si>
   <si>
     <t>Este documento presenta os resultados dun estudo que avalía o efecto da condutividade eléctrica (CE) da solución nutritiva e da fertilización con dióxido de carbono mediante a adición de CO2 ao invernadoiro sobre a calidade e a vida útil do tomate Raf (cv. Delizia).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c11ea844-a941-427f-99e7-7e65008b164d</t>
   </si>
   <si>
+    <t>Protocolo de inoculación con Fusarium oxysporum f. sp. ciceris en garavanzo</t>
+  </si>
+  <si>
+    <t>Este documento presenta o procedemento para inocular garavanzos co fungo do solo *Fusarium oxysporum* f.sp. ciceris en condicións controladas. Este procedemento permite que calquera persoa interesada leve a cabo este proceso. Aínda que se centra en *Fusarium oxysporum*, este manual será útil para outras especies de fungos que penetran na raíz, así como para outras especies susceptibles que se infectan do mesmo xeito. A selección correcta do xenotipo é esencial en calquera programa de mellora, polo que é moi importante ter protocolos axeitados que permitan unha selección fiable.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ef635d93-2dfb-4068-b76a-35665ec2bad7</t>
+  </si>
+  <si>
+    <t>Avaliación técnica do efecto da presión de traballo en aplicacións fitosanitarias cunha lanza de pulverización manual en cultivos de tomate de invernadoiro.</t>
+  </si>
+  <si>
+    <t>Este documento presenta unha avaliación técnica de tres aplicacións fitosanitarias realizadas cunha lanza de pulverización manual a diferentes presións de traballo (20 bar, 15 bar e 10 bar), determinando a cantidade de produto pulverizado que incide sobre a masa vexetal, a uniformidade da distribución do produto aplicado na planta e as perdas para o solo do produto pulverizado xerado, co obxectivo de optimizar o parámetro operativo "presión de traballo".</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c35a3b24-4dc3-49d5-a473-f1af85821d51</t>
+  </si>
+  <si>
+    <t>Laranxas ecolóxicas e convencionais. Calidade xeral e sensorial</t>
+  </si>
+  <si>
+    <t>Este documento presenta os resultados de calidade físico-química e sensorial de dúas variedades de laranxa, Navelina e Salustiana, amplamente cultivadas no Val do Guadalquivir, en cultivo convencional e ecolóxico.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a9432afc-949b-436f-a9a6-bbf2ff8eb78c</t>
+  </si>
+  <si>
     <t>Análise da punxencia de 110 cultivares de pementos (Capsicum annuum L.)</t>
   </si>
   <si>
     <t>Este traballo presenta os resultados do contido de capsaicina dunha colección de 110 novas variedades de pemento desenvolvidas por unha empresa de Andalucía, atopando valores entre 200 e 250.000 unidades Scoville.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0cdab447-e0d9-4969-9731-b15a5c129398</t>
   </si>
   <si>
-    <t>Laranxas ecolóxicas e convencionais. Calidade xeral e sensorial</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3c216cb3-5d8b-4586-80ab-d7cea8443a69</t>
+    <t>Recomendacións para reducir o impacto da seca nas froitas cítricas</t>
+  </si>
+  <si>
+    <t>Este documento ofrece as recomendacións máis axeitadas para unha xestión eficiente da auga no cultivo de cítricos en situacións de escaseza de auga e baixo diferentes escenarios de dispoñibilidade. Para iso, é importante diferenciar os diferentes grupos de acción en función da asignación de auga autorizada para a campaña, e formularase a recomendación ou estratexia a seguir en cada caso:</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3b58e877-2b7a-4164-a98c-c4becb4302c3</t>
+  </si>
+  <si>
+    <t>Sistemas de rega tradicionais en Andalucía: definición, caracterización, valores e problemas</t>
+  </si>
+  <si>
+    <t>Este documento define os sistemas de rega históricos ou tradicionais, caracterízaos, enumera os seus valores e aborda os seus problemas actuais. Os sistemas de rega tradicionais, ademais de proporcionar un valor produtivo que xera crecemento económico e emprego, prestan importantes servizos ecosistémicos e teñen unha especial importancia social, patrimonial, paisaxística e histórica. A supervivencia destes sistemas depende dunha actividade agrícola economicamente sostible, xa que deben competir con outros sistemas de produción na economía de mercado. Para conseguilo, débese buscar a diferenciación de produtos (por exemplo, agricultura e gandería ecolóxicas), o aumento da produtividade (diversificación, novos cultivos) e a procura de novos canais de comercialización e mercados, entre outros factores.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e584da2e-6277-43f8-9956-9849bf20d65a</t>
   </si>
   <si>
     <t>Facer marmeladas de membrillo</t>
   </si>
   <si>
     <t>Este documento describe o proceso de produción de nove tipos de conservas elaboradas con froitos de marmelo e unha infusión de follas de marmelo. Preséntanse diagramas de fluxo do proceso, características analíticas do produto, rendemento e avaliación sensorial.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39cb01b8-b27a-4952-bdd6-505750a17cb8</t>
   </si>
   <si>
     <t>Facer col fermentada (chucrut)</t>
   </si>
   <si>
     <t>Este documento describe o proceso de produción de col fermentada. Detalla a normativa legal que o rexe, así como as principais alteracións que poden producirse durante o proceso e que poderían prexudicar a súa calidade. Tamén presenta os resultados dun ensaio que estudou o efecto da dosificación de sal e o inóculo de lactobacillus.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bd545e15-9383-4aae-9fbc-0f12bd6b4572</t>
   </si>
   <si>
+    <t>Proba de ADN para a predición de mesifurano e gamma-decalactona en froitas de amorodo</t>
+  </si>
+  <si>
+    <t>Este documento describe a metodoloxía a seguir para a identificación de dous compostos aromáticos (mesifurano e gamma-decalactona) directamente implicados no sabor das froitas de amorodo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8b7ba1d8-52b8-439f-93ba-61c296576466</t>
+  </si>
+  <si>
+    <t>Uso de sensores climáticos en cultivos de invernadoiro</t>
+  </si>
+  <si>
+    <t>Este documento describe dun xeito sinxelo os fundamentos técnicos para a medición dos principais sensores climáticos que se poden incorporar á horticultura de invernadoiro para comprender e responder aos factores que determinan o crecemento e desenvolvemento dos cultivos. Tamén ofrece algunhas recomendacións para o seu uso correcto.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/41f6a9a8-4717-4a99-806b-5b79c6006694</t>
+  </si>
+  <si>
+    <t>Envasado activo de alimentos</t>
+  </si>
+  <si>
+    <t>Este documento describe os distintos mecanismos e tipos de envases activos para alimentos que existen actualmente no mercado e revisa as novas tendencias en envases intelixentes, recubrimentos comestibles, envases biodegradables e materiais con novas propiedades grazas á nanotecnoloxía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1edaa00f-fbf6-4d26-bf13-2ff4375abcd9</t>
+  </si>
+  <si>
     <t>Cultivo de pepino sen solo en recirculación en Almería</t>
   </si>
   <si>
     <t>Este artigo avalía a eficiencia do uso de auga e fertilizantes dun sistema de recirculación que reutilizou toda a solución de lixiviado nun cultivo de pepino sobre un substrato de perlita durante dous ciclos de crecemento con diferentes estacionais: primavera e outono-inverno. Os resultados mostran un aumento significativo no uso de auga e fertilizantes co sistema de recirculación sen afectar a produción final de froita.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b4868d04-b122-4fa0-9c8c-d60ca49b51f3</t>
   </si>
   <si>
-    <t>Envasado activo de alimentos</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e584da2e-6277-43f8-9956-9849bf20d65a</t>
+    <t>Comportamento agronómico de 'Clementina de Nules' en diferentes portaenxertos de cítricos en Almería. Campañas de cultivo 2013/2014 e 2014/2015</t>
+  </si>
+  <si>
+    <t>Este traballo presenta os resultados da avaliación do rendemento agronómico de portaenxertos híbridos convencionais e novos (semienanos) nas condicións agroclimáticas da zona costeira da provincia de Almería, realizada durante as campañas 2013/14 e 2014/15, co fin de obter información que permita optimizar a xestión agronómica das plantacións e, polo tanto, a súa rendibilidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/00d00be7-3e86-4ba9-9e33-bf7f482ba136</t>
+  </si>
+  <si>
+    <t>Avaliación do rendemento agronómico de Clementina de Nules en diferentes portaenxertos. Málaga, campaña 2015-2016</t>
+  </si>
+  <si>
+    <t>Este traballo ten como obxectivo avaliar o rendemento agronómico de tres portaenxertos convencionais e tres novos híbridos (semienanos) nas condicións agroclimáticas da zona costeira da provincia de Málaga. Isto proporcionará información consistente que permitirá optimizar a xestión agronómica das plantacións e, en consecuencia, a súa rendibilidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bc91b0d9-5e59-4967-b77e-128e3a7a77ed</t>
+  </si>
+  <si>
+    <t>Avaliación do rendemento agronómico de Clementina de Nules en diferentes portaenxertos en condicións de salinidade. Almería, tempada de cultivo 2015-2016.</t>
+  </si>
+  <si>
+    <t>Este traballo ten como obxectivo avaliar o rendemento agronómico de tres portaenxertos convencionais e tres novos híbridos (subestándar e semiananos) en condicións de salinidade da auga de rega (auga de baixa calidade con alta condutividade eléctrica) na provincia de Almería, co fin de obter información consistente que permita optimizar a xestión agronómica das plantacións e, polo tanto, a súa rendibilidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/67dd3b89-92d0-4f7f-8980-62190ce2ad4a</t>
   </si>
   <si>
     <t>Rego cunha mestura de auga de mar desalinizada e auga subterránea nun invernadoiro. Tomate.</t>
   </si>
   <si>
     <t>O sueste de Andalucía alberga unha das maiores áreas de invernadoiros do mundo. Este modelo de horticultura intensiva baseouse no uso de augas subterráneas para o rego, o que levou á sobreexplotación dos acuíferos e ao deterioro da calidade da auga. Ante esta situación, incorporáronse ao sistema recursos hídricos non convencionais, incluída a auga de mar desalinizada (ADS). As primeiras experiencias con ADS en España demostraron que o uso agrícola da ADS implica novos desafíos agronómicos, económicos e ambientais que requiren enfoques de investigación innovadores e novas estratexias de xestión da auga. Este documento presenta os principais resultados obtidos nun ensaio en cultivos de pepino regados con auga de diferentes niveis de salinidade dependendo da súa orixe (ADS, ADS e mesturas de ambos os tipos de auga), no que tamén se empregaron dúas estratexias de xestión do rego.</t>
   </si>
   <si>
     <t>https://lajunta.es/5u1lg</t>
   </si>
   <si>
+    <t>Guía para o recoñecemento e control de pragas de moluscos no cultivo de cítricos</t>
+  </si>
+  <si>
+    <t>Esta guía contén toda a información relativa ás pragas de moluscos no cultivo de cítricos: recoñecemento e control.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a08abc76-600b-45ae-aafb-f15cd458f906</t>
+  </si>
+  <si>
     <t>Fragmentación da terra medida pola unidade mínima de cultivo</t>
   </si>
   <si>
     <t>Esta presentación analiza a Unidade Mínima de Cultivo (UCM) nos oliveirais de Xaén para avaliar o seu impacto e propón cambios no marco regulatorio para frear a parcelación excesiva.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e2d0a09a-0610-454c-8aca-694e87bf04c1</t>
   </si>
   <si>
-    <t>Guía para o recoñecemento e control de pragas de moluscos no cultivo de cítricos</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bc91b0d9-5e59-4967-b77e-128e3a7a77ed</t>
+    <t>Aplicación de altas presións hidrostáticas na industria alimentaria</t>
+  </si>
+  <si>
+    <t>Este documento describe os efectos da aplicación dunha alta presión hidrostática nos alimentos, en termos da modificación dos seus compoñentes nutricionais, as súas propiedades organolépticas e a súa conservación. Esta tecnoloxía introduciu no mercado unha ampla variedade de produtos innovadores e listos para consumir. Estes produtos ofrecen unha maior vida útil, unha mellor calidade sensorial en comparación con outros tratamentos de conservación, un alto valor engadido, un baixo contido microbiano e importantes oportunidades comerciais debido ao crecente interese dos consumidores en produtos seguros con calidades organolépticas similares ás dos produtos frescos. Non obstante, ao implementar esta tecnoloxía, débese ter precaución e avaliar os aspectos económicos, xa que compite con tecnoloxías térmicas ben establecidas, economicamente viables e eficaces para controlar os perigos da contaminación biolóxica.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e73772df-c03a-4e56-84a8-a8ce3143a8b2</t>
+  </si>
+  <si>
+    <t>Certificación de laranxa orgánica usando isótopos estables de nitróxeno e carbono</t>
+  </si>
+  <si>
+    <t>Este documento analiza a idoneidade da técnica analítica de isótopos estables d15N para diferenciar entre laranxas producidas organicamente e convencionalmente. Tamén examina que parte da froita identifica mellor esta diferenza.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/53adebb7-888e-40ea-9d61-57cf6c232d60</t>
+  </si>
+  <si>
+    <t>A calidade dos produtos vexetais orgánicos: unha revisión actualizada.</t>
+  </si>
+  <si>
+    <t>Este documento analiza a información científica publicada sobre a calidade dos produtos ecolóxicos fronte aos produtos cultivados convencionalmente desde unha perspectiva sanitaria, centrándose especificamente en como o sistema de cultivo inflúe no contido de antioxidantes e vitaminas das froitas e verduras máis cultivadas en Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6f18cb05-fc31-47fa-a4f4-18abcf092013</t>
   </si>
   <si>
     <t>Beneficios para a saúde do consumo de aceite de oliva virxe</t>
   </si>
   <si>
     <t>Este documento analiza a presenza do aceite de oliva no mercado mundial de graxas vexetais, a súa composición e a relación entre os seus compoñentes e as súas propiedades organolépticas, nutricionais e sanitarias. Revisa os avances científicos sobre o efecto do aceite de oliva virxe, ou dalgúns dos seus compoñentes, no desenvolvemento ou a prevención de determinadas patoloxías e examina a normativa europea vixente en materia de declaracións nutricionais e sanitarias nos alimentos, incluído o que permiten neste caso.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04436a85-0e53-4bbd-b948-b3431faaa8d3</t>
   </si>
   <si>
-    <t>A calidade dos produtos vexetais orgánicos: unha revisión actualizada.</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e73772df-c03a-4e56-84a8-a8ce3143a8b2</t>
+    <t>Avaliación de variedades de amorodo: resultados obtidos en cultivo ecolóxico. Campaña 2016/2017</t>
+  </si>
+  <si>
+    <t>Este documento presenta os resultados obtidos da avaliación agronómica de doce variedades de amorodo na granxa socia Flor de Doñana no concello de Almonte, empregando técnicas de agricultura ecolóxica (Regulamento CE 834/2007). Este traballo realizouse para xerar información obxectiva sobre o rendemento das variedades estudadas nas condicións indicadas. Este documento ofrécese como ferramenta para agricultores e técnicos para facilitar a selección varietal dada a ampla gama de variedades dispoñibles.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04efd11e-e806-45dd-823c-b2879ba72ec7</t>
+  </si>
+  <si>
+    <t>Avaliación de variedades de amorodo. Resultados obtidos en cultivo convencional con solo biosolarizado. Campaña de cultivo 2016/2017</t>
+  </si>
+  <si>
+    <t>Este documento presenta os resultados obtidos na Granxa Experimental "El Cebollar" durante a avaliación agronómica de doce variedades de amorodo empregando técnicas de cultivo convencionais, coa excepción do uso da biosolarización para a desinfección do solo antes da plantación. Este traballo realizouse para xerar información obxectiva sobre o rendemento das variedades estudadas nas condicións indicadas. Este documento ofrécese como ferramenta para agricultores e técnicos para facilitar a selección varietal dada a ampla gama de variedades dispoñibles na actualidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/05efd1f5-71a5-4b8e-9f31-b1125532e44b</t>
+  </si>
+  <si>
+    <t>Avaliación de variedades de amorodo: resultados obtidos en cultivo convencional con solo desinfectado quimicamente. Campaña de cultivo 2016/2017</t>
+  </si>
+  <si>
+    <t>Este documento presenta os resultados da avaliación agronómica de doce variedades de amorodo na granxa colaboradora "Fresperiquito" utilizando técnicas de cultivo convencionais (desinfección química do solo con 1,3 dicloropropeno máis cloropicrina). Este traballo realizouse para xerar información obxectiva sobre o rendemento das variedades estudadas nas condicións indicadas. Este documento ofrécese como ferramenta para agricultores e técnicos para facilitar a selección varietal dada a ampla gama actual de variedades dispoñibles.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9a4575a4-087a-4d64-afd3-0164a7b8a957</t>
+  </si>
+  <si>
+    <t>Tecnoloxía de invernadoiros ecolóxicos na costa de Almería e Granada</t>
+  </si>
+  <si>
+    <t>Este estudo describe as principais características dos invernadoiros ecolóxicos situados na costa de Almería e Granada, baseándose nunha enquisa realizada a 150 produtores de vexetais ecolóxicos da área de estudo. En concreto, describe as principais tecnoloxías empregadas polos produtores nos seus invernadoiros e, finalmente, compara os sistemas de produción ecolóxicos e os convencionais.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99edb4cb-7ac9-4833-ada7-bf1aad3e8078</t>
   </si>
   <si>
     <t>Prospección de novos recursos xenéticos da oliveira en Andalucía</t>
   </si>
   <si>
     <t>Este proxecto ten como obxectivo enriquecer o Banco Mundial de Xermoplasma da Oliva con novo material (variedades autóctonas) de Andalucía e aumentar a representatividade das poboacións silvestres andaluzas na colección de oliveiras silvestres que tamén se atopa no Centro IFAPA de Córdoba. O estudo de identificación e diversidade deste material levouse a cabo mediante marcadores moleculares de ADN.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14b52297-0270-42a3-af97-6691bd34d19f</t>
   </si>
   <si>
     <t>Mellora da calidade e produción de amorodos no cultivo hidropónico de recirculación empregando diferentes estratexias de fertirrigación.</t>
   </si>
   <si>
     <t>Neste traballo (Tese de Grao), estudáronse tres variedades de amorodo, dúas delas de día curto, 'Primoris' e 'Festival', e unha de día neutro, 'Albion', cada unha cunha data de plantación diferente. Avaliouse o efecto do aumento da salinidade na produción e calidade do froito durante a fase xerativa aumentando a concentración de NaCl na solución nutritiva de 8 mmol/L a 12 mmol/L nun dos tratamentos e a 19 mmol/L no outro. Isto fíxose para confirmar que engadir salinidade durante a fase inicial do desenvolvemento do froito, en lugar de producir efectos negativos, en realidade produce certos beneficios, xa que mellora as propiedades dos froitos sometidos a ela. Estas tres variedades foron estudadas ao longo de todo o ciclo e obtivéronse as seguintes conclusións: Confirmouse que o aumento da salinidade non afecta á produción de froito. En plantacións moi temperás, non houbo un aumento da produción temperá debido a condicións meteorolóxicas extremas. En canto á calidade, o aumento da salinidade favoreceu a calidade do froito, aumentando o contido de sólidos solubles, a acidez titulable e a firmeza. O contido de sólidos solubles, medido en °Brix, aumentou co nivel de salinidade aplicado, e esta resposta foi máis pronunciada a medida que aumentaba o tempo (días) que as plantas estiveron sometidas a estrés salino, coincidindo cun aumento da intensidade da radiación solar e da temperatura. En canto aos compoñentes nutricionais, a salinidade diminuíu o contido de vitamina C, mentres que o aumento ou diminución dos polifenois coa salinidade foi determinado pola variedade. Na avaliación sensorial, os catadores non detectaron as diferenzas obtidas nos resultados analíticos en canto á acidez e aos °Brix. Nas variedades 'Festival' e 'Albion', as diferenzas atopadas favoreceron o tratamento con maior salinidade. Na variedade 'Primoris', as diferenzas foron favorables para o tratamento con menos salinidade.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/434b09a5-95ee-47cb-a6fa-2e3c5f87d5ac</t>
   </si>
   <si>
-    <t>Avaliación de variedades de amorodo: resultados obtidos en cultivo ecolóxico. Campaña 2016/2017</t>
-[...25 lines deleted...]
-  <si>
     <t>Calidade xeral (morfolóxica, organoléptica e funcional) e produción de tres variedades cítricas do Grupo de Blancas no val do Guadalquivir</t>
   </si>
   <si>
     <t>Este traballo presenta os resultados obtidos nun ensaio experimental realizado nunha parcela situada en Hornachuelos (Córdoba-Andalucía) durante tres campañas de estudo, 2016/2017, 2017/2018 e 2018/2019. Preséntanse datos sobre a calidade xeral do froito, morfolóxica, organoléptica e funcional, e a produción de tres variedades de laranxas doces do grupo Blancas, `Barberina`, `Valencia Midknight` e `Valencia Delta Seedless`, enxertadas sobre o portaenxertos Forner-Alcaide nº 5. Preséntase a metodoloxía empregada no ensaio, así como os resultados e conclusións obtidas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2c642587-97af-44ad-971e-92e663df6452</t>
   </si>
   <si>
-    <t>Tecnoloxía de invernadoiros ecolóxicos na costa de Almería e Granada</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99edb4cb-7ac9-4833-ada7-bf1aad3e8078</t>
+    <t>Utilización de uvas con aclareo de acios para a produción dun extracto enriquecido con estilbenos bioactivos</t>
+  </si>
+  <si>
+    <t>No cultivo da vide, o aproveitamento de subprodutos é un factor importante para a produción sostible. Un destes subprodutos son as uvas procedentes do clareo dos acios de uva tinta, que normalmente se descartan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2513b221-50c5-4e7e-ac8f-0cd399c1d28c</t>
   </si>
   <si>
     <t>Opinións dos agricultores sobre a cuberta vexetal do oliveiral</t>
   </si>
   <si>
     <t>No cultivo da oliveira, o uso de cubertas vexetais implantouse e estendeuse como práctica cultural na última década.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/41f3665a-d9a2-4486-910f-f7cf216c5b39</t>
   </si>
   <si>
+    <t>Aplicación de rego de améndoas: unha ferramenta para xestionar o rego en amendoeiras</t>
+  </si>
+  <si>
+    <t>O documento describe e demostra as vantaxes da aplicación de regadío Almond Irrigation App, unha ferramenta de toma de decisións para agricultores e técnicos do sector da améndoa de regadío. A ferramenta combina un balance hídrico do solo, un sistema automático de acceso á información meteorolóxica da Rede Andaluza de Información Agroclimática e un módulo de programación do regadío que optimiza os recursos hídricos dispoñibles para evitar un estrés hídrico excesivo durante os períodos críticos do cultivo.</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1lc</t>
+  </si>
+  <si>
+    <t>Guía visual das pragas do aguacate e os seus inimigos naturais</t>
+  </si>
+  <si>
+    <t>Este documento describe brevemente as características das catro especies máis importantes de pragas dos cultivos de aguacate na nosa zona (dous ácaros tetránquidos e dúas cochinillas) e os seus principais inimigos naturais (ácaros depredadores, neurópteros e coccinélidos). A descrición inclúe fotografías para unha rápida identificación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f9fd31f8-132d-4192-a14b-8b8fe518aef5</t>
+  </si>
+  <si>
     <t>Meloidogyne en calabacín: caracterización da enfermidade</t>
   </si>
   <si>
     <t>O documento avalía os factores que inflúen no desenvolvemento da enfermidade e o impacto na produción de dúas especies de nematodos, Meloidogyne incognita e Meloidogyne javanica, que afectan os cultivos de calabacín.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7bba48f4-e430-49d4-b576-3c358070a452</t>
   </si>
   <si>
     <t>Características das plantacións de cítricos en Andalucía</t>
   </si>
   <si>
     <t>Este documento analiza as principais características das explotacións de cítricos en Andalucía, incluíndo aspectos como a superficie cultivada, os principais cultivos, os seus rendementos medios e os patróns de plantación máis empregados. Os datos empregados no estudo proceden dunha enquisa realizada a 203 produtores de cítricos nas principais zonas de cultivo de Andalucía. Preséntanse os resultados máis destacados para os cultivos máis representativos (laranxas, mandarinas e limóns), agrupados por provincia.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/83c8c49f-c8bd-41c2-a222-4dea15ed3d5e</t>
   </si>
   <si>
-    <t>Guía visual das pragas do aguacate e os seus inimigos naturais</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2513b221-50c5-4e7e-ac8f-0cd399c1d28c</t>
+    <t>Virus da clorose da leituga en cultivos de fabas</t>
+  </si>
+  <si>
+    <t>O virus da clorose da leituga-Sp (LCV-SP) é unha nova cepa de LCV que afecta ás xudías verdes (Phaseolus vulgaris L.) e causa síntomas como moteado intervenal e amareleamento das follas de crecemento medio e baixo, o que tamén fai que se volvan máis fráxiles. Describiuse por primeira vez en invernadoiros comerciais nas provincias de Granada e Almería, e observáronse plantas afectadas en invernadoiros con Bemisia tabaci. O LCV describiuse previamente en California (EUA) afectando a plantas de leituga; non obstante, a cepa española (LCV-SP) só pode afectar a plantas pertencentes á familia das leguminosas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/315b8ba5-4495-4deb-857e-9819a3e362ba</t>
+  </si>
+  <si>
+    <t>Detección precoz do CGMMV mediante ImmunoStrip®</t>
+  </si>
+  <si>
+    <t>O virus do mosaico verde do pepino (CGMMV) é un membro do xénero Tobamovirus, que se transmite facilmente por contacto e infecta moitas especies de cucurbitáceas, incluído o pepino. A súa presenza no sueste de Andalucía aumentou nos últimos cinco anos, en parte debido á presenza dunha nova cepa do virus de orixe asiática en zonas onde non fora descrita previamente. Polo tanto, o diagnóstico precoz é de vital importancia para implementar unha estratexia de control axeitada. Neste documento, avaliaremos a sensibilidade da detección precoz de cada unha das razas do CGMMV mediante a técnica de inmunostrip.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9fdd2bc7-a957-4055-817f-0a86923e08b0</t>
   </si>
   <si>
     <t>Recomendacións para facer iogur</t>
   </si>
   <si>
     <t>O iogur artesanal de cabra, ovella e vaca é un produto lácteo producido diariamente por cada vez máis pequenas e medianas empresas lácteas de Andalucía. A súa produción incorpora normalmente produtos naturais e locais. Este informe establece recomendacións básicas durante as diferentes etapas de produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c86a44c4-8f15-4d11-874e-6587f9dba2c4</t>
   </si>
   <si>
+    <t>Efecto da pasteurización na oliva Aloreña</t>
+  </si>
+  <si>
+    <t>En 2009 aprobouse o regulamento da Denominación de Orixe Protexida (DOP) Oliva Aloreña de Málaga, a primeira en conseguir esta distinción en España. A súa produción localízase no sueste da provincia de Málaga. A oliva de mesa Aloreña é unha oliva curada en salmoira que pode fermentarse total ou parcialmente e conservarse con sal, ácidos orgánicos e especias. O proceso de produción non implica o uso de calor no produto final, polo que hai pouca información sobre o efecto das temperaturas de pasteurización nas propiedades físicas e químicas destas olivas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5a04191e-2f1a-4913-b795-51272caff323</t>
+  </si>
+  <si>
+    <t>Efectos do sistema de xestión en oliveiras en pendente sobre a diversidade de bolboretas</t>
+  </si>
+  <si>
+    <t>En Andalucía, os oliveirais con pendentes superiores a 20 representan o 26,8 da superficie total de oliveira, incluíndo zonas con uso limitado do solo debido a unha combinación de factores como a altitude e a pendente, e que non son rendibles, o que supón un alto risco de abandono para este cultivo en Andalucía. Neste sentido, a viabilidade deste oliveira implicaría necesariamente a mellora e valorización dos servizos ecosistémicos xerados por estes agroecosistemas, un dos cales son os derivados da promoción da biodiversidade, un servizo que pode verse afectado polo tipo de xestión agronómica que se leve a cabo nestes oliveirais. Un indicador empregado para avaliar a biodiversidade é a estimación das poboacións de bolboretas diúrnas denominadas "lepidópteros raloceros", que son moi sensibles ás modificacións dos ecosistemas. Os oliveirais orgánicos e abandonados son os que presentan unha maior diversidade de bolboretas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/174d1ee7-591f-4ef3-80b1-6205f1d0fcb9</t>
+  </si>
+  <si>
+    <t>Control biolóxico de pragas nos cultivos de pepino de inverno: Amblyseius swirskii Athias-Henriot fronte a Transeius montdorensis (Schicha).</t>
+  </si>
+  <si>
+    <t>Nos cultivos de pepino, o control biolóxico baséase principalmente na liberación do ácaro depredador Amblyseius swirskii para controlar as moscas brancas e os trips das flores. Non obstante, o seu uso pode ser limitado durante os ciclos de finais do outono-inverno por diversas razóns. Outro ácaro depredador, o Transeius montdorensis, está dispoñible comercialmente na actualidade e tamén pode alimentarse destas pragas. O obxectivo deste estudo foi realizar un ensaio comparativo entre ambas as especies depredadoras para avaliar o seu comportamento en condicións de baixas temperaturas e a súa eficacia no control de pragas nun cultivo de pepino outono-inverno. Os resultados mostran un comportamento moi similar tanto no desenvolvemento das poboacións de ácaros depredadores como no control que exercen sobre as moscas brancas e os trips. Non obstante, o T. montdorensis mostrou unha maior taxa reprodutiva en momentos específicos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39e30fe6-8209-4758-b00e-1e530d585839</t>
+  </si>
+  <si>
     <t>Estudo da diversidade hortícola protexida: libélulas (I)</t>
   </si>
   <si>
     <t>En decembro de 2015, estableceuse unha rede de sebes con plantas arbustivas autóctonas arredor de varios invernadoiros no Centro IFAPA La Mojonera (Almería). Estas plantacións constitúen medidas para mellorar a biodiversidade na paisaxe de horticultura intensiva. Un dos grupos de insectos que poden beneficiarse destas intervencións son as libélulas, que aparecen espontaneamente nestas plantas e son depredadoras. Este documento inclúe a metodoloxía empregada para a observación dos odonatos que se atopan nas distintas sebes instaladas, así como un inventario das especies identificadas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fda616b0-9b6c-4fb2-8c47-bd5ef31d7703</t>
   </si>
   <si>
-    <t>Efectos do sistema de xestión en oliveiras en pendente sobre a diversidade de bolboretas</t>
-[...43 lines deleted...]
-  <si>
     <t>Probas de susceptibilidade de dúas variedades de xirasol a tres herbicidas de sulfonilurea</t>
   </si>
   <si>
     <t>En 2015, observáronse graves danos por fitotoxicidade nos xirasoles en Andalucía e Castela durante o final do inverno e a primavera. Esta publicación presenta os resultados dos ensaios de susceptibilidade realizados para abordar as preocupacións relativas á fitotoxicidade dos herbicidas aplicados aos xirasoles durante a colleita anterior.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cffd69a1-6114-4c65-9c64-7185057a421b</t>
   </si>
   <si>
+    <t>Efecto das diferentes asignacións de rega na produción e calidade de catro variedades de amorodo en Huelva: campaña 2016/17</t>
+  </si>
+  <si>
+    <t>O estudo comparou a produción e a calidade de diferentes variedades de amorodo sometidas a catro tratamentos de rega establecidos utilizando os coeficientes de cultivo para a variedade 'Sabrina' (ETc Sab) como referencia durante a tempada 2016-2017. As variedades estudadas foron 'Sabrina', 'Fortuna', 'Splendor' e 'Primoris'. Os resultados mostraron que as variedades difiren nas súas necesidades hídricas e, polo tanto, non se ven afectadas por igual pola redución de auga. Segundo estes resultados, o uso dunha variedade ou outra pode representar un aforro de auga de arredor do 25 %.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6b834061-75d7-441b-8bd5-eb4f4abd0519</t>
+  </si>
+  <si>
+    <t>Avaliación das variedades locais de garavanzos. Campaña 2019/2020.</t>
+  </si>
+  <si>
+    <t>O obxectivo deste traballo é comprender o potencial de diferentes variedades ou ecotipos locais de garavanzos de orixe andaluza. As liñas foron caracterizadas e avaliadas en diferentes ambientes potenciais de cultivo. O documento presenta os resultados da caracterización, así como os valores medios de rendemento de cada ecotipo para os ambientes onde foron avaliados, en comparación cunha variedade de control convencional. A conclusión xeral é destacar o gran potencial dos ecotipos de garavanzos estudados, tanto como proxenitores doadores de xenes para programas de mellora vexetal como para o seu uso directo como variedades de conservación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b6f099b1-9153-4fc7-a9a1-f6bc1ad67c60</t>
+  </si>
+  <si>
     <t>Potencial das variedades locais para a mellora do trigo duro</t>
   </si>
   <si>
     <t>O trigo duro en Andalucía cultívase principalmente nun ambiente mediterráneo caracterizado por precipitacións estacionais, unha alta probabilidade de seca ao final do ciclo e condicións secas durante o desenvolvemento do gran. Estas condicións supoñen un risco significativo, xa que tanto a seca como a calor poden producir reducións significativas do rendemento. Os modelos de predición do cambio climático suxiren un aumento na frecuencia de altas temperaturas durante a floración en Europa, o que podería levar a unha diminución da fertilidade da espiga e a unha senescencia foliar acelerada, cun consecuente impacto no rendemento. Neste contexto, as variedades locais poden desempeñar un papel importante, xa que foron seleccionadas en condicións locais durante xeracións e poden presentar características que se adaptan a estes ambientes.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8adb8c66-bb41-479b-8e17-c969b134d18e</t>
   </si>
   <si>
-    <t>Efecto das diferentes asignacións de rega na produción e calidade de catro variedades de amorodo en Huelva: campaña 2016/17</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6b834061-75d7-441b-8bd5-eb4f4abd0519</t>
+    <t>Aplicacións de herbicidas en postemerxencia temperá e tardía contra o alpiste (Phalaris spp.) en trigo duro</t>
+  </si>
+  <si>
+    <t>O trigo duro é un cultivo importante en Andalucía (España), onde se sementan unhas 300.000 hectáreas no outono. O seu ciclo coincide co período de precipitacións, que oscila entre os 500 e os 700 mm de media. Os invernos nesta rexión son xeralmente suaves, pero tamén se producen algunhas xeadas no inverno e ocasionalmente na primavera. Entre as malas herbas máis importantes do cultivo atópanse varias gramíneas, especialmente os alpistes Phalaris brachystachys, Phalaris minor e Phalaris paradoxa, xunto con Avena sterilis subsp. sterilis, Lolium rigidum e, máis recentemente, a introdución de Bromus diandrus e Vulpia spp. Unha das máis difíciles de controlar é P. paradoxa, que se atopa frecuentemente mesturada coas outras dúas especies de alpiste.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7730b31a-4614-4a32-9c78-52aa053786e0</t>
   </si>
   <si>
     <t>Ensaio de herbicida preemerxente en condicións de seca contra Centaurea diluta en trigo duro</t>
   </si>
   <si>
     <t>O trigo duro ocupa arredor de 300.000 hectáreas en Andalucía (España), situadas principalmente nas provincias de Cádiz, Córdoba e Sevilla. Estes cultivos seméntanse entre o 15 de novembro e o 15 de decembro e, ocasionalmente, entre o 1 de novembro e o 7 de xaneiro. Os invernos nesta rexión son xeralmente suaves, pero tamén se producen algunhas xeadas nos meses de decembro e xaneiro (raramente en novembro e mesmo en febreiro ou marzo), e as precipitacións medias son de aproximadamente 500–700 mm. Estas precipitacións son irregulares e, despois da sementeira, poden ser abundantes ou, pola contra, poden producirse períodos secos de varias semanas, incluso meses. Entre as herbas daniñas importantes e difíciles de controlar nestas rexións, destaca a especie da familia composta Centaurea diluta polo seu gran tamaño e a rápida expansión que experimentou nos últimos anos. Esta especie presenta unha emerxencia moi escalonada (Figura 1), desde as primeiras choivas de outono ata ben entrada a primavera (Royo-Esnal et al., 2017), razón pola que infesta tanto cultivos de inverno (por exemplo, cereais e fabas, Figura 2A), como de primavera (por exemplo, xirasol e garavanzos, Figura 2X2C), e cultivos leñosos (oliveira, amendoeira e videira).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/800b5b89-9742-4f73-ab38-223f0d11552c</t>
   </si>
   <si>
-    <t>Aplicacións de herbicidas en postemerxencia temperá e tardía contra o alpiste (Phalaris spp.) en trigo duro</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7730b31a-4614-4a32-9c78-52aa053786e0</t>
+    <t>Aplicación de microondas para mellorar a calidade dos viños tintos</t>
+  </si>
+  <si>
+    <t>O uso de microondas é unha tecnoloxía emerxente na industria alimentaria. O equipo de IFAPA Rancho de la Merced aplicou esta tecnoloxía ao proceso de elaboración de viños tintos para mellorar a maceración durante a etapa de fermentación alcohólica. Isto pretende dar a coñecer a súa utilidade como alternativa para mellorar a calidade dos viños tintos elaborados con variedades de uva que teñen dificultades para conseguir cor cando se cultivan en climas cálidos, como a garnacha.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0afe6b0f-4cf8-45b8-a2d3-5ac3be76bd4a</t>
   </si>
   <si>
     <t>Vinagre: tipos, preparacións e usos</t>
   </si>
   <si>
     <t>O vinagre é un produto tan antigo como o viño e atópase na maioría dos fogares, pero o coñecemento sobre el é escaso e está pouco difundido.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/759a1d9b-d25c-4937-b59b-83ba54464d65</t>
   </si>
   <si>
-    <t>Aplicación de microondas para mellorar a calidade dos viños tintos</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b6f099b1-9153-4fc7-a9a1-f6bc1ad67c60</t>
+    <t>Recomendacións para a elaboración de queixo Pedroches</t>
+  </si>
+  <si>
+    <t>O queixo Pedroches é un dos cinco queixos tradicionais de leite de ovella de Andalucía incluídos no catálogo de queixos españois. Elabórase con leite cru de ovella merina e coagúlase mediante a adición de callo, un coagulante vexetal derivado das flores secas do cardo Cynara cardunculus. Este traballo establece recomendacións básicas durante as diferentes etapas de produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e385964-a440-41be-aae5-4158bef17f50</t>
+  </si>
+  <si>
+    <t>Recomendacións para facer queixo de ovella brando</t>
+  </si>
+  <si>
+    <t>O queixo de ovella de pasta branda considérase tradicionalmente un queixo curado elaborado con leite cru coagulado encimaticamente, coagulado cun coagulante vexetal derivado das flores secas do cardo *Cynara cardunculus* e madurado durante un mínimo de 60 días. Este tipo de queixo era inicialmente coñecido polos pastores como "avería" (un queixo de codia fina e interior cremoso, a diferenza dos queixos tradicionais). Hoxe en día, este tipo de queixo denomínase "tortas", que son recoñecidas a nivel nacional e internacional pola súa exclusividade e calidade. Este traballo establece recomendacións básicas durante as diferentes etapas da produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f0db88e0-9080-4cc1-b964-14066a2575e3</t>
   </si>
   <si>
     <t>Recomendacións para facer queixo fresco autoescorredor</t>
   </si>
   <si>
     <t>O queixo fresco autoescorrido é un tipo de queixo orixinario do norte de España. Diferénciase do queixo fresco convencional no seu maior contido en humidade, o que o converte nun dos produtos lácteos con menor contido enerxético. Este artigo establece recomendacións básicas durante as diferentes etapas de produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aa30cc9f-284a-4419-930e-9a5bef5bd1f9</t>
   </si>
   <si>
+    <t>Recomendacións para a elaboración de queixo fresco de Málaga</t>
+  </si>
+  <si>
+    <t>O queixo fresco de Málaga é un dos dez queixos tradicionais de leite de cabra de Andalucía incluídos no Catálogo de Queixos Españois. Na actualidade, moitas queixerías artesanais da provincia de Málaga basean a súa produción neste tipo de lácteos. Este documento ofrece recomendacións básicas durante as diferentes etapas da produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7552eb17-55c3-4a5a-ad65-d0e5fe81a034</t>
+  </si>
+  <si>
+    <t>Recomendacións para a elaboración de queixo por desestabilización ácida ou mineral</t>
+  </si>
+  <si>
+    <t>O queixo mató é un tipo de queixo que se pode obter mediante diferentes técnicas de produción: por desestabilización mineral (cloruro de calcio) ou ácida (zume de limón ou vinagre), ou coagulando o leite con encimas vexetais, como a flor do cardo silvestre (Cynara cardunculus). Obtense escorrindo o soro, prensando suavemente (autoprensado) e dándolle a volta periodicamente. É un queixo fresco, sen madurar, e pódese consumir despois da produción.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b8643113-4bd1-478c-b3fb-23b617685470</t>
+  </si>
+  <si>
+    <t>O requeixo é un produto lácteo obtido do soro de leite obtido durante o proceso de elaboración do queixo. Elabórase quentando o soro de leite, o que fai que as proteínas do soro precipiten. Este artigo establece recomendacións básicas durante as diferentes etapas da elaboración do queixo para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c81531ee-ecf7-4c39-a22a-b77d4416ced7</t>
+  </si>
+  <si>
+    <t>Viabilidade da reutilización de salmoiras de fermentación como augas de proceso e de lavado</t>
+  </si>
+  <si>
+    <t>O sector da oliveira de mesa en España medrou nos últimos anos, duplicando a súa produción na última década, alcanzando cifras superiores ás 800.000 toneladas. Destaca especialmente a produción andaluza de oliveira de mesa, que representa arredor do 80 % da produción española e, dentro desta, a provincia de Sevilla representa o 58 % da produción nacional. Este sector industrial está a ser sometido a un proceso de modernización, dinámico e preparado para levar a cabo todas as fases de preparación e procesamento da oliveira de mesa. Os datos achegados anteriormente testemuñan parcialmente o dinamismo do sector, o que lle permite afrontar con maior éxito os retos aos que se enfronta, como as melloras ambientais na industria, o aumento da competencia doutros países produtores e a necesidade de innovación continua.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bcc42289-1763-40fe-83a7-ebbc5554c9bd</t>
+  </si>
+  <si>
     <t>Ineficiencia debido ao efecto de bordo causado pola fragmentación do olivar de Xaén</t>
   </si>
   <si>
     <t>O tamaño, a fragmentación e a dispersión das explotacións agrícolas afectan á rendibilidade. A pesar disto, non existen estudos que analicen estas variables conxuntamente; practicamente todos céntranse no tamaño das explotacións. A proporción óptima de custos fixos para a maquinaria utilizada na xestión agrícola só se pode conseguir cando as explotacións alcanzan un determinado tamaño mínimo. Este feito analízase a través do efecto bordo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e5d4750-3daa-4735-8ce4-ef71a3c09c6c</t>
   </si>
   <si>
-    <t>Viabilidade da reutilización de salmoiras de fermentación como augas de proceso e de lavado</t>
-[...47 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f0db88e0-9080-4cc1-b964-14066a2575e3</t>
+    <t>Desenvolvemento da produción de Sinapis alba subsp. Mairei e glucosinolatos con diferentes taxas de sementeira e tipos de fertilizantes</t>
+  </si>
+  <si>
+    <t>Este traballo avalía diferentes doses de sementeira de Sinapis alba e as estratexias de fertilización axeitadas para maximizar o desenvolvemento da planta e o contido de glucosinolatos desta especie, de xeito que sexa eficaz cando se emprega como cuberta vexetal para biofumigación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c3d7e278-d868-409a-9806-16b7001cc936</t>
+  </si>
+  <si>
+    <t>Diversidade da calidade físico-química do pepino doce, un novo cultivo en España</t>
+  </si>
+  <si>
+    <t>O obxectivo principal deste estudo foi estudar a calidade física e química das variedades de pepino doce cultivadas en invernadoiros en Almería. Esta información ten como obxectivo proporcionar aos consumidores, agricultores, técnicos e empresas agroalimentarias información para diversificar e impulsar o consumo e a produción. Atopouse unha ampla gama de compoñentes de calidade físicos e químicos nas seis variedades estudadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b48fc5e7-6e3b-4b08-8fd0-14dc0d3cd46a</t>
+  </si>
+  <si>
+    <t>Estudo económico comparativo da xestión do solo en oliveiras con e sen axudas agroambientais</t>
+  </si>
+  <si>
+    <t>O Programa Andaluz de Desenvolvemento Rural 2014-2020 incluíu a Medida 10 "Agroambiente e Clima" e unha serie de submedidas; concretamente, a Submedida 10.1. Pagamentos por compromisos agroambientais e climáticos define operacións que buscan manter actividades ambientalmente beneficiosas ante o risco de abandono, a introdución de sistemas de produción que permitan un uso máis sostible dos recursos naturais e o desenvolvemento sostible dos recursos xenéticos na agricultura. A Orde núm. 102, do 26 de maio de 2015, publicada no Boletín Oficial da Comunidade Autónoma de Andalucía, aproba as bases reguladoras para a concesión de subvencións para a Medida 10 "Agroambiente e Clima" na Comunidade Autónoma de Andalucía. No seu Anexo I titulado "Condicións de elixibilidade que deben cumprirse ao longo do período de compromiso e compromisos das diferentes operacións da Medida 10: Agroambiente e Clima", establece como compromiso para as operacións 10.1.4. "Sistemas de cultivos herbáceos sostibles"</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db97df28-4975-45ac-a7fa-42652a1d39f6</t>
+  </si>
+  <si>
+    <t>Empresa agrícola. Módulo I.</t>
+  </si>
+  <si>
+    <t>O Programa de Formación consta de catro módulos xenéricos, comúns a todas as áreas produtivas. Os catro módulos restantes son específicos para cada área produtiva e céntranse en aspectos técnicos específicos da produción agrícola e gandeira. O Módulo 1, Empresa Agraria, aborda aspectos xerais relacionados coa xestión das explotacións. Estes inclúen a rendibilidade económica dos investimentos, a axuda á creación de empresas para os agricultores novos que entran no sector por primeira vez, a axuda á modernización das explotacións agrícolas e as explotacións prioritarias.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e09d92b-ffdc-46fb-b42b-84bdae77e3ad</t>
+  </si>
+  <si>
+    <t>Influencia do portaenxertos no rendemento agronómico da Clementina de Nules en cultivo ecolóxico en Málaga. Tempada 2022/2023.</t>
+  </si>
+  <si>
+    <t>O proxecto TRANSFORMA Cítricos, a través dunha rede de ensaios experimentais en Andalucía, busca promover un cultivo de cítricos máis sostible e rendible, especialmente na produción ecolóxica. O Centro IFAPA de Málaga contribúe avaliando o material vexetal e as prácticas de cultivo innovadoras. Este estudo céntrase no rendemento agronómico da mandarina 'Clementina de Nules' en cinco portaenxertos de cítricos ecolóxicos en Málaga durante a campaña 2022/2023, avaliando a produción, a maduración e a calidade do froito para optimizar a xestión agronómica e mellorar a rendibilidade das plantacións ecolóxicas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e7348afa-5c56-4668-a96b-ee7918125c0f</t>
+  </si>
+  <si>
+    <t>Recomendacións para facer queixo azul</t>
+  </si>
+  <si>
+    <t>O queixo azul é unha categoría xeral de queixos, elaborados con leite de vaca, cabra, ovella ou mesturado, caracterizados polo crecemento interno do mofo Penicillium roqueforti, que lle dá a súa característica cor azul verdosa. Tradicionalmente, estes queixos madurábanse en covas, onde se establecía o mofo, o que proporcionaba as condicións ideais para o seu desenvolvemento. Este artigo establece recomendacións básicas durante as diferentes etapas da produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bac23b35-3909-4cb0-b9db-40efc053cd6f</t>
   </si>
   <si>
     <t>A Denominación de Orixe Protexida como Sistema de Calidade Certificado na Industria Aceiteira de Oliva Andaluza: Factores de Adopción e Prácticas de Xestión</t>
   </si>
   <si>
     <t>Este traballo ten como obxectivo analizar os factores que influíron na adopción da DOP na industria olivícola de Andalucía, así como a influencia desta adopción nas prácticas industriais e comerciais implementadas dentro da industria. Isto ten como obxectivo axudar no deseño de políticas públicas que reforcen a difusión da DOP no sector.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/607e3013-a7a1-4a10-81dc-7a0d746fe198</t>
   </si>
   <si>
-    <t>Estudo económico comparativo da xestión do solo en oliveiras con e sen axudas agroambientais</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bac23b35-3909-4cb0-b9db-40efc053cd6f</t>
+    <t>Fenoloxía floral e calidade da flor na oliveira</t>
+  </si>
+  <si>
+    <t>Este estudo mostra a variabilidade xenética e ambiental na floración e na calidade da flor da oliveira en Andalucía. Tamén destaca o posible efecto da temperatura nestes parámetros cruciais para a produción anual.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e19b443d-088a-4c4f-bf04-850b23a8ec88</t>
   </si>
   <si>
     <t>Ensaio de herbicidas selectivos en oliveiras para unha cuberta vexetal *Brachypodium distachyon*</t>
   </si>
   <si>
     <t>Este artigo presenta os resultados dun ensaio de campo nun olivar no que se aplicaron tres tratamentos con herbicidas para controlar as malas herbas nunha cuberta vexetal establecida de Brachypodium distachyon.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40e6331c-28bc-4cb1-97e4-c6ca6d1babf8</t>
   </si>
   <si>
+    <t>Corrección da clorose férrica en oliveiras mediante quelatos</t>
+  </si>
+  <si>
+    <t>Este artigo mostra os resultados dun estudo no que, durante 4 anos, de 2003 a 2006, se avaliou a resposta produtiva de diferentes tipos de oliveiras á aplicación de quelatos de ferro ou Fe EDDHA.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5aa92a17-01b1-4a8a-bf8f-4c577f0ca450</t>
+  </si>
+  <si>
+    <t>Control da verticilose en oliveiras. Uso de desinfectantes en sistemas de rega localizados.</t>
+  </si>
+  <si>
+    <t>Este artigo presenta os resultados de varios experimentos nos que se aplicaron diferentes produtos desinfectantes a través de sistemas de rega co obxectivo de reducir ou eliminar a presenza de Verticillium dahliae na auga de rega.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d1c41227-fdf5-48c6-ac93-70caae310d72</t>
+  </si>
+  <si>
     <t>Ensaio de herbicida contra especies dicotiledóneas en oliveiras con cuberta vexetal de Brachypodium distachyon</t>
   </si>
   <si>
     <t>Este traballo ten como obxectivo avaliar o efecto do control de herbicidas de especies dicotiledóneas que infestan e compiten coa cuberta vexetal de Brachypodium distachyon nun olivar.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/02c04dc0-58f1-4da1-9b53-74d3da5df84d</t>
   </si>
   <si>
+    <t>Comportamento agronómico de Lane Late en diferentes portaenxertos de cítricos en Sevilla. Campaña 2014/2015.</t>
+  </si>
+  <si>
+    <t>Este traballo ten como obxectivo avaliar a adaptación de portaenxertos convencionais e novos híbridos (semienanos) ás condicións agroclimáticas da provincia de Sevilla durante a campaña 2014/15. Este estudo ten como obxectivo determinar o seu rendemento agronómico e obter información consistente que permita optimizar a xestión agronómica das plantacións e, en consecuencia, a súa rendibilidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/44cd2656-e37e-4b2f-9661-3dbcd9200da2</t>
+  </si>
+  <si>
     <t>Avaliación de variedades de amorodo: resultados obtidos en cultivo sen solo. Campaña de cultivo 2016/2017</t>
   </si>
   <si>
     <t>Este estudo tivo como obxectivo xerar información obxectiva sobre o rendemento agronómico de doce variedades de amorodo estudadas en condicións de cultivo sen solo (fibra de coco). Este documento ofrécese como ferramenta para agricultores e técnicos para facilitar a selección varietal ante a ampla gama actual de variedades dispoñibles.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c812504f-6564-4b9b-bbe0-31325bc90461</t>
   </si>
   <si>
-    <t>Comportamento agronómico de Lane Late en diferentes portaenxertos de cítricos en Sevilla. Campaña 2014/2015.</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e19b443d-088a-4c4f-bf04-850b23a8ec88</t>
+    <t>Sistemas de cultivos leñosos sostibles. Cultivo da vide. Operación 10.1</t>
+  </si>
+  <si>
+    <t>Este documento está dirixido ás persoas titulares de viñedos que se benefician de axudas no marco da medida de Agroambiente e Clima. O seu obxectivo é informalos e educalos sobre os requisitos obrigatorios que deben cumprirse, así como sobre como explicar os motivos destas axudas e a finalidade prevista, para que comprendan os motivos destes requisitos e compromisos específicos. A nivel nacional, o Marco Nacional de Desenvolvemento Rural para o período 2014-2020 harmoniza as condicións de aplicación e define os elementos comúns para determinadas medidas de desenvolvemento rural nos programas nacionais e rexionais, e establece as condicións para a súa aplicación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb4abf68-dee3-4734-b5bc-b5fab167f1f7</t>
   </si>
   <si>
     <t>RAEA OVINO. Indicadores técnico-económicos para o gando ovino de carne con diferentes sistemas de xestión produtiva e reprodutiva. Campaña de 2018.</t>
   </si>
   <si>
     <t>Este estudo presenta datos de 2018, en dous sistemas extensivos de produción de ovellas para carne. Inclúe dous sistemas de xestión reprodutiva, xunto con datos de rendibilidade económica para ambos os casos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0eb9154e-3e40-4fe7-8c68-beae3a07d78d</t>
   </si>
   <si>
     <t>RAEA OVINO 2019. Indicadores técnico-económicos en ovinos de carne con diferentes sistemas de xestión produtiva e reprodutiva</t>
   </si>
   <si>
     <t>Este estudo presenta datos do ano 2019 empregando dous sistemas extensivos de cría de ovino para carne, co fin de mostrar dous sistemas de xestión reprodutiva e os datos económicos sobre a rendibilidade en ambos os casos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c5226c6f-7ccd-46b5-a5d1-71f265c2205f</t>
   </si>
   <si>
+    <t>Desestacionalización reprodutiva en ovellas de carne. Indicadores técnicos e económicos.</t>
+  </si>
+  <si>
+    <t>Este estudo presenta datos de 2013, empregando dous sistemas extensivos de produción de gando ovino para carne. Empregáronse dous sistemas de xestión reprodutiva do rabaño, xunto con datos económicos sobre a rendibilidade en ambos os casos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cd30967b-3d47-4a2c-923f-25b13514d39d</t>
+  </si>
+  <si>
+    <t>RAEA OVINO. Campaña de 2015</t>
+  </si>
+  <si>
+    <t>Este estudo presenta datos de 2015, empregando dous sistemas extensivos de produción de ovellas para carne. Empregáronse dous sistemas de xestión reprodutiva do rabaño, xunto con datos económicos sobre a rendibilidade en ambos os casos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2f5e0858-f2b9-410d-886a-cd042abd8b7b</t>
+  </si>
+  <si>
+    <t>Desestacionalización reprodutiva en ovinos de carne. Indicadores técnico-económicos. Campaña de 2016.</t>
+  </si>
+  <si>
+    <t>Este estudo presenta datos de 2016, empregando dous sistemas extensivos de produción de ovellas para carne. Empregáronse dous sistemas de xestión reprodutiva do rabaño, xunto con datos económicos sobre a rendibilidade en ambos os casos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/31249ff2-b555-4656-819a-c8f8b2608ba9</t>
+  </si>
+  <si>
+    <t>Desestacionalización reprodutiva en ovinos de carne. Indicadores técnico-económicos. Campaña de 2017</t>
+  </si>
+  <si>
+    <t>Este estudo presenta datos de 2017, en dous sistemas extensivos de produción de ovellas para carne. Empregáronse dous sistemas de xestión reprodutiva do rabaño, xunto con datos económicos sobre a rendibilidade en ambos os casos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ede4f23-931f-453a-83e9-06c2ec17b25c</t>
+  </si>
+  <si>
+    <t>Compatibilidade da presenza de fauna cinexética con outros usos no pasto</t>
+  </si>
+  <si>
+    <t>Este manual ofrece unha breve descrición das principais especies de fauna silvestre obxectivo de caza nas formacións das dehesas de Andalucía e describe como se poden levar a cabo algunhas accións para promover a compatibilidade das actividades agrícolas, gandeiras e cinexéticas nas explotacións das dehesas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d0294477-7f02-484e-abde-38a8afd85310</t>
+  </si>
+  <si>
     <t>Análise e situación dos viñedos novos na provincia de Cádiz</t>
   </si>
   <si>
     <t>Este traballo analiza a situación dos viñedos novos na provincia de Cádiz, baseándose nos datos provinciais obtidos do Rexistro Vitícola de Andalucía. Realizouse unha análise detallada dos datos obtidos deste rexistro, analizando a estrutura dos viñedos novos, a distribución da superficie, o tipo de portaenxertos, os cultivares e os viveiros.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/69c6984f-e609-42f0-ab45-e6bd6ea6dfa4</t>
   </si>
   <si>
-    <t>Compatibilidade da presenza de fauna cinexética con outros usos no pasto</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb4abf68-dee3-4734-b5bc-b5fab167f1f7</t>
+    <t>Ensaio herbicida contra Chrysanthemum segetum</t>
+  </si>
+  <si>
+    <t>Este documento presenta os resultados dun ensaio de campo no que se probaron varios ingredientes activos para o control de Chrysantemum segetum, unha especie tolerante aos herbicidas que causa problemas en cultivos herbáceos e leñosos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3930ac9d-2a12-4ad2-a910-7b224a8a9e98</t>
+  </si>
+  <si>
+    <t>Características da herba Brachypodium distachyon como cuberta vexetal</t>
+  </si>
+  <si>
+    <t>Este documento contén toda a información existente e os resultados dos ensaios de campo sobre o uso da gramínea Brachypodium distachyon como cuberta vexetal, incluíndo as súas principais características, desenvolvemento, adaptación ao medio, pragas e enfermidades, e a súa eficacia contra a erosión.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04206e91-804a-4176-b1ae-b1ac1047cc9f</t>
+  </si>
+  <si>
+    <t>Fertilización foliar en oliveiras. Corrección de deficiencias nutricionais</t>
+  </si>
+  <si>
+    <t>Este documento recompila información actualizada para realizar correctamente a fertilización foliar en oliveiras.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6379c212-eb77-4251-9e9a-db6665f3b4ba</t>
   </si>
   <si>
     <t>Sistemas de cultivos leñosos sostibles. Cultivo de améndoas. Operación 10.1.6</t>
   </si>
   <si>
     <t>Este documento está dirixido a aqueles propietarios de explotacións de améndoas que sexan beneficiarios de axudas ao abeiro da medida de Agromedio Ambiente e Clima, co obxectivo de informalos dos requisitos obrigatorios que deben cumprir, así como argumentar os motivos destas axudas e a finalidade que pretenden acadar, para comprender os compromisos esixidos. No marco da Comunidade Europea, as normas xerais para as axudas ao desenvolvemento rural e a participación dese fondo, destinadas a financiar unha serie de medidas, entre elas a de Agromedio Ambiente e Clima, que é obxecto de desenvolvemento neste documento, defínense no Regulamento (UE) nº 1305/2013 do Parlamento Europeo e do Consello, do 17 de decembro de 2013, relativo á axuda ao desenvolvemento rural polo Fondo Europeo Agrícola de Desenvolvemento Rural (Feader). A nivel nacional, o Marco Nacional de Desenvolvemento Rural para o período 2014-2020 harmoniza as condicións de aplicación e define os elementos</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14163078-d512-414d-bef9-896b55a8b325</t>
   </si>
   <si>
     <t>Sistemas de cultivos leñosos sostibles. Cultivo de améndoas. 2ª sesión de seguimento da operación 10.1.6.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/96032a66-142b-488a-91fd-941bfc6bc85b</t>
   </si>
   <si>
-    <t>Fertilización foliar en oliveiras. Corrección de deficiencias nutricionais</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04206e91-804a-4176-b1ae-b1ac1047cc9f</t>
+    <t>Materias primas auxiliares na industria láctea</t>
+  </si>
+  <si>
+    <t>Este documento constitúe o material docente que complementa o segundo módulo (Recepción e almacenamento de materias primas auxiliares) do Programa de formación "Especialista en queixos". Na produción de produtos lácteos, a incorporación de materias primas auxiliares ademais do leite é necesaria para facilitar o desenvolvemento do proceso produtivo. A súa adición ten como obxectivo restaurar as características do leite despois das operacións básicas previas, adaptalo ao proceso produtivo, conservar o produto ou modificar as súas características organolépticas. En calquera caso, é necesario un control de calidade exhaustivo xa que afectan directa ou indirectamente ao produto final.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/89658127-f194-4fa4-8202-7513057040ae</t>
+  </si>
+  <si>
+    <t>Obtención de compost de calidade a partir de residuos vexetais. Experiencia co proxecto "CompostAnd"</t>
+  </si>
+  <si>
+    <t>Este documento describe a compostaxe como unha solución sostible para mellorar a saúde do solo e xestionar os residuos agrícolas. Explica o proceso, dende a mestura axeitada de materiais ata a maduración do compost, destacando a importancia do equilibrio carbono/nitróxeno, a aireación e o control da humidade e a temperatura. Baseado na experiencia do proxecto CompostAnd, ofrece recomendacións prácticas para que os agricultores produzan compost de calidade nas súas explotacións, promovendo a sostibilidade e a economía circular.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6543a30e-3045-4207-81eb-74bf7c082dc9</t>
+  </si>
+  <si>
+    <t>Características de Sinapis alba subsp. Mairei como cuberta vexetal e para biofumigación</t>
+  </si>
+  <si>
+    <t>Este documento é un resumo de toda a información dispoñible actualmente sobre o uso de *Sinapis alba* subsp. mairei como cuberta vexetal: descrición e características da especie, técnicas de implementación e xestión para este tipo de cuberta vexetal, adaptación ao medio e uso en biofumigación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e5c327a-0236-445e-bf36-b47de8ee7930</t>
   </si>
   <si>
     <t>Primeiras probas de produtos ecolóxicos contra especies de herbas daniñas en oliveiras ecolóxicas</t>
   </si>
   <si>
     <t>Este documento presenta os resultados dos primeiros ensaios con produtos ecolóxicos con posibles efectos fitotóxicos para o control de especies de malas herbas en oliveiras ecolóxicas. Presenta algunhas alternativas que deberían ser estudadas e avaliadas con maior profundidade co obxectivo de atopar unha alternativa ecolóxica ao control de malas herbas neste tipo de oliveiras.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8420be65-8399-42f6-83f0-f1040fb28e2d</t>
   </si>
   <si>
-    <t>Obtención de compost de calidade a partir de residuos vexetais. Experiencia co proxecto "CompostAnd"</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6543a30e-3045-4207-81eb-74bf7c082dc9</t>
+    <t>Respostas de rega que inflúen na murcha verticilosa das oliveiras</t>
+  </si>
+  <si>
+    <t>Este documento presenta os resultados dun ensaio a longo prazo no que se avaliaron varios parámetros morfolóxicos e fisiolóxicos para determinar a influencia do rego no desenvolvemento da murcha por Verticillium nas oliveiras.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d4d5ab11-85da-4b56-9123-18b7c96fb00c</t>
   </si>
   <si>
     <t>Estrés hídrico e formación de aceite de oliva</t>
   </si>
   <si>
     <t>Este documento presenta os resultados dun ensaio realizado en 2016, que estudou a resposta das oliveiras a diferentes graos de estrés hídrico. Verificouse a influencia dos niveis de estrés na formación e produción final de aceite.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/42d48eaf-fc3c-469b-977f-408c850bb4bd</t>
   </si>
   <si>
     <t>Desestacionalización reprodutiva en ovinos de carne. Indicadores técnico-económicos. Campaña de 2014</t>
   </si>
   <si>
     <t>Este documento presenta os datos técnicos e económicos correspondentes ao ano 2014 de dous sistemas extensivos de produción ovina para a produción de carne. Os dous sistemas de xestión reprodutiva analizados son o sistema tradicional con tres parideiras ao ano e o sistema Star con cinco parideiras e tratamento hormonal.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5cca9a1b-d901-4d77-a0ad-9528659ec219</t>
   </si>
   <si>
-    <t>Respostas de rega que inflúen na murcha verticilosa das oliveiras</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/89658127-f194-4fa4-8202-7513057040ae</t>
+    <t>Caracterización dos oliveirais de montaña de Andalucía para a conversión ao cultivo ecolóxico da oliveira</t>
+  </si>
+  <si>
+    <t>O olivar andaluz está a experimentar unha grave crise que ameaza a continuidade do cultivo, especialmente nas zonas de produción marxinais. O abandono do cultivo da oliveira causaría multitude de efectos negativos, non só desde unha perspectiva económica, senón tamén social, ambiental e cultural. Este traballo propón a difusión da agricultura ecolóxica nos olivares de montaña andaluzes, a través de contratos territoriais rurais, como ferramenta para aumentar a rendibilidade das explotacións sendo compatible coa conservación do medio ambiente. Para iso, o olivar de montaña andaluz caracterízase desde unha perspectiva produtiva, social e ambiental para determinar as zonas onde a implantación de olivares ecolóxicos reportaría os maiores beneficios á sociedade e onde, polo tanto, deberían priorizarse as subvencións.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6686e2e4-1e7e-4dc2-882a-38cb302f3abf</t>
+  </si>
+  <si>
+    <t>Técnicas de xestión do solo en oliveiras e a súa función ambiental: opinión de expertos</t>
+  </si>
+  <si>
+    <t>Os oliveirais desempeñan unha función ambiental que pode verse alterada polas técnicas de cultivo empregadas. Entre elas, o tipo de xestión empregado para controlar a vexetación de malas herbas pode influír significativamente no desempeño desta función e, polo tanto, na provisión de bens públicos ambientais. Usando a técnica multicriterio do Proceso Analítico Xerárquico (PAX), un grupo de expertos clasificou as técnicas de xestión do solo máis comúns que se empregan actualmente, co obxectivo de avaliar cal é a que mellor proporciona estes bens públicos. Os resultados obtidos demostran os efectos positivos sobre o medio ambiente do mantemento da cuberta vexetal en xeral e do seu control mediante a limpeza en particular.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4eae455b-eb37-4160-a015-04195830e332</t>
+  </si>
+  <si>
+    <t>Comparación de tres estratexias de fertilización nitroxenada no cultivo de algodón</t>
+  </si>
+  <si>
+    <t>O réxime de restricións da fertilización nitroxenada para a elegibilidade para as axudas agroambientais para os cultivos de algodón propón unha dose máxima de nitróxeno. Este documento avalía os resultados dun estudo piloto sobre a fertilización nitroxenada en cultivos de algodón cos seguintes obxectivos: - Comparar as estratexias de fertilización convencionais coas novas tecnoloxías de fertilizantes de liberación lenta e adaptar a xestión para evitar as perdas de nitróxeno por lixiviación. - Adaptar o momento da aplicación para mellorar a utilización do nitróxeno polos cultivos de algodón. Os resultados demostran a eficiencia das tecnoloxías de fertilizantes nitroxenados de liberación lenta nas diferentes circunstancias probadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6771b0da-67e7-4bb7-80b8-7573a8182de9</t>
+  </si>
+  <si>
+    <t>Produción integrada de sementes oleaxinosas e leguminosas de gran</t>
+  </si>
+  <si>
+    <t>Este documento, catalogado como material docente, é o manual de referencia que se debe empregar nos cursos de Produción Integrada de Oleaxinosas e Leguminosas de Gran. Este documento, estruturado en cinco unidades didácticas, aborda os coñecementos mínimos necesarios para obter a cualificación de Técnico de Produción Integrada de Oleaxinosas e Leguminosas de Gran. Unidade 1: Produción Integrada. Concepto, orixe, natureza, desenvolvemento normativo e situación actual; Unidade 2: Normativa específica para a Produción Integrada de Oleaxinosas e Leguminosas de Gran; Unidade 3: Aspectos específicos dos cultivos; Unidade 4: Oleaxinosas. Xeneralidades e especies cubertas polo Regulamento; Unidade 5: Leguminosas de Gran. Xeneralidades e especies cubertas polo Regulamento</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9bf41e68-6680-4d31-8d4a-ca369f840790</t>
+  </si>
+  <si>
+    <t>Instalacións e maquinaria na industria láctea</t>
+  </si>
+  <si>
+    <t>Este documento constitúe o material docente para o módulo "Instalacións e maquinaria na industria láctea" do Proxecto de formación "Especialista en queixos". As diferentes seccións teñen como obxectivo explicar os diversos conceptos relacionados co deseño da industria láctea, así como os equipos e instalacións que constitúen a tecnoloxía de elaboración de queixo en cada unha das etapas que conducen á produción de queixo, un produto gastronómico tradicional. O deseño e a posta en marcha dunha industria láctea require ter en conta certos factores que determinarán o seu desenvolvemento futuro. Antes de realizar calquera investimento, é necesario comprender o marco regulatorio, que establece unha serie de requisitos que afectarán á construción e disposición da planta, co fin de evitar atrasos no inicio da actividade e perdas económicas. Ademais, o deseño da planta debe estar optimizado para a funcionalidade da industria alimentaria.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb5b94e6-fdd1-4c06-8585-1ca55e4117d5</t>
   </si>
   <si>
     <t>Prevención de Riscos Laborais e Impacto Ambiental na Industria Láctea</t>
   </si>
   <si>
     <t>Este documento constitúe o material didáctico para o terceiro módulo, "Prevención de riscos laborais e impacto ambiental na industria láctea", do Proxecto de formación "Especialista en queixos". A xestión dunha empresa de procesamento de lácteos, mesmo unha pequena, evolucionou considerablemente nos últimos anos, converténdose nunha actividade complexa que require coñecementos de moitas disciplinas, entre elas a prevención de riscos laborais e a xestión ambiental. As distintas seccións teñen como obxectivo, por unha banda, identificar os factores e situacións de risco máis comúns na industria láctea e as súas consecuencias, así como comprender as normas xerais de prevención de riscos e saúde laboral. Ademais, tamén se deben analizar os factores de impacto e os efectos ambientais dos residuos sobre o medio ambiente derivados das actividades industriais realizadas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e999b004-caef-4ffb-a921-5842172e88cd</t>
   </si>
   <si>
     <t>Leite. Composición e características</t>
   </si>
   <si>
     <t>Este documento constitúe o material didáctico que complementa o primeiro módulo (Recepción e almacenamento de leite) do Programa de Formación "Especialista en Queixería". As distintas seccións teñen como obxectivo identificar e recoñecer os principais constituíntes do leite, as súas características físicas e químicas, a influencia cualitativa e cuantitativa dos diferentes compoñentes no proceso de produción e na calidade dos diversos produtos lácteos, e as principais alteracións que sofre o leite antes do seu procesamento.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/436502c6-f47c-42ab-a053-f3ab26dee712</t>
   </si>
   <si>
-    <t>Instalacións e maquinaria na industria láctea</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6771b0da-67e7-4bb7-80b8-7573a8182de9</t>
+    <t>Sistemas agrícolas de especial interese para as poboacións de aves esteparias e as aves dos arrozais andaluces.</t>
+  </si>
+  <si>
+    <t>O obxectivo da Operación 10.1.8 é proporcionar apoio financeiro a aquelas áreas de interese ambiental, Explotacións Agrarias incluídas na ZEPA (Rede Natura 2000), que estean na lista de humidais do Convenio RAMSAR ou na Reserva da Biosfera de Doñana, albergando un gran número de especies de aves.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/73f9c87d-9053-4a23-9fcc-70c8b3ba5322</t>
+  </si>
+  <si>
+    <t>Servizo de polinización asociado a diferentes sistemas de canalización de rega</t>
+  </si>
+  <si>
+    <t>O obxectivo era avaliar o efecto dos sistemas de canles de rega na abundancia de polinizadores. A abundancia de insectos e a polinización foron maiores nas gabias de rega tradicionais, pero diminuíron progresivamente nas gabias intermedias e canalizadas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4f6c20f9-8530-4879-af54-38d5541f4ba9</t>
   </si>
   <si>
     <t>Mantemento de sistemas tradicionais de gandería extensiva en Andalucía con ruminantes. Operación 10.1.13</t>
   </si>
   <si>
     <t>O obxectivo xeral desta operación é manter o modelo de gandería extensiva, promover unha xestión gandeira sostible e os beneficios ambientais derivados desta actividade agrícola e fomentar un maior grao de extensificación das explotacións de ruminantes. Foméntanse: ? Rastroxos e pastos naturais. ? Redución da presión de pastoreo. ? O uso de recursos naturais. ? A biodiversidade, facilitando a difusión de sementes por todo o territorio. ? Un maior grao de autosuficiencia na alimentación animal.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/456c92fc-bf96-4a97-989a-d03c4790e710</t>
   </si>
   <si>
+    <t>Mantemento de sistemas gandeiros extensivos tradicionais en Andalucía con ruminantes. Operación 10.1.13 - Actualización 2022 -</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d93d49a4-31ad-4138-95ec-662eac901839</t>
+  </si>
+  <si>
+    <t>Estratexias para fertilizar un cultivo de cobertura *Sinapis alba subsp. Mairei* para biofumigación en oliveiras</t>
+  </si>
+  <si>
+    <t>O obxectivo era avaliar tres estratexias de fertilización para Sinapis alba (mostaza) nun olivar novo e nun tradicional. As necesidades de N estímanse en 80–85 kg/ha para a formación dunha boa copa e biomasa. O S tamén é necesario para a formación de glucosinolatos. Nos olivares maduros, apareceron síntomas de deficiencia no centro das fileiras, mesmo entre os fertilizados, e era evidente un marcado efecto de bordo na franxa da copa. Isto atribuíuse á práctica continuada de fertilizar o solo baixo a copa en lugar de no centro das fileiras. A adición de P e K ademais de N mellorou os resultados en comparación coa fertilización só con N. As recomendacións de fertilización con nitróxeno ofrécense segundo a fertilidade do solo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a48b43e-6594-44dc-aa87-970b88c16505</t>
+  </si>
+  <si>
+    <t>Acceso aos recursos fitoxenéticos conservados no IFAPA</t>
+  </si>
+  <si>
+    <t>O obxectivo é facilitar os distintos procedementos para o acceso aos recursos fitoxenéticos conservados ex situ no IFAPA, segundo o establecido no Real Decreto 429/2020, do 3 de marzo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3cf3421e-4b9f-456c-a6b9-31e884690aba</t>
+  </si>
+  <si>
+    <t>Avaliación ambiental dun sistema de calefacción pasiva baixo un invernadoiro</t>
+  </si>
+  <si>
+    <t>O obxectivo principal deste estudo foi calcular e avaliar o impacto ambiental dun sistema de calefacción pasiva nun invernadoiro representativo da zona de produción de Andalucía. Para iso, comparamos os impactos ambientais dun cultivo de pemento nun invernadoiro equipado con tal sistema de calefacción mediante acumuladores de calor sinxelos (mangueiras de auga) e nun invernadoiro sen calefacción.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d1fcc8c1-fe0c-42dc-9853-18aed4af58a0</t>
+  </si>
+  <si>
+    <t>Avaliación sensorial do iogur natural de cabra elaborado con tres cultivos iniciadores comerciais de S. Thermophilus e L. Bulgaricus</t>
+  </si>
+  <si>
+    <t>O obxectivo principal deste traballo é explorar as opcións de diversificación na produción de produtos lácteos, como o iogur, comparando diferentes fermentos comerciais (YO-MIX 496 LYO 100 DCU e YO-MIX 885 LYO 50 DCU) co de uso común (YO-MIX 300 LYO 50 DCU, Danisco), e a súa posterior avaliación sensorial.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/83923c00-8401-4ef8-86bf-3ee70d3066ab</t>
+  </si>
+  <si>
     <t>Oídio da manga</t>
   </si>
   <si>
     <t>O oídio, xunto coa necrose bacteriana e a malformación das flores, é unha das enfermidades máis prexudiciais e comúns que se atopan nas plantacións de mango andaluzas. Os síntomas son obvios e fáciles de recoñecer, pero se non se controlan axeitadamente, poden provocar perdas de rendemento e, nalgúns casos, afectar á calidade da colleita. Ademais, unha vez que se produce unha vez, é moi probable que volva aparecer anualmente, ou mesmo nun só ano, se as condicións son favorables para o seu desenvolvemento. Este documento ten como obxectivo proporcionar as directrices necesarias para recoñecer a enfermidade, así como unha serie de recomendacións para o seu control.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ac7ac967-ab95-4e40-8210-3cf107c01e15</t>
   </si>
   <si>
-    <t>Avaliación sensorial do iogur natural de cabra elaborado con tres cultivos iniciadores comerciais de S. Thermophilus e L. Bulgaricus</t>
-[...56 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d93d49a4-31ad-4138-95ec-662eac901839</t>
+    <t>Resultados dos ensaios con variedades de xirasol resistentes ao Jopo (Orobanche Cumana) en Andalucía. Campaña de cultivo de 2021</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar información anual sobre as características vexetativas, a produción de sementes e o contido de aceite das novas variedades de xirasol resistentes á escoba en diferentes ambientes, así como a súa resistencia a certas enfermidades estendidas en Andalucía. Unha rápida descrición xeral do documento guiará os agricultores á hora de tomar decisións sobre que variedade cultivar, en función das condicións agroclimáticas da súa explotación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e3df436b-e40a-4614-a144-700fbacfa2b5</t>
+  </si>
+  <si>
+    <t>Aplicación dos ultrasóns na elaboración de viño tinto</t>
+  </si>
+  <si>
+    <t>O obxectivo deste documento é proporcionar á industria unha visión xeral das diversas probas de ultrasóns realizadas no Centro Rancho de la Merced e a súa aplicación en enoloxía. O documento ten como obxectivo proporcionar información sobre a súa aplicación para mellorar a elaboración de viños tintos utilizando variedades tintas con inestabilidade de cor en climas cálidos, como a Tempranillo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab35ab93-9b83-474f-8eb1-3896e1315f31</t>
+  </si>
+  <si>
+    <t>Pegada de carbono nos tomates cherry</t>
+  </si>
+  <si>
+    <t>O obxectivo deste estudo foi determinar a pegada de carbono de diferentes sistemas de cultivo de tomate cherry na rexión mediterránea ao longo do seu ciclo de vida. O sistema de invernadoiros de plástico tivo a maior pegada de carbono. O alto impacto debeuse principalmente ao uso de perlita como substrato, á alta cantidade de materiais plásticos e ao consumo de electricidade do sistema de rega. A redución do impacto dos equipos auxiliares debería considerarse unha prioridade nos sistemas de produción de tomate cherry na rexión mediterránea, utilizando materiais reciclados cunha vida útil máis longa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e54d531-60b8-4b84-ae4f-ade2275e80a9</t>
+  </si>
+  <si>
+    <t>Análise dos factores clave da transformación dixital no sector olivícola andaluz</t>
+  </si>
+  <si>
+    <t>O obxectivo deste estudo é determinar os factores que condicionan o proceso de transformación dixital do sector olivícola andaluz a curto e medio prazo. Estes factores pódense clasificar como fortalezas, debilidades, oportunidades e ameazas (DAFO) e políticos, económicos, sociais, tecnolóxicos, legais e ambientais (PESTLE). Con base nos factores máis importantes, defínense varias estratexias de políticas públicas para mellorar este proceso de transformación dixital.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/613c19f6-403e-45fd-8229-e12be659e3aa</t>
   </si>
   <si>
     <t>Cultivo ecolóxico protexido de 12 cultivares tradicionais de tomate</t>
   </si>
   <si>
     <t>O obxectivo deste estudo é avaliar o rendemento en invernadoiros de 12 cultivares tradicionais de tomate de tamaño medio a grande baixo estándares de produción ecolóxica. Os obxectivos secundarios inclúen un estudo do rendemento, os parámetros químicos do solo antes e despois do cultivo e o axuste do pH durante a fertirrigación.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/31cbefd4-be88-4a26-a6d5-13fba0f5db7d</t>
   </si>
   <si>
+    <t>Bioestimulantes no millo</t>
+  </si>
+  <si>
+    <t>O obxectivo deste estudo é avaliar o efecto dun produto bioestimulante, Green Factor®, no rendemento de gran nos cultivos de millo. O documento presenta os resultados dun ensaio realizado durante a campaña de cultivo 2016-17. Este produto comercialízase como substituto do nitróxeno orgánico nos cultivos. En concreto, avalíase a resposta do produto como substituto da fertilización superficial no millo, seguindo técnicas de cultivo convencionais.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6742f57e-b96a-4b1f-ae9c-e75098e41770</t>
+  </si>
+  <si>
+    <t>Como facer a produción integrada de leituga ao aire libre</t>
+  </si>
+  <si>
+    <t>O obxectivo deste documento é describir os requisitos obrigatorios e prohibidos para a Produción Integrada de leituga, facilitando así o traballo dos técnicos e agricultores que desexen cumprir con esta norma. Tamén describe os compromisos coa Produción Integrada e os beneficios que proporciona.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d0b333d5-439f-4293-bf2e-7b24e4247bc8</t>
+  </si>
+  <si>
+    <t>Métodos naturais de estimulación sexual en ovellas, como alternativa ao uso de hormonas</t>
+  </si>
+  <si>
+    <t>O obxectivo deste estudo foi avaliar os efectos da exposición a días longos artificiais a unha idade temperá, ou a cría en presenza de carneiros adultos sexualmente activados, sobre a actividade sexual, o desenvolvemento testicular e as concentracións de testosterona na primavera en ovellas merinas nacidas no outono. Corenta cordeiros nacidos en setembro foron asignados aos 6 meses de idade a un de catro grupos: DL (n = 10), expostos a 2 meses de días longos (16 h de luz/día; 1 de febreiro-31 de marzo); MAA (n = 10), aloxados desde o 1 de abril con dous carneiros adultos, activados sexualmente por fotoperíodo artificial; MAC (n = 10), con dous carneiros adultos non activados; e A (n = 10), illados de carneiros adultos ao longo do experimento. En conclusión, as ovellas merinas nacidas no outono, criadas despois do destete illadas doutros machos, mostran signos máis evidentes de actividade sexual na primavera que os cordeiros criados en presenza de machos adultos, sexan sexualmente activos ou non na primavera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/47f60896-c4f3-4a34-b4b3-1f78f0277a13</t>
+  </si>
+  <si>
     <t>Tolerancia dos musgos de oliveira aos herbicidas</t>
   </si>
   <si>
     <t>O obxectivo deste traballo foi coñecer o efecto de 19</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e74728d2-2d60-4918-af1f-7de3a4ed2cfd</t>
   </si>
   <si>
-    <t>Métodos naturais de estimulación sexual en ovellas, como alternativa ao uso de hormonas</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e3df436b-e40a-4614-a144-700fbacfa2b5</t>
+    <t>Resultados dos ensaios varietais de faba en Andalucía. Campaña de cultivo 2015/2016</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre o material vexetal de faba ensaiado no oeste de Andalucía, o seu comportamento agronómico e produtivo, así como os seus parámetros de calidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8e98eefe-86e6-4b49-b8e5-bbf136756810</t>
+  </si>
+  <si>
+    <t>Resultados da RAEA sobre fabas 2014-2015</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre o material vexetal de faba ensaiado no oeste de Andalucía, o seu rendemento agronómico e produtivo e os seus parámetros de calidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/37d4d136-e654-4e4c-a587-dea7ad944cba</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de xirasol en Andalucía - Campaña 2018</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información anual sobre as características vexetativas, a produción de sementes e o contido de aceite das novas variedades de xirasol en diferentes ambientes, así como a súa resistencia a certas enfermidades estendidas en Andalucía. Unha rápida descrición xeral do documento guiará os agricultores á hora de tomar decisións sobre que variedade cultivar, en función das condicións agroclimáticas da súa explotación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7d0fe268-f882-4740-9ac0-3545d3f0caaf</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de xirasol en Andalucía. Campaña de 2017</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información anual sobre as características vexetativas, a produción de sementes e o contido de aceite das novas variedades de xirasol en diferentes ambientes, así como a súa resistencia a certas enfermidades estendidas en Andalucía. Unha rápida descrición xeral do documento guiará os agricultores á hora de tomar decisións sobre que variedade cultivar, en función das condicións agroclimáticas da súa explotación. A participación da IFAPA en proxectos relacionados con cultivos herbáceos extensivos aborda diversos aspectos técnicos de gran importancia para as alternativas de cultivos de secaño en Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f15b8ac4-8a60-4906-bba4-4ec2e66b3d89</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de xirasol en Andalucía. Campaña de 2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/479cde97-470b-421d-acb8-7d0ca2051d65</t>
+  </si>
+  <si>
+    <t>Ensaios de variedades de xirasol resistentes a Jopo en Andalucía. Campaña 2022</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3f1cef8a-7a75-4623-acb5-b1214239b267</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con variedades de xirasol resistentes ao Jopo (Orobanche cumana) en Andalucía. Campaña 2019</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aef7ce6f-30d0-4edb-b747-ab710d0eb0cd</t>
   </si>
   <si>
     <t>Resultados dos ensaios con variedades de xirasol resistentes ao Jopo (Orobanche cumana) en Andalucía. Campaña 2020</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7d62dd40-b042-4554-9d97-2567767dce8a</t>
   </si>
   <si>
-    <t>Ensaios de variedades de xirasol resistentes a Jopo en Andalucía. Campaña 2022</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/37d4d136-e654-4e4c-a587-dea7ad944cba</t>
+    <t>Resultados dos ensaios con variedades de trigo duro e brando de alto potencial en Andalucía. Campaña de cultivo 2013/2014</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre a avaliación de variedades de trigo duro e brando con alto potencial xenético para a calidade en zonas de cultivo de alto rendemento. Esta publicación proporciona datos que permitirán aos técnicos e agricultores atopar unha vía técnica para o cultivo de trigo de alto potencial, así como as variedades que mellor se adaptaron, incluíndo información sobre o rendemento, a fenoloxía, a susceptibilidade ás enfermidades e a calidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7dea5ae0-21e8-48d8-bbf2-415f57a106ed</t>
   </si>
   <si>
     <t>Resultados dos ensaios de variedades comerciais de arroz en Andalucía. Campaña de 2014.</t>
   </si>
   <si>
     <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre as variedades de arroz en Andalucía, o seu rendemento agronómico e produtivo e os seus parámetros de calidade nas principais zonas de produción andaluzas. Deste xeito, unha rápida visión xeral do documento proporcionará unha boa orientación á hora de tomar decisións oportunas e axeitadas sobre a variedade de arroz a cultivar, dependendo do tipo de solo, o clima e as características da explotación.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/32aae31f-1d09-4d13-a96d-1b88157fe792</t>
   </si>
   <si>
+    <t>Resultados dos ensaios comerciais de variedades de arroz en Andalucía. Campaña de cultivo de 2015.</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre as variedades de arroz en Andalucía, o seu rendemento agronómico e produtivo e os seus parámetros de calidade nas principais zonas produtoras andaluzas. Unha rápida descrición xeral do documento proporcionará orientación para tomar decisións oportunas e axeitadas sobre a variedade de millo a cultivar, en función do tipo de solo, o clima e as características da explotación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ac7d034b-9ab6-4aa1-8de7-18f92524de6d</t>
+  </si>
+  <si>
+    <t>RAEA de variedades comerciais de millo. Campaña de 2016</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre as variedades de millo en Andalucía, o seu rendemento agronómico e produtivo e os seus parámetros de calidade nas principais zonas produtoras andaluzas. Unha rápida descrición do documento proporcionará orientación para tomar decisións oportunas e axeitadas sobre a variedade de millo a cultivar, en función do tipo de solo, o clima e as características da explotación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f05c2db1-aaf0-4edc-a273-62f55092c1d3</t>
+  </si>
+  <si>
     <t>Resultados dos ensaios de variedades de millo comercial en Andalucía. Campaña de 2015.</t>
   </si>
   <si>
-    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre as variedades de millo en Andalucía, o seu rendemento agronómico e produtivo e os seus parámetros de calidade nas principais zonas produtoras andaluzas. Unha rápida descrición do documento proporcionará orientación para tomar decisións oportunas e axeitadas sobre a variedade de millo a cultivar, en función do tipo de solo, o clima e as características da explotación.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/46df5869-1af8-4551-807b-3c364477b675</t>
   </si>
   <si>
-    <t>Resultados dos ensaios con variedades de trigo duro e brando de alto potencial en Andalucía. Campaña de cultivo 2013/2014</t>
-[...20 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f05c2db1-aaf0-4edc-a273-62f55092c1d3</t>
+    <t>Resultados dos ensaios con variedades e liñas avanzadas de garavanzos en Andalucía. Campaña de cultivo 2015/2016</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre o material vexetal de garavanzos ensaiado no oeste de Andalucía, o seu rendemento agronómico e produtivo e os seus parámetros de calidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ce1009aa-2672-4c7d-aebc-560789f8cfe8</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con variedades e liñas avanzadas de garavanzos en Andalucía. Campaña de cultivo 2014/2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/302633c2-6b50-42cd-8453-9b45d6d7be51</t>
   </si>
   <si>
     <t>Resultados da proba de variedades de chícharos proteicos. Tempada de cultivo 2015/2016</t>
   </si>
   <si>
     <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre o material vexetal de chícharos ensaiado no oeste de Andalucía, o seu rendemento agronómico e produtivo e os seus parámetros de calidade.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5e72989d-8d72-457c-969e-7d0e12a7a7b5</t>
   </si>
   <si>
     <t>Resultados dos ensaios de variedades de chícharos proteicos. Temporada de cultivo 2014/2015</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bbdd5f20-f6b1-41cf-b37d-7358b3dae861</t>
   </si>
   <si>
-    <t>Resultados dos ensaios con variedades e liñas avanzadas de garavanzos en Andalucía. Campaña de cultivo 2015/2016</t>
-[...11 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/302633c2-6b50-42cd-8453-9b45d6d7be51</t>
+    <t>Guía de cultivo de alfalfa</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar información útil a técnicos e agricultores, buscando contribuír á mellora e sustentabilidade das súas explotacións a través dun plan de acción que facilite a implementación e xestión do cultivo de alfalfa baixo diferentes sistemas de produción. Para iso, presenta de xeito sinxelo información relacionada cos seus diferentes tipos de uso, técnicas culturais, requisitos edafoclimáticos, potencial de produción e factores limitantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ea7315e9-cf12-411c-bc20-7f0adad66b0e</t>
+  </si>
+  <si>
+    <t>Guía de cultivo de fabas</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar información útil a técnicos e agricultores, buscando contribuír á mellora e sustentabilidade das súas explotacións a través dun plan de acción que facilite a implementación e xestión do cultivo de fabas baixo diferentes sistemas de produción. Para iso, presenta de xeito sinxelo información relacionada cos diferentes tipos de cultivos empregados, as técnicas culturais, os requisitos edafoclimáticos, o potencial produtivo e os factores limitantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9a7c3d25-ce0e-4b14-8c98-4355cb72123e</t>
+  </si>
+  <si>
+    <t>Guía de cultivo de chícharos proteicos</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar información útil a técnicos e agricultores, buscando contribuír á mellora e sustentabilidade das súas explotacións a través dun plan de acción que facilite a implementación e xestión do cultivo de chícharos baixo diferentes sistemas de produción. Para iso, presenta de xeito sinxelo información relacionada cos diferentes tipos de cultivo de chícharos, as técnicas culturais, os requisitos do solo e do clima, o potencial de produción e os factores limitantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4265fd1f-07b7-402a-8e19-9af5ff530ec5</t>
+  </si>
+  <si>
+    <t>Guías de cultivo: Serie de leguminosas. Vezica común</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar información útil a técnicos e agricultores, buscando contribuír á mellora e sustentabilidade das súas explotacións, a través dun plan de acción que facilite a implementación e xestión do cultivo da veza común baixo diferentes sistemas de produción. Para iso, preséntase dun xeito sinxelo información relacionada cos seus diferentes tipos de uso, técnicas culturais, requisitos edafoclimáticos, potencial produtivo e factores limitantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2bb22daa-2a64-4c08-ab8e-f77529d57498</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de variedades de millo comerciais en Andalucía. Campaña de cultivo de 2017</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar aos agricultores información detallada sobre o rendemento agronómico das variedades de millo que se atopan actualmente no mercado.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b4fbed4-a4c8-4dc1-b288-ad342083445f</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de variedades de millo comerciais en Andalucía. Campaña de cultivo de 2018</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar aos agricultores información detallada sobre o rendemento agronómico das variedades de millo que se atopan actualmente no mercado. A superficie dedicada ao cultivo de millo en Andalucía volveu diminuír esta tempada de 2018. A superficie plantada con millo foi de 11.436 hectáreas, case un 30 % menos que a tempada anterior. A zona de cultivo tradicional deste cereal atópase no Val do Guadalquivir, onde este ano se plantaron 7.193 hectáreas, o que representa o 62,9 % do total de Andalucía. No Val do Guadalquivir, a provincia coa maior superficie plantada con millo é Sevilla, con 4.939 hectáreas, o que representa o 43,2 % do total do Val.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/864eb801-1c3b-43f3-befc-ac6eb734c3db</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de variedades de chícharo proteico en Andalucía - Campañas 2017/2018 e 2018/2019</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre o material vexetal de chícharos proteicos probado no oeste de Andalucía, incluído o seu rendemento agronómico e produtivo. Unha breve descrición xeral do documento proporcionará aos agricultores orientación sobre estas variedades.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1deb91c5-4f3f-4787-a683-36b7bbef2899</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con variedades e liñas avanzadas de leguminosas en Andalucía. Campaña de cultivo 2016/2017</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre o material vexetal de leguminosas analizado no oeste de Andalucía, incluído o seu rendemento agronómico e produtivo. Unha breve descrición xeral do documento proporcionará aos agricultores orientación sobre este material.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ed941c7b-a0b2-4c92-a566-542ef80abe0f</t>
   </si>
   <si>
     <t>Resultados dos ensaios con variedades de trigo duro e trigo brando de alto potencial en Andalucía. Campaña de cultivo 2014/2015.</t>
   </si>
   <si>
     <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre a avaliación de variedades de trigo duro e brando con alto potencial xenético para a calidade en zonas de cultivo de alto rendemento. Esta publicación proporciona datos que permitirán aos técnicos e agricultores comprender a vía técnica para o cultivo de trigo de alto potencial, así como as variedades mellor adaptadas, incluíndo información sobre o rendemento, a fenoloxía, a susceptibilidade ás enfermidades e a calidade.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f27ba9d0-4a8a-4ab9-a74f-478d1d68610b</t>
   </si>
   <si>
-    <t>Resultados dos ensaios con variedades e liñas avanzadas de leguminosas en Andalucía. Campaña de cultivo 2016/2017</t>
-[...68 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ea7315e9-cf12-411c-bc20-7f0adad66b0e</t>
+    <t>Ensaios de cultivo de col rizada (Brassica oleracea convar. acephala) en Andalucía Oriental</t>
+  </si>
+  <si>
+    <t>A col rizada é unha subespecie de brásica que non desenvolve cabeza (Brassica oleracea convar. acephala) con varios cultivares de diferente morfoloxía, considerada pola súa composición nutricional (segundo o USDA) como un superalimento con altos contidos de vitaminas A e C e calcio e ferro, entre outras.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/045a42d0-f30d-4615-8eaa-fb21fea96103</t>
+  </si>
+  <si>
+    <t>Recomendacións para facer kéfir</t>
+  </si>
+  <si>
+    <t>O kéfir é un produto lácteo orixinario de Europa do Leste, que recentemente gañou un valor significativo polas súas distintivas calidades organolépticas e propiedades beneficiosas para a saúde. Este documento establece unha serie de recomendacións básicas para a produción artesanal de dous tipos de kéfir: o tradicional e o moderno, e as súas respectivas adaptacións á fabricación de produtos lácteos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/42454887-cc92-4dca-a269-5716e0c6cae9</t>
+  </si>
+  <si>
+    <t>Recomendacións para a preparación de Labán</t>
+  </si>
+  <si>
+    <t>O labán é un produto lácteo tradicional orixinario do Líbano e amplamente consumido en moitos países de Oriente Medio. Este documento establece unha serie de recomendacións básicas para a produción de labán industrial, adaptando os métodos de fabricación tradicionais á industria láctea moderna.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3ea16986-41e6-465f-a8f1-3a74d28cb047</t>
+  </si>
+  <si>
+    <t>Viabilidade do cultivo de lúpulo en Andalucía: Produción e calidade</t>
+  </si>
+  <si>
+    <t>O lúpulo (Humulus lupulus L.) é un cultivo escaso en España, un ingrediente esencial na cervexa e ten aplicacións medicinais e cosméticas. Actualmente, impórtase toda a produción necesaria e só se cultivan unhas 550 hectáreas en León. Realizáronse tres ensaios para determinar a súa viabilidade empregando unha única variedade, Nugget, a máis común no norte. Dous deles situáronse na granxa experimental do centro IFAPA en Granada, un ao aire libre e outro baixo unha cuberta de rede (cunha redución do 40 % na radiación PAR). Un terceiro ensaio realizouse na granxa do Centro Campanilla en Málaga baixo unha cuberta de rede cunha redución do 50 % na radiación PAR. Os resultados determinaron a súa viabilidade en Granada ao aire libre, pero mostrou resultados moi prometedores baixo unha cuberta de rede, mellorando aínda máis no clima máis temperado de Málaga, onde a calidade medida no contido de ácidos alfa tamén era maior. Necesítanse máis ensaios con outras variedades, así como novas técnicas de cultivo e calendarios.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/82e0a7ea-705b-4f76-8144-12cebf19348c</t>
+  </si>
+  <si>
+    <t>Manual para a promoción da biodiversidade na devesa</t>
+  </si>
+  <si>
+    <t>A xestión das dehesas é complexa. Require coñecementos e habilidades que só se poden adquirir mediante a formación e a experiencia. Incorporar a promoción da biodiversidade nas dehesas debería ser un criterio empregado na toma de decisións para mellorar a xestión e facelas máis sostibles. Enténdese, por suposto, que o concepto de biodiversidade é moi amplo e que o obxectivo non debería ser tan vago como favorecer algunha das especies potenciais. Hai especies que cumpren funcións ecolóxicas relevantes ou simplemente teñen valor existencial e, ademais, nutren as nosas experiencias e forman parte das nosas paisaxes emocionais, proporcionando un amplo espazo para a convivencia entre numerosas especies da nosa flora e fauna e o sistema produtivo. As razóns para promover a biodiversidade nas nosas dehesas, en definitiva, son moito máis numerosas do que ás veces pensamos. Como veremos ao longo deste manual, non é difícil mellorar a biodiversidade das dehesas. Temos moitas alternativas: algunhas implican só modificar algúns aspectos das nosas prácticas de xestión; outras requiren implementar unha abordaxe específica, pero que tamén poida ter efectos positivos no noso sistema produtivo. En xeral, como veremos, todo o que implique evitar unha simplificación e homoxeneización excesivas da estrutura da devesa contribúe a manter e, a miúdo, enriquecer a súa flora e fauna.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/adfadeed-6cc5-4e31-bf28-cf0bc9789eeb</t>
   </si>
   <si>
     <t>Viabilidade do rego deficitario sostido no cultivo de mango</t>
   </si>
   <si>
     <t>A manga é unha das froitas exóticas máis apreciadas do mundo. En Andalucía, cultívase comercialmente nas provincias de Granada e Málaga grazas ao microclima característico da zona. O rego deficitario é unha estratexia de optimización pola cal os cultivos son sometidos a un nivel controlado de estrés hídrico, resultante dunha redución da achega de auga en función da demanda neta do cultivo. Este artigo presenta os resultados máis relevantes dun estudo sobre os efectos do rego deficitario sostido na produción de manga durante tres anos consecutivos. Segundo os resultados obtidos no marco deste estudo, a estratexia de rego deficitario sostido baseada nunha redución do 50 % na demanda do cultivo pode adoptarse como unha medida sostible para lograr o aforro de auga e maximizar a produción.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c981437e-0ed5-4c35-9244-171fb4380e5a</t>
   </si>
   <si>
-    <t>Manual para a promoción da biodiversidade na devesa</t>
-[...7 lines deleted...]
-  <si>
     <t>O mosquito do trigo en Andalucía (Mayetiola destructor Say). Ciclo de vida e medidas de control.</t>
   </si>
   <si>
     <t>A mosquiteira do trigo é unha praga presente no trigo andaluz en todas as tempadas, xeralmente nun papel secundario. Non obstante, a súa incidencia foi aumentando nas últimas tempadas. Esta publicación analiza o ciclo de vida do insecto e as medidas de control dispoñibles para a súa diseminación no sector cerealístico andaluz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40e66ac0-e230-4a80-a27f-33f0bbfb184e</t>
   </si>
   <si>
-    <t>Viabilidade do cultivo de lúpulo en Andalucía: Produción e calidade</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/045a42d0-f30d-4615-8eaa-fb21fea96103</t>
+    <t>Biodegradación de produtos fitosanitarios por bacterias dun leito biolóxico</t>
+  </si>
+  <si>
+    <t>O rápido crecemento da poboación mundial leva a unha alta demanda de alimentos. Isto require o desenvolvemento de novas técnicas e compostos para o seu uso na agricultura, que xeran numerosos problemas ambientais. Entre eles, destaca o uso de produtos fitosanitarios e pesticidas para o control de pragas. Tanto a súa aplicación como a súa preparación son fontes de contaminación ambiental. O desenvolvemento de sistemas capaces de reducir esta contaminación é esencial para a súa conservación. Neste estudo, illáronse tres poboacións bacterianas capaces de degradar un herbicida, un funxicida e un insecticida. A súa eficacia verificouse posteriormente en probas in vivo en plántulas de col, un fungo (Monilinia fructicola) e unha larva de insecto (Chrysopea carnea), respectivamente, co obxectivo de facer máis eficiente un sistema de biodegradación de efluentes baseado nun leito biolóxico (Phytobac).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/af308a3f-e277-4c69-b17d-3bdb005defc1</t>
+  </si>
+  <si>
+    <t>O verme de cabeza grande na améndoa</t>
+  </si>
+  <si>
+    <t>O verme da améndoa (Capnodis tenebrionis L) converteuse na principal praga que afecta os cultivos de améndoas, ata o punto de que pode matar a planta e provocar o arranque de raíz das plantacións. Diversos factores, como a seca dos últimos anos, a prohibición do uso de ingredientes activos que eran eficaces para controlar a poboación adulta e o abandono das plantacións, provocaron que a poboación do insecto aumentase considerablemente.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d8e14eef-46c6-4ef3-a708-de456ead2c7d</t>
+  </si>
+  <si>
+    <t>Guía para a identificación e xestión do HLB ou Citrus Greening e os seus insectos vectores</t>
+  </si>
+  <si>
+    <t>O HLB dos cítricos considérase actualmente a enfermidade máis devastadora que afecta aos cultivos de cítricos en todo o mundo, pero aínda non está presente na área mediterránea. Trátase dunha enfermidade bacteriana transmitida por dous insectos vectores: o psílido asiático dos cítricos (Diaphorina citri) e o psílido africano dos cítricos (Trioza erytreae). A detección deste último en limoeiros de Galicia durante o verán de 2014 xerou unha gran preocupación, xa que aumenta o risco de introdución e establecemento do HLB nos cítricos españois. Esta guía abrangue os aspectos máis importantes para identificar e xestionar a enfermidade e os insectos que a transmiten.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/84e84cbf-7acb-4697-a43c-5733b8192187</t>
+  </si>
+  <si>
+    <t>Detección molecular de Fusarium solani no solo e nas plantas de amorodo</t>
+  </si>
+  <si>
+    <t>O fungo do solo *Fusarium solani* foi rexistrado como patóxeno para as plantas de amorodo. O fungo infecta as raíces das plantas, causando síntomas de murcha, raquítico e baixa produción de raíces, coa consecuente perda de rendemento da colleita. Neste traballo, desenvolveuse unha técnica molecular para a detección rápida e fiable do fungo *Fusarium solani* mediante PCR, que permite a súa detección e cuantificación en mostras de solo e plantas. Ademais, esta técnica aplicouse para avaliar o efecto da desinfección do solo na poboación de fungos, utilizando a biosolarización como alternativa ao tratamento químico, nun cultivo experimental de amorodo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f807dcf0-f992-419f-8b34-ebe163f1303f</t>
   </si>
   <si>
     <t>Actuacións das Xuntas de Andalucía no sector olivícola</t>
   </si>
   <si>
     <t>O IFAPA está a desenvolver unha liña de investigación para identificar e avaliar as demandas tecnolóxicas e institucionais do sector olivícola en Andalucía dentro dun proxecto chamado Transforma (Olivera e Aceite). Este documento presenta os resultados de entrevistas presenciais, baseadas nun cuestionario semipechado, realizadas a principios de 2013 con 18 directivos e representantes de Grupos de Desenvolvemento Rural (GDR) nas provincias olivícolas máis importantes de Andalucía: Xaén, Córdoba e Granada. O obxectivo desta entrevista foi identificar as iniciativas olivícolas levadas a cabo polos Grupos de Desenvolvemento Rural (GDR). A información obtida ten como obxectivo contribuír á adopción de medidas complementarias ou reforzar o apoio ao sector nos seus programas de acción por parte dos responsables da política agrícola e do desenvolvemento rural e dos xestores dos PDR.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4d0e677-0a95-476c-bbde-49a2298763e6</t>
   </si>
   <si>
-    <t>Detección molecular de Fusarium solani no solo e nas plantas de amorodo</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/af308a3f-e277-4c69-b17d-3bdb005defc1</t>
+    <t>Programación do regadío en Andalucía con datos meteorolóxicos e de satélites</t>
+  </si>
+  <si>
+    <t>A IFAPA leva tempo traballando en novos métodos para desenvolver unha programación axeitada do rego en zonas sen estación meteorolóxica próxima ou onde a estación existente non é representativa da área de estudo. Este documento presenta un método que permite estimacións precisas da colleita e da produtividade da auga tanto a nivel de parcela como de conca, para toda a rexión andaluza, utilizando datos accesibles, fiables e gratuítos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab0d44f5-b1c8-4fb3-b0d4-11566707a47e</t>
   </si>
   <si>
     <t>Portaenxertos de tomate para a protección contra os nematodos dos nós radiculares</t>
   </si>
   <si>
     <t>O enxerto en tomate utilízase principalmente para: i) prolongar o período de colleita e a produción en invernadoiro; ii) contrarrestar as perdas de produción causadas por patóxenos transmitidos polo solo; e iii) aumentar o vigor da planta sen afectar o tamaño nin a cantidade do froito. Este documento resume as vantaxes e limitacións do enxerto de tomate en portaenxertos resistentes aos nematodos do xénero Meloidogyne. Preséntanse os resultados de varios ensaios que comparan a súa eficacia na redución das poboacións de nematodos e no aumento da produtividade do tomate con variedades resistentes e susceptibles. Ofrécense recomendacións para o seu uso como medida de control de enfermidades causadas por nematodos fitoparasitos do xénero Meloidogyne.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/26504cb4-77a4-4ae5-9361-31137970b17e</t>
   </si>
   <si>
+    <t>Estudo agronómico e enolóxico da variedade Blanca Gordal cultivada nas Terras Altas de Granada. Resultados 2013-2018</t>
+  </si>
+  <si>
+    <t>O interese por conservar e lograr un mellor aproveitamento dun recurso local como a variedade de vide Gordal foi a base dun proxecto de desenvolvemento socioeconómico que reuniu un organismo público de investigación, o Instituto de Investigación e Formación Agraria e Pesqueira (IFAPA), o Grupo de Desenvolvemento Rural (GDR) do Altiplano de Granada, así como viticultores e adegueiros da rexión, todos remando na mesma dirección para lograr a recuperación, conservación e posta en valor desta variedade local que pode ser un selo distintivo do sector vitivinícola na rexión do Altiplano de Granada.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c07d038e-f151-4eaf-bb92-5bf51e1db7d4</t>
+  </si>
+  <si>
     <t>Produción de viños espumosos da variedade Pedro Ximénez en combinación con outras variedades aromáticas.</t>
   </si>
   <si>
     <t>O interese pola produción de viños espumosos mediante o método tradicional como medio de diversificación está a medrar nas rexións vinícolas andaluzas. Dende 2013, o IFAPA (Instituto Español do Viño e as Bebidas Espirituosas) en Cabra está a experimentar coa produción de viño espumoso, especialmente coa variedade tradicional Pedro Ximénez, que, debido á súa relativa neutralidade, deu excelentes resultados en viños con crianza de polo menos un ano. Co obxectivo de obter viños espumosos cun perfil sensorial con menos notas de crianza e máis notas froiteiras e florais, propúxose este ensaio. Estuda a produción de viños espumosos a partir de viños base de Pedro Ximénez en mesturas con outras variedades máis aromáticas como Chardonnay e Muscat de gran pequeno. Os viños resultantes foron avaliados positivamente por un amplo panel de cata, mellorando as puntuacións nas fases olfactiva, gustativa e de impresión xeral en comparación cos viños monovarietais.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39d4610b-90f5-4b24-8eb0-4356a3e69284</t>
   </si>
   <si>
-    <t>Estudo agronómico e enolóxico da variedade Blanca Gordal cultivada nas Terras Altas de Granada. Resultados 2013-2018</t>
-[...16 lines deleted...]
-  <si>
     <t>Control de cuscuta integrado</t>
   </si>
   <si>
     <t>O documento contén información útil para o control integrado desta planta parasita, abordando aspectos da súa morfoloxía, ciclo de vida, medidas preventivas, etc.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9f43329f-d7f4-45a9-a1b3-1d43bf2efc3f</t>
   </si>
   <si>
     <t>Control integrado de Jopo en leguminosas de gran</t>
   </si>
   <si>
     <t>O documento recompila información sobre as posibilidades de controlar o patóxeno *jopo* (Orobanche creata Forsk.) en leguminosas de gran en sistemas de cultivo de produción integrada.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b417cbec-0003-4d8c-8075-905651e006d6</t>
   </si>
   <si>
+    <t>Diversificación da produción artesanal de queixo: Queixo de cabra con viño doce</t>
+  </si>
+  <si>
+    <t>O ensaio que se presenta aquí é un primeiro paso para avaliar o uso potencial dos viños doces para a súa incorporación no proceso de produción de queixo de cabra. Entre eles, destaca o viño Pedro Ximénez, con cinco anos de envellecemento, que demostra, desde a perspectiva do consumidor, potencial sensorial e, polo tanto, comercial para o seu uso como aditivo na produción de queixo de cabra.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/193ad8a9-b12b-48f9-a53f-5a1228b76614</t>
+  </si>
+  <si>
+    <t>Estudo da diversidade en horticultura protexida: arañas e control biolóxico (II)</t>
+  </si>
+  <si>
+    <t>Establecer vexetación autóctona como hábitats favorables para os inimigos naturais mellora a súa abundancia e diversidade. Este aumento da diversidade é especialmente útil en paisaxes agrícolas moi simplificadas, como aquelas con cultivos hortícolas de invernadoiro. As arañas son uns dos depredadores xeneralistas máis abundantes e ubicuos nos agroecosistemas. Polo tanto, poden ser un axente biolóxico importante das pragas, pero tamén poden estar implicadas na depredación intragremio. Neste estudo, analizouse a abundancia de arañas e as dúas principais pragas hortícolas, Bemisia tabaci e Frankliniella occidentalis, nunha mestura de 21 arbustos recentemente plantados seleccionados para a xestión do hábitat nun sistema hortícola moi simplificado ao longo dun ano.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bf8b3432-7fe4-44e4-8e53-4a41400f635c</t>
+  </si>
+  <si>
+    <t>Horticultura e Xénero 2020</t>
+  </si>
+  <si>
+    <t>O estudo "Horticultura e Xénero 2020" pretende ser unha ferramenta útil para contribuír a mellorar a calidade de vida das mulleres agricultoras mediante a identificación de posibles necesidades ou carencias. Analiza a tendencia actual baseándose nos resultados obtidos dun estudo similar realizado en 2006. Para iso, perseguíronse dous obxectivos distintos: (i) recompilación de accións positivas levadas a cabo por entidades públicas e privadas en apoio ás mulleres; e (ii) análise da situación das mulleres agricultoras dentro das súas explotacións hortícolas protexidas. Os plans de acción positiva elaboráronse mediante un cuestionario que recollía información sobre proxectos, cursos, obradoiros, etc. O estudo de campo abarcou as comarcas de Campo de Níjar-Baixo Andarax e Campo de Dalías, que conxuntamente representan o 96% da área de invernada da provincia de Almería (30.729 ha) e a comarca da Costa (Granada), que ten unha superficie de 2.863 ha.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4c3e8a3c-ee52-4490-b877-57ef65faacd1</t>
+  </si>
+  <si>
+    <t>Estratexias para a xestión integrada de nematodos en horticultura protexida</t>
+  </si>
+  <si>
+    <t>O factor clave para o cultivo hortícola protexido en invernadoiros é o clima baixo a cuberta, que favorece o desenvolvemento e a precocidade dos cultivos, pero tamén promove o desenvolvemento de pragas e enfermidades, incluídos os nematodos fitoparasitos. A intensidade do cultivo e os curtos períodos de barbeito entre cultivos sucesivos impiden en gran medida a mortalidade natural das poboacións de nematodos debido á ausencia dunha planta hospedadora. Polo tanto, a xestión integrada das enfermidades dos nematodos debería dirixirse a toda a tempada agrícola, en lugar de a un só cultivo, xa que a(s) medida(s) aplicada(s) a un cultivo probablemente afectará(n) ao seguinte cultivo da rotación. Preséntanse os factores biolóxicos e epidemiolóxicos que inflúen nas enfermidades vexetais inducidas por nematodos, e recoméndanse estratexias de xestión para estas enfermidades, baseadas no coñecemento científico do nematodo en cultivos hortícolas protexidos baixo plástico ao longo da costa de Almería.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/35aedf68-eded-4881-9409-374485980f3e</t>
+  </si>
+  <si>
+    <t>Concentración parcelaria: determinando as zonas ideais para o cultivo da oliveira en Xaén</t>
+  </si>
+  <si>
+    <t>A división de bens é o resultado da aplicación dun sistema de herdanza que fomenta a división de bens entre herdeiros e o fracaso das medidas destinadas a deter este proceso. Dificulta unha xestión eficiente do solo, o que leva a ineficiencias económicas, sociais e ambientais. Este traballo delimita as zonas de cultivo de oliveira na provincia de Xaén que son potencialmente óptimas para a concentración parcelaria, minimizando as transaccións de compensación financeira polas diferentes calidades do terreo achegado, co fin de racionalizar e axilizar o proceso administrativo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f117c147-f78f-4e66-9c18-a2e0d2c15ca4</t>
+  </si>
+  <si>
     <t>Guías de cultivo. Serie de leguminosas: garavanzos</t>
   </si>
   <si>
     <t>Os garavanzos foron un cultivo tradicional en toda a conca mediterránea, converténdose en parte das alternativas agrícolas de secaño xunto cos cereais. A súa rusticidade, o efecto mellorador que teñen no solo e o uso humano do seu gran como alimento foron as principais razóns disto.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5f1ea0de-ebcf-404a-aa1c-6fd94f1b91d0</t>
   </si>
   <si>
-    <t>Concentración parcelaria: determinando as zonas ideais para o cultivo da oliveira en Xaén</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/193ad8a9-b12b-48f9-a53f-5a1228b76614</t>
+    <t>Banco de xermoplasma de leguminosas da IFAPA</t>
+  </si>
+  <si>
+    <t>Este documento presenta o Banco de xermoplasma de leguminosas da IFAPA, os seus obxectivos, funcións, natureza e procedementos para solicitar información e xermoplasma.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/01e2d493-8f74-4269-8709-0addd9d39274</t>
+  </si>
+  <si>
+    <t>Rexistro e produción de variedades tradicionais</t>
+  </si>
+  <si>
+    <t>O documento presenta o concepto de variedades de conservación como ferramenta para abordar o rexistro de variedades e ecotipos tradicionais, contribuíndo así á diversidade dos agrosistemas baixo modelos de produción máis respectuosos co medio ambiente e socialmente responsables.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0788677-ff18-46c5-9431-f88676ee9f82</t>
+  </si>
+  <si>
+    <t>Mostras de ecotipos de garavanzos de Andalucía. Campaña 2021-2022.</t>
+  </si>
+  <si>
+    <t>O documento presenta os resultados dun ensaio demostrativo no que se cultivaron na localidade de El Carpio (Córdoba) diferentes ecotipos de garavanzos andaluces seleccionados pola súa adaptación e rendemento. Estas parcelas foron obxecto da Visita Técnica celebrada o 20 de maio, durante a cal agricultores e técnicos puideron coñecer de primeira man as características destes materiais.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/746bafbf-627b-45df-a1ef-923ec6360d08</t>
   </si>
   <si>
     <t>Desestacionalización reprodutiva en ovinos de carne. Indicadores técnico-económicos. Campaña de 2012.</t>
   </si>
   <si>
     <t>O documento presenta os resultados obtidos en 2012 en tres explotacións extensivas de ovellas de carne, incluíndo datos reprodutivos empregando diferentes sistemas de xestión e os datos económicos correspondentes.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b040bfa-2a58-4e93-98e3-49a7a1c5eecb</t>
   </si>
   <si>
     <t>Distribución varietal estimada no cultivo de amorodo en Huelva. Campaña de cultivo 2022-2023</t>
   </si>
   <si>
     <t>O documento presenta unha estimación da composición varietal dos cultivos de amorodo na provincia de Huelva na actual tempada 2022-2023, expresada como porcentaxe de plantas por variedade posta en produción. Tamén mostra a participación dos principais programas de mellora xenética. Este traballo, realizado polo Grupo de Amorodo IFAPA, baséase principalmente na información proporcionada por empresas de mellora ou por empresas licenciadas ao abeiro dos distintos programas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c28b057d-828c-4bc9-b3c7-b17154a3b020</t>
   </si>
   <si>
     <t>Distribución varietal estimada no cultivo de amorodo en Huelva. Campaña de cultivo 2023/2024</t>
   </si>
   <si>
     <t>O documento presenta unha estimación da composición varietal dos cultivos de amorodo na provincia de Huelva na actual tempada 2023-2024, expresada como porcentaxe de plantas por variedade posta en produción. Tamén mostra a participación dos principais programas de mellora xenética. Este traballo, realizado polo Grupo de Amorodo IFAPA, baséase principalmente na información proporcionada por empresas de mellora ou empresas licenciadas polos distintos programas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5379322-e391-485c-90fc-2aa970e23082</t>
   </si>
   <si>
     <t>Estimación da distribución varietal no cultivo de amorodo en Huelva. Campaña de cultivo 2024-2025.</t>
   </si>
   <si>
     <t>O documento presenta unha estimación da composición varietal dos cultivos de amorodo na provincia de Huelva na actual campaña 2024-2025, expresada como porcentaxe de plantas por variedade posta en produción. Tamén mostra a participación dos principais programas de mellora xenética. Este traballo, realizado polo Grupo de Amorodo IFAPA, baséase principalmente na información proporcionada por empresas de mellora ou por empresas licenciadas polos diferentes programas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7f47f4b7-9cf3-4539-8fa1-c0cd4ecfa36a</t>
   </si>
   <si>
     <t>Uso de sensores de indución electromagnética na agricultura</t>
   </si>
   <si>
     <t>O documento ofrece unha introdución á técnica da indución electromagnética para medir a condutividade eléctrica aparente do solo a diferentes escalas espaciais e demostra a súa utilidade para diversas aplicacións prácticas na agricultura.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/caf3eb03-2ef3-45ff-a7e7-624202cfc434</t>
   </si>
   <si>
-    <t>Banco de xermoplasma de leguminosas da IFAPA</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0788677-ff18-46c5-9431-f88676ee9f82</t>
+    <t>Poda de enxerto de cítricos</t>
+  </si>
+  <si>
+    <t>O desenvolvemento de novas técnicas de cultivo, ou a renovación dos coñecementos existentes, son elementos clave e estratéxicos no desenvolvemento da citrícultura andaluza e española. Polo tanto, o coñecemento das técnicas de poda e enxerto no cultivo de citrículos é de suma importancia para promover a competitividade do cultivo de citrículos, garantindo que os produtores de citrículos teñan plantacións equilibradas con árbores uniformes e rendementos temperáns, óptimos e regulares. Co obxectivo de optimizar a implementación destas técnicas, este documento elaborouse como ferramenta de referencia e apoio para o alumnado dos cursos de formación en citrículos que ofrece IFAPA, concretamente os cursos de "Poda de cítricos" e "Enxerto de cítricos".</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0dd49f47-1402-4dc0-8c43-a4c449469df9</t>
+  </si>
+  <si>
+    <t>Estudo agroeconómico sobre o cultivo de millo</t>
+  </si>
+  <si>
+    <t>O desenvolvemento dun sistema sostible para o cultivo de millo require, ademais da investigación agronómica, estudos, actualmente escasos, sobre a viabilidade económica do cultivo. O obxectivo deste documento é proporcionar información financeira detallada (custos e ingresos do cultivo) baseada na campaña de 2018, concretamente:• Describir as tarefas e operacións de cultivo (implementos utilizados, tipo e cantidade de agroquímicos aplicados, man de obra empregada, etc.). • Estimar os custos de cultivo correspondentes a estas tarefas e operacións.• Predicir os diferentes escenarios de rendibilidade en función dos diferentes horizontes dos prezos de mercado do millo.• Estimar as economías externas ao sector utilizando os resultados do estudo financeiro.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/332be124-8bf0-4803-88c9-8433efdc0eeb</t>
+  </si>
+  <si>
+    <t>Caracterización da fragmentación e dispersión espacial en oliveiras na provincia de Xaén</t>
+  </si>
+  <si>
+    <t>O documento caracteriza a estrutura produtiva do sector olivícola na provincia de Xaén mediante Sistemas de Información Xeográfica (SIX), incluíndo o tamaño, a fragmentación e a dispersión das parcelas agrícolas. A continuación, propón medidas de eficiencia para a xestión agrícola baseadas en sistemas de cultivo compartidos e asistidos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5fb0117f-8b24-4928-8fbc-dddb6871395b</t>
+  </si>
+  <si>
+    <t>Cálculo do Índice de Impacto en Viñedos da Comarca de Xerez</t>
+  </si>
+  <si>
+    <t>O documento describe a metodoloxía para a prospección e o cálculo do índice de enfermidades en viñedos da rexión de Xerez, co obxectivo de cuantificar a magnitude do problema e a evolución dos síntomas asociados ás enfermidades da madeira.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fe259bf5-9618-4133-b74e-63f1bed184b8</t>
+  </si>
+  <si>
+    <t>Aplicación Gest-Cover: Unha ferramenta para monitorizar a cuberta vexetal en cultivos leñosos</t>
+  </si>
+  <si>
+    <t>O documento describe as características, as utilidades e as instrucións de uso da aplicación Gest-Cubierta, unha ferramenta gratuíta e pioneira desenvolvida por IFAPA para a monitorización e xestión da cuberta vexetal en plantacións de cultivos leñosos en Andalucía. Esta ferramenta integra información meteorolóxica diaria en tempo real de máis de 100 estacións meteorolóxicas da Rede Andaluza de Información Agroclimática, mapas de índices de vexetación cunha resolución de 10 metros dos satélites Sentinel 2 e un modelo diario de balance hídrico, todo dentro dunha interface cómoda e intuitiva.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b33a84bd-5f1c-4da7-ad87-ea5a28dd23ec</t>
   </si>
   <si>
     <t>Conservación de recursos fitoxenéticos ex situ</t>
   </si>
   <si>
     <t>O documento ofrece unha visión xeral da política científica española en canto á conservación de recursos fitoxenéticos ex situ e a estratexia adoptada recentemente pola IFAPA. Esta cuestión é importante, xa que a IFAPA é a custodio das coleccións activas de oliveiras, amorodos, leguminosas, vides e espárragos na rede nacional de coleccións, e é necesario ter unha estratexia propia para garantir as accións necesarias para salvagardar, xestionar e promover o xermoplasma conservado.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ba11781-e5aa-4093-95ac-def01de2bd40</t>
   </si>
   <si>
-    <t>Aplicación Gest-Cover: Unha ferramenta para monitorizar a cuberta vexetal en cultivos leñosos</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0dd49f47-1402-4dc0-8c43-a4c449469df9</t>
+    <t>Guías de cultivo Serie de leguminosas: Sanfoin</t>
+  </si>
+  <si>
+    <t>O documento é unha Guía de cultivo da esparceta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1971991c-2de1-4c22-83f6-9077f4a6f844</t>
   </si>
   <si>
     <t>Emenda orgánica en sistemas de cultivos agroindustriais</t>
   </si>
   <si>
     <t>Este documento é unha guía para a Operación 10.1.5. Sistemas de Cultivos Agroindustriais Sostibles, do PRD Andaluz 1014-2020. Este documento ten como obxectivo proporcionar información sobre os beneficios agronómicos e ambientais desta práctica, así como ofrecer unha serie de recomendacións técnicas a seguir para a súa correcta implementación.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3bfa31af-a9ed-4739-8d73-46f2d662e66f</t>
   </si>
   <si>
-    <t>Guías de cultivo Serie de leguminosas: Sanfoin</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1971991c-2de1-4c22-83f6-9077f4a6f844</t>
+    <t>Benestar animal en granxas de porcos</t>
+  </si>
+  <si>
+    <t>O benestar animal como principio de xestión na gandería é un concepto que se desenvolveu activamente nos últimos anos. O trato axeitado aos animais practicouse desde a antigüidade, aínda que non se incluíu na normativa. Neste sentido, a Unión Europea é pioneira no desenvolvemento e garantía da protección e o benestar dos animais. O benestar animal defínese como un estado de completa saúde mental e física, onde o animal está en perfecta harmonía co seu entorno (Hughes, 1976). Pódese cuantificar mediante o estudo do comportamento animal no seu entorno e na granxa. Para iso, é necesario comprender o comportamento normal dos animais no seu hábitat natural e comparalo co que mostran nos sistemas de cría. A perda de benestar supón unha serie de problemas que afectarán tanto ao funcionamento da granxa como aos seus resultados económicos. Un animal adaptado ao seu entorno é un animal que pode desenvolver comportamentos naturais e, polo tanto, o seu nivel de produción será axeitado e os produtos obtidos serán de calidade. Índice: Unidade 1: Aspectos sociais e legais do benestar animal. Impacto na calidade do produto; Unidade 2: O benestar animal na práctica diaria; Unidade 3: Anatomía, fisioloxía e comportamento dos porcos; Unidade 4: Saúde nas granxas porcinas; Unidade 5: Lexislación sobre benestar animal nas granxas porcinas; Unidade 6: Estruturas e equipamentos nas granxas porcinas; Unidade 7: Tratamentos e prácticas cirúrxicas reguladas; Apéndice: Lexislación citada</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9e002dfa-f7fd-4f91-9551-86b11b99adb5</t>
+  </si>
+  <si>
+    <t>Incidencia de agallas nas xemas da ameixa xaponesa: resposta varietal e efecto da xestión orgánica.</t>
+  </si>
+  <si>
+    <t>A ameixeira xaponesa (Prunus salicina Lindl) ofrece amplas posibilidades para o cultivo ecolóxico no val do Guadalquivir; non obstante, o control de pragas e enfermidades representa un dos desafíos máis importantes para este sistema de produción. A agalla, causada polo eriófido Acalitus phloecoptes (Nalepa), é unha praga significativa do cultivo, que causa graves danos á morfoloxía e fisioloxía tanto dos gomos vexetativos como dos frutíferos. Este estudo mostra a incidencia da agalla en 14 cultivares de ameixeira xaponesa en dúas parcelas xestionadas de forma ecolóxica e convencional, respectivamente. Os resultados do estudo confirman a marcada diferenza de susceptibilidade entre as variedades de ameixa a A. phloeocoptes. Este estudo tamén revela unha maior incidencia de agallas na parcela xestionada convencionalmente e demostra que os tratamentos químicos utilizados non foron suficientemente eficaces.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5976df0a-03b1-4d99-ba7a-4e07e43a5c33</t>
   </si>
   <si>
     <t>Avaliación de variedades de arandos en cultivo sen solo. Campaña 2021/2022.</t>
   </si>
   <si>
     <t>O cultivo de arandos gañou impulso na provincia de Huelva a principios deste século, cando os produtores de amorodos comezaron a diversificar a súa produción con outros froitos do bosque. Ademais, está a converterse nunha froita moi demandada en España e en toda Europa, xa que cada vez máis consumidores son conscientes dos beneficios para a saúde que este tipo de produto pode ofrecer. Este artigo presenta os resultados sobre a produción e as características de calidade de 14 variedades de arandos (catro variedades temperás, seis variedades de tempada e catro variedades tardías) obtidas durante un ensaio realizado durante a tempada 2021/2022.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/751da974-6d88-48c8-b8b7-2f88ae5d1e3f</t>
   </si>
   <si>
+    <t>Avaliación de variedades de amorodo en cultivo convencional con solo biosolarizado. Campaña de cultivo 2019/2020</t>
+  </si>
+  <si>
+    <t>O cultivo de amorodo, xunto con outras froitas brandas, está en constante desenvolvemento e constitúe un motor económico e social clave na provincia de Huelva. O Informe técnico sobre a distribución varietal no cultivo de amorodo en Huelva esta tempada, elaborado por este grupo, reflicte o feito de que diversas empresas continúan investindo en I+D mediante o desenvolvemento de programas de mellora destinados a obter novas variedades adaptadas ás temperaturas e ao fotoperíodo das zonas de produción. Sen dúbida, a selección varietal segue a ser un dos aspectos máis importantes deste cultivo. Neste artigo, presentamos os resultados dun estudo realizado con diferentes variedades de amorodo, representativas de varios programas de mellora con alta incidencia na provincia de Huelva, para determinar as súas características produtivas, calidades organolépticas e calidade poscolleita.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0ba120c9-826d-43b5-a886-2c047397c6c8</t>
+  </si>
+  <si>
+    <t>Identificación e caracterización de fontes de resistencia á seca para a mellora xenética das fabas</t>
+  </si>
+  <si>
+    <t>A faba (Vicia faba L.) é unha leguminosa importante cun alto contido en proteínas, adaptada a diversas condicións climáticas e que ofrece múltiples beneficios para a sustentabilidade xeral dos sistemas de cultivo. A demanda de proteínas vexetais está a expandirse e as fabas son unha boa candidata para satisfacer esta necesidade. Non obstante, o cultivo é moi sensible ao estrés abiótico, especialmente á seca, que afecta gravemente o rendemento e o desenvolvemento das fabas en todo o mundo. Neste estudo, analizouse unha colección de 100 accesións de fabas de diversas orixes en resposta ao estrés por seca. Os resultados deste traballo permitíronnos identificar os xenotipos máis tolerantes á seca dentro da colección de fabas estudada, que se poden utilizar en programas de mellora tolerantes á seca para este cultivo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b154a1a8-7446-46a8-8969-a1d92a5cb0f2</t>
+  </si>
+  <si>
+    <t>Caracterización de cultivares tradicionais de figueira nun invernadoiro de malla</t>
+  </si>
+  <si>
+    <t>O cultivo de figueira (Ficus carica L.) é un dos cultivos tradicionais mediterráneos en auxe, non só polo seu sabor único e valor nutricional, rico en fibra, potasio, proteínas, minerais e vitaminas, senón tamén pola súa resistencia e adaptación ás condicións das diferentes zonas de cultivo. O obxectivo deste traballo é a caracterización dos cultivares tradicionais de figueira pertencentes á colección in vivo situada no Centro IFAPA en La Mojonera, Almería. No ensaio, realizáronse varios enxertos dos cultivares Pajarera, Gota de miel, Negra Rabo Largo Alpujarra, Verdal e Brevera Muleria utilizando catro portaenxertos do cultivar San Antonio, plantados nun invernadoiro de malla.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/898aaff4-a7b7-4678-8cb8-cf1db1852853</t>
+  </si>
+  <si>
     <t>Cultivo orgánico en invernadoiro de 7 cultivares de chícharos</t>
   </si>
   <si>
     <t>O cultivo ecolóxico de chícharos en condicións de invernadoiro pode ser unha alternativa interesante aos cultivos hortícolas protexidos convencionais, xa que é un cultivo minoritario nos invernadoiros do sueste de España, especialmente no cultivo ecolóxico. O obxectivo principal deste experimento foi avaliar tanto a produción como a adaptación de sete cultivares de chícharos ao cultivo ecolóxico certificado en invernadoiro. Os cultivares de chícharos probados adáptanse perfectamente ao cultivo en invernadoiro seguindo a normativa de cultivo ecolóxico. En xeral, todos os cultivares probados adáptanse ben ás nosas condicións climáticas para o cultivo en estruturas de invernadoiro mediterráneas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5a657349-5e62-4b7b-a892-3503150e8ae6</t>
   </si>
   <si>
-    <t>Avaliación de variedades de amorodo en cultivo convencional con solo biosolarizado. Campaña de cultivo 2019/2020</t>
-[...7 lines deleted...]
-  <si>
     <t>Perda e desperdicio de froitas e verduras imperfectas</t>
   </si>
   <si>
     <t>O cumprimento das froitas e verduras coas especificacións de venda polo miúdo, principalmente en termos de atractivo estético segundo os estándares dos consumidores, está a converterse nun dos factores máis apremiantes das perdas e o desperdicio de alimentos (PDA). Case un terzo de todas as froitas e verduras producidas en Europa desbótanse cada ano debido ao seu aspecto. Estímase que se desperdician 51 millóns de toneladas de froitas e verduras antiestéticas cada ano en Europa, principalmente debido a unha excesiva importancia que se lle dá ao aspecto estético como principal estándar de calidade para os consumidores. En España, algunhas empresas están a emerxer cun modelo de negocio baseado na explotación das perdas de produción (excedente que non se poden vender a través dos canais habituais e produtos imperfectos que os venda polo miúdo descartan).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3a691af8-03af-4fe2-8541-42bb95dd2fb7</t>
   </si>
   <si>
-    <t>Caracterización de cultivares tradicionais de figueira nun invernadoiro de malla</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9e002dfa-f7fd-4f91-9551-86b11b99adb5</t>
+    <t>Facer queixo con xamón</t>
+  </si>
+  <si>
+    <t>Nos últimos anos, produciuse unha desviación no mercado cara a produtos de maior calidade, a miúdo orixinarios de sistemas de produción artesanais. Non obstante, o foco non se centra só na calidade, senón tamén na variedade e no lanzamento de produtos innovadores que atraian aos consumidores. Este artigo propón o desenvolvemento dun novo produto, unha combinación de queixo e xamón, e a posibilidade de producilo a nivel artesanal. O estudo compara as características sensoriais obtidas ao engadir xamón branco e xamón de porco ibérico, e o queixo de control (sen engadir xamón).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f78b4a2a-9c4b-486b-a5b7-70905c625c7e</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios varietais de faba en Andalucía. Campaña de cultivo 2017/2018</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre o material vexetal de fabas probado no oeste de Andalucía, incluído o seu rendemento agronómico e produtivo. Unha breve descrición xeral do documento proporcionará aos agricultores orientación sobre estas variedades.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b9a612a7-f52a-4312-a751-50067f318a5f</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con variedades e liñas avanzadas de garavanzos en Andalucía. Campaña de cultivo 2017/2018</t>
+  </si>
+  <si>
+    <t>O obxectivo desta publicación é proporcionar ao sector agrícola información actualizada sobre o material vexetal de garavanzos probado no oeste de Andalucía, incluído o seu rendemento agronómico e produtivo. Unha breve descrición xeral do documento proporcionará aos agricultores orientación sobre estas variedades.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0d598781-013d-443d-be8c-3a1bbb27ff5e</t>
   </si>
   <si>
     <t>Resultados dos ensaios de variedades de algodón en Andalucía. Campaña 2021</t>
   </si>
   <si>
     <t>O algodón é o produto agrícola non alimentario máis comercializado en todo o mundo. Prodúcese e consúmese amplamente, o que o converte nun dos cultivos máis cultivados do mundo. É un dos cultivos máis importantes da industria agrícola e gandeira de Andalucía, onde se concentra case o 100 % da terra cultivada de España. Por este motivo, neste proxecto estamos a levar a cabo un proxecto de avaliación de variedades para asesorar a agricultores e técnicos do sector.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/553b7a52-d179-4582-b32d-f821bdb2752a</t>
   </si>
   <si>
-    <t>Resultados dos ensaios varietais de faba en Andalucía. Campaña de cultivo 2017/2018</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f78b4a2a-9c4b-486b-a5b7-70905c625c7e</t>
+    <t>Aplicación de posibles liñas de base para a xestión do rego no cultivo de améndoas</t>
+  </si>
+  <si>
+    <t>As améndoas foron introducidas gradualmente no val do Guadalquivir en condicións de regadío nos últimos anos como alternativa a outros cultivos tradicionais con menor rendibilidade. Polo tanto, existe unha importante demanda de coñecemento sobre as estratexias de rega máis axeitadas para este cultivo, especialmente cando a dispoñibilidade de auga está por debaixo do óptimo do cultivo. Este estudo presenta os resultados máis relevantes sobre as posibles liñas de base para a xestión do rega en tres variedades tradicionais de améndoa amplamente representadas no val do Guadalquivir. Estas posibles liñas de base permitiron definir o rango óptimo, así como os valores limiar para o potencial hídrico foliar para cada variedade en función da dispoñibilidade de auga existente, o que permite a toma de decisións axeitadas, especialmente en situacións de escaseza de auga, minimizando ao mesmo tempo as perdas de produción.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e6dd1ccd-c563-428a-817f-bee848345e75</t>
+  </si>
+  <si>
+    <t>Cultivo ecolóxico de améndoas en regadío</t>
+  </si>
+  <si>
+    <t>A amendoeira, Prunus dulcis (Mill.) DA Webb, é un dos cultivos máis importantes de España, principalmente en condicións de secaño e en zonas marxinais onde os insumos son moi escasos. Na actualidade, o cultivo sufriu unha profunda transformación nos últimos anos con plantacións máis intensivas e tecnoloxicamente avanzadas, o uso de novas variedades e, sobre todo, a introdución do regadío, todo o cal mellorou o seu potencial produtivo. Non obstante, moitos aspectos do cultivo ecolóxico de améndoa baixo regadío seguen sendo descoñecidos. A fertilización ecolóxica e, especialmente, o control de pragas e enfermidades mediante produtos ecolóxicos homologados supoñen un reto para os agricultores. Este estudo compara o desenvolvemento fenolóxico, a defoliación e outros parámetros fisiolóxicos como o vigor e o crecemento, así como a produción de cinco cultivares de améndoa baixo xestión ecolóxica e convencional de regadío no Val do Guadalquivir.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/60ad7efc-ac91-433b-bff0-f0dc858536d5</t>
+  </si>
+  <si>
+    <t>Avaliación técnica dun sistema fixo de pulverización de aire e auga para a aplicación de pesticidas en invernadoiros</t>
+  </si>
+  <si>
+    <t>O elevado custo dos sistemas de pulverización e o seu uso só para o control climático temporal durante a tempada de crecemento non permiten un retorno óptimo do investimento, razón pola cal comezaron a utilizarse como equipos para a aplicación de produtos fitosanitarios. O obxectivo deste estudo é avaliar, desde unha perspectiva técnica, un sistema fixo de pulverización aire-auga para a aplicación de produtos fitosanitarios en invernadoiros.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8de3078f-36f6-4058-89e7-f9e6a729a1e9</t>
   </si>
   <si>
     <t>Benestar animal en granxas de ruminantes</t>
   </si>
   <si>
     <t>O benestar animal como principio da xestión gandeira é un concepto que se desenvolveu activamente nos últimos anos. O trato axeitado aos animais practicouse desde a antigüidade, aínda que non se incluíu na normativa. Neste sentido, a Unión Europea é pioneira no desenvolvemento e garantía da protección e o benestar dos animais. O benestar animal defínese como un estado de completa saúde mental e física, onde o animal está en perfecta harmonía co seu entorno (Hughes, 1976). Pódese cuantificar mediante o estudo do comportamento animal no seu entorno e na granxa. Para iso, é necesario comprender o comportamento normal dos animais no seu hábitat natural e comparalo co que mostran nos sistemas de cría. A perda de benestar supón unha serie de problemas que afectarán tanto ao funcionamento da granxa como aos seus resultados económicos. Un animal adaptado ao seu entorno é un animal que pode desenvolver comportamentos naturais e, polo tanto, o seu nivel de produción será axeitado e os produtos obtidos serán de calidade. Índice: Unidade 1: Aspectos sociais e legais do benestar animal. Impacto na calidade do produto; Unidade 2: O benestar animal na práctica diaria; Unidade 3: Especificidades anatómicas, fisiolóxicas e de comportamento que determinan o benestar dos ruminantes; Unidade 4: Saúde nas explotacións de ruminantes. Controis e rexistros que deben manterse na explotación; Unidade 5: Lexislación sobre benestar animal nas explotacións de ruminantes; Unidade 6: Estruturas e equipamentos das explotacións. Identificación de animais; Unidade 7: Manexo de animais segundo o tipo e o sistema de explotación. Especificidades do transporte e sacrificio de ruminantes.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/007c8f3d-15dc-4834-a08d-b7a0fa2ce2d8</t>
   </si>
   <si>
-    <t>Avaliación técnica dun sistema fixo de pulverización de aire e auga para a aplicación de pesticidas en invernadoiros</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0d598781-013d-443d-be8c-3a1bbb27ff5e</t>
+    <t>Influencia da pendente do terreo na uniformidade da distribución do caudal en franxas de rega localizadas</t>
+  </si>
+  <si>
+    <t>Este artigo presenta os resultados dun experimento que avalía a influencia da pendente do terreo e a carga e descarga de cintas de rega localizadas na uniformidade da distribución do rego (DU). Para iso, avaliouse o comportamento de dúas cintas de rega, con e sen compensación de caudal, instaladas en diferentes pendentes, así como a súa influencia na DU ao medir o pulso de rega completo ou unha fracción do pulso de rega.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/72583fc1-0180-4b58-8d7c-b2cd6493471e</t>
+  </si>
+  <si>
+    <t>O cultivo da oliveira fronte ao cambio climático</t>
+  </si>
+  <si>
+    <t>Documento que recompila os resultados dos estudos realizados sobre os posibles impactos do cambio climático nos oliveirais andaluzes e as medidas de adaptación recomendadas para garantir a súa sustentabilidade futura.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fbba12f6-d2c9-4425-a7fc-5611619efbe2</t>
+  </si>
+  <si>
+    <t>Medidas de adaptación ao cambio climático para o cultivo de millo</t>
+  </si>
+  <si>
+    <t>Documento técnico sobre medidas para adaptar o cultivo de millo ás condicións futuras de cambio climático, co obxectivo de abordar a redución dos recursos hídricos, evitar o impacto de episodios de temperatura extrema e estudar a posible adaptación do cultivo de millo ao aumento previsto de dióxido de carbono na atmosfera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2023189a-1415-4972-b323-29bfe73f10ae</t>
+  </si>
+  <si>
+    <t>Sementeira directa, unha práctica agrícola que mitiga o cambio climático</t>
+  </si>
+  <si>
+    <t>Documento técnico sobre a metodoloxía para a implementación da agricultura sen labranza e o seu impacto como práctica de mitigación do cambio climático, secuestro de carbono atmosférico e redución das emisións atmosféricas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/06409323-1599-426d-ab50-45360a55c279</t>
+  </si>
+  <si>
+    <t>Influencia do sistema de cultivo na produción varietal de amorodo. Campaña de cultivo 2020/2021. I. Parámetros de produción</t>
+  </si>
+  <si>
+    <t>Durante a campaña agrícola 2020/2021, a IFAPA caracterizou a produtividade dun grupo de 12 variedades seleccionadas entre as dispoñibles actualmente no mercado. O obxectivo deste estudo é estudar e demostrar as diferenzas nos parámetros relacionados coa produción entre as variedades probadas. A información xerada ofrécese como ferramenta para agricultores, técnicos e exportadores para facilitar a selección varietal dada a ampla gama de variedades dispoñibles na actualidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04ee09e8-29ae-4720-b8c6-24969e21a657</t>
+  </si>
+  <si>
+    <t>Avaliación Varietal de Arandos. Campaña 2020/2021</t>
+  </si>
+  <si>
+    <t>Durante a campaña 2020/2021, caracterizouse un grupo de 14 variedades seleccionadas entre as dispoñibles actualmente no mercado. Os parámetros avaliados e presentados neste traballo están relacionados coa produción e a calidade das diferentes variedades. A información xerada ofrécese como ferramenta para agricultores, técnicos e exportadores para facilitar a selección varietal dada a ampla gama actual de variedades dispoñibles. Esta actividade forma parte do Obxectivo 2 "Caracterizar as variedades de arandos cultivadas en diferentes agroambientes" do Proxecto de Transferencia Sectorial TRA2019.004: "Produción sostible no cultivo de amorodos e outras bagas". Para acadar este obxectivo, realizáronse dous ensaios: o primeiro en cultivo sen solo en Moguer e o segundo en cultivo ecolóxico en Almonte, ambas as dúas localizacións na provincia de Huelva.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/91f47311-fc8b-4ff0-a41a-397a6542aad5</t>
   </si>
   <si>
     <t>Efecto da variedade e do sistema de cultivo sobre as características relacionadas co rendemento das fresas. Tempada de colleita 2023/2024</t>
   </si>
   <si>
     <t>Durante a campaña 2023/2024, analizáronse as características relacionadas co rendemento en 16 variedades de amorodo de diferentes programas de mellora cultivadas en catro sistemas de cultivo na rexión de Huelva: cultivo convencional, cultivo sen desinfección do solo, cultivo sen solo e cultivo ecolóxico. Os resultados obtidos preséntanse neste artigo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a4d0ec4f-b650-4f31-8971-f21312a6fcf4</t>
   </si>
   <si>
     <t>Portaenxertos de sandía contra o novo virus da criba (MNSV-W-SP)</t>
   </si>
   <si>
     <t>Durante a primavera de 2014, as plantas de sandía dun invernadoiro situado na provincia de Almería presentaron síntomas similares aos inducidos polo virus da mancha necrótica do melón (MNSV), como necrose de froitos, follas e talos. A inoculación mecánica de plantas de sandía sintomáticas no laboratorio en melón, pepino, cabaza de viño, calabacín, cabaza e sandía produciu síntomas similares aos observados no campo só no caso da sandía, mentres que o resto das cucurbitáceas inoculadas permaneceron asintomáticas. Usando técnicas moleculares como a secuenciación de alto rendemento, determinouse que os síntomas da sandía se atribuían a unha nova cepa de MNSV non descrita previamente, chamada MNSV-W-SP. Confirmamos que os principais portaenxertos dispoñibles comercialmente para o cultivo de sandía son resistentes ao virus.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a52f9cb-ec34-4d2a-9bd6-ef9ac78b4462</t>
   </si>
   <si>
-    <t>Avaliación Varietal de Arandos. Campaña 2020/2021</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/72583fc1-0180-4b58-8d7c-b2cd6493471e</t>
+    <t>Estudo dos atributos intrínsecos de 11 variedades de tomates ecolóxicos tradicionais</t>
+  </si>
+  <si>
+    <t>Documento que mostra os resultados das opinións dos consumidores sobre a aceptación e as preferencias polos atributos intrínsecos máis representativos das variedades tradicionais de tomate probadas, avaliando a súa calidade gustativa. Durante as sesións de cata, os enquisados avaliaron os seguintes atributos intrínsecos: firmeza, zumosidade, dozura, acidez e persistencia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b6bd11d-3095-470d-94f3-3f44c413a1d4</t>
+  </si>
+  <si>
+    <t>Efecto da poda mecanizada no comportamento agronómico e enolóxico das variedades de viño tinto cultivadas en climas cálidos</t>
+  </si>
+  <si>
+    <t>Documento que mostra os resultados dun ensaio de tres anos de duración no que se comparan os efectos da poda manual e a poda mecánica de dúas variedades de uva tinta cultivadas na serra de Montilla no seu rendemento agronómico e potencial enolóxico.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1296fb92-a4b8-4a2e-a3c1-198d8a97d560</t>
+  </si>
+  <si>
+    <t>Potencial da variedade de melón para a produción de viños rosados</t>
+  </si>
+  <si>
+    <t>Documento que mostra os resultados dun estudo dirixido a optimizar o tempo de maceración para obter un viño rosado da variedade Melonera. Detalla a produción de viños rosados e os resultados obtidos con esta variedade en catro campañas consecutivas (2011-2014).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9bd19952-5136-4d2d-9d8d-188409d917fa</t>
   </si>
   <si>
     <t>Coeficientes de cultivo para amendoeiras novas en Andalucía occidental: recomendacións</t>
   </si>
   <si>
     <t>Documento que mostra os resultados do cálculo do coeficiente de cultivo (Kc) para amendoeiras en Andalucía occidental, recomendando a dosificación da auga de rega en tres zonas de Córdoba e Sevilla.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e83b4a6b-775d-4a4a-adf7-6803c19285ae</t>
   </si>
   <si>
+    <t>Mecanización da viña: un novo modelo de viticultura máis rendible</t>
+  </si>
+  <si>
+    <t>Documento que mostra os resultados do estudo realizado durante catro tempadas consecutivas nun viñedo situado no centro IFAPA Rancho de la Merced. Os principais obxectivos foron mellorar a rendibilidade do cultivo mediante a aplicación de novas prácticas e técnicas de cultivo mecanizado, e estudar o impacto dos novos modelos de viticultura na fisioloxía vexetal e na calidade das uvas e do viño.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/13cad6fa-b2b9-4989-98f4-a30f6ec392be</t>
+  </si>
+  <si>
     <t>Percepción do sector da oliveira e do aceite de oliva nos grupos de desenvolvemento rural</t>
   </si>
   <si>
     <t>Este documento presenta a percepción do sector oleícola sobre o traballo realizado polos Grupos de Desenvolvemento Rural nas provincias de Xaén, Córdoba e Granada. O traballo realizouse no marco do Proxecto Transforma Oliva e Aceite. Analiza se o sector oleícola está satisfeito co traballo dos Grupos de Desenvolvemento Rural na xestión de proxectos innovadores relacionados coa oliveira para o desenvolvemento endóxeno das rexións agrícolas.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5dabc61b-1fe2-43f1-aa86-f893b71a814f</t>
   </si>
   <si>
-    <t>Estudo dos atributos intrínsecos de 11 variedades de tomates ecolóxicos tradicionais</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b6bd11d-3095-470d-94f3-3f44c413a1d4</t>
+    <t>Desalcoholización parcial de viños brancos por osmose inversa</t>
+  </si>
+  <si>
+    <t>Documento que mostra os resultados analíticos e sensoriais da desalcoholización parcial de viños brancos novos de Palomino Fino. Os viños foron elaborados e posteriormente desalcoholizados na adega experimental Rancho de la Merced. As uvas empregadas proceden de tres localidades costeiras da provincia de Cádiz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/990955ef-05c8-4e05-b325-ece16f4aa7f0</t>
   </si>
   <si>
     <t>Comportamento agronómico e enolóxico de Vitis vinifera baixo rega moderada</t>
   </si>
   <si>
     <t>Documento que mostra os resultados dos ensaios realizados entre 2011 e 2013 sobre os efectos agronómicos, fisiolóxicos e cualitativos do rego moderado en Vitis vinifera das variedades Syrah e Cabernet Sauvignon, cultivadas en clima mediterráneo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/086a630b-fe6a-417a-a8e2-4cf8bc38625e</t>
   </si>
   <si>
-    <t>Desalcoholización parcial de viños brancos por osmose inversa</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9bd19952-5136-4d2d-9d8d-188409d917fa</t>
+    <t>Envellecemento acelerado dos vinagres de viño Pedro Ximénez</t>
+  </si>
+  <si>
+    <t>Documento que describe unha experiencia de envellecemento acelerado con vinagre de viño Pedro Ximénez mediante microoxixenación e lascas de carballo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43ab9d37-d254-4f43-8250-3c1fa1346f8e</t>
+  </si>
+  <si>
+    <t>Xofre na elaboración do viño. Alternativas</t>
+  </si>
+  <si>
+    <t>Este documento presenta o estado actual do uso de conservantes de dióxido de xofre na industria vitivinícola. Describe o funcionamento deste conservante, as súas propiedades e os seus efectos na calidade do viño e na saúde do consumidor. Resume as metodoloxías analíticas para a súa determinación, a normativa internacional vixente sobre o seu uso e as alternativas propostas pola comunidade científica internacional para a súa substitución. Finalmente, presenta as principais conclusións derivadas do proxecto levado a cabo na IFAPA na procura de alternativas ao dióxido de xofre e describe o futuro do dióxido de xofre e as súas alternativas nas adegas e na investigación.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0fbb0bb4-261a-4c19-97d4-6e8ba8dafeb4</t>
+  </si>
+  <si>
+    <t>Introdución á viticultura ecolóxica en Andalucía</t>
+  </si>
+  <si>
+    <t>Este documento presenta o estado actual da viticultura ecolóxica a nivel nacional e na comunidade autónoma de Andalucía. Tamén aborda a normativa sobre agricultura ecolóxica, con especial énfase no proceso de conversión e na importancia da certificación. Finalmente, inclúe unha análise das distintas axudas e subvencións aplicables.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eafed293-d927-49f5-a55d-991483765307</t>
+  </si>
+  <si>
+    <t>Influencia da mecanización da viña na calidade do mosto e do viño</t>
+  </si>
+  <si>
+    <t>Documento que mostra as consecuencias da mecanización da viña na calidade dos mostos e viños. O ensaio realizouse integramente no IFAPA Rancho de la Merced, desde o cultivo da uva ata a elaboración do viño, durante catro tempadas consecutivas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ca8eeb90-8a27-4e93-92f4-b932c8646ac6</t>
+  </si>
+  <si>
+    <t>O efecto de diferentes tipos de rega na uva Vitis vinifera cv. Syrah cultivada nun clima mediterráneo</t>
+  </si>
+  <si>
+    <t>Documento que mostra os efectos agronómicos, fisiolóxicos e cualitativos de dous tipos de rego localizado en Vitis vinifera cv. Syrah, cultivada nun clima mediterráneo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a01335f2-b574-4fe4-b3f1-ebdc8d25d206</t>
   </si>
   <si>
     <t>Elaboración de viños espumosos ecolóxicos a partir das variedades Pedro Ximénez e Tempranillo</t>
   </si>
   <si>
     <t>Documento que mostra os resultados iniciais dun ensaio que avalía a posibilidade de producir viños espumosos ecolóxicos a partir de uvas Pedro Ximénez e Tempranillo utilizando métodos tradicionais de elaboración de viños espumosos.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a594ce9-9a24-4b21-b390-736ef6b3bc74</t>
   </si>
   <si>
-    <t>O efecto de diferentes tipos de rega na uva Vitis vinifera cv. Syrah cultivada nun clima mediterráneo</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eafed293-d927-49f5-a55d-991483765307</t>
+    <t>Estimación da área foliar mediante un método directo non destrutivo en vides</t>
+  </si>
+  <si>
+    <t>Documento que describe o desenvolvemento dun método directo e non destrutivo para determinar a área foliar dun viñedo. Este método pode ser empregado polos viticultores da comarca de Montilla-Moriles como método de referencia para calcular os índices de crecemento vexetativo dos seus viñedos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/07b73a4f-29b3-425d-bad3-c3e9c0d423c7</t>
   </si>
   <si>
     <t>Estudo de variedades locais e estranxeiras cultivadas na meseta de Granada. Resultados de 2015</t>
   </si>
   <si>
     <t>Este documento describe os resultados da campaña de 2015 sobre o potencial produtivo da variedade local Gordal. Analiza diferentes técnicas de vinificación e avalía o seu impacto nas características físicas, químicas e sensoriais dos viños. Tamén ofrece unha descrición agronómica e enolóxica das variedades locais e foráneas cultivadas na Meseta de Granada.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/19f319c3-6a05-4014-85ee-f5eecb197429</t>
   </si>
   <si>
+    <t>Conservación de viños espumosos ecolóxicos da variedade Pedro Ximénez</t>
+  </si>
+  <si>
+    <t>Documento que describe unha proba de conservación de viños espumosos ecolóxicos da variedade Pedro Ximénez, despois do degüelle dos viños con diferentes conservantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/800d018a-4608-43b6-9bed-39a33a43a78f</t>
+  </si>
+  <si>
     <t>Diversificación de vinagres de envellecemento estático en Andalucía</t>
   </si>
   <si>
     <t>Documento que describe un ensaio estático de envellecemento de dous tipos de vinagre en barrís de carballo americano e francés novos e usados.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ecafe6d2-1eba-4401-8be7-6515129c8791</t>
   </si>
   <si>
-    <t>Conservación de viños espumosos ecolóxicos da variedade Pedro Ximénez</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/07b73a4f-29b3-425d-bad3-c3e9c0d423c7</t>
+    <t>Potencial da variedade Cabernet Sauvignon para a produción de viños rosados</t>
+  </si>
+  <si>
+    <t>Documento que detalla a produción de viños rosados e os resultados obtidos coa variedade Cabernet Sauvignon en catro campañas consecutivas (2011-2014), incluíndo o tempo de maceración.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b7f010a2-1cbd-4dfc-9a7a-81196e3e682d</t>
+  </si>
+  <si>
+    <t>Potencial da variedade Merlot para a produción de viños rosados</t>
+  </si>
+  <si>
+    <t>Documento que detalla a produción de viños rosados e os resultados obtidos coa variedade Merlot en catro campañas consecutivas (2011-2014), incluíndo o tempo de maceración.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/618c0086-73af-422b-a4bc-41a9669fd8d8</t>
+  </si>
+  <si>
+    <t>Potencial da variedade Tempranillo para a produción de viños rosados</t>
+  </si>
+  <si>
+    <t>Documento que detalla a produción de viños rosados e os resultados obtidos coa variedade Tempranillo en catro campañas consecutivas (2011-2014), incluíndo o tempo de maceración.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/892acd73-30bc-4f16-aa1d-a0cf5d4bf96a</t>
+  </si>
+  <si>
+    <t>Potencial da variedade Pinot Noir para a produción de viños rosados</t>
+  </si>
+  <si>
+    <t>Documento que optimiza o tempo de maceración para a elaboración dun viño rosado da variedade Pinot Noir. Detalla a elaboración de viños rosados e os resultados obtidos con esta variedade en catro colleitas consecutivas (2012-2015).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3d111187-d977-47f1-a912-d8fd132bcdab</t>
+  </si>
+  <si>
+    <t>Potencial da variedade Syrah para a produción de viños rosados</t>
+  </si>
+  <si>
+    <t>Documento que optimiza o tempo de maceración para a elaboración dun viño rosado da variedade Syrah. Detalla a elaboración de viños rosados e os resultados obtidos con esta variedade en catro colleitas consecutivas (2012-2015).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/de1458fe-6d3c-40f9-a4e9-aa5b72dd8777</t>
+  </si>
+  <si>
+    <t>Efecto da pendente na calidade do rego localizado</t>
+  </si>
+  <si>
+    <t>Documento que propón un modelo para a avaliación de sistemas de rega localizados para parcelas con pendente no cultivo comercial de amorodos.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4e1ce7a9-caf1-49ea-821d-5233ae618b47</t>
+  </si>
+  <si>
+    <t>Efecto da pendente na calidade do rego e no rendemento dun cultivo de framboesa</t>
+  </si>
+  <si>
+    <t>Documento que ofrece os resultados dun ensaio realizado en 2017 para comprender o efecto da pendente do terreo na uniformidade do rego e o rendemento nun cultivo de framboesa nunha explotación agrícola comercial da provincia de Huelva.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4f28ca7c-9a0c-4cef-9a9a-2fee0691bdc4</t>
   </si>
   <si>
     <t>Rego de oliveiras nun ano con inverno seco. Campaña de 2015</t>
   </si>
   <si>
     <t>Este documento proporciona directrices xerais para a programación do rego do oliveiral en varios escenarios de precipitacións durante a tempada de rega de 2015. As precipitacións nos oliveirais andaluzes durante o presente ano agrícola, ata marzo de 2015, estiveron xeralmente por debaixo da media anual. Nalgúns casos, as precipitacións foron comparables ás dun ano normal ou incluso superiores, aínda que hai moitas outras situacións nas que este inverno seco provocou baixos niveis de almacenamento de auga no solo.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5dcf8732-30b5-4835-97cb-8120dd66a2e0</t>
   </si>
   <si>
-    <t>Efecto da pendente na calidade do rego e no rendemento dun cultivo de framboesa</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b7f010a2-1cbd-4dfc-9a7a-81196e3e682d</t>
+    <t>Caracterización xenotípica e sanitaria de variedades de uva minoritarias prospectadas en Andalucía</t>
+  </si>
+  <si>
+    <t>Debido á súa diversidade e extensión territorial, Andalucía alberga numerosas variedades minoritarias, o que ofrece á viticultura local a oportunidade de diversificar a súa produción de viño. Entre 2020 e 2022, realizouse a identificación molecular en 66 exemplares de cinco zonas vinícolas tradicionais. Empregáronse trece marcadores microsatélites, incluídos os nove recomendados pola OIV. Obtivéronse trinta e un xenotipos distintos, 19 correspondentes a perfís de variedades descritas previamente e os outros 12 non identificados previamente. Os perfís integráronse na base de datos do banco de xermoplasma de vide "Rancho de la Merced". Mediante a análise de diversidade xenética, determináronse os grupos ecoxeográficos dos xenotipos recentemente identificados. Analizouse a presenza de virus mediante probas ELISA para obter clons certificables no caso de que estas variedades fosen autorizadas para o seu cultivo no futuro.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99ff40d0-016b-4dda-8219-32032a95a716</t>
+  </si>
+  <si>
+    <t>Sementeira de xirasol de inverno: aumento da rendibilidade e adaptación ao cambio climático</t>
+  </si>
+  <si>
+    <t>Debido ao cambio climático, espérase un quecemento significativo no sur de Europa, con aumentos significativos das temperaturas medias do verán (en 6 °C en comparación coas temperaturas de finais de século) e diminucións substanciais das precipitacións de primavera e verán. As ondas de calor, os períodos de seca, as choivas torrenciais e as tormentas eléctricas (fenómenos extremos) ocorrerán con máis frecuencia (IPCC 2014). Por este motivo, os agricultores tenden cada vez máis a adiantar a sementeira uns 45 días (en xaneiro en lugar de marzo) para aumentar os rendementos e a rendibilidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2feb123e-515d-477f-af74-358c9d57dad4</t>
+  </si>
+  <si>
+    <t>Avaliación de variedades de amorodo: resultados obtidos en cultivo convencional con solo desinfectado quimicamente. Campaña de cultivo 2017/2018</t>
+  </si>
+  <si>
+    <t>Dentro da Rede Andaluza de Experimentación Agraria (RAEA), durante a campaña 2017/2018, a IFAPA caracterizou, tanto a nivel agronómico como de calidade, un grupo de 12 variedades seleccionadas entre as dispoñibles actualmente no mercado procedentes de diferentes programas de mellora.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6ae95124-1e60-4f63-ad14-d3d39d16ec28</t>
+  </si>
+  <si>
+    <t>Avaliación de variedades de amorodo en cultivo convencional con solo desinfectado quimicamente. Campaña de cultivo 2018/2019</t>
+  </si>
+  <si>
+    <t>Dentro da Rede Andaluza de Experimentación Agraria (RAEA), durante a campaña 2018/2019, a IFAPA caracterizou, tanto a nivel agronómico como de calidade, un grupo de 12 variedades seleccionadas entre as dispoñibles actualmente no mercado procedentes de diferentes programas de mellora.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/82a719b4-e436-4916-ab33-d1c0de87a014</t>
+  </si>
+  <si>
+    <t>Asociacionismo e mercadotecnia. Módulo VI.</t>
+  </si>
+  <si>
+    <t>Como parte do Programa para a Incorporación de Mozos a Empresas Agrarias, este manual didáctico, correspondente ao "Módulo VI: Asociacións e Comercialización", aborda aspectos relacionados coas formas asociativas do sector agrario, como as sociedades cooperativas, as sociedades agrarias de transformación e outros tipos de empresas. Céntrase especificamente nas cooperativas, dada a súa significativa importancia en Andalucía. Tamén introduce o alumnado nos procesos de comercialización e venda de produtos da cadea alimentaria, co obxectivo de promover a profesionalización e garantir as esixencias de seguridade alimentaria da sociedade actual.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c08af92-cc09-4f8a-a167-912342d6ef4c</t>
+  </si>
+  <si>
+    <t>Implementación e xestión dunha cuberta vexetal de crecemento lento mediante plantación en franxas: Brachypodium distachyon</t>
+  </si>
+  <si>
+    <t>Descrición da técnica para a implantación dunha cuberta vexetal de crecemento lento nun olivar. As especies anuais de crecemento lento empregadas como cuberta vexetal plurianual pódense plantar máis facilmente sementándoas en franxas estreitas, protexidas a ambos os dous lados por franxas de especies de crecemento máis rápido, conseguindo así unha mellor protección do solo e menos erosión durante os primeiros meses. A técnica de sementeira en franxas é sinxela, moi económica para o agricultor e reduce considerablemente o risco de perder as especies de crecemento lento en caso de choivas torrenciais que poderían causar erosión e desarraigo das plantas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c4a3e4c5-56a9-4675-9859-5ae0a1445b57</t>
+  </si>
+  <si>
+    <t>Proceso de infección por Rosellinia necatrix no aguacate</t>
+  </si>
+  <si>
+    <t>Descrición do proceso de infección e as medidas de control da *Rosellinia necatrix*, o axente causante da podremia branca da raíz nos cultivos de aguacate.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/843a257a-c6c9-4641-b341-1941b6dbbf19</t>
   </si>
   <si>
     <t>Calidade nos garavanzos</t>
   </si>
   <si>
     <t>Desde tempos antigos, cultiváronse diferentes tipos e calidades de garavanzo (Cicer arietinum L.) na conca mediterránea para o seu uso como leguminosa seca para o consumo humano. O termo "calidade" é subxectivo e depende de varios parámetros. Este documento ofrece unha aproximación da calidade baseada no operador ou parte interesada na semente. O obxectivo final é identificar os trazos máis importantes que definen a calidade en termos xerais, establecendoos como criterios previos á reprodución.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/65395456-5e71-4f53-a752-2cdc3b7750b8</t>
   </si>
   <si>
-    <t>Avaliación de variedades de amorodo: resultados obtidos en cultivo convencional con solo desinfectado quimicamente. Campaña de cultivo 2017/2018</t>
-[...16 lines deleted...]
-  <si>
     <t>Potencial da variedade Garnacha para a produción de viños rosados</t>
   </si>
   <si>
     <t>Documento que detalla a produción de viños rosados da variedade garnacha. Nel recóllense os resultados obtidos con esta variedade en catro campañas consecutivas (2011-2014).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/36dac92f-6d76-4336-acbf-b2a9d8a60e33</t>
   </si>
   <si>
-    <t>Proceso de infección por Rosellinia necatrix no aguacate</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99ff40d0-016b-4dda-8219-32032a95a716</t>
+    <t>Análise foliar para o diagnóstico nutricional de plantacións de aguacate. Mostraxe</t>
+  </si>
+  <si>
+    <t>Comprender a importancia e a lóxica da análise foliar é útil para implementar un programa de fertilización axeitado. O momento e as características da mostra tomada son esenciais para un diagnóstico correcto, xa que a variación nutricional da planta dependerá da especie, así como da idade e posición da folla.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/173568a2-8844-49a7-a873-da0f7139fbe0</t>
   </si>
   <si>
     <t>Análise foliar para o diagnóstico nutricional de plantacións de manga. Mostraxe</t>
   </si>
   <si>
     <t>Comprender a importancia e a lóxica da análise foliar é útil para implementar un programa de fertilización axeitado. O momento e as características da mostra tomada son esenciais para un diagnóstico correcto, xa que a variación nutricional da planta depende da especie, así como da idade e posición da folla. Polo tanto, este documento establece a metodoloxía a seguir á hora de tomar mostras foliares para o diagnóstico nutricional das plantacións de aguacate.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b1ae7623-e5f1-438d-bb86-2626b6260b32</t>
   </si>
   <si>
-    <t>Análise foliar para o diagnóstico nutricional de plantacións de aguacate. Mostraxe</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/173568a2-8844-49a7-a873-da0f7139fbe0</t>
+    <t>Comezo dun sistema acelerado de mellora xenética do trigo</t>
+  </si>
+  <si>
+    <t>Conseguir múltiples xeracións de plantas ao ano é un dos métodos implementados para acelerar os programas de mellora e acurtar o tempo para obter novas variedades adaptadas ás condicións de crecemento cambiantes. O proxecto "Mellora xenética e xestión sostible de cultivos herbáceos extensivos nun escenario de cambio climático" (AVA23.INV2023.003) propón, entre outras cousas, a incorporación de xenes de resistencia á ferruxe amarela en variedades de trigo panificable e o desenvolvemento dunha estratexia de mellora acelerada mediante cultivo forzado nunha cámara climática. Este traballo avaliou a posibilidade de desenvolver un sistema de mellora acelerada do trigo utilizando a infraestrutura xa dispoñible no IFAPA (Instituto de Investigación Agraria) de Córdoba, co obxectivo de obter polo menos tres xeracións ao ano, o que permitiría un progreso máis rápido no programa de mellora.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1fc6f986-807e-4727-865e-af529afef891</t>
+  </si>
+  <si>
+    <t>Guía de cultivo de colza</t>
+  </si>
+  <si>
+    <t>Tendo en conta a expansión que tivo o cultivo de colza (Brassica napus) en Andalucía, onde a superficie cultivada aumentou de aproximadamente 1.000 hectáreas en 2014 a máis de 17.000 hectáreas en 2017, o IFAPA considerou reeditar unha actualización da "Guía de Cultivo de Colza" que foi realizada en 2009 por investigadores do Centro IFAPA de Córdoba. O obxectivo é recompilar estudos realizados sobre fertilizantes e densidades de sementeira, así como os resultados obtidos nos últimos anos nos ensaios de colza da RAEA de novas variedades co sistema Clearfield que se caracterizan pola súa resistencia a herbicidas da familia das imidazolinonas, e que abren un novo futuro para este cultivo ao permitir, con tratamentos de postemerxencia, o control de gramíneas e herbas daniñas de folla ancha.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/60f346e5-f6ed-4eb2-8fb9-f5ba633457b6</t>
   </si>
   <si>
     <t>Resultados dos ensaios varietais de amorodo. Sistema de cultivo convencional. Campaña 2014/2015.</t>
   </si>
   <si>
     <t>Continuando a serie de proxectos iniciados na campaña de 2007, esta rede de ensaios está a levar a cabo unha avaliación agronómica das variedades comerciais de amorodo máis empregadas en Huelva. Estas variedades cultívanse mediante sistemas de cultivo convencionais e plántanse en dúas datas: temperá (9 de outubro) e estándar (23 de outubro). Estudouse a influencia da data de plantación nos parámetros considerados máis importantes para os agricultores, tanto os relacionados coa produción como coa calidade.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b385d791-936c-411b-9f6c-18546dfe1d29</t>
   </si>
   <si>
     <t>Resultados das probas de variedades de amorodo. Sistema de cultivo sen solo. Tempada de cultivo 2014-2015</t>
   </si>
   <si>
     <t>Continuando a serie de proxectos iniciados na campaña de 2007, esta rede de ensaios está a levar a cabo unha avaliación agronómica das variedades comerciais de amorodo máis empregadas en Huelva. Estas variedades cultívanse mediante sistemas de cultivo sen solo e plántanse en dúas datas: temperá (10 de outubro) e estándar (22 de outubro). Estudouse a influencia da data de plantación nos parámetros considerados máis importantes para os agricultores, tanto os relacionados coa produción como coa calidade.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b554969d-0506-4908-9911-d9ac6b08fd94</t>
   </si>
   <si>
+    <t>Patrón de acumulación de aceite en tres variedades de oliveira</t>
+  </si>
+  <si>
+    <t>Dada a importancia para os agricultores de coñecer o momento óptimo para a colleita da oliva para obter a maior produción de aceite e a mellor calidade, este artigo describe un estudo realizado nun olivar da provincia de Córdoba, onde se avaliou o comportamento de acumulación de aceite de tres variedades de oliveira: Hojiblanca, Arbequina e Koroneiki.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1c14087b-0e04-4c43-b6e5-288e13f0f8b8</t>
+  </si>
+  <si>
     <t>Avaliación do comportamento agronómico de diferentes portaenxertos e variedades de cítricos, aptos para a industria, nas condicións das marismas do baixo río Guadalquivir</t>
   </si>
   <si>
     <t>Debido ás novas directrices da PAC, está a ser cuestionada a viabilidade e a continuidade dalgúns cultivos tradicionais no baixo río Guadalquivir. Polo tanto, é necesaria a introdución de cultivos alternativos adaptados á zona, capaces de alcanzar altos niveis de produtividade e rendibilidade. Ata a data, non existe experiencia na zona co cultivo de cítricos en marismas con graves problemas de asfixia das raíces. O obxectivo final deste estudo foi establecer a viabilidade do cultivo de cítricos en condicións de solo arxiloso con risco de encharcamento.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/33603278-e96a-4a24-b1c8-60ac35029e31</t>
   </si>
   <si>
-    <t>Patrón de acumulación de aceite en tres variedades de oliveira</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1fc6f986-807e-4727-865e-af529afef891</t>
+    <t>Ensaio de herbicida preemerxente contra Centaurea diluta en trigo duro</t>
+  </si>
+  <si>
+    <t>A Centaurea diluta Aiton, coñecida comunmente como vasoira, é unha especie da familia das Compostae que está a supoñer problemas cada vez maiores nos cultivos herbáceos do rural andaluz. O control con herbicidas de postemerxencia é problemático precisamente pola súa emerxencia escalonada e o seu rápido crecemento. O obxectivo desta publicación foi avaliar a eficacia de 15 tratamentos con herbicidas de preemerxencia en trigo duro contra a Centaurea diluta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b390f233-184a-4831-a1ff-9502ee32a9e4</t>
+  </si>
+  <si>
+    <t>Xestión de residuos de cultivos de algodón para o control da verme rosa da cápsula (Pectinophora gossypiella)</t>
+  </si>
+  <si>
+    <t>Cereais, sementes oleaxinosas e cultivos proteicos</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4bb76f1-58ad-4599-b345-dd2e86d6435d</t>
+  </si>
+  <si>
+    <t>Influencia do sistema de cultivo na produción varietal de amorodo. Campaña de cultivo 2020/2021. Calidade II</t>
+  </si>
+  <si>
+    <t>Como resultado da implementación eficiente dun número crecente de programas de mellora, agora hai dispoñible unha ampla gama de variedades de amorodo. Dada esta ampla oferta, a produtividade e a calidade da froita son parámetros clave para os produtores e técnicos á hora de seleccionar as variedades para cultivar, sendo a calidade o principal parámetro para os consumidores. Este artigo presenta os resultados organolépticos e de calidade poscolleita de doce variedades de amorodo cultivadas en diferentes sistemas de cultivo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/759d0914-a699-4ac7-afe3-e1e0f94bf356</t>
+  </si>
+  <si>
+    <t>Recomendacións para calcular o volume de aplicación de tratamentos fitosanitarios no cultivo de tomate en invernadoiro</t>
+  </si>
+  <si>
+    <t>Para adaptar o volume da mestura fitosanitaria ao desenvolvemento do cultivo, desenvolvéronse unha serie de ferramentas (táboas e gráficos) para estimalo para tomates de invernadoiro, baseándose en parámetros xeométricos facilmente medibles da masa vexetal e do equipo de tratamento empregado. Este documento presenta estas ferramentas e explica o seu uso. Tamén está dispoñible unha aplicación informática que facilita o cálculo e que se pode atopar na sección "Recursos de formación" do sector "Horticultura" deste portal SERVIFAPA, denominada "Aplicación GreenRate".</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f7444bca-78ca-474f-975f-5671d686034a</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de variedades de algodón en Andalucía. Campaña de cultivo 2020/21</t>
+  </si>
+  <si>
+    <t>Co fin de promover a investigación sobre o cultivo do algodón en Andalucía e en resposta ao desexo do sector algodoeiro de avanzar no coñecemento das variedades adaptadas ao interese maioritario dos agricultores, o Instituto Andaluz de Investigación e Formación en Agricultura, Pesca, Alimentación e Produción Ecolóxica (IFAPA), xunto co Colectivo de Algodoneiros do Sur de Andalucía (COALSA SL), Protección e Tecnoloxía Vexetal (FITESA) e Semillas del Guadalquivir (GUADALSEM), uniron esforzos para levar a cabo o proxecto de desenvolvemento experimental denominado "Mellora do coñecemento da adaptación agroclimática das variedades de algodón en Andalucía".</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/62a7f19e-294e-4adf-8334-5d37ebae9cef</t>
+  </si>
+  <si>
+    <t>Avaliación de variedades de arandos en cultivo convencional</t>
+  </si>
+  <si>
+    <t>Co fin de comprender e comparar as variedades de arandos dispoñibles gratuitamente, proponse a seguinte liña de traballo, "Prospección de variedades de arandos dispoñibles gratuitamente. Avaliación agronómica nas condicións de cultivo da provincia de Huelva", no marco do Proxecto de Transferencia Sectorial "TRA201600.5: Experimentación e transferencia no cultivo de amorodos e outros froitos vermellos". Este traballo presenta os datos iniciais obtidos desta nova liña de investigación da IFAPA, que caracterizou un total de cinco variedades seleccionadas entre as dispoñibles gratuitamente actualmente no mercado.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eefa83a8-4622-408e-b057-4f4b633aee0e</t>
   </si>
   <si>
     <t>Estimación da biomasa e do rendemento en cultivos herbáceos mediante teledetección</t>
   </si>
   <si>
     <t>Coñecer a biomasa e o rendemento dun cultivo é moi útil para avaliar diferentes prácticas de xestión en parcelas agrícolas, como a aplicación de fertilizantes, o rego ou o uso de pesticidas. Tamén serve para cuantificar o impacto do quecemento global no desenvolvemento e a colleita dos cultivos, ou para identificar xenotipos óptimos nos programas de mellora de cultivos. Un método para estimar esta biomasa baséase na eficiencia do uso da luz das plantas, que relaciona a produción de materia seca coa radiación incidente, e na eficiencia da vexetación no uso desta enerxía.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/50a7bf19-b3bb-4b12-b5c0-1058001bcdb0</t>
   </si>
   <si>
-    <t>Avaliación de variedades de arandos en cultivo convencional</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/62a7f19e-294e-4adf-8334-5d37ebae9cef</t>
+    <t>Resultados de 2 ensaios de xirasol en sementeira de inverno con alta densidade de plantación. Campaña de 2015</t>
+  </si>
+  <si>
+    <t>Avance dos resultados de dous ensaios con xirasol en sementeira de inverno con alta densidade de plantación sobre a eficacia da sementeira temperá de alta densidade utilizando variedades de xirasol resistentes á imidazolinona (IMI) e variedades con tecnoloxía ExpressSun™, que se caracterizan pola súa tolerancia ao herbicida "tribunurón-metilo".</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0d3524be-e687-47fb-b590-b7d7edf2375b</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con novas variedades de trigo común en Andalucía Campaña 2019/2020</t>
+  </si>
+  <si>
+    <t>Cada ano engádense novas variedades de trigo brando ao Rexistro de variedades, xa sexa mediante</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0cf36485-bcec-48bb-ba53-72f3984e3ae1</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios con novas variedades de trigo duro en Andalucía Campaña 2019/2020</t>
+  </si>
+  <si>
+    <t>Cada ano engádense novas variedades de trigo duro ao Rexistro de variedades, xa sexa mediante</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ba3c1866-a84c-4f45-ba35-3ccbf3d74213</t>
+  </si>
+  <si>
+    <t>Avaliación de variedades de amorodo: resultados obtidos en cultivo ecolóxico. Campaña 2017/2018</t>
+  </si>
+  <si>
+    <t>Cada ano, a IFAPA, dentro da Rede Andaluza de Experimentación Agraria (RAEA), realiza a caracterización agronómica e de calidade de diferentes variedades de amorodo en diferentes sistemas de cultivo. Este estudo ten como obxectivo xerar información que poida ser útil para facilitar a selección varietal dada a ampla gama actual de variedades dispoñibles. Este artigo presenta os resultados obtidos durante a campaña 2017/2018, durante a cal se caracterizaron doce variedades en condicións de cultivo ecolóxico.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6bc6dd92-e363-4b1c-8497-0ea612f82e05</t>
+  </si>
+  <si>
+    <t>Avaliación de variedades de amorodo: resultados obtidos en cultivo ecolóxico. Campaña de cultivo 2018/2019</t>
+  </si>
+  <si>
+    <t>Cada ano, a IFAPA, dentro da Rede Andaluza de Experimentación Agraria (RAEA), realiza a caracterización agronómica e de calidade de diferentes variedades de amorodo en diferentes sistemas de cultivo. Con isto preténdese xerar información que poida ser útil para facilitar a selección varietal dada a ampla gama de variedades dispoñibles na actualidade.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9314bad7-caa7-4d9e-8069-ff458d7c0c55</t>
+  </si>
+  <si>
+    <t>Avaliación de variedades de amorodo en cultivos ecolóxicos e convencionais. Campaña de cultivo 2019/2020</t>
+  </si>
+  <si>
+    <t>O Instituto de Investigación e Formación Agraria (Consellería de Agricultura, Gandería, Pesca e Desenvolvemento Sostible, Xunta de Andalucía) realiza anualmente, dentro da Rede Andaluza de Experimentación Agraria, unha caracterización agronómica e de calidade de diferentes variedades de amorodo en diferentes sistemas de cultivo. Este traballo ten como obxectivo xerar información que poida ser útil para facilitar a selección varietal dada a ampla gama actual de variedades dispoñibles. Neste traballo preséntanse os resultados obtidos durante a campaña 2019/2020 con doce variedades en condicións de cultivo fóra do solo, tanto ecolóxico como convencional con solo desinfectado quimicamente.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/742cbbec-4298-4195-be0c-e97d3a834ee6</t>
   </si>
   <si>
     <t>Influencia do sistema de cultivo nas variedades de amorodo. Campaña de cultivo 2021/2022. I. Parámetros de produción.</t>
   </si>
   <si>
     <t>Un número crecente de empresas están a desenvolver programas de mellora para obter variedades de amorodo para a produción na provincia de Huelva e outras zonas con características similares. Como en anos anteriores, esta campaña 2021-22, o Instituto Andaluz de Investigación e Formación en Agricultura, Pesca e Produción Ecolóxica (Ifapa) realizou un ensaio para avaliar a adaptación de diferentes variedades de amorodo a diferentes sistemas de cultivo. Avaliáronse as características relacionadas coa produción de 16 variedades. Os obxectivos deste traballo son: 1. Comparar parámetros relacionados coa produción entre as variedades probadas. 2. Estudar o efecto de catro sistemas de cultivo: cultivo convencional con solo desinfectado quimicamente, cultivo sen solo, cultivo sen desinfección e cultivo ecolóxico. 3. Xerar información destinada a facilitar a selección varietal dada a ampla gama de ofertas actuais e as demandas dos mercados tanto nacionais como internacionais.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b3a04f44-5b15-42ab-8e45-1eacce6c3924</t>
   </si>
   <si>
-    <t>Avaliación de variedades de amorodo en cultivos ecolóxicos e convencionais. Campaña de cultivo 2019/2020</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9314bad7-caa7-4d9e-8069-ff458d7c0c55</t>
+    <t>Aplicación de técnicas de solarización e biofumigación en cultivos de amorodos</t>
+  </si>
+  <si>
+    <t>Dada a crítica situación legal relativa aos ingredientes activos de orixe química empregados principalmente como desinfectantes do solo para os amorodos, é necesario continuar traballando no desenvolvemento de técnicas de desinfestación física/biolóxica (como a biosolarización/biofumigación) que proporcionen aos agricultores ferramentas potenciais para este aspecto do cultivo, no caso de prohibición ou restrición do uso das opcións empregadas na actualidade. Este é precisamente o obxectivo principal desta liña de traballo, que pon especial énfase no uso das técnicas mencionadas aplicadas directamente ao cumio do cultivo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e2bf89a-d401-41fb-9cf7-a3b36b80f28f</t>
   </si>
   <si>
     <t>Eficacia das técnicas de desinfestación química do solo e biosolarización no control das poboacións de patóxenos do amorodo e a incidencia de enfermidades. Influencia dos tratamentos no rendemento das colleitas.</t>
   </si>
   <si>
     <t>Dada a crítica situación legal relativa aos ingredientes activos empregados principalmente como desinfectantes do solo para a produción de amorodos, é necesario avaliar e promover outras ferramentas químicas que permitan unha desinfestación eficaz do solo, ou innovar na aplicación dalgunhas xa coñecidas para aumentar a súa eficacia. Os resultados mostrados corresponden a ensaios realizados durante a campaña 2016/2017.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8535f915-334e-4ccd-a438-344bc6005641</t>
   </si>
   <si>
+    <t>Resultados dos ensaios de colza en Andalucía. Campaña de cultivo 2020-2021</t>
+  </si>
+  <si>
+    <t>Dada a necesidade de alternativas viables para o rural andaluz, a IFAPA continúa a súa rede de ensaios varietais de colza (Brassica napus), co obxectivo de proporcionar aos agricultores respostas sobre diversos aspectos relacionados coas técnicas de cultivo, o rendemento das novas variedades Clearfield, a eficacia de novos herbicidas, a resistencia ás enfermidades e os tratamentos de control de enfermidades. Resultados dos ensaios de nove variedades comerciais de colza, realizados nas localidades de Córdoba e Montemayor (Córdoba) durante a campaña 2020-2021.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bf40c1f8-c578-403b-8ac2-c2b56fef660b</t>
+  </si>
+  <si>
+    <t>Resultados dos ensaios de colza en Andalucía. Campaña 2019-2020</t>
+  </si>
+  <si>
+    <t>En resposta á necesidade de alternativas viables para os agricultores andaluces, a IFAPA continúa a súa rede de ensaios con colza (Brassica napus), co obxectivo de proporcionarlles aos agricultores respostas sobre diversos aspectos relacionados coas técnicas de cultivo, o rendemento de novas variedades (Clearfield), a eficacia de novos herbicidas, a resistencia ás enfermidades e os tratamentos para o seu control.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e8f90107-c1bf-406d-a139-d6c12120a975</t>
+  </si>
+  <si>
     <t>Ensaios de variedades de colza en Andalucía. Campaña de cultivo 2021/22</t>
   </si>
   <si>
-    <t>En resposta á necesidade de alternativas viables para os agricultores andaluces, a IFAPA continúa a súa rede de ensaios con colza (Brassica napus), co obxectivo de proporcionarlles aos agricultores respostas sobre diversos aspectos relacionados coas técnicas de cultivo, o rendemento de novas variedades (Clearfield), a eficacia de novos herbicidas, a resistencia ás enfermidades e os tratamentos para o seu control.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dfb3f120-3430-4d24-b906-7f5830dbf275</t>
   </si>
   <si>
-    <t>Resultados dos ensaios de colza en Andalucía. Campaña de cultivo 2020-2021</t>
-[...13 lines deleted...]
-  <si>
     <t>Criterios xerais para o establecemento dunha plantación de aguacate</t>
   </si>
   <si>
     <t>Antes de establecer unha plantación de aguacate, é fundamental comprender os seus requisitos edafolóxicos e climáticos e garantir que as características da parcela cumpran estes requisitos para un cultivo rendible. A elección da variedade ou variedades que se plantarán, así como o deseño da plantación (marcos de plantación, colocación dos polinizadores, etc.), están influenciados por varios criterios que deben terse en conta para o establecemento exitoso da plantación. Do mesmo xeito, a preparación do solo antes da plantación, o momento da plantación e a xestión inicial do cultivo son aspectos clave descritos neste documento.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c96eb60-dbf8-46a4-b089-02445da7432e</t>
   </si>
   <si>
-    <t>Aplicación de técnicas de solarización e biofumigación en cultivos de amorodos</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e2bf89a-d401-41fb-9cf7-a3b36b80f28f</t>
+    <t>Determinación do momento óptimo de colleita para as oliveiras</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5b1d21be-6929-4153-a443-8791ed15e90f</t>
+  </si>
+  <si>
+    <t>Influencia do agroambiente nas características relacionadas coa produción nas variedades de amorodo. Campaña de cultivo 2022/2023</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f2aee712-9385-4db5-ac42-c7bcde86e4db</t>
+  </si>
+  <si>
+    <t>Comercialización de cítricos en orixe en Andalucía</t>
+  </si>
+  <si>
+    <t>Baseándose nunha enquisa realizada a 203 produtores de cítricos de Andalucía, os principais canais e</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a89442cc-ee1d-4ad3-9217-0157e1d95f65</t>
+  </si>
+  <si>
+    <t>Estarían dispostos os regadores a pagar para mellorar a garantía do subministro de auga de regadío?</t>
+  </si>
+  <si>
+    <t>Análise da disposición a pagar dos regadores para mellorar a seguridade do subministro de auga de rega. A metodoloxía empregada é a técnica de valoración de experimentos de elección para o estudo de caso da Comunidade de Regadores de Santaella (Genil-Cabra). Os resultados mostran que pouco máis da metade dos regadores están dispostos a pagar para mellorar esta garantía, identificando claramente tres clases: os que non están dispostos a pagar, os que teñen baixa disposición a pagar (principalmente debido a unha redución da variabilidade no subministro de auga de rega recibido) e os que teñen alta disposición a pagar (tanto para reducir a variabilidade como para aumentar o subministro medio). Ademais, identifícanse os factores relacionados coas características da explotación e do agricultor que determinan a pertenza a cada clase. Os resultados obtidos son relevantes desde a perspectiva dos responsables políticos, o que lles permite deseñar instrumentos eficientes no contexto actual do cambio climático.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cac43e9d-0276-4da1-9b32-1e1642577300</t>
+  </si>
+  <si>
+    <t>Programas agroambientais baseados en resultados: disposición dos olivicultores a participar.</t>
+  </si>
+  <si>
+    <t>Análise da disposición dos olivicultores en oliveiras en pendente a participar en programas agroambientais baseados en resultados, incluíndo a monitorización baseada case exclusivamente en información satelital, nas comarcas agrícolas de Los Pedroches, Sierra de Córdoba, Penibética, Montefrío e Sierra Sur.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/455ae087-4e77-4715-aabe-dd91781aa141</t>
+  </si>
+  <si>
+    <t>Coñecemento e consumo de aceite de oliva virxe extra</t>
+  </si>
+  <si>
+    <t>Análise do nivel de coñecemento sobre o aceite de oliva virxe extra e a súa relación co consumo.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34db5b78-2aed-410a-a27c-4086f00e031a</t>
   </si>
   <si>
     <t>Recomendacións para a elaboración de queixo de cabra andaluz</t>
   </si>
   <si>
     <t>Andalucía é o principal produtor de leite de cabra en España e un dos máis altos de toda a conca mediterránea. O leite procede de razas autóctonas (Payoya, Málaga, Murciano-Granadina e Florida) estreitamente asociadas a modelos de explotación extensiva e semiextensiva. O queixo curado obtido con este leite é un produto distintivo, cun valor engadido derivado da súa calidade, o que o sitúa no segmento de alimentación gourmet. Este traballo establece recomendacións básicas durante as diferentes etapas de produción para obter un produto óptimo desde unha perspectiva tecnolóxica, nutricional e sensorial.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a756a99c-b8a1-4563-b8db-ec932f7f7eaf</t>
   </si>
   <si>
-    <t>Comercialización de cítricos en orixe en Andalucía</t>
-[...46 lines deleted...]
-  <si>
     <t>Avances no desenvolvemento de alternativas non químicas para a desinfestación do solo no cultivo de amorodos</t>
   </si>
   <si>
     <t>Dada a crítica situación legal relativa aos ingredientes activos de orixe química, empregados principalmente como desinfestantes do solo no cultivo de amorodos, é necesario continuar a investigar alternativas de desinfestación física/biolóxica que proporcionen aos agricultores ferramentas potenciais para este aspecto do cultivo, no caso de prohibición ou restrición do uso das opcións empregadas na actualidade. O documento presenta os resultados da campaña 2016-2017 a partir de ensaios realizados na Granxa El Cebollar (Moguer, Huelva).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4f42c482-3acb-4e4f-ba31-a30e36dc5613</t>
   </si>
   <si>
+    <t>Enfermidades da madeira de améndoa: podremia da Botryosphaeria</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1d329c8b-3161-4640-b8e1-fc60042778bf</t>
+  </si>
+  <si>
+    <t>Xestión sostible das enfermidades da madeira nas amendoeiras</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ecb04f2d-dc76-405e-b0e2-a87c034078c5</t>
+  </si>
+  <si>
+    <t>Cara a un control sostible das enfermidades da améndoa causadas por fungos da familia Botryosphaeriaceae.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f21f6890-576f-4af9-9bee-70a686df9b84</t>
+  </si>
+  <si>
+    <t>Enfermidades fúnxicas da madeira, unha ameaza para cultivos economicamente importantes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/837af9a0-9266-4f73-a770-4e3cf5077570</t>
+  </si>
+  <si>
     <t>Distribución varietal estimada no cultivo de amorodo en Huelva. Campaña de cultivo 2019/2020</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d48ac270-b013-4ff9-b8db-678256040557</t>
   </si>
   <si>
     <t>Determinación da estabilidade oxidativa e da composición ácida do aceite de oliva mediante NIRS</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34e9a62f-934a-480b-8e71-e3d430c04fc7</t>
   </si>
   <si>
     <t>Influencia do agroambiente nos trazos relacionados coa calidade das variedades de amorodo. Campaña de cultivo 2022/2023</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51c950ee-7143-4b0e-95bb-9ae3c23ed0bf</t>
   </si>
   <si>
-    <t>Enfermidades da madeira de améndoa: podremia da Botryosphaeria</t>
-[...22 lines deleted...]
-  <si>
     <t>AKISPlataforma.es recomenda GO SIMBIOLIVA</t>
   </si>
   <si>
     <t>Innovación na cadea agroalimentaria con GO SIMBIOLIVA Dende @akisplataforma, seguimos conectándovos coas últimas novidades en innovación agroalimentaria. Esta semana destacamos o Grupo Operativo SIMBIOLIVA, un proxecto que aposta pola #biotecnoloxía como motor da economía circular no tratamento do alperuxo, un subproduto clave na industria do aceite de oliva. Descubre os seus avances e como están a transformar a sustentabilidade no sector. Non perdas o seu contido na súa canle de YouTube! https://www.youtube.com/@GOSIMBIOLIVA e a información web do proxecto: https://simbioliva.grupooperativo.es/ #EconomíaCircular #InnovaciónAgroalimentaria #Biotecnoloxía</t>
   </si>
   <si>
     <t>https://youtu.be/GAp5pO3YDyg</t>
   </si>
   <si>
     <t>AKISPlataforma.es recomenda GO VITICAST</t>
   </si>
   <si>
     <t>Hoxe recomendámosvos o vídeo publicado recentemente do Webinar cos resultados do Grupo Operativo de VITICAST, dedicado a atopar solucións innovadoras para a predicción de enfermidades fúnxicas nas vides. Neste vídeo, podedes ver a presentación inicial que describe os detalles do proxecto. O resto do vídeo está dispoñible nesta ligazón, publicada na canle de @Monetviticultura: https://youtu.be/VNiuC6uOXVQ Tamén podedes acceder a toda a información sobre este proxecto na páxina web de GO VITICAST: https://ctaex.com/transferencia-tecnologica/GOS-vitinnat E a través da lista de Grupos Operativos e Proxectos Innovadores da Plataforma Asesora AKIS: https://akisplataforma.es/proyectos #innovation #agriculture #agriculturalinnovation #agropecuaryinnovation #sustainableagricultura</t>
   </si>
   <si>
     <t>https://youtu.be/4iMdtwuQPhE</t>
   </si>
   <si>
     <t>A plataforma AKIS recomenda GO MICOALGA FEED</t>
   </si>
   <si>
     <t>Dende @akisplataforma, traémosvos máis contido sobre proxectos innovadores no ámbito da #innovación agrícola, gandeira e agroalimentaria. Hoxe destacamos o proxecto MICOALGA FEED, que busca reducir o uso de antibióticos na gandería mediante pensos naturais a base de algas e fungos. Máis información sobre este proxecto en: https://micoalga-feed.es/ e na súa canle de YouTube: https://www.youtube.com/channel/UCEPXuaGChsgStoluL8tHMeQ</t>
   </si>
   <si>
     <t>https://youtu.be/SxQRvUfX0iU</t>
@@ -6554,68 +7340,56 @@
   <si>
     <t>Inventario de proxectos innovadores executados por grupos operativos supraautonómicos da Asociación Europea de Innovación para a Produtividade e Sostibilidade Agrícolas do Programa Nacional de Desenvolvemento Rural (PNDR) 2014-2022, submedida 16.2.</t>
   </si>
   <si>
     <t>Avisos sobre pragas e enfermidades das plantas, Presenza de Cydalima perspectalis, un lepidóptero defoliador asociado ao xénero Buxus spp.; Os exemplares de buxo (Buxus sempervirens) están a ser afectados en Asturias</t>
   </si>
   <si>
     <t>Eiruga defoliadora moi voraz que pode provocar o secado e a morte das plantas afectadas.</t>
   </si>
   <si>
     <t>https://www.asturias.es/documents/217090/1859119/Articulo-plaga-buxus-pen-iberica.pdf/5c8e5568-3691-be9b-dfb0-47f0a943dfed?t=1667479003151</t>
   </si>
   <si>
     <t>Informe anual 2023</t>
   </si>
   <si>
     <t>O Instituto de Recursos Naturais e Agrobioloxía de Sevilla (IRNAS) é un centro de investigación experimental nas áreas de Ciencias Agrarias e Recursos Naturais.</t>
   </si>
   <si>
     <t>https://www.irnas.csic.es/wp-content/uploads/2024/06/MEMORIA_IRNAS_2023.pdf</t>
   </si>
   <si>
     <t>Arando</t>
   </si>
   <si>
-    <t>Podcast</t>
-[...1 lines deleted...]
-  <si>
     <t>Agricultura, gandería e programa agroalimentario actual.</t>
   </si>
   <si>
     <t>https://www.ivoox.com/podcast-arada_sq_f1308280_1.html</t>
   </si>
   <si>
-    <t>Somos ecolóxicos</t>
-[...7 lines deleted...]
-  <si>
     <t>EFE-Agro Mundo Rural</t>
   </si>
   <si>
     <t>Audios relacionados coa agricultura e a gandería.</t>
   </si>
   <si>
     <t>https://www.ivoox.com/podcast-mundo-rural_sq_f174949_1.html</t>
   </si>
   <si>
     <t>Enfermidades das leguminosas. Roia das leguminosas</t>
   </si>
   <si>
     <t>AXENTE CAUSANTE: A ferruxe das leguminosas refírese a varias enfermidades causadas por fungos do xénero Uromyces. Son parasitos obrigados, a maioría especializados, e cada especie ou subespecie ataca un cultivo diferente (ferruxe da faba, ferruxe do chícharo, ferruxe da faba, ferruxe da alfalfa, etc.). A ferruxe da faba tamén afecta aos chícharos, ás lentellas, á veza e a outros. A parte aérea da planta cóbrese de manchas redondas e oxidadas nas follas, alongadas nos talos e pedúnculos, nas que se forman pústulas pulverulentas. As pústulas impiden a absorción da radiación solar e o intercambio de gases nas partes da folla que cobren, o que reduce o rendemento do cultivo. O inicio da infección require a presenza de auga nas follas durante polo menos 8-10 horas e temperaturas de 17-23 ºC. O vento, a auga, os insectos e as aves diseminan as esporas, propagando a enfermidade. O ciclo biolóxico de cada ferruxe complétase nunha soa especie e é complexo, xa que implica cinco formas de esporas diferentes. CICLO, SÍNTOMAS E DANOS: Os síntomas aparecen primeiro nas follas basais e posteriormente esténdense ás follas superiores, talos e mesmo vainas. Adoitan aparecer despois da choiva. Pequenas manchas cloróticas que se tornan ocres, rodeadas dun halo amarelo ou verde, sobre o que se forman pústulas de cor marrón laranxa que producen urediosporas. En condicións favorables, as urediosporas reinfectan a planta nun ciclo que se repite ata o final da estación de crecemento. As infeccións graves provocan deshidratación do talo, caída das follas e aborto da flor. Cando remata o crecemento do cultivo ou as condicións ambientais son adversas, fórmanse pústulas negras máis longas que producen teliosporas, esporas resistentes capaces de sobrevivir ata a primavera.</t>
   </si>
   <si>
     <t>https://plagas.itacyl.es/documents/109511/301887/LE-E-04+ROYA+EN+LEGUMINOSAS-W.pdf/60ef4e9e-87d3-a718-8964-6efb8d73eacb?t=1560241555771</t>
   </si>
   <si>
     <t>Pragas no xirasol. Jopo no xirasol</t>
   </si>
   <si>
     <t>O xirasol é un cultivo oleaxinoso do que se extrae aceite de alta calidade para o consumo humano. Os residuos da moenda de sementes utilízanse para a alimentación animal e en derivados para uso industrial. É unha planta resistente e adaptable que aproveita excelentemente os recursos do solo e recupérase facilmente despois de períodos de seca. Estas características converten o seu cultivo na principal alternativa aos cereais de inverno na Comunidade de Castela e León. A resistencia do xirasol garante xeralmente a ausencia de problemas fitopatolóxicos, pero ocasionalmente poden ser significativos: fallos na xerminación debido á actividade das miñocas, enfermidades fúnxicas en épocas de choiva e danos parasitarios en plantas debilitadas pola seca. O Observatorio de Pragas de Castela e León inclúe o xirasol no seu Sistema de Vixilancia e Control de Pragas para detectar a aparición destas enfermidades, emitir os avisos correspondentes e recomendar prácticas axeitadas para reducir a súa incidencia.</t>
   </si>
   <si>
     <t>https://plagas.itacyl.es/documents/109511/2035963/GI-P-01_JOPO+EN+GIRASOL_2022-W.pdf/a6d79a91-381d-0081-22df-8245b183949d?t=1669363902320</t>
@@ -7244,53 +8018,50 @@
   <si>
     <t>https://plagas.itacyl.es/documents/109511/2033001/VI-E-04_FLAVESCENCIA+DORADA_2022-W.pdf/df74320f-2783-cbd6-1f65-68475c953488?t=1641900135853</t>
   </si>
   <si>
     <t>Enfermidades da viña. Enfermidades da madeira</t>
   </si>
   <si>
     <t>https://plagas.itacyl.es/documents/109511/921714/VI-E-03+YESCA+20-W.pptx.pdf/93c57353-a097-e5f1-8daf-3dc7960c464a?t=1586253574594</t>
   </si>
   <si>
     <t>Colares GPS para gando. Función e estudo do comportamento de pastoreo.</t>
   </si>
   <si>
     <t>As novas tecnoloxías da información e a comunicación (TIC) representan un avance importante na xestión das explotacións gandeiras, contribuíndo a mellorar a produtividade e a calidade de vida dos gandeiros. A gandería de precisión, mediante o uso de diversos dispositivos sensores, permite a monitorización automatizada, continua e individual dos animais, proporcionando información vital sobre a súa produción, saúde e benestar. Estas innovacións están a implementarse cada vez máis na gandería máis intensiva (en particular, gando vacún leiteiro e porcino), pero non tanto na gandería extensiva, onde os animais pastan, a miúdo libremente, en áreas relativamente extensas, como nos portos. Nestes casos, os dispositivos GPS (Sistema de Posicionamento Global) permiten monitorizar a localización e o movemento dos animais case en tempo real, o que facilita enormemente os esforzos de monitorización do gando.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/159334/8446.pdf/9ef2b650-9c8b-0cf4-be54-0e7bc77666d4?t=1715863524285</t>
   </si>
   <si>
     <t>Ensaios de portaenxertos en variedades de uva asturianas</t>
   </si>
   <si>
     <t>O auxe da viticultura en Asturias comezou en 1997, cando un grupo de viticultores interesados en promocionala e mellorar a calidade dos seus viños fundaron a Asociación de Produtores e Elaboradores de Viño de Cangas (APROVICAN), incorporando gradualmente novas tecnoloxías ao cultivo e á produción. En 2001, as adegas do suroeste de Asturias foron incluídas por primeira vez na distribución de fondos da Unión Europea para a reconversión de viñedos españois (Feo, 2004). A mediados dese mesmo ano, outorgouse a indicación xeográfica "Viño da Terra de Cangas" e, en 2008, o nivel de protección para o viño de calidade producido en determinadas rexións (vcprd), "Viño de Calidade de Cangas" (BOPA, 2001; 2008). A solicitude da Denominación de Orixe Cangas foi presentada actualmente no Rexistro Comunitario para a súa tramitación.</t>
   </si>
   <si>
-    <t>https://serida.asturias.es/documents/99361/179941/Ensayo+de+portainjertos+en+variedades+de+vid+de+Asturias.pdf/d4ef19e8-6c62-bbdd-aeb1-97f0972435e8?t=1729770450155</t>
-[...1 lines deleted...]
-  <si>
     <t>Variedades de vide en Asturias</t>
   </si>
   <si>
     <t>Este libro presenta os primeiros resultados dun intenso plan de traballo que ten como obxectivo avanzar no coñecemento do patrimonio vitivinícola de Asturias.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Variedades+de+Vid+en+Asturias.pdf/d56c8713-23ab-5cd0-66a0-39b39cfa2aed?t=1729770395974</t>
   </si>
   <si>
     <t>Tuberculose animal: Investigación e control en España</t>
   </si>
   <si>
     <t>A tuberculose animal é unha enfermidade infecciosa granulomatosa crónica que afecta a varios mamíferos domésticos e salvaxes e, moi raramente, ás aves. Está causada por especies pertencentes ao complexo Mycobacterium tuberculosis (MTC), principalmente M. bovis e M. caprae (Grange et al. 1990). Mycobacterium bovis combina unha das gamas de hóspedes máis amplas de todos os patóxenos cun modelo epidemiolóxico complexo que abrangue as interaccións entre humanos, animais domésticos e fauna salvaxe (Galagan 2014).</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Tuberculosis+animal.pdf/42834f1a-505d-b993-2f8e-210099d9b828?t=1729770366791</t>
   </si>
   <si>
     <t>Presentación "Efecto da sementeira directa nos indicadores de calidade do solo en sistemas extensivos de secaño"</t>
   </si>
   <si>
     <t>Curso: Sementeira directa en cultivos de secaño. Claves para a súa implementación e desenvolvemento no marco dos ecorreximes da PAC. "Efecto da sementeira directa sobre os indicadores de calidade do solo en sistemas extensivos de secaño"</t>
   </si>
   <si>
     <t>https://sossuelo-cita.es/wp-content/uploads/2024/02/PresentacionCurso_13Mayo_RamonIsla.pdf</t>
@@ -7301,56 +8072,50 @@
   <si>
     <t>O porco, na súa forma máis rústica e de cría extensiva, foi tradicionalmente un dos animais domésticos máis empregados polos humanos para explotar os recursos forestais e xerar os alimentos necesarios para o consumo familiar. Asturias, berce de moitas razas gandeiras autóctonas, tamén conta coa súa propia raza porcina autóctona: o Gochu Asturcelta, coñecido como porco asturiano polos autores antigos, que durante moitos anos estivo ligado á economía familiar da agricultura asturiana.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Manual+del+Gochu+Asturcelta.pdf/5798cc3e-ad14-36d2-36ac-3a77389da033?t=1729770346602</t>
   </si>
   <si>
     <t>Fariña vermella de Magaya como ingrediente en galletas</t>
   </si>
   <si>
     <t>A Economía Circular busca minimizar os residuos nos procesos industriais mediante un uso máis eficiente dos recursos. A diferenza dos modelos baseados na extracción, produción, consumo e eliminación, a Economía Circular promove a reutilización, a reciclaxe e a renovación dentro dun sistema de produción pechado.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/0/Harina+roxa+de+magaya+como+ingrediente+de+galletas.pdf/fdd53c28-988b-b130-641e-404c4f14d62e?t=1748604980716</t>
   </si>
   <si>
     <t>Dicionario de queixos</t>
   </si>
   <si>
     <t>Falar de queixo é falar dun alimento con máis de 10.000 anos de historia, mesmo anterior á escritura, cuxa orixe é un misterio impregnado de lenda. Os primeiros queixos apareceron no período neolítico, cando os humanos comezaron a pastorear e aprenderon a domesticar animais (as primeiras ovellas apareceron entre o 8000 e o 3000 a. C.), unha época na que os nosos antepasados comezaron a preparar este antigo alimento.</t>
   </si>
   <si>
     <t>https://www.itacyl.es/documents/20143/235841/Diccionario+del+queso_prueba+maquetaci%C3%B3n.pdf/dcda7e14-59b1-fce7-d509-faf109fefdbc?t=1733386537036</t>
   </si>
   <si>
-    <t>Dossier de proxectos de innovación supraautonómicos</t>
-[...4 lines deleted...]
-  <si>
     <t>TUTORIAIS DE CONAFE</t>
   </si>
   <si>
     <t>Canle de vídeo especializada en gando frisón con tutoriais sobre xestión, xenética, etc.</t>
   </si>
   <si>
     <t>https://www.youtube.com/playlist?list=PLw3H0LRHH720buTI7Eulqg5PWNqJ2AyOh</t>
   </si>
   <si>
     <t>Manual de boas prácticas para o cultivo da vide na rexión de Murcia. Avaliación socioeconómica e ambiental</t>
   </si>
   <si>
     <t>O manual ten como obxectivo transmitir, dun xeito directo e sinxelo, aos viticultores e técnicos implicados na cadea vitivinícola rexional, as pautas de cultivo sostible, tanto para vides de secaño alimentadas con arbusto como para vides de regadío en espaldeira.</t>
   </si>
   <si>
     <t>https://www.imida.es/web/imida/-/manual-de-buenas-practicas-para-el-cultivo-de-la-vina-en-la-region-de-murcia-evaluacion-socioeconomica-y-ambient-1</t>
   </si>
   <si>
     <t>Estrutura de custos das zonas de produción agrícola na Rexión de Murcia: horticultura ao aire libre e en invernadoiro</t>
   </si>
   <si>
     <t>Publicación dedicada aos cultivos hortícolas rexionais, tanto ao aire libre como en condicións protexidas e en invernadoiro.</t>
   </si>
   <si>
     <t>https://www.imida.es/web/imida/-/estructura-de-costes-de-las-orientaciones-productivas-agricolas-de-la-region-de-murcia-horticultura-al-aire-libre-y-bajo-invernadero</t>
@@ -9356,60 +10121,51 @@
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacionestudio-6_tcm30-685717.pdf</t>
   </si>
   <si>
     <t>Sistemas automatizados de monitorización de pragas de alta precisión</t>
   </si>
   <si>
     <t>Como afecta a dixitalización no control de pragas e enfermidades nos cultivos de invernadoiro?</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/high-tech-patsc-trap-eye-josepedro-sanchez_tcm30-690560.pdf</t>
   </si>
   <si>
     <t>Desenvolvemento de ferramentas dixitais na agricultura</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/desarrollo-herramientas-digitales-shawn-carlisle_tcm30-690558.pdf</t>
   </si>
   <si>
     <t>Webinar - Como afecta a dixitalización no control de pragas e enfermidades nos cultivos de invernadoiro?</t>
   </si>
   <si>
     <t>Webinar - DigiMAPA: A ferramenta dixital que conecta o sector agroalimentario coas empresas Agrotech</t>
   </si>
   <si>
-    <t>DigiMAPA: A ferramenta dixital que conecta o sector agroalimentario coas empresas Agrotech.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.youtube.com/watch?v=jdXXgHEqdoM</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacion-digimapa_tcm30-690533.pdf</t>
   </si>
   <si>
     <t>Webinar - Aplicación da intelixencia artificial na vixilancia da saúde animal</t>
   </si>
   <si>
     <t>Aplicación da intelixencia artificial na vixilancia da saúde animal.</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=ce7kztbSi9s</t>
   </si>
   <si>
     <t>Webinar - Sesión I - Robotización na agricultura ao aire libre</t>
   </si>
   <si>
     <t>Sesión I: Robotización na agricultura ao aire libre</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=S-cFcBWs-gY</t>
   </si>
   <si>
     <t>ModernAKIS Fortalecemento en castelán AKIS</t>
   </si>
   <si>
     <t>Fortalecendo o AKIS español: Enfoques sistémicos para desafíos futuros en la agricultura”, no marco do proxecto europeo @heuropemodernakis O seu obxectivo principal foi achegar un coñecemento máis profundo dos fundamentos que describen o Sistema de Coñecemento e Innovación Agrícola (AKIS) e visualizar os distintos conexións que existen dentro do sector agroalimentario e do medio rural, e aplicar o "pensamento sistémico" en contextos complexos relacionados coa agricultura, a gandería e a silvicultura #agricultura. #innovaciónagrícola #innovaciónagrícola</t>
   </si>
@@ -12233,7885 +12989,7885 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1400"/>
+  <dimension ref="A1:D1487"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D1400"/>
+      <selection activeCell="A1" sqref="A1:D1487"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2270.874" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1014.467" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="1" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="1" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="1" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="1" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="1" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="1" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="1" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="1" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="1" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="1" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="1" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="1" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="1" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="1" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>23</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="1" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="1" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="1" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="1" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="1" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="1" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="1" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="1" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="1" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="1" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="1" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="1" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="1" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="1" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="1" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="1" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="1" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="1" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="1" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="1" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="1" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="1" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="1" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="1" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="1" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="1" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D65" s="1" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D66" s="1" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D67" s="1" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D68" s="1" t="s">
         <v>198</v>
-      </c>
-[...7 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D69" s="1" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>207</v>
-      </c>
-[...7 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>210</v>
-      </c>
-[...7 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>213</v>
-      </c>
-[...7 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>216</v>
-      </c>
-[...7 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>219</v>
-      </c>
-[...7 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D76" s="1" t="s">
         <v>222</v>
-      </c>
-[...7 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>225</v>
-      </c>
-[...7 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>228</v>
-      </c>
-[...7 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D79" s="1" t="s">
         <v>231</v>
-      </c>
-[...7 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D80" s="1" t="s">
         <v>234</v>
-      </c>
-[...7 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D81" s="1" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D82" s="1" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D83" s="1" t="s">
         <v>243</v>
-      </c>
-[...7 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C84" s="1" t="s">
+      <c r="D84" s="1" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="1" t="s">
+      <c r="D85" s="1" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="B86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C86" s="1" t="s">
+      <c r="D86" s="1" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="1" t="s">
+      <c r="D87" s="1" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="B88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C88" s="1" t="s">
+      <c r="D88" s="1" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="B89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C89" s="1" t="s">
+      <c r="D89" s="1" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="B90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C90" s="1" t="s">
+      <c r="D90" s="1" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="B91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C91" s="1" t="s">
+      <c r="D91" s="1" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="B92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C92" s="1" t="s">
+      <c r="D92" s="1" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="B93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C93" s="1" t="s">
+      <c r="D93" s="1" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="B94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C94" s="1" t="s">
+      <c r="D94" s="1" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="B95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C95" s="1" t="s">
+      <c r="D95" s="1" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C96" s="1" t="s">
+      <c r="D96" s="1" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="B97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C97" s="1" t="s">
+      <c r="D97" s="1" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="B98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C98" s="1" t="s">
+      <c r="D98" s="1" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="B99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C99" s="1" t="s">
+      <c r="D99" s="1" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C100" s="1" t="s">
+      <c r="D100" s="1" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="B101" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D101" s="1" t="s">
-        <v>299</v>
+        <v>277</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="1" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>302</v>
+        <v>277</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="1" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>356</v>
+        <v>277</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>359</v>
+        <v>277</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>448</v>
+        <v>435</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>470</v>
+        <v>462</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>475</v>
+        <v>467</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>493</v>
+        <v>485</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>494</v>
+        <v>486</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>497</v>
+        <v>489</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="1" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="1" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="1" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="1" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="1" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>532</v>
+        <v>524</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="1" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="1" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>538</v>
+        <v>530</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>539</v>
+        <v>531</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="1" t="s">
-        <v>540</v>
+        <v>532</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="1" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="1" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="1" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="1" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="1" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="1" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="1" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="1" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="1" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="1" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="1" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="1" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="1" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="1" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="1" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="1" t="s">
-        <v>588</v>
+        <v>580</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>590</v>
+        <v>582</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="1" t="s">
-        <v>591</v>
+        <v>583</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>592</v>
+        <v>584</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="1" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="1" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="1" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>601</v>
+        <v>593</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>602</v>
+        <v>594</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="1" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="1" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="1" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="1" t="s">
-        <v>612</v>
+        <v>604</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>613</v>
+        <v>605</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>614</v>
+        <v>606</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="1" t="s">
-        <v>615</v>
+        <v>607</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="1" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="1" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="1" t="s">
-        <v>624</v>
+        <v>616</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="1" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="1" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="1" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>635</v>
+        <v>627</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="1" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="1" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>640</v>
+        <v>632</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="1" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="1" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>647</v>
+        <v>639</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="1" t="s">
-        <v>648</v>
+        <v>640</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="1" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>653</v>
+        <v>645</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="1" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="1" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="1" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="1" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>665</v>
+        <v>657</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="1" t="s">
-        <v>666</v>
+        <v>658</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>668</v>
+        <v>660</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="1" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="1" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="1" t="s">
-        <v>675</v>
+        <v>667</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>676</v>
+        <v>668</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>677</v>
+        <v>669</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="1" t="s">
-        <v>678</v>
+        <v>670</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>679</v>
+        <v>671</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="1" t="s">
-        <v>681</v>
+        <v>673</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>682</v>
+        <v>674</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>683</v>
+        <v>675</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="1" t="s">
-        <v>684</v>
+        <v>676</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>685</v>
+        <v>677</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>686</v>
+        <v>678</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="1" t="s">
-        <v>687</v>
+        <v>679</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>688</v>
+        <v>680</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>689</v>
+        <v>681</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="1" t="s">
-        <v>690</v>
+        <v>682</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>691</v>
+        <v>683</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>692</v>
+        <v>684</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" s="1" t="s">
-        <v>693</v>
+        <v>685</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>694</v>
+        <v>686</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>695</v>
+        <v>687</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" s="1" t="s">
-        <v>696</v>
+        <v>688</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>698</v>
+        <v>690</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" s="1" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>700</v>
+        <v>692</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>701</v>
+        <v>693</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" s="1" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>703</v>
+        <v>695</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>704</v>
+        <v>696</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" s="1" t="s">
-        <v>705</v>
+        <v>697</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>706</v>
+        <v>698</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" s="1" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" s="1" t="s">
-        <v>711</v>
+        <v>703</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>712</v>
+        <v>704</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>713</v>
+        <v>705</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" s="1" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>715</v>
+        <v>707</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" s="1" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" s="1" t="s">
-        <v>720</v>
+        <v>712</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" s="1" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>723</v>
+        <v>717</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" s="1" t="s">
-        <v>724</v>
+        <v>718</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>726</v>
+        <v>720</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" s="1" t="s">
-        <v>727</v>
+        <v>721</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>728</v>
+        <v>722</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>729</v>
+        <v>723</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" s="1" t="s">
-        <v>730</v>
+        <v>724</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>731</v>
+        <v>725</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>732</v>
+        <v>726</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" s="1" t="s">
-        <v>733</v>
+        <v>727</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" s="1" t="s">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>737</v>
+        <v>731</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>738</v>
+        <v>732</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="1" t="s">
-        <v>739</v>
+        <v>733</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>740</v>
+        <v>734</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>741</v>
+        <v>735</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" s="1" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>743</v>
+        <v>737</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>744</v>
+        <v>738</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" s="1" t="s">
-        <v>745</v>
+        <v>739</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" s="1" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" s="1" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" s="1" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" s="1" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" s="1" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" s="1" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" s="1" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" s="1" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" s="1" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" s="1" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" s="1" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" s="1" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" s="1" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" s="1" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" s="1" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" s="1" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" s="1" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" s="1" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" s="1" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" s="1" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" s="1" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" s="1" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" s="1" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" s="1" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" s="1" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" s="1" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" s="1" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" s="1" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" s="1" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" s="1" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" s="1" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" s="1" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" s="1" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>844</v>
+        <v>840</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="1" t="s">
-        <v>845</v>
+        <v>841</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>847</v>
+        <v>843</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="1" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="1" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="1" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="1" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="1" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="1" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
-        <v>881</v>
+        <v>877</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>882</v>
+        <v>878</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="1" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="1" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="1" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="1" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="1" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="1" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="1" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>903</v>
+        <v>899</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>904</v>
+        <v>900</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="1" t="s">
-        <v>905</v>
+        <v>901</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="1" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="1" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="1" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="1" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="1" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="1" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="1" t="s">
-        <v>926</v>
+        <v>922</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="1" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="1" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="1" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="1" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>939</v>
+        <v>935</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="1" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>953</v>
+        <v>949</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>957</v>
+        <v>953</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>972</v>
+        <v>965</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>975</v>
+        <v>965</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>976</v>
+        <v>970</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>977</v>
+        <v>971</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>978</v>
+        <v>972</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>979</v>
+        <v>973</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>980</v>
+        <v>974</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>981</v>
+        <v>975</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>982</v>
+        <v>976</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>983</v>
+        <v>977</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>984</v>
+        <v>978</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>985</v>
+        <v>979</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>986</v>
+        <v>980</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>987</v>
+        <v>981</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>988</v>
+        <v>982</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>989</v>
+        <v>983</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>990</v>
+        <v>984</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>991</v>
+        <v>985</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>992</v>
+        <v>986</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>993</v>
+        <v>987</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>994</v>
+        <v>988</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>995</v>
+        <v>989</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>996</v>
+        <v>990</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>997</v>
+        <v>991</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>998</v>
+        <v>992</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>999</v>
+        <v>993</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1000</v>
+        <v>994</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1001</v>
+        <v>995</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1002</v>
+        <v>996</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1003</v>
+        <v>997</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1004</v>
+        <v>998</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1005</v>
+        <v>999</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1006</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1007</v>
+        <v>1001</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1008</v>
+        <v>1002</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1009</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1010</v>
+        <v>1004</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1011</v>
+        <v>1005</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1012</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1013</v>
+        <v>1007</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1014</v>
+        <v>1005</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1015</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1016</v>
+        <v>1009</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1017</v>
+        <v>1010</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1020</v>
+        <v>1013</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1021</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1022</v>
+        <v>1015</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1023</v>
+        <v>1016</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1024</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1025</v>
+        <v>1018</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1027</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1028</v>
+        <v>1021</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1029</v>
+        <v>1022</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1030</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1031</v>
+        <v>1024</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1032</v>
+        <v>1025</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1033</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1034</v>
+        <v>1027</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1036</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1038</v>
+        <v>1031</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1039</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1040</v>
+        <v>1033</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1041</v>
+        <v>1034</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1042</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1043</v>
+        <v>1036</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1044</v>
+        <v>1037</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1045</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1046</v>
+        <v>1039</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1047</v>
+        <v>1040</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1048</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1049</v>
+        <v>1042</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1050</v>
+        <v>1043</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1051</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1052</v>
+        <v>1045</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1053</v>
+        <v>1046</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1055</v>
+        <v>1048</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1056</v>
+        <v>1049</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1057</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1058</v>
+        <v>1051</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1059</v>
+        <v>1052</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1060</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1061</v>
+        <v>1054</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1062</v>
+        <v>1052</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1064</v>
+        <v>1056</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1065</v>
+        <v>1057</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1066</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1067</v>
+        <v>1059</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1068</v>
+        <v>1060</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1069</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1070</v>
+        <v>1062</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1071</v>
+        <v>1063</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1072</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1073</v>
+        <v>1065</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1074</v>
+        <v>1066</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1075</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1076</v>
+        <v>1068</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1077</v>
+        <v>1069</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1078</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1079</v>
+        <v>1071</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1080</v>
+        <v>1072</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1081</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1082</v>
+        <v>1074</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1083</v>
+        <v>1075</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1084</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1085</v>
+        <v>1077</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1086</v>
+        <v>1078</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1087</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1088</v>
+        <v>1080</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1089</v>
+        <v>1081</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1090</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1091</v>
+        <v>1083</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1092</v>
+        <v>1084</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1093</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1094</v>
+        <v>1086</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1097</v>
+        <v>1089</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1098</v>
+        <v>1090</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1099</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1100</v>
+        <v>1092</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1101</v>
+        <v>1093</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1102</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1103</v>
+        <v>1095</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1104</v>
+        <v>1096</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1105</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1106</v>
+        <v>1098</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1107</v>
+        <v>1099</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1108</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1109</v>
+        <v>1101</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1110</v>
+        <v>1102</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1111</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1112</v>
+        <v>1104</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1113</v>
+        <v>1105</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1114</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1115</v>
+        <v>1107</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1116</v>
+        <v>1108</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1117</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1118</v>
+        <v>1110</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1119</v>
+        <v>1111</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1120</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1121</v>
+        <v>1113</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1122</v>
+        <v>1114</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1123</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1124</v>
+        <v>1116</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1125</v>
+        <v>1117</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1126</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1127</v>
+        <v>1119</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1128</v>
+        <v>1120</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1129</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1130</v>
+        <v>1122</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1131</v>
+        <v>1123</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1132</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1133</v>
+        <v>1125</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1134</v>
+        <v>1126</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1135</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1136</v>
+        <v>1128</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1137</v>
+        <v>1129</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1138</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1139</v>
+        <v>1131</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1140</v>
+        <v>1132</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1141</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="1" t="s">
-        <v>1142</v>
+        <v>1134</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1143</v>
+        <v>1135</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1144</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="1" t="s">
-        <v>1145</v>
+        <v>1137</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1146</v>
+        <v>1138</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1147</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="1" t="s">
-        <v>1148</v>
+        <v>1140</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1149</v>
+        <v>1141</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1150</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="1" t="s">
-        <v>1151</v>
+        <v>1143</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1152</v>
+        <v>1144</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1153</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="1" t="s">
-        <v>1154</v>
+        <v>1146</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1155</v>
+        <v>1147</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1156</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="1" t="s">
-        <v>1157</v>
+        <v>1149</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1158</v>
+        <v>1150</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1159</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="1" t="s">
-        <v>1160</v>
+        <v>1152</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1161</v>
+        <v>1153</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1162</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="1" t="s">
-        <v>1163</v>
+        <v>1155</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1164</v>
+        <v>1156</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1165</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="1" t="s">
-        <v>1166</v>
+        <v>1158</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1167</v>
+        <v>1159</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1168</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
-        <v>1169</v>
+        <v>1161</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1170</v>
+        <v>1162</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1171</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
-        <v>1172</v>
+        <v>1164</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1173</v>
+        <v>1165</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1174</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
-        <v>1175</v>
+        <v>1167</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1176</v>
+        <v>1168</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1177</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
-        <v>1178</v>
+        <v>1170</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1179</v>
+        <v>1171</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1180</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="1" t="s">
-        <v>1181</v>
+        <v>1173</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1182</v>
+        <v>1174</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1183</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="1" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1185</v>
+        <v>1177</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1186</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="1" t="s">
-        <v>1187</v>
+        <v>1179</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1188</v>
+        <v>1180</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1189</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="1" t="s">
-        <v>1190</v>
+        <v>1182</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1191</v>
+        <v>1183</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1192</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
-        <v>1193</v>
+        <v>1185</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1194</v>
+        <v>1186</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1197</v>
+        <v>1189</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1198</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
-        <v>1199</v>
+        <v>1191</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1200</v>
+        <v>1192</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1201</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
-        <v>1202</v>
+        <v>1194</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1203</v>
+        <v>1195</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1204</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
-        <v>1205</v>
+        <v>1197</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1206</v>
+        <v>1198</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="1" t="s">
-        <v>1208</v>
+        <v>1200</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1209</v>
+        <v>1201</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1210</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="1" t="s">
-        <v>1211</v>
+        <v>1203</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1212</v>
+        <v>1204</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1213</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="1" t="s">
-        <v>1214</v>
+        <v>1206</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1215</v>
+        <v>1207</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1216</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="1" t="s">
-        <v>1217</v>
+        <v>1209</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1218</v>
+        <v>1210</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1219</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="1" t="s">
-        <v>1220</v>
+        <v>1212</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1221</v>
+        <v>1213</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1222</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="1" t="s">
-        <v>1223</v>
+        <v>1215</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1224</v>
+        <v>1216</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1225</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="1" t="s">
-        <v>1226</v>
+        <v>1218</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1227</v>
+        <v>1219</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1228</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="1" t="s">
-        <v>1229</v>
+        <v>1221</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1230</v>
+        <v>1222</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1231</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="1" t="s">
-        <v>1232</v>
+        <v>1224</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1233</v>
+        <v>1225</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1234</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="1" t="s">
-        <v>1235</v>
+        <v>1227</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1236</v>
+        <v>1228</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1237</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="1" t="s">
-        <v>1238</v>
+        <v>1230</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1239</v>
+        <v>1231</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1240</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" s="1" t="s">
-        <v>1241</v>
+        <v>1233</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1242</v>
+        <v>1234</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1243</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" s="1" t="s">
-        <v>1244</v>
+        <v>1236</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1245</v>
+        <v>1237</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>1246</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" s="1" t="s">
-        <v>1247</v>
+        <v>1239</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1248</v>
+        <v>1240</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1249</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" s="1" t="s">
-        <v>1250</v>
+        <v>1242</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1251</v>
+        <v>1243</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>1252</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" s="1" t="s">
-        <v>1253</v>
+        <v>1245</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1254</v>
+        <v>1246</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>1255</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" s="1" t="s">
-        <v>1256</v>
+        <v>1248</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1257</v>
+        <v>1249</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>1258</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" s="1" t="s">
-        <v>1259</v>
+        <v>1251</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1260</v>
+        <v>1252</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>1261</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" s="1" t="s">
-        <v>1262</v>
+        <v>1254</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1263</v>
+        <v>1255</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>1264</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" s="1" t="s">
-        <v>1265</v>
+        <v>1257</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1266</v>
+        <v>1258</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>1267</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" s="1" t="s">
-        <v>1268</v>
+        <v>1260</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1269</v>
+        <v>1261</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>1270</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" s="1" t="s">
-        <v>1271</v>
+        <v>1263</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1272</v>
+        <v>1264</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>1273</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" s="1" t="s">
-        <v>1274</v>
+        <v>1266</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1275</v>
+        <v>1267</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>1276</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" s="1" t="s">
-        <v>1277</v>
+        <v>1269</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1278</v>
+        <v>1270</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>1279</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" s="1" t="s">
-        <v>1280</v>
+        <v>1272</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>1282</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" s="1" t="s">
-        <v>1283</v>
+        <v>1275</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1284</v>
+        <v>1276</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>1285</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" s="1" t="s">
-        <v>1286</v>
+        <v>1278</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1287</v>
+        <v>1279</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>1288</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" s="1" t="s">
-        <v>1289</v>
+        <v>1281</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1290</v>
+        <v>1282</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>1291</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" s="1" t="s">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1293</v>
+        <v>1285</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>1294</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" s="1" t="s">
-        <v>1295</v>
+        <v>1287</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1296</v>
+        <v>1288</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>1297</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" s="1" t="s">
-        <v>1298</v>
+        <v>1290</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1299</v>
+        <v>1291</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>1300</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" s="1" t="s">
-        <v>663</v>
+        <v>1293</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1301</v>
+        <v>1294</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>1302</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" s="1" t="s">
-        <v>1303</v>
+        <v>1296</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1304</v>
+        <v>1297</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>1305</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" s="1" t="s">
-        <v>1306</v>
+        <v>1299</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1307</v>
+        <v>1300</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>1308</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" s="1" t="s">
-        <v>1309</v>
+        <v>1302</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1310</v>
+        <v>1303</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>1311</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" s="1" t="s">
-        <v>1312</v>
+        <v>1305</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1313</v>
+        <v>1306</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>1314</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" s="1" t="s">
-        <v>1315</v>
+        <v>1308</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1316</v>
+        <v>1309</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>1317</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" s="1" t="s">
-        <v>1318</v>
+        <v>1311</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1319</v>
+        <v>1312</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>1320</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" s="1" t="s">
-        <v>1321</v>
+        <v>1314</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1322</v>
+        <v>1315</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>1323</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" s="1" t="s">
-        <v>1324</v>
+        <v>1317</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1325</v>
+        <v>1318</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>1326</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" s="1" t="s">
-        <v>1327</v>
+        <v>1320</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1328</v>
+        <v>1321</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>1329</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" s="1" t="s">
-        <v>1330</v>
+        <v>1323</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1331</v>
+        <v>1324</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>1332</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" s="1" t="s">
-        <v>1333</v>
+        <v>1326</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1334</v>
+        <v>1327</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>1335</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" s="1" t="s">
-        <v>1336</v>
+        <v>1329</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1337</v>
+        <v>1330</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>1338</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" s="1" t="s">
-        <v>1339</v>
+        <v>1332</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1340</v>
+        <v>1333</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>1341</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" s="1" t="s">
-        <v>1342</v>
+        <v>1335</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1343</v>
+        <v>1336</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>1344</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" s="1" t="s">
-        <v>1345</v>
+        <v>1338</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1346</v>
+        <v>1339</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>1347</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" s="1" t="s">
-        <v>1348</v>
+        <v>1341</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1349</v>
+        <v>1342</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>1350</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" s="1" t="s">
-        <v>1351</v>
+        <v>1344</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1352</v>
+        <v>1345</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>1353</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" s="1" t="s">
-        <v>1354</v>
+        <v>1347</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1355</v>
+        <v>1348</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>1356</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" s="1" t="s">
-        <v>1357</v>
+        <v>1350</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1358</v>
+        <v>1351</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>1359</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" s="1" t="s">
-        <v>1360</v>
+        <v>1353</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1361</v>
+        <v>1354</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>1362</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" s="1" t="s">
-        <v>1363</v>
+        <v>1356</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1364</v>
+        <v>1357</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>1365</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" s="1" t="s">
-        <v>1366</v>
+        <v>1359</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1367</v>
+        <v>1360</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>1368</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" s="1" t="s">
-        <v>1369</v>
+        <v>1362</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1370</v>
+        <v>1363</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>1371</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" s="1" t="s">
-        <v>1372</v>
+        <v>1365</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1373</v>
+        <v>1366</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>1374</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" s="1" t="s">
-        <v>1375</v>
+        <v>1368</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1376</v>
+        <v>1369</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>1377</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" s="1" t="s">
-        <v>1378</v>
+        <v>1371</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1379</v>
+        <v>1372</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>1380</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" s="1" t="s">
-        <v>1381</v>
+        <v>1374</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1382</v>
+        <v>1375</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>1383</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" s="1" t="s">
-        <v>1384</v>
+        <v>1377</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1385</v>
+        <v>1378</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>1386</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" s="1" t="s">
-        <v>1387</v>
+        <v>1380</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1385</v>
+        <v>1381</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>1388</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" s="1" t="s">
-        <v>1389</v>
+        <v>1383</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1390</v>
+        <v>1384</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>1391</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" s="1" t="s">
-        <v>1392</v>
+        <v>1386</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1393</v>
+        <v>1387</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>1394</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" s="1" t="s">
-        <v>1395</v>
+        <v>1389</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1396</v>
+        <v>1390</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>1397</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" s="1" t="s">
-        <v>1398</v>
+        <v>1392</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1399</v>
+        <v>1393</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>1400</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" s="1" t="s">
-        <v>1401</v>
+        <v>1395</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1402</v>
+        <v>1396</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>1403</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" s="1" t="s">
-        <v>1404</v>
+        <v>1398</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1405</v>
+        <v>1399</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>1406</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" s="1" t="s">
-        <v>1407</v>
+        <v>1401</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1408</v>
+        <v>1402</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>1409</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" s="1" t="s">
-        <v>1410</v>
+        <v>1404</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1411</v>
+        <v>1405</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>1412</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" s="1" t="s">
-        <v>1413</v>
+        <v>1407</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1414</v>
+        <v>1408</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>1415</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" s="1" t="s">
-        <v>1416</v>
+        <v>1410</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1417</v>
+        <v>1411</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>1418</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" s="1" t="s">
-        <v>1419</v>
+        <v>1413</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1420</v>
+        <v>1414</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>1421</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" s="1" t="s">
-        <v>1422</v>
+        <v>1416</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1423</v>
+        <v>1417</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>1424</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" s="1" t="s">
-        <v>1425</v>
+        <v>1419</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1426</v>
+        <v>1420</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>1427</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" s="1" t="s">
-        <v>1428</v>
+        <v>1422</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1429</v>
+        <v>1423</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>1430</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" s="1" t="s">
-        <v>1431</v>
+        <v>1425</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1432</v>
+        <v>1426</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>1433</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" s="1" t="s">
-        <v>1434</v>
+        <v>1428</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1435</v>
+        <v>1429</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>1436</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" s="1" t="s">
-        <v>1437</v>
+        <v>1431</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1438</v>
+        <v>1432</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>1439</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" s="1" t="s">
-        <v>1440</v>
+        <v>1434</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1441</v>
+        <v>1435</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>1442</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" s="1" t="s">
-        <v>1443</v>
+        <v>1437</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1444</v>
+        <v>1438</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>1445</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" s="1" t="s">
-        <v>1446</v>
+        <v>1440</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1447</v>
+        <v>1441</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>1448</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" s="1" t="s">
-        <v>1449</v>
+        <v>1443</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1450</v>
+        <v>1444</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>1451</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" s="1" t="s">
-        <v>1452</v>
+        <v>1446</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1453</v>
+        <v>1447</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>1454</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" s="1" t="s">
-        <v>1455</v>
+        <v>1449</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1456</v>
+        <v>1450</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>1457</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" s="1" t="s">
-        <v>1458</v>
+        <v>1452</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1459</v>
+        <v>1453</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>1460</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" s="1" t="s">
-        <v>1461</v>
+        <v>1455</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1462</v>
+        <v>1456</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>1463</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" s="1" t="s">
-        <v>1464</v>
+        <v>1458</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1441</v>
+        <v>1459</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>1465</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" s="1" t="s">
-        <v>1466</v>
+        <v>1461</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1467</v>
+        <v>1462</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>1468</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" s="1" t="s">
-        <v>1469</v>
+        <v>1464</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1470</v>
+        <v>1465</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>1471</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" s="1" t="s">
-        <v>1472</v>
+        <v>1467</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1473</v>
+        <v>1468</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>1474</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" s="1" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1476</v>
+        <v>1471</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>1477</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" s="1" t="s">
-        <v>1478</v>
+        <v>1473</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1479</v>
+        <v>1474</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>1480</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" s="1" t="s">
-        <v>1481</v>
+        <v>1476</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1482</v>
+        <v>1477</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>1483</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" s="1" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1485</v>
+        <v>1480</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" s="1" t="s">
-        <v>1487</v>
+        <v>1482</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1488</v>
+        <v>1483</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>1489</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" s="1" t="s">
-        <v>1490</v>
+        <v>1485</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1491</v>
+        <v>1486</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>1492</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" s="1" t="s">
-        <v>1493</v>
+        <v>1488</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1491</v>
+        <v>1489</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>1494</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" s="1" t="s">
-        <v>1495</v>
+        <v>1491</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>1496</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" s="1" t="s">
-        <v>1497</v>
+        <v>1494</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" s="1" t="s">
-        <v>1500</v>
+        <v>1497</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1501</v>
+        <v>1498</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>1502</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" s="1" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>1501</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>1504</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B507" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C507" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D507" s="1" t="s">
         <v>1505</v>
-      </c>
-[...7 lines deleted...]
-        <v>1506</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C508" s="1" t="s">
         <v>1507</v>
       </c>
-      <c r="B508" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C508" s="1" t="s">
+      <c r="D508" s="1" t="s">
         <v>1508</v>
-      </c>
-[...1 lines deleted...]
-        <v>1509</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B509" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C509" s="1" t="s">
         <v>1510</v>
       </c>
-      <c r="B509" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C509" s="1" t="s">
+      <c r="D509" s="1" t="s">
         <v>1511</v>
-      </c>
-[...1 lines deleted...]
-        <v>1512</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C510" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="B510" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C510" s="1" t="s">
+      <c r="D510" s="1" t="s">
         <v>1514</v>
-      </c>
-[...1 lines deleted...]
-        <v>1515</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C511" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="B511" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C511" s="1" t="s">
+      <c r="D511" s="1" t="s">
         <v>1517</v>
-      </c>
-[...1 lines deleted...]
-        <v>1518</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C512" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="B512" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C512" s="1" t="s">
+      <c r="D512" s="1" t="s">
         <v>1520</v>
-      </c>
-[...1 lines deleted...]
-        <v>1521</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B513" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C513" s="1" t="s">
         <v>1522</v>
       </c>
-      <c r="B513" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C513" s="1" t="s">
+      <c r="D513" s="1" t="s">
         <v>1523</v>
-      </c>
-[...1 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C514" s="1" t="s">
         <v>1525</v>
-      </c>
-[...4 lines deleted...]
-        <v>1517</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>1526</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" s="1" t="s">
         <v>1527</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>1528</v>
       </c>
       <c r="D515" s="1" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" s="1" t="s">
         <v>1530</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" s="1" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" s="1" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" s="1" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" s="1" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" s="1" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" s="1" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" s="1" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" s="1" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" s="1" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" s="1" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" s="1" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" s="1" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" s="1" t="s">
-        <v>1567</v>
+        <v>925</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" s="1" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" s="1" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" s="1" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" s="1" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" s="1" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" s="1" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" s="1" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" s="1" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" s="1" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" s="1" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" s="1" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" s="1" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" s="1" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" s="1" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" s="1" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" s="1" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" s="1" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" s="1" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" s="1" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" s="1" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" s="1" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" s="1" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" s="1" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" s="1" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" s="1" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" s="1" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" s="1" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" s="1" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" s="1" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" s="1" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>1658</v>
+        <v>1656</v>
       </c>
       <c r="D559" s="1" t="s">
         <v>1659</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" s="1" t="s">
         <v>1660</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>1661</v>
       </c>
       <c r="D560" s="1" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" s="1" t="s">
         <v>1663</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>5</v>
@@ -20319,11546 +21075,12764 @@
         <v>1707</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" s="1" t="s">
         <v>1708</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>1709</v>
       </c>
       <c r="D576" s="1" t="s">
         <v>1710</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" s="1" t="s">
         <v>1711</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C577" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D577" s="1" t="s">
         <v>1712</v>
-      </c>
-[...1 lines deleted...]
-        <v>1713</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B578" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C578" s="1" t="s">
         <v>1714</v>
       </c>
-      <c r="B578" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C578" s="1" t="s">
+      <c r="D578" s="1" t="s">
         <v>1715</v>
-      </c>
-[...1 lines deleted...]
-        <v>1716</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B579" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C579" s="1" t="s">
         <v>1717</v>
       </c>
-      <c r="B579" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C579" s="1" t="s">
+      <c r="D579" s="1" t="s">
         <v>1718</v>
-      </c>
-[...1 lines deleted...]
-        <v>1719</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B580" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C580" s="1" t="s">
         <v>1720</v>
       </c>
-      <c r="B580" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C580" s="1" t="s">
+      <c r="D580" s="1" t="s">
         <v>1721</v>
-      </c>
-[...1 lines deleted...]
-        <v>1722</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B581" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C581" s="1" t="s">
         <v>1723</v>
       </c>
-      <c r="B581" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C581" s="1" t="s">
+      <c r="D581" s="1" t="s">
         <v>1724</v>
-      </c>
-[...1 lines deleted...]
-        <v>1725</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B582" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C582" s="1" t="s">
         <v>1726</v>
       </c>
-      <c r="B582" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C582" s="1" t="s">
+      <c r="D582" s="1" t="s">
         <v>1727</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B583" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C583" s="1" t="s">
         <v>1729</v>
       </c>
-      <c r="B583" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C583" s="1" t="s">
+      <c r="D583" s="1" t="s">
         <v>1730</v>
-      </c>
-[...1 lines deleted...]
-        <v>1731</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B584" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C584" s="1" t="s">
         <v>1732</v>
       </c>
-      <c r="B584" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C584" s="1" t="s">
+      <c r="D584" s="1" t="s">
         <v>1733</v>
-      </c>
-[...1 lines deleted...]
-        <v>1734</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B585" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C585" s="1" t="s">
         <v>1735</v>
       </c>
-      <c r="B585" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C585" s="1" t="s">
+      <c r="D585" s="1" t="s">
         <v>1736</v>
-      </c>
-[...1 lines deleted...]
-        <v>1737</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B586" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C586" s="1" t="s">
         <v>1738</v>
       </c>
-      <c r="B586" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C586" s="1" t="s">
+      <c r="D586" s="1" t="s">
         <v>1739</v>
-      </c>
-[...1 lines deleted...]
-        <v>1740</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B587" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C587" s="1" t="s">
         <v>1741</v>
       </c>
-      <c r="B587" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C587" s="1" t="s">
+      <c r="D587" s="1" t="s">
         <v>1742</v>
-      </c>
-[...1 lines deleted...]
-        <v>1743</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B588" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C588" s="1" t="s">
         <v>1744</v>
       </c>
-      <c r="B588" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C588" s="1" t="s">
+      <c r="D588" s="1" t="s">
         <v>1745</v>
-      </c>
-[...1 lines deleted...]
-        <v>1746</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B589" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C589" s="1" t="s">
         <v>1747</v>
       </c>
-      <c r="B589" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C589" s="1" t="s">
+      <c r="D589" s="1" t="s">
         <v>1748</v>
-      </c>
-[...1 lines deleted...]
-        <v>1749</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590" s="1" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B590" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C590" s="1" t="s">
         <v>1750</v>
       </c>
-      <c r="B590" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C590" s="1" t="s">
+      <c r="D590" s="1" t="s">
         <v>1751</v>
-      </c>
-[...1 lines deleted...]
-        <v>1752</v>
       </c>
     </row>
     <row r="591" spans="1:4">
       <c r="A591" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B591" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C591" s="1" t="s">
         <v>1753</v>
       </c>
-      <c r="B591" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C591" s="1" t="s">
+      <c r="D591" s="1" t="s">
         <v>1754</v>
-      </c>
-[...1 lines deleted...]
-        <v>1755</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B592" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C592" s="1" t="s">
         <v>1756</v>
       </c>
-      <c r="B592" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C592" s="1" t="s">
+      <c r="D592" s="1" t="s">
         <v>1757</v>
-      </c>
-[...1 lines deleted...]
-        <v>1758</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B593" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C593" s="1" t="s">
         <v>1759</v>
       </c>
-      <c r="B593" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C593" s="1" t="s">
+      <c r="D593" s="1" t="s">
         <v>1760</v>
-      </c>
-[...1 lines deleted...]
-        <v>1761</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B594" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C594" s="1" t="s">
         <v>1762</v>
       </c>
-      <c r="B594" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C594" s="1" t="s">
+      <c r="D594" s="1" t="s">
         <v>1763</v>
-      </c>
-[...1 lines deleted...]
-        <v>1764</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B595" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C595" s="1" t="s">
         <v>1765</v>
       </c>
-      <c r="B595" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C595" s="1" t="s">
+      <c r="D595" s="1" t="s">
         <v>1766</v>
-      </c>
-[...1 lines deleted...]
-        <v>1767</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B596" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C596" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D596" s="1" t="s">
         <v>1768</v>
-      </c>
-[...7 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" s="1" t="s">
-        <v>1771</v>
+        <v>1769</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>1772</v>
+        <v>1729</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>1773</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" s="1" t="s">
-        <v>1774</v>
+        <v>1771</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>1775</v>
+        <v>1729</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>1776</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" s="1" t="s">
-        <v>1777</v>
+        <v>1773</v>
       </c>
       <c r="B599" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>1778</v>
+        <v>1729</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>1779</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" s="1" t="s">
-        <v>1780</v>
+        <v>1775</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>1781</v>
+        <v>1776</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>1782</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" s="1" t="s">
-        <v>1783</v>
+        <v>1778</v>
       </c>
       <c r="B601" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>1784</v>
+        <v>1779</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>1785</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" s="1" t="s">
-        <v>1786</v>
+        <v>1781</v>
       </c>
       <c r="B602" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>1787</v>
+        <v>1782</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>1788</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" s="1" t="s">
-        <v>1789</v>
+        <v>1784</v>
       </c>
       <c r="B603" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>1790</v>
+        <v>1785</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>1791</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" s="1" t="s">
-        <v>1792</v>
+        <v>1787</v>
       </c>
       <c r="B604" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>1793</v>
+        <v>1785</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>1794</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" s="1" t="s">
-        <v>1795</v>
+        <v>1789</v>
       </c>
       <c r="B605" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>1796</v>
+        <v>1790</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" s="1" t="s">
-        <v>1798</v>
+        <v>1792</v>
       </c>
       <c r="B606" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>1799</v>
+        <v>1790</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>1800</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607" s="1" t="s">
-        <v>1801</v>
+        <v>1794</v>
       </c>
       <c r="B607" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>1802</v>
+        <v>1795</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>1803</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" s="1" t="s">
-        <v>1804</v>
+        <v>1797</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>1805</v>
+        <v>1795</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>1806</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" s="1" t="s">
-        <v>1807</v>
+        <v>1799</v>
       </c>
       <c r="B609" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>1808</v>
+        <v>1800</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>1809</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" s="1" t="s">
-        <v>1810</v>
+        <v>1802</v>
       </c>
       <c r="B610" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>1812</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" s="1" t="s">
-        <v>1813</v>
+        <v>1805</v>
       </c>
       <c r="B611" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>1814</v>
+        <v>1806</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>1815</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" s="1" t="s">
-        <v>1816</v>
+        <v>1808</v>
       </c>
       <c r="B612" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>1817</v>
+        <v>1809</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>1818</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" s="1" t="s">
-        <v>1819</v>
+        <v>1811</v>
       </c>
       <c r="B613" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>1820</v>
+        <v>1812</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>1821</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" s="1" t="s">
-        <v>1822</v>
+        <v>1814</v>
       </c>
       <c r="B614" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1823</v>
+        <v>1815</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>1824</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" s="1" t="s">
-        <v>1825</v>
+        <v>1817</v>
       </c>
       <c r="B615" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1826</v>
+        <v>1818</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>1827</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" s="1" t="s">
-        <v>1828</v>
+        <v>1820</v>
       </c>
       <c r="B616" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>1829</v>
+        <v>1821</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>1830</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" s="1" t="s">
-        <v>1831</v>
+        <v>1823</v>
       </c>
       <c r="B617" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>1832</v>
+        <v>1824</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>1833</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" s="1" t="s">
-        <v>1834</v>
+        <v>1826</v>
       </c>
       <c r="B618" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>1835</v>
+        <v>1827</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>1836</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" s="1" t="s">
-        <v>1837</v>
+        <v>1829</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>1838</v>
+        <v>1830</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>1839</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" s="1" t="s">
-        <v>1840</v>
+        <v>1832</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1841</v>
+        <v>1833</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>1842</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" s="1" t="s">
-        <v>1843</v>
+        <v>1835</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1844</v>
+        <v>1836</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>1845</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" s="1" t="s">
-        <v>1846</v>
+        <v>1838</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>1847</v>
+        <v>1839</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>1848</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" s="1" t="s">
-        <v>1849</v>
+        <v>1841</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>1850</v>
+        <v>1842</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>1851</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" s="1" t="s">
-        <v>1852</v>
+        <v>1844</v>
       </c>
       <c r="B624" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1853</v>
+        <v>1845</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>1854</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" s="1" t="s">
-        <v>1855</v>
+        <v>1847</v>
       </c>
       <c r="B625" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1856</v>
+        <v>1848</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>1857</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" s="1" t="s">
-        <v>1858</v>
+        <v>1850</v>
       </c>
       <c r="B626" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1859</v>
+        <v>1851</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>1860</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" s="1" t="s">
-        <v>1861</v>
+        <v>1853</v>
       </c>
       <c r="B627" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1862</v>
+        <v>1854</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>1863</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" s="1" t="s">
-        <v>1864</v>
+        <v>1856</v>
       </c>
       <c r="B628" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1865</v>
+        <v>1857</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>1866</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" s="1" t="s">
-        <v>1867</v>
+        <v>1859</v>
       </c>
       <c r="B629" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1868</v>
+        <v>1860</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>1869</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" s="1" t="s">
-        <v>1870</v>
+        <v>1862</v>
       </c>
       <c r="B630" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1871</v>
+        <v>1863</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>1872</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" s="1" t="s">
-        <v>1873</v>
+        <v>1865</v>
       </c>
       <c r="B631" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1874</v>
+        <v>1866</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>1875</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" s="1" t="s">
-        <v>1876</v>
+        <v>1868</v>
       </c>
       <c r="B632" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1877</v>
+        <v>1869</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>1878</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" s="1" t="s">
-        <v>1879</v>
+        <v>1871</v>
       </c>
       <c r="B633" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1880</v>
+        <v>1872</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>1881</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" s="1" t="s">
-        <v>1882</v>
+        <v>1874</v>
       </c>
       <c r="B634" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1883</v>
+        <v>1875</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>1884</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" s="1" t="s">
-        <v>1885</v>
+        <v>1877</v>
       </c>
       <c r="B635" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1886</v>
+        <v>1878</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>1887</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" s="1" t="s">
-        <v>1888</v>
+        <v>1880</v>
       </c>
       <c r="B636" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1889</v>
+        <v>1881</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>1890</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" s="1" t="s">
-        <v>1891</v>
+        <v>1883</v>
       </c>
       <c r="B637" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>1892</v>
+        <v>1884</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>1893</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" s="1" t="s">
-        <v>1894</v>
+        <v>1886</v>
       </c>
       <c r="B638" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1895</v>
+        <v>1887</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>1896</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" s="1" t="s">
-        <v>1897</v>
+        <v>1889</v>
       </c>
       <c r="B639" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1898</v>
+        <v>1890</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>1899</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" s="1" t="s">
-        <v>1900</v>
+        <v>1892</v>
       </c>
       <c r="B640" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1901</v>
+        <v>1893</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>1902</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" s="1" t="s">
-        <v>1903</v>
+        <v>1895</v>
       </c>
       <c r="B641" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1904</v>
+        <v>1896</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>1905</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" s="1" t="s">
-        <v>1906</v>
+        <v>1898</v>
       </c>
       <c r="B642" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>1907</v>
+        <v>1899</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>1908</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" s="1" t="s">
-        <v>1909</v>
+        <v>1901</v>
       </c>
       <c r="B643" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>1910</v>
+        <v>1902</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>1911</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644" s="1" t="s">
-        <v>1912</v>
+        <v>1904</v>
       </c>
       <c r="B644" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>1913</v>
+        <v>1905</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>1914</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" s="1" t="s">
-        <v>1915</v>
+        <v>1907</v>
       </c>
       <c r="B645" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1916</v>
+        <v>1908</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>1917</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" s="1" t="s">
-        <v>1918</v>
+        <v>1910</v>
       </c>
       <c r="B646" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1919</v>
+        <v>1911</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>1920</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" s="1" t="s">
-        <v>1921</v>
+        <v>1913</v>
       </c>
       <c r="B647" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1922</v>
+        <v>1914</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>1923</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" s="1" t="s">
-        <v>1924</v>
+        <v>1916</v>
       </c>
       <c r="B648" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1925</v>
+        <v>1917</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>1926</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="649" spans="1:4">
       <c r="A649" s="1" t="s">
-        <v>1927</v>
+        <v>1919</v>
       </c>
       <c r="B649" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>1928</v>
+        <v>1920</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>1929</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650" s="1" t="s">
-        <v>1930</v>
+        <v>1922</v>
       </c>
       <c r="B650" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1931</v>
+        <v>1923</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>1932</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" s="1" t="s">
-        <v>1933</v>
+        <v>1925</v>
       </c>
       <c r="B651" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>1934</v>
+        <v>1926</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>1935</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652" s="1" t="s">
-        <v>1936</v>
+        <v>1928</v>
       </c>
       <c r="B652" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>1931</v>
+        <v>1929</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>1937</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" s="1" t="s">
-        <v>1938</v>
+        <v>1931</v>
       </c>
       <c r="B653" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>1939</v>
+        <v>1932</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>1940</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654" s="1" t="s">
-        <v>1941</v>
+        <v>1934</v>
       </c>
       <c r="B654" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>1942</v>
+        <v>1935</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>1943</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" s="1" t="s">
-        <v>1944</v>
+        <v>1937</v>
       </c>
       <c r="B655" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>1945</v>
+        <v>1938</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>1946</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656" s="1" t="s">
-        <v>1947</v>
+        <v>1940</v>
       </c>
       <c r="B656" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>1948</v>
+        <v>1941</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>1949</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657" s="1" t="s">
-        <v>1950</v>
+        <v>1943</v>
       </c>
       <c r="B657" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>1951</v>
+        <v>1944</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>1952</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" s="1" t="s">
-        <v>1953</v>
+        <v>1946</v>
       </c>
       <c r="B658" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>1954</v>
+        <v>1947</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>1955</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659" s="1" t="s">
-        <v>1956</v>
+        <v>1949</v>
       </c>
       <c r="B659" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>1957</v>
+        <v>1950</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>1958</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660" s="1" t="s">
-        <v>1959</v>
+        <v>1952</v>
       </c>
       <c r="B660" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C660" s="1"/>
+      <c r="C660" s="1" t="s">
+        <v>1953</v>
+      </c>
       <c r="D660" s="1" t="s">
-        <v>1960</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661" s="1" t="s">
-        <v>1961</v>
+        <v>1955</v>
       </c>
       <c r="B661" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C661" s="1"/>
+      <c r="C661" s="1" t="s">
+        <v>1956</v>
+      </c>
       <c r="D661" s="1" t="s">
-        <v>1962</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" s="1" t="s">
-        <v>1963</v>
+        <v>1958</v>
       </c>
       <c r="B662" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>1964</v>
+        <v>1959</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>1965</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" s="1" t="s">
-        <v>1966</v>
+        <v>1961</v>
       </c>
       <c r="B663" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C663" s="1"/>
+      <c r="C663" s="1" t="s">
+        <v>1962</v>
+      </c>
       <c r="D663" s="1" t="s">
-        <v>1967</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" s="1" t="s">
-        <v>1968</v>
+        <v>1964</v>
       </c>
       <c r="B664" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C664" s="1"/>
+      <c r="C664" s="1" t="s">
+        <v>1965</v>
+      </c>
       <c r="D664" s="1" t="s">
-        <v>1969</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" s="1" t="s">
-        <v>1970</v>
+        <v>1967</v>
       </c>
       <c r="B665" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C665" s="1"/>
+      <c r="C665" s="1" t="s">
+        <v>1968</v>
+      </c>
       <c r="D665" s="1" t="s">
-        <v>1971</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B666" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C666" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D666" s="1" t="s">
         <v>1972</v>
-      </c>
-[...5 lines deleted...]
-        <v>1973</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B667" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C667" s="1" t="s">
         <v>1974</v>
       </c>
-      <c r="B667" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C667" s="1"/>
       <c r="D667" s="1" t="s">
         <v>1975</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668" s="1" t="s">
         <v>1976</v>
       </c>
       <c r="B668" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C668" s="1"/>
+      <c r="C668" s="1" t="s">
+        <v>1977</v>
+      </c>
       <c r="D668" s="1" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" s="1" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="B669" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C669" s="1"/>
+      <c r="C669" s="1" t="s">
+        <v>1980</v>
+      </c>
       <c r="D669" s="1" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" s="1" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" s="1" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" s="1" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" s="1" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" s="1" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" s="1" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" s="1" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" s="1" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678" s="1" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" s="1" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="B679" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" s="1" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="B680" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" s="1" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="B681" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" s="1" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B682" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" s="1" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B683" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" s="1" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B684" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685" s="1" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="B685" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" s="1" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" s="1" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" s="1" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="B688" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" s="1" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="B689" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" s="1" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="B690" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>2042</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" s="1" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="B691" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>2045</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" s="1" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
       <c r="B692" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" s="1" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="B693" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>2047</v>
+        <v>2052</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>2050</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" s="1" t="s">
-        <v>2051</v>
+        <v>2054</v>
       </c>
       <c r="B694" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>2047</v>
+        <v>2055</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>2052</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" s="1" t="s">
-        <v>2053</v>
+        <v>2057</v>
       </c>
       <c r="B695" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>2054</v>
+        <v>2058</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>2055</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" s="1" t="s">
-        <v>2056</v>
+        <v>2060</v>
       </c>
       <c r="B696" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>2057</v>
+        <v>2061</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>2058</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" s="1" t="s">
-        <v>2059</v>
+        <v>2063</v>
       </c>
       <c r="B697" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>2060</v>
+        <v>2064</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>2061</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" s="1" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B698" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>2064</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699" s="1" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="B699" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>2067</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="700" spans="1:4">
       <c r="A700" s="1" t="s">
-        <v>2068</v>
+        <v>2072</v>
       </c>
       <c r="B700" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>2069</v>
+        <v>2073</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>2070</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" s="1" t="s">
-        <v>2071</v>
+        <v>2075</v>
       </c>
       <c r="B701" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>2047</v>
+        <v>2076</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>2072</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" s="1" t="s">
-        <v>2073</v>
+        <v>2078</v>
       </c>
       <c r="B702" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>2047</v>
+        <v>2079</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>2074</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703" s="1" t="s">
-        <v>2075</v>
+        <v>2081</v>
       </c>
       <c r="B703" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>2047</v>
+        <v>2082</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>2076</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" s="1" t="s">
-        <v>2077</v>
+        <v>2084</v>
       </c>
       <c r="B704" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>2078</v>
+        <v>2085</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>2079</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705" s="1" t="s">
-        <v>2080</v>
+        <v>2087</v>
       </c>
       <c r="B705" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>2081</v>
+        <v>2088</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>2082</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706" s="1" t="s">
-        <v>2083</v>
+        <v>2090</v>
       </c>
       <c r="B706" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>2081</v>
+        <v>2091</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>2084</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" s="1" t="s">
-        <v>2085</v>
+        <v>2093</v>
       </c>
       <c r="B707" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>2086</v>
+        <v>2094</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>2087</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708" s="1" t="s">
-        <v>2088</v>
+        <v>2096</v>
       </c>
       <c r="B708" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>2089</v>
+        <v>2097</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>2090</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709" s="1" t="s">
-        <v>2091</v>
+        <v>2099</v>
       </c>
       <c r="B709" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>2081</v>
+        <v>2100</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>2092</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" s="1" t="s">
-        <v>2093</v>
+        <v>2102</v>
       </c>
       <c r="B710" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>2081</v>
+        <v>2103</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>2094</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711" s="1" t="s">
-        <v>2095</v>
+        <v>2105</v>
       </c>
       <c r="B711" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>2081</v>
+        <v>2106</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>2096</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" s="1" t="s">
-        <v>2097</v>
+        <v>2108</v>
       </c>
       <c r="B712" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>2098</v>
+        <v>2109</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>2099</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" s="1" t="s">
-        <v>2100</v>
+        <v>2111</v>
       </c>
       <c r="B713" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>2101</v>
+        <v>2112</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>2102</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" s="1" t="s">
-        <v>2103</v>
+        <v>2114</v>
       </c>
       <c r="B714" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>2104</v>
+        <v>2115</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>2105</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715" s="1" t="s">
-        <v>2106</v>
+        <v>2117</v>
       </c>
       <c r="B715" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>2081</v>
+        <v>2118</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>2107</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" s="1" t="s">
-        <v>2108</v>
+        <v>2120</v>
       </c>
       <c r="B716" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>2081</v>
+        <v>2121</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>2109</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717" s="1" t="s">
-        <v>2110</v>
+        <v>2123</v>
       </c>
       <c r="B717" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>2081</v>
+        <v>2124</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>2111</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718" s="1" t="s">
-        <v>2112</v>
+        <v>2126</v>
       </c>
       <c r="B718" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>2113</v>
+        <v>2127</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>2114</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" s="1" t="s">
-        <v>2115</v>
+        <v>2129</v>
       </c>
       <c r="B719" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>2081</v>
+        <v>2130</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>2116</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720" s="1" t="s">
-        <v>2117</v>
+        <v>2132</v>
       </c>
       <c r="B720" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>2081</v>
+        <v>2133</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>2118</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" s="1" t="s">
-        <v>2119</v>
+        <v>2135</v>
       </c>
       <c r="B721" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>2120</v>
+        <v>2136</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>2121</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" s="1" t="s">
-        <v>2122</v>
+        <v>2138</v>
       </c>
       <c r="B722" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>2123</v>
+        <v>2139</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>2124</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" s="1" t="s">
-        <v>2125</v>
+        <v>2141</v>
       </c>
       <c r="B723" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>2126</v>
+        <v>2142</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>2127</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" s="1" t="s">
-        <v>2128</v>
+        <v>2144</v>
       </c>
       <c r="B724" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>2129</v>
+        <v>2145</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>2130</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" s="1" t="s">
-        <v>2131</v>
+        <v>2147</v>
       </c>
       <c r="B725" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>2132</v>
+        <v>2148</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>2133</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" s="1" t="s">
-        <v>2134</v>
+        <v>2150</v>
       </c>
       <c r="B726" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>2135</v>
+        <v>2151</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>2136</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" s="1" t="s">
-        <v>2137</v>
+        <v>2153</v>
       </c>
       <c r="B727" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>2138</v>
+        <v>2154</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>2139</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" s="1" t="s">
-        <v>2140</v>
+        <v>2156</v>
       </c>
       <c r="B728" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>2141</v>
+        <v>2157</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>2142</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="A729" s="1" t="s">
-        <v>2143</v>
+        <v>2159</v>
       </c>
       <c r="B729" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>2081</v>
+        <v>2160</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>2144</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730" s="1" t="s">
-        <v>2145</v>
+        <v>2162</v>
       </c>
       <c r="B730" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>2146</v>
+        <v>2163</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>2147</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" s="1" t="s">
-        <v>2148</v>
+        <v>2165</v>
       </c>
       <c r="B731" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>2149</v>
+        <v>2166</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>2150</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732" s="1" t="s">
-        <v>2151</v>
+        <v>2168</v>
       </c>
       <c r="B732" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>2146</v>
+        <v>2169</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>2152</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" s="1" t="s">
-        <v>2153</v>
+        <v>2171</v>
       </c>
       <c r="B733" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>2146</v>
+        <v>2172</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>2154</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" s="1" t="s">
-        <v>2155</v>
+        <v>2174</v>
       </c>
       <c r="B734" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>2156</v>
+        <v>2175</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>2157</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" s="1" t="s">
-        <v>2158</v>
+        <v>2177</v>
       </c>
       <c r="B735" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>2159</v>
+        <v>2178</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>2160</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736" s="1" t="s">
-        <v>2161</v>
+        <v>2180</v>
       </c>
       <c r="B736" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>2159</v>
+        <v>2181</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>2162</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737" s="1" t="s">
-        <v>2163</v>
+        <v>2183</v>
       </c>
       <c r="B737" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>2164</v>
+        <v>2184</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>2165</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738" s="1" t="s">
-        <v>2166</v>
+        <v>2186</v>
       </c>
       <c r="B738" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>2167</v>
+        <v>2187</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>2168</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="A739" s="1" t="s">
-        <v>2169</v>
+        <v>2189</v>
       </c>
       <c r="B739" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>2146</v>
+        <v>2190</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>2170</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="A740" s="1" t="s">
-        <v>2171</v>
+        <v>2192</v>
       </c>
       <c r="B740" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>2172</v>
+        <v>2193</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>23</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="A741" s="1" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="B741" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>2174</v>
+        <v>2196</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>2175</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742" s="1" t="s">
-        <v>2176</v>
+        <v>2198</v>
       </c>
       <c r="B742" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>2177</v>
+        <v>2199</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>2178</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="A743" s="1" t="s">
-        <v>2179</v>
+        <v>2201</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>2182</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744" s="1" t="s">
-        <v>2183</v>
+        <v>2203</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>2184</v>
+        <v>2204</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>2185</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745" s="1" t="s">
-        <v>2186</v>
+        <v>2206</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>2180</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="C745" s="1"/>
       <c r="D745" s="1" t="s">
-        <v>2188</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746" s="1" t="s">
-        <v>2189</v>
+        <v>2208</v>
       </c>
       <c r="B746" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C746" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C746" s="1"/>
       <c r="D746" s="1" t="s">
-        <v>2191</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="A747" s="1" t="s">
-        <v>2192</v>
+        <v>2210</v>
       </c>
       <c r="B747" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>2193</v>
+        <v>2211</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>2194</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748" s="1" t="s">
-        <v>2195</v>
+        <v>2213</v>
       </c>
       <c r="B748" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>2159</v>
+        <v>2214</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>2196</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="A749" s="1" t="s">
-        <v>2197</v>
+        <v>2216</v>
       </c>
       <c r="B749" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>2159</v>
+        <v>2217</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>2198</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="A750" s="1" t="s">
-        <v>2199</v>
+        <v>2219</v>
       </c>
       <c r="B750" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>2159</v>
+        <v>2220</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>2200</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="A751" s="1" t="s">
-        <v>2201</v>
+        <v>2222</v>
       </c>
       <c r="B751" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>2159</v>
+        <v>2223</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>2202</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="A752" s="1" t="s">
-        <v>2203</v>
+        <v>2225</v>
       </c>
       <c r="B752" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>2159</v>
+        <v>2226</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>2204</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753" s="1" t="s">
-        <v>2205</v>
+        <v>2228</v>
       </c>
       <c r="B753" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C753" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C753" s="1"/>
       <c r="D753" s="1" t="s">
-        <v>2206</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754" s="1" t="s">
-        <v>2207</v>
+        <v>2230</v>
       </c>
       <c r="B754" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C754" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C754" s="1"/>
       <c r="D754" s="1" t="s">
-        <v>2208</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="A755" s="1" t="s">
-        <v>2209</v>
+        <v>2232</v>
       </c>
       <c r="B755" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C755" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C755" s="1"/>
       <c r="D755" s="1" t="s">
-        <v>2210</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756" s="1" t="s">
-        <v>2211</v>
+        <v>2234</v>
       </c>
       <c r="B756" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C756" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C756" s="1"/>
       <c r="D756" s="1" t="s">
-        <v>2212</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757" s="1" t="s">
-        <v>2213</v>
+        <v>2236</v>
       </c>
       <c r="B757" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C757" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C757" s="1"/>
       <c r="D757" s="1" t="s">
-        <v>2214</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="758" spans="1:4">
       <c r="A758" s="1" t="s">
-        <v>2215</v>
+        <v>2238</v>
       </c>
       <c r="B758" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C758" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C758" s="1"/>
       <c r="D758" s="1" t="s">
-        <v>2216</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="759" spans="1:4">
       <c r="A759" s="1" t="s">
-        <v>2217</v>
+        <v>2240</v>
       </c>
       <c r="B759" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C759" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C759" s="1"/>
       <c r="D759" s="1" t="s">
-        <v>2218</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="A760" s="1" t="s">
-        <v>2219</v>
+        <v>2242</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>2193</v>
+        <v>2243</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>2220</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761" s="1" t="s">
-        <v>2221</v>
+        <v>2245</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>2193</v>
+        <v>2246</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>2222</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762" s="1" t="s">
-        <v>2223</v>
+        <v>2248</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2193</v>
+        <v>2249</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>2224</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763" s="1" t="s">
-        <v>2225</v>
+        <v>2251</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>2193</v>
+        <v>2252</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>2226</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="A764" s="1" t="s">
-        <v>2227</v>
+        <v>2254</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>2193</v>
+        <v>2255</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>2228</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="A765" s="1" t="s">
-        <v>2229</v>
+        <v>2257</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>2193</v>
+        <v>2258</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>2230</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766" s="1" t="s">
-        <v>2231</v>
+        <v>2260</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2193</v>
+        <v>2261</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>2232</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767" s="1" t="s">
-        <v>2233</v>
+        <v>2263</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>2193</v>
+        <v>2264</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>2234</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="A768" s="1" t="s">
-        <v>2235</v>
+        <v>2266</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2193</v>
+        <v>2267</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>2236</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" s="1" t="s">
-        <v>2237</v>
+        <v>2269</v>
       </c>
       <c r="B769" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2193</v>
+        <v>2270</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>2238</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770" s="1" t="s">
-        <v>2239</v>
+        <v>2272</v>
       </c>
       <c r="B770" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2240</v>
+        <v>2273</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>2241</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771" s="1" t="s">
-        <v>2242</v>
+        <v>2275</v>
       </c>
       <c r="B771" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>2240</v>
+        <v>2276</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>2243</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="772" spans="1:4">
       <c r="A772" s="1" t="s">
-        <v>2244</v>
+        <v>2278</v>
       </c>
       <c r="B772" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>2240</v>
+        <v>2279</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>2245</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="A773" s="1" t="s">
-        <v>2246</v>
+        <v>2281</v>
       </c>
       <c r="B773" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2240</v>
+        <v>2282</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>2247</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="774" spans="1:4">
       <c r="A774" s="1" t="s">
-        <v>2248</v>
+        <v>2284</v>
       </c>
       <c r="B774" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2249</v>
+        <v>2285</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>2250</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775" s="1" t="s">
-        <v>2251</v>
+        <v>2287</v>
       </c>
       <c r="B775" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2252</v>
+        <v>2288</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>2253</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776" s="1" t="s">
-        <v>2254</v>
+        <v>2290</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>2255</v>
+        <v>2291</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>2256</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777" s="1" t="s">
-        <v>2257</v>
+        <v>2293</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>2258</v>
+        <v>2294</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>2259</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778" s="1" t="s">
-        <v>2260</v>
+        <v>2296</v>
       </c>
       <c r="B778" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>2240</v>
+        <v>2297</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>2261</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="779" spans="1:4">
       <c r="A779" s="1" t="s">
-        <v>2262</v>
+        <v>2299</v>
       </c>
       <c r="B779" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2240</v>
+        <v>2300</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>2263</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="780" spans="1:4">
       <c r="A780" s="1" t="s">
-        <v>2264</v>
+        <v>2302</v>
       </c>
       <c r="B780" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>2249</v>
+        <v>2303</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>2265</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="781" spans="1:4">
       <c r="A781" s="1" t="s">
-        <v>2266</v>
+        <v>2305</v>
       </c>
       <c r="B781" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>2249</v>
+        <v>2306</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>2267</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782" s="1" t="s">
-        <v>2268</v>
+        <v>2308</v>
       </c>
       <c r="B782" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>2249</v>
+        <v>2309</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>2269</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783" s="1" t="s">
-        <v>2270</v>
+        <v>2311</v>
       </c>
       <c r="B783" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2249</v>
+        <v>2309</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>2271</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784" s="1" t="s">
-        <v>2272</v>
+        <v>2313</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>2273</v>
+        <v>2309</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>2274</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" s="1" t="s">
-        <v>2275</v>
+        <v>2315</v>
       </c>
       <c r="B785" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2249</v>
+        <v>2316</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>2276</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786" s="1" t="s">
-        <v>2277</v>
+        <v>2318</v>
       </c>
       <c r="B786" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2249</v>
+        <v>2319</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>2278</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="787" spans="1:4">
       <c r="A787" s="1" t="s">
-        <v>2279</v>
+        <v>2321</v>
       </c>
       <c r="B787" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2249</v>
+        <v>2322</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>2280</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="788" spans="1:4">
       <c r="A788" s="1" t="s">
-        <v>2281</v>
+        <v>2324</v>
       </c>
       <c r="B788" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2249</v>
+        <v>2325</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>2282</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="789" spans="1:4">
       <c r="A789" s="1" t="s">
-        <v>2283</v>
+        <v>2327</v>
       </c>
       <c r="B789" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2284</v>
+        <v>2328</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>2285</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="790" spans="1:4">
       <c r="A790" s="1" t="s">
-        <v>2286</v>
+        <v>2330</v>
       </c>
       <c r="B790" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C790" s="1"/>
+      <c r="C790" s="1" t="s">
+        <v>2331</v>
+      </c>
       <c r="D790" s="1" t="s">
-        <v>2287</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791" s="1" t="s">
-        <v>2288</v>
+        <v>2333</v>
       </c>
       <c r="B791" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2249</v>
+        <v>2309</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>2289</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792" s="1" t="s">
-        <v>2290</v>
+        <v>2335</v>
       </c>
       <c r="B792" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C792" s="1"/>
+      <c r="C792" s="1" t="s">
+        <v>2309</v>
+      </c>
       <c r="D792" s="1" t="s">
-        <v>2291</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793" s="1" t="s">
-        <v>2292</v>
+        <v>2337</v>
       </c>
       <c r="B793" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>2249</v>
+        <v>2309</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>2293</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="794" spans="1:4">
       <c r="A794" s="1" t="s">
-        <v>2294</v>
+        <v>2339</v>
       </c>
       <c r="B794" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>2249</v>
+        <v>2340</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>2295</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795" s="1" t="s">
-        <v>2296</v>
+        <v>2342</v>
       </c>
       <c r="B795" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>2249</v>
+        <v>2343</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>2297</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796" s="1" t="s">
-        <v>2298</v>
+        <v>2345</v>
       </c>
       <c r="B796" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>2249</v>
+        <v>2343</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>2299</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797" s="1" t="s">
-        <v>2300</v>
+        <v>2347</v>
       </c>
       <c r="B797" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>2301</v>
+        <v>2348</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>2302</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798" s="1" t="s">
-        <v>2303</v>
+        <v>2350</v>
       </c>
       <c r="B798" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>2304</v>
+        <v>2351</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>2305</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="799" spans="1:4">
       <c r="A799" s="1" t="s">
-        <v>2306</v>
+        <v>2353</v>
       </c>
       <c r="B799" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2301</v>
+        <v>2343</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>2307</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="800" spans="1:4">
       <c r="A800" s="1" t="s">
-        <v>2308</v>
+        <v>2355</v>
       </c>
       <c r="B800" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2301</v>
+        <v>2343</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>2309</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="801" spans="1:4">
       <c r="A801" s="1" t="s">
-        <v>2310</v>
+        <v>2357</v>
       </c>
       <c r="B801" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2301</v>
+        <v>2343</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>2311</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802" s="1" t="s">
-        <v>2312</v>
+        <v>2359</v>
       </c>
       <c r="B802" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2301</v>
+        <v>2360</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>2313</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803" s="1" t="s">
-        <v>2314</v>
+        <v>2362</v>
       </c>
       <c r="B803" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2301</v>
+        <v>2363</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>2315</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804" s="1" t="s">
-        <v>2316</v>
+        <v>2365</v>
       </c>
       <c r="B804" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2301</v>
+        <v>2366</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>2317</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805" s="1" t="s">
-        <v>2318</v>
+        <v>2368</v>
       </c>
       <c r="B805" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C805" s="1"/>
+      <c r="C805" s="1" t="s">
+        <v>2343</v>
+      </c>
       <c r="D805" s="1" t="s">
-        <v>2319</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="806" spans="1:4">
       <c r="A806" s="1" t="s">
-        <v>2320</v>
+        <v>2370</v>
       </c>
       <c r="B806" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2321</v>
+        <v>2343</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>2322</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807" s="1" t="s">
-        <v>2323</v>
+        <v>2372</v>
       </c>
       <c r="B807" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2324</v>
+        <v>2343</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>2325</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" s="1" t="s">
-        <v>2326</v>
+        <v>2374</v>
       </c>
       <c r="B808" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>2327</v>
+        <v>2375</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>2328</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" s="1" t="s">
-        <v>2329</v>
+        <v>2377</v>
       </c>
       <c r="B809" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>2301</v>
+        <v>2343</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>2330</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" s="1" t="s">
-        <v>2331</v>
+        <v>2379</v>
       </c>
       <c r="B810" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>2301</v>
+        <v>2343</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>2332</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="811" spans="1:4">
       <c r="A811" s="1" t="s">
-        <v>2333</v>
+        <v>2381</v>
       </c>
       <c r="B811" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>2334</v>
+        <v>2382</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>2335</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812" s="1" t="s">
-        <v>2336</v>
+        <v>2384</v>
       </c>
       <c r="B812" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>2337</v>
+        <v>2385</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>2338</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" s="1" t="s">
-        <v>2339</v>
+        <v>2387</v>
       </c>
       <c r="B813" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>2340</v>
+        <v>2388</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>2341</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814" s="1" t="s">
-        <v>2342</v>
+        <v>2390</v>
       </c>
       <c r="B814" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>2343</v>
+        <v>2391</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>2344</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815" s="1" t="s">
-        <v>2345</v>
+        <v>2393</v>
       </c>
       <c r="B815" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2346</v>
+        <v>2394</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>2347</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="816" spans="1:4">
       <c r="A816" s="1" t="s">
-        <v>2348</v>
+        <v>2396</v>
       </c>
       <c r="B816" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>2349</v>
+        <v>2397</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>2350</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817" s="1" t="s">
-        <v>2351</v>
+        <v>2399</v>
       </c>
       <c r="B817" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>2352</v>
+        <v>2400</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>2353</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818" s="1" t="s">
-        <v>2354</v>
+        <v>2402</v>
       </c>
       <c r="B818" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>2355</v>
+        <v>2403</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>2356</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" s="1" t="s">
-        <v>2357</v>
+        <v>2405</v>
       </c>
       <c r="B819" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>2047</v>
+        <v>2343</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>2358</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820" s="1" t="s">
-        <v>2359</v>
+        <v>2407</v>
       </c>
       <c r="B820" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>2047</v>
+        <v>2408</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>2360</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821" s="1" t="s">
-        <v>2361</v>
+        <v>2410</v>
       </c>
       <c r="B821" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>2047</v>
+        <v>2411</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>2362</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822" s="1" t="s">
-        <v>2363</v>
+        <v>2413</v>
       </c>
       <c r="B822" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>2364</v>
+        <v>2408</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>2365</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823" s="1" t="s">
-        <v>2366</v>
+        <v>2415</v>
       </c>
       <c r="B823" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>2367</v>
+        <v>2408</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>2368</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="824" spans="1:4">
       <c r="A824" s="1" t="s">
-        <v>2369</v>
+        <v>2417</v>
       </c>
       <c r="B824" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>2370</v>
+        <v>2418</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>2371</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825" s="1" t="s">
-        <v>2372</v>
+        <v>2420</v>
       </c>
       <c r="B825" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>2373</v>
+        <v>2421</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>2374</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="826" spans="1:4">
       <c r="A826" s="1" t="s">
-        <v>2375</v>
+        <v>2423</v>
       </c>
       <c r="B826" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>2376</v>
+        <v>2421</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>2377</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="827" spans="1:4">
       <c r="A827" s="1" t="s">
-        <v>2378</v>
+        <v>2425</v>
       </c>
       <c r="B827" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>2379</v>
+        <v>2426</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>2380</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828" s="1" t="s">
-        <v>2381</v>
+        <v>2428</v>
       </c>
       <c r="B828" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>2379</v>
+        <v>2429</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>2382</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="829" spans="1:4">
       <c r="A829" s="1" t="s">
-        <v>2383</v>
+        <v>2431</v>
       </c>
       <c r="B829" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>2379</v>
+        <v>2408</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>2384</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="830" spans="1:4">
       <c r="A830" s="1" t="s">
-        <v>2385</v>
+        <v>2433</v>
       </c>
       <c r="B830" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>2379</v>
+        <v>2434</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>2386</v>
+        <v>277</v>
       </c>
     </row>
     <row r="831" spans="1:4">
       <c r="A831" s="1" t="s">
-        <v>2387</v>
+        <v>2435</v>
       </c>
       <c r="B831" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>2379</v>
+        <v>2436</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>2388</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="832" spans="1:4">
       <c r="A832" s="1" t="s">
-        <v>2389</v>
+        <v>2438</v>
       </c>
       <c r="B832" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>2379</v>
+        <v>2439</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>2390</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="833" spans="1:4">
       <c r="A833" s="1" t="s">
-        <v>2391</v>
+        <v>2441</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>2379</v>
+        <v>2442</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>2392</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834" s="1" t="s">
-        <v>2393</v>
+        <v>2444</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>2379</v>
+        <v>2445</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>2394</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="835" spans="1:4">
       <c r="A835" s="1" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="B835" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>2379</v>
+        <v>2448</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>2396</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="836" spans="1:4">
       <c r="A836" s="1" t="s">
-        <v>2397</v>
+        <v>2450</v>
       </c>
       <c r="B836" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>2379</v>
+        <v>2451</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>2398</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="837" spans="1:4">
       <c r="A837" s="1" t="s">
-        <v>2399</v>
+        <v>2453</v>
       </c>
       <c r="B837" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>2379</v>
+        <v>2421</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>2400</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="838" spans="1:4">
       <c r="A838" s="1" t="s">
-        <v>2401</v>
+        <v>2455</v>
       </c>
       <c r="B838" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>2379</v>
+        <v>2421</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>2402</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="839" spans="1:4">
       <c r="A839" s="1" t="s">
-        <v>2403</v>
+        <v>2457</v>
       </c>
       <c r="B839" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>2379</v>
+        <v>2421</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>2404</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="840" spans="1:4">
       <c r="A840" s="1" t="s">
-        <v>2405</v>
+        <v>2459</v>
       </c>
       <c r="B840" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>2406</v>
+        <v>2421</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>2407</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="841" spans="1:4">
       <c r="A841" s="1" t="s">
-        <v>2408</v>
+        <v>2461</v>
       </c>
       <c r="B841" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>2409</v>
+        <v>2421</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>2410</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="842" spans="1:4">
       <c r="A842" s="1" t="s">
-        <v>2411</v>
+        <v>2463</v>
       </c>
       <c r="B842" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>2412</v>
+        <v>2451</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>2413</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="843" spans="1:4">
       <c r="A843" s="1" t="s">
-        <v>2414</v>
+        <v>2465</v>
       </c>
       <c r="B843" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>2415</v>
+        <v>2451</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>2416</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="844" spans="1:4">
       <c r="A844" s="1" t="s">
-        <v>2417</v>
+        <v>2467</v>
       </c>
       <c r="B844" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>2418</v>
+        <v>2451</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>2419</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="845" spans="1:4">
       <c r="A845" s="1" t="s">
-        <v>2420</v>
+        <v>2469</v>
       </c>
       <c r="B845" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>2421</v>
+        <v>2451</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>2422</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="846" spans="1:4">
       <c r="A846" s="1" t="s">
-        <v>2423</v>
+        <v>2471</v>
       </c>
       <c r="B846" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>2424</v>
+        <v>2451</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>2425</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847" s="1" t="s">
-        <v>2426</v>
+        <v>2473</v>
       </c>
       <c r="B847" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>2427</v>
+        <v>2451</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>2428</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="848" spans="1:4">
       <c r="A848" s="1" t="s">
-        <v>2429</v>
+        <v>2475</v>
       </c>
       <c r="B848" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>2430</v>
+        <v>2451</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>23</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="849" spans="1:4">
       <c r="A849" s="1" t="s">
-        <v>2431</v>
+        <v>2477</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>2432</v>
+        <v>2451</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>2433</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="850" spans="1:4">
       <c r="A850" s="1" t="s">
-        <v>2434</v>
+        <v>2479</v>
       </c>
       <c r="B850" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>2435</v>
+        <v>2451</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>2436</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851" s="1" t="s">
-        <v>2437</v>
+        <v>2481</v>
       </c>
       <c r="B851" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2438</v>
+        <v>2451</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>2439</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="852" spans="1:4">
       <c r="A852" s="1" t="s">
-        <v>2440</v>
+        <v>2483</v>
       </c>
       <c r="B852" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>2441</v>
+        <v>2451</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>2442</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853" s="1" t="s">
-        <v>2443</v>
+        <v>2485</v>
       </c>
       <c r="B853" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>2444</v>
+        <v>2451</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>2445</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="854" spans="1:4">
       <c r="A854" s="1" t="s">
-        <v>2446</v>
+        <v>2487</v>
       </c>
       <c r="B854" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>2447</v>
+        <v>2451</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>2448</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="855" spans="1:4">
       <c r="A855" s="1" t="s">
-        <v>2449</v>
+        <v>2489</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>2451</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="856" spans="1:4">
       <c r="A856" s="1" t="s">
-        <v>2452</v>
+        <v>2491</v>
       </c>
       <c r="B856" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>2453</v>
+        <v>2451</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>2454</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="857" spans="1:4">
       <c r="A857" s="1" t="s">
-        <v>2455</v>
+        <v>2493</v>
       </c>
       <c r="B857" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>2456</v>
+        <v>2451</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>2457</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="858" spans="1:4">
       <c r="A858" s="1" t="s">
-        <v>2458</v>
+        <v>2495</v>
       </c>
       <c r="B858" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>2459</v>
+        <v>2451</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>2460</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="859" spans="1:4">
       <c r="A859" s="1" t="s">
-        <v>2461</v>
+        <v>2497</v>
       </c>
       <c r="B859" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2462</v>
+        <v>2498</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>2463</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="860" spans="1:4">
       <c r="A860" s="1" t="s">
-        <v>2464</v>
+        <v>2500</v>
       </c>
       <c r="B860" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>2465</v>
+        <v>2498</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>2466</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="861" spans="1:4">
       <c r="A861" s="1" t="s">
-        <v>2467</v>
+        <v>2502</v>
       </c>
       <c r="B861" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>2468</v>
+        <v>2498</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>2469</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="862" spans="1:4">
       <c r="A862" s="1" t="s">
-        <v>2470</v>
+        <v>2504</v>
       </c>
       <c r="B862" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>2471</v>
+        <v>2498</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>2472</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="863" spans="1:4">
       <c r="A863" s="1" t="s">
-        <v>2473</v>
+        <v>2506</v>
       </c>
       <c r="B863" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>2474</v>
+        <v>2507</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>2475</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="864" spans="1:4">
       <c r="A864" s="1" t="s">
-        <v>2476</v>
+        <v>2509</v>
       </c>
       <c r="B864" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>2477</v>
+        <v>2510</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>2478</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="865" spans="1:4">
       <c r="A865" s="1" t="s">
-        <v>2479</v>
+        <v>2512</v>
       </c>
       <c r="B865" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>2480</v>
+        <v>2513</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>2481</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="866" spans="1:4">
       <c r="A866" s="1" t="s">
-        <v>2482</v>
+        <v>2515</v>
       </c>
       <c r="B866" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>2483</v>
+        <v>2516</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>2484</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="867" spans="1:4">
       <c r="A867" s="1" t="s">
-        <v>2485</v>
+        <v>2518</v>
       </c>
       <c r="B867" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>2486</v>
+        <v>2498</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>2487</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="868" spans="1:4">
       <c r="A868" s="1" t="s">
-        <v>2488</v>
+        <v>2520</v>
       </c>
       <c r="B868" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>2486</v>
+        <v>2498</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>2489</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="869" spans="1:4">
       <c r="A869" s="1" t="s">
-        <v>2490</v>
+        <v>2522</v>
       </c>
       <c r="B869" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>2491</v>
+        <v>2507</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>2492</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="870" spans="1:4">
       <c r="A870" s="1" t="s">
-        <v>2493</v>
+        <v>2524</v>
       </c>
       <c r="B870" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>2494</v>
+        <v>2507</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>2495</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="871" spans="1:4">
       <c r="A871" s="1" t="s">
-        <v>2496</v>
+        <v>2526</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>2497</v>
+        <v>2507</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>2498</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872" s="1" t="s">
-        <v>2499</v>
+        <v>2528</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>2500</v>
+        <v>2507</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>2501</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="873" spans="1:4">
       <c r="A873" s="1" t="s">
-        <v>2502</v>
+        <v>2530</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>2503</v>
+        <v>2531</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>2504</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="874" spans="1:4">
       <c r="A874" s="1" t="s">
-        <v>2505</v>
+        <v>2533</v>
       </c>
       <c r="B874" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>2507</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="875" spans="1:4">
       <c r="A875" s="1" t="s">
-        <v>2508</v>
+        <v>2535</v>
       </c>
       <c r="B875" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>2509</v>
+        <v>2507</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>2510</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="876" spans="1:4">
       <c r="A876" s="1" t="s">
-        <v>2511</v>
+        <v>2537</v>
       </c>
       <c r="B876" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>2512</v>
+        <v>2507</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>2513</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="877" spans="1:4">
       <c r="A877" s="1" t="s">
-        <v>2514</v>
+        <v>2539</v>
       </c>
       <c r="B877" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2515</v>
+        <v>2507</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>2516</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="878" spans="1:4">
       <c r="A878" s="1" t="s">
-        <v>2517</v>
+        <v>2541</v>
       </c>
       <c r="B878" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>2518</v>
+        <v>2542</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>2519</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="879" spans="1:4">
       <c r="A879" s="1" t="s">
-        <v>2520</v>
+        <v>2544</v>
       </c>
       <c r="B879" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C879" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C879" s="1"/>
       <c r="D879" s="1" t="s">
-        <v>2522</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="880" spans="1:4">
       <c r="A880" s="1" t="s">
-        <v>2523</v>
+        <v>2546</v>
       </c>
       <c r="B880" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>2524</v>
+        <v>2507</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>2525</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="881" spans="1:4">
       <c r="A881" s="1" t="s">
-        <v>2526</v>
+        <v>2548</v>
       </c>
       <c r="B881" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C881" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C881" s="1"/>
       <c r="D881" s="1" t="s">
-        <v>2528</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="882" spans="1:4">
       <c r="A882" s="1" t="s">
-        <v>2529</v>
+        <v>2550</v>
       </c>
       <c r="B882" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2530</v>
+        <v>2507</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>2531</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="883" spans="1:4">
       <c r="A883" s="1" t="s">
-        <v>2532</v>
+        <v>2552</v>
       </c>
       <c r="B883" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2533</v>
+        <v>2507</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>2534</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="884" spans="1:4">
       <c r="A884" s="1" t="s">
-        <v>2535</v>
+        <v>2554</v>
       </c>
       <c r="B884" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>2536</v>
+        <v>2507</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>2537</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="885" spans="1:4">
       <c r="A885" s="1" t="s">
-        <v>2538</v>
+        <v>2556</v>
       </c>
       <c r="B885" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>2539</v>
+        <v>2507</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>2540</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="886" spans="1:4">
       <c r="A886" s="1" t="s">
-        <v>2541</v>
+        <v>2558</v>
       </c>
       <c r="B886" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>2542</v>
+        <v>2559</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>2543</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="887" spans="1:4">
       <c r="A887" s="1" t="s">
-        <v>2544</v>
+        <v>2561</v>
       </c>
       <c r="B887" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>2545</v>
+        <v>2562</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>2546</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="888" spans="1:4">
       <c r="A888" s="1" t="s">
-        <v>2547</v>
+        <v>2564</v>
       </c>
       <c r="B888" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>2548</v>
+        <v>2559</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>2549</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="889" spans="1:4">
       <c r="A889" s="1" t="s">
-        <v>2550</v>
+        <v>2566</v>
       </c>
       <c r="B889" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>2551</v>
+        <v>2559</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>2552</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="890" spans="1:4">
       <c r="A890" s="1" t="s">
-        <v>2553</v>
+        <v>2568</v>
       </c>
       <c r="B890" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>2554</v>
+        <v>2559</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>2555</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="891" spans="1:4">
       <c r="A891" s="1" t="s">
-        <v>2556</v>
+        <v>2570</v>
       </c>
       <c r="B891" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>2558</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="892" spans="1:4">
       <c r="A892" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B892" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C892" s="1" t="s">
         <v>2559</v>
       </c>
-      <c r="B892" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D892" s="1" t="s">
-        <v>2561</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="893" spans="1:4">
       <c r="A893" s="1" t="s">
-        <v>2562</v>
+        <v>2574</v>
       </c>
       <c r="B893" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2563</v>
+        <v>2559</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>2564</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="894" spans="1:4">
       <c r="A894" s="1" t="s">
-        <v>2565</v>
+        <v>2576</v>
       </c>
       <c r="B894" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C894" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C894" s="1"/>
       <c r="D894" s="1" t="s">
-        <v>2567</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="895" spans="1:4">
       <c r="A895" s="1" t="s">
-        <v>2568</v>
+        <v>2578</v>
       </c>
       <c r="B895" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>2569</v>
+        <v>2579</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>2570</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="896" spans="1:4">
       <c r="A896" s="1" t="s">
-        <v>2571</v>
+        <v>2581</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2572</v>
+        <v>2582</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>2573</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="897" spans="1:4">
       <c r="A897" s="1" t="s">
-        <v>2574</v>
+        <v>2584</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2575</v>
+        <v>2585</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>2576</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="898" spans="1:4">
       <c r="A898" s="1" t="s">
-        <v>2577</v>
+        <v>2587</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2578</v>
+        <v>2559</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>2579</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="899" spans="1:4">
       <c r="A899" s="1" t="s">
-        <v>2580</v>
+        <v>2589</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2581</v>
+        <v>2559</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>2582</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="900" spans="1:4">
       <c r="A900" s="1" t="s">
-        <v>2583</v>
+        <v>2591</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>2584</v>
+        <v>2592</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>2585</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="901" spans="1:4">
       <c r="A901" s="1" t="s">
-        <v>2586</v>
+        <v>2594</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>2587</v>
+        <v>2595</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>2588</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="902" spans="1:4">
       <c r="A902" s="1" t="s">
-        <v>2589</v>
+        <v>2597</v>
       </c>
       <c r="B902" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>2590</v>
+        <v>2598</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>2591</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="903" spans="1:4">
       <c r="A903" s="1" t="s">
-        <v>2592</v>
+        <v>2600</v>
       </c>
       <c r="B903" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>2593</v>
+        <v>2601</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>2594</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="904" spans="1:4">
       <c r="A904" s="1" t="s">
-        <v>2595</v>
+        <v>2603</v>
       </c>
       <c r="B904" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>2596</v>
+        <v>2604</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>2597</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="905" spans="1:4">
       <c r="A905" s="1" t="s">
-        <v>2598</v>
+        <v>2606</v>
       </c>
       <c r="B905" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>2599</v>
+        <v>2607</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>2600</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="906" spans="1:4">
       <c r="A906" s="1" t="s">
-        <v>2601</v>
+        <v>2609</v>
       </c>
       <c r="B906" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>2602</v>
+        <v>2610</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>2603</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="907" spans="1:4">
       <c r="A907" s="1" t="s">
-        <v>2604</v>
+        <v>2612</v>
       </c>
       <c r="B907" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>2605</v>
+        <v>2613</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>2606</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="908" spans="1:4">
       <c r="A908" s="1" t="s">
-        <v>2607</v>
+        <v>2615</v>
       </c>
       <c r="B908" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>2608</v>
+        <v>2309</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>2609</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="909" spans="1:4">
       <c r="A909" s="1" t="s">
-        <v>2610</v>
+        <v>2617</v>
       </c>
       <c r="B909" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>2611</v>
+        <v>2309</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>2612</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="910" spans="1:4">
       <c r="A910" s="1" t="s">
-        <v>2613</v>
+        <v>2619</v>
       </c>
       <c r="B910" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>2614</v>
+        <v>2309</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>2615</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="911" spans="1:4">
       <c r="A911" s="1" t="s">
-        <v>2616</v>
+        <v>2621</v>
       </c>
       <c r="B911" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>2617</v>
+        <v>2622</v>
       </c>
       <c r="D911" s="1" t="s">
-        <v>2618</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="912" spans="1:4">
       <c r="A912" s="1" t="s">
-        <v>2619</v>
+        <v>2624</v>
       </c>
       <c r="B912" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>2620</v>
+        <v>2625</v>
       </c>
       <c r="D912" s="1" t="s">
-        <v>2621</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="913" spans="1:4">
       <c r="A913" s="1" t="s">
-        <v>2622</v>
+        <v>2627</v>
       </c>
       <c r="B913" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>2623</v>
+        <v>2628</v>
       </c>
       <c r="D913" s="1" t="s">
-        <v>2624</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="914" spans="1:4">
       <c r="A914" s="1" t="s">
-        <v>2625</v>
+        <v>2630</v>
       </c>
       <c r="B914" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>2626</v>
+        <v>2631</v>
       </c>
       <c r="D914" s="1" t="s">
-        <v>2627</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="915" spans="1:4">
       <c r="A915" s="1" t="s">
-        <v>2628</v>
+        <v>2633</v>
       </c>
       <c r="B915" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>2628</v>
+        <v>2634</v>
       </c>
       <c r="D915" s="1" t="s">
-        <v>2629</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="916" spans="1:4">
       <c r="A916" s="1" t="s">
-        <v>2630</v>
+        <v>2636</v>
       </c>
       <c r="B916" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>2630</v>
+        <v>2637</v>
       </c>
       <c r="D916" s="1" t="s">
-        <v>2631</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="917" spans="1:4">
       <c r="A917" s="1" t="s">
-        <v>2632</v>
+        <v>2639</v>
       </c>
       <c r="B917" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>2633</v>
+        <v>2637</v>
       </c>
       <c r="D917" s="1" t="s">
-        <v>2634</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="918" spans="1:4">
       <c r="A918" s="1" t="s">
-        <v>2635</v>
+        <v>2641</v>
       </c>
       <c r="B918" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="D918" s="1" t="s">
-        <v>2637</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="919" spans="1:4">
       <c r="A919" s="1" t="s">
-        <v>2638</v>
+        <v>2643</v>
       </c>
       <c r="B919" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>2639</v>
+        <v>2637</v>
       </c>
       <c r="D919" s="1" t="s">
-        <v>2640</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="920" spans="1:4">
       <c r="A920" s="1" t="s">
-        <v>2641</v>
+        <v>2645</v>
       </c>
       <c r="B920" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>2642</v>
+        <v>2637</v>
       </c>
       <c r="D920" s="1" t="s">
-        <v>2643</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="921" spans="1:4">
       <c r="A921" s="1" t="s">
-        <v>2644</v>
+        <v>2647</v>
       </c>
       <c r="B921" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>2645</v>
+        <v>2637</v>
       </c>
       <c r="D921" s="1" t="s">
-        <v>2646</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="922" spans="1:4">
       <c r="A922" s="1" t="s">
-        <v>2647</v>
+        <v>2649</v>
       </c>
       <c r="B922" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>2648</v>
+        <v>2637</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="923" spans="1:4">
       <c r="A923" s="1" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="B923" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>2651</v>
+        <v>2637</v>
       </c>
       <c r="D923" s="1" t="s">
         <v>2652</v>
       </c>
     </row>
     <row r="924" spans="1:4">
       <c r="A924" s="1" t="s">
         <v>2653</v>
       </c>
       <c r="B924" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C924" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="D924" s="1" t="s">
         <v>2654</v>
-      </c>
-[...1 lines deleted...]
-        <v>2655</v>
       </c>
     </row>
     <row r="925" spans="1:4">
       <c r="A925" s="1" t="s">
+        <v>2655</v>
+      </c>
+      <c r="B925" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C925" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="D925" s="1" t="s">
         <v>2656</v>
-      </c>
-[...7 lines deleted...]
-        <v>2658</v>
       </c>
     </row>
     <row r="926" spans="1:4">
       <c r="A926" s="1" t="s">
-        <v>2659</v>
+        <v>2657</v>
       </c>
       <c r="B926" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>2660</v>
+        <v>2637</v>
       </c>
       <c r="D926" s="1" t="s">
-        <v>2661</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="927" spans="1:4">
       <c r="A927" s="1" t="s">
-        <v>2662</v>
+        <v>2659</v>
       </c>
       <c r="B927" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>2663</v>
+        <v>2637</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>2664</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="928" spans="1:4">
       <c r="A928" s="1" t="s">
-        <v>2665</v>
+        <v>2661</v>
       </c>
       <c r="B928" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>2666</v>
+        <v>2637</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>2667</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="929" spans="1:4">
       <c r="A929" s="1" t="s">
-        <v>2668</v>
+        <v>2663</v>
       </c>
       <c r="B929" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>2669</v>
+        <v>2664</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>2670</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="930" spans="1:4">
       <c r="A930" s="1" t="s">
-        <v>2671</v>
+        <v>2666</v>
       </c>
       <c r="B930" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>2672</v>
+        <v>2667</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>2673</v>
+        <v>228</v>
       </c>
     </row>
     <row r="931" spans="1:4">
       <c r="A931" s="1" t="s">
-        <v>2674</v>
+        <v>2668</v>
       </c>
       <c r="B931" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>2675</v>
+        <v>2669</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>2676</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="932" spans="1:4">
       <c r="A932" s="1" t="s">
-        <v>2677</v>
+        <v>2671</v>
       </c>
       <c r="B932" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>2678</v>
+        <v>2672</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>2679</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="933" spans="1:4">
       <c r="A933" s="1" t="s">
-        <v>2680</v>
+        <v>2674</v>
       </c>
       <c r="B933" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2681</v>
+        <v>2675</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>2682</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="934" spans="1:4">
       <c r="A934" s="1" t="s">
-        <v>2683</v>
+        <v>2677</v>
       </c>
       <c r="B934" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2684</v>
+        <v>2678</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>2685</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="935" spans="1:4">
       <c r="A935" s="1" t="s">
-        <v>2686</v>
+        <v>2680</v>
       </c>
       <c r="B935" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2687</v>
+        <v>2681</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>2688</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="936" spans="1:4">
       <c r="A936" s="1" t="s">
-        <v>2689</v>
+        <v>2683</v>
       </c>
       <c r="B936" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>2690</v>
+        <v>2684</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>2691</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="937" spans="1:4">
       <c r="A937" s="1" t="s">
-        <v>2692</v>
+        <v>2686</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2693</v>
+        <v>2687</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>2694</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="938" spans="1:4">
       <c r="A938" s="1" t="s">
-        <v>2695</v>
+        <v>2689</v>
       </c>
       <c r="B938" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2696</v>
+        <v>2690</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>2697</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="939" spans="1:4">
       <c r="A939" s="1" t="s">
-        <v>2698</v>
+        <v>2692</v>
       </c>
       <c r="B939" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>2699</v>
+        <v>2693</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>2700</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="940" spans="1:4">
       <c r="A940" s="1" t="s">
-        <v>2701</v>
+        <v>2695</v>
       </c>
       <c r="B940" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2702</v>
+        <v>2696</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>2703</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="941" spans="1:4">
       <c r="A941" s="1" t="s">
-        <v>2704</v>
+        <v>2698</v>
       </c>
       <c r="B941" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2651</v>
+        <v>2699</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>2705</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="942" spans="1:4">
       <c r="A942" s="1" t="s">
-        <v>2706</v>
+        <v>2701</v>
       </c>
       <c r="B942" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2707</v>
+        <v>2702</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>2708</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="943" spans="1:4">
       <c r="A943" s="1" t="s">
-        <v>2709</v>
+        <v>2704</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>2710</v>
+        <v>2705</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>2711</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="944" spans="1:4">
       <c r="A944" s="1" t="s">
-        <v>2712</v>
+        <v>2707</v>
       </c>
       <c r="B944" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2713</v>
+        <v>2708</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>2714</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="945" spans="1:4">
       <c r="A945" s="1" t="s">
-        <v>2715</v>
+        <v>2710</v>
       </c>
       <c r="B945" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2716</v>
+        <v>2711</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>2717</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="946" spans="1:4">
       <c r="A946" s="1" t="s">
-        <v>2718</v>
+        <v>2713</v>
       </c>
       <c r="B946" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2719</v>
+        <v>2714</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>2720</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="947" spans="1:4">
       <c r="A947" s="1" t="s">
-        <v>2721</v>
+        <v>2716</v>
       </c>
       <c r="B947" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2722</v>
+        <v>2717</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>2723</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="948" spans="1:4">
       <c r="A948" s="1" t="s">
-        <v>2724</v>
+        <v>2719</v>
       </c>
       <c r="B948" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>2725</v>
+        <v>2720</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>2726</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="949" spans="1:4">
       <c r="A949" s="1" t="s">
-        <v>2727</v>
+        <v>2722</v>
       </c>
       <c r="B949" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>2728</v>
+        <v>2723</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>2729</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="950" spans="1:4">
       <c r="A950" s="1" t="s">
-        <v>2730</v>
+        <v>2725</v>
       </c>
       <c r="B950" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>2731</v>
+        <v>2726</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>2732</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="951" spans="1:4">
       <c r="A951" s="1" t="s">
-        <v>2733</v>
+        <v>2728</v>
       </c>
       <c r="B951" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>2734</v>
+        <v>2729</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>2735</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="952" spans="1:4">
       <c r="A952" s="1" t="s">
-        <v>2736</v>
+        <v>2731</v>
       </c>
       <c r="B952" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>2737</v>
+        <v>2732</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>2738</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="953" spans="1:4">
       <c r="A953" s="1" t="s">
-        <v>2739</v>
+        <v>2734</v>
       </c>
       <c r="B953" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>2740</v>
+        <v>2735</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>2741</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="954" spans="1:4">
       <c r="A954" s="1" t="s">
-        <v>2742</v>
+        <v>2737</v>
       </c>
       <c r="B954" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>2743</v>
+        <v>2738</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>2744</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="955" spans="1:4">
       <c r="A955" s="1" t="s">
-        <v>2745</v>
+        <v>2740</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>2746</v>
+        <v>2741</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>2747</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="956" spans="1:4">
       <c r="A956" s="1" t="s">
-        <v>2748</v>
+        <v>2743</v>
       </c>
       <c r="B956" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>2749</v>
+        <v>2741</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>2750</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="957" spans="1:4">
       <c r="A957" s="1" t="s">
-        <v>2751</v>
+        <v>2745</v>
       </c>
       <c r="B957" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>2752</v>
+        <v>2746</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>2753</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="958" spans="1:4">
       <c r="A958" s="1" t="s">
-        <v>2754</v>
+        <v>2748</v>
       </c>
       <c r="B958" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2755</v>
+        <v>2749</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>2756</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="959" spans="1:4">
       <c r="A959" s="1" t="s">
-        <v>2757</v>
+        <v>2751</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2758</v>
+        <v>2752</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>2759</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="960" spans="1:4">
       <c r="A960" s="1" t="s">
-        <v>2760</v>
+        <v>2754</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>2761</v>
+        <v>2755</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>2762</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="961" spans="1:4">
       <c r="A961" s="1" t="s">
-        <v>2763</v>
+        <v>2757</v>
       </c>
       <c r="B961" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>2764</v>
+        <v>2758</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>2765</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="962" spans="1:4">
       <c r="A962" s="1" t="s">
-        <v>2766</v>
+        <v>2760</v>
       </c>
       <c r="B962" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2767</v>
+        <v>2761</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>2768</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="963" spans="1:4">
       <c r="A963" s="1" t="s">
-        <v>2769</v>
+        <v>2763</v>
       </c>
       <c r="B963" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2770</v>
+        <v>2764</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>2771</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="964" spans="1:4">
       <c r="A964" s="1" t="s">
-        <v>2772</v>
+        <v>2766</v>
       </c>
       <c r="B964" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>2773</v>
+        <v>2767</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>2774</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="965" spans="1:4">
       <c r="A965" s="1" t="s">
-        <v>2775</v>
+        <v>2769</v>
       </c>
       <c r="B965" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>2776</v>
+        <v>2770</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>2777</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="966" spans="1:4">
       <c r="A966" s="1" t="s">
-        <v>2778</v>
+        <v>2772</v>
       </c>
       <c r="B966" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2779</v>
+        <v>2773</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>2780</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="967" spans="1:4">
       <c r="A967" s="1" t="s">
-        <v>2781</v>
+        <v>2775</v>
       </c>
       <c r="B967" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>2782</v>
+        <v>2776</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>2783</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="968" spans="1:4">
       <c r="A968" s="1" t="s">
-        <v>2784</v>
+        <v>2778</v>
       </c>
       <c r="B968" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>2785</v>
+        <v>2779</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>2786</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="969" spans="1:4">
       <c r="A969" s="1" t="s">
-        <v>2787</v>
+        <v>2781</v>
       </c>
       <c r="B969" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2788</v>
+        <v>2782</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>2789</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="970" spans="1:4">
       <c r="A970" s="1" t="s">
-        <v>2790</v>
+        <v>2784</v>
       </c>
       <c r="B970" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2791</v>
+        <v>2785</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>2792</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="971" spans="1:4">
       <c r="A971" s="1" t="s">
-        <v>2793</v>
+        <v>2787</v>
       </c>
       <c r="B971" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>2794</v>
+        <v>2788</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>2795</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="972" spans="1:4">
       <c r="A972" s="1" t="s">
-        <v>2796</v>
+        <v>2790</v>
       </c>
       <c r="B972" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2797</v>
+        <v>2791</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>2798</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="973" spans="1:4">
       <c r="A973" s="1" t="s">
-        <v>2799</v>
+        <v>2793</v>
       </c>
       <c r="B973" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>2800</v>
+        <v>2794</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>2801</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="974" spans="1:4">
       <c r="A974" s="1" t="s">
-        <v>2802</v>
+        <v>2796</v>
       </c>
       <c r="B974" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>2803</v>
+        <v>2797</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>2804</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="975" spans="1:4">
       <c r="A975" s="1" t="s">
-        <v>2805</v>
+        <v>2799</v>
       </c>
       <c r="B975" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>2806</v>
+        <v>2800</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>2807</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="976" spans="1:4">
       <c r="A976" s="1" t="s">
-        <v>2808</v>
+        <v>2802</v>
       </c>
       <c r="B976" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2809</v>
+        <v>2803</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>2810</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="977" spans="1:4">
       <c r="A977" s="1" t="s">
-        <v>2811</v>
+        <v>2805</v>
       </c>
       <c r="B977" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2812</v>
+        <v>2806</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>2813</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="978" spans="1:4">
       <c r="A978" s="1" t="s">
-        <v>2814</v>
+        <v>2808</v>
       </c>
       <c r="B978" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>2815</v>
+        <v>2809</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>2816</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="979" spans="1:4">
       <c r="A979" s="1" t="s">
-        <v>2817</v>
+        <v>2811</v>
       </c>
       <c r="B979" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>2818</v>
+        <v>2812</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>2819</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="980" spans="1:4">
       <c r="A980" s="1" t="s">
-        <v>2820</v>
+        <v>2814</v>
       </c>
       <c r="B980" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>2821</v>
+        <v>2815</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>2822</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="981" spans="1:4">
       <c r="A981" s="1" t="s">
-        <v>2823</v>
+        <v>2817</v>
       </c>
       <c r="B981" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>2824</v>
+        <v>2818</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>2825</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="982" spans="1:4">
       <c r="A982" s="1" t="s">
-        <v>2826</v>
+        <v>2820</v>
       </c>
       <c r="B982" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>2827</v>
+        <v>2821</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>2828</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="983" spans="1:4">
       <c r="A983" s="1" t="s">
-        <v>2829</v>
+        <v>2823</v>
       </c>
       <c r="B983" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2830</v>
+        <v>2824</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>2831</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="984" spans="1:4">
       <c r="A984" s="1" t="s">
-        <v>2832</v>
+        <v>2826</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>2833</v>
+        <v>2827</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>2834</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="985" spans="1:4">
       <c r="A985" s="1" t="s">
-        <v>2835</v>
+        <v>2829</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2836</v>
+        <v>2830</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>2837</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="986" spans="1:4">
       <c r="A986" s="1" t="s">
-        <v>2838</v>
+        <v>2832</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2839</v>
+        <v>2833</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>2840</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="987" spans="1:4">
       <c r="A987" s="1" t="s">
-        <v>2841</v>
+        <v>2835</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>2842</v>
+        <v>2836</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>2843</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="988" spans="1:4">
       <c r="A988" s="1" t="s">
-        <v>2844</v>
+        <v>2838</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2845</v>
+        <v>2839</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>2846</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="989" spans="1:4">
       <c r="A989" s="1" t="s">
-        <v>2847</v>
+        <v>2841</v>
       </c>
       <c r="B989" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>2848</v>
+        <v>2842</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>2849</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="990" spans="1:4">
       <c r="A990" s="1" t="s">
-        <v>2850</v>
+        <v>2844</v>
       </c>
       <c r="B990" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>2851</v>
+        <v>2845</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>2852</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="991" spans="1:4">
       <c r="A991" s="1" t="s">
-        <v>2853</v>
+        <v>2847</v>
       </c>
       <c r="B991" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>2854</v>
+        <v>2848</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>2855</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="992" spans="1:4">
       <c r="A992" s="1" t="s">
-        <v>2856</v>
+        <v>2850</v>
       </c>
       <c r="B992" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>2857</v>
+        <v>2851</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>2858</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="993" spans="1:4">
       <c r="A993" s="1" t="s">
-        <v>2859</v>
+        <v>2853</v>
       </c>
       <c r="B993" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>2860</v>
+        <v>2854</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>2861</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="994" spans="1:4">
       <c r="A994" s="1" t="s">
-        <v>2862</v>
+        <v>2856</v>
       </c>
       <c r="B994" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>2863</v>
+        <v>2857</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>2864</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="995" spans="1:4">
       <c r="A995" s="1" t="s">
-        <v>2865</v>
+        <v>2859</v>
       </c>
       <c r="B995" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>2866</v>
+        <v>2860</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>2867</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="996" spans="1:4">
       <c r="A996" s="1" t="s">
-        <v>2868</v>
+        <v>2862</v>
       </c>
       <c r="B996" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>2869</v>
+        <v>2863</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>2870</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="997" spans="1:4">
       <c r="A997" s="1" t="s">
-        <v>2871</v>
+        <v>2865</v>
       </c>
       <c r="B997" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>2872</v>
+        <v>2866</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>2873</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="998" spans="1:4">
       <c r="A998" s="1" t="s">
-        <v>2874</v>
+        <v>2868</v>
       </c>
       <c r="B998" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>2875</v>
+        <v>2869</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>2876</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="999" spans="1:4">
       <c r="A999" s="1" t="s">
-        <v>2877</v>
+        <v>2871</v>
       </c>
       <c r="B999" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>2878</v>
+        <v>2872</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>2879</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="1000" spans="1:4">
       <c r="A1000" s="1" t="s">
-        <v>2880</v>
+        <v>2874</v>
       </c>
       <c r="B1000" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>2881</v>
+        <v>2875</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>2882</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="1001" spans="1:4">
       <c r="A1001" s="1" t="s">
-        <v>2883</v>
+        <v>2877</v>
       </c>
       <c r="B1001" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>2884</v>
+        <v>2878</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>2885</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="1002" spans="1:4">
       <c r="A1002" s="1" t="s">
-        <v>2886</v>
+        <v>2880</v>
       </c>
       <c r="B1002" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>2887</v>
+        <v>2881</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>2888</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="1003" spans="1:4">
       <c r="A1003" s="1" t="s">
-        <v>2889</v>
+        <v>2883</v>
       </c>
       <c r="B1003" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>2890</v>
+        <v>2883</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>2891</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="1004" spans="1:4">
       <c r="A1004" s="1" t="s">
-        <v>2892</v>
+        <v>2885</v>
       </c>
       <c r="B1004" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>2893</v>
+        <v>2885</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>2894</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1005" spans="1:4">
       <c r="A1005" s="1" t="s">
-        <v>2895</v>
+        <v>2887</v>
       </c>
       <c r="B1005" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>2896</v>
+        <v>2888</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>2897</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="1006" spans="1:4">
       <c r="A1006" s="1" t="s">
-        <v>2898</v>
+        <v>2890</v>
       </c>
       <c r="B1006" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>2899</v>
+        <v>2891</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>2900</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="1007" spans="1:4">
       <c r="A1007" s="1" t="s">
-        <v>2901</v>
+        <v>2893</v>
       </c>
       <c r="B1007" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>2902</v>
+        <v>2894</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>2903</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="1008" spans="1:4">
       <c r="A1008" s="1" t="s">
-        <v>2904</v>
+        <v>2896</v>
       </c>
       <c r="B1008" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>2905</v>
+        <v>2897</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>2906</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="1009" spans="1:4">
       <c r="A1009" s="1" t="s">
-        <v>2907</v>
+        <v>2899</v>
       </c>
       <c r="B1009" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>2908</v>
+        <v>2900</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>2909</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="1010" spans="1:4">
       <c r="A1010" s="1" t="s">
-        <v>2910</v>
+        <v>2902</v>
       </c>
       <c r="B1010" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>2911</v>
+        <v>2903</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>2912</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="1011" spans="1:4">
       <c r="A1011" s="1" t="s">
-        <v>2913</v>
+        <v>2905</v>
       </c>
       <c r="B1011" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>2914</v>
+        <v>2906</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>2915</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="1012" spans="1:4">
       <c r="A1012" s="1" t="s">
-        <v>2916</v>
+        <v>2908</v>
       </c>
       <c r="B1012" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>2917</v>
+        <v>2909</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>2918</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="1013" spans="1:4">
       <c r="A1013" s="1" t="s">
-        <v>2919</v>
+        <v>2911</v>
       </c>
       <c r="B1013" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>2920</v>
+        <v>2912</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>2921</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="1014" spans="1:4">
       <c r="A1014" s="1" t="s">
-        <v>2922</v>
+        <v>2914</v>
       </c>
       <c r="B1014" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>2923</v>
+        <v>2915</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>2924</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="1015" spans="1:4">
       <c r="A1015" s="1" t="s">
-        <v>2925</v>
+        <v>2917</v>
       </c>
       <c r="B1015" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>2926</v>
+        <v>2918</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>2927</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="1016" spans="1:4">
       <c r="A1016" s="1" t="s">
-        <v>2928</v>
+        <v>2920</v>
       </c>
       <c r="B1016" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>2929</v>
+        <v>2921</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>2930</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="1017" spans="1:4">
       <c r="A1017" s="1" t="s">
-        <v>2931</v>
+        <v>2923</v>
       </c>
       <c r="B1017" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>2932</v>
+        <v>2924</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>2933</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="1018" spans="1:4">
       <c r="A1018" s="1" t="s">
-        <v>2934</v>
+        <v>2926</v>
       </c>
       <c r="B1018" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>2935</v>
+        <v>2927</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>2936</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="1019" spans="1:4">
       <c r="A1019" s="1" t="s">
-        <v>2937</v>
+        <v>2929</v>
       </c>
       <c r="B1019" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>2938</v>
+        <v>2930</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>2939</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="1020" spans="1:4">
       <c r="A1020" s="1" t="s">
-        <v>2940</v>
+        <v>2932</v>
       </c>
       <c r="B1020" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>2941</v>
+        <v>2933</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>2942</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="1021" spans="1:4">
       <c r="A1021" s="1" t="s">
-        <v>2943</v>
+        <v>2935</v>
       </c>
       <c r="B1021" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>2944</v>
+        <v>2936</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>2945</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="1022" spans="1:4">
       <c r="A1022" s="1" t="s">
-        <v>2946</v>
+        <v>2938</v>
       </c>
       <c r="B1022" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>2947</v>
+        <v>2939</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>2948</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="1023" spans="1:4">
       <c r="A1023" s="1" t="s">
-        <v>2949</v>
+        <v>2941</v>
       </c>
       <c r="B1023" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>2950</v>
+        <v>2942</v>
       </c>
       <c r="D1023" s="1" t="s">
-        <v>2951</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="1024" spans="1:4">
       <c r="A1024" s="1" t="s">
-        <v>2952</v>
+        <v>2944</v>
       </c>
       <c r="B1024" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>2953</v>
+        <v>2945</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>2954</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="1025" spans="1:4">
       <c r="A1025" s="1" t="s">
-        <v>2955</v>
+        <v>2947</v>
       </c>
       <c r="B1025" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>2956</v>
+        <v>2948</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>2957</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="1026" spans="1:4">
       <c r="A1026" s="1" t="s">
-        <v>2958</v>
+        <v>2950</v>
       </c>
       <c r="B1026" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>2959</v>
+        <v>2951</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>2960</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="1027" spans="1:4">
       <c r="A1027" s="1" t="s">
-        <v>2961</v>
+        <v>2953</v>
       </c>
       <c r="B1027" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>2962</v>
+        <v>2954</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>2963</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="1028" spans="1:4">
       <c r="A1028" s="1" t="s">
-        <v>2964</v>
+        <v>2956</v>
       </c>
       <c r="B1028" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>2965</v>
+        <v>2957</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>2966</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="1029" spans="1:4">
       <c r="A1029" s="1" t="s">
-        <v>2967</v>
+        <v>2959</v>
       </c>
       <c r="B1029" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>2968</v>
+        <v>2906</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>2969</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="1030" spans="1:4">
       <c r="A1030" s="1" t="s">
-        <v>2970</v>
+        <v>2961</v>
       </c>
       <c r="B1030" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>2971</v>
+        <v>2962</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>2972</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="1031" spans="1:4">
       <c r="A1031" s="1" t="s">
-        <v>2973</v>
+        <v>2964</v>
       </c>
       <c r="B1031" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>2974</v>
+        <v>2965</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>2975</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="1032" spans="1:4">
       <c r="A1032" s="1" t="s">
-        <v>2976</v>
+        <v>2967</v>
       </c>
       <c r="B1032" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>2977</v>
+        <v>2968</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>2978</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="1033" spans="1:4">
       <c r="A1033" s="1" t="s">
-        <v>2979</v>
+        <v>2970</v>
       </c>
       <c r="B1033" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>2980</v>
+        <v>2971</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>2981</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="1034" spans="1:4">
       <c r="A1034" s="1" t="s">
-        <v>2982</v>
+        <v>2973</v>
       </c>
       <c r="B1034" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>2983</v>
+        <v>2974</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>2984</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="1035" spans="1:4">
       <c r="A1035" s="1" t="s">
-        <v>2985</v>
+        <v>2976</v>
       </c>
       <c r="B1035" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>2986</v>
+        <v>2977</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>2987</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="1036" spans="1:4">
       <c r="A1036" s="1" t="s">
-        <v>2988</v>
+        <v>2979</v>
       </c>
       <c r="B1036" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>2989</v>
+        <v>2980</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>2990</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="1037" spans="1:4">
       <c r="A1037" s="1" t="s">
-        <v>2991</v>
+        <v>2982</v>
       </c>
       <c r="B1037" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>2992</v>
+        <v>2983</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>2993</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="1038" spans="1:4">
       <c r="A1038" s="1" t="s">
-        <v>2994</v>
+        <v>2985</v>
       </c>
       <c r="B1038" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>2995</v>
+        <v>2986</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>2996</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="1039" spans="1:4">
       <c r="A1039" s="1" t="s">
-        <v>2997</v>
+        <v>2988</v>
       </c>
       <c r="B1039" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>2998</v>
+        <v>2989</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>2999</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1040" spans="1:4">
       <c r="A1040" s="1" t="s">
-        <v>3000</v>
+        <v>2991</v>
       </c>
       <c r="B1040" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>3001</v>
+        <v>2992</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>3002</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="1041" spans="1:4">
       <c r="A1041" s="1" t="s">
-        <v>3003</v>
+        <v>2994</v>
       </c>
       <c r="B1041" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>3004</v>
+        <v>2995</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>3005</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="1042" spans="1:4">
       <c r="A1042" s="1" t="s">
-        <v>3006</v>
+        <v>2997</v>
       </c>
       <c r="B1042" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>3007</v>
+        <v>2998</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>3008</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="1043" spans="1:4">
       <c r="A1043" s="1" t="s">
-        <v>3009</v>
+        <v>3000</v>
       </c>
       <c r="B1043" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>3010</v>
+        <v>3001</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>3011</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1044" spans="1:4">
       <c r="A1044" s="1" t="s">
-        <v>3012</v>
+        <v>3003</v>
       </c>
       <c r="B1044" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>3013</v>
+        <v>3004</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>3014</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="1045" spans="1:4">
       <c r="A1045" s="1" t="s">
-        <v>3015</v>
+        <v>3006</v>
       </c>
       <c r="B1045" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>3016</v>
+        <v>3007</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>3017</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="1046" spans="1:4">
       <c r="A1046" s="1" t="s">
-        <v>3018</v>
+        <v>3009</v>
       </c>
       <c r="B1046" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>3019</v>
+        <v>3010</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>3020</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="1047" spans="1:4">
       <c r="A1047" s="1" t="s">
-        <v>3021</v>
+        <v>3012</v>
       </c>
       <c r="B1047" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>3022</v>
+        <v>3013</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>3023</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="1048" spans="1:4">
       <c r="A1048" s="1" t="s">
-        <v>3024</v>
+        <v>3015</v>
       </c>
       <c r="B1048" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>3025</v>
+        <v>3016</v>
       </c>
       <c r="D1048" s="1" t="s">
-        <v>3026</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="1049" spans="1:4">
       <c r="A1049" s="1" t="s">
-        <v>3027</v>
+        <v>3018</v>
       </c>
       <c r="B1049" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>3028</v>
+        <v>3019</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>3029</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="1050" spans="1:4">
       <c r="A1050" s="1" t="s">
-        <v>3030</v>
+        <v>3021</v>
       </c>
       <c r="B1050" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>3031</v>
+        <v>3022</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>3032</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="1051" spans="1:4">
       <c r="A1051" s="1" t="s">
-        <v>3009</v>
+        <v>3024</v>
       </c>
       <c r="B1051" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>3033</v>
+        <v>3025</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>3034</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1052" spans="1:4">
       <c r="A1052" s="1" t="s">
-        <v>3035</v>
+        <v>3027</v>
       </c>
       <c r="B1052" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>3036</v>
+        <v>3028</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>3037</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="1053" spans="1:4">
       <c r="A1053" s="1" t="s">
-        <v>3038</v>
+        <v>3030</v>
       </c>
       <c r="B1053" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>3039</v>
+        <v>3031</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>3040</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="1054" spans="1:4">
       <c r="A1054" s="1" t="s">
-        <v>3041</v>
+        <v>3033</v>
       </c>
       <c r="B1054" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>3042</v>
+        <v>3034</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>3043</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="1055" spans="1:4">
       <c r="A1055" s="1" t="s">
-        <v>3015</v>
+        <v>3036</v>
       </c>
       <c r="B1055" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1055" s="1" t="s">
-        <v>3044</v>
+        <v>3037</v>
       </c>
       <c r="D1055" s="1" t="s">
-        <v>3045</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="1056" spans="1:4">
       <c r="A1056" s="1" t="s">
-        <v>3018</v>
+        <v>3039</v>
       </c>
       <c r="B1056" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>3046</v>
+        <v>3040</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>3047</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="1057" spans="1:4">
       <c r="A1057" s="1" t="s">
-        <v>3006</v>
+        <v>3042</v>
       </c>
       <c r="B1057" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>3048</v>
+        <v>3043</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>3049</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="1058" spans="1:4">
       <c r="A1058" s="1" t="s">
-        <v>3050</v>
+        <v>3045</v>
       </c>
       <c r="B1058" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>3051</v>
+        <v>3046</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>3052</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="1059" spans="1:4">
       <c r="A1059" s="1" t="s">
-        <v>3053</v>
+        <v>3048</v>
       </c>
       <c r="B1059" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>3054</v>
+        <v>3049</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>3055</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1060" spans="1:4">
       <c r="A1060" s="1" t="s">
-        <v>3056</v>
+        <v>3051</v>
       </c>
       <c r="B1060" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>3057</v>
+        <v>3052</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>3058</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="1061" spans="1:4">
       <c r="A1061" s="1" t="s">
-        <v>3059</v>
+        <v>3054</v>
       </c>
       <c r="B1061" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1061" s="1" t="s">
-        <v>3060</v>
+        <v>3055</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>3061</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="1062" spans="1:4">
       <c r="A1062" s="1" t="s">
-        <v>3062</v>
+        <v>3057</v>
       </c>
       <c r="B1062" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>3063</v>
+        <v>3058</v>
       </c>
       <c r="D1062" s="1" t="s">
-        <v>3064</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="1063" spans="1:4">
       <c r="A1063" s="1" t="s">
-        <v>3065</v>
+        <v>3060</v>
       </c>
       <c r="B1063" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1063" s="1" t="s">
-        <v>3066</v>
+        <v>3061</v>
       </c>
       <c r="D1063" s="1" t="s">
-        <v>3067</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="1064" spans="1:4">
       <c r="A1064" s="1" t="s">
-        <v>3068</v>
+        <v>3063</v>
       </c>
       <c r="B1064" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>3069</v>
+        <v>3064</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>3070</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="1065" spans="1:4">
       <c r="A1065" s="1" t="s">
-        <v>3071</v>
+        <v>3066</v>
       </c>
       <c r="B1065" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1065" s="1" t="s">
-        <v>3072</v>
+        <v>3067</v>
       </c>
       <c r="D1065" s="1" t="s">
-        <v>3073</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="1066" spans="1:4">
       <c r="A1066" s="1" t="s">
-        <v>3074</v>
+        <v>3069</v>
       </c>
       <c r="B1066" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1066" s="1" t="s">
-        <v>3075</v>
+        <v>3070</v>
       </c>
       <c r="D1066" s="1" t="s">
-        <v>3076</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="1067" spans="1:4">
       <c r="A1067" s="1" t="s">
-        <v>3077</v>
+        <v>3072</v>
       </c>
       <c r="B1067" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1067" s="1" t="s">
-        <v>3078</v>
+        <v>3073</v>
       </c>
       <c r="D1067" s="1" t="s">
-        <v>3079</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="1068" spans="1:4">
       <c r="A1068" s="1" t="s">
-        <v>3080</v>
+        <v>3075</v>
       </c>
       <c r="B1068" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1068" s="1" t="s">
-        <v>3081</v>
+        <v>3076</v>
       </c>
       <c r="D1068" s="1" t="s">
-        <v>3082</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="1069" spans="1:4">
       <c r="A1069" s="1" t="s">
-        <v>3083</v>
+        <v>3078</v>
       </c>
       <c r="B1069" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1069" s="1" t="s">
-        <v>3084</v>
+        <v>3079</v>
       </c>
       <c r="D1069" s="1" t="s">
-        <v>3085</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="1070" spans="1:4">
       <c r="A1070" s="1" t="s">
-        <v>3086</v>
+        <v>3081</v>
       </c>
       <c r="B1070" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1070" s="1" t="s">
-        <v>3087</v>
+        <v>3082</v>
       </c>
       <c r="D1070" s="1" t="s">
-        <v>3088</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="1071" spans="1:4">
       <c r="A1071" s="1" t="s">
-        <v>3089</v>
+        <v>3084</v>
       </c>
       <c r="B1071" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1071" s="1" t="s">
-        <v>3090</v>
+        <v>3085</v>
       </c>
       <c r="D1071" s="1" t="s">
-        <v>3091</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="1072" spans="1:4">
       <c r="A1072" s="1" t="s">
+        <v>3087</v>
+      </c>
+      <c r="B1072" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1072" s="1" t="s">
+        <v>3088</v>
+      </c>
+      <c r="D1072" s="1" t="s">
         <v>3089</v>
-      </c>
-[...7 lines deleted...]
-        <v>3092</v>
       </c>
     </row>
     <row r="1073" spans="1:4">
       <c r="A1073" s="1" t="s">
-        <v>3093</v>
+        <v>3090</v>
       </c>
       <c r="B1073" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>3094</v>
+        <v>3091</v>
       </c>
       <c r="D1073" s="1" t="s">
-        <v>3095</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="1074" spans="1:4">
       <c r="A1074" s="1" t="s">
         <v>3093</v>
       </c>
       <c r="B1074" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1074" s="1" t="s">
         <v>3094</v>
       </c>
       <c r="D1074" s="1" t="s">
-        <v>3096</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="1075" spans="1:4">
       <c r="A1075" s="1" t="s">
+        <v>3096</v>
+      </c>
+      <c r="B1075" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1075" s="1" t="s">
         <v>3097</v>
-      </c>
-[...4 lines deleted...]
-        <v>2971</v>
       </c>
       <c r="D1075" s="1" t="s">
         <v>3098</v>
       </c>
     </row>
     <row r="1076" spans="1:4">
       <c r="A1076" s="1" t="s">
         <v>3099</v>
       </c>
-      <c r="B1076" s="1"/>
+      <c r="B1076" s="1" t="s">
+        <v>5</v>
+      </c>
       <c r="C1076" s="1" t="s">
         <v>3100</v>
       </c>
       <c r="D1076" s="1" t="s">
         <v>3101</v>
       </c>
     </row>
     <row r="1077" spans="1:4">
       <c r="A1077" s="1" t="s">
         <v>3102</v>
       </c>
       <c r="B1077" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1077" s="1" t="s">
-        <v>3100</v>
+        <v>3103</v>
       </c>
       <c r="D1077" s="1" t="s">
-        <v>3103</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="1078" spans="1:4">
       <c r="A1078" s="1" t="s">
-        <v>3104</v>
+        <v>3105</v>
       </c>
       <c r="B1078" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1078" s="1" t="s">
-        <v>3105</v>
+        <v>3106</v>
       </c>
       <c r="D1078" s="1" t="s">
-        <v>3106</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="1079" spans="1:4">
       <c r="A1079" s="1" t="s">
-        <v>3107</v>
+        <v>3108</v>
       </c>
       <c r="B1079" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1079" s="1" t="s">
-        <v>3108</v>
+        <v>3109</v>
       </c>
       <c r="D1079" s="1" t="s">
-        <v>3109</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="1080" spans="1:4">
       <c r="A1080" s="1" t="s">
-        <v>3110</v>
+        <v>3111</v>
       </c>
       <c r="B1080" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1080" s="1" t="s">
-        <v>3108</v>
+        <v>3112</v>
       </c>
       <c r="D1080" s="1" t="s">
-        <v>3111</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="1081" spans="1:4">
       <c r="A1081" s="1" t="s">
-        <v>3112</v>
+        <v>3114</v>
       </c>
       <c r="B1081" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1081" s="1" t="s">
-        <v>3108</v>
+        <v>3115</v>
       </c>
       <c r="D1081" s="1" t="s">
-        <v>3111</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="1082" spans="1:4">
       <c r="A1082" s="1" t="s">
-        <v>3113</v>
+        <v>3117</v>
       </c>
       <c r="B1082" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>3114</v>
+        <v>3118</v>
       </c>
       <c r="D1082" s="1" t="s">
-        <v>3115</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="1083" spans="1:4">
       <c r="A1083" s="1" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="B1083" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1083" s="1" t="s">
-        <v>3114</v>
+        <v>3121</v>
       </c>
       <c r="D1083" s="1" t="s">
-        <v>3117</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="1084" spans="1:4">
       <c r="A1084" s="1" t="s">
-        <v>3118</v>
+        <v>3123</v>
       </c>
       <c r="B1084" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>3119</v>
+        <v>3124</v>
       </c>
       <c r="D1084" s="1" t="s">
-        <v>3120</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="1085" spans="1:4">
       <c r="A1085" s="1" t="s">
-        <v>3121</v>
+        <v>3126</v>
       </c>
       <c r="B1085" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1085" s="1" t="s">
-        <v>3122</v>
+        <v>3127</v>
       </c>
       <c r="D1085" s="1" t="s">
-        <v>3123</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="1086" spans="1:4">
       <c r="A1086" s="1" t="s">
-        <v>3124</v>
+        <v>3129</v>
       </c>
       <c r="B1086" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1086" s="1" t="s">
-        <v>3125</v>
+        <v>3130</v>
       </c>
       <c r="D1086" s="1" t="s">
-        <v>3126</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="1087" spans="1:4">
       <c r="A1087" s="1" t="s">
-        <v>3127</v>
+        <v>3132</v>
       </c>
       <c r="B1087" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1087" s="1" t="s">
-        <v>3128</v>
+        <v>3133</v>
       </c>
       <c r="D1087" s="1" t="s">
-        <v>3129</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="1088" spans="1:4">
       <c r="A1088" s="1" t="s">
-        <v>3130</v>
+        <v>3135</v>
       </c>
       <c r="B1088" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C1088" s="1"/>
+        <v>5</v>
+      </c>
+      <c r="C1088" s="1" t="s">
+        <v>3136</v>
+      </c>
       <c r="D1088" s="1" t="s">
-        <v>3131</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="1089" spans="1:4">
       <c r="A1089" s="1" t="s">
-        <v>3132</v>
+        <v>3138</v>
       </c>
       <c r="B1089" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>3133</v>
+        <v>3139</v>
       </c>
       <c r="D1089" s="1" t="s">
-        <v>3134</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="1090" spans="1:4">
       <c r="A1090" s="1" t="s">
-        <v>3135</v>
+        <v>3141</v>
       </c>
       <c r="B1090" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>3136</v>
+        <v>3142</v>
       </c>
       <c r="D1090" s="1" t="s">
-        <v>3137</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="1091" spans="1:4">
       <c r="A1091" s="1" t="s">
-        <v>3138</v>
+        <v>3144</v>
       </c>
       <c r="B1091" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>3139</v>
+        <v>3145</v>
       </c>
       <c r="D1091" s="1" t="s">
-        <v>3140</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="1092" spans="1:4">
       <c r="A1092" s="1" t="s">
-        <v>3141</v>
+        <v>3147</v>
       </c>
       <c r="B1092" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>3142</v>
+        <v>3148</v>
       </c>
       <c r="D1092" s="1" t="s">
-        <v>3143</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="1093" spans="1:4">
       <c r="A1093" s="1" t="s">
-        <v>3144</v>
+        <v>3150</v>
       </c>
       <c r="B1093" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>3145</v>
+        <v>3151</v>
       </c>
       <c r="D1093" s="1" t="s">
-        <v>3146</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="1094" spans="1:4">
       <c r="A1094" s="1" t="s">
-        <v>3147</v>
+        <v>3153</v>
       </c>
       <c r="B1094" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>3148</v>
+        <v>3154</v>
       </c>
       <c r="D1094" s="1" t="s">
-        <v>3149</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="1095" spans="1:4">
       <c r="A1095" s="1" t="s">
-        <v>3150</v>
+        <v>3156</v>
       </c>
       <c r="B1095" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>3151</v>
+        <v>3157</v>
       </c>
       <c r="D1095" s="1" t="s">
-        <v>3152</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="1096" spans="1:4">
       <c r="A1096" s="1" t="s">
-        <v>3153</v>
+        <v>3159</v>
       </c>
       <c r="B1096" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>3154</v>
+        <v>3160</v>
       </c>
       <c r="D1096" s="1" t="s">
-        <v>3155</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="1097" spans="1:4">
       <c r="A1097" s="1" t="s">
-        <v>3156</v>
+        <v>3162</v>
       </c>
       <c r="B1097" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>3157</v>
+        <v>3163</v>
       </c>
       <c r="D1097" s="1" t="s">
-        <v>3158</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="1098" spans="1:4">
       <c r="A1098" s="1" t="s">
-        <v>3159</v>
+        <v>3165</v>
       </c>
       <c r="B1098" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>3160</v>
+        <v>3166</v>
       </c>
       <c r="D1098" s="1" t="s">
-        <v>3161</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="1099" spans="1:4">
       <c r="A1099" s="1" t="s">
-        <v>3162</v>
+        <v>3168</v>
       </c>
       <c r="B1099" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1099" s="1" t="s">
-        <v>3163</v>
+        <v>3169</v>
       </c>
       <c r="D1099" s="1" t="s">
-        <v>3164</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="1100" spans="1:4">
       <c r="A1100" s="1" t="s">
-        <v>3165</v>
+        <v>3171</v>
       </c>
       <c r="B1100" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>3166</v>
+        <v>3172</v>
       </c>
       <c r="D1100" s="1" t="s">
-        <v>3167</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="1101" spans="1:4">
       <c r="A1101" s="1" t="s">
-        <v>3168</v>
+        <v>3174</v>
       </c>
       <c r="B1101" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>3169</v>
+        <v>3175</v>
       </c>
       <c r="D1101" s="1" t="s">
-        <v>3170</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="1102" spans="1:4">
       <c r="A1102" s="1" t="s">
-        <v>3171</v>
+        <v>3177</v>
       </c>
       <c r="B1102" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>3172</v>
+        <v>3178</v>
       </c>
       <c r="D1102" s="1" t="s">
-        <v>3173</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1103" spans="1:4">
       <c r="A1103" s="1" t="s">
-        <v>3174</v>
+        <v>3180</v>
       </c>
       <c r="B1103" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>3175</v>
+        <v>3181</v>
       </c>
       <c r="D1103" s="1" t="s">
-        <v>3176</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="1104" spans="1:4">
       <c r="A1104" s="1" t="s">
-        <v>3177</v>
+        <v>3183</v>
       </c>
       <c r="B1104" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1104" s="1" t="s">
-        <v>3178</v>
+        <v>3184</v>
       </c>
       <c r="D1104" s="1" t="s">
-        <v>3179</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="1105" spans="1:4">
       <c r="A1105" s="1" t="s">
-        <v>3180</v>
+        <v>3186</v>
       </c>
       <c r="B1105" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1105" s="1" t="s">
-        <v>3181</v>
+        <v>3187</v>
       </c>
       <c r="D1105" s="1" t="s">
-        <v>3182</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="1106" spans="1:4">
       <c r="A1106" s="1" t="s">
-        <v>3183</v>
+        <v>3189</v>
       </c>
       <c r="B1106" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1106" s="1" t="s">
-        <v>3184</v>
+        <v>3190</v>
       </c>
       <c r="D1106" s="1" t="s">
-        <v>3185</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="1107" spans="1:4">
       <c r="A1107" s="1" t="s">
-        <v>3186</v>
+        <v>3192</v>
       </c>
       <c r="B1107" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1107" s="1" t="s">
-        <v>3187</v>
+        <v>3193</v>
       </c>
       <c r="D1107" s="1" t="s">
-        <v>3188</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="1108" spans="1:4">
       <c r="A1108" s="1" t="s">
-        <v>3189</v>
+        <v>3195</v>
       </c>
       <c r="B1108" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1108" s="1" t="s">
-        <v>3190</v>
+        <v>3196</v>
       </c>
       <c r="D1108" s="1" t="s">
-        <v>3191</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="1109" spans="1:4">
       <c r="A1109" s="1" t="s">
-        <v>3192</v>
+        <v>3198</v>
       </c>
       <c r="B1109" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1109" s="1" t="s">
-        <v>3193</v>
+        <v>3199</v>
       </c>
       <c r="D1109" s="1" t="s">
-        <v>3194</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="1110" spans="1:4">
       <c r="A1110" s="1" t="s">
-        <v>3195</v>
+        <v>3201</v>
       </c>
       <c r="B1110" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1110" s="1" t="s">
-        <v>3196</v>
+        <v>3202</v>
       </c>
       <c r="D1110" s="1" t="s">
-        <v>3197</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="1111" spans="1:4">
       <c r="A1111" s="1" t="s">
-        <v>3198</v>
+        <v>3204</v>
       </c>
       <c r="B1111" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1111" s="1" t="s">
-        <v>3199</v>
+        <v>3205</v>
       </c>
       <c r="D1111" s="1" t="s">
-        <v>3200</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="1112" spans="1:4">
       <c r="A1112" s="1" t="s">
-        <v>3201</v>
+        <v>3207</v>
       </c>
       <c r="B1112" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>3202</v>
+        <v>3208</v>
       </c>
       <c r="D1112" s="1" t="s">
-        <v>3203</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="1113" spans="1:4">
       <c r="A1113" s="1" t="s">
-        <v>3204</v>
+        <v>3210</v>
       </c>
       <c r="B1113" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1113" s="1" t="s">
-        <v>3205</v>
+        <v>3211</v>
       </c>
       <c r="D1113" s="1" t="s">
-        <v>3206</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="1114" spans="1:4">
       <c r="A1114" s="1" t="s">
-        <v>3207</v>
+        <v>3213</v>
       </c>
       <c r="B1114" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1114" s="1" t="s">
-        <v>3208</v>
+        <v>3214</v>
       </c>
       <c r="D1114" s="1" t="s">
-        <v>3209</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="1115" spans="1:4">
       <c r="A1115" s="1" t="s">
-        <v>3210</v>
+        <v>3216</v>
       </c>
       <c r="B1115" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1115" s="1" t="s">
-        <v>3211</v>
+        <v>3217</v>
       </c>
       <c r="D1115" s="1" t="s">
-        <v>3212</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="1116" spans="1:4">
       <c r="A1116" s="1" t="s">
-        <v>3213</v>
+        <v>3219</v>
       </c>
       <c r="B1116" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1116" s="1" t="s">
-        <v>3214</v>
+        <v>3220</v>
       </c>
       <c r="D1116" s="1" t="s">
-        <v>3215</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="1117" spans="1:4">
       <c r="A1117" s="1" t="s">
-        <v>3216</v>
+        <v>3222</v>
       </c>
       <c r="B1117" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1117" s="1" t="s">
-        <v>3217</v>
+        <v>3223</v>
       </c>
       <c r="D1117" s="1" t="s">
-        <v>3218</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="1118" spans="1:4">
       <c r="A1118" s="1" t="s">
-        <v>3219</v>
+        <v>3225</v>
       </c>
       <c r="B1118" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1118" s="1" t="s">
-        <v>3220</v>
+        <v>3226</v>
       </c>
       <c r="D1118" s="1" t="s">
-        <v>3221</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="1119" spans="1:4">
       <c r="A1119" s="1" t="s">
-        <v>3222</v>
+        <v>3228</v>
       </c>
       <c r="B1119" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1119" s="1" t="s">
-        <v>3223</v>
+        <v>3229</v>
       </c>
       <c r="D1119" s="1" t="s">
-        <v>3224</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="1120" spans="1:4">
       <c r="A1120" s="1" t="s">
-        <v>3225</v>
+        <v>3231</v>
       </c>
       <c r="B1120" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1120" s="1" t="s">
-        <v>3226</v>
+        <v>3232</v>
       </c>
       <c r="D1120" s="1" t="s">
-        <v>3227</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="1121" spans="1:4">
       <c r="A1121" s="1" t="s">
-        <v>3228</v>
+        <v>3234</v>
       </c>
       <c r="B1121" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1121" s="1" t="s">
-        <v>3229</v>
+        <v>3235</v>
       </c>
       <c r="D1121" s="1" t="s">
-        <v>3230</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="1122" spans="1:4">
       <c r="A1122" s="1" t="s">
-        <v>3231</v>
+        <v>3237</v>
       </c>
       <c r="B1122" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1122" s="1" t="s">
-        <v>3232</v>
+        <v>3238</v>
       </c>
       <c r="D1122" s="1" t="s">
-        <v>3233</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="1123" spans="1:4">
       <c r="A1123" s="1" t="s">
-        <v>3234</v>
+        <v>3240</v>
       </c>
       <c r="B1123" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>3235</v>
+        <v>3241</v>
       </c>
       <c r="D1123" s="1" t="s">
-        <v>3236</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1124" spans="1:4">
       <c r="A1124" s="1" t="s">
-        <v>3237</v>
+        <v>3243</v>
       </c>
       <c r="B1124" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>3238</v>
+        <v>3244</v>
       </c>
       <c r="D1124" s="1" t="s">
-        <v>3239</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="1125" spans="1:4">
       <c r="A1125" s="1" t="s">
-        <v>3240</v>
+        <v>3246</v>
       </c>
       <c r="B1125" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>3241</v>
+        <v>3247</v>
       </c>
       <c r="D1125" s="1" t="s">
-        <v>3242</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="1126" spans="1:4">
       <c r="A1126" s="1" t="s">
-        <v>3243</v>
+        <v>3249</v>
       </c>
       <c r="B1126" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>3244</v>
+        <v>3250</v>
       </c>
       <c r="D1126" s="1" t="s">
-        <v>3245</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="1127" spans="1:4">
       <c r="A1127" s="1" t="s">
-        <v>3246</v>
+        <v>3252</v>
       </c>
       <c r="B1127" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>3247</v>
+        <v>3253</v>
       </c>
       <c r="D1127" s="1" t="s">
-        <v>3248</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="1128" spans="1:4">
       <c r="A1128" s="1" t="s">
-        <v>3249</v>
+        <v>3255</v>
       </c>
       <c r="B1128" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>3250</v>
+        <v>3256</v>
       </c>
       <c r="D1128" s="1" t="s">
-        <v>3251</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="1129" spans="1:4">
       <c r="A1129" s="1" t="s">
-        <v>3252</v>
+        <v>3258</v>
       </c>
       <c r="B1129" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>3253</v>
+        <v>3259</v>
       </c>
       <c r="D1129" s="1" t="s">
-        <v>3254</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="1130" spans="1:4">
       <c r="A1130" s="1" t="s">
-        <v>3255</v>
+        <v>3261</v>
       </c>
       <c r="B1130" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>3256</v>
+        <v>3262</v>
       </c>
       <c r="D1130" s="1" t="s">
-        <v>3257</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="1131" spans="1:4">
       <c r="A1131" s="1" t="s">
-        <v>3258</v>
+        <v>3264</v>
       </c>
       <c r="B1131" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>3259</v>
+        <v>3265</v>
       </c>
       <c r="D1131" s="1" t="s">
-        <v>3260</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="1132" spans="1:4">
       <c r="A1132" s="1" t="s">
-        <v>3261</v>
+        <v>3267</v>
       </c>
       <c r="B1132" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>3262</v>
+        <v>3268</v>
       </c>
       <c r="D1132" s="1" t="s">
-        <v>3263</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="1133" spans="1:4">
       <c r="A1133" s="1" t="s">
-        <v>3264</v>
+        <v>3270</v>
       </c>
       <c r="B1133" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>3265</v>
+        <v>3271</v>
       </c>
       <c r="D1133" s="1" t="s">
-        <v>3266</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="1134" spans="1:4">
       <c r="A1134" s="1" t="s">
-        <v>3267</v>
+        <v>3273</v>
       </c>
       <c r="B1134" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1134" s="1" t="s">
-        <v>3268</v>
+        <v>3274</v>
       </c>
       <c r="D1134" s="1" t="s">
-        <v>3269</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="1135" spans="1:4">
       <c r="A1135" s="1" t="s">
-        <v>3270</v>
+        <v>3276</v>
       </c>
       <c r="B1135" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1135" s="1" t="s">
-        <v>3271</v>
+        <v>3277</v>
       </c>
       <c r="D1135" s="1" t="s">
-        <v>3272</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="1136" spans="1:4">
       <c r="A1136" s="1" t="s">
-        <v>3273</v>
+        <v>3279</v>
       </c>
       <c r="B1136" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1136" s="1" t="s">
-        <v>3274</v>
+        <v>3280</v>
       </c>
       <c r="D1136" s="1" t="s">
-        <v>3275</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="1137" spans="1:4">
       <c r="A1137" s="1" t="s">
-        <v>3276</v>
+        <v>3282</v>
       </c>
       <c r="B1137" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1137" s="1" t="s">
-        <v>3277</v>
+        <v>3283</v>
       </c>
       <c r="D1137" s="1" t="s">
-        <v>3278</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="1138" spans="1:4">
       <c r="A1138" s="1" t="s">
-        <v>3279</v>
+        <v>3285</v>
       </c>
       <c r="B1138" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>3280</v>
+        <v>3286</v>
       </c>
       <c r="D1138" s="1" t="s">
-        <v>3281</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="1139" spans="1:4">
       <c r="A1139" s="1" t="s">
-        <v>3282</v>
+        <v>3264</v>
       </c>
       <c r="B1139" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>3283</v>
+        <v>3288</v>
       </c>
       <c r="D1139" s="1" t="s">
-        <v>3284</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="1140" spans="1:4">
       <c r="A1140" s="1" t="s">
-        <v>3285</v>
+        <v>3290</v>
       </c>
       <c r="B1140" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1140" s="1" t="s">
-        <v>3286</v>
+        <v>3291</v>
       </c>
       <c r="D1140" s="1" t="s">
-        <v>3287</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="1141" spans="1:4">
       <c r="A1141" s="1" t="s">
-        <v>3288</v>
+        <v>3293</v>
       </c>
       <c r="B1141" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1141" s="1" t="s">
-        <v>3289</v>
+        <v>3294</v>
       </c>
       <c r="D1141" s="1" t="s">
-        <v>3290</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="1142" spans="1:4">
       <c r="A1142" s="1" t="s">
-        <v>3291</v>
+        <v>3296</v>
       </c>
       <c r="B1142" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1142" s="1" t="s">
-        <v>3292</v>
+        <v>3297</v>
       </c>
       <c r="D1142" s="1" t="s">
-        <v>3293</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="1143" spans="1:4">
       <c r="A1143" s="1" t="s">
-        <v>3294</v>
+        <v>3270</v>
       </c>
       <c r="B1143" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1143" s="1" t="s">
-        <v>3295</v>
+        <v>3299</v>
       </c>
       <c r="D1143" s="1" t="s">
-        <v>3296</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="1144" spans="1:4">
       <c r="A1144" s="1" t="s">
-        <v>3297</v>
+        <v>3273</v>
       </c>
       <c r="B1144" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>3298</v>
+        <v>3301</v>
       </c>
       <c r="D1144" s="1" t="s">
-        <v>3299</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="1145" spans="1:4">
       <c r="A1145" s="1" t="s">
-        <v>3300</v>
+        <v>3261</v>
       </c>
       <c r="B1145" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1145" s="1" t="s">
-        <v>3301</v>
+        <v>3303</v>
       </c>
       <c r="D1145" s="1" t="s">
-        <v>3302</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="1146" spans="1:4">
       <c r="A1146" s="1" t="s">
-        <v>3303</v>
+        <v>3305</v>
       </c>
       <c r="B1146" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>3304</v>
+        <v>3306</v>
       </c>
       <c r="D1146" s="1" t="s">
-        <v>3305</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="1147" spans="1:4">
       <c r="A1147" s="1" t="s">
-        <v>3306</v>
+        <v>3308</v>
       </c>
       <c r="B1147" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>3307</v>
+        <v>3309</v>
       </c>
       <c r="D1147" s="1" t="s">
-        <v>3308</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="1148" spans="1:4">
       <c r="A1148" s="1" t="s">
-        <v>3309</v>
+        <v>3311</v>
       </c>
       <c r="B1148" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>3310</v>
+        <v>3312</v>
       </c>
       <c r="D1148" s="1" t="s">
-        <v>3311</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="1149" spans="1:4">
       <c r="A1149" s="1" t="s">
-        <v>3312</v>
+        <v>3314</v>
       </c>
       <c r="B1149" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>3313</v>
+        <v>3315</v>
       </c>
       <c r="D1149" s="1" t="s">
-        <v>3314</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="1150" spans="1:4">
       <c r="A1150" s="1" t="s">
-        <v>3315</v>
+        <v>3317</v>
       </c>
       <c r="B1150" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1150" s="1" t="s">
-        <v>3316</v>
+        <v>3318</v>
       </c>
       <c r="D1150" s="1" t="s">
-        <v>3317</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="1151" spans="1:4">
       <c r="A1151" s="1" t="s">
-        <v>3318</v>
+        <v>3320</v>
       </c>
       <c r="B1151" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1151" s="1" t="s">
-        <v>3319</v>
+        <v>3321</v>
       </c>
       <c r="D1151" s="1" t="s">
-        <v>3320</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="1152" spans="1:4">
       <c r="A1152" s="1" t="s">
-        <v>3321</v>
+        <v>3323</v>
       </c>
       <c r="B1152" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>3322</v>
+        <v>3324</v>
       </c>
       <c r="D1152" s="1" t="s">
-        <v>3323</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="1153" spans="1:4">
       <c r="A1153" s="1" t="s">
-        <v>3324</v>
+        <v>3326</v>
       </c>
       <c r="B1153" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>3325</v>
+        <v>3327</v>
       </c>
       <c r="D1153" s="1" t="s">
-        <v>3326</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="1154" spans="1:4">
       <c r="A1154" s="1" t="s">
-        <v>3327</v>
+        <v>3329</v>
       </c>
       <c r="B1154" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>3328</v>
+        <v>3330</v>
       </c>
       <c r="D1154" s="1" t="s">
-        <v>3329</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="1155" spans="1:4">
       <c r="A1155" s="1" t="s">
-        <v>3330</v>
+        <v>3332</v>
       </c>
       <c r="B1155" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>3331</v>
+        <v>3333</v>
       </c>
       <c r="D1155" s="1" t="s">
-        <v>3332</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="1156" spans="1:4">
       <c r="A1156" s="1" t="s">
-        <v>3333</v>
+        <v>3335</v>
       </c>
       <c r="B1156" s="1" t="s">
-        <v>2180</v>
+        <v>245</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>3334</v>
+        <v>3336</v>
       </c>
       <c r="D1156" s="1" t="s">
-        <v>3335</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="1157" spans="1:4">
       <c r="A1157" s="1" t="s">
-        <v>3336</v>
+        <v>3338</v>
       </c>
       <c r="B1157" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>3337</v>
+        <v>3339</v>
       </c>
       <c r="D1157" s="1" t="s">
-        <v>3338</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="1158" spans="1:4">
       <c r="A1158" s="1" t="s">
-        <v>3339</v>
+        <v>3341</v>
       </c>
       <c r="B1158" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>3340</v>
+        <v>3342</v>
       </c>
       <c r="D1158" s="1" t="s">
-        <v>3341</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="1159" spans="1:4">
       <c r="A1159" s="1" t="s">
-        <v>3342</v>
+        <v>3344</v>
       </c>
       <c r="B1159" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>3343</v>
+        <v>3345</v>
       </c>
       <c r="D1159" s="1" t="s">
-        <v>3344</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="1160" spans="1:4">
       <c r="A1160" s="1" t="s">
+        <v>3344</v>
+      </c>
+      <c r="B1160" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1160" s="1" t="s">
         <v>3345</v>
-      </c>
-[...4 lines deleted...]
-        <v>3346</v>
       </c>
       <c r="D1160" s="1" t="s">
         <v>3347</v>
       </c>
     </row>
     <row r="1161" spans="1:4">
       <c r="A1161" s="1" t="s">
         <v>3348</v>
       </c>
       <c r="B1161" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1161" s="1" t="s">
         <v>3349</v>
       </c>
       <c r="D1161" s="1" t="s">
         <v>3350</v>
       </c>
     </row>
     <row r="1162" spans="1:4">
       <c r="A1162" s="1" t="s">
+        <v>3348</v>
+      </c>
+      <c r="B1162" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1162" s="1" t="s">
+        <v>3349</v>
+      </c>
+      <c r="D1162" s="1" t="s">
         <v>3351</v>
-      </c>
-[...7 lines deleted...]
-        <v>3353</v>
       </c>
     </row>
     <row r="1163" spans="1:4">
       <c r="A1163" s="1" t="s">
-        <v>3354</v>
+        <v>3352</v>
       </c>
       <c r="B1163" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1163" s="1" t="s">
-        <v>3355</v>
+        <v>3226</v>
       </c>
       <c r="D1163" s="1" t="s">
-        <v>3356</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="1164" spans="1:4">
       <c r="A1164" s="1" t="s">
-        <v>3357</v>
-[...3 lines deleted...]
-      </c>
+        <v>3354</v>
+      </c>
+      <c r="B1164" s="1"/>
       <c r="C1164" s="1" t="s">
-        <v>3358</v>
+        <v>3355</v>
       </c>
       <c r="D1164" s="1" t="s">
-        <v>3359</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="1165" spans="1:4">
       <c r="A1165" s="1" t="s">
-        <v>3360</v>
+        <v>3357</v>
       </c>
       <c r="B1165" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1165" s="1" t="s">
-        <v>3361</v>
+        <v>3355</v>
       </c>
       <c r="D1165" s="1" t="s">
-        <v>3362</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="1166" spans="1:4">
       <c r="A1166" s="1" t="s">
-        <v>3363</v>
+        <v>3359</v>
       </c>
       <c r="B1166" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1166" s="1" t="s">
-        <v>3364</v>
+        <v>3360</v>
       </c>
       <c r="D1166" s="1" t="s">
-        <v>3365</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="1167" spans="1:4">
       <c r="A1167" s="1" t="s">
-        <v>3366</v>
+        <v>3362</v>
       </c>
       <c r="B1167" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1167" s="1" t="s">
-        <v>3367</v>
+        <v>3363</v>
       </c>
       <c r="D1167" s="1" t="s">
-        <v>3368</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="1168" spans="1:4">
       <c r="A1168" s="1" t="s">
-        <v>3369</v>
+        <v>3365</v>
       </c>
       <c r="B1168" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>3370</v>
+        <v>3363</v>
       </c>
       <c r="D1168" s="1" t="s">
-        <v>3371</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="1169" spans="1:4">
       <c r="A1169" s="1" t="s">
-        <v>3372</v>
+        <v>3367</v>
       </c>
       <c r="B1169" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>3373</v>
+        <v>3363</v>
       </c>
       <c r="D1169" s="1" t="s">
-        <v>3374</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="1170" spans="1:4">
       <c r="A1170" s="1" t="s">
-        <v>3375</v>
+        <v>3368</v>
       </c>
       <c r="B1170" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>3376</v>
+        <v>273</v>
       </c>
       <c r="D1170" s="1" t="s">
-        <v>3377</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="1171" spans="1:4">
       <c r="A1171" s="1" t="s">
-        <v>3378</v>
+        <v>3370</v>
       </c>
       <c r="B1171" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>3379</v>
+        <v>3371</v>
       </c>
       <c r="D1171" s="1" t="s">
-        <v>3380</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="1172" spans="1:4">
       <c r="A1172" s="1" t="s">
-        <v>3381</v>
+        <v>3373</v>
       </c>
       <c r="B1172" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>3382</v>
+        <v>3374</v>
       </c>
       <c r="D1172" s="1" t="s">
-        <v>3383</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="1173" spans="1:4">
       <c r="A1173" s="1" t="s">
-        <v>3384</v>
+        <v>3376</v>
       </c>
       <c r="B1173" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>3385</v>
+        <v>3377</v>
       </c>
       <c r="D1173" s="1" t="s">
-        <v>3386</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="1174" spans="1:4">
       <c r="A1174" s="1" t="s">
-        <v>3387</v>
+        <v>3379</v>
       </c>
       <c r="B1174" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1174" s="1" t="s">
-        <v>3388</v>
+        <v>3380</v>
       </c>
       <c r="D1174" s="1" t="s">
-        <v>3389</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="1175" spans="1:4">
       <c r="A1175" s="1" t="s">
-        <v>3390</v>
+        <v>3382</v>
       </c>
       <c r="B1175" s="1" t="s">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C1175" s="1"/>
       <c r="D1175" s="1" t="s">
-        <v>3392</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="1176" spans="1:4">
       <c r="A1176" s="1" t="s">
-        <v>3393</v>
+        <v>3384</v>
       </c>
       <c r="B1176" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1176" s="1" t="s">
-        <v>3394</v>
+        <v>3385</v>
       </c>
       <c r="D1176" s="1" t="s">
-        <v>3395</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="1177" spans="1:4">
       <c r="A1177" s="1" t="s">
-        <v>3396</v>
+        <v>3387</v>
       </c>
       <c r="B1177" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1177" s="1" t="s">
-        <v>3397</v>
+        <v>3388</v>
       </c>
       <c r="D1177" s="1" t="s">
-        <v>3398</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="1178" spans="1:4">
       <c r="A1178" s="1" t="s">
-        <v>3399</v>
+        <v>3390</v>
       </c>
       <c r="B1178" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1178" s="1" t="s">
-        <v>3400</v>
+        <v>3391</v>
       </c>
       <c r="D1178" s="1" t="s">
-        <v>3401</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="1179" spans="1:4">
       <c r="A1179" s="1" t="s">
-        <v>3402</v>
+        <v>3393</v>
       </c>
       <c r="B1179" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1179" s="1" t="s">
-        <v>3403</v>
+        <v>3394</v>
       </c>
       <c r="D1179" s="1" t="s">
-        <v>3404</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="1180" spans="1:4">
       <c r="A1180" s="1" t="s">
-        <v>3405</v>
+        <v>3396</v>
       </c>
       <c r="B1180" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1180" s="1" t="s">
-        <v>3406</v>
+        <v>3397</v>
       </c>
       <c r="D1180" s="1" t="s">
-        <v>3407</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="1181" spans="1:4">
       <c r="A1181" s="1" t="s">
-        <v>3408</v>
+        <v>3399</v>
       </c>
       <c r="B1181" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1181" s="1" t="s">
-        <v>3409</v>
+        <v>3400</v>
       </c>
       <c r="D1181" s="1" t="s">
-        <v>3410</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="1182" spans="1:4">
       <c r="A1182" s="1" t="s">
-        <v>3411</v>
+        <v>3402</v>
       </c>
       <c r="B1182" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1182" s="1" t="s">
-        <v>3412</v>
+        <v>3403</v>
       </c>
       <c r="D1182" s="1" t="s">
-        <v>3413</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="1183" spans="1:4">
       <c r="A1183" s="1" t="s">
-        <v>3414</v>
+        <v>3405</v>
       </c>
       <c r="B1183" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1183" s="1" t="s">
-        <v>3415</v>
+        <v>3406</v>
       </c>
       <c r="D1183" s="1" t="s">
-        <v>3416</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="1184" spans="1:4">
       <c r="A1184" s="1" t="s">
-        <v>3417</v>
+        <v>3408</v>
       </c>
       <c r="B1184" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1184" s="1" t="s">
-        <v>3418</v>
+        <v>3409</v>
       </c>
       <c r="D1184" s="1" t="s">
-        <v>3419</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="1185" spans="1:4">
       <c r="A1185" s="1" t="s">
-        <v>3420</v>
+        <v>3411</v>
       </c>
       <c r="B1185" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1185" s="1" t="s">
-        <v>3421</v>
+        <v>3412</v>
       </c>
       <c r="D1185" s="1" t="s">
-        <v>3422</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="1186" spans="1:4">
       <c r="A1186" s="1" t="s">
-        <v>3423</v>
+        <v>3414</v>
       </c>
       <c r="B1186" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1186" s="1" t="s">
-        <v>3424</v>
+        <v>3415</v>
       </c>
       <c r="D1186" s="1" t="s">
-        <v>3425</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="1187" spans="1:4">
       <c r="A1187" s="1" t="s">
-        <v>3426</v>
+        <v>3417</v>
       </c>
       <c r="B1187" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1187" s="1" t="s">
-        <v>3427</v>
+        <v>3418</v>
       </c>
       <c r="D1187" s="1" t="s">
-        <v>3428</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="1188" spans="1:4">
       <c r="A1188" s="1" t="s">
-        <v>3429</v>
+        <v>3420</v>
       </c>
       <c r="B1188" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1188" s="1" t="s">
-        <v>3430</v>
+        <v>3421</v>
       </c>
       <c r="D1188" s="1" t="s">
-        <v>3431</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="1189" spans="1:4">
       <c r="A1189" s="1" t="s">
-        <v>3432</v>
+        <v>3423</v>
       </c>
       <c r="B1189" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1189" s="1" t="s">
-        <v>3433</v>
+        <v>3424</v>
       </c>
       <c r="D1189" s="1" t="s">
-        <v>3434</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="1190" spans="1:4">
       <c r="A1190" s="1" t="s">
-        <v>3435</v>
+        <v>3426</v>
       </c>
       <c r="B1190" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1190" s="1" t="s">
-        <v>3436</v>
+        <v>3427</v>
       </c>
       <c r="D1190" s="1" t="s">
-        <v>3437</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="1191" spans="1:4">
       <c r="A1191" s="1" t="s">
-        <v>3438</v>
+        <v>3429</v>
       </c>
       <c r="B1191" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1191" s="1" t="s">
-        <v>3439</v>
+        <v>3430</v>
       </c>
       <c r="D1191" s="1" t="s">
-        <v>3440</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="1192" spans="1:4">
       <c r="A1192" s="1" t="s">
-        <v>3441</v>
+        <v>3432</v>
       </c>
       <c r="B1192" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1192" s="1" t="s">
-        <v>3442</v>
+        <v>3433</v>
       </c>
       <c r="D1192" s="1" t="s">
-        <v>3443</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="1193" spans="1:4">
       <c r="A1193" s="1" t="s">
-        <v>3444</v>
+        <v>3435</v>
       </c>
       <c r="B1193" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1193" s="1" t="s">
-        <v>3442</v>
+        <v>3436</v>
       </c>
       <c r="D1193" s="1" t="s">
-        <v>3445</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="1194" spans="1:4">
       <c r="A1194" s="1" t="s">
-        <v>3446</v>
+        <v>3438</v>
       </c>
       <c r="B1194" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1194" s="1" t="s">
-        <v>3447</v>
+        <v>3439</v>
       </c>
       <c r="D1194" s="1" t="s">
-        <v>3448</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="1195" spans="1:4">
       <c r="A1195" s="1" t="s">
-        <v>3449</v>
+        <v>3441</v>
       </c>
       <c r="B1195" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1195" s="1" t="s">
-        <v>3450</v>
+        <v>3442</v>
       </c>
       <c r="D1195" s="1" t="s">
-        <v>3451</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="1196" spans="1:4">
       <c r="A1196" s="1" t="s">
-        <v>3452</v>
+        <v>3444</v>
       </c>
       <c r="B1196" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C1196" s="1"/>
+      <c r="C1196" s="1" t="s">
+        <v>3445</v>
+      </c>
       <c r="D1196" s="1" t="s">
-        <v>3453</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="1197" spans="1:4">
       <c r="A1197" s="1" t="s">
-        <v>3454</v>
+        <v>3447</v>
       </c>
       <c r="B1197" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1197" s="1" t="s">
-        <v>3450</v>
+        <v>3448</v>
       </c>
       <c r="D1197" s="1" t="s">
-        <v>3455</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="1198" spans="1:4">
       <c r="A1198" s="1" t="s">
-        <v>3456</v>
+        <v>3450</v>
       </c>
       <c r="B1198" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1198" s="1" t="s">
-        <v>3457</v>
+        <v>3451</v>
       </c>
       <c r="D1198" s="1" t="s">
-        <v>3458</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="1199" spans="1:4">
       <c r="A1199" s="1" t="s">
-        <v>3459</v>
+        <v>3453</v>
       </c>
       <c r="B1199" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1199" s="1" t="s">
-        <v>3460</v>
+        <v>3454</v>
       </c>
       <c r="D1199" s="1" t="s">
-        <v>3461</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="1200" spans="1:4">
       <c r="A1200" s="1" t="s">
-        <v>3462</v>
+        <v>3456</v>
       </c>
       <c r="B1200" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1200" s="1" t="s">
-        <v>3463</v>
+        <v>3457</v>
       </c>
       <c r="D1200" s="1" t="s">
-        <v>3464</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="1201" spans="1:4">
       <c r="A1201" s="1" t="s">
-        <v>3465</v>
+        <v>3459</v>
       </c>
       <c r="B1201" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1201" s="1" t="s">
-        <v>3466</v>
+        <v>3460</v>
       </c>
       <c r="D1201" s="1" t="s">
-        <v>3467</v>
+        <v>3461</v>
       </c>
     </row>
     <row r="1202" spans="1:4">
       <c r="A1202" s="1" t="s">
-        <v>3468</v>
+        <v>3462</v>
       </c>
       <c r="B1202" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1202" s="1" t="s">
-        <v>3469</v>
+        <v>3463</v>
       </c>
       <c r="D1202" s="1" t="s">
-        <v>3470</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="1203" spans="1:4">
       <c r="A1203" s="1" t="s">
-        <v>3471</v>
+        <v>3465</v>
       </c>
       <c r="B1203" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1203" s="1" t="s">
-        <v>3472</v>
+        <v>3466</v>
       </c>
       <c r="D1203" s="1" t="s">
-        <v>3473</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="1204" spans="1:4">
       <c r="A1204" s="1" t="s">
-        <v>3474</v>
+        <v>3468</v>
       </c>
       <c r="B1204" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1204" s="1" t="s">
-        <v>3475</v>
+        <v>3469</v>
       </c>
       <c r="D1204" s="1" t="s">
-        <v>3476</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="1205" spans="1:4">
       <c r="A1205" s="1" t="s">
-        <v>3477</v>
+        <v>3471</v>
       </c>
       <c r="B1205" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1205" s="1" t="s">
-        <v>3478</v>
+        <v>3472</v>
       </c>
       <c r="D1205" s="1" t="s">
-        <v>3479</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="1206" spans="1:4">
       <c r="A1206" s="1" t="s">
-        <v>3480</v>
+        <v>3474</v>
       </c>
       <c r="B1206" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1206" s="1" t="s">
-        <v>3481</v>
+        <v>3475</v>
       </c>
       <c r="D1206" s="1" t="s">
-        <v>3482</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="1207" spans="1:4">
       <c r="A1207" s="1" t="s">
-        <v>3483</v>
+        <v>3477</v>
       </c>
       <c r="B1207" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1207" s="1" t="s">
-        <v>3484</v>
+        <v>3478</v>
       </c>
       <c r="D1207" s="1" t="s">
-        <v>3485</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="1208" spans="1:4">
       <c r="A1208" s="1" t="s">
-        <v>3486</v>
+        <v>3480</v>
       </c>
       <c r="B1208" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1208" s="1" t="s">
-        <v>3487</v>
+        <v>3481</v>
       </c>
       <c r="D1208" s="1" t="s">
-        <v>3488</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="1209" spans="1:4">
       <c r="A1209" s="1" t="s">
-        <v>3489</v>
+        <v>3483</v>
       </c>
       <c r="B1209" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1209" s="1" t="s">
-        <v>3490</v>
+        <v>3484</v>
       </c>
       <c r="D1209" s="1" t="s">
-        <v>3491</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="1210" spans="1:4">
       <c r="A1210" s="1" t="s">
-        <v>3492</v>
+        <v>3486</v>
       </c>
       <c r="B1210" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1210" s="1" t="s">
-        <v>3493</v>
+        <v>3487</v>
       </c>
       <c r="D1210" s="1" t="s">
-        <v>3494</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="1211" spans="1:4">
       <c r="A1211" s="1" t="s">
-        <v>3495</v>
+        <v>3489</v>
       </c>
       <c r="B1211" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1211" s="1" t="s">
-        <v>3496</v>
+        <v>3490</v>
       </c>
       <c r="D1211" s="1" t="s">
-        <v>3497</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="1212" spans="1:4">
       <c r="A1212" s="1" t="s">
-        <v>3498</v>
+        <v>3492</v>
       </c>
       <c r="B1212" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1212" s="1" t="s">
-        <v>3499</v>
+        <v>3493</v>
       </c>
       <c r="D1212" s="1" t="s">
-        <v>3500</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="1213" spans="1:4">
       <c r="A1213" s="1" t="s">
-        <v>3501</v>
+        <v>3495</v>
       </c>
       <c r="B1213" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1213" s="1" t="s">
-        <v>3502</v>
+        <v>3496</v>
       </c>
       <c r="D1213" s="1" t="s">
-        <v>3503</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="1214" spans="1:4">
       <c r="A1214" s="1" t="s">
-        <v>3504</v>
+        <v>3498</v>
       </c>
       <c r="B1214" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1214" s="1" t="s">
-        <v>3505</v>
+        <v>3499</v>
       </c>
       <c r="D1214" s="1" t="s">
-        <v>3506</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="1215" spans="1:4">
       <c r="A1215" s="1" t="s">
-        <v>3507</v>
+        <v>3501</v>
       </c>
       <c r="B1215" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1215" s="1" t="s">
-        <v>3508</v>
+        <v>3502</v>
       </c>
       <c r="D1215" s="1" t="s">
-        <v>3509</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="1216" spans="1:4">
       <c r="A1216" s="1" t="s">
-        <v>3510</v>
+        <v>3504</v>
       </c>
       <c r="B1216" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1216" s="1" t="s">
-        <v>3511</v>
+        <v>3505</v>
       </c>
       <c r="D1216" s="1" t="s">
-        <v>3512</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="1217" spans="1:4">
       <c r="A1217" s="1" t="s">
-        <v>3513</v>
+        <v>3507</v>
       </c>
       <c r="B1217" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1217" s="1" t="s">
-        <v>3514</v>
+        <v>3508</v>
       </c>
       <c r="D1217" s="1" t="s">
-        <v>3515</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="1218" spans="1:4">
       <c r="A1218" s="1" t="s">
-        <v>3516</v>
+        <v>3510</v>
       </c>
       <c r="B1218" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1218" s="1" t="s">
-        <v>3517</v>
+        <v>3511</v>
       </c>
       <c r="D1218" s="1" t="s">
-        <v>3518</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="1219" spans="1:4">
       <c r="A1219" s="1" t="s">
-        <v>3519</v>
+        <v>3513</v>
       </c>
       <c r="B1219" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1219" s="1" t="s">
-        <v>3520</v>
+        <v>3514</v>
       </c>
       <c r="D1219" s="1" t="s">
-        <v>3521</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="1220" spans="1:4">
       <c r="A1220" s="1" t="s">
-        <v>3522</v>
+        <v>3516</v>
       </c>
       <c r="B1220" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1220" s="1" t="s">
-        <v>3523</v>
+        <v>3517</v>
       </c>
       <c r="D1220" s="1" t="s">
-        <v>3524</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="1221" spans="1:4">
       <c r="A1221" s="1" t="s">
-        <v>3525</v>
+        <v>3519</v>
       </c>
       <c r="B1221" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1221" s="1" t="s">
-        <v>3526</v>
+        <v>3520</v>
       </c>
       <c r="D1221" s="1" t="s">
-        <v>3527</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="1222" spans="1:4">
       <c r="A1222" s="1" t="s">
-        <v>3528</v>
+        <v>3522</v>
       </c>
       <c r="B1222" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1222" s="1" t="s">
-        <v>3529</v>
+        <v>3523</v>
       </c>
       <c r="D1222" s="1" t="s">
-        <v>3530</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="1223" spans="1:4">
       <c r="A1223" s="1" t="s">
-        <v>3531</v>
+        <v>3525</v>
       </c>
       <c r="B1223" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1223" s="1" t="s">
-        <v>3532</v>
+        <v>3526</v>
       </c>
       <c r="D1223" s="1" t="s">
-        <v>3533</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="1224" spans="1:4">
       <c r="A1224" s="1" t="s">
-        <v>3534</v>
+        <v>3528</v>
       </c>
       <c r="B1224" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1224" s="1" t="s">
-        <v>3535</v>
+        <v>3529</v>
       </c>
       <c r="D1224" s="1" t="s">
-        <v>3536</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="1225" spans="1:4">
       <c r="A1225" s="1" t="s">
-        <v>3537</v>
+        <v>3531</v>
       </c>
       <c r="B1225" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1225" s="1" t="s">
-        <v>3538</v>
+        <v>3532</v>
       </c>
       <c r="D1225" s="1" t="s">
-        <v>3539</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="1226" spans="1:4">
       <c r="A1226" s="1" t="s">
-        <v>3540</v>
+        <v>3534</v>
       </c>
       <c r="B1226" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1226" s="1" t="s">
-        <v>3541</v>
+        <v>3535</v>
       </c>
       <c r="D1226" s="1" t="s">
-        <v>3542</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="1227" spans="1:4">
       <c r="A1227" s="1" t="s">
-        <v>3543</v>
+        <v>3537</v>
       </c>
       <c r="B1227" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1227" s="1" t="s">
-        <v>3544</v>
+        <v>3538</v>
       </c>
       <c r="D1227" s="1" t="s">
-        <v>3545</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="1228" spans="1:4">
       <c r="A1228" s="1" t="s">
-        <v>3546</v>
+        <v>3540</v>
       </c>
       <c r="B1228" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1228" s="1" t="s">
-        <v>3547</v>
+        <v>3541</v>
       </c>
       <c r="D1228" s="1" t="s">
-        <v>3548</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="1229" spans="1:4">
       <c r="A1229" s="1" t="s">
-        <v>3549</v>
+        <v>3543</v>
       </c>
       <c r="B1229" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1229" s="1" t="s">
-        <v>3550</v>
+        <v>3544</v>
       </c>
       <c r="D1229" s="1" t="s">
-        <v>3551</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="1230" spans="1:4">
       <c r="A1230" s="1" t="s">
-        <v>3552</v>
+        <v>3546</v>
       </c>
       <c r="B1230" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1230" s="1" t="s">
-        <v>3553</v>
+        <v>3547</v>
       </c>
       <c r="D1230" s="1" t="s">
-        <v>3554</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="1231" spans="1:4">
       <c r="A1231" s="1" t="s">
-        <v>3555</v>
+        <v>3549</v>
       </c>
       <c r="B1231" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1231" s="1" t="s">
-        <v>3556</v>
+        <v>3550</v>
       </c>
       <c r="D1231" s="1" t="s">
-        <v>3557</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="1232" spans="1:4">
       <c r="A1232" s="1" t="s">
-        <v>3558</v>
+        <v>3552</v>
       </c>
       <c r="B1232" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1232" s="1" t="s">
-        <v>3559</v>
+        <v>3553</v>
       </c>
       <c r="D1232" s="1" t="s">
-        <v>3560</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="1233" spans="1:4">
       <c r="A1233" s="1" t="s">
-        <v>3561</v>
+        <v>3555</v>
       </c>
       <c r="B1233" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1233" s="1" t="s">
-        <v>3562</v>
+        <v>3556</v>
       </c>
       <c r="D1233" s="1" t="s">
-        <v>3563</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="1234" spans="1:4">
       <c r="A1234" s="1" t="s">
-        <v>3564</v>
+        <v>3558</v>
       </c>
       <c r="B1234" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1234" s="1" t="s">
-        <v>3565</v>
+        <v>3559</v>
       </c>
       <c r="D1234" s="1" t="s">
-        <v>3566</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="1235" spans="1:4">
       <c r="A1235" s="1" t="s">
-        <v>3567</v>
+        <v>3561</v>
       </c>
       <c r="B1235" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1235" s="1" t="s">
-        <v>3568</v>
+        <v>3562</v>
       </c>
       <c r="D1235" s="1" t="s">
-        <v>3569</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="1236" spans="1:4">
       <c r="A1236" s="1" t="s">
-        <v>3570</v>
+        <v>3564</v>
       </c>
       <c r="B1236" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1236" s="1" t="s">
-        <v>3571</v>
+        <v>3565</v>
       </c>
       <c r="D1236" s="1" t="s">
-        <v>3572</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="1237" spans="1:4">
       <c r="A1237" s="1" t="s">
-        <v>3573</v>
+        <v>3567</v>
       </c>
       <c r="B1237" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1237" s="1" t="s">
-        <v>3574</v>
+        <v>3568</v>
       </c>
       <c r="D1237" s="1" t="s">
-        <v>23</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="1238" spans="1:4">
       <c r="A1238" s="1" t="s">
-        <v>3575</v>
+        <v>3570</v>
       </c>
       <c r="B1238" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1238" s="1" t="s">
-        <v>3576</v>
+        <v>3571</v>
       </c>
       <c r="D1238" s="1" t="s">
-        <v>23</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="1239" spans="1:4">
       <c r="A1239" s="1" t="s">
-        <v>3577</v>
+        <v>3573</v>
       </c>
       <c r="B1239" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1239" s="1" t="s">
-        <v>3578</v>
+        <v>3574</v>
       </c>
       <c r="D1239" s="1" t="s">
-        <v>23</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="1240" spans="1:4">
       <c r="A1240" s="1" t="s">
-        <v>3579</v>
+        <v>3576</v>
       </c>
       <c r="B1240" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1240" s="1" t="s">
-        <v>3580</v>
+        <v>3577</v>
       </c>
       <c r="D1240" s="1" t="s">
-        <v>23</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="1241" spans="1:4">
       <c r="A1241" s="1" t="s">
+        <v>3579</v>
+      </c>
+      <c r="B1241" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1241" s="1" t="s">
+        <v>3580</v>
+      </c>
+      <c r="D1241" s="1" t="s">
         <v>3581</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="1242" spans="1:4">
       <c r="A1242" s="1" t="s">
+        <v>3582</v>
+      </c>
+      <c r="B1242" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1242" s="1" t="s">
         <v>3583</v>
       </c>
-      <c r="B1242" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1242" s="1" t="s">
+      <c r="D1242" s="1" t="s">
         <v>3584</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="1243" spans="1:4">
       <c r="A1243" s="1" t="s">
         <v>3585</v>
       </c>
       <c r="B1243" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1243" s="1" t="s">
         <v>3586</v>
       </c>
       <c r="D1243" s="1" t="s">
-        <v>23</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="1244" spans="1:4">
       <c r="A1244" s="1" t="s">
-        <v>3587</v>
+        <v>3588</v>
       </c>
       <c r="B1244" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1244" s="1" t="s">
-        <v>3588</v>
+        <v>3589</v>
       </c>
       <c r="D1244" s="1" t="s">
-        <v>23</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="1245" spans="1:4">
       <c r="A1245" s="1" t="s">
-        <v>3589</v>
+        <v>3591</v>
       </c>
       <c r="B1245" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1245" s="1" t="s">
-        <v>3590</v>
+        <v>3592</v>
       </c>
       <c r="D1245" s="1" t="s">
-        <v>23</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="1246" spans="1:4">
       <c r="A1246" s="1" t="s">
-        <v>3591</v>
+        <v>3594</v>
       </c>
       <c r="B1246" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1246" s="1" t="s">
-        <v>3592</v>
+        <v>3595</v>
       </c>
       <c r="D1246" s="1" t="s">
-        <v>23</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="1247" spans="1:4">
       <c r="A1247" s="1" t="s">
-        <v>3593</v>
+        <v>3597</v>
       </c>
       <c r="B1247" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1247" s="1" t="s">
-        <v>3594</v>
+        <v>3598</v>
       </c>
       <c r="D1247" s="1" t="s">
-        <v>23</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="1248" spans="1:4">
       <c r="A1248" s="1" t="s">
-        <v>3595</v>
+        <v>3600</v>
       </c>
       <c r="B1248" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1248" s="1" t="s">
-        <v>3596</v>
+        <v>3601</v>
       </c>
       <c r="D1248" s="1" t="s">
-        <v>23</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="1249" spans="1:4">
       <c r="A1249" s="1" t="s">
-        <v>3597</v>
+        <v>3603</v>
       </c>
       <c r="B1249" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1249" s="1" t="s">
-        <v>3598</v>
+        <v>3604</v>
       </c>
       <c r="D1249" s="1" t="s">
-        <v>23</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="1250" spans="1:4">
       <c r="A1250" s="1" t="s">
-        <v>3599</v>
+        <v>3606</v>
       </c>
       <c r="B1250" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1250" s="1" t="s">
-        <v>3600</v>
+        <v>3607</v>
       </c>
       <c r="D1250" s="1" t="s">
-        <v>23</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="1251" spans="1:4">
       <c r="A1251" s="1" t="s">
-        <v>3601</v>
+        <v>3609</v>
       </c>
       <c r="B1251" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1251" s="1" t="s">
-        <v>3602</v>
+        <v>3610</v>
       </c>
       <c r="D1251" s="1" t="s">
-        <v>23</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="1252" spans="1:4">
       <c r="A1252" s="1" t="s">
-        <v>3603</v>
+        <v>3612</v>
       </c>
       <c r="B1252" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1252" s="1" t="s">
-        <v>3604</v>
+        <v>3613</v>
       </c>
       <c r="D1252" s="1" t="s">
-        <v>23</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="1253" spans="1:4">
       <c r="A1253" s="1" t="s">
-        <v>3605</v>
+        <v>3615</v>
       </c>
       <c r="B1253" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1253" s="1" t="s">
-        <v>3606</v>
+        <v>3616</v>
       </c>
       <c r="D1253" s="1" t="s">
-        <v>23</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="1254" spans="1:4">
       <c r="A1254" s="1" t="s">
-        <v>3607</v>
+        <v>3618</v>
       </c>
       <c r="B1254" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1254" s="1" t="s">
-        <v>3608</v>
+        <v>3619</v>
       </c>
       <c r="D1254" s="1" t="s">
-        <v>23</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="1255" spans="1:4">
       <c r="A1255" s="1" t="s">
-        <v>3609</v>
+        <v>3621</v>
       </c>
       <c r="B1255" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1255" s="1" t="s">
-        <v>3610</v>
+        <v>3622</v>
       </c>
       <c r="D1255" s="1" t="s">
-        <v>23</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="1256" spans="1:4">
       <c r="A1256" s="1" t="s">
-        <v>3611</v>
+        <v>3624</v>
       </c>
       <c r="B1256" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1256" s="1" t="s">
-        <v>3612</v>
+        <v>3625</v>
       </c>
       <c r="D1256" s="1" t="s">
-        <v>23</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="1257" spans="1:4">
       <c r="A1257" s="1" t="s">
-        <v>3613</v>
+        <v>3627</v>
       </c>
       <c r="B1257" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1257" s="1" t="s">
-        <v>3614</v>
+        <v>3628</v>
       </c>
       <c r="D1257" s="1" t="s">
-        <v>23</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="1258" spans="1:4">
       <c r="A1258" s="1" t="s">
-        <v>3615</v>
+        <v>3630</v>
       </c>
       <c r="B1258" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1258" s="1" t="s">
-        <v>3616</v>
+        <v>3631</v>
       </c>
       <c r="D1258" s="1" t="s">
-        <v>23</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="1259" spans="1:4">
       <c r="A1259" s="1" t="s">
-        <v>3617</v>
+        <v>3633</v>
       </c>
       <c r="B1259" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1259" s="1" t="s">
-        <v>3618</v>
+        <v>3634</v>
       </c>
       <c r="D1259" s="1" t="s">
-        <v>23</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="1260" spans="1:4">
       <c r="A1260" s="1" t="s">
-        <v>3619</v>
+        <v>3636</v>
       </c>
       <c r="B1260" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1260" s="1" t="s">
-        <v>3620</v>
+        <v>3637</v>
       </c>
       <c r="D1260" s="1" t="s">
-        <v>23</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="1261" spans="1:4">
       <c r="A1261" s="1" t="s">
-        <v>3621</v>
+        <v>3639</v>
       </c>
       <c r="B1261" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1261" s="1" t="s">
-        <v>3622</v>
+        <v>3640</v>
       </c>
       <c r="D1261" s="1" t="s">
-        <v>23</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="1262" spans="1:4">
       <c r="A1262" s="1" t="s">
-        <v>3623</v>
+        <v>3642</v>
       </c>
       <c r="B1262" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1262" s="1" t="s">
-        <v>3624</v>
+        <v>3643</v>
       </c>
       <c r="D1262" s="1" t="s">
-        <v>23</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="1263" spans="1:4">
       <c r="A1263" s="1" t="s">
-        <v>3625</v>
+        <v>3645</v>
       </c>
       <c r="B1263" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1263" s="1" t="s">
-        <v>3626</v>
+        <v>3646</v>
       </c>
       <c r="D1263" s="1" t="s">
-        <v>23</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="1264" spans="1:4">
       <c r="A1264" s="1" t="s">
-        <v>3627</v>
+        <v>3648</v>
       </c>
       <c r="B1264" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1264" s="1" t="s">
-        <v>3628</v>
+        <v>3649</v>
       </c>
       <c r="D1264" s="1" t="s">
-        <v>23</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="1265" spans="1:4">
       <c r="A1265" s="1" t="s">
-        <v>3629</v>
+        <v>3651</v>
       </c>
       <c r="B1265" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1265" s="1" t="s">
-        <v>3630</v>
+        <v>3652</v>
       </c>
       <c r="D1265" s="1" t="s">
-        <v>23</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="1266" spans="1:4">
       <c r="A1266" s="1" t="s">
-        <v>3631</v>
+        <v>3654</v>
       </c>
       <c r="B1266" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1266" s="1" t="s">
-        <v>3632</v>
+        <v>3655</v>
       </c>
       <c r="D1266" s="1" t="s">
-        <v>23</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="1267" spans="1:4">
       <c r="A1267" s="1" t="s">
-        <v>3633</v>
+        <v>3657</v>
       </c>
       <c r="B1267" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1267" s="1" t="s">
-        <v>3634</v>
+        <v>3658</v>
       </c>
       <c r="D1267" s="1" t="s">
-        <v>23</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="1268" spans="1:4">
       <c r="A1268" s="1" t="s">
-        <v>3635</v>
+        <v>3660</v>
       </c>
       <c r="B1268" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1268" s="1" t="s">
-        <v>3636</v>
+        <v>3661</v>
       </c>
       <c r="D1268" s="1" t="s">
-        <v>23</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="1269" spans="1:4">
       <c r="A1269" s="1" t="s">
-        <v>3637</v>
+        <v>3663</v>
       </c>
       <c r="B1269" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1269" s="1" t="s">
-        <v>3638</v>
+        <v>3664</v>
       </c>
       <c r="D1269" s="1" t="s">
-        <v>23</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="1270" spans="1:4">
       <c r="A1270" s="1" t="s">
-        <v>3639</v>
+        <v>3666</v>
       </c>
       <c r="B1270" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1270" s="1" t="s">
-        <v>3640</v>
+        <v>3667</v>
       </c>
       <c r="D1270" s="1" t="s">
-        <v>23</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="1271" spans="1:4">
       <c r="A1271" s="1" t="s">
-        <v>3641</v>
+        <v>3669</v>
       </c>
       <c r="B1271" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1271" s="1" t="s">
-        <v>3642</v>
+        <v>3670</v>
       </c>
       <c r="D1271" s="1" t="s">
-        <v>23</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="1272" spans="1:4">
       <c r="A1272" s="1" t="s">
-        <v>3643</v>
+        <v>3672</v>
       </c>
       <c r="B1272" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1272" s="1" t="s">
-        <v>3644</v>
+        <v>3673</v>
       </c>
       <c r="D1272" s="1" t="s">
-        <v>23</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="1273" spans="1:4">
       <c r="A1273" s="1" t="s">
-        <v>3645</v>
+        <v>3675</v>
       </c>
       <c r="B1273" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1273" s="1" t="s">
-        <v>3646</v>
+        <v>3676</v>
       </c>
       <c r="D1273" s="1" t="s">
-        <v>23</v>
+        <v>3677</v>
       </c>
     </row>
     <row r="1274" spans="1:4">
       <c r="A1274" s="1" t="s">
-        <v>3647</v>
+        <v>3678</v>
       </c>
       <c r="B1274" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1274" s="1" t="s">
-        <v>3648</v>
+        <v>3679</v>
       </c>
       <c r="D1274" s="1" t="s">
-        <v>23</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="1275" spans="1:4">
       <c r="A1275" s="1" t="s">
-        <v>3649</v>
+        <v>3681</v>
       </c>
       <c r="B1275" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1275" s="1" t="s">
-        <v>3650</v>
+        <v>3682</v>
       </c>
       <c r="D1275" s="1" t="s">
-        <v>23</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="1276" spans="1:4">
       <c r="A1276" s="1" t="s">
-        <v>3651</v>
+        <v>3684</v>
       </c>
       <c r="B1276" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1276" s="1" t="s">
-        <v>3652</v>
+        <v>3685</v>
       </c>
       <c r="D1276" s="1" t="s">
-        <v>23</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="1277" spans="1:4">
       <c r="A1277" s="1" t="s">
-        <v>3653</v>
+        <v>3687</v>
       </c>
       <c r="B1277" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1277" s="1" t="s">
-        <v>3654</v>
+        <v>3688</v>
       </c>
       <c r="D1277" s="1" t="s">
-        <v>23</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="1278" spans="1:4">
       <c r="A1278" s="1" t="s">
-        <v>3655</v>
+        <v>3690</v>
       </c>
       <c r="B1278" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1278" s="1" t="s">
-        <v>3656</v>
+        <v>3691</v>
       </c>
       <c r="D1278" s="1" t="s">
-        <v>23</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="1279" spans="1:4">
       <c r="A1279" s="1" t="s">
-        <v>3657</v>
+        <v>3693</v>
       </c>
       <c r="B1279" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1279" s="1" t="s">
-        <v>3658</v>
+        <v>3694</v>
       </c>
       <c r="D1279" s="1" t="s">
-        <v>23</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="1280" spans="1:4">
       <c r="A1280" s="1" t="s">
-        <v>3659</v>
+        <v>3696</v>
       </c>
       <c r="B1280" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1280" s="1" t="s">
-        <v>3660</v>
+        <v>3694</v>
       </c>
       <c r="D1280" s="1" t="s">
-        <v>23</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="1281" spans="1:4">
       <c r="A1281" s="1" t="s">
-        <v>3661</v>
+        <v>3698</v>
       </c>
       <c r="B1281" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1281" s="1" t="s">
-        <v>3662</v>
+        <v>3699</v>
       </c>
       <c r="D1281" s="1" t="s">
-        <v>23</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="1282" spans="1:4">
       <c r="A1282" s="1" t="s">
-        <v>3663</v>
+        <v>3701</v>
       </c>
       <c r="B1282" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1282" s="1" t="s">
-        <v>3664</v>
+        <v>3702</v>
       </c>
       <c r="D1282" s="1" t="s">
-        <v>23</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="1283" spans="1:4">
       <c r="A1283" s="1" t="s">
-        <v>3665</v>
+        <v>3704</v>
       </c>
       <c r="B1283" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C1283" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C1283" s="1"/>
       <c r="D1283" s="1" t="s">
-        <v>23</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="1284" spans="1:4">
       <c r="A1284" s="1" t="s">
-        <v>3667</v>
+        <v>3706</v>
       </c>
       <c r="B1284" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1284" s="1" t="s">
-        <v>3668</v>
+        <v>3702</v>
       </c>
       <c r="D1284" s="1" t="s">
-        <v>23</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="1285" spans="1:4">
       <c r="A1285" s="1" t="s">
-        <v>3669</v>
+        <v>3708</v>
       </c>
       <c r="B1285" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1285" s="1" t="s">
-        <v>3670</v>
+        <v>3709</v>
       </c>
       <c r="D1285" s="1" t="s">
-        <v>23</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="1286" spans="1:4">
       <c r="A1286" s="1" t="s">
-        <v>3671</v>
+        <v>3711</v>
       </c>
       <c r="B1286" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1286" s="1" t="s">
-        <v>3672</v>
+        <v>3712</v>
       </c>
       <c r="D1286" s="1" t="s">
-        <v>23</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="1287" spans="1:4">
       <c r="A1287" s="1" t="s">
-        <v>3673</v>
+        <v>3714</v>
       </c>
       <c r="B1287" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1287" s="1" t="s">
-        <v>3674</v>
+        <v>3715</v>
       </c>
       <c r="D1287" s="1" t="s">
-        <v>23</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="1288" spans="1:4">
       <c r="A1288" s="1" t="s">
-        <v>3675</v>
+        <v>3717</v>
       </c>
       <c r="B1288" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1288" s="1" t="s">
-        <v>3676</v>
+        <v>3718</v>
       </c>
       <c r="D1288" s="1" t="s">
-        <v>23</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="1289" spans="1:4">
       <c r="A1289" s="1" t="s">
-        <v>3677</v>
+        <v>3720</v>
       </c>
       <c r="B1289" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1289" s="1" t="s">
-        <v>3678</v>
+        <v>3721</v>
       </c>
       <c r="D1289" s="1" t="s">
-        <v>23</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="1290" spans="1:4">
       <c r="A1290" s="1" t="s">
-        <v>3679</v>
+        <v>3723</v>
       </c>
       <c r="B1290" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1290" s="1" t="s">
-        <v>3680</v>
+        <v>3724</v>
       </c>
       <c r="D1290" s="1" t="s">
-        <v>23</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="1291" spans="1:4">
       <c r="A1291" s="1" t="s">
-        <v>3681</v>
+        <v>3726</v>
       </c>
       <c r="B1291" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1291" s="1" t="s">
-        <v>3682</v>
+        <v>3727</v>
       </c>
       <c r="D1291" s="1" t="s">
-        <v>23</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="1292" spans="1:4">
       <c r="A1292" s="1" t="s">
-        <v>3683</v>
+        <v>3729</v>
       </c>
       <c r="B1292" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1292" s="1" t="s">
-        <v>3684</v>
+        <v>3730</v>
       </c>
       <c r="D1292" s="1" t="s">
-        <v>23</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="1293" spans="1:4">
       <c r="A1293" s="1" t="s">
-        <v>3685</v>
+        <v>3732</v>
       </c>
       <c r="B1293" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1293" s="1" t="s">
-        <v>3686</v>
+        <v>3733</v>
       </c>
       <c r="D1293" s="1" t="s">
-        <v>23</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="1294" spans="1:4">
       <c r="A1294" s="1" t="s">
-        <v>3687</v>
+        <v>3735</v>
       </c>
       <c r="B1294" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1294" s="1" t="s">
-        <v>3688</v>
+        <v>3736</v>
       </c>
       <c r="D1294" s="1" t="s">
-        <v>23</v>
+        <v>3737</v>
       </c>
     </row>
     <row r="1295" spans="1:4">
       <c r="A1295" s="1" t="s">
-        <v>3689</v>
+        <v>3738</v>
       </c>
       <c r="B1295" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1295" s="1" t="s">
-        <v>3690</v>
+        <v>3739</v>
       </c>
       <c r="D1295" s="1" t="s">
-        <v>23</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="1296" spans="1:4">
       <c r="A1296" s="1" t="s">
-        <v>3691</v>
+        <v>3741</v>
       </c>
       <c r="B1296" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1296" s="1" t="s">
-        <v>3692</v>
+        <v>3742</v>
       </c>
       <c r="D1296" s="1" t="s">
-        <v>23</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="1297" spans="1:4">
       <c r="A1297" s="1" t="s">
-        <v>3693</v>
+        <v>3744</v>
       </c>
       <c r="B1297" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1297" s="1" t="s">
-        <v>3694</v>
+        <v>3745</v>
       </c>
       <c r="D1297" s="1" t="s">
-        <v>23</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="1298" spans="1:4">
       <c r="A1298" s="1" t="s">
-        <v>3695</v>
+        <v>3747</v>
       </c>
       <c r="B1298" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1298" s="1" t="s">
-        <v>3696</v>
+        <v>3748</v>
       </c>
       <c r="D1298" s="1" t="s">
-        <v>23</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="1299" spans="1:4">
       <c r="A1299" s="1" t="s">
-        <v>3697</v>
+        <v>3750</v>
       </c>
       <c r="B1299" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1299" s="1" t="s">
-        <v>3698</v>
+        <v>3751</v>
       </c>
       <c r="D1299" s="1" t="s">
-        <v>23</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="1300" spans="1:4">
       <c r="A1300" s="1" t="s">
-        <v>3699</v>
+        <v>3753</v>
       </c>
       <c r="B1300" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1300" s="1" t="s">
-        <v>3700</v>
+        <v>3754</v>
       </c>
       <c r="D1300" s="1" t="s">
-        <v>23</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="1301" spans="1:4">
       <c r="A1301" s="1" t="s">
-        <v>3701</v>
+        <v>3756</v>
       </c>
       <c r="B1301" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1301" s="1" t="s">
-        <v>3702</v>
+        <v>3757</v>
       </c>
       <c r="D1301" s="1" t="s">
-        <v>23</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="1302" spans="1:4">
       <c r="A1302" s="1" t="s">
-        <v>3703</v>
+        <v>3759</v>
       </c>
       <c r="B1302" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1302" s="1" t="s">
-        <v>3704</v>
+        <v>3760</v>
       </c>
       <c r="D1302" s="1" t="s">
-        <v>23</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="1303" spans="1:4">
       <c r="A1303" s="1" t="s">
-        <v>3705</v>
+        <v>3762</v>
       </c>
       <c r="B1303" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1303" s="1" t="s">
-        <v>3706</v>
+        <v>3763</v>
       </c>
       <c r="D1303" s="1" t="s">
-        <v>23</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="1304" spans="1:4">
       <c r="A1304" s="1" t="s">
-        <v>3707</v>
+        <v>3765</v>
       </c>
       <c r="B1304" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1304" s="1" t="s">
-        <v>3708</v>
+        <v>3766</v>
       </c>
       <c r="D1304" s="1" t="s">
-        <v>23</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="1305" spans="1:4">
       <c r="A1305" s="1" t="s">
-        <v>3709</v>
+        <v>3768</v>
       </c>
       <c r="B1305" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1305" s="1" t="s">
-        <v>3710</v>
+        <v>3769</v>
       </c>
       <c r="D1305" s="1" t="s">
-        <v>23</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="1306" spans="1:4">
       <c r="A1306" s="1" t="s">
-        <v>3711</v>
+        <v>3771</v>
       </c>
       <c r="B1306" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1306" s="1" t="s">
-        <v>3712</v>
+        <v>3772</v>
       </c>
       <c r="D1306" s="1" t="s">
-        <v>23</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="1307" spans="1:4">
       <c r="A1307" s="1" t="s">
-        <v>3713</v>
+        <v>3774</v>
       </c>
       <c r="B1307" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1307" s="1" t="s">
-        <v>3714</v>
+        <v>3775</v>
       </c>
       <c r="D1307" s="1" t="s">
-        <v>23</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="1308" spans="1:4">
       <c r="A1308" s="1" t="s">
-        <v>3715</v>
+        <v>3777</v>
       </c>
       <c r="B1308" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1308" s="1" t="s">
-        <v>3716</v>
+        <v>3778</v>
       </c>
       <c r="D1308" s="1" t="s">
-        <v>23</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="1309" spans="1:4">
       <c r="A1309" s="1" t="s">
-        <v>3717</v>
+        <v>3780</v>
       </c>
       <c r="B1309" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1309" s="1" t="s">
-        <v>3718</v>
+        <v>3781</v>
       </c>
       <c r="D1309" s="1" t="s">
-        <v>23</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="1310" spans="1:4">
       <c r="A1310" s="1" t="s">
-        <v>3719</v>
+        <v>3783</v>
       </c>
       <c r="B1310" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1310" s="1" t="s">
-        <v>3720</v>
+        <v>3784</v>
       </c>
       <c r="D1310" s="1" t="s">
-        <v>23</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="1311" spans="1:4">
       <c r="A1311" s="1" t="s">
-        <v>3721</v>
+        <v>3786</v>
       </c>
       <c r="B1311" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1311" s="1" t="s">
-        <v>3722</v>
+        <v>3787</v>
       </c>
       <c r="D1311" s="1" t="s">
-        <v>23</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="1312" spans="1:4">
       <c r="A1312" s="1" t="s">
-        <v>3723</v>
+        <v>3789</v>
       </c>
       <c r="B1312" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1312" s="1" t="s">
-        <v>3724</v>
+        <v>3790</v>
       </c>
       <c r="D1312" s="1" t="s">
-        <v>23</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="1313" spans="1:4">
       <c r="A1313" s="1" t="s">
-        <v>3725</v>
+        <v>3792</v>
       </c>
       <c r="B1313" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1313" s="1" t="s">
-        <v>3726</v>
+        <v>3793</v>
       </c>
       <c r="D1313" s="1" t="s">
-        <v>23</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="1314" spans="1:4">
       <c r="A1314" s="1" t="s">
-        <v>3727</v>
+        <v>3795</v>
       </c>
       <c r="B1314" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1314" s="1" t="s">
-        <v>3728</v>
+        <v>3796</v>
       </c>
       <c r="D1314" s="1" t="s">
-        <v>23</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="1315" spans="1:4">
       <c r="A1315" s="1" t="s">
-        <v>3729</v>
+        <v>3798</v>
       </c>
       <c r="B1315" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1315" s="1" t="s">
-        <v>3730</v>
+        <v>3799</v>
       </c>
       <c r="D1315" s="1" t="s">
-        <v>23</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="1316" spans="1:4">
       <c r="A1316" s="1" t="s">
-        <v>3731</v>
+        <v>3801</v>
       </c>
       <c r="B1316" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1316" s="1" t="s">
-        <v>3732</v>
+        <v>3802</v>
       </c>
       <c r="D1316" s="1" t="s">
-        <v>23</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="1317" spans="1:4">
       <c r="A1317" s="1" t="s">
-        <v>3733</v>
+        <v>3804</v>
       </c>
       <c r="B1317" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1317" s="1" t="s">
-        <v>3734</v>
+        <v>3805</v>
       </c>
       <c r="D1317" s="1" t="s">
-        <v>23</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="1318" spans="1:4">
       <c r="A1318" s="1" t="s">
-        <v>3735</v>
+        <v>3807</v>
       </c>
       <c r="B1318" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1318" s="1" t="s">
-        <v>3736</v>
+        <v>3808</v>
       </c>
       <c r="D1318" s="1" t="s">
-        <v>23</v>
+        <v>3809</v>
       </c>
     </row>
     <row r="1319" spans="1:4">
       <c r="A1319" s="1" t="s">
-        <v>3737</v>
+        <v>3810</v>
       </c>
       <c r="B1319" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1319" s="1" t="s">
-        <v>3738</v>
+        <v>3811</v>
       </c>
       <c r="D1319" s="1" t="s">
-        <v>23</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="1320" spans="1:4">
       <c r="A1320" s="1" t="s">
-        <v>3739</v>
+        <v>3813</v>
       </c>
       <c r="B1320" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1320" s="1" t="s">
-        <v>3740</v>
+        <v>3814</v>
       </c>
       <c r="D1320" s="1" t="s">
-        <v>23</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="1321" spans="1:4">
       <c r="A1321" s="1" t="s">
-        <v>3741</v>
+        <v>3816</v>
       </c>
       <c r="B1321" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1321" s="1" t="s">
-        <v>3742</v>
+        <v>3817</v>
       </c>
       <c r="D1321" s="1" t="s">
-        <v>23</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="1322" spans="1:4">
       <c r="A1322" s="1" t="s">
-        <v>3743</v>
+        <v>3819</v>
       </c>
       <c r="B1322" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1322" s="1" t="s">
-        <v>3744</v>
+        <v>3820</v>
       </c>
       <c r="D1322" s="1" t="s">
-        <v>23</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="1323" spans="1:4">
       <c r="A1323" s="1" t="s">
-        <v>3745</v>
+        <v>3822</v>
       </c>
       <c r="B1323" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1323" s="1" t="s">
-        <v>3746</v>
+        <v>3823</v>
       </c>
       <c r="D1323" s="1" t="s">
-        <v>23</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="1324" spans="1:4">
       <c r="A1324" s="1" t="s">
-        <v>3747</v>
+        <v>3825</v>
       </c>
       <c r="B1324" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1324" s="1" t="s">
-        <v>3748</v>
+        <v>3826</v>
       </c>
       <c r="D1324" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1325" spans="1:4">
       <c r="A1325" s="1" t="s">
-        <v>3749</v>
+        <v>3827</v>
       </c>
       <c r="B1325" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1325" s="1" t="s">
-        <v>3750</v>
+        <v>3828</v>
       </c>
       <c r="D1325" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1326" spans="1:4">
       <c r="A1326" s="1" t="s">
-        <v>3751</v>
+        <v>3829</v>
       </c>
       <c r="B1326" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1326" s="1" t="s">
-        <v>3752</v>
+        <v>3830</v>
       </c>
       <c r="D1326" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1327" spans="1:4">
       <c r="A1327" s="1" t="s">
-        <v>3753</v>
+        <v>3831</v>
       </c>
       <c r="B1327" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1327" s="1" t="s">
-        <v>3754</v>
+        <v>3832</v>
       </c>
       <c r="D1327" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1328" spans="1:4">
       <c r="A1328" s="1" t="s">
-        <v>3755</v>
+        <v>3833</v>
       </c>
       <c r="B1328" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1328" s="1" t="s">
-        <v>3756</v>
+        <v>3834</v>
       </c>
       <c r="D1328" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1329" spans="1:4">
       <c r="A1329" s="1" t="s">
-        <v>3757</v>
+        <v>3835</v>
       </c>
       <c r="B1329" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1329" s="1" t="s">
-        <v>3758</v>
+        <v>3836</v>
       </c>
       <c r="D1329" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1330" spans="1:4">
       <c r="A1330" s="1" t="s">
-        <v>3759</v>
+        <v>3837</v>
       </c>
       <c r="B1330" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1330" s="1" t="s">
-        <v>3760</v>
+        <v>3838</v>
       </c>
       <c r="D1330" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1331" spans="1:4">
       <c r="A1331" s="1" t="s">
-        <v>3761</v>
+        <v>3839</v>
       </c>
       <c r="B1331" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1331" s="1" t="s">
-        <v>3762</v>
+        <v>3840</v>
       </c>
       <c r="D1331" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1332" spans="1:4">
       <c r="A1332" s="1" t="s">
-        <v>3763</v>
+        <v>3841</v>
       </c>
       <c r="B1332" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1332" s="1" t="s">
-        <v>3764</v>
+        <v>3842</v>
       </c>
       <c r="D1332" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1333" spans="1:4">
       <c r="A1333" s="1" t="s">
-        <v>3765</v>
+        <v>3843</v>
       </c>
       <c r="B1333" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1333" s="1" t="s">
-        <v>3766</v>
+        <v>3844</v>
       </c>
       <c r="D1333" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1334" spans="1:4">
       <c r="A1334" s="1" t="s">
-        <v>3767</v>
+        <v>3845</v>
       </c>
       <c r="B1334" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1334" s="1" t="s">
-        <v>3768</v>
+        <v>3846</v>
       </c>
       <c r="D1334" s="1" t="s">
-        <v>3769</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1335" spans="1:4">
       <c r="A1335" s="1" t="s">
-        <v>3770</v>
+        <v>3847</v>
       </c>
       <c r="B1335" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1335" s="1" t="s">
-        <v>3771</v>
+        <v>3848</v>
       </c>
       <c r="D1335" s="1" t="s">
-        <v>3772</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1336" spans="1:4">
       <c r="A1336" s="1" t="s">
-        <v>3773</v>
+        <v>3849</v>
       </c>
       <c r="B1336" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1336" s="1" t="s">
-        <v>3774</v>
+        <v>3850</v>
       </c>
       <c r="D1336" s="1" t="s">
-        <v>3775</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1337" spans="1:4">
       <c r="A1337" s="1" t="s">
-        <v>3776</v>
+        <v>3851</v>
       </c>
       <c r="B1337" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1337" s="1" t="s">
-        <v>3777</v>
+        <v>3852</v>
       </c>
       <c r="D1337" s="1" t="s">
-        <v>3778</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1338" spans="1:4">
       <c r="A1338" s="1" t="s">
-        <v>3779</v>
+        <v>3853</v>
       </c>
       <c r="B1338" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1338" s="1" t="s">
-        <v>3780</v>
+        <v>3854</v>
       </c>
       <c r="D1338" s="1" t="s">
-        <v>3781</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1339" spans="1:4">
       <c r="A1339" s="1" t="s">
-        <v>3782</v>
+        <v>3855</v>
       </c>
       <c r="B1339" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1339" s="1" t="s">
-        <v>3783</v>
+        <v>3856</v>
       </c>
       <c r="D1339" s="1" t="s">
-        <v>3784</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1340" spans="1:4">
       <c r="A1340" s="1" t="s">
-        <v>3785</v>
+        <v>3857</v>
       </c>
       <c r="B1340" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1340" s="1" t="s">
-        <v>3786</v>
+        <v>3858</v>
       </c>
       <c r="D1340" s="1" t="s">
-        <v>3787</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1341" spans="1:4">
       <c r="A1341" s="1" t="s">
-        <v>3788</v>
+        <v>3859</v>
       </c>
       <c r="B1341" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1341" s="1" t="s">
-        <v>3789</v>
+        <v>3860</v>
       </c>
       <c r="D1341" s="1" t="s">
-        <v>3790</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1342" spans="1:4">
       <c r="A1342" s="1" t="s">
-        <v>3791</v>
+        <v>3861</v>
       </c>
       <c r="B1342" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1342" s="1" t="s">
-        <v>3792</v>
+        <v>3862</v>
       </c>
       <c r="D1342" s="1" t="s">
-        <v>3793</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1343" spans="1:4">
       <c r="A1343" s="1" t="s">
-        <v>3794</v>
+        <v>3863</v>
       </c>
       <c r="B1343" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1343" s="1" t="s">
-        <v>3795</v>
+        <v>3864</v>
       </c>
       <c r="D1343" s="1" t="s">
-        <v>3796</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1344" spans="1:4">
       <c r="A1344" s="1" t="s">
-        <v>3797</v>
+        <v>3865</v>
       </c>
       <c r="B1344" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1344" s="1" t="s">
-        <v>3798</v>
+        <v>3866</v>
       </c>
       <c r="D1344" s="1" t="s">
-        <v>3799</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1345" spans="1:4">
       <c r="A1345" s="1" t="s">
-        <v>3800</v>
+        <v>3867</v>
       </c>
       <c r="B1345" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1345" s="1" t="s">
-        <v>3801</v>
+        <v>3868</v>
       </c>
       <c r="D1345" s="1" t="s">
-        <v>3802</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1346" spans="1:4">
       <c r="A1346" s="1" t="s">
-        <v>3803</v>
+        <v>3869</v>
       </c>
       <c r="B1346" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1346" s="1" t="s">
-        <v>3804</v>
+        <v>3870</v>
       </c>
       <c r="D1346" s="1" t="s">
-        <v>3805</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1347" spans="1:4">
       <c r="A1347" s="1" t="s">
-        <v>3806</v>
+        <v>3871</v>
       </c>
       <c r="B1347" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1347" s="1" t="s">
-        <v>3807</v>
+        <v>3872</v>
       </c>
       <c r="D1347" s="1" t="s">
-        <v>3808</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1348" spans="1:4">
       <c r="A1348" s="1" t="s">
-        <v>3809</v>
+        <v>3873</v>
       </c>
       <c r="B1348" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1348" s="1" t="s">
-        <v>3810</v>
+        <v>3874</v>
       </c>
       <c r="D1348" s="1" t="s">
-        <v>3811</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1349" spans="1:4">
       <c r="A1349" s="1" t="s">
-        <v>3812</v>
+        <v>3875</v>
       </c>
       <c r="B1349" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1349" s="1" t="s">
-        <v>3813</v>
+        <v>3876</v>
       </c>
       <c r="D1349" s="1" t="s">
-        <v>3814</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1350" spans="1:4">
       <c r="A1350" s="1" t="s">
-        <v>3815</v>
+        <v>3877</v>
       </c>
       <c r="B1350" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1350" s="1" t="s">
-        <v>3816</v>
+        <v>3878</v>
       </c>
       <c r="D1350" s="1" t="s">
-        <v>3817</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1351" spans="1:4">
       <c r="A1351" s="1" t="s">
-        <v>3818</v>
+        <v>3879</v>
       </c>
       <c r="B1351" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1351" s="1" t="s">
-        <v>3819</v>
+        <v>3880</v>
       </c>
       <c r="D1351" s="1" t="s">
-        <v>3820</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1352" spans="1:4">
       <c r="A1352" s="1" t="s">
-        <v>3821</v>
+        <v>3881</v>
       </c>
       <c r="B1352" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1352" s="1" t="s">
-        <v>3822</v>
+        <v>3882</v>
       </c>
       <c r="D1352" s="1" t="s">
-        <v>3823</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1353" spans="1:4">
       <c r="A1353" s="1" t="s">
-        <v>3824</v>
+        <v>3883</v>
       </c>
       <c r="B1353" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1353" s="1" t="s">
-        <v>3825</v>
+        <v>3884</v>
       </c>
       <c r="D1353" s="1" t="s">
-        <v>3826</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1354" spans="1:4">
       <c r="A1354" s="1" t="s">
-        <v>3827</v>
+        <v>3885</v>
       </c>
       <c r="B1354" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1354" s="1" t="s">
-        <v>3828</v>
+        <v>3886</v>
       </c>
       <c r="D1354" s="1" t="s">
-        <v>3829</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1355" spans="1:4">
       <c r="A1355" s="1" t="s">
-        <v>3830</v>
+        <v>3887</v>
       </c>
       <c r="B1355" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1355" s="1" t="s">
-        <v>3831</v>
+        <v>3888</v>
       </c>
       <c r="D1355" s="1" t="s">
-        <v>3832</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1356" spans="1:4">
       <c r="A1356" s="1" t="s">
-        <v>3833</v>
+        <v>3889</v>
       </c>
       <c r="B1356" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1356" s="1" t="s">
-        <v>3834</v>
+        <v>3890</v>
       </c>
       <c r="D1356" s="1" t="s">
-        <v>3835</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1357" spans="1:4">
       <c r="A1357" s="1" t="s">
-        <v>3836</v>
+        <v>3891</v>
       </c>
       <c r="B1357" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1357" s="1" t="s">
-        <v>3837</v>
+        <v>3892</v>
       </c>
       <c r="D1357" s="1" t="s">
-        <v>3838</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1358" spans="1:4">
       <c r="A1358" s="1" t="s">
-        <v>3839</v>
+        <v>3893</v>
       </c>
       <c r="B1358" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1358" s="1" t="s">
-        <v>3840</v>
+        <v>3894</v>
       </c>
       <c r="D1358" s="1" t="s">
-        <v>3841</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1359" spans="1:4">
       <c r="A1359" s="1" t="s">
-        <v>3842</v>
+        <v>3895</v>
       </c>
       <c r="B1359" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1359" s="1" t="s">
-        <v>3843</v>
+        <v>3896</v>
       </c>
       <c r="D1359" s="1" t="s">
-        <v>3844</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1360" spans="1:4">
       <c r="A1360" s="1" t="s">
-        <v>3845</v>
+        <v>3897</v>
       </c>
       <c r="B1360" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1360" s="1" t="s">
-        <v>3846</v>
+        <v>3898</v>
       </c>
       <c r="D1360" s="1" t="s">
-        <v>3847</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1361" spans="1:4">
       <c r="A1361" s="1" t="s">
-        <v>3848</v>
+        <v>3899</v>
       </c>
       <c r="B1361" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1361" s="1" t="s">
-        <v>3849</v>
+        <v>3900</v>
       </c>
       <c r="D1361" s="1" t="s">
-        <v>3850</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1362" spans="1:4">
       <c r="A1362" s="1" t="s">
-        <v>3851</v>
+        <v>3901</v>
       </c>
       <c r="B1362" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1362" s="1" t="s">
-        <v>3852</v>
+        <v>3902</v>
       </c>
       <c r="D1362" s="1" t="s">
-        <v>3853</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1363" spans="1:4">
       <c r="A1363" s="1" t="s">
-        <v>3854</v>
+        <v>3903</v>
       </c>
       <c r="B1363" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1363" s="1" t="s">
-        <v>3798</v>
+        <v>3904</v>
       </c>
       <c r="D1363" s="1" t="s">
-        <v>3855</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1364" spans="1:4">
       <c r="A1364" s="1" t="s">
-        <v>3856</v>
+        <v>3905</v>
       </c>
       <c r="B1364" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1364" s="1" t="s">
-        <v>3857</v>
+        <v>3906</v>
       </c>
       <c r="D1364" s="1" t="s">
-        <v>3858</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1365" spans="1:4">
       <c r="A1365" s="1" t="s">
-        <v>3859</v>
+        <v>3907</v>
       </c>
       <c r="B1365" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1365" s="1" t="s">
-        <v>3860</v>
+        <v>3908</v>
       </c>
       <c r="D1365" s="1" t="s">
-        <v>3861</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1366" spans="1:4">
       <c r="A1366" s="1" t="s">
-        <v>3862</v>
+        <v>3909</v>
       </c>
       <c r="B1366" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1366" s="1" t="s">
-        <v>3863</v>
+        <v>3910</v>
       </c>
       <c r="D1366" s="1" t="s">
-        <v>3864</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1367" spans="1:4">
       <c r="A1367" s="1" t="s">
-        <v>3865</v>
+        <v>3911</v>
       </c>
       <c r="B1367" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1367" s="1" t="s">
-        <v>3866</v>
+        <v>3912</v>
       </c>
       <c r="D1367" s="1" t="s">
-        <v>3867</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1368" spans="1:4">
       <c r="A1368" s="1" t="s">
-        <v>3868</v>
+        <v>3913</v>
       </c>
       <c r="B1368" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1368" s="1" t="s">
-        <v>3869</v>
+        <v>3914</v>
       </c>
       <c r="D1368" s="1" t="s">
-        <v>3870</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1369" spans="1:4">
       <c r="A1369" s="1" t="s">
-        <v>3871</v>
+        <v>3915</v>
       </c>
       <c r="B1369" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1369" s="1" t="s">
-        <v>3872</v>
+        <v>3916</v>
       </c>
       <c r="D1369" s="1" t="s">
-        <v>3873</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1370" spans="1:4">
       <c r="A1370" s="1" t="s">
-        <v>3874</v>
+        <v>3917</v>
       </c>
       <c r="B1370" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1370" s="1" t="s">
-        <v>3875</v>
+        <v>3918</v>
       </c>
       <c r="D1370" s="1" t="s">
-        <v>3876</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1371" spans="1:4">
       <c r="A1371" s="1" t="s">
-        <v>3877</v>
+        <v>3919</v>
       </c>
       <c r="B1371" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1371" s="1" t="s">
-        <v>3878</v>
+        <v>3920</v>
       </c>
       <c r="D1371" s="1" t="s">
-        <v>3879</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1372" spans="1:4">
       <c r="A1372" s="1" t="s">
-        <v>3880</v>
+        <v>3921</v>
       </c>
       <c r="B1372" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1372" s="1" t="s">
-        <v>3881</v>
+        <v>3922</v>
       </c>
       <c r="D1372" s="1" t="s">
-        <v>3882</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1373" spans="1:4">
       <c r="A1373" s="1" t="s">
-        <v>3883</v>
+        <v>3923</v>
       </c>
       <c r="B1373" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1373" s="1" t="s">
-        <v>3884</v>
+        <v>3924</v>
       </c>
       <c r="D1373" s="1" t="s">
-        <v>3885</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1374" spans="1:4">
       <c r="A1374" s="1" t="s">
-        <v>3886</v>
+        <v>3925</v>
       </c>
       <c r="B1374" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1374" s="1" t="s">
-        <v>3887</v>
+        <v>3926</v>
       </c>
       <c r="D1374" s="1" t="s">
-        <v>3888</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1375" spans="1:4">
       <c r="A1375" s="1" t="s">
-        <v>3889</v>
+        <v>3927</v>
       </c>
       <c r="B1375" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1375" s="1" t="s">
-        <v>3890</v>
+        <v>3928</v>
       </c>
       <c r="D1375" s="1" t="s">
-        <v>3891</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1376" spans="1:4">
       <c r="A1376" s="1" t="s">
-        <v>3892</v>
+        <v>3929</v>
       </c>
       <c r="B1376" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1376" s="1" t="s">
-        <v>3893</v>
+        <v>3930</v>
       </c>
       <c r="D1376" s="1" t="s">
-        <v>3894</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1377" spans="1:4">
       <c r="A1377" s="1" t="s">
-        <v>3895</v>
+        <v>3931</v>
       </c>
       <c r="B1377" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1377" s="1" t="s">
-        <v>3896</v>
+        <v>3932</v>
       </c>
       <c r="D1377" s="1" t="s">
-        <v>3897</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1378" spans="1:4">
       <c r="A1378" s="1" t="s">
-        <v>3898</v>
+        <v>3933</v>
       </c>
       <c r="B1378" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1378" s="1" t="s">
-        <v>3899</v>
+        <v>3934</v>
       </c>
       <c r="D1378" s="1" t="s">
-        <v>3900</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1379" spans="1:4">
       <c r="A1379" s="1" t="s">
-        <v>3901</v>
+        <v>3935</v>
       </c>
       <c r="B1379" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1379" s="1" t="s">
-        <v>3902</v>
+        <v>3936</v>
       </c>
       <c r="D1379" s="1" t="s">
-        <v>3903</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1380" spans="1:4">
       <c r="A1380" s="1" t="s">
-        <v>3904</v>
+        <v>3937</v>
       </c>
       <c r="B1380" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1380" s="1" t="s">
-        <v>3905</v>
+        <v>3938</v>
       </c>
       <c r="D1380" s="1" t="s">
-        <v>3906</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1381" spans="1:4">
       <c r="A1381" s="1" t="s">
-        <v>3907</v>
+        <v>3939</v>
       </c>
       <c r="B1381" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1381" s="1" t="s">
-        <v>3908</v>
+        <v>3940</v>
       </c>
       <c r="D1381" s="1" t="s">
-        <v>3909</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1382" spans="1:4">
       <c r="A1382" s="1" t="s">
-        <v>3910</v>
+        <v>3941</v>
       </c>
       <c r="B1382" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1382" s="1" t="s">
-        <v>3911</v>
+        <v>3942</v>
       </c>
       <c r="D1382" s="1" t="s">
-        <v>3912</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1383" spans="1:4">
       <c r="A1383" s="1" t="s">
-        <v>3913</v>
+        <v>3943</v>
       </c>
       <c r="B1383" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1383" s="1" t="s">
-        <v>3875</v>
+        <v>3944</v>
       </c>
       <c r="D1383" s="1" t="s">
-        <v>3914</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1384" spans="1:4">
       <c r="A1384" s="1" t="s">
-        <v>3915</v>
+        <v>3945</v>
       </c>
       <c r="B1384" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1384" s="1" t="s">
-        <v>3916</v>
+        <v>3946</v>
       </c>
       <c r="D1384" s="1" t="s">
-        <v>3917</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1385" spans="1:4">
       <c r="A1385" s="1" t="s">
-        <v>3918</v>
+        <v>3947</v>
       </c>
       <c r="B1385" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1385" s="1" t="s">
-        <v>3919</v>
+        <v>3948</v>
       </c>
       <c r="D1385" s="1" t="s">
-        <v>3920</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1386" spans="1:4">
       <c r="A1386" s="1" t="s">
-        <v>3921</v>
+        <v>3949</v>
       </c>
       <c r="B1386" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1386" s="1" t="s">
-        <v>3922</v>
+        <v>3950</v>
       </c>
       <c r="D1386" s="1" t="s">
-        <v>3923</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1387" spans="1:4">
       <c r="A1387" s="1" t="s">
-        <v>3924</v>
+        <v>3951</v>
       </c>
       <c r="B1387" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1387" s="1" t="s">
-        <v>3925</v>
+        <v>3952</v>
       </c>
       <c r="D1387" s="1" t="s">
-        <v>3926</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1388" spans="1:4">
       <c r="A1388" s="1" t="s">
-        <v>3927</v>
+        <v>3953</v>
       </c>
       <c r="B1388" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1388" s="1" t="s">
-        <v>3928</v>
+        <v>3954</v>
       </c>
       <c r="D1388" s="1" t="s">
-        <v>3929</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1389" spans="1:4">
       <c r="A1389" s="1" t="s">
-        <v>3930</v>
+        <v>3955</v>
       </c>
       <c r="B1389" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1389" s="1" t="s">
-        <v>3931</v>
+        <v>3956</v>
       </c>
       <c r="D1389" s="1" t="s">
-        <v>3932</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1390" spans="1:4">
       <c r="A1390" s="1" t="s">
-        <v>3933</v>
+        <v>3957</v>
       </c>
       <c r="B1390" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1390" s="1" t="s">
-        <v>3934</v>
+        <v>3958</v>
       </c>
       <c r="D1390" s="1" t="s">
-        <v>3935</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1391" spans="1:4">
       <c r="A1391" s="1" t="s">
-        <v>3936</v>
+        <v>3959</v>
       </c>
       <c r="B1391" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1391" s="1" t="s">
-        <v>3934</v>
+        <v>3960</v>
       </c>
       <c r="D1391" s="1" t="s">
-        <v>3937</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1392" spans="1:4">
       <c r="A1392" s="1" t="s">
-        <v>3938</v>
+        <v>3961</v>
       </c>
       <c r="B1392" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1392" s="1" t="s">
-        <v>3934</v>
+        <v>3962</v>
       </c>
       <c r="D1392" s="1" t="s">
-        <v>3939</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1393" spans="1:4">
       <c r="A1393" s="1" t="s">
-        <v>3940</v>
+        <v>3963</v>
       </c>
       <c r="B1393" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1393" s="1" t="s">
-        <v>3934</v>
+        <v>3964</v>
       </c>
       <c r="D1393" s="1" t="s">
-        <v>3941</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1394" spans="1:4">
       <c r="A1394" s="1" t="s">
-        <v>3942</v>
+        <v>3965</v>
       </c>
       <c r="B1394" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1394" s="1" t="s">
-        <v>3934</v>
+        <v>3966</v>
       </c>
       <c r="D1394" s="1" t="s">
-        <v>3943</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1395" spans="1:4">
       <c r="A1395" s="1" t="s">
-        <v>3944</v>
+        <v>3967</v>
       </c>
       <c r="B1395" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1395" s="1" t="s">
-        <v>3934</v>
+        <v>3968</v>
       </c>
       <c r="D1395" s="1" t="s">
-        <v>3945</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1396" spans="1:4">
       <c r="A1396" s="1" t="s">
-        <v>3946</v>
+        <v>3969</v>
       </c>
       <c r="B1396" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1396" s="1" t="s">
-        <v>3934</v>
+        <v>3970</v>
       </c>
       <c r="D1396" s="1" t="s">
-        <v>3947</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1397" spans="1:4">
       <c r="A1397" s="1" t="s">
-        <v>3948</v>
+        <v>3971</v>
       </c>
       <c r="B1397" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1397" s="1" t="s">
-        <v>3934</v>
+        <v>3972</v>
       </c>
       <c r="D1397" s="1" t="s">
-        <v>3949</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1398" spans="1:4">
       <c r="A1398" s="1" t="s">
-        <v>3950</v>
+        <v>3973</v>
       </c>
       <c r="B1398" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1398" s="1" t="s">
-        <v>3934</v>
+        <v>3974</v>
       </c>
       <c r="D1398" s="1" t="s">
-        <v>3951</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1399" spans="1:4">
       <c r="A1399" s="1" t="s">
-        <v>3952</v>
+        <v>3975</v>
       </c>
       <c r="B1399" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1399" s="1" t="s">
-        <v>3934</v>
+        <v>3976</v>
       </c>
       <c r="D1399" s="1" t="s">
-        <v>3953</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1400" spans="1:4">
       <c r="A1400" s="1" t="s">
-        <v>3954</v>
+        <v>3977</v>
       </c>
       <c r="B1400" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1400" s="1" t="s">
-        <v>3955</v>
+        <v>3978</v>
       </c>
       <c r="D1400" s="1" t="s">
-        <v>3956</v>
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:4">
+      <c r="A1401" s="1" t="s">
+        <v>3979</v>
+      </c>
+      <c r="B1401" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1401" s="1" t="s">
+        <v>3980</v>
+      </c>
+      <c r="D1401" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:4">
+      <c r="A1402" s="1" t="s">
+        <v>3981</v>
+      </c>
+      <c r="B1402" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1402" s="1" t="s">
+        <v>3982</v>
+      </c>
+      <c r="D1402" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:4">
+      <c r="A1403" s="1" t="s">
+        <v>3983</v>
+      </c>
+      <c r="B1403" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1403" s="1" t="s">
+        <v>3984</v>
+      </c>
+      <c r="D1403" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:4">
+      <c r="A1404" s="1" t="s">
+        <v>3985</v>
+      </c>
+      <c r="B1404" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1404" s="1" t="s">
+        <v>3986</v>
+      </c>
+      <c r="D1404" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:4">
+      <c r="A1405" s="1" t="s">
+        <v>3987</v>
+      </c>
+      <c r="B1405" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1405" s="1" t="s">
+        <v>3988</v>
+      </c>
+      <c r="D1405" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:4">
+      <c r="A1406" s="1" t="s">
+        <v>3989</v>
+      </c>
+      <c r="B1406" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1406" s="1" t="s">
+        <v>3990</v>
+      </c>
+      <c r="D1406" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:4">
+      <c r="A1407" s="1" t="s">
+        <v>3991</v>
+      </c>
+      <c r="B1407" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1407" s="1" t="s">
+        <v>3992</v>
+      </c>
+      <c r="D1407" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:4">
+      <c r="A1408" s="1" t="s">
+        <v>3993</v>
+      </c>
+      <c r="B1408" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1408" s="1" t="s">
+        <v>3994</v>
+      </c>
+      <c r="D1408" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:4">
+      <c r="A1409" s="1" t="s">
+        <v>3995</v>
+      </c>
+      <c r="B1409" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1409" s="1" t="s">
+        <v>3996</v>
+      </c>
+      <c r="D1409" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:4">
+      <c r="A1410" s="1" t="s">
+        <v>3997</v>
+      </c>
+      <c r="B1410" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1410" s="1" t="s">
+        <v>3998</v>
+      </c>
+      <c r="D1410" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:4">
+      <c r="A1411" s="1" t="s">
+        <v>3999</v>
+      </c>
+      <c r="B1411" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1411" s="1" t="s">
+        <v>4000</v>
+      </c>
+      <c r="D1411" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:4">
+      <c r="A1412" s="1" t="s">
+        <v>4001</v>
+      </c>
+      <c r="B1412" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1412" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="D1412" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:4">
+      <c r="A1413" s="1" t="s">
+        <v>4003</v>
+      </c>
+      <c r="B1413" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1413" s="1" t="s">
+        <v>4004</v>
+      </c>
+      <c r="D1413" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:4">
+      <c r="A1414" s="1" t="s">
+        <v>4005</v>
+      </c>
+      <c r="B1414" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1414" s="1" t="s">
+        <v>4006</v>
+      </c>
+      <c r="D1414" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:4">
+      <c r="A1415" s="1" t="s">
+        <v>4007</v>
+      </c>
+      <c r="B1415" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1415" s="1" t="s">
+        <v>4008</v>
+      </c>
+      <c r="D1415" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:4">
+      <c r="A1416" s="1" t="s">
+        <v>4009</v>
+      </c>
+      <c r="B1416" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1416" s="1" t="s">
+        <v>4010</v>
+      </c>
+      <c r="D1416" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:4">
+      <c r="A1417" s="1" t="s">
+        <v>4011</v>
+      </c>
+      <c r="B1417" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1417" s="1" t="s">
+        <v>4012</v>
+      </c>
+      <c r="D1417" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:4">
+      <c r="A1418" s="1" t="s">
+        <v>4013</v>
+      </c>
+      <c r="B1418" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1418" s="1" t="s">
+        <v>4014</v>
+      </c>
+      <c r="D1418" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:4">
+      <c r="A1419" s="1" t="s">
+        <v>4015</v>
+      </c>
+      <c r="B1419" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1419" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D1419" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:4">
+      <c r="A1420" s="1" t="s">
+        <v>4017</v>
+      </c>
+      <c r="B1420" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1420" s="1" t="s">
+        <v>4018</v>
+      </c>
+      <c r="D1420" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:4">
+      <c r="A1421" s="1" t="s">
+        <v>4019</v>
+      </c>
+      <c r="B1421" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1421" s="1" t="s">
+        <v>4020</v>
+      </c>
+      <c r="D1421" s="1" t="s">
+        <v>4021</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:4">
+      <c r="A1422" s="1" t="s">
+        <v>4022</v>
+      </c>
+      <c r="B1422" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1422" s="1" t="s">
+        <v>4023</v>
+      </c>
+      <c r="D1422" s="1" t="s">
+        <v>4024</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:4">
+      <c r="A1423" s="1" t="s">
+        <v>4025</v>
+      </c>
+      <c r="B1423" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1423" s="1" t="s">
+        <v>4026</v>
+      </c>
+      <c r="D1423" s="1" t="s">
+        <v>4027</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:4">
+      <c r="A1424" s="1" t="s">
+        <v>4028</v>
+      </c>
+      <c r="B1424" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1424" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="D1424" s="1" t="s">
+        <v>4030</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:4">
+      <c r="A1425" s="1" t="s">
+        <v>4031</v>
+      </c>
+      <c r="B1425" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1425" s="1" t="s">
+        <v>4032</v>
+      </c>
+      <c r="D1425" s="1" t="s">
+        <v>4033</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:4">
+      <c r="A1426" s="1" t="s">
+        <v>4034</v>
+      </c>
+      <c r="B1426" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1426" s="1" t="s">
+        <v>4035</v>
+      </c>
+      <c r="D1426" s="1" t="s">
+        <v>4036</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:4">
+      <c r="A1427" s="1" t="s">
+        <v>4037</v>
+      </c>
+      <c r="B1427" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1427" s="1" t="s">
+        <v>4038</v>
+      </c>
+      <c r="D1427" s="1" t="s">
+        <v>4039</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:4">
+      <c r="A1428" s="1" t="s">
+        <v>4040</v>
+      </c>
+      <c r="B1428" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1428" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="D1428" s="1" t="s">
+        <v>4042</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:4">
+      <c r="A1429" s="1" t="s">
+        <v>4043</v>
+      </c>
+      <c r="B1429" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1429" s="1" t="s">
+        <v>4044</v>
+      </c>
+      <c r="D1429" s="1" t="s">
+        <v>4045</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:4">
+      <c r="A1430" s="1" t="s">
+        <v>4046</v>
+      </c>
+      <c r="B1430" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1430" s="1" t="s">
+        <v>4047</v>
+      </c>
+      <c r="D1430" s="1" t="s">
+        <v>4048</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:4">
+      <c r="A1431" s="1" t="s">
+        <v>4049</v>
+      </c>
+      <c r="B1431" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1431" s="1" t="s">
+        <v>4050</v>
+      </c>
+      <c r="D1431" s="1" t="s">
+        <v>4051</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:4">
+      <c r="A1432" s="1" t="s">
+        <v>4052</v>
+      </c>
+      <c r="B1432" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1432" s="1" t="s">
+        <v>4053</v>
+      </c>
+      <c r="D1432" s="1" t="s">
+        <v>4054</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:4">
+      <c r="A1433" s="1" t="s">
+        <v>4055</v>
+      </c>
+      <c r="B1433" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1433" s="1" t="s">
+        <v>4056</v>
+      </c>
+      <c r="D1433" s="1" t="s">
+        <v>4057</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:4">
+      <c r="A1434" s="1" t="s">
+        <v>4058</v>
+      </c>
+      <c r="B1434" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1434" s="1" t="s">
+        <v>4059</v>
+      </c>
+      <c r="D1434" s="1" t="s">
+        <v>4060</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:4">
+      <c r="A1435" s="1" t="s">
+        <v>4061</v>
+      </c>
+      <c r="B1435" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1435" s="1" t="s">
+        <v>4062</v>
+      </c>
+      <c r="D1435" s="1" t="s">
+        <v>4063</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:4">
+      <c r="A1436" s="1" t="s">
+        <v>4064</v>
+      </c>
+      <c r="B1436" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1436" s="1" t="s">
+        <v>4065</v>
+      </c>
+      <c r="D1436" s="1" t="s">
+        <v>4066</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:4">
+      <c r="A1437" s="1" t="s">
+        <v>4067</v>
+      </c>
+      <c r="B1437" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1437" s="1" t="s">
+        <v>4068</v>
+      </c>
+      <c r="D1437" s="1" t="s">
+        <v>4069</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:4">
+      <c r="A1438" s="1" t="s">
+        <v>4070</v>
+      </c>
+      <c r="B1438" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1438" s="1" t="s">
+        <v>4071</v>
+      </c>
+      <c r="D1438" s="1" t="s">
+        <v>4072</v>
+      </c>
+    </row>
+    <row r="1439" spans="1:4">
+      <c r="A1439" s="1" t="s">
+        <v>4073</v>
+      </c>
+      <c r="B1439" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1439" s="1" t="s">
+        <v>4074</v>
+      </c>
+      <c r="D1439" s="1" t="s">
+        <v>4075</v>
+      </c>
+    </row>
+    <row r="1440" spans="1:4">
+      <c r="A1440" s="1" t="s">
+        <v>4076</v>
+      </c>
+      <c r="B1440" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1440" s="1" t="s">
+        <v>4077</v>
+      </c>
+      <c r="D1440" s="1" t="s">
+        <v>4078</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:4">
+      <c r="A1441" s="1" t="s">
+        <v>4079</v>
+      </c>
+      <c r="B1441" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1441" s="1" t="s">
+        <v>4080</v>
+      </c>
+      <c r="D1441" s="1" t="s">
+        <v>4081</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:4">
+      <c r="A1442" s="1" t="s">
+        <v>4082</v>
+      </c>
+      <c r="B1442" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1442" s="1" t="s">
+        <v>4083</v>
+      </c>
+      <c r="D1442" s="1" t="s">
+        <v>4084</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:4">
+      <c r="A1443" s="1" t="s">
+        <v>4085</v>
+      </c>
+      <c r="B1443" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1443" s="1" t="s">
+        <v>4086</v>
+      </c>
+      <c r="D1443" s="1" t="s">
+        <v>4087</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:4">
+      <c r="A1444" s="1" t="s">
+        <v>4088</v>
+      </c>
+      <c r="B1444" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1444" s="1" t="s">
+        <v>4089</v>
+      </c>
+      <c r="D1444" s="1" t="s">
+        <v>4090</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:4">
+      <c r="A1445" s="1" t="s">
+        <v>4091</v>
+      </c>
+      <c r="B1445" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1445" s="1" t="s">
+        <v>4092</v>
+      </c>
+      <c r="D1445" s="1" t="s">
+        <v>4093</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:4">
+      <c r="A1446" s="1" t="s">
+        <v>4094</v>
+      </c>
+      <c r="B1446" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1446" s="1" t="s">
+        <v>4095</v>
+      </c>
+      <c r="D1446" s="1" t="s">
+        <v>4096</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:4">
+      <c r="A1447" s="1" t="s">
+        <v>4097</v>
+      </c>
+      <c r="B1447" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1447" s="1" t="s">
+        <v>4098</v>
+      </c>
+      <c r="D1447" s="1" t="s">
+        <v>4099</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:4">
+      <c r="A1448" s="1" t="s">
+        <v>4100</v>
+      </c>
+      <c r="B1448" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1448" s="1" t="s">
+        <v>4101</v>
+      </c>
+      <c r="D1448" s="1" t="s">
+        <v>4102</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:4">
+      <c r="A1449" s="1" t="s">
+        <v>4103</v>
+      </c>
+      <c r="B1449" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1449" s="1" t="s">
+        <v>4104</v>
+      </c>
+      <c r="D1449" s="1" t="s">
+        <v>4105</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:4">
+      <c r="A1450" s="1" t="s">
+        <v>4106</v>
+      </c>
+      <c r="B1450" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1450" s="1" t="s">
+        <v>4050</v>
+      </c>
+      <c r="D1450" s="1" t="s">
+        <v>4107</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:4">
+      <c r="A1451" s="1" t="s">
+        <v>4108</v>
+      </c>
+      <c r="B1451" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1451" s="1" t="s">
+        <v>4109</v>
+      </c>
+      <c r="D1451" s="1" t="s">
+        <v>4110</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:4">
+      <c r="A1452" s="1" t="s">
+        <v>4111</v>
+      </c>
+      <c r="B1452" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1452" s="1" t="s">
+        <v>4112</v>
+      </c>
+      <c r="D1452" s="1" t="s">
+        <v>4113</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:4">
+      <c r="A1453" s="1" t="s">
+        <v>4114</v>
+      </c>
+      <c r="B1453" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1453" s="1" t="s">
+        <v>4115</v>
+      </c>
+      <c r="D1453" s="1" t="s">
+        <v>4116</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:4">
+      <c r="A1454" s="1" t="s">
+        <v>4117</v>
+      </c>
+      <c r="B1454" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1454" s="1" t="s">
+        <v>4118</v>
+      </c>
+      <c r="D1454" s="1" t="s">
+        <v>4119</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:4">
+      <c r="A1455" s="1" t="s">
+        <v>4120</v>
+      </c>
+      <c r="B1455" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1455" s="1" t="s">
+        <v>4121</v>
+      </c>
+      <c r="D1455" s="1" t="s">
+        <v>4122</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:4">
+      <c r="A1456" s="1" t="s">
+        <v>4123</v>
+      </c>
+      <c r="B1456" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1456" s="1" t="s">
+        <v>4124</v>
+      </c>
+      <c r="D1456" s="1" t="s">
+        <v>4125</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:4">
+      <c r="A1457" s="1" t="s">
+        <v>4126</v>
+      </c>
+      <c r="B1457" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1457" s="1" t="s">
+        <v>4127</v>
+      </c>
+      <c r="D1457" s="1" t="s">
+        <v>4128</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:4">
+      <c r="A1458" s="1" t="s">
+        <v>4129</v>
+      </c>
+      <c r="B1458" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1458" s="1" t="s">
+        <v>4130</v>
+      </c>
+      <c r="D1458" s="1" t="s">
+        <v>4131</v>
+      </c>
+    </row>
+    <row r="1459" spans="1:4">
+      <c r="A1459" s="1" t="s">
+        <v>4132</v>
+      </c>
+      <c r="B1459" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1459" s="1" t="s">
+        <v>4133</v>
+      </c>
+      <c r="D1459" s="1" t="s">
+        <v>4134</v>
+      </c>
+    </row>
+    <row r="1460" spans="1:4">
+      <c r="A1460" s="1" t="s">
+        <v>4135</v>
+      </c>
+      <c r="B1460" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1460" s="1" t="s">
+        <v>4136</v>
+      </c>
+      <c r="D1460" s="1" t="s">
+        <v>4137</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:4">
+      <c r="A1461" s="1" t="s">
+        <v>4138</v>
+      </c>
+      <c r="B1461" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1461" s="1" t="s">
+        <v>4139</v>
+      </c>
+      <c r="D1461" s="1" t="s">
+        <v>4140</v>
+      </c>
+    </row>
+    <row r="1462" spans="1:4">
+      <c r="A1462" s="1" t="s">
+        <v>4141</v>
+      </c>
+      <c r="B1462" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1462" s="1" t="s">
+        <v>4142</v>
+      </c>
+      <c r="D1462" s="1" t="s">
+        <v>4143</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:4">
+      <c r="A1463" s="1" t="s">
+        <v>4144</v>
+      </c>
+      <c r="B1463" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1463" s="1" t="s">
+        <v>4145</v>
+      </c>
+      <c r="D1463" s="1" t="s">
+        <v>4146</v>
+      </c>
+    </row>
+    <row r="1464" spans="1:4">
+      <c r="A1464" s="1" t="s">
+        <v>4147</v>
+      </c>
+      <c r="B1464" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1464" s="1" t="s">
+        <v>4148</v>
+      </c>
+      <c r="D1464" s="1" t="s">
+        <v>4149</v>
+      </c>
+    </row>
+    <row r="1465" spans="1:4">
+      <c r="A1465" s="1" t="s">
+        <v>4150</v>
+      </c>
+      <c r="B1465" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1465" s="1" t="s">
+        <v>4151</v>
+      </c>
+      <c r="D1465" s="1" t="s">
+        <v>4152</v>
+      </c>
+    </row>
+    <row r="1466" spans="1:4">
+      <c r="A1466" s="1" t="s">
+        <v>4153</v>
+      </c>
+      <c r="B1466" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1466" s="1" t="s">
+        <v>4154</v>
+      </c>
+      <c r="D1466" s="1" t="s">
+        <v>4155</v>
+      </c>
+    </row>
+    <row r="1467" spans="1:4">
+      <c r="A1467" s="1" t="s">
+        <v>4156</v>
+      </c>
+      <c r="B1467" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1467" s="1" t="s">
+        <v>4157</v>
+      </c>
+      <c r="D1467" s="1" t="s">
+        <v>4158</v>
+      </c>
+    </row>
+    <row r="1468" spans="1:4">
+      <c r="A1468" s="1" t="s">
+        <v>4159</v>
+      </c>
+      <c r="B1468" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1468" s="1" t="s">
+        <v>4160</v>
+      </c>
+      <c r="D1468" s="1" t="s">
+        <v>4161</v>
+      </c>
+    </row>
+    <row r="1469" spans="1:4">
+      <c r="A1469" s="1" t="s">
+        <v>4162</v>
+      </c>
+      <c r="B1469" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1469" s="1" t="s">
+        <v>4163</v>
+      </c>
+      <c r="D1469" s="1" t="s">
+        <v>4164</v>
+      </c>
+    </row>
+    <row r="1470" spans="1:4">
+      <c r="A1470" s="1" t="s">
+        <v>4165</v>
+      </c>
+      <c r="B1470" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1470" s="1" t="s">
+        <v>4127</v>
+      </c>
+      <c r="D1470" s="1" t="s">
+        <v>4166</v>
+      </c>
+    </row>
+    <row r="1471" spans="1:4">
+      <c r="A1471" s="1" t="s">
+        <v>4167</v>
+      </c>
+      <c r="B1471" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1471" s="1" t="s">
+        <v>4168</v>
+      </c>
+      <c r="D1471" s="1" t="s">
+        <v>4169</v>
+      </c>
+    </row>
+    <row r="1472" spans="1:4">
+      <c r="A1472" s="1" t="s">
+        <v>4170</v>
+      </c>
+      <c r="B1472" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1472" s="1" t="s">
+        <v>4171</v>
+      </c>
+      <c r="D1472" s="1" t="s">
+        <v>4172</v>
+      </c>
+    </row>
+    <row r="1473" spans="1:4">
+      <c r="A1473" s="1" t="s">
+        <v>4173</v>
+      </c>
+      <c r="B1473" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1473" s="1" t="s">
+        <v>4174</v>
+      </c>
+      <c r="D1473" s="1" t="s">
+        <v>4175</v>
+      </c>
+    </row>
+    <row r="1474" spans="1:4">
+      <c r="A1474" s="1" t="s">
+        <v>4176</v>
+      </c>
+      <c r="B1474" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1474" s="1" t="s">
+        <v>4177</v>
+      </c>
+      <c r="D1474" s="1" t="s">
+        <v>4178</v>
+      </c>
+    </row>
+    <row r="1475" spans="1:4">
+      <c r="A1475" s="1" t="s">
+        <v>4179</v>
+      </c>
+      <c r="B1475" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1475" s="1" t="s">
+        <v>4180</v>
+      </c>
+      <c r="D1475" s="1" t="s">
+        <v>4181</v>
+      </c>
+    </row>
+    <row r="1476" spans="1:4">
+      <c r="A1476" s="1" t="s">
+        <v>4182</v>
+      </c>
+      <c r="B1476" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1476" s="1" t="s">
+        <v>4183</v>
+      </c>
+      <c r="D1476" s="1" t="s">
+        <v>4184</v>
+      </c>
+    </row>
+    <row r="1477" spans="1:4">
+      <c r="A1477" s="1" t="s">
+        <v>4185</v>
+      </c>
+      <c r="B1477" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1477" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1477" s="1" t="s">
+        <v>4187</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:4">
+      <c r="A1478" s="1" t="s">
+        <v>4188</v>
+      </c>
+      <c r="B1478" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1478" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1478" s="1" t="s">
+        <v>4189</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:4">
+      <c r="A1479" s="1" t="s">
+        <v>4190</v>
+      </c>
+      <c r="B1479" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1479" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1479" s="1" t="s">
+        <v>4191</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:4">
+      <c r="A1480" s="1" t="s">
+        <v>4192</v>
+      </c>
+      <c r="B1480" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1480" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1480" s="1" t="s">
+        <v>4193</v>
+      </c>
+    </row>
+    <row r="1481" spans="1:4">
+      <c r="A1481" s="1" t="s">
+        <v>4194</v>
+      </c>
+      <c r="B1481" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1481" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1481" s="1" t="s">
+        <v>4195</v>
+      </c>
+    </row>
+    <row r="1482" spans="1:4">
+      <c r="A1482" s="1" t="s">
+        <v>4196</v>
+      </c>
+      <c r="B1482" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1482" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1482" s="1" t="s">
+        <v>4197</v>
+      </c>
+    </row>
+    <row r="1483" spans="1:4">
+      <c r="A1483" s="1" t="s">
+        <v>4198</v>
+      </c>
+      <c r="B1483" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1483" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1483" s="1" t="s">
+        <v>4199</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:4">
+      <c r="A1484" s="1" t="s">
+        <v>4200</v>
+      </c>
+      <c r="B1484" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1484" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1484" s="1" t="s">
+        <v>4201</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:4">
+      <c r="A1485" s="1" t="s">
+        <v>4202</v>
+      </c>
+      <c r="B1485" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1485" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1485" s="1" t="s">
+        <v>4203</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:4">
+      <c r="A1486" s="1" t="s">
+        <v>4204</v>
+      </c>
+      <c r="B1486" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1486" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="D1486" s="1" t="s">
+        <v>4205</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:4">
+      <c r="A1487" s="1" t="s">
+        <v>4206</v>
+      </c>
+      <c r="B1487" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1487" s="1" t="s">
+        <v>4207</v>
+      </c>
+      <c r="D1487" s="1" t="s">
+        <v>4208</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>