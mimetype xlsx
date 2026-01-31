--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -4,84 +4,123 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Hubs" sheetId="1" r:id="rId4"/>
+    <sheet name="Centros de distribución" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
-[...7 lines deleted...]
-    <t>Descripción</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+  <si>
+    <t>Nome</t>
+  </si>
+  <si>
+    <t>Tipos de concentradores</t>
+  </si>
+  <si>
+    <t>Descrición</t>
+  </si>
+  <si>
+    <t>BIOHUBCAT</t>
+  </si>
+  <si>
+    <t>Hubs</t>
+  </si>
+  <si>
+    <t>BIOHUBCAT é a ventanilla única dedicada a facilitar a xeración de valor económico a partir de recursos orgánicos renovables en Cataluña. Un lugar onde as empresas e os emprendedores poden recorrer para atopar as solucións que precisan para dar o seguinte paso.</t>
+  </si>
+  <si>
+    <t>CTA (Corporación Tecnolóxica de Andalucía)</t>
+  </si>
+  <si>
+    <t>Asociacións empresariais, Plataforma, Hubs</t>
+  </si>
+  <si>
+    <t>CTA é o clúster de innovación multisectorial de Andalucía con actividade nacional e internacional. Axuda ás empresas, administracións públicas e universidades a planificar unha estratexia de I+D+i aliñada coas súas necesidades. Desde a identificación das necesidades de I+D+i e a formulación de proxectos para abordalas, ata a busca de socios e financiamento, apoia ás empresas nos seus proxectos de innovación. É un aliado estratéxico para transformar os resultados en oportunidades de negocio e un socio de éxito en proxectos de innovación internacionais. É unha fundación privada con máis de 186 empresas socias e 20 anos de experiencia , promovida orixinalmente pola Xunta de Andalucía e con xestión privada, dedicada a promover a innovación tecnolóxica. Máis de 186 empresas forman parte de CTA. Desde grandes corporacións internacionais ata pemes ou startups tecnolóxicas de todos os sectores económicos.</t>
+  </si>
+  <si>
+    <t>Centro Agro Intelixente</t>
+  </si>
+  <si>
+    <t>Smart Agro Hub é un ecosistema de investigación, coñecemento práctico e emprendemento que contribúe á creación dun sistema de produción agrícola máis respectuoso co medio ambiente baseado en tecnoloxías dixitais. A visión do centro de competencia é ser un catalizador para a transformación dixital da agricultura grega e a formación dun novo modelo de produción sostible no sector agroalimentario, a través de solucións innovadoras. A misión do Smart Agro Hub é: Proporcionar aos produtores solucións agrotecnolóxicas intelixentes e eficientes para aumentar os rendementos, reducir os custos de produción e mellorar a súa pegada ambiental. Proporcionar á industria alimentaria solucións sostibles para establecer e cumprir obxectivos de sostibilidade de acordo cos estándares internacionais e gañar unha posición competitiva no mercado. Actividades do Centro: O desenvolvemento de solucións innovadoras para a transformación dixital da agricultura grega O desenvolvemento, a proba, a avaliación e a mellora das tecnoloxías agrícolas Na realización de experimentos agrícolas Prestación de servizos de consultoría en sustentabilidade Avaliación da pegada ambiental da cadea agroalimentaria Desenvolvemento de produtos e tecnoloxías dixitais innovadoras no sector agroalimentario Realizar investigacións científicas e participar en proxectos de investigación no campo da agricultura e a biotecnoloxía.</t>
+  </si>
+  <si>
+    <t>Clúster de Enerxía Vasco</t>
+  </si>
+  <si>
+    <t>Asociación de clústeres que aglutina e representa empresas do sector enerxético vasco para reforzar o seu posicionamento e capacidade competitiva. Somos o punto de encontro e conexión para empresas, organizacións e entidades públicas que desenvolven a súa actividade arredor das cadeas de valor enerxéticas. Promovemos e coordinamos accións colaborativas para mellorar a competitividade da industria enerxética vasca. O Clúster desenvolve proxectos de I+D en descarbonización industrial, enerxía eólica, hidróxeno e combustibles renovables, redes intelixentes e enerxía solar fotovoltaica (proxecto Agrovitivoltaica )</t>
+  </si>
+  <si>
+    <t>DIH-LEAF (Gandería, Medio Ambiente, Agricultura e Bosques)</t>
+  </si>
+  <si>
+    <t>O Centro de Innovación Dixital (DIH) centrado nos sectores gandeiro, medioambiental, agrícola e forestal ( DIH-LEAF) está composto por varias partes interesadas relacionadas co sector produtivo e diferentes iniciativas tecnolóxicas. No DIH-LEAF participan universidades e centros tecnolóxicos, empresas, asociacións de produtores, organizacións sen ánimo de lucro e outras. Para abordar o desafío da dixitalización e a innovación tecnolóxica neste amplo sector produtivo, o DIH-LEAF estableceuse como un ecosistema de dixitalización único e autónomo co obxectivo final de dixitalizar estas entidades, aumentando así a súa eficiencia, competitividade e sustentabilidade mediante a aplicación das Tecnoloxías da Información e a Comunicación (TIC). Isto contribúe ao desenvolvemento sostible tanto das zonas rurais como das urbanas. Os seguintes son os servizos que ofrece DIH-LEAF: Ensaio e experimentación Formación Apoio na procura de fontes de financiamento</t>
+  </si>
+  <si>
+    <t>Centro de Innovación Dixital Vasco (Bdih)</t>
+  </si>
+  <si>
+    <t>O Centro de Innovación Dixital Vasco (Bdih) proporciona ás pemes acceso ás capacidades tecnolóxicas necesarias para afrontar os retos da industria intelixente, a enerxía e a saúde, e para evolucionar no entorno dixital e sostible. O Centro proporciona ás empresas infraestruturas e coñecementos especializados. Laboratorios, equipamentos, software, capacidades científicas e tecnolóxicas e un equipo de expertos apoian cada proxecto nun destes 8 nodos: Nodo de robótica flexible e colaborativa Nodo de materiais avanzados Nodo de Máquinas Intelixentes e Conectadas Nodo de Fabricación Aditiva Nodo de ciberseguridade Nodo de Redes Eléctricas Dixitais Nodo de Dispositivos Médicos e Saúde Dixital Nodo de Intelixencia Artificial</t>
+  </si>
+  <si>
+    <t>Centro Circular Vasco</t>
+  </si>
+  <si>
+    <t>O Basque Circular HUB é unha iniciativa cuxo obxectivo é ofrecer servizos avanzados de economía circular no País Vasco . Xestionado pola empresa pública Ihobe, é o resultado dunha colaboración público-privada entre o Goberno Vasco, o Concello de Bilbao, o Concello de Vitoria-Gazteiz, a Universidade de Deusto, a Universidade do País Vasco (UPV-EHU), a Universidade de Mondragón, a Universidade de Navarra, o Centro de Investigación Aplicada de Formación Profesional de Euskadi (Tknika) e a Fundación Novia Salcedo. O Centro Circular Vasco ofrece servizos de investigación de mercado, formación avanzada, análise de tendencias e xeración de coñecemento experto no campo da economía circular. En concreto, promove o desenvolvemento de proxectos técnicos de economía circular en empresas vascas coa participación de mozos profesionais formados no Centro. As empresas benefícianse de mozos especialistas cos coñecementos para integrar a economía circular nos seus procesos, e os estudantes acceden a un ambiente de traballo para poñer en práctica o seu aprendizaxe.</t>
   </si>
   <si>
     <t>SERIDA-HUB</t>
   </si>
   <si>
-    <t>Hubs</t>
-[...1 lines deleted...]
-  <si>
     <t>O HUB busca mellorar a colaboración público-privada e proporcionar ás partes interesadas unha rede de granxas de demostración con actividades de I+D e demostración. A rede de granxas de demostración SERIDA-HUB consta de 6 explotacións, con máis de 400 hectáreas de explotacións que representan diferentes condicións de solo, clima e ecosistema, equipadas con invernadoiros, cámaras de crecemento, laboratorios e rabaños. No SERIDA-HUB pódense levar a cabo estudos de demostración co obxectivo de transferir a innovación científica ao sector agroalimentario e promover laboratorios vivos e faros, como unha forma de fomentar a colaboración público-privada e establecer sinerxías entre a ciencia, a tecnoloxía, a agricultura e a gandería.</t>
   </si>
   <si>
-    <t>BIOHUBCAT</t>
-[...4 lines deleted...]
-  <si>
     <t>IRIS: Centro Europeo de Innovación Dixital en Navarra</t>
   </si>
   <si>
     <t>Un centro que ofrece aos solicitantes de servizos de transformación dixital en Navarra información sobre os servizos que se adaptan ás súas necesidades e xestiona os trámites necesarios para a súa tramitación.</t>
   </si>
   <si>
     <t>Tecnoloxías para a Eficiencia Centro de Innovación Dixital de Estremadura (T4E DIH)</t>
   </si>
   <si>
     <t>Centro de innovación dixital en Estremadura cuxo obxectivo é promover a transformación dixital na rexión a través de proxectos de innovación e tecnoloxía</t>
   </si>
   <si>
     <t>Centro de Innovación Dixital de Asturias (AsDIH)</t>
   </si>
   <si>
     <t>Un espazo onde as empresas poidan experimentar coa tecnoloxía antes de investir nela e participar en actividades de demostración complementarias e servizos alternativos que contribúan ao éxito do seu proceso de dixitalización.</t>
   </si>
   <si>
     <t>Dixitalización e Centro do Viño</t>
   </si>
   <si>
     <t>Grupo de traballo específico da Federación Española do Viño (FEV) para achegar, acelerar e facilitar a transformación dixital no sector vitivinícola.</t>
   </si>
   <si>
     <t>Centro Nacional de Tecnoloxía de Rego (CENTER)</t>
@@ -170,371 +209,365 @@
   <si>
     <t>Novela-T</t>
   </si>
   <si>
     <t>Cremos no poder da innovación e na súa contribución a unha sociedade mellor e máis sostible. Ofrecemos o noso apoio de forma independente e sen ánimo de lucro, baseándonos nas contribucións dos nosos fundadores.</t>
   </si>
   <si>
     <t>Ontzi BASQUE FOOD PACKAGING Hub de Innovación</t>
   </si>
   <si>
     <t>A misión do Hub é promover a I+D+i para deseñar envases alimentarios seguros, sostibles e competitivos que beneficien ás empresas da cadea alimentaria vasca e, por suposto, ao medio ambiente.</t>
   </si>
   <si>
     <t>AgrobankHub</t>
   </si>
   <si>
     <t>Un ecosistema virtual para compartir coñecemento e proporcionar novas ferramentas aos profesionais agrícolas.</t>
   </si>
   <si>
     <t>Centro de Innovación Alimentaria de Madrid</t>
   </si>
   <si>
     <t>MADRID FOOD INNOVATION HUB é o primeiro centro de emprendemento alimentario de Madrid. Unha iniciativa pioneira centrada en fomentar a innovación e o emprendemento en toda a cadea de valor agroalimentaria.</t>
   </si>
   <si>
+    <t>eAtex. Centro de innovación alimentaria da CNTA</t>
+  </si>
+  <si>
+    <t>Centro de innovación colaborativa para a transferencia e implementación de tecnoloxía na industria agroalimentaria</t>
+  </si>
+  <si>
+    <t>AIR4S. Intelixencia artificial e robótica para os obxectivos de desenvolvemento sostible</t>
+  </si>
+  <si>
+    <t>Centro para impulsar o desenvolvemento e o crecemento da industria na Comunidade de Madrid mediante o uso e a implementación de tecnoloxías baseadas na intelixencia artificial e a robótica</t>
+  </si>
+  <si>
+    <t>Asociación de Clústeres Dixitais de Cataluña</t>
+  </si>
+  <si>
+    <t>Espazo de traballo para empresas, organizacións e grupos de investigación no sector das tecnoloxías da información e as comunicacións (TIC).</t>
+  </si>
+  <si>
+    <t>Barrax - Centro de Innovación Rural</t>
+  </si>
+  <si>
+    <t>Un centro que promove obradoiros de investigación, reunións de negocios, creación de redes profesionais, financiamento europeo, información e experimentación.</t>
+  </si>
+  <si>
+    <t>Centro de Innovación e Tecnoloxía da UPC (CIT UPC)</t>
+  </si>
+  <si>
+    <t>Centro de Investigación, Formación e Transferencia de Coñecemento</t>
+  </si>
+  <si>
     <t>iHub La Vega Innova</t>
   </si>
   <si>
     <t>Un ecosistema completo para startups no sector AgriFoodTech e un escaparate de tecnoloxías que acelera a transformación dixital do sector agroalimentario, as súas pemes e os traballadores autónomos.</t>
   </si>
   <si>
     <t>Giasat</t>
   </si>
   <si>
     <t>GIASAT (Xestión Agroecolóxica Integrada de Sistemas Alimentarios Territorializados) é un grupo de traballo que leva traballando conxuntamente desde 2019. Actualmente somos un consorcio de cinco entidades vinculadas ao sector agroecolóxico. O noso fío condutor común é que, desde diferentes perspectivas e localizacións, estamos a promover, facilitar e/ou apoiar algúns destes procesos nos nosos territorios.</t>
   </si>
   <si>
-    <t>eAtex. Centro de innovación alimentaria da CNTA</t>
-[...26 lines deleted...]
-    <t>Centro de Investigación, Formación e Transferencia de Coñecemento</t>
+    <t>Clúster de Edificación Sostible de Andalucía</t>
+  </si>
+  <si>
+    <t>Un proxecto asociativo e de reconstrución sectorial que permite a identificación e posta en marcha continua de novas oportunidades e o aloxamento de empresas sostibles.</t>
   </si>
   <si>
     <t>Parque Científico e Tecnolóxico de Poznan da Fundación Universitaria Adam Mickiewicz</t>
   </si>
   <si>
     <t>O Parque Científico e Tecnolóxico de Poznan (PSTP) é o primeiro parque tecnolóxico de Polonia (1995). Está xestionado (como departamento principal) pola Fundación Universitaria Adam Mickiewicz, unha organización sen ánimo de lucro coa misión de estimular a colaboración entre a ciencia e a industria para promover o desenvolvemento rexional a través da innovación, a transferencia de tecnoloxía e a cooperación internacional.</t>
   </si>
   <si>
     <t>Instituto de Investigación TIC RISE de Suecia</t>
   </si>
   <si>
     <t>Rise Research Institutes of Sweden é o instituto de investigación e socio de innovación de Suecia. Mediante a colaboración internacional coa industria, o mundo académico e o sector público, garantimos a competitividade empresarial e contribuímos a unha sociedade sostible.</t>
   </si>
   <si>
     <t>SmartAgricultura</t>
   </si>
   <si>
     <t>Smartagri é un esforzo conxunto de Agroväst, os Institutos de Investigación de Suecia (Rise) e o Parque Científico Skövde, co obxectivo de acelerar a dixitalización do sector agrícola no oeste de Suecia.</t>
   </si>
   <si>
     <t>Espazo53</t>
   </si>
   <si>
     <t>Space53 reúne gobernos, institucións de coñecemento, traballadores humanitarios e empresas nun Clúster de Innovación de Drons e fortalece o ecosistema creando as condicións previas para o desenvolvemento e a aplicación exitosos de sistemas non tripulados.</t>
   </si>
   <si>
-    <t>Clúster de Edificación Sostible de Andalucía</t>
-[...2 lines deleted...]
-    <t>Un proxecto asociativo e de reconstrución sectorial que permite a identificación e posta en marcha continua de novas oportunidades e o aloxamento de empresas sostibles.</t>
+    <t>VP Delta</t>
+  </si>
+  <si>
+    <t>Agrohub.bg é un centro europeo de innovación dixital para a Rexión Centro-Sur, aprobado no marco do Programa Europa Dixital co Proxecto Agrodigirise. O proxecto comezou o 1 de novembro de 2022 e está previsto que dure tres anos. Está implementado por un consorcio con diversos perfís e experiencia: organizacións sectoriais, unidades científicas e de investigación, institucións de formación, empresas tecnolóxicas, importadores de maquinaria agrícola, etc., en colaboración co Concello de Plovdiv.</t>
+  </si>
+  <si>
+    <t>Laboratorios de drons árticos</t>
+  </si>
+  <si>
+    <t>Arctic Drone Labs é un innovador centro de investigación en mobilidade aérea situado en Finlandia. Estamos á vangarda da recopilación e aproveitamento de coñecementos, ferramentas de vangarda e innovacións revolucionarias para impulsar o crecemento da industria dos sistemas aéreos non tripulados (UAS). A nosa misión abrangue o fomento do desenvolvemento empresarial, o avance das iniciativas de investigación e a potenciación da educación neste campo transformador.</t>
+  </si>
+  <si>
+    <t>ART-ER-DIH</t>
+  </si>
+  <si>
+    <t>Art-Er (anteriormente Aster) opera como un centro de innovación dixital na rexión de Emilia-Romaña, e a súa proposta de valor é a conexión das partes interesadas e a integración de iniciativas, servizos e oportunidades para aproveitar a infraestrutura, o coñecemento e a experiencia tanto das empresas como dos provedores (de instalacións, servizos, formación, etc.).</t>
+  </si>
+  <si>
+    <t>Centro de Innovación en Ciberseguridade</t>
   </si>
   <si>
     <t>Agroalimentaria Croacia</t>
   </si>
   <si>
     <t>Agrifood Croatia é un centro de innovación que reúne a investigadores, empresas e actores públicos en Croacia para levar a cabo conxuntamente transformacións dixitais nos sectores da acuicultura, a agricultura e a alimentación.</t>
   </si>
   <si>
-    <t>VP Delta</t>
-[...16 lines deleted...]
-  <si>
     <t>Investigación de Wageningen</t>
   </si>
   <si>
     <t>A forza da Universidade e Investigación de Wageningen reside na súa capacidade para combinar os puntos fortes dos institutos de investigación especializados e da universidade. Tamén reside nos esforzos conxuntos de diversos campos das ciencias naturais e sociais.</t>
   </si>
   <si>
     <t>ahedd - Centro de Ática para a Economía dos Datos e os Dispositivos</t>
   </si>
   <si>
     <t>O Centro Nacional de Investigación Científica (NCSR) Demokritos é o maior centro de investigación multidisciplinar de Grecia, con aproximadamente 1.000 empregados e máis de 50 anos de logros científicos innovadores e contribucións á economía e á sociedade gregas. Foi un socio clave en varias iniciativas tecnolóxicas nacionais, como a adquisición e operación de instalacións de computación de alto rendemento e o establecemento de redes de computación de alta velocidade no país, e actualmente é líder ou membro de múltiples proxectos de infraestruturas nacionais e europeos.</t>
   </si>
   <si>
-    <t>Centro de Innovación en Ciberseguridade</t>
+    <t>Instituto Tecnolóxico Danés, Tecnoloxía Robótica</t>
+  </si>
+  <si>
+    <t>O Instituto Tecnolóxico Danés é unha empresa líder en investigación e tecnoloxía. Axudan aos seus clientes a traducir o coñecemento e a tecnoloxía máis recentes en valor. Somos expertos en produción, materiais, tecnoloxía ambiental, negocios, enerxía, agrotecnoloxía, investigación cárnica e moito máis.</t>
+  </si>
+  <si>
+    <t>DIH PANNONIA</t>
+  </si>
+  <si>
+    <t>A Axencia de Desenvolvemento do Condado de Vukovar-Srijem prepara o Plan de Desenvolvemento do Condado de Vukovar-Srijem e outros documentos estratéxicos e de desenvolvemento. Ofrece asistencia especializada na preparación e implementación de programas e proxectos de desenvolvemento para organismos de dereito público e institucións públicas na área do condado que son relevantes para o desenvolvemento do condado, así como proxectos conxuntos relevantes para o desenvolvemento de varios condados.</t>
+  </si>
+  <si>
+    <t>Clúster de transaccións seguras electrónicas - TES</t>
+  </si>
+  <si>
+    <t>O Clúster TES, o Clúster de Competitividade Dixital de Normandía, representa un ecosistema de 150 membros, composto por grandes empresas, pemes, autoridades locais, institucións de investigación e formación e outras organizacións. Cos seus membros e socios, o Clúster TES imaxina e codeseña os usos do mañá grazas ás novas tecnoloxías relacionadas coa tríada "seguridade/interoperabilidade/fiabilidade". Estas accións xeran progreso, creación de emprego e valorización territorial.</t>
+  </si>
+  <si>
+    <t>Laboratorio de Deseño e Aplicación de Sistemas Integrados DIH (ESDALAB DIH)</t>
+  </si>
+  <si>
+    <t>Esdalab DIH coordina unha ampla rede de DIHS en todo o sur e o leste de Europa, ofrecendo oportunidades de financiamento e apoiando a cooperación multilateral entre organizacións con experiencia complementaria. Tamén ofrece servizos innovadores a empresas, especialmente pemes (incluídas as startups) e empresas lixeiramente máis grandes, para apoiar a súa transformación dixital.</t>
+  </si>
+  <si>
+    <t>Parlamento dos Agricultores Centro de Innovación Dixital de Letonia - ZSA DIH</t>
+  </si>
+  <si>
+    <t>Smartagro é un sitio web de innovación e tecnoloxía agrícola. O obxectivo principal de Smartagro é informar e animar aos agricultores e outras partes interesadas a usar novas tecnoloxías, servizos, produtos e sistemas para un futuro sostible nas zonas rurais. Ao centrarse en clústeres rexionais, centros de innovación dixital, laboratorios vivos e solucións tecnolóxicas dentro dos proxectos do Programa de Investigación e Innovación Horizonte 2020 da UE, o sitio web proporcionará ideas e solucións de vangarda para facilitar as innovacións nas zonas rurais. Smartagro está mantido polo Parlamento de Agricultores (FP), unha organización non gobernamental.</t>
+  </si>
+  <si>
+    <t>Centro de impulsos dixitais</t>
+  </si>
+  <si>
+    <t>Centro que ofrece consultoría, ecosistema e creación de redes, formación e financiamento</t>
+  </si>
+  <si>
+    <t>Centro de Innovación Dixital Andalucía Agrotech</t>
+  </si>
+  <si>
+    <t>Centro para a difusión de tecnoloxía e innovación, servizos de consultoría, I+D aplicada, tecnoloxía, formación, aceleración e emprendemento. Obxectivo:</t>
   </si>
   <si>
     <t>Centro de Agricultura Dixital</t>
   </si>
   <si>
     <t>Centro de servizos de apoio que axuda ás empresas agrícolas a ser máis competitivas mellorando os seus procesos empresariais/produtivos, así como os seus produtos e servizos a través da tecnoloxía dixital.</t>
   </si>
   <si>
-    <t>Instituto Tecnolóxico Danés, Tecnoloxía Robótica</t>
-[...40 lines deleted...]
-  <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova é unha asociación sen ánimo de lucro que promueve a elnovación tecnolóxica en Italia, Atrtaverso La Formazione, La Consulenza e il. A Nostra Associazione ten a Sfida di contribuye a facilitar a potenciación das tecnoloxías all'avantgarde, a estratexia impertitoriali deste, novos modelos de empresas e o desenvolvemento sostible de solucións e infraestruturas nas zonas rurais despois de conformala en "solucións e infraestruturas intelixentes en áreas e zonas rurales despois de conformala en" solucións e infraestruturas intelixentes nas zonas rurais para acadar unha mellor calidade de vida.</t>
   </si>
   <si>
     <t>COMIDA DE FLANDRES, FF</t>
   </si>
   <si>
     <t>A comida de Flandres é Sinds de Oprichting Hét Innovatieplatform Voor de Vlaamse Voedingsindustrie. A comida de Flanders Werd en 2005 Opgericht Door Fevia Vlaanderen (Federatie Van de Voedingsindustrie) en Een 20-Tal Stichtende Leden. ¿Queres facer? Door Samenwerking, coñeceu a Elkaar en Onderzoekspartner, Meer Slagkracht Bekomen. Een Visie Waar We Nog Steeds en Geloven. De Klassieke "Waardeketen" Van Boer Tot Klant, Met Een Centrale Rol Voor de Voedingsfabriek, Bleek Meer e Meer Achterhaald. Het Speelveld Wordt Immers Elke Dag Globaler. Om de competitiviteit en het agrovoedingssysteem te versterken es het noodzakelijk om te inverseren en onderzoek en innovatie en tussen zowel (voedings) bedrijven as social benefit organizations. Dit sobre o sector Van de Grenzen no Heen de Regio. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen. Iedereen die Een Meerwaarde Ziet en Een Samenwerking Met Het Ecosysteem Rond de Vlaamse Voedingsindustrie é van Harte Welkom.</t>
   </si>
   <si>
     <t>DIH da cadea de subministración verde</t>
   </si>
   <si>
     <t>A estratexia "da granxa á mesa" é o núcleo do Pacto Verde Europeo, que ten como obxectivo que os sistemas alimentarios sexan xustos, sans e respectuosos co medio ambiente. Necesitamos redeseñar os nosos sistemas alimentarios para facelos máis sostibles e aumentar a súa resiliencia. As novas tecnoloxías e os descubrimentos científicos, combinados cun aumento da concienciación pública e da demanda de alimentos sostibles, beneficiarán a todas as partes interesadas. A revolución dixital ofrece oportunidades, pero moitas empresas aínda teñen dificultades para saber en que tecnoloxías investir e como obter financiamento. Máis do 90 % das pemes están atrasadas na innovación dixital e necesitan apoio para a súa transformación dixital.</t>
   </si>
   <si>
     <t>Centro de experiencias de innovación (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub é unha asociación sen ánimo de lucro co obxectivo de: a. Reforzar o nivel de coñecemento e concienciación das empresas sobre as oportunidades que ofrece a transformación dixital, tamén no contexto do Plan Nacional Empresa 4.0, a estratexia europea para a dixitalización da industria ("Dixitalización da Industria Europea - DEI") e o Programa de Innovación TICHE para Pequenas e Medianas Empresas Manufactureras ("programa de Innovación TIC para as PEME Manufactureras - I4MS"); b. Ser a porta de entrada ao ecosistema de innovación para apoiar a transformación dixital do sistema produtivo; c. Estimular a demanda de innovación das empresas; d. Crear unha ponte entre as empresas e o mundo da investigación.</t>
   </si>
   <si>
     <t>Instituto de Elevación - Idele</t>
   </si>
   <si>
     <t>A misión do Institut de L'Elevage é mellorar a competitividade das explotacións de herbívoros e os seus sectores nun contexto en constante cambio. O seu traballo proporciona solucións técnicas innovadoras aos agricultores e ás partes interesadas dos sectores bovino, ovino, caprino e equino. Ofrecen respostas aos problemas sociais e ambientais actuais, servindo ás partes interesadas do sector gandeiro e aos seus sectores.</t>
   </si>
   <si>
     <t>DIH-BAITUR: Centro de Innovación Dixital das Illas Baleares para a Intelixencia Artificial e o Turismo</t>
   </si>
   <si>
     <t>Centro centrado na intelixencia artificial como tecnoloxía disruptiva que axudará na transformación dixital das empresas das Illas Baleares</t>
   </si>
   <si>
+    <t>DIHBU Industria 4.0</t>
+  </si>
+  <si>
+    <t>Centro para impulsar a innovación e a intelixencia competitiva para fomentar a cocreación de novos produtos e a prestación de servizos complementarios non tecnolóxicos ás empresas.</t>
+  </si>
+  <si>
+    <t>Dinápsis DIH</t>
+  </si>
+  <si>
+    <t>Centro centrado en lograr o desenvolvemento sostible, incorporar a transformación dixital na xestión ambiental e abordar os desafíos do cambio climático</t>
+  </si>
+  <si>
     <t>Le Pool French Tech Rennes Saint-Malo</t>
   </si>
   <si>
     <t>O ecosistema tecnolóxico francés está composto principalmente por emprendedores, pero tamén por todos aqueles comprometidos co crecemento das empresas emerxentes e a súa influencia internacional. A empresa tecnolóxica francesa Rennes Saint-Malo (FTRSM) ocupa un posto destacado nas clasificacións nacionais en telecomunicacións, agroindustria e ciberseguridade. A saúde electrónica, a nova mobilidade e as industrias creativas tamén teñen fortes fortalezas locais.</t>
   </si>
   <si>
     <t>Laboratorio de Nanotecnoloxía LTFN (Laboratorio de Películas Finas - Nanobiomateriais - Nanosistemas - Nanometroloxía)</t>
   </si>
   <si>
     <t>O Laboratorio de Nanotecnoloxía LTFN, establecido en 1991, está situado no Departamento de Física da Universidade Aristóteles de Tesalónica (AUTH) e nas instalacións Cope-H preto de Thermi e do aeroporto de Tesalónica. Ten máis de 25 anos de experiencia en tecnoloxía de películas finas, nanomateriais avanzados e fabricación de nanopartículas, desenvolvendo/implementando técnicas de metroloxía óptica in situ e en tempo real, modelado computacional e ferramentas de nanometroloxía. A misión de LTFN é promover a investigación de clase mundial e as mellores prácticas en nanotecnoloxía, electrónica orgánica, nanomedicina e nanometroloxía para abordar os desafíos globais na fabricación, enerxía, iluminación, electrónica, fotónica, IoT, transporte, atención sanitaria e calidade de vida, agricultura, etc.</t>
   </si>
   <si>
     <t>Fotónica Bretaña</t>
   </si>
   <si>
     <t>A plataforma tecnolóxica de Photonics Bretagne ten unha ampla experiencia en biofotónica.</t>
   </si>
   <si>
     <t>ROBOCOAST</t>
   </si>
   <si>
     <t>A misión de Robocoast é apoiar a transformación dixital con habilidades clave en ciberseguridade, robótica, tecnoloxía enerxética, intelixencia artificial, análise de datos, 5G e Internet das Cousas. Ofrecemos servizos á industria de exportación e a outras industrias, así como a empresas emerxentes e de alta tecnoloxía. Os produtos e servizos desenvolvidos polos membros céntranse na industria de exportación e as súas cadeas de subcontratación, a fabricación avanzada, a tecnoloxía da información e as comunicacións e o sector enerxético. Tamén ofrecemos cooperación multidisciplinar en áreas como a agricultura e a tecnoloxía sanitaria.</t>
   </si>
   <si>
     <t>DIH da Industria Rural</t>
   </si>
   <si>
     <t>Digital Innovation Hub tradúcese oficialmente ao finés como Digital Innovation Hub. É unha ferramenta desenvolvida e coordinada pola Comisión Europea para acelerar as solucións dixitais para as empresas europeas. O DIH está principalmente orientado á rexión, cun foco principal nas pemes.</t>
   </si>
   <si>
-    <t>DIHBU Industria 4.0</t>
-[...16 lines deleted...]
-  <si>
     <t>SMILE-DIH (Centro de Innovación en Fabricación Intelixente para a Excelencia Lean - Centro de Innovación Dixital)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) é un Centro de Innovación Dixital (DIH) acreditado e operativo a nivel europeo, fundado en Parma en 2018, como unha asociación sen ánimo de lucro legalmente recoñecida, pola Unione Parmense Degli Industriali e a Universidade de Parma. Smile-DIH forma parte de I4MS (European DiH Network) e da rede italiana confindustria DIH e ten a capacidade de apoiar a transferencia de tecnoloxía entre centros de investigación (universidades, centros de competencia, institutos e organismos privados) e industrias manufactureiras (en particular pemes e empresas de mediana capitalización), así como administracións públicas, co fin de transformar os seus modelos de negocio a través de: a dixitalización dos procesos operativos para facelos máis eficientes e funcionais; a implementación de metodoloxías innovadoras e Lean, apoiadas en tecnoloxías intelixentes como os sistemas ciberfísicos (CPS), a Internet das Cousas (IoT e IIoT), a intelixencia artificial (IA), a robótica (autónoma e colaborativa), a ciberseguridade e a computación de alto rendemento (HPC).</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Promover a investigación aplicada, dirixir a investigación que responda a unha necesidade.</t>
   </si>
   <si>
     <t>Instituto Nacional Tyndall, Tyndall</t>
   </si>
   <si>
     <t>O Instituto Nacional Tyndall é un centro europeo líder en investigación tecnolóxica profunda para hardware e sistemas TIC (tecnoloxías da información e as comunicacións) integrados. Especializados tanto en electrónica como en fotónica (materiais, dispositivos, circuítos e sistemas), somos líderes mundiais nas nosas principais áreas de investigación: fabricación de obleas de semicondutores; materiais, dispositivos e plataformas de enxeñaría cuántica; integración e empaquetado microelectrónico e fotónico; sistemas enerxéticos integrados e mitigación do cambio climático; biofotónica, bioelectrónica, dispositivos e sistemas biomédicos; sensores e sistemas intelixentes; sistemas centrados no ser humano para o traballo e a vida; sistemas de comunicación óptica; sistemas de comunicación sen fíos; deseño de circuítos analóxicos e de sinal mixto.</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Os Centros de Innovación Dixital (CDI) son "puntos únicos" aprobados pola Comisión Europea que axudan ás empresas a ser máis competitivas con respecto aos seus procesos comerciais/de produción, produtos ou servizos mediante tecnoloxías dixitais. Como primeiro punto de contacto rexional e porta de entrada a un ecosistema de innovación multilateral, proporcionan ás pemes e outras empresas: acceso aos coñecementos, a experiencia e a tecnoloxía máis recentes para apoiar aos seus clientes con proxectos piloto, probas e experimentos con innovacións dixitais; e apoio comercial e financeiro para implementar estas innovacións.</t>
   </si>
   <si>
     <t>Laboratorio CP Newcastle</t>
   </si>
   <si>
     <t>A calidade da vida urbana no futuro dependerá cada vez máis da complexa relación entre os sistemas informáticos, a enxeñaría, a física e o comportamento humano. Esta relación entre as persoas e a tecnoloxía que empregamos afectará cada vez máis a todos os aspectos da nosa vida cotiá, desde como abastecemos os nosos fogares e empresas ata como producimos os nosos alimentos. As empresas, o goberno e a industria dependerán dunha tecnoloxía integrada que podería ofrecer grandes melloras ás nosas vidas, pero que tamén é vulnerable aos ciberataques e aos fallos do software. A necesidade de comprender e unir estes diferentes elementos para que funcionen de forma eficiente será de vital importancia para que a sociedade prospere. O Laboratorio Cibernético Físico da Universidade de Newcastle forma parte do Centro de Innovación Dixital (DIH) no moderno sitio Newcastle Helix, implementando a visión rexional para unha economía dixital próspera no nordeste de Inglaterra. Ademais da Universidade de Newcastle, o DIH ofrece servizos a través do Centro Nacional de Innovación para Datos (NICD), proporcionando habilidades prácticas de datos ás organizacións. O Instituto de Codificación, Bridging the Digital Skills Gap e o Programa Arrow, aliñando as necesidades das pemes rexionais coa Universidade de Newcastle.</t>
   </si>
   <si>
     <t>Instituto BioSense - Instituto para a investigación e o desenvolvemento de tecnoloxías da información en biosistemas</t>
   </si>
   <si>
     <t>Antares esfórzase por impulsar a excelencia na investigación no Instituto Biosense, ofrecer solucións dixitais disruptivas ao sector agrícola europeo, estimular o emprendemento e o emprego rexionais e garantir alimentos suficientes e seguros para a crecente poboación mundial.</t>
   </si>
   <si>
+    <t>Espazo FIWARE</t>
+  </si>
+  <si>
+    <t>Centra a súa actividade na formación, o traballo en rede, a difusión de eventos, avances e proxectos realizados para o desenvolvemento tecnolóxico de Badaxoz</t>
+  </si>
+  <si>
+    <t>Grupo de alimentos +i</t>
+  </si>
+  <si>
+    <t>Proxecto para difundir actividades, proxectos, redes, propostas de valor e innovación levadas a cabo polo clúster food+i.</t>
+  </si>
+  <si>
+    <t>Fábrica Galega do Futuro HUB</t>
+  </si>
+  <si>
+    <t>Un entorno para impulsar proxectos cooperativos de alto impacto para mellorar a competitividade das empresas da industria da automoción e a mobilidade de Galicia.</t>
+  </si>
+  <si>
     <t>IPC</t>
   </si>
   <si>
     <t>O IPC actúa como catalizador, reunindo o mundo académico, as empresas, o goberno e os investidores para trasladar ideas e investigacións brillantes ao mercado. Facémolo proporcionando aos nosos clientes acceso aos expertos, equipos, redes, financiamento e moito máis axeitados, conectando os puntos para unha innovación eficaz. Somos un centro de innovación tecnolóxica independente líder e membro fundador da High Value Manufacturing Catapult do goberno do Reino Unido. Fundada en 2004, os nosos equipos aplican incansablemente os seus moitos anos de experiencia para garantir que cada gran invención teña a mellor oportunidade de converterse nun produto ou proceso comercializado con éxito. Traballamos cos nosos socios en diversos mercados do Reino Unido e de todo o mundo, impulsando as súas innovacións e axudándoos a reducir o risco e o custo asociados ao desenvolvemento de produtos.</t>
   </si>
   <si>
     <t>MicroHub.Swiss - O DIH suízo de microtecnoloxía e microfabricación</t>
   </si>
   <si>
     <t>Microhub.Swiss é un centro de innovación dixital (DIH) centrado na microtecnoloxía e a microfabricación. Como organización sen ánimo de lucro, a nosa misión é ser un orquestrador e acelerador da innovación dixital suíza. O noso obxectivo é apoiar a empresas emerxentes, pequenas empresas (PEME) e o sector público centrados na dixitalización das microtecnoloxías e a fabricación de precisión. O noso obxectivo é axudar a estas organizacións na súa viaxe de transformación dixital, grazas á nosa carteira ben desenvolvida de tecnoloxías dixitais, ecosistemas de industrialización establecidos e experiencia en xestión da innovación. O noso obxectivo é axudar ás empresas suízas e europeas coa súa folla de ruta de innovación, actuando como unha ventanilla única rexional para a xestión da innovación dixital: xestión de I+D e innovación, formación, probas, creación de prototipos, acceso a financiamento, produción de primeira serie e conexión do ecosistema.</t>
   </si>
   <si>
     <t>Raisehub.swiss- The Swiss Robotics &amp; AI DIH</t>
   </si>
   <si>
     <t>Raishub. Os principais impulsores son a monitorización en tempo real, o control de calidade en liña, o mantemento preditivo e a trazabilidade ata as pezas individuais. Os nosos obxectivos son axudar ás empresas emerxentes e ás pemes a afrontar o desafío do IIoT baseándose en plataformas tecnolóxicas e no ecosistema esencial para a industrialización e a xestión da innovación.</t>
   </si>
   <si>
     <t>SINTEF</t>
   </si>
   <si>
     <t>SINTEF é unha das maiores organizacións de investigación independentes de Europa. Cada ano, levamos a cabo varios miles de proxectos para clientes grandes e pequenos.</t>
   </si>
   <si>
-    <t>Espazo FIWARE</t>
-[...16 lines deleted...]
-  <si>
     <t>Praza da Tecnoloxía e da Biotecnoloxía de Granada</t>
   </si>
   <si>
     <t>Centro onde se desenvolven actividades, proxectos, redes, normativas e propostas de valor e innovación no sector tecnolóxico e biotecnolóxico.</t>
   </si>
   <si>
     <t>Nube HPC e sistemas cognitivos para procesos de fabricación intelixentes, robótica e loxística</t>
   </si>
   <si>
     <t>Un centro que desenvolve actividades de divulgación, proxectos, redes e propostas de valor e innovación no sector tecnolóxico aragonés.</t>
   </si>
   <si>
     <t>Hub 4.0 dos Sectores Manufactureiros na Comunidade Valenciana</t>
   </si>
   <si>
     <t>Avanzar na transformación dixital dos procesos de produción: simulación/HPC, fabricación aditiva, IoT, robótica</t>
   </si>
   <si>
     <t>HubIberiaAgrotech</t>
   </si>
   <si>
     <t>Centro de traballo en rede entre España e Portugal para o crecemento e o financiamento, o acceso á información, a formación e o asesoramento para o sector agroalimentario</t>
   </si>
   <si>
     <t>i4CAM HUB (Innovación para a competitividade e a fabricación avanzada)</t>
@@ -581,86 +614,86 @@
   <si>
     <t>RIOHUB</t>
   </si>
   <si>
     <t>Centro para startups, pemes e empresas emerxentes que traballan no campo da tecnoloxía</t>
   </si>
   <si>
     <t>RoboCity2030</t>
   </si>
   <si>
     <t>Unha iniciativa da Comunidade de Madrid que busca converter Madrid nunha cidade líder en robótica e automatización.</t>
   </si>
   <si>
     <t>Centro de Innovación Dixital en Robótica</t>
   </si>
   <si>
     <t>Centro de innovación dixital que ofrece servizos de asesoramento, formación e financiamento para empresas de robótica</t>
   </si>
   <si>
     <t>Parque Científico e Tecnolóxico de Almería, PITA SA</t>
   </si>
   <si>
     <t>Ofrece infraestruturas e servizos de apoio a empresas tecnolóxicas e innovadoras</t>
   </si>
   <si>
+    <t>DIH do Parque Científico da Universidade de Valencia</t>
+  </si>
+  <si>
+    <t>Centro de Innovación Dixital en Valencia Obxectivo: Promover a colaboración entre universidades e empresas tecnolóxicas para fomentar a innovación e o desenvolvemento</t>
+  </si>
+  <si>
+    <t>Centro de Innovación Dixital de Cataluña</t>
+  </si>
+  <si>
+    <t>Centro formado polos principais axentes que apoian a dixitalización de Cataluña</t>
+  </si>
+  <si>
+    <t>DIHGIGAL. Polo de Innovación Dixital da Industria Galega</t>
+  </si>
+  <si>
+    <t>Centro que promove o desenvolvemento de proxectos de I+D+i aliñados coas necesidades e os retos aos que se enfronta o sector industrial</t>
+  </si>
+  <si>
     <t>4PDIH - Centro de Innovación Dixital de Asociación Público-Privada entre Persoas</t>
   </si>
   <si>
     <t>Ofrecemos oportunidades para participar en proxectos europeos, onde podes cocrear políticas de dixitalización, aprender exemplos de boas prácticas e participar en concursos e licitacións para financiar diversos procesos e áreas de dixitalización.</t>
   </si>
   <si>
     <t>Laboratorio de campo 5G 5Groningen</t>
   </si>
   <si>
     <t>5Groningen é o programa HET para 5G-Internet. Ondernemers en non-profiosatizations Werken Samen coñeceu aos expertos om toepassingen van 5g te testen. Descárgate os datos en tempo real para obter un drone sobre os datos en tempo real. Ook maakt 5g het bijvoorbeeld mogelijk om op afstand een diagnose te stellen, doordat de arts en het ziekenhuis met een snelle verbbinding mee kan kijken in the ambulance. 5Groningen Test Toepassingen con 5 g. Dus Niet de Techniek, Maar Wat Je Ermee Kunt.</t>
   </si>
   <si>
     <t>DIH de Agroalimentaria de Lituania</t>
   </si>
   <si>
     <t>AgriFood Lithuania é un centro e clúster de innovación dixital que reúne a investigadores, empresas e actores públicos líderes en Lituania para a procura conxunta de transformacións dixitais nos sectores agrícola, alimentario e relacionados.</t>
   </si>
   <si>
-    <t>DIH do Parque Científico da Universidade de Valencia</t>
-[...16 lines deleted...]
-  <si>
     <t>Espazo Agro DIH</t>
   </si>
   <si>
     <t>O Centro de Innovación Dixital Agro Space de Lituania é unha rede sen ánimo de lucro e centrada na rexión que reúne institucións lituanas de investigación, educación, empresas e goberno para fomentar a innovación tecnolóxica dixital intersectorial. AGRO Space DIH Vision converterase no provedor de solucións "de referencia" para o desenvolvemento, a transferencia de tecnoloxía dixital e a difusión da innovación en sectores clave: agricultura, espazo, manufactura (Industria 4.0) e innovación de servizos. A prioridade é avanzar nas capacidades de colaboración das empresas de tecnoloxía agrícola e espacial mediante a amplificación da plataforma de rede dentro de Lituania e internacionalmente.</t>
   </si>
   <si>
     <t>Centro de Innovación Dixital das Azores</t>
   </si>
   <si>
     <t>O Parque Científico e Tecnolóxico de Nonagon promove a transformación dixital e a dixitalización da economía azoriana a través da coordinación do Centro de Innovación Dixital das Azores.</t>
   </si>
   <si>
     <t>Clúster de TI de Cluj</t>
   </si>
   <si>
     <t>CLUJ IT é unha organización baseada en clústeres composta por organizacións activas no campo das tecnoloxías da información: provedores de servizos e solucións de software, universidades e institutos de investigación, organismos públicos e outras organizacións catalizadoras.</t>
   </si>
   <si>
     <t>Centro de innovación dixital de Eslovenia</t>
   </si>
   <si>
     <t>DIH Slovenia permite a transformación dixital baseándose nunha ventanilla única, tanto en Eslovenia como fóra dela. Sensibiliza e ofrece servizos para desenvolver competencias dixitais, compartir experiencias dixitais e exemplos de boas prácticas a nivel local, rexional e internacional; e proporciona apoio gobernamental e acceso a datos para promover o emprendemento.</t>
   </si>
   <si>
     <t>DIH AGRIFOOD - Centro de innovación dixital para a agricultura e a produción alimentaria</t>
@@ -689,108 +722,108 @@
   <si>
     <t>Academia Jheronimus de Ciencia de Datos</t>
   </si>
   <si>
     <t>Jads é unha colaboración única entre a provincia de Brabante Setentrional, o concello de S-Hertogenbosch, a Universidade de Tilburg e a Universidade Tecnolóxica de Eindhoven (TU/E). Ofrecemos varios programas de ciencia de datos, desde programas de licenciatura e máster ata Educación e Formación Profesional (ENGD) (anteriormente PDENG). Tamén axudamos ás organizacións a dar forma ao seu futuro baseado en datos.</t>
   </si>
   <si>
     <t>Centro de innovación en IA de LTU</t>
   </si>
   <si>
     <t>A Universidade Tecnolóxica de Luleå ten moitos anos de experiencia en intelixencia artificial aplicada. O noso ecosistema de investigación relacionado coa IA conéctase directamente con aplicacións do mundo real nos negocios e na industria. Contribuímos a innovacións en IA seguras e medibles que marcan a diferenza na vida cotiá e benefician á sociedade en xeral.</t>
   </si>
   <si>
     <t>Instituto de Ciencia e Tecnoloxía de Luxemburgo (LIST)</t>
   </si>
   <si>
     <t>O Instituto de Ciencia e Tecnoloxía de Luxemburgo (LIST) é unha organización de investigación e tecnoloxía (RTO) con misións que desenvolve prototipos de produtos e servizos competitivos e orientados ao mercado para partes interesadas públicas e privadas.</t>
   </si>
   <si>
     <t>Centro de innovación dixital de Innoskart</t>
   </si>
   <si>
     <t>O Grupo transcendeu os seus límites orixinais tanto xeograficamente como en termos do seu alcance de actividades. Hoxe, Innoskart converteuse nun grupo nacional de provedores de servizos de TI (hardware e software), así como en membros do sector da fabricación e investigación de alimentos, pero acadou logros excepcionais en moitos outros campos (comercio de vehículos, produtos farmacéuticos, maquinaria e comercio, metalurxia, pintura, consultoría, etc.). As organizacións de Innoskart abarcan desde empresas individuais ata grandes corporacións cunha ampla gama de capacidades. Ademais das corporacións, centros de investigación, universidades e concellos tamén son membros do Clúster.</t>
   </si>
   <si>
+    <t>Centro de Innovación da Auga Dixital (Auga Dixital)</t>
+  </si>
+  <si>
+    <t>Centro para a difusión da tecnoloxía e a innovación, servizos de consultoría, I+D aplicada, tecnoloxía e formación Obxectivo: Dotar a Cataluña de tecnoloxía industrial, consultoría, formación, desenvolvemento de produtos e servizos innovadores e promoción e difusión da innovación tecnolóxica</t>
+  </si>
+  <si>
     <t>Centro de Innovación Dixital da NTUA (DIH-NTUA)</t>
   </si>
   <si>
     <t>En Grecia, implementáronse unha estratexia rexional e 13 nacionais de investigación e innovación para a especialización intelixente. A estratexia nacional promove oito sectores nos que a investigación e a innovación poderían contribuír a desenvolver unha vantaxe competitiva significativa, tendo en conta a masa crítica e a excelencia do respectivo potencial de investigación.</t>
   </si>
   <si>
     <t>Plataforma Rexional Industria 4.0 da Rexión Toscana (Plataforma Toscana Industria 4.0)</t>
   </si>
   <si>
     <t>A ferramenta operativa da Plataforma Rexional Empresa 4.0: un punto de acceso doado para as empresas que desexen innovar e seguir sendo competitivas nos mercados. A plataforma é un novo ecosistema creado para promover e fomentar os procesos de dixitalización do sistema comercial e forma parte da rede de centros de innovación dixital acreditados pola Comisión Europea. A súa tarefa é apoiar ás empresas, en particular ás pemes, no proceso de dixitalización europea e establecer contactos cos distintos actores do ecosistema de innovación dixital presentes na rexión.</t>
   </si>
   <si>
-    <t>Centro de Innovación da Auga Dixital (Auga Dixital)</t>
-[...2 lines deleted...]
-    <t>Centro para a difusión da tecnoloxía e a innovación, servizos de consultoría, I+D aplicada, tecnoloxía e formación Obxectivo: Dotar a Cataluña de tecnoloxía industrial, consultoría, formación, desenvolvemento de produtos e servizos innovadores e promoción e difusión da innovación tecnolóxica</t>
+    <t>Centro de Innovación Dixital para o Sector Agroalimentario Galego (Parte do Centro de Bioeconomía)</t>
+  </si>
+  <si>
+    <t>Centro que pon as últimas tecnoloxías dixitais e creativas á disposición dos sectores da administración local, a formación, a internacionalización, o comercio, os servizos e a industria. Obxectivo:</t>
   </si>
   <si>
     <t>Destino intelixente do Algarve, Centro de innovación dixital</t>
   </si>
   <si>
     <t>O Centro de Innovación Dixital (DIH) é unha rede informal de institucións privadas e públicas centrada na dixitalización da economía no territorio, principalmente no sector turístico, liderada pola Asociación de Colaboración do Sistema e a Tecnoloxía do Algarve (Algarve STP), unha asociación sen ánimo de lucro que incorpora a Universidade do Algarve, a Asociación Nacional de Mozos Emprendedores (ANJE) e tres concellos da rexión do Algarve, concretamente Loulé, Faro, Olhão e unha asociación privada de empresas de TI, Algarve Evolution.</t>
   </si>
   <si>
     <t>Centro PIAP</t>
   </si>
   <si>
     <t>Rede Valor, liderada por PIAP en cooperación estratéxica con gobernos nacionais e rexionais, organizacións sectoriais e provedores de tecnoloxía líderes dedicados á implementación da automatización e a robótica en procesos tecnolóxicos para a especialización intelixente nacional. Facilita a adopción temperá de avances tecnolóxicos por parte de industrias de alto crecemento, incluíndo a fabricación áxil, a inspección e o mantemento de infraestruturas, así como a agroalimentación e a saúde.</t>
   </si>
   <si>
-    <t>Centro de Innovación Dixital para o Sector Agroalimentario Galego (Parte do Centro de Bioeconomía)</t>
-[...2 lines deleted...]
-    <t>Centro que pon as últimas tecnoloxías dixitais e creativas á disposición dos sectores da administración local, a formación, a internacionalización, o comercio, os servizos e a industria. Obxectivo:</t>
+    <t>Ciencia de Datos e Intelixencia Artificial (DASAI)</t>
+  </si>
+  <si>
+    <t>Un espazo dedicado á investigación, o desenvolvemento de proxectos, a formación, a difusión e a transferencia de coñecemento relacionados coa Intelixencia Artificial.</t>
   </si>
   <si>
     <t>Plan4all</t>
   </si>
   <si>
     <t>A ambición xeral é deseñar, desenvolver e introducir unha plataforma que conecte as persoas coa información. En primeiro lugar, integrando principios de redes sociais como un blog, un foro e unha tenda de ciencia do deseño, que permitan aos usuarios conectarse con desenvolvedores e investigadores. En segundo lugar, integrando diferentes tipos de aplicacións de demostración, onde os desenvolvedores e investigadores terán a oportunidade de colaborar, probar diferentes API para novas solucións e tamén realizar experimentos conxuntos.</t>
   </si>
   <si>
-    <t>Ciencia de Datos e Intelixencia Artificial (DASAI)</t>
-[...2 lines deleted...]
-    <t>Un espazo dedicado á investigación, o desenvolvemento de proxectos, a formación, a difusión e a transferencia de coñecemento relacionados coa Intelixencia Artificial.</t>
+    <t>Distrito Dixital da Comunidade Valenciana</t>
+  </si>
+  <si>
+    <t>Un entorno para acoller empresas tecnolóxicas e talento para a transformación tecnolóxica e a economía dixital no Mediterráneo, destacando tres verticais: cambio climático, saúde e turismo.</t>
   </si>
   <si>
     <t>BEIA DIH</t>
   </si>
   <si>
     <t>O Beia Grid Institute é unha ONG innovadora que participa activamente en proxectos de investigación multidisciplinares a nivel nacional e internacional.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Un entorno para acoller empresas tecnolóxicas e talento para a transformación tecnolóxica e a economía dixital no Mediterráneo, destacando tres verticais: cambio climático, saúde e turismo.</t>
   </si>
   <si>
     <t>Centro de innovación aberta Converge</t>
   </si>
   <si>
     <t>Converge é unha ferramenta para facilitar a transferencia eficaz de coñecemento á sociedade mediante a creación de confianza entre o CSIC e as partes interesadas no ecosistema da innovación. O obxectivo de Converge é converter o CSIC nunha autoridade líder en innovación científica, tecnolóxica e social e contribuír a fortalecer o ecosistema da innovación de España. A misión de Converge articúlase a través de catro programas: CSIC Open Lab; CSIC Emprende; CSIC Living Lab; e Cátedras de Empresa do CSIC. VÍDEO</t>
   </si>
   <si>
     <t>INNOVASTURIAS</t>
   </si>
   <si>
     <t>INNOVASTURIAS é unha asociación de empresas e institucións asturianas que buscan mellorar a súa competitividade e a calidade dos seus servizos promovendo unha cultura innovadora e colaborando e buscando sinerxías no ámbito internacional dos sectores agroalimentario e ambiental , comercio e hostalería, administración, industria, enerxía e investigación, e educación, cultura e saúde.</t>
   </si>
   <si>
     <t>Instituto BioSense</t>
   </si>
   <si>
     <t>O Centro de Innovación Dixital BioSense (DIH) é pioneiro na transformación dixital para a agricultura sostible mediante a introdución de innovacións dixitais que vinculan a investigación, o emprendemento, a ciencia e as solucións listas para o mercado.</t>
   </si>
   <si>
     <t>AHEDD - Centro Attica para a Economía dos Datos e os Dispositivos</t>
   </si>
 </sst>
 </file>
 
@@ -1118,1474 +1151,1529 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C126"/>
+  <dimension ref="A1:C131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C126"/>
+      <selection activeCell="A1" sqref="A1:C131"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="1548.908" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="1650.311" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>87</v>
+        <v>253</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Hubs</vt:lpstr>
+      <vt:lpstr>Centros de distribución</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>