--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -12,79 +12,148 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Centros de distribución" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Tipos de concentradores</t>
   </si>
   <si>
     <t>Descrición</t>
   </si>
   <si>
+    <t>Le Pool French Tech Rennes Saint-Malo</t>
+  </si>
+  <si>
+    <t>Hubs</t>
+  </si>
+  <si>
+    <t>O ecosistema tecnolóxico francés está composto principalmente por emprendedores, pero tamén por todos aqueles comprometidos co crecemento das empresas emerxentes e a súa influencia internacional. A empresa tecnolóxica francesa Rennes Saint-Malo (FTRSM) ocupa un posto destacado nas clasificacións nacionais en telecomunicacións, agroindustria e ciberseguridade. A saúde electrónica, a nova mobilidade e as industrias creativas tamén teñen fortes fortalezas locais.</t>
+  </si>
+  <si>
+    <t>Clúster de transaccións seguras electrónicas - TES</t>
+  </si>
+  <si>
+    <t>O Clúster TES, o Clúster de Competitividade Dixital de Normandía, representa un ecosistema de 150 membros, composto por grandes empresas, pemes, autoridades locais, institucións de investigación e formación e outras organizacións. Cos seus membros e socios, o Clúster TES imaxina e codeseña os usos do mañá grazas ás novas tecnoloxías relacionadas coa tríada "seguridade/interoperabilidade/fiabilidade". Estas accións xeran progreso, creación de emprego e valorización territorial.</t>
+  </si>
+  <si>
+    <t>Giasat</t>
+  </si>
+  <si>
+    <t>GIASAT (Xestión Agroecolóxica Integrada de Sistemas Alimentarios Territorializados) é un grupo de traballo que leva reflexionando conxuntamente desde 2019. Actualmente é un consorcio de cinco entidades vinculadas ao sector agroecolóxico. O seu fío condutor común é que, desde diferentes perspectivas e localizacións, están a promover, facilitar e/ou apoiar un ou máis destes procesos nos seus respectivos territorios. Misión: Os produtores, especialmente os de pequenas e medianas explotacións, enfróntanse a dificultades para acceder aos mercados locais, o que agrava a pobreza e o despoboamento rural, ademais de provocar unha perda de alimentos de calidade para a poboación. Giasat ten como obxectivo desenvolver un sistema de loxística e distribución adaptado aos pequenos e medianos produtores, centrándose en cadeas de subministración curtas para permitirlles aumentar a produción e xerar acceso a alimentos máis sostibles e sans. Visión: Giasat ten como obxectivo acadar unha Xestión Integrada de Sistemas Alimentarios Territorializados (SAT) dinamizando e apoiando os distintos axentes implicados baixo unha perspectiva de economía social e resolvendo de forma colaborativa as necesidades do sector.</t>
+  </si>
+  <si>
+    <t>CENTRO FORESTAL</t>
+  </si>
+  <si>
+    <t>O Centro Forestal é unha iniciativa do Centro de Ciencia e Tecnoloxía Forestal de Cataluña (CTFC). Actúa como ponte entre a investigación, o desenvolvemento e a innovación, garantindo a súa transferencia efectiva a aplicacións prácticas. Somos líderes rexionais no desenvolvemento da silvicultura adaptativa e as cadeas de valor sostibles que fortalecen a resiliencia das paisaxes agroforestais. Promovemos activamente unha bioeconomía circular que integre a natureza, a innovación e a competitividade.</t>
+  </si>
+  <si>
+    <t>Tecnova</t>
+  </si>
+  <si>
+    <t>O Centro Tecnolóxico Tecnova promove a innovación aplicada e o desenvolvemento tecnolóxico para mellorar a competitividade e a rendibilidade das empresas do sector agroindustrial. Actualmente, traballamos con máis de 289 empresas, tanto nacionais como internacionais, que están comprometidas cos procesos de cambio e innovación nas súas organizacións, e facémolo con responsabilidade, flexibilidade e confidencialidade. Tecnova, como Clúster Europeo que aglutina as principais empresas do sector, traballa en rede para axudalas a posicionarse nos principais mercados internacionais, realizando transferencia de coñecemento e tecnoloxía, impulsando a I+D e buscando liñas de financiamento que o fagan posible.</t>
+  </si>
+  <si>
+    <t>Centro de Innovación Dixital da Auga</t>
+  </si>
+  <si>
+    <t>Desenvolvemento e implementación de novas tecnoloxías sostibles aplicadas á xestión da auga como recurso fundamental na economía circular. "Auga Dixital" aplica os conceptos de sostibilidade e economía circular ás novas tecnoloxías para mellorar todo o ciclo da auga, aumentando a competitividade de numerosos sectores empresariais e beneficiando á sociedade no seu conxunto. Ademais da experiencia e o talento científico e tecnolóxico do equipo de Eurecat, o Centro conta con laboratorios, plantas piloto, equipos científicos e centros de procesamento de datos. Todas estas instalacións permiten a Eurecat abordar os desafíos actuais e futuros da auga. Servizos: * Prototipado rápido * Proba de concepto (PoC) * Dixitalización e conectividade * Consultoría e formación altamente especializada * Integración e estandarización de sistemas * Virtualización de obxectos * Calidade, limpeza e valorización de datos * Mantemento intelixente/Mellora da vida útil e utilización dos activos * Predición/preservación da calidade * Predición da demanda * Predición da produtividade/crecemento * Optimización de recursos * Programación intelixente * Recomendacións intelixentes * Servizos de análise de datos (SaaS) * Xestión de recursos * Xestión operativa * Xestión de procesos * Monitorización e control en tempo real * Informes avanzados: KPI, cadros de mando... * Caracterización e análise de escenarios</t>
+  </si>
+  <si>
+    <t>Economía dixital de prata (DIHDSE)</t>
+  </si>
+  <si>
+    <t>A Economía Dixital da Prata (DIHDSE) pretende ser unha ventanilla única a través da cal as empresas e outras entidades públicas ou privadas poidan acceder á información, os servizos e as instalacións que necesitan para abordar con éxito os seus procesos de transformación dixital, co obxectivo de promover servizos máis eficientes para a cidadanía maior de 50 anos. É unha organización sen ánimo de lucro. Zamora ten un importante potencial de Economía da Prata, non só pola súa gran poboación de maior idade (Zamora é a provincia con maior poboación envellecida de España), senón tamén porque é un lugar atractivo para vivir, tal e como se estableceu no I Congreso Internacional de Economía da Prata celebrado en Zamora, ao que asistiron 40 expertos e 700 delegados. Por outra banda, o sector empresarial da rexión está moi fragmentado e, no mercado laboral, son necesarias medidas para impulsar o emprego e aumentar a renda media. O DIHDSE, liderado pola Deputación Provincial de Zamora en colaboración coa organización industrial, de investigación e financeira, promoverá o recoñecemento de Zamora como provincia líder en servizos e industrias especializadas para maiores, non só en España senón tamén a nivel internacional, fortalecendo así o desenvolvemento socioeconómico futuro da rexión.</t>
+  </si>
+  <si>
+    <t>CIDIHUB (Centro de Innovación Dixital de Canarias)</t>
+  </si>
+  <si>
+    <t>O Centro de Innovación Dixital das Illas Canarias (CIDIHUB) forma parte da rede de Centros Europeos de Innovación Dixital (EDIH), unha iniciativa da Comisión Europea destinada a acelerar a transformación dixital das empresas e as administracións públicas en toda Europa. Como consorcio de organizacións e centros especializados, o CIDIHUB serve como un recurso clave nas Illas Canarias, proporcionando ás pemes e ás entidades públicas as habilidades, as tecnoloxías e os recursos que necesitan para innovar, crecer e ser máis competitivas na economía dixital. O noso compromiso é situar as Illas Canarias na vangarda da dixitalización europea, ofrecendo ás empresas e ás administracións públicas servizos especializados, apoio na adopción de tecnoloxías avanzadas e programas de formación que lles permitan aproveitar as oportunidades da nova economía.</t>
+  </si>
+  <si>
+    <t>Mundo forestal</t>
+  </si>
+  <si>
+    <t>Ferramentas e recursos profesionais para propietarios forestais. Define a túa propiedade, xestiona os teus recursos e convértete nun líder na xestión forestal sostible.</t>
+  </si>
+  <si>
+    <t>ASEMFO (Asociación Nacional de Empresas Forestais)</t>
+  </si>
+  <si>
+    <t>ASEMFO é a Asociación Nacional de Empresas Forestais de España. Fundada en 1994 como unha asociación voluntaria de empresas forestais privadas dedicadas á realización de proxectos, obras e servizos para a conservación, protección e mellora do medio natural, ASEMFO garante a implementación técnica de estratexias de investimento ESG e políticas de sustentabilidade corporativa.</t>
+  </si>
+  <si>
+    <t>CIDAI</t>
+  </si>
+  <si>
+    <t>O Centro de Innovación en Tecnoloxía de Datos e Intelixencia Artificial (CIDAI) promove o desenvolvemento e a adopción de solucións baseadas en IA mediante a colaboración con empresas, institucións e centros de investigación aplicada.</t>
+  </si>
+  <si>
+    <t>ITA (Instituto Tecnológico de Aragón)</t>
+  </si>
+  <si>
+    <t>O ITA é un centro tecnolóxico adscrito á Consellería de Presidencia, Economía e Xustiza do Goberno de Aragón, cuxa misión é contribuír ao desenvolvemento tecnolóxico das empresas e aumentar a súa competitividade.</t>
+  </si>
+  <si>
+    <t>DIHBAI-TUR: Centro de Innovación Dixital das Illas Baleares en Intelixencia Artificial no Turismo e no Sector Agroalimentario</t>
+  </si>
+  <si>
+    <t>Centro centrado na intelixencia artificial como tecnoloxía disruptiva que axudará na transformación dixital das empresas das Illas Baleares</t>
+  </si>
+  <si>
     <t>BIOHUBCAT</t>
   </si>
   <si>
-    <t>Hubs</t>
-[...1 lines deleted...]
-  <si>
     <t>BIOHUBCAT é a ventanilla única dedicada a facilitar a xeración de valor económico a partir de recursos orgánicos renovables en Cataluña. Un lugar onde as empresas e os emprendedores poden recorrer para atopar as solucións que precisan para dar o seguinte paso.</t>
   </si>
   <si>
-    <t>CTA (Corporación Tecnolóxica de Andalucía)</t>
-[...7 lines deleted...]
-  <si>
     <t>Centro Agro Intelixente</t>
   </si>
   <si>
     <t>Smart Agro Hub é un ecosistema de investigación, coñecemento práctico e emprendemento que contribúe á creación dun sistema de produción agrícola máis respectuoso co medio ambiente baseado en tecnoloxías dixitais. A visión do centro de competencia é ser un catalizador para a transformación dixital da agricultura grega e a formación dun novo modelo de produción sostible no sector agroalimentario, a través de solucións innovadoras. A misión do Smart Agro Hub é: Proporcionar aos produtores solucións agrotecnolóxicas intelixentes e eficientes para aumentar os rendementos, reducir os custos de produción e mellorar a súa pegada ambiental. Proporcionar á industria alimentaria solucións sostibles para establecer e cumprir obxectivos de sostibilidade de acordo cos estándares internacionais e gañar unha posición competitiva no mercado. Actividades do Centro: O desenvolvemento de solucións innovadoras para a transformación dixital da agricultura grega O desenvolvemento, a proba, a avaliación e a mellora das tecnoloxías agrícolas Na realización de experimentos agrícolas Prestación de servizos de consultoría en sustentabilidade Avaliación da pegada ambiental da cadea agroalimentaria Desenvolvemento de produtos e tecnoloxías dixitais innovadoras no sector agroalimentario Realizar investigacións científicas e participar en proxectos de investigación no campo da agricultura e a biotecnoloxía.</t>
   </si>
   <si>
     <t>Clúster de Enerxía Vasco</t>
   </si>
   <si>
     <t>Asociación de clústeres que aglutina e representa empresas do sector enerxético vasco para reforzar o seu posicionamento e capacidade competitiva. Somos o punto de encontro e conexión para empresas, organizacións e entidades públicas que desenvolven a súa actividade arredor das cadeas de valor enerxéticas. Promovemos e coordinamos accións colaborativas para mellorar a competitividade da industria enerxética vasca. O Clúster desenvolve proxectos de I+D en descarbonización industrial, enerxía eólica, hidróxeno e combustibles renovables, redes intelixentes e enerxía solar fotovoltaica (proxecto Agrovitivoltaica )</t>
   </si>
   <si>
     <t>DIH-LEAF (Gandería, Medio Ambiente, Agricultura e Bosques)</t>
   </si>
   <si>
     <t>O Centro de Innovación Dixital (DIH) centrado nos sectores gandeiro, medioambiental, agrícola e forestal ( DIH-LEAF) está composto por varias partes interesadas relacionadas co sector produtivo e diferentes iniciativas tecnolóxicas. No DIH-LEAF participan universidades e centros tecnolóxicos, empresas, asociacións de produtores, organizacións sen ánimo de lucro e outras. Para abordar o desafío da dixitalización e a innovación tecnolóxica neste amplo sector produtivo, o DIH-LEAF estableceuse como un ecosistema de dixitalización único e autónomo co obxectivo final de dixitalizar estas entidades, aumentando así a súa eficiencia, competitividade e sustentabilidade mediante a aplicación das Tecnoloxías da Información e a Comunicación (TIC). Isto contribúe ao desenvolvemento sostible tanto das zonas rurais como das urbanas. Os seguintes son os servizos que ofrece DIH-LEAF: Ensaio e experimentación Formación Apoio na procura de fontes de financiamento</t>
   </si>
   <si>
     <t>Centro de Innovación Dixital Vasco (Bdih)</t>
   </si>
   <si>
     <t>O Centro de Innovación Dixital Vasco (Bdih) proporciona ás pemes acceso ás capacidades tecnolóxicas necesarias para afrontar os retos da industria intelixente, a enerxía e a saúde, e para evolucionar no entorno dixital e sostible. O Centro proporciona ás empresas infraestruturas e coñecementos especializados. Laboratorios, equipamentos, software, capacidades científicas e tecnolóxicas e un equipo de expertos apoian cada proxecto nun destes 8 nodos: Nodo de robótica flexible e colaborativa Nodo de materiais avanzados Nodo de Máquinas Intelixentes e Conectadas Nodo de Fabricación Aditiva Nodo de ciberseguridade Nodo de Redes Eléctricas Dixitais Nodo de Dispositivos Médicos e Saúde Dixital Nodo de Intelixencia Artificial</t>
   </si>
   <si>
     <t>Centro Circular Vasco</t>
@@ -209,323 +278,299 @@
   <si>
     <t>Novela-T</t>
   </si>
   <si>
     <t>Cremos no poder da innovación e na súa contribución a unha sociedade mellor e máis sostible. Ofrecemos o noso apoio de forma independente e sen ánimo de lucro, baseándonos nas contribucións dos nosos fundadores.</t>
   </si>
   <si>
     <t>Ontzi BASQUE FOOD PACKAGING Hub de Innovación</t>
   </si>
   <si>
     <t>A misión do Hub é promover a I+D+i para deseñar envases alimentarios seguros, sostibles e competitivos que beneficien ás empresas da cadea alimentaria vasca e, por suposto, ao medio ambiente.</t>
   </si>
   <si>
     <t>AgrobankHub</t>
   </si>
   <si>
     <t>Un ecosistema virtual para compartir coñecemento e proporcionar novas ferramentas aos profesionais agrícolas.</t>
   </si>
   <si>
     <t>Centro de Innovación Alimentaria de Madrid</t>
   </si>
   <si>
     <t>MADRID FOOD INNOVATION HUB é o primeiro centro de emprendemento alimentario de Madrid. Unha iniciativa pioneira centrada en fomentar a innovación e o emprendemento en toda a cadea de valor agroalimentaria.</t>
   </si>
   <si>
+    <t>iHub La Vega Innova</t>
+  </si>
+  <si>
+    <t>Un ecosistema completo para startups no sector AgriFoodTech e un escaparate de tecnoloxías que acelera a transformación dixital do sector agroalimentario, as súas pemes e os traballadores autónomos.</t>
+  </si>
+  <si>
     <t>eAtex. Centro de innovación alimentaria da CNTA</t>
   </si>
   <si>
     <t>Centro de innovación colaborativa para a transferencia e implementación de tecnoloxía na industria agroalimentaria</t>
   </si>
   <si>
     <t>AIR4S. Intelixencia artificial e robótica para os obxectivos de desenvolvemento sostible</t>
   </si>
   <si>
     <t>Centro para impulsar o desenvolvemento e o crecemento da industria na Comunidade de Madrid mediante o uso e a implementación de tecnoloxías baseadas na intelixencia artificial e a robótica</t>
   </si>
   <si>
     <t>Asociación de Clústeres Dixitais de Cataluña</t>
   </si>
   <si>
     <t>Espazo de traballo para empresas, organizacións e grupos de investigación no sector das tecnoloxías da información e as comunicacións (TIC).</t>
   </si>
   <si>
     <t>Barrax - Centro de Innovación Rural</t>
   </si>
   <si>
     <t>Un centro que promove obradoiros de investigación, reunións de negocios, creación de redes profesionais, financiamento europeo, información e experimentación.</t>
   </si>
   <si>
     <t>Centro de Innovación e Tecnoloxía da UPC (CIT UPC)</t>
   </si>
   <si>
     <t>Centro de Investigación, Formación e Transferencia de Coñecemento</t>
   </si>
   <si>
-    <t>iHub La Vega Innova</t>
-[...10 lines deleted...]
-  <si>
     <t>Clúster de Edificación Sostible de Andalucía</t>
   </si>
   <si>
     <t>Un proxecto asociativo e de reconstrución sectorial que permite a identificación e posta en marcha continua de novas oportunidades e o aloxamento de empresas sostibles.</t>
   </si>
   <si>
     <t>Parque Científico e Tecnolóxico de Poznan da Fundación Universitaria Adam Mickiewicz</t>
   </si>
   <si>
     <t>O Parque Científico e Tecnolóxico de Poznan (PSTP) é o primeiro parque tecnolóxico de Polonia (1995). Está xestionado (como departamento principal) pola Fundación Universitaria Adam Mickiewicz, unha organización sen ánimo de lucro coa misión de estimular a colaboración entre a ciencia e a industria para promover o desenvolvemento rexional a través da innovación, a transferencia de tecnoloxía e a cooperación internacional.</t>
   </si>
   <si>
     <t>Instituto de Investigación TIC RISE de Suecia</t>
   </si>
   <si>
     <t>Rise Research Institutes of Sweden é o instituto de investigación e socio de innovación de Suecia. Mediante a colaboración internacional coa industria, o mundo académico e o sector público, garantimos a competitividade empresarial e contribuímos a unha sociedade sostible.</t>
   </si>
   <si>
     <t>SmartAgricultura</t>
   </si>
   <si>
     <t>Smartagri é un esforzo conxunto de Agroväst, os Institutos de Investigación de Suecia (Rise) e o Parque Científico Skövde, co obxectivo de acelerar a dixitalización do sector agrícola no oeste de Suecia.</t>
   </si>
   <si>
     <t>Espazo53</t>
   </si>
   <si>
     <t>Space53 reúne gobernos, institucións de coñecemento, traballadores humanitarios e empresas nun Clúster de Innovación de Drons e fortalece o ecosistema creando as condicións previas para o desenvolvemento e a aplicación exitosos de sistemas non tripulados.</t>
   </si>
   <si>
+    <t>ahedd - Centro de Ática para a Economía dos Datos e os Dispositivos</t>
+  </si>
+  <si>
+    <t>O Centro Nacional de Investigación Científica (NCSR) Demokritos é o maior centro de investigación multidisciplinar de Grecia, con aproximadamente 1.000 empregados e máis de 50 anos de logros científicos innovadores e contribucións á economía e á sociedade gregas. Foi un socio clave en varias iniciativas tecnolóxicas nacionais, como a adquisición e operación de instalacións de computación de alto rendemento e o establecemento de redes de computación de alta velocidade no país, e actualmente é líder ou membro de múltiples proxectos de infraestruturas nacionais e europeos.</t>
+  </si>
+  <si>
+    <t>Centro de Innovación en Ciberseguridade</t>
+  </si>
+  <si>
+    <t>Agroalimentaria Croacia</t>
+  </si>
+  <si>
+    <t>Agrifood Croatia é un centro de innovación que reúne a investigadores, empresas e actores públicos en Croacia para levar a cabo conxuntamente transformacións dixitais nos sectores da acuicultura, a agricultura e a alimentación.</t>
+  </si>
+  <si>
     <t>VP Delta</t>
   </si>
   <si>
     <t>Agrohub.bg é un centro europeo de innovación dixital para a Rexión Centro-Sur, aprobado no marco do Programa Europa Dixital co Proxecto Agrodigirise. O proxecto comezou o 1 de novembro de 2022 e está previsto que dure tres anos. Está implementado por un consorcio con diversos perfís e experiencia: organizacións sectoriais, unidades científicas e de investigación, institucións de formación, empresas tecnolóxicas, importadores de maquinaria agrícola, etc., en colaboración co Concello de Plovdiv.</t>
   </si>
   <si>
     <t>Laboratorios de drons árticos</t>
   </si>
   <si>
     <t>Arctic Drone Labs é un innovador centro de investigación en mobilidade aérea situado en Finlandia. Estamos á vangarda da recopilación e aproveitamento de coñecementos, ferramentas de vangarda e innovacións revolucionarias para impulsar o crecemento da industria dos sistemas aéreos non tripulados (UAS). A nosa misión abrangue o fomento do desenvolvemento empresarial, o avance das iniciativas de investigación e a potenciación da educación neste campo transformador.</t>
   </si>
   <si>
     <t>ART-ER-DIH</t>
   </si>
   <si>
     <t>Art-Er (anteriormente Aster) opera como un centro de innovación dixital na rexión de Emilia-Romaña, e a súa proposta de valor é a conexión das partes interesadas e a integración de iniciativas, servizos e oportunidades para aproveitar a infraestrutura, o coñecemento e a experiencia tanto das empresas como dos provedores (de instalacións, servizos, formación, etc.).</t>
   </si>
   <si>
-    <t>Centro de Innovación en Ciberseguridade</t>
-[...7 lines deleted...]
-  <si>
     <t>Investigación de Wageningen</t>
   </si>
   <si>
     <t>A forza da Universidade e Investigación de Wageningen reside na súa capacidade para combinar os puntos fortes dos institutos de investigación especializados e da universidade. Tamén reside nos esforzos conxuntos de diversos campos das ciencias naturais e sociais.</t>
   </si>
   <si>
-    <t>ahedd - Centro de Ática para a Economía dos Datos e os Dispositivos</t>
-[...2 lines deleted...]
-    <t>O Centro Nacional de Investigación Científica (NCSR) Demokritos é o maior centro de investigación multidisciplinar de Grecia, con aproximadamente 1.000 empregados e máis de 50 anos de logros científicos innovadores e contribucións á economía e á sociedade gregas. Foi un socio clave en varias iniciativas tecnolóxicas nacionais, como a adquisición e operación de instalacións de computación de alto rendemento e o establecemento de redes de computación de alta velocidade no país, e actualmente é líder ou membro de múltiples proxectos de infraestruturas nacionais e europeos.</t>
+    <t>Centro de impulsos dixitais</t>
+  </si>
+  <si>
+    <t>Centro que ofrece consultoría, ecosistema e creación de redes, formación e financiamento</t>
+  </si>
+  <si>
+    <t>Centro de Innovación Dixital Andalucía Agrotech</t>
+  </si>
+  <si>
+    <t>Centro para a difusión de tecnoloxía e innovación, servizos de consultoría, I+D aplicada, tecnoloxía, formación, aceleración e emprendemento. Obxectivo:</t>
+  </si>
+  <si>
+    <t>Centro de Agricultura Dixital</t>
+  </si>
+  <si>
+    <t>Centro de servizos de apoio que axuda ás empresas agrícolas a ser máis competitivas mellorando os seus procesos empresariais/produtivos, así como os seus produtos e servizos a través da tecnoloxía dixital.</t>
   </si>
   <si>
     <t>Instituto Tecnolóxico Danés, Tecnoloxía Robótica</t>
   </si>
   <si>
     <t>O Instituto Tecnolóxico Danés é unha empresa líder en investigación e tecnoloxía. Axudan aos seus clientes a traducir o coñecemento e a tecnoloxía máis recentes en valor. Somos expertos en produción, materiais, tecnoloxía ambiental, negocios, enerxía, agrotecnoloxía, investigación cárnica e moito máis.</t>
   </si>
   <si>
     <t>DIH PANNONIA</t>
   </si>
   <si>
     <t>A Axencia de Desenvolvemento do Condado de Vukovar-Srijem prepara o Plan de Desenvolvemento do Condado de Vukovar-Srijem e outros documentos estratéxicos e de desenvolvemento. Ofrece asistencia especializada na preparación e implementación de programas e proxectos de desenvolvemento para organismos de dereito público e institucións públicas na área do condado que son relevantes para o desenvolvemento do condado, así como proxectos conxuntos relevantes para o desenvolvemento de varios condados.</t>
   </si>
   <si>
-    <t>Clúster de transaccións seguras electrónicas - TES</t>
-[...4 lines deleted...]
-  <si>
     <t>Laboratorio de Deseño e Aplicación de Sistemas Integrados DIH (ESDALAB DIH)</t>
   </si>
   <si>
     <t>Esdalab DIH coordina unha ampla rede de DIHS en todo o sur e o leste de Europa, ofrecendo oportunidades de financiamento e apoiando a cooperación multilateral entre organizacións con experiencia complementaria. Tamén ofrece servizos innovadores a empresas, especialmente pemes (incluídas as startups) e empresas lixeiramente máis grandes, para apoiar a súa transformación dixital.</t>
   </si>
   <si>
     <t>Parlamento dos Agricultores Centro de Innovación Dixital de Letonia - ZSA DIH</t>
   </si>
   <si>
     <t>Smartagro é un sitio web de innovación e tecnoloxía agrícola. O obxectivo principal de Smartagro é informar e animar aos agricultores e outras partes interesadas a usar novas tecnoloxías, servizos, produtos e sistemas para un futuro sostible nas zonas rurais. Ao centrarse en clústeres rexionais, centros de innovación dixital, laboratorios vivos e solucións tecnolóxicas dentro dos proxectos do Programa de Investigación e Innovación Horizonte 2020 da UE, o sitio web proporcionará ideas e solucións de vangarda para facilitar as innovacións nas zonas rurais. Smartagro está mantido polo Parlamento de Agricultores (FP), unha organización non gobernamental.</t>
   </si>
   <si>
-    <t>Centro de impulsos dixitais</t>
-[...16 lines deleted...]
-  <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova é unha asociación sen ánimo de lucro que promueve a elnovación tecnolóxica en Italia, Atrtaverso La Formazione, La Consulenza e il. A Nostra Associazione ten a Sfida di contribuye a facilitar a potenciación das tecnoloxías all'avantgarde, a estratexia impertitoriali deste, novos modelos de empresas e o desenvolvemento sostible de solucións e infraestruturas nas zonas rurais despois de conformala en "solucións e infraestruturas intelixentes en áreas e zonas rurales despois de conformala en" solucións e infraestruturas intelixentes nas zonas rurais para acadar unha mellor calidade de vida.</t>
   </si>
   <si>
     <t>COMIDA DE FLANDRES, FF</t>
   </si>
   <si>
     <t>A comida de Flandres é Sinds de Oprichting Hét Innovatieplatform Voor de Vlaamse Voedingsindustrie. A comida de Flanders Werd en 2005 Opgericht Door Fevia Vlaanderen (Federatie Van de Voedingsindustrie) en Een 20-Tal Stichtende Leden. ¿Queres facer? Door Samenwerking, coñeceu a Elkaar en Onderzoekspartner, Meer Slagkracht Bekomen. Een Visie Waar We Nog Steeds en Geloven. De Klassieke "Waardeketen" Van Boer Tot Klant, Met Een Centrale Rol Voor de Voedingsfabriek, Bleek Meer e Meer Achterhaald. Het Speelveld Wordt Immers Elke Dag Globaler. Om de competitiviteit en het agrovoedingssysteem te versterken es het noodzakelijk om te inverseren en onderzoek en innovatie en tussen zowel (voedings) bedrijven as social benefit organizations. Dit sobre o sector Van de Grenzen no Heen de Regio. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen. Iedereen die Een Meerwaarde Ziet en Een Samenwerking Met Het Ecosysteem Rond de Vlaamse Voedingsindustrie é van Harte Welkom.</t>
   </si>
   <si>
     <t>DIH da cadea de subministración verde</t>
   </si>
   <si>
     <t>A estratexia "da granxa á mesa" é o núcleo do Pacto Verde Europeo, que ten como obxectivo que os sistemas alimentarios sexan xustos, sans e respectuosos co medio ambiente. Necesitamos redeseñar os nosos sistemas alimentarios para facelos máis sostibles e aumentar a súa resiliencia. As novas tecnoloxías e os descubrimentos científicos, combinados cun aumento da concienciación pública e da demanda de alimentos sostibles, beneficiarán a todas as partes interesadas. A revolución dixital ofrece oportunidades, pero moitas empresas aínda teñen dificultades para saber en que tecnoloxías investir e como obter financiamento. Máis do 90 % das pemes están atrasadas na innovación dixital e necesitan apoio para a súa transformación dixital.</t>
   </si>
   <si>
     <t>Centro de experiencias de innovación (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub é unha asociación sen ánimo de lucro co obxectivo de: a. Reforzar o nivel de coñecemento e concienciación das empresas sobre as oportunidades que ofrece a transformación dixital, tamén no contexto do Plan Nacional Empresa 4.0, a estratexia europea para a dixitalización da industria ("Dixitalización da Industria Europea - DEI") e o Programa de Innovación TICHE para Pequenas e Medianas Empresas Manufactureras ("programa de Innovación TIC para as PEME Manufactureras - I4MS"); b. Ser a porta de entrada ao ecosistema de innovación para apoiar a transformación dixital do sistema produtivo; c. Estimular a demanda de innovación das empresas; d. Crear unha ponte entre as empresas e o mundo da investigación.</t>
   </si>
   <si>
     <t>Instituto de Elevación - Idele</t>
   </si>
   <si>
     <t>A misión do Institut de L'Elevage é mellorar a competitividade das explotacións de herbívoros e os seus sectores nun contexto en constante cambio. O seu traballo proporciona solucións técnicas innovadoras aos agricultores e ás partes interesadas dos sectores bovino, ovino, caprino e equino. Ofrecen respostas aos problemas sociais e ambientais actuais, servindo ás partes interesadas do sector gandeiro e aos seus sectores.</t>
   </si>
   <si>
-    <t>DIH-BAITUR: Centro de Innovación Dixital das Illas Baleares para a Intelixencia Artificial e o Turismo</t>
-[...4 lines deleted...]
-  <si>
     <t>DIHBU Industria 4.0</t>
   </si>
   <si>
     <t>Centro para impulsar a innovación e a intelixencia competitiva para fomentar a cocreación de novos produtos e a prestación de servizos complementarios non tecnolóxicos ás empresas.</t>
   </si>
   <si>
     <t>Dinápsis DIH</t>
   </si>
   <si>
     <t>Centro centrado en lograr o desenvolvemento sostible, incorporar a transformación dixital na xestión ambiental e abordar os desafíos do cambio climático</t>
   </si>
   <si>
-    <t>Le Pool French Tech Rennes Saint-Malo</t>
-[...4 lines deleted...]
-  <si>
     <t>Laboratorio de Nanotecnoloxía LTFN (Laboratorio de Películas Finas - Nanobiomateriais - Nanosistemas - Nanometroloxía)</t>
   </si>
   <si>
     <t>O Laboratorio de Nanotecnoloxía LTFN, establecido en 1991, está situado no Departamento de Física da Universidade Aristóteles de Tesalónica (AUTH) e nas instalacións Cope-H preto de Thermi e do aeroporto de Tesalónica. Ten máis de 25 anos de experiencia en tecnoloxía de películas finas, nanomateriais avanzados e fabricación de nanopartículas, desenvolvendo/implementando técnicas de metroloxía óptica in situ e en tempo real, modelado computacional e ferramentas de nanometroloxía. A misión de LTFN é promover a investigación de clase mundial e as mellores prácticas en nanotecnoloxía, electrónica orgánica, nanomedicina e nanometroloxía para abordar os desafíos globais na fabricación, enerxía, iluminación, electrónica, fotónica, IoT, transporte, atención sanitaria e calidade de vida, agricultura, etc.</t>
   </si>
   <si>
     <t>Fotónica Bretaña</t>
   </si>
   <si>
     <t>A plataforma tecnolóxica de Photonics Bretagne ten unha ampla experiencia en biofotónica.</t>
   </si>
   <si>
     <t>ROBOCOAST</t>
   </si>
   <si>
     <t>A misión de Robocoast é apoiar a transformación dixital con habilidades clave en ciberseguridade, robótica, tecnoloxía enerxética, intelixencia artificial, análise de datos, 5G e Internet das Cousas. Ofrecemos servizos á industria de exportación e a outras industrias, así como a empresas emerxentes e de alta tecnoloxía. Os produtos e servizos desenvolvidos polos membros céntranse na industria de exportación e as súas cadeas de subcontratación, a fabricación avanzada, a tecnoloxía da información e as comunicacións e o sector enerxético. Tamén ofrecemos cooperación multidisciplinar en áreas como a agricultura e a tecnoloxía sanitaria.</t>
   </si>
   <si>
     <t>DIH da Industria Rural</t>
   </si>
   <si>
     <t>Digital Innovation Hub tradúcese oficialmente ao finés como Digital Innovation Hub. É unha ferramenta desenvolvida e coordinada pola Comisión Europea para acelerar as solucións dixitais para as empresas europeas. O DIH está principalmente orientado á rexión, cun foco principal nas pemes.</t>
   </si>
   <si>
+    <t>Instituto BioSense - Instituto para a investigación e o desenvolvemento de tecnoloxías da información en biosistemas</t>
+  </si>
+  <si>
+    <t>Antares esfórzase por impulsar a excelencia na investigación no Instituto Biosense, ofrecer solucións dixitais disruptivas ao sector agrícola europeo, estimular o emprendemento e o emprego rexionais e garantir alimentos suficientes e seguros para a crecente poboación mundial.</t>
+  </si>
+  <si>
     <t>SMILE-DIH (Centro de Innovación en Fabricación Intelixente para a Excelencia Lean - Centro de Innovación Dixital)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) é un Centro de Innovación Dixital (DIH) acreditado e operativo a nivel europeo, fundado en Parma en 2018, como unha asociación sen ánimo de lucro legalmente recoñecida, pola Unione Parmense Degli Industriali e a Universidade de Parma. Smile-DIH forma parte de I4MS (European DiH Network) e da rede italiana confindustria DIH e ten a capacidade de apoiar a transferencia de tecnoloxía entre centros de investigación (universidades, centros de competencia, institutos e organismos privados) e industrias manufactureiras (en particular pemes e empresas de mediana capitalización), así como administracións públicas, co fin de transformar os seus modelos de negocio a través de: a dixitalización dos procesos operativos para facelos máis eficientes e funcionais; a implementación de metodoloxías innovadoras e Lean, apoiadas en tecnoloxías intelixentes como os sistemas ciberfísicos (CPS), a Internet das Cousas (IoT e IIoT), a intelixencia artificial (IA), a robótica (autónoma e colaborativa), a ciberseguridade e a computación de alto rendemento (HPC).</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Promover a investigación aplicada, dirixir a investigación que responda a unha necesidade.</t>
   </si>
   <si>
     <t>Instituto Nacional Tyndall, Tyndall</t>
   </si>
   <si>
     <t>O Instituto Nacional Tyndall é un centro europeo líder en investigación tecnolóxica profunda para hardware e sistemas TIC (tecnoloxías da información e as comunicacións) integrados. Especializados tanto en electrónica como en fotónica (materiais, dispositivos, circuítos e sistemas), somos líderes mundiais nas nosas principais áreas de investigación: fabricación de obleas de semicondutores; materiais, dispositivos e plataformas de enxeñaría cuántica; integración e empaquetado microelectrónico e fotónico; sistemas enerxéticos integrados e mitigación do cambio climático; biofotónica, bioelectrónica, dispositivos e sistemas biomédicos; sensores e sistemas intelixentes; sistemas centrados no ser humano para o traballo e a vida; sistemas de comunicación óptica; sistemas de comunicación sen fíos; deseño de circuítos analóxicos e de sinal mixto.</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Os Centros de Innovación Dixital (CDI) son "puntos únicos" aprobados pola Comisión Europea que axudan ás empresas a ser máis competitivas con respecto aos seus procesos comerciais/de produción, produtos ou servizos mediante tecnoloxías dixitais. Como primeiro punto de contacto rexional e porta de entrada a un ecosistema de innovación multilateral, proporcionan ás pemes e outras empresas: acceso aos coñecementos, a experiencia e a tecnoloxía máis recentes para apoiar aos seus clientes con proxectos piloto, probas e experimentos con innovacións dixitais; e apoio comercial e financeiro para implementar estas innovacións.</t>
   </si>
   <si>
     <t>Laboratorio CP Newcastle</t>
   </si>
   <si>
     <t>A calidade da vida urbana no futuro dependerá cada vez máis da complexa relación entre os sistemas informáticos, a enxeñaría, a física e o comportamento humano. Esta relación entre as persoas e a tecnoloxía que empregamos afectará cada vez máis a todos os aspectos da nosa vida cotiá, desde como abastecemos os nosos fogares e empresas ata como producimos os nosos alimentos. As empresas, o goberno e a industria dependerán dunha tecnoloxía integrada que podería ofrecer grandes melloras ás nosas vidas, pero que tamén é vulnerable aos ciberataques e aos fallos do software. A necesidade de comprender e unir estes diferentes elementos para que funcionen de forma eficiente será de vital importancia para que a sociedade prospere. O Laboratorio Cibernético Físico da Universidade de Newcastle forma parte do Centro de Innovación Dixital (DIH) no moderno sitio Newcastle Helix, implementando a visión rexional para unha economía dixital próspera no nordeste de Inglaterra. Ademais da Universidade de Newcastle, o DIH ofrece servizos a través do Centro Nacional de Innovación para Datos (NICD), proporcionando habilidades prácticas de datos ás organizacións. O Instituto de Codificación, Bridging the Digital Skills Gap e o Programa Arrow, aliñando as necesidades das pemes rexionais coa Universidade de Newcastle.</t>
   </si>
   <si>
-    <t>Instituto BioSense - Instituto para a investigación e o desenvolvemento de tecnoloxías da información en biosistemas</t>
-[...4 lines deleted...]
-  <si>
     <t>Espazo FIWARE</t>
   </si>
   <si>
     <t>Centra a súa actividade na formación, o traballo en rede, a difusión de eventos, avances e proxectos realizados para o desenvolvemento tecnolóxico de Badaxoz</t>
   </si>
   <si>
     <t>Grupo de alimentos +i</t>
   </si>
   <si>
     <t>Proxecto para difundir actividades, proxectos, redes, propostas de valor e innovación levadas a cabo polo clúster food+i.</t>
   </si>
   <si>
     <t>Fábrica Galega do Futuro HUB</t>
   </si>
   <si>
     <t>Un entorno para impulsar proxectos cooperativos de alto impacto para mellorar a competitividade das empresas da industria da automoción e a mobilidade de Galicia.</t>
   </si>
   <si>
     <t>IPC</t>
   </si>
   <si>
     <t>O IPC actúa como catalizador, reunindo o mundo académico, as empresas, o goberno e os investidores para trasladar ideas e investigacións brillantes ao mercado. Facémolo proporcionando aos nosos clientes acceso aos expertos, equipos, redes, financiamento e moito máis axeitados, conectando os puntos para unha innovación eficaz. Somos un centro de innovación tecnolóxica independente líder e membro fundador da High Value Manufacturing Catapult do goberno do Reino Unido. Fundada en 2004, os nosos equipos aplican incansablemente os seus moitos anos de experiencia para garantir que cada gran invención teña a mellor oportunidade de converterse nun produto ou proceso comercializado con éxito. Traballamos cos nosos socios en diversos mercados do Reino Unido e de todo o mundo, impulsando as súas innovacións e axudándoos a reducir o risco e o custo asociados ao desenvolvemento de produtos.</t>
   </si>
   <si>
     <t>MicroHub.Swiss - O DIH suízo de microtecnoloxía e microfabricación</t>
@@ -716,60 +761,60 @@
   <si>
     <t>Centro de innovación dixital verde</t>
   </si>
   <si>
     <t>Apoiar as comunidades e redes agrícolas alimentarias en See mediante o desenvolvemento de servizos sobre calidade dixital dos alimentos e trazabilidade mediante blockchain</t>
   </si>
   <si>
     <t>Academia Jheronimus de Ciencia de Datos</t>
   </si>
   <si>
     <t>Jads é unha colaboración única entre a provincia de Brabante Setentrional, o concello de S-Hertogenbosch, a Universidade de Tilburg e a Universidade Tecnolóxica de Eindhoven (TU/E). Ofrecemos varios programas de ciencia de datos, desde programas de licenciatura e máster ata Educación e Formación Profesional (ENGD) (anteriormente PDENG). Tamén axudamos ás organizacións a dar forma ao seu futuro baseado en datos.</t>
   </si>
   <si>
     <t>Centro de innovación en IA de LTU</t>
   </si>
   <si>
     <t>A Universidade Tecnolóxica de Luleå ten moitos anos de experiencia en intelixencia artificial aplicada. O noso ecosistema de investigación relacionado coa IA conéctase directamente con aplicacións do mundo real nos negocios e na industria. Contribuímos a innovacións en IA seguras e medibles que marcan a diferenza na vida cotiá e benefician á sociedade en xeral.</t>
   </si>
   <si>
     <t>Instituto de Ciencia e Tecnoloxía de Luxemburgo (LIST)</t>
   </si>
   <si>
     <t>O Instituto de Ciencia e Tecnoloxía de Luxemburgo (LIST) é unha organización de investigación e tecnoloxía (RTO) con misións que desenvolve prototipos de produtos e servizos competitivos e orientados ao mercado para partes interesadas públicas e privadas.</t>
   </si>
   <si>
+    <t>Centro de Innovación da Auga Dixital (Auga Dixital)</t>
+  </si>
+  <si>
+    <t>Centro para a difusión da tecnoloxía e a innovación, servizos de consultoría, I+D aplicada, tecnoloxía e formación Obxectivo: Dotar a Cataluña de tecnoloxía industrial, consultoría, formación, desenvolvemento de produtos e servizos innovadores e promoción e difusión da innovación tecnolóxica</t>
+  </si>
+  <si>
     <t>Centro de innovación dixital de Innoskart</t>
   </si>
   <si>
     <t>O Grupo transcendeu os seus límites orixinais tanto xeograficamente como en termos do seu alcance de actividades. Hoxe, Innoskart converteuse nun grupo nacional de provedores de servizos de TI (hardware e software), así como en membros do sector da fabricación e investigación de alimentos, pero acadou logros excepcionais en moitos outros campos (comercio de vehículos, produtos farmacéuticos, maquinaria e comercio, metalurxia, pintura, consultoría, etc.). As organizacións de Innoskart abarcan desde empresas individuais ata grandes corporacións cunha ampla gama de capacidades. Ademais das corporacións, centros de investigación, universidades e concellos tamén son membros do Clúster.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Centro para a difusión da tecnoloxía e a innovación, servizos de consultoría, I+D aplicada, tecnoloxía e formación Obxectivo: Dotar a Cataluña de tecnoloxía industrial, consultoría, formación, desenvolvemento de produtos e servizos innovadores e promoción e difusión da innovación tecnolóxica</t>
   </si>
   <si>
     <t>Centro de Innovación Dixital da NTUA (DIH-NTUA)</t>
   </si>
   <si>
     <t>En Grecia, implementáronse unha estratexia rexional e 13 nacionais de investigación e innovación para a especialización intelixente. A estratexia nacional promove oito sectores nos que a investigación e a innovación poderían contribuír a desenvolver unha vantaxe competitiva significativa, tendo en conta a masa crítica e a excelencia do respectivo potencial de investigación.</t>
   </si>
   <si>
     <t>Plataforma Rexional Industria 4.0 da Rexión Toscana (Plataforma Toscana Industria 4.0)</t>
   </si>
   <si>
     <t>A ferramenta operativa da Plataforma Rexional Empresa 4.0: un punto de acceso doado para as empresas que desexen innovar e seguir sendo competitivas nos mercados. A plataforma é un novo ecosistema creado para promover e fomentar os procesos de dixitalización do sistema comercial e forma parte da rede de centros de innovación dixital acreditados pola Comisión Europea. A súa tarefa é apoiar ás empresas, en particular ás pemes, no proceso de dixitalización europea e establecer contactos cos distintos actores do ecosistema de innovación dixital presentes na rexión.</t>
   </si>
   <si>
     <t>Centro de Innovación Dixital para o Sector Agroalimentario Galego (Parte do Centro de Bioeconomía)</t>
   </si>
   <si>
     <t>Centro que pon as últimas tecnoloxías dixitais e creativas á disposición dos sectores da administración local, a formación, a internacionalización, o comercio, os servizos e a industria. Obxectivo:</t>
   </si>
   <si>
     <t>Destino intelixente do Algarve, Centro de innovación dixital</t>
   </si>
   <si>
     <t>O Centro de Innovación Dixital (DIH) é unha rede informal de institucións privadas e públicas centrada na dixitalización da economía no territorio, principalmente no sector turístico, liderada pola Asociación de Colaboración do Sistema e a Tecnoloxía do Algarve (Algarve STP), unha asociación sen ánimo de lucro que incorpora a Universidade do Algarve, a Asociación Nacional de Mozos Emprendedores (ANJE) e tres concellos da rexión do Algarve, concretamente Loulé, Faro, Olhão e unha asociación privada de empresas de TI, Algarve Evolution.</t>
   </si>
@@ -1151,578 +1196,578 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C131"/>
+  <dimension ref="A1:C139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C131"/>
+      <selection activeCell="A1" sqref="A1:C139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="1650.311" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:3">
@@ -1777,876 +1822,964 @@
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C108" s="1" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C110" s="1" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C114" s="1" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C116" s="1" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C122" s="1" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C123" s="1" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="1" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="B131" s="1" t="s">
-[...3 lines deleted...]
-        <v>101</v>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>