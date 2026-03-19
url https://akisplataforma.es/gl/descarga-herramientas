--- v0 (2025-12-14)
+++ v1 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Herramientas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="535">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="822">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Tipo de recurso</t>
   </si>
   <si>
     <t>Página web</t>
   </si>
   <si>
     <t>Agrobase</t>
   </si>
   <si>
     <t>Saber identificar correctamente as malas herbas, as enfermidades ou as pragas das plantas é o primeiro paso para un control eficaz. Esta aplicación inclúe unha base de datos de coñecemento agronómico con catálogos de pragas e enfermidades, así como todos os pesticidas, insecticidas e herbicidas rexistrados no país que escolla. Tamén inclúe descricións de produtos de protección de cultivos con ligazóns, para que sempre poidas escoller a solución correcta a un problema. Tamén proporciona información sobre o rexistro dos produtos e as datas de caducidade e, o máis importante, a súa eficacia en diversas áreas.</t>
   </si>
   <si>
     <t>Aplicación móbil</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=lt.farmis.apps.farmiscatalog&amp;hl=e…</t>
   </si>
   <si>
@@ -1046,59 +1046,50 @@
   <si>
     <t>Conecta datos agrícolas, condicións en tempo real e recomendacións agronómicas, todo mentres mantés os datos agrícolas nun só lugar para facilitar o seu seguimento e uso compartido.</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.cropx.adaptive&amp;hl=es_419</t>
   </si>
   <si>
     <t>Visor GO-Esjara</t>
   </si>
   <si>
     <t>Visor cartográfico con información que desenvolve a cadea de valor do uso de xaras (Cistus ladanifer e Cistus laurifolius) para a obtención de aceites esenciais, valorizando residuos e subprodutos</t>
   </si>
   <si>
     <t>https://goesjara.es/visor/</t>
   </si>
   <si>
     <t>IFAPA GUÍA PLAGAS</t>
   </si>
   <si>
     <t>Xestión de pragas</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=es.juntadeandalucia.ifapa.guia</t>
   </si>
   <si>
-    <t>Agroseguro Ganado</t>
-[...7 lines deleted...]
-  <si>
     <t>Identificación Equina</t>
   </si>
   <si>
     <t>Solicitude para a notificación de colocacións de chips de identificación equina e solicitudes de pasaporte do Colexio Veterinario de Cantábrico</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.vetcontrol.canvas.appidendifi…</t>
   </si>
   <si>
     <t>Portal Ganadero</t>
   </si>
   <si>
     <t>Portal Pecuario da Consellería de Desenvolvemento Rural, Gandería, Pesca, Alimentación e Medio Ambiente do Goberno de Cantabria: solicitude de guías de transporte de gando, compra de crotais e identificación de animais</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=es.cantabria.portalganadero.porta…</t>
   </si>
   <si>
     <t>Gestión explotaciones agrarias</t>
   </si>
   <si>
     <t>Aplicación deseñada para facilitar a creación e o seguimento de accións nunha explotación agrícola (XEAGA)</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=gal.xunta.xeaga</t>
@@ -1208,459 +1199,1330 @@
   <si>
     <t>Solución que dixitaliza as operacións agrícolas e gandeiras, monitoriza os cultivos e o gando, mostra indicadores en tempo real e mellora a coordinación no campo.</t>
   </si>
   <si>
     <t>https://mairu.digital/software-agricultura-ganaderia/</t>
   </si>
   <si>
     <t>AGROPECUARIA</t>
   </si>
   <si>
     <t>Xestión profesional de campo e gandería</t>
   </si>
   <si>
     <t>https://controlagropecuaria.web.app/</t>
   </si>
   <si>
     <t>ContaCarne</t>
   </si>
   <si>
     <t>Unha aplicación web que calculará os teus custos de produción, así como o prezo da carne que deberías recibir para cubrir todos os custos da túa explotación (incluído o salario do propietario, estandarizado en 1,5 veces o salario mínimo interprofesional). O usuario poderá imprimir o informe de resultados anuais e facer un seguimento das contas anuais da súa explotación.</t>
   </si>
   <si>
     <t>https://contacarne.xunta.gal/contacarne/</t>
   </si>
   <si>
+    <t>Riego Citrus</t>
+  </si>
+  <si>
+    <t>CITRUS IRRIGATION é unha aplicación pública e gratuíta desenvolvida polo Instituto Andaluz de Investigación e Formación en Produción Agraria, Pesqueira, Alimentaria e Ecolóxica (IFAPA) que proporciona unha interface con recomendacións de rega para cultivos de cítricos adaptadas á dispoñibilidade de auga e a calquera situación de restrición no seu subministro.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.ifapa.riego.citrus.app&amp;pli=1</t>
+  </si>
+  <si>
+    <t>Sensacultivo</t>
+  </si>
+  <si>
+    <t>Aplicación móbil que permite optimizar o consumo de auga e fertilizantes e aumenta a competitividade e a sustentabilidade</t>
+  </si>
+  <si>
+    <t>https://sensacultivo.es/</t>
+  </si>
+  <si>
+    <t>Sensoterra</t>
+  </si>
+  <si>
+    <t>Aplicación móbil para monitorizar a humidade do solo en tempo real mediante sonda e localización que enviará accións suxeridas para aumentar a produtividade dos cultivos e reducir os custos de rego.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=nl.peercode.sensoterranew&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>Memorándum SIEX</t>
+  </si>
+  <si>
+    <t>Aplicación móbil para o sector agrícola que crea automaticamente o caderno de campo dixital e o libro de explotación gandeira.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=net.memorandum.siexmemorandum&amp;hl=…</t>
+  </si>
+  <si>
+    <t>RiegoApp</t>
+  </si>
+  <si>
+    <t>Plataforma de programación de rega para dispositivos móbiles</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.iriego.riegoapp</t>
+  </si>
+  <si>
+    <t>Mide Mapas Pro</t>
+  </si>
+  <si>
+    <t>Unha aplicación que che permite debuxar polígonos e medir distancias, perímetros e áreas en mapas de forma rápida e sinxela con precisión milimétrica. Incluso ten en conta a curvatura da superficie terrestre. Úsao para áreas pequenas ou grandes e despois comparte os teus achados a través de calquera aplicación para compartir no teu dispositivo.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.globaldpi.measuremaplite&amp;hl=e…</t>
+  </si>
+  <si>
+    <t>Riego</t>
+  </si>
+  <si>
+    <t>Xestiona equipos de rega</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.vrriegorn</t>
+  </si>
+  <si>
+    <t>VISORES AUTONÓMICOS DE PARCELAS AGRÍCOLAS (SIGPAC)</t>
+  </si>
+  <si>
+    <t>https://www.fega.gob.es/es/pepac-2023-2027/sistemas-gestion-y-control/sigpac/vi…</t>
+  </si>
+  <si>
+    <t>Contaláctea</t>
+  </si>
+  <si>
+    <t>Plataforma de cálculo de custos para as explotacións leiteiras de Galicia. En base aos datos debidamente cumprimentados, calcularanse os teus custos de produción, así como o prezo do leite que deberías recibir para cubrir todos os custos da túa explotación.</t>
+  </si>
+  <si>
+    <t>https://www.contalactea.es/cantabria/</t>
+  </si>
+  <si>
+    <t>Agri Sustainability Compass</t>
+  </si>
+  <si>
+    <t>Brújula de sustentabilidade agrícola Reúne 20 indicadores clave para as tres dimensións da sustentabilidade na agricultura e nas zonas rurais e axuda aos usuarios a comprender rapidamente o estado actual da sustentabilidade agrícola e a súa evolución ao longo do tempo.</t>
+  </si>
+  <si>
+    <t>https://agridata.ec.europa.eu/extensions/compass/compass.html</t>
+  </si>
+  <si>
+    <t>eAmbrosia</t>
+  </si>
+  <si>
+    <t>Ferramenta web oficial para coñecer o rexistro legal de nomes de produtos agrícolas e alimentarios, viños e bebidas espirituosas rexistradas e protexidas en toda a UE.</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/agriculture/eambrosia/geographical-indications-register/</t>
+  </si>
+  <si>
+    <t>Porcicola Control</t>
+  </si>
+  <si>
+    <t>Benvido a Porcícola Control, a solución integral para a xestión de granxas porcinas e para ti, o porcicultor profesional. Deseñada especificamente para porcicultores, a nosa aplicación ofréceche as ferramentas que necesitas para optimizar a xestión da túa granxa, mellorar a saúde dos teus porcos e aumentar a produtividade.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.madagas.porcicola_control&amp;hl=…</t>
+  </si>
+  <si>
+    <t>FieldPad</t>
+  </si>
+  <si>
+    <t>Permite aos agricultores controlar con maior precisión os seus cultivos, o uso de insumos e os datos meteorolóxicos, o que contribúe a unha toma de decisións máis informada e a unha agricultura máis produtiva. FieldPad proporciona acceso remoto e en tempo real aos datos das parcelas, o que simplifica o diagnóstico de problemas e recomenda solucións, o que permite un asesoramento máis eficaz, optimiza as prácticas agrícolas e aumenta a produtividade. FieldPad permite a monitorización centralizada e en tempo real das actividades agrícolas dos membros, o que simplifica a planificación de cultivos, a asignación de recursos e a xestión da cadea de subministración.</t>
+  </si>
+  <si>
+    <t>https://fieldpad.es/</t>
+  </si>
+  <si>
+    <t>DSSAT</t>
+  </si>
+  <si>
+    <t>O Sistema de Apoio á Transferencia de Tecnoloxía Agrícola (DSSAT) é un programa de aplicación de software baseado en Windows que comprende modelos de simulación dinámica do crecemento de cultivos para máis de 45 cultivos. DSSAT admite unha variedade de utilidades e aplicacións para datos meteorolóxicos, de solos, xenéticos, de xestión de cultivos e experimentais de observación, e inclúe conxuntos de datos de exemplo para todos os modelos de cultivos. Os modelos de simulación de cultivos simulan o crecemento, o desenvolvemento e o rendemento baseándose na dinámica solo-planta-atmosfera. DSSAT aplicouse para abordar moitos problemas e cuestións do mundo real que van desde a modelización xenética ata a xestión de precisión e na explotación agrícola, as avaliacións rexionais do impacto da variabilidade e o cambio climático, a sustentabilidade económica e ambiental e a seguridade alimentaria e nutricional.</t>
+  </si>
+  <si>
+    <t>https://dssat.net/</t>
+  </si>
+  <si>
+    <t>AGRO360º</t>
+  </si>
+  <si>
+    <t>Agro360º, un innovador sistema integral de servizos deseñado para satisfacer todas as necesidades dos profesionais do sector agroalimentario. Agro360º ofrece unha ampla gama de solucións que optimizan a xestión cooperativa e proporciona aos agricultores e gandeiros unha serie de servizos para que poidan centrarse no coidado dos seus cultivos e garantir a calidade dos seus produtos.</t>
+  </si>
+  <si>
+    <t>https://faecagranada.com/servicios</t>
+  </si>
+  <si>
+    <t>AGROASESOR</t>
+  </si>
+  <si>
+    <t>AGROasesor integra a xestión das operacións parcelarias co asesoramento de cultivos, mediante ferramentas de apoio á toma de decisións.</t>
+  </si>
+  <si>
+    <t>https://www.agrogestor.es/plataformas/plataforma-agroasesor/</t>
+  </si>
+  <si>
+    <t>ROPO</t>
+  </si>
+  <si>
+    <t>Rexistro Oficial de Produtores e Operadores de Produtos Fitosanitarios (ROPO)</t>
+  </si>
+  <si>
+    <t>https://servicio.mapa.gob.es/ropowebwai/default.aspx</t>
+  </si>
+  <si>
+    <t>DIGIMAPA</t>
+  </si>
+  <si>
+    <t>A aplicación contén información categorizada sobre máis de 660 empresas especializadas en ofrecer produtos e servizos de TIC, automatización e robótica á cadea de valor agroalimentaria.</t>
+  </si>
+  <si>
+    <t>https://digimapa.akisplataforma.es/</t>
+  </si>
+  <si>
+    <t>Asesores Aragón</t>
+  </si>
+  <si>
+    <t>Ferramenta de xestión do coñecemento para facilitar a difusión de información e documentación a varios grupos asesores, o intercambio de membros e a coordinación de todo tipo de actividades. Aplicación da Alianza Agroalimentaria de Aragón para a xestión e transferencia de coñecemento entre científicos, técnicos e agricultores aragoneses</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=me.chil.socialknowledge.aprogip&amp;h…</t>
+  </si>
+  <si>
+    <t>SGA@PP</t>
+  </si>
+  <si>
+    <t>Aplicación móbil para consultar información sobre expedientes e solicitudes no marco das Solicitudes Únicas</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.pac.sga.sgaapp</t>
+  </si>
+  <si>
+    <t>RETO</t>
+  </si>
+  <si>
+    <t>Rexistro Electrónico de Transaccións e Operacións con Produtos Fitosanitarios (RETO)</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/productos-fitosani…</t>
+  </si>
+  <si>
+    <t>Agreena Carbon</t>
+  </si>
+  <si>
+    <t>Calculadora de carbono que estima os beneficios potenciais da transición á agricultura rexenerativa</t>
+  </si>
+  <si>
+    <t>https://app.agreena.com/signup/farm</t>
+  </si>
+  <si>
+    <t>SERVIFAPA</t>
+  </si>
+  <si>
+    <t>Plataforma que ofrece a posibilidade de realizar consultas técnicas relacionadas coas actividades agrícolas e pesqueiras</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/asesoramiento…</t>
+  </si>
+  <si>
+    <t>DEMETRIA Agritech</t>
+  </si>
+  <si>
+    <t>Solución tecnolóxica para abordar as necesidades do sector agrícola, axudando a simplificar e optimizar a xestión das explotacións, o cumprimento da normativa e o acceso dos agricultores ás axudas europeas.</t>
+  </si>
+  <si>
+    <t>https://demetriaagritech.com/</t>
+  </si>
+  <si>
+    <t>AgroCuaderno Cuaderno de campo</t>
+  </si>
+  <si>
+    <t>Ferramenta que che permite xestionar os datos da túa Cooperativa/Muíño de Aceite</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=io.prosur.agrocuaderno</t>
+  </si>
+  <si>
+    <t>Cuaderno de campo agrícola</t>
+  </si>
+  <si>
+    <t>Agricolum é unha aplicación deseñada por agricultores, para agricultores, asesores e cooperativas. Somos un equipo de agricultores, enxeñeiros agrícolas e informáticos que queremos axudar ao sector agrícola a xestionar as explotacións e mellorar a agricultura.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agricolum&amp;hl=es_419&amp;gl=US</t>
+  </si>
+  <si>
+    <t>oliCloud</t>
+  </si>
+  <si>
+    <t>Unha aplicación desenvolvida especificamente para a xestión de oliveiras e explotacións de froitos secos permite monitorizar a rendibilidade de cada explotación, os produtos fitosanitarios empregados e xerar automaticamente o libro de rexistro da explotación.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.app.inforcloudsca.olicloudapp…</t>
+  </si>
+  <si>
+    <t>INTIA SA</t>
+  </si>
+  <si>
+    <t>Permite a recepción de notificacións de avisos de pragas publicados por INTIA SA e ter unha boa prevención nos cultivos.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.intia.appnotificacionespush</t>
+  </si>
+  <si>
+    <t>REDAFEX</t>
+  </si>
+  <si>
+    <t>Plataforma de software libre para asesoramento sobre fertilización de solos agrícolas para agricultores de Estremadura.</t>
+  </si>
+  <si>
+    <t>https://www.redafex.es/</t>
+  </si>
+  <si>
+    <t>Sencrop</t>
+  </si>
+  <si>
+    <t>Xestión de riscos e intervencións nos cultivos mediante medicións e previsións meteorolóxicas específicas para a súa zona</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/search?q=sencrop&amp;c=apps&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Registros Autonómicos de Explotación Agrícola (REA) y Cuaderno Digital de Explotación Agrícola (CUE)</t>
+  </si>
+  <si>
+    <t>Páxina con acceso aos Servizos Autonómicos de Rexistro de Explotacións Agrarias (REA) e ao Caderno Dixital de Explotacións Agrarias (CUE) das Comunidades Autónomas</t>
+  </si>
+  <si>
+    <t>https://www.fega.gob.es/es/siex/acceso-a-a-rea-y-cue</t>
+  </si>
+  <si>
+    <t>AdapteCCa</t>
+  </si>
+  <si>
+    <t>Visor de escenarios de cambio climático para coñecer, visualizar e descargar as proxeccións máis actualizadas sobre o clima futuro de España.</t>
+  </si>
+  <si>
+    <t>https://escenarios.adaptecca.es/</t>
+  </si>
+  <si>
+    <t>RETOAGUA</t>
+  </si>
+  <si>
+    <t>RETOAGUA Castela-A Mancha é unha ferramenta dixital para axudar aos agricultores na toma de decisións en materia de rega e fertilización.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.uclm.crea.retoagua&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Red de Alerta e Información Fitosanitaria de Andalucía (RAIF)</t>
+  </si>
+  <si>
+    <t>Información actualizada sobre o estado fitosanitario dos principais cultivos de Andalucía: allo, algodón, améndoas, arroz, cereais de inverno, cítricos, amorodos, bagas, hortalizas protexidas, olivas, patacas, remolacha azucreira, tomates para procesamento industrial, uvas e cenorias.</t>
+  </si>
+  <si>
+    <t>https://experience.arcgis.com/experience/8e11d646e1be4f75947f75be7b729981</t>
+  </si>
+  <si>
+    <t>FitoBot</t>
+  </si>
+  <si>
+    <t>Asistente de IA para o sector da saúde vexetal</t>
+  </si>
+  <si>
+    <t>https://tecfito.com/fitobot/</t>
+  </si>
+  <si>
+    <t>Agri IA: Smart Farming Advisor</t>
+  </si>
+  <si>
+    <t>Permite aos usuarios facer calquera pregunta relacionada coa agricultura e as mellores prácticas agrícolas</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=live.agriai&amp;hl=es</t>
+  </si>
+  <si>
+    <t>IG4 Agricultura Razonada</t>
+  </si>
+  <si>
+    <t>Aplicación para a monitorización dos parámetros fundamentais dun cultivo para optimizar a calidade, a produtividade e a sustentabilidade.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.ig4.agronomia&amp;hl=es</t>
+  </si>
+  <si>
+    <t>AGRAI</t>
+  </si>
+  <si>
+    <t>Aplicación intelixente de agricultura de precisión para monitorizar e predicir parámetros agronómicos clave dos cultivos.</t>
+  </si>
+  <si>
+    <t>https://www.agrai.es/login/</t>
+  </si>
+  <si>
+    <t>KAAMPO Técnico de campo</t>
+  </si>
+  <si>
+    <t>Unha ferramenta rápida e sinxela para axilizar o traballo dos responsables de asesorar e/ou auditar o cumprimento de diversas certificacións nacionais e internacionais.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.kaampo.tecnico&amp;hl=es</t>
+  </si>
+  <si>
+    <t>DOSAVIÑA</t>
+  </si>
+  <si>
+    <t>Ferramenta para determinar o volume óptimo de aplicación en tratamentos fitosanitarios en viñedos en función das características estruturais da vexetación e do tipo de equipamento utilizado</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=edu.upc.deab.uma&amp;hl=es</t>
+  </si>
+  <si>
+    <t>ISAGRI AGROPTIMA</t>
+  </si>
+  <si>
+    <t>Xestiona a túa granxa de forma eficiente a través da APP e da conta web do teu ordenador (Caderno Dixital de Xestión de Granxas).</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agroptima.agroptima</t>
+  </si>
+  <si>
+    <t>ISAGRI PORC MOBILE</t>
+  </si>
+  <si>
+    <t>Unha aplicación móbil para que os gandeiros de porcos rexistren eventos da granxa en tempo real e accedan facilmente a datos esenciais do rabaño. Os usuarios poden rexistrar eventos reprodutivos (inseminacións, apareamentos, ecografías, partos, destetes), ver rexistros de porcas e controlar os períodos de espera antes do sacrificio. Ademais, é posible rexistrar a condición corporal das porcas (graxa dorsal) en diferentes etapas. Poderás crear os teus lotes posdestete e engorde introducindo os movementos de animais e as intervencións sanitarias.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.isagri.gestionporcine</t>
+  </si>
+  <si>
+    <t>ISAGRI GEOFOLIA</t>
+  </si>
+  <si>
+    <t>Esta aplicación permíteche rexistrar e revisar os informes enviados desde as túas parcelas mediante unha pantalla táctil 100 % e unha interface intuitiva. Integráronse controis relativos aos produtos fitosanitarios (mesturas prohibidas, dosificacións, etc.) para proporcionar alertas inmediatas se non se seguen os usos autorizados.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=fr.icone.geofolia</t>
+  </si>
+  <si>
+    <t>Vacapop</t>
+  </si>
+  <si>
+    <t>Aplicación para buscar, comprar e vender gando directamente entre gandeiros de toda España, proporcionándoche un sitio especializado onde podes publicar as túas ofertas de gando á venda, así como atopar unha gran oferta de gando á venda (vacas, touros, cabalos, eguas, cabras e ovellas), e onde podes realizar transaccións de compra e venda de forma inmediata e segura.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=io.elprogramador.vacapop&amp;hl=es&amp;gl…</t>
+  </si>
+  <si>
+    <t>VACAPP</t>
+  </si>
+  <si>
+    <t>Aplicación para xestionar as túas vacas, touros e rabaños que che permite ter un control exhaustivo de becerros, destete, saneamento, enfermidades e diversos eventos que poden ocorrerlle a un rabaño.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.mateuyabar.vacapp</t>
+  </si>
+  <si>
+    <t>Agrónic App 2.0</t>
+  </si>
+  <si>
+    <t>Agrónic APP 2.0 é a seguinte xeración da Agrónic APP. Unha aplicación completamente redeseñada, máis visual, máis intuitiva e preparada para unha evolución constante. Está deseñada para satisfacer as necesidades reais dos agricultores actuais, ofrecendo un entorno de control remoto máis completo, profesional e sinxelo de usar. Esta nova versión non só substituirá gradualmente a aplicación anterior, senón que tamén marcará un punto de inflexión na xestión dos programadores de Agrónic.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.progres.agronicapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Vegga</t>
+  </si>
+  <si>
+    <t>Axúdache na xestión integral e na toma de decisións. Xestionarás e optimizarás o rendemento da túa explotación grazas aos indicadores xerados pola plataforma, empregando as últimas tecnoloxías dixitais e o asesoramento de expertos.</t>
+  </si>
+  <si>
+    <t>https://veggadigital.com/soluciones/</t>
+  </si>
+  <si>
+    <t>Cropwise Protector</t>
+  </si>
+  <si>
+    <t>Con Cropwise Protector, os produtores teñen acceso aos indicadores agronómicos máis importantes a través dos seus teléfonos móbiles. As potentes análises e os cadros visuais garanten que a información recompilada estea sempre dispoñible para unha toma de decisións máis rápida e precisa, todo organizado en gráficos e mapas que proporcionan unha visión xeral completa e detallada da presión das pragas.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=ag.strider.protector&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Efemis</t>
+  </si>
+  <si>
+    <t>Efemis é a plataforma agrícola para a xestión agronómica e económica das operacións precolleita; permite a planificación, execución e control de numerosos procesos agrícolas, desde perspectivas agronómicas, económicas e legais; permite unha toma de decisións óptima baseada nunha análise exhaustiva de datos; reduce custos e mellora do rendemento; e rastrexabilidade na comercialización.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/search?q=efemis&amp;c=apps&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Agrosales</t>
+  </si>
+  <si>
+    <t>Agrosales é unha plataforma dixital para a análise de datos comerciais, agronómicos e técnicos para mellorar a xestión estratéxica do negocio de produtores e distribuidores de insumos agrícolas.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/en/productos/agrosales/?utm_source=chatgpt.com</t>
+  </si>
+  <si>
+    <t>Margaret</t>
+  </si>
+  <si>
+    <t>IA para a agricultura; Deseñamos a primeira plataforma de intelixencia artificial agroalimentaria capaz de xestionar diferentes escenarios futuros, describindo como impactarán na túa estratexia corporativa e mostrándoche a mellor decisión para cada obxectivo de negocio. Margaret conta cun motor de procesamento que analiza Big Data agroalimentario auténtico mediante algoritmos e modelos de IA para desenvolver aplicacións adaptadas ás necesidades de cada produtor, agregador ou industria complementaria.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/en/productos/margaret/</t>
+  </si>
+  <si>
+    <t>Agri Calc (android)</t>
+  </si>
+  <si>
+    <t>Unha ferramenta sinxela para cálculos agrícolas. Actualmente, pode calcular a poboación de plantas, calibrar un pulverizador de barra básico, calcular o rendemento das colleitas, calcular os fertilizantes NPK e moito máis, que estará dispoñible en breve. Podes gardar os teus cálculos para futuras referencias e agrupalos segundo corresponda. Admite unidades métricas e imperiais.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=co.za.tcei.agricalc&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Agri Calc (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/agricalc/id6753979056</t>
+  </si>
+  <si>
+    <t>Mi Granja</t>
+  </si>
+  <si>
+    <t>Aplicación para a xestión de explotacións ovinas, caprinas e bovinas. Mediante un lector electrónico de identificación animal (bolo, crotal electrónico, microchip), permite a xeración dunha base de datos e un sistema de control para a explotación, o que permite monitorizar as diferentes etapas e situacións polas que pasan os animais, como: identificación, censo, ecografías, partos, perdas, toma de mostras de sangue, rexistro de leite...</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.tecon.roiplascrotales</t>
+  </si>
+  <si>
+    <t>Reutivar</t>
+  </si>
+  <si>
+    <t>Esta aplicación permite unha programación óptima da fertirrigación para oliveiras regadas con auga regenerada. A versión 1.0.Beta de REUTIVAR-App, desenvolvida pola Universidade de Córdoba, é unha aplicación beta gratuíta e de código aberto.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.rafacode.reutivarapp&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Fitocampo</t>
+  </si>
+  <si>
+    <t>A aplicación Fitocampo está deseñada para que as empresas dos sectores da protección vexetal, a agricultura e a protección vexetal poidan completar o seu libro de rexistro de campo desde un dispositivo móbil. A aplicación Fitocampo é unha aplicación móbil deseñada para que calquera empresa dos sectores da protección vexetal, a agricultura e a protección vexetal poida completar o seu libro de rexistro de campo desde un dispositivo móbil, facilitando o traballo para diferentes perfís profesionais.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.sdi.fitocampo&amp;hl=es</t>
+  </si>
+  <si>
+    <t>FitoFarma</t>
+  </si>
+  <si>
+    <t>FitoFarma é a túa ferramenta esencial para xestionar o uso de produtos fitosanitarios na agricultura. Deseñado para agricultores, agrónomos e entusiastas da xardinería.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/fitosanitarios-agronomia-mapa/id6451338616</t>
+  </si>
+  <si>
+    <t>Agrobio Efectos Secundarios</t>
+  </si>
+  <si>
+    <t>Manual de efectos secundarios para o uso integrado en horticultura de produtos fitosanitarios e organismos de control biolóxico ou polinizadores.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agrobio.efectos</t>
+  </si>
+  <si>
+    <t>Xarvio Field Manager</t>
+  </si>
+  <si>
+    <t>A plataforma dixital líder para a optimización e prescrición de cultivos. Baseada en 25 anos de experiencia, esta aplicación presenta modelos de optimización de cultivos. Os compoñentes clave da aplicación axúdanche a tomar decisións de xestión en tempo real con información precisa para cada un dos teus campos, facilitando a optimización do uso do tempo e dos recursos.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.bayer.cs.xarviofieldmanager&amp;h…</t>
+  </si>
+  <si>
+    <t>Prismab</t>
+  </si>
+  <si>
+    <t>Creamos o PRISMAB Link para conectar os datos dos teus sensores a Internet cunha facilidade lendaria. Simplemente conecta un sensor a un dos seus tres portos e a unidade Link comezará a transmitir datos cada hora. É así de sinxelo. Mantén a túa instalación fóra das mans de terceiros e mantén o control completo da túa rede de sensores sempre que o necesites. Instala, substitúe sensores, move transmisores ou desinstala equipos tantas veces como sexa necesario, de forma totalmente independente e sen esforzo.</t>
+  </si>
+  <si>
+    <t>https://prismab.com/</t>
+  </si>
+  <si>
+    <t>PhytechPlant</t>
+  </si>
+  <si>
+    <t>Aplicación de plantas para un rego optimizado</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.phytechplant</t>
+  </si>
+  <si>
+    <t>Cuaderno de Campo UAGN (android)</t>
+  </si>
+  <si>
+    <t>Unha ferramenta esencial para os agricultores e gandeiros da UAGN, integrada co Caderno de Xestión Agrícola, a aplicación aGROSlab GIP Advisor e a plataforma para a canle de distribución de produtos fitosanitarios. O Caderno de Campo da UAGN é a aplicación que che permite xerar os teus tratamentos de campo, mesmo en entornos sen conexión/sen cobertura de datos. Ofréceche toda a información que necesitas para o teu traballo e permíteche recibir receitas do asesor no teu teléfono móbil ou tableta.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.geoslab.agroslabagricultor.ua…</t>
+  </si>
+  <si>
+    <t>Cuaderno de Campo UAGN (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/cuaderno-de-campo-uagn/id1495651696</t>
+  </si>
+  <si>
+    <t>Hesperides</t>
+  </si>
+  <si>
+    <t>Esta aplicación está deseñada para asesores técnicos e directores técnicos que usan Hespérides. As súas principais características inclúen: identificación e xeolocalización de parcelas e produtores; acceso sinxelo ao historial das parcelas; e xestión da información das trampas.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.efoodprint.hesperides</t>
+  </si>
+  <si>
+    <t>Plantae</t>
+  </si>
+  <si>
+    <t>Con Plantae®, accede aos teus datos de campo en calquera momento. Comproba a humidade, a condutividade e a temperatura do solo para proporcionarlles ás túas plantas exactamente o que necesitan. Recollida de datos en tempo real. Gráficos de humidade, condutividade e temperatura. Lecturas do caudal sen ter que ir ao campo.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.plantaeapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>agrocontrol</t>
+  </si>
+  <si>
+    <t>Xera o teu libro de rexistro de campo cun só clic e rexistra as entradas obrigatorias dos empregados. Asigna tarefas, xestiona as túas finanzas, cumpre as normativas e evita sancións sen papeleo.</t>
+  </si>
+  <si>
+    <t>https://www.agrocontrol.app/</t>
+  </si>
+  <si>
+    <t>FarmQA</t>
+  </si>
+  <si>
+    <t>FarmQA é o teu asistente dixital de agronomía para o seguimento de cultivos, as recomendacións de tratamento, a análise de imaxes e a análise de campo. Consello: FarmQA Advice simplifica o traballo dos agrónomos, o que permite recomendacións de tratamento dixitais rápidas para os teus agricultores. Personaliza as recomendacións e fai un seguimento dos detalles.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.farmqa.scouting&amp;hl=es</t>
+  </si>
+  <si>
+    <t>FitoAid</t>
+  </si>
+  <si>
+    <t>Localiza calquera produto fitosanitario. Atopa rapidamente calquera produto fitosanitario rexistrado no Ministerio de Agricultura, Pesca, Alimentación e Medio Ambiente (MAPAMA) mediante o buscador ou filtrando polas súas características, con acceso directo á folla de rexistro oficial orixinal do Ministerio.</t>
+  </si>
+  <si>
+    <t>https://www.adama.com/spain/es/fitoaid</t>
+  </si>
+  <si>
+    <t>Control Agropecuaria</t>
+  </si>
+  <si>
+    <t>A nosa plataforma resolve un dos problemas clave para os xerentes e técnicos das empresas agrícolas: o rexistro, a monitorización, a análise e a elaboración de informes de datos. Se ata agora rexistraron información en papel ou en follas de cálculo, corren o risco de empregar un enfoque desactualizado para a recollida de datos.</t>
+  </si>
+  <si>
+    <t>Climate Field view</t>
+  </si>
+  <si>
+    <t>Climate FieldView é unha ferramenta dixital integrada para a agricultura que ofrece aos agricultores un conxunto completo e conectado de ferramentas dixitais, proporcionándolles un coñecemento máis profundo dos seus campos para que poidan tomar decisións operativas máis informadas que lles permitan optimizar o rendemento, maximizar a eficiencia e reducir o risco.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?hl=en&amp;id=com.climate.growers.android…</t>
+  </si>
+  <si>
+    <t>PickApp</t>
+  </si>
+  <si>
+    <t>Informa de todas as actividades agrícolas e vincula cada acción a unha localización, hora e traballador agrícola específicos. PickApp carga e analiza automaticamente os datos dixitalizados en tempo real. Este proceso sen erros substitúe os informes manuais imprecisos e axuda aos propietarios de explotacións agrícolas a implementar un fluxo de traballo estable e estruturado baseado nunha integridade de datos impecable.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.pointer.farmwork</t>
+  </si>
+  <si>
+    <t>Agro</t>
+  </si>
+  <si>
+    <t>Crea a túa rede de contactos e amplía as túas oportunidades de negocio con profesionais do sector primario en España e Portugal.</t>
+  </si>
+  <si>
+    <t>https://appagro.es/</t>
+  </si>
+  <si>
+    <t>Sanzar</t>
+  </si>
+  <si>
+    <t>Plataforma web/móbil para recomendacións intelixentes de rega que permite reducir o consumo de auga mediante a detección do solo e outros parámetros</t>
+  </si>
+  <si>
+    <t>https://ai-land-software.sanzar-group.com/</t>
+  </si>
+  <si>
+    <t>Agroseguro Clientes</t>
+  </si>
+  <si>
+    <t>Solicitude cuxa finalidade é rexistrar reclamacións por danos e notificacións de retirada no gando</t>
+  </si>
+  <si>
+    <t>https://agroseguro.es/clientes/aplicaciones/</t>
+  </si>
+  <si>
+    <t>AgriSat</t>
+  </si>
+  <si>
+    <t>Permite unha monitorización sinxela e intuitiva dos cultivos ao longo do seu ciclo de crecemento para unha mellor xestión agronómica. Visualízanse o estado do cultivo, a actividade fotosintética e a variabilidade dentro da parcela. Isto conséguese mediante series temporais densas de imaxes dos principais satélites de observación da Terra da NASA e da Axencia Espacial Europea, que en moitos casos se aproximan a unha frecuencia dunha imaxe por semana. A aplicación mostra a última imaxe dispoñible por defecto e facilita a navegación cronolóxica pola secuencia de imaxes.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.idrab.uclm.spiderwebgis.agrisa…</t>
+  </si>
+  <si>
+    <t>Herdly (android)</t>
+  </si>
+  <si>
+    <t>Herdly é unha aplicación de xestión de gando que che permite rexistrar as condicións do gando coa túa voz, con informes intelixentes de IA e a comodidade de escoitar os informes en calquera momento.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.herdly.farmer</t>
+  </si>
+  <si>
+    <t>Herdly (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/us/app/herdly-farmer/id6757684859</t>
+  </si>
+  <si>
+    <t>grupozas</t>
+  </si>
+  <si>
+    <t>Programa de xestión para a industria alimentaria, ERP especializado para empresas alimentarias con APPCC e trazabilidade. Software de xestión para a industria alimentaria con control APPCC, trazabilidade de lotes, xestión de datas de caducidade, control de alérxenos e cumprimento normativo.</t>
+  </si>
+  <si>
+    <t>https://grupozas.com/erp-industria-alimentaria/</t>
+  </si>
+  <si>
+    <t>ArcGIS Survey123</t>
+  </si>
+  <si>
+    <t>Transforma os fluxos de traballo cotiáns con formularios intelixentes. Deseña formularios e enquisas intelixentes con ArcGIS Survey123, un creador de formularios dinámico. Acelera a recollida de datos e mellora a calidade dos resultados. Visualiza e analiza a información a través dunha lente xeográfica para comprender mellor onde e por que suceden as cousas. Comparte datos a través de mapas web, aplicacións e paneis para informar a toma de decisións e mellorar os procesos empresariais.</t>
+  </si>
+  <si>
+    <t>https://www.esri.com/es-es/arcgis/products/arcgis-survey123/overview?rsource=ht…</t>
+  </si>
+  <si>
+    <t>Peso Animal - Cerdos y ganado</t>
+  </si>
+  <si>
+    <t>Esta calculadora foi desenvolvida para facilitar o cálculo do peso de animais vivos ou sacrificados sen o uso de básculas. -Porcos -Vacón -Búfalos -Cabalos -Ovellas e cabras</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.pesoanimal&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Porcicultor: Gestor de cerdos</t>
+  </si>
+  <si>
+    <t>Porcicultor: O teu mellor aliado para xestionar granxas de porcos. Descubre Porcicultor, o xestor de porcos 100 % gratuíto que che axudará a controlar os gastos e os beneficios das túas granxas de porcos de engorde de forma eficiente e sen complicacións.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.porcicultor&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Ganadero: control ganadero</t>
+  </si>
+  <si>
+    <t>Ganadero, a ferramenta óptima para xestionar o coidado do gando vacún de carne e leite. Gratuíta e cunha base de datos interna, permite un control eficaz sen conexión a internet, ideal para uso no campo. Rexistra e monitoriza os gastos de penso, electricidade, equipamento e moito máis, ofrecendo unha solución completa para unha xestión gandeira eficiente e sen complicacións.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.ganadero&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Avicultor: pollos y gallinas</t>
+  </si>
+  <si>
+    <t>Avicultor destaca como a mellor ferramenta gratuíta para a xestión integral das aves de curral, o que che permite monitorizar eficazmente os ingresos e os gastos asociados ás túas granxas de polos de engorde. Ademais, esta aplicación facilita o seguimento detallado das túas galiñas poñedoras, controlando eficientemente a produción e as vendas de ovos. Unha característica clave de Avicultor é a súa función de control da incubación, que che permite xestionar o proceso de incubación dos ovos de forma precisa e sistematica. Cunha base de datos interna que funciona sen conexión, Avicultor convértese na opción ideal para o seu uso en</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.avicultor&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Ganges. Gestión ganadera</t>
+  </si>
+  <si>
+    <t>A filosofía de Ganges - Livestock Management é ofrecer unha aplicación sinxela e completa para gandeiros a un prezo baixo. Polo tanto, ao estudar a mellor maneira de ofrecer a aplicación aos agricultores de forma accesible, optamos por ofrecela de balde e só cobrar polo almacenamento de datos.</t>
+  </si>
+  <si>
+    <t>https://gestionganadera.es/</t>
+  </si>
+  <si>
+    <t>ForestMap</t>
+  </si>
+  <si>
+    <t>Forestmaps é un servizo web que permite o cálculo automático e case instantáneo de inventarios forestais. Emprega datos LiDAR do Plan Nacional de Ortofotografía Aérea (PNOA) e bases de datos parcelarias internas e externas (do Inventario Forestal Nacional). Estes datos son procesados por modelos e sistemas de cálculo propietarios para xerar continuamente información do inventario forestal. A aplicación permite aos usuarios seleccionar unha área ou parcela específica para o inventario forestal. A continuación, o usuario debe indicar a especie e o produto arbóreo. O cliente recibirá os resultados da análise mediante un documento PDF enviado ao seu enderezo de correo electrónico, que contén un resumo do inventario da parcela e unha capa vectorial de ficheiro de formas con todos os resultados a unha resolución de 25 metros. Actualmente, inclúe información para as provincias de Áraba, Asturias, Burgos, Guipúscoa, A Rioxa, Madrid, Murcia, Navarra, Palencia, Soria e Biscaia, aínda que a intención é ampliar continuamente a súa cobertura.</t>
+  </si>
+  <si>
+    <t>https://datos.gob.es/es/aplicaciones/forestmap</t>
+  </si>
+  <si>
+    <t>albaibs</t>
+  </si>
+  <si>
+    <t>Software ERP para fabricantes e distribuidores de alimentos</t>
+  </si>
+  <si>
+    <t>https://www.albaibs.es/erp-alimentacion/</t>
+  </si>
+  <si>
+    <t>Lims.science</t>
+  </si>
+  <si>
+    <t>Sistema de xestión de laboratorio para alimentos e bebidas: Xestione eficientemente as análises de alimentos e bebidas cun LIMS deseñado para laboratorios certificados segundo a norma ISO 17025. Controle a calidade do produto, a trazabilidade e as probas de lotes desde un único sistema.</t>
+  </si>
+  <si>
+    <t>https://lims.science/es/lims-alimentos/</t>
+  </si>
+  <si>
+    <t>Visor de buenas prácticas RedPac</t>
+  </si>
+  <si>
+    <t>Visor de boas prácticas</t>
+  </si>
+  <si>
+    <t>https://redpac.es/visores_redpac/bbpp</t>
+  </si>
+  <si>
+    <t>Sistema Europeo de Información sobre Incendios Forestales
+EFFIS</t>
+  </si>
+  <si>
+    <t>Visor da situación actual 2.0 A nova versión do Visor da situación actual, máis rápida e optimizada para dispositivos móbiles, ofrece maior eficiencia e accesibilidade, cun rendemento optimizado e un deseño totalmente adaptable para un uso fiable en plataformas de escritorio e móbiles. Mostra a información máis actualizada sobre a tempada de incendios en Europa e no Mediterráneo. Isto inclúe mapas meteorolóxicos de perigo de incendio para hoxe e previsións con ata 6 días de antelación, así como mapas actualizados diariamente de focos e perímetros de incendios.</t>
+  </si>
+  <si>
+    <t>https://forest-fire.emergency.copernicus.eu/apps/effis.csv/?c=1019567.88%2C5783…</t>
+  </si>
+  <si>
+    <t>Instituto Geográfico Nacional</t>
+  </si>
+  <si>
+    <t>Observación do territorio, cartografía e datos xeográficos</t>
+  </si>
+  <si>
+    <t>https://centrodedescargas.cnig.es/CentroDescargas/home</t>
+  </si>
+  <si>
+    <t>Catastro app</t>
+  </si>
+  <si>
+    <t>Catastro_app é unha aplicación móbil que recompila e personaliza no teu teléfono móbil, só para o teu uso persoal, a información de todas as túas propiedades, xa que podes engadir as túas propias fotos, bosquexos ou notas.</t>
+  </si>
+  <si>
+    <t>https://www.catastro.hacienda.gob.es/ayuda/appmovil/catastroapp.html</t>
+  </si>
+  <si>
+    <t>ArcGIS Field Maps</t>
+  </si>
+  <si>
+    <t>ArcGIS Field Maps é a aplicación de mapas principal de Esri para dispositivos móbiles. Usa Field Maps para explorar mapas que creaches en ArcGIS, recompilar e actualizar os teus datos autorizados e rexistrar onde estivesches, todo desde unha única aplicación baseada na localización.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.esri.fieldmaps</t>
+  </si>
+  <si>
+    <t>Kobotoolbox</t>
+  </si>
+  <si>
+    <t>Ferramentas de datos intuitivas e adaptables para maximizar o teu impacto. Unha plataforma de recollida, xestión e visualización de datos utilizada a nivel mundial para acelerar o cambio social positivo.</t>
+  </si>
+  <si>
+    <t>https://www.kobotoolbox.org/</t>
+  </si>
+  <si>
+    <t>ODK</t>
+  </si>
+  <si>
+    <t>ODK permíteche crear formularios potentes para recompilar os datos que necesitas estean onde estean.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=org.odk.collect.android&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Windy</t>
+  </si>
+  <si>
+    <t>Ferramenta con interface ou recursos dispoñibles en español, orientada a meteoroloxía, planificación e riscos</t>
+  </si>
+  <si>
+    <t>https://www.windy.com/es/-Men%C3%BA/menu?temp%2C32_622%2C13_493%2C5=</t>
+  </si>
+  <si>
+    <t>meteoblue</t>
+  </si>
+  <si>
+    <t>Ferramenta con interface ou recursos dispoñibles en español orientados a meteoroloxía, datos históricos e planificación.</t>
+  </si>
+  <si>
+    <t>https://www.meteoblue.com/es/tiempo/agriculture/meteogramagro/madrid_espa%c3%b1…</t>
+  </si>
+  <si>
+    <t>Globalforestwatch</t>
+  </si>
+  <si>
+    <t>Unha ferramenta cunha interface en español e recursos deseñados para a monitorización, a deforestación e a teledetección. Úsase en entornos profesionais para mellorar o traballo dos silvicultores e asesores mediante o mantemento consistente de rexistros, a automatización de tarefas, a análise de datos e o apoio á toma de decisións.</t>
+  </si>
+  <si>
+    <t>https://www.globalforestwatch.org/map/</t>
+  </si>
+  <si>
+    <t>OpenForis</t>
+  </si>
+  <si>
+    <t>Open Foris é unha iniciativa que ofrece solucións gratuítas e de código aberto para a monitorización de bosques e terras. Desenvolvida coa convicción de que unha monitorización forestal innovadora, precisa e transparente pode liberar o potencial dos bosques para a acción climática e outros beneficios, é un acelerador transformador que traballa cara aos bens públicos dixitais que ofrece a Organización das Nacións Unidas para a Agricultura e a Alimentación (FAO), facendo que as capacidades de monitorización forestal de vangarda sexan amplamente accesibles.</t>
+  </si>
+  <si>
+    <t>https://www.openforis.org/</t>
+  </si>
+  <si>
+    <t>CropWat</t>
+  </si>
+  <si>
+    <t>CROPWAT 8.0 para Windows é un programa informático que calcula as necesidades de auga e rega dos cultivos en función dos datos do solo, o clima e os cultivos.</t>
+  </si>
+  <si>
+    <t>https://www.fao.org/land-water/databases-and-software/cropwat/en/</t>
+  </si>
+  <si>
+    <t>AquaCrop</t>
+  </si>
+  <si>
+    <t>AquaCrop é un modelo de crecemento de cultivos desenvolvido pola División de Terra, Solo e Auga da FAO para abordar a seguridade alimentaria e avaliar o impacto do medio ambiente e a xestión na produción agrícola. AquaCrop simula a resposta do rendemento dos cultivos herbáceos á auga e é especialmente axeitado para condicións nas que a auga é un factor limitante clave na produción agrícola. AquaCrop combina precisión, simplicidade e robustez. Para garantir a súa ampla aplicabilidade, só emprega un pequeno número de parámetros explícitos e variables de entrada na súa maioría intuitivas que os usuarios poden determinar mediante cálculos sinxelos.</t>
+  </si>
+  <si>
+    <t>https://www.fao.org/aquacrop/en/</t>
+  </si>
+  <si>
+    <t>BRCGS</t>
+  </si>
+  <si>
+    <t>Ferramentas para axudarche a conseguir a certificación e mellorar continuamente. Os propietarios de marcas priorizan a integridade do produto máis que nunca. A transparencia que permite a tecnoloxía está a transformar a forma en que se gaña e se perde a confianza, mentres que as cadeas de subministración son cada vez máis longas e complexas, o que aumenta aínda máis os riscos. Para cumprir cos requisitos máis esixentes de garantía do cliente e cumprir coas crecentes esixencias regulamentarias, BRCGS desenvolveu un conxunto de ferramentas dixitais para axudar ás instalacións a manter o cumprimento das normas, mitigar o risco e mellorar continuamente.</t>
+  </si>
+  <si>
+    <t>https://www.brcgs.com/digital-solutions/overview/</t>
+  </si>
+  <si>
+    <t>IFS</t>
+  </si>
+  <si>
+    <t>A norma IFS Food revisa os produtos e os procesos de produción para avaliar a capacidade dun produtor de alimentos para producir produtos seguros, auténticos e de calidade, de acordo cos requisitos legais e as especificacións do cliente.</t>
+  </si>
+  <si>
+    <t>https://www.ifs-certification.com/en/ifs-portfolio/standards/food-standard</t>
+  </si>
+  <si>
+    <t>Rainforest Alliance</t>
+  </si>
+  <si>
+    <t>A nosa ra verde, símbolo da certificación de agricultura sostible de Rainforest Alliance, é coñecida mundialmente polo seu compromiso coa mellora dos medios de vida dos agricultores, os dereitos humanos, as prácticas respectuosas co medio ambiente e a resiliencia climática. Millóns de granxas e empresas traballan connosco para impulsar un impacto a longo prazo en toda a cadea de subministración. Ti tamén podes! Asóciate connosco agora. Comeza.</t>
+  </si>
+  <si>
+    <t>https://www.rainforest-alliance.org/es/para-negocios/</t>
+  </si>
+  <si>
+    <t>Technosylva</t>
+  </si>
+  <si>
+    <t>Os incendios forestais agrávanse debido á falta de toma de decisións. É crucial tomar decisións acertadas para protexer as persoas e o medio ambiente dos incendios forestais e das condicións meteorolóxicas adversas, independentemente do nivel de risco ou da localización xeográfica. Actúa máis rápido coa tecnoloxía de vangarda de Technosylva.</t>
+  </si>
+  <si>
+    <t>https://technosylva.com/es/</t>
+  </si>
+  <si>
+    <t>Hispatec Conecta (android)</t>
+  </si>
+  <si>
+    <t>Aplicación móbil desenvolvida por Hispatec para a xestión das relacións, desde o punto de vista agronómico, económico, social e mediático, que a empresa estandarizada ten cos seus agricultores asociados</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.hispatec.appsocios&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Hispatec Conecta (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/iphone/search?term=hispatec%20conecta</t>
+  </si>
+  <si>
+    <t>Agro Tareo Beta</t>
+  </si>
+  <si>
+    <t>Permite o control das entradas e saídas dos empregados no campo mediante métodos como a verificación facial, códigos QR, NFC ou a selección de empregados dunha lista.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.hispatec.agrotareobeta&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>ERPagro</t>
+  </si>
+  <si>
+    <t>Control integral das operacións poscolleita con ERPagro. Desde a colleita ata a comercialización. ERPagro é a ferramenta que monitoriza, xestiona e optimiza todos os procesos da industria agroalimentaria. Un único sistema modular que facilita a toma de decisións baseándose nunha análise exhaustiva e en tempo real das actividades empresariais: desde as relacións cos provedores ata o cumprimento dos pedidos. Control e visibilidade en tempo real de todos os procesos empresariais.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/productos/erpagro-software-agricultura/</t>
+  </si>
+  <si>
+    <t>maptiler</t>
+  </si>
+  <si>
+    <t>Engade visualizacións meteorolóxicas aos teus mapas con capas de previsión animadas</t>
+  </si>
+  <si>
+    <t>https://www.maptiler.com/weather/</t>
+  </si>
+  <si>
+    <t>SgaCex- Cuaderno de Explotación</t>
+  </si>
+  <si>
+    <t>Libro de rexistro público de xestión agraria proporcionado polo Ministerio de Agricultura, Pesca e Alimentación (MAPA) aos agricultores para a xestión das súas explotacións. OBXECTIVOS: - Promover a dixitalización do sector e fomentar a sustentabilidade económica e ambiental, así como a simplificación administrativa, para cumprir cos obxectivos do PEPAC (Plan Europeo de Política Agrícola Común) e do Pacto Verde Europeo - Detallar a xestión agraria</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.pac.sga.sgacex.android&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>Farm to table</t>
+  </si>
+  <si>
+    <t>Da granxa á mesa conecta directamente aos agricultores locais cos consumidores, levándoche produtos frescos, sans e de orixe local directamente da granxa á túa porta. Sen intermediarios. Sen concesións.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.zahedhasan.farmtotable&amp;hl=es</t>
+  </si>
+  <si>
+    <t>eAgronom</t>
+  </si>
+  <si>
+    <t>Sostibilidade intelixente para unha industria alimentaria máis forte e resiliente. Axudamos ás empresas a alcanzar os seus obxectivos de sostibilidade, ao mesmo tempo que axudamos aos agricultores a xerar ingresos adicionais, mellorar a calidade do solo e acceder a un mellor financiamento.</t>
+  </si>
+  <si>
+    <t>https://www.eagronom.com/es</t>
+  </si>
+  <si>
+    <t>Spherag (android)</t>
+  </si>
+  <si>
+    <t>SPHERAG é unha combinación innovadora de hardware e software onde unha plataforma de xestión autónoma e bidireccional, equipada con algoritmos de intelixencia e recomendación, comunícase remotamente en tempo real con dispositivos despregados en instalacións agrícolas, permitindo a monitorización e o funcionamento na granxa.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=spherag.spherag&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Spherag (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/iphone/search?term=Spherag</t>
+  </si>
+  <si>
+    <t>Uniforme (android)</t>
+  </si>
+  <si>
+    <t>Monitoriza os teus indicadores clave de rendemento (KPI) no panel. Rexistra eventos e ten toda a información esencial sobre as túas vacas ao teu alcance. A aplicación UNIFORM é a aplicación móbil para o software de xestión de rabaños UNIFORM-Agri 5.0. Esta aplicación fácil de usar presenta unha interface intuitiva e botóns grandes para un funcionamento sinxelo.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.UNIFORM&amp;hl=en&amp;gl=…</t>
+  </si>
+  <si>
+    <t>Uniforme (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/nl/app/uniform/id906369824</t>
+  </si>
+  <si>
+    <t>Cabra UNIFORME (android)</t>
+  </si>
+  <si>
+    <t>Xestiona a túa granxa de cabras coa aplicación ultrarrápida UNIFORM Goat! Monitoriza os teus indicadores clave de rendemento (KPI) no panel. Rexistra eventos e ten toda a información esencial sobre as cabras ao teu alcance. UNIFORM Goat-App é a aplicación móbil para o software de xestión de rabaños UNIFORM-Goat 5.0. Esta aplicación fácil de usar presenta unha interface de dedo para o agricultor con botóns grandes e fáciles de usar.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.UNIFORMGOAT&amp;hl=en…</t>
+  </si>
+  <si>
+    <t>Cabra UNIFORME (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/uniform-goat/id1572660747</t>
+  </si>
+  <si>
+    <t>Mi manada</t>
+  </si>
+  <si>
+    <t>Xestiona a túa granxa leiteira con MYHERD! Monitoriza os teus indicadores clave de rendemento (KPI) no panel de control. Rexistra eventos e ten toda a información esencial das vacas ao teu alcance. MYHERD é a aplicación móbil para o noso software de xestión de rabaños. Esta aplicación fácil de usar presenta unha interface intuitiva e botóns grandes para un funcionamento sinxelo.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.myherd&amp;hl=en&amp;gl=US</t>
+  </si>
+  <si>
+    <t>Leche FarmTell (android)</t>
+  </si>
+  <si>
+    <t>Xestiona a túa granxa leiteira coa aplicación ultrarrápida FarmTell Milk! Monitoriza os teus indicadores clave de rendemento (KPI) no panel de control. Rexistra eventos e ten toda a información esencial das túas vacas ao teu alcance. A aplicación Smartmilk é a aplicación móbil para o software de xestión de rabaños FarmTell Milk. Esta aplicación fácil de usar presenta unha interface intuitiva e botóns grandes para un manexo sinxelo.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.FARMTELLMILK&amp;hl=e…</t>
+  </si>
+  <si>
+    <t>Leche FarmTell (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/farmtell-milk/id6468885082</t>
+  </si>
+  <si>
+    <t>afimilk</t>
+  </si>
+  <si>
+    <t>Automatización de granxas leiteiras</t>
+  </si>
+  <si>
+    <t>https://www.afimilk.com/</t>
+  </si>
+  <si>
+    <t>DeLaval</t>
+  </si>
+  <si>
+    <t>Todo para a súa granxa de gando leiteiro</t>
+  </si>
+  <si>
+    <t>https://www.delaval.com/es/</t>
+  </si>
+  <si>
+    <t>Ideagen Sage Food</t>
+  </si>
+  <si>
+    <t>Unha solución de software integrada deseñada para as súas necesidades de xestión da calidade dos provedores e a seguridade alimentaria</t>
+  </si>
+  <si>
+    <t>https://safefood360.com/</t>
+  </si>
+  <si>
+    <t>Traceone</t>
+  </si>
+  <si>
+    <t>Software PLM e solucións de cumprimento normativo para marcas de alimentos e bebidas, cosméticos e produtos químicos. Innova máis rápido, ofrece produtos de alta calidade e garante o cumprimento normativo mentres impulsas o progreso sostible.</t>
+  </si>
+  <si>
+    <t>https://www.traceone.com/</t>
+  </si>
+  <si>
+    <t>Ag Leader AgFiniti</t>
+  </si>
+  <si>
+    <t>A tecnoloxía Ag Leader ofrece ferramentas de agricultura de precisión da máis alta calidade durante todo o ano, recompilando información valiosa do campo e conectando toda a operación entre operadores, máquinas e dispositivos. Ao ter acceso á información correcta no momento adecuado, os operadores e as máquinas poden traballar mellor xuntos, de forma máis produtiva e achegar claridade e confianza aos centos de decisións que se toman cada día. Cambia a forma en que cultivas.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agleader.agfinitiview&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trestima (android)</t>
+  </si>
+  <si>
+    <t>Coa aplicación TRESTIMA, podes medir facilmente a cantidade e o valor das túas árbores sacando fotos do teu bosque. Recibirás os resultados das medicións en metros cúbicos e euros. Os resultados das medicións almacénanse no servizo web TRESTIMA para a súa posterior revisión.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.trestima.androidapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Trestima (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/trestima/id1106886045</t>
+  </si>
+  <si>
+    <t>FSC Search (android)</t>
+  </si>
+  <si>
+    <t>A aplicación axudarache a atopar toda a información relacionada cun certificado específico: FM e CoC, certificado de proxecto, licenza promocional e avaliación FM só para obter a etiqueta FSC ou introducir o código da licenza.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=org.fsc.search&amp;hl=es</t>
+  </si>
+  <si>
+    <t>FSC Search (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/fsc-search/id1673508721</t>
+  </si>
+  <si>
+    <t>osapiens EUDR</t>
+  </si>
+  <si>
+    <t>A aplicación EUDR de osapiens permite aos agricultores rexistrar e xestionar parcelas de terra das que obteñen as súas materias primas (soia, aceite de palma, madeira, café, cacao, gando e caucho) no HUB de osapiens para que EUDR apoie o cumprimento do Regulamento da UE sobre a deforestación.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.osapiens.operations.eudr&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trucker</t>
+  </si>
+  <si>
+    <t>Nemus® Trucker® é unha aplicación móbil integrada con Nemus® que proporciona unha trazabilidade completa da operación, xeorreferenciando a corta de madeira e os puntos de pesaxe con imaxes para garantir o cumprimento da normativa EUDR. Tamén establece o primeiro estándar da industria para unha guía de transporte dixital.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.cesefor.nemus_trucker&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trazamad</t>
+  </si>
+  <si>
+    <t>TRAZAMAD preséntase como a plataforma integrada para o transporte e a trazabilidade da madeira, garantindo o cumprimento da normativa EUDR e engadindo valor a toda a cadea forestal-industrial. Cun claro enfoque na sustentabilidade e a eficiencia operativa, a aplicación pretende converterse nun referente no sector, ampliando a súa presenza tanto a nivel nacional como internacional.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.bahiasoftware.trazamad&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Visor de Andalucía</t>
+  </si>
+  <si>
+    <t>Visor de información xeográfica interoperable. Permite visualizar e superpoñer mapas e ortofotos de diversas fontes.</t>
+  </si>
+  <si>
+    <t>https://www.ideandalucia.es/visor/</t>
+  </si>
+  <si>
+    <t>SIOSE</t>
+  </si>
+  <si>
+    <t>O SIOSE (Sistema de Información sobre Usos do Solo en España) é un compoñente esencial do Plan Nacional de Observación do Uso do Solo (PNOT). O seu obxectivo principal é xerar unha base de datos harmonizada e detallada sobre o uso do solo en toda España.</t>
+  </si>
+  <si>
+    <t>https://www.siose.es/</t>
+  </si>
+  <si>
+    <t>BS Agro</t>
+  </si>
+  <si>
+    <t>A nova aplicación BS Agro é gratuíta e proporcionará acceso a contido e ferramentas valiosas para apoiar o crecemento das operacións agrícolas.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/bs-agro/id1465712568</t>
+  </si>
+  <si>
+    <t>Ganadero APP</t>
+  </si>
+  <si>
+    <t>Manexa información sobre a poboación, reprodución, alimentación, xenética, etc., do gando vacún.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/ganadero-app/id1253203051</t>
+  </si>
+  <si>
+    <t>DroneDeploy - Mapping for DJI (android)</t>
+  </si>
+  <si>
+    <t>APLICACIÓN DE VOO Descarga a aplicación DroneDeploy para actualizar o teu dron con capacidades de voo autónomas e gratuítas para a captura automatizada con só uns poucos toques. O teu dron voará só! Calquera pode voar con DroneDeploy.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.dronedeploy.beta&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>DroneDeploy - Mapping for DJI (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/dronedeploy/id971358101</t>
+  </si>
+  <si>
+    <t>FarmKeep: Farm &amp; Homestead App (android)</t>
+  </si>
+  <si>
+    <t>FarmKeep é a única aplicación que necesitas para xestionar facilmente todos os teus animais, a cría, a produción, as finanzas e moito máis. Tanto se es un entusiasta das galiñas de curral, un agricultor, un afeccionado ou unha pequena ou mediana empresa, FarmKeep satisfai as túas necesidades e medra contigo. As nosas características e servizos inclúen:</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.farmkeep.farmkeep&amp;pcampaignid…</t>
+  </si>
+  <si>
+    <t>FarmKeep: Farm &amp; Homestead App (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/us/app/farmkeep/id6449797965</t>
+  </si>
+  <si>
+    <t>Farmbrite</t>
+  </si>
+  <si>
+    <t>Farmbrite é un software completo de xestión agrícola e gandeira que che ofrece todo o que necesitas para dirixir unha explotación máis eficiente e produtiva. Farmbrite proporciona todas as ferramentas de planificación, xestión, seguimento, vendas e elaboración de informes que necesitas para dirixir un negocio agrícola ou gandeiro próspero. Crea plans de cultivos, rastrexa e xestiona o gando, supervisa os insumos e os rendementos, mantén rexistros detallados, xestiona ordes de traballo, xera informes completos, controla as finanzas, supervisa o inventario, comercializa e vende en liña e moito máis, todo desde unha plataforma segura e fácil de usar, dispoñible en calquera dispositivo, desde calquera lugar.</t>
+  </si>
+  <si>
+    <t>https://www.softwarereviews.com/products/farmbrite?c_id=386</t>
+  </si>
+  <si>
+    <t>agroex</t>
+  </si>
+  <si>
+    <t>Tanto se dirixes unha granxa, unha adega ou unha consultoría agrícola, Agroex está aquí para impulsar o teu éxito. Descubre como podemos adaptarnos ás túas necesidades específicas e transformar a xestión da túa explotación agrícola. Ponte en contacto connosco para unha demostración personalizada e dá o paso cara a unha xestión agrícola eficiente e rendible con Agroex. Benvido ao futuro da agricultura!</t>
+  </si>
+  <si>
+    <t>https://agroex.es/</t>
+  </si>
+  <si>
+    <t>agrovir</t>
+  </si>
+  <si>
+    <t>AgroVIR axúdache a planificar, actuar, avaliar e mellorar continuamente o teu rendemento. Podes ter todos os datos e mapas da túa granxa nun só lugar e gozar das nosas interfaces de datos con marcas líderes.</t>
+  </si>
+  <si>
+    <t>https://www.agrovir.com/AR/index.html</t>
+  </si>
+  <si>
+    <t>AgroExact</t>
+  </si>
+  <si>
+    <t>Medición local: Cunha subscrición, AgroExact proporcionarache un pluviómetro avanzado e gratuíto na localización que escolliches. E é moi sinxelo: o mantemento está incluído na cota anual. Dentro da mesma aplicación, atoparás consellos de rego fáciles de usar, desenvolvidos en colaboración cos agricultores. Estes baséanse nos sensores de humidade do solo SoilExact e CropExact, dispoñibles por separado. Isto permíteche ver con precisión cantos milímetros de auga necesita o teu cultivo en cada momento.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agroexact.app.twa</t>
+  </si>
+  <si>
     <t>ECOGAN</t>
   </si>
   <si>
     <t>Sistema do Ministerio de Agricultura, Pesca e Alimentación que permite o rexistro das Mellores Técnicas Dispoñibles (MTD) aplicadas na explotación, así como estimar as emisións contaminantes e de gases de efecto invernadoiro e o consumo de recursos dunha explotación específica ao longo do proceso produtivo.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/ganaderia/temas/ganaderia-y-medio-ambiente/calculo-e…</t>
   </si>
   <si>
-    <t>Riego Citrus</t>
-[...398 lines deleted...]
-    <t>https://play.google.com/store/apps/details?id=com.mateuyabar.vacapp</t>
+    <t>Registro General de Operadores Ecológicos (REGOE)</t>
+  </si>
+  <si>
+    <t>Unha ferramenta de consulta con información proporcionada polas autoridades competentes das comunidades autónomas para identificar os operadores ecolóxicos segundo a súa actividade, localización e produción</t>
+  </si>
+  <si>
+    <t>https://servicio.mapa.gob.es/regoepublico/Buscador.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1967,60 +2829,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D179"/>
+  <dimension ref="A1:D279"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D179"/>
+      <selection activeCell="A1" sqref="A1:D279"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="1100.588" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1233.842" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
@@ -3683,135 +4545,135 @@
         <v>358</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>359</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
         <v>365</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
         <v>368</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>369</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
         <v>380</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>381</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
         <v>386</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>387</v>
@@ -3823,79 +4685,79 @@
         <v>388</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
         <v>392</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>402</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
         <v>404</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>405</v>
@@ -3932,502 +4794,502 @@
         <v>6</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>414</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
         <v>416</v>
       </c>
       <c r="B140" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D140" s="1" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="B141" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="C141" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D141" s="1" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B142" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B142" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>430</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>431</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
         <v>442</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
         <v>451</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>452</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>461</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>31</v>
+        <v>137</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>466</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>467</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>469</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>137</v>
+        <v>6</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>472</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
         <v>475</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
         <v>478</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
         <v>481</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
         <v>493</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
         <v>496</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>497</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
         <v>505</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>508</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>511</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
         <v>514</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
         <v>517</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>518</v>
@@ -4481,54 +5343,1454 @@
         <v>528</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="1" t="s">
         <v>529</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="1" t="s">
         <v>532</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>534</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>821</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>