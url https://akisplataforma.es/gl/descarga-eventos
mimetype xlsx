--- v0 (2025-12-15)
+++ v1 (2026-02-17)
@@ -12,886 +12,1117 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Listado de eventos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="401">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de evento</t>
   </si>
   <si>
     <t>Fecha inicio</t>
   </si>
   <si>
     <t>Fecha fin</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localización</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
-    <t>Tomas e concesións de auga: marco xurídico, procedemento administrativo e aspectos técnicos</t>
+    <t>GO-LINOMAR está a organizar un obradoiro no CEBAS-CSIC en conxunto co proxecto europeo Salty Symphonies.</t>
+  </si>
+  <si>
+    <t>Obradoiros</t>
+  </si>
+  <si>
+    <t>Mar, 17/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mar, 17/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>En persoa</t>
+  </si>
+  <si>
+    <t>O Grupo Operativo LINOMAR (Obtención de bioestimulantes formulados a partir de extractos de algas mariñas obtidos de augas contaminadas por nitratos) realizará un taller o 17 de febreiro de 2026 no…</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>Murcia</t>
+  </si>
+  <si>
+    <t>CEBAS-CSIC, Murcia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/go-linomar-esta-organizar-obradoiro-no-cebas-csic-conxunto-co-proxecto-europeo-salty</t>
+  </si>
+  <si>
+    <t>Taller informativo sobre o caderno de campo dixital na agricultura – Alozaina (Málaga)</t>
   </si>
   <si>
     <t>Xornadas técnicas</t>
   </si>
   <si>
-    <t>Mar, 16/12/2025 - 00:00</t>
-[...2 lines deleted...]
-    <t>Mar, 16/12/2025 - 23:00</t>
+    <t>O 17 de febreiro de 2026 , o concello de Alozaina (Málaga) acollerá unha xornada informativa sobre o caderno de campo dixital na agricultura , dirixida a agricultores e profesionais do sector…</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t>Centro de Maiores Alozaina (rúa Calvario, no 5) Alozaina (Málaga)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/taller-informativo-o-caderno-campo-dixital-na-agricultura-alozaina-malaga</t>
+  </si>
+  <si>
+    <t>Agricultura rexenerativa: cara a unha alimentación máis sostible</t>
+  </si>
+  <si>
+    <t>Mér, 18/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mér, 18/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Un encontro con expertos do sector centrarase nestas prácticas agrícolas, reflexionando sobre o concepto de agricultura rexenerativa, os indicadores empregados para medila e os retos aos que se…</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>ETSIAAB Madrid.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/agricultura-rexenerativa-cara-unha-alimentacion-mais-sostible</t>
+  </si>
+  <si>
+    <t>Taller sobre o caderno de campo dixital na agricultura</t>
+  </si>
+  <si>
+    <t>Xov, 19/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Xov, 19/02/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>A Unión de Pequenos Agricultores e Gandeiros de Sevilla ( UPA Sevilla ) celebrará unha xornada informativa sobre o caderno de campo dixital o 19 de febreiro de 2026 , dirixida a agricultores e…</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Cáceres</t>
+  </si>
+  <si>
+    <t>Centro de Iniciativas Empresariais da Cañada Rosal (Sevilla)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/taller-o-caderno-campo-dixital-na-agricultura-0</t>
+  </si>
+  <si>
+    <t>O CSIC organiza unha conferencia sobre xestión sostible do solo: Conferencia Participativa Multisolo</t>
+  </si>
+  <si>
+    <t>Xov, 19/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Xov, 19/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>O Consello Superior de Investigacións Científicas (CSIC) organizou un obradoiro práctico centrado na saúde e a xestión sostible do solo agrícola, dirixido especialmente a agricultores, cooperativas e…</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Denominación de Orixe Estepa (Sevilla)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/o-csic-organiza-unha-conferencia-xestion-sostible-do-solo-conferencia-participativa</t>
+  </si>
+  <si>
+    <t>Cajamar organiza un seminario web sobre o semiforzado e a súa contribución a unha horticultura máis sostible</t>
+  </si>
+  <si>
+    <t>Xov, 19/02/2026 - 17:07</t>
   </si>
   <si>
     <t>En liña</t>
   </si>
   <si>
-    <t>Nun clima marcado por condicións meteorolóxicas adversas, onde os períodos prolongados de seca converteron a auga doce nun recurso escaso, a regulación e legalización do uso privado da auga é…</t>
-[...20 lines deleted...]
-    <t>O 16 de decembro de 2025 , o Instituto de Ciencias da Viña e o Viño (ICVV) celebrará un obradoiro especializado en cultivo ecolóxico da oliveira , unha xornada de formación dirixida a profesionais do…</t>
+    <t>O 19 de febreiro de 2026 , Cajamar celebrará o seminario web gratuíto “Semiforzamento e o seu papel en cultivos máis sostibles” , unha sesión en liña que analizará como estas técnicas de protección…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/cajamar-organiza-seminario-web-o-semiforzado-e-sua-contribucion-unha-horticultura-mais</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/taller-o-caderno-campo-dixital-na-agricultura</t>
+  </si>
+  <si>
+    <t>Cabrillas (Salamanca) acolle unha xornada demostrativa sobre fertilización con demostracións de fertilización con drons</t>
+  </si>
+  <si>
+    <t>Demostracións de campo, Xornadas técnicas</t>
+  </si>
+  <si>
+    <t>Ven, 20/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Ven, 20/02/2026 - 14:44</t>
+  </si>
+  <si>
+    <t>O 20 de febreiro de 2026 , o concello de Cabrillas (Salamanca) acollerá unha xornada de demostración de campo sobre fertilizantes , organizada para proporcionar aos agricultores e profesionais do…</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Salamanca</t>
+  </si>
+  <si>
+    <t>Cabrillas (Salamanca)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/cabrillas-salamanca-acolle-unha-xornada-demostrativa-fertilizacion-demostracions</t>
+  </si>
+  <si>
+    <t>Tecnoloxías dixitais, xestión e contribución ambiental dos ruminantes cárnicos</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>A Fundación Grupo Cajamar organiza a conferencia presencial “Tecnoloxías na produción de carne de ruminantes”, que se celebrará o 24 de febreiro de 2026 na Facultade de Veterinaria da Universidade de…</t>
+  </si>
+  <si>
+    <t>Facultade de Veterinaria (Universidade de Estremadura), Campus Universitario, Cáceres</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/tecnoloxias-dixitais-xestion-e-contribucion-ambiental-dos-ruminantes-carnicos</t>
+  </si>
+  <si>
+    <t>41ª Conferencia de Fruticultura 2026</t>
+  </si>
+  <si>
+    <t>Difusión de resultados, Xornadas técnicas</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Data provisional do día. Publicaremos máis información sobre o evento en breve. Se queres recibir máis información, fai clic no botón "Estou interesado/a" na seguinte páxina web .</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Girona</t>
+  </si>
+  <si>
+    <t>A Tallada d'Empordà</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/41a-conferencia-fruticultura-2026</t>
+  </si>
+  <si>
+    <t>26º Congreso AECOC de Carne e Produtos Procesados</t>
+  </si>
+  <si>
+    <t>Congresos, Difusión de resultados</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Mér, 25/02/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>O XXVI Congreso de Carne e Produtos Procesados da AECOC volverá ser o principal punto de encontro de referencia para as empresas do sector cárnico en España , ofrecendo un espazo clave para compartir…</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>Palacio de Congresos de Lleida. La Llotja Avinguda de Tortosa, 4 Lleida 25005</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/26o-congreso-aecoc-carne-e-produtos-procesados</t>
+  </si>
+  <si>
+    <t>10ª edición de aviForum Sunset</t>
+  </si>
+  <si>
+    <t>Congresos, Feiras</t>
+  </si>
+  <si>
+    <t>Mér, 25/02/2026 - 08:45</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 13:45</t>
+  </si>
+  <si>
+    <t>aviFORUM e incubaFORUM consolidáronse como eventos técnicos esenciais para a industria avícola profesional en España, Latinoamérica e Brasil. Cada ano, reúnen a figuras destacadas do sector, desde…</t>
+  </si>
+  <si>
+    <t>Valladolid</t>
+  </si>
+  <si>
+    <t>Feira de Valladolid</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/10a-edicion-aviforum-sunset</t>
+  </si>
+  <si>
+    <t>Regadores 360º: Cara a unha xestión intelixente e circular</t>
+  </si>
+  <si>
+    <t>Mér, 25/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Mér, 25/02/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>O grupo INTEREMPRESAS anunciou as datas dalgúns dos eventos máis importantes que organizará durante o ano 2026. Entre eles está a xornada "Rego 3600: Cara a unha xestión intelixente e circular", que…</t>
+  </si>
+  <si>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/regadores-360o-cara-unha-xestion-intelixente-e-circular</t>
+  </si>
+  <si>
+    <t>A UGAL-UPA León organiza unha sesión informativa sobre o Caderno de Campo Dixital</t>
+  </si>
+  <si>
+    <t>Mér, 25/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mér, 25/02/2026 - 14:44</t>
+  </si>
+  <si>
+    <t>A oficina da UGAL-UPA en León celebrará unha xornada informativa sobre o caderno de campo dixital na agricultura o 25 de febreiro de 2026 , dirixida a profesionais do sector que queiran coñecer…</t>
+  </si>
+  <si>
+    <t>León</t>
+  </si>
+  <si>
+    <t>Aula de formación UGAL-UPA en León (Rúa Valcarce 8, planta baixa, 24010 León)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/ugal-upa-leon-organiza-unha-sesion-informativa-o-caderno-campo-dixital</t>
+  </si>
+  <si>
+    <t>Taller práctico sobre o CUE e ferramentas dixitais para a toma de decisións no campo, por COAG</t>
+  </si>
+  <si>
+    <t>Mér, 25/02/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>A UAGR-COAG celebrará o 25 de febreiro de 2026 en San Asensio (A Rioxa) a xornada formativa “Adaptación ao uso do CUE. Ferramentas dixitais básicas para a toma de decisións na actividade agraria” ,…</t>
   </si>
   <si>
     <t>Rioja, La</t>
   </si>
   <si>
-    <t>Finca La Grajera (Logroño)</t>
-[...41 lines deleted...]
-    <t>A Unión de Pequenos Agricultores e Gandeiros (UPA) celebrará o 16 de decembro de 2025 no Salón de Graos. Universidade Politécnica de Huesca. Universidade de Zaragoza, a xornada técnica "Influencia da…</t>
+    <t>Concello de San Asensio (Praza Nova, 1. San Asensio, La Rioja)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/taller-practico-o-cue-e-ferramentas-dixitais-toma-decisions-no-campo-coag</t>
+  </si>
+  <si>
+    <t>Seminario en liña sobre o papel ecosistémico das razas autóctonas e a gandería extensiva na protección ambiental</t>
+  </si>
+  <si>
+    <t>A Real Federación Española de Asociacións de Gandería Selecta (RFEAGAS) celebrará, o 25 de febreiro de 2026, ás 13:00 horas, o seminario en liña O papel ecosistémico das razas autóctonas e a gandería…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/seminario-lina-o-papel-ecosistemico-das-razas-autoctonas-e-ganderia-extensiva-na-proteccion</t>
+  </si>
+  <si>
+    <t>Exposición Iberia</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ven, 27/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>O Congreso de Xestión de Pragas e Saúde Ambiental, Expocida Iberia, consolidouse como o evento de referencia do noso sector, sendo o punto de encontro fundamental para a xeración e difusión do…</t>
+  </si>
+  <si>
+    <t>Avenida Partenón, 5 Madrid 28042 España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/exposicion-iberia</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>A UAGR-COAG celebrará o 26 de febreiro de 2026 a xornada formativa “Adaptación ao uso do CUE. Ferramentas dixitais básicas para a toma de decisións na actividade agraria” , dirixida a agricultores e…</t>
+  </si>
+  <si>
+    <t>Fundación CajaRioja (Sala Viura): C. de la Vega, 16, Haro, La Rioja.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/taller-practico-o-cue-e-ferramentas-dixitais-toma-decisions-no-campo-coag-0</t>
+  </si>
+  <si>
+    <t>Sesión informativa sobre o caderno de campo dixital na agricultura – Sevilla</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Horario: 10:00 - 14:00 Localización: Centro de Iniciativas Empresariais, Rúa Isaac Peral, 17 Cañada Rosal CP, 41439. Sevilla (Andalucía) O 26 de febreiro de 2026 , no Centro de Iniciativas…</t>
+  </si>
+  <si>
+    <t>Centro de Iniciativas Empresariais, C/ Isaac Peral, 17. Cañada Rosal CP, 41439. Sevilla (Andalucía)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/sesion-informativa-o-caderno-campo-dixital-na-agricultura-sevilla</t>
+  </si>
+  <si>
+    <t>Para asesores: Xornada de formación sobre boas prácticas para o asesoramento en canles curtas en Andalucía</t>
+  </si>
+  <si>
+    <t>Ven, 27/02/2026 - 09:09</t>
+  </si>
+  <si>
+    <t>Ven, 27/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>O proxecto RIA-CCC abriu a inscrición para a xornada de formación presencial que se celebrará o 27 de febreiro de 2026 en Granada , centrada no intercambio de boas prácticas en asesoramento sobre…</t>
+  </si>
+  <si>
+    <t>Granada</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/asesores-xornada-formacion-boas-practicas-o-asesoramento-canles-curtas-andalucia</t>
+  </si>
+  <si>
+    <t>O COAG de Castela e León celebra unha xornada en Valladolid sobre a substitución xeracional, a dixitalización e o futuro da PAC</t>
+  </si>
+  <si>
+    <t>Ven, 27/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Ven, 27/02/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>O COAG Castela e León organiza o venres 27 de febreiro de 2026 en Valladolid a xornada “Estimulando a substitución xeracional. Incorporación de mozos e mulleres á actividade agraria. Propostas do MFP…</t>
+  </si>
+  <si>
+    <t>Hotel Sercotel Valladolid (C/ Puerto Rico s/n, Valladolid)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/o-coag-castela-e-leon-celebra-unha-xornada-valladolid-substitucion-xeracional</t>
+  </si>
+  <si>
+    <t>O Congreso de Seguridade e Calidade Alimentaria da AECOC 2026 centrarase na ciencia, a innovación e a confianza do consumidor</t>
+  </si>
+  <si>
+    <t>Congresos</t>
+  </si>
+  <si>
+    <t>Mar, 03/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Mar, 03/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>A seguridade alimentaria require o compromiso e a cooperación de todas as partes interesadas na cadea alimentaria, así como unha resposta coordinada entre autoridades, empresas e consumidores . Baixo…</t>
+  </si>
+  <si>
+    <t>Teatro Real do Retiro, Praza de Daoíz e Velarde, 4, Madrid 28007</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/o-congreso-seguridade-e-calidade-alimentaria-da-aecoc-2026-centrarase-na-ciencia-innovacion</t>
+  </si>
+  <si>
+    <t>Orixe Natural</t>
+  </si>
+  <si>
+    <t>Feiras</t>
+  </si>
+  <si>
+    <t>Mér, 04/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Innovación nacida da natureza. Origin Natura 2026 é o punto de encontro que reúne a aqueles que cultivan , investigan , formulan e lanzan os produtos naturais do futuro. Participan empresas,…</t>
+  </si>
+  <si>
+    <t>IFEMA, Av. del Partenón, 5, Barajas, 28042 Madrid</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/orixe-natural</t>
+  </si>
+  <si>
+    <t>18º Simposio de Sanidade Vexetal</t>
+  </si>
+  <si>
+    <t>Mér, 04/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ven, 06/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>A só un ano de que comece o evento, o Colexio de Enxeñeiros Técnicos Agrícolas de Andalucía Occidental (COITAND) xa está a traballar na súa organización, con novas formulacións para abordar as…</t>
+  </si>
+  <si>
+    <t>Hotel Meliá Sevilla C/ Dr. Pedro de Castro, 1 41004 Sevilla España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/18o-simposio-sanidade-vexetal</t>
+  </si>
+  <si>
+    <t>Foro Porci 26</t>
+  </si>
+  <si>
+    <t>Congresos, Feiras, Seminarios</t>
+  </si>
+  <si>
+    <t>Mér, 04/03/2026 - 08:00</t>
+  </si>
+  <si>
+    <t>Xov, 05/03/2026 - 13:30</t>
+  </si>
+  <si>
+    <t>Un evento único e internacional de porco PorciFORUM xa se consolidou como o evento internacional de referencia para a industria porcina. Este congreso técnico reúne anualmente a todos os profesionais…</t>
+  </si>
+  <si>
+    <t>Palacio de Congresos Llotja, Lérida.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/foro-porci-26</t>
+  </si>
+  <si>
+    <t>O 8º Congreso de Desenvolvemento Sostible abordará os retos empresariais en materia de sostibilidade, circularidade e competitividade</t>
+  </si>
+  <si>
+    <t>Mér, 04/03/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Nun contexto onde a xeopolítica global inflúe directamente nas políticas de sustentabilidade , o 8º Congreso de Desenvolvemento Sostible reunirá a profesionais destacados do sector para analizar como…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/o-8o-congreso-desenvolvemento-sostible-abordara-os-retos-empresariais-materia-sostibilidade</t>
+  </si>
+  <si>
+    <t>A Rede da PAC da UE está a organizar un seminario en Bruxelas sobre o dereito de permanencia para os agricultores novos e a mocidade rural.</t>
+  </si>
+  <si>
+    <t>Mér, 11/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mér, 11/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>O 11 de marzo de 2026 , a Rede da PAC da UE celebrará en Bruxelas (Bélxica) o seminario presencial "Garantir o dereito de permanencia dos agricultores novos e da mocidade rural" , unha xornada de…</t>
+  </si>
+  <si>
+    <t>Bruxelas, Bélxica.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/rede-da-pac-da-ue-esta-organizar-seminario-bruxelas-o-dereito-permanencia-os-agricultores</t>
+  </si>
+  <si>
+    <t>DIVA organiza un seminario en Aldeanueva del Camino sobre a importancia das marcas de calidade no sector agroalimentario</t>
+  </si>
+  <si>
+    <t>Xov, 19/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Xov, 19/03/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>A Asociación para o Desenvolvemento Integrado do Val do Ambroz (DIVA) realizará a Actividade 6 (A6) do proxecto RURALMENTE o 19 de marzo de 2026 en Aldeanueva del Camino (Cáceres). Esta actividade…</t>
+  </si>
+  <si>
+    <t>Salón Marce “Forillo”, Aldeanueva del Camino (Cáceres)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/diva-organiza-seminario-aldeanueva-del-camino-importancia-das-marcas-calidade-no-sector</t>
+  </si>
+  <si>
+    <t>Feira de Sant Josep, en Mollerussa</t>
+  </si>
+  <si>
+    <t>Xov, 19/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Dom, 22/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Feira de Maquinaria Agrícola de Cataluña. Sectores de exposición: Tractores, maquinaria agrícola, gandeira e industrial. Accesorios para a agricultura e a gandería. Fertilizantes, forraxe, produtos…</t>
+  </si>
+  <si>
+    <t>Avda. del Canal, s/n 25230 Mollerussa Lleida España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/feira-sant-josep-mollerussa-0</t>
+  </si>
+  <si>
+    <t>AI-AGRIFOOD 2026 reunirá á comunidade científica e tecnolóxica de Córdoba arredor da Intelixencia Artificial aplicada ao sistema agroalimentario</t>
+  </si>
+  <si>
+    <t>Ven, 20/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>A intelixencia artificial (IA) está a transformar rapidamente o sector agroalimentario, desde a produción primaria ata a cadea alimentaria. Neste contexto, Córdoba acollerá o AI-AGRIFOOD 2026 , o…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/ai-agrifood-2026-reunira-comunidade-cientifica-e-tecnoloxica-cordoba-arredor-da</t>
+  </si>
+  <si>
+    <t>DIVA celebra unha xornada sobre comercialización e vendas agroalimentarias con casos de éxito: “Marca Galicia”</t>
+  </si>
+  <si>
+    <t>Ven, 20/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Ven, 20/03/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>O 20 de marzo de 2026 , DIVA desenvolverá a Actividade 7 (A7) do proxecto RURALMENTE en Aldeanueva del Camino (Cáceres) , unha xornada de formación técnica dedicada á “Comercialización e…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/diva-celebra-unha-xornada-comercializacion-e-vendas-agroalimentarias-casos-exito-marca</t>
+  </si>
+  <si>
+    <t>DIVA promove unha fin de semana para poñer en valor o patrimonio rural do Val de Ambroz e os seus produtos de calidade</t>
+  </si>
+  <si>
+    <t>Sáb, 21/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Dom, 22/03/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>DIVA celebrará a Actividade 8 (A8) do proxecto RURALMENTE os días 21 e 22 de marzo de 2026 en Aldeanueva del Camino (Cáceres). Este evento de divulgación e promoción , titulado "Poñendo en valor o…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/diva-promove-unha-fin-semana-poner-valor-o-patrimonio-rural-do-val-ambroz-e-os-seus</t>
+  </si>
+  <si>
+    <t>COMIDA 2026</t>
+  </si>
+  <si>
+    <t>Lun, 23/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Xov, 26/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Un ano máis, a Fundación Triptolemos estará presente en Alimentaria, a feira líder de alimentación, bebidas e gastronomía en España e o Mediterráneo, e un referente internacional para o sector.…</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>Barcelona - Gran Vía</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/comida-2026</t>
+  </si>
+  <si>
+    <t>Exposición internacional de alimentos, bebidas e servizos de alimentación</t>
+  </si>
+  <si>
+    <t>Alimentaria é unha das principais feiras internacionais da industria alimentaria e das bebidas, que tamén abrangue aspectos fundamentais da agricultura, o agronegocio e a tecnoloxía aplicada á…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/exposicion-internacional-alimentos-bebidas-e-servizos-alimentacion</t>
+  </si>
+  <si>
+    <t>IV Simposio Nacional de Produtores de Sementes</t>
+  </si>
+  <si>
+    <t>Congresos, Intercambio de experiencias, Seminarios</t>
+  </si>
+  <si>
+    <t>Mér, 25/03/2026 - 09:30</t>
+  </si>
+  <si>
+    <t>Mér, 25/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Segovia acolle unha reunión en marzo a favor das sementes certificadas APROSE anuncia a celebración do seu IV Simposio Nacional de Produtores de Sementes baixo o lema 'Semente certificada: sementar…</t>
+  </si>
+  <si>
+    <t>Segovia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/iv-simposio-nacional-produtores-sementes</t>
+  </si>
+  <si>
+    <t>Seminario técnico "Agrivoltaica: enerxía solar máis alá do quilovatio-hora", no contexto do CIES 2026</t>
+  </si>
+  <si>
+    <t>Mér, 25/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mér, 25/03/2026 - 13:33</t>
+  </si>
+  <si>
+    <t>A xornada técnica "Agrivoltaica: enerxía solar máis alá do quilovatio-hora" , un evento celebrado no marco das actividades paralelas abertas ao XX Congreso Ibérico e XVI Congreso Iberoamericano de…</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>Sala de conferencias do Edificio de Economía da Universidade de Almería.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/seminario-tecnico-agrivoltaica-enerxia-solar-mais-ala-do-quilovatio-hora-no-contexto-do</t>
+  </si>
+  <si>
+    <t>Exposición Mundial do Aceite de Oliva</t>
+  </si>
+  <si>
+    <t>Ven, 03/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Sáb, 04/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Exposición Mundial do Aceite de Oliva. O punto de encontro para profesionais do aceite de oliva. Negocios e crecemento, agricultura e maquinaria, gastronomía, deseño... Na súa última edición, o…</t>
+  </si>
+  <si>
+    <t>IFEMA MADRID Campo de las Naciones 28042 – MADRID</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/exposicion-mundial-do-aceite-oliva</t>
+  </si>
+  <si>
+    <t>XVII Conferencia Técnica da Nogueira 2026</t>
+  </si>
+  <si>
+    <t>Xov, 16/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Xov, 16/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>Constantino</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/xvii-conferencia-tecnica-da-nogueira-2026</t>
+  </si>
+  <si>
+    <t>Úbeda acolle o VI Congreso Nacional de Mestres e Operadores de Muíños de Oliva 2026</t>
+  </si>
+  <si>
+    <t>Sáb, 18/04/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Sáb, 18/04/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>O vindeiro sábado 18 de abril de 2026 , a cidade de Úbeda , Patrimonio da Humanidade e líder indiscutible no sector do aceite de oliva, converterase unha vez máis no punto de encontro imprescindible…</t>
+  </si>
+  <si>
+    <t>Jaén</t>
+  </si>
+  <si>
+    <t>Úbeda. Xaén.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/ubeda-acolle-o-vi-congreso-nacional-mestres-e-operadores-muinos-oliva-2026</t>
+  </si>
+  <si>
+    <t>XVII Expolevante-Níjar</t>
+  </si>
+  <si>
+    <t>Mér, 22/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Ven, 24/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>A feira agrícola Expolevante-Níjar celebrará a súa décimo sétima edición do 22 ao 24 de abril no Centro de Exposicións e Congresos de Campohermoso , consolidando a súa posición como un dos eventos de…</t>
+  </si>
+  <si>
+    <t>Centro de Congresos e Exposicións de Campohermoso 04100 Níjar Almería España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/xvii-expolevante-nijar</t>
+  </si>
+  <si>
+    <t>Nova AG - Conferencia e Exposición Agrícola Internacional</t>
+  </si>
+  <si>
+    <t>Congresos, Difusión de resultados, Xornadas técnicas, Rede, Obradoiros</t>
+  </si>
+  <si>
+    <t>Lun, 27/04/2026 - 22:00</t>
+  </si>
+  <si>
+    <t>Mér, 29/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Os últimos avances en fertilizantes especiais, tecnoloxías de BioAg e agricultura sostible que configurarán o futuro da produción agrícola. Os últimos avances en fertilizantes especiais, tecnoloxías…</t>
+  </si>
+  <si>
+    <t>Hotel Riu Plaza España, Madrid, España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/nova-ag-conferencia-e-exposicion-agricola-internacional</t>
+  </si>
+  <si>
+    <t>Phytoma organiza o encontro "Presente e futuro das medidas fitosanitarias no pistacho e na améndoa"</t>
+  </si>
+  <si>
+    <t>Mar, 28/04/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mér, 29/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>A reunión celebrarase os días 28 e 29 de abril no IRIAF de Tomelloso (Cidade Real) La localidad de Tomelloso, en Ciudad Real, se convertirá del 28 al 29 de abril en el epicentro mundial de la…</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
+    <t>IRIAF de Tomelloso (Cidade Real)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/phytoma-organiza-o-encontro-presente-e-futuro-das-medidas-fitosanitarias-no-pistacho-e-na</t>
+  </si>
+  <si>
+    <t>XXIV Conferencia Técnica de Poscolleita 2026</t>
+  </si>
+  <si>
+    <t>Xov, 07/05/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Xov, 07/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/xxiv-conferencia-tecnica-poscolleita-2026</t>
+  </si>
+  <si>
+    <t>FEIRA EXPOVICAMAN</t>
+  </si>
+  <si>
+    <t>Xov, 07/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Dom, 10/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Feira Agrícola e Pecuaria de Castela A Mancha EXPOVICAMAN , a Feira Agrícola e Gandeira de Castela-A Mancha, celebra a súa 42ª edición en 2026. Sen dúbida, é a feira agrícola e gandeira máis…</t>
+  </si>
+  <si>
+    <t>Albacete</t>
+  </si>
+  <si>
+    <t>IFAB Avda. Gregorio Arcos 19 02006 Albacete Albacete España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/feira-expovicaman</t>
+  </si>
+  <si>
+    <t>CULTIVA 2026 volve aos regadíos da provincia de Huesca</t>
+  </si>
+  <si>
+    <t>Demostracións de campo, Feiras</t>
+  </si>
+  <si>
+    <t>Mér, 13/05/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Xov, 14/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Conectando a innovación, a tecnoloxía e a agricultura A Conferencia CULTIVA 2026 celebrarase os días 13 e 14 de maio en Grañén-Albero Bajo , Huesca, nunha explotación de regadío . Este evento é o…</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Huesca</t>
   </si>
   <si>
-    <t>Aula de grao. Escola Politécnica Superior de Huesca. Universidade de Zaragoza. Huesca.</t>
-[...125 lines deleted...]
-    <t>O proxecto CLIMALACT continúa avanzando no seu obxectivo de construír un modelo lácteo máis sostible e climáticamente neutro cunha nova reunión do Grupo de Foco Multilateral o 17 de decembro en…</t>
+    <t>Grañén-Albero Bajo, Huesca.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/cultiva-2026-volve-aos-regadios-da-provincia-huesca</t>
+  </si>
+  <si>
+    <t>Resiliencia da auga na agricultura: innovación na práctica, pola Rede da PAC da UE</t>
+  </si>
+  <si>
+    <t>Mar, 19/05/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Xov, 21/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>A conferencia “Resiliencia da auga na agricultura: innovación na práctica” , unha reunión europea centrada na innovación, o intercambio de coñecementos e o enfoque EIP-AGRI, terá lugar entre o 19 e o…</t>
+  </si>
+  <si>
+    <t>Hamburgo (Alemaña)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/resiliencia-da-auga-na-agricultura-innovacion-na-practica-pola-rede-da-pac-da-ue</t>
+  </si>
+  <si>
+    <t>FEIRA ENOFORUM</t>
+  </si>
+  <si>
+    <t>Mér, 20/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Xov, 21/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Enoforum é un congreso técnico-científico e unha feira dedicada a adegas e empresas vitivinícolas. Obxectivo: reunir empresas provedoras, investigadores, viticultores e técnicos de adegas e viñedos…</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>Feira de Zaragoza, Autoestrada A-2, km 311, 50012 Zaragoza, Zaragoza, España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/feira-enoforum</t>
+  </si>
+  <si>
+    <t>XXII Xornada Interrexional de Campo sobre Cultivos Herbáceos de Inverno 2026</t>
+  </si>
+  <si>
+    <t>Xov, 21/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/xxii-xornada-interrexional-campo-cultivos-herbaceos-inverno-2026</t>
+  </si>
+  <si>
+    <t>XVIII Día da Amendoeira 2026</t>
+  </si>
+  <si>
+    <t>Mér, 03/06/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Mér, 03/06/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>As Borges Brancas</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/xviii-dia-da-amendoeira-2026</t>
+  </si>
+  <si>
+    <t>FEIRA INTERNACIONAL DE ABANCA - SEMANA VERDE DE GALICIA</t>
+  </si>
+  <si>
+    <t>Xov, 04/06/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Dom, 07/06/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>A Feira Internacional Abanca da Semana Verde de Galicia chega á súa 47ª edición, consolidada como o maior evento feiral e de lecer multisectorial do noroeste da Península Ibérica . Este emblemático…</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
-    <t>Rodeiro. Pontevedra.</t>
-[...521 lines deleted...]
-    <t>https://akisplataforma.es/gl/eventos/ubeda-acolle-o-vi-congreso-nacional-mestres-e-operadores-muinos-oliva-2026</t>
+    <t>Silleda (Pontevedra)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/feira-internacional-abanca-semana-verde-galicia</t>
+  </si>
+  <si>
+    <t>GALIFOREST</t>
+  </si>
+  <si>
+    <t>Xov, 02/07/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Sáb, 04/07/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>O monográfico forestal Galiforest Abanca celebrará a súa oitava edición do 2 ao 4 de xullo de 2026 no monte do Centro de Formación e Experimentación Agroforestal de Sergude, situado no concello de…</t>
+  </si>
+  <si>
+    <t>Coruña, A</t>
+  </si>
+  <si>
+    <t>Boqueixón (A Coruña)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/galiforest</t>
   </si>
   <si>
     <t>XXIX Día do Arroz 2026</t>
   </si>
   <si>
     <t>Xov, 27/08/2026 - 14:00</t>
   </si>
   <si>
     <t>Xov, 27/08/2026 - 23:00</t>
   </si>
   <si>
-    <t>Data provisional do día. Publicaremos máis información sobre o evento en breve. Se queres recibir máis información, fai clic no botón "Estou interesado/a" na seguinte páxina web .</t>
-[...1 lines deleted...]
-  <si>
     <t>Amposta</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/eventos/xxix-dia-do-arroz-2026</t>
   </si>
   <si>
     <t>RECOMEX. Resultados de ensaios e innovacións en cultivos extensivos de inverno 2026</t>
   </si>
   <si>
     <t>Ven, 04/09/2026 - 00:00</t>
   </si>
   <si>
     <t>Ven, 04/09/2026 - 23:00</t>
   </si>
   <si>
     <t>Calaf</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/eventos/recomex-resultados-ensaios-e-innovacions-cultivos-extensivos-inverno-2026</t>
   </si>
   <si>
     <t>IX Xornadas da Rede Española de Compostaxe</t>
   </si>
   <si>
     <t>Mar, 29/09/2026 - 09:00</t>
   </si>
   <si>
     <t>Xov, 01/10/2026 - 20:00</t>
   </si>
   <si>
     <t>Anuncio das datas e lugar da 9ª Xornada da Rede Española de Compostaxe. 29 e 30 de setembro e 1 de outubro de 2026 . Granada , na Aula Magna da Escola Técnica Superior de Arquitectura (ETSAG) da…</t>
   </si>
   <si>
-    <t>Granada</t>
-[...1 lines deleted...]
-  <si>
     <t>https://akisplataforma.es/gl/eventos/ix-xornadas-da-rede-espanola-compostaxe</t>
   </si>
   <si>
+    <t>FEIRA EXPOBIOMASS</t>
+  </si>
+  <si>
+    <t>Mar, 29/09/2026 - 18:00</t>
+  </si>
+  <si>
+    <t>Mér, 30/09/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>AVEBIOM, Asociación Española para a Valorización Enerxética da Biomasa AVEBIOM, a organizadora de EXPOBIOMASA, é unha asociación dos principais actores do sector da bioenerxía, que abrangue toda a…</t>
+  </si>
+  <si>
+    <t>Feira de Valladolid, Avda. Ramón Pradera, 3, 47009 Valladolid</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/feira-expobiomass</t>
+  </si>
+  <si>
+    <t>Atracción de froitas</t>
+  </si>
+  <si>
+    <t>Congresos, Feiras, Intercambio de experiencias, Rede, Seminarios, Obradoiros</t>
+  </si>
+  <si>
+    <t>Mér, 30/09/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Ven, 02/10/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Do 30 de setembro ao 2 de outubro , Madrid converterase no epicentro global para operadores, comerciantes e profesionais que buscan crecer, conectar e transformar as súas estratexias empresariais.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/atraccion-froitas-0</t>
+  </si>
+  <si>
     <t>Alimentaria FoodTech reunirá a innovación agroalimentaria no espazo expositivo Innovarena.</t>
   </si>
   <si>
     <t>Mar, 06/10/2026 - 00:00</t>
   </si>
   <si>
     <t>Xov, 08/10/2026 - 00:00</t>
   </si>
   <si>
     <t>A feira Alimentaria FoodTech celebrará unha nova edición do 6 ao 8 de outubro de 2026, no recinto Gran Vía de Fira de Barcelona. A feira da innovación, tecnoloxía e ingredientes para a industria…</t>
   </si>
   <si>
     <t>Gran Vía de Fira de Barcelona</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/eventos/alimentaria-foodtech-reunira-innovacion-agroalimentaria-no-espazo-expositivo-innovarena</t>
   </si>
   <si>
     <t>XXII Congreso da Sociedade Española de Fitopatoloxía</t>
   </si>
   <si>
     <t>Congresos, Difusión de resultados, Xornadas técnicas, Seminarios, Obradoiros</t>
   </si>
   <si>
     <t>Lun, 19/10/2026 - 18:00</t>
@@ -905,66 +1136,129 @@
   <si>
     <t>Balears, Illes</t>
   </si>
   <si>
     <t>Centro de Convencións Hipotels, Palma (Mallorca)</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/eventos/xxii-congreso-da-sociedade-espanola-fitopatoloxia</t>
   </si>
   <si>
     <t>XXXI Conferencia de Fruticultura da IRTA 2026</t>
   </si>
   <si>
     <t>Mér, 21/10/2026 - 09:00</t>
   </si>
   <si>
     <t>Data provisional do día. Publicarase máis información sobre o evento en breve. Se queres recibir máis información, fai clic no botón "Estou interesado/a" na seguinte páxina web .</t>
   </si>
   <si>
     <t>Mollerussa</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/eventos/xxxi-conferencia-fruticultura-da-irta-2026</t>
   </si>
   <si>
+    <t>Feira SEPOR, en Lorca (Murcia)</t>
+  </si>
+  <si>
+    <t>Lun, 26/10/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Xov, 29/10/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Lorca (Murcia) converterase de novo no principal punto de encontro do sector primario coa celebración dunha nova edición da SEPOR – Feira Pecuaria, Industrial e Agroalimentaria , que terá lugar do 26…</t>
+  </si>
+  <si>
+    <t>Recinto Feiral de Lorca Praza de Santa Quiteria, s/n 30800 Lorca Murcia España</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/feira-sepor-lorca-murcia</t>
+  </si>
+  <si>
     <t>Anuga Select Ibérica: o novo gran evento para a industria alimentaria chega a IFEMA MADRID en febreiro de 2027</t>
   </si>
   <si>
     <t>Mar, 16/02/2027 - 09:00</t>
   </si>
   <si>
     <t>Xov, 18/02/2027 - 20:00</t>
   </si>
   <si>
     <t>A industria alimentaria e de bebidas na Península Ibérica alcanzou un novo fito coa chegada de Anuga Select Ibérica , o gran evento profesional que se celebrará do 16 ao 18 de febreiro de 2027 en…</t>
   </si>
   <si>
     <t>IFEMA. Madrid.</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/eventos/anuga-select-iberica-o-novo-gran-evento-industria-alimentaria-chega-ifema-madrid-febreiro</t>
+  </si>
+  <si>
+    <t>SMAGUA</t>
+  </si>
+  <si>
+    <t>Congresos, Xornadas técnicas</t>
+  </si>
+  <si>
+    <t>Mar, 16/02/2027 - 14:00</t>
+  </si>
+  <si>
+    <t>Xov, 18/02/2027 - 23:00</t>
+  </si>
+  <si>
+    <t>28ª Exposición Internacional da Auga, Rego e Medio Ambiente O prestixio de SMAGUA, convertida nunha das feiras comerciais máis importantes de Europa, atrae a profesionais de todo o mundo que atopan…</t>
+  </si>
+  <si>
+    <t>Feira de Zaragoza Autoestrada A-2, km 311 50012 Zaragoza</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/smagua</t>
+  </si>
+  <si>
+    <t>Asturforesta, o principal evento internacional para o sector forestal en condicións reais de traballo</t>
+  </si>
+  <si>
+    <t>Xov, 27/05/2027 - 18:00</t>
+  </si>
+  <si>
+    <t>Sáb, 29/05/2027 - 23:00</t>
+  </si>
+  <si>
+    <t>Con 13 edicións celebradas desde a súa primeira convocatoria en 1997 , Asturforesta consolidouse como un dos principais puntos de encontro para profesionais do sector forestal, da madeira e a súa…</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>Asturias</t>
+  </si>
+  <si>
+    <t>Feira Forestal Internacional de Asturias, Concello de Tineo, Praza do Concello, s/n, 33870 Tineo, Asturias</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/eventos/asturforesta-o-principal-evento-internacional-o-sector-forestal-condicions-reais-traballo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1271,67 +1565,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J48"/>
+  <dimension ref="A1:J64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J48"/>
+      <selection activeCell="A1" sqref="A1:J64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="170.958" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="237.085" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="9" max="9" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -1342,1469 +1636,2003 @@
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="G2" s="1"/>
-      <c r="H2" s="1"/>
+      <c r="G2" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>17</v>
+      </c>
       <c r="I2" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>40</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D7" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>53</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
-      <c r="I7" s="1" t="s">
+      <c r="I7" s="1"/>
+      <c r="J7" s="1" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="H8" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>47</v>
+      </c>
       <c r="I8" s="1" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="J9" s="1" t="s">
         <v>64</v>
-      </c>
-[...21 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="1" t="s">
+      <c r="J10" s="1" t="s">
         <v>70</v>
-      </c>
-[...19 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...11 lines deleted...]
-      <c r="F11" s="1" t="s">
+      <c r="H11" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>85</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>86</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>71</v>
+        <v>90</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-      <c r="H14" s="1"/>
+        <v>99</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="I14" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="H15" s="1"/>
+        <v>105</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>106</v>
+      </c>
       <c r="I15" s="1" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-      <c r="H16" s="1"/>
+        <v>111</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>112</v>
+      </c>
       <c r="I16" s="1" t="s">
-        <v>14</v>
+        <v>113</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="1" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="G17" s="1"/>
+      <c r="H17" s="1"/>
       <c r="I17" s="1" t="s">
-        <v>115</v>
+        <v>52</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="B18" s="1"/>
       <c r="C18" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-      <c r="H18" s="1"/>
+        <v>121</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="I18" s="1" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-      <c r="H19" s="1"/>
+        <v>126</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>112</v>
+      </c>
       <c r="I19" s="1" t="s">
-        <v>14</v>
+        <v>127</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="G20" s="1"/>
-[...1 lines deleted...]
-      <c r="I20" s="1"/>
+      <c r="G20" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>132</v>
+      </c>
       <c r="J20" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>134</v>
+        <v>21</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="G21" s="1"/>
-      <c r="H21" s="1"/>
+      <c r="G21" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>138</v>
+      </c>
       <c r="I21" s="1" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>94</v>
+        <v>147</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="G23" s="1"/>
-      <c r="H23" s="1"/>
+      <c r="H23" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="I23" s="1" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>152</v>
+        <v>31</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="G25" s="1"/>
       <c r="H25" s="1" t="s">
-        <v>153</v>
+        <v>47</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>110</v>
+        <v>166</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>166</v>
+        <v>76</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>167</v>
+        <v>85</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>110</v>
+        <v>147</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="G27" s="1"/>
       <c r="H27" s="1" t="s">
-        <v>174</v>
+        <v>32</v>
       </c>
       <c r="I27" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="J27" s="1" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B28" s="1"/>
+      <c r="C28" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="E28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="E28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="1" t="s">
+      <c r="G28" s="1"/>
+      <c r="H28" s="1"/>
+      <c r="I28" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="G28" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I28" s="1" t="s">
+      <c r="J28" s="1" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>184</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>185</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>114</v>
+        <v>40</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>186</v>
       </c>
       <c r="J29" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
         <v>188</v>
       </c>
       <c r="B30" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="D30" s="1" t="s">
+      <c r="E30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="E30" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="1" t="s">
+      <c r="G30" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="G30" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I30" s="1" t="s">
+      <c r="J30" s="1" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="B31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="1" t="s">
+      <c r="E31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="G31" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="J31" s="1" t="s">
         <v>197</v>
-      </c>
-[...16 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="1" t="s">
+      <c r="G32" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="J32" s="1" t="s">
         <v>202</v>
-      </c>
-[...19 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="B33" s="1"/>
+        <v>203</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>21</v>
+      </c>
       <c r="C33" s="1" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>212</v>
+        <v>39</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>213</v>
+        <v>40</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>214</v>
+        <v>186</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>217</v>
+        <v>154</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="G34" s="1"/>
+        <v>211</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="H34" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="I34" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J34" s="1" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>110</v>
+        <v>154</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>224</v>
+        <v>210</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="G35" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="G35" s="1"/>
+      <c r="H35" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="H35" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I35" s="1"/>
       <c r="J35" s="1" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>73</v>
+        <v>223</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>217</v>
+        <v>21</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="G37" s="1"/>
+        <v>228</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>23</v>
+      </c>
       <c r="H37" s="1" t="s">
-        <v>213</v>
+        <v>229</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>110</v>
+        <v>154</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>242</v>
-[...5 lines deleted...]
-      <c r="I38" s="1"/>
+        <v>235</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H38" s="1"/>
+      <c r="I38" s="1" t="s">
+        <v>236</v>
+      </c>
       <c r="J38" s="1" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H39" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="E39" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I39" s="1" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H40" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="B40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="1" t="s">
+      <c r="I40" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="J40" s="1" t="s">
         <v>250</v>
-      </c>
-[...14 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="1" t="s">
+      <c r="G41" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="J41" s="1" t="s">
         <v>256</v>
-      </c>
-[...16 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C42" s="1" t="s">
+      <c r="G42" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H42" s="1"/>
+      <c r="I42" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="J42" s="1" t="s">
         <v>263</v>
-      </c>
-[...16 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="B43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="1" t="s">
+      <c r="G43" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="H43" s="1" t="s">
         <v>269</v>
-      </c>
-[...10 lines deleted...]
-        <v>174</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>270</v>
       </c>
       <c r="J43" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>273</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>274</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F44" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="J44" s="1" t="s">
         <v>275</v>
-      </c>
-[...10 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D45" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="1" t="s">
+      <c r="E45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="G45" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H45" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="E45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="1" t="s">
+      <c r="I45" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="G45" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I45" s="1" t="s">
+      <c r="J45" s="1" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="D46" s="1" t="s">
+      <c r="E46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="E46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="1" t="s">
+      <c r="G46" s="1" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>289</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>290</v>
       </c>
       <c r="J46" s="1" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>294</v>
-[...6 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="G47" s="1"/>
+      <c r="H47" s="1"/>
       <c r="I47" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>110</v>
+        <v>154</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="J48" s="1" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B49" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="F48" s="1" t="s">
+      <c r="C49" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D49" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="G48" s="1" t="s">
+      <c r="E49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H49" s="1"/>
+      <c r="I49" s="1"/>
+      <c r="J49" s="1" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="J50" s="1" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="J51" s="1" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="J52" s="1" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="J53" s="1" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H54" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="H48" s="1"/>
-[...3 lines deleted...]
-      <c r="J48" s="1" t="s">
+      <c r="I54" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="J54" s="1" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="J55" s="1" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="J56" s="1" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="J57" s="1" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="J58" s="1" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="J59" s="1" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="J60" s="1" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H62" s="1"/>
+      <c r="I62" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="J62" s="1" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H63" s="1" t="s">
         <v>302</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="J63" s="1" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="J64" s="1" t="s">
+        <v>400</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>