--- v0 (2025-12-16)
+++ v1 (2026-02-23)
@@ -12,571 +12,1252 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Cursos de formación" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="549">
   <si>
     <t>Curso</t>
   </si>
   <si>
     <t>Inicio</t>
   </si>
   <si>
     <t>Fin</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localizacion</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Gratuito</t>
   </si>
   <si>
     <t>Descripcion</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
-    <t>Xornada de formación: Bioeconomía circular para unha xestión sostible e rendible do esterco gandeiro</t>
-[...5 lines deleted...]
-    <t>Mar, 16/12/2025 - 20:00</t>
+    <t>CURSO DE CÁLCULO E DESEÑO DE INSTALACIÓNS DE REGO</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>En liña</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Este curso céntrase no deseño e mantemento de sistemas de rega. Aprenderás a determinar a cantidade de auga necesaria para os cultivos e a comprender…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-calculo-e-deseno-instalacions-rego</t>
+  </si>
+  <si>
+    <t>Novo curso na Escola de Pastoreo de Aragón</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Ven, 04/09/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Huesca</t>
+  </si>
+  <si>
+    <t>San Juan de Plan. Aragón.</t>
+  </si>
+  <si>
+    <t>En persoa</t>
+  </si>
+  <si>
+    <t>Sí</t>
+  </si>
+  <si>
+    <t>Fonte: RFEAGAS A inscrición permanecerá aberta ata o domingo 1 de febreiro e hai un total de 10 prazas dispoñibles. O 24 de febreiro comezará un novo…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/novo-curso-na-escola-pastoreo-aragon</t>
+  </si>
+  <si>
+    <t>MÓDULO XENÉRICO: CUALIFICACIÓN DE TÉCNICOS EN PRODUCIÓN INTEGRADA DE PRODUTOS AGRÍCOLAS E GANDEIROS</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Xov, 26/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>Palma del Río</t>
+  </si>
+  <si>
+    <t>Mesturado</t>
+  </si>
+  <si>
+    <t>Contido Conceptos básicos sobre a Produción Integrada: concepto e obxectivos da Produción Integrada; problemas da protección vexetal convencional;…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/modulo-xenerico-cualificacion-tecnicos-producion-integrada-produtos-agricolas-0</t>
+  </si>
+  <si>
+    <t>CURSO: MELLORES TÉCNICAS DISPOÑIBLES PARA REDUCIR O IMPACTO AMBIENTAL NAS GRANXAS PORCINAS. EN LIÑA – 260225FAP</t>
+  </si>
+  <si>
+    <t>Mér, 25/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Lun, 23/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Dirixido a: Curso validado como formación complementaria para acceder a axudas destinadas a fomentar a incorporación da mocidade ao sector agrícola,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-mellores-tecnicas-disponibles-reducir-o-impacto-ambiental-nas-granxas</t>
+  </si>
+  <si>
+    <t>CURSO BÁSICO DE PREVENCIÓN DE RISCOS LABORAIS NO SECTOR AGRÍCOLA – EN LIÑA – 260225PRL</t>
+  </si>
+  <si>
+    <t>Xov, 19/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Dirixido a: 🔹 Mozos que desexen incorporarse ao negocio agrícola 🔹 Propietarios de empresas que realizan actividades preventivas 🔹 Traballadores…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-basico-prevencion-riscos-laborais-no-sector-agricola-lina-260225prl</t>
+  </si>
+  <si>
+    <t>3ª edición do curso en liña "Digitalización a través de aplicacións móbiles"</t>
+  </si>
+  <si>
+    <t>Mér, 25/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Ven, 27/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Online síncrona</t>
+  </si>
+  <si>
+    <t>A 3ª edición do curso "Digitalización a través de aplicacións móbiles" , organizado por iRiego , celebrarase en liña os días 25, 26 e 27 de febreiro…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/3a-edicion-do-curso-lina-digitalizacion-traves-aplicacions-mobiles</t>
+  </si>
+  <si>
+    <t>Curso de formación para persoal de granxas avícolas. En liña – 260226AVI</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Mar, 17/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Dirixido a: Traballadores de granxas avícolas Obxectivos: Cumprir co requisito do Real Decreto 637/2021, do 27 de xullo, de garantir que todas as…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-formacion-persoal-granxas-avicolas-lina-260226avi</t>
+  </si>
+  <si>
+    <t>Introdución ao rego</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Mar, 07/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t>Campanillas, Málaga</t>
+  </si>
+  <si>
+    <t>Este curso inclúe polo menos un módulo en liña. Os cursos que se ofrecen na plataforma de aprendizaxe virtual da IFAPA combinan a aprendizaxe a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/introducion-ao-rego</t>
+  </si>
+  <si>
+    <t>Día da poda da oliveira</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 09:30</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 13:30</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>Navarra</t>
+  </si>
+  <si>
+    <t>Casa de Cultura de Olite</t>
+  </si>
+  <si>
+    <t>Poda da oliveira segundo a variedade. As mellores ferramentas para a poda. Tipos de poda. Tempo necesario para unha poda axeitada da oliveira.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/dia-da-poda-da-oliveira</t>
+  </si>
+  <si>
+    <t>Formación en liña gratuíta sobre compostaxe eficiente para valorizar os residuos agroindustriais</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 17:07</t>
+  </si>
+  <si>
+    <t>Xov, 26/02/2026 - 22:22</t>
   </si>
   <si>
     <t>Online</t>
   </si>
   <si>
-    <t>En liña</t>
-[...80 lines deleted...]
-    <t>Aragón</t>
+    <t>O vindeiro xoves 26 de febreiro , de 17:00 a 20:00 horas , ASETAGA impartirá a formación en liña gratuíta “Compostaxe eficiente: claves para…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/formacion-lina-gratuita-compostaxe-eficiente-valorizar-os-residuos</t>
+  </si>
+  <si>
+    <t>CULTIVO DE PAPAYA</t>
+  </si>
+  <si>
+    <t>Ven, 27/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Este curso afonda en todas as fases do cultivo da papaia, dende os requisitos do solo e o clima ata o procesamento da froita. Aprenderás a propagar a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/cultivo-papaya</t>
+  </si>
+  <si>
+    <t>CURSO DE MANIPULADOR DE PRODUTOS FITOSANÉTICOS. NIVEL DE RENOVACIÓN BÁSICO – EN LIÑA – 260227FBR</t>
+  </si>
+  <si>
+    <t>Lun, 09/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Dirixido a: Usuarios profesionais cuxa licenza inicial de manipulador de produtos fitosanitarios básicos caducou aos 10 anos e precisan xestionar a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-manipulador-produtos-fitosaneticos-nivel-renovacion-basico-lina-260227fbr</t>
+  </si>
+  <si>
+    <t>MANIPULADOR DE ALIMENTOS E ALÉRXENOS.EN LIÑA – 260227MA</t>
+  </si>
+  <si>
+    <t>Dirixido a: Persoas que traballan en actividades que impliquen a manipulación de produtos alimenticios. Obxectivos: O obxectivo deste curso é…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/manipulador-alimentos-e-alerxenosen-lina-260227ma</t>
+  </si>
+  <si>
+    <t>aGROSlab ofrece un seminario en liña gratuíto sobre como desenvolver plans de subscrición que cumpran coa normativa</t>
+  </si>
+  <si>
+    <t>Ven, 27/02/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Ven, 27/02/2026 - 19:00</t>
+  </si>
+  <si>
+    <t>O desenvolvemento de plans de fertilización claros, xustificables e operativos converteuse nun elemento clave para cumprir cos requisitos…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/agroslab-ofrece-seminario-lina-gratuito-desenvolver-plans-subscricion-que</t>
+  </si>
+  <si>
+    <t>2ª Edición do Curso de Deseño e Construción de Plantas de Biogás/Biometano</t>
+  </si>
+  <si>
+    <t>Dom, 01/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Mar, 31/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>O curso en liña "Deseño e construción de plantas de biogás/biometano para enxeñeiros" ofrece formación especializada no deseño, dimensionamento e…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/2a-edicion-do-curso-deseno-e-construcion-plantas-biogasbiometano</t>
+  </si>
+  <si>
+    <t>Curso para a formación de usuarios e vendedores profesionais de produtos fitosanitarios: Nivel básico. Nivel ponte. Nivel cualificado.</t>
+  </si>
+  <si>
+    <t>Lun, 02/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>O Real Decreto 1311/2012 establece o marco de actuación para lograr o uso sostible dos produtos fitosanitarios mediante a redución dos riscos e…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-formacion-usuarios-e-vendedores-profesionais-produtos-fitosanitarios-0</t>
+  </si>
+  <si>
+    <t>Curso de pesticidas agrícolas - Nivel cualificado</t>
+  </si>
+  <si>
+    <t>Ven, 20/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Badajoz</t>
+  </si>
+  <si>
+    <t>Olivenza</t>
+  </si>
+  <si>
+    <t>Esta certificación está dirixida a usuarios profesionais responsables de tratamentos terrestres, incluídas as aplicacións non agrícolas, e a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-pesticidas-agricolas-nivel-cualificado-0</t>
+  </si>
+  <si>
+    <t>Curso de benestar animal para transportistas e gandeiros</t>
+  </si>
+  <si>
+    <t>Ven, 06/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>C/ Pablo Neruda, 27, Villafranca de los Barros (Badajoz)</t>
+  </si>
+  <si>
+    <t>Cando o alumnado posúa as condicións obxectivas de beneficiario tanto dos cursos da sección a como da sección b, e estea interesado en cursar ambos…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-benestar-animal-transportistas-e-gandeiros-6</t>
+  </si>
+  <si>
+    <t>Introdución á apicultura</t>
+  </si>
+  <si>
+    <t>Lun, 02/03/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Ven, 06/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Palmas, Las</t>
+  </si>
+  <si>
+    <t>GC-2, Km 8,5 - Montaña Cardones 35415 - Arucas (Gran Canaria)</t>
+  </si>
+  <si>
+    <t>Este curso ten como obxectivo proporcionarlles aos mozos que se dedican á gandería os coñecementos técnicos e prácticos dispoñibles para que poidan…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/introducion-apicultura-3</t>
+  </si>
+  <si>
+    <t>FORMACIÓN ESPECIALIZADA EN VERDURA CUBERTA</t>
+  </si>
+  <si>
+    <t>Lun, 06/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/formacion-especializada-verdura-cuberta</t>
+  </si>
+  <si>
+    <t>MÓDULO XENÉRICO: CUALIFICACIÓN DE TÉCNICOS EN PRODUCIÓN INTEGRADA DE PRODUTOS FABRICADOS E PROCESADOS</t>
+  </si>
+  <si>
+    <t>Mér, 04/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Mér, 08/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Jaén</t>
+  </si>
+  <si>
+    <t>Mengíbar</t>
+  </si>
+  <si>
+    <t>Contido Introdución, concepto e situación da produción integrada Trazabilidade e seguridade alimentaria Xestión de centros de manipulación e…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/modulo-xenerico-cualificacion-tecnicos-producion-integrada-produtos-fabricados</t>
+  </si>
+  <si>
+    <t>CURSO EN LIÑA - INTELIXENCIA ARTIFICIAL (IA) APLICADA Á AGRICULTURA</t>
+  </si>
+  <si>
+    <t>Mar, 24/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Obxectivo No curso en liña Intelixencia Artificial (IA) aplicada á Agricultura, o alumno aprenderá a aproveitar ao máximo as ferramentas actuais que…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-lina-intelixencia-artificial-ia-aplicada-agricultura</t>
+  </si>
+  <si>
+    <t>Xestión avanzada de invernadoiros ecolóxicos</t>
+  </si>
+  <si>
+    <t>Xov, 05/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>Valencia/València</t>
+  </si>
+  <si>
+    <t>Curso en liña: Xestión avanzada de invernadoiros orgánicos. Solo vivo e a súa fertilidade</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/xestion-avanzada-invernadoiros-ecoloxicos</t>
+  </si>
+  <si>
+    <t>PLANIFICACIÓN DUNHA ROTACIÓN DE CULTIVOS AXEITADA: CASOS PRÁCTICOS</t>
+  </si>
+  <si>
+    <t>Xov, 05/03/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Xov, 05/03/2026 - 12:00</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>Araba/Álava</t>
+  </si>
+  <si>
+    <t>Ayuntamiento de Elburgo, Álava</t>
+  </si>
+  <si>
+    <t>Principios básicos da rotación de cultivos, Factores para o deseño de rotacións, Modelos e tipos de rotación, Planificación práctica (casos reais),…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/planificacion-dunha-rotacion-cultivos-axeitada-casos-practicos</t>
+  </si>
+  <si>
+    <t>INCORPORACIÓN Á EMPRESA AGRÍCOLA: FRUTICULTURA</t>
+  </si>
+  <si>
+    <t>Mar, 10/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Mar, 10/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Centro IFAPA de Málaga</t>
+  </si>
+  <si>
+    <t>Módulos EMPRESA AGRÍCOLA ASOCIACIONISMO E MÁRKETING CONTABILIDADE E INTRODUCIÓN Á INFORMÁTICA RELACIÓNS COMERCIAIS E PREVENCIÓN DE RISCOS LABORAIS…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/incorporacion-empresa-agricola-fruticultura-0</t>
+  </si>
+  <si>
+    <t>Agricultura 4.0 - Curso mixto</t>
+  </si>
+  <si>
+    <t>O curso Agricultura 4.0, ou "Tecnoloxías 4.0 en Maquinaria de Precisión (Combinado)", é un curso en liña de 30 horas máis 5 horas de instrución…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/agricultura-40-curso-mixto</t>
+  </si>
+  <si>
+    <t>OBRADOIRO PRÁCTICO. Liderando o camiño na protección do teu negocio na nova era da IA</t>
+  </si>
+  <si>
+    <t>Mar, 10/03/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Mar, 10/03/2026 - 12:00</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Calle Serrano 138</t>
+  </si>
+  <si>
+    <t>PONS IP e a Fundación PONS, dentro de EDIH Comunidade de Madrid, convídante ao Taller Práctico "Liderando a proxección do negocio na nova era da IA…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/obradoiro-practico-liderando-o-camino-na-proteccion-do-teu-negocio-na-nova-era</t>
+  </si>
+  <si>
+    <t>INTERPRETACIÓN DA ANÁLISE DO SOLO E DIRECTRICES PARA A FERTILIZACIÓN SOSTIBLE</t>
+  </si>
+  <si>
+    <t>Mér, 11/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Importancia e obxectivos da análise do solo, Metodoloxía de mostraxe do solo, Parámetros de análise do solo, Interpretación dos resultados,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/interpretacion-da-analise-do-solo-e-directrices-fertilizacion-sostible</t>
+  </si>
+  <si>
+    <t>Curso sobre o Rexistro (REA), o Caderno (CUE) e o SIEX</t>
+  </si>
+  <si>
+    <t>Mér, 25/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Obxectivos do curso A nova normativa da PAC inclúe, entre outras modificacións, a creación dun Sistema de Información de Explotacións Agrarias (SIEX…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-o-rexistro-rea-o-caderno-cue-e-o-siex</t>
+  </si>
+  <si>
+    <t>Seminario en liña gratuíto "Dixitalización do asesoramento agrícola"</t>
+  </si>
+  <si>
+    <t>Ven, 13/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Ven, 13/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>O 13 de marzo de 2026 , de 09:00 a 10:15 h, aGROSlab celebrará o seminario en liña “Digitalización do asesoramento agrícola” , unha sesión práctica…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/seminario-lina-gratuito-dixitalizacion-do-asesoramento-agricola</t>
+  </si>
+  <si>
+    <t>Sostibilidade na produción agrícola</t>
+  </si>
+  <si>
+    <t>Dom, 15/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>Este curso en liña abordará como producir máis alimentos con menos recursos naturais e, ao mesmo tempo, preservar o medio ambiente. Obxectivos do…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/sostibilidade-na-producion-agricola</t>
+  </si>
+  <si>
+    <t>Curso: Técnico de asesoramento en xestión integrada de pragas en zonas verdes</t>
+  </si>
+  <si>
+    <t>Curso sobre como aplicar o Real Decreto 1311/2012 ás zonas verdes urbanas: Este curso non che acredita como asesor; o seu obxectivo é ensinarte a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-tecnico-asesoramento-xestion-integrada-pragas-zonas-verdes</t>
+  </si>
+  <si>
+    <t>Xestión e verificación de sistemas básicos de rega</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>C/ Demetrio de los Ríos, 15. 41003, Sevilla</t>
+  </si>
+  <si>
+    <t>As cooperativas agroalimentarias ofrecen aos agricultores e ao público en xeral un curso sobre a xestión e verificación de sistemas básicos de rega.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/xestion-e-verificacion-sistemas-basicos-rega</t>
+  </si>
+  <si>
+    <t>Curso en liña "Competencias para o persoal que traballa con gando porcino"</t>
+  </si>
+  <si>
+    <t>Lun, 16/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ven, 17/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Se queres formarte para traballar no sector porcino, non perdas o curso "Competencia para o persoal que traballa con porcos". Este curso, impartido…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-lina-competencias-o-persoal-que-traballa-gando-porcino</t>
+  </si>
+  <si>
+    <t>Cultivo sen solo</t>
+  </si>
+  <si>
+    <t>CURSO EN LIÑA para aprender sobre solucións para o cultivo sen solo, que tamén abrangue a calidade do substrato, os diferentes sistemas de cultivo…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/cultivo-sen-solo</t>
+  </si>
+  <si>
+    <t>Especialización en interpretación de solos</t>
+  </si>
+  <si>
+    <t>Neste CURSO EN LIÑA, descubrirás as claves para manter a saúde do solo con prácticas sostibles para unha agricultura máis eficiente. Obxectivos do…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/especializacion-interpretacion-solos</t>
+  </si>
+  <si>
+    <t>Curso de Produción Hortícola en Invernadoiro</t>
+  </si>
+  <si>
+    <t>Mér, 18/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria</t>
+  </si>
+  <si>
+    <t>Convértete nun experto en produción hortícola CONTACTO</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-producion-horticola-invernadoiro-0</t>
+  </si>
+  <si>
+    <t>Agricultura de precisión. Curso: SIX avanzado e xestión de drons</t>
+  </si>
+  <si>
+    <t>Un curso de 60 horas, catro das cales se impartirán na Aula Virtual co instrutor en tempo real a través de Google Meet, abordará cuestións sobre o…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/agricultura-precision-curso-six-avanzado-e-xestion-drons</t>
+  </si>
+  <si>
+    <t>Xestión do muíño de oliveiras</t>
+  </si>
+  <si>
+    <t>Certificado de formación expedido pola INEA-Escola Universitaria de Enxeñaría Técnica Agraria. Obxectivos Comprender a xestión integral da muíña de…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/xestion-do-muino-oliveiras-0</t>
+  </si>
+  <si>
+    <t>Benestar animal no transporte de animais vivos</t>
+  </si>
+  <si>
+    <t>Cualificación aprobada Prazas limitadas OBXECTIVOS: Adquirir os fundamentos das boas prácticas durante o transporte de animais, incluíndo a carga,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/benestar-animal-no-transporte-animais-vivos</t>
+  </si>
+  <si>
+    <t>Curso de gandería e agricultura ecolóxica</t>
+  </si>
+  <si>
+    <t>A formación especializada recoñecida pola Xunta de Castela-A Mancha permite a acreditación de horas no ámbito ecolóxico segundo o estipulado na Orde…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-ganderia-e-agricultura-ecoloxica</t>
+  </si>
+  <si>
+    <t>FORMACIÓN PARA ASESOROS: Curso sobre Xestión Sostible de Solos Agrícolas</t>
+  </si>
+  <si>
+    <t>A xestión sostible dos solos agrícolas é un piar fundamental para garantir a produtividade a longo prazo dos agroecosistemas, a conservación…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/formacion-asesoros-curso-xestion-sostible-solos-agricolas</t>
+  </si>
+  <si>
+    <t>Seminario en liña gratuíto “Plans de fertilización en cultivos extensivos”</t>
+  </si>
+  <si>
+    <t>Ven, 20/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Ven, 20/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>O desenvolvemento correcto dun plan de fertilización é cada vez máis crucial para optimizar custos, mellorar a eficiencia do uso de nutrientes e…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/seminario-lina-gratuito-plans-fertilizacion-cultivos-extensivos</t>
+  </si>
+  <si>
+    <t>Drons e agricultura de precisión</t>
+  </si>
+  <si>
+    <t>Dom, 22/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Drons e Agricultura de Precisión é un curso descritivo que afonda na agricultura de precisión como técnica e concepto da Agricultura 4.0. Tamén se…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/drons-e-agricultura-precision</t>
+  </si>
+  <si>
+    <t>Curso de cultivo de aguacate</t>
+  </si>
+  <si>
+    <t>Este curso ofrece unha guía completa para o cultivo do aguacate. Aprenderás sobre os requisitos do solo e o clima, a propagación e o establecemento…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-cultivo-aguacate</t>
+  </si>
+  <si>
+    <t>3ª edición do curso “Digitalización da Agricultura de Precisión, Agricultura 4.0”</t>
+  </si>
+  <si>
+    <t>Lun, 23/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Mar, 24/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Villadangos del Páramo (León)</t>
+  </si>
+  <si>
+    <t>A Comunidade de Regadíos da Canle de Villadangos , en Villadangos del Páramo (León) , acollerá os días 23 e 24 de marzo de 2026 a 3ª edición do curso…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/3a-edicion-do-curso-digitalizacion-da-agricultura-precision-agricultura-40</t>
+  </si>
+  <si>
+    <t>produción de froitas</t>
+  </si>
+  <si>
+    <t>Neste curso ONLINE aprenderás sobre fisioloxía das árbores, deseño estratéxico de plantacións e a aplicación de técnicas de poda, rego e…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/producion-froitas</t>
+  </si>
+  <si>
+    <t>Especialista en olivicultura, tecnoloxía do aceite de oliva e xestión de muíños de aceite</t>
+  </si>
+  <si>
+    <t>O obxectivo é acadar a profesionalidade e a excelencia en catro áreas do sector olivícola: tecnoloxía do aceite de oliva, análise e control do aceite…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/especialista-olivicultura-tecnoloxia-do-aceite-oliva-e-xestion-muinos-aceite</t>
+  </si>
+  <si>
+    <t>Curso de Manipulador de Produtos Fitosanitarios de Nivel Básico</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria (Centro de formación Agroislas)</t>
+  </si>
+  <si>
+    <t>Obtén a certificación de manipulador de pesticidas de nivel básico CONTACTO</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-manipulador-produtos-fitosanitarios-nivel-basico-0</t>
+  </si>
+  <si>
+    <t>Invernadoiros</t>
+  </si>
+  <si>
+    <t>CURSO EN LIÑA que demostra o papel do invernadoiro, os diferentes tipos de invernadoiros, os equipos e o control climático, entre outros aspectos.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/invernadoiros</t>
+  </si>
+  <si>
+    <t>Seguridade e hixiene na industria alimentaria</t>
+  </si>
+  <si>
+    <t>Obxectivos Aprender a realizar operacións de limpeza e hixiene xeral en equipos e instalacións, así como operacións de apoio á protección ambiental…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/seguridade-e-hixiene-na-industria-alimentaria</t>
+  </si>
+  <si>
+    <t>Xestión e organización da explotación agrícola</t>
+  </si>
+  <si>
+    <t>Obxectivos Aprender os coñecementos tecnolóxicos e económicos para a correcta xestión dunha explotación agrícola, garantindo a mellora do seu…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/xestion-e-organizacion-da-explotacion-agricola</t>
+  </si>
+  <si>
+    <t>Xestión e incorporación á empresa agrícola</t>
+  </si>
+  <si>
+    <t>Sáb, 28/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Formar aos agricultores que se incorporan ao sector agrícola en aspectos relacionados co rendemento económico das súas explotacións e a protección…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/xestion-e-incorporacion-empresa-agricola</t>
+  </si>
+  <si>
+    <t>Curso de hidroponía: cultivo sen solo</t>
+  </si>
+  <si>
+    <t>Este curso ofrece unha introdución completa á hidroponía e ao cultivo sen solo. Explora os compoñentes, substratos e sistemas necesarios para este…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-hidroponia-cultivo-sen-solo</t>
+  </si>
+  <si>
+    <t>Curso Avanzado - Hidroponía. Cultivo sen solo</t>
+  </si>
+  <si>
+    <t>Lun, 30/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Obxectivos do curso A actividade agrícola, como o resto dos sectores produtivos, debe optimizar o consumo de insumos e minimizar os niveis de…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-avanzado-hidroponia-cultivo-sen-solo</t>
+  </si>
+  <si>
+    <t>Curso Avanzado - Control Biolóxico de Pragas</t>
+  </si>
+  <si>
+    <t>Obxectivos do curso O uso de organismos beneficiosos (polinizadores, depredadores e parasitoides) nos últimos anos demostrou ser útil para mellorar a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-avanzado-control-bioloxico-pragas</t>
+  </si>
+  <si>
+    <t>Actividades auxiliares na agricultura para o certificado profesional AGAX0208</t>
+  </si>
+  <si>
+    <t>Con este curso en liña de Actividades Auxiliares na Agricultura, poderás acreditar as túas competencias profesionais para obter o teu certificado…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/actividades-auxiliares-na-agricultura-o-certificado-profesional-agax0208</t>
+  </si>
+  <si>
+    <t>Curso de Especialización en Produción de Plantas Aromáticas e Medicinais</t>
+  </si>
+  <si>
+    <t>Obxectivos do curso O cultivo de plantas aromáticas e medicinais (PAM) xurdiu recentemente como unha alternativa agrícola aos cultivos tradicionais.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-especializacion-producion-plantas-aromaticas-e-medicinais</t>
+  </si>
+  <si>
+    <t>Curso superior en olivicultura</t>
+  </si>
+  <si>
+    <t>Obxectivos do curso Este curso desenvolve e aborda en profundidade, e de xeito racional, os aspectos máis importantes do cultivo da oliveira,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-superior-olivicultura</t>
+  </si>
+  <si>
+    <t>Curso en liña: Solo cultivado e condicións climáticas</t>
+  </si>
+  <si>
+    <t>O Curso de Solo e Clima ofréceche coñecementos esenciais sobre a xestión do solo e a súa relación co clima na agricultura. A través desta formación…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-lina-solo-cultivado-e-condicions-climaticas</t>
+  </si>
+  <si>
+    <t>Curso de Produción Integrada</t>
+  </si>
+  <si>
+    <t>Convértete nun experto en produción integrada CONTACTO</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-producion-integrada-0</t>
+  </si>
+  <si>
+    <t>Na procura dunha agricultura sostible, a saúde do solo, a fertilización e o impacto ambiental son factores a ter en conta, sendo a análise do solo…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/especializacion-interpretacion-solos-0</t>
+  </si>
+  <si>
+    <t>Curso en liña: cultivo de froitas ecolóxicas</t>
+  </si>
+  <si>
+    <t>Mér, 01/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Camí del Port s/n, km 1 - Edif. ECA Apartado 397 ES-46470 Catarroja, Valencia, España</t>
+  </si>
+  <si>
+    <t>O curso é totalmente en liña e consta de 7 temas, cunha duración prevista de 60 horas, pero podes completalo en calquera momento. Ao finalizalo,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-lina-cultivo-froitas-ecoloxicas</t>
+  </si>
+  <si>
+    <t>Curso en liña: Cultivo ecolóxico de aguacate</t>
+  </si>
+  <si>
+    <t>O curso está dividido en 8 temas e ten unha duración prevista de 30 horas, pero podes completalo en calquera momento. Ao finalizalo, recibirás un…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-lina-cultivo-ecoloxico-aguacate-0</t>
+  </si>
+  <si>
+    <t>CURSO EN LIÑA SOBRE AGRICULTURA DE PRECISIÓN EN CULTIVOS DE REGADÍO EXTENSIVO (GRAVADO)</t>
   </si>
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
-    <t>Cam. Torre Los Ajos, 29, 50059 Zaragoza</t>
-[...59 lines deleted...]
-    <t>Valencia</t>
+    <t>Este curso aborda as tecnoloxías e metodoloxías empregadas na agricultura de precisión para optimizar o rendemento e a eficiencia dos cultivos de…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-lina-agricultura-precision-cultivos-regadio-extensivo-gravado</t>
+  </si>
+  <si>
+    <t>Ferramentas avanzadas para rego e nutrición</t>
+  </si>
+  <si>
+    <t>Xov, 09/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Demetrio de los Ríos, 15, 41003 Sevilla</t>
+  </si>
+  <si>
+    <t>As cooperativas agroalimentarias ofrecen aos agricultores un curso en liña sobre ferramentas avanzadas de rega e nutrición.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/ferramentas-avanzadas-rego-e-nutricion</t>
+  </si>
+  <si>
+    <t>Ven, 10/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Este curso en liña abordará como producir máis alimentos con menos recursos naturais e, ao mesmo tempo, preservar o medio ambiente. OBXECTIVOS DO…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/sostibilidade-na-producion-agricola-0</t>
+  </si>
+  <si>
+    <t>Cálculo das necesidades de auga e programación do rego</t>
+  </si>
+  <si>
+    <t>Neste CURSO EN LIÑA, aprenderás as diferentes metodoloxías para determinar as necesidades hídricas dun cultivo e as ferramentas para programar o rego…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/calculo-das-necesidades-auga-e-programacion-do-rego</t>
+  </si>
+  <si>
+    <t>CURSO EN LIÑA que demostra o papel do invernadoiro, os diferentes tipos de invernadoiros, os equipos e o control climático, entre outros aspectos.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/invernadoiros-0</t>
+  </si>
+  <si>
+    <t>Curso sobre o control e manexo de ovos e polos acabados de nacer en avicultura</t>
+  </si>
+  <si>
+    <t>O curso de Control e Xestión de Ovos e Pitos para Incubación en Granxas Avícolas que ofrece Aula 10 Formación está deseñado para proporcionar aos…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-o-control-e-manexo-ovos-e-polos-acabados-nacer-avicultura</t>
+  </si>
+  <si>
+    <t>Gandería ecolóxica para o certificado profesional AGAN0108</t>
+  </si>
+  <si>
+    <t>Co curso en liña de Gandería Ecolóxica, aprenderás todo o que necesitas para obter o "Certificado en Gandería Ecolóxica AGAN0108". A través deste…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/ganderia-ecoloxica-o-certificado-profesional-agan0108</t>
+  </si>
+  <si>
+    <t>Seminario en liña gratuíto “SIEX, REA e CUE: claves para o rexistro como entidade autorizada”</t>
+  </si>
+  <si>
+    <t>Ven, 10/04/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Ven, 10/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>O 10 de abril de 2026 , aGROSlab organiza o seminario en liña “SIEX, REA e CUE: Claves para o rexistro como entidade autorizada” , unha sesión…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/seminario-lina-gratuito-siex-rea-e-cue-claves-o-rexistro-entidade-autorizada</t>
+  </si>
+  <si>
+    <t>Agricultura rexenerativa e xestión sostible do solo para unha maior resiliencia climática e seguridade alimentaria no Mediterráneo</t>
+  </si>
+  <si>
+    <t>Lun, 13/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ven, 17/04/2026 - 23:59</t>
+  </si>
+  <si>
+    <t>Av. Montañana 1005, 50059 Zaragoza, España</t>
+  </si>
+  <si>
+    <t>Este curso está deseñado para profesionais agrícolas, investigadores, responsables políticos e produtores. O seu obxectivo é proporcionar…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/agricultura-rexenerativa-e-xestion-sostible-do-solo-unha-maior-resiliencia</t>
+  </si>
+  <si>
+    <t>Uso de maquinaria agrícola</t>
+  </si>
+  <si>
+    <t>Carretera General del Norte nº2. Km 8.5. Cardones. Arucas.</t>
+  </si>
+  <si>
+    <t>Comprender a diversidade de maquinaria agrícola dispoñible no mercado, desde máquinas pequenas (motoserras, desbrozadoras, sopradores, etc.) ata…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/uso-maquinaria-agricola</t>
+  </si>
+  <si>
+    <t>Curso sobre xestión de riscos e seguros agrícolas nun contexto de cambio climático</t>
+  </si>
+  <si>
+    <t>Lun, 13/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Ven, 17/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza, Avda. de Montañana 1005, Zaragoza</t>
   </si>
   <si>
     <t>En liña, En persoa</t>
   </si>
   <si>
-    <t>A Universidade Politécnica de Valencia (UPV), xunto coa Escola Técnica Superior de Enxeñaría Agraria e Ambiental (ETSIAMN) e Poscosecha.com, anuncia…</t>
-[...275 lines deleted...]
-    <t>https://akisplataforma.es/gl/cursos-de-formacion/sostibilidade-na-producion-agricola-0</t>
+    <t>Do 13 ao 17 de abril de 2026 , o CIHEAM Zaragoza acollerá o curso “Xestión de Riscos e Seguros Agrarios nun Contexto de Cambio Climático” , un curso…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-xestion-riscos-e-seguros-agricolas-nun-contexto-cambio-climatico</t>
+  </si>
+  <si>
+    <t>Manipulador/a de froitas e verduras</t>
+  </si>
+  <si>
+    <t>Mar, 14/04/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Mér, 15/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>Murcia</t>
+  </si>
+  <si>
+    <t>C/ Andenes 18, Caravaca de la Cruz, Murcia</t>
+  </si>
+  <si>
+    <t>Actividades para a formación profesional e a adquisición de competencias, no marco do Plan Estratéxico da Política Agrícola Común (PEPAC) 2023-2027…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/manipuladora-froitas-e-verduras</t>
   </si>
   <si>
     <t>Curso para Mozos Agricultores en Estremadura</t>
   </si>
   <si>
     <t>Lun, 20/04/2026 - 00:00</t>
   </si>
   <si>
-    <t>Extremadura</t>
-[...1 lines deleted...]
-  <si>
     <t>Badajoz, Cáceres</t>
   </si>
   <si>
     <t>Os certificados de incorporación para mozos agricultores en Estremadura representan unha oportunidade de formación clave para aqueles que desexen…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-mozos-agricultores-estremadura</t>
   </si>
   <si>
     <t>Curso en liña: Produción ecolóxica de oliveiras e produción ecolóxica de aceite</t>
   </si>
   <si>
     <t>O curso é totalmente en liña e consta de 11 temas, cunha duración prevista de 80 horas, pero podes completalo en calquera momento. Ao finalizalo,…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-lina-producion-ecoloxica-oliveiras-e-producion-ecoloxica-aceite</t>
   </si>
   <si>
     <t>Curso: Asesor técnico en xestión integrada de pragas no sector agrícola</t>
   </si>
   <si>
     <t>Sáb, 25/04/2026 - 00:00</t>
   </si>
   <si>
-    <t>Madrid, Comunidad de</t>
-[...4 lines deleted...]
-  <si>
     <t>Curso sobre como aplicar o Real Decreto 1311/2012 no sector agrario: Este curso non che acredita como asesor; o seu obxectivo é ensinarte a utilizar…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-asesor-tecnico-xestion-integrada-pragas-no-sector-agricola</t>
   </si>
   <si>
+    <t>Curso Avanzado en Gandería de Precisión - Madrid (ES) Maio 2026</t>
+  </si>
+  <si>
+    <t>Lun, 04/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ven, 08/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>É para nós un pracer anunciar o Curso Avanzado “Creación de Valor Engadido na Gandería de Precisión”, que terá lugar en Madrid, España, do 4 ao 8 de…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-avanzado-ganderia-precision-madrid-maio-2026</t>
+  </si>
+  <si>
+    <t>COÑECEMENTO E CULTIVO DE ÁRBORES FROITEIRAS TROPICAIS</t>
+  </si>
+  <si>
+    <t>Escuela de Capacitación Agraria de Arucas</t>
+  </si>
+  <si>
+    <t>Obxectivos Coñece as diferentes especies de árbores froiteiras tropicais e subtropicais que se plantan nas Illas Canarias. Aprende a propagar…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/conecemento-e-cultivo-arbores-froiteiras-tropicais</t>
+  </si>
+  <si>
+    <t>Curso internacional sobre gandería de precisión: dos sensores á toma de decisións</t>
+  </si>
+  <si>
+    <t>Lun, 04/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Ven, 08/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CSIC, Madrid.</t>
+  </si>
+  <si>
+    <t>Do 4 ao 8 de maio de 2026 , Madrid acollerá o curso presencial “Creando valor engadido na gandería de precisión: dos sensores á toma de decisións”,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-internacional-ganderia-precision-dos-sensores-toma-decisions</t>
+  </si>
+  <si>
+    <t>Curso avanzado sobre acuicultura de baixo impacto</t>
+  </si>
+  <si>
+    <t>Lun, 25/05/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Xov, 28/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>IRTA La Ràpita (Tarragona)</t>
+  </si>
+  <si>
+    <t>O Instituto Agronómico Mediterráneo de Zaragoza (IAMZ-CIHEAM Zaragoza) impartirá do 25 ao 28 de maio de 2026 o curso avanzado “Acuicultura de baixo…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-avanzado-acuicultura-baixo-impacto</t>
+  </si>
+  <si>
+    <t>Primeira Semana Mediterránea de Emprendemento Alimentario</t>
+  </si>
+  <si>
+    <t>Lun, 22/06/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Ven, 26/06/2026 - 17:00</t>
+  </si>
+  <si>
+    <t>Av. Montañana 1005, 50059  Zaragoza España</t>
+  </si>
+  <si>
+    <t>Obxectivos do curso Ao finalizar o curso, os participantes poderán: Escalar e consolidar microempresas e startups baseándose nun marco de…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/primeira-semana-mediterranea-emprendemento-alimentario</t>
+  </si>
+  <si>
+    <t>Curso CIHEAM: 1ª Semana Mediterránea de Emprendemento Alimentario</t>
+  </si>
+  <si>
+    <t>Lun, 22/06/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Ven, 26/06/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza (Zaragoza)</t>
+  </si>
+  <si>
+    <t>O CIHEAM Zaragoza organizará a “Primeira Semana Mediterránea do Emprendemento Alimentario” do 22 ao 26 de xuño de 2026 , un curso presencial avanzado…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-ciheam-1a-semana-mediterranea-emprendemento-alimentario</t>
+  </si>
+  <si>
     <t>Ferramentas dixitais que che axudan a xestionar a túa granxa</t>
   </si>
   <si>
     <t>Dom, 04/10/2026 - 00:00</t>
   </si>
   <si>
     <t>Este CURSO EN LIÑA analiza os reais decretos publicados en decembro de 2022 que afectarán á forma en que os agricultores e gandeiros levan a cabo as…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/ferramentas-dixitais-que-che-axudan-xestionar-tua-granxa-0</t>
   </si>
   <si>
     <t>CURSOS PARA INCORPORARSE Á EMPRESA AGRÍCOLA</t>
   </si>
   <si>
     <t>Ávila, Burgos, León, Palencia, Salamanca, Segovia, Soria, Valladolid, Zamora</t>
   </si>
   <si>
     <t>Os cursos de integración empresarial agrícola, ou CIEA para abreviar, son actividades de formación dirixidas a aquelas persoas que precisan demostrar…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/cursos-incorporarse-empresa-agricola</t>
   </si>
   <si>
     <t>Xestión da auga e da nutrición no cultivo de amorodos</t>
@@ -668,80 +1349,80 @@
   <si>
     <t>Xov, 24/12/2026 - 00:00</t>
   </si>
   <si>
     <t>O sector da produción ecolóxica é un sector en constante crecemento que demanda profesionais cualificados e capaces de xestionar as explotacións…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-producion-organica</t>
   </si>
   <si>
     <t>Curso de Gandería Ecolóxica</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-ganderia-ecoloxica</t>
   </si>
   <si>
     <t>PRIMEIRO CURSO SOBRE TRANSFORMACIÓN DIXITAL EN ÁREAS RURAIS</t>
   </si>
   <si>
     <t>“RURAL WOMEN CHALLENGE” é unha iniciativa do Instituto da Muller cofinanciada polo Fondo Social Europeo. Está aliñada tanto cos obxectivos…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/primeiro-curso-transformacion-dixital-areas-rurais</t>
   </si>
   <si>
+    <t>Curso sobre etiquetado de alimentos de orixe vexetal</t>
+  </si>
+  <si>
+    <t>Ven, 25/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Neste curso aprenderás os requisitos legais para o etiquetado de froitas, verduras e outros produtos, tanto frescos como envasados, incluíndo…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-etiquetado-alimentos-orixe-vexetal</t>
+  </si>
+  <si>
     <t>Agricultura ecolóxica: produción, normativa, asesoramento e comercialización (MOOC)</t>
   </si>
   <si>
-    <t>Ven, 25/12/2026 - 00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Mér, 31/12/2025 - 00:00</t>
   </si>
   <si>
     <t>MOOC</t>
   </si>
   <si>
     <t>En liña, Educación continua</t>
   </si>
   <si>
     <t>O obxectivo deste curso é ofrecer unha visión xeral da regulación da produción agrícola ecolóxica e dos fundamentos básicos deste tipo de produción.…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/agricultura-ecoloxica-producion-normativa-asesoramento-e-comercializacion-mooc</t>
   </si>
   <si>
-    <t>Curso sobre etiquetado de alimentos de orixe vexetal</t>
-[...7 lines deleted...]
-  <si>
     <t>CURSO DE SUBSCRICIÓN E PLAN DE SUBSCRICIÓN</t>
   </si>
   <si>
     <t>Dom, 27/12/2026 - 00:00</t>
   </si>
   <si>
     <t>Este curso céntrase na nutrición das plantas e na fertilización do solo. Aprenderás sobre a composición do solo, os diferentes tipos de fertilizantes…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-subscricion-e-plan-subscricion</t>
   </si>
   <si>
     <t>Curso de manipulador de alimentos presencial personalizado para a súa empresa</t>
   </si>
   <si>
     <t>Deixa de perder o tempo e delega a formación do operador a outra persoa. Non é o teu curso "tradicional" de manipulador de alimentos Formamos os seus…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-manipulador-alimentos-presencial-personalizado-sua-empresa</t>
   </si>
   <si>
     <t>Taller de análise de auga para unha fertilización máis eficiente e sostible</t>
   </si>
   <si>
     <t>A xestión da auga de rega é un dos piares da agricultura moderna, eficiente e respectuosa co medio ambiente. Cada vez máis explotacións agrícolas…</t>
@@ -833,195 +1514,195 @@
   <si>
     <t>Curso de Agricultura e Gandería: Produción, Innovación, Consultoría e Comercialización (MOOC) O obxectivo deste curso é proporcionar unha visión…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/campus-cursos-masivos-abertos-lina-mooc-ministerio-agricultura-pesca-e-0</t>
   </si>
   <si>
     <t>Curso avanzado sobre o novo regulamento europeo para produtos fertilizantes</t>
   </si>
   <si>
     <t>Os estudantes que aproben o curso recibirán un certificado de asistencia, xunto coa documentación que especifica o programa do curso e a súa duración…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-avanzado-o-novo-regulamento-europeo-produtos-fertilizantes</t>
   </si>
   <si>
     <t>Manipulador de alimentos</t>
   </si>
   <si>
     <t>Se queres obter o certificado de Manipulador de Alimentos, este curso que ofrece o Centro de Formación Arcoiris proporcionarache os coñecementos…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/manipulador-alimentos</t>
   </si>
   <si>
+    <t>Lexislación Agraria</t>
+  </si>
+  <si>
+    <t>Xov, 31/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Certificado de formación emitido pola Fundación INEA Obxectivos Coñecer as fontes, o obxecto e o contido do Dereito Agrario. Enmarcar o Dereito no…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/lexislacion-agraria</t>
+  </si>
+  <si>
+    <t>Agroecoloxía</t>
+  </si>
+  <si>
+    <t>Certificado de formación emitido pola Fundación INEA Contido: Introdución: Preséntase unha visión xeral do tema, explicando os conceptos clave e a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/agroecoloxia</t>
+  </si>
+  <si>
+    <t>Recursos fitoxenéticos</t>
+  </si>
+  <si>
+    <t>Certificado de formación expedido pola INEA-Escola Universitaria de Enxeñaría Agraria. Contido: Conservación dos recursos fitoxenéticos: estratexias…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/recursos-fitoxeneticos</t>
+  </si>
+  <si>
+    <t>Xestión de residuos en explotacións gandeiras</t>
+  </si>
+  <si>
+    <t>Certificado de formación expedido pola INEA-Escola Universitaria de Enxeñaría Agraria. Obxectivos • Coñecemento do impacto ambiental dos residuos…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/xestion-residuos-explotacions-gandeiras</t>
+  </si>
+  <si>
+    <t>Agricultura de conservación</t>
+  </si>
+  <si>
+    <t>Certificado de formación expedido pola INEA-Escola Universitaria de Enxeñaría Agraria. Contido: Análise dos problemas agrícolas actuais desde unha…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/agricultura-conservacion</t>
+  </si>
+  <si>
+    <t>Seguridade alimentaria</t>
+  </si>
+  <si>
+    <t>Contido: Clasificación de alimentos: este módulo ofrece unha análise exhaustiva da clasificación de alimentos desde diversas perspectivas, como a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/seguridade-alimentaria</t>
+  </si>
+  <si>
+    <t>Boas prácticas gandeiras</t>
+  </si>
+  <si>
+    <t>Contido: Introdución: Este módulo ofrece unha visión xeral da importancia da saúde animal e as prácticas de xestión na produción animal, establecendo…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/boas-practicas-gandeiras</t>
+  </si>
+  <si>
+    <t>Variedades de vide empregadas na elaboración do viño</t>
+  </si>
+  <si>
+    <t>Certificado de formación expedido pola Fundación INEA Contido: Descrición ampelográfica, propiedades agronómicas e potencial enolóxico de variedades…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/variedades-vide-empregadas-na-elaboracion-do-vino</t>
+  </si>
+  <si>
+    <t>Interpretación das análises de solos e as directrices de fertilización sostible</t>
+  </si>
+  <si>
+    <t>Certificado de formación emitido pola Fundación INEA Obxectivos • Comprender a importancia do solo na xestión agrícola sostible e o equilibrio do…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/interpretacion-das-analises-solos-e-directrices-fertilizacion-sostible</t>
+  </si>
+  <si>
+    <t>Xestión ecolóxica de ruminantes</t>
+  </si>
+  <si>
+    <t>Certificado de formación expedido pola INEA-Escola Universitaria de Enxeñaría Agraria. Contido: Introdución e normativa: este módulo ofrece unha…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/xestion-ecoloxica-ruminantes</t>
+  </si>
+  <si>
+    <t>Horticultura ecolóxica</t>
+  </si>
+  <si>
+    <t>Certificado de formación expedido pola INEA-Escola Universitaria de Enxeñaría Agraria. Contido: Conceptos, fundamentos e precedentes no xardín:…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/horticultura-ecoloxica</t>
+  </si>
+  <si>
+    <t>Pragas e patóxenos da oliveira: natureza, identificación e estratexias de control biolóxico</t>
+  </si>
+  <si>
+    <t>Certificado de formación expedido pola INEA-Escola Universitaria de Enxeñaría Agraria. Contido: Introdución: Esta sección ofrece unha visión xeral da…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/pragas-e-patoxenos-da-oliveira-natureza-identificacion-e-estratexias-control</t>
+  </si>
+  <si>
+    <t>Introdución ao curso de ArcGIS Pro</t>
+  </si>
+  <si>
+    <t>O concepto de SIX como ferramenta dixital permite aos usuarios explotar o valor dos datos , incluídas as variables xeoespaciais, e mellorar a…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/introducion-ao-curso-arcgis-pro</t>
+  </si>
+  <si>
+    <t>Curso de introdución aos SIX con ArcGIS Pro</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-introducion-aos-six-arcgis-pro</t>
+  </si>
+  <si>
+    <t>Curso de deseño e creación de mapas con ArcGIS Pro</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-deseno-e-creacion-mapas-arcgis-pro</t>
+  </si>
+  <si>
+    <t>Introdución ao curso en liña de ArcGIS</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/introducion-ao-curso-lina-arcgis</t>
+  </si>
+  <si>
     <t>Ferramentas dixitais que che axudan a xestionar a túa explotación</t>
   </si>
   <si>
-    <t>Xov, 31/12/2026 - 00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Curso en liña, ao teu ritmo, no que se analizan os reais decretos publicados en decembro de 2022 que afectarán á forma en que os agricultores e…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/ferramentas-dixitais-que-che-axudan-xestionar-tua-explotacion</t>
-  </si>
-[...133 lines deleted...]
-    <t>https://akisplataforma.es/gl/cursos-de-formacion/introducion-ao-curso-lina-arcgis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1328,2058 +2009,3540 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J78"/>
+  <dimension ref="A1:J131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J78"/>
+      <selection activeCell="A1" sqref="A1:J131"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="163.817" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="178.099" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
-      <c r="F2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F2" s="1"/>
       <c r="G2" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I2" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="H2" s="1" t="s">
+      <c r="J2" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="1"/>
-[...1 lines deleted...]
-      <c r="F3" s="1"/>
+      <c r="F3" s="1" t="s">
+        <v>21</v>
+      </c>
       <c r="G3" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="F4" s="1"/>
+        <v>28</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>31</v>
+      </c>
       <c r="G4" s="1" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
-      <c r="F6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F6" s="1"/>
       <c r="G6" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>40</v>
-[...6 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
       <c r="F7" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="E9" s="1"/>
+        <v>57</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>58</v>
+      </c>
       <c r="F9" s="1" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>69</v>
-[...6 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
       <c r="F11" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>74</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="J12" s="1" t="s">
         <v>79</v>
-      </c>
-[...16 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
-      <c r="F13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F13" s="1"/>
       <c r="G13" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="C14" s="1"/>
+        <v>77</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>81</v>
+      </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="C15" s="1"/>
+        <v>88</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>89</v>
+      </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="C16" s="1"/>
+        <v>93</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>94</v>
+      </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>50</v>
+        <v>99</v>
       </c>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="G18" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C18" s="1"/>
-[...3 lines deleted...]
-      <c r="E18" s="1" t="s">
+      <c r="J18" s="1" t="s">
         <v>108</v>
-      </c>
-[...13 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="J19" s="1" t="s">
         <v>113</v>
-      </c>
-[...14 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="D20" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C20" s="1"/>
-[...2 lines deleted...]
-      <c r="F20" s="1"/>
+      <c r="E20" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>119</v>
+      </c>
       <c r="G20" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>121</v>
-[...4 lines deleted...]
-      <c r="F21" s="1"/>
+        <v>115</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>59</v>
+      </c>
       <c r="G21" s="1" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>122</v>
+        <v>60</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-      <c r="F22" s="1"/>
+        <v>126</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>129</v>
+      </c>
       <c r="G22" s="1" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>41</v>
+        <v>138</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>42</v>
+        <v>139</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="C25" s="1"/>
+        <v>143</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>144</v>
+      </c>
       <c r="D25" s="1" t="s">
-        <v>61</v>
+        <v>145</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>62</v>
+        <v>146</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="C26" s="1"/>
+        <v>151</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>152</v>
+      </c>
       <c r="D26" s="1" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>137</v>
+        <v>153</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="C27" s="1"/>
-      <c r="D27" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D27" s="1"/>
+      <c r="E27" s="1"/>
+      <c r="F27" s="1"/>
       <c r="G27" s="1" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>149</v>
-[...4 lines deleted...]
-      <c r="F28" s="1"/>
+        <v>160</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>164</v>
+      </c>
       <c r="G28" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>151</v>
+        <v>166</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
-        <v>152</v>
+        <v>167</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-      <c r="D29" s="1"/>
+        <v>168</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>145</v>
+      </c>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>153</v>
+        <v>169</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>154</v>
+        <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
-        <v>155</v>
+        <v>171</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      <c r="E30" s="1"/>
+        <v>168</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>118</v>
+      </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>156</v>
+        <v>173</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
-        <v>158</v>
+        <v>175</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>159</v>
-[...7 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>162</v>
+        <v>178</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>163</v>
+        <v>179</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>159</v>
+        <v>181</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>62</v>
+        <v>182</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>165</v>
+        <v>183</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>166</v>
+        <v>184</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
-        <v>167</v>
+        <v>185</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>171</v>
+        <v>186</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>172</v>
+        <v>187</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="C34" s="1"/>
-      <c r="D34" s="1"/>
-[...1 lines deleted...]
-      <c r="F34" s="1"/>
+      <c r="D34" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>190</v>
+      </c>
       <c r="G34" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>176</v>
+        <v>192</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>177</v>
+        <v>193</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>174</v>
-[...7 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>179</v>
+        <v>196</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
-        <v>181</v>
+        <v>198</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>182</v>
+        <v>52</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="F36" s="1"/>
       <c r="G36" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
-        <v>185</v>
+        <v>201</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>186</v>
+        <v>52</v>
       </c>
       <c r="C37" s="1"/>
-      <c r="D37" s="1"/>
-      <c r="E37" s="1"/>
+      <c r="D37" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>182</v>
+      </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>188</v>
+        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
-        <v>189</v>
+        <v>204</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>190</v>
+        <v>205</v>
       </c>
       <c r="C38" s="1"/>
-      <c r="D38" s="1"/>
-[...1 lines deleted...]
-      <c r="F38" s="1"/>
+      <c r="D38" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>206</v>
+      </c>
       <c r="G38" s="1" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>191</v>
+        <v>207</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
-        <v>193</v>
+        <v>209</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>190</v>
+        <v>205</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>194</v>
+        <v>210</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>190</v>
+        <v>205</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>197</v>
+        <v>213</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>190</v>
+        <v>103</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>201</v>
+        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>203</v>
+        <v>103</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>204</v>
+        <v>219</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>203</v>
+        <v>103</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>208</v>
+        <v>223</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1" t="s">
-        <v>209</v>
+        <v>224</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="C44" s="1"/>
+        <v>225</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
-      <c r="F44" s="1"/>
+      <c r="F44" s="1" t="s">
+        <v>73</v>
+      </c>
       <c r="G44" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>211</v>
+        <v>227</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1" t="s">
-        <v>213</v>
+        <v>229</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>210</v>
+        <v>230</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>207</v>
+        <v>231</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>214</v>
+        <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1" t="s">
-        <v>215</v>
+        <v>233</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>210</v>
+        <v>230</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>216</v>
+        <v>234</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1" t="s">
-        <v>221</v>
+        <v>239</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>222</v>
+        <v>22</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>224</v>
+        <v>241</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1" t="s">
-        <v>225</v>
+        <v>242</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>219</v>
+        <v>133</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>226</v>
+        <v>243</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>227</v>
+        <v>244</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1" t="s">
-        <v>228</v>
+        <v>245</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>229</v>
+        <v>172</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1"/>
       <c r="E49" s="1"/>
       <c r="F49" s="1"/>
       <c r="G49" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>230</v>
+        <v>246</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>231</v>
+        <v>247</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>229</v>
+        <v>172</v>
       </c>
       <c r="C50" s="1"/>
-      <c r="D50" s="1"/>
-[...1 lines deleted...]
-      <c r="F50" s="1"/>
+      <c r="D50" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>249</v>
+      </c>
       <c r="G50" s="1" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>233</v>
+        <v>250</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>234</v>
+        <v>251</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1" t="s">
-        <v>235</v>
+        <v>252</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>229</v>
+        <v>172</v>
       </c>
       <c r="C51" s="1"/>
-      <c r="D51" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="D51" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="F51" s="1"/>
       <c r="G51" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>236</v>
+        <v>253</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>237</v>
+        <v>254</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>239</v>
+        <v>172</v>
       </c>
       <c r="C52" s="1"/>
-      <c r="D52" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D52" s="1"/>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
       <c r="G52" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>242</v>
+        <v>256</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>243</v>
+        <v>257</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1" t="s">
-        <v>244</v>
+        <v>258</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>245</v>
+        <v>172</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>247</v>
+        <v>260</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1" t="s">
-        <v>248</v>
+        <v>261</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>249</v>
+        <v>262</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>250</v>
+        <v>263</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>251</v>
+        <v>264</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1" t="s">
-        <v>252</v>
+        <v>265</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>249</v>
+        <v>262</v>
       </c>
       <c r="C55" s="1"/>
-      <c r="D55" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D55" s="1"/>
+      <c r="E55" s="1"/>
+      <c r="F55" s="1"/>
       <c r="G55" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>255</v>
+        <v>267</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>258</v>
+        <v>271</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>260</v>
+        <v>273</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>261</v>
+        <v>274</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1" t="s">
-        <v>262</v>
+        <v>275</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>264</v>
+        <v>277</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1" t="s">
-        <v>199</v>
+        <v>278</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>265</v>
+        <v>279</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>266</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>268</v>
+        <v>282</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>269</v>
+        <v>283</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1" t="s">
-        <v>270</v>
+        <v>284</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>271</v>
+        <v>285</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>272</v>
+        <v>286</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1" t="s">
-        <v>273</v>
+        <v>287</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>274</v>
-[...5 lines deleted...]
-      <c r="E62" s="1"/>
+        <v>94</v>
+      </c>
+      <c r="C62" s="1"/>
+      <c r="D62" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>118</v>
+      </c>
       <c r="F62" s="1" t="s">
-        <v>13</v>
+        <v>206</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>222</v>
+        <v>32</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>276</v>
+        <v>289</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1" t="s">
-        <v>277</v>
+        <v>201</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>274</v>
+        <v>94</v>
       </c>
       <c r="C63" s="1"/>
-      <c r="D63" s="1"/>
+      <c r="D63" s="1" t="s">
+        <v>29</v>
+      </c>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
-      <c r="G63" s="1"/>
+      <c r="G63" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H63" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>279</v>
+        <v>291</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>274</v>
+        <v>293</v>
       </c>
       <c r="C64" s="1"/>
-      <c r="D64" s="1"/>
-[...2 lines deleted...]
-      <c r="G64" s="1"/>
+      <c r="D64" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H64" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>282</v>
+        <v>296</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1" t="s">
-        <v>283</v>
+        <v>297</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>274</v>
+        <v>293</v>
       </c>
       <c r="C65" s="1"/>
-      <c r="D65" s="1"/>
-[...2 lines deleted...]
-      <c r="G65" s="1"/>
+      <c r="D65" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H65" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>284</v>
+        <v>298</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1" t="s">
-        <v>286</v>
+        <v>300</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>274</v>
+        <v>293</v>
       </c>
       <c r="C66" s="1"/>
-      <c r="D66" s="1"/>
-      <c r="E66" s="1"/>
+      <c r="D66" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>301</v>
+      </c>
       <c r="F66" s="1"/>
-      <c r="G66" s="1"/>
+      <c r="G66" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H66" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>287</v>
+        <v>302</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>274</v>
+        <v>305</v>
       </c>
       <c r="C67" s="1"/>
-      <c r="D67" s="1"/>
-[...2 lines deleted...]
-      <c r="G67" s="1"/>
+      <c r="D67" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H67" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>290</v>
+        <v>307</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>291</v>
+        <v>308</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1" t="s">
-        <v>292</v>
+        <v>180</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>274</v>
+        <v>309</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
-      <c r="G68" s="1"/>
+      <c r="G68" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H68" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>293</v>
+        <v>310</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>294</v>
+        <v>311</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1" t="s">
-        <v>295</v>
+        <v>312</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>274</v>
+        <v>309</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
-      <c r="G69" s="1"/>
+      <c r="G69" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H69" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>296</v>
+        <v>313</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>297</v>
+        <v>314</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1" t="s">
-        <v>298</v>
+        <v>252</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>274</v>
+        <v>309</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
-      <c r="G70" s="1"/>
+      <c r="G70" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H70" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>299</v>
+        <v>315</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>300</v>
+        <v>316</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1" t="s">
-        <v>301</v>
+        <v>317</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>274</v>
+        <v>309</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
-      <c r="G71" s="1"/>
+      <c r="G71" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H71" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>302</v>
+        <v>318</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>303</v>
+        <v>319</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1" t="s">
-        <v>304</v>
+        <v>320</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>274</v>
+        <v>309</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
-      <c r="G72" s="1"/>
+      <c r="G72" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H72" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>306</v>
+        <v>322</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1" t="s">
-        <v>307</v>
+        <v>323</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="C73" s="1"/>
+        <v>324</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>325</v>
+      </c>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
-      <c r="F73" s="1"/>
-      <c r="G73" s="1"/>
+      <c r="F73" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H73" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>308</v>
+        <v>326</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>309</v>
+        <v>327</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1" t="s">
-        <v>310</v>
+        <v>328</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>274</v>
-[...5 lines deleted...]
-      <c r="G74" s="1"/>
+        <v>329</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H74" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>311</v>
+        <v>332</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>312</v>
+        <v>333</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1" t="s">
-        <v>313</v>
+        <v>334</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>274</v>
-[...4 lines deleted...]
-      <c r="F75" s="1"/>
+        <v>329</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>335</v>
+      </c>
       <c r="G75" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>314</v>
+        <v>336</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>315</v>
+        <v>337</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1" t="s">
-        <v>316</v>
+        <v>338</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>274</v>
-[...4 lines deleted...]
-      <c r="F76" s="1"/>
+        <v>339</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>341</v>
+      </c>
       <c r="G76" s="1" t="s">
-        <v>14</v>
+        <v>342</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>314</v>
+        <v>343</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>317</v>
+        <v>344</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1" t="s">
-        <v>318</v>
+        <v>345</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>274</v>
-[...4 lines deleted...]
-      <c r="F77" s="1"/>
+        <v>346</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>350</v>
+      </c>
       <c r="G77" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>314</v>
+        <v>351</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>319</v>
+        <v>352</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1" t="s">
-        <v>320</v>
+        <v>353</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>274</v>
+        <v>354</v>
       </c>
       <c r="C78" s="1"/>
-      <c r="D78" s="1"/>
-      <c r="E78" s="1"/>
+      <c r="D78" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>355</v>
+      </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>314</v>
+        <v>356</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>321</v>
+        <v>357</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C79" s="1"/>
+      <c r="D79" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F79" s="1"/>
+      <c r="G79" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="J79" s="1" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C80" s="1"/>
+      <c r="D80" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="J80" s="1" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="J81" s="1" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="J82" s="1" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="J83" s="1" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="J84" s="1" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="J86" s="1" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C87" s="1"/>
+      <c r="D87" s="1"/>
+      <c r="E87" s="1"/>
+      <c r="F87" s="1"/>
+      <c r="G87" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C88" s="1"/>
+      <c r="D88" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="J88" s="1" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C89" s="1"/>
+      <c r="D89" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="J89" s="1" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="C90" s="1"/>
+      <c r="D90" s="1"/>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1"/>
+      <c r="G90" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="J90" s="1" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C91" s="1"/>
+      <c r="D91" s="1"/>
+      <c r="E91" s="1"/>
+      <c r="F91" s="1"/>
+      <c r="G91" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="J91" s="1" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C92" s="1"/>
+      <c r="D92" s="1"/>
+      <c r="E92" s="1"/>
+      <c r="F92" s="1"/>
+      <c r="G92" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="J92" s="1" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C93" s="1"/>
+      <c r="D93" s="1"/>
+      <c r="E93" s="1"/>
+      <c r="F93" s="1"/>
+      <c r="G93" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="J93" s="1" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="1"/>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="J94" s="1" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C95" s="1"/>
+      <c r="D95" s="1"/>
+      <c r="E95" s="1"/>
+      <c r="F95" s="1"/>
+      <c r="G95" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="J95" s="1" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C96" s="1"/>
+      <c r="D96" s="1"/>
+      <c r="E96" s="1"/>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C97" s="1"/>
+      <c r="D97" s="1"/>
+      <c r="E97" s="1"/>
+      <c r="F97" s="1"/>
+      <c r="G97" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="J97" s="1" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C98" s="1"/>
+      <c r="D98" s="1"/>
+      <c r="E98" s="1"/>
+      <c r="F98" s="1"/>
+      <c r="G98" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="J98" s="1" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C99" s="1"/>
+      <c r="D99" s="1"/>
+      <c r="E99" s="1"/>
+      <c r="F99" s="1"/>
+      <c r="G99" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="J99" s="1" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="1"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="J100" s="1" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D101" s="1"/>
+      <c r="E101" s="1"/>
+      <c r="F101" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="J101" s="1" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C102" s="1"/>
+      <c r="D102" s="1"/>
+      <c r="E102" s="1"/>
+      <c r="F102" s="1"/>
+      <c r="G102" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="J102" s="1" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C103" s="1"/>
+      <c r="D103" s="1"/>
+      <c r="E103" s="1"/>
+      <c r="F103" s="1"/>
+      <c r="G103" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="J103" s="1" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C104" s="1"/>
+      <c r="D104" s="1"/>
+      <c r="E104" s="1"/>
+      <c r="F104" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="J104" s="1" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C105" s="1"/>
+      <c r="D105" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="J105" s="1" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="C106" s="1"/>
+      <c r="D106" s="1"/>
+      <c r="E106" s="1"/>
+      <c r="F106" s="1"/>
+      <c r="G106" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I106" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="J106" s="1" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C107" s="1"/>
+      <c r="D107" s="1"/>
+      <c r="E107" s="1"/>
+      <c r="F107" s="1"/>
+      <c r="G107" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="J107" s="1" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
+      <c r="A108" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C108" s="1"/>
+      <c r="D108" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="J108" s="1" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C109" s="1"/>
+      <c r="D109" s="1"/>
+      <c r="E109" s="1"/>
+      <c r="F109" s="1"/>
+      <c r="G109" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="J109" s="1" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C110" s="1"/>
+      <c r="D110" s="1"/>
+      <c r="E110" s="1"/>
+      <c r="F110" s="1"/>
+      <c r="G110" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="J110" s="1" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C111" s="1"/>
+      <c r="D111" s="1"/>
+      <c r="E111" s="1"/>
+      <c r="F111" s="1"/>
+      <c r="G111" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="J111" s="1" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C112" s="1"/>
+      <c r="D112" s="1"/>
+      <c r="E112" s="1"/>
+      <c r="F112" s="1"/>
+      <c r="G112" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="J112" s="1" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
+      <c r="A113" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C113" s="1"/>
+      <c r="D113" s="1"/>
+      <c r="E113" s="1"/>
+      <c r="F113" s="1"/>
+      <c r="G113" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="J113" s="1" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="A114" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C114" s="1"/>
+      <c r="D114" s="1"/>
+      <c r="E114" s="1"/>
+      <c r="F114" s="1"/>
+      <c r="G114" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="J114" s="1" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C115" s="1"/>
+      <c r="D115" s="1"/>
+      <c r="E115" s="1"/>
+      <c r="F115" s="1"/>
+      <c r="G115" s="1"/>
+      <c r="H115" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="J115" s="1" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C116" s="1"/>
+      <c r="D116" s="1"/>
+      <c r="E116" s="1"/>
+      <c r="F116" s="1"/>
+      <c r="G116" s="1"/>
+      <c r="H116" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="J116" s="1" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C117" s="1"/>
+      <c r="D117" s="1"/>
+      <c r="E117" s="1"/>
+      <c r="F117" s="1"/>
+      <c r="G117" s="1"/>
+      <c r="H117" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="J117" s="1" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C118" s="1"/>
+      <c r="D118" s="1"/>
+      <c r="E118" s="1"/>
+      <c r="F118" s="1"/>
+      <c r="G118" s="1"/>
+      <c r="H118" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="J118" s="1" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C119" s="1"/>
+      <c r="D119" s="1"/>
+      <c r="E119" s="1"/>
+      <c r="F119" s="1"/>
+      <c r="G119" s="1"/>
+      <c r="H119" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I119" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="J119" s="1" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
+      <c r="A120" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C120" s="1"/>
+      <c r="D120" s="1"/>
+      <c r="E120" s="1"/>
+      <c r="F120" s="1"/>
+      <c r="G120" s="1"/>
+      <c r="H120" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="J120" s="1" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C121" s="1"/>
+      <c r="D121" s="1"/>
+      <c r="E121" s="1"/>
+      <c r="F121" s="1"/>
+      <c r="G121" s="1"/>
+      <c r="H121" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="J121" s="1" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
+      <c r="A122" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C122" s="1"/>
+      <c r="D122" s="1"/>
+      <c r="E122" s="1"/>
+      <c r="F122" s="1"/>
+      <c r="G122" s="1"/>
+      <c r="H122" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="J122" s="1" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10">
+      <c r="A123" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C123" s="1"/>
+      <c r="D123" s="1"/>
+      <c r="E123" s="1"/>
+      <c r="F123" s="1"/>
+      <c r="G123" s="1"/>
+      <c r="H123" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="J123" s="1" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10">
+      <c r="A124" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C124" s="1"/>
+      <c r="D124" s="1"/>
+      <c r="E124" s="1"/>
+      <c r="F124" s="1"/>
+      <c r="G124" s="1"/>
+      <c r="H124" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="J124" s="1" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10">
+      <c r="A125" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C125" s="1"/>
+      <c r="D125" s="1"/>
+      <c r="E125" s="1"/>
+      <c r="F125" s="1"/>
+      <c r="G125" s="1"/>
+      <c r="H125" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="J125" s="1" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10">
+      <c r="A126" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C126" s="1"/>
+      <c r="D126" s="1"/>
+      <c r="E126" s="1"/>
+      <c r="F126" s="1"/>
+      <c r="G126" s="1"/>
+      <c r="H126" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="J126" s="1" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10">
+      <c r="A127" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C127" s="1"/>
+      <c r="D127" s="1"/>
+      <c r="E127" s="1"/>
+      <c r="F127" s="1"/>
+      <c r="G127" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I127" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J127" s="1" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10">
+      <c r="A128" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C128" s="1"/>
+      <c r="D128" s="1"/>
+      <c r="E128" s="1"/>
+      <c r="F128" s="1"/>
+      <c r="G128" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J128" s="1" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10">
+      <c r="A129" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C129" s="1"/>
+      <c r="D129" s="1"/>
+      <c r="E129" s="1"/>
+      <c r="F129" s="1"/>
+      <c r="G129" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I129" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J129" s="1" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10">
+      <c r="A130" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C130" s="1"/>
+      <c r="D130" s="1"/>
+      <c r="E130" s="1"/>
+      <c r="F130" s="1"/>
+      <c r="G130" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I130" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J130" s="1" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10">
+      <c r="A131" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D131" s="1"/>
+      <c r="E131" s="1"/>
+      <c r="F131" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I131" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="J131" s="1" t="s">
+        <v>548</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>