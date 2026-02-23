--- v1 (2026-02-23)
+++ v2 (2026-02-23)
@@ -12,166 +12,154 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Cursos de formación" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="549">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="550">
   <si>
     <t>Curso</t>
   </si>
   <si>
     <t>Inicio</t>
   </si>
   <si>
     <t>Fin</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localizacion</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Gratuito</t>
   </si>
   <si>
     <t>Descripcion</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
-    <t>CURSO DE CÁLCULO E DESEÑO DE INSTALACIÓNS DE REGO</t>
-[...2 lines deleted...]
-    <t>Mar, 24/02/2026 - 00:00</t>
+    <t>Novo curso na Escola de Pastoreo de Aragón</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Ven, 04/09/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Huesca</t>
+  </si>
+  <si>
+    <t>San Juan de Plan. Aragón.</t>
+  </si>
+  <si>
+    <t>En persoa</t>
+  </si>
+  <si>
+    <t>Sí</t>
+  </si>
+  <si>
+    <t>Fonte: RFEAGAS A inscrición permanecerá aberta ata o domingo 1 de febreiro e hai un total de 10 prazas dispoñibles. O 24 de febreiro comezará un novo…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/novo-curso-na-escola-pastoreo-aragon</t>
+  </si>
+  <si>
+    <t>MÓDULO XENÉRICO: CUALIFICACIÓN DE TÉCNICOS EN PRODUCIÓN INTEGRADA DE PRODUTOS AGRÍCOLAS E GANDEIROS</t>
+  </si>
+  <si>
+    <t>Mar, 24/02/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Xov, 26/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>Palma del Río</t>
+  </si>
+  <si>
+    <t>Mesturado</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Contido Conceptos básicos sobre a Produción Integrada: concepto e obxectivos da Produción Integrada; problemas da protección vexetal convencional;…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/modulo-xenerico-cualificacion-tecnicos-producion-integrada-produtos-agricolas-0</t>
+  </si>
+  <si>
+    <t>CURSO: MELLORES TÉCNICAS DISPOÑIBLES PARA REDUCIR O IMPACTO AMBIENTAL NAS GRANXAS PORCINAS. EN LIÑA – 260225FAP</t>
+  </si>
+  <si>
+    <t>Mér, 25/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Lun, 23/03/2026 - 00:00</t>
   </si>
   <si>
     <t>En liña</t>
   </si>
   <si>
-    <t>No</t>
-[...73 lines deleted...]
-  <si>
     <t>Dirixido a: Curso validado como formación complementaria para acceder a axudas destinadas a fomentar a incorporación da mocidade ao sector agrícola,…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-mellores-tecnicas-disponibles-reducir-o-impacto-ambiental-nas-granxas</t>
   </si>
   <si>
     <t>CURSO BÁSICO DE PREVENCIÓN DE RISCOS LABORAIS NO SECTOR AGRÍCOLA – EN LIÑA – 260225PRL</t>
   </si>
   <si>
     <t>Xov, 19/03/2026 - 00:00</t>
   </si>
   <si>
     <t>Dirixido a: 🔹 Mozos que desexen incorporarse ao negocio agrícola 🔹 Propietarios de empresas que realizan actividades preventivas 🔹 Traballadores…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-basico-prevencion-riscos-laborais-no-sector-agricola-lina-260225prl</t>
   </si>
   <si>
     <t>3ª edición do curso en liña "Digitalización a través de aplicacións móbiles"</t>
   </si>
   <si>
     <t>Mér, 25/02/2026 - 11:11</t>
   </si>
   <si>
     <t>Ven, 27/02/2026 - 22:22</t>
@@ -747,50 +735,65 @@
     <t>3ª edición do curso “Digitalización da Agricultura de Precisión, Agricultura 4.0”</t>
   </si>
   <si>
     <t>Lun, 23/03/2026 - 11:11</t>
   </si>
   <si>
     <t>Mar, 24/03/2026 - 22:22</t>
   </si>
   <si>
     <t>Villadangos del Páramo (León)</t>
   </si>
   <si>
     <t>A Comunidade de Regadíos da Canle de Villadangos , en Villadangos del Páramo (León) , acollerá os días 23 e 24 de marzo de 2026 a 3ª edición do curso…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/3a-edicion-do-curso-digitalizacion-da-agricultura-precision-agricultura-40</t>
   </si>
   <si>
     <t>produción de froitas</t>
   </si>
   <si>
     <t>Neste curso ONLINE aprenderás sobre fisioloxía das árbores, deseño estratéxico de plantacións e a aplicación de técnicas de poda, rego e…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/producion-froitas</t>
+  </si>
+  <si>
+    <t>Novos modelos de negocio: produción agroindustrial de microalgas</t>
+  </si>
+  <si>
+    <t>Mar, 24/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>AINIA. Parque Tecnológico de Valencia. Av. Benjamín Franklin, 5-11; 46980 Paterna, Valencia</t>
+  </si>
+  <si>
+    <t>O martes 24 de marzo , de 9:00 a 14:00 , celebrarase a xornada de formación gratuíta titulada “Novos modelos de negocio: produción agroindustrial de…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/gl/cursos-de-formacion/novos-modelos-negocio-producion-agroindustrial-microalgas-2</t>
   </si>
   <si>
     <t>Especialista en olivicultura, tecnoloxía do aceite de oliva e xestión de muíños de aceite</t>
   </si>
   <si>
     <t>O obxectivo é acadar a profesionalidade e a excelencia en catro áreas do sector olivícola: tecnoloxía do aceite de oliva, análise e control do aceite…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/especialista-olivicultura-tecnoloxia-do-aceite-oliva-e-xestion-muinos-aceite</t>
   </si>
   <si>
     <t>Curso de Manipulador de Produtos Fitosanitarios de Nivel Básico</t>
   </si>
   <si>
     <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria (Centro de formación Agroislas)</t>
   </si>
   <si>
     <t>Obtén a certificación de manipulador de pesticidas de nivel básico CONTACTO</t>
   </si>
   <si>
     <t>https://akisplataforma.es/gl/cursos-de-formacion/curso-manipulador-produtos-fitosanitarios-nivel-basico-0</t>
   </si>
   <si>
     <t>Invernadoiros</t>
   </si>
@@ -2068,3481 +2071,3487 @@
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C2" s="1"/>
-[...2 lines deleted...]
-      <c r="F2" s="1"/>
+      <c r="C2" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>15</v>
+      </c>
       <c r="G2" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>28</v>
-[...9 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
       <c r="G4" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
-      <c r="F6" s="1"/>
+      <c r="F6" s="1" t="s">
+        <v>43</v>
+      </c>
       <c r="G6" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
-      <c r="F7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F7" s="1"/>
       <c r="G7" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      <c r="F8" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>55</v>
+      </c>
       <c r="G8" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>64</v>
-[...6 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
       <c r="F10" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
-      <c r="F11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F11" s="1"/>
       <c r="G11" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>74</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B12" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B13" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I13" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="J13" s="1" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="C16" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="D16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1" t="s">
+        <v>95</v>
+      </c>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="C17" s="1"/>
+        <v>94</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>99</v>
+      </c>
       <c r="D17" s="1" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-      <c r="F17" s="1"/>
+        <v>100</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>102</v>
+      </c>
       <c r="G17" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>118</v>
+        <v>54</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>119</v>
+        <v>55</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I20" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="J20" s="1" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>123</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>58</v>
+        <v>124</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>59</v>
+        <v>125</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>60</v>
+        <v>126</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>127</v>
-[...7 lines deleted...]
-      <c r="F22" s="1" t="s">
         <v>129</v>
       </c>
+      <c r="D22" s="1"/>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
       <c r="G22" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J22" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="C23" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="D23" s="1"/>
-      <c r="E23" s="1"/>
+      <c r="C23" s="1"/>
+      <c r="D23" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>135</v>
+      </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="C24" s="1"/>
+        <v>139</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>140</v>
+      </c>
       <c r="D24" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="F24" s="1"/>
+        <v>142</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>143</v>
+      </c>
       <c r="G24" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>145</v>
+        <v>23</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>146</v>
+        <v>54</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>151</v>
-[...10 lines deleted...]
-      <c r="F26" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C26" s="1"/>
+      <c r="D26" s="1"/>
+      <c r="E26" s="1"/>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="G26" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I26" s="1" t="s">
+      <c r="J26" s="1" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F27" s="1"/>
+      <c r="C27" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>160</v>
+      </c>
       <c r="G27" s="1" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>162</v>
-[...6 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
       <c r="G28" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>165</v>
       </c>
       <c r="J28" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="E29" s="1"/>
+        <v>113</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>114</v>
+      </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>169</v>
       </c>
       <c r="J29" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>172</v>
-[...6 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="D30" s="1"/>
+      <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="C31" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="D31" s="1"/>
-      <c r="E31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>178</v>
+      </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
-        <v>29</v>
+        <v>158</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>182</v>
+        <v>159</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I32" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="J32" s="1" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
-        <v>162</v>
+        <v>23</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="F33" s="1"/>
+        <v>185</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>186</v>
+      </c>
       <c r="G33" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>181</v>
-[...8 lines deleted...]
-      <c r="F34" s="1" t="s">
         <v>190</v>
       </c>
+      <c r="C34" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D34" s="1"/>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1"/>
       <c r="G34" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-      <c r="E35" s="1"/>
+        <v>48</v>
+      </c>
+      <c r="C35" s="1"/>
+      <c r="D35" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>178</v>
+      </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="J35" s="1" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="J36" s="1" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
-        <v>29</v>
+        <v>113</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="F37" s="1"/>
+        <v>114</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>202</v>
+      </c>
       <c r="G37" s="1" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C38" s="1"/>
-      <c r="D38" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F38" s="1" t="s">
+      <c r="D38" s="1"/>
+      <c r="E38" s="1"/>
+      <c r="F38" s="1"/>
+      <c r="G38" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="G38" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I38" s="1" t="s">
+      <c r="J38" s="1" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I39" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="J39" s="1" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>205</v>
+        <v>99</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J40" s="1" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I41" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="J41" s="1" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I42" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="J42" s="1" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="1"/>
+      <c r="C43" s="1" t="s">
+        <v>222</v>
+      </c>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
-      <c r="F43" s="1"/>
+      <c r="F43" s="1" t="s">
+        <v>69</v>
+      </c>
       <c r="G43" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="C44" s="1" t="s">
         <v>226</v>
       </c>
+      <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
-      <c r="F44" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F44" s="1"/>
       <c r="G44" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>227</v>
       </c>
       <c r="J44" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1" t="s">
         <v>229</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I45" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="J45" s="1" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="B46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="1"/>
+      <c r="C46" s="1" t="s">
+        <v>234</v>
+      </c>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
-      <c r="F46" s="1"/>
+      <c r="F46" s="1" t="s">
+        <v>235</v>
+      </c>
       <c r="G46" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
-      <c r="F47" s="1" t="s">
+      <c r="F47" s="1"/>
+      <c r="G47" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="G47" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I47" s="1" t="s">
+      <c r="J47" s="1" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="B48" s="1" t="s">
-[...3 lines deleted...]
-      <c r="D48" s="1"/>
+      <c r="C48" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="E48" s="1"/>
-      <c r="F48" s="1"/>
+      <c r="F48" s="1" t="s">
+        <v>243</v>
+      </c>
       <c r="G48" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1"/>
       <c r="E49" s="1"/>
       <c r="F49" s="1"/>
       <c r="G49" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" s="1" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C66" s="1"/>
       <c r="D66" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C67" s="1"/>
       <c r="D67" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
       <c r="G72" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="J82" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="J83" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1"/>
       <c r="E87" s="1"/>
       <c r="F87" s="1"/>
       <c r="G87" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J87" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="J89" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1"/>
       <c r="E90" s="1"/>
       <c r="F90" s="1"/>
       <c r="G90" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" s="1"/>
       <c r="E91" s="1"/>
       <c r="F91" s="1"/>
       <c r="G91" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1"/>
       <c r="E92" s="1"/>
       <c r="F92" s="1"/>
       <c r="G92" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1"/>
       <c r="G93" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1"/>
       <c r="E94" s="1"/>
       <c r="F94" s="1"/>
       <c r="G94" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="1"/>
       <c r="E95" s="1"/>
       <c r="F95" s="1"/>
       <c r="G95" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C96" s="1"/>
       <c r="D96" s="1"/>
       <c r="E96" s="1"/>
       <c r="F96" s="1"/>
       <c r="G96" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C97" s="1"/>
       <c r="D97" s="1"/>
       <c r="E97" s="1"/>
       <c r="F97" s="1"/>
       <c r="G97" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1"/>
       <c r="E98" s="1"/>
       <c r="F98" s="1"/>
       <c r="G98" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1"/>
       <c r="E99" s="1"/>
       <c r="F99" s="1"/>
       <c r="G99" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C100" s="1"/>
       <c r="D100" s="1"/>
       <c r="E100" s="1"/>
       <c r="F100" s="1"/>
       <c r="G100" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D101" s="1"/>
       <c r="E101" s="1"/>
       <c r="F101" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" s="1"/>
       <c r="E102" s="1"/>
       <c r="F102" s="1"/>
       <c r="G102" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C103" s="1"/>
       <c r="D103" s="1"/>
       <c r="E103" s="1"/>
       <c r="F103" s="1"/>
       <c r="G103" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C104" s="1"/>
       <c r="D104" s="1"/>
       <c r="E104" s="1"/>
       <c r="F104" s="1" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C105" s="1"/>
       <c r="D105" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C106" s="1"/>
       <c r="D106" s="1"/>
       <c r="E106" s="1"/>
       <c r="F106" s="1"/>
       <c r="G106" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C107" s="1"/>
       <c r="D107" s="1"/>
       <c r="E107" s="1"/>
       <c r="F107" s="1"/>
       <c r="G107" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="J107" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C109" s="1"/>
       <c r="D109" s="1"/>
       <c r="E109" s="1"/>
       <c r="F109" s="1"/>
       <c r="G109" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C110" s="1"/>
       <c r="D110" s="1"/>
       <c r="E110" s="1"/>
       <c r="F110" s="1"/>
       <c r="G110" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="J110" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" s="1"/>
       <c r="E111" s="1"/>
       <c r="F111" s="1"/>
       <c r="G111" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1"/>
       <c r="E112" s="1"/>
       <c r="F112" s="1"/>
       <c r="G112" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="J112" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" s="1"/>
       <c r="E113" s="1"/>
       <c r="F113" s="1"/>
       <c r="G113" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="J113" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1"/>
       <c r="E114" s="1"/>
       <c r="F114" s="1"/>
       <c r="G114" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="J114" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C115" s="1"/>
       <c r="D115" s="1"/>
       <c r="E115" s="1"/>
       <c r="F115" s="1"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="J115" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C116" s="1"/>
       <c r="D116" s="1"/>
       <c r="E116" s="1"/>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="J116" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C117" s="1"/>
       <c r="D117" s="1"/>
       <c r="E117" s="1"/>
       <c r="F117" s="1"/>
       <c r="G117" s="1"/>
       <c r="H117" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="J117" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C118" s="1"/>
       <c r="D118" s="1"/>
       <c r="E118" s="1"/>
       <c r="F118" s="1"/>
       <c r="G118" s="1"/>
       <c r="H118" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="J118" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C119" s="1"/>
       <c r="D119" s="1"/>
       <c r="E119" s="1"/>
       <c r="F119" s="1"/>
       <c r="G119" s="1"/>
       <c r="H119" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="J119" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C120" s="1"/>
       <c r="D120" s="1"/>
       <c r="E120" s="1"/>
       <c r="F120" s="1"/>
       <c r="G120" s="1"/>
       <c r="H120" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="J120" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C121" s="1"/>
       <c r="D121" s="1"/>
       <c r="E121" s="1"/>
       <c r="F121" s="1"/>
       <c r="G121" s="1"/>
       <c r="H121" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="J121" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C122" s="1"/>
       <c r="D122" s="1"/>
       <c r="E122" s="1"/>
       <c r="F122" s="1"/>
       <c r="G122" s="1"/>
       <c r="H122" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J122" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C123" s="1"/>
       <c r="D123" s="1"/>
       <c r="E123" s="1"/>
       <c r="F123" s="1"/>
       <c r="G123" s="1"/>
       <c r="H123" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="J123" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C124" s="1"/>
       <c r="D124" s="1"/>
       <c r="E124" s="1"/>
       <c r="F124" s="1"/>
       <c r="G124" s="1"/>
       <c r="H124" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="J124" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C125" s="1"/>
       <c r="D125" s="1"/>
       <c r="E125" s="1"/>
       <c r="F125" s="1"/>
       <c r="G125" s="1"/>
       <c r="H125" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="J125" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C126" s="1"/>
       <c r="D126" s="1"/>
       <c r="E126" s="1"/>
       <c r="F126" s="1"/>
       <c r="G126" s="1"/>
       <c r="H126" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="J126" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C127" s="1"/>
       <c r="D127" s="1"/>
       <c r="E127" s="1"/>
       <c r="F127" s="1"/>
       <c r="G127" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J127" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C128" s="1"/>
       <c r="D128" s="1"/>
       <c r="E128" s="1"/>
       <c r="F128" s="1"/>
       <c r="G128" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J128" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C129" s="1"/>
       <c r="D129" s="1"/>
       <c r="E129" s="1"/>
       <c r="F129" s="1"/>
       <c r="G129" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J129" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C130" s="1"/>
       <c r="D130" s="1"/>
       <c r="E130" s="1"/>
       <c r="F130" s="1"/>
       <c r="G130" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="J130" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D131" s="1"/>
       <c r="E131" s="1"/>
       <c r="F131" s="1" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="J131" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>