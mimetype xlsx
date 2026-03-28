--- v0 (2026-02-05)
+++ v1 (2026-03-28)
@@ -12,3161 +12,2636 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1037">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="862">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
-    <t>Resolución, do 26/05/2025, da Viceconsellería de Política Agrícola Común e Políticas Agroambientais, pola que se convoca no ano 2025, polo procedemento de tramitación anticipada, para a incorporación de axudas para a intervención de conservación de razas autóctonas ameazadas de erosión xenética en Castela-A Mancha a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader), previstas no Plan Estratéxico da Política Agrícola Común para o período 2023-2027.</t>
+    <t>Dispoñibilidade de crédito da orde Commerce 2025 LIÑA 1. NOVO ESTABLECEMENTO</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Rexional</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Dispoñibilidade de crédito da orde Comercio 2025 LIÑA 2 ESTABLECEMENTO DE MANTENIMENTO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Resolución da ministra de Economía, Facenda e Innovación pola que se aproba a convocatoria de axudas para os anos 2024 e 2025 a emprendedores e empresas con actividade nas Illas Baleares para cubrir as comisións de apertura e estudo</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Orde do 12 de febreiro de 2025, pola que se convocan as subvencións para a subscrición de seguros agrarios no marco do Plan de Seguros Agrarios Combinados para o ano 2025 e se establecen as determinacións en relación con ditas subvencións</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>PLAN ANUAL DE SEGUROS AGRÍCOLAS 2025</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>Orde DES/37/2025, do 22 de decembro de 2025, pola que se convocan as axudas financiadas polo FEAGA (Fondo Europeo Agrícola de Garantía) e o FEADER (Fondo Europeo Agrícola de Desenvolvemento Rural) incluídas na solicitude única para o ano 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
+  </si>
+  <si>
+    <t>Resolución do 20/05/2025 da Dirección Xeral de Agricultura e Gandería, pola que se convoca no ano 2025, polo procedemento de tramitación anticipada, a incorporación ás axudas para a intervención do benestar animal en Castela-A Mancha a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader), previstas no Plan Estratéxico da Política Agrícola Común para o período 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Resolución, do 26/05/2025, da Subconsellería de Política Agrícola Común e Políticas Agroambientais, pola que se convoca no ano 2025, polo procedemento de tramitación anticipada, a incorporación ás axudas para a intervención de conservación de razas autóctonas ameazadas pola erosión xenética en Castela-A Mancha a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader), previstas no Plan Estratéxico da Política Agrícola Común para o período 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
-    <t>Resolución do conselleiro de Economía, Facenda e Innovación pola que se aproba a convocatoria de axudas para os anos 2024 e 2025 para emprendedores e empresas con actividade en Baleares para cubrir as comisións de apertura e estudo.</t>
-[...20 lines deleted...]
-    <t>Resolución, do 27/05/2025, da Viceconsellería de Política Agrícola Común e Políticas Agroambientais, pola que se convoca no ano 2025, polo procedemento de tramitación anticipada, para a incorporación de axudas para a intervención da Apicultura para a biodiversidade en Castela-A Mancha a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader), previstas no Plan Estratéxico da Política Agrícola Común para o período 2023-2027.</t>
+    <t>Resolución, do 27/05/2025, da Subconsellería de Política Agrícola Común e Políticas Agroambientais, pola que se convoca no ano 2025, polo procedemento de tramitación anticipada, a incorporación ás axudas para a intervención da Apicultura para a biodiversidade en Castela-A Mancha a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader), previstas no Plan Estratéxico da Política Agrícola Común para o período 2023-2027.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
   </si>
   <si>
-    <t>Axudas excepcionais para o ano 2025 para as explotacións de cereixas afectadas por catástrofes naturais, segundo o Decreto-lei 3/2025, do 27 de maio</t>
+    <t>Resolución do 29/12/2025, da Subconsellería de Política Agrícola Común e Política Agroambiental, pola que se convocan axudas do réxime de minimis, mediante o procedemento de tramitación anticipada, para paliar os danos causados en Castela-A Mancha</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Resolución do 29/12/2025, do Viceministerio de Política Agrícola Común e Política Agroambiental, pola que se convocan axudas no réxime de minimis, mediante o procedemento de tramitación anticipada, para paliar os danos relacionados cos ataques de lobois</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>Axudas do Centro para o Desenvolvemento e a Innovación Tecnolóxica (EPE) para o financiamento de proxectos de I+D (2025)</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>Bases reguladoras 2025-2027 e convocatoria de axudas para mellorar a produción e comercialización de produtos apícolas no marco da Intervención Sectorial Apícola, incluída no PEPAC, para a campaña 2025.</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>AXUDA A EMPRESAS SEC AGR. GANAD. FORESTAL E INDUSTRIAL DESARR. PROY INV. 2025</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>Autorizar un gasto plurianual de 2.100.000,00 euros con cargo á partida orzamentaria 720007 72300 4400 412108 «Feader PDR 2014-2022. Servizos de asesoramento a través do INTIA», do orzamento de gastos de 2024 e o seu equivalente en 2025</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para o establecemento de agricultores a tempo parcial no marco do PEPAC de 2025</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Regulamento e convocatoria de solicitudes para 2025 para axudas a investimentos en explotacións agrícolas PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Marco regulador e convocatoria de solicitudes para 2025 para axudas a investimentos en explotacións agrícolas (Obxectivo ambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>Axudas ás Agrupacións de Defensa Sanitaria Pecuaria, para a posta en marcha de programas sanitarios para a prevención, o control e a erradicación de enfermidades animais, ano 2025</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Axudas para a promoción de produtos agrícolas mediante a organización de feiras gandeiras, para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para a participación en feiras comerciais no réxime de minimis de 2025</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>Convocatoria de propostas de 2025. Axudas ás asociacións de produtores agroalimentarios que comercializan a través de cadeas curtas de subministración e ás asociacións que xestionan espazos agrícolas TEST</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para actividades de control e certificación de figuras de calidade agroalimentaria de Navarra, recoñecidas como DOP ou IGP, acollidas ao réxime de minimis, 2025.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas a entidades locais para o fomento de canles curtas de comercialización de produtos agroalimentarios de 2025</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>Aprobar o marco regulador e a convocatoria de propostas para o fomento da innovación e a divulgación forestal, período 2025 e 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>Aprobar as bases reguladoras e a convocatoria de axudas para a campaña 2024-2025 para a xestión sostible dos pastos de montaña en Navarra, incluída na Intervención 6881.1 Repoboación Forestal e Sistemas Agroforestais do PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para a Cooperación para a promoción de produtos agrícolas e alimentarios no marco de réximes de calidade, no marco do PEPAC, da Comunidade Foral de Navarra, 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>Axudas ás explotacións agrícolas para a transición enerxética 2025. Regulamento da Comisión 651/2014</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Axudas ás explotacións agrícolas para a transición enerxética 2025. De Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Subvencións para proxectos de innovación en pemes industriais. Convocatoria de propostas de 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Axudas para a creación e consolidación de empresas innovadoras de base tecnolóxica en 2025 no marco do Plan de Recuperación, Transformación e Resiliencia - Financiado pola Unión Europea - Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Resolución do 19 de decembro de 2024, do director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se realiza a convocatoria anticipada de axudas para o exercicio 2025 para actividades de información e promoción de réximes de calidade agroalimentaria</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Resolución do 28 de xaneiro de 2025, do Director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se establece a convocatoria de solicitudes para a concesión e o pagamento anual das axudas incluídas na solicitude única no marco de</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>Resolución do 17 de abril de 2025, do Director da Axencia Valenciana de Desenvolvemento e Garantía Agraria (AVFGA), pola que se anuncia a convocatoria de axudas para investimentos na modernización de infraestruturas e sistemas de rega en comunidades e comunidades de regadores</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Resolución do 5 de maio de 2025, do director da Axencia Valenciana de Desenvolvemento e Garantía Agraria (AVFGA), pola que se convocan as axudas previstas na intervención 7119.02 LEADER do Plan Estratéxico da PAC 2023-2027 na Comunidade Valenciana, “</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolución do 15 de maio de 2025, do Director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se anuncia a convocatoria de axudas para a cooperación no marco das intervencións de desenvolvemento rural do Plan Estratéxico para o ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 23 de decembro de 2025, do director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se procede á convocatoria anticipada de axudas para o exercicio 2026 para actividades de información e promoción de réximes de calidade agroalimentaria</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Resolución da Consellería de Agricultura, Auga, Gandería e Pesca, pola que se anuncia a convocatoria de axudas para a certificación da produción ecolóxica na Comunidade Valenciana para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>Resolución do director xeral de Produción Agropecuaria e Gandeira, pola que se establece a convocatoria anticipada, para o Plan 2025, das axudas da Comunidade Valenciana destinadas á subscrición de seguros agrarios incluídos nos plans para</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Resolución do 17 de abril de 2025, da Dirección Xeral de Produción Agropecuaria e Pecuaria, pola que se anuncia a convocatoria para o exercicio 2025 de axudas para a mellora da competitividade e sustentabilidade das explotacións gandeiras da Comunidade Valenciana.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>Resolución DG de Produción Agropecuaria, para o ano 2025 as axudas previstas na Orde 6/2024, pola que se aproban as bases reguladoras da axuda compensatoria para a erradicación e o control da bacteria Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>Resolución do 14 de novembro de 2025, da Dirección Xeral de Produción Agropecuaria e Pecuaria, pola que se convocan con antelación axudas para a mellora da competitividade e sustentabilidade das explotacións gandeiras da Comunidade Valenciana para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>Resolución do director xeral de Produción Agropecuaria e Gandeira, pola que se convoca anticipadamente, para o ano 2025, as axudas de minimis destinadas á replantación de parcelas frutícolas cuxa colleita estea ou fose destruída</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolución do director xeral de Produción Agropecuaria e Gandeira pola que se convoca anticipadamente, para o ano 2025, axudas ás explotacións de cereixas en zonas afectadas por factores climáticos, ambientais e</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 29 de decembro de 2025 pola que se aproba a convocatoria plurianual de subvencións para a liña de fomento da contratación e regularización do Seguro Agrario Combinado no exercicio 2026 baixo a modalidade de gasto anticipado</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>Resolución de 2025 sobre subvencións para a prestación de asesoramento técnico ao sector agrícola en materia de protección fitosanitaria, do 20 de decembro de 2024.</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
-[...2 lines deleted...]
-    <t>ORDE DO 14 de xullo de 2025, Axudas para a contratación de seguros agrarios combinados 2025</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Subvencións para o financiamento de préstamos a titulares de explotacións de oliveira e viñedo de secano situadas en Estremadura, de acordo co Decreto 35/2025, do 6 de maio, polo que se convocan.</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Subvención 2025 para titulares de explotacións agrícolas para promover a participación en réximes de calidade alimentaria. s/ Resolución do 19 de xuño de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>Resolución de 3 de decembro de 2025 sobre subvencións para a prestación de asesoramento técnico ao sector agrícola en materia de protección fitosanitaria.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader 2025, NON CUBERTAS polo Réxime MINIMIS, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), segundo a XXIV Convocatoria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>Enfoque Leader de axuda 2025 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), convocatoria da sección IX (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>Enfoque de axuda Leader de 2025 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), convocatoria da sección IX (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Axudas 2025: enfoque LEADER para investimentos na transformación e comercialización de produtos agrícolas. Axudas estatais. (Entrevista, 7119 PEPAC), s/ II Convo (PEPAC 2023-2027) GAL SOPORTE DE PRODUCIÓN</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>Axudas de 2025: enfoque LEADER para investimentos na transformación e comercialización de produtos agrícolas. SEN axudas estatais. (Entrevista, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>Axudas 2025: Enfoque Leader para investimentos na transformación e comercialización de produtos agrícolas. Axudas estatais (Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>Subvencións a empresas para financiar proxectos que promovan a implantación de solucións de intelixencia artificial na Comunidade Autónoma de Estremadura, segundo o Decreto 173/2025 que as convoca.</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
+  </si>
+  <si>
+    <t>Axudas 2025 para a implantación de sistemas de rega que promovan o uso eficiente da auga e a enerxía nas explotacións agrícolas, segundo o Decreto 12/2025, do 11 de marzo, polo que se convocan.</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Axudas 2025-26 para o establecemento de agricultores novos na Comunidade Autónoma de Estremadura, primeira convocatoria incorporada ao Decreto 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Axudas 2025-26 Investimentos en Modernización e/ou Mellora de Explotacións Agrarias nas que se establece o agricultor mozo, primeira convocatoria incorporada no Decreto 169/2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Axudas PEPAC 2025. Axudas complementarias a agricultores novos, segundo a Resolución do 27 de xaneiro de 2025 que as convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>Axudas PEPAC 2025. Agricultura ecolóxica, segundo a Resolución do 27 de xaneiro de 2025 que as convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Axudas PEPAC 2025. Axudas agrícolas asociadas, segundo a Resolución do 27 de xaneiro de 2025 que as convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>Axudas 2025 para investimentos destinados á transformación e comercialización de produtos agrícolas, de acordo coa Resolución do 29 de outubro de 2025 pola que se convocan solicitudes</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Extremadura Avante outorga subvencións a empresas para a participación en grupo na Feira Fruit Attraction 2025, segundo o Acordo do 27 de marzo de 2025 que as convoca.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>Axudas 2025 a empresas para a participación en grupo na Feira de Ingredientes Alimentarios 2025, segundo o Acordo do 26 de agosto de 2025 que as convoca.</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>Subvención 2024-2025 dirixida a concellos e entidades locais menores para financiar proxectos de dinamización comercial, segundo o Decreto 130/2024, do 15 de outubro de 2024, polo que se convocan</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subvención 2024-2025 dirixida a asociacións, federacións e confederacións do sector do comercio para financiar proxectos de dinamización comercial, segundo o Decreto 130/2024, do 15 de outubro de 2024, polo que se convocan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Axudas 2025/2026 para a mellora das capacidades avanzadas das pemes no sector retallista, segundo a convocatoria realizada por Resolución do 21 de novembro de 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>Subvención 2026, Sector Agrario, para a integración sociolaboral de menores/mozos que cumpran ou teñan cumprido medidas xudiciais, por Resolución do 14 de novembro de 2025</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Resolución do 24 de marzo de 2025 pola que se establecen as bases reguladoras das axudas para o apoio á cooperación en actividades de información e promoción dos produtos agrícolas e alimentarios de Galicia amparados por réximes de calidade levadas a cabo por agrupacións de produtores, no marco do Plan Estratéxico da PAC 2023-2027, e se convocan solicitudes para o exercicio orzamentario de 2025</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Resolución do 16 de abril de 2025 pola que se establece o marco regulador das axudas aos programas de calidade desenvolvidos polos consellos reguladores das denominacións de calidade agroalimentaria e se anuncia a convocatoria para o ano 2025 (código de procedemento)</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolución do 17 de xuño de 2025 pola que se establecen as bases reguladoras das axudas ás explotacións agrícolas pertencentes á indicación xeográfica protexida Faba de Lourenzá e se convocan solicitudes para o ano 2025 (código de procedemento MR302)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Resolución do 19 de decembro de 2025 pola que se establece o marco regulador das axudas para o apoio á cooperación en actividades de información e promoción dos produtos agrícolas e alimentarios de Galicia amparados por réximes de calidade</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Orde do 30 de xaneiro de 2025 pola que se establecen as bases reguladoras para a concesión, en réxime de concorrencia non competitiva, de subvencións para o fomento da innovación e a sustentabilidade no comercio local e artesanal</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Orde do 21 de novembro de 2025 pola que se establecen as bases reguladoras das axudas para paliar os danos causados polo xabaril nos cultivos agrícolas e se convocan solicitudes para o ano 2026 (código de procedemento MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>Orde do 26 de decembro de 2024, pola que se establecen as bases reguladoras das axudas para o fomento da contratación de seguros agrarios na Comunidade Autónoma de Galicia e se convocan para o ano 2025 (Código de procedemento MR443A)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>ORDE do 11 de xuño de 2025 pola que se establecen as bases reguladoras das axudas destinadas a agricultores novos, no marco do Plan Estratéxico da Política Agrícola Común de España 2023-2027, cofinanciado polo Fondo Europeo</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Orde do 21 de agosto de 2025 pola que se establecen as bases reguladoras das axudas destinadas a promover o uso común de instalacións e equipamentos nun réxime asociativo, no marco do Plan Estratéxico da Política Agrícola Común</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Orde do 18 de setembro de 2025 pola que se establecen as bases reguladoras das axudas a organizacións profesionais agrarias e asociacións agrarias para a realización de actividades de interese agrario e se convocan solicitudes para o ano 2025 (código de</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>Orde do 12 de decembro de 2025, pola que se establecen as bases reguladoras das axudas ás entidades recoñecidas como agrupacións de defensa sanitaria gandeira (ADSG) en Galicia e se convocan para o ano 2026-2027 (Código de procedemento MR2)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>Orde do 29 de decembro de 2025, pola que se establecen as bases reguladoras das axudas para o fomento da contratación de seguros agrarios na Comunidade Autónoma de Galicia e se convocan para o ano 2026 (Código de procedemento MR443A)</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>ORDE do 30 de decembro de 2025, pola que se establece o marco regulador das subvencións en réxime de concorrencia competitiva para investimentos de reforestación con especies de folla ancha e/ou coníferas, cofinanciadas polo Fondo Europeo Agrícola de Desenvolvemento</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>ORDE do 30 de decembro de 2025 pola que se establecen as bases reguladoras das axudas, en concorrencia competitiva, para o fomento e apoio das agrupacións forestais de xestión conxunta de produtores forestais, cofinanciadas polo Fondo Europeo de Desenvolvemento Económico.</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Resolución do 16 de decembro de 2025, do Instituto Enerxético de Galicia, pola que se aproba o marco regulador das axudas para proxectos de aforro e eficiencia enerxética nas empresas gallegas</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Axudas para a mellora da capacidade de innovación e desenvolvemento tecnolóxico das empresas de Galicia, programa “Ticket Innova” para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Resolución do 30 de decembro de 2025 pola que se establecen as bases reguladoras das axudas para a mellora da capacidade de innovación das empresas de Galicia 2026-2027 en réxime de concorrencia competitiva (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Acordo do Consello Executivo do 17.11.2025, relativo ás bases que rexen a concesión de axudas para o fomento de prácticas sostibles nas explotacións agrícolas de Menorca (CARB) e á correspondente convocatoria para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para a recuperación, mantemento e consolidación do medio agrícola e a agrobiodiversidade na illa de Eivisa para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para o fomento do emprego e a mellora da competitividade das cooperativas, microcooperativas e sociedades laborais nas Illas Baleares para os anos 2025 e 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas destinadas ao funcionamento de grupos empresariais innovadores nas Illas Baleares 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Resolución da ministra de Agricultura, Pesca e Medio Ambiente Natural para a convocatoria pública de subvencións para actividades de educación ambiental nas Illas Baleares a favor de entidades sen ánimo de lucro para o ano 2025.</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Subvencións para a promoción de produtos agrícolas e alimentarios no marco de réximes de calidade. Convocatoria de propostas de 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Axudas para grupos de protección vexetal para previr pragas das plantas antes do ano 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Axudas destinadas a promover a agricultura ecolóxica, para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Axudas destinadas ao pagamento de compromisos agroambientais para cultivos sostibles mediante o uso de auga rexenerada, para o ano 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Axudas para o sector agrario profesional das Illas Baleares 2025.- 1.- FEDERACIÓNS E UNIÓNS DE COOPERATIVAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Axudas para o sector agrario profesional das Illas Baleares 2025.- 2.-ORGANIZACIÓNS PROFESIONAIS AGRARIAS (sede de Mallorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Axudas para o sector agrario profesional das Illas Baleares 2025.- 3.-ORGANIZACIÓNS PROFESIONAIS AGRARIAS (Sede Menorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Axudas para o ano 2025 para a mellora da produción e comercialización de produtos apícolas correspondentes á Intervención Sectorial Apícola - EIVISSA</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Axudas para o ano 2025 para a mellora da produción e comercialización de produtos apícolas correspondentes á Intervención Sectorial Apícola - MENORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>Axudas para o ano 2025 para a mellora da produción e comercialización de produtos apícolas correspondentes á Intervención Sectorial Apícola - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Axudas para o ano 2025 para a mellora da produción e comercialización de produtos apícolas correspondentes á Intervención Sectorial Apícola - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos forestais improdutivos na prevención de danos forestais. Convocatoria de propostas de 2025</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos na transformación, comercialización e desenvolvemento de produtos agroalimentarios. Convocatoria de propostas de 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Axudas para réximes de calidade de produtos agrícolas e alimentarios, 2025</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>PROGRAMA EKINN+ 2025: DIRECTRICES PARA A PARTICIPACIÓN NO PROGRAMA PARA PROMOVER A CREACIÓN, O CRECEMENTO E A CONSOLIDACIÓN DE NOVAS INICIATIVAS EMPRESARIAIS INNOVADORAS.</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>CONVOCATORIA DE SOLICITUDES PARA PROXECTOS DE INVESTIGACIÓN PARA PERSOAS NOVAS - IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓNS PARA O INVESTIMENTO EN INNOVACIÓN DE ENTIDADES FORMACIÓN EMPREGO 2025</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>Resolución do 7/4/2025, da Axencia Asturiana para a Ciencia, a Competitividade Empresarial e a Innovación, pola que se aproba a convocatoria para a concesión de subvencións para a execución de proxectos de I+D no Principado de Asturias para o ano 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvencións para promover o emprendemento innovador (Cheque para Emprendedores) para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Resolución do 10 de decembro de 2024 pola que se aproba a convocatoria de anticipos de gastos de subvencións para servizos de asesoramento en pequenas e medianas explotacións agrícolas da AP no marco do PEPAC 2023-2027 para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Cooperación con subvencións para a sucesión de explotacións agrícolas de 2025</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>Resolución do 7 de abril de 2025, da Consellería de Medio Rural e Política Agraria, pola que se aproban as Bases Reguladoras e a Convocatoria de Intervencións en forma de pagamentos directos á agricultura e á gandería e das Intervencións</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 21 de abril de 2025, pola que se aproba a convocatoria de subvencións para servizos de asesoramento en pequenas e medianas explotacións agrarias do Principado de Asturias realizada por ATRIAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolución do 21 de abril de 2025, da Consellería de Medio Rural e Política Agraria, pola que se aproba a convocatoria de subvencións a entidades sen ánimo de lucro, para a celebración de concursos de produtos agroalimentarios</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Resolución do 4 de decembro de 2025 da Consellería de Medio Rural e Política Agraria, pola que se convocan axudas para investimentos non produtivos en explotacións agrícolas do Principado de Asturias vinculadas á mitigación-adaptación ao cambio climático</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Resolución do 4 de decembro de 2025, do Ministerio de Medio Rural e Política Agraria, pola que se anuncian axudas para investimentos na modernización e/ou mellora de explotacións agrarias no marco do plan estratéxico da Política Agrícola Común de España</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Resolución do 4 de decembro de 2025 da Consellería de Medio Rural e Política Agraria, pola que se convocan axudas para investimentos produtivos en explotacións agrícolas vinculadas á contribución á mitigación-adaptación ao cambio climático, ao uso eficiente</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>Orde do 17 de febreiro de 2025 da Consellería de Augas, Agricultura, Gandería e Pesca pola que se aproba a convocatoria de axudas para a reestruturación e conversión de viñedos na Rexión de Murcia para o ano 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Orde do 18 de marzo de 2025 da Consellería de Augas, Agricultura, Gandería e Pesca pola que se aproba a convocatoria de axudas para a Colleita Verde de 2025</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>Orde do 16/04/2025, da Consellería de Augas, Agricultura, Gandería e Pesca, 1ª Convocatoria de axudas para a concesión de subvencións, intervención 7161 "Grupos Operativos Coop. da Asociación Europea para a Innovación Agraria"</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Orde do 6 de maio de 2025, do Ministerio de Augas, Agricultura, Gandería e Pesca, pola que se anuncian subvencións para Organizacións Profesionais Agrarias para o ano 2025, para o fomento de actividades de prestación de servizos ao sector agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>Resolución do 01/04/2025 do Director do Instituto para a Promoción da Rexión de Murcia, por delegación, relativa á convocatoria de axudas para participar en feiras, eventos e misións comerciais. Feira Agrícola Saudita. Arabia Saudita 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Resolución do 08/04/2025, do Director do Instituto de Promoción da Rexión de Murcia, por delegación, relativa á convocatoria plurianual de axudas para incentivar a contratación de servizos de innovación e competitividade. Vale de Internacionalización.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolución do 22 de xuño de 2025, do director do Instituto de Promoción da Rexión de Murcia, por delegación, relativa á convocatoria de axudas destinadas a promover a innovación e o emprendemento. Incubadoras.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Convocatoria de propostas SME Innova 2025 - Cámara de Comercio de Sevilla</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Real Decreto 905/2022, do 25 de outubro, polo que se regula a Intervención no Sector Viticultor no marco do Plan Estratéxico da Política Agrícola Común_Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>ORDE do 10 DE XANEIRO DE 2025, da Dirección Xeral de Produción Agropecuaria e Pecuaria, pola que se convocan axudas para a execución de programas veterinarios nacionais polas Asociacións de Defensa da Sanidade Pecuaria de concorrencia non competitiva</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Orde do 27 de xaneiro de 2025, pola que se fai a convocatoria para o ano 2025 das subvencións correspondentes ás operacións de Agricultura Ecolóxica Mantemento de Árbores Froiteiras de Secaño e Árbores Froiteiras de Regadío (6503.2), correspondentes ás Intervencións</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Orde do 28 de xaneiro de 2025, pola que se convoca para o ano 2025 a subvención para a operación 10.1.14 Emenda calcaria do solo para a prevención e o control da podremia das raíces en formacións de dehesas da Medida 10: Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Orde do 27 de marzo de 2025 pola que se convocan axudas destinadas á execución, a través das Agrupacións de Defensa da Sanidade Pecuaria, de programas sanitarios que non contan con financiamento comunitario en réxime de concorrencia competitiva.</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Orde do 30 de abril de 2025, de subvencións destinadas a promover procesos de integración e fusión de asociacións agroalimentarias. Liña 1 - Axudas para a promoción e o fomento da integración de asociacións agroalimentarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Orde do 30 de abril de 2025, de subvencións destinadas a promover procesos de integración e fusión de asociacións agroalimentarias. Liña 2 - Axudas para promover e fomentar a fusión de asociacións agroalimentarias en Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Resolución do 8 de maio de 2025 pola que se anuncian subvencións a organizacións e entidades representativas do sector agrícola e de desenvolvemento rural en Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Orde do 20 de maio de 2025, pola que se aproban as bases reguladoras para a concesión de subvencións, en réxime de concorrencia competitiva, dirixidas a titulares de explotacións agrícolas e gandeiras de concellos afectados polos danos da DANA 2024/2025</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>Orde do 16 de decembro de 2025, pola que se convocan solicitudes para o ano 2026 de axudas destinadas á execución, a través das Agrupacións de Defensa da Sanidade Pecuaria, de programas sanitarios que non contan con financiamento comunitario.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>Resolución do 19 de decembro de 2025, da Dirección Xeral de Industrias, Innovación e Cadea Agroalimentaria, pola que se anuncian subvencións para investimentos na transformación, comercialización e/ou desenvolvemento de produtos agroalimentarios para o exercicio 2026. Intervención 68422-01 PEME</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Resolución do 19 de decembro de 2025, da Dirección Xeral de Industrias, Innovación e Cadea Agroalimentaria, pola que se anuncia a convocatoria para o ano 2026 de axudas para investimentos na transformación, comercialización e/ou desenvolvemento de produtos agroalimentarios. FROITAS E VERDURAS. PEMES</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 29 de MAIO de 2025, LIÑA 4.2 inclusión da Sociedade Ordinaria Laboratorio De Minimis Agrícola</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Resolución do 2 de maio de 2025, do SGIM, pola que se convocan os incentivos para a transición xusta na provincia de Almería para o proxecto tractor «Innovación e sustentabilidade na industria auxiliar da agricultura almeriense»</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolución do XX de XXX de 2025 pola que se anuncian subvencións en concorrencia competitiva para proxectos de innovación desenvolvidos por Centros Tecnolóxicos. Liña 5 da Orde do 10 de febreiro de 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, de XX de XXXX de 2025, da DX para o FOMENTO DA INNOVACIÓN, POLA QUE SE CONVOCA PARA O EXERCICIO 2025, EN CONCURSO COMPETITIVO, A CONCESIÓN DE SUBVENCIÓNS PARA PROXECTOS DE INNOVACIÓN POR CLÚSTERS LIÑA 2 AXUDAS NON ESTATAIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, de XX de XXXX de 2025, da DX de PROMOCIÓN DA INNOVACIÓN, POLA QUE SE CONVOCA PARA O EXERCICIO 2025, EN CONCURSO COMPETITIVO, A CONCESIÓN DE SUBVENCIÓNS PARA PROXECTOS DE INNOVACIÓN POLOS CLÚSTERES LIÑA 2 R (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, de XX de XXXX de 2025, da DX de FOMENTO DA INNOVACIÓN, POLA QUE SE CONVOCA PARA O EXERCICIO 2025, EN CONCURSO COMPETITIVO, A CONCESIÓN DE SUBVENCIÓNS PARA A ADQUISICIÓN DE EQUIPAMENTOS E MELLORA DE INFRAESTRUTURAS NA LIÑA 6 DE C.TECN.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>Orde AGA/…/2024, do 19 de decembro, pola que se convocan subvencións para a prestación de servizos de asesoramento agrario, no marco do Plan Estratéxico Nacional da PAC 2023-2027, para Aragón, para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>ORDE AGA/268/2025, do 6 de marzo, pola que se convocan subvencións no ámbito da cooperación para os grupos operativos da Asociación Europea para a Innovación (EIP), no marco do Plan Estratéxico Nacional da PAC 23-27, para Aragón para 2025</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>ORDE AGA/685/2025, do 23 de xuño, pola que se aproban as bases reguladoras e a convocatoria de axudas por danos na produción e infraestruturas das explotacións agrícolas como consecuencia das choivas torrenciais de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Orde AGA/XX/2025, do XX, pola que se convocan subvencións para a contratación de seguros agrarios na comunidade autónoma de Aragón, para o ano 2025 para as liñas do cuadraxésimo sexto plan combinado de seguros agrarios (plan 2025)</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>ORDE AGA/ /2025 do , POLA QUE SE CONVOCAN SUBVENCIÓNS PARA PARTE DO CUSTE DA CONTRATACIÓN DE SEGUROS AGRÍCOLAS PARA O ANO 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>ORDE AGA/…/2025, do 17 de decembro, pola que se convocan subvencións para a prestación de servizos de asesoramento agrario, no marco do Plan Estratéxico Nacional da PAC 2023-2027, para Aragón, para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>Orde AGA/ /2024, do 7 de outubro, pola que se convocan subvencións para investimentos en instalacións de elaboración e en infraestruturas, estruturas e instrumentos de comercialización vitivinícolas, para o ano 2025 (exercicio 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>ORDE do 23 de xaneiro de 2025, pola que se establecen as normas para as axudas extraordinarias concedidas pola Comunidade Autónoma para o apoio financeiro ás cooperativas agrarias aragonesas e se aproba a súa convocatoria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Orde AGA/ /2025, do 7 de abril, pola que se aproba a convocatoria para complementar no ano 2025, con cargo ao acordo FITE 2023, as subvencións concedidas ao abeiro das Ordes para as industrias agroalimentarias 2022 e 2023</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>ORDE AGA/ /2025 do 26 de agosto, pola que se convocan subvencións para investimentos na transformación, comercialización e desenvolvemento de produtos agrícolas (industrias agroalimentarias), no marco do PEPAC para o período 2023-2027 para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>ORDE AGA/ /2025, do 20 de xaneiro, para a presentación da solicitude única de axudas ao abeiro da Política Agrícola Común para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>ORDE/AGA/284/2025, do 10 de marzo, do Ministro de Agricultura, Gandería e Alimentación, pola que se anuncian subvencións destinadas a mellorar a produción e comercialización de produtos apícolas para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>Orde do 16 de maio de 2025, do vicepresidente e conselleiro de Presidencia, Economía e Xustiza do Goberno de Aragón, pola que se convocan axudas a pequenas e medianas empresas para accións de dixitalización.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se convoca a Acción III.1 “Axudas para o subministro de animais reprodutores de razas puras ou razas comerciais orixinarios da Comunidade” para a campaña de 2025</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se anuncia a convocatoria de axudas para a campaña 2025 da subacción III.2.4 "Axudas á importación de becerros destinados á engorde"</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se convoca a Acción I.5 da Campaña 2025 “Axudas aos produtores tradicionais de tomate de inverno” do Programa Comunitario de Apoio á produción agrícola canaria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se anuncia a convocatoria da campaña 2025 de «axudas á produción de mel de calidade da raza autóctona de abella negra»</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se anuncia, para a campaña 2025, as axudas de superficie aos produtores de aloe vera e oliveira.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>ORDE DO MINISTERIO DE AGRICULTURA, GANDERÍA, PESCA E SOBERANÍA ALIMENTARIA, POLA QUE SE CONVOCA A CAMPAÑA 2025 DE AXUDA POR HECTÁREA PARA O MANTEMENTO DO CULTIVO DA VIÑA DESTINADA Á PRODUCIÓN DE VIÑOS CON DENOMINACIÓN DE ORIXE</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>EXTRACTO da ORDE do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se anuncia, para a campaña 2025, as axudas da Acción III.2, apoio ao sector vacún de carne</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDE DO MINISTERIO DE AGRICULTURA, GANDERÍA, PESCA E SOBERANÍA ALIMENTARIA POLA QUE SE ANUNCIAN AS AXUDAS PARA A CAMPAÑA DE ACCIÓN 2025 III.6 AXUDAS PARA A PRODUCIÓN DE LEITE LOCAL DE CABRA E OVELLA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDE DO MINISTERIO DE AGRICULTURA, GANDERÍA, PESCA E SOBERANÍA ALIMENTARIA POLA QUE SE ANUNCIAN AS AXUDAS PARA A CAMPAÑA DE ACCIÓN 2025 III.4 AXUDAS PARA A PRODUCIÓN DE LEITE GANADO LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>Subvencións para compromisos agroambientais en terras agrícolas e compromisos e actividades para a conservación de recursos xenéticos (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Orde pola que se convocan subvencións para o ano 2025 para apoiar as asociacións profesionais agrarias sen ánimo de lucro</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas a concellos para a construción de novas obras e mellora de infraestruturas agrícolas 2024-2025, regulada pola Orde DES/25/2024, do 14 de agosto.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Orde DES/07/2025, do 24 de febreiro de 2025, pola que se convocan as axudas financiadas polo FEAGA (Fondo Europeo Agrícola de Garantía) e o FEADER (Fondo Europeo Agrícola de Desenvolvemento Rural) incluídas na solicitude única para o ano 2025 e inclúe</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas ás agrupacións de defensa sanitaria gandeira recoñecidas en Cantabria para o ano 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para o ano 2025 ás Organizacións Agrarias Profesionais e Cooperativas Agrarias de Cantabria para colaborar na cumprimentación das solicitudes da convocatoria de axudas financiadas polo FEAGA e o FEADER</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...5 lines deleted...]
-    <t>Orde do 21 de xullo de 2025, da Consellería de Augas, Agricultura, Gandería e Pesca, pola que se aproba a convocatoria de axudas de intervención para o ano 2025 no sector apícola da Comunidade Autónoma da Rexión de Murcia.</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para o establecemento de agricultores novos e novos en Cantabria no ano 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>ORDE IND/57/2024, do 4 de decembro, pola que se aproba a convocatoria para o ano 2025 de axudas á artesanía en Cantabria (Produción primaria de produtos agrícolas).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Orde IND/39/2025, do 20 de agosto, pola que se aproba a convocatoria de subvencións para o ano 2025 destinadas a asociacións comerciais e as súas federacións e confederacións, e cooperativas de comercio polo miúdo. Non suxeitas ao réxime de minimis.</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Orde do 21 de decembro de 2025 da Consellería de Industria, Comercio e Emprego, pola que se convocan subvencións para o ano 2026 destinadas á adquisición de nova maquinaria industrial en empresas industriais de Castela e León.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Orde do 27 de xaneiro de 2025, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan intervencións en forma de pagamentos directos, intervencións de desenvolvemento rural e o establecemento de requisitos comúns.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Orde do 23 de marzo de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas para a vacinación contra a salmonela en galiñas poñedoras en Castela e León.</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Orde do 21 de marzo de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas para a reestruturación e conversión de viñedos na comunidade de Castela e León para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Orde do 8 de abril de 2025 da Consellería de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas para a vendima en verde das viñas na Comunidade de Castela e León para a colleita de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Orde do 22/04/2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se conceden subvencións para a transformación amparadas pola Intervención 6842.1 (obxectivos ambientais) do PEPAC cofinanciado polo FEADER - Liña MA1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>Orde do 19 de maio de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas destinadas ao control da produción leiteira ás entidades oficialmente recoñecidas para a realización do control leiteiro.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Orde do 23 de maio de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas destinadas ao fomento das razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Orde do 26 de maio de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan subvencións para a subscrición de pólizas de seguros agrarios incluídas nos Plans Anuais Combinados de Seguros Agrarios.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Orde do 28 de maio de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural pola que se convocan as axudas da Intervención Sectorial Apícola para a campaña apícola 2025 no marco do PEPAC 2023-2027 en Castela e León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>Orde do 23 de maio de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas destinadas a promover a cría e a inscrición de exemplares de raza pura de Castela e León nos libros xenealóxicos.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Orde do 12/08/2025, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan para o ano 2025 as axudas para o fomento do dimensionamento das cooperativas agroalimentarias, na comunidade autónoma de Castela e León.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Orde do 23 de decembro de 2025, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se anuncian subvencións para actividades de formación, información e demostración no marco do PEPAC de España 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Orde do 12 de decembro de 2025 do Ministerio de Economía e Facenda pola que se convoca para o ano 2026 unha axuda para desenvolver e mellorar as capacidades de investigación e innovación do tecido empresarial a través da AAEEII de CyL</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Orde do 7 de maio de 2025, do Ministerio de Industria, Comercio e Emprego, pola que se anuncian as subvencións para o ano 2025 do programa de apoio á creación e ao emprego en cooperativas e sociedades laborais. Programa II.- Investimentos</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Orde do 19 de xuño de 2025, da Consellería de Industria, Comercio e Emprego, pola que se anuncian subvencións para promover a planificación da sucesión no traballo autónomo en Castela e León (Relevacyl Autoempleo). Ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Orde do 19 de xuño de 2025, da C. de Industria, Comercio e Emprego, pola que se convocan subvencións para promover o espírito emprendedor para garantir a renovación produtiva a través das organizacións representativas de autónomos e da economía social.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Orde MAV/625/2025, do 12 de xuño, pola que se aproban as bases reguladoras e se convocan subvencións para a dixitalización de empresas de primeira transformación de madeira e outros produtos da madeira (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Orde MAV/624/2025, do 12 de xuño, pola que se aproba o marco regulador e se convocan subvencións para proxectos de emprendemento dixital e startups forestais en Castela e León (fondos RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Apoio a proxectos de investigación científica e transferencia de tecnoloxía, cofinanciados polo FEDER (2025-2029)</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Resolución, do 08/04/2025, da Dirección Xeral de Agricultura e Gandería, pola que se realiza a convocatoria de axudas da Intervención Sectorial Apícola no marco do Plan Estratéxico da Política Agrícola Común de Castela-A Mancha, para o</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Resolución do 11/12/2025, da DX de Agricultura e Gandería, pola que se convocan as axudas da Intervención 6505.2 Actividades de conservación, uso e desenvolvemento sostible dos recursos xenéticos gandeiros en Castela-A Mancha no ano 2025</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Resolución do 21/11/2024, da Dirección Xeral de Produción Agroalimentaria e Cooperativas, pola que se convocan as axudas para promover, en réxime de concorrencia competitiva, polo procedemento de tramitación anticipada, para o ano 2025.</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolución do 22/11/2024, da Dirección Xeral de Produción Agroalimentaria e Cooperativas, pola que se convocan as axudas á cooperación para a información e promoción das relacións públicas, polo procedemento de tramitación anticipada, para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Resolución do 17/12/2024, da Dirección Xeral de Desenvolvemento Rural, pola que se convocan para o ano 2025, polo procedemento de tramitación anticipada, as axudas para o establecemento de persoas mozas na agricultura e os investimentos para a mellora.</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Orde de bases para subvencións para accións formativas en competencias dixitais, dirixidas preferentemente a mulleres do ámbito rural, Plan Nacional de Competencias Dixitais, do PRTR, financiado pola UE -Next Generation EU-, e convocatoria 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>Resolución do 23/12/2025, da Dirección Xeral de Desenvolvemento Rural, pola que se conceden as axudas para o establecemento de mozos na agricultura e os investimentos para a mellora e/ou</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Resolución do 18/12/2024, da Dirección Xeral de Planificación Agraria, pola que se convocan no ano 2025, mediante o procedemento de tramitación anticipada, as subvencións destinadas ao fomento das razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolución do 18/12/2024, da Dirección Xeral de Planificación Agraria, pola que se convocan subvencións para o control da produción láctea en Castela-A Mancha para o ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Resolución do 27/05/2025, da Dirección Xeral de Planificación Agraria, pola que se establece a convocatoria de axudas adicionais para a contratación de seguros agrarios en Castela-A Mancha incluídos no cuadraxésimo sexto Plan de Seguros Agrarios Combinados (Plan 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolución do 30/05/2025, da Dirección Xeral de Produción Agroalimentaria e Cooperativas, pola que se convoca, en réxime de minimis, axudas en especie para a participación en grupo no posto que contratará a Consellería de Agricultura, Gandería e Desenvolvemento Rural para a asistencia á feira agroalimentaria Fruit Attraction 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>Resolución, do 18/11/2025, da Dirección Xeral de Produción Agroalimentaria e Cooperativas, pola que se convocan as axudas para promover a palangana, en réxime de concorrencia competitiva, polo procedemento de tramitación anticipada, para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Resolución do 16/12/2025, da Dirección Xeral de Produción Agroalimentaria e Cooperativas, pola que se convocan, en réxime de concorrencia competitiva, as axudas para a información e promoción de produtos agrícolas e alimentarios para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Resolución do 22/04/2025, da Secretaría Xeral, pola que se convoca, en réxime de concorrencia competitiva, para o ano 2025, axudas a organizacións profesionais agrarias e entidades asociativas sen ánimo de lucro, para</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Convocatoria de 20 bolsas para a matrícula no curso de verán 2025 do Vicerreitoría de Cultura, Deporte e Compromiso Social da UCLM "Emprendemento no sector veterinario e agrario: oportunidades e retos" CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Resolución do 04/08/2025, da Subconsellería de Política Agrícola Común e Política Agroambiental, pola que se convocan axudas, no réxime de minimis, para a posesión e mantemento de cans mastíns para a defensa e garda das vacas ovinas e caprinas</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>Subvencións para vales de competitividade empresarial: Innovación 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Axudas para a transformación das cooperativas agroalimentarias catalás e o fomento da competitividade e a sustentabilidade ambiental, social e económica (IMPULS.COOP) correspondentes a 2025, 2026 e 2027</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Axudas para o sector agrícola no ámbito da sanidade vexetal 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Axudas para o desenvolvemento e validación de tratamentos innovadores na xestión de estercos gandeiros correspondentes a 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Axustes de minimis á diversificación agrícola asociados ao contrato global de explotación no marco do PDR en Cataluña 2023-2027 para calquera ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Axudas para a mellora dos procesos de transformación e comercialización de produtos agroalimentarios correspondentes ao ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>Axudas para a promoción de accións das agrupacións de defensa forestal (ADF) para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Axudas para a conservación de recursos xenéticos agrícolas dirixidas a entidades de conservación, no marco do plan estratéxico da PAC 2023-2027 correspondente a 2025</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Axudas para as liñas do Plan de Seguros Agrarios 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Resolución EMT//2024, de, pola que se abre a convocatoria anticipada para o ano 2025 para a concesión de subvencións para fomentar a contratación con formación no marco das campañas agrícolas en Lleida (SOC - CAMPAÑA AGRÍCOLA EN</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Axudas a concellos da Comunidade de Madrid para o desenvolvemento de actividades de promoción comercial e feiral 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Axudas para Grupos de Tratamento Integrado na Agricultura (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Axudas complementarias á renda para agricultores novos 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Axudas para os agricultores de certos cultivos con dificultades na tempada de 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>AXUDAS PARA ORGANIZACIÓNS PROFESIONAIS AGRÍCOLAS E UNIÓN DE COOPERATIVAS AGRÍCOLAS (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AXUDAS PARA COOPERATIVAS AGRÍCOLAS (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Orde do 29 de decembro de 2025 pola que se establecen as bases reguladoras do Programa Galicia Suma Talento: Emprégate de incentivos á contratación en empresas ordinarias e se procede á súa convocatoria para o ano 2026</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885613</t>
+  </si>
+  <si>
+    <t>Orde do 29 de decembro de 2025 pola que se establecen as bases reguladoras para a concesión de subvencións públicas, destinadas ao financiamento do Programa Investigo, para a contratación de mozos demandantes de emprego</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885618</t>
+  </si>
+  <si>
+    <t>Orde do 30 de decembro de 2025 pola que se establece o marco regulador do programa de incentivos para empresas cualificadas como iniciativas de emprego de base tecnolóxica (IEBT) e se anuncia a súa convocatoria para o ano 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885416</t>
+  </si>
+  <si>
+    <t>Convocatoria derivada das bases reguladoras das axudas para o apoio á actividade científica dos grupos de investigación de Cataluña (SGR-Cat 2025)</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885631</t>
+  </si>
+  <si>
+    <t>Axudas para cubrir o prezo do gasóleo consumido polos produtores agrícolas, artigos 24 a 27 do Real Decreto-Lei 20/2022. Ano 2025</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2029-04-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888922</t>
+  </si>
+  <si>
+    <t>Orde do Vicepresidente e Ministro da Presidencia, Economía e Xustiza do Goberno de Aragón, pola que se convocan axudas para pequenas e medianas empresas para accións de dixitalización</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890710</t>
+  </si>
+  <si>
+    <t>Orde IND/8/2026, do 25 de febreiro, pola que se aproba a convocatoria de subvencións destinadas ao fomento do emprego e á mellora da competitividade nas cooperativas e sociedades laborais. Regulamento (UE) 1408/2013 sobre o De Minimis Agricola.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890199</t>
+  </si>
+  <si>
+    <t>Orde do 27 de febreiro de 2025, do Ministerio de Industria, Comercio e Emprego, pola que se anuncian subvencións para o financiamento de unidades de apoio á actividade profesional en centros especiais de emprego para o ano 2026</t>
+  </si>
+  <si>
+    <t>2026-08-03</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890312</t>
+  </si>
+  <si>
+    <t>ORDE AGA/XXX/2026, de XX de xxxx, do Ministro de Agricultura, Gandería e Alimentación, pola que se convocan subvencións para a mellora da produción e comercialización de produtos apícolas, para o ano 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890670</t>
+  </si>
+  <si>
+    <t>Plan Nacional de Renovación da Frota de Maquinaria Agrícola (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Extracto da Orde do 13 de marzo de 2025 do Ministerio de Agricultura, Pesca e Alimentación pola que se anuncia o Premio "Alimentos de España aos Mellores Viños, ano 2025"</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extracto da Orde do 17 de marzo de 2025 do Ministerio de Agricultura, Pesca e Alimentación pola que se convoca o «Premio Alimentos de España á Mellor Bebida Espirituosa con Indicación Xeográfica, ano 2025»</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Extracto da Orde do 7 de abril de 2025 do Ministerio de Agricultura, Pesca e Alimentación, pola que se convoca o Premio "Alimentos de España aos Mellores Xamóns", ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Resolución do 25 de abril de 2025 do Fondo Español de Garantía Agraria (FEGA), pola que se convocan axudas para investimentos materiais ou inmateriais na transformación, comercialización ou desenvolvemento de produtos agroalimentarios PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Programas de formación multirrexionais 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
+  </si>
+  <si>
+    <t>Plan Nacional de Renovación da Frota de Maquinaria Agrícola (PLAN RENOVE) para o ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>Extracto da Orde do 3 de febreiro de 2025 do Ministerio de Agricultura, Pesca e Alimentación pola que se convoca o Premio “Alimentos de España, ano 2025”</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Resolución do 27 de marzo, pola que se convocan solicitudes para o exercicio 2025 para o programa Cultiva, relativo a estadías de formación para agricultores novos en explotacións modelo</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Resolución do 17 de novembro de 2025, do FEGA, pola que se convocan con antelación subvencións para a realización de proxectos de investigación aplicada no sector apícola e os seus produtos dentro do ISA, no marco do PEPAC.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Resolución do 16 de decembro de 2025, do FEGA, pola que se convocan con antelación as subvencións para servizos de asesoramento de ámbito suprarrexional no marco do PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>Resolución do 22 de maio de 2025 da Presidencia do Centro para o Desenvolvemento e a Innovación Tecnolóxica (EPE) (CDTI), pola que se aproba a convocatoria para o ano 2025 de axudas destinadas a proxectos de I+D en Misións de Ciencia e Innovación.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Orde do 24 de novembro de 2025 pola que se aproba a convocatoria de axudas para proxectos de colaboración público-privada para o ano 2025 (axudas para actividades non económicas de organismos de investigación).</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes para o ano 2025 de axudas para apoiar grupos empresariais innovadores co fin de mellorar a súa competitividade e a súa contribución á autonomía estratéxica</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrario 2025. Proxectos de Garantía de Ingresos</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2025 para Proxectos de Garantía de Ingresos</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2025 para Proxectos que Xeran Emprego Estable</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE SUBVENCIÓNS PARA A PROMOCIÓN DO EMPREGO AGRÍCOLA 2025 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2025 (Emprego Estable)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2025 (Garantía de Renda)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>Programa para a Promoción do Emprego Agrícola en Zonas Rurais Deprimidas 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>PROGRAMA PARA A PROMOCIÓN DO EMPREGO AGRÍCOLA EN ZONAS RURAIS DEPRIMIDAS (2025). SALAMANCA</t>
   </si>
   <si>
     <t>2025-07-27</t>
   </si>
   <si>
-    <t>2025-08-05</t>
-[...269 lines deleted...]
-    <t>2025-04-29</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>ORDE POLA QUE SE CONVOCAN SUBVENCIÓNS PARA O FINANCIAMENTO DE PROXECTOS INNOVADORES DE TRANSFORMACIÓN TERRITORIAL E LOITA CONTRA O DESPOBOAMENTO, PROMOVIDOS POR ENTIDADES SEN ÁNIMO DE LUCRO, DURANTE O ANO 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>Axudas para a incorporación de novos agricultores. Convocatoria de solicitudes 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>AXUDAS PARA INVESTIMENTOS, MODERNIZACIÓN E/OU MELLORA DE EXPLOTACIÓNS AGRÍCOLAS 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>Axudas para a produción e comercialización de mel, ano 2025, FEAGA</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
   </si>
   <si>
-    <t>Resolución do 22/04/2025, da Secretaría Xeral, pola que se convoca, en réxime de concorrencia competitiva, para o ano 2025, axudas a organizacións profesionais agrarias e entidades asociativas sen ánimo de lucro, para</t>
-[...254 lines deleted...]
-    <t>Axudas do FEADER para promover a forestación de terras agrícolas, Madrid 2025</t>
+    <t>Axudas do FEADER para o fomento da forestación de terras agrícolas da Comunidade de Madrid 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
   </si>
   <si>
-    <t>AXUDA A EMPRESAS SEC AGR. GANAD. FORESTAL E INDUSTRIAL DESARR. PROY INV. 2025</t>
-[...257 lines deleted...]
-    <t>2025-06-10</t>
+    <t>AXUDA FEADER PARA A AGRICULTURA E A GANDERÍA ECOLÓXICAS. PROGRAMA PEPAC 2025-29 E ANUAL</t>
   </si>
   <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
   </si>
   <si>
-    <t>Orde do 23 de maio de 2025, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se anuncian subvencións para o fomento da cría e a inscrición de cabalos de raza castelá e leonesa pura en rexistros xenealóxicos.</t>
-[...296 lines deleted...]
-    <t>AXUDA DO FEADER PARA A INCORPORACIÓN DE AGRICULTORES NOVOS, CONVOCATORIA PARA 2025</t>
+    <t>AXUDA DO FEADER PARA AGRICULTORES NOVOS QUE SE INCORPORAN NA EXPLOTACIÓN - CONVOCATORIA DE SOLICITUDES DE 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
   </si>
   <si>
-    <t>ORDE AGA/685/2025, do 23 de xuño, pola que se aproban as bases reguladoras e a convocatoria de axudas por danos na produción e infraestruturas agrícolas como consecuencia das choivas torrenciais no ano 2025.</t>
-[...1724 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+    <t>A Orde do 30 de decembro de 2025 establece as bases reguladoras para a convocatoria para o ano 2026 de axudas para estudos e investimentos vinculados á conservación, recuperación e rehabilitación do patrimonio e a sensibilidade natural e cultural.</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886141</t>
+  </si>
+  <si>
+    <t>Resolución do 30 de decembro de 2025, pola que se convocan axudas para a valorización, segunda transformación e ecoinnovación de produtos forestais e a dixitalización da segunda transformación e ecoinnovación de produtos forestais</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886463</t>
+  </si>
+  <si>
+    <t>Resolución do 31 de decembro de 2025, pola que se establecen e convocan as subvencións para a organización de actividades de formación non regradas e actividades de divulgación que promovan o coñecemento e a competitividade do sector forestal</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886478</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes para o ano 2026, para o exercicio 2025, para a concesión de subvencións da liña 2 a empresas sociais para a realización de accións de mellora do emprego e a integración laboral de colectivos en risco de exclusión social</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889855</t>
+  </si>
+  <si>
+    <t>Resolución do 9 de marzo de 2026, da Consellería de Medio Rural e Política Agraria, pola que se anuncia a convocatoria de axudas ao abeiro das Intervencións en forma de pagamentos directos e Intervencións de Desenvolvemento Rural. Conv 2026</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892274</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para a produción e comercialización de mel, no marco da Intervención Sectorial Apícola para o ANO 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892920</t>
+  </si>
+  <si>
+    <t>Resolución do 13 de marzo de 2026, Orde de subvencións do 9 de abril de 2025 Liña 4.2. Subvencións a empresas privadas do mercado laboral ordinario por cada participante que contraten durante os tres meses seguintes á finalización do itinerario De Minimis agrario</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893190</t>
+  </si>
+  <si>
+    <t>Orde do 29 de decembro de 2025, pola que se establece o marco regulador do Programa de axudas para a implementación da igualdade no lugar de traballo, a conciliación da vida laboral e persoal e a responsabilidade social corporativa (RSC) e se anuncia a súa convocatoria para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887236</t>
+  </si>
+  <si>
+    <t>Resolución do 30 de decembro de 2025 pola que se aproban as bases reguladoras para a concesión das axudas IA360 destinadas a promover a innovación empresarial en situacións de competencia competitiva (IG408M)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Resolución do 29 de decembro de 2025, do Instituto Galego de Consumo e Competencia, pola que se convocan axudas a asociacións para a realización de accións de información, mediación, asesoramento e asistencia durante o ano 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886042</t>
+  </si>
+  <si>
+    <t>Resolución do 9 de marzo de 2026, da Consellería de Medio Rural e Política Agraria, pola que se regulan as axudas das Intervencións en forma de pagamentos directos á agricultura e á gandería e das Intervencións de Desenvolvemento Rural no marco do</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892275</t>
+  </si>
+  <si>
+    <t>Resolución do 30 de decembro de 2025 pola que se establecen fondos para investimentos en tecnoloxías forestais, procesamento, mobilización e comercialización de produtos forestais</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887954</t>
   </si>
   <si>
     <t>Axudas 2026 destinadas á Mellora da Eficiencia Enerxética do Rego (programa II) cuxos promotores son comunidades de regantes, s/Resolución da Secretaría Xeral do 18/12/2025 que aproba a convocatoria de axudas para o ano 2026.</t>
   </si>
   <si>
     <t>2026-03-25</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
   </si>
   <si>
-    <t>RESOLUCIÓN do 29 de decembro de 2025 pola que se aproba a convocatoria plurianual de subvencións para a liña de fomento da contratación e regularización do Seguro Agrario Combinado no exercicio 2026 baixo a modalidade de gasto anticipado</t>
-[...52 lines deleted...]
-  <si>
     <t>Axudas de 2025: enfoque LEADER para investimentos na transformación e comercialización de produtos agrícolas. SEN axudas estatais. (Entrevista, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
   </si>
   <si>
     <t>2026-03-26</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
-  </si>
-[...103 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3473,66 +2948,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H359"/>
+  <dimension ref="A1:H293"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H359"/>
+      <selection activeCell="A1" sqref="A1:H293"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="553.151" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="548.438" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -3546,9173 +3021,7533 @@
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C7" s="1"/>
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C8" s="1" t="s">
         <v>33</v>
       </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G13" s="1"/>
       <c r="H13" s="1" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C14" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="D14" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="C15" s="1"/>
+        <v>56</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="D15" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C16" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="D16" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G16" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>62</v>
+      </c>
       <c r="H16" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H18" s="1" t="s">
         <v>71</v>
-      </c>
-[...17 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="1"/>
+      <c r="C20" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="D20" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="C21" s="1"/>
+        <v>77</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="D21" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H23" s="1" t="s">
         <v>89</v>
-      </c>
-[...8 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H25" s="1" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H26" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H27" s="1" t="s">
         <v>103</v>
-      </c>
-[...14 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H28" s="1" t="s">
         <v>107</v>
-      </c>
-[...13 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H29" s="1" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H30" s="1" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H31" s="1" t="s">
         <v>118</v>
-      </c>
-[...19 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H32" s="1" t="s">
         <v>122</v>
-      </c>
-[...19 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>126</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B34" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>56</v>
+        <v>126</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>92</v>
+        <v>136</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>145</v>
+        <v>120</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>84</v>
+        <v>45</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>148</v>
+        <v>45</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>107</v>
+        <v>33</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H45" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>161</v>
+        <v>65</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>163</v>
+        <v>126</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
         <v>165</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>151</v>
+        <v>65</v>
       </c>
       <c r="C47" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H47" s="1" t="s">
         <v>166</v>
-      </c>
-[...13 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>170</v>
-      </c>
-[...10 lines deleted...]
-        <v>63</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>156</v>
+        <v>179</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>155</v>
+        <v>51</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>34</v>
+        <v>175</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G52" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H52" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G53" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H53" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G54" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H54" s="1" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>19</v>
+        <v>198</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>116</v>
+        <v>199</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>100</v>
+        <v>175</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>126</v>
+        <v>203</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>148</v>
+        <v>203</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>197</v>
+        <v>175</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>126</v>
+        <v>185</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G59" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H59" s="1" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>120</v>
+        <v>212</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>203</v>
+        <v>175</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>37</v>
+        <v>169</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>19</v>
+        <v>215</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>208</v>
+        <v>169</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>29</v>
+        <v>175</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>213</v>
+        <v>129</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>112</v>
+        <v>231</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>9</v>
+        <v>234</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>180</v>
+        <v>235</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>29</v>
+        <v>175</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>226</v>
+        <v>237</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>229</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>87</v>
+        <v>239</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>12</v>
+        <v>175</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>145</v>
+        <v>245</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>145</v>
+        <v>249</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>233</v>
+        <v>251</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>234</v>
+        <v>211</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>145</v>
+        <v>252</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>237</v>
+        <v>254</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>233</v>
+        <v>255</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>234</v>
+        <v>256</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>145</v>
+        <v>257</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>238</v>
+        <v>258</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>233</v>
+        <v>259</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>234</v>
+        <v>260</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>145</v>
+        <v>261</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>239</v>
+        <v>262</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>233</v>
+        <v>263</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>234</v>
+        <v>45</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>145</v>
+        <v>160</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>240</v>
+        <v>264</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>233</v>
+        <v>265</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>234</v>
+        <v>266</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>145</v>
+        <v>267</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>241</v>
+        <v>268</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>242</v>
+        <v>269</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>243</v>
+        <v>270</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>123</v>
+        <v>271</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>244</v>
+        <v>272</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>245</v>
+        <v>273</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>243</v>
+        <v>274</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>112</v>
+        <v>45</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>246</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>247</v>
+        <v>276</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>248</v>
+        <v>51</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>222</v>
+        <v>277</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>249</v>
+        <v>278</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>250</v>
+        <v>279</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>248</v>
+        <v>280</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>156</v>
+        <v>281</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>251</v>
+        <v>282</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>252</v>
+        <v>283</v>
       </c>
       <c r="B82" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H82" s="1" t="s">
-        <v>255</v>
+        <v>286</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>256</v>
+        <v>287</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>257</v>
+        <v>169</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>111</v>
+        <v>160</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>258</v>
+        <v>288</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>259</v>
+        <v>289</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>260</v>
+        <v>290</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>261</v>
+        <v>169</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>262</v>
+        <v>291</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>263</v>
+        <v>292</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>264</v>
+        <v>293</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>9</v>
+        <v>294</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>265</v>
+        <v>253</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>266</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>267</v>
+        <v>296</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>264</v>
+        <v>297</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>145</v>
+        <v>298</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>163</v>
+        <v>253</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>268</v>
+        <v>299</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>269</v>
+        <v>300</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>270</v>
+        <v>160</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>140</v>
+        <v>301</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>273</v>
+        <v>303</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>111</v>
+        <v>304</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>126</v>
+        <v>305</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G88" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>253</v>
+      </c>
       <c r="H88" s="1" t="s">
-        <v>274</v>
+        <v>306</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>275</v>
+        <v>307</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>111</v>
+        <v>308</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>9</v>
+        <v>309</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>276</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>277</v>
+        <v>311</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>111</v>
+        <v>312</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>9</v>
+        <v>160</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>278</v>
+        <v>313</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>279</v>
+        <v>314</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>111</v>
+        <v>315</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>9</v>
+        <v>239</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>280</v>
+        <v>316</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>281</v>
+        <v>317</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>92</v>
+        <v>318</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>9</v>
+        <v>319</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>282</v>
+        <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>283</v>
+        <v>321</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>88</v>
+        <v>120</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>284</v>
+        <v>322</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>285</v>
+        <v>323</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>286</v>
+        <v>324</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>185</v>
+        <v>325</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>288</v>
+        <v>326</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>289</v>
+        <v>327</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>156</v>
+        <v>65</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>290</v>
+        <v>125</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>291</v>
+        <v>328</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>292</v>
+        <v>329</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>293</v>
+        <v>125</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>77</v>
+        <v>330</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G96" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="H96" s="1" t="s">
-        <v>294</v>
+        <v>331</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>295</v>
+        <v>332</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>293</v>
+        <v>121</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>77</v>
+        <v>129</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G97" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="H97" s="1" t="s">
-        <v>296</v>
+        <v>333</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>297</v>
+        <v>334</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>298</v>
+        <v>335</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>299</v>
+        <v>129</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>300</v>
+        <v>336</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>301</v>
+        <v>337</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>302</v>
+        <v>129</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>303</v>
+        <v>338</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>304</v>
+        <v>339</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>222</v>
+        <v>129</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>305</v>
+        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>306</v>
+        <v>341</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>302</v>
+        <v>129</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>307</v>
+        <v>342</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>308</v>
+        <v>343</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>302</v>
+        <v>344</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>287</v>
+        <v>345</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>309</v>
+        <v>346</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>310</v>
+        <v>347</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>302</v>
+        <v>83</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>287</v>
+        <v>345</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>311</v>
+        <v>348</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>312</v>
+        <v>349</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>170</v>
+        <v>344</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>313</v>
+        <v>345</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>314</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>315</v>
+        <v>351</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>302</v>
+        <v>344</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>77</v>
+        <v>345</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>316</v>
+        <v>352</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>317</v>
+        <v>353</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>156</v>
+        <v>354</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>290</v>
+        <v>199</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>318</v>
+        <v>355</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>319</v>
+        <v>356</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>222</v>
+        <v>354</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>320</v>
+        <v>199</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>203</v>
+        <v>18</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>321</v>
+        <v>357</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>322</v>
+        <v>358</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>156</v>
+        <v>359</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>323</v>
+        <v>136</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>12</v>
+        <v>360</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>324</v>
+        <v>361</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>325</v>
+        <v>362</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>185</v>
+        <v>363</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>290</v>
+        <v>364</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>39</v>
+        <v>360</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>326</v>
+        <v>365</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>327</v>
+        <v>366</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>298</v>
+        <v>367</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>328</v>
+        <v>305</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>163</v>
+        <v>360</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>329</v>
+        <v>368</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>330</v>
+        <v>369</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>261</v>
+        <v>370</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>331</v>
+        <v>371</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>332</v>
+        <v>372</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>333</v>
+        <v>373</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>261</v>
+        <v>374</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>331</v>
+        <v>375</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>334</v>
+        <v>376</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>335</v>
+        <v>377</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>261</v>
+        <v>378</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>331</v>
+        <v>379</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>336</v>
+        <v>380</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>337</v>
+        <v>381</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>261</v>
+        <v>105</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>331</v>
+        <v>382</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>338</v>
+        <v>383</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>339</v>
+        <v>384</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>340</v>
+        <v>385</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>341</v>
+        <v>146</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>342</v>
+        <v>386</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>343</v>
+        <v>387</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>148</v>
+        <v>388</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>344</v>
+        <v>136</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>345</v>
+        <v>389</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>346</v>
+        <v>387</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>148</v>
+        <v>388</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>347</v>
+        <v>136</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>203</v>
+        <v>170</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>348</v>
+        <v>390</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>349</v>
+        <v>387</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>350</v>
+        <v>388</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>351</v>
+        <v>136</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>352</v>
+        <v>391</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>353</v>
+        <v>387</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>354</v>
+        <v>388</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>24</v>
+        <v>136</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>355</v>
+        <v>392</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>356</v>
+        <v>387</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>261</v>
+        <v>388</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>357</v>
+        <v>136</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>358</v>
+        <v>393</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>359</v>
+        <v>387</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>88</v>
+        <v>388</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>360</v>
+        <v>136</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>361</v>
+        <v>394</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>362</v>
+        <v>387</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>261</v>
+        <v>388</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>331</v>
+        <v>136</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>363</v>
+        <v>395</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>364</v>
+        <v>387</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>354</v>
+        <v>388</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>313</v>
+        <v>136</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>365</v>
+        <v>396</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>366</v>
+        <v>397</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>367</v>
+        <v>325</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>331</v>
+        <v>37</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>44</v>
+        <v>170</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>368</v>
+        <v>398</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>369</v>
+        <v>399</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>367</v>
+        <v>400</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>331</v>
+        <v>146</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>44</v>
+        <v>170</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>370</v>
+        <v>401</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>371</v>
+        <v>402</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>351</v>
+        <v>248</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>372</v>
+        <v>403</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F126" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G126" s="1" t="s">
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>373</v>
+        <v>404</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>374</v>
+        <v>405</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>344</v>
+        <v>406</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>375</v>
+        <v>403</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F127" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G127" s="1" t="s">
-        <v>29</v>
+        <v>170</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>376</v>
+        <v>407</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>377</v>
+        <v>408</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>378</v>
+        <v>409</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>379</v>
+        <v>403</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F128" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G128" s="1" t="s">
-        <v>271</v>
+        <v>170</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>381</v>
+        <v>411</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>24</v>
+        <v>412</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>382</v>
+        <v>413</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F129" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G129" s="1" t="s">
-        <v>25</v>
+        <v>414</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>383</v>
+        <v>415</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>384</v>
+        <v>416</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>96</v>
+        <v>417</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>375</v>
+        <v>418</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F130" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G130" s="1" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>385</v>
+        <v>419</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>386</v>
+        <v>420</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>375</v>
+        <v>421</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F131" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G131" s="1" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>387</v>
+        <v>422</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>388</v>
+        <v>423</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>375</v>
+        <v>33</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F132" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G132" s="1" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>389</v>
+        <v>424</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>390</v>
+        <v>425</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>24</v>
+        <v>426</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F133" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G133" s="1" t="s">
-        <v>271</v>
+        <v>414</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>391</v>
+        <v>427</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>392</v>
+        <v>428</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>96</v>
+        <v>426</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>393</v>
+        <v>421</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F134" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G134" s="1" t="s">
-        <v>44</v>
+        <v>414</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>394</v>
+        <v>429</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>395</v>
+        <v>430</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>396</v>
+        <v>431</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F135" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G135" s="1" t="s">
-        <v>44</v>
+        <v>414</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>397</v>
+        <v>432</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>398</v>
+        <v>433</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>287</v>
+        <v>378</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>375</v>
+        <v>434</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G136" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H136" s="1" t="s">
-        <v>399</v>
+        <v>435</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>400</v>
+        <v>436</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>24</v>
+        <v>437</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>55</v>
+        <v>438</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F137" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G137" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>401</v>
+        <v>439</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>402</v>
+        <v>440</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>96</v>
+        <v>441</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>37</v>
+        <v>442</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F138" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G138" s="1" t="s">
-        <v>197</v>
+        <v>22</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>403</v>
+        <v>443</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>404</v>
+        <v>444</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G139" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H139" s="1" t="s">
-        <v>405</v>
+        <v>445</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>406</v>
+        <v>446</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F140" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G140" s="1" t="s">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>407</v>
+        <v>447</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>408</v>
+        <v>448</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>24</v>
+        <v>413</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>37</v>
+        <v>449</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F141" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G141" s="1" t="s">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>409</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>410</v>
+        <v>451</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>24</v>
+        <v>325</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F142" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G142" s="1" t="s">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>411</v>
+        <v>452</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>412</v>
+        <v>453</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>290</v>
+        <v>325</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G143" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H143" s="1" t="s">
-        <v>413</v>
+        <v>454</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>414</v>
+        <v>455</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>382</v>
+        <v>78</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F144" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G144" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>415</v>
+        <v>456</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>416</v>
+        <v>457</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>298</v>
+        <v>33</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>299</v>
+        <v>458</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>417</v>
+        <v>459</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>418</v>
+        <v>460</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>367</v>
+        <v>141</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>419</v>
+        <v>461</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>420</v>
+        <v>462</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>421</v>
+        <v>463</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>261</v>
+        <v>464</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>422</v>
+        <v>465</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>423</v>
+        <v>466</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>424</v>
+        <v>467</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>287</v>
+        <v>464</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>425</v>
+        <v>465</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>426</v>
+        <v>468</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>427</v>
+        <v>469</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>331</v>
+        <v>37</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>428</v>
+        <v>470</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>429</v>
+        <v>471</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>430</v>
+        <v>472</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>431</v>
+        <v>257</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>432</v>
+        <v>473</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>433</v>
+        <v>474</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>434</v>
+        <v>472</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>313</v>
+        <v>257</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>379</v>
+        <v>473</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>435</v>
+        <v>475</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>436</v>
+        <v>476</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>331</v>
+        <v>88</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>437</v>
+        <v>477</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>438</v>
+        <v>478</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>439</v>
+        <v>479</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>440</v>
+        <v>99</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>441</v>
+        <v>477</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>442</v>
+        <v>480</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>443</v>
+        <v>481</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>287</v>
+        <v>99</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>444</v>
+        <v>477</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>445</v>
+        <v>482</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>446</v>
+        <v>483</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>299</v>
+        <v>99</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>447</v>
+        <v>477</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>448</v>
+        <v>484</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>406</v>
+        <v>485</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>449</v>
+        <v>486</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>450</v>
+        <v>487</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F156" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G156" s="1" t="s">
-        <v>203</v>
+        <v>488</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>407</v>
+        <v>489</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>451</v>
+        <v>490</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>382</v>
+        <v>491</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>375</v>
+        <v>492</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>44</v>
+        <v>488</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>453</v>
+        <v>494</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>454</v>
+        <v>99</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>43</v>
+        <v>239</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>34</v>
+        <v>488</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>455</v>
+        <v>495</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>456</v>
+        <v>496</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>422</v>
+        <v>497</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>444</v>
+        <v>45</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>108</v>
+        <v>488</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>457</v>
+        <v>498</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>131</v>
+        <v>499</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>419</v>
+        <v>500</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>42</v>
+        <v>169</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>56</v>
+        <v>488</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>458</v>
+        <v>501</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>459</v>
+        <v>502</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>460</v>
-[...3 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="C161" s="1"/>
       <c r="D161" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>49</v>
+        <v>488</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>462</v>
+        <v>504</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>463</v>
+        <v>505</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>99</v>
+        <v>506</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>48</v>
+        <v>163</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>63</v>
+        <v>488</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>464</v>
+        <v>507</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>465</v>
+        <v>508</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>466</v>
+        <v>117</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>467</v>
+        <v>9</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>265</v>
+        <v>488</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>468</v>
+        <v>509</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>469</v>
+        <v>510</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>33</v>
+        <v>511</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>357</v>
+        <v>132</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>100</v>
+        <v>488</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>470</v>
+        <v>512</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>471</v>
+        <v>513</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>472</v>
+        <v>514</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>473</v>
+        <v>198</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>271</v>
+        <v>488</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>474</v>
+        <v>515</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>475</v>
+        <v>513</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>476</v>
+        <v>514</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>473</v>
+        <v>198</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>44</v>
+        <v>488</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>477</v>
+        <v>516</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>478</v>
+        <v>513</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>33</v>
+        <v>514</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>479</v>
+        <v>198</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>25</v>
+        <v>488</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>480</v>
+        <v>517</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>481</v>
+        <v>518</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>482</v>
+        <v>129</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>44</v>
+        <v>488</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>483</v>
+        <v>519</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>484</v>
+        <v>520</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>52</v>
+        <v>521</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>485</v>
+        <v>330</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>63</v>
+        <v>488</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>486</v>
+        <v>522</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>487</v>
+        <v>523</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>450</v>
+        <v>524</v>
       </c>
       <c r="C170" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G170" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H170" s="1" t="s">
-        <v>489</v>
+        <v>525</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>490</v>
+        <v>526</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>48</v>
+        <v>527</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>360</v>
+        <v>528</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>63</v>
+        <v>529</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>491</v>
+        <v>530</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>492</v>
+        <v>531</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>493</v>
+        <v>532</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>494</v>
+        <v>528</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>271</v>
+        <v>529</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>495</v>
+        <v>533</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>496</v>
+        <v>534</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>497</v>
+        <v>109</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>498</v>
+        <v>125</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G173" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>529</v>
+      </c>
       <c r="H173" s="1" t="s">
-        <v>499</v>
+        <v>535</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>500</v>
+        <v>536</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>450</v>
+        <v>537</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>488</v>
+        <v>538</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>25</v>
+        <v>529</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>501</v>
+        <v>539</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>502</v>
+        <v>540</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>503</v>
+        <v>315</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>393</v>
+        <v>74</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>197</v>
+        <v>529</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>504</v>
+        <v>541</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>502</v>
+        <v>542</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>503</v>
+        <v>375</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>393</v>
+        <v>543</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>197</v>
+        <v>529</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>505</v>
+        <v>544</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>502</v>
+        <v>545</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>503</v>
+        <v>546</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>393</v>
+        <v>234</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>197</v>
+        <v>529</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>506</v>
+        <v>547</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>507</v>
+        <v>548</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>166</v>
+        <v>51</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>77</v>
+        <v>239</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>197</v>
+        <v>529</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>508</v>
+        <v>549</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>509</v>
+        <v>550</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>510</v>
+        <v>51</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>511</v>
+        <v>239</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>265</v>
+        <v>529</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>512</v>
+        <v>551</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>513</v>
+        <v>552</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>38</v>
+        <v>553</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>360</v>
+        <v>449</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>271</v>
+        <v>529</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>514</v>
+        <v>554</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>515</v>
+        <v>555</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>516</v>
+        <v>556</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>271</v>
+        <v>529</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>517</v>
+        <v>557</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>518</v>
+        <v>558</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="C182" s="1"/>
+        <v>559</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>560</v>
+      </c>
       <c r="D182" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>519</v>
+        <v>561</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>520</v>
+        <v>562</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>521</v>
+        <v>412</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>522</v>
+        <v>129</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>523</v>
+        <v>563</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>524</v>
+        <v>564</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>521</v>
+        <v>565</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>525</v>
+        <v>511</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>526</v>
+        <v>566</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>527</v>
+        <v>567</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>521</v>
+        <v>375</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>396</v>
+        <v>568</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>100</v>
+        <v>26</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>528</v>
+        <v>569</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>529</v>
+        <v>570</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>375</v>
+        <v>571</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>522</v>
+        <v>572</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>530</v>
+        <v>573</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>531</v>
+        <v>574</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>375</v>
+        <v>65</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>396</v>
+        <v>239</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>532</v>
+        <v>575</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>533</v>
+        <v>576</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>375</v>
+        <v>577</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>396</v>
+        <v>305</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>534</v>
+        <v>578</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>535</v>
+        <v>579</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>511</v>
+        <v>580</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>516</v>
+        <v>581</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>12</v>
+        <v>582</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>536</v>
+        <v>583</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>537</v>
+        <v>584</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>538</v>
+        <v>121</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>488</v>
+        <v>129</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>34</v>
+        <v>582</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>539</v>
+        <v>585</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>540</v>
+        <v>586</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>541</v>
+        <v>587</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>542</v>
+        <v>588</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>271</v>
+        <v>582</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>543</v>
+        <v>589</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>544</v>
+        <v>590</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>545</v>
+        <v>587</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>203</v>
+        <v>582</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>546</v>
+        <v>591</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>547</v>
+        <v>592</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>548</v>
+        <v>426</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>549</v>
+        <v>418</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>44</v>
+        <v>582</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>550</v>
+        <v>593</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>551</v>
+        <v>594</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>428</v>
+        <v>256</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>552</v>
+        <v>160</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>25</v>
+        <v>582</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>553</v>
+        <v>595</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>554</v>
+        <v>596</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>555</v>
+        <v>597</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>556</v>
+        <v>598</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>163</v>
+        <v>582</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>557</v>
+        <v>599</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>558</v>
+        <v>600</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>559</v>
+        <v>598</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>560</v>
+        <v>421</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>39</v>
+        <v>582</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>561</v>
+        <v>601</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>562</v>
+        <v>602</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>563</v>
+        <v>603</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>564</v>
+        <v>245</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>39</v>
+        <v>582</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>565</v>
+        <v>604</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>566</v>
+        <v>605</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>525</v>
+        <v>375</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>567</v>
+        <v>421</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>44</v>
+        <v>582</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>568</v>
+        <v>606</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-      <c r="C199" s="1"/>
+        <v>607</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D199" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>100</v>
+        <v>582</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>570</v>
+        <v>608</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="B200" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="B200" s="1"/>
-      <c r="C200" s="1"/>
+      <c r="C200" s="1" t="s">
+        <v>610</v>
+      </c>
       <c r="D200" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>197</v>
+        <v>582</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>572</v>
+        <v>611</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>573</v>
+        <v>612</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>574</v>
+        <v>500</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>575</v>
+        <v>613</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>12</v>
+        <v>582</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>576</v>
+        <v>614</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>577</v>
+        <v>615</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>578</v>
+        <v>616</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>579</v>
+        <v>617</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>16</v>
+        <v>582</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>580</v>
+        <v>618</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>581</v>
+        <v>619</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>166</v>
+        <v>145</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>77</v>
+        <v>497</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G203" s="1"/>
+      <c r="G203" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H203" s="1" t="s">
-        <v>582</v>
+        <v>620</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>583</v>
+        <v>621</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>584</v>
+        <v>99</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>585</v>
+        <v>198</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G204" s="1"/>
+      <c r="G204" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H204" s="1" t="s">
-        <v>586</v>
+        <v>622</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>587</v>
+        <v>623</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>584</v>
+        <v>99</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>585</v>
+        <v>624</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G205" s="1"/>
+      <c r="G205" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H205" s="1" t="s">
-        <v>588</v>
+        <v>625</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>589</v>
+        <v>626</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>590</v>
+        <v>627</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>591</v>
+        <v>628</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G206" s="1"/>
+      <c r="G206" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H206" s="1" t="s">
-        <v>592</v>
+        <v>629</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>593</v>
+        <v>630</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>590</v>
+        <v>627</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>591</v>
+        <v>628</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G207" s="1"/>
+      <c r="G207" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H207" s="1" t="s">
-        <v>594</v>
+        <v>631</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>595</v>
+        <v>632</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>596</v>
+        <v>633</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>597</v>
+        <v>113</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>598</v>
+        <v>634</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>599</v>
+        <v>635</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>600</v>
+        <v>132</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>601</v>
+        <v>636</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>602</v>
+        <v>637</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>603</v>
+        <v>503</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>604</v>
+        <v>638</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>605</v>
+        <v>639</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>606</v>
+        <v>640</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>603</v>
+        <v>527</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>604</v>
+        <v>641</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>607</v>
+        <v>642</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>608</v>
+        <v>643</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>585</v>
+        <v>527</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>609</v>
+        <v>641</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>610</v>
+        <v>644</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>611</v>
+        <v>645</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>612</v>
+        <v>646</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>613</v>
+        <v>319</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>614</v>
+        <v>647</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>615</v>
+        <v>648</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>616</v>
+        <v>105</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>617</v>
+        <v>192</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>618</v>
+        <v>649</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>619</v>
+        <v>650</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>620</v>
+        <v>651</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>621</v>
+        <v>652</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>622</v>
+        <v>653</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>623</v>
+        <v>654</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>620</v>
+        <v>655</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>621</v>
+        <v>656</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>624</v>
+        <v>657</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>625</v>
+        <v>658</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>626</v>
+        <v>655</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>627</v>
+        <v>656</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>628</v>
+        <v>659</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>629</v>
+        <v>660</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>626</v>
+        <v>344</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>228</v>
+        <v>45</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>203</v>
+        <v>34</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>630</v>
+        <v>661</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>631</v>
+        <v>662</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>632</v>
+        <v>78</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>633</v>
+        <v>84</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>634</v>
+        <v>663</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>635</v>
+        <v>664</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>227</v>
+        <v>665</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>636</v>
+        <v>666</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>637</v>
+        <v>667</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>638</v>
+        <v>668</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>639</v>
+        <v>669</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>640</v>
+        <v>670</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>641</v>
+        <v>671</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>642</v>
+        <v>418</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>643</v>
+        <v>598</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>644</v>
+        <v>672</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>645</v>
+        <v>673</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>642</v>
+        <v>78</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>646</v>
+        <v>231</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>647</v>
+        <v>674</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>648</v>
+        <v>675</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>649</v>
+        <v>234</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>360</v>
+        <v>235</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>650</v>
+        <v>676</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>651</v>
+        <v>677</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>652</v>
+        <v>367</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>228</v>
+        <v>678</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>100</v>
+        <v>679</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>653</v>
+        <v>680</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>654</v>
+        <v>681</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>227</v>
+        <v>682</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>655</v>
+        <v>683</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>100</v>
+        <v>679</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>656</v>
+        <v>684</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>657</v>
+        <v>685</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>227</v>
+        <v>686</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>655</v>
+        <v>687</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>100</v>
+        <v>679</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>658</v>
+        <v>688</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>659</v>
+        <v>689</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>649</v>
+        <v>374</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>660</v>
+        <v>78</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>49</v>
+        <v>679</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>661</v>
+        <v>690</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>662</v>
+        <v>691</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>663</v>
+        <v>121</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>664</v>
+        <v>129</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>197</v>
+        <v>679</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>665</v>
+        <v>692</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>666</v>
+        <v>693</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>667</v>
+        <v>449</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>668</v>
+        <v>370</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>16</v>
+        <v>679</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>669</v>
+        <v>694</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>670</v>
+        <v>695</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>293</v>
+        <v>77</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>671</v>
+        <v>598</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>16</v>
+        <v>679</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>672</v>
+        <v>696</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>673</v>
+        <v>697</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>293</v>
+        <v>698</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>77</v>
+        <v>699</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>100</v>
+        <v>679</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>674</v>
+        <v>700</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>673</v>
+        <v>701</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>293</v>
+        <v>354</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>77</v>
+        <v>169</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>100</v>
+        <v>679</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>675</v>
+        <v>702</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>676</v>
+        <v>703</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>677</v>
+        <v>304</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>678</v>
+        <v>704</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>203</v>
+        <v>679</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>679</v>
+        <v>705</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>680</v>
+        <v>706</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>681</v>
+        <v>707</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>682</v>
+        <v>491</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>683</v>
+        <v>708</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>684</v>
+        <v>709</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>681</v>
+        <v>710</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>682</v>
+        <v>711</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>685</v>
+        <v>712</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>686</v>
+        <v>713</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>633</v>
+        <v>121</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>687</v>
+        <v>129</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>688</v>
+        <v>714</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>689</v>
+        <v>715</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>227</v>
+        <v>121</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>690</v>
+        <v>129</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>691</v>
+        <v>716</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>692</v>
+        <v>717</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>642</v>
+        <v>417</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>693</v>
+        <v>492</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>694</v>
+        <v>718</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>695</v>
+        <v>719</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>293</v>
+        <v>417</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>257</v>
+        <v>492</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>696</v>
+        <v>720</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>697</v>
+        <v>721</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>698</v>
+        <v>309</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>668</v>
+        <v>722</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>12</v>
+        <v>253</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>699</v>
+        <v>723</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>700</v>
+        <v>724</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>701</v>
+        <v>309</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>702</v>
+        <v>294</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>56</v>
+        <v>253</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>703</v>
+        <v>725</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>704</v>
+        <v>726</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>639</v>
+        <v>309</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>77</v>
+        <v>722</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>705</v>
+        <v>727</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>706</v>
+        <v>728</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>682</v>
+        <v>729</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>72</v>
+        <v>294</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>197</v>
+        <v>679</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>707</v>
+        <v>730</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>708</v>
+        <v>731</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>709</v>
+        <v>732</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>710</v>
+        <v>733</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G245" s="1"/>
       <c r="H245" s="1" t="s">
-        <v>711</v>
+        <v>734</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>712</v>
+        <v>735</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>713</v>
+        <v>736</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>714</v>
+        <v>737</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>29</v>
+        <v>488</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>715</v>
+        <v>738</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>717</v>
+        <v>30</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>609</v>
+        <v>30</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>718</v>
+        <v>740</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>719</v>
+        <v>741</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>717</v>
+        <v>742</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>609</v>
+        <v>743</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>25</v>
+        <v>582</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>720</v>
+        <v>744</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>721</v>
+        <v>745</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>257</v>
+        <v>736</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>111</v>
+        <v>737</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>44</v>
+        <v>488</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>722</v>
+        <v>746</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>723</v>
+        <v>747</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>257</v>
+        <v>748</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>111</v>
+        <v>749</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G250" s="1"/>
       <c r="H250" s="1" t="s">
-        <v>724</v>
+        <v>750</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>725</v>
+        <v>751</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>687</v>
+        <v>752</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>72</v>
+        <v>588</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G251" s="1"/>
       <c r="H251" s="1" t="s">
-        <v>726</v>
+        <v>753</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>727</v>
+        <v>754</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>228</v>
+        <v>417</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>728</v>
+        <v>434</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G252" s="1"/>
       <c r="H252" s="1" t="s">
-        <v>729</v>
+        <v>755</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>730</v>
+        <v>756</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>257</v>
+        <v>434</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>111</v>
+        <v>77</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G253" s="1"/>
       <c r="H253" s="1" t="s">
-        <v>731</v>
+        <v>757</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>732</v>
+        <v>758</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>257</v>
+        <v>129</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>111</v>
+        <v>598</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G254" s="1"/>
       <c r="H254" s="1" t="s">
-        <v>733</v>
+        <v>759</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>734</v>
+        <v>760</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>257</v>
+        <v>132</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>111</v>
+        <v>367</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G255" s="1"/>
       <c r="H255" s="1" t="s">
-        <v>735</v>
+        <v>761</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>736</v>
+        <v>762</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>257</v>
+        <v>345</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>111</v>
+        <v>477</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G256" s="1"/>
       <c r="H256" s="1" t="s">
-        <v>737</v>
+        <v>763</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>738</v>
+        <v>764</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>257</v>
+        <v>487</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>111</v>
+        <v>765</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G257" s="1"/>
       <c r="H257" s="1" t="s">
-        <v>739</v>
+        <v>766</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>740</v>
+        <v>767</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>257</v>
+        <v>211</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>111</v>
+        <v>359</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G258" s="1"/>
       <c r="H258" s="1" t="s">
-        <v>741</v>
+        <v>768</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>742</v>
+        <v>769</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>257</v>
+        <v>770</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>111</v>
+        <v>354</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G259" s="1"/>
       <c r="H259" s="1" t="s">
-        <v>743</v>
+        <v>771</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>744</v>
+        <v>772</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>257</v>
+        <v>773</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>111</v>
+        <v>774</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G260" s="1"/>
       <c r="H260" s="1" t="s">
-        <v>745</v>
+        <v>775</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>746</v>
+        <v>776</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>687</v>
+        <v>598</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>111</v>
+        <v>51</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G261" s="1"/>
       <c r="H261" s="1" t="s">
-        <v>747</v>
+        <v>777</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>748</v>
+        <v>778</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>710</v>
+        <v>779</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>749</v>
+        <v>160</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G262" s="1"/>
       <c r="H262" s="1" t="s">
-        <v>750</v>
+        <v>780</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>751</v>
+        <v>781</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>664</v>
+        <v>782</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>753</v>
+        <v>784</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>754</v>
+        <v>785</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>755</v>
+        <v>400</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>260</v>
+        <v>155</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G264" s="1"/>
       <c r="H264" s="1" t="s">
-        <v>756</v>
+        <v>786</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>757</v>
+        <v>787</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>758</v>
+        <v>788</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>759</v>
+        <v>470</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G265" s="1"/>
       <c r="H265" s="1" t="s">
-        <v>760</v>
+        <v>789</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>761</v>
+        <v>790</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>762</v>
+        <v>788</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>763</v>
+        <v>470</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G266" s="1"/>
       <c r="H266" s="1" t="s">
-        <v>764</v>
+        <v>791</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>765</v>
+        <v>792</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>766</v>
+        <v>788</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G267" s="1"/>
       <c r="H267" s="1" t="s">
-        <v>767</v>
+        <v>793</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>768</v>
+        <v>794</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>769</v>
+        <v>120</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>693</v>
+        <v>45</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G268" s="1"/>
       <c r="H268" s="1" t="s">
-        <v>770</v>
+        <v>795</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>771</v>
+        <v>796</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>769</v>
+        <v>120</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>772</v>
+        <v>45</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G269" s="1"/>
       <c r="H269" s="1" t="s">
-        <v>773</v>
+        <v>797</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>774</v>
+        <v>798</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>775</v>
+        <v>51</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>776</v>
+        <v>239</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G270" s="1"/>
       <c r="H270" s="1" t="s">
-        <v>777</v>
+        <v>799</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>778</v>
+        <v>800</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>775</v>
+        <v>84</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>111</v>
+        <v>801</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G271" s="1"/>
       <c r="H271" s="1" t="s">
-        <v>779</v>
+        <v>802</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>780</v>
+        <v>803</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>781</v>
+        <v>78</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G272" s="1"/>
       <c r="H272" s="1" t="s">
-        <v>782</v>
+        <v>804</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>783</v>
+        <v>805</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>763</v>
+        <v>806</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>784</v>
+        <v>293</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G273" s="1"/>
       <c r="H273" s="1" t="s">
-        <v>785</v>
+        <v>807</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>786</v>
+        <v>808</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>787</v>
+        <v>588</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>788</v>
+        <v>136</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>790</v>
+        <v>810</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>791</v>
+        <v>811</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>231</v>
+        <v>56</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G275" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H275" s="1" t="s">
-        <v>792</v>
+        <v>812</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>793</v>
+        <v>813</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>794</v>
+        <v>418</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>254</v>
+        <v>33</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G276" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H276" s="1" t="s">
-        <v>795</v>
+        <v>814</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>794</v>
+        <v>56</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>123</v>
+        <v>99</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>797</v>
+        <v>816</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>798</v>
+        <v>817</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>794</v>
+        <v>363</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>784</v>
+        <v>818</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>799</v>
+        <v>819</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>800</v>
+        <v>820</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>794</v>
+        <v>51</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>784</v>
+        <v>277</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>801</v>
+        <v>821</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>802</v>
+        <v>822</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>803</v>
+        <v>581</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>231</v>
+        <v>823</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>804</v>
+        <v>824</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>805</v>
+        <v>825</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>803</v>
+        <v>826</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>123</v>
+        <v>827</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>806</v>
+        <v>828</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>807</v>
+        <v>829</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>808</v>
+        <v>826</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>809</v>
+        <v>827</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>25</v>
+        <v>253</v>
       </c>
       <c r="H282" s="1" t="s">
-        <v>810</v>
+        <v>830</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>811</v>
+        <v>831</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>808</v>
+        <v>294</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>264</v>
+        <v>832</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G283" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>679</v>
+      </c>
       <c r="H283" s="1" t="s">
-        <v>812</v>
+        <v>833</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>813</v>
+        <v>834</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>776</v>
+        <v>835</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>260</v>
+        <v>30</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>29</v>
+        <v>170</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>814</v>
+        <v>836</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>815</v>
+        <v>837</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>253</v>
+        <v>838</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>473</v>
+        <v>839</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>816</v>
+        <v>840</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>817</v>
+        <v>841</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>818</v>
+        <v>838</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>323</v>
+        <v>839</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>819</v>
+        <v>842</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>820</v>
+        <v>843</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>821</v>
+        <v>844</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>728</v>
+        <v>838</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>822</v>
+        <v>845</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>823</v>
+        <v>846</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>808</v>
+        <v>308</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>824</v>
+        <v>835</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>825</v>
+        <v>847</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>826</v>
+        <v>848</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>231</v>
+        <v>309</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>145</v>
+        <v>835</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>56</v>
+        <v>253</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>827</v>
+        <v>849</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>828</v>
+        <v>850</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>838</v>
+      </c>
+      <c r="C290" s="1"/>
       <c r="D290" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>829</v>
+        <v>851</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>788</v>
+        <v>853</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>87</v>
+        <v>854</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>831</v>
+        <v>855</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>233</v>
+        <v>856</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>234</v>
+        <v>168</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>145</v>
+        <v>857</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="H292" s="1" t="s">
-        <v>832</v>
+        <v>858</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>833</v>
+        <v>859</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>155</v>
+        <v>860</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G293" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H293" s="1" t="s">
-        <v>834</v>
-[...204 lines deleted...]
-      <c r="H301" s="1" t="s">
         <v>861</v>
-      </c>
-[...1480 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>