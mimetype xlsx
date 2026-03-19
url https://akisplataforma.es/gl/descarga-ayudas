--- v0 (2026-01-31)
+++ v1 (2026-03-19)
@@ -12,8048 +12,7904 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2666">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2618">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
-    <t>Resolución, do 26/05/2025, da Viceconsellería de Política Agrícola Común e Políticas Agroambientais, pola que se convoca no ano 2025, polo procedemento de tramitación anticipada, para a incorporación de axudas para a intervención de conservación de razas autóctonas ameazadas de erosión xenética en Castela-A Mancha a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader), previstas no Plan Estratéxico da Política Agrícola Común para o período 2023-2027.</t>
+    <t>Dispoñibilidade de crédito da orde Commerce 2025 LIÑA 1. NOVO ESTABLECEMENTO</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Rexional</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Dispoñibilidade de crédito da orde Comercio 2025 LIÑA 2 ESTABLECEMENTO DE MANTENIMENTO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Axudas para proxectos de dixitalización de pemes madrileñas - 2023</t>
+  </si>
+  <si>
+    <t>2023-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677389</t>
+  </si>
+  <si>
+    <t>Axudas para proxectos de dixitalización de pemes madrileñas - 2024</t>
+  </si>
+  <si>
+    <t>2024-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744066</t>
+  </si>
+  <si>
+    <t>Autorizar un gasto plurianual de 2.100.000,00 euros con cargo á partida orzamentaria 720007 72300 4400 412108 "PDR feader 2014-2020. Servizos de asesoramento a través da INTIA", do orzamento de gastos para 2023 e 2024</t>
+  </si>
+  <si>
+    <t>2023-05-22</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/697013</t>
+  </si>
+  <si>
+    <t>Regulamento e convocatoria de axudas para investimentos en explotacións agrícolas PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753408</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvencións para mellorar a competitividade das pemes do comercio polo miúdo.</t>
+  </si>
+  <si>
+    <t>2024-05-10</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760303</t>
+  </si>
+  <si>
+    <t>Subvencións para a integración cooperativa no CV</t>
+  </si>
+  <si>
+    <t>2023-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/676897</t>
+  </si>
+  <si>
+    <t>Axudas ás organizacións profesionais agrarias</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/677552</t>
+  </si>
+  <si>
+    <t>Resolución do 15 de marzo de 2023, do concelleiro adxunto, pola que se publica a partida orzamentaria e a contía máxima para o exercicio 2023 da Orde 10/2011, do 24 de marzo, do Ministerio de Agricultura, Pesca e Alimentación</t>
+  </si>
+  <si>
+    <t>2023-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683107</t>
+  </si>
+  <si>
+    <t>S8970000 Cátedra de Agroecoloxía e Calidade Agroalimentaria (UPV) JL Porcuna</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707925</t>
+  </si>
+  <si>
+    <t>Uso racional da auga e mellora da eficiencia enerxética no regadío</t>
+  </si>
+  <si>
+    <t>2023-12-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733558</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓNS PARA A INTEGRACIÓN DA COOPERATIVA AGROALIMENTARIA NA VC</t>
+  </si>
+  <si>
+    <t>2024-05-13</t>
+  </si>
+  <si>
+    <t>2024-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763626</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a Generalitat, a través da Presidencia, e o Instituto Valenciano de Investigacións Económicas, SA, para a investigación sobre servizos públicos, mellora da información para a análise sobre eficiencia...</t>
+  </si>
+  <si>
+    <t>2023-04-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692823</t>
+  </si>
+  <si>
+    <t>Resolución do Ministro de Agricultura, Desenvolvemento Rural, Emerxencia Climática e Transición Ecolóxica, pola que se concede unha subvención á Universidade Miguel Hernández de Elxe para a realización de actividades de estudo relacionadas con</t>
+  </si>
+  <si>
+    <t>2023-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709730</t>
+  </si>
+  <si>
+    <t>Acordo para apoiar a fundación para o desenvolvemento e a innovación para a transformación modernizadora do capital humano</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690555</t>
+  </si>
+  <si>
+    <t>Colaboración entre o Goberno valenciano e a Federación Valenciana de Municipios e Provincias. Proxectos relacionados co comercio e a asistencia técnica 2023</t>
+  </si>
+  <si>
+    <t>2022-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690516</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓNS DESTINATAS Á ADMINISTRACIÓN LOCAL DA COMUNIDADE VALENCIANA PARA O IMPULSO DE PROXECTOS DE INNOVACIÓN NO MARCO DO PLAN DE IMPULSO DE TERRITORIOS INNOVADORES PARA 2023</t>
+  </si>
+  <si>
+    <t>2024-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757082</t>
+  </si>
+  <si>
+    <t>Promoción da investigación climática e a posta en marcha de actividades de formación e divulgación ante fenómenos meteorolóxicos extremos na Comunidade Valenciana para o ano 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757093</t>
+  </si>
+  <si>
+    <t>PROMOCIÓN DA ACCIÓN CLIMÁTICA LOCAL A TRAVÉS DO PLAN DE ACCIÓN SOBRE O CLIMA E A ENERXÍA EN 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757379</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a Generalitat, a través da presidencia, e a federación valenciana de concellos e provincias para o financiamento dun programa de axudas, colaboración e asesoramento en materia de despoboamento.</t>
+  </si>
+  <si>
+    <t>2023-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699117</t>
+  </si>
+  <si>
+    <t>Acordo de cooperación entre a Generalitat e a Universidade Jaume I de Castelló, para o fomento de estudos de investigación e innovación a través da Cátedra de Sostibilidade</t>
+  </si>
+  <si>
+    <t>2023-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705673</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a Consellería de Cultura, Educación, FP e Universidades e a Consellería de Economía, Industria e Innovación da Xunta de Galicia e unha Comisión de Intercambio Cultural e Educático entre España e os EUA para o programa Fulbright Bag</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712236</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a Secretaría Xeral de Emigración e a Asociación de Inmigrantes e Retornados do Río da Prata para o desenvolvemento de accións de información e asesoramento dirixidas a emigrantes retornados</t>
+  </si>
+  <si>
+    <t>2024-03-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747111</t>
+  </si>
+  <si>
+    <t>Resolución da ministra de Economía, Facenda e Innovación pola que se aproba a convocatoria de axudas para os anos 2024 e 2025 a emprendedores e empresas con actividade nas Illas Baleares para cubrir as comisións de apertura e estudo</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Subvención á Cámara de Comercio, Industria, Navegación e Servizos de Eivisa e Formentera para financiar un servizo de asesoramento a mulleres para a creación de empresas nas Illas Pitiusas</t>
+  </si>
+  <si>
+    <t>2023-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685745</t>
+  </si>
+  <si>
+    <t>Subvención á Cámara de Comercio, Industria, Navegación e Servizos de Eivisa e Formentera para financiar un servizo de asesoramento a mulleres para a creación de empresas en Menorca</t>
+  </si>
+  <si>
+    <t>2023-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/685747</t>
+  </si>
+  <si>
+    <t>Subvención á Cámara de Comercio, Industria, Navegación e Servizos de Mallorca para financiar un servizo de asesoramento a mulleres para a creación de empresas na illa de Mallorca</t>
+  </si>
+  <si>
+    <t>2023-03-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732378</t>
+  </si>
+  <si>
+    <t>Seguros agrícolas</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742739</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814078</t>
+  </si>
+  <si>
+    <t>Subvencións a agrupacións e mancomunidades de concellos</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687437</t>
+  </si>
+  <si>
+    <t>Plan complementario para a enerxía verde e o hidróxeno</t>
+  </si>
+  <si>
+    <t>2023-10-09</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720445</t>
+  </si>
+  <si>
+    <t>Subvención para a Innovación na Economía Circular 2026 Liña 3</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882917</t>
+  </si>
+  <si>
+    <t>Subv.nominat.euskal trenbide sarea digitaliz.sist.cancel.estac.ferrov. seguinte</t>
+  </si>
+  <si>
+    <t>2023-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719894</t>
+  </si>
+  <si>
+    <t>Enerxías térmicas renovables en diferentes sectores (mrr)1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720508</t>
+  </si>
+  <si>
+    <t>Autoconsumo e almacenamento, con fontes de enerxía renovables mrr (1)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720512</t>
+  </si>
+  <si>
+    <t>Autoconsumo e almacenamento con fontes de enerxía renovables mrr (2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720513</t>
+  </si>
+  <si>
+    <t>Autoconsumo e almacenamento, con fontes de enerxía renovables mrr (3)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720514</t>
+  </si>
+  <si>
+    <t>Rehabilitación enerxética de edificios existentes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720515</t>
+  </si>
+  <si>
+    <t>Enerxías térmicas renovables en diferentes sectores (mrr)2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720519</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes para o programa Investigate</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720492</t>
+  </si>
+  <si>
+    <t>Proxectos piloto innovadores para a inclusión sociolaboral pers.mvi-rgi</t>
+  </si>
+  <si>
+    <t>2024-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720839</t>
+  </si>
+  <si>
+    <t>Proxectos piloto innovadores para a inclusión sociolaboral pers.mvi-rgi-ii</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720840</t>
+  </si>
+  <si>
+    <t>Resolución do 24 de xuño da Consellería de Dereitos Sociais e Benestar Social, pola que se aproban as bases reguladoras para a participación no proxecto piloto “cone ct-as: itinerarios de inclusión social dixital no Principado de Asturias”</t>
+  </si>
+  <si>
+    <t>2023-03-21</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/683173</t>
+  </si>
+  <si>
+    <t>Acordo polo que se autorizan subvencións a organizacións agrarias profesionais para axudar a cubrir os seus gastos de funcionamento 2023</t>
+  </si>
+  <si>
+    <t>2023-10-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722676</t>
+  </si>
+  <si>
+    <t>Resolución do 29 de decembro de 2023 pola que se aproba a convocatoria plurianual de subvencións para a liña de fomento da contratación e regularización de seguros agrarios combinados no exercicio 2024 baixo a modalidade de gasto anticipado</t>
+  </si>
+  <si>
+    <t>2024-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736899</t>
+  </si>
+  <si>
+    <t>EXTRACTO da RESOLUCIÓN do 9/5/2024 da AXENCIA ASTURIANA DE CIENCIA, COMPETITIVIDADE EMPRESARIAL E INNOVACIÓN POLA QUE SE APROBA A CONVOCATORIA DE AXUDAS A EMPRESAS DO PRINCIPADO DE ASTURIAS DO PROGRAMA DE VALES DE INNOVACIÓN E DESENVOLVEMENTO EMPRESARIAL 2024</t>
+  </si>
+  <si>
+    <t>2024-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761101</t>
+  </si>
+  <si>
+    <t>Á Cámara de Comercio de Oviedo, para implementar medidas dirixidas ao desenvolvemento e promoción dos ODS mediante a formación e sensibilización das entidades interesadas</t>
+  </si>
+  <si>
+    <t>2023-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695536</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 29 de abril de 2024, da Consellería de Medio Rural e Política Agraria, pola que se anuncian axudas para o apoio a investimentos non produtivos vinculados ao cumprimento de obxectivos agroambientais e climáticos</t>
+  </si>
+  <si>
+    <t>2024-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751274</t>
+  </si>
+  <si>
+    <t>Concesión dunha subvención ás cámaras de comercio do Principado de Asturias para a posta en marcha dun plan de formación dentro do programa integral de cualificación e emprego</t>
+  </si>
+  <si>
+    <t>2024-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737451</t>
+  </si>
+  <si>
+    <t>Orde do 17 de xaneiro de 2024, pola que se convocan axudas para a subscrición de seguros agrarios para as liñas do cuadraxésimo cuarto plan combinado de seguros agrarios (plan 2023) incluídas no anexo I</t>
+  </si>
+  <si>
+    <t>2024-02-05</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740871</t>
+  </si>
+  <si>
+    <t>Orde do 12 de febreiro de 2025, pola que se convocan as subvencións para a subscrición de seguros agrarios no marco do Plan de Seguros Agrarios Combinados para o ano 2025 e se establecen as determinacións en relación con ditas subvencións</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>Orde do Ministro de Agricultura, Gandería e Medio Ambiente pola que se concede unha subvención ao clúster español de produtores de porco (i+porc) para promover a mellora do sector porcino aragonés como actividade económica estratéxica.</t>
+  </si>
+  <si>
+    <t>2024-04-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/689773</t>
+  </si>
+  <si>
+    <t>Orde do Ministro de Agricultura, Gandería e Medio Ambiente pola que se concede unha subvención a Ganadera Unida Comarcal, S. Coop. para un proxecto de avaliación de características produtivas, índices de prolificidade, mortaldade e conversión de crías de coello pardo</t>
+  </si>
+  <si>
+    <t>2023-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/690350</t>
+  </si>
+  <si>
+    <t>Instituto de Estudos e Investigación dos Monegros (Cartuxa dos Monegros) Convenio de Colaboración Escolar de Educación Infantil 2023</t>
+  </si>
+  <si>
+    <t>2023-11-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/724700</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre o instituto aragonés de emprego e as cámaras oficiais de comercio, industria e servizos de Huesca, Teruel e Zaragoza para a prestación de servizos na área de promoción do autoemprego</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/687819</t>
+  </si>
+  <si>
+    <t>Subvencións destinadas á subscrición de seguros agrarios combinados</t>
+  </si>
+  <si>
+    <t>2023-06-14</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/695136</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos en explotacións agrícolas 2019</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727446</t>
+  </si>
+  <si>
+    <t>Investimentos en explotacións agrícolas 2022</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727447</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos en explotacións agrícolas 2021</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727453</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos en explotacións agrícolas 2022</t>
+  </si>
+  <si>
+    <t>2023-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730462</t>
+  </si>
+  <si>
+    <t>Subvención para a transformación, comercialización e desenvolvemento de produtos agroalimentarios. PEPAC</t>
+  </si>
+  <si>
+    <t>2024-08-06</t>
+  </si>
+  <si>
+    <t>2024-08-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779378</t>
+  </si>
+  <si>
+    <t>ORDE do Conselleiro de Transición Ecolóxica e Enerxía, pola que se establecen as bases reguladoras e se convoca unha subvención non competitiva para a creación e funcionamento de comunidades enerxéticas, no marco dos Fondos Canarios de Enerxía Sostible P2-L2 GN (C7, I2)</t>
+  </si>
+  <si>
+    <t>2024-09-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782532</t>
+  </si>
+  <si>
+    <t>Accións de asesoramento sobre o autoemprego e o emprendemento da carteira común de servizos do SNE - rd 7/2015</t>
+  </si>
+  <si>
+    <t>2023-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/701149</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703242</t>
+  </si>
+  <si>
+    <t>Mellora dos mercados tradicionais nas Illas Canarias e accións de apoio ao comercio rural</t>
+  </si>
+  <si>
+    <t>2024-04-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753157</t>
+  </si>
+  <si>
+    <t>Plan anual de seguros agrícolas 2023</t>
+  </si>
+  <si>
+    <t>2023-02-02</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/673679</t>
+  </si>
+  <si>
+    <t>Subvencións directas para o mantemento da actividade económica e o emprego en empresas e autónomos que non se dediquen á produción primaria pero que comercialicen produtos derivados dela, para minimizar o impacto das erupcións volcánicas na Palma.</t>
+  </si>
+  <si>
+    <t>2024-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755380</t>
+  </si>
+  <si>
+    <t>PLAN ANUAL DE SEGUROS AGRÍCOLAS 2025</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>Orde DES/37/2025, do 22 de decembro de 2025, pola que se convocan as axudas financiadas polo FEAGA (Fondo Europeo Agrícola de Garantía) e o FEADER (Fondo Europeo Agrícola de Desenvolvemento Rural) incluídas na solicitude única para o ano 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
+  </si>
+  <si>
+    <t>Orde do 29 de maio de 2023, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se anuncian as subvencións para a subscrición de pólizas de seguros agrarios incluídas nos plans anuais de seguros agrarios combinados.</t>
+  </si>
+  <si>
+    <t>2023-06-01</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699271</t>
+  </si>
+  <si>
+    <t>Acordo do 15 de xuño da Xunta de Castela e León, polo que se declara excepcional a campaña agrícola 2022-2023 en Castela e León e se declara a urxencia de adoptar medidas de apoio ao sector agrícola.</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729409</t>
+  </si>
+  <si>
+    <t>Acordo do 1 de xuño de 2023, da Xunta de Castela e León, polo que se autoriza a concesión directa de subvencións a grupos empresariais innovadores de Castela e León: AEICE, CBECYL e CYLSOLAR</t>
+  </si>
+  <si>
+    <t>2023-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703865</t>
+  </si>
+  <si>
+    <t>Acordo da Xunta de Castela e León, polo que se autoriza a concesión directa dunha subvención á cámara oficial de comercio, industria e servizos de Valladolid.</t>
+  </si>
+  <si>
+    <t>2023-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/679831</t>
+  </si>
+  <si>
+    <t>Acordo da Xunta de Castela e León polo que se autoriza a concesión dunha subvención á agrupación empresarial innovadora para a construción eficiente (aeice)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729238</t>
+  </si>
+  <si>
+    <t>Resolución do 19 de xuño de 2023 do Presidente do ICE, pola que se aproba a convocatoria non competitiva para a concesión de subvencións destinadas a fomentar a innovación nas pemes de Castela e León, cofinanciadas polo FEDER</t>
+  </si>
+  <si>
+    <t>2023-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/703907</t>
+  </si>
+  <si>
+    <t>CONVOCATORIA DE SUBVENCIÓNS PARA O FINANCIAMENTO DE PROXECTOS NO MARCO DA INTERVENCIÓN 7119.2, LEADER, DO PLAN ESTRATÉXICO NACIONAL DA POLÍTICA AGRÍCOLA COMÚN (PEPAC) 2023-2027 BASEADO NA ESTRATEXIA DE DESENVOLVEMENTO LOCAL DA ADERISA</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>2027-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783345</t>
+  </si>
+  <si>
+    <t>Resolución do 20/05/2025 da Dirección Xeral de Agricultura e Gandería, pola que se convoca no ano 2025, polo procedemento de tramitación anticipada, a incorporación ás axudas para a intervención do benestar animal en Castela-A Mancha a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader), previstas no Plan Estratéxico da Política Agrícola Común para o período 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Decreto 7/2024, do 27 de febreiro, polo que se regula a concesión directa dunha subvención para a construción de vivendas de alugueiro social en edificios enerxeticamente eficientes do plan de recuperación, transformación e resiliencia</t>
+  </si>
+  <si>
+    <t>2024-03-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747555</t>
+  </si>
+  <si>
+    <t>Resolución do 9 de abril de 2024, da Dirección Xeral de Turismo, Comercio e Artesanía, pola que se convocan as axudas do Programa MICE para o ano 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751348</t>
+  </si>
+  <si>
+    <t>Concesión directa de subvención ao consello de cámaras oficiais de comercio, industria e servizos de CLM para a prestación integrada e conxunta de servizos a través dos centros de ventanilla única empresarial da comunidade autónoma.</t>
+  </si>
+  <si>
+    <t>2023-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721423</t>
+  </si>
+  <si>
+    <t>Resolución, do 26/05/2025, da Subconsellería de Política Agrícola Común e Políticas Agroambientais, pola que se convoca no ano 2025, polo procedemento de tramitación anticipada, a incorporación ás axudas para a intervención de conservación de razas autóctonas ameazadas pola erosión xenética en Castela-A Mancha a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader), previstas no Plan Estratéxico da Política Agrícola Común para o período 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
-    <t>Plan anual de seguros agrarios 2023</t>
-[...38 lines deleted...]
-    <t>Decreto 51/2023, do 23 de maio, polo que se regula a concesión directa dunha subvención ao instituto de investigación e innovación en modelos de inclusión, igualdade, empregabilidade e equidade.</t>
+    <t>Resolución, do 27/05/2025, da Subconsellería de Política Agrícola Común e Políticas Agroambientais, pola que se convoca no ano 2025, polo procedemento de tramitación anticipada, a incorporación ás axudas para a intervención da Apicultura para a biodiversidade en Castela-A Mancha a través do Fondo Europeo Agrícola de Desenvolvemento Rural (Feader), previstas no Plan Estratéxico da Política Agrícola Común para o período 2023-2027.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>Resolución do 29/12/2025, da Subconsellería de Política Agrícola Común e Política Agroambiental, pola que se convocan axudas do réxime de minimis, mediante o procedemento de tramitación anticipada, para paliar os danos causados en Castela-A Mancha</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Resolución do 29/12/2025, do Viceministerio de Política Agrícola Común e Política Agroambiental, pola que se convocan axudas no réxime de minimis, mediante o procedemento de tramitación anticipada, para paliar os danos relacionados cos ataques de lobois</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>Decreto 51/2023, do 23 de maio, polo que se regula a concesión directa dunha subvención ao instituto de investigación e innovación en modelos de inclusión, igualdade, empregabilidade e equidade</t>
   </si>
   <si>
     <t>2023-06-13</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/702912</t>
   </si>
   <si>
-    <t>Acordo do 15 de xuño da Junta de Castela e León, polo que se declara excepcional a campaña agraria 2022-2023 en Castela e León e se declara a urxencia na adopción de medidas de apoio ao sector agrario.</t>
-[...53 lines deleted...]
-    <t>Convocatoria e bases reguladoras para a concesión de subvencións ás axencias de viaxes para favorecer a chegada de turistas á cidade de Ceuta mediante a comercialización da 3a fase do caderno de descontos "Ceuta Emotions".</t>
+    <t>Convocatoria de solicitudes e normas para a concesión de subvencións a axencias de viaxes para fomentar a chegada de turistas á cidade de Ceuta mediante a comercialización da 3a fase do folleto de descontos "Ceuta Excites".</t>
   </si>
   <si>
     <t>2023-12-14</t>
   </si>
   <si>
     <t>Ceuta</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731761</t>
   </si>
   <si>
-    <t>Convocatoria de subvencións para mellorar a competitividade das pemes minoristas.</t>
-[...380 lines deleted...]
-    <t>Axudas excepcionais para o ano 2025 para as explotacións de cereixas afectadas por catástrofes naturais, segundo o Decreto-lei 3/2025, do 27 de maio</t>
+    <t>Vales dixitais para grupos vulnerables mrr-c15.i3 (entidades colaborativas)</t>
+  </si>
+  <si>
+    <t>2023-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704006</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes de subvencións para a innovación 2023</t>
+  </si>
+  <si>
+    <t>2023-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713676</t>
+  </si>
+  <si>
+    <t>Axudas para Proxectos de Dixitalización de PEMEs de Madrid - 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886784</t>
+  </si>
+  <si>
+    <t>Subvención para a Integración Cooperativa no CV</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890460</t>
+  </si>
+  <si>
+    <t>Acordo entre o mapa e as cooperativas agroalimentarias de España, para a concesión dunha subvención nos Orzamentos Xerais do Estado de 2023, para a competitividade e modernización das cooperativas agroalimentarias e a formación, igualdade e renovación xeracional nos consellos reitores</t>
+  </si>
+  <si>
+    <t>2023-07-25</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709807</t>
+  </si>
+  <si>
+    <t>Apoio do Centro para o Desenvolvemento e a Innovación Tecnolóxica, EPE para investimentos para impulsar o crecemento de empresas innovadoras (2024)</t>
+  </si>
+  <si>
+    <t>2024-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747686</t>
+  </si>
+  <si>
+    <t>Axuda extraordinaria e temporal para cubrir o prezo do gasóleo consumido polos produtores agrícolas da Comunidade Autónoma das Illas Canarias. 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747694</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓNS do CENTRO DE DESENVOLVEMENTO E INNOVACIÓN TECNOLÓXICA, EPE PARA O FINANCIAMENTO DE PROXECTOS DE I+D (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747728</t>
+  </si>
+  <si>
+    <t>Subvencións do CENTRO DE DESENVOLVEMENTO E INNOVACIÓN TECNOLÓXICA, EPE para o financiamento de Proxectos de Innovación Tecnolóxica (2024)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747735</t>
+  </si>
+  <si>
+    <t>Axudas extraordinarias para compensar a perda de ingresos nas explotacións agrícolas afectadas pola tormenta DANA</t>
+  </si>
+  <si>
+    <t>2025-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813406</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Ciencia e Innovación pola que se concede a subvención a diversas entidades para o desenvolvemento de proxectos científicos de excelencia, a favor da Fundació Institució dels Centres de Recerca de Catalunya (i-cerca).</t>
+  </si>
+  <si>
+    <t>2023-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669850</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Ciencia e Innovación pola que se concede a subvención prevista no Real Decreto 768/2022, a favor da entidade Acondicionado Tarrasense, para o proxecto do centro de impresión 3D.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669904</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Ciencia e Innovación pola que se concede a subvención prevista no Real Decreto 732/2022, a favor da Fundación Mixta Paleontolóxica de Teruel – Dinópolis.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669937</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Ciencia e Innovación pola que se concede á Fundación Ibercivis a subvención prevista no Real Decreto 732/2022, polo que se regula a concesión directa de subvencións a diversas entidades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669959</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Ciencia e Innovación pola que se concede a subvención prevista no Real Decreto 768/2022, a favor da Fundación Instituto de Investigación contra a Leucemia Josep Carreras (IJC), pola súa contribución ao proxecto do proteoma do cancro.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669967</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Ciencia e Innovación pola que se concede a subvención prevista no Real Decreto 732/2022, a favor da Escola Politécnica Superior da Universidade de Mondragón.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669987</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Ciencia e Innovación pola que se concede a subvención prevista no Real Decreto 732/2022 a favor da Universidade de Navarra para o Museo da Ciencia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/670013</t>
+  </si>
+  <si>
+    <t>Apoio do Centro para o Desenvolvemento e a Innovación Tecnolóxica, EPE, para investimentos para impulsar o crecemento de empresas innovadoras.</t>
+  </si>
+  <si>
+    <t>2023-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694661</t>
+  </si>
+  <si>
+    <t>Axudas do Centro para o Desenvolvemento e a Innovación Tecnolóxica (EPE) para o financiamento de proxectos de I+D (2023)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694664</t>
+  </si>
+  <si>
+    <t>Subvencións CDTI para proxectos de innovación no sector pesqueiro e da acuicultura e proxectos de investimento en actividades de transformación e comercialización de produtos pesqueiros e da acuicultura</t>
+  </si>
+  <si>
+    <t>2023-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731454</t>
+  </si>
+  <si>
+    <t>Orde do Ministro de Ciencia e Innovación pola que se concede á Sociedade Española de Botánica (SEBOT)</t>
+  </si>
+  <si>
+    <t>2024-02-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743764</t>
+  </si>
+  <si>
+    <t>Axudas CDTI para proxectos de innovación tecnolóxica (LIÑA DE INNOVACIÓN DIRECTA DANA)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808683</t>
+  </si>
+  <si>
+    <t>Axudas CDTI para proxectos de innovación tecnolóxica (DANA EXPANSION DIRECT LINE)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808689</t>
+  </si>
+  <si>
+    <t>Axudas do Centro para o Desenvolvemento e a Innovación Tecnolóxica (EPE) para o financiamento de proxectos de I+D (2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>Acordo do 25 de xullo de 2023, do Consello de Ministros, polo que se autoriza a contribución voluntaria á Organización de Estados Iberoamericanos (OEI), para a Rede Iberoamericana de Innovación e Investigación Educativa.</t>
+  </si>
+  <si>
+    <t>2023-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/712290</t>
+  </si>
+  <si>
+    <t>Axudas destinadas a impulsar a transformación dixital a través da iniciativa "activa a industria 4.0", no marco do plan de recuperación, transformación e resiliencia</t>
+  </si>
+  <si>
+    <t>2023-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/707790</t>
+  </si>
+  <si>
+    <t>AXUDA COMPLEMENTARIA PARA SEGUROS AGRÍCOLAS NA COMUNIDADE DE MADRID, PÓLIZAS DO 01/01/26 AO 31/12/26</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874707</t>
+  </si>
+  <si>
+    <t>AXUDAS PARA ORGANIZACIÓNS PROFESIONAIS AGRÍCOLAS E UNIÓN DE COOPERATIVAS AGRÍCOLAS (OPAS 2026)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876980</t>
+  </si>
+  <si>
+    <t>AXUDAS PARA ORGANIZACIÓNS PROFESIONAIS AGRÍCOLAS E UNIÓN DE COOPERATIVAS AGRÍCOLAS (OCAS 2026)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876985</t>
+  </si>
+  <si>
+    <t>AXUDA PARA GRUPOS DE TRATAMENTO INTEGRADO NA AGRICULTURA (ATRIAS) 2026</t>
+  </si>
+  <si>
+    <t>2026-01-03</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877386</t>
+  </si>
+  <si>
+    <t>AXUDA PARA GRUPOS DE DEFENSA DA SANIDADE GANDEIRA - LIÑA A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877388</t>
+  </si>
+  <si>
+    <t>AXUDA PARA GRUPOS DE DEFENSA DA SANIDADE GANDEIRA - LIÑA B</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877389</t>
+  </si>
+  <si>
+    <t>Axudas para os agricultores de certos cultivos con dificultades na tempada de 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882799</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE EFICIENCIA ENERXÉTICA PARA PEMES E GRANDES EMPRESAS DO SECTOR INDUSTRIAL</t>
+  </si>
+  <si>
+    <t>2019-08-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763836</t>
+  </si>
+  <si>
+    <t>AXUDAS AOS CONCELLOS PARA A PROMOCIÓN DO COMERCIO E DAS FEIRAS 2024</t>
+  </si>
+  <si>
+    <t>2024-07-23</t>
+  </si>
+  <si>
+    <t>2024-08-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774902</t>
+  </si>
+  <si>
+    <t>Bases reguladoras 2025-2027 e convocatoria de axudas para mellorar a produción e comercialización de produtos apícolas no marco da Intervención Sectorial Apícola, incluída no PEPAC, para a campaña 2025.</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>AXUDAS PARA INVESTIMENTOS, MODERNIZACIÓN E/OU MELLORA DE EXPLOTACIÓNS AGRÍCOLAS CONV.24</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>2024-07-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755162</t>
+  </si>
+  <si>
+    <t>AXUDA A EMPRESAS SEC AGR. GANAD. FORESTAL E INDUSTRIAL DESARR. PROY INV. 2025</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>AXUDA A EMPRESAS DO SECTOR AGRÍCOLA, GANDEIRA, FORESTAL E INDUSTRIAL. PROXECTO DE DESARROLLO INVESTIMENTO 2024</t>
+  </si>
+  <si>
+    <t>2023-12-31</t>
+  </si>
+  <si>
+    <t>2024-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754719</t>
+  </si>
+  <si>
+    <t>Marco regulador e convocatoria de subvencións para a subscrición de seguros agrarios incluídos no plan 2023 (44º plan)</t>
+  </si>
+  <si>
+    <t>2024-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/669197</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes e normativa que rexe o plan de subvencións aos seguros agrícolas 2024 (45.º plan)</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744143</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para asociacións de empresas artesanais alimentarias para o fomento da artesanía agroalimentaria en Navarra, para o ano 2024</t>
+  </si>
+  <si>
+    <t>2024-04-30</t>
+  </si>
+  <si>
+    <t>2024-05-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754332</t>
+  </si>
+  <si>
+    <t>Autorización dun gasto de 153.334,00 euros para unha subvención a UAGN para a defensa dos intereses dos agricultores e gandeiros, que para estes efectos está prevista nos Orzamentos Xerais de Navarra para o ano 2024.</t>
+  </si>
+  <si>
+    <t>2024-06-28</t>
+  </si>
+  <si>
+    <t>2024-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755009</t>
+  </si>
+  <si>
+    <t>Marco regulador e convocatoria de axudas para investimentos en explotacións agrícolas (Obxectivo ambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-05-24</t>
+  </si>
+  <si>
+    <t>2024-07-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756333</t>
+  </si>
+  <si>
+    <t>Autorización dun gasto de 225.000 euros para "Subvención á Unión de Cooperativas Agrarias de Navarra (UCAN) Fomento do cooperativismo agrario" 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756335</t>
+  </si>
+  <si>
+    <t>Axudas ás Agrupacións de Defensa Sanitaria Pecuaria, para a posta en marcha de programas sanitarios para a prevención, o control e a erradicación de enfermidades animais, para o ano 2024</t>
+  </si>
+  <si>
+    <t>2024-05-09</t>
+  </si>
+  <si>
+    <t>2024-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760084</t>
+  </si>
+  <si>
+    <t>Autorizar un gasto plurianual de 2.100.000,00 euros con cargo á partida orzamentaria 720007 72300 4400 412108 «Feader PDR 2014-2022. Servizos de asesoramento a través do INTIA», do orzamento de gastos de 2024 e o seu equivalente en 2025</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Autorización dun gasto de 153.334,00 euros para unha subvención a EHNE para a defensa dos intereses dos agricultores e gandeiros, que para estes efectos está prevista nos Orzamentos Xerais de Navarra para o ano 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-22</t>
+  </si>
+  <si>
+    <t>2024-09-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762717</t>
+  </si>
+  <si>
+    <t>Convenio con PLENA INCLUSIÓN para o proxecto "Transformación dixital para a inclusión en Navarra"</t>
+  </si>
+  <si>
+    <t>2024-09-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762722</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para o establecemento de agricultores a tempo parcial no marco do PEPAC de 2025</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Regulamento e convocatoria de solicitudes para 2025 para axudas a investimentos en explotacións agrícolas PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Marco regulador e convocatoria de solicitudes para 2025 para axudas a investimentos en explotacións agrícolas (Obxectivo ambiental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>Axudas ás Agrupacións de Defensa Sanitaria Pecuaria, para a posta en marcha de programas sanitarios para a prevención, o control e a erradicación de enfermidades animais, ano 2025</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Axudas para a promoción de produtos agrícolas mediante a organización de feiras gandeiras, para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para a participación en feiras comerciais no réxime de minimis de 2025</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>Convocatoria de propostas de 2025. Axudas ás asociacións de produtores agroalimentarios que comercializan a través de cadeas curtas de subministración e ás asociacións que xestionan espazos agrícolas TEST</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para actividades de control e certificación de figuras de calidade agroalimentaria de Navarra, recoñecidas como DOP ou IGP, acollidas ao réxime de minimis, 2025.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas a entidades locais para o fomento de canles curtas de comercialización de produtos agroalimentarios de 2025</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>Axudas para investimentos forestais produtivos destinados á explotación forestal, traballos silvícolas, servizos forestais e transformación primaria. (Intervención PEPAC 6883) no ano 2026</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875061</t>
+  </si>
+  <si>
+    <t>Convocatoria 2026-2027 de axudas de cooperación para a promoción de produtos agrícolas e alimentarios no marco de réximes de calidade, no marco do Plan estratéxico da política agrícola común (PEPAC)</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875481</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes para 2026 para axudas á primeira instalación de novos agricultores profesionais no marco do PEPAC</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878627</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes de axudas para axudar aos agricultores a tempo parcial novos a establecerse en 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878804</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes de axudas para o establecemento de novos agricultores de 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879137</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas a entidades de xestión de denominacións de calidade agroalimentarias de 2026</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879619</t>
+  </si>
+  <si>
+    <t>Aprobar o marco regulador e a convocatoria de propostas para o fomento da innovación e a divulgación forestal, período 2025 e 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>Aprobar as bases reguladoras e a convocatoria de axudas para a campaña 2024-2025 para a xestión sostible dos pastos de montaña en Navarra, incluída na Intervención 6881.1 Repoboación Forestal e Sistemas Agroforestais do PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para a Cooperación para a promoción de produtos agrícolas e alimentarios no marco de réximes de calidade, no marco do PEPAC, da Comunidade Foral de Navarra, 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN 51E/2024, do 30 de abril, do director xeral de Comercio e Consumo, pola que se aproba a convocatoria de subvencións para a promoción de empresas artesanais en Navarra no ano 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-17</t>
+  </si>
+  <si>
+    <t>2024-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756401</t>
+  </si>
+  <si>
+    <t>Axudas para a promoción de produtos agrícolas mediante a organización de feiras gandeiras, para o ano 2024</t>
+  </si>
+  <si>
+    <t>2024-05-25</t>
+  </si>
+  <si>
+    <t>2024-06-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756416</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes para a subvención para a promoción e xestión de agrupacións de comercio minorista no ano 2024</t>
+  </si>
+  <si>
+    <t>2024-04-29</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757723</t>
+  </si>
+  <si>
+    <t>Axudas ás explotacións agrícolas para a transición enerxética</t>
+  </si>
+  <si>
+    <t>2024-09-16</t>
+  </si>
+  <si>
+    <t>2024-10-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758468</t>
+  </si>
+  <si>
+    <t>Axudas ás Comunidades Enerxéticas para a transición enerxética 2024</t>
+  </si>
+  <si>
+    <t>2024-06-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761325</t>
+  </si>
+  <si>
+    <t>Subvencións a entidades locais para revitalizar o comercio rural</t>
+  </si>
+  <si>
+    <t>2024-10-08</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789778</t>
+  </si>
+  <si>
+    <t>Axudas para investimentos en industrias agroalimentarias. Convocatoria de propostas de 2023</t>
+  </si>
+  <si>
+    <t>2025-03-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796969</t>
+  </si>
+  <si>
+    <t>Axudas ás explotacións agrícolas para a transición enerxética 2025. Regulamento da Comisión 651/2014</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Axudas ás explotacións agrícolas para a transición enerxética 2025. De Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Subvencións para proxectos de innovación en pemes industriais. Convocatoria de propostas de 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Axudas para a creación e consolidación de empresas innovadoras de base tecnolóxica en 2025 no marco do Plan de Recuperación, Transformación e Resiliencia - Financiado pola Unión Europea - Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Axudas ao investimento para as industrias agroalimentarias. Convocatoria de propostas de 2026</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869026</t>
+  </si>
+  <si>
+    <t>Axudas para a contratación de estudantes de doutoramento por parte de empresas, centros de investigación e centros tecnolóxicos: Doutoramentos Industriais 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871426</t>
+  </si>
+  <si>
+    <t>Axudas destinadas á transferencia de coñecemento de centros tecnolóxicos, centros de investigación e universidades PCTIN 2026</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876093</t>
+  </si>
+  <si>
+    <t>Axudas extraordinarias para o prezo do gasóleo agrícola a partir do 20/2022</t>
+  </si>
+  <si>
+    <t>2023-03-31</t>
+  </si>
+  <si>
+    <t>2027-03-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/681411</t>
+  </si>
+  <si>
+    <t>Resolución do 15 de febreiro de 2024, do director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se anuncian axudas para a destilación de subprodutos vitivinícolas, campaña 2023/2024</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>2024-07-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744366</t>
+  </si>
+  <si>
+    <t>Subvención para a posta en marcha da Intervención do Sector Viticultor no marco do Plan Estratéxico da Política Agrícola Común</t>
+  </si>
+  <si>
+    <t>2024-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756272</t>
+  </si>
+  <si>
+    <t>Resolución do 22 de abril de 2024 do Director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se anuncia a convocatoria de axudas para a intervención no sector apícola para o ano 2024 na Comunidade Valenciana</t>
+  </si>
+  <si>
+    <t>2024-05-20</t>
+  </si>
+  <si>
+    <t>2024-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761038</t>
+  </si>
+  <si>
+    <t>Resolución do 22 de xullo de 2024, do director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se anuncian as axudas ao sector vitivinícola da Comunidade Valenciana para a súa promoción e comunicación en mercados de terceiros países.</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776438</t>
+  </si>
+  <si>
+    <t>Resolución do 2 de setembro de 2024, do Director da (AVFGA), pola que se anuncia a convocatoria de axudas para investimentos na transformación, comercialización e/ou desenvolvemento de produtos agroalimentarios no marco do Plan Estratéxico da Política Agrícola Común</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783462</t>
+  </si>
+  <si>
+    <t>Decreto Lei 10/2024, do 24 de setembro, do Consell, polo que se adoptan medidas urxentes de axuda en materia agrícola en resposta ao empeoramento das condicións do sector primario derivado do conflito armado en Ucraína e das condicións climáticas</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-11-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788214</t>
+  </si>
+  <si>
+    <t>Resolución do 19 de decembro de 2024, do director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se realiza a convocatoria anticipada de axudas para o exercicio 2025 para actividades de información e promoción de réximes de calidade agroalimentaria</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Resolución do 28 de xaneiro de 2025, do Director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se establece a convocatoria de solicitudes para a concesión e o pagamento anual das axudas incluídas na solicitude única no marco de</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>Resolución do 17 de abril de 2025, do Director da Axencia Valenciana de Desenvolvemento e Garantía Agraria (AVFGA), pola que se anuncia a convocatoria de axudas para investimentos na modernización de infraestruturas e sistemas de rega en comunidades e comunidades de regadores</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Resolución do 5 de maio de 2025, do director da Axencia Valenciana de Desenvolvemento e Garantía Agraria (AVFGA), pola que se convocan as axudas previstas na intervención 7119.02 LEADER do Plan Estratéxico da PAC 2023-2027 na Comunidade Valenciana, “</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Resolución do 15 de maio de 2025, do Director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se anuncia a convocatoria de axudas para a cooperación no marco das intervencións de desenvolvemento rural do Plan Estratéxico para o ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 23 de decembro de 2025, do director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se procede á convocatoria anticipada de axudas para o exercicio 2026 para actividades de información e promoción de réximes de calidade agroalimentaria</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Resolución do 8 de maio de 2024, do Director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se anuncian axudas para plans colectivos de reconversión e reestruturación, no marco do Programa de Desenvolvemento Rural da Comunidade Valenciana</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>2024-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760272</t>
+  </si>
+  <si>
+    <t>Accións complementarias para promover e reforzar a innovación. SEN AXUDAS ESTATAIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760275</t>
+  </si>
+  <si>
+    <t>Valorización e transferencia de resultados de investigación ás empresas. SEN AXUDAS ESTATAIS</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>Impulso á contratación pública innovadora (PPI) REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Impulso á contratación pública innovadora (PPI) RÉXIME 651</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Impulso á contratación pública innovadora (PPI) N2 SEN AXUDAS ESTATAIS</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
+  </si>
+  <si>
+    <t>Accións complementarias para promover e reforzar a innovación. MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Asimilación de tecnoloxías avanzadas e a súa difusión no Sistema Valenciano de Innovación REG (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>Resolución da Consellería de Agricultura, Auga, Gandería e Pesca, pola que se anuncia a convocatoria de axudas para a certificación da produción ecolóxica na Comunidade Valenciana para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>2024-02-29</t>
+  </si>
+  <si>
+    <t>2024-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752940</t>
+  </si>
+  <si>
+    <t>Bases da convocatoria de proxectos innovadores para o programa de aceleración “AGRO·LAB TONOWASTE” promovido por VALÈNCIA INNOVATION CAPITAL</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796042</t>
+  </si>
+  <si>
+    <t>Acordo de colaboración entre a Generalitat, a través da Presidencia e a Universidade de Alacant, para a colaboración no funcionamento do comisionado da Presidencia da Generalitat, para a dixitalización e a ciberseguridade da comunidade</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704505</t>
+  </si>
+  <si>
+    <t>CONVENIO DE COLABORACIÓN ENTRE LABORA-SERVIZO VALENCIANO DE EMPREGO E FORMACIÓN E AIMPLAS-ASOCIACIÓN PARA A INVESTIGACIÓN EN MATERIAIS PLÁSTICOS E PRODUTOS RELACIONADOS PARA A REALIZACIÓN DE ACCIÓNS FORMATIVAS DIRIXIDAS PRINCIPALMENTE A PERSOAS DESEMPREGADAS NO ÁMBITO</t>
+  </si>
+  <si>
+    <t>2024-05-14</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759575</t>
+  </si>
+  <si>
+    <t>Resolución do 30 de abril de 2024, do presidente do IVACE, pola que se convocan axudas no ámbito das enerxías renovables con cargo aos orzamentos de 2024, con cofinanciamento da Unión Europea a través do Fondo Europeo de Desenvolvemento Rexional</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760235</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 2 de febreiro de 2026, da Presidencia, pola que se anuncian axudas para a contratación de persoas novas para a internacionalización de pemes na Comunidade Valenciana, financiadas polo Programa Fondo Social Europeo Plus, exercicio 2026</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>2026-05-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/884886</t>
+  </si>
+  <si>
+    <t>Acordo entre o Ministerio de Sanidade e PS e FRS para o desenvolvemento dun proxecto de innovación</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751688</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 19 de agosto de 2024, da Dirección Xeral de Produción Agropecuaria e Gandeira, pola que se convocan as axudas para o fomento das razas autóctonas ameazadas na Comunidade Valenciana para o ano 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782898</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a Consellería de Agricultura, Auga, Gandería e Pesca e AINIA, para o estudo da xestión do nitróxeno en estercos gandeiros mediante tecnoloxía de dixestión anaeróbica na Comunidade Valenciana</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>2024-11-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784990</t>
+  </si>
+  <si>
+    <t>Resolución do director xeral de Produción Agropecuaria e Gandeira, pola que se establece a convocatoria anticipada, para o Plan 2025, das axudas da Comunidade Valenciana destinadas á subscrición de seguros agrarios incluídos nos plans para</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓN PARA A INTEGRACIÓN COOPERATIVA NO CURRÍCULO VITORIAL</t>
+  </si>
+  <si>
+    <t>2025-04-02</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823340</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824993</t>
+  </si>
+  <si>
+    <t>Procedemento para a concesión directa de axudas adicionais aos titulares de explotacións agrícolas de cultivos herbáceos, forraxeiros e aromáticos, cultivos hortícolas e viveiros afectados pola catástrofe natural PDRCV (M23)</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825852</t>
+  </si>
+  <si>
+    <t>Resolución do 17 de abril de 2025, da Dirección Xeral de Produción Agropecuaria e Pecuaria, pola que se anuncia a convocatoria para o exercicio 2025 de axudas para a mellora da competitividade e sustentabilidade das explotacións gandeiras da Comunidade Valenciana.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>Resolución DG de Produción Agropecuaria, para o ano 2025 as axudas previstas na Orde 6/2024, pola que se aproban as bases reguladoras da axuda compensatoria para a erradicación e o control da bacteria Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>APOIO PARA O FOMENTO DA INNOVACIÓN TECNOLÓXICA A TRAVÉS DE EXPLOTACIÓNS COLABORADORAS</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832542</t>
+  </si>
+  <si>
+    <t>Resolución do 14 de novembro de 2025, da Dirección Xeral de Produción Agropecuaria e Pecuaria, pola que se convocan con antelación axudas para a mellora da competitividade e sustentabilidade das explotacións gandeiras da Comunidade Valenciana para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN DX de Produción Agropecuaria, pola que se anuncia con antelación para o ano 2026 as axudas previstas na Orde 6/2024, que aproba axudas compensatorias por «Xylella fastidiosa».</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874765</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do Ministerio de Agricultura, Auga, Gandería e Pesca pola que se convocan con antelación as axudas para os Consellos Reguladores ou Órganos de Xestión das figuras agroalimentarias de calidade diferenciada para o ano 2026 d</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880385</t>
+  </si>
+  <si>
+    <t>INSTITUTO VALENCIANO DE CONSERVACIÓN, RESTAURACIÓN E INVESTIGACIÓN, PARA O FINANCIAMENTO DE INVESTIMENTOS E OPERACIÓNS DE CAPITAL DA ENTIDADE</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764650</t>
+  </si>
+  <si>
+    <t>Resolución do 8 de maio de 2024, do presidente do IVACE, pola que se anuncian subvencións para o fomento de instalacións de autoconsumo de enerxía eléctrica en réxime de comunidades de enerxías renovables, con cargo aos orzamentos de 2024</t>
+  </si>
+  <si>
+    <t>2024-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758845</t>
+  </si>
+  <si>
+    <t>Resolución pola que se convoca a solicitude para o exercicio 2024, para as subvencións reguladas nos artigos 16 e 17 da Orde 2/2020, do 27 de febreiro, da Consellería de Economía Sostible, Sectores Produtivos, Comercio e</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757349</t>
+  </si>
+  <si>
+    <t>Convenio entre o Ministerio de Educación, Universidades e Emprego e a Universidade Miguel Hernández, para o apoio en 2023-2024 á construción e actualización de edificios e infraestruturas de excelencia para I+D+i - edificios de investigación de excelencia</t>
+  </si>
+  <si>
+    <t>2023-11-30</t>
+  </si>
+  <si>
+    <t>2024-12-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730747</t>
+  </si>
+  <si>
+    <t>Resolución do director xeral de Produción Agropecuaria e Gandeira, pola que se convoca anticipadamente, para o ano 2025, as axudas de minimis destinadas á replantación de parcelas frutícolas cuxa colleita estea ou fose destruída</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Resolución do director xeral de Produción Agropecuaria e Gandeira pola que se convoca anticipadamente, para o ano 2025, axudas ás explotacións de cereixas en zonas afectadas por factores climáticos, ambientais e</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>Axudas para os Consellos Reguladores ou organismos de xestión dos produtos agroalimentarios de calidade diferenciada da Comunidade Valenciana</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807564</t>
+  </si>
+  <si>
+    <t>Impulso da acción climática local a través do Plan de Acción para o Clima e a Enerxía (Pacto dos Alcaldes polo Clima e a Enerxía) en 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761670</t>
+  </si>
+  <si>
+    <t>CONVENIO DE COOPERACIÓN EDUCATIVA ENTRE A GENERALIDADE, A TRAVÉS DO MINISTERIO DE AGRICULTURA, GANDERÍA E PESCA E A UNIVERSIDADE CEU CARDENAL HERRERA, PARA A REALIZACIÓN DE PRÁCTICAS FORMATIVAS SUBVENCIONADAS DURANTE O ANO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761911</t>
+  </si>
+  <si>
+    <t>CONVENIO DE COOPERACIÓN EDUCATIVA ENTRE A GENERALIDADE, A TRAVÉS DO MINISTERIO DE AGRICULTURA, GANDERÍA E PESCA E A UNIVERSIDADE MIGUEL HERNÁNDEZ DE ELXE, PARA A IMPLEMENTACIÓN DE PRÁCTICAS FORMATIVAS SUBVENCIONADAS DURANTE O ANO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763059</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 29 de decembro de 2025 pola que se aproba a convocatoria plurianual de subvencións para a liña de fomento da contratación e regularización do Seguro Agrario Combinado no exercicio 2026 baixo a modalidade de gasto anticipado</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>Subvencións directas 2024 para promover a contratación de pólizas de seguros agrarios combinados, segundo o decreto 286/2023 do 19 de decembro</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
-[...2 lines deleted...]
-    <t>ORDE DO 14 de xullo de 2025, Axudas para a contratación de seguros agrarios combinados 2025</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740265</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para Agrupacións de Defensa Sanitaria Pecuaria e Agrupacións de Defensa Sanitaria Apícola de 2024</t>
+  </si>
+  <si>
+    <t>2024-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774687</t>
+  </si>
+  <si>
+    <t>Axudas 2024 destinadas á concesión de subvencións para investimentos para a comercialización conxunta de gando segundo o Decreto 132/2024, do 22 de outubro, polo que se convocan.</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797186</t>
+  </si>
+  <si>
+    <t>Resolución de 2025 sobre subvencións para a prestación de asesoramento técnico ao sector agrícola en materia de protección fitosanitaria, do 20 de decembro de 2024.</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Subvencións para o financiamento de préstamos a titulares de explotacións de oliveira e viñedo de secano situadas en Estremadura, de acordo co Decreto 35/2025, do 6 de maio, polo que se convocan.</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Subvención 2025 para titulares de explotacións agrícolas para promover a participación en réximes de calidade alimentaria. s/ Resolución do 19 de xuño de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>Resolución de 3 de decembro de 2025 sobre subvencións para a prestación de asesoramento técnico ao sector agrícola en materia de protección fitosanitaria.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Resolución do 21 de marzo de 2024 de ICEX España Exportación e Investimento, EPE, pola que se anuncia a convocatoria de subvencións para a Participación en Grupo na Feira OVUM 2024 - XXVIII Congreso Latinoamericano de Avicultura - Punta del Este (URUGUAI) - 12-15 de novembro de 2024</t>
+  </si>
+  <si>
+    <t>2024-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754393</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader 2024, no marco do Réxime De Minimis, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), de conformidade coa XXII Convocatoria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-04-20</t>
+  </si>
+  <si>
+    <t>2024-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754959</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader de 2024, NON CUBERTAS polo Réxime MINIMIS, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), de acordo coa XII Convocatoria (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>2024-04-27</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755838</t>
+  </si>
+  <si>
+    <t>Enfoque de axuda Leader de 2024 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), de acordo coa XII Convocatoria (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755839</t>
+  </si>
+  <si>
+    <t>Enfoque de axuda Leader de 2024 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), de acordo coa VIII Convocatoria (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755840</t>
+  </si>
+  <si>
+    <t>Enfoque de axuda Leader de 2024 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), convocatoria da XXII sección (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756496</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader de 2024, no marco do Réxime De Minimis, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), de conformidade coa XII Convocatoria (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756497</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader de 2024, no marco do Réxime De Minimis, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), de conformidade coa 13.ª Convocatoria de Propostas (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782270</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader de 2024, NON CUBERTAS polo Réxime MINIMIS, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), de acordo coa XIII Convocatoria (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782271</t>
+  </si>
+  <si>
+    <t>Enfoque de axuda Leader de 2024 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), convocatoria da sección XIII (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782273</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader de 2024, no marco do Réxime De Minimis, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), de conformidade coa IX Convocatoria de Propostas (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782332</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader de 2024, NON CUBERTAS polo Réxime MINIMIS, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), de acordo coa IX Convocatoria (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782333</t>
+  </si>
+  <si>
+    <t>Enfoque de axuda Leader de 2024 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), convocatoria da sección IX (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782334</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader de 2024, no marco do Réxime De Minimis, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), de conformidade coa XII Convocatoria (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782491</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader de 2024, NON CUBERTAS polo Réxime MINIMIS, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), de conformidade coa XII Convocatoria (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782492</t>
+  </si>
+  <si>
+    <t>Enfoque de axuda Leader de 2024 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), de conformidade coa XII Convocatoria (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782493</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader 2024, no marco do Réxime De Minimis, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), de conformidade coa XIV Convocatoria de Propostas (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2024-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784454</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader de 2024, NON CUBERTAS polo Réxime MINIMIS, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), no marco da XIV Convocatoria (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784455</t>
+  </si>
+  <si>
+    <t>Enfoque de axuda Leader de 2024 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), convocatoria da XXIII sección (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784515</t>
+  </si>
+  <si>
+    <t>Enfoque de axuda Leader de 2024 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), convocatoria da sección IX (PDR 2014-2020) GAL ADEVAG</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>2024-11-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795884</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader 2025, NON CUBERTAS polo Réxime MINIMIS, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), segundo a XXIV Convocatoria (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>Enfoque Leader de axuda 2025 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), convocatoria da sección IX (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>Enfoque de axuda Leader de 2025 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), convocatoria da sección IX (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Axudas 2025: enfoque LEADER para investimentos na transformación e comercialización de produtos agrícolas. Axudas estatais. (Entrevista, 7119 PEPAC), s/ II Convo (PEPAC 2023-2027) GAL SOPORTE DE PRODUCIÓN</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>Axudas de 2025: enfoque LEADER para investimentos na transformación e comercialización de produtos agrícolas. SEN axudas estatais. (Entrevista, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-03-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
+  </si>
+  <si>
+    <t>Axudas de 2025: enfoque LEADER para investimentos na transformación e comercialización de produtos agrícolas. SEN axudas estatais. (Entrevista, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>Axudas 2025: Enfoque Leader para investimentos na transformación e comercialización de produtos agrícolas. Axudas estatais (Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>2026 Axudas para financiar medidas de loita contra o despoboamento en núcleos de poboación rurais con especiais dificultades demográficas. Liña 4: Consolidación da actividade agraria segundo a disposición adicional do Decreto 178/205.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876756</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader de 2024, no marco do Réxime De Minimis, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), de conformidade coa VIII Convocatoria de Propostas (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2024-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763736</t>
+  </si>
+  <si>
+    <t>Axudas do Plan Leader de 2024, NON CUBERTAS polo Réxime MINIMIS, para investimentos na transformación e comercialización de produtos agrícolas (Submedida 19.2.2 PDR), de acordo coa VIII Convocatoria (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763737</t>
+  </si>
+  <si>
+    <t>Enfoque de axuda Leader de 2024 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), de acordo coa VIII Convocatoria (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763739</t>
+  </si>
+  <si>
+    <t>Subvencións da Estratexia Leader 2024 para o apoio á innovación social, á gobernanza multinivel e á revitalización social e económica (Submedida 19.2.7 PDR), de acordo coa XIV Convocatoria (PDR 2014-2020) do GAL TENTUDIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764490</t>
+  </si>
+  <si>
+    <t>Subvencións a empresas para a aceleración de ecosistemas de emprendemento e innovación baseados en xemelgos dixitais (RETECH) de 2024 segundo o Decreto 145/2024, do 19 de novembro de 2024, polo que se convocan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799672</t>
+  </si>
+  <si>
+    <t>Subvencións a empresas para financiar proxectos que promovan a implantación de solucións de intelixencia artificial na Comunidade Autónoma de Estremadura, segundo o Decreto 173/2025 que as convoca.</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
+  </si>
+  <si>
+    <t>Axudas para a Promoción e Desenvolvemento Empresarial L1_Asesoramento 2024, segundo o Decreto 65/2024, do 2 de xullo, polo que se convocan.</t>
+  </si>
+  <si>
+    <t>2024-08-02</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777945</t>
+  </si>
+  <si>
+    <t>Axudas 2025 para a implantación de sistemas de rega que promovan o uso eficiente da auga e a enerxía nas explotacións agrícolas, segundo o Decreto 12/2025, do 11 de marzo, polo que se convocan.</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Axudas 2026 destinadas á Mellora da Eficiencia Enerxética do Rego (programa II) cuxos promotores son comunidades de regantes, s/Resolución da Secretaría Xeral do 18/12/2025 que aproba a convocatoria de axudas para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
+  </si>
+  <si>
+    <t>Enfoque de axuda Leader de 2024 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Submedida 19.2.3 PDR), Convocatoria da sección XIII (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759835</t>
+  </si>
+  <si>
+    <t>Axudas 2024 para Investimentos en Industrias Agroalimentarias, segundo o Decreto 87/2024, do 30 de xullo, polo que se establecen as bases reguladoras para a concesión de incentivos agroalimentarios na Comunidade Autónoma de Estremadura, para apoiar os investimentos destinados á transformación e comercialización de produtos agrícolas, e se aproba a súa convocatoria única</t>
+  </si>
+  <si>
+    <t>2024-08-07</t>
+  </si>
+  <si>
+    <t>2024-09-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779544</t>
+  </si>
+  <si>
+    <t>Axudas 2025-26 para o establecemento de agricultores novos na Comunidade Autónoma de Estremadura, primeira convocatoria incorporada ao Decreto 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Axudas 2025-26 Investimentos en Modernización e/ou Mellora de Explotacións Agrarias nas que se establece o agricultor mozo, primeira convocatoria incorporada no Decreto 169/2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Axudas PEPAC 2025. Axudas complementarias a agricultores novos, segundo a Resolución do 27 de xaneiro de 2025 que as convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>Axudas PEPAC 2025. Agricultura ecolóxica, segundo a Resolución do 27 de xaneiro de 2025 que as convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Axudas PEPAC 2025. Axudas agrícolas asociadas, segundo a Resolución do 27 de xaneiro de 2025 que as convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>Axudas 2025 para investimentos destinados á transformación e comercialización de produtos agrícolas, de acordo coa Resolución do 29 de outubro de 2025 pola que se convocan solicitudes</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Axudas PEPAC 2026. Axudas complementarias a agricultores novos, segundo a Resolución do 21 de xaneiro de 2026 que as convoca.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882885</t>
+  </si>
+  <si>
+    <t>Axudas PEPAC 2026. Axudas agrícolas asociadas, segundo a Resolución do 21 de xaneiro de 2026 que as convoca.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882886</t>
+  </si>
+  <si>
+    <t>Extremadura Avante outorga subvencións a empresas para a participación en grupo na Feira Fruit Attraction 2025, segundo o Acordo do 27 de marzo de 2025 que as convoca.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>Axudas 2025 a empresas para a participación en grupo na Feira de Ingredientes Alimentarios 2025, segundo o Acordo do 26 de agosto de 2025 que as convoca.</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>Subvencións 2024 a Entidades Públicas de Investigación da SECTI para proxectos de I+D sobre almacenamento de enerxía en colaboración público-privada, segundo a Resolución do 5 de decembro de 2024</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805280</t>
+  </si>
+  <si>
+    <t>Subvencións a empresas para proxectos de I+D sobre almacenamento de enerxía en virtude de acordos de colaboración público-privada, segundo a Resolución do 5 de decembro de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805281</t>
+  </si>
+  <si>
+    <t>Axudas para a internacionalización das empresas estremeñas e a mellora das condicións de comercialización exterior de 2024, segundo a resolución do 30 de outubro de 2023, pola que se convocan.</t>
+  </si>
+  <si>
+    <t>2023-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726202</t>
+  </si>
+  <si>
+    <t>Subvención 2024-2025 dirixida a concellos e entidades locais menores para financiar proxectos de dinamización comercial, segundo o Decreto 130/2024, do 15 de outubro de 2024, polo que se convocan</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subvención 2024-2025 dirixida a asociacións, federacións e confederacións do sector do comercio para financiar proxectos de dinamización comercial, segundo o Decreto 130/2024, do 15 de outubro de 2024, polo que se convocan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Axudas 2025/2026 para a mellora das capacidades avanzadas das pemes no sector retallista, segundo a convocatoria realizada por Resolución do 21 de novembro de 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>Subvención 2026, Sector Agrario, para a integración sociolaboral de menores/mozos que cumpran ou teñan cumprido medidas xudiciais, por Resolución do 14 de novembro de 2025</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Subvencións 2023 a empresas privadas non agrícolas para a contratación de persoas participantes nos proxectos do programa de escolas profesionais de emprego dual (liña ii), segundo a resolución do 9 de agosto de 2023 que as convoca</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>2024-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715998</t>
+  </si>
+  <si>
+    <t>Subvencións 2023 a empresas agrarias privadas para a contratación de persoas participantes nos proxectos do programa de escolas profesionais de emprego dual (liña ii), segundo a resolución do 9 de agosto de 2023 que as convoca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715999</t>
+  </si>
+  <si>
+    <t>Subvención 2023 a empresas agrícolas privadas para a contratación de persoas participantes nos proxectos do programa de colaboración rural (liña ii), segundo a resolución do 9 de agosto de 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716031</t>
+  </si>
+  <si>
+    <t>Subvención 2023 a empresas privadas non agrícolas para a contratación de persoas participantes nos proxectos do programa de colaboración rural (liña ii), segundo a resolución do 9 de agosto de 2023</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716032</t>
+  </si>
+  <si>
+    <t>Acordo entre GAIN, o Ministerio de Educación, a UDC, a USC, a UVI e o CSIC para promover a actividade investigadora do persoal investigador finalista nas convocatorias de axudas do ERC no marco do programa Horizonte Europa</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723850</t>
+  </si>
+  <si>
+    <t>Bases reguladoras para a concesión de axudas de VInnovate Galicia para promover a cooperación transnacional dos axentes do Sistema Galego de I+D a través de proxectos de colaboración con outros axentes europeos</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785078</t>
+  </si>
+  <si>
+    <t>Axudas 2024 para a Mellora da Produción e Comercialización de Produtos Apícolas, segundo a Resolución do 6 de maio de 2024 que as convoca</t>
+  </si>
+  <si>
+    <t>2024-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750241</t>
+  </si>
+  <si>
+    <t>Resolución do 24 de marzo de 2025 pola que se establecen as bases reguladoras das axudas para o apoio á cooperación en actividades de información e promoción dos produtos agrícolas e alimentarios de Galicia amparados por réximes de calidade levadas a cabo por agrupacións de produtores, no marco do Plan Estratéxico da PAC 2023-2027, e se convocan solicitudes para o exercicio orzamentario de 2025</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Resolución do 16 de abril de 2025 pola que se establece o marco regulador das axudas aos programas de calidade desenvolvidos polos consellos reguladores das denominacións de calidade agroalimentaria e se anuncia a convocatoria para o ano 2025 (código de procedemento)</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Resolución do 17 de xuño de 2025 pola que se establecen as bases reguladoras das axudas ás explotacións agrícolas pertencentes á indicación xeográfica protexida Faba de Lourenzá e se convocan solicitudes para o ano 2025 (código de procedemento MR302)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Resolución do 19 de decembro de 2025 pola que se establece o marco regulador das axudas para o apoio á cooperación en actividades de información e promoción dos produtos agrícolas e alimentarios de Galicia amparados por réximes de calidade</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a Consellería de Cultura, Educación, Formación Profesional e Universidades e a Universidade de Santiago de Compostela (USC) para completar as axudas ao persoal investigador principal para dous programas de subvencións (ERC) 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704943</t>
+  </si>
+  <si>
+    <t>Acordo para a posta en marcha de infraestruturas de investigación universitaria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721409</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a Consellería de Cultura, Educación, Formación Profesional e Universidades e a Axencia Estatal Consello Superior de Investigacións Científicas para o desenvolvemento de actividades no Instituto Padre Sarmiento de Estudos Galegos</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722242</t>
+  </si>
+  <si>
+    <t>Acordo coa udc-usc-uvigo para reforzar o persoal de xestión da transferencia e a innovación e consolidar as estruturas de investigación</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723129</t>
+  </si>
+  <si>
+    <t>Orde do 30 de xaneiro de 2025 pola que se establecen as bases reguladoras para a concesión, en réxime de concorrencia non competitiva, de subvencións para o fomento da innovación e a sustentabilidade no comercio local e artesanal</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Orde do 21 de novembro de 2025 pola que se establecen as bases reguladoras das axudas para paliar os danos causados polo xabaril nos cultivos agrícolas e se convocan solicitudes para o ano 2026 (código de procedemento MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>Orde do 19 de decembro de 2023 pola que se establecen as bases reguladoras das axudas para paliar os danos causados polo xabaril nos cultivos agrícolas e se convocan solicitudes para o ano 2024 (código de procedemento mt809e).</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739234</t>
+  </si>
+  <si>
+    <t>Convenio entre a Consellería de Promoción do Emprego e Igualdade e a Federación de Escolas Agrarias Familiares de Galicia para o desenvolvemento dun proxecto piloto de integración formativa</t>
+  </si>
+  <si>
+    <t>2023-10-08</t>
+  </si>
+  <si>
+    <t>2024-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720425</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a Consellería de Promoción do Emprego e Igualdade e a Federación Galega de Comercio para a realización de accións formativas para a cualificación e recualificación da poboación activa en sectores estratéxicos e a mellora das capacidades</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739663</t>
+  </si>
+  <si>
+    <t>Disposta o 25 de xuño de 2024, establécense as bases reguladoras para a concesión, en réxime de concorrencia competitiva, de axudas para promover a innovación, a mellora tecnolóxica e a competitividade no sector da acuicultura, cofinanciadas co Fondo...</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>2024-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772185</t>
+  </si>
+  <si>
+    <t>A Orde do 15 de decembro de 2023 establece as bases reguladoras das axudas para o fomento da contratación de seguros agrarios na comunidade autónoma de Galicia e convócase para o ano 2024 (código de procedemento mr443a).</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737939</t>
+  </si>
+  <si>
+    <t>Orde do 15 de outubro de 2024 pola que se establecen as bases reguladoras das axudas a organizacións profesionais agrarias e asociacións agrarias para a realización de actividades de interese agrario e se anuncia a convocatoria para o ano 2024 (Código de procedemento)</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>2024-11-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791659</t>
+  </si>
+  <si>
+    <t>Axudas para investimentos na produción e comercialización de produtos vitivinícolas</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>Orde do 20 de decembro de 2024 pola que se establecen as bases reguladoras das axudas para o fomento do uso de maquinaria agrícola no marco dun réxime asociativo en Galicia, financiadas co Instrumento de Recuperación da Unión Europea (EURI)</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808627</t>
+  </si>
+  <si>
+    <t>Orde do 26 de decembro de 2024, pola que se establecen as bases reguladoras das axudas para o fomento da contratación de seguros agrarios na Comunidade Autónoma de Galicia e se convocan para o ano 2025 (Código de procedemento MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>ORDE do 11 de xuño de 2025 pola que se establecen as bases reguladoras das axudas destinadas a agricultores novos, no marco do Plan Estratéxico da Política Agrícola Común de España 2023-2027, cofinanciado polo Fondo Europeo</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Orde do 21 de agosto de 2025 pola que se establecen as bases reguladoras das axudas destinadas a promover o uso común de instalacións e equipamentos nun réxime asociativo, no marco do Plan Estratéxico da Política Agrícola Común</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Orde do 18 de setembro de 2025 pola que se establecen as bases reguladoras das axudas a organizacións profesionais agrarias e asociacións agrarias para a realización de actividades de interese agrario e se convocan solicitudes para o ano 2025 (código de</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
+  </si>
+  <si>
+    <t>Orde do 12 de decembro de 2025, pola que se establecen as bases reguladoras das axudas ás entidades recoñecidas como agrupacións de defensa sanitaria gandeira (ADSG) en Galicia e se convocan para o ano 2026-2027 (Código de procedemento MR2)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>Orde do 29 de decembro de 2025, pola que se establecen as bases reguladoras das axudas para o fomento da contratación de seguros agrarios na Comunidade Autónoma de Galicia e se convocan para o ano 2026 (Código de procedemento MR443A)</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>Axudas para investimentos na transformación e comercialización de produtos agrícolas cofinanciadas polo Fondo Europeo Agrícola de Desenvolvemento Rural (Feader)</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>ORDE do 30 de decembro de 2025, pola que se establece o marco regulador das subvencións en réxime de concorrencia competitiva para investimentos de reforestación con especies de folla ancha e/ou coníferas, cofinanciadas polo Fondo Europeo Agrícola de Desenvolvemento</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>ORDE do 30 de decembro de 2025 pola que se establecen as bases reguladoras das axudas, en concorrencia competitiva, para o fomento e apoio das agrupacións forestais de xestión conxunta de produtores forestais, cofinanciadas polo Fondo Europeo de Desenvolvemento Económico.</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Normativa que regula o procedemento para a concesión de axudas para proxectos de mellora enerxética, dirixidas a autónomos e pemes, no territorio da Comunidade Autónoma de Galicia</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729217</t>
+  </si>
+  <si>
+    <t>Marco normativo e convocatoria para o ano 2024 de subvencións para proxectos singulares de mellora da sustentabilidade enerxética en empresas do sector industrial da provincia da Coruña.</t>
+  </si>
+  <si>
+    <t>2024-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757169</t>
+  </si>
+  <si>
+    <t>Resolución do 18 de marzo de 2024 pola que se establecen as bases reguladoras das axudas á nova participación dos agricultores en réximes de calidade, cofinanciadas co Fondo Europeo Agrícola de Desenvolvemento Rural (Feader) no marco do programa de desenvolvemento</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761240</t>
+  </si>
+  <si>
+    <t>Marco normativo e convocatoria de subvencións para proxectos de aforro e eficiencia enerxética en empresas gallegas para o ano 2024</t>
+  </si>
+  <si>
+    <t>2024-07-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774451</t>
+  </si>
+  <si>
+    <t>Marco regulador das subvencións para proxectos de infraestruturas de almacenamento de enerxía que promovan a electrificación da demanda enerxética, para o ano 2024, cofinanciadas polo FEDER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783976</t>
+  </si>
+  <si>
+    <t>Resolución do 16 de decembro de 2025, do Instituto Enerxético de Galicia, pola que se aproba o marco regulador das axudas para proxectos de aforro e eficiencia enerxética nas empresas gallegas</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Resolución do 23 de decembro de 2026, do Instituto Enerxético de Galicia, pola que se establece o marco regulador das axudas para proxectos de enerxía fotovoltaica</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-03-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881947</t>
+  </si>
+  <si>
+    <t>Axudas para a mellora da capacidade de innovación e desenvolvemento tecnolóxico das empresas de Galicia, programa “Ticket Innova” para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Normativa que regula as axudas para a mellora da capacidade de innovación das empresas de Galicia, mediante o financiamento de actividades integradas en plans de deseño e innovación (programa Igape Innova)</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>2025-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808279</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvencións, en réxime de concorrencia competitiva, para proxectos de equipamentos para o uso de enerxías eléctricas renovables e de aforro e eficiencia enerxética en empresas de produción agrícola primaria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756070</t>
+  </si>
+  <si>
+    <t>CONVENIO ENTRE O INSTITUTO GALEGO DE PROMOCIÓN ECONÓMICA (IGAPE) E A ASOCIACIÓN PARA A DIXITALIZACIÓN DA INDUSTRIA EN GALEGA (DIHGIGAL), PARA CONTINUAR CO FINANCIAMENTO DOS CUSTOS DE XESTIÓN E COORDINACIÓN DO CENTRO DE INNOVACIÓN DIXITAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837456</t>
+  </si>
+  <si>
+    <t>Bases reguladoras Organismos Intermedios Galicia Exporta 2026, cofinanciadas polo FEDER, non competitivas, agrícolas de minimis</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>Bases reguladoras para Ticket Innova 2026, concorrencia non competitiva, de minimis agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>Resolución do 30 de decembro de 2025 pola que se establecen as bases reguladoras das axudas para a mellora da capacidade de innovación das empresas de Galicia 2026-2027 en réxime de concorrencia competitiva (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Marco regulador Reacciona 2026, cofinanciado polo FEDER, non competitivo, agrícola de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a vicepresidencia primeira e o departamento da presidencia, xustiza e deportes e o consello de organizacións non gobernamentais ao abeiro da disposición transitoria primeira do decreto 168/2008, do 24 de xullo, polo que se regula como agr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742493</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742503</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a Consellería de Economía, Industria e Innovación da Xunta de Galicia e a Cámara Oficial de Comercio, Industria, Servizos e Navegación da Coruña para o desenvolvemento dun plan de formación para o sector comercial</t>
+  </si>
+  <si>
+    <t>2023-10-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722071</t>
+  </si>
+  <si>
+    <t>A Orde do 11 de xaneiro de 2024 establece as bases reguladoras para a concesión, en réxime de concorrencia competitiva, de subvencións para a transformación dixital, a innovación e a modernización do sector comercial e artesanal, e procede do seguinte xeito</t>
+  </si>
+  <si>
+    <t>2024-02-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741928</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos na transformación, comercialización e desenvolvemento de produtos agroalimentarios. Convocatoria de propostas de 2026</t>
+  </si>
+  <si>
+    <t>2026-11-02</t>
+  </si>
+  <si>
+    <t>2027-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874463</t>
+  </si>
+  <si>
+    <t>Subvencións para o mantemento da actividade agrícola e marítima dirixidas a Cooperativas Agrarias, Confrarías de Pescadores e Consellos Reguladores das Denominacións de Orixe Protexidas da Serra de Tramuntana para o ano 2024</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>2024-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780222</t>
+  </si>
+  <si>
+    <t>Acordo do Consello Executivo do 18.11.2024, relativo á aprobación das bases que rexen a concesión de axudas para o fomento de prácticas sostibles nas explotacións agrícolas de Menorca (CARB) e a correspondente convocatoria para o ano 2024.</t>
+  </si>
+  <si>
+    <t>2025-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801057</t>
+  </si>
+  <si>
+    <t>Acordo do Consello Executivo do Consello Insular de Menorca, do 21.10.2024, relativo á aprobación do convenio de colaboración coa Cooperativa Gandeira Insular de Menorca (COINGA) para a realización de actividades de promoción e comercialización - 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801202</t>
+  </si>
+  <si>
+    <t>Acordo do Consello Executivo do 17.11.2025, relativo ás bases que rexen a concesión de axudas para o fomento de prácticas sostibles nas explotacións agrícolas de Menorca (CARB) e á correspondente convocatoria para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para a recuperación, mantemento e consolidación do medio agrícola e a agrobiodiversidade na illa de Eivisa para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Acordo do consello executivo en sesión ordinaria do 23.09.2024, relativo á aprobación das bases das axudas do consello insular de Menorca para as Organizacións Profesionais Agrarias (OPA) e a correspondente convocatoria para o ano 2024</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789248</t>
+  </si>
+  <si>
+    <t>Acordo do Consello Executivo, do 23 de setembro de 2024, relativo á aprobación das bases das axudas do Consello Insular de Menorca para as Agrupacións de Defensa Sanitaria de Menorca (ADS) e a correspondente convocatoria para o ano 2024.</t>
+  </si>
+  <si>
+    <t>2024-11-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793092</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para o fomento do emprego e a mellora da competitividade das cooperativas, microcooperativas e sociedades laborais nas Illas Baleares para os anos 2025 e 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Promoción de instalacións de enerxía solar fotovoltaica e microeólica</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822143</t>
+  </si>
+  <si>
+    <t>Subvencións ao autoconsumo e medidas de eficiencia enerxética nas comunidades de propietarios</t>
+  </si>
+  <si>
+    <t>2023-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736408</t>
+  </si>
+  <si>
+    <t>Promoción de accións de autoconsumo con enerxías renovables e eficiencia enerxética para pemes</t>
+  </si>
+  <si>
+    <t>2024-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736409</t>
+  </si>
+  <si>
+    <t>Subvencións para promover instalacións de autoconsumo con fontes de enerxía renovables/térmicas para particulares</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736410</t>
+  </si>
+  <si>
+    <t>Marco regulatorio para a transformación dixital das pemes 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750138</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas destinadas ao funcionamento de grupos empresariais innovadores nas Illas Baleares 2023</t>
+  </si>
+  <si>
+    <t>2023-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736414</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas destinadas ao funcionamento de grupos empresariais innovadores nas Illas Baleares 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755640</t>
+  </si>
+  <si>
+    <t>Resolución da ministra de Agricultura, Pesca e Medio Ambiente Natural para a convocatoria pública de subvencións para actividades de educación ambiental nas Illas Baleares a favor de entidades sen ánimo de lucro para o ano 2025.</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Resolución da ministra de Agricultura, Pesca e Medio Ambiente Natural para a convocatoria pública de subvencións para actividades de educación ambiental nas Illas Baleares a favor de entidades sen ánimo de lucro para o ano 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763152</t>
+  </si>
+  <si>
+    <t>Axudas para investigadores predoutorais e posdoutorais para realizar estadías curtas fóra das Illas Baleares</t>
+  </si>
+  <si>
+    <t>2023-05-06</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/691310</t>
+  </si>
+  <si>
+    <t>Axudas para a contratación de seguros agrarios combinados na Comunidade Autónoma das Illas Baleares correspondentes ao 46º Plan de Seguros Agrarios Combinados.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804113</t>
+  </si>
+  <si>
+    <t>Axudas a Grupos de Cooperación para a innovación na agricultura, para o ano 2024</t>
+  </si>
+  <si>
+    <t>2024-12-14</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801728</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos na transformación, comercialización e desenvolvemento de produtos agroalimentarios para o ano 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801756</t>
+  </si>
+  <si>
+    <t>Subvencións para a creación de empresas por parte de agricultores novos. Convocatoria de solicitudes de 2024</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732393</t>
+  </si>
+  <si>
+    <t>Axudas para a contratación de seguros agrarios combinados na comunidade autónoma das Illas Baleares correspondentes ao 45º plan de seguros agrarios combinados</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735014</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos en explotacións agrícolas, correspondentes ao ano 2024. Segunda convocatoria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735212</t>
+  </si>
+  <si>
+    <t>Subvencións para a promoción de produtos agrícolas e alimentarios no marco de réximes de calidade. Convocatoria de propostas de 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Subvencións para a promoción de produtos agrícolas e alimentarios no marco de réximes de calidade. Convocatoria de propostas de 2026</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740795</t>
+  </si>
+  <si>
+    <t>Resolución da conselleira de Agricultura, Pesca e Medio Ambiente Natural pola que se aproba a convocatoria pública de subvencións a centros educativos non universitarios das Illas Baleares para actividades de educación ambiental para o curso escolar 2023-24</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755117</t>
+  </si>
+  <si>
+    <t>Axudas para investimentos non produtivos vinculados ao cumprimento de compromisos agroambientais e climáticos, correspondentes ao ano 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758259</t>
+  </si>
+  <si>
+    <t>Axudas ao sector agrícola para alimentar o gando e garantir a continuidade das explotacións nas Illas Baleares para facer fronte á seca de 2024 - compra extraordinaria de pensos</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758260</t>
+  </si>
+  <si>
+    <t>Axudas ao sector agrícola para alimentar o gando e garantir a continuidade das explotacións nas Illas Baleares para facer fronte á seca de 2024 - sementeira de determinados cultivos</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762243</t>
+  </si>
+  <si>
+    <t>Axudas para a mellora da eficiencia enerxética no deseño e desenvolvemento de procesos e sistemas de envasado, almacenamento, loxística e distribución de produtos agrícolas e agroalimentarios no seu acceso á canle HORECA, no ano 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778291</t>
+  </si>
+  <si>
+    <t>Acordo polo que se aproban as bases da convocatoria de axudas para o desenvolvemento rural na illa de Menorca para o ano 2024, vinculadas a proxectos relacionados cos ámbitos agrícola e/ou ambiental e enmarcados na Estratexia de Desenvolvemento Local Participativo 2014-2020 de Menorca</t>
+  </si>
+  <si>
+    <t>2024-07-21</t>
+  </si>
+  <si>
+    <t>2024-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778334</t>
+  </si>
+  <si>
+    <t>Acordo polo que se aproban as bases da convocatoria de axudas para o desenvolvemento rural na illa de Menorca para o ano 2024, vinculadas a proxectos relacionados cos ámbitos agrícola e/ou ambiental e enmarcados na Estratexia de Desenvolvemento Local</t>
+  </si>
+  <si>
+    <t>2024-10-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793086</t>
+  </si>
+  <si>
+    <t>Axudas para feiras agrícolas e concursos morfolóxicos e axudas de minimis para concursos morfolóxicos celebrados por organizacións ou asociacións, para o ano 2024 – CERTAMES MUNICIPAIS</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797801</t>
+  </si>
+  <si>
+    <t>Axudas para feiras agrícolas e concursos morfolóxicos e axudas de minimis para concursos morfolóxicos celebrados por organizacións ou asociacións, para o ano 2024 – CERTAMES ORGANIZACIÓNS/ASOCIACIÓNS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797803</t>
+  </si>
+  <si>
+    <t>Axudas para feiras agrícolas e concursos morfolóxicos e axudas de minimis para concursos morfolóxicos celebrados por organizacións ou asociacións, para o ano 2024 – FEIRAS AGRÍCOLAS de INCA E SINEU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797810</t>
+  </si>
+  <si>
+    <t>Axudas para grupos de protección vexetal para previr pragas das plantas antes do ano 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Axudas destinadas a promover a agricultura ecolóxica, para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Axudas destinadas ao pagamento de compromisos agroambientais para cultivos sostibles mediante o uso de auga rexenerada, para o ano 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Axudas para o sector agrario profesional das Illas Baleares 2025.- 1.- FEDERACIÓNS E UNIÓNS DE COOPERATIVAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Axudas para o sector agrario profesional das Illas Baleares 2025.- 2.-ORGANIZACIÓNS PROFESIONAIS AGRARIAS (sede de Mallorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Axudas para o sector agrario profesional das Illas Baleares 2025.- 3.-ORGANIZACIÓNS PROFESIONAIS AGRARIAS (Sede Menorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para empresas sociais e centros especiais de emprego relacionados directa ou indirectamente cos sectores agrícola e/ou ambiental. Axudas LEADER para Eivisa e Formentera</t>
+  </si>
+  <si>
+    <t>2021-10-24</t>
+  </si>
+  <si>
+    <t>2021-11-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833820</t>
+  </si>
+  <si>
+    <t>Acordo polo que se aproba a convocatoria de axudas para investimentos en explotacións agrícolas beneficiarias do proxecto Deseño e implementación de Plans Estratéxicos de Xestión Empresarial para titulares de explotacións agrícolas novas e de recente creación</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833827</t>
+  </si>
+  <si>
+    <t>Axudas para o ano 2025 para a mellora da produción e comercialización de produtos apícolas correspondentes á Intervención Sectorial Apícola - EIVISSA</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Axudas para o ano 2025 para a mellora da produción e comercialización de produtos apícolas correspondentes á Intervención Sectorial Apícola - MENORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>Axudas para o ano 2025 para a mellora da produción e comercialización de produtos apícolas correspondentes á Intervención Sectorial Apícola - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Axudas para o ano 2025 para a mellora da produción e comercialización de produtos apícolas correspondentes á Intervención Sectorial Apícola - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Axudas para promover a produción de produtos agrícolas de calidade para o período 2026-2027 - 2026 CONVOCATORIA DE SOLICITUDES</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870822</t>
+  </si>
+  <si>
+    <t>Axudas para promover a produción de produtos agrícolas de calidade para o período 2026-2027 - 2027 CONVOCATORIA DE SOLICITUDES</t>
+  </si>
+  <si>
+    <t>2026-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870829</t>
+  </si>
+  <si>
+    <t>Axudas para grupos de protección vexetal para previr pragas vexetais antes de 2026</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871717</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos forestais improdutivos na prevención de danos forestais. Convocatoria de propostas de 2025</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos forestais improdutivos na prevención de danos forestais. Convocatoria de propostas de 2026</t>
+  </si>
+  <si>
+    <t>2026-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874148</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos na transformación, comercialización e desenvolvemento de produtos agroalimentarios. Convocatoria de propostas de 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Axudas para agrupacións de defensa sanitaria gandeira para o desenvolvemento de programas sanitarios correspondentes ao ano 2026 - LINGUA AZUL -</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876423</t>
+  </si>
+  <si>
+    <t>Axudas para agrupacións de defensa sanitaria gandeira para o desenvolvemento de programas sanitarios correspondentes ao ano 2026 -OUTRAS ACCIÓNS-</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876428</t>
+  </si>
+  <si>
+    <t>Axudas para a contratación de seguros agrarios combinados na Comunidade Autónoma das Illas Baleares correspondentes ao 47º Plan de Seguros Agrarios Combinados</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876459</t>
+  </si>
+  <si>
+    <t>Instrumentos financeiros - PRÉSTAMOS DE INVESTIMENTO RELACIONADOS COA INTERVENCIÓN DE AGRICULTORES NOVOS - 1.1</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876487</t>
+  </si>
+  <si>
+    <t>Instrumentos financeiros - PRÉSTAMOS DE CAPITAL CIRCULANTE VINCULADOS Á INTERVENCIÓN DE AGRICULTORES NOVOS - 1.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876497</t>
+  </si>
+  <si>
+    <t>Instrumentos financeiros - PRÉSTAMOS DE INVESTIMENTO VINCULADOS Á INTERVENCIÓN DE INVESTIMENTOS NO PROCESAMENTO E COMERCIALIZACIÓN DE PRODUTOS AGROALIMENTARIOS - 3.1</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876518</t>
+  </si>
+  <si>
+    <t>Instrumentos financeiros - PRÉSTAMOS DE CAPITAL CIRCULANTE VINCULADOS A INVESTIMENTOS NO PROCESAMENTO E COMERCIALIZACIÓN DE PRODUTOS AGROALIMENTARIOS - 3.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876529</t>
+  </si>
+  <si>
+    <t>AXUDAS INTERVENCIÓNS EN FORMA DE PAGAMENTOS DIRECTOS 2026-3 - Axudas complementarias para agricultores novos</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883940</t>
+  </si>
+  <si>
+    <t>Axudas para o sector profesional agrario das Illas Baleares 2024.- 1.-UNIÓNS E FEDERACIÓNS COOPERATIVAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763018</t>
+  </si>
+  <si>
+    <t>Axudas para o sector agrario profesional das Illas Baleares 2024.- 2.-ORGANIZACIÓNS PROFESIONAIS AGRARIAS (sede de Mallorca)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763043</t>
+  </si>
+  <si>
+    <t>Acordo polo que se aproban as bases da convocatoria de 2024 para a solicitude de axudas ao desenvolvemento rural na illa de Mallorca, vinculadas a proxectos relacionados cos ámbitos agrícola e/ou ambiental e enmarcados na Estratexia de Desenvolvemento Local</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753458</t>
+  </si>
+  <si>
+    <t>Resolución pola que se aproba a convocatoria de subvencións para a realización de proxectos de asesoramento a traballadores e empresas, na elaboración de estudos de carga de traballo e na elaboración de procedementos de boas prácticas</t>
+  </si>
+  <si>
+    <t>2024-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754538</t>
+  </si>
+  <si>
+    <t>PROG. EST. COMERCIO EXTERIOR -MINIMIS2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776872</t>
+  </si>
+  <si>
+    <t>PROGRAMA ESTRATÉXICO DE COMERCIO EXTERIOR-ACCIÓNS DE MINIMIS2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776873</t>
+  </si>
+  <si>
+    <t>CONSOLIDACIÓN DOS MINIMIS DO TRABALLO AUTÓNOMO (AUT) NO SECTOR AGROFORESTAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777113</t>
+  </si>
+  <si>
+    <t>Apoio á revitalización comercial (DIN)</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784900</t>
+  </si>
+  <si>
+    <t>Convenio de asesoramento empresarial integral - Federación de Empresas da Rioxa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786044</t>
+  </si>
+  <si>
+    <t>TEC Econ.Circular e Trans.Energética (Reg.651/2014)</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791171</t>
+  </si>
+  <si>
+    <t>TI4 Dixitalización e Industria (Reg. Minimis 2023/2831)</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803400</t>
+  </si>
+  <si>
+    <t>LA RIOJA - AXENCIA DE DESENVOLVEMENTO ECONÓMICO DA RIOJA</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>Xemelgos dixitais. Desafío 1. Xemelgo de rega</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836386</t>
+  </si>
+  <si>
+    <t>Orde para compensar problemas de mercadotecnia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778143</t>
+  </si>
+  <si>
+    <t>Axudas para o establecemento do sector agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813183</t>
+  </si>
+  <si>
+    <t>Axudas para investimentos en explotacións agrícolas</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813186</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870764</t>
+  </si>
+  <si>
+    <t>Acordo Apidit para promover a actividade empresarial innovadora - sector do calzado</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680946</t>
+  </si>
+  <si>
+    <t>"Asociación Clúster Food+i" para impulsar a competitividade e a innovación</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680947</t>
+  </si>
+  <si>
+    <t>CS desafía os proxectos de desenvolvemento experimental e innovación</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789228</t>
+  </si>
+  <si>
+    <t>Promoción das pemes no sector agroalimentario (PAL) Exención regulamentaria 2022/2472</t>
+  </si>
+  <si>
+    <t>2024-04-22</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761750</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>Axudas para réximes de calidade de produtos agrícolas e alimentarios, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>Programa CRECEMENTO. Programa de subvencións para apoiar o crecemento de proxectos empresariais innovadores en San Sebastián</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785894</t>
+  </si>
+  <si>
+    <t>PROGRAMA EKINN+ 2025: DIRECTRICES PARA A PARTICIPACIÓN NO PROGRAMA PARA PROMOVER A CREACIÓN, O CRECEMENTO E A CONSOLIDACIÓN DE NOVAS INICIATIVAS EMPRESARIAIS INNOVADORAS.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE TALENTO EKINN. PROGRAMA DE AXUDAS PARA PROMOVER A CONTRATACIÓN DE PERFÍS CUALIFICADOS PARA DESENVOLVER PROXECTOS INNOVADORES EN EMPRESAS E ENTIDADES DE SAN SEBASTIÁN</t>
+  </si>
+  <si>
+    <t>2025-06-21</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838797</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE VALES TECNOLÓXICOS. PROGRAMA DE AXUDA Á TRANSFERENCIA DE TECNOLOXÍA PARA PROMOVER E MELLORAR A COMPETITIVIDADE DE PROXECTOS EMPRESARIAIS INNOVADORES EN SAN SEBASTIÁN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838804</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE ESTRATEXIA. PROGRAMA DE APOIO AO CRECEMENTO DE PROXECTOS EMPRESARIAIS INNOVADORES EN SAN SEBASTIÁN.</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838807</t>
+  </si>
+  <si>
+    <t>CONVOCATORIA DE SOLICITUDES PARA PROXECTOS DE INVESTIGACIÓN PARA PERSOAS NOVAS - IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓNS PARA O INVESTIMENTO EN INNOVACIÓN DE ENTIDADES FORMACIÓN EMPREGO 2025</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>AgrotecUV Innova está dirixido a estudantes de grao, máster e doutoramento da Universidade de Valencia durante o curso académico 2023-2024.</t>
+  </si>
+  <si>
+    <t>2024-05-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757328</t>
+  </si>
+  <si>
+    <t>Resolución do 25/04/2024, da Axencia Asturiana para a Ciencia, a Competitividade Empresarial e a Innovación, pola que se aproba a convocatoria de subvencións para o programa de axudas á Transformación Dixital, ano 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760451</t>
+  </si>
+  <si>
+    <t>Resolución do 7/4/2025, da Axencia Asturiana para a Ciencia, a Competitividade Empresarial e a Innovación, pola que se aproba a convocatoria para a concesión de subvencións para a execución de proxectos de I+D no Principado de Asturias para o ano 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvencións para promover o emprendemento innovador (Cheque para Emprendedores) para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Resolución do 3 de maio de 2024 da Consellería de Medio Rural e Política Agraria pola que se anuncian axudas ás Agrupacións de Defensa Sanitaria Pecuaria (ADSG) recoñecidas no Principado de Asturias para o ano 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758265</t>
+  </si>
+  <si>
+    <t>Acordo polo que se autorizan subvencións a Organizacións Profesionais Agrarias para axudar a cubrir os seus gastos de funcionamento 2024</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758806</t>
+  </si>
+  <si>
+    <t>Resolución do 17 de xullo de 2024, pola que se convocan solicitudes de Subvencións a Entidades Locais da Consellería de Medio Rural e Política Agraria, correspondentes ao ano 2024</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775563</t>
+  </si>
+  <si>
+    <t>Resolución do 10 de decembro de 2024 pola que se aproba a convocatoria de anticipos de gastos de subvencións para servizos de asesoramento en pequenas e medianas explotacións agrícolas da AP no marco do PEPAC 2023-2027 para o ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Cooperación con subvencións para a sucesión de explotacións agrícolas de 2025</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>Resolución do 7 de abril de 2025, da Consellería de Medio Rural e Política Agraria, pola que se aproban as Bases Reguladoras e a Convocatoria de Intervencións en forma de pagamentos directos á agricultura e á gandería e das Intervencións</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 21 de abril de 2025, pola que se aproba a convocatoria de subvencións para servizos de asesoramento en pequenas e medianas explotacións agrarias do Principado de Asturias realizada por ATRIAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Resolución do 21 de abril de 2025, da Consellería de Medio Rural e Política Agraria, pola que se aproba a convocatoria de subvencións a entidades sen ánimo de lucro, para a celebración de concursos de produtos agroalimentarios</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Resolución do 4 de decembro de 2025 da Consellería de Medio Rural e Política Agraria, pola que se convocan axudas para investimentos non produtivos en explotacións agrícolas do Principado de Asturias vinculadas á mitigación-adaptación ao cambio climático</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Resolución do 4 de decembro de 2025, do Ministerio de Medio Rural e Política Agraria, pola que se anuncian axudas para investimentos na modernización e/ou mellora de explotacións agrarias no marco do plan estratéxico da Política Agrícola Común de España</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Resolución do 4 de decembro de 2025 da Consellería de Medio Rural e Política Agraria, pola que se convocan axudas para investimentos produtivos en explotacións agrícolas vinculadas á contribución á mitigación-adaptación ao cambio climático, ao uso eficiente</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>AXUDAS PARA A PRESTACIÓN DE SERVIZOS DE SUBSTITUCIÓN A PEQUENAS E MEDIANAS EXPLOTACIÓNS AGRÍCOLAS NO PRINCIPADO DE ASTURIAS 2026</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878436</t>
+  </si>
+  <si>
+    <t>Cooperación con subvencións para a sucesión de explotacións agrícolas de 2026 (gastos anticipados)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879098</t>
+  </si>
+  <si>
+    <t>Resolución pola que se aproba a convocatoria de axudas para a prestación de servizos de asesoramento, convocatoria de 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881239</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 27 de maio de 2024 pola que se aproba a convocatoria de subvencións para servizos de asesoramento en pequenas e medianas explotacións agrícolas do Principado de Asturias dedicadas á produción primaria de produtos agrícolas</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764185</t>
+  </si>
+  <si>
+    <t>Resolución do 15 de febreiro de 2024 do Ministerio de Transición Ecolóxica, Industria e Desenvolvemento Económico pola que se aproba a convocatoria de subvencións para a mellora da competitividade, a innovación e a dixitalización das pequenas e medianas empresas</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744440</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Augas, Agricultura, Gandería e Pesca pola que se aproba a convocatoria de axudas destinadas a investimentos en explotacións agrícolas, no marco do plan estratéxico da PAC, período 2023-2027, ano 2023</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730737</t>
+  </si>
+  <si>
+    <t>Resolución do 23 de marzo de 2024 pola que se autoriza a convocatoria de subvencións para o fomento e o fomento do consumo nos establecementos comerciais retallistas do Principado de Asturias a través do Bono de Comercio de Asturias</t>
+  </si>
+  <si>
+    <t>2024-04-25</t>
+  </si>
+  <si>
+    <t>2024-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755065</t>
+  </si>
+  <si>
+    <t>ORDE do 16 de abril de 2024 do Ministerio de Augas, Agricultura, Gandería e Pesca pola que se convocan, para o ano 2024, as axudas para investimentos na transformación, comercialización e/ou desenvolvemento de produtos agroalimentarios do PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-06-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761807</t>
+  </si>
+  <si>
+    <t>Orde do 31 de xullo da Consellería de Augas, Agricultura, Gandería e Pesca pola que se anuncian axudas públicas para proxectos da Estratexia de Desenvolvemento Local de Galpemur na Rexión de Murcia no marco do programa FEMPA para 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778425</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓNS DESTINADAS A GRUPACIÓNS DE DEFENSA DA SANIDADE GANDEIRA DA COMISIÓN DE MURCIA PARA O ANO 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783906</t>
+  </si>
+  <si>
+    <t>Orde do 21 de xuño de 2024, da Consellería de Augas, Agricultura, Gandería e Pesca, pola que se anuncian subvencións para os Consellos Reguladores de Denominacións de Orixe, Indicacións Xeográficas Protexidas e o Consello de Agricultura Ecolóxica. 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784338</t>
+  </si>
+  <si>
+    <t>Real Decreto 905/2022, do 25 de outubro, polo que se regula a Intervención no Sector Viticultor no marco do Plan Estratéxico da Política Agrícola Común.</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795067</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para actividades de intercambio de coñecementos e información, mediante actividades de formación profesional e adquisición de competencias (7201), nos sectores agrícola, agroalimentario, forestal e rural, PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807479</t>
+  </si>
+  <si>
+    <t>Orde do 17 de febreiro de 2025 da Consellería de Augas, Agricultura, Gandería e Pesca pola que se aproba a convocatoria de axudas para a reestruturación e conversión de viñedos na Rexión de Murcia para o ano 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Orde do 18 de marzo de 2025 da Consellería de Augas, Agricultura, Gandería e Pesca pola que se aproba a convocatoria de axudas para a Colleita Verde de 2025</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas dirixidas a produtores de arroz correspondentes aos compromisos ambientais e de xestión climática da intervención de desenvolvemento rural PEPAC 2023-2027. Protección da zona arrocera na Rexión de Murcia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827905</t>
+  </si>
+  <si>
+    <t>Orde do 16/04/2025, da Consellería de Augas, Agricultura, Gandería e Pesca, 1ª Convocatoria de axudas para a concesión de subvencións, intervención 7161 "Grupos Operativos Coop. da Asociación Europea para a Innovación Agraria"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Orde do 6 de maio de 2025, do Ministerio de Augas, Agricultura, Gandería e Pesca, pola que se anuncian subvencións para Organizacións Profesionais Agrarias para o ano 2025, para o fomento de actividades de prestación de servizos ao sector agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>Orde do 13 de agosto de 2024 da Consellería de Augas, Agricultura, Gandería e Pesca, pola que se aproba a convocatoria para o ano 2024 de axudas para a intervención no sector apícola da Comunidade Autónoma da Rexión de Murcia.</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780393</t>
+  </si>
+  <si>
+    <t>CONVOCATORIA DE SOLICITUDES PARA A LIÑA DE AXUDAS CORRESPONDENTE AOS COMPROMISOS DE XESTIÓN AMBIENTAL E CLIMÁTICA DA INTERVENCIÓN PEPAC DO FEADER (2023-2027), 6503 (AGRICULTURA ECOLÓXICA), NA COMISIÓN DE MURCIA.</t>
+  </si>
+  <si>
+    <t>2024-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763681</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para estadías externas de investigadores predoutorais en centros estranxeiros</t>
+  </si>
+  <si>
+    <t>2024-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747404</t>
+  </si>
+  <si>
+    <t>Resolución do 20/12/2024 do Director do Instituto para a Promoción da Rexión de Murcia, por delegación, da convocatoria de axudas para fomentar a innovación nos ámbitos da Defensa, a Seguridade e a Reconstrución e o Desenvolvemento, por parte de empresas rexionais.</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805154</t>
+  </si>
+  <si>
+    <t>Resolución do 29/12/2023 do presidente do instituto de desenvolvemento da Rexión de Murcia relativa á convocatoria de axudas para actuacións de eficiencia enerxética en pemes e grandes empresas do sector industrial.</t>
+  </si>
+  <si>
+    <t>2024-01-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736740</t>
+  </si>
+  <si>
+    <t>Resolución do 01/04/2025 do Director do Instituto para a Promoción da Rexión de Murcia, por delegación, relativa á convocatoria de axudas para participar en feiras, eventos e misións comerciais. Feira Agrícola Saudita. Arabia Saudita 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Resolución do 08/04/2025, do Director do Instituto de Promoción da Rexión de Murcia, por delegación, relativa á convocatoria plurianual de axudas para incentivar a contratación de servizos de innovación e competitividade. Vale de Internacionalización.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Resolución do 22 de xuño de 2025, do director do Instituto de Promoción da Rexión de Murcia, por delegación, relativa á convocatoria de axudas destinadas a promover a innovación e o emprendemento. Incubadoras.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Resolución do 24/05/2024 do Presidente do Instituto para a Promoción da Rexión de Murcia, relativa á convocatoria de axudas destinadas á entrada de investidores privados en empresas innovadoras de nova creación.</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764403</t>
+  </si>
+  <si>
+    <t>Resolución do 24/05/2024, do Presidente do Instituto de Promoción da Rexión de Murcia, relativa á convocatoria de axudas destinadas a promover a innovación e o emprendemento.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764444</t>
+  </si>
+  <si>
+    <t>Axudas para a modernización dos aloxamentos turísticos na Rexión de Murcia e mellora das áreas de transición verde e sostible, eficiencia enerxética e transición dixital no marco do PRTR financiado polo EU-NextG (MRR C14.I1.2)</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783437</t>
+  </si>
+  <si>
+    <t>Subvención excepcional 2023, andaluza, para a promoción nos puntos de venda de produtos agroalimentarios andaluces a través da marca de calidade e promoción "sabor do sur".</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/718994</t>
+  </si>
+  <si>
+    <t>Convocatoria de propostas SME Innova 2025 - Cámara de Comercio de Sevilla</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Orde do 18 de abril de 2024, de subvencións destinadas a promover procesos de integración e fusión de asociacións agroalimentarias. Liña 1 - Axudas para a promoción e o fomento da integración de asociacións agroalimentarias.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755805</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755806</t>
+  </si>
+  <si>
+    <t>Orde do 15 de maio de 2024, pola que se convocan as axudas para os plans de produción e comercialización OPPcampaña 2024 - Entidades sen ánimo de lucro</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758960</t>
+  </si>
+  <si>
+    <t>Orde do 18 de abril de 2024, de subvencións destinadas a promover procesos de integración e fusión de asociacións agroalimentarias. Liña 2 - Axudas para promover e fomentar a fusión de asociacións agroalimentarias en Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761489</t>
+  </si>
+  <si>
+    <t>Real Decreto 905/2022, do 25 de outubro, polo que se regula a Intervención no Sector Viticultor no marco do Plan Estratéxico da Política Agrícola Común_Convocatoria 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>Orde do 17 de setembro de 2024, conv.2024-25, sobre axudas destinadas á transferencia de coñecemento e información a agricultores e gandeiros mediante a celebración de eventos agrícolas e gandeiros relacionados co oliveiral</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785903</t>
+  </si>
+  <si>
+    <t>Orde do 24 de setembro de 2024, pola que se convocan axudas para o exercicio 2024-25 destinadas á transferencia de coñecementos e información a agricultores e gandeiros mediante a realización de xornadas técnicas de ampla difusión, PDRA 2014-22 (Subm.1.2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787192</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN de ** de ** de 2024 pola que se convocan as axudas para o ano 2024 destinadas á cooperación para a promoción de produtos agrícolas e alimentarios en réximes de calidade (Intervención 7132)</t>
+  </si>
+  <si>
+    <t>2025-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807115</t>
+  </si>
+  <si>
+    <t>ORDE do 10 DE XANEIRO DE 2025, da Dirección Xeral de Produción Agropecuaria e Pecuaria, pola que se convocan axudas para a execución de programas veterinarios nacionais polas Asociacións de Defensa da Sanidade Pecuaria de concorrencia non competitiva</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Orde do 27 de xaneiro de 2025, pola que se fai a convocatoria para o ano 2025 das subvencións correspondentes ás operacións de Agricultura Ecolóxica Mantemento de Árbores Froiteiras de Secaño e Árbores Froiteiras de Regadío (6503.2), correspondentes ás Intervencións</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Orde do 28 de xaneiro de 2025, pola que se convoca para o ano 2025 a subvención para a operación 10.1.14 Emenda calcaria do solo para a prevención e o control da podremia das raíces en formacións de dehesas da Medida 10: Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Orde do 27 de marzo de 2025 pola que se convocan axudas destinadas á execución, a través das Agrupacións de Defensa da Sanidade Pecuaria, de programas sanitarios que non contan con financiamento comunitario en réxime de concorrencia competitiva.</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Orde do 30 de abril de 2025, de subvencións destinadas a promover procesos de integración e fusión de asociacións agroalimentarias. Liña 1 - Axudas para a promoción e o fomento da integración de asociacións agroalimentarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Orde do 30 de abril de 2025, de subvencións destinadas a promover procesos de integración e fusión de asociacións agroalimentarias. Liña 2 - Axudas para promover e fomentar a fusión de asociacións agroalimentarias en Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Resolución do 8 de maio de 2025 pola que se anuncian subvencións a organizacións e entidades representativas do sector agrícola e de desenvolvemento rural en Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Orde do 20 de maio de 2025, pola que se aproban as bases reguladoras para a concesión de subvencións, en réxime de concorrencia competitiva, dirixidas a titulares de explotacións agrícolas e gandeiras de concellos afectados polos danos da DANA 2024/2025</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>Orde do 16 de decembro de 2025, pola que se convocan solicitudes para o ano 2026 de axudas destinadas á execución, a través das Agrupacións de Defensa da Sanidade Pecuaria, de programas sanitarios que non contan con financiamento comunitario.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>Resolución do 19 de decembro de 2025, da Dirección Xeral de Industrias, Innovación e Cadea Agroalimentaria, pola que se anuncian subvencións para investimentos na transformación, comercialización e/ou desenvolvemento de produtos agroalimentarios para o exercicio 2026. Intervención 68422-01 PEME</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Resolución do 19 de decembro de 2025, da Dirección Xeral de Industrias, Innovación e Cadea Agroalimentaria, pola que se anuncia a convocatoria para o ano 2026 de axudas para investimentos na transformación, comercialización e/ou desenvolvemento de produtos agroalimentarios. FROITAS E VERDURAS. PEMES</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>ORDE 21 DE XANEIRO DE 2026 Axudas para a contratación de Seguros Agrarios Decreto Combinado 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883398</t>
+  </si>
+  <si>
+    <t>Resolución do 6 de maio de 2024 pola que se convocan subvencións en réxime de concorrencia non competitiva para organizacións e entidades representativas dos sectores agrícola e de desenvolvemento rural de Andalucía.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759011</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 29 de MAIO de 2025, LIÑA 4.2 inclusión da Sociedade Ordinaria Laboratorio De Minimis Agrícola</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Resolución do 24 de maio de 2024, da Dirección Xeral de Traballo, Seguridade e Saúde Laboral pola que se publica a convocatoria para o ano 2024 substitúese no regulamento de conc.comp. unha peme para proxectos de prevención de riscos laborais, Liña 1: - mínimos agrícolas</t>
+  </si>
+  <si>
+    <t>2024-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763943</t>
+  </si>
+  <si>
+    <t>Resolución do 24 de maio de 2024, da Dirección Xeral de Traballo, Seguridade e Saúde Laboral pola que se publica a convocatoria para o ano 2024 substitúese no regulamento de conc.comp. a peme para proxectos de prevención de riscos laborais, Liña 2: - minimos agrícolas</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763980</t>
+  </si>
+  <si>
+    <t>Resolución do 2 de maio de 2025, do SGIM, pola que se convocan os incentivos para a transición xusta na provincia de Almería para o proxecto tractor «Innovación e sustentabilidade na industria auxiliar da agricultura almeriense»</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Resolución do XX de XXX de 2025 pola que se anuncian subvencións en concorrencia competitiva para proxectos de innovación desenvolvidos por Centros Tecnolóxicos. Liña 5 da Orde do 10 de febreiro de 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, de XX de XXXX de 2025, da DX para o FOMENTO DA INNOVACIÓN, POLA QUE SE CONVOCA PARA O EXERCICIO 2025, EN CONCURSO COMPETITIVO, A CONCESIÓN DE SUBVENCIÓNS PARA PROXECTOS DE INNOVACIÓN POR CLÚSTERS LIÑA 2 AXUDAS NON ESTATAIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, de XX de XXXX de 2025, da DX de PROMOCIÓN DA INNOVACIÓN, POLA QUE SE CONVOCA PARA O EXERCICIO 2025, EN CONCURSO COMPETITIVO, A CONCESIÓN DE SUBVENCIÓNS PARA PROXECTOS DE INNOVACIÓN POLOS CLÚSTERES LIÑA 2 R (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN, de XX de XXXX de 2025, da DX de FOMENTO DA INNOVACIÓN, POLA QUE SE CONVOCA PARA O EXERCICIO 2025, EN CONCURSO COMPETITIVO, A CONCESIÓN DE SUBVENCIÓNS PARA A ADQUISICIÓN DE EQUIPAMENTOS E MELLORA DE INFRAESTRUTURAS NA LIÑA 6 DE C.TECN.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>Resolución do 6 de maio de 2024, da DGComercio, Conv2024, Subv.en reg.conc.comp. destinada a promover o asociacionismo comercial e artesán, impulsar e revitalizar o pequeno comercio urbano e promover a artesanía en Andalucía. -Sector Comercial</t>
+  </si>
+  <si>
+    <t>2024-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749917</t>
+  </si>
+  <si>
+    <t>Acordo SATi - PEME coa Cámara de Comercio, Industria e Servizos de Zaragoza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743242</t>
+  </si>
+  <si>
+    <t>Convenio de Satipymes coa Cámara de Comercio, Industria e Servizos de Huesca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743260</t>
+  </si>
+  <si>
+    <t>Acordo de Satipymes coa Cámara de Comercio, Industria e Servizos de Teruel</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743268</t>
+  </si>
+  <si>
+    <t>Resolución do 18 de marzo de 2024, pola que se convoca a XX edición dos Premios Blas Infante de Estudo e Investigación sobre Administración e Xestión Pública.</t>
+  </si>
+  <si>
+    <t>2024-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751853</t>
+  </si>
+  <si>
+    <t>ORDE EEI/319/2024, do 27 de marzo, pola que se convocan axudas para o investimento e a mellora, así como para a dixitalización das pequenas empresas.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762824</t>
+  </si>
+  <si>
+    <t>ORDE EEI/ /2024, do 1 de xullo, pola que se convocan solicitudes para as axudas correspondentes ao programa «VOLVEREMOS» para o fomento do pequeno comercio minorista, para a dinamización comercial nas zonas urbanas e rurais da Comunidade Autónoma de Aragón</t>
+  </si>
+  <si>
+    <t>2024-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771873</t>
+  </si>
+  <si>
+    <t>Orde pola que se convocan subvencións para o establecemento de agricultores novos e para a modernización e/ou mellora das explotacións agrícolas, no marco do plan estratéxico da PAC para o período 2023-2027, para o ano 2024.</t>
+  </si>
+  <si>
+    <t>2024-03-04</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746859</t>
+  </si>
+  <si>
+    <t>ORDE AGA/1365/2024, do 14 de novembro, pola que se aproban as bases reguladoras e a convocatoria de axudas por danos na produción e infraestruturas das explotacións agrícolas como consecuencia das choivas torrenciais no ano 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796799</t>
+  </si>
+  <si>
+    <t>ORDE AGA/…/2024, do 5 de decembro, pola que se convocan subvencións destinadas ao establecemento de agricultores mozos e á modernización e/ou mellora das explotacións agrícolas, no marco do Plan Estratéxico da PAC, para o período 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801265</t>
+  </si>
+  <si>
+    <t>Orde AGA/…/2024, do 19 de decembro, pola que se convocan subvencións para a prestación de servizos de asesoramento agrario, no marco do Plan Estratéxico Nacional da PAC 2023-2027, para Aragón, para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>ORDE AGA/268/2025, do 6 de marzo, pola que se convocan subvencións no ámbito da cooperación para os grupos operativos da Asociación Europea para a Innovación (EIP), no marco do Plan Estratéxico Nacional da PAC 23-27, para Aragón para 2025</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>ORDE AGA/685/2025, do 23 de xuño, pola que se aproban as bases reguladoras e a convocatoria de axudas por danos na produción e infraestruturas das explotacións agrícolas como consecuencia das choivas torrenciais de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Orde AGA/XX/2025, do XX, pola que se convocan subvencións para a contratación de seguros agrarios na comunidade autónoma de Aragón, para o ano 2025 para as liñas do cuadraxésimo sexto plan combinado de seguros agrarios (plan 2025)</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>ORDE AGA/ /2025 do , POLA QUE SE CONVOCAN SUBVENCIÓNS PARA PARTE DO CUSTE DA CONTRATACIÓN DE SEGUROS AGRÍCOLAS PARA O ANO 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>ORDE AGA/…/2025, do 17 de decembro, pola que se convocan subvencións para a prestación de servizos de asesoramento agrario, no marco do Plan Estratéxico Nacional da PAC 2023-2027, para Aragón, para o ano 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>ORDE AGA/…/2026, do 23 de xaneiro, pola que se convocan subvencións destinadas ao establecemento de agricultores mozos e á modernización e/ou mellora das explotacións agrarias, para o ano 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883040</t>
+  </si>
+  <si>
+    <t>Orde aga/1611/2023, do 7 de novembro, pola que se establecen as bases das axudas extraordinarias concedidas para o financiamento das explotacións agrarias aragonesas debido á seca e aos problemas actuais do sector, aproba a súa convocatoria aberta para o período 2023-2024</t>
+  </si>
+  <si>
+    <t>2023-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/725778</t>
+  </si>
+  <si>
+    <t>ORDE EEI/ /2024, do 21 de maio, pola que se convocan axudas para o ano 2024 para a realización de actuacións en materia de comercio exterior na Comunidade Autónoma de Aragón, levadas a cabo por pemes aragonesas.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762378</t>
+  </si>
+  <si>
+    <t>Orde AGA/ /2024, do 7 de outubro, pola que se convocan subvencións para investimentos en instalacións de elaboración e en infraestruturas, estruturas e instrumentos de comercialización vitivinícolas, para o ano 2025 (exercicio 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Orde do 13 de xaneiro, pola que se establecen as normas para as axudas extraordinarias concedidas para o financiamento de cooperativas agrarias aragonesas con dificultades económicas como consecuencia da seca e dos problemas cíclicos do sector, e se aproba a súa convocatoria</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>ORDE do 23 de xaneiro de 2025, pola que se establecen as normas para as axudas extraordinarias concedidas pola Comunidade Autónoma para o apoio financeiro ás cooperativas agrarias aragonesas e se aproba a súa convocatoria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Orde AGA/ /2025, do 7 de abril, pola que se aproba a convocatoria para complementar no ano 2025, con cargo ao acordo FITE 2023, as subvencións concedidas ao abeiro das Ordes para as industrias agroalimentarias 2022 e 2023</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>ORDE AGA/ /2025 do 26 de agosto, pola que se convocan subvencións para investimentos na transformación, comercialización e desenvolvemento de produtos agrícolas (industrias agroalimentarias), no marco do PEPAC para o período 2023-2027 para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>Convocatoria Instrumental 2024. Dirección Xeral de Ciencia e Investigación. Departamento de Educación, Ciencia e Universidades. Subvencións Directas. Texto refundido da Lei de Subvencións de Aragón aprobado polo Decreto Lexislativo 2/2023, do 3 de maio.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739477</t>
+  </si>
+  <si>
+    <t>Orde AGA/…/2024, do 20 de maio, pola que se convocan subvencións para a promoción e o desenvolvemento das vendas locais de produtos agroalimentarios en Aragón, para o ano 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756782</t>
+  </si>
+  <si>
+    <t>ORDE AGA/ /2025, do 20 de xaneiro, para a presentación da solicitude única de axudas ao abeiro da Política Agrícola Común para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>ORDE/AGA/284/2025, do 10 de marzo, do Ministro de Agricultura, Gandería e Alimentación, pola que se anuncian subvencións destinadas a mellorar a produción e comercialización de produtos apícolas para o ano 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>ORDE AGA/ /2026, do 16 de xaneiro, para a presentación da solicitude única da Política Agrícola Común para o ano 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882041</t>
+  </si>
+  <si>
+    <t>ORDE AGA/xxx/2024, do 22 de abril, pola que se convocan subvencións destinadas a mellorar a produción e comercialización de produtos apícolas, para o ano 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760928</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre o Goberno de Aragón e a Fundación Ecoloxía e Desenvolvemento para a execución do proxecto "Asesoramento enerxético para fogares aragoneses. Poboación xeral"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742510</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre o Goberno de Aragón e o Consello Aragonés de Cámaras Oficiais de Comercio, Industria e Servizos como entidade colaboradora, para a xestión de axudas para a modernización de empresas privadas de transporte de viaxeiros e mercadorías</t>
+  </si>
+  <si>
+    <t>2023-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/698156</t>
+  </si>
+  <si>
+    <t>Contrato programa xeral entre o Goberno de Aragón e a Universidade de Zaragoza, para a asignación e financiamento de complementos retributivos adicionais vinculados a méritos individuais do persoal docente e investigador da Universidade de Zaragoza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726133</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración asinado entre o instituto aragonés de emprego e as cámaras oficiais de comercio, industria e servizos de Huesca, Teruel e Zaragoza, para levar a cabo o “programa 45+”.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735724</t>
+  </si>
+  <si>
+    <t>Orde do Vicepresidente Segundo e Conselleiro de Economía, Emprego e Industria, pola que se concede unha subvención á Asociación de Persoas Xordas de Zaragoza e Aragón (ASZA) para a prestación dun servizo de inserción laboral para persoas xordas</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746608</t>
+  </si>
+  <si>
+    <t>Orde do Vicepresidente e Ministro da Presidencia, Economía e Xustiza, pola que se anuncian subvencións para proxectos de investimento empresarial que promovan a investigación, o desenvolvemento e a innovación industrial na provincia de Teruel. FITE 2023</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801820</t>
+  </si>
+  <si>
+    <t>CONVENIO DE COLABORACIÓN ENTRE O GOBERNO DE ARAGÓN E AS CÁMARAS OFICIAIS DE COMERCIO, INDUSTRIA E SERVIZOS DE HUESCA, TERUEL E ZARAGOZA, PARA A EXECUCIÓN DE ACTUACIÓNS SOBRE PEMES DERIVADAS DO PLAN DE COMPETITIVIDADE DA CÁMARA DE ARAGÓN.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755341</t>
+  </si>
+  <si>
+    <t>ORDE do Vicepresidente e Ministro da Presidencia, Economía e Xustiza do Goberno de Aragón, pola que se aproban as bases para a concesión de subvencións a proxectos de innovación, a través da iniciativa «Techfablab», no marco do PRTR e a súa convocatoria de 2024</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>2024-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786297</t>
+  </si>
+  <si>
+    <t>Orde do 16 de maio de 2025, do vicepresidente e conselleiro de Presidencia, Economía e Xustiza do Goberno de Aragón, pola que se convocan axudas a pequenas e medianas empresas para accións de dixitalización.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>ORDE do Vicepresidente e Ministro da Presidencia, Economía e Xustiza, do 4 de febreiro de 2026, convoca axudas a proxectos de investimento de pemes enmarcados no Fondo para unha Transición Xusta (FTJ) período 2021-2027 na provincia de Teruel</t>
+  </si>
+  <si>
+    <t>2027-08-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885046</t>
+  </si>
+  <si>
+    <t>Orde do vicepresidente e conselleiro da Presidencia, Economía e Xustiza do Goberno de Aragón, do 4 de febreiro de 2026, pola que se anuncian subvencións para a atracción de novas empresas e o apoio ao crecemento das xa existentes na provincia de Teruel</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-05-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885270</t>
+  </si>
+  <si>
+    <t>Axudas para proxectos de investimento empresarial que promovan a investigación, o desenvolvemento e a innovación industrial na provincia de Teruel. FITE 2022</t>
+  </si>
+  <si>
+    <t>2024-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754793</t>
+  </si>
+  <si>
+    <t>ORDE do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se anuncia a convocatoria de solicitudes para a campaña 2026 da Subacción I.4.1 “AXUDA POR ZONA”, da Acción I.4 “AXUDA AOS PRODUTORES DE PATACA DE MESA”</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869169</t>
+  </si>
+  <si>
+    <t>Orde pola que se convoca a acción i.1 da campaña de 2024. «Axudas á comercialización de froitas, hortalizas, raíces e tubérculos, flores e plantas vivas colleitadas nas Illas Canarias»</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731203</t>
+  </si>
+  <si>
+    <t>CONVENIO DE COLABORACIÓN ENTRE A CONSEILLERÍA DE BENESTAR SOCIAL E FAMILIA E A UNIVERSIDADE DE ZARAGOZA, PARA LEVAR A CABO UN PROXECTO DE INVESTIGACIÓN QUE DESENVOLVA UN SISTEMA DE MEDICIÓN DA INTEGRACIÓN LABORAL DE PERSOAS CON DISCAPACIDADE 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759037</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se anuncia a convocatoria de axudas para a campaña 2024 da ACCIÓN III.2 “APOIO AO SECTOR GANDEIRO”, SUBACCIÓN III.2.5 “AXUDA PARA A SUBSTITUCIÓN EN GANDO VACÚN LEITEIRO POR TENREIRAS”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779040</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se convoca a Acción III.1 “Axudas para o subministro de animais reprodutores de razas puras ou razas comerciais orixinarios da Comunidade” para a campaña de 2025</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se anuncia a convocatoria de axudas para a campaña 2025 da subacción III.2.4 "Axudas á importación de becerros destinados á engorde"</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se convoca a Acción I.5 da Campaña 2025 “Axudas aos produtores tradicionais de tomate de inverno” do Programa Comunitario de Apoio á produción agrícola canaria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se anuncia a convocatoria de axudas para a campaña 2024 da Acción III.11 “Axudas á produción local de ovos de galiña”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798968</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se convocan para a Campaña 2024 as axudas da Acción III.5 “Axudas para o consumo humano de carne fresca de vacún, porcino, coello, cabra, ovino e de polo de orixe local”</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798978</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se anuncia a convocatoria da campaña 2025 de «axudas á produción de mel de calidade da raza autóctona de abella negra»</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se anuncia, para a campaña 2025, as axudas de superficie aos produtores de aloe vera e oliveira.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>ORDE DO MINISTERIO DE AGRICULTURA, GANDERÍA, PESCA E SOBERANÍA ALIMENTARIA, POLA QUE SE CONVOCA A CAMPAÑA 2025 DE AXUDA POR HECTÁREA PARA O MANTEMENTO DO CULTIVO DA VIÑA DESTINADA Á PRODUCIÓN DE VIÑOS CON DENOMINACIÓN DE ORIXE</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>EXTRACTO da ORDE do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria pola que se anuncia, para a campaña 2025, as axudas da Acción III.2, apoio ao sector vacún de carne</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ORDE DO MINISTERIO DE AGRICULTURA, GANDERÍA, PESCA E SOBERANÍA ALIMENTARIA POLA QUE SE ANUNCIAN AS AXUDAS PARA A CAMPAÑA DE ACCIÓN 2025 III.6 AXUDAS PARA A PRODUCIÓN DE LEITE LOCAL DE CABRA E OVELLA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ORDE DO MINISTERIO DE AGRICULTURA, GANDERÍA, PESCA E SOBERANÍA ALIMENTARIA POLA QUE SE ANUNCIAN AS AXUDAS PARA A CAMPAÑA DE ACCIÓN 2025 III.4 AXUDAS PARA A PRODUCIÓN DE LEITE GANADO LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>ORDE DO MINISTERIO DE AGRICULTURA, GANDERÍA, PESCA E SOBERANÍA ALIMENTARIA POLA QUE SE CONVOCAN AS «AXUDAS AOS PRODUTORES DE DETERMINADOS CULTIVOS FORRAXEIROS» PARA A CAMPAÑA DE 2026, ACCIÓN III.12 DO PROGRAMA COMUNITARIO DE APOIO Á PRODUCIÓN</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869139</t>
+  </si>
+  <si>
+    <t>ORDE POLA QUE SE CONVOCAN SOLICITUDES PARA A CAMPAÑA DE 2026, PARA A AXUDA DA ACCIÓN III.1 AXUDA PARA O SUBMINISTRAMENTO DE ANIMAIS REPRODUTORES DE RAZA PURA OU COMERCIAL ORIXINARIOS DA COMUNIDADE</t>
+  </si>
+  <si>
+    <t>2005-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869672</t>
+  </si>
+  <si>
+    <t>ORDE DO MINISTERIO DE AGRICULTURA, GANDERÍA, PESCA E SOBERANÍA ALIMENTARIA POLA QUE SE ANUNCIA A AXUDA AOS PRODUTORES DE PLÁTANO CON IMAXE PROTECTORA XERAL PARA A CAMPAÑA DE 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869845</t>
+  </si>
+  <si>
+    <t>ORDE POLA QUE SE CONVOCA A CAMPAÑA DE 2026 PARA A ACCIÓN I.1. AXUDA Á COMERCIALIZACIÓN DE FROITAS, HORTALIZAS, RAÍCES E TUBÉRCULOS, FLORES E PLANTAS VIVAS COLLEITAS NAS ILLAS CANARIAS E SUBACCIÓN I.4.2. AXUDA Á COMERCIALIZACIÓN DE PATACAS DE MESA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873782</t>
+  </si>
+  <si>
+    <t>ORDE DO MINISTERIO DE AGRICULTURA, GANDERÍA, PESCA E SOBERANÍA ALIMENTARIA POLA QUE SE ANUNCIA A ACCIÓN I.5 - AXUDA AOS PRODUTORES TRADICIONAIS DE TOMATES DE INVERNO PARA A CAMPAÑA DE 2026</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874671</t>
+  </si>
+  <si>
+    <t>ORDE POLA QUE SE CONVOCA, PARA A CAMPAÑA DE 2024, A AXUDA POR SUPERFICIE AOS PRODUTORES DE ALOE VERA E OLIVA, PREVISTA NA ACCIÓN I.8 DO PROGRAMA COMUNITARIO DE APOIO ÁS PRODUCIÓNS AGRÍCOLAS NAS ILLAS CANARIAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755149</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓN PARA A RECONSTRUCIÓN DA POTENCIAL PRODUCIÓN AGRÍCOLA DO VOLCÁN DA PALMA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760818</t>
+  </si>
+  <si>
+    <t>3 Orde do Ministerio de Agricultura pola que se conceden axudas directas por perdas de ingresos debidas a Volcán, Plátanos e Aguacate</t>
+  </si>
+  <si>
+    <t>2024-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775255</t>
+  </si>
+  <si>
+    <t>Subvencións ás Asociacións Profesionais Agrarias das Illas Canarias</t>
+  </si>
+  <si>
+    <t>2024-10-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790773</t>
+  </si>
+  <si>
+    <t>Subvencións para compromisos agroambientais en terras agrícolas e compromisos e actividades para a conservación de recursos xenéticos (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Orde pola que se convocan subvencións para o ano 2025 para apoiar as asociacións profesionais agrarias sen ánimo de lucro</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para a posta en marcha do programa de emisión de bonos dixitais para grupos vulnerables</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705928</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería, Pesca e Soberanía Alimentaria relativa á subscrición de Seguros Agrarios</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762320</t>
+  </si>
+  <si>
+    <t>PROXECTO PARA MELLORAR OS MERCADOS TRADICIONAIS NAS ILLAS CANARIAS E/OU APOIO AO COMERCIO RURAL</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817279</t>
+  </si>
+  <si>
+    <t>Subvención para un proxecto de base aérea enerxeticamente sostible</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730464</t>
+  </si>
+  <si>
+    <t>Subvención do Concello de Fuencaliente - Proxectos innovadores para o desafío demográfico</t>
+  </si>
+  <si>
+    <t>2023-08-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736660</t>
+  </si>
+  <si>
+    <t>Asistencia e titoría para a transformación dixital do comercio en Gran Canaria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735854</t>
+  </si>
+  <si>
+    <t>Programa de apoio á dixitalización e ao coñecemento no sector comercial</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735858</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para a mellora das competencias dixitais da poboación canaria 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742698</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas DIGINNOVA para a incorporación de talento novo a empresas e centros de investigación das Illas Canarias</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772013</t>
+  </si>
+  <si>
+    <t>Plan de dixitalización da construción de subvencións da AECP 2024</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783005</t>
+  </si>
+  <si>
+    <t>ORDE POLA QUE SE CONVOCAN SUBVENCIÓNS PARA APOIAR A GRUPOS OU CLÚSTERS EMPRESARIAIS INNOVADORES PARA A REALIZACIÓN DE ACTIVIDADES DE INNOVACIÓN NAS ILLAS CANARIAS, PARA O ANO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784829</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvencións para proxectos de dixitalización en empresas</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839036</t>
+  </si>
+  <si>
+    <t>Decreto núm. 801/2024, do 17 de decembro de 2024, do Vicepresidente, polo que se convocan as Axudas para Proxectos de Obras Hidráulicas de Iniciativa Privada e Regadío Agrícola para o ano 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803873</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓN DO CONCELLO DE GARAFÍA PARA O PLAN DE DESENVOLVEMENTO COMERCIAL DA ILLA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783054</t>
+  </si>
+  <si>
+    <t>Resolución da ICCA, pola que se convocan solicitudes para a campaña de 2024 de axudas ao abeiro das accións I.6 e I.7 do Programa comunitario de apoio á produción agrícola nas Illas Canarias (POSEI)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799103</t>
+  </si>
+  <si>
+    <t>COMPROMISOS DE XESTIÓN AGROAMBIENTAL NA AGRICULTURA ECOLÓXICA (6503) PREVISTOS NO MARCO PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875227</t>
+  </si>
+  <si>
+    <t>Marco regulador e convocatoria de subvencións para a formación en competencias dixitais (MRRR)</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705981</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para o establecemento de agricultores novos e novos en Cantabria no ano 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877067</t>
+  </si>
+  <si>
+    <t>Convocatoria de propostas para pemes dixitais 2024 – Cámara de Comercio de Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774251</t>
+  </si>
+  <si>
+    <t>Orde CTD/9/2024, do 25 de novembro, de bases reguladoras e convocatoria de subvencións para Proxectos de Eficiencia Enerxética e Economía Circular de Empresas Turísticas (C14.I4, liña de actuación 2), do PRTR suxeito ao Regulamento (UE) 2023/2831</t>
+  </si>
+  <si>
+    <t>2024-11-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799217</t>
+  </si>
+  <si>
+    <t>Orde CTD/9/2024, bases reguladoras e convocatoria de subvencións para Proxectos de Eficiencia Enerxética e Economía Circular de Empresas Turísticas (C14.I4, liña de acción 2), do PRTR suxeito ao Regulamento (UE) nº 651/2014 Comisión 17/6/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799978</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para investimentos produtivos vinculados á contribución á mitigación e adaptación ao cambio climático, ao uso eficiente dos recursos naturais e á modernización e/ou mellora das explotacións agrícolas en Cantabria.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751287</t>
+  </si>
+  <si>
+    <t>Convocatoria de primeiras axudas para proxectos de investimento en transformación e comercialización de produtos agrícolas realizados pola industria alimentaria e incluídos no plan estratéxico da política agrícola común de Cantabria 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-05-08</t>
+  </si>
+  <si>
+    <t>2024-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757650</t>
+  </si>
+  <si>
+    <t>Resolución do conselleiro de Desenvolvemento Rural, Gandería, Pesca e Alimentación, do 24 de abril de 2024, pola que se anuncian axudas para a produción e comercialización de mel, no marco da intervención do sector apícola.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757651</t>
+  </si>
+  <si>
+    <t>PLAN ANUAL DE SEGUROS AGRÍCOLAS 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758013</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para o establecemento de agricultores novos e novos en Cantabria en 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783888</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas a concellos para a construción de novas obras e mellora de infraestruturas agrícolas 2024-2025, regulada pola Orde DES/25/2024, do 14 de agosto.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Orde DES/07/2025, do 24 de febreiro de 2025, pola que se convocan as axudas financiadas polo FEAGA (Fondo Europeo Agrícola de Garantía) e o FEADER (Fondo Europeo Agrícola de Desenvolvemento Rural) incluídas na solicitude única para o ano 2025 e inclúe</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas ás agrupacións de defensa sanitaria gandeira recoñecidas en Cantabria para o ano 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para a produción e comercialización de mel, no marco da intervención do sector apícola.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para o ano 2025 ás Organizacións Agrarias Profesionais e Cooperativas Agrarias de Cantabria para colaborar na cumprimentación das solicitudes da convocatoria de axudas financiadas polo FEAGA e o FEADER</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
-[...2 lines deleted...]
-    <t>Axudas para as explotacións agrícolas afectadas pola seca e outras condicións meteorolóxicas adversas durante 2023 e 2024</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para o establecemento de agricultores novos e novos en Cantabria no ano 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para investimentos produtivos vinculados á contribución á mitigación e adaptación ao cambio climático, ao uso eficiente dos recursos naturais e á modernización e/ou mellora das explotacións agrícolas en Cantabria 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871752</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre o Goberno de Cantabria, a través do Ministerio de Fomento, Ordenación do Territorio e Medio Ambiente, e a Universidade de Cantabria para o fomento da investigación no ámbito do transporte</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746615</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre o Goberno de Cantabria a través do Ministerio de Industria, Turismo, Innovación, Transporte e Comercio e a Universidade de Cantabria para o fomento da investigación en materia de consumo</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680768</t>
+  </si>
+  <si>
+    <t>Orde pola que se anuncian as axudas á artesanía en Cantabria 2024 (produción primaria de produtos agrícolas)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742427</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas a entidades asociativas agrarias para a colaboración na prestación de servizos de asesoramento que inclúe a xestión técnico-económica, a explotacións agrarias da Comunidade Autónoma de Cantabria para o ano 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759713</t>
+  </si>
+  <si>
+    <t>ORDE IND/57/2024, do 4 de decembro, pola que se aproba a convocatoria para o ano 2025 de axudas á artesanía en Cantabria (Produción primaria de produtos agrícolas).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Orde IND/39/2025, do 20 de agosto, pola que se aproba a convocatoria de subvencións para o ano 2025 destinadas a asociacións comerciais e as súas federacións e confederacións, e cooperativas de comercio polo miúdo. Non suxeitas ao réxime de minimis.</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Axudas á artesanía en Cantabria para o ano 2026 (Produción primaria de produtos agrícolas)</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874558</t>
+  </si>
+  <si>
+    <t>Orde IND/19/2024, do 7 de maio, pola que se convocan solicitudes para o ano 2024 para o programa de subvencións INNOVA.</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751394</t>
+  </si>
+  <si>
+    <t>Resolución SOD/EMPLEA/23/24, do 26 de abril de 2024, pola que se anuncia a convocatoria de solicitudes para o programa de subvencións «EMPLEA» para o ano 2024. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751427</t>
+  </si>
+  <si>
+    <t>Resolución SOD/CERT/23/24, do 26 de abril de 2024, pola que se anuncia a convocatoria de 2024 para o programa de subvencións "CERTIFICACIÓNS PARA A MELLORA COMPETITIVA E A ENTRADA EN NOVOS MERCADOS". REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755031</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN SOD/+TAL/23/24, do 20 DE MARZO DE 2024, POLA QUE SE ANUNCIA O PROGRAMA DE SUBVENCIÓNS «+ TALENTO. CONTRATACIÓN DE PERSOAL TÉCNICO E COMERCIAL». REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757638</t>
+  </si>
+  <si>
+    <t>Resolución SOD/TEC/23/24, do 20 de marzo de 2024, pola que se anuncia a convocatoria de solicitudes para o programa de subvencións de 2024 para "Persoal técnico de I+D". REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757769</t>
+  </si>
+  <si>
+    <t>Resolución SOD/FER/23/24, do 11 de abril de 2024, pola que se anuncia a convocatoria de solicitudes para o programa de subvencións de 2024 para a “ORGANIZACIÓN de FEIRAS E CONGRESOS EMPRESARIAIS EN CANTABRIA”. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761619</t>
+  </si>
+  <si>
+    <t>Orde do 21 de decembro de 2025 da Consellería de Industria, Comercio e Emprego, pola que se convocan subvencións para o ano 2026 destinadas á adquisición de nova maquinaria industrial en empresas industriais de Castela e León.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Orde do 22 de decembro de 2023, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan subvencións para a transformación e comercialización de produtos agrícolas, forestais e alimentarios, cofinanciadas polo Feader, liña j01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735391</t>
+  </si>
+  <si>
+    <t>Resolución SOD/PLAN/24/24, do 16 de maio de 2024, pola que se anuncia o programa de subvencións para o ano 2024 para a execución de plans de promoción empresarial para empresas de Cantabria. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>2024-05-11</t>
+  </si>
+  <si>
+    <t>2024-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759470</t>
+  </si>
+  <si>
+    <t>Orde do 26 de xuño de 2024 do Ministerio de Agricultura, X e DR pola que se convocan axudas para a reposición de gando vacún como consecuencia do seu sacrificio en aplicación dos programas sanitarios oficiais para enfermidades de ruminantes.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771905</t>
+  </si>
+  <si>
+    <t>Subvencións para o fomento do crecemento das cooperativas agroalimentarias na Comunidade de Castela e León para o ano 2024. Xeral De Minimis. Orde do 01/08/2024, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778898</t>
+  </si>
+  <si>
+    <t>Subvencións para o fomento do crecemento das cooperativas agroalimentarias na Comunidade de Castela e León para o ano 2024. Réxime de minimis agrícola. Orde do 1 de agosto de 2024, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779075</t>
+  </si>
+  <si>
+    <t>Orde do 20 de agosto de 2024 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas destinadas a fomentar as razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>2024-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781119</t>
+  </si>
+  <si>
+    <t>Orde do 23 de outubro de 2024, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan subvencións para a redución de xuros en préstamos bonificados preferentes formalizados por titulares de explotacións agrarias en CyL.</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792699</t>
+  </si>
+  <si>
+    <t>Orde do 21 de outubro de 2024, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se anuncia a convocatoria para o ano 2024 de axudas da intervención destinada a promover a cooperación para a sucesión de explotacións agrarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792900</t>
+  </si>
+  <si>
+    <t>Orde do 24 de outubro de 2024, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan subvencións para o ano 2024 ás organizacións profesionais agrarias máis representativas da Comunidade de Castela e León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793183</t>
+  </si>
+  <si>
+    <t>Orde do 29 de outubro de 2024 do Ministerio de Agricultura, pola que se convocan subvencións para a construción, ampliación ou adaptación de cebadoiros ou centros de cría de razas puras das especies bovina, ovina ou caprina.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793930</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, do 5 de novembro de 2024, para promover a modernización da industria agroalimentaria e a transición xusta, Programa Fondo para a Transición Xusta - PEME</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795072</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, do 8/11/2024, pola que se anuncian subvencións para investimentos en comercialización e transformación de produtos da pesca e da acuicultura - Programa FEMPA - Liña PA2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795919</t>
+  </si>
+  <si>
+    <t>Orde do 23 de decembro de 2024, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas para a realización de accións de formación, información e demostración no marco do Plan Estratéxico Nacional da PAC de España.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805217</t>
+  </si>
+  <si>
+    <t>Orde do 27 de xaneiro de 2025, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan intervencións en forma de pagamentos directos, intervencións de desenvolvemento rural e o establecemento de requisitos comúns.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Orde do 23 de marzo de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas para a vacinación contra a salmonela en galiñas poñedoras en Castela e León.</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Orde do 21 de marzo de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas para a reestruturación e conversión de viñedos na comunidade de Castela e León para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Orde do 8 de abril de 2025 da Consellería de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas para a vendima en verde das viñas na Comunidade de Castela e León para a colleita de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Orde do 22/04/2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se conceden subvencións para a transformación amparadas pola Intervención 6842.1 (obxectivos ambientais) do PEPAC cofinanciado polo FEADER - Liña MA1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>Orde do 19 de maio de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas destinadas ao control da produción leiteira ás entidades oficialmente recoñecidas para a realización do control leiteiro.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Orde do 23 de maio de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas destinadas ao fomento das razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Orde do 26 de maio de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan subvencións para a subscrición de pólizas de seguros agrarios incluídas nos Plans Anuais Combinados de Seguros Agrarios.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Orde do 28 de maio de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural pola que se convocan as axudas da Intervención Sectorial Apícola para a campaña apícola 2025 no marco do PEPAC 2023-2027 en Castela e León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>Orde do 23 de maio de 2025 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas destinadas a promover a cría e a inscrición de exemplares de raza pura de Castela e León nos libros xenealóxicos.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Orde do 12/08/2025, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan para o ano 2025 as axudas para o fomento do dimensionamento das cooperativas agroalimentarias, na comunidade autónoma de Castela e León.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Orde do 23 de decembro de 2025, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se anuncian subvencións para actividades de formación, información e demostración no marco do PEPAC de España 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Orde do 27 de maio de 2024 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan solicitudes para a campaña apícola de 2024, para as axudas da intervención do sector apícola no marco do PEPAC 2023-2027 en Castela e León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763714</t>
+  </si>
+  <si>
+    <t>Orde do 28 de maio de 2024, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se anuncia a convocatoria para o ano 2024 de axudas destinadas a investimentos en equipos colectivos de protección contra xeadas.</t>
+  </si>
+  <si>
+    <t>2024-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764435</t>
+  </si>
+  <si>
+    <t>Orde do 30 de maio de 2024 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas destinadas a promover a cría e a inscrición de exemplares de raza pura de Castela e León nos libros xenealóxicos.</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764801</t>
+  </si>
+  <si>
+    <t>Orde do 20 de agosto de 2024, do Ministerio de Cultura, Turismo e Deporte, pola que se convocan subvencións para proxectos de eficiencia enerxética e economía circular de empresas turísticas, financiadas con fondos europeos Next Generation-EU MRR.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781223</t>
+  </si>
+  <si>
+    <t>Orde do 8 de maio de 2024, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convoca a incorporación dos titulares de explotacións agrarias ás intervencións de desenvolvemento rural ambiental e climático</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762548</t>
+  </si>
+  <si>
+    <t>Orde do 12 de decembro de 2025 do Ministerio de Economía e Facenda pola que se convoca para o ano 2026 unha axuda para desenvolver e mellorar as capacidades de investigación e innovación do tecido empresarial a través da AAEEII de CyL</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Orde do 25 de xaneiro de 2024, do Ministerio de Industria, Comercio e Emprego, pola que se convocan subvencións destinadas a financiar os custos salariais dos traballadores con discapacidade en centros especiais de emprego para o ano 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741343</t>
+  </si>
+  <si>
+    <t>Orde do 7 de maio de 2024, do Ministerio de Industria, Comercio e Emprego, pola que se anuncian subvencións destinadas á modernización, dixitalización e mellora da xestión comercial en Castela e León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752127</t>
+  </si>
+  <si>
+    <t>Acordo do 25 de abril de 2024, da Junta de Castela e León, polo que se autoriza a concesión directa de subvencións ás Agrupacións Empresariais Innovadoras de Castela e León VITARTIS e CYLSOLAR.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758759</t>
+  </si>
+  <si>
+    <t>Orde do 5 de abril de 2024, do Ministerio de Industria, Comercio e Emprego, pola que se convocan subvencións públicas para o ano 2024 destinadas á realización de accións que contribúan ao benestar laboral nos centros de traballo de Castela e León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758785</t>
+  </si>
+  <si>
+    <t>Orde do 3 de maio de 2024, do Ministerio de Industria, Comercio e Emprego, pola que se anuncian as subvencións para o ano 2024 no marco do programa de apoio á creación e ao emprego de cooperativas e sociedades laborais. PROGRAMA I.- INCORPORACIÓN de SOCIOS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759362</t>
+  </si>
+  <si>
+    <t>Orde do 6 de maio de 2024, da Consellería de Industria, Comercio e Emprego, pola que se convocan subvencións destinadas á modernización das empresas artesanais de Castela e León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759383</t>
+  </si>
+  <si>
+    <t>Orde do 11 de xullo de 2024, da Consellería de Industria, Comercio e Emprego, pola que se anuncian subvencións para a organización de feiras comerciais en Castela e León</t>
+  </si>
+  <si>
+    <t>2027-07-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774370</t>
+  </si>
+  <si>
+    <t>Orde do 23 de decembro de 2024, do Ministerio de Industria, Comercio e Emprego, pola que se convocan subvencións destinadas á reactivación do comercio minorista de proximidade en Castela e León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805078</t>
+  </si>
+  <si>
+    <t>Orde do 23 de decembro de 2024, do Ministerio de Industria, Comercio e Emprego, pola que se convocan subvencións destinadas a impulsar o sector comercial de Castela e León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805080</t>
+  </si>
+  <si>
+    <t>Orde do 7 de maio de 2025, do Ministerio de Industria, Comercio e Emprego, pola que se anuncian as subvencións para o ano 2025 do programa de apoio á creación e ao emprego en cooperativas e sociedades laborais. Programa II.- Investimentos</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Orde do 19 de xuño de 2025, da Consellería de Industria, Comercio e Emprego, pola que se anuncian subvencións para promover a planificación da sucesión no traballo autónomo en Castela e León (Relevacyl Autoempleo). Ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Orde do 19 de xuño de 2025, da C. de Industria, Comercio e Emprego, pola que se convocan subvencións para promover o espírito emprendedor para garantir a renovación produtiva a través das organizacións representativas de autónomos e da economía social.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Orde MAV/625/2025, do 12 de xuño, pola que se aproban as bases reguladoras e se convocan subvencións para a dixitalización de empresas de primeira transformación de madeira e outros produtos da madeira (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Orde MAV/624/2025, do 12 de xuño, pola que se aproba o marco regulador e se convocan subvencións para proxectos de emprendemento dixital e startups forestais en Castela e León (fondos RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Orde do 30 de maio de 2023 do Ministerio de Mobilidade e Transformación Dixital pola que se anuncian subvencións para a modernización das empresas de transporte de viaxeiros e mercadorías, no marco do PRTR – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699699</t>
+  </si>
+  <si>
+    <t>Orde MTD/879/2024, do 6 de setembro, pola que se modifica a Orde MTD/683/2023, do 23 de maio, pola que se aproban as bases reguladoras e se aproba a segunda convocatoria de axudas para a emisión de bonos dixitais colectivos vulnerables en Castela e León financiados pola UE (NextGen) MRR</t>
+  </si>
+  <si>
+    <t>2024-09-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784696</t>
+  </si>
+  <si>
+    <t>Orde do 3 de maio de 2024, do Ministerio de Industria, Comercio e Emprego, pola que se anuncian as subvencións para o ano 2024 no marco do programa de apoio á creación e ao emprego de empresas en cooperativas e sociedades laborais. PROGRAMA II.- INVESTIMENTOS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761574</t>
+  </si>
+  <si>
+    <t>Subvencións destinadas a promover o autoemprego en Tierra de Campos. Agrícola de minimis. Reg.(UE)1408/2013. Resolución do 22/11/2024 do Presidente do Comité Executivo de Ancoraxe de FAFECYL.</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798637</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para proxectos PRODUTIVOS da medida 7119.2 LEADER do PLAN ESTRATÉXICO da POLÍTICA AGRÍCOLA COMÚN 2023-2027 EN CYL para ser xestionados pola ASOCIACIÓN GAL DE DESENVOLVEMENTO RURAL INTEGRAL RIBERA DEL DUERO BURGALESA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774615</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para proxectos NON PRODUTIVOS da medida 7119.2 Líder do plan estratéxico da política agrícola común 2023-2027 en CYL que será xestionado pola Asociación GAL para o desenvolvemento rural e integral Ribera del Duero burgalesa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774666</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes de subvencións para o financiamento de proxectos no marco da Intervención 7119 LEADER do Plan Estratéxico Nacional da Política Agrícola Común (PEPAC) 2023-2027 de España, baseado na Estratexia de Desenvolvemento do Grupo AGALSA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779251</t>
+  </si>
+  <si>
+    <t>Axudas públicas para solicitudes ao abeiro da medida 7119.3 LEADER do Plan Estratéxico da Política Agrícola Común 2023-2027 de Castela e León, xestionado polo Grupo de Acción Local Segovia Sur</t>
+  </si>
+  <si>
+    <t>2029-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780572</t>
+  </si>
+  <si>
+    <t>Axudas públicas para solicitudes ao abeiro da medida 7119.4 LEADER do Plan Estratéxico da Política Agrícola Común 2023-2027 de Castela e León, xestionado polo Grupo de Acción Local Segovia Sur</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780621</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvencións para financiar proxectos no marco da Intervención 7119 LEADER do Plan Estratéxico Nacional da Política Agrícola Común (PEPAC) 2023-2027 de España, baseado na Estratexia de Desenvolvemento da Asociación GAL M</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784760</t>
+  </si>
+  <si>
+    <t>Resolución do 25 de setembro de 2023 do presidente do Servizo Público de Emprego de Castela e León, pola que se convocan subvencións para o programa de formación de traballadores ocupados en empresas de sectores agroalimentarios estratéxicos 2023-2024.</t>
+  </si>
+  <si>
+    <t>2023-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720186</t>
+  </si>
+  <si>
+    <t>Apoio a proxectos de investigación científica e transferencia de tecnoloxía, cofinanciados polo FEDER (2025-2029)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Subvencións destinadas a financiar o programa de formación personalizada en empresas con dobre natureza para o ano 2024. Empresas agrícolas. Reg. (UE) 1408/2013. Resolución do 15/05/2024 do Presidente do Comité Executivo de Formación para o Emprego de FAFECYL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761278</t>
+  </si>
+  <si>
+    <t>Resolución, do 10/05/2024, da DX de Agricultura e Gandería, pola que se convocan axudas para mellorar as condicións de produción e comercialización do mel en Castela-A Mancha, para a campaña apícola de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761790</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se establecen disposicións para a aplicación de intervencións en forma de pagamentos directos financiados polo Fondo Europeo Agrícola (FEAGA), a solicitude única e</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811967</t>
+  </si>
+  <si>
+    <t>Resolución, do 08/04/2025, da Dirección Xeral de Agricultura e Gandería, pola que se realiza a convocatoria de axudas da Intervención Sectorial Apícola no marco do Plan Estratéxico da Política Agrícola Común de Castela-A Mancha, para o</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Resolución do 11/12/2025, da DX de Agricultura e Gandería, pola que se convocan as axudas da Intervención 6505.2 Actividades de conservación, uso e desenvolvemento sostible dos recursos xenéticos gandeiros en Castela-A Mancha no ano 2025</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Resolución do 07/01/2026 da Dirección Xeral de Agricultura e Gandería, pola que se convoca no ano 2026 as axudas para as solicitudes de reestruturación e conversión de viñedos en Castela-A Mancha no marco da Intervención S</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>Orde do 28 de xaneiro, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se establecen disposicións para a aplicación de intervencións en forma de pagamentos directos financiados polo Fondo Europeo Agrícola (FEAGA), a aplicación</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/884030</t>
+  </si>
+  <si>
+    <t>Orde xx/2024, do 14 de febreiro, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se regula a obriga de retirar os subprodutos da viticultura e se especifican as bases reguladoras das axudas á destilación de subprodutos.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744233</t>
+  </si>
+  <si>
+    <t>Resolución do 21/11/2024, da Dirección Xeral de Produción Agroalimentaria e Cooperativas, pola que se convocan as axudas para promover, en réxime de concorrencia competitiva, polo procedemento de tramitación anticipada, para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Resolución do 22/11/2024, da Dirección Xeral de Produción Agroalimentaria e Cooperativas, pola que se convocan as axudas á cooperación para a información e promoción das relacións públicas, polo procedemento de tramitación anticipada, para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Orde do 24/02/2023, do Ministerio de Agricultura, Auga e Desenvolvemento Rural, pola que se establecen as bases reguladoras para a concesión de axudas para a modernización e transformación dos sistemas de rega no ámbito territorial de Castela-A Mancha</t>
+  </si>
+  <si>
+    <t>2024-03-02</t>
+  </si>
+  <si>
+    <t>2024-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/678726</t>
+  </si>
+  <si>
+    <t>Resolución, do 16/05/2024, da Dirección Xeral de Agricultura e Gandería, pola que se convoca polo procedemento de tramitación anticipada, no ano 2024, da prórroga de compromisos da incorporación no ano 2023 ás axudas incluídas no</t>
+  </si>
+  <si>
+    <t>2024-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/748843</t>
+  </si>
+  <si>
+    <t>Resolución do 12/03/2024, axudas para mellorar e/ou modernizar explotacións agrícolas e gandeiras no marco da intervención 6841.2 para mozos que soliciten simultaneamente axudas na intervención 6961.1 do Plan Estratéxico da PAC 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761037</t>
+  </si>
+  <si>
+    <t>Resolución do 17/12/2024, da Dirección Xeral de Desenvolvemento Rural, pola que se convocan para o ano 2025, polo procedemento de tramitación anticipada, as axudas para o establecemento de persoas mozas na agricultura e os investimentos para a mellora.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Resolución, do 14/05/2024, da Viceconsellería de Política Agrícola Común e Política Agroambiental, pola que se convocan axudas para a realización de actividades de formación das submedidas no ano 2024, polo procedemento de tramitación anticipada</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758057</t>
+  </si>
+  <si>
+    <t>Orde de bases para subvencións para accións formativas en competencias dixitais, dirixidas preferentemente a mulleres do ámbito rural, Plan Nacional de Competencias Dixitais, do PRTR, financiado pola UE -Next Generation EU-, e convocatoria 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>ORDE DO MINISTERIO DE DESENVOLVEMENTO SOSTIBLE, POLA QUE SE ESTABLECEN AS BASES REGULADORAS DAS AXUDAS PARA PROMOVER A CREACIÓN DE AGRUPACIÓNS DE PROPIETARIOS FORESTAIS PRIVADOS PARA A SÚA XESTIÓN CONXUNTA NO MARCO DO PLAN DE RECUPERACIÓN,</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853699</t>
+  </si>
+  <si>
+    <t>Decreto 44/2024, do 27 de agosto, polo que se regula a concesión directa de subvencións para a contratación de persoas mozas no marco do Programa O Meu Primeiro Emprego, cofinanciado polo Fondo Social Europeo Plus. REG (UE) 1408/2013 Agric.</t>
+  </si>
+  <si>
+    <t>2024-08-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782618</t>
+  </si>
+  <si>
+    <t>Resolución do 25 de abril de 2024 pola que se aproba a convocatoria de subvencións para a realización de proxectos de formación profesional e emprego dentro da empresa (Liña Sectorial 5), para o ano 2024. REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754248</t>
+  </si>
+  <si>
+    <t>Resolución do 05/03/2024, do Ministerio de Fomento, pola que se convocan axudas para actuacións de rehabilitación enerxética en vivendas e en edificios residenciais existentes, en execución do programa de rehabilitación enerxética de edificios e</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747678</t>
+  </si>
+  <si>
+    <t>Resolución do 23/12/2025, da Dirección Xeral de Desenvolvemento Rural, pola que se conceden as axudas para o establecemento de mozos na agricultura e os investimentos para a mellora e/ou</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Resolución do 21/08/2024, da Dirección Xeral de Planificación Agraria, pola que se convocan as subvencións para o control da produción láctea en Castela-A Mancha para o ano 2024</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782028</t>
+  </si>
+  <si>
+    <t>Resolución da Dirección Xeral de Planificación Agraria, pola que se anuncia a convocatoria de axudas ás agrupacións de defensa sanitaria gandeira (ADSG) de Castela-A Mancha para o ano 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788064</t>
+  </si>
+  <si>
+    <t>Resolución do 18/12/2024, da Dirección Xeral de Planificación Agraria, pola que se convocan no ano 2025, mediante o procedemento de tramitación anticipada, as subvencións destinadas ao fomento das razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Resolución do 18/12/2024, da Dirección Xeral de Planificación Agraria, pola que se convocan subvencións para o control da produción láctea en Castela-A Mancha para o ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>ORDE DO MINISTERIO DE AGRICULTURA, GANDERÍA E DESENVOLVEMENTO RURAL, POLA QUE SE ESTABLECEN AS BASES REGULADORAS DAS AXUDAS EXCEPCIONAIS PARA MITIGAR AS REPERCUSIÓNS NAS EXPLOTACIÓNS GANDEIRAS AFECTADAS POLO SEROTIPO 3 DO VIRUS DA LINGUAXE</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833692</t>
+  </si>
+  <si>
+    <t>Resolución do 27/05/2025, da Dirección Xeral de Planificación Agraria, pola que se establece a convocatoria de axudas adicionais para a contratación de seguros agrarios en Castela-A Mancha incluídos no cuadraxésimo sexto Plan de Seguros Agrarios Combinados (Plan 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Resolución da Dirección Xeral de Planificación Agraria, pola que se convocan subvencións para o control da produción leiteira en Castela-A Mancha para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878072</t>
+  </si>
+  <si>
+    <t>Resolución do 30/05/2025, da Dirección Xeral de Produción Agroalimentaria e Cooperativas, pola que se convoca, en réxime de minimis, axudas en especie para a participación en grupo no posto que contratará a Consellería de Agricultura, Gandería e Desenvolvemento Rural para a asistencia á feira agroalimentaria Fruit Attraction 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>Resolución, do 18/11/2025, da Dirección Xeral de Produción Agroalimentaria e Cooperativas, pola que se convocan as axudas para promover a palangana, en réxime de concorrencia competitiva, polo procedemento de tramitación anticipada, para o ano 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Resolución do 16/12/2025, da Dirección Xeral de Produción Agroalimentaria e Cooperativas, pola que se convocan, en réxime de concorrencia competitiva, as axudas para a información e promoción de produtos agrícolas e alimentarios para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Orde xx/2024, do 26 de marzo, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se establecen as bases reguladoras para a concesión directa de axudas adicionais para a contratación de seguros agrarios en Castela-A Mancha.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750760</t>
+  </si>
+  <si>
+    <t>Resolución do 22/04/2025, da Secretaría Xeral, pola que se convoca, en réxime de concorrencia competitiva, para o ano 2025, axudas a organizacións profesionais agrarias e entidades asociativas sen ánimo de lucro, para</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Convocatoria de 20 bolsas para a matrícula no curso de verán 2025 do Vicerreitoría de Cultura, Deporte e Compromiso Social da UCLM "Emprendemento no sector veterinario e agrario: oportunidades e retos" CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Resolución do 04/08/2025, da Subconsellería de Política Agrícola Común e Política Agroambiental, pola que se convocan axudas, no réxime de minimis, para a posesión e mantemento de cans mastíns para a defensa e garda das vacas ovinas e caprinas</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>ACORDO DE COLABORACIÓN ENTRE COOPERATIVAS AGROALIMENTARIAS DE CASTELA-A MANCHA E IPEX PARA A SÚA INTERNACIONALIZACIÓN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754692</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvencións para proxectos que promovan o impacto social do coñecemento das universidades e outros axentes do sistema de investigación, desenvolvemento e innovación de Cataluña.</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803508</t>
+  </si>
+  <si>
+    <t>Subvencións para a investigación e recuperación de solos da súa propiedade que estean afectados por evidencias de contaminación localizada ou por vertidos de residuos industriais de causa descoñecida.</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795186</t>
+  </si>
+  <si>
+    <t>Subvencións para proxectos de innovación tecnolóxica Verde 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775650</t>
+  </si>
+  <si>
+    <t>Subvencións para vales de competitividade empresarial: Innovación 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Resolución da Viceconsellería de Medio Ambiente pola que se anuncian subvencións para investimentos en tecnoloxías forestais e na transformación, mobilización e comercialización de produtos forestais no marco do Programa de Desenvolvemento Rural de Ca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757703</t>
+  </si>
+  <si>
+    <t>Axudas para as liñas do plan de seguros agrarios (agroseguro)</t>
+  </si>
+  <si>
+    <t>2023-12-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730188</t>
+  </si>
+  <si>
+    <t>Axudas directas á agricultura e á gandería e outros réximes de axudas para a campaña de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745863</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN pola que se abre a convocatoria de solicitudes de subvencións no ámbito do comercio e os servizos para o ano 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759066</t>
+  </si>
+  <si>
+    <t>Axudas para as liñas do Plan de Seguros Agrarios (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759101</t>
+  </si>
+  <si>
+    <t>Axudas de minimis para as explotacións de arroz que utilicen sementes certificadas para 2024</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776445</t>
+  </si>
+  <si>
+    <t>Axudas de minimis para o fomento das exportacións das industrias agroalimentarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777902</t>
+  </si>
+  <si>
+    <t>Axudas para a conservación de recursos xenéticos agrícolas dirixidas a entidades de conservación, no marco do Plan Estratéxico da PAC 2023-2027 correspondente a 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778767</t>
+  </si>
+  <si>
+    <t>Axudas para investimentos en instalacións e infraestruturas de elaboración de viño e comercialización 2024-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786168</t>
+  </si>
+  <si>
+    <t>Axudas para a transformación das cooperativas agroalimentarias catalás e o fomento da competitividade e a sustentabilidade ambiental, social e económica (IMPULS.COOP) correspondentes a 2025, 2026 e 2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Axudas para o sector agrícola no ámbito da sanidade vexetal 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Axudas destinadas ás explotacións agrícolas en resposta ao empeoramento das condicións do sector primario como consecuencia do conflito armado en Ucraína e da seca ata 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793947</t>
+  </si>
+  <si>
+    <t>Axudas para fomentar a investigación aplicada no ámbito da produción agroalimentaria ecolóxica</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796155</t>
+  </si>
+  <si>
+    <t>Axudas ás Liñas do Plan de Seguros Agrarios (Agroseguro)</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791673</t>
+  </si>
+  <si>
+    <t>Axudas para o impulso da transformación do sistema agroalimentario catalán aliñadas co Plan Estratéxico Alimentario de Cataluña 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801726</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801729</t>
+  </si>
+  <si>
+    <t>Axudas de minimis ao sector agrícola para promover a transformación do sistema agroalimentario catalán aliñadas co Plan Estratéxico Alimentario de Cataluña 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801733</t>
+  </si>
+  <si>
+    <t>Axudas de minimis para promover a transformación do sistema agroalimentario catalán aliñadas co Plan Estratéxico Alimentario de Cataluña 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801742</t>
+  </si>
+  <si>
+    <t>Axudas de minimis do sector de interese económico xeral para promover a transformación do sistema agroalimentario catalán aliñadas co Plan Estratéxico Alimentario de Cataluña 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801747</t>
+  </si>
+  <si>
+    <t>Axudas de minimis para a promoción e comercialización das vendas locais en Cataluña</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>2025-01-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805707</t>
+  </si>
+  <si>
+    <t>Axudas para o desenvolvemento e validación de tratamentos innovadores na xestión de estercos gandeiros correspondentes a 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Axustes de minimis á diversificación agrícola asociados ao contrato global de explotación no marco do PDR en Cataluña 2023-2027 para calquera ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Axudas para a mellora dos procesos de transformación e comercialización de produtos agroalimentarios correspondentes ao ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>Axudas para investimentos en instalacións de transformación e comercialización de viño 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828263</t>
+  </si>
+  <si>
+    <t>Axudas para a promoción de accións das agrupacións de defensa forestal (ADF) para o ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Axudas para a conservación de recursos xenéticos agrícolas dirixidas a entidades de conservación, no marco do plan estratéxico da PAC 2023-2027 correspondente a 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Axudas para o sector agrícola no ámbito da sanidade vexetal 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871077</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871093</t>
+  </si>
+  <si>
+    <t>Axudas ás entidades locais para a redacción do plan de delimitación e/ou do plan de prevención de incendios forestais</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871847</t>
+  </si>
+  <si>
+    <t>2023-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872116</t>
+  </si>
+  <si>
+    <t>Axudas para as liñas do Plan de Seguros Agrarios 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Axudas á liña de financiamento para actuacións de mellora do aforro enerxético en instalacións e equipamentos e para proxectos de economía circular en establecementos que prestan servizos de aloxamento turístico en Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795193</t>
+  </si>
+  <si>
+    <t>Premio ao mellor novo artesán alimentario innovador do ano 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757572</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvencións para a programación de espectáculos de artes vivas e actividades profesionais de artes visuais en eventos de interese agroturístico</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808974</t>
+  </si>
+  <si>
+    <t>Resolución EMT//2024, de, pola que se abre a convocatoria anticipada para o ano 2025 para a concesión de subvencións para fomentar a contratación con formación no marco das campañas agrícolas en Lleida (SOC - CAMPAÑA AGRÍCOLA EN</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Incentivos ao emprego Programa PICE Cámara de Comercio de Ceuta 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774418</t>
+  </si>
+  <si>
+    <t>BASES REGULADORAS PARA A CONCESIÓN DE SUBVENCIÓNS DESTINATAS AO FINANCIAMENTO DE PROXECTOS DE EFICIENCIA ENERXÉTICA E ECONOMÍA CIRCULAR EN EMPRESAS TURÍSTICAS DA CIDADE AUTÓNOMA DE CEUTA, NO MARCO DO PLAN DE RECUPERACIÓN, TRANSFORMACIÓN E RESILIENCIA.</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832110</t>
+  </si>
+  <si>
+    <t>Transición enerxética das oficinas rexionais da Fase II</t>
+  </si>
+  <si>
+    <t>Melilla</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751845</t>
+  </si>
+  <si>
+    <t>CONVENIO DE COLABORACIÓN ENTRE O CONCELLO DE MELILLA E A FUNDACIÓN INSTITUTO CAMERAL PARA A CREACIÓN E DESARROLLO DE LA EMPRESA (INCYDE), PARA O DESENVOLVEMENTO DE TRES PROGRAMAS DE FORMACIÓN E APOIO DENTRO DO PROXECTO “EMPRENde Y AVANZA”.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751876</t>
+  </si>
+  <si>
+    <t>Decreto do 10 de setembro de 2024, do Delegado da Área de Goberno de Economía, Innovación e Facenda, polo que se aproba a convocatoria pública para a concesión de subvencións ás persoas afiliadas ao réxime especial de traballadores autónomos</t>
+  </si>
+  <si>
+    <t>2024-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784903</t>
+  </si>
+  <si>
+    <t>Axudas complementarias á renda para agricultores novos 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882796</t>
+  </si>
+  <si>
+    <t>Premios Comunidade de Madrid a startups de solucións dixitais 2024</t>
+  </si>
+  <si>
+    <t>2024-11-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790165</t>
+  </si>
+  <si>
+    <t>Axudas a concellos da Comunidade de Madrid para o desenvolvemento de actividades de promoción comercial e feiral 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Programa de eficiencia enerxética para pemes e grandes empresas do sector industrial</t>
+  </si>
+  <si>
+    <t>2023-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694708</t>
+  </si>
+  <si>
+    <t>Axudas complementarias para seguros agrarios en Madrid, pólizas do 01/01/24 ao 31/10/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733074</t>
+  </si>
+  <si>
+    <t>CONVENIO DE COLABORACIÓN ENTRE A CIDADE DE MELILLA E A FUNDACIÓN INSTITUTO CAMARA PARA A CREACIÓN E DESENVOLVEMENTO DA EMPRESA (INCYDE), PARA O DESENVOLVEMENTO DE TRES PROGRAMAS DE FORMACIÓN E APOIO DENTRO DO PROXECTO "REACTIVA O TEU FUTURO".</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749903</t>
+  </si>
+  <si>
+    <t>AXUDA AO COMITÉ DE AGRICULTURA ECOLÓXICA 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755377</t>
+  </si>
+  <si>
+    <t>Axudas para investimentos con obxectivos ambientais na industria agroalimentaria. De minimis</t>
+  </si>
+  <si>
+    <t>2024-08-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778390</t>
+  </si>
+  <si>
+    <t>Axudas para a produción e comercialización de mel ano 2024 FEAGA</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778690</t>
+  </si>
+  <si>
+    <t>Axudas para investimentos con obxectivos ambientais na industria agroalimentaria, cofinanciadas por FEADESR e AGE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778691</t>
+  </si>
+  <si>
+    <t>AXUDAS PARA GRUPOS DE TRATAMENTO INTEGRADO NA AGRICULTURA (ATRIAS) 2024</t>
+  </si>
+  <si>
+    <t>2024-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797854</t>
+  </si>
+  <si>
+    <t>Axudas complementarias para seguros agrarios en Madrid. Pólizas do 01/11/24 ao 31/12/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798585</t>
+  </si>
+  <si>
+    <t>Axudas complementarias para seguros agrarios en Madrid. Pólizas do 01/01/25 ao 31/12/25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798586</t>
+  </si>
+  <si>
+    <t>Axudas para Grupos de Defensa da Sanidade Pecuaria - LIÑA A</t>
+  </si>
+  <si>
+    <t>2024-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799155</t>
+  </si>
+  <si>
+    <t>Axudas para Grupos de Defensa da Sanidade Pecuaria - LIÑA B</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799156</t>
+  </si>
+  <si>
+    <t>Axudas para Grupos de Tratamento Integrado na Agricultura (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Axudas complementarias á renda para agricultores novos 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Axudas para os agricultores de certos cultivos con dificultades na tempada de 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>AXUDAS PARA ORGANIZACIÓNS PROFESIONAIS AGRÍCOLAS E UNIÓN DE COOPERATIVAS AGRÍCOLAS (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AXUDAS PARA COOPERATIVAS AGRÍCOLAS (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Axudas para a promoción de investimentos na transformación da produción agrícola e outros investimentos mínimos</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822389</t>
+  </si>
+  <si>
+    <t>Axudas para o fomento de investimentos na transformación da produción agrícola por parte de entidades asociativas. De minimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822390</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822575</t>
+  </si>
+  <si>
+    <t>Axudas para o fomento de investimentos na transformación de produtos agrícolas. Entidades asociadas</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822604</t>
+  </si>
+  <si>
+    <t>Resolución da Dirección da Fundación de Biodiversidade pola que se publica a convocatoria de subvencións para a realización de proxectos que contribúan á mellora ambiental no ámbito agrícola e forestal, e á contribución ao desenvolvemento territorial sostible en Doñana.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803854</t>
+  </si>
+  <si>
+    <t>Resolución da Dirección da Fundación Biodiversidade, pola que se aproba a publicación dunha convocatoria de subvencións, para apoiar proxectos aprobados no marco do programa LIFE no ámbito da biodiversidade e promoción da dixitalización.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804448</t>
+  </si>
+  <si>
+    <t>Subvencións para seguros agrícolas, gandeiros e forestais incluídas no 47º Plan de Seguros Agrarios Combinados</t>
+  </si>
+  <si>
+    <t>2027-07-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886334</t>
+  </si>
+  <si>
+    <t>Liña de financiamento "ICO Growth Exporters" - Agricultura De Minimis</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-07-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886390</t>
+  </si>
+  <si>
+    <t>Resolución do 5 de febreiro de 2026, da Presidencia do IVACE, pola que se anuncia a convocatoria de subvencións a empresas para proxectos de I+D para o ano 2026, con financiamento da UE a través do FEDER.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885694</t>
+  </si>
+  <si>
+    <t>Orde do 29 de decembro de 2025 pola que se establecen as bases reguladoras do Programa Galicia Suma Talento: Emprégate de incentivos á contratación en empresas ordinarias e se procede á súa convocatoria para o ano 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885613</t>
+  </si>
+  <si>
+    <t>Orde do 29 de decembro de 2025 pola que se establecen as bases reguladoras para a concesión de subvencións públicas, destinadas ao financiamento do Programa Investigo, para a contratación de mozos demandantes de emprego</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885618</t>
+  </si>
+  <si>
+    <t>Orde do 30 de decembro de 2025 pola que se establece o marco regulador do programa de incentivos para empresas cualificadas como iniciativas de emprego de base tecnolóxica (IEBT) e se anuncia a súa convocatoria para o ano 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885416</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885510</t>
+  </si>
+  <si>
+    <t>Convocatoria derivada das bases reguladoras das axudas para o apoio á actividade científica dos grupos de investigación de Cataluña (SGR-Cat 2025)</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885631</t>
+  </si>
+  <si>
+    <t>Resolución do 10/02/2026 da Dirección Xeral de Produción Agroalimentaria e Cooperativas, pola que se convocan axudas para a asistencia á feira agroalimentaria World Olive Oil Exhibition (WOOE) para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886495</t>
+  </si>
+  <si>
+    <t>Orde do 4 de febreiro de 2026 da CMAV e OT pola que se convoca a prima compensatoria para o ano 2026, cofinanciada polo Feader no marco do PEPAC España 2023-2027, para expedientes de forestación de terras agrícolas (1993-1999, 2000-2006 e 2007-2013)</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887418</t>
+  </si>
+  <si>
+    <t>Resolución do 30 de decembro de 2025 pola que se establecen fondos para investimentos en tecnoloxías forestais, procesamento, mobilización e comercialización de produtos forestais</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887954</t>
+  </si>
+  <si>
+    <t>Pagamentos directos á agricultura 2023/2027</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888025</t>
+  </si>
+  <si>
+    <t>Axudas aos gandeiros de ovellas e cabras sen pastos</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888029</t>
+  </si>
+  <si>
+    <t>Axudas para gandeiros extensivos de vacas nodrizas</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888038</t>
+  </si>
+  <si>
+    <t>Axudas para os gandeiros de ovellas e cabras para a carne</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888040</t>
+  </si>
+  <si>
+    <t>Axudas para os produtores de leite</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888045</t>
+  </si>
+  <si>
+    <t>Axudas para gandeiros de ovellas e cabras leiteiras</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888058</t>
+  </si>
+  <si>
+    <t>ORDE do 13 de febreiro de 2026, pola que se regula a aplicación de dous pagamentos directos á agricultura e á gandería e as axudas ao desenvolvemento rural suxeitas ao sistema integrado de xestión e control (códigos de procedemento MR250A, MR239G, MR239K, MR2)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888126</t>
+  </si>
+  <si>
+    <t>Axudas de 2026: enfoque LEADER para investimentos na transformación e comercialización de produtos agrícolas. SEN axudas estatais. (Entrevista, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADISMONTA</t>
+  </si>
+  <si>
+    <t>2026-05-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888167</t>
+  </si>
+  <si>
+    <t>Axudas de 2026: Enfoque Leader para investimentos na transformación e comercialización de produtos agrícolas. Axudas estatais (Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2026-05-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888474</t>
+  </si>
+  <si>
+    <t>RESOLUCIÓN do 19 de febreiro de 2026, do director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se aproba a convocatoria de axudas para a reestruturación e conversión de viñedos na Comunidade Valenciana para operacións que finalicen</t>
+  </si>
+  <si>
+    <t>2026-04-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888572</t>
+  </si>
+  <si>
+    <t>Axudas para cubrir o prezo do gasóleo consumido polos produtores agrícolas, artigos 24 a 27 do Real Decreto-Lei 20/2022. Ano 2025</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2029-04-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888922</t>
+  </si>
+  <si>
+    <t>Orde da Consellería de Augas, Agricultura, Gandería e Pesca pola que se aproba a convocatoria de axudas para a reestruturación e reconversión de viñedos na Rexión de Murcia, para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888969</t>
+  </si>
+  <si>
+    <t>Resolución do 20/02/2026 da Dirección Xeral de Planificación Agraria, pola que se convocan axudas para a prestación de servizos de asesoramento en xestión integrada de pragas por parte da Ag, polo procedemento de tramitación anticipada, por parte da Ag</t>
+  </si>
+  <si>
+    <t>2026-03-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889012</t>
+  </si>
+  <si>
+    <t>Bases reguladoras e convocatoria de subvencións para a subscrición de seguros agrarios incluídos no Plan de Seguros Combinados de 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890287</t>
+  </si>
+  <si>
+    <t>Reforzo do Programa de Garantías para as PEME Ano 2026 MRR Reg. (UE) 2023/2831 de minimis, Xeral</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890292</t>
+  </si>
+  <si>
+    <t>Reforzo do Programa de Garantías para PEME 2026 MRR Regulamento (UE) 651/2014 SA.112149</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890304</t>
+  </si>
+  <si>
+    <t>Reforzo do Programa de Garantías para as PEME 2026 REG (UE) 1408/2013 de minimis, Agrícola</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890274</t>
+  </si>
+  <si>
+    <t>Reforzo do Programa de Garantías para as PEME 2026 REG (UE) 1408/2013 de minimis, Mecanismo Agrícola de Recuperación e Resiliencia (RRF)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890279</t>
+  </si>
+  <si>
+    <t>Reforzo do Programa de Garantías para as PEME Ano 2026 REG (UE) 2023/2831 de minimis, Xeral</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890291</t>
+  </si>
+  <si>
+    <t>Reforzo do Programa de Garantías para as PEME 2026 Regulamento (UE) 651/2014 SA.112149</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890300</t>
+  </si>
+  <si>
+    <t>Convocatoria de subvencións para mellorar a competitividade das pemes no sector do comercio a partir de 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890314</t>
+  </si>
+  <si>
+    <t>Orde do Vicepresidente e Ministro da Presidencia, Economía e Xustiza do Goberno de Aragón, pola que se convocan axudas para pequenas e medianas empresas para accións de dixitalización</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890710</t>
+  </si>
+  <si>
+    <t>Subvencións a entidades asociativas do sector agrícola e alimentario, para a realización de actividades específicas de especial interese para o sector agroalimentario español, así como a súa integración en entidades de ámbito europeo</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>2026-03-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890368</t>
+  </si>
+  <si>
+    <t>Axudas de 2026: enfoque LEADER para investimentos na transformación e comercialización de produtos agrícolas. SEN axudas estatais. (Entrevista, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>2026-06-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891006</t>
+  </si>
+  <si>
+    <t>Enfoque de Aid Leader de 2026 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891007</t>
+  </si>
+  <si>
+    <t>Orde do 28 de febreiro de 2026 do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan axudas para a vacinación contra a salmonela en galiñas poñedoras en Castela e León.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890367</t>
+  </si>
+  <si>
+    <t>Orde do Ministerio de Augas, Agricultura, Gandería e Pesca pola que se aproba a Convocatoria de Axudas para o Establecemento de Mozos Agricultores, no Marco do Plan Estratéxico da Política Agrícola Común, Período 2023-2027</t>
+  </si>
+  <si>
+    <t>2026-05-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891315</t>
+  </si>
+  <si>
+    <t>Axudas de 2026: enfoque LEADER para investimentos na transformación e comercialización de produtos agrícolas. SEN axudas estatais. (Entrevista, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL Zafra-Río Bodión</t>
+  </si>
+  <si>
+    <t>2026-06-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889842</t>
+  </si>
+  <si>
+    <t>Enfoque de Aid Leader de 2026 para investimentos na creación e desenvolvemento de empresas e actividades non agrícolas en zonas rurais (Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL Zafra-Río Bodión</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889844</t>
+  </si>
+  <si>
+    <t>Resolución da Dirección Xeral de Planificación Agraria pola que se anuncian, en réxime de concorrencia competitiva, para o ano 2026, axudas para compensar a perda de beneficios das explotacións gandeiras nas que se impuxo unha orde de sacrificio forzoso</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890551</t>
+  </si>
+  <si>
+    <t>Orde IND/8/2026, do 25 de febreiro, pola que se aproba a convocatoria de subvencións destinadas ao fomento do emprego e á mellora da competitividade nas cooperativas e sociedades laborais. Regulamento (UE) 1408/2013 sobre o De Minimis Agricola.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890199</t>
+  </si>
+  <si>
+    <t>Orde do 27 de febreiro de 2025, do Ministerio de Industria, Comercio e Emprego, pola que se anuncian subvencións para o financiamento de unidades de apoio á actividade profesional en centros especiais de emprego para o ano 2026</t>
+  </si>
+  <si>
+    <t>2026-08-03</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890312</t>
+  </si>
+  <si>
+    <t>Axudas de 2026: Enfoque Leader para investimentos na transformación e comercialización de produtos agrícolas. Axudas estatais (Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891005</t>
+  </si>
+  <si>
+    <t>Axudas 2026: Enfoque Leader para investimentos na transformación e comercialización de produtos agrícolas. Axudas estatais (Intervención 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL Zafra-Río Bodión</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889841</t>
+  </si>
+  <si>
+    <t>Axudas ás empresas de Navarra no marco do programa Europa+pechar en 2026</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>2026-10-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889671</t>
+  </si>
+  <si>
+    <t>Axudas ás organizacións sindicais de traballadores do sector agroalimentario para o desenvolvemento das súas actividades de colaboración e representación ante a Administración Xeral do Estado</t>
+  </si>
+  <si>
+    <t>2026-03-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890371</t>
+  </si>
+  <si>
+    <t>Axudas para accións de promoción do sector forestal privado</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890417</t>
+  </si>
+  <si>
+    <t>Axudas para a Mellora Enerxética de Edificios Destinados ao Servizo Público Municipal en Zonas Rurais para o ANO 2026</t>
+  </si>
+  <si>
+    <t>2026-04-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890870</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas a concellos para a construción de novas obras e mellora de infraestruturas agrícolas no ano 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890665</t>
+  </si>
+  <si>
+    <t>Extracto da Orde do 27 de febreiro de 2026 do Ministerio de Agricultura, Pesca e Alimentación pola que se anuncia o Premio "Alimentos de España Mellores Viños, ano 2026"</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890573</t>
+  </si>
+  <si>
+    <t>ORDE AGA/XXX/2026, de XX de xxxx, do Ministro de Agricultura, Gandería e Alimentación, pola que se convocan subvencións para a mellora da produción e comercialización de produtos apícolas, para o ano 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890670</t>
+  </si>
+  <si>
+    <t>Orde do 26 de febreiro de 2026 pola que se establecen as bases reguladoras das axudas destinadas a agricultores novos, no marco do Plan Estratéxico da Política Agrícola Común de España 2023-2027, cofinanciado polo Fondo Europeo</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891035</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes no ano 2024 para axudas a proxectos industriais do sector agroalimentario dentro do Proxecto Estratéxico para a Recuperación e Transformación Económica do Sector Agroalimentario, no marco do Plan de Recuperación, Transformación e Resiliencia.</t>
+  </si>
+  <si>
+    <t>2024-09-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781371</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓNS EN CONCURSO COMPETITIVO LIÑA A PARA O DESENVOLVEMENTO DE ACTIVIDADES DE INTERESE XERAL CONSIDERATAS DE INTERESE SOCIAL, NO ÁMBITO DA INVESTIGACIÓN CIENTÍFICA E TÉCNICA E DA PROTECCIÓN DO MEDIO AMBIENTE EN MATERIA DE COMPETENCIA ESTATAL. ANUALIDADE 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782254</t>
+  </si>
+  <si>
+    <t>Orde do 27 de abril de 2023, do Ministerio de Agricultura, Pesca e Alimentación, pola que se anuncian as subvencións do Real Decreto 388/2021, do 1 de xuño, destinadas á obtención de avais SAEC no sector agroalimentario e pesqueiro.</t>
+  </si>
+  <si>
+    <t>2023-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692318</t>
+  </si>
+  <si>
+    <t>Orde do 27 de abril de 2023, do Ministerio de Agricultura, Pesca e Alimentación, pola que se anuncian as subvencións establecidas polo Real Decreto 388/2021, do 1 de xuño, para a obtención de avais SAEC no sector agroalimentario e pesqueiro. Sector da industria agroalimentaria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692320</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692321</t>
+  </si>
+  <si>
+    <t>Subvencións para o seguro de acuicultura continental incluídas no réxime combinado de seguros agrícolas 44</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711773</t>
+  </si>
+  <si>
+    <t>Subvencións para seguros de acuicultura mariña incluídas no réxime combinado de seguros agrícolas 44</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711778</t>
+  </si>
+  <si>
+    <t>Orde do 15 de novembro de 2023, do mapa, pola que se convocan as subvencións do Real Decreto 388/2021, do 1 de xuño, para a obtención de avais SAEC no sector agroalimentario e pesqueiro.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727810</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727815</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727820</t>
+  </si>
+  <si>
+    <t>Subvencións para seguros agrícolas, gandeiros e forestais incluídas no 45º plan combinado de seguros agrícolas</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743600</t>
+  </si>
+  <si>
+    <t>CONVENIO DE COOPERACIÓN EDUCATIVA ENTRE A GENERALIDADE, A TRAVÉS DO MINISTERIO DE AGRICULTURA, GANDERÍA E PESCA E A UNIVERSIDADE DE ALACANTE, PARA A IMPLEMENTACIÓN DE PRÁCTICAS FORMATIVAS SUBVENCIONADAS DURANTE O ANO 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758161</t>
+  </si>
+  <si>
+    <t>Resolución do 14 de maio de 2024, do (FEGA), pola que se anuncian con antelación as subvencións para servizos de asesoramento de ámbito suprarrexional, destinadas ao sector agroalimentario e forestal, no marco do PEPAC.</t>
+  </si>
+  <si>
+    <t>2023-06-29</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760755</t>
+  </si>
+  <si>
+    <t>Orde do 29 de abril, pola que se convocan solicitudes para o exercicio 2024 para o programa Cultiva, relativo a estadías de formación para agricultores novos en explotacións modelo</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761477</t>
+  </si>
+  <si>
+    <t>Plan Nacional de Renovación da Frota de Maquinaria Agrícola (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Orde do 30 de outubro de 2024, do MAPA, pola que se convocan as subvencións do Real Decreto 388/2021, do 1 de xuño, destinadas á obtención de avais SAECA no sector agroalimentario e pesqueiro.</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>2027-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803358</t>
+  </si>
+  <si>
+    <t>Axudas extraordinarias para a renovación de maquinaria agrícola, aprobadas polo artigo 26 do Real Decreto-Lei 7/2024</t>
+  </si>
+  <si>
+    <t>2024-12-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805575</t>
+  </si>
+  <si>
+    <t>Orde do 26 de decembro de 2024, do MAPA, pola que se conceden as subvencións do artigo 6 do Real Decreto-lei 4/2022, do 15 de marzo, destinadas a subvencionar o principal dos créditos a titulares de explotacións agrarias (DANA 2024).</t>
+  </si>
+  <si>
+    <t>2026-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805586</t>
+  </si>
+  <si>
+    <t>Extracto da Orde do 13 de marzo de 2025 do Ministerio de Agricultura, Pesca e Alimentación pola que se anuncia o Premio "Alimentos de España aos Mellores Viños, ano 2025"</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extracto da Orde do 17 de marzo de 2025 do Ministerio de Agricultura, Pesca e Alimentación pola que se convoca o «Premio Alimentos de España á Mellor Bebida Espirituosa con Indicación Xeográfica, ano 2025»</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Extracto da Orde do 7 de abril de 2025 do Ministerio de Agricultura, Pesca e Alimentación, pola que se convoca o Premio "Alimentos de España aos Mellores Xamóns", ano 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Resolución do 25 de abril de 2025 do Fondo Español de Garantía Agraria (FEGA), pola que se convocan axudas para investimentos materiais ou inmateriais na transformación, comercialización ou desenvolvemento de produtos agroalimentarios PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Axudas para a preparación e execución de proxectos de innovación de interese xeral por parte de grupos operativos suprarrexionais da Asociación Europea para a Innovación na Produtividade e a Sostibilidade Agrícolas (EIP-Agri), no marco do Plan Estratéxico da PAC de España (PEPAC)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830482</t>
+  </si>
+  <si>
+    <t>Programas de formación multirrexionais 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
+  </si>
+  <si>
+    <t>Plan Nacional de Renovación da Frota de Maquinaria Agrícola (PLAN RENOVE) para o ano 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
   </si>
   <si>
     <t>2025-07-18</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...20 lines deleted...]
-    <t>Orde do 21 de xullo de 2025, da Consellería de Augas, Agricultura, Gandería e Pesca, pola que se aproba a convocatoria de axudas de intervención para o ano 2025 no sector apícola da Comunidade Autónoma da Rexión de Murcia.</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842490</t>
+  </si>
+  <si>
+    <t>Extracto da Orde do 3 de febreiro de 2025 do Ministerio de Agricultura, Pesca e Alimentación pola que se convoca o Premio “Alimentos de España, ano 2025”</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Resolución do 27 de marzo, pola que se convocan solicitudes para o exercicio 2025 para o programa Cultiva, relativo a estadías de formación para agricultores novos en explotacións modelo</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Extracto da Orde do 13 de xaneiro de 2026 do Ministerio de Agricultura, Pesca e Alimentación pola que se anuncia o Premio “Alimentos de España, ano 2026”</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881607</t>
+  </si>
+  <si>
+    <t>Resolución do 17 de novembro de 2025, do FEGA, pola que se convocan con antelación subvencións para a realización de proxectos de investigación aplicada no sector apícola e os seus produtos dentro do ISA, no marco do PEPAC.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Resolución do 16 de decembro de 2025, do FEGA, pola que se convocan con antelación as subvencións para servizos de asesoramento de ámbito suprarrexional no marco do PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>Axudas extraordinarias para compensar os danos ás infraestruturas produtivas das explotacións agrícolas afectadas pola tormenta DANA. Lista C.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>Axudas extraordinarias para compensar os danos ás infraestruturas produtivas das explotacións agrícolas afectadas pola tormenta DANA. Lista A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877136</t>
+  </si>
+  <si>
+    <t>Subvencións para seguros agrícolas, gandeiros e forestais incluídas no 46º Plan de Seguros Agrarios Combinados</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806457</t>
+  </si>
+  <si>
+    <t>Intervención agrícola innovadora no deserto para medios de vida resilientes (IDFRL)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711078</t>
+  </si>
+  <si>
+    <t>2023 Filipinas. Suministro de electricidade procedente de fontes renovables en Palawan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711192</t>
+  </si>
+  <si>
+    <t>Apoio a políticas públicas que creen emprego a través do emprendemento, a investigación e a innovación. Ser un emprendedor creativo, fase II</t>
+  </si>
+  <si>
+    <t>2023-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711343</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes de subvencións do Ministerio de Agricultura de Etiopía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720798</t>
+  </si>
+  <si>
+    <t>Resolución do 22 de maio de 2025 da Presidencia do Centro para o Desenvolvemento e a Innovación Tecnolóxica (EPE) (CDTI), pola que se aproba a convocatoria para o ano 2025 de axudas destinadas a proxectos de I+D en Misións de Ciencia e Innovación.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Orde do 24 de novembro de 2025 pola que se aproba a convocatoria de axudas para proxectos de colaboración público-privada para o ano 2025 (axudas para actividades non económicas de organismos de investigación).</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>Liña de garantías da ICO. Plan de resposta aos danos causados por depresións illadas a niveis elevados (DANA) - III -. Regulamento (UE) 2022/2472 Investimento agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802541</t>
+  </si>
+  <si>
+    <t>Liña de garantías da ICO Plan de resposta aos danos causados por depresión illada en niveis elevados (DANA) – IV - Regulamento (UE) 2022/2472 Catástrofe agrícola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802557</t>
+  </si>
+  <si>
+    <t>Liña de Garantías da ICO Plan de Resposta aos Danos Causados por Depresión Illada en Altos Niveis (DANA) - Regulamento (UE) 1408/2013 - Sector Agrícola De Minimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802590</t>
+  </si>
+  <si>
+    <t>"Primeiros Premios Nacionais a Experiencias Educativas que Promoven a Competencia Dixital do Estudante"</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836676</t>
+  </si>
+  <si>
+    <t>Non se devengan xuros de demora durante os primeiros 6 meses polos aprazamentos de pagamentos de débedas tributarias do artigo 8.2 do Real Decreto-Lei 6/2024. Agricultura. Ano 2024</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829172</t>
+  </si>
+  <si>
+    <t>Axudas para cubrir o prezo do gasóleo consumido polos produtores agrícolas, artigos 24 a 27 do Real Decreto-Lei 20/2022. Ano 2024</t>
+  </si>
+  <si>
+    <t>2028-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816995</t>
+  </si>
+  <si>
+    <t>Redución en 2024 da renda neta calculada polo método de estimación obxectiva no Imposto sobre a Renda das Persoas Físicas do artigo 11 do Real Decreto-Lei 7/2024. Agricultura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817145</t>
+  </si>
+  <si>
+    <t>Redución en 2024 da cota devengada por operacións correntes do réxime simplificado do Imposto sobre o Valor Engadido do artigo 11 do RD.lei 7/2024. Agricultura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817148</t>
+  </si>
+  <si>
+    <t>Reforzo do programa de garantías para as pemes agrícolas 2024 mrr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742466</t>
+  </si>
+  <si>
+    <t>LIÑA DIRECTA DE INNOVACIÓN VINCULADA AOS SECTORES AEROESPACIAL E SANITARIO DE VANGUARDIA, NO MARCO DO PLAN DE RECUPERACIÓN, TRANSFORMACIÓN E RESILIENCIA, FINANCIADO POLA UNIÓN EUROPEA “NEXT GENERATION EU”</t>
+  </si>
+  <si>
+    <t>2024-05-18</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761123</t>
+  </si>
+  <si>
+    <t>Convocatoria de propostas para subvencións destinadas a promover a innovación aberta a través da iniciativa "Activa Startups", no marco do Plan de Recuperación, Transformación e Resiliencia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787822</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes para o ano 2025 de axudas para apoiar grupos empresariais innovadores co fin de mellorar a súa competitividade e a súa contribución á autonomía estratéxica</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrario en Andalucía e Estremadura. Proxectos para a Xeración de Emprego Estable 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759307</t>
+  </si>
+  <si>
+    <t>SUBVENCIÓNS SEPE-CORPORACIÓNS LOCAIS 2024 do PROGRAMA DE PROMOCIÓN DO EMPREGO AGRÍCOLA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761338</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2024 para Proxectos de Garantía de Ingresos</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761339</t>
+  </si>
+  <si>
+    <t>Resolución do 30 de abril de 2024 da Fundación EOI, FSP, pola que se convocan axudas para impulsar o ecosistema emprendedor innovador nacional dentro do Programa de Impulso ao Ecosistema Emprendedor Innovador no marco do PRTR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762052</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2024 para Proxectos que Xeran Emprego Estable</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762465</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrario. Proxectos de Garantía de Renda 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762466</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrario en Andalucía e Estremadura 2024 (Cádiz) - Proxectos xeradores de emprego estable</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776966</t>
+  </si>
+  <si>
+    <t>ESTADO - CONSELLERÍA DE TRABALLO E ECONOMÍA SOCIAL - DIRECCIÓN PROVINCIAL DO SEPE DE CASTELLÓ/CASTELLÓN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827164</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrario 2025. Proxectos de Garantía de Ingresos</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2025 para Proxectos de Garantía de Ingresos</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2025 para Proxectos que Xeran Emprego Estable</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE SUBVENCIÓNS PARA A PROMOCIÓN DO EMPREGO AGRÍCOLA 2025 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>PROGRAMA PARA A PROMOCIÓN DO EMPREGO AGRÍCOLA EN ZONAS RURAIS DEPRIMIDAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833180</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2025 (Emprego Estable)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2025 (Garantía de Renda)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>Programa para a Promoción do Emprego Agrícola en Zonas Rurais Deprimidas 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>PROGRAMA PARA A PROMOCIÓN DO EMPREGO AGRÍCOLA EN ZONAS RURAIS DEPRIMIDAS (2025). SALAMANCA</t>
   </si>
   <si>
     <t>2025-07-27</t>
   </si>
   <si>
-    <t>2025-08-05</t>
-[...641 lines deleted...]
-    <t>2025-04-29</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>PROGRAMA PARA A PROMOCIÓN DO EMPREGO AGRÍCOLA XAÉN 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764318</t>
+  </si>
+  <si>
+    <t>PROGRAMA DE SUBVENCIÓNS PARA A PROMOCIÓN DO EMPREGO AGRÍCOLA CCE 2024 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763362</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrícola 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764051</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764127</t>
+  </si>
+  <si>
+    <t>Adenda á resolución do 28 de setembro de 2023, de ICEX España Exportación e Investimento, EPE, pola que se anuncia a convocatoria de subvencións para a participación en grupo na feira IWF 2024 - Atlanta (EUA) 6-9 de agosto de 2024</t>
+  </si>
+  <si>
+    <t>2023-09-29</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719422</t>
+  </si>
+  <si>
+    <t>Resolución do 23 de novembro de 2023 de ICEX España Exportación e Investimento, EPE, pola que se anuncia a convocatoria de subvencións para a participación en grupo na feira Kind &amp; Jugend 2024 - Colonia (Alemaña) 3-5 de setembro de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729256</t>
+  </si>
+  <si>
+    <t>Resolución do 25 de xaneiro de 2024 de ICEX España Exportación e Investimento, EPE, pola que se anuncia a convocatoria de subvencións para a participación en grupo en IDEOBAIN-INTERCLIMA 2024 París (Francia) do 30 de setembro de 2024 ao 3 de outubro de 2024</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741213</t>
+  </si>
+  <si>
+    <t>Resolución do 25 de xaneiro de 2024 de ICEX España Exportación e Investimento, EPE pola que se convoca a concesión de axudas para a participación en grupo na AMB (Exposición Internacional de Traballo Metalúrxico) de Stuttgart (Alemaña) do 10 ao 14 de setembro de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741219</t>
+  </si>
+  <si>
+    <t>Resolución do 25 de xaneiro de 2024 de ICEX España Exportación e Investimento, EPE, pola que se anuncia a convocatoria de subvencións para a participación en grupo na IMTS (Feira Internacional de Tecnoloxía da Fabricación) de Chicago, EUA, do 9 ao 14 de setembro de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741336</t>
+  </si>
+  <si>
+    <t>Resolución do 25 de xaneiro de 2024 de ICEX España Exportación e Investimento, EPE pola que se convoca a concesión de axudas para a participación en grupo na feira (Exposición Internacional de Tecnoloxía do Traballo da Chapa Metalíca) Hannover do 22 ao 25 de outubro de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741338</t>
+  </si>
+  <si>
+    <t>Resolución do 21 de marzo de 2024 de ICEX España Exportación e Investimento, EPE pola que se convoca a concesión de axudas para a Participación en Grupo na Feira AGRIEXPO - Lima (PERÚ) - 23 a 25 de outubro de 2024</t>
+  </si>
+  <si>
+    <t>2024-03-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750838</t>
+  </si>
+  <si>
+    <t>Resolución do 25 de abril de 2024 de ICEX España Exportación e Investimento, EPE pola que se convoca a concesión de axudas para a Participación en Grupo na Feira INTERSOLAR 2024 - Múnic (ALEMANIA) - 19 a 21 de xuño de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750841</t>
+  </si>
+  <si>
+    <t>Resolución do 21 de marzo de 2024 de ICEX España Exportación e Investimento, EPE pola que se convoca a concesión de axudas para a Participación en Grupo na Feira SAUDI AGRICULTURE 2024 - Riad (ARABIA SAUDITA) - 21 a 24 de outubro de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750846</t>
+  </si>
+  <si>
+    <t>Programa de Promoción do Emprego Agrario. Proxectos Xeradores de Emprego Estable 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757555</t>
+  </si>
+  <si>
+    <t>Resolución de epe red.es pola que se convocan axudas para a dixitalización de comunidades de bens, sociedades civís con fins mercantís, sociedades civís profesionais e explotacións agrarias conxuntas do segmento I, II, III.</t>
+  </si>
+  <si>
+    <t>2023-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709378</t>
+  </si>
+  <si>
+    <t>Resolución epe red.es da convocatoria de axudas para a dixitalización de comunidades de propietarios en copropiedade, sociedades civís con fins mercantís, sociedades civís profesionais e explotacións agrarias en copropiedade. Segmento i, ii, iii. Sector agrario.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713025</t>
+  </si>
+  <si>
+    <t>Resolución epe red.es da convocatoria de axudas para a dixitalización de comunidades de propietarios en copropiedade, sociedades civís con fins mercantís, sociedades civís profesionais e explotacións agrarias en copropiedade. Segmento i, ii, iii. Sector pesqueiro.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713031</t>
+  </si>
+  <si>
+    <t>Resolución da convocatoria de subvencións de EPE Red.es para a dixitalización de comunidades de propietarios en copropiedade, sociedades civís con fins mercantís, sociedades civís profesionais e explotacións agrarias en copropiedade. Segmento I, II, III. Sector SIEG</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713034</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes para o Programa de Vales de Conectividade "UNICO Demanda Bono PYME". Sector agrícola.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776624</t>
+  </si>
+  <si>
+    <t>Resolución da EPE Red.es pola que se anuncian axudas para a dixitalización de empresas do segmento IV (entre 50 e menos de 100 empregados) e do segmento V (entre 100 e menos de 250 empregados). Programa Kit Dixital. Sector agrario.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801151</t>
+  </si>
+  <si>
+    <t>Segunda convocatoria de solicitudes para o programa de axudas para a dixitalización do regadío no marco do PRTR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790409</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a Fundación Biodiversidade e a Fundación Azti-Azti, para a execución de accións incluídas no proxecto LIFE15 IPE/ES/012 “Xestión integrada, innovadora e participativa da Rede Natura 2000 no medio mariño”</t>
+  </si>
+  <si>
+    <t>2021-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/674176</t>
+  </si>
+  <si>
+    <t>Convenio entre o Ministerio de Agricultura, Gandería, Pesca e Desenvolvemento Sostible e a Fundación Biodiversidade, para a execución de accións incluídas no proxecto LIFE15 IPE/ES/012 “Xestión integrada, innovadora e participativa da Rede Natura 20</t>
+  </si>
+  <si>
+    <t>2022-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731506</t>
+  </si>
+  <si>
+    <t>Convenio de colaboración entre a fundación Biodiversidade e o Ministerio de Agricultura, Gandería, Pesca e Desenvolvemento Sostible para a execución de accións incluídas no proxecto life cerceta marmorizada (life19 nat/es/000906)</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731543</t>
+  </si>
+  <si>
+    <t>Programa 1 Proxectos innovadores de instalacións agrovoltaicas con almacenamento (ENERXÍAS RENOVABLES INNOVADORAS) no marco do Plan de Recuperación, Transformación e Resiliencia, financiado pola Unión Europea-Next Generation EU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778726</t>
+  </si>
+  <si>
+    <t>ORDE POLA QUE SE CONVOCAN SUBVENCIÓNS PARA O FINANCIAMENTO DE PROXECTOS INNOVADORES DE TRANSFORMACIÓN TERRITORIAL E LOITA CONTRA O DESPOBOAMENTO, PROMOVIDOS POR ENTIDADES SEN ÁNIMO DE LUCRO, DURANTE O ANO 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>AXUDA PARA O PROMOCIÓN DE INVESTIMENTOS NA TRANSFORMACIÓN DA PRODUCIÓN AGRÍCOLA E OUTROS INVESTIMENTOS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822605</t>
+  </si>
+  <si>
+    <t>AXUDA AO INVESTIMENTO CON OBXECTIVOS AMBIENTAIS INDUSTRIA AGROALIMENTARIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822609</t>
+  </si>
+  <si>
+    <t>Axudas para a incorporación de novos agricultores. Convocatoria de solicitudes 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>AXUDAS PARA INVESTIMENTOS, MODERNIZACIÓN E/OU MELLORA DE EXPLOTACIÓNS AGRÍCOLAS 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>Axudas para a produción e comercialización de mel, ano 2025, FEAGA</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
   </si>
   <si>
-    <t>Resolución do 22/04/2025, da Secretaría Xeral, pola que se convoca, en réxime de concorrencia competitiva, para o ano 2025, axudas a organizacións profesionais agrarias e entidades asociativas sen ánimo de lucro, para</t>
-[...203 lines deleted...]
-    <t>AXUDAS PARA A PROMOCIÓN, A TRANSFORMACIÓN E A COMERCIALIZACIÓN DE PRODUTOS PESQUEIROS</t>
+    <t>APOIO Á PROMOCIÓN, PROCESAMENTO E COMERCIALIZACIÓN DE PRODUTOS PESQUEIROS</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
   </si>
   <si>
-    <t>Resolución do 15 de maio de 2025, do director da Axencia Valenciana de Desenvolvemento e Garantía Agraria, pola que se convocan axudas para a cooperación no marco das intervencións de desenvolvemento rural do Plan Estratéxico para o ano 2025</t>
-[...95 lines deleted...]
-    <t>Axudas do FEADER para promover a forestación de terras agrícolas, Madrid 2025</t>
+    <t>Axudas do FEADER para o fomento da forestación de terras agrícolas da Comunidade de Madrid 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
   </si>
   <si>
-    <t>AXUDA A EMPRESAS SEC AGR. GANAD. FORESTAL E INDUSTRIAL DESARR. PROY INV. 2025</t>
-[...1775 lines deleted...]
-    <t>2025-06-10</t>
+    <t>AXUDA FEADER PARA A AGRICULTURA E A GANDERÍA ECOLÓXICAS. PROGRAMA PEPAC 2025-29 E ANUAL</t>
   </si>
   <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
   </si>
   <si>
-    <t>Orde do 23 de maio de 2025, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se anuncian subvencións para o fomento da cría e a inscrición de cabalos de raza castelá e leonesa pura en rexistros xenealóxicos.</t>
-[...329 lines deleted...]
-    <t>AXUDA DO FEADER PARA A INCORPORACIÓN DE AGRICULTORES NOVOS, CONVOCATORIA PARA 2025</t>
+    <t>AXUDA DO FEADER PARA AGRICULTORES NOVOS QUE SE INCORPORAN NA EXPLOTACIÓN - CONVOCATORIA DE SOLICITUDES DE 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
   </si>
   <si>
-    <t>ORDE AGA/685/2025, do 23 de xuño, pola que se aproban as bases reguladoras e a convocatoria de axudas por danos na produción e infraestruturas agrícolas como consecuencia das choivas torrenciais no ano 2025.</t>
-[...776 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+    <t>A Orde do 30 de decembro de 2025 establece as bases reguladoras para a convocatoria para o ano 2026 de axudas para estudos e investimentos vinculados á conservación, recuperación e rehabilitación do patrimonio e a sensibilidade natural e cultural.</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886141</t>
+  </si>
+  <si>
+    <t>Reforestación, produción de trufas e piñóns.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886505</t>
+  </si>
+  <si>
+    <t>Resolución do 10/02/2026, da Dirección Xeral de Planificación Agraria, pola que se convocan as subvencións para o ano 2026 para o fomento das razas autóctonas españolas.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886491</t>
+  </si>
+  <si>
+    <t>Resolución do 9 de febreiro de 2026, pola que se convocan para o ano 2026 as axudas destinadas a apoiar a prestación de servizos de asesoramento (Intervención 7202.06. asesoramento a agricultores novos) previstas na Orde do 8 de abril</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886458</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para a xestión forestal sostible en terreos de propiedade privada para o ano 2026 correspondentes á restauración de danos forestais</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886517</t>
+  </si>
+  <si>
+    <t>Promoción dos servizos ecosistémicos na xestión forestal sostible.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885626</t>
+  </si>
+  <si>
+    <t>Resolución, do 05/02/2026, da Dirección Xeral de Agricultura e Gandería, pola que se realiza a convocatoria de axudas da Intervención Sectorial Apícola no marco do Plan Estratéxico da Política Agrícola Común (Pepac) en Castela-A Mancha.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885714</t>
+  </si>
+  <si>
+    <t>Resolución do 30 de decembro de 2025, pola que se convocan axudas para a valorización, segunda transformación e ecoinnovación de produtos forestais e a dixitalización da segunda transformación e ecoinnovación de produtos forestais</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886463</t>
+  </si>
+  <si>
+    <t>Resolución do 31 de decembro de 2025, pola que se establecen e convocan as subvencións para a organización de actividades de formación non regradas e actividades de divulgación que promovan o coñecemento e a competitividade do sector forestal</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886478</t>
+  </si>
+  <si>
+    <t>Para os propietarios de gando, fagan movementos por sendeiros pecuarios especialmente naturais.</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885888</t>
+  </si>
+  <si>
+    <t>Axudas para proxectos de paisaxes agroforestais resilientes para os anos 2026-2028</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881088</t>
+  </si>
+  <si>
+    <t>Convocatoria de solicitudes para o ano 2026, para o exercicio 2025, para a concesión de subvencións da liña 2 a empresas sociais para a realización de accións de mellora do emprego e a integración laboral de colectivos en risco de exclusión social</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889855</t>
+  </si>
+  <si>
+    <t>Orde do 29 de decembro de 2025, pola que se establece o marco regulador do Programa de axudas para a implementación da igualdade no lugar de traballo, a conciliación da vida laboral e persoal e a responsabilidade social corporativa (RSC) e se anuncia a súa convocatoria para o ano 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887236</t>
   </si>
   <si>
     <t>Resolución do 30 de decembro de 2025 pola que se aproban as bases reguladoras para a concesión das axudas IA360 destinadas a promover a innovación empresarial en situacións de competencia competitiva (IG408M)</t>
   </si>
   <si>
-    <t>2026-01-17</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-03-17</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
   </si>
   <si>
-    <t>Resolución do 30 de decembro de 2025 pola que se establecen as bases reguladoras das axudas para a mellora da capacidade de innovación das empresas de Galicia 2026-2027 en réxime de concorrencia competitiva (IG408L)</t>
-[...3530 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
+    <t>Resolución do 29 de decembro de 2025, do Instituto Galego de Consumo e Competencia, pola que se convocan axudas a asociacións para a realización de accións de información, mediación, asesoramento e asistencia durante o ano 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886042</t>
+  </si>
+  <si>
+    <t>Orde do 27 de febreiro de 2026, do Ministerio de Agricultura, Gandería e Desenvolvemento Rural, pola que se convocan para o ano 2026 axudas ás actividades oficiais de control do rendemento leiteiro en Castela e León.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890132</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos en explotacións agrícolas no sector dos froitos secos. Convocatoria de propostas de 2027</t>
+  </si>
+  <si>
+    <t>2027-05-03</t>
+  </si>
+  <si>
+    <t>2027-06-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892725</t>
+  </si>
+  <si>
+    <t>Resolución do 9 de marzo de 2026, da Consellería de Medio Rural e Política Agraria, pola que se regulan as axudas das Intervencións en forma de pagamentos directos á agricultura e á gandería e das Intervencións de Desenvolvemento Rural no marco do</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892275</t>
+  </si>
+  <si>
+    <t>Axudas para o sector agrario profesional das Illas Baleares 2026.- ORGANIZACIÓNS PROFESIONAIS AGRARIAS (sede de Mallorca)</t>
+  </si>
+  <si>
+    <t>2026-05-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891942</t>
+  </si>
+  <si>
+    <t>Axudas para o sector agrario profesional das Illas Baleares 2026.- ORGANIZACIÓNS PROFESIONAIS AGRARIAS (sede de Menorca)</t>
+  </si>
+  <si>
+    <t>2026-05-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891944</t>
+  </si>
+  <si>
+    <t>Extracto da Orde do 9 de marzo de 2026 do Ministerio de Agricultura, Pesca e Alimentación pola que se anuncia o «Premio Alimentos de España á mellor bebida espirituosa con indicación xeográfica, ano 2026»</t>
+  </si>
+  <si>
+    <t>2026-04-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892012</t>
+  </si>
+  <si>
+    <t>Resolución do 9 de marzo de 2026, da Consellería de Medio Rural e Política Agraria, pola que se anuncia a convocatoria de axudas ao abeiro das Intervencións en forma de pagamentos directos e Intervencións de Desenvolvemento Rural. Conv 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892274</t>
+  </si>
+  <si>
+    <t>Axudas para a promoción de investimentos na transformación da produción agrícola, outros investimentos, investimentos mínimos</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892711</t>
+  </si>
+  <si>
+    <t>Axudas para o Fomento de Investimentos en Entidades de Transformación e Produción Agraria. Asociación Minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892712</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos en explotacións agrícolas no sector dos froitos secos. Convocatoria de propostas de 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892719</t>
+  </si>
+  <si>
+    <t>Convocatoria de axudas para a produción e comercialización de mel, no marco da Intervención Sectorial Apícola para o ANO 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892920</t>
+  </si>
+  <si>
+    <t>Convocatoria de 2026 da liña de axudas do Plan Estratéxico da Política Agrícola Común para España (PEPAC) 2023-2027 denominada “6501.4 - Apicultura para a biodiversidade na Comunidade Autónoma na Rexión de Murcia.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892923</t>
+  </si>
+  <si>
+    <t>Resolución do 13 de marzo de 2026, Orde de subvencións do 9 de abril de 2025 Liña 4.2. Subvencións a empresas privadas do mercado laboral ordinario por cada participante que contraten durante os tres meses seguintes á finalización do itinerario De Minimis agrario</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893190</t>
+  </si>
+  <si>
+    <t>Subvencións para investimentos en activos físicos en accións non produtivas a realizar nas zonas de influencia socioeconómica dos espazos naturais protexidos de Aragón, no marco do Plan Estratéxico da Política Agrícola Común, PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>2026-04-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893201</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893304</t>
+  </si>
+  <si>
+    <t>Axudas para a promoción de investimentos na transformación da produción agrícola e outros sectores</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893306</t>
+  </si>
+  <si>
+    <t>Accións silvícolas, mellora da rede viaria forestais e accións agroforestais.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893360</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -8360,66 +8216,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1015"/>
+  <dimension ref="A1:H988"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H1015"/>
+      <selection activeCell="A1" sqref="A1:H988"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="553.151" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="548.438" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="332.633" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="169.816" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -8433,25525 +8289,25181 @@
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>103</v>
+        <v>40</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>116</v>
+        <v>76</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>120</v>
+        <v>103</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>123</v>
+        <v>103</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H38" s="1" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>126</v>
+        <v>103</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>129</v>
+        <v>76</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>132</v>
+        <v>76</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>135</v>
+        <v>103</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>138</v>
+        <v>127</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>139</v>
+        <v>104</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>139</v>
+        <v>104</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>158</v>
+        <v>146</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>16</v>
+        <v>162</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>12</v>
+        <v>162</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>9</v>
+        <v>171</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>12</v>
+        <v>162</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>100</v>
+        <v>175</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>188</v>
+        <v>175</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>151</v>
+        <v>175</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>151</v>
+        <v>175</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>198</v>
+        <v>175</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="C64" s="1"/>
       <c r="D64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>203</v>
+        <v>175</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="C65" s="1"/>
       <c r="D65" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>209</v>
+        <v>194</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="C66" s="1"/>
       <c r="D66" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>212</v>
+        <v>197</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>213</v>
+        <v>198</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="C67" s="1"/>
       <c r="D67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>214</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>215</v>
+        <v>201</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="C68" s="1"/>
       <c r="D68" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>32</v>
+        <v>203</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>217</v>
+        <v>204</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>218</v>
+        <v>205</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="C69" s="1"/>
       <c r="D69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>188</v>
+        <v>203</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>222</v>
+        <v>208</v>
       </c>
       <c r="B70" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C70" s="1"/>
+      <c r="D70" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H70" s="1" t="s">
         <v>210</v>
-      </c>
-[...16 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>225</v>
+        <v>211</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="C71" s="1"/>
+        <v>212</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>213</v>
+      </c>
       <c r="D71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>228</v>
+        <v>214</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>229</v>
+        <v>215</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>230</v>
+        <v>216</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>32</v>
+        <v>217</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>231</v>
+        <v>218</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>232</v>
+        <v>219</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>233</v>
+        <v>220</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G73" s="1"/>
+      <c r="G73" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H73" s="1" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>96</v>
+        <v>217</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>238</v>
+        <v>225</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>239</v>
+        <v>226</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>240</v>
+        <v>217</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>241</v>
+        <v>227</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>242</v>
+        <v>228</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>243</v>
+        <v>220</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>244</v>
+        <v>229</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>245</v>
+        <v>230</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>246</v>
+        <v>231</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>247</v>
+        <v>232</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>248</v>
+        <v>233</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="C78" s="1"/>
+        <v>234</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>235</v>
+      </c>
       <c r="D78" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>250</v>
+        <v>236</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>251</v>
+        <v>237</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>252</v>
+        <v>238</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>253</v>
+        <v>240</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>255</v>
+        <v>242</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>258</v>
+        <v>199</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>263</v>
+        <v>248</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>264</v>
+        <v>249</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="C83" s="1"/>
       <c r="D83" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>265</v>
+        <v>251</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>266</v>
+        <v>252</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>267</v>
+        <v>253</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>268</v>
+        <v>254</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>269</v>
+        <v>256</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>270</v>
+        <v>257</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>236</v>
+        <v>258</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>273</v>
+        <v>261</v>
       </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H87" s="1" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>262</v>
+        <v>12</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>262</v>
+        <v>12</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>280</v>
+        <v>272</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="C91" s="1"/>
+        <v>274</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>275</v>
+      </c>
       <c r="D91" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>262</v>
+        <v>12</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>57</v>
+        <v>281</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G93" s="1"/>
       <c r="H93" s="1" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>85</v>
+        <v>285</v>
       </c>
       <c r="C94" s="1"/>
       <c r="D94" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G94" s="1"/>
       <c r="H94" s="1" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G95" s="1"/>
       <c r="H95" s="1" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="C96" s="1"/>
       <c r="D96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="C97" s="1"/>
       <c r="D97" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G97" s="1"/>
       <c r="H97" s="1" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G98" s="1"/>
       <c r="H98" s="1" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G99" s="1"/>
       <c r="H99" s="1" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="C100" s="1"/>
       <c r="D100" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G100" s="1"/>
       <c r="H100" s="1" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>308</v>
+        <v>297</v>
       </c>
       <c r="C101" s="1"/>
       <c r="D101" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G101" s="1"/>
       <c r="H101" s="1" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>311</v>
+        <v>297</v>
       </c>
       <c r="C102" s="1"/>
       <c r="D102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G102" s="1"/>
       <c r="H102" s="1" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>314</v>
+        <v>297</v>
       </c>
       <c r="C103" s="1"/>
       <c r="D103" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G103" s="1"/>
       <c r="H103" s="1" t="s">
-        <v>315</v>
+        <v>306</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>314</v>
+        <v>297</v>
       </c>
       <c r="C104" s="1"/>
       <c r="D104" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G104" s="1"/>
       <c r="H104" s="1" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>319</v>
+        <v>297</v>
       </c>
       <c r="C105" s="1"/>
       <c r="D105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G105" s="1"/>
       <c r="H105" s="1" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="C106" s="1"/>
       <c r="D106" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G106" s="1"/>
       <c r="H106" s="1" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="C107" s="1"/>
       <c r="D107" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G107" s="1"/>
       <c r="H107" s="1" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>325</v>
+        <v>316</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C108" s="1"/>
       <c r="D108" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G108" s="1"/>
       <c r="H108" s="1" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C109" s="1"/>
       <c r="D109" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G109" s="1"/>
       <c r="H109" s="1" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C110" s="1"/>
       <c r="D110" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G110" s="1"/>
       <c r="H110" s="1" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C111" s="1"/>
       <c r="D111" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G111" s="1"/>
       <c r="H111" s="1" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>334</v>
+        <v>158</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G112" s="1"/>
       <c r="H112" s="1" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C113" s="1"/>
       <c r="D113" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G113" s="1"/>
       <c r="H113" s="1" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="C114" s="1"/>
       <c r="D114" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G114" s="1"/>
       <c r="H114" s="1" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="C115" s="1"/>
+        <v>274</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>275</v>
+      </c>
       <c r="D115" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G115" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H115" s="1" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="C116" s="1"/>
+        <v>274</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>212</v>
+      </c>
       <c r="D116" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>287</v>
+        <v>12</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="C117" s="1"/>
+        <v>274</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>212</v>
+      </c>
       <c r="D117" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G117" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H117" s="1" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>350</v>
+        <v>342</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="C118" s="1"/>
+        <v>343</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>344</v>
+      </c>
       <c r="D118" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>353</v>
-[...1 lines deleted...]
-      <c r="C119" s="1"/>
+        <v>343</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>344</v>
+      </c>
       <c r="D119" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>227</v>
+        <v>12</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>353</v>
-[...1 lines deleted...]
-      <c r="C120" s="1"/>
+        <v>343</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>344</v>
+      </c>
       <c r="D120" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>227</v>
+        <v>12</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>358</v>
+        <v>212</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>359</v>
+        <v>213</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-      <c r="C122" s="1"/>
+        <v>352</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>353</v>
+      </c>
       <c r="D122" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="F122" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G122" s="1" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="C124" s="1"/>
+        <v>360</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>361</v>
+      </c>
       <c r="D124" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G125" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H125" s="1" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G126" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H126" s="1" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>9</v>
+        <v>373</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>382</v>
+        <v>40</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>386</v>
+        <v>63</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>201</v>
+        <v>379</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G129" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H129" s="1" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G131" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H131" s="1" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="B132" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H132" s="1" t="s">
         <v>392</v>
-      </c>
-[...16 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>198</v>
+        <v>24</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>175</v>
+        <v>405</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>227</v>
+        <v>24</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>411</v>
+        <v>400</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>175</v>
+        <v>412</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>227</v>
+        <v>24</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>379</v>
+        <v>419</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>9</v>
+        <v>420</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>117</v>
+        <v>24</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H141" s="1" t="s">
         <v>425</v>
-      </c>
-[...19 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H142" s="1" t="s">
         <v>427</v>
-      </c>
-[...19 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H143" s="1" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
         <v>432</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>434</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>393</v>
+        <v>437</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>396</v>
+        <v>360</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>396</v>
+        <v>445</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>445</v>
+        <v>212</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>444</v>
-[...3 lines deleted...]
-      </c>
+        <v>451</v>
+      </c>
+      <c r="C149" s="1"/>
       <c r="D149" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>188</v>
+        <v>24</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>450</v>
-[...1 lines deleted...]
-      <c r="C150" s="1" t="s">
         <v>451</v>
       </c>
+      <c r="C150" s="1"/>
       <c r="D150" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>262</v>
+        <v>24</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>440</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="C151" s="1"/>
       <c r="D151" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="C152" s="1" t="s">
         <v>458</v>
       </c>
+      <c r="C152" s="1"/>
       <c r="D152" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>444</v>
+        <v>461</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>445</v>
+        <v>462</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>444</v>
+        <v>465</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>445</v>
+        <v>465</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>444</v>
+        <v>468</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>175</v>
+        <v>469</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>198</v>
+        <v>24</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G156" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H156" s="1" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G157" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H157" s="1" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>467</v>
+        <v>480</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G158" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H158" s="1" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>433</v>
+        <v>142</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>372</v>
+        <v>488</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>467</v>
+        <v>491</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>372</v>
+        <v>492</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>227</v>
+        <v>24</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>482</v>
+        <v>493</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>483</v>
+        <v>494</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>175</v>
+        <v>411</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>404</v>
+        <v>495</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>484</v>
+        <v>496</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>485</v>
+        <v>497</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>399</v>
+        <v>499</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G163" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H163" s="1" t="s">
-        <v>487</v>
+        <v>500</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>488</v>
+        <v>501</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>489</v>
+        <v>502</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>414</v>
+        <v>503</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>492</v>
+        <v>503</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>9</v>
+        <v>506</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>493</v>
+        <v>507</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>495</v>
+        <v>98</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>437</v>
+        <v>509</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>498</v>
+        <v>458</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>499</v>
+        <v>512</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>500</v>
+        <v>513</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>502</v>
+        <v>458</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>503</v>
+        <v>213</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>504</v>
+        <v>515</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>505</v>
+        <v>516</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>414</v>
+        <v>274</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>180</v>
+        <v>517</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G169" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="H169" s="1" t="s">
-        <v>506</v>
+        <v>518</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>508</v>
+        <v>520</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>408</v>
+        <v>521</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>509</v>
+        <v>522</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>510</v>
+        <v>523</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>508</v>
+        <v>524</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>201</v>
+        <v>525</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>139</v>
+        <v>31</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>511</v>
+        <v>526</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>512</v>
+        <v>527</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>175</v>
+        <v>480</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>513</v>
+        <v>528</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>421</v>
+        <v>531</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>383</v>
+        <v>532</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>227</v>
+        <v>31</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>517</v>
+        <v>534</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>421</v>
+        <v>535</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>518</v>
+        <v>536</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>227</v>
+        <v>31</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>519</v>
+        <v>537</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>520</v>
+        <v>538</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>414</v>
+        <v>539</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>400</v>
+        <v>540</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>521</v>
+        <v>541</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>522</v>
+        <v>542</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>523</v>
+        <v>543</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>524</v>
+        <v>544</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>525</v>
+        <v>545</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>526</v>
+        <v>546</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>527</v>
+        <v>547</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>400</v>
+        <v>548</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>528</v>
+        <v>549</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>529</v>
+        <v>550</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>9</v>
+        <v>509</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>468</v>
+        <v>551</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>530</v>
+        <v>552</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>531</v>
+        <v>553</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>533</v>
+        <v>555</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>535</v>
+        <v>557</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>536</v>
+        <v>558</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>537</v>
+        <v>213</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>540</v>
+        <v>238</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>541</v>
+        <v>416</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>542</v>
+        <v>561</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>543</v>
+        <v>562</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>258</v>
+        <v>444</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>544</v>
+        <v>563</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>545</v>
+        <v>564</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>546</v>
+        <v>565</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>547</v>
+        <v>566</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>548</v>
+        <v>567</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>57</v>
+        <v>566</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>548</v>
+        <v>567</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>551</v>
+        <v>570</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>552</v>
+        <v>571</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>553</v>
+        <v>572</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>554</v>
+        <v>573</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>555</v>
+        <v>574</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>556</v>
+        <v>575</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>548</v>
+        <v>573</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>558</v>
+        <v>576</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>559</v>
+        <v>577</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>560</v>
+        <v>441</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>561</v>
+        <v>578</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>562</v>
+        <v>579</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="C188" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="B188" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D188" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>566</v>
+        <v>582</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>567</v>
+        <v>583</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>570</v>
+        <v>584</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>577</v>
+        <v>587</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>572</v>
+        <v>590</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>580</v>
+        <v>591</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>590</v>
-[...3 lines deleted...]
-      </c>
+        <v>231</v>
+      </c>
+      <c r="C195" s="1"/>
       <c r="D195" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>25</v>
+        <v>602</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>594</v>
+        <v>603</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>595</v>
+        <v>604</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>596</v>
+        <v>605</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>597</v>
+        <v>142</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>598</v>
+        <v>386</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>597</v>
+        <v>608</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>598</v>
+        <v>609</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>561</v>
+        <v>401</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>606</v>
+        <v>615</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>569</v>
+        <v>616</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>607</v>
+        <v>617</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>610</v>
+        <v>621</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>609</v>
+        <v>98</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>612</v>
+        <v>258</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>564</v>
+        <v>98</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>548</v>
+        <v>258</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>616</v>
+        <v>625</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>617</v>
+        <v>626</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>583</v>
+        <v>627</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>619</v>
+        <v>36</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>565</v>
+        <v>551</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>591</v>
+        <v>238</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>630</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>554</v>
+        <v>433</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>632</v>
+        <v>588</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>53</v>
+        <v>589</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>633</v>
+        <v>590</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>53</v>
+        <v>558</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>569</v>
+        <v>642</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>609</v>
+        <v>645</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>583</v>
+        <v>646</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>641</v>
+        <v>608</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>590</v>
+        <v>444</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>591</v>
+        <v>563</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>646</v>
+        <v>63</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>633</v>
+        <v>654</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>188</v>
+        <v>31</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>57</v>
+        <v>602</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>583</v>
+        <v>657</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>649</v>
+        <v>31</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>583</v>
+        <v>654</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>649</v>
+        <v>31</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>658</v>
+        <v>411</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>633</v>
+        <v>666</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>661</v>
+        <v>411</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>661</v>
+        <v>566</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>633</v>
+        <v>49</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>135</v>
+        <v>472</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>669</v>
+        <v>49</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>672</v>
+        <v>48</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>673</v>
+        <v>49</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>591</v>
+        <v>275</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>54</v>
+        <v>133</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>678</v>
+        <v>63</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>679</v>
+        <v>654</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>54</v>
+        <v>684</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>683</v>
+        <v>188</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>54</v>
+        <v>684</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>594</v>
+        <v>691</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>54</v>
+        <v>684</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>57</v>
+        <v>694</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>583</v>
+        <v>695</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>54</v>
+        <v>684</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>54</v>
+        <v>684</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C230" s="1"/>
+        <v>360</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>361</v>
+      </c>
       <c r="D230" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>54</v>
+        <v>684</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>565</v>
+        <v>705</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>603</v>
+        <v>708</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>700</v>
+        <v>532</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>655</v>
+        <v>712</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>661</v>
+        <v>715</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>700</v>
+        <v>716</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>706</v>
+        <v>717</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>707</v>
+        <v>718</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>560</v>
+        <v>715</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>554</v>
+        <v>716</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>560</v>
+        <v>715</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>554</v>
+        <v>716</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>710</v>
+        <v>721</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>711</v>
+        <v>722</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>712</v>
+        <v>382</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>597</v>
+        <v>723</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>713</v>
+        <v>724</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>714</v>
+        <v>725</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>712</v>
+        <v>382</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>597</v>
+        <v>723</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>715</v>
+        <v>726</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>716</v>
+        <v>727</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>712</v>
+        <v>728</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>597</v>
+        <v>729</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>717</v>
+        <v>730</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>718</v>
+        <v>731</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>720</v>
+        <v>729</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>721</v>
+        <v>732</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>722</v>
+        <v>733</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>57</v>
+        <v>728</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>583</v>
+        <v>729</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>723</v>
+        <v>734</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>724</v>
+        <v>735</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="B243" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="B243" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C243" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>729</v>
+        <v>738</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>731</v>
+        <v>740</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>568</v>
+        <v>728</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>96</v>
+        <v>684</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>740</v>
+        <v>728</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>576</v>
+        <v>729</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>96</v>
+        <v>684</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>743</v>
+        <v>484</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>597</v>
+        <v>748</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>96</v>
+        <v>684</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>746</v>
+        <v>484</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>597</v>
+        <v>748</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>96</v>
+        <v>684</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="C250" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="B250" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D250" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>96</v>
+        <v>684</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>686</v>
+        <v>756</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G251" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H251" s="1" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G252" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H252" s="1" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>686</v>
+        <v>763</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G253" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H253" s="1" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>686</v>
+        <v>766</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G254" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H254" s="1" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>752</v>
+        <v>769</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>762</v>
+        <v>770</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G255" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H255" s="1" t="s">
-        <v>763</v>
+        <v>771</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>752</v>
+        <v>773</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>762</v>
+        <v>774</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G256" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H256" s="1" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>762</v>
+        <v>778</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G257" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H257" s="1" t="s">
-        <v>767</v>
+        <v>779</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>752</v>
+        <v>777</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>762</v>
+        <v>778</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G258" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H258" s="1" t="s">
-        <v>769</v>
+        <v>781</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>762</v>
+        <v>784</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G259" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H259" s="1" t="s">
-        <v>771</v>
+        <v>785</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>772</v>
+        <v>786</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>752</v>
+        <v>787</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>762</v>
+        <v>787</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G260" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H260" s="1" t="s">
-        <v>773</v>
+        <v>788</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>774</v>
+        <v>789</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>752</v>
+        <v>787</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>762</v>
+        <v>787</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G261" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H261" s="1" t="s">
-        <v>775</v>
+        <v>790</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>776</v>
+        <v>791</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>752</v>
+        <v>787</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>762</v>
+        <v>787</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G262" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H262" s="1" t="s">
-        <v>777</v>
+        <v>792</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>778</v>
+        <v>793</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>752</v>
+        <v>465</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>762</v>
+        <v>465</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G263" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H263" s="1" t="s">
-        <v>779</v>
+        <v>794</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>780</v>
+        <v>795</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>752</v>
+        <v>502</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>762</v>
+        <v>503</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G264" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H264" s="1" t="s">
-        <v>781</v>
+        <v>796</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>782</v>
+        <v>797</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>752</v>
+        <v>705</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>686</v>
+        <v>798</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G265" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H265" s="1" t="s">
-        <v>783</v>
+        <v>799</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>784</v>
+        <v>800</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>752</v>
+        <v>801</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>686</v>
+        <v>802</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G266" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H266" s="1" t="s">
-        <v>785</v>
+        <v>803</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>786</v>
+        <v>804</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>752</v>
+        <v>805</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>686</v>
+        <v>806</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G267" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H267" s="1" t="s">
-        <v>787</v>
+        <v>807</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>788</v>
+        <v>808</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>752</v>
+        <v>681</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G268" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H268" s="1" t="s">
-        <v>790</v>
+        <v>810</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>791</v>
+        <v>811</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>792</v>
+        <v>566</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>319</v>
+        <v>473</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G269" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H269" s="1" t="s">
-        <v>793</v>
+        <v>812</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>794</v>
+        <v>813</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>792</v>
+        <v>814</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>319</v>
+        <v>815</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G270" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H270" s="1" t="s">
-        <v>795</v>
+        <v>816</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>796</v>
+        <v>817</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>792</v>
+        <v>818</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>319</v>
+        <v>275</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G271" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H271" s="1" t="s">
-        <v>797</v>
+        <v>819</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>798</v>
+        <v>820</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>792</v>
+        <v>818</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>319</v>
+        <v>275</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G272" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H272" s="1" t="s">
-        <v>799</v>
+        <v>821</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>800</v>
+        <v>822</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>792</v>
+        <v>509</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>319</v>
+        <v>551</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G273" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H273" s="1" t="s">
-        <v>801</v>
+        <v>823</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>802</v>
+        <v>824</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>792</v>
+        <v>509</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>319</v>
+        <v>551</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G274" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H274" s="1" t="s">
-        <v>803</v>
+        <v>825</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>804</v>
+        <v>826</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>792</v>
+        <v>509</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>319</v>
+        <v>551</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G275" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H275" s="1" t="s">
-        <v>805</v>
+        <v>827</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>806</v>
+        <v>828</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>792</v>
+        <v>773</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>319</v>
+        <v>829</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G276" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H276" s="1" t="s">
-        <v>807</v>
+        <v>830</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>808</v>
+        <v>831</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>43</v>
+        <v>212</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>809</v>
+        <v>213</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G277" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H277" s="1" t="s">
-        <v>810</v>
+        <v>832</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>811</v>
+        <v>833</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>812</v>
+        <v>212</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>813</v>
+        <v>213</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G278" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H278" s="1" t="s">
-        <v>814</v>
+        <v>834</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>815</v>
+        <v>835</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>816</v>
+        <v>836</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>817</v>
+        <v>837</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G279" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H279" s="1" t="s">
-        <v>818</v>
+        <v>838</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>819</v>
+        <v>839</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>816</v>
+        <v>840</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>817</v>
+        <v>841</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G280" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H280" s="1" t="s">
-        <v>820</v>
+        <v>842</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>821</v>
+        <v>843</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>816</v>
+        <v>844</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>817</v>
+        <v>845</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G281" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H281" s="1" t="s">
-        <v>822</v>
+        <v>846</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>823</v>
+        <v>847</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>816</v>
+        <v>844</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>817</v>
+        <v>845</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G282" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H282" s="1" t="s">
-        <v>824</v>
+        <v>848</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>825</v>
+        <v>849</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>816</v>
+        <v>850</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>817</v>
+        <v>729</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G283" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H283" s="1" t="s">
-        <v>826</v>
+        <v>851</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>827</v>
+        <v>852</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>828</v>
+        <v>853</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>752</v>
+        <v>379</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G284" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H284" s="1" t="s">
-        <v>829</v>
+        <v>854</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>830</v>
+        <v>855</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>123</v>
+        <v>853</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>536</v>
+        <v>379</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G285" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H285" s="1" t="s">
-        <v>831</v>
+        <v>856</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>832</v>
+        <v>857</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>123</v>
+        <v>858</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>536</v>
+        <v>859</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G286" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H286" s="1" t="s">
-        <v>833</v>
+        <v>860</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>834</v>
+        <v>861</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>662</v>
+        <v>862</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>835</v>
+        <v>863</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G287" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H287" s="1" t="s">
-        <v>836</v>
+        <v>864</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>837</v>
+        <v>865</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>752</v>
+        <v>866</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>686</v>
+        <v>867</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G288" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H288" s="1" t="s">
-        <v>838</v>
+        <v>868</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>839</v>
+        <v>869</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>752</v>
+        <v>866</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>686</v>
+        <v>867</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G289" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H289" s="1" t="s">
-        <v>840</v>
+        <v>870</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>841</v>
+        <v>871</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>752</v>
+        <v>866</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>686</v>
+        <v>867</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G290" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H290" s="1" t="s">
-        <v>842</v>
+        <v>872</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>843</v>
+        <v>873</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>752</v>
+        <v>874</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>686</v>
+        <v>465</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G291" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>684</v>
+      </c>
       <c r="H291" s="1" t="s">
-        <v>844</v>
+        <v>875</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>845</v>
+        <v>876</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>752</v>
+        <v>877</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>686</v>
+        <v>878</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G292" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H292" s="1" t="s">
-        <v>846</v>
+        <v>879</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>847</v>
+        <v>880</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>752</v>
+        <v>881</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>686</v>
+        <v>882</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G293" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H293" s="1" t="s">
-        <v>848</v>
+        <v>883</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
-        <v>849</v>
+        <v>884</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>752</v>
+        <v>885</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>686</v>
+        <v>716</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G294" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H294" s="1" t="s">
-        <v>850</v>
+        <v>886</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
-        <v>851</v>
+        <v>887</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>752</v>
+        <v>805</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>686</v>
+        <v>888</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G295" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H295" s="1" t="s">
-        <v>852</v>
+        <v>889</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
-        <v>853</v>
+        <v>890</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>752</v>
+        <v>891</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>686</v>
+        <v>892</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G296" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H296" s="1" t="s">
-        <v>854</v>
+        <v>893</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
-        <v>855</v>
+        <v>894</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>752</v>
+        <v>895</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>686</v>
+        <v>896</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G297" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H297" s="1" t="s">
-        <v>856</v>
+        <v>897</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>857</v>
+        <v>898</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>752</v>
+        <v>258</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>686</v>
+        <v>646</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G298" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H298" s="1" t="s">
-        <v>858</v>
+        <v>899</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>859</v>
+        <v>900</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>752</v>
+        <v>40</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>686</v>
+        <v>235</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G299" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H299" s="1" t="s">
-        <v>860</v>
+        <v>901</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>861</v>
+        <v>902</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>752</v>
+        <v>60</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>686</v>
+        <v>654</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G300" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H300" s="1" t="s">
-        <v>862</v>
+        <v>903</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>863</v>
+        <v>904</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>752</v>
+        <v>40</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>686</v>
+        <v>258</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G301" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H301" s="1" t="s">
-        <v>864</v>
+        <v>905</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>865</v>
+        <v>906</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>752</v>
+        <v>40</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>686</v>
+        <v>275</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G302" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H302" s="1" t="s">
-        <v>866</v>
+        <v>907</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>867</v>
+        <v>908</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>752</v>
+        <v>909</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>686</v>
+        <v>910</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G303" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H303" s="1" t="s">
-        <v>868</v>
+        <v>911</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>869</v>
+        <v>912</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>752</v>
+        <v>913</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>686</v>
+        <v>914</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G304" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H304" s="1" t="s">
-        <v>870</v>
+        <v>915</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>871</v>
+        <v>916</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>752</v>
+        <v>917</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>762</v>
+        <v>596</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G305" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H305" s="1" t="s">
-        <v>872</v>
+        <v>918</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>873</v>
+        <v>919</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>752</v>
+        <v>920</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>762</v>
+        <v>921</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G306" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H306" s="1" t="s">
-        <v>874</v>
+        <v>922</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>875</v>
+        <v>923</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>752</v>
+        <v>619</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>789</v>
+        <v>654</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G307" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="H307" s="1" t="s">
-        <v>876</v>
+        <v>924</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>877</v>
+        <v>925</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>878</v>
+        <v>926</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>537</v>
+        <v>927</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H308" s="1" t="s">
-        <v>879</v>
+        <v>928</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
-        <v>880</v>
+        <v>929</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>881</v>
+        <v>930</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>882</v>
+        <v>654</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>883</v>
+        <v>931</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>884</v>
+        <v>932</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>881</v>
+        <v>933</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>882</v>
+        <v>934</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H310" s="1" t="s">
-        <v>885</v>
+        <v>935</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>886</v>
+        <v>936</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>887</v>
+        <v>937</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>591</v>
+        <v>323</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>888</v>
+        <v>938</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>889</v>
+        <v>939</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>255</v>
+        <v>940</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>890</v>
+        <v>941</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>891</v>
+        <v>942</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>892</v>
+        <v>943</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>603</v>
+        <v>323</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>893</v>
+        <v>258</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>894</v>
+        <v>944</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>895</v>
+        <v>945</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>532</v>
+        <v>360</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>598</v>
+        <v>946</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>896</v>
+        <v>947</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>897</v>
+        <v>948</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>898</v>
+        <v>949</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>583</v>
+        <v>950</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>899</v>
+        <v>951</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
-        <v>900</v>
+        <v>952</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>564</v>
+        <v>953</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>591</v>
+        <v>954</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>901</v>
+        <v>955</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1" t="s">
-        <v>902</v>
+        <v>936</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>547</v>
+        <v>448</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>583</v>
+        <v>646</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>903</v>
+        <v>956</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1" t="s">
-        <v>904</v>
+        <v>957</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>560</v>
+        <v>275</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>905</v>
+        <v>646</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>906</v>
+        <v>958</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1" t="s">
-        <v>907</v>
+        <v>959</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>582</v>
+        <v>960</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>908</v>
+        <v>275</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>909</v>
+        <v>961</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1" t="s">
-        <v>910</v>
+        <v>962</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>57</v>
+        <v>963</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>911</v>
+        <v>964</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H320" s="1" t="s">
-        <v>912</v>
+        <v>965</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1" t="s">
-        <v>913</v>
+        <v>966</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>57</v>
+        <v>967</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>911</v>
+        <v>278</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>914</v>
+        <v>968</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1" t="s">
-        <v>915</v>
+        <v>969</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>57</v>
+        <v>970</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>911</v>
+        <v>971</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>916</v>
+        <v>972</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1" t="s">
-        <v>917</v>
+        <v>973</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>57</v>
+        <v>974</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>583</v>
+        <v>975</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H323" s="1" t="s">
-        <v>918</v>
+        <v>976</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1" t="s">
-        <v>919</v>
+        <v>977</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>57</v>
+        <v>978</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>583</v>
+        <v>383</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H324" s="1" t="s">
-        <v>920</v>
+        <v>979</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1" t="s">
-        <v>921</v>
+        <v>980</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>57</v>
+        <v>400</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>911</v>
+        <v>391</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H325" s="1" t="s">
-        <v>922</v>
+        <v>981</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1" t="s">
-        <v>923</v>
+        <v>982</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>57</v>
+        <v>983</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>633</v>
+        <v>234</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>924</v>
+        <v>984</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1" t="s">
-        <v>925</v>
+        <v>985</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>813</v>
+        <v>484</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>583</v>
+        <v>934</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H327" s="1" t="s">
-        <v>926</v>
+        <v>986</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1" t="s">
-        <v>927</v>
+        <v>987</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>928</v>
+        <v>646</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>929</v>
+        <v>988</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H328" s="1" t="s">
-        <v>930</v>
+        <v>989</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1" t="s">
-        <v>931</v>
+        <v>990</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>932</v>
+        <v>991</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>400</v>
+        <v>992</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H329" s="1" t="s">
-        <v>933</v>
+        <v>993</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1" t="s">
-        <v>934</v>
+        <v>994</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>672</v>
+        <v>995</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>935</v>
+        <v>996</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H330" s="1" t="s">
-        <v>936</v>
+        <v>997</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1" t="s">
-        <v>937</v>
+        <v>998</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>878</v>
+        <v>999</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>641</v>
+        <v>1000</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H331" s="1" t="s">
-        <v>938</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1" t="s">
-        <v>939</v>
+        <v>1002</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>568</v>
+        <v>364</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>940</v>
+        <v>716</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H332" s="1" t="s">
-        <v>941</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1" t="s">
-        <v>942</v>
+        <v>1004</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>640</v>
+        <v>238</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>591</v>
+        <v>235</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H333" s="1" t="s">
-        <v>943</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1" t="s">
-        <v>944</v>
+        <v>1006</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>945</v>
+        <v>991</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>591</v>
+        <v>1007</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>117</v>
+        <v>77</v>
       </c>
       <c r="H334" s="1" t="s">
-        <v>946</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1" t="s">
-        <v>947</v>
+        <v>1009</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>948</v>
+        <v>681</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>949</v>
+        <v>1007</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H335" s="1" t="s">
-        <v>950</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1" t="s">
-        <v>951</v>
+        <v>1011</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>952</v>
+        <v>1012</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>953</v>
+        <v>1013</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E336" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H336" s="1" t="s">
-        <v>954</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1" t="s">
-        <v>955</v>
+        <v>1015</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>952</v>
+        <v>681</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>953</v>
+        <v>1007</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H337" s="1" t="s">
-        <v>956</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1" t="s">
-        <v>957</v>
+        <v>1017</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>958</v>
+        <v>63</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>959</v>
+        <v>654</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H338" s="1" t="s">
-        <v>960</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1" t="s">
-        <v>961</v>
+        <v>1017</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>962</v>
+        <v>63</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>963</v>
+        <v>654</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H339" s="1" t="s">
-        <v>964</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1" t="s">
-        <v>965</v>
+        <v>1020</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>57</v>
+        <v>1021</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>583</v>
+        <v>654</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H340" s="1" t="s">
-        <v>966</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1" t="s">
-        <v>967</v>
+        <v>1023</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>624</v>
+        <v>1024</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>576</v>
+        <v>654</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="H341" s="1" t="s">
-        <v>968</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1" t="s">
-        <v>969</v>
+        <v>1026</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>970</v>
+        <v>1027</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>400</v>
+        <v>1028</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H342" s="1" t="s">
-        <v>971</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1" t="s">
-        <v>972</v>
+        <v>1030</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>973</v>
+        <v>1031</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>371</v>
+        <v>1032</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H343" s="1" t="s">
-        <v>974</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1" t="s">
-        <v>975</v>
+        <v>1034</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>486</v>
+        <v>937</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>399</v>
+        <v>1035</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H344" s="1" t="s">
-        <v>976</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1" t="s">
-        <v>977</v>
+        <v>1037</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>978</v>
+        <v>1038</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>433</v>
+        <v>654</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H345" s="1" t="s">
-        <v>979</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1" t="s">
-        <v>977</v>
+        <v>1040</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>978</v>
+        <v>1041</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>433</v>
+        <v>646</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H346" s="1" t="s">
-        <v>980</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1" t="s">
-        <v>977</v>
+        <v>1043</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>978</v>
+        <v>1044</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>433</v>
+        <v>379</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H347" s="1" t="s">
-        <v>981</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1" t="s">
-        <v>977</v>
+        <v>1046</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>978</v>
+        <v>491</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>433</v>
+        <v>1047</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H348" s="1" t="s">
-        <v>982</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1" t="s">
-        <v>977</v>
+        <v>1049</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>978</v>
+        <v>1050</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>433</v>
+        <v>654</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>983</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1" t="s">
-        <v>977</v>
+        <v>1052</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>978</v>
+        <v>1053</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>433</v>
+        <v>1054</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H350" s="1" t="s">
-        <v>984</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1" t="s">
-        <v>977</v>
+        <v>1056</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>978</v>
+        <v>1054</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>433</v>
+        <v>551</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H351" s="1" t="s">
-        <v>985</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1" t="s">
-        <v>986</v>
+        <v>1058</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>486</v>
+        <v>1059</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>411</v>
+        <v>258</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>987</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1" t="s">
-        <v>988</v>
+        <v>1061</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>486</v>
+        <v>1062</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>400</v>
+        <v>258</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>198</v>
+        <v>84</v>
       </c>
       <c r="H353" s="1" t="s">
-        <v>989</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1" t="s">
-        <v>990</v>
+        <v>1064</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>991</v>
+        <v>1065</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>527</v>
+        <v>373</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="H354" s="1" t="s">
-        <v>992</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1" t="s">
-        <v>993</v>
+        <v>1067</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>991</v>
+        <v>1065</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>445</v>
+        <v>373</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>188</v>
+        <v>84</v>
       </c>
       <c r="H355" s="1" t="s">
-        <v>994</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1" t="s">
-        <v>995</v>
+        <v>1069</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>996</v>
+        <v>1070</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>997</v>
+        <v>383</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H356" s="1" t="s">
-        <v>998</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1" t="s">
-        <v>999</v>
+        <v>1072</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1000</v>
+        <v>98</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>399</v>
+        <v>1073</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>188</v>
+        <v>84</v>
       </c>
       <c r="H357" s="1" t="s">
-        <v>1001</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1" t="s">
-        <v>1002</v>
+        <v>1064</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1003</v>
+        <v>636</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1004</v>
+        <v>528</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>188</v>
+        <v>84</v>
       </c>
       <c r="H358" s="1" t="s">
-        <v>1005</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1" t="s">
-        <v>1006</v>
+        <v>1076</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1007</v>
+        <v>1077</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>9</v>
+        <v>250</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>287</v>
+        <v>84</v>
       </c>
       <c r="H359" s="1" t="s">
-        <v>1008</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1" t="s">
-        <v>1009</v>
+        <v>1079</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1010</v>
+        <v>48</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>207</v>
+        <v>49</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G360" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H360" s="1" t="s">
-        <v>1011</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1" t="s">
-        <v>1012</v>
+        <v>1081</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1000</v>
+        <v>1082</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>433</v>
+        <v>1083</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>198</v>
+        <v>84</v>
       </c>
       <c r="H361" s="1" t="s">
-        <v>1013</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1" t="s">
-        <v>1014</v>
+        <v>1085</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1007</v>
+        <v>98</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>433</v>
+        <v>666</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>262</v>
+        <v>84</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>1015</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1" t="s">
-        <v>1016</v>
+        <v>1087</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1017</v>
+        <v>1088</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>428</v>
+        <v>1089</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="H363" s="1" t="s">
-        <v>1018</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1" t="s">
-        <v>1019</v>
+        <v>1091</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>399</v>
+        <v>937</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>414</v>
+        <v>503</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G364" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H364" s="1" t="s">
-        <v>1020</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1" t="s">
-        <v>1021</v>
+        <v>1093</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>399</v>
+        <v>1094</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>9</v>
+        <v>1095</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H365" s="1" t="s">
-        <v>1022</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1" t="s">
-        <v>1023</v>
+        <v>1097</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>399</v>
+        <v>63</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>9</v>
+        <v>654</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>1024</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1" t="s">
-        <v>1025</v>
+        <v>1099</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>399</v>
+        <v>1094</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>9</v>
+        <v>1095</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>1026</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1" t="s">
-        <v>1027</v>
+        <v>1101</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>379</v>
+        <v>411</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>9</v>
+        <v>548</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>1028</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1" t="s">
-        <v>1029</v>
+        <v>1103</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1030</v>
+        <v>1041</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>963</v>
+        <v>1104</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H369" s="1" t="s">
-        <v>1031</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1" t="s">
-        <v>1032</v>
+        <v>1106</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>654</v>
+        <v>1107</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>882</v>
+        <v>657</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E370" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>1033</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1" t="s">
-        <v>1034</v>
+        <v>1109</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>345</v>
+        <v>148</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1000</v>
+        <v>488</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E371" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H371" s="1" t="s">
-        <v>1035</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1" t="s">
-        <v>1036</v>
+        <v>1111</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1037</v>
+        <v>148</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>591</v>
+        <v>488</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>1038</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1" t="s">
-        <v>1039</v>
+        <v>1113</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>532</v>
+        <v>708</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>598</v>
+        <v>386</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H373" s="1" t="s">
-        <v>1040</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1" t="s">
-        <v>1041</v>
+        <v>1115</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1042</v>
+        <v>801</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>583</v>
+        <v>357</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F374" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>1043</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1" t="s">
-        <v>1044</v>
+        <v>1117</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C375" s="1"/>
+        <v>1118</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>1119</v>
+      </c>
       <c r="D375" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E375" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H375" s="1" t="s">
-        <v>1045</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1" t="s">
-        <v>1046</v>
+        <v>1121</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1047</v>
+        <v>1122</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>583</v>
+        <v>49</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>1048</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1" t="s">
-        <v>1049</v>
+        <v>1124</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1050</v>
-[...1 lines deleted...]
-      <c r="C377" s="1"/>
+        <v>1125</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1126</v>
+      </c>
       <c r="D377" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>1051</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1" t="s">
-        <v>1052</v>
+        <v>1128</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>813</v>
+        <v>1125</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>583</v>
+        <v>1126</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>1053</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1" t="s">
-        <v>1054</v>
+        <v>1130</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1055</v>
+        <v>1125</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>583</v>
+        <v>1126</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H379" s="1" t="s">
-        <v>1056</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1" t="s">
-        <v>1057</v>
+        <v>1132</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1058</v>
+        <v>548</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1059</v>
+        <v>1133</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H380" s="1" t="s">
-        <v>1060</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1" t="s">
-        <v>1061</v>
+        <v>1135</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1062</v>
+        <v>509</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1063</v>
+        <v>551</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H381" s="1" t="s">
-        <v>1064</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1" t="s">
-        <v>1065</v>
+        <v>1137</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1066</v>
+        <v>1138</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1067</v>
+        <v>551</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H382" s="1" t="s">
-        <v>1068</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1" t="s">
-        <v>1069</v>
+        <v>1140</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>679</v>
+        <v>551</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1070</v>
+        <v>250</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>1071</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1" t="s">
-        <v>1072</v>
+        <v>1142</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>661</v>
+        <v>551</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1073</v>
+        <v>250</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>1074</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1" t="s">
-        <v>1075</v>
+        <v>1144</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>53</v>
+        <v>551</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1076</v>
+        <v>250</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>1077</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1" t="s">
-        <v>1078</v>
+        <v>1146</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>609</v>
+        <v>1147</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1079</v>
+        <v>1148</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H386" s="1" t="s">
-        <v>1080</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1" t="s">
-        <v>1081</v>
+        <v>1150</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>532</v>
+        <v>1151</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>597</v>
+        <v>372</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>1082</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1" t="s">
-        <v>1083</v>
+        <v>1153</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>532</v>
+        <v>1154</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>597</v>
+        <v>1155</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>1084</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1" t="s">
-        <v>1085</v>
+        <v>1157</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>532</v>
+        <v>429</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1086</v>
+        <v>1155</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H389" s="1" t="s">
-        <v>1087</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1" t="s">
-        <v>1088</v>
+        <v>1159</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>376</v>
+        <v>1154</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1089</v>
+        <v>1155</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F390" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>188</v>
+        <v>84</v>
       </c>
       <c r="H390" s="1" t="s">
-        <v>1090</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1" t="s">
-        <v>1091</v>
+        <v>1161</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>345</v>
+        <v>1154</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>963</v>
+        <v>1155</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E391" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F391" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>287</v>
+        <v>84</v>
       </c>
       <c r="H391" s="1" t="s">
-        <v>1092</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1" t="s">
-        <v>1093</v>
+        <v>1163</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>454</v>
+        <v>1164</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1094</v>
+        <v>646</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E392" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G392" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H392" s="1" t="s">
-        <v>1095</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1" t="s">
-        <v>1096</v>
+        <v>1166</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>473</v>
+        <v>1167</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1097</v>
+        <v>1028</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E393" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H393" s="1" t="s">
-        <v>1098</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1" t="s">
-        <v>1099</v>
+        <v>1169</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>365</v>
+        <v>1170</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F394" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="H394" s="1" t="s">
-        <v>1100</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1" t="s">
-        <v>1101</v>
+        <v>1172</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>445</v>
+        <v>1173</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1102</v>
+        <v>770</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F395" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H395" s="1" t="s">
-        <v>1103</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1" t="s">
-        <v>1104</v>
+        <v>1175</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>345</v>
+        <v>1176</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>963</v>
+        <v>863</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G396" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H396" s="1" t="s">
-        <v>1105</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1" t="s">
-        <v>1106</v>
+        <v>1178</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>345</v>
+        <v>1173</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>963</v>
+        <v>770</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G397" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H397" s="1" t="s">
-        <v>1107</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1" t="s">
-        <v>1108</v>
+        <v>1180</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1109</v>
+        <v>258</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1110</v>
+        <v>1181</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>227</v>
+        <v>84</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>1111</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1" t="s">
-        <v>1112</v>
+        <v>1183</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1113</v>
+        <v>258</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1097</v>
+        <v>1181</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E399" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H399" s="1" t="s">
-        <v>1114</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1" t="s">
-        <v>1115</v>
+        <v>1185</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>527</v>
+        <v>274</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>184</v>
+        <v>275</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E400" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F400" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H400" s="1" t="s">
-        <v>1116</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1" t="s">
-        <v>1117</v>
+        <v>1187</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1113</v>
+        <v>1188</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1097</v>
+        <v>235</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E401" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H401" s="1" t="s">
-        <v>1118</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1" t="s">
-        <v>1119</v>
+        <v>1190</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1113</v>
+        <v>1188</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1097</v>
+        <v>235</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E402" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F402" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H402" s="1" t="s">
-        <v>1120</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1" t="s">
-        <v>1121</v>
+        <v>1192</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1113</v>
+        <v>1188</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1097</v>
+        <v>235</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E403" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F403" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="H403" s="1" t="s">
-        <v>1122</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1" t="s">
-        <v>1123</v>
+        <v>1194</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>458</v>
+        <v>1188</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1124</v>
+        <v>235</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F404" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>188</v>
+        <v>84</v>
       </c>
       <c r="H404" s="1" t="s">
-        <v>1125</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1" t="s">
-        <v>1126</v>
+        <v>1196</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1113</v>
+        <v>212</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>963</v>
+        <v>213</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E405" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H405" s="1" t="s">
-        <v>1127</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1" t="s">
-        <v>1128</v>
+        <v>1198</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>445</v>
+        <v>481</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1102</v>
+        <v>386</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E406" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F406" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H406" s="1" t="s">
-        <v>1129</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1" t="s">
-        <v>1130</v>
+        <v>1200</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>527</v>
+        <v>481</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1131</v>
+        <v>386</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E407" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H407" s="1" t="s">
-        <v>1132</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1" t="s">
-        <v>1133</v>
+        <v>1202</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>445</v>
+        <v>1203</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1010</v>
+        <v>1204</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F408" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="H408" s="1" t="s">
-        <v>1134</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1" t="s">
-        <v>1135</v>
+        <v>1206</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>473</v>
+        <v>1207</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1102</v>
+        <v>937</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>203</v>
+        <v>96</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>1136</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1" t="s">
-        <v>1137</v>
+        <v>1209</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1109</v>
+        <v>365</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1138</v>
+        <v>937</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E410" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>262</v>
+        <v>96</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>1139</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1" t="s">
-        <v>1140</v>
+        <v>1211</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1141</v>
+        <v>365</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>207</v>
+        <v>729</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E411" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>262</v>
+        <v>96</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>1142</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1" t="s">
-        <v>1143</v>
+        <v>1213</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1141</v>
+        <v>535</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1059</v>
+        <v>1119</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>262</v>
+        <v>96</v>
       </c>
       <c r="H412" s="1" t="s">
-        <v>1144</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1" t="s">
-        <v>1145</v>
+        <v>1215</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1141</v>
+        <v>1216</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1146</v>
+        <v>933</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E413" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F413" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>262</v>
+        <v>96</v>
       </c>
       <c r="H413" s="1" t="s">
-        <v>1147</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1" t="s">
-        <v>1148</v>
+        <v>1218</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1004</v>
+        <v>63</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1149</v>
+        <v>654</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F414" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H414" s="1" t="s">
-        <v>1150</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1" t="s">
-        <v>1151</v>
+        <v>1220</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1004</v>
+        <v>1221</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1149</v>
+        <v>937</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F415" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H415" s="1" t="s">
-        <v>1152</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1" t="s">
-        <v>1153</v>
+        <v>1223</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1004</v>
+        <v>1224</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1149</v>
+        <v>9</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F416" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H416" s="1" t="s">
-        <v>1154</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1" t="s">
-        <v>1155</v>
+        <v>1226</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1004</v>
+        <v>1227</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1149</v>
+        <v>250</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H417" s="1" t="s">
-        <v>1156</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1" t="s">
-        <v>1157</v>
+        <v>1229</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1158</v>
+        <v>98</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1159</v>
+        <v>258</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E418" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>181</v>
+        <v>96</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>1160</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1" t="s">
-        <v>1161</v>
+        <v>1231</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>437</v>
+        <v>535</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1162</v>
+        <v>801</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>203</v>
+        <v>96</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>1163</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1" t="s">
-        <v>1164</v>
+        <v>1233</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1109</v>
+        <v>845</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>383</v>
+        <v>763</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="H420" s="1" t="s">
-        <v>1165</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1" t="s">
-        <v>1166</v>
+        <v>1235</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>437</v>
+        <v>845</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1167</v>
+        <v>9</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="H421" s="1" t="s">
-        <v>1168</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1" t="s">
-        <v>1169</v>
+        <v>1235</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1170</v>
+        <v>769</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1171</v>
+        <v>1237</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E422" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>203</v>
+        <v>96</v>
       </c>
       <c r="H422" s="1" t="s">
-        <v>1172</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1" t="s">
-        <v>1173</v>
+        <v>1239</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1174</v>
+        <v>40</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>180</v>
+        <v>1240</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F423" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>203</v>
+        <v>96</v>
       </c>
       <c r="H423" s="1" t="s">
-        <v>1175</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1" t="s">
-        <v>1176</v>
+        <v>1242</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>1004</v>
+        <v>40</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1177</v>
+        <v>1240</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E424" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F424" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>262</v>
+        <v>96</v>
       </c>
       <c r="H424" s="1" t="s">
-        <v>1178</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1" t="s">
-        <v>1179</v>
+        <v>1244</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>376</v>
+        <v>616</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1180</v>
+        <v>1245</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E425" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>262</v>
+        <v>96</v>
       </c>
       <c r="H425" s="1" t="s">
-        <v>1181</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1" t="s">
-        <v>1182</v>
+        <v>1247</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1004</v>
+        <v>1248</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1149</v>
+        <v>1249</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E426" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F426" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="H426" s="1" t="s">
-        <v>1183</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1" t="s">
-        <v>1184</v>
+        <v>1251</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1174</v>
+        <v>1252</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1124</v>
+        <v>1253</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E427" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F427" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>54</v>
+        <v>104</v>
       </c>
       <c r="H427" s="1" t="s">
-        <v>1185</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1" t="s">
-        <v>1186</v>
+        <v>1255</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1109</v>
+        <v>1227</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1187</v>
+        <v>558</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E428" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>54</v>
+        <v>104</v>
       </c>
       <c r="H428" s="1" t="s">
-        <v>1188</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1" t="s">
-        <v>1189</v>
+        <v>1257</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1190</v>
+        <v>1258</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1149</v>
+        <v>882</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E429" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>32</v>
+        <v>104</v>
       </c>
       <c r="H429" s="1" t="s">
-        <v>1191</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1" t="s">
-        <v>1192</v>
+        <v>1260</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1190</v>
+        <v>581</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1149</v>
+        <v>1261</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E430" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F430" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>32</v>
+        <v>104</v>
       </c>
       <c r="H430" s="1" t="s">
-        <v>1193</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1" t="s">
-        <v>1194</v>
+        <v>1263</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1171</v>
+        <v>1264</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>476</v>
+        <v>1265</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E431" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F431" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F431" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G431" s="1" t="s">
-        <v>198</v>
+        <v>104</v>
       </c>
       <c r="H431" s="1" t="s">
-        <v>1195</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1" t="s">
-        <v>1196</v>
+        <v>1267</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1162</v>
+        <v>1264</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1197</v>
+        <v>451</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E432" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F432" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F432" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G432" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="H432" s="1" t="s">
-        <v>1198</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1" t="s">
-        <v>1199</v>
+        <v>1269</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1200</v>
+        <v>1264</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1201</v>
+        <v>1270</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F433" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F433" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G433" s="1" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="H433" s="1" t="s">
-        <v>1202</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1" t="s">
-        <v>1203</v>
+        <v>1272</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>180</v>
+        <v>1273</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1204</v>
+        <v>996</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E434" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F434" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F434" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G434" s="1" t="s">
-        <v>181</v>
+        <v>104</v>
       </c>
       <c r="H434" s="1" t="s">
-        <v>1205</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1" t="s">
-        <v>1206</v>
+        <v>1275</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>383</v>
+        <v>572</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1197</v>
+        <v>1276</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E435" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F435" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F435" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G435" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="H435" s="1" t="s">
-        <v>1207</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1" t="s">
-        <v>1208</v>
+        <v>1278</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>383</v>
+        <v>1279</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1197</v>
+        <v>657</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E436" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F436" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G436" s="1" t="s">
-        <v>100</v>
+        <v>133</v>
       </c>
       <c r="H436" s="1" t="s">
-        <v>1209</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1" t="s">
-        <v>1210</v>
+        <v>1281</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>383</v>
+        <v>400</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1197</v>
+        <v>1204</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E437" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F437" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G437" s="1" t="s">
-        <v>100</v>
+        <v>133</v>
       </c>
       <c r="H437" s="1" t="s">
-        <v>1211</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1" t="s">
-        <v>1212</v>
+        <v>1283</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>180</v>
+        <v>1284</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>226</v>
+        <v>1285</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E438" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F438" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G438" s="1" t="s">
-        <v>96</v>
+        <v>133</v>
       </c>
       <c r="H438" s="1" t="s">
-        <v>1213</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1" t="s">
-        <v>1214</v>
+        <v>1287</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>383</v>
+        <v>1288</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1215</v>
+        <v>1289</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E439" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F439" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F439" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G439" s="1" t="s">
-        <v>32</v>
+        <v>133</v>
       </c>
       <c r="H439" s="1" t="s">
-        <v>1216</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1" t="s">
-        <v>1217</v>
+        <v>1291</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1218</v>
+        <v>477</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E440" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F440" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F440" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G440" s="1" t="s">
-        <v>32</v>
+        <v>133</v>
       </c>
       <c r="H440" s="1" t="s">
-        <v>1219</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1" t="s">
-        <v>1220</v>
+        <v>1293</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1097</v>
+        <v>602</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1197</v>
+        <v>1294</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E441" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G441" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>133</v>
+      </c>
       <c r="H441" s="1" t="s">
-        <v>1221</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1" t="s">
-        <v>1222</v>
+        <v>1296</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>180</v>
+        <v>1297</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>226</v>
+        <v>1031</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E442" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F442" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F442" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G442" s="1" t="s">
-        <v>227</v>
+        <v>133</v>
       </c>
       <c r="H442" s="1" t="s">
-        <v>1223</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1" t="s">
-        <v>1224</v>
+        <v>1299</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>383</v>
+        <v>468</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>201</v>
+        <v>1089</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E443" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F443" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G443" s="1" t="s">
-        <v>104</v>
+        <v>133</v>
       </c>
       <c r="H443" s="1" t="s">
-        <v>1225</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1" t="s">
-        <v>1226</v>
+        <v>1301</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>180</v>
+        <v>1302</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>201</v>
+        <v>590</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E444" s="1" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-      <c r="G444" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>133</v>
+      </c>
       <c r="H444" s="1" t="s">
-        <v>1227</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1" t="s">
-        <v>1228</v>
+        <v>1304</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>180</v>
+        <v>1305</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>201</v>
+        <v>558</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E445" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F445" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G445" s="1" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="H445" s="1" t="s">
-        <v>1229</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1" t="s">
-        <v>1230</v>
+        <v>1304</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>180</v>
+        <v>1305</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>201</v>
+        <v>558</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E446" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F446" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G446" s="1" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="H446" s="1" t="s">
-        <v>1231</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1" t="s">
-        <v>1232</v>
+        <v>1304</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>180</v>
+        <v>1305</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>201</v>
+        <v>558</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E447" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F447" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G447" s="1" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="H447" s="1" t="s">
-        <v>1233</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1" t="s">
-        <v>1234</v>
+        <v>1304</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1102</v>
+        <v>1305</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>196</v>
+        <v>558</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E448" s="1" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-      <c r="G448" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>133</v>
+      </c>
       <c r="H448" s="1" t="s">
-        <v>1235</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1" t="s">
-        <v>1236</v>
+        <v>1304</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>400</v>
+        <v>1305</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>187</v>
+        <v>558</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-      <c r="G449" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F449" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>133</v>
+      </c>
       <c r="H449" s="1" t="s">
-        <v>1237</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1" t="s">
-        <v>1238</v>
+        <v>1304</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>180</v>
+        <v>1305</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1204</v>
+        <v>558</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E450" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F450" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F450" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G450" s="1" t="s">
-        <v>227</v>
+        <v>133</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>1239</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1" t="s">
-        <v>1240</v>
+        <v>1304</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1109</v>
+        <v>1305</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1110</v>
+        <v>558</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>227</v>
+        <v>133</v>
       </c>
       <c r="H451" s="1" t="s">
-        <v>1241</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1" t="s">
-        <v>1242</v>
+        <v>1304</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1190</v>
+        <v>1305</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1243</v>
+        <v>558</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E452" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>227</v>
+        <v>133</v>
       </c>
       <c r="H452" s="1" t="s">
-        <v>1244</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1" t="s">
-        <v>1245</v>
+        <v>1314</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1004</v>
+        <v>1077</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>191</v>
+        <v>250</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E453" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F453" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>227</v>
+        <v>133</v>
       </c>
       <c r="H453" s="1" t="s">
-        <v>1246</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1" t="s">
-        <v>1247</v>
+        <v>1316</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1097</v>
+        <v>627</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>207</v>
+        <v>590</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>32</v>
+        <v>133</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>1248</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1" t="s">
-        <v>1249</v>
+        <v>1318</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1149</v>
+        <v>862</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1250</v>
+        <v>1170</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E455" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F455" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>54</v>
+        <v>133</v>
       </c>
       <c r="H455" s="1" t="s">
-        <v>1251</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1" t="s">
-        <v>1252</v>
+        <v>1320</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1253</v>
+        <v>1321</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1254</v>
+        <v>1170</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E456" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>32</v>
+        <v>133</v>
       </c>
       <c r="H456" s="1" t="s">
-        <v>1255</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1" t="s">
-        <v>1256</v>
+        <v>1323</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1124</v>
+        <v>1324</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1201</v>
+        <v>1170</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E457" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>203</v>
+        <v>133</v>
       </c>
       <c r="H457" s="1" t="s">
-        <v>1257</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1" t="s">
-        <v>1258</v>
+        <v>1326</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1149</v>
+        <v>1327</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1259</v>
+        <v>1328</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>188</v>
+        <v>133</v>
       </c>
       <c r="H458" s="1" t="s">
-        <v>1260</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1" t="s">
-        <v>1261</v>
+        <v>1330</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1190</v>
+        <v>1188</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1243</v>
+        <v>609</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E459" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>227</v>
+        <v>133</v>
       </c>
       <c r="H459" s="1" t="s">
-        <v>1262</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1" t="s">
-        <v>1263</v>
+        <v>1332</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1264</v>
+        <v>970</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1265</v>
+        <v>705</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E460" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>12</v>
+        <v>133</v>
       </c>
       <c r="H460" s="1" t="s">
-        <v>1266</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1" t="s">
-        <v>1267</v>
+        <v>1334</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1097</v>
+        <v>63</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1268</v>
+        <v>654</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>16</v>
+        <v>133</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>1269</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1" t="s">
-        <v>1270</v>
+        <v>1336</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1110</v>
+        <v>1038</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1271</v>
+        <v>657</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E462" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>198</v>
+        <v>133</v>
       </c>
       <c r="H462" s="1" t="s">
-        <v>1272</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1" t="s">
-        <v>1273</v>
+        <v>1338</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1274</v>
+        <v>1339</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>226</v>
+        <v>390</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E463" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F463" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>227</v>
+        <v>1340</v>
       </c>
       <c r="H463" s="1" t="s">
-        <v>1275</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1" t="s">
-        <v>1228</v>
+        <v>1342</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1274</v>
+        <v>1343</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1276</v>
+        <v>1344</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E464" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F464" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F464" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G464" s="1" t="s">
-        <v>151</v>
+        <v>1340</v>
       </c>
       <c r="H464" s="1" t="s">
-        <v>1229</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1" t="s">
-        <v>1277</v>
+        <v>1346</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1204</v>
+        <v>390</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1197</v>
+        <v>1347</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F465" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>32</v>
+        <v>1340</v>
       </c>
       <c r="H465" s="1" t="s">
-        <v>1278</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1" t="s">
-        <v>1279</v>
+        <v>1349</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1280</v>
+        <v>814</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>216</v>
+        <v>615</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E466" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F466" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>198</v>
+        <v>1340</v>
       </c>
       <c r="H466" s="1" t="s">
-        <v>1281</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1" t="s">
-        <v>1282</v>
+        <v>1351</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>523</v>
+        <v>1352</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>524</v>
+        <v>1032</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E467" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G467" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1340</v>
+      </c>
       <c r="H467" s="1" t="s">
-        <v>1283</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1" t="s">
-        <v>1284</v>
+        <v>1354</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>396</v>
+        <v>1352</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1285</v>
+        <v>881</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E468" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G468" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1340</v>
+      </c>
       <c r="H468" s="1" t="s">
-        <v>1286</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1" t="s">
-        <v>1287</v>
+        <v>1356</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>191</v>
+        <v>1357</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1268</v>
+        <v>235</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>117</v>
+        <v>1340</v>
       </c>
       <c r="H469" s="1" t="s">
-        <v>1288</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1" t="s">
-        <v>419</v>
+        <v>1359</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1243</v>
+        <v>759</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>210</v>
+        <v>1089</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E470" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F470" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>227</v>
+        <v>1340</v>
       </c>
       <c r="H470" s="1" t="s">
-        <v>1289</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1" t="s">
-        <v>1290</v>
+        <v>1361</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>206</v>
+        <v>1362</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1291</v>
+        <v>1363</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F471" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>96</v>
+        <v>1340</v>
       </c>
       <c r="H471" s="1" t="s">
-        <v>1292</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1" t="s">
-        <v>1293</v>
+        <v>1365</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1243</v>
+        <v>1366</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>963</v>
+        <v>1367</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E472" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>151</v>
+        <v>1340</v>
       </c>
       <c r="H472" s="1" t="s">
-        <v>1294</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1" t="s">
-        <v>1295</v>
+        <v>1369</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>187</v>
+        <v>509</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1296</v>
+        <v>558</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E473" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F473" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>188</v>
+        <v>1340</v>
       </c>
       <c r="H473" s="1" t="s">
-        <v>1297</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1" t="s">
-        <v>1298</v>
+        <v>1371</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>187</v>
+        <v>551</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>201</v>
+        <v>1083</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E474" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F474" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>188</v>
+        <v>1340</v>
       </c>
       <c r="H474" s="1" t="s">
-        <v>1299</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1" t="s">
-        <v>1300</v>
+        <v>1373</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>389</v>
+        <v>423</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E475" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F475" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>16</v>
+        <v>1340</v>
       </c>
       <c r="H475" s="1" t="s">
-        <v>1301</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1" t="s">
-        <v>1302</v>
+        <v>1375</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1303</v>
+        <v>1376</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1304</v>
+        <v>1376</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E476" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F476" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>287</v>
+        <v>1340</v>
       </c>
       <c r="H476" s="1" t="s">
-        <v>1305</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1" t="s">
-        <v>1306</v>
+        <v>1378</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>197</v>
+        <v>1203</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1177</v>
+        <v>1379</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F477" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>54</v>
+        <v>1340</v>
       </c>
       <c r="H477" s="1" t="s">
-        <v>1307</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1" t="s">
-        <v>1308</v>
+        <v>1381</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>389</v>
+        <v>242</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>220</v>
+        <v>1382</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G478" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1340</v>
+      </c>
       <c r="H478" s="1" t="s">
-        <v>1309</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1" t="s">
-        <v>1310</v>
+        <v>1384</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1311</v>
+        <v>1385</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1312</v>
+        <v>9</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>96</v>
+        <v>1340</v>
       </c>
       <c r="H479" s="1" t="s">
-        <v>1313</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1" t="s">
-        <v>1314</v>
+        <v>1387</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1315</v>
+        <v>1388</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1312</v>
+        <v>386</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>32</v>
+        <v>1340</v>
       </c>
       <c r="H480" s="1" t="s">
-        <v>1316</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1" t="s">
-        <v>1317</v>
+        <v>1390</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>197</v>
+        <v>633</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1318</v>
+        <v>250</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F481" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>181</v>
+        <v>1340</v>
       </c>
       <c r="H481" s="1" t="s">
-        <v>1319</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1" t="s">
-        <v>1320</v>
+        <v>1392</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>223</v>
+        <v>633</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1321</v>
+        <v>1083</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>32</v>
+        <v>1340</v>
       </c>
       <c r="H482" s="1" t="s">
-        <v>1322</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1" t="s">
-        <v>1323</v>
+        <v>1394</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>223</v>
+        <v>438</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1324</v>
+        <v>1395</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>16</v>
+        <v>1340</v>
       </c>
       <c r="H483" s="1" t="s">
-        <v>1325</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1" t="s">
-        <v>1326</v>
+        <v>1397</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1276</v>
+        <v>1398</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1327</v>
+        <v>1398</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>12</v>
+        <v>1340</v>
       </c>
       <c r="H484" s="1" t="s">
-        <v>1328</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1" t="s">
-        <v>1329</v>
+        <v>1400</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>220</v>
+        <v>465</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1180</v>
+        <v>465</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F485" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>16</v>
+        <v>1340</v>
       </c>
       <c r="H485" s="1" t="s">
-        <v>1330</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1" t="s">
-        <v>1331</v>
+        <v>1402</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1332</v>
+        <v>539</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1333</v>
+        <v>1403</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F486" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>96</v>
+        <v>1340</v>
       </c>
       <c r="H486" s="1" t="s">
-        <v>1334</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1" t="s">
-        <v>1335</v>
+        <v>1405</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>211</v>
+        <v>1406</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1336</v>
+        <v>657</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G487" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>155</v>
+      </c>
       <c r="H487" s="1" t="s">
-        <v>1337</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1" t="s">
-        <v>1338</v>
+        <v>1408</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1276</v>
+        <v>1288</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1327</v>
+        <v>629</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E488" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>181</v>
+        <v>155</v>
       </c>
       <c r="H488" s="1" t="s">
-        <v>1339</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1" t="s">
-        <v>1340</v>
+        <v>1410</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1341</v>
+        <v>978</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1215</v>
+        <v>723</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E489" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F489" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>104</v>
+        <v>155</v>
       </c>
       <c r="H489" s="1" t="s">
-        <v>1342</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1" t="s">
-        <v>1340</v>
+        <v>1410</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1341</v>
+        <v>978</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1215</v>
+        <v>723</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E490" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F490" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>104</v>
+        <v>155</v>
       </c>
       <c r="H490" s="1" t="s">
-        <v>1343</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1" t="s">
-        <v>1340</v>
+        <v>1413</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1341</v>
+        <v>602</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1215</v>
+        <v>603</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E491" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F491" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>104</v>
+        <v>155</v>
       </c>
       <c r="H491" s="1" t="s">
-        <v>1344</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1" t="s">
-        <v>1345</v>
+        <v>1415</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>220</v>
+        <v>566</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1346</v>
+        <v>383</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E492" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F492" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>12</v>
+        <v>155</v>
       </c>
       <c r="H492" s="1" t="s">
-        <v>1347</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1" t="s">
-        <v>1348</v>
+        <v>1417</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>454</v>
+        <v>1418</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>963</v>
+        <v>1419</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E493" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F493" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>104</v>
+        <v>155</v>
       </c>
       <c r="H493" s="1" t="s">
-        <v>1349</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1" t="s">
-        <v>1350</v>
+        <v>1421</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1351</v>
+        <v>881</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1352</v>
+        <v>1122</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E494" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F494" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>287</v>
+        <v>155</v>
       </c>
       <c r="H494" s="1" t="s">
-        <v>1353</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1" t="s">
-        <v>1354</v>
+        <v>1423</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>202</v>
+        <v>405</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1180</v>
+        <v>1245</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E495" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F495" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>96</v>
+        <v>155</v>
       </c>
       <c r="H495" s="1" t="s">
-        <v>1355</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1" t="s">
-        <v>1356</v>
+        <v>1425</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>454</v>
+        <v>468</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1357</v>
+        <v>1426</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E496" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>96</v>
+        <v>155</v>
       </c>
       <c r="H496" s="1" t="s">
-        <v>1358</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1" t="s">
-        <v>1359</v>
+        <v>1428</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>454</v>
-[...1 lines deleted...]
-      <c r="C497" s="1"/>
+        <v>671</v>
+      </c>
+      <c r="C497" s="1" t="s">
+        <v>1429</v>
+      </c>
       <c r="D497" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E497" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="H497" s="1" t="s">
-        <v>1360</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1" t="s">
-        <v>1361</v>
+        <v>1431</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1362</v>
+        <v>509</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1363</v>
+        <v>551</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F498" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>181</v>
+        <v>155</v>
       </c>
       <c r="H498" s="1" t="s">
-        <v>1364</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1" t="s">
-        <v>1365</v>
+        <v>1433</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1362</v>
+        <v>506</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1366</v>
+        <v>551</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>117</v>
+        <v>155</v>
       </c>
       <c r="H499" s="1" t="s">
-        <v>1367</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1" t="s">
-        <v>1368</v>
+        <v>1435</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1218</v>
+        <v>1436</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E500" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>54</v>
+        <v>155</v>
       </c>
       <c r="H500" s="1" t="s">
-        <v>1369</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1" t="s">
-        <v>1370</v>
+        <v>1438</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1197</v>
+        <v>1077</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1363</v>
+        <v>250</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F501" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>100</v>
+        <v>155</v>
       </c>
       <c r="H501" s="1" t="s">
-        <v>1371</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1" t="s">
-        <v>1372</v>
+        <v>1440</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1373</v>
+        <v>1077</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1374</v>
+        <v>250</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E502" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="H502" s="1" t="s">
-        <v>1375</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1" t="s">
-        <v>1376</v>
+        <v>1442</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1197</v>
+        <v>423</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1218</v>
+        <v>424</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E503" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>117</v>
+        <v>155</v>
       </c>
       <c r="H503" s="1" t="s">
-        <v>1377</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1" t="s">
-        <v>1378</v>
+        <v>1444</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1197</v>
+        <v>238</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1218</v>
+        <v>1445</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F504" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>117</v>
+        <v>155</v>
       </c>
       <c r="H504" s="1" t="s">
-        <v>1379</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1" t="s">
-        <v>1380</v>
+        <v>1447</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1352</v>
+        <v>444</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1357</v>
+        <v>1448</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F505" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>12</v>
+        <v>155</v>
       </c>
       <c r="H505" s="1" t="s">
-        <v>1381</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1" t="s">
-        <v>1382</v>
+        <v>1450</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1383</v>
+        <v>1451</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1327</v>
+        <v>1452</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>198</v>
+        <v>155</v>
       </c>
       <c r="H506" s="1" t="s">
-        <v>1384</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1" t="s">
-        <v>1385</v>
+        <v>1454</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1383</v>
+        <v>1451</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1386</v>
+        <v>1452</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E507" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F507" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>188</v>
+        <v>155</v>
       </c>
       <c r="H507" s="1" t="s">
-        <v>1387</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1" t="s">
-        <v>1388</v>
+        <v>1456</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1389</v>
+        <v>274</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1390</v>
+        <v>275</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F508" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>96</v>
+        <v>155</v>
       </c>
       <c r="H508" s="1" t="s">
-        <v>1391</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="1" t="s">
-        <v>1392</v>
+        <v>1458</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1393</v>
+        <v>602</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>207</v>
+        <v>603</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E509" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F509" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H509" s="1" t="s">
-        <v>1394</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="1" t="s">
-        <v>1395</v>
+        <v>1460</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1396</v>
+        <v>250</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1397</v>
+        <v>1461</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E510" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F510" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>198</v>
+        <v>155</v>
       </c>
       <c r="H510" s="1" t="s">
-        <v>1398</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="1" t="s">
-        <v>1399</v>
+        <v>1463</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1400</v>
+        <v>473</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1401</v>
+        <v>1464</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E511" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F511" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="H511" s="1" t="s">
-        <v>1402</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="1" t="s">
-        <v>1403</v>
+        <v>1466</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1250</v>
+        <v>473</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1404</v>
+        <v>1464</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E512" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F512" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>181</v>
+        <v>155</v>
       </c>
       <c r="H512" s="1" t="s">
-        <v>1405</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="1" t="s">
-        <v>1406</v>
+        <v>1468</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1373</v>
+        <v>892</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1386</v>
+        <v>1469</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E513" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F513" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>262</v>
+        <v>155</v>
       </c>
       <c r="H513" s="1" t="s">
-        <v>1407</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="1" t="s">
-        <v>1408</v>
+        <v>1468</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1409</v>
+        <v>892</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1410</v>
+        <v>1469</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E514" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F514" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>203</v>
+        <v>155</v>
       </c>
       <c r="H514" s="1" t="s">
-        <v>1411</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="1" t="s">
-        <v>1412</v>
+        <v>1472</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1396</v>
+        <v>434</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1413</v>
+        <v>1473</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E515" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F515" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>203</v>
+        <v>155</v>
       </c>
       <c r="H515" s="1" t="s">
-        <v>1414</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="1" t="s">
-        <v>1415</v>
+        <v>1475</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1366</v>
+        <v>462</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1346</v>
+        <v>1473</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E516" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F516" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="H516" s="1" t="s">
-        <v>1416</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="1" t="s">
-        <v>1417</v>
-[...2 lines deleted...]
-      <c r="C517" s="1"/>
+        <v>1477</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="C517" s="1" t="s">
+        <v>1473</v>
+      </c>
       <c r="D517" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F517" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>54</v>
+        <v>155</v>
       </c>
       <c r="H517" s="1" t="s">
-        <v>1418</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="1" t="s">
-        <v>1419</v>
-[...2 lines deleted...]
-      <c r="C518" s="1"/>
+        <v>1479</v>
+      </c>
+      <c r="B518" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="C518" s="1" t="s">
+        <v>1473</v>
+      </c>
       <c r="D518" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F518" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>104</v>
+        <v>155</v>
       </c>
       <c r="H518" s="1" t="s">
-        <v>1420</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="1" t="s">
-        <v>1421</v>
+        <v>1481</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1422</v>
+        <v>1482</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1423</v>
+        <v>728</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F519" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>12</v>
+        <v>155</v>
       </c>
       <c r="H519" s="1" t="s">
-        <v>1424</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="1" t="s">
-        <v>1425</v>
+        <v>1484</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>1426</v>
+        <v>63</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1427</v>
+        <v>275</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E520" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>139</v>
+        <v>162</v>
       </c>
       <c r="H520" s="1" t="s">
-        <v>1428</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="1" t="s">
-        <v>1429</v>
+        <v>1486</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>1430</v>
+        <v>63</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1431</v>
+        <v>275</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E521" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F521" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>139</v>
+        <v>162</v>
       </c>
       <c r="H521" s="1" t="s">
-        <v>1432</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="1" t="s">
-        <v>1433</v>
+        <v>1488</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>1434</v>
+        <v>63</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1435</v>
+        <v>275</v>
       </c>
       <c r="D522" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E522" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F522" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>16</v>
+        <v>162</v>
       </c>
       <c r="H522" s="1" t="s">
-        <v>1436</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="1" t="s">
-        <v>1437</v>
+        <v>1490</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>1438</v>
+        <v>1491</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1435</v>
+        <v>657</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E523" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F523" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G523" s="1"/>
+      <c r="G523" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H523" s="1" t="s">
-        <v>1439</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="1" t="s">
-        <v>1440</v>
+        <v>1493</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>1438</v>
+        <v>23</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1441</v>
+        <v>484</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F524" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G524" s="1"/>
+      <c r="G524" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H524" s="1" t="s">
-        <v>1442</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="1" t="s">
-        <v>1443</v>
+        <v>1495</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>454</v>
+        <v>1496</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>963</v>
+        <v>654</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E525" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G525" s="1"/>
+      <c r="G525" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H525" s="1" t="s">
-        <v>1444</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="1" t="s">
-        <v>1445</v>
+        <v>1498</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1446</v>
+        <v>1499</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1447</v>
+        <v>1500</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E526" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G526" s="1"/>
+      <c r="G526" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H526" s="1" t="s">
-        <v>1448</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="1" t="s">
-        <v>1449</v>
+        <v>1502</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1446</v>
+        <v>593</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1450</v>
+        <v>373</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E527" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G527" s="1"/>
+      <c r="G527" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H527" s="1" t="s">
-        <v>1451</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="1" t="s">
-        <v>1452</v>
+        <v>1504</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>1453</v>
+        <v>1505</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1454</v>
+        <v>1429</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E528" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F528" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G528" s="1"/>
+      <c r="G528" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H528" s="1" t="s">
-        <v>1455</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="1" t="s">
-        <v>1456</v>
+        <v>1507</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>1453</v>
+        <v>940</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1454</v>
+        <v>1508</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F529" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G529" s="1"/>
+      <c r="G529" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H529" s="1" t="s">
-        <v>1457</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="1" t="s">
-        <v>1458</v>
+        <v>1510</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1459</v>
+        <v>1511</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1460</v>
+        <v>1512</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E530" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F530" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G530" s="1"/>
+      <c r="G530" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H530" s="1" t="s">
-        <v>1461</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="1" t="s">
-        <v>1462</v>
+        <v>1514</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>1463</v>
+        <v>462</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1464</v>
+        <v>379</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F531" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G531" s="1"/>
+      <c r="G531" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H531" s="1" t="s">
-        <v>1465</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="1" t="s">
-        <v>1466</v>
+        <v>1516</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1463</v>
+        <v>1517</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1464</v>
+        <v>258</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E532" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F532" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G532" s="1"/>
+      <c r="G532" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H532" s="1" t="s">
-        <v>1467</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="1" t="s">
-        <v>1468</v>
+        <v>1519</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1469</v>
+        <v>274</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1470</v>
+        <v>275</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E533" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F533" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>181</v>
+        <v>162</v>
       </c>
       <c r="H533" s="1" t="s">
-        <v>1471</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="1" t="s">
-        <v>1472</v>
+        <v>1521</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1454</v>
-[...3 lines deleted...]
-      </c>
+        <v>1237</v>
+      </c>
+      <c r="C534" s="1"/>
       <c r="D534" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E534" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F534" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>12</v>
+        <v>162</v>
       </c>
       <c r="H534" s="1" t="s">
-        <v>1474</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="1" t="s">
-        <v>1475</v>
+        <v>1523</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1476</v>
+        <v>1328</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1187</v>
+        <v>774</v>
       </c>
       <c r="D535" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E535" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F535" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>54</v>
+        <v>162</v>
       </c>
       <c r="H535" s="1" t="s">
-        <v>1477</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1" t="s">
-        <v>1478</v>
+        <v>1525</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1476</v>
+        <v>1526</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1187</v>
+        <v>654</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E536" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F536" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>54</v>
+        <v>162</v>
       </c>
       <c r="H536" s="1" t="s">
-        <v>1479</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1" t="s">
-        <v>1480</v>
+        <v>1528</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1481</v>
+        <v>404</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1482</v>
+        <v>1347</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F537" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>96</v>
+        <v>162</v>
       </c>
       <c r="H537" s="1" t="s">
-        <v>1483</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1" t="s">
-        <v>1484</v>
+        <v>1530</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>1485</v>
+        <v>1531</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1486</v>
+        <v>666</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E538" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F538" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>96</v>
+        <v>162</v>
       </c>
       <c r="H538" s="1" t="s">
-        <v>1487</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1" t="s">
-        <v>1488</v>
+        <v>1533</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1485</v>
+        <v>1534</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1489</v>
+        <v>9</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E539" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>96</v>
+        <v>162</v>
       </c>
       <c r="H539" s="1" t="s">
-        <v>1490</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1" t="s">
-        <v>1491</v>
+        <v>1536</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>1481</v>
+        <v>506</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1482</v>
+        <v>9</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E540" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>96</v>
+        <v>162</v>
       </c>
       <c r="H540" s="1" t="s">
-        <v>1492</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1" t="s">
-        <v>1493</v>
+        <v>1538</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1494</v>
+        <v>1539</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1495</v>
+        <v>554</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E541" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F541" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="H541" s="1" t="s">
-        <v>1496</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1" t="s">
-        <v>1497</v>
+        <v>1541</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1454</v>
+        <v>1542</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>911</v>
+        <v>769</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E542" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F542" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>96</v>
+        <v>162</v>
       </c>
       <c r="H542" s="1" t="s">
-        <v>1498</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1" t="s">
-        <v>1499</v>
+        <v>1541</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1500</v>
+        <v>1542</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1470</v>
+        <v>769</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E543" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F543" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>117</v>
+        <v>162</v>
       </c>
       <c r="H543" s="1" t="s">
-        <v>1501</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1" t="s">
-        <v>1502</v>
+        <v>1541</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>1503</v>
+        <v>1542</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1504</v>
+        <v>769</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E544" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F544" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>96</v>
+        <v>162</v>
       </c>
       <c r="H544" s="1" t="s">
-        <v>1505</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1" t="s">
-        <v>1506</v>
+        <v>1546</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>662</v>
+        <v>63</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>835</v>
+        <v>654</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E545" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G545" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H545" s="1" t="s">
-        <v>1507</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1" t="s">
-        <v>1508</v>
+        <v>1548</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>752</v>
+        <v>1549</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>686</v>
+        <v>1550</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E546" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G546" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H546" s="1" t="s">
-        <v>1509</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1" t="s">
-        <v>1510</v>
+        <v>1552</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>752</v>
+        <v>509</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>686</v>
+        <v>551</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E547" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G547" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H547" s="1" t="s">
-        <v>1511</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1" t="s">
-        <v>1512</v>
+        <v>1554</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>752</v>
+        <v>1555</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>686</v>
+        <v>1133</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G548" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H548" s="1" t="s">
-        <v>1513</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1" t="s">
-        <v>1514</v>
+        <v>1557</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>752</v>
+        <v>212</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>686</v>
+        <v>213</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E549" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G549" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H549" s="1" t="s">
-        <v>1515</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="1" t="s">
-        <v>1516</v>
+        <v>1559</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>752</v>
+        <v>619</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>686</v>
+        <v>654</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E550" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G550" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H550" s="1" t="s">
-        <v>1517</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="1" t="s">
-        <v>1518</v>
+        <v>1561</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>752</v>
+        <v>63</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>686</v>
+        <v>654</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E551" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G551" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H551" s="1" t="s">
-        <v>1519</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="1" t="s">
-        <v>1520</v>
+        <v>1563</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>752</v>
+        <v>1564</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>686</v>
+        <v>1083</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E552" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G552" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H552" s="1" t="s">
-        <v>1521</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="1" t="s">
-        <v>1522</v>
+        <v>1566</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>752</v>
+        <v>63</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>686</v>
+        <v>275</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E553" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G553" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H553" s="1" t="s">
-        <v>1523</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="1" t="s">
-        <v>1524</v>
+        <v>1568</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>752</v>
+        <v>1418</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>686</v>
+        <v>671</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E554" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G554" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H554" s="1" t="s">
-        <v>1525</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="1" t="s">
-        <v>1526</v>
+        <v>1570</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>752</v>
+        <v>63</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>686</v>
+        <v>49</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E555" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G555" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H555" s="1" t="s">
-        <v>1527</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="1" t="s">
-        <v>1528</v>
+        <v>1572</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>752</v>
+        <v>1249</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>686</v>
+        <v>1573</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E556" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G556" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H556" s="1" t="s">
-        <v>1529</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="1" t="s">
-        <v>1530</v>
+        <v>1575</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>752</v>
+        <v>382</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>686</v>
+        <v>481</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E557" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G557" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H557" s="1" t="s">
-        <v>1531</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="1" t="s">
-        <v>1532</v>
+        <v>1577</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>752</v>
+        <v>1578</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>686</v>
+        <v>1579</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E558" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G558" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H558" s="1" t="s">
-        <v>1533</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="1" t="s">
-        <v>1534</v>
+        <v>1581</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>752</v>
+        <v>1582</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>686</v>
+        <v>433</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E559" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G559" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H559" s="1" t="s">
-        <v>1535</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1" t="s">
-        <v>1536</v>
+        <v>1584</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>752</v>
+        <v>274</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>686</v>
+        <v>1585</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E560" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G560" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H560" s="1" t="s">
-        <v>1537</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1" t="s">
-        <v>1538</v>
+        <v>1587</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>752</v>
+        <v>1588</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>686</v>
+        <v>1589</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E561" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G561" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H561" s="1" t="s">
-        <v>1539</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1" t="s">
-        <v>1540</v>
+        <v>1591</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>752</v>
+        <v>1592</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>686</v>
+        <v>654</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E562" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G562" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>162</v>
+      </c>
       <c r="H562" s="1" t="s">
-        <v>1541</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1" t="s">
-        <v>1542</v>
+        <v>1594</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>752</v>
+        <v>773</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>686</v>
+        <v>1595</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E563" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G563" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H563" s="1" t="s">
-        <v>1543</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1" t="s">
-        <v>1544</v>
+        <v>1597</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>752</v>
-[...3 lines deleted...]
-      </c>
+        <v>1598</v>
+      </c>
+      <c r="C564" s="1"/>
       <c r="D564" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E564" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G564" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H564" s="1" t="s">
-        <v>1545</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1" t="s">
-        <v>1546</v>
+        <v>1600</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>752</v>
+        <v>1549</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>686</v>
+        <v>1550</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G565" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H565" s="1" t="s">
-        <v>1547</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1" t="s">
-        <v>1548</v>
+        <v>1602</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>686</v>
+        <v>1119</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E566" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G566" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H566" s="1" t="s">
-        <v>1549</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1" t="s">
-        <v>1550</v>
+        <v>1604</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>752</v>
+        <v>1605</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>686</v>
+        <v>1606</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E567" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G567" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H567" s="1" t="s">
-        <v>1551</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1" t="s">
-        <v>1552</v>
+        <v>1608</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>752</v>
+        <v>1094</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>686</v>
+        <v>1606</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E568" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G568" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H568" s="1" t="s">
-        <v>1553</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1" t="s">
-        <v>1554</v>
+        <v>1610</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>752</v>
+        <v>498</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>686</v>
+        <v>548</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G569" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H569" s="1" t="s">
-        <v>1555</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1" t="s">
-        <v>1556</v>
+        <v>1612</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>752</v>
+        <v>671</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>686</v>
+        <v>666</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E570" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G570" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H570" s="1" t="s">
-        <v>1557</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1" t="s">
-        <v>1558</v>
+        <v>1614</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>752</v>
+        <v>671</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>686</v>
+        <v>666</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E571" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G571" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H571" s="1" t="s">
-        <v>1559</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1" t="s">
-        <v>1560</v>
+        <v>1616</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>752</v>
+        <v>1617</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>686</v>
+        <v>1618</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E572" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G572" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H572" s="1" t="s">
-        <v>1561</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1" t="s">
-        <v>1562</v>
+        <v>1620</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>752</v>
+        <v>1044</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>686</v>
+        <v>420</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E573" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G573" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H573" s="1" t="s">
-        <v>1563</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1" t="s">
-        <v>1564</v>
+        <v>1622</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>752</v>
+        <v>1285</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>686</v>
+        <v>1623</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G574" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H574" s="1" t="s">
-        <v>1565</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1" t="s">
-        <v>1566</v>
+        <v>1625</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>752</v>
+        <v>1398</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>686</v>
+        <v>840</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E575" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G575" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H575" s="1" t="s">
-        <v>1567</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1" t="s">
-        <v>1568</v>
+        <v>1627</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>752</v>
+        <v>360</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>686</v>
+        <v>379</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E576" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G576" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H576" s="1" t="s">
-        <v>1569</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1" t="s">
-        <v>1570</v>
+        <v>1629</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>752</v>
+        <v>360</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>686</v>
+        <v>379</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G577" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H577" s="1" t="s">
-        <v>1571</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1" t="s">
-        <v>1572</v>
+        <v>1631</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>752</v>
+        <v>1632</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>686</v>
+        <v>1327</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E578" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G578" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H578" s="1" t="s">
-        <v>1573</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1" t="s">
-        <v>1574</v>
+        <v>1634</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>752</v>
+        <v>1635</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>686</v>
+        <v>1041</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E579" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G579" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H579" s="1" t="s">
-        <v>1575</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1" t="s">
-        <v>1576</v>
+        <v>1637</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>752</v>
+        <v>444</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>686</v>
+        <v>445</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E580" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G580" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H580" s="1" t="s">
-        <v>1577</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="1" t="s">
-        <v>1578</v>
+        <v>1639</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>752</v>
+        <v>451</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>686</v>
+        <v>1328</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E581" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G581" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H581" s="1" t="s">
-        <v>1579</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="1" t="s">
-        <v>1580</v>
+        <v>1641</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>752</v>
+        <v>107</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>686</v>
+        <v>1642</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="G582" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H582" s="1" t="s">
-        <v>1581</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="1" t="s">
-        <v>1582</v>
+        <v>1644</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>1583</v>
+        <v>1207</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>1584</v>
+        <v>654</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E583" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F583" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H583" s="1" t="s">
-        <v>1585</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="1" t="s">
-        <v>1586</v>
+        <v>1646</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>1587</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="C584" s="1"/>
       <c r="D584" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E584" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F584" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H584" s="1" t="s">
-        <v>1589</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="1" t="s">
-        <v>1590</v>
+        <v>1648</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>1591</v>
+        <v>1649</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>583</v>
+        <v>49</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E585" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F585" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H585" s="1" t="s">
-        <v>1592</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="1" t="s">
-        <v>1593</v>
+        <v>1651</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>547</v>
+        <v>1652</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>583</v>
+        <v>498</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E586" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F586" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H586" s="1" t="s">
-        <v>1594</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="1" t="s">
-        <v>1595</v>
+        <v>1654</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>57</v>
+        <v>1655</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>583</v>
+        <v>1436</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E587" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F587" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H587" s="1" t="s">
-        <v>1596</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="1" t="s">
-        <v>1595</v>
+        <v>1657</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>57</v>
+        <v>433</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>583</v>
+        <v>1658</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E588" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F588" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H588" s="1" t="s">
-        <v>1597</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="1" t="s">
-        <v>1598</v>
+        <v>1660</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>1599</v>
+        <v>98</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>1600</v>
+        <v>509</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E589" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F589" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H589" s="1" t="s">
-        <v>1601</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="1" t="s">
-        <v>1602</v>
+        <v>1662</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>752</v>
+        <v>531</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>583</v>
+        <v>1663</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E590" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F590" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H590" s="1" t="s">
-        <v>1603</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="1" t="s">
-        <v>1604</v>
+        <v>1665</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>1605</v>
+        <v>1362</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>1606</v>
+        <v>1666</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F591" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H591" s="1" t="s">
-        <v>1607</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="1" t="s">
-        <v>1608</v>
+        <v>1668</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>85</v>
+        <v>1669</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>963</v>
+        <v>1605</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F592" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H592" s="1" t="s">
-        <v>1609</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="1" t="s">
-        <v>1610</v>
+        <v>1671</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>85</v>
+        <v>1672</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>911</v>
+        <v>654</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E593" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F593" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H593" s="1" t="s">
-        <v>1611</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="1" t="s">
-        <v>1612</v>
+        <v>1674</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>85</v>
+        <v>1526</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>365</v>
+        <v>654</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E594" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F594" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H594" s="1" t="s">
-        <v>1613</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="1" t="s">
-        <v>1614</v>
+        <v>1676</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>92</v>
+        <v>1677</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>583</v>
+        <v>654</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E595" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F595" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>96</v>
+        <v>175</v>
       </c>
       <c r="H595" s="1" t="s">
-        <v>1615</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1" t="s">
-        <v>1616</v>
+        <v>1679</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>120</v>
+        <v>544</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>1617</v>
+        <v>657</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E596" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F596" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
       <c r="H596" s="1" t="s">
-        <v>1618</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1" t="s">
-        <v>1619</v>
+        <v>1681</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>120</v>
+        <v>1682</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>1617</v>
+        <v>1094</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E597" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F597" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
       <c r="H597" s="1" t="s">
-        <v>1620</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="1" t="s">
-        <v>957</v>
+        <v>1684</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>417</v>
+        <v>1685</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>679</v>
+        <v>654</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E598" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F598" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
       <c r="H598" s="1" t="s">
-        <v>1621</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="1" t="s">
-        <v>1622</v>
+        <v>1687</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>575</v>
+        <v>1094</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>591</v>
+        <v>1382</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E599" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F599" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
       <c r="H599" s="1" t="s">
-        <v>1623</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="1" t="s">
-        <v>1624</v>
+        <v>1689</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>958</v>
+        <v>581</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>959</v>
+        <v>462</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E600" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F600" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
       <c r="H600" s="1" t="s">
-        <v>1625</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="1" t="s">
-        <v>1626</v>
+        <v>1691</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>590</v>
+        <v>1617</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>940</v>
+        <v>1655</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E601" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F601" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
       <c r="H601" s="1" t="s">
-        <v>1627</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="1" t="s">
-        <v>1628</v>
+        <v>1693</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>743</v>
+        <v>63</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>1079</v>
+        <v>654</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E602" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F602" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>227</v>
+        <v>175</v>
       </c>
       <c r="H602" s="1" t="s">
-        <v>1629</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="1" t="s">
-        <v>1630</v>
+        <v>1695</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>743</v>
+        <v>98</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>1631</v>
+        <v>666</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E603" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F603" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>227</v>
+        <v>175</v>
       </c>
       <c r="H603" s="1" t="s">
-        <v>1632</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="1" t="s">
-        <v>1633</v>
+        <v>1697</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>617</v>
+        <v>970</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>1634</v>
+        <v>681</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E604" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F604" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>227</v>
+        <v>175</v>
       </c>
       <c r="H604" s="1" t="s">
-        <v>1635</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="1" t="s">
-        <v>1636</v>
+        <v>1699</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>57</v>
+        <v>1700</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>561</v>
+        <v>451</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E605" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F605" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>227</v>
+        <v>175</v>
       </c>
       <c r="H605" s="1" t="s">
-        <v>1637</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1" t="s">
-        <v>1638</v>
+        <v>1702</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>1639</v>
+        <v>212</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>554</v>
+        <v>213</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E606" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F606" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="H606" s="1" t="s">
-        <v>1640</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1" t="s">
-        <v>1641</v>
+        <v>1704</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>703</v>
+        <v>465</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>669</v>
+        <v>357</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E607" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F607" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>139</v>
+        <v>203</v>
       </c>
       <c r="H607" s="1" t="s">
-        <v>1642</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1" t="s">
-        <v>1643</v>
+        <v>1706</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>1644</v>
+        <v>1707</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>878</v>
+        <v>1363</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E608" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F608" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H608" s="1" t="s">
-        <v>1645</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1" t="s">
-        <v>1646</v>
+        <v>1709</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>22</v>
+        <v>1095</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>1647</v>
+        <v>1363</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E609" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F609" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H609" s="1" t="s">
-        <v>1648</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1" t="s">
-        <v>1649</v>
+        <v>1711</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>1650</v>
+        <v>30</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>669</v>
+        <v>1363</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E610" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F610" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H610" s="1" t="s">
-        <v>1651</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1" t="s">
-        <v>1652</v>
+        <v>1713</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>678</v>
+        <v>1714</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>905</v>
+        <v>1715</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E611" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F611" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G611" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H611" s="1" t="s">
-        <v>1653</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1" t="s">
-        <v>1654</v>
+        <v>1717</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>135</v>
+        <v>1549</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>1617</v>
+        <v>716</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E612" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F612" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G612" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H612" s="1" t="s">
-        <v>1655</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1" t="s">
-        <v>1656</v>
+        <v>1719</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>1657</v>
+        <v>1549</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>1658</v>
+        <v>716</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E613" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F613" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G613" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H613" s="1" t="s">
-        <v>1659</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="1" t="s">
-        <v>1660</v>
+        <v>1721</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>568</v>
+        <v>1216</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1661</v>
+        <v>540</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E614" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F614" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G614" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H614" s="1" t="s">
-        <v>1662</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="1" t="s">
-        <v>1663</v>
+        <v>1723</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>890</v>
+        <v>1724</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1664</v>
+        <v>1725</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E615" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F615" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G615" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H615" s="1" t="s">
-        <v>1665</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="1" t="s">
-        <v>1666</v>
+        <v>1727</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>669</v>
+        <v>1362</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>1667</v>
+        <v>551</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E616" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F616" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G616" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H616" s="1" t="s">
-        <v>1668</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="1" t="s">
-        <v>1669</v>
+        <v>1729</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>1670</v>
+        <v>1730</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>641</v>
+        <v>1539</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E617" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F617" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G617" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H617" s="1" t="s">
-        <v>1671</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="1" t="s">
-        <v>1672</v>
+        <v>1732</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>878</v>
+        <v>1733</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>737</v>
+        <v>1734</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E618" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F618" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G618" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H618" s="1" t="s">
-        <v>1673</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="1" t="s">
-        <v>1674</v>
+        <v>1736</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>878</v>
+        <v>1285</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>737</v>
+        <v>1737</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E619" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F619" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G619" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H619" s="1" t="s">
-        <v>1675</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="1" t="s">
-        <v>1676</v>
+        <v>1739</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>603</v>
+        <v>1740</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1677</v>
+        <v>1741</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E620" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F620" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G620" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H620" s="1" t="s">
-        <v>1678</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="1" t="s">
-        <v>1679</v>
+        <v>1743</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>568</v>
+        <v>458</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1680</v>
+        <v>278</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E621" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F621" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G621" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H621" s="1" t="s">
-        <v>1681</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="1" t="s">
-        <v>1682</v>
+        <v>1745</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>658</v>
+        <v>63</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>700</v>
+        <v>376</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E622" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F622" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G622" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H622" s="1" t="s">
-        <v>1683</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="1" t="s">
-        <v>1684</v>
+        <v>1747</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>560</v>
+        <v>1748</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>576</v>
+        <v>723</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E623" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F623" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G623" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H623" s="1" t="s">
-        <v>1685</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="1" t="s">
-        <v>1686</v>
+        <v>1750</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>57</v>
+        <v>619</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>201</v>
+        <v>376</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E624" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F624" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G624" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H624" s="1" t="s">
-        <v>1687</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="1" t="s">
-        <v>1688</v>
+        <v>1752</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>503</v>
+        <v>566</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>959</v>
+        <v>983</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E625" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F625" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G625" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H625" s="1" t="s">
-        <v>1689</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" s="1" t="s">
-        <v>1690</v>
+        <v>1754</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>1691</v>
+        <v>411</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1692</v>
+        <v>379</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E626" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F626" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G626" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H626" s="1" t="s">
-        <v>1693</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" s="1" t="s">
-        <v>1694</v>
+        <v>1756</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>85</v>
+        <v>1757</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>548</v>
+        <v>996</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E627" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F627" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G627" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H627" s="1" t="s">
-        <v>1695</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" s="1" t="s">
-        <v>1696</v>
+        <v>1759</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>878</v>
+        <v>458</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>893</v>
+        <v>1760</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E628" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F628" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H628" s="1" t="s">
-        <v>1697</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" s="1" t="s">
-        <v>1698</v>
+        <v>1762</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>536</v>
+        <v>1763</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>537</v>
+        <v>926</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E629" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F629" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H629" s="1" t="s">
-        <v>1699</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" s="1" t="s">
-        <v>1700</v>
+        <v>1765</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>1701</v>
+        <v>27</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1702</v>
+        <v>1766</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E630" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F630" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>287</v>
+        <v>203</v>
       </c>
       <c r="H630" s="1" t="s">
-        <v>1703</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" s="1" t="s">
-        <v>1704</v>
+        <v>1768</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>1042</v>
+        <v>1343</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1705</v>
+        <v>1344</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E631" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F631" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>287</v>
+        <v>203</v>
       </c>
       <c r="H631" s="1" t="s">
-        <v>1706</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" s="1" t="s">
-        <v>1707</v>
+        <v>1770</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>85</v>
+        <v>1549</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1708</v>
+        <v>815</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E632" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F632" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>287</v>
+        <v>203</v>
       </c>
       <c r="H632" s="1" t="s">
-        <v>1709</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" s="1" t="s">
-        <v>1710</v>
+        <v>1772</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>85</v>
+        <v>1549</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1708</v>
+        <v>1724</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E633" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F633" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>287</v>
+        <v>203</v>
       </c>
       <c r="H633" s="1" t="s">
-        <v>1711</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" s="1" t="s">
-        <v>1712</v>
+        <v>1774</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>1713</v>
+        <v>528</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>364</v>
+        <v>1775</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E634" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G634" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H634" s="1" t="s">
-        <v>1714</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" s="1" t="s">
-        <v>1715</v>
+        <v>1777</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>1713</v>
+        <v>1778</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>364</v>
+        <v>1588</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E635" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G635" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H635" s="1" t="s">
-        <v>1716</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" s="1" t="s">
-        <v>1717</v>
+        <v>1780</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>654</v>
+        <v>1070</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>641</v>
+        <v>729</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E636" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F636" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G636" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H636" s="1" t="s">
-        <v>1718</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" s="1" t="s">
-        <v>1719</v>
+        <v>1782</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>881</v>
+        <v>1783</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>1720</v>
+        <v>1784</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E637" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F637" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G637" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H637" s="1" t="s">
-        <v>1721</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" s="1" t="s">
-        <v>1722</v>
+        <v>1786</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>53</v>
+        <v>1715</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>591</v>
+        <v>728</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E638" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F638" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G638" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H638" s="1" t="s">
-        <v>1723</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" s="1" t="s">
-        <v>1724</v>
+        <v>1788</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>743</v>
+        <v>1766</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>720</v>
+        <v>408</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E639" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F639" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G639" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H639" s="1" t="s">
-        <v>1725</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" s="1" t="s">
-        <v>1726</v>
+        <v>1790</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>575</v>
+        <v>1766</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1727</v>
+        <v>408</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E640" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F640" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G640" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G640" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H640" s="1" t="s">
-        <v>1728</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" s="1" t="s">
-        <v>1729</v>
+        <v>1792</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>1730</v>
+        <v>1793</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1661</v>
+        <v>408</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E641" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F641" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>54</v>
+        <v>217</v>
       </c>
       <c r="H641" s="1" t="s">
-        <v>1731</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" s="1" t="s">
-        <v>1732</v>
+        <v>1795</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>1733</v>
+        <v>1796</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>1734</v>
+        <v>498</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E642" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F642" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>100</v>
+        <v>217</v>
       </c>
       <c r="H642" s="1" t="s">
-        <v>1735</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" s="1" t="s">
-        <v>1736</v>
+        <v>1798</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>1737</v>
+        <v>492</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>368</v>
+        <v>671</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E643" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G643" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H643" s="1" t="s">
-        <v>1738</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" s="1" t="s">
-        <v>1739</v>
+        <v>1800</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>1737</v>
+        <v>882</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>1740</v>
+        <v>934</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E644" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G644" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H644" s="1" t="s">
-        <v>1741</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" s="1" t="s">
-        <v>1742</v>
+        <v>1802</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>1737</v>
+        <v>1047</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>565</v>
+        <v>671</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E645" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G645" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H645" s="1" t="s">
-        <v>1743</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" s="1" t="s">
-        <v>1744</v>
+        <v>1804</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>590</v>
+        <v>1805</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>940</v>
+        <v>551</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E646" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G646" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H646" s="1" t="s">
-        <v>1745</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" s="1" t="s">
-        <v>1746</v>
+        <v>1807</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>940</v>
+        <v>551</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E647" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F647" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G647" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H647" s="1" t="s">
-        <v>1747</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" s="1" t="s">
-        <v>1748</v>
+        <v>1809</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>590</v>
+        <v>98</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1740</v>
+        <v>671</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E648" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F648" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G648" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H648" s="1" t="s">
-        <v>1749</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" s="1" t="s">
-        <v>1750</v>
+        <v>1811</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>1751</v>
+        <v>509</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>1752</v>
+        <v>551</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E649" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G649" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H649" s="1" t="s">
-        <v>1753</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" s="1" t="s">
-        <v>1754</v>
+        <v>1813</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>57</v>
+        <v>1666</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>201</v>
+        <v>1814</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E650" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G650" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H650" s="1" t="s">
-        <v>1755</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" s="1" t="s">
-        <v>1756</v>
+        <v>1816</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>57</v>
+        <v>1666</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>583</v>
+        <v>1367</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E651" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G651" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H651" s="1" t="s">
-        <v>1757</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" s="1" t="s">
-        <v>1758</v>
+        <v>1818</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>154</v>
+        <v>633</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>364</v>
+        <v>1367</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E652" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G652" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H652" s="1" t="s">
-        <v>1759</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" s="1" t="s">
-        <v>1760</v>
+        <v>1820</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>31</v>
+        <v>891</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>554</v>
+        <v>646</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E653" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G653" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H653" s="1" t="s">
-        <v>1761</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" s="1" t="s">
-        <v>1758</v>
+        <v>1822</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>1762</v>
+        <v>1823</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>364</v>
+        <v>1824</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E654" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G654" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H654" s="1" t="s">
-        <v>1763</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" s="1" t="s">
-        <v>1758</v>
+        <v>1826</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>1762</v>
+        <v>1824</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>364</v>
+        <v>1083</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E655" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G655" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H655" s="1" t="s">
-        <v>1764</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" s="1" t="s">
-        <v>1765</v>
+        <v>1828</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>1766</v>
+        <v>1829</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>1767</v>
+        <v>859</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E656" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F656" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G656" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H656" s="1" t="s">
-        <v>1768</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" s="1" t="s">
-        <v>1769</v>
+        <v>1831</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>1770</v>
+        <v>1285</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>583</v>
+        <v>1083</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E657" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F657" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G657" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H657" s="1" t="s">
-        <v>1771</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" s="1" t="s">
-        <v>1772</v>
+        <v>1833</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>1770</v>
+        <v>1154</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>583</v>
+        <v>1155</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E658" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F658" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G658" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H658" s="1" t="s">
-        <v>1773</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" s="1" t="s">
-        <v>1774</v>
+        <v>1835</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>1770</v>
+        <v>1740</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>583</v>
+        <v>1836</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E659" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F659" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G659" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H659" s="1" t="s">
-        <v>1775</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" s="1" t="s">
-        <v>1776</v>
+        <v>1838</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>1770</v>
+        <v>274</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>583</v>
+        <v>1839</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E660" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G660" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H660" s="1" t="s">
-        <v>1777</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" s="1" t="s">
-        <v>1778</v>
+        <v>1841</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>1779</v>
+        <v>657</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>963</v>
+        <v>926</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E661" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F661" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G661" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H661" s="1" t="s">
-        <v>1780</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" s="1" t="s">
-        <v>1781</v>
+        <v>1843</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>1066</v>
+        <v>1844</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>963</v>
+        <v>465</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E662" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F662" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G662" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H662" s="1" t="s">
-        <v>1782</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" s="1" t="s">
-        <v>1783</v>
+        <v>1846</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>43</v>
+        <v>1500</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>591</v>
+        <v>1847</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E663" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F663" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G663" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H663" s="1" t="s">
-        <v>1784</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" s="1" t="s">
-        <v>1785</v>
+        <v>1849</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>43</v>
+        <v>1793</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>591</v>
+        <v>1216</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E664" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F664" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G664" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G664" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H664" s="1" t="s">
-        <v>1786</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" s="1" t="s">
-        <v>1787</v>
+        <v>1851</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>970</v>
+        <v>1852</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>364</v>
+        <v>654</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E665" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G665" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G665" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H665" s="1" t="s">
-        <v>1788</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" s="1" t="s">
-        <v>1789</v>
+        <v>1854</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>85</v>
+        <v>1855</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>963</v>
+        <v>1856</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E666" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G666" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G666" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H666" s="1" t="s">
-        <v>1790</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" s="1" t="s">
-        <v>1791</v>
+        <v>1858</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>85</v>
+        <v>1859</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>963</v>
+        <v>597</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E667" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G667" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G667" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H667" s="1" t="s">
-        <v>1792</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" s="1" t="s">
-        <v>1793</v>
+        <v>1861</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>1794</v>
+        <v>1491</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>963</v>
+        <v>376</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E668" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F668" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G668" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G668" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H668" s="1" t="s">
-        <v>1795</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" s="1" t="s">
-        <v>1796</v>
+        <v>1863</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>1797</v>
+        <v>1714</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>583</v>
+        <v>1550</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E669" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G669" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H669" s="1" t="s">
-        <v>1798</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" s="1" t="s">
-        <v>1799</v>
+        <v>1865</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>1800</v>
+        <v>1714</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>583</v>
+        <v>1682</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E670" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F670" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G670" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H670" s="1" t="s">
-        <v>1801</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" s="1" t="s">
-        <v>1802</v>
+        <v>1867</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>1037</v>
+        <v>716</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>583</v>
+        <v>1550</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E671" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F671" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="H671" s="1" t="s">
-        <v>1803</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" s="1" t="s">
-        <v>1804</v>
+        <v>1869</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>345</v>
+        <v>716</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>963</v>
+        <v>1550</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E672" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F672" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="H672" s="1" t="s">
-        <v>1805</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" s="1" t="s">
-        <v>1806</v>
+        <v>1871</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>1807</v>
+        <v>1872</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>1383</v>
+        <v>376</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E673" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F673" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>32</v>
+        <v>217</v>
       </c>
       <c r="H673" s="1" t="s">
-        <v>1808</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" s="1" t="s">
-        <v>1809</v>
+        <v>1874</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>1063</v>
+        <v>844</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>583</v>
+        <v>666</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E674" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F674" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>12</v>
+        <v>217</v>
       </c>
       <c r="H674" s="1" t="s">
-        <v>1810</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" s="1" t="s">
-        <v>1811</v>
+        <v>1876</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>1063</v>
+        <v>844</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>583</v>
+        <v>666</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E675" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F675" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>12</v>
+        <v>217</v>
       </c>
       <c r="H675" s="1" t="s">
-        <v>1812</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" s="1" t="s">
-        <v>1813</v>
+        <v>1878</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>1814</v>
+        <v>589</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1815</v>
+        <v>1517</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E676" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F676" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>203</v>
+        <v>217</v>
       </c>
       <c r="H676" s="1" t="s">
-        <v>1816</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" s="1" t="s">
-        <v>1817</v>
+        <v>1880</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>1814</v>
+        <v>462</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>949</v>
+        <v>769</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E677" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F677" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>151</v>
+        <v>217</v>
       </c>
       <c r="H677" s="1" t="s">
-        <v>1818</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" s="1" t="s">
-        <v>1819</v>
+        <v>1882</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>929</v>
+        <v>462</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>1820</v>
+        <v>1883</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E678" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F678" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>151</v>
+        <v>217</v>
       </c>
       <c r="H678" s="1" t="s">
-        <v>1821</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" s="1" t="s">
-        <v>1822</v>
+        <v>1885</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>929</v>
+        <v>1886</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>1820</v>
+        <v>573</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E679" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F679" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>151</v>
+        <v>217</v>
       </c>
       <c r="H679" s="1" t="s">
-        <v>1823</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" s="1" t="s">
-        <v>1824</v>
+        <v>1888</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>345</v>
+        <v>1886</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>1820</v>
+        <v>573</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E680" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F680" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>151</v>
+        <v>217</v>
       </c>
       <c r="H680" s="1" t="s">
-        <v>1825</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" s="1" t="s">
-        <v>1826</v>
+        <v>1890</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>1827</v>
+        <v>1891</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>1828</v>
+        <v>723</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E681" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F681" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="H681" s="1" t="s">
-        <v>1829</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" s="1" t="s">
-        <v>1830</v>
+        <v>1893</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>1827</v>
+        <v>1894</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1828</v>
+        <v>540</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E682" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F682" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="H682" s="1" t="s">
-        <v>1831</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" s="1" t="s">
-        <v>1832</v>
+        <v>1896</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>1827</v>
+        <v>404</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>1076</v>
+        <v>1119</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E683" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F683" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>16</v>
+        <v>217</v>
       </c>
       <c r="H683" s="1" t="s">
-        <v>1833</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" s="1" t="s">
-        <v>1834</v>
+        <v>1898</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>1835</v>
+        <v>756</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1836</v>
+        <v>1899</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E684" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F684" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="H684" s="1" t="s">
-        <v>1837</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" s="1" t="s">
-        <v>1838</v>
+        <v>1901</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>1835</v>
+        <v>1649</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>1836</v>
+        <v>235</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E685" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F685" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>203</v>
+        <v>217</v>
       </c>
       <c r="H685" s="1" t="s">
-        <v>1839</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" s="1" t="s">
-        <v>1840</v>
+        <v>1903</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>953</v>
+        <v>1649</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>1076</v>
+        <v>235</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E686" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F686" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>16</v>
+        <v>217</v>
       </c>
       <c r="H686" s="1" t="s">
-        <v>1841</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" s="1" t="s">
-        <v>1842</v>
+        <v>1905</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>1705</v>
+        <v>188</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>1843</v>
+        <v>235</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E687" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F687" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>139</v>
+        <v>217</v>
       </c>
       <c r="H687" s="1" t="s">
-        <v>1844</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" s="1" t="s">
-        <v>1845</v>
+        <v>1907</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>948</v>
+        <v>63</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>201</v>
+        <v>1908</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E688" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F688" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>16</v>
+        <v>217</v>
       </c>
       <c r="H688" s="1" t="s">
-        <v>1846</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" s="1" t="s">
-        <v>1847</v>
+        <v>1910</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>1848</v>
+        <v>63</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>400</v>
+        <v>1908</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E689" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F689" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G689" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G689" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="H689" s="1" t="s">
-        <v>1849</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" s="1" t="s">
-        <v>1850</v>
+        <v>1912</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>945</v>
+        <v>1352</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>583</v>
+        <v>235</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E690" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F690" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>139</v>
+        <v>217</v>
       </c>
       <c r="H690" s="1" t="s">
-        <v>1851</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" s="1" t="s">
-        <v>1852</v>
+        <v>1914</v>
       </c>
       <c r="B691" s="1" t="s">
-        <v>1853</v>
+        <v>1915</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>1854</v>
+        <v>657</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E691" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F691" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>104</v>
+        <v>217</v>
       </c>
       <c r="H691" s="1" t="s">
-        <v>1855</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" s="1" t="s">
-        <v>1856</v>
+        <v>1917</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>1705</v>
+        <v>882</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>334</v>
+        <v>502</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E692" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F692" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>96</v>
+        <v>239</v>
       </c>
       <c r="H692" s="1" t="s">
-        <v>1857</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" s="1" t="s">
-        <v>1858</v>
+        <v>1919</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>1859</v>
+        <v>400</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>1860</v>
+        <v>1784</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E693" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F693" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>188</v>
+        <v>239</v>
       </c>
       <c r="H693" s="1" t="s">
-        <v>1861</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" s="1" t="s">
-        <v>1862</v>
+        <v>1921</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>1859</v>
+        <v>1203</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>1860</v>
+        <v>657</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E694" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F694" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>139</v>
+        <v>239</v>
       </c>
       <c r="H694" s="1" t="s">
-        <v>1863</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" s="1" t="s">
-        <v>1858</v>
+        <v>1923</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>1859</v>
+        <v>509</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>1860</v>
+        <v>551</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E695" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F695" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>188</v>
+        <v>239</v>
       </c>
       <c r="H695" s="1" t="s">
-        <v>1864</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" s="1" t="s">
-        <v>1865</v>
+        <v>1925</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>1859</v>
+        <v>1814</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>1860</v>
+        <v>554</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E696" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F696" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>188</v>
+        <v>239</v>
       </c>
       <c r="H696" s="1" t="s">
-        <v>1866</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" s="1" t="s">
-        <v>1867</v>
+        <v>1927</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>1859</v>
+        <v>1237</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>1860</v>
+        <v>1928</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E697" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F697" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>188</v>
+        <v>239</v>
       </c>
       <c r="H697" s="1" t="s">
-        <v>1868</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" s="1" t="s">
-        <v>1869</v>
+        <v>1930</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>1859</v>
+        <v>960</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>1860</v>
+        <v>1170</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E698" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F698" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>188</v>
+        <v>239</v>
       </c>
       <c r="H698" s="1" t="s">
-        <v>1870</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" s="1" t="s">
-        <v>1871</v>
+        <v>1932</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>1705</v>
+        <v>212</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>1836</v>
+        <v>213</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E699" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F699" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>139</v>
+        <v>239</v>
       </c>
       <c r="H699" s="1" t="s">
-        <v>1872</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" s="1" t="s">
-        <v>1873</v>
+        <v>1934</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>1702</v>
+        <v>247</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>1874</v>
+        <v>525</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E700" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F700" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>104</v>
+        <v>239</v>
       </c>
       <c r="H700" s="1" t="s">
-        <v>1875</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" s="1" t="s">
-        <v>1876</v>
+        <v>1936</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>1877</v>
+        <v>1605</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>1459</v>
+        <v>654</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E701" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F701" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>1878</v>
+        <v>239</v>
       </c>
       <c r="H701" s="1" t="s">
-        <v>1879</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" s="1" t="s">
-        <v>1880</v>
+        <v>1938</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>1877</v>
+        <v>1605</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>1459</v>
+        <v>654</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E702" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F702" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>1878</v>
+        <v>239</v>
       </c>
       <c r="H702" s="1" t="s">
-        <v>1881</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" s="1" t="s">
-        <v>1882</v>
+        <v>1940</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>1877</v>
+        <v>1941</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1459</v>
+        <v>1942</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E703" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F703" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>1878</v>
+        <v>239</v>
       </c>
       <c r="H703" s="1" t="s">
-        <v>1883</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" s="1" t="s">
-        <v>1884</v>
+        <v>1944</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>1885</v>
+        <v>1945</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>1886</v>
+        <v>1379</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E704" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F704" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>100</v>
+        <v>239</v>
       </c>
       <c r="H704" s="1" t="s">
-        <v>1887</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" s="1" t="s">
-        <v>1888</v>
+        <v>1947</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>1885</v>
+        <v>400</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1889</v>
+        <v>1379</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E705" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F705" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="H705" s="1" t="s">
-        <v>1890</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" s="1" t="s">
-        <v>1891</v>
+        <v>1949</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>1892</v>
+        <v>1126</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1860</v>
+        <v>1054</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E706" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F706" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>198</v>
+        <v>239</v>
       </c>
       <c r="H706" s="1" t="s">
-        <v>1893</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" s="1" t="s">
-        <v>1894</v>
+        <v>1951</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>929</v>
+        <v>382</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>1895</v>
+        <v>1119</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E707" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F707" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>54</v>
+        <v>239</v>
       </c>
       <c r="H707" s="1" t="s">
-        <v>1896</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" s="1" t="s">
-        <v>1897</v>
+        <v>1953</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>1885</v>
+        <v>468</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>1860</v>
+        <v>763</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E708" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F708" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>117</v>
+        <v>239</v>
       </c>
       <c r="H708" s="1" t="s">
-        <v>1898</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" s="1" t="s">
-        <v>1899</v>
+        <v>1955</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>1900</v>
+        <v>1757</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>1180</v>
+        <v>1956</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E709" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F709" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>96</v>
+        <v>239</v>
       </c>
       <c r="H709" s="1" t="s">
-        <v>1901</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" s="1" t="s">
-        <v>1902</v>
+        <v>1958</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>1903</v>
+        <v>1959</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>1904</v>
+        <v>881</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E710" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F710" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>96</v>
+        <v>239</v>
       </c>
       <c r="H710" s="1" t="s">
-        <v>1905</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" s="1" t="s">
-        <v>1906</v>
+        <v>1961</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>345</v>
+        <v>1491</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>929</v>
+        <v>729</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E711" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F711" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>32</v>
+        <v>239</v>
       </c>
       <c r="H711" s="1" t="s">
-        <v>1907</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" s="1" t="s">
-        <v>1908</v>
+        <v>1963</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>1909</v>
+        <v>1964</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>949</v>
+        <v>376</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E712" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F712" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>54</v>
+        <v>239</v>
       </c>
       <c r="H712" s="1" t="s">
-        <v>1910</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" s="1" t="s">
-        <v>1911</v>
+        <v>1966</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>345</v>
+        <v>1967</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>1820</v>
+        <v>1968</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E713" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F713" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>139</v>
+        <v>239</v>
       </c>
       <c r="H713" s="1" t="s">
-        <v>1912</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" s="1" t="s">
-        <v>1913</v>
+        <v>1970</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>1914</v>
+        <v>728</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>1820</v>
+        <v>1971</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E714" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F714" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>32</v>
+        <v>239</v>
       </c>
       <c r="H714" s="1" t="s">
-        <v>1915</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" s="1" t="s">
-        <v>1916</v>
+        <v>1973</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>1914</v>
+        <v>729</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>1820</v>
+        <v>1119</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E715" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F715" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>32</v>
+        <v>239</v>
       </c>
       <c r="H715" s="1" t="s">
-        <v>1917</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" s="1" t="s">
-        <v>1918</v>
+        <v>1975</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>948</v>
+        <v>1976</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1820</v>
+        <v>1534</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E716" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F716" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>54</v>
+        <v>239</v>
       </c>
       <c r="H716" s="1" t="s">
-        <v>1919</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" s="1" t="s">
-        <v>1920</v>
+        <v>1978</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>948</v>
+        <v>1976</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>1820</v>
+        <v>1534</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E717" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F717" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>54</v>
+        <v>239</v>
       </c>
       <c r="H717" s="1" t="s">
-        <v>1921</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" s="1" t="s">
-        <v>1922</v>
+        <v>1980</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>1900</v>
+        <v>1981</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1923</v>
+        <v>250</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E718" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F718" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>188</v>
+        <v>239</v>
       </c>
       <c r="H718" s="1" t="s">
-        <v>1924</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" s="1" t="s">
-        <v>1925</v>
+        <v>1983</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>1926</v>
+        <v>1154</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>1927</v>
+        <v>258</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E719" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F719" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>104</v>
+        <v>239</v>
       </c>
       <c r="H719" s="1" t="s">
-        <v>1928</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" s="1" t="s">
-        <v>1929</v>
+        <v>1985</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>1930</v>
+        <v>343</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>1889</v>
+        <v>1986</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E720" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F720" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>100</v>
+        <v>239</v>
       </c>
       <c r="H720" s="1" t="s">
-        <v>1931</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" s="1" t="s">
-        <v>1932</v>
+        <v>1988</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>334</v>
+        <v>424</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>1634</v>
+        <v>430</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E721" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F721" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>188</v>
+        <v>239</v>
       </c>
       <c r="H721" s="1" t="s">
-        <v>1933</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" s="1" t="s">
-        <v>1934</v>
+        <v>1990</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>1935</v>
+        <v>1164</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>1936</v>
+        <v>258</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E722" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F722" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>139</v>
+        <v>239</v>
       </c>
       <c r="H722" s="1" t="s">
-        <v>1937</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" s="1" t="s">
-        <v>1938</v>
+        <v>1992</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>1815</v>
+        <v>783</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>1939</v>
+        <v>1993</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E723" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F723" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G723" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>239</v>
+      </c>
       <c r="H723" s="1" t="s">
-        <v>1940</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" s="1" t="s">
-        <v>1941</v>
+        <v>1995</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>345</v>
+        <v>1499</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>1942</v>
+        <v>654</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E724" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F724" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>139</v>
+        <v>239</v>
       </c>
       <c r="H724" s="1" t="s">
-        <v>1943</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" s="1" t="s">
-        <v>1944</v>
+        <v>1997</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>345</v>
+        <v>1367</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>963</v>
+        <v>1824</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E725" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F725" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>54</v>
+        <v>239</v>
       </c>
       <c r="H725" s="1" t="s">
-        <v>1945</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" s="1" t="s">
-        <v>1944</v>
+        <v>1999</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>345</v>
+        <v>424</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>963</v>
+        <v>837</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E726" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F726" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>54</v>
+        <v>239</v>
       </c>
       <c r="H726" s="1" t="s">
-        <v>1946</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" s="1" t="s">
-        <v>1947</v>
+        <v>2001</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>345</v>
+        <v>840</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>1948</v>
+        <v>841</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E727" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F727" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G727" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>239</v>
+      </c>
       <c r="H727" s="1" t="s">
-        <v>1949</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" s="1" t="s">
-        <v>1950</v>
+        <v>2003</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>1926</v>
+        <v>1107</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>1951</v>
+        <v>383</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E728" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F728" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G728" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>239</v>
+      </c>
       <c r="H728" s="1" t="s">
-        <v>1952</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" s="1" t="s">
-        <v>1953</v>
+        <v>2005</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>1954</v>
+        <v>323</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>1955</v>
+        <v>1362</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E729" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F729" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G729" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G729" s="1" t="s">
+        <v>2006</v>
+      </c>
       <c r="H729" s="1" t="s">
-        <v>1956</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" s="1" t="s">
-        <v>1957</v>
+        <v>2008</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>1958</v>
+        <v>596</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>1959</v>
+        <v>2009</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E730" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F730" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>188</v>
+        <v>2006</v>
       </c>
       <c r="H730" s="1" t="s">
-        <v>1960</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" s="1" t="s">
-        <v>1961</v>
+        <v>2011</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>1962</v>
+        <v>356</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>1963</v>
+        <v>1724</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E731" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F731" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>151</v>
+        <v>2006</v>
       </c>
       <c r="H731" s="1" t="s">
-        <v>1964</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" s="1" t="s">
-        <v>1965</v>
+        <v>2013</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>1966</v>
+        <v>1273</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>1967</v>
+        <v>2014</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E732" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F732" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>12</v>
+        <v>2006</v>
       </c>
       <c r="H732" s="1" t="s">
-        <v>1968</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" s="1" t="s">
-        <v>1969</v>
+        <v>2016</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>1966</v>
+        <v>1714</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>1967</v>
+        <v>654</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E733" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F733" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>12</v>
+        <v>2006</v>
       </c>
       <c r="H733" s="1" t="s">
-        <v>1970</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" s="1" t="s">
-        <v>1971</v>
+        <v>2018</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>1836</v>
+        <v>2019</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1972</v>
+        <v>49</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E734" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F734" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>203</v>
+        <v>2006</v>
       </c>
       <c r="H734" s="1" t="s">
-        <v>1973</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" s="1" t="s">
-        <v>1974</v>
+        <v>2021</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>948</v>
+        <v>1203</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>1975</v>
+        <v>657</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E735" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F735" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>203</v>
+        <v>2006</v>
       </c>
       <c r="H735" s="1" t="s">
-        <v>1976</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" s="1" t="s">
-        <v>1977</v>
+        <v>2023</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>1962</v>
+        <v>30</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1978</v>
+        <v>49</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E736" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F736" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>151</v>
+        <v>2006</v>
       </c>
       <c r="H736" s="1" t="s">
-        <v>1979</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" s="1" t="s">
-        <v>1980</v>
+        <v>2025</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>1885</v>
+        <v>30</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>1981</v>
+        <v>1784</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E737" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F737" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>12</v>
+        <v>2006</v>
       </c>
       <c r="H737" s="1" t="s">
-        <v>1982</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" s="1" t="s">
-        <v>1983</v>
+        <v>2027</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>1984</v>
+        <v>391</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>1985</v>
+        <v>2028</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E738" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F738" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G738" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>2006</v>
+      </c>
       <c r="H738" s="1" t="s">
-        <v>1986</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" s="1" t="s">
-        <v>1987</v>
+        <v>2030</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>345</v>
+        <v>801</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>1000</v>
+        <v>729</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E739" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F739" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>203</v>
+        <v>2006</v>
       </c>
       <c r="H739" s="1" t="s">
-        <v>1988</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" s="1" t="s">
-        <v>1989</v>
+        <v>2032</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>1930</v>
+        <v>801</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>353</v>
+        <v>192</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E740" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F740" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>287</v>
+        <v>2006</v>
       </c>
       <c r="H740" s="1" t="s">
-        <v>1990</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" s="1" t="s">
-        <v>1991</v>
+        <v>2034</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>1992</v>
+        <v>543</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>1936</v>
+        <v>666</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E741" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F741" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>12</v>
+        <v>2006</v>
       </c>
       <c r="H741" s="1" t="s">
-        <v>1993</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" s="1" t="s">
-        <v>1994</v>
+        <v>2036</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>1995</v>
+        <v>543</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>353</v>
+        <v>1796</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E742" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F742" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>198</v>
+        <v>2006</v>
       </c>
       <c r="H742" s="1" t="s">
-        <v>1996</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" s="1" t="s">
-        <v>1997</v>
+        <v>2038</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>1914</v>
+        <v>2039</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>1998</v>
+        <v>1125</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E743" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F743" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>227</v>
+        <v>2006</v>
       </c>
       <c r="H743" s="1" t="s">
-        <v>1999</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" s="1" t="s">
-        <v>2000</v>
+        <v>2041</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>1914</v>
+        <v>1203</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>1998</v>
+        <v>654</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E744" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F744" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>181</v>
+        <v>2006</v>
       </c>
       <c r="H744" s="1" t="s">
-        <v>2001</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" s="1" t="s">
-        <v>2002</v>
+        <v>2043</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>1914</v>
+        <v>1382</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>1998</v>
+        <v>1606</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E745" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F745" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>181</v>
+        <v>2006</v>
       </c>
       <c r="H745" s="1" t="s">
-        <v>2003</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" s="1" t="s">
-        <v>2004</v>
+        <v>2045</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>1926</v>
+        <v>465</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>2005</v>
+        <v>2046</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E746" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F746" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>96</v>
+        <v>2006</v>
       </c>
       <c r="H746" s="1" t="s">
-        <v>2006</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" s="1" t="s">
-        <v>2007</v>
+        <v>2048</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>334</v>
+        <v>1088</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>963</v>
+        <v>1089</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E747" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F747" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>96</v>
+        <v>2006</v>
       </c>
       <c r="H747" s="1" t="s">
-        <v>2008</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" s="1" t="s">
-        <v>2009</v>
+        <v>2048</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>1967</v>
+        <v>1088</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>353</v>
+        <v>1089</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E748" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F748" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>104</v>
+        <v>2006</v>
       </c>
       <c r="H748" s="1" t="s">
-        <v>2010</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" s="1" t="s">
-        <v>2011</v>
+        <v>2051</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>1892</v>
+        <v>1088</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>2012</v>
+        <v>1089</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E749" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F749" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>181</v>
+        <v>2006</v>
       </c>
       <c r="H749" s="1" t="s">
-        <v>2013</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" s="1" t="s">
-        <v>2014</v>
+        <v>2053</v>
       </c>
       <c r="B750" s="1" t="s">
-        <v>1903</v>
+        <v>1088</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>1854</v>
+        <v>1089</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E750" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F750" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>188</v>
+        <v>2006</v>
       </c>
       <c r="H750" s="1" t="s">
-        <v>2015</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" s="1" t="s">
-        <v>2016</v>
+        <v>2055</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>929</v>
+        <v>1088</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>1854</v>
+        <v>1089</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E751" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F751" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>100</v>
+        <v>2006</v>
       </c>
       <c r="H751" s="1" t="s">
-        <v>2017</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" s="1" t="s">
-        <v>2018</v>
+        <v>2057</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>2019</v>
+        <v>2058</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>911</v>
+        <v>2059</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E752" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F752" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>181</v>
+        <v>2006</v>
       </c>
       <c r="H752" s="1" t="s">
-        <v>2020</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" s="1" t="s">
-        <v>2021</v>
+        <v>2061</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>2019</v>
+        <v>1284</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>911</v>
+        <v>424</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E753" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F753" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>181</v>
+        <v>2006</v>
       </c>
       <c r="H753" s="1" t="s">
-        <v>2022</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" s="1" t="s">
-        <v>2023</v>
+        <v>2063</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>1000</v>
+        <v>509</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>399</v>
+        <v>551</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E754" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F754" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>12</v>
+        <v>2006</v>
       </c>
       <c r="H754" s="1" t="s">
-        <v>2024</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" s="1" t="s">
-        <v>2025</v>
+        <v>2065</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>1000</v>
+        <v>1436</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>399</v>
+        <v>572</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E755" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F755" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>32</v>
+        <v>2006</v>
       </c>
       <c r="H755" s="1" t="s">
-        <v>2026</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" s="1" t="s">
-        <v>2027</v>
+        <v>2067</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>1000</v>
+        <v>509</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>399</v>
+        <v>1104</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E756" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F756" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>54</v>
+        <v>2006</v>
       </c>
       <c r="H756" s="1" t="s">
-        <v>2028</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" s="1" t="s">
-        <v>2029</v>
+        <v>2069</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>1972</v>
+        <v>423</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>353</v>
+        <v>1824</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E757" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F757" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>104</v>
+        <v>2006</v>
       </c>
       <c r="H757" s="1" t="s">
-        <v>2030</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" s="1" t="s">
-        <v>2031</v>
+        <v>2071</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>949</v>
+        <v>1734</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>2032</v>
+        <v>578</v>
       </c>
       <c r="D758" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E758" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F758" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>139</v>
+        <v>2006</v>
       </c>
       <c r="H758" s="1" t="s">
-        <v>2033</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" s="1" t="s">
-        <v>2034</v>
+        <v>2073</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>1000</v>
+        <v>773</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>399</v>
+        <v>1967</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E759" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F759" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>181</v>
+        <v>2006</v>
       </c>
       <c r="H759" s="1" t="s">
-        <v>2035</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" s="1" t="s">
-        <v>2036</v>
+        <v>2030</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>1000</v>
+        <v>2075</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>399</v>
+        <v>2076</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E760" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F760" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>181</v>
+        <v>2006</v>
       </c>
       <c r="H760" s="1" t="s">
-        <v>2037</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" s="1" t="s">
-        <v>2038</v>
+        <v>2078</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>1000</v>
+        <v>1164</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>399</v>
+        <v>1327</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E761" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F761" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>181</v>
+        <v>2006</v>
       </c>
       <c r="H761" s="1" t="s">
-        <v>2039</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" s="1" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>1000</v>
+        <v>862</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>399</v>
+        <v>2080</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E762" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F762" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>104</v>
+        <v>2006</v>
       </c>
       <c r="H762" s="1" t="s">
-        <v>2041</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" s="1" t="s">
-        <v>2042</v>
+        <v>2082</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>1000</v>
+        <v>1173</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>399</v>
+        <v>275</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E763" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F763" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>227</v>
+        <v>2006</v>
       </c>
       <c r="H763" s="1" t="s">
-        <v>2043</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" s="1" t="s">
-        <v>2044</v>
+        <v>2084</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>1000</v>
+        <v>1805</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>399</v>
+        <v>1505</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E764" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F764" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>227</v>
+        <v>2006</v>
       </c>
       <c r="H764" s="1" t="s">
-        <v>2045</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" s="1" t="s">
-        <v>2046</v>
+        <v>2086</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>1000</v>
+        <v>1279</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>399</v>
+        <v>477</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E765" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F765" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>100</v>
+        <v>2006</v>
       </c>
       <c r="H765" s="1" t="s">
-        <v>2047</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" s="1" t="s">
-        <v>2048</v>
+        <v>2088</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>1000</v>
+        <v>999</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>399</v>
+        <v>1429</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E766" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F766" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>139</v>
+        <v>2006</v>
       </c>
       <c r="H766" s="1" t="s">
-        <v>2049</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" s="1" t="s">
-        <v>2050</v>
+        <v>2090</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>1972</v>
+        <v>995</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>399</v>
+        <v>2091</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E767" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F767" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>100</v>
+        <v>2006</v>
       </c>
       <c r="H767" s="1" t="s">
-        <v>2051</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" s="1" t="s">
-        <v>2052</v>
+        <v>2093</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>1998</v>
+        <v>465</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>1981</v>
+        <v>654</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E768" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F768" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>287</v>
+        <v>265</v>
       </c>
       <c r="H768" s="1" t="s">
-        <v>2053</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" s="1" t="s">
-        <v>2054</v>
+        <v>2095</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>1998</v>
+        <v>1395</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>353</v>
+        <v>2096</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E769" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F769" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>287</v>
+        <v>265</v>
       </c>
       <c r="H769" s="1" t="s">
-        <v>2055</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" s="1" t="s">
-        <v>2056</v>
+        <v>2098</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>2012</v>
+        <v>63</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>1939</v>
+        <v>654</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E770" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F770" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>181</v>
+        <v>2099</v>
       </c>
       <c r="H770" s="1" t="s">
-        <v>2057</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" s="1" t="s">
-        <v>2058</v>
+        <v>2101</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>1927</v>
+        <v>63</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>2059</v>
+        <v>654</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E771" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F771" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G771" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G771" s="1" t="s">
+        <v>2099</v>
+      </c>
       <c r="H771" s="1" t="s">
-        <v>2060</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" s="1" t="s">
-        <v>2061</v>
+        <v>2103</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>1978</v>
+        <v>2104</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>1003</v>
+        <v>729</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E772" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F772" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H772" s="1" t="s">
-        <v>2062</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" s="1" t="s">
-        <v>2063</v>
+        <v>2106</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>2064</v>
+        <v>212</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2065</v>
+        <v>213</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E773" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F773" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="H773" s="1" t="s">
-        <v>2066</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" s="1" t="s">
-        <v>2067</v>
+        <v>2108</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>2068</v>
+        <v>1579</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2069</v>
+        <v>2109</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E774" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F774" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>227</v>
+        <v>12</v>
       </c>
       <c r="H774" s="1" t="s">
-        <v>2070</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" s="1" t="s">
-        <v>2071</v>
+        <v>2111</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>2072</v>
+        <v>2112</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>399</v>
+        <v>1511</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E775" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F775" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H775" s="1" t="s">
-        <v>2073</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" s="1" t="s">
-        <v>2074</v>
+        <v>2114</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>1985</v>
+        <v>2115</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>1981</v>
+        <v>723</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E776" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F776" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H776" s="1" t="s">
-        <v>2075</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" s="1" t="s">
-        <v>2076</v>
+        <v>2117</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>1985</v>
+        <v>63</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>2077</v>
+        <v>1119</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E777" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F777" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H777" s="1" t="s">
-        <v>2078</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" s="1" t="s">
-        <v>2079</v>
+        <v>2119</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>1634</v>
+        <v>1852</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>1076</v>
+        <v>1362</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E778" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F778" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>198</v>
+        <v>12</v>
       </c>
       <c r="H778" s="1" t="s">
-        <v>2080</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" s="1" t="s">
-        <v>2081</v>
+        <v>2121</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>1634</v>
+        <v>364</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>399</v>
+        <v>1715</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E779" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F779" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H779" s="1" t="s">
-        <v>2082</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" s="1" t="s">
-        <v>2083</v>
+        <v>2123</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>958</v>
+        <v>376</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>2084</v>
+        <v>2124</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E780" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F780" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G780" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H780" s="1" t="s">
-        <v>2085</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" s="1" t="s">
-        <v>2086</v>
+        <v>2126</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>2087</v>
+        <v>2127</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>400</v>
+        <v>2104</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E781" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F781" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G781" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H781" s="1" t="s">
-        <v>2088</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" s="1" t="s">
-        <v>2089</v>
+        <v>2129</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>345</v>
+        <v>2127</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>1820</v>
+        <v>2104</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E782" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F782" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G782" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H782" s="1" t="s">
-        <v>2090</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" s="1" t="s">
-        <v>2091</v>
+        <v>2131</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>1634</v>
+        <v>1125</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2092</v>
+        <v>2132</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E783" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F783" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="H783" s="1" t="s">
-        <v>2093</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" s="1" t="s">
-        <v>2094</v>
+        <v>2134</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>2095</v>
+        <v>544</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>396</v>
+        <v>654</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E784" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F784" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>117</v>
+        <v>12</v>
       </c>
       <c r="H784" s="1" t="s">
-        <v>2096</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" s="1" t="s">
-        <v>2097</v>
+        <v>2136</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>2069</v>
+        <v>98</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2098</v>
+        <v>258</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E785" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F785" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="H785" s="1" t="s">
-        <v>2099</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" s="1" t="s">
-        <v>2100</v>
+        <v>2138</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>2101</v>
+        <v>1707</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2102</v>
+        <v>2139</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E786" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F786" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H786" s="1" t="s">
-        <v>2103</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" s="1" t="s">
-        <v>2104</v>
+        <v>2141</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>2105</v>
+        <v>1707</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>973</v>
+        <v>2139</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E787" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F787" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G787" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H787" s="1" t="s">
-        <v>2106</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" s="1" t="s">
-        <v>2107</v>
+        <v>2143</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>2108</v>
+        <v>844</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>997</v>
+        <v>845</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E788" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F788" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G788" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H788" s="1" t="s">
-        <v>2109</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" s="1" t="s">
-        <v>2110</v>
+        <v>2145</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>2108</v>
+        <v>509</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>411</v>
+        <v>551</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E789" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F789" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>198</v>
+        <v>12</v>
       </c>
       <c r="H789" s="1" t="s">
-        <v>2111</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" s="1" t="s">
-        <v>2112</v>
+        <v>2147</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>2108</v>
+        <v>509</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2098</v>
+        <v>551</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E790" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F790" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>227</v>
+        <v>12</v>
       </c>
       <c r="H790" s="1" t="s">
-        <v>2113</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" s="1" t="s">
-        <v>2114</v>
+        <v>2149</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>2108</v>
+        <v>1366</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2098</v>
+        <v>1512</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E791" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F791" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>227</v>
+        <v>12</v>
       </c>
       <c r="H791" s="1" t="s">
-        <v>2115</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" s="1" t="s">
-        <v>2116</v>
+        <v>2151</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>2092</v>
+        <v>1366</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>973</v>
+        <v>1512</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E792" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F792" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H792" s="1" t="s">
-        <v>2117</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" s="1" t="s">
-        <v>2118</v>
+        <v>2153</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>2092</v>
+        <v>805</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>411</v>
+        <v>806</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E793" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F793" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H793" s="1" t="s">
-        <v>2119</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" s="1" t="s">
-        <v>2120</v>
+        <v>2155</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>1936</v>
+        <v>805</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>399</v>
+        <v>806</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E794" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F794" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H794" s="1" t="s">
-        <v>2121</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" s="1" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>2123</v>
+        <v>836</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>2124</v>
+        <v>2157</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E795" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F795" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H795" s="1" t="s">
-        <v>2125</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" s="1" t="s">
-        <v>2126</v>
+        <v>2159</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>2123</v>
+        <v>805</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>1007</v>
+        <v>806</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E796" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F796" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G796" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G796" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H796" s="1" t="s">
-        <v>2127</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" s="1" t="s">
-        <v>2128</v>
+        <v>2161</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>1076</v>
+        <v>1224</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>1003</v>
+        <v>469</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E797" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F797" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G797" s="1"/>
       <c r="H797" s="1" t="s">
-        <v>2129</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" s="1" t="s">
-        <v>2130</v>
+        <v>2163</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>996</v>
+        <v>499</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>1312</v>
+        <v>695</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E798" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F798" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G798" s="1"/>
       <c r="H798" s="1" t="s">
-        <v>2131</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" s="1" t="s">
-        <v>2132</v>
+        <v>2165</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>2133</v>
+        <v>274</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>1010</v>
+        <v>2166</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E799" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F799" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G799" s="1"/>
       <c r="H799" s="1" t="s">
-        <v>2134</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" s="1" t="s">
-        <v>2135</v>
+        <v>2168</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>2136</v>
+        <v>2169</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2032</v>
+        <v>2170</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E800" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F800" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G800" s="1"/>
       <c r="H800" s="1" t="s">
-        <v>2137</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" s="1" t="s">
-        <v>2138</v>
+        <v>2172</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>2123</v>
+        <v>1588</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2124</v>
+        <v>1240</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E801" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F801" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>227</v>
+        <v>31</v>
       </c>
       <c r="H801" s="1" t="s">
-        <v>2139</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" s="1" t="s">
-        <v>2140</v>
+        <v>2174</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>2123</v>
+        <v>1013</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2124</v>
+        <v>1007</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E802" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F802" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>227</v>
+        <v>77</v>
       </c>
       <c r="H802" s="1" t="s">
-        <v>2141</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" s="1" t="s">
-        <v>2142</v>
+        <v>2176</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>2123</v>
+        <v>1013</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2124</v>
+        <v>278</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E803" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F803" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>227</v>
+        <v>77</v>
       </c>
       <c r="H803" s="1" t="s">
-        <v>2143</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" s="1" t="s">
-        <v>2144</v>
+        <v>2178</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>2123</v>
+        <v>1013</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2124</v>
+        <v>1007</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E804" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F804" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>227</v>
+        <v>77</v>
       </c>
       <c r="H804" s="1" t="s">
-        <v>2145</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" s="1" t="s">
-        <v>2146</v>
+        <v>1233</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>2133</v>
+        <v>563</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>2147</v>
+        <v>1452</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E805" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F805" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>227</v>
+        <v>96</v>
       </c>
       <c r="H805" s="1" t="s">
-        <v>2148</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" s="1" t="s">
-        <v>2149</v>
+        <v>2181</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>2133</v>
+        <v>2182</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2147</v>
+        <v>278</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E806" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F806" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>227</v>
+        <v>2006</v>
       </c>
       <c r="H806" s="1" t="s">
-        <v>2150</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" s="1" t="s">
-        <v>2151</v>
+        <v>2184</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>2123</v>
+        <v>2185</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2152</v>
+        <v>770</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E807" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F807" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>96</v>
+        <v>239</v>
       </c>
       <c r="H807" s="1" t="s">
-        <v>2153</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" s="1" t="s">
-        <v>2154</v>
+        <v>2187</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>2155</v>
+        <v>2188</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>392</v>
+        <v>213</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E808" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F808" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>54</v>
+        <v>217</v>
       </c>
       <c r="H808" s="1" t="s">
-        <v>2156</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" s="1" t="s">
-        <v>81</v>
+        <v>2190</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>997</v>
+        <v>2191</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>393</v>
+        <v>512</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E809" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F809" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="H809" s="1" t="s">
-        <v>2157</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" s="1" t="s">
-        <v>2158</v>
+        <v>2193</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>973</v>
+        <v>212</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>433</v>
+        <v>213</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E810" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F810" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>227</v>
+        <v>96</v>
       </c>
       <c r="H810" s="1" t="s">
-        <v>2159</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" s="1" t="s">
-        <v>2160</v>
+        <v>2195</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>486</v>
+        <v>212</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>9</v>
+        <v>213</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E811" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F811" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>198</v>
+        <v>96</v>
       </c>
       <c r="H811" s="1" t="s">
-        <v>2161</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" s="1" t="s">
-        <v>2162</v>
+        <v>2197</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>2102</v>
+        <v>212</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>371</v>
+        <v>213</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E812" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F812" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H812" s="1" t="s">
-        <v>2163</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" s="1" t="s">
-        <v>977</v>
+        <v>2199</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>978</v>
+        <v>212</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>433</v>
+        <v>213</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E813" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F813" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="H813" s="1" t="s">
-        <v>2164</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" s="1" t="s">
-        <v>2165</v>
+        <v>2201</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>997</v>
+        <v>212</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>444</v>
+        <v>213</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E814" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F814" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G814" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G814" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="H814" s="1" t="s">
-        <v>2166</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" s="1" t="s">
-        <v>2167</v>
+        <v>2203</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>533</v>
+        <v>212</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2168</v>
+        <v>213</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E815" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F815" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>16</v>
+        <v>96</v>
       </c>
       <c r="H815" s="1" t="s">
-        <v>2169</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" s="1" t="s">
-        <v>2170</v>
+        <v>2205</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>2171</v>
+        <v>212</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>1877</v>
+        <v>213</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E816" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F816" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>203</v>
+        <v>77</v>
       </c>
       <c r="H816" s="1" t="s">
-        <v>2172</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" s="1" t="s">
-        <v>2173</v>
+        <v>2207</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>2174</v>
+        <v>964</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>2175</v>
+        <v>2208</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E817" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F817" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>227</v>
+        <v>684</v>
       </c>
       <c r="H817" s="1" t="s">
-        <v>2176</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" s="1" t="s">
-        <v>2177</v>
+        <v>2210</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>2178</v>
+        <v>2188</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>1820</v>
+        <v>2211</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E818" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F818" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>104</v>
+        <v>684</v>
       </c>
       <c r="H818" s="1" t="s">
-        <v>2179</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" s="1" t="s">
-        <v>2180</v>
+        <v>2213</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>2174</v>
+        <v>770</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>1909</v>
+        <v>2214</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E819" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G819" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G819" s="1" t="s">
+        <v>31</v>
+      </c>
       <c r="H819" s="1" t="s">
-        <v>2181</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" s="1" t="s">
-        <v>2182</v>
+        <v>2216</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>2183</v>
+        <v>2217</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>1814</v>
+        <v>2218</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E820" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G820" s="1"/>
       <c r="H820" s="1" t="s">
-        <v>2184</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" s="1" t="s">
-        <v>2185</v>
+        <v>2220</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>2186</v>
+        <v>2221</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>1705</v>
+        <v>1240</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E821" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F821" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>287</v>
+        <v>1340</v>
       </c>
       <c r="H821" s="1" t="s">
-        <v>2187</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" s="1" t="s">
-        <v>2188</v>
+        <v>2223</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>2189</v>
+        <v>2221</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>2190</v>
+        <v>2224</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E822" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F822" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>96</v>
+        <v>239</v>
       </c>
       <c r="H822" s="1" t="s">
-        <v>2191</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" s="1" t="s">
-        <v>2192</v>
+        <v>2226</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>2189</v>
+        <v>274</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>1259</v>
+        <v>2166</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E823" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F823" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>188</v>
+        <v>24</v>
       </c>
       <c r="H823" s="1" t="s">
-        <v>2193</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" s="1" t="s">
-        <v>2194</v>
+        <v>2228</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>2195</v>
+        <v>274</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>2196</v>
+        <v>275</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E824" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F824" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G824" s="1"/>
       <c r="H824" s="1" t="s">
-        <v>2197</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" s="1" t="s">
-        <v>2198</v>
+        <v>2230</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>2199</v>
+        <v>274</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>1814</v>
+        <v>275</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E825" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F825" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G825" s="1"/>
       <c r="H825" s="1" t="s">
-        <v>2200</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" s="1" t="s">
-        <v>2201</v>
+        <v>2232</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>1877</v>
+        <v>274</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>929</v>
+        <v>275</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E826" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F826" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G826" s="1"/>
       <c r="H826" s="1" t="s">
-        <v>2202</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" s="1" t="s">
-        <v>2203</v>
+        <v>2234</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>2204</v>
+        <v>274</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>633</v>
+        <v>275</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E827" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F827" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G827" s="1"/>
       <c r="H827" s="1" t="s">
-        <v>2205</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" s="1" t="s">
-        <v>2206</v>
+        <v>2236</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>2207</v>
+        <v>274</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>583</v>
+        <v>275</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E828" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F828" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G828" s="1"/>
       <c r="H828" s="1" t="s">
-        <v>2208</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" s="1" t="s">
-        <v>2209</v>
+        <v>2238</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>1727</v>
+        <v>274</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>2190</v>
+        <v>275</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E829" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F829" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G829" s="1"/>
       <c r="H829" s="1" t="s">
-        <v>2210</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" s="1" t="s">
-        <v>2211</v>
+        <v>2240</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>2212</v>
+        <v>770</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>929</v>
+        <v>512</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E830" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F830" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H830" s="1" t="s">
-        <v>2213</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" s="1" t="s">
-        <v>2214</v>
+        <v>2242</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>590</v>
+        <v>2243</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>583</v>
+        <v>2244</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E831" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F831" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="H831" s="1" t="s">
-        <v>2215</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" s="1" t="s">
-        <v>2216</v>
+        <v>2246</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>2217</v>
+        <v>2247</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>201</v>
+        <v>2248</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E832" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F832" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G832" s="1"/>
       <c r="H832" s="1" t="s">
-        <v>2218</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" s="1" t="s">
-        <v>2219</v>
+        <v>2250</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>2217</v>
+        <v>2247</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>201</v>
+        <v>2251</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E833" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F833" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>181</v>
+        <v>684</v>
       </c>
       <c r="H833" s="1" t="s">
-        <v>2220</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" s="1" t="s">
-        <v>2221</v>
+        <v>2253</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>1727</v>
+        <v>2247</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>1835</v>
+        <v>2251</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E834" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F834" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>12</v>
+        <v>684</v>
       </c>
       <c r="H834" s="1" t="s">
-        <v>2222</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" s="1" t="s">
-        <v>2223</v>
+        <v>2255</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>2224</v>
+        <v>1968</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>365</v>
+        <v>2248</v>
       </c>
       <c r="D835" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E835" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F835" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="H835" s="1" t="s">
-        <v>2225</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" s="1" t="s">
-        <v>2226</v>
+        <v>2257</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>2227</v>
+        <v>1968</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>399</v>
+        <v>2258</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E836" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F836" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>32</v>
+        <v>1340</v>
       </c>
       <c r="H836" s="1" t="s">
-        <v>2228</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" s="1" t="s">
-        <v>2229</v>
+        <v>2260</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>2227</v>
+        <v>1452</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>1853</v>
+        <v>2261</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E837" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F837" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>188</v>
+        <v>684</v>
       </c>
       <c r="H837" s="1" t="s">
-        <v>2230</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" s="1" t="s">
-        <v>2231</v>
+        <v>2263</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>1584</v>
+        <v>1452</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>2232</v>
+        <v>2261</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E838" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F838" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>188</v>
+        <v>684</v>
       </c>
       <c r="H838" s="1" t="s">
-        <v>2233</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" s="1" t="s">
-        <v>2234</v>
+        <v>2265</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>2235</v>
+        <v>992</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>1807</v>
+        <v>213</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E839" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F839" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>181</v>
+        <v>239</v>
       </c>
       <c r="H839" s="1" t="s">
-        <v>2236</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" s="1" t="s">
-        <v>2237</v>
+        <v>2267</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>683</v>
+        <v>213</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>959</v>
+        <v>213</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E840" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F840" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>104</v>
+        <v>203</v>
       </c>
       <c r="H840" s="1" t="s">
-        <v>2238</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" s="1" t="s">
-        <v>2239</v>
+        <v>2269</v>
       </c>
       <c r="B841" s="1" t="s">
-        <v>948</v>
+        <v>2270</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>2240</v>
+        <v>2271</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E841" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F841" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>203</v>
+        <v>217</v>
       </c>
       <c r="H841" s="1" t="s">
-        <v>2241</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" s="1" t="s">
-        <v>2242</v>
+        <v>2273</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>2196</v>
+        <v>2247</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>1992</v>
+        <v>2251</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E842" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F842" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>139</v>
+        <v>684</v>
       </c>
       <c r="H842" s="1" t="s">
-        <v>2243</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" s="1" t="s">
-        <v>2244</v>
+        <v>2275</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>2196</v>
+        <v>2247</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>1992</v>
+        <v>2251</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E843" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F843" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>139</v>
+        <v>684</v>
       </c>
       <c r="H843" s="1" t="s">
-        <v>2245</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" s="1" t="s">
-        <v>2246</v>
+        <v>2277</v>
       </c>
       <c r="B844" s="1" t="s">
-        <v>2196</v>
+        <v>2278</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>1992</v>
+        <v>2279</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E844" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F844" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="H844" s="1" t="s">
-        <v>2247</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" s="1" t="s">
-        <v>2248</v>
+        <v>2281</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>2196</v>
+        <v>278</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>2249</v>
+        <v>2282</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E845" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F845" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G845" s="1"/>
       <c r="H845" s="1" t="s">
-        <v>2250</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" s="1" t="s">
-        <v>2251</v>
+        <v>2284</v>
       </c>
       <c r="B846" s="1" t="s">
-        <v>683</v>
+        <v>278</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>399</v>
+        <v>778</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E846" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F846" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="H846" s="1" t="s">
-        <v>2252</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" s="1" t="s">
-        <v>2253</v>
+        <v>2286</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>1584</v>
+        <v>2247</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>621</v>
+        <v>2287</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E847" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F847" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>54</v>
+        <v>203</v>
       </c>
       <c r="H847" s="1" t="s">
-        <v>2254</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" s="1" t="s">
-        <v>2255</v>
+        <v>2289</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>1647</v>
+        <v>2243</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>2256</v>
+        <v>2244</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E848" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F848" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>188</v>
+        <v>203</v>
       </c>
       <c r="H848" s="1" t="s">
-        <v>2257</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" s="1" t="s">
-        <v>2258</v>
+        <v>2291</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>2259</v>
+        <v>2247</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>1848</v>
+        <v>2248</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E849" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G849" s="1"/>
       <c r="H849" s="1" t="s">
-        <v>2260</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" s="1" t="s">
-        <v>2261</v>
+        <v>2293</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>612</v>
+        <v>2243</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>952</v>
+        <v>2244</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E850" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F850" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="H850" s="1" t="s">
-        <v>2262</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" s="1" t="s">
-        <v>2263</v>
+        <v>2295</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>541</v>
+        <v>2247</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2264</v>
+        <v>2287</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E851" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F851" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="H851" s="1" t="s">
-        <v>2265</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" s="1" t="s">
-        <v>2266</v>
+        <v>2297</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>1079</v>
+        <v>2298</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>1734</v>
+        <v>1221</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E852" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G852" s="1"/>
       <c r="H852" s="1" t="s">
-        <v>2267</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" s="1" t="s">
-        <v>2268</v>
+        <v>2300</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>2269</v>
+        <v>728</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>583</v>
+        <v>2301</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E853" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F853" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G853" s="1"/>
       <c r="H853" s="1" t="s">
-        <v>2270</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" s="1" t="s">
-        <v>2271</v>
+        <v>2303</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>2272</v>
+        <v>2304</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>358</v>
+        <v>234</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E854" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F854" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G854" s="1"/>
       <c r="H854" s="1" t="s">
-        <v>2273</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" s="1" t="s">
-        <v>2274</v>
+        <v>2306</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>2275</v>
+        <v>2304</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>365</v>
+        <v>234</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E855" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G855" s="1"/>
       <c r="H855" s="1" t="s">
-        <v>2276</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" s="1" t="s">
-        <v>2277</v>
+        <v>2303</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>2275</v>
+        <v>1082</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>365</v>
+        <v>234</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E856" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G856" s="1"/>
       <c r="H856" s="1" t="s">
-        <v>2278</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" s="1" t="s">
-        <v>2279</v>
+        <v>2309</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>734</v>
+        <v>216</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>583</v>
+        <v>657</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E857" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F857" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G857" s="1"/>
       <c r="H857" s="1" t="s">
-        <v>2280</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" s="1" t="s">
-        <v>2281</v>
+        <v>2311</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>2282</v>
+        <v>216</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>548</v>
+        <v>657</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E858" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F858" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G858" s="1"/>
       <c r="H858" s="1" t="s">
-        <v>2283</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" s="1" t="s">
-        <v>2284</v>
+        <v>2313</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>734</v>
+        <v>185</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2285</v>
+        <v>234</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E859" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F859" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G859" s="1"/>
       <c r="H859" s="1" t="s">
-        <v>2286</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" s="1" t="s">
-        <v>2287</v>
+        <v>2313</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>1073</v>
+        <v>2315</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>364</v>
+        <v>234</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E860" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F860" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G860" s="1"/>
       <c r="H860" s="1" t="s">
-        <v>2288</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" s="1" t="s">
-        <v>2289</v>
+        <v>2313</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>737</v>
+        <v>2315</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>2290</v>
+        <v>234</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E861" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F861" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G861" s="1"/>
       <c r="H861" s="1" t="s">
-        <v>2291</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" s="1" t="s">
-        <v>2292</v>
+        <v>2318</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>2293</v>
+        <v>63</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>2294</v>
+        <v>379</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E862" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F862" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G862" s="1"/>
       <c r="H862" s="1" t="s">
-        <v>2295</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" s="1" t="s">
-        <v>2296</v>
+        <v>2320</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>2297</v>
+        <v>30</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>2298</v>
+        <v>657</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E863" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F863" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G863" s="1"/>
       <c r="H863" s="1" t="s">
-        <v>2299</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" s="1" t="s">
-        <v>2300</v>
+        <v>2322</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>928</v>
+        <v>2323</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>2301</v>
+        <v>2324</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E864" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F864" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G864" s="1"/>
       <c r="H864" s="1" t="s">
-        <v>2302</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" s="1" t="s">
-        <v>2303</v>
+        <v>2326</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>2275</v>
+        <v>531</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>633</v>
+        <v>477</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E865" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F865" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G865" s="1"/>
       <c r="H865" s="1" t="s">
-        <v>2304</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" s="1" t="s">
-        <v>2305</v>
+        <v>2328</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>2306</v>
+        <v>1766</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>2285</v>
+        <v>234</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E866" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G866" s="1"/>
       <c r="H866" s="1" t="s">
-        <v>2307</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" s="1" t="s">
-        <v>2308</v>
+        <v>2330</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>2306</v>
+        <v>2331</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>533</v>
+        <v>2332</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E867" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F867" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G867" s="1"/>
       <c r="H867" s="1" t="s">
-        <v>2309</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" s="1" t="s">
-        <v>2310</v>
+        <v>2334</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>612</v>
+        <v>2335</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>959</v>
+        <v>762</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E868" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F868" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G868" s="1"/>
       <c r="H868" s="1" t="s">
-        <v>2311</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" s="1" t="s">
-        <v>2312</v>
+        <v>2337</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>544</v>
+        <v>940</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>364</v>
+        <v>2338</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E869" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F869" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G869" s="1"/>
       <c r="H869" s="1" t="s">
-        <v>2313</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" s="1" t="s">
-        <v>2314</v>
+        <v>2340</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>1631</v>
+        <v>2341</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>1705</v>
+        <v>1814</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E870" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F870" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G870" s="1"/>
       <c r="H870" s="1" t="s">
-        <v>2315</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" s="1" t="s">
-        <v>2316</v>
+        <v>2343</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>1631</v>
+        <v>1366</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>565</v>
+        <v>629</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E871" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F871" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G871" s="1"/>
       <c r="H871" s="1" t="s">
-        <v>2317</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" s="1" t="s">
-        <v>2318</v>
+        <v>2345</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>1631</v>
+        <v>629</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>2319</v>
+        <v>423</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E872" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F872" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G872" s="1"/>
       <c r="H872" s="1" t="s">
-        <v>2320</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" s="1" t="s">
-        <v>2321</v>
+        <v>2347</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>2293</v>
+        <v>551</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>561</v>
+        <v>1824</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E873" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F873" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G873" s="1"/>
       <c r="H873" s="1" t="s">
-        <v>2322</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" s="1" t="s">
-        <v>2323</v>
+        <v>2349</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>2324</v>
+        <v>554</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>565</v>
+        <v>642</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E874" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F874" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G874" s="1"/>
       <c r="H874" s="1" t="s">
-        <v>2325</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" s="1" t="s">
-        <v>2326</v>
+        <v>2351</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>2324</v>
+        <v>554</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>2327</v>
+        <v>1273</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E875" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F875" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G875" s="1"/>
       <c r="H875" s="1" t="s">
-        <v>2328</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" s="1" t="s">
-        <v>2329</v>
+        <v>2353</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>2293</v>
+        <v>1155</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>2324</v>
+        <v>1473</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E876" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F876" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G876" s="1"/>
       <c r="H876" s="1" t="s">
-        <v>2330</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" s="1" t="s">
-        <v>2331</v>
+        <v>2246</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>2324</v>
+        <v>1083</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2285</v>
+        <v>2355</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E877" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F877" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G877" s="1"/>
       <c r="H877" s="1" t="s">
-        <v>2332</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" s="1" t="s">
-        <v>2333</v>
+        <v>2357</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>548</v>
+        <v>1508</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>2334</v>
+        <v>2358</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E878" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F878" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G878" s="1"/>
       <c r="H878" s="1" t="s">
-        <v>2335</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" s="1" t="s">
-        <v>2336</v>
+        <v>2360</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>2337</v>
+        <v>805</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>561</v>
+        <v>1227</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E879" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G879" s="1"/>
       <c r="H879" s="1" t="s">
-        <v>2338</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" s="1" t="s">
-        <v>2339</v>
+        <v>2362</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>2340</v>
+        <v>1839</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>2341</v>
+        <v>2243</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E880" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F880" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G880" s="1"/>
       <c r="H880" s="1" t="s">
-        <v>2342</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" s="1" t="s">
-        <v>2343</v>
+        <v>2364</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>2344</v>
+        <v>2365</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>2345</v>
+        <v>1173</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E881" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G881" s="1"/>
       <c r="H881" s="1" t="s">
-        <v>2346</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" s="1" t="s">
-        <v>2347</v>
+        <v>2367</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>2344</v>
+        <v>2368</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2345</v>
+        <v>2369</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E882" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F882" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G882" s="1"/>
       <c r="H882" s="1" t="s">
-        <v>2348</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" s="1" t="s">
-        <v>2349</v>
+        <v>2371</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>565</v>
+        <v>2157</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2190</v>
+        <v>1823</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E883" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F883" s="1" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G883" s="1"/>
       <c r="H883" s="1" t="s">
-        <v>2350</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" s="1" t="s">
-        <v>2351</v>
+        <v>2373</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>2324</v>
+        <v>2157</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>368</v>
+        <v>1823</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E884" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F884" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G884" s="1"/>
       <c r="H884" s="1" t="s">
-        <v>2352</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" s="1" t="s">
-        <v>2353</v>
+        <v>2375</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>544</v>
+        <v>98</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>1680</v>
+        <v>1760</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E885" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F885" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G885" s="1"/>
       <c r="H885" s="1" t="s">
-        <v>2354</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" s="1" t="s">
-        <v>2355</v>
+        <v>2377</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>2356</v>
+        <v>2323</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>561</v>
+        <v>258</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E886" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F886" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G886" s="1"/>
       <c r="H886" s="1" t="s">
-        <v>2357</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" s="1" t="s">
-        <v>2358</v>
+        <v>2379</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>544</v>
+        <v>40</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>1680</v>
+        <v>258</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E887" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F887" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G887" s="1"/>
       <c r="H887" s="1" t="s">
-        <v>2359</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" s="1" t="s">
-        <v>2360</v>
+        <v>2381</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>358</v>
+        <v>2382</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>365</v>
+        <v>258</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E888" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F888" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G888" s="1"/>
       <c r="H888" s="1" t="s">
-        <v>2361</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" s="1" t="s">
-        <v>2362</v>
+        <v>2384</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>2340</v>
+        <v>40</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>1086</v>
+        <v>258</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E889" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F889" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G889" s="1"/>
       <c r="H889" s="1" t="s">
-        <v>2363</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" s="1" t="s">
-        <v>2364</v>
+        <v>2386</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>2365</v>
+        <v>1824</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>2366</v>
+        <v>360</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E890" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F890" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G890" s="1"/>
       <c r="H890" s="1" t="s">
-        <v>2367</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" s="1" t="s">
-        <v>2368</v>
+        <v>2388</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>2369</v>
+        <v>1327</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>2370</v>
+        <v>646</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E891" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F891" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G891" s="1"/>
       <c r="H891" s="1" t="s">
-        <v>2371</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" s="1" t="s">
-        <v>2372</v>
+        <v>2390</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>2369</v>
+        <v>492</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2370</v>
+        <v>1164</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E892" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F892" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G892" s="1"/>
       <c r="H892" s="1" t="s">
-        <v>2373</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" s="1" t="s">
-        <v>2374</v>
+        <v>2392</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>2375</v>
+        <v>492</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2341</v>
+        <v>1164</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E893" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F893" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G893" s="1"/>
       <c r="H893" s="1" t="s">
-        <v>2376</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" s="1" t="s">
-        <v>2377</v>
+        <v>2394</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>2375</v>
+        <v>492</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>2341</v>
+        <v>1164</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E894" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F894" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G894" s="1"/>
       <c r="H894" s="1" t="s">
-        <v>2378</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" s="1" t="s">
-        <v>2379</v>
+        <v>2396</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>2375</v>
+        <v>1517</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>2341</v>
+        <v>2397</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E895" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F895" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G895" s="1"/>
       <c r="H895" s="1" t="s">
-        <v>2380</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" s="1" t="s">
-        <v>2381</v>
+        <v>2399</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>2298</v>
+        <v>2400</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2370</v>
+        <v>379</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E896" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F896" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G896" s="1"/>
       <c r="H896" s="1" t="s">
-        <v>2382</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" s="1" t="s">
-        <v>2383</v>
+        <v>2402</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>2384</v>
+        <v>1065</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2384</v>
+        <v>2403</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E897" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F897" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G897" s="1"/>
       <c r="H897" s="1" t="s">
-        <v>2385</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" s="1" t="s">
-        <v>2386</v>
+        <v>2405</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>57</v>
+        <v>2217</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2387</v>
+        <v>1083</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E898" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F898" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G898" s="1"/>
       <c r="H898" s="1" t="s">
-        <v>2388</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" s="1" t="s">
-        <v>2389</v>
+        <v>2407</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>57</v>
+        <v>98</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2387</v>
+        <v>666</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E899" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F899" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G899" s="1"/>
       <c r="H899" s="1" t="s">
-        <v>2390</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" s="1" t="s">
-        <v>2391</v>
+        <v>2409</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>2345</v>
+        <v>63</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>364</v>
+        <v>654</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E900" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F900" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G900" s="1"/>
       <c r="H900" s="1" t="s">
-        <v>2392</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" s="1" t="s">
-        <v>2393</v>
+        <v>2411</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>661</v>
+        <v>2412</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>576</v>
+        <v>2413</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E901" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F901" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G901" s="1"/>
       <c r="H901" s="1" t="s">
-        <v>2394</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" s="1" t="s">
-        <v>2395</v>
+        <v>2415</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>672</v>
+        <v>1094</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>673</v>
+        <v>1119</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E902" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F902" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G902" s="1"/>
       <c r="H902" s="1" t="s">
-        <v>2396</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" s="1" t="s">
-        <v>2397</v>
+        <v>2417</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>672</v>
+        <v>2418</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>673</v>
+        <v>2419</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E903" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F903" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G903" s="1"/>
       <c r="H903" s="1" t="s">
-        <v>2398</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" s="1" t="s">
-        <v>2399</v>
+        <v>2421</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>740</v>
+        <v>1107</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>554</v>
+        <v>882</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E904" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F904" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G904" s="1"/>
       <c r="H904" s="1" t="s">
-        <v>2400</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" s="1" t="s">
-        <v>2401</v>
+        <v>2423</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>740</v>
+        <v>2412</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>554</v>
+        <v>1663</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E905" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F905" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G905" s="1"/>
       <c r="H905" s="1" t="s">
-        <v>2402</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" s="1" t="s">
-        <v>2403</v>
+        <v>2425</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>878</v>
+        <v>2412</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>537</v>
+        <v>1663</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E906" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F906" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G906" s="1"/>
       <c r="H906" s="1" t="s">
-        <v>2404</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" s="1" t="s">
-        <v>2405</v>
-[...2 lines deleted...]
-      <c r="C907" s="1"/>
+        <v>2427</v>
+      </c>
+      <c r="B907" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="C907" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="D907" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E907" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F907" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G907" s="1"/>
       <c r="H907" s="1" t="s">
-        <v>2406</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" s="1" t="s">
-        <v>2407</v>
-[...2 lines deleted...]
-      <c r="C908" s="1"/>
+        <v>2429</v>
+      </c>
+      <c r="B908" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C908" s="1" t="s">
+        <v>1344</v>
+      </c>
       <c r="D908" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E908" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F908" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G908" s="1"/>
       <c r="H908" s="1" t="s">
-        <v>2408</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" s="1" t="s">
-        <v>2409</v>
-[...2 lines deleted...]
-      <c r="C909" s="1"/>
+        <v>2431</v>
+      </c>
+      <c r="B909" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C909" s="1" t="s">
+        <v>1344</v>
+      </c>
       <c r="D909" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E909" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F909" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G909" s="1"/>
       <c r="H909" s="1" t="s">
-        <v>2410</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" s="1" t="s">
-        <v>2411</v>
-[...2 lines deleted...]
-      <c r="C910" s="1"/>
+        <v>2433</v>
+      </c>
+      <c r="B910" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="C910" s="1" t="s">
+        <v>2434</v>
+      </c>
       <c r="D910" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E910" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F910" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G910" s="1"/>
       <c r="H910" s="1" t="s">
-        <v>2412</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" s="1" t="s">
-        <v>2413</v>
-[...2 lines deleted...]
-      <c r="C911" s="1"/>
+        <v>2436</v>
+      </c>
+      <c r="B911" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="C911" s="1" t="s">
+        <v>1265</v>
+      </c>
       <c r="D911" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E911" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F911" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G911" s="1"/>
       <c r="H911" s="1" t="s">
-        <v>2414</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" s="1" t="s">
-        <v>2415</v>
-[...2 lines deleted...]
-      <c r="C912" s="1"/>
+        <v>2438</v>
+      </c>
+      <c r="B912" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="C912" s="1" t="s">
+        <v>630</v>
+      </c>
       <c r="D912" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E912" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F912" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G912" s="1"/>
       <c r="H912" s="1" t="s">
-        <v>2416</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" s="1" t="s">
-        <v>2417</v>
-[...2 lines deleted...]
-      <c r="C913" s="1"/>
+        <v>2440</v>
+      </c>
+      <c r="B913" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C913" s="1" t="s">
+        <v>1461</v>
+      </c>
       <c r="D913" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E913" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F913" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G913" s="1"/>
       <c r="H913" s="1" t="s">
-        <v>2418</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" s="1" t="s">
-        <v>2419</v>
-[...2 lines deleted...]
-      <c r="C914" s="1"/>
+        <v>2443</v>
+      </c>
+      <c r="B914" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C914" s="1" t="s">
+        <v>1461</v>
+      </c>
       <c r="D914" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E914" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F914" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G914" s="1"/>
       <c r="H914" s="1" t="s">
-        <v>2420</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" s="1" t="s">
-        <v>2421</v>
-[...2 lines deleted...]
-      <c r="C915" s="1"/>
+        <v>2445</v>
+      </c>
+      <c r="B915" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C915" s="1" t="s">
+        <v>429</v>
+      </c>
       <c r="D915" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E915" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F915" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F915" s="1" t="s">
+        <v>282</v>
+      </c>
       <c r="G915" s="1"/>
       <c r="H915" s="1" t="s">
-        <v>2422</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" s="1" t="s">
-        <v>2423</v>
-[...2 lines deleted...]
-      <c r="C916" s="1"/>
+        <v>2447</v>
+      </c>
+      <c r="B916" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="C916" s="1" t="s">
+        <v>551</v>
+      </c>
       <c r="D916" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E916" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F916" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F916" s="1" t="s">
+        <v>282</v>
+      </c>
       <c r="G916" s="1"/>
       <c r="H916" s="1" t="s">
-        <v>2424</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" s="1" t="s">
-        <v>2425</v>
-[...2 lines deleted...]
-      <c r="C917" s="1"/>
+        <v>2449</v>
+      </c>
+      <c r="B917" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C917" s="1" t="s">
+        <v>258</v>
+      </c>
       <c r="D917" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E917" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F917" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F917" s="1" t="s">
+        <v>282</v>
+      </c>
       <c r="G917" s="1"/>
       <c r="H917" s="1" t="s">
-        <v>2426</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" s="1" t="s">
-        <v>2425</v>
-[...2 lines deleted...]
-      <c r="C918" s="1"/>
+        <v>2451</v>
+      </c>
+      <c r="B918" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C918" s="1" t="s">
+        <v>258</v>
+      </c>
       <c r="D918" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E918" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="F918" s="1"/>
+        <v>336</v>
+      </c>
+      <c r="F918" s="1" t="s">
+        <v>282</v>
+      </c>
       <c r="G918" s="1"/>
       <c r="H918" s="1" t="s">
-        <v>2427</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" s="1" t="s">
-        <v>2428</v>
-[...2 lines deleted...]
-      <c r="C919" s="1"/>
+        <v>2453</v>
+      </c>
+      <c r="B919" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="C919" s="1" t="s">
+        <v>379</v>
+      </c>
       <c r="D919" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E919" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F919" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G919" s="1"/>
       <c r="H919" s="1" t="s">
-        <v>2429</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" s="1" t="s">
-        <v>2430</v>
-[...2 lines deleted...]
-      <c r="C920" s="1"/>
+        <v>2455</v>
+      </c>
+      <c r="B920" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C920" s="1" t="s">
+        <v>2456</v>
+      </c>
       <c r="D920" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E920" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F920" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G920" s="1"/>
       <c r="H920" s="1" t="s">
-        <v>2431</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" s="1" t="s">
-        <v>2432</v>
-[...2 lines deleted...]
-      <c r="C921" s="1"/>
+        <v>2458</v>
+      </c>
+      <c r="B921" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C921" s="1" t="s">
+        <v>430</v>
+      </c>
       <c r="D921" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E921" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F921" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G921" s="1"/>
       <c r="H921" s="1" t="s">
-        <v>2433</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" s="1" t="s">
-        <v>2434</v>
-[...2 lines deleted...]
-      <c r="C922" s="1"/>
+        <v>2460</v>
+      </c>
+      <c r="B922" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C922" s="1" t="s">
+        <v>654</v>
+      </c>
       <c r="D922" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E922" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F922" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G922" s="1"/>
       <c r="H922" s="1" t="s">
-        <v>2435</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" s="1" t="s">
-        <v>2436</v>
-[...2 lines deleted...]
-      <c r="C923" s="1"/>
+        <v>2462</v>
+      </c>
+      <c r="B923" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C923" s="1" t="s">
+        <v>1663</v>
+      </c>
       <c r="D923" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E923" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F923" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G923" s="1"/>
       <c r="H923" s="1" t="s">
-        <v>2437</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" s="1" t="s">
-        <v>2438</v>
-[...2 lines deleted...]
-      <c r="C924" s="1"/>
+        <v>2464</v>
+      </c>
+      <c r="B924" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="C924" s="1" t="s">
+        <v>1464</v>
+      </c>
       <c r="D924" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E924" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F924" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G924" s="1"/>
       <c r="H924" s="1" t="s">
-        <v>2439</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" s="1" t="s">
-        <v>2440</v>
-[...2 lines deleted...]
-      <c r="C925" s="1"/>
+        <v>2464</v>
+      </c>
+      <c r="B925" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C925" s="1" t="s">
+        <v>654</v>
+      </c>
       <c r="D925" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E925" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F925" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G925" s="1"/>
       <c r="H925" s="1" t="s">
-        <v>2441</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" s="1" t="s">
-        <v>2442</v>
-[...2 lines deleted...]
-      <c r="C926" s="1"/>
+        <v>2467</v>
+      </c>
+      <c r="B926" s="1" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C926" s="1" t="s">
+        <v>2469</v>
+      </c>
       <c r="D926" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E926" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F926" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G926" s="1"/>
       <c r="H926" s="1" t="s">
-        <v>2443</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" s="1" t="s">
-        <v>2444</v>
-[...2 lines deleted...]
-      <c r="C927" s="1"/>
+        <v>2471</v>
+      </c>
+      <c r="B927" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C927" s="1" t="s">
+        <v>723</v>
+      </c>
       <c r="D927" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E927" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F927" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G927" s="1"/>
       <c r="H927" s="1" t="s">
-        <v>2445</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" s="1" t="s">
-        <v>2446</v>
-[...2 lines deleted...]
-      <c r="C928" s="1"/>
+        <v>2473</v>
+      </c>
+      <c r="B928" s="1" t="s">
+        <v>2474</v>
+      </c>
+      <c r="C928" s="1" t="s">
+        <v>2475</v>
+      </c>
       <c r="D928" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E928" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F928" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G928" s="1"/>
       <c r="H928" s="1" t="s">
-        <v>2447</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" s="1" t="s">
-        <v>2448</v>
-[...2 lines deleted...]
-      <c r="C929" s="1"/>
+        <v>2477</v>
+      </c>
+      <c r="B929" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C929" s="1" t="s">
+        <v>1204</v>
+      </c>
       <c r="D929" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E929" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F929" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G929" s="1"/>
       <c r="H929" s="1" t="s">
-        <v>2449</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" s="1" t="s">
-        <v>2450</v>
+        <v>2479</v>
       </c>
       <c r="B930" s="1" t="s">
-        <v>2451</v>
-[...1 lines deleted...]
-      <c r="C930" s="1"/>
+        <v>1203</v>
+      </c>
+      <c r="C930" s="1" t="s">
+        <v>1204</v>
+      </c>
       <c r="D930" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E930" s="1" t="s">
-        <v>373</v>
-[...4 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="F930" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G930" s="1"/>
       <c r="H930" s="1" t="s">
-        <v>2452</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" s="1" t="s">
-        <v>2453</v>
+        <v>2481</v>
       </c>
       <c r="B931" s="1" t="s">
-        <v>2345</v>
+        <v>1203</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>565</v>
+        <v>1258</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E931" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F931" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G931" s="1"/>
       <c r="H931" s="1" t="s">
-        <v>2454</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" s="1" t="s">
-        <v>2455</v>
+        <v>2483</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>2456</v>
+        <v>2484</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>2457</v>
+        <v>1258</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E932" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F932" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G932" s="1"/>
       <c r="H932" s="1" t="s">
-        <v>2458</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" s="1" t="s">
-        <v>2459</v>
+        <v>2486</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>2366</v>
+        <v>2484</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2457</v>
+        <v>192</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E933" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F933" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G933" s="1"/>
       <c r="H933" s="1" t="s">
-        <v>2460</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" s="1" t="s">
-        <v>2461</v>
+        <v>2488</v>
       </c>
       <c r="B934" s="1" t="s">
-        <v>2462</v>
+        <v>2484</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2457</v>
+        <v>729</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E934" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F934" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G934" s="1"/>
       <c r="H934" s="1" t="s">
-        <v>2463</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" s="1" t="s">
-        <v>2464</v>
+        <v>2490</v>
       </c>
       <c r="B935" s="1" t="s">
-        <v>2462</v>
+        <v>364</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2189</v>
+        <v>712</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E935" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F935" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G935" s="1"/>
       <c r="H935" s="1" t="s">
-        <v>2465</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" s="1" t="s">
-        <v>2466</v>
+        <v>2492</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>952</v>
+        <v>2493</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>1647</v>
+        <v>654</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E936" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F936" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G936" s="1"/>
       <c r="H936" s="1" t="s">
-        <v>2467</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" s="1" t="s">
-        <v>2468</v>
+        <v>2495</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>890</v>
+        <v>2493</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2190</v>
+        <v>654</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E937" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F937" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G937" s="1"/>
       <c r="H937" s="1" t="s">
-        <v>2469</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" s="1" t="s">
-        <v>2470</v>
+        <v>2497</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>547</v>
+        <v>2493</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2471</v>
+        <v>654</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E938" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F938" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G938" s="1"/>
       <c r="H938" s="1" t="s">
-        <v>2472</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" s="1" t="s">
-        <v>2473</v>
+        <v>2499</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>2474</v>
+        <v>2493</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>365</v>
+        <v>654</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>10</v>
+        <v>336</v>
       </c>
       <c r="E939" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F939" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G939" s="1"/>
       <c r="H939" s="1" t="s">
-        <v>2475</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" s="1" t="s">
-        <v>2476</v>
+        <v>2501</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>890</v>
+        <v>1682</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2356</v>
+        <v>373</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E940" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F940" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G940" s="1"/>
       <c r="H940" s="1" t="s">
-        <v>2477</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" s="1" t="s">
-        <v>2478</v>
+        <v>2503</v>
       </c>
       <c r="B941" s="1" t="s">
-        <v>890</v>
+        <v>691</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2356</v>
+        <v>1083</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E941" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F941" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G941" s="1"/>
       <c r="H941" s="1" t="s">
-        <v>2479</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" s="1" t="s">
-        <v>2480</v>
+        <v>2505</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>890</v>
+        <v>1579</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2356</v>
+        <v>547</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E942" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F942" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G942" s="1"/>
       <c r="H942" s="1" t="s">
-        <v>2481</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" s="1" t="s">
-        <v>2482</v>
+        <v>2507</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>2474</v>
+        <v>2508</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>2370</v>
+        <v>654</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E943" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F943" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G943" s="1"/>
       <c r="H943" s="1" t="s">
-        <v>2483</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" s="1" t="s">
-        <v>2484</v>
+        <v>2510</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>2474</v>
+        <v>2511</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2485</v>
+        <v>654</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E944" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F944" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G944" s="1"/>
       <c r="H944" s="1" t="s">
-        <v>2486</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" s="1" t="s">
-        <v>2487</v>
+        <v>2513</v>
       </c>
       <c r="B945" s="1" t="s">
-        <v>2456</v>
+        <v>2514</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2488</v>
+        <v>258</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E945" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F945" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G945" s="1"/>
       <c r="H945" s="1" t="s">
-        <v>2489</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" s="1" t="s">
-        <v>2490</v>
+        <v>2516</v>
       </c>
       <c r="B946" s="1" t="s">
-        <v>2491</v>
+        <v>729</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2462</v>
+        <v>934</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E946" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F946" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G946" s="1"/>
       <c r="H946" s="1" t="s">
-        <v>2492</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" s="1" t="s">
-        <v>2493</v>
+        <v>2518</v>
       </c>
       <c r="B947" s="1" t="s">
-        <v>2494</v>
+        <v>2519</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2485</v>
+        <v>967</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E947" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F947" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G947" s="1"/>
       <c r="H947" s="1" t="s">
-        <v>2495</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" s="1" t="s">
-        <v>2496</v>
+        <v>2521</v>
       </c>
       <c r="B948" s="1" t="s">
-        <v>2491</v>
+        <v>805</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>1680</v>
+        <v>806</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E948" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F948" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G948" s="1" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H948" s="1" t="s">
-        <v>2497</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" s="1" t="s">
-        <v>2498</v>
+        <v>2523</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>1734</v>
+        <v>836</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>565</v>
+        <v>2157</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E949" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F949" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G949" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H949" s="1" t="s">
-        <v>2499</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" s="1" t="s">
-        <v>2500</v>
+        <v>2525</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>1734</v>
+        <v>1814</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E950" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F950" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G950" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H950" s="1" t="s">
-        <v>2501</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" s="1" t="s">
-        <v>2502</v>
+        <v>2527</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>1734</v>
+        <v>2528</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>565</v>
+        <v>368</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E951" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F951" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H951" s="1" t="s">
-        <v>2503</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" s="1" t="s">
-        <v>2504</v>
+        <v>2530</v>
       </c>
       <c r="B952" s="1" t="s">
-        <v>1734</v>
+        <v>1367</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>565</v>
+        <v>238</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E952" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F952" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G952" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H952" s="1" t="s">
-        <v>2505</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" s="1" t="s">
-        <v>2506</v>
+        <v>2532</v>
       </c>
       <c r="B953" s="1" t="s">
-        <v>1734</v>
+        <v>2441</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>565</v>
+        <v>642</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E953" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F953" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G953" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H953" s="1" t="s">
-        <v>2507</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" s="1" t="s">
-        <v>2508</v>
+        <v>2534</v>
       </c>
       <c r="B954" s="1" t="s">
-        <v>1734</v>
+        <v>368</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>565</v>
+        <v>462</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E954" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F954" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H954" s="1" t="s">
-        <v>2509</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" s="1" t="s">
-        <v>2510</v>
+        <v>2536</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>1734</v>
+        <v>581</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>565</v>
+        <v>2537</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E955" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F955" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G955" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H955" s="1" t="s">
-        <v>2511</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" s="1" t="s">
-        <v>2512</v>
+        <v>2539</v>
       </c>
       <c r="B956" s="1" t="s">
-        <v>1734</v>
+        <v>360</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>565</v>
+        <v>946</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E956" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F956" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="H956" s="1" t="s">
-        <v>2513</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" s="1" t="s">
-        <v>2514</v>
+        <v>2541</v>
       </c>
       <c r="B957" s="1" t="s">
-        <v>1734</v>
+        <v>1588</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>565</v>
+        <v>2542</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E957" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F957" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>181</v>
+        <v>77</v>
       </c>
       <c r="H957" s="1" t="s">
-        <v>2515</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" s="1" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="B958" s="1" t="s">
-        <v>2341</v>
+        <v>2185</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2517</v>
+        <v>2542</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E958" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F958" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>54</v>
+        <v>2006</v>
       </c>
       <c r="H958" s="1" t="s">
-        <v>2518</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" s="1" t="s">
-        <v>2519</v>
+        <v>2546</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>835</v>
+        <v>2185</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2186</v>
+        <v>2542</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E959" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F959" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G959" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G959" s="1" t="s">
+        <v>239</v>
+      </c>
       <c r="H959" s="1" t="s">
-        <v>2520</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" s="1" t="s">
-        <v>2521</v>
+        <v>2548</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>2522</v>
+        <v>2185</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>583</v>
+        <v>2542</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E960" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F960" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H960" s="1" t="s">
-        <v>2523</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" s="1" t="s">
-        <v>2524</v>
+        <v>2550</v>
       </c>
       <c r="B961" s="1" t="s">
-        <v>57</v>
+        <v>1170</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>583</v>
+        <v>2551</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E961" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F961" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>151</v>
+        <v>2006</v>
       </c>
       <c r="H961" s="1" t="s">
-        <v>2525</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" s="1" t="s">
-        <v>2526</v>
+        <v>2553</v>
       </c>
       <c r="B962" s="1" t="s">
-        <v>1734</v>
+        <v>1588</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2527</v>
+        <v>2551</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E962" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F962" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G962" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G962" s="1" t="s">
+        <v>2006</v>
+      </c>
       <c r="H962" s="1" t="s">
-        <v>2528</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" s="1" t="s">
-        <v>2529</v>
+        <v>2555</v>
       </c>
       <c r="B963" s="1" t="s">
-        <v>1734</v>
+        <v>1588</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2530</v>
+        <v>2551</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E963" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F963" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G963" s="1" t="s">
-        <v>12</v>
+        <v>239</v>
       </c>
       <c r="H963" s="1" t="s">
-        <v>2531</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" s="1" t="s">
-        <v>2532</v>
+        <v>2557</v>
       </c>
       <c r="B964" s="1" t="s">
-        <v>2485</v>
+        <v>2096</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>1727</v>
+        <v>2558</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E964" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F964" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="H964" s="1" t="s">
-        <v>2533</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" s="1" t="s">
-        <v>2534</v>
+        <v>2560</v>
       </c>
       <c r="B965" s="1" t="s">
-        <v>1740</v>
+        <v>2096</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>1727</v>
+        <v>2558</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E965" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F965" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>262</v>
+        <v>77</v>
       </c>
       <c r="H965" s="1" t="s">
-        <v>2535</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" s="1" t="s">
-        <v>2536</v>
+        <v>2562</v>
       </c>
       <c r="B966" s="1" t="s">
-        <v>2485</v>
+        <v>2096</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2204</v>
+        <v>2563</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E966" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F966" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G966" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H966" s="1" t="s">
-        <v>2537</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" s="1" t="s">
-        <v>2538</v>
+        <v>2565</v>
       </c>
       <c r="B967" s="1" t="s">
-        <v>57</v>
+        <v>1839</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>583</v>
+        <v>2566</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E967" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F967" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G967" s="1" t="s">
-        <v>287</v>
+        <v>2006</v>
       </c>
       <c r="H967" s="1" t="s">
-        <v>2539</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" s="1" t="s">
-        <v>2540</v>
+        <v>2568</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>2541</v>
+        <v>278</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>1820</v>
+        <v>2566</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E968" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F968" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G968" s="1" t="s">
-        <v>188</v>
+        <v>2006</v>
       </c>
       <c r="H968" s="1" t="s">
-        <v>2542</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" s="1" t="s">
-        <v>2543</v>
+        <v>2570</v>
       </c>
       <c r="B969" s="1" t="s">
-        <v>2544</v>
+        <v>2188</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2174</v>
+        <v>2571</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E969" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F969" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="H969" s="1" t="s">
-        <v>2545</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" s="1" t="s">
-        <v>2546</v>
+        <v>2573</v>
       </c>
       <c r="B970" s="1" t="s">
-        <v>2541</v>
+        <v>1012</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2199</v>
+        <v>2574</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E970" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F970" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>188</v>
+        <v>77</v>
       </c>
       <c r="H970" s="1" t="s">
-        <v>2547</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" s="1" t="s">
-        <v>2548</v>
+        <v>2576</v>
       </c>
       <c r="B971" s="1" t="s">
-        <v>1677</v>
+        <v>1013</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>2549</v>
+        <v>2574</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E971" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F971" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G971" s="1" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="H971" s="1" t="s">
-        <v>2550</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" s="1" t="s">
-        <v>2551</v>
+        <v>2578</v>
       </c>
       <c r="B972" s="1" t="s">
-        <v>1063</v>
+        <v>2247</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2256</v>
+        <v>2574</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E972" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F972" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>151</v>
+        <v>217</v>
       </c>
       <c r="H972" s="1" t="s">
-        <v>2552</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" s="1" t="s">
-        <v>2553</v>
+        <v>2580</v>
       </c>
       <c r="B973" s="1" t="s">
-        <v>952</v>
+        <v>2581</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>561</v>
+        <v>2582</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E973" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F973" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G973" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G973" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="H973" s="1" t="s">
-        <v>2554</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" s="1" t="s">
-        <v>2555</v>
+        <v>2584</v>
       </c>
       <c r="B974" s="1" t="s">
-        <v>565</v>
-[...3 lines deleted...]
-      </c>
+        <v>2571</v>
+      </c>
+      <c r="C974" s="1"/>
       <c r="D974" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="E974" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F974" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G974" s="1" t="s">
-        <v>12</v>
+        <v>133</v>
       </c>
       <c r="H974" s="1" t="s">
-        <v>2556</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" s="1" t="s">
-        <v>2557</v>
+        <v>2586</v>
       </c>
       <c r="B975" s="1" t="s">
-        <v>2541</v>
+        <v>2551</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>1037</v>
+        <v>2587</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E975" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F975" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G975" s="1" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="H975" s="1" t="s">
-        <v>2558</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" s="1" t="s">
-        <v>2559</v>
+        <v>2589</v>
       </c>
       <c r="B976" s="1" t="s">
-        <v>952</v>
+        <v>2558</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2256</v>
+        <v>2590</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E976" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F976" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G976" s="1" t="s">
-        <v>151</v>
+        <v>84</v>
       </c>
       <c r="H976" s="1" t="s">
-        <v>2560</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" s="1" t="s">
-        <v>2561</v>
+        <v>2592</v>
       </c>
       <c r="B977" s="1" t="s">
-        <v>2517</v>
+        <v>2551</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2549</v>
+        <v>2593</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E977" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F977" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="G977" s="1"/>
       <c r="H977" s="1" t="s">
-        <v>2562</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" s="1" t="s">
-        <v>2563</v>
+        <v>2595</v>
       </c>
       <c r="B978" s="1" t="s">
-        <v>2171</v>
+        <v>2574</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>2212</v>
+        <v>213</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E978" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F978" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G978" s="1" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="H978" s="1" t="s">
-        <v>2564</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" s="1" t="s">
-        <v>2565</v>
+        <v>2597</v>
       </c>
       <c r="B979" s="1" t="s">
-        <v>2566</v>
+        <v>2571</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>365</v>
+        <v>2598</v>
       </c>
       <c r="D979" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E979" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F979" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G979" s="1" t="s">
-        <v>139</v>
+        <v>12</v>
       </c>
       <c r="H979" s="1" t="s">
-        <v>2567</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" s="1" t="s">
-        <v>2568</v>
+        <v>2600</v>
       </c>
       <c r="B980" s="1" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>2570</v>
+        <v>2598</v>
       </c>
       <c r="D980" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E980" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F980" s="1" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G980" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G980" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H980" s="1" t="s">
-        <v>2571</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" s="1" t="s">
-        <v>2572</v>
+        <v>2602</v>
       </c>
       <c r="B981" s="1" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>2574</v>
+        <v>2587</v>
       </c>
       <c r="D981" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E981" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F981" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G981" s="1" t="s">
-        <v>203</v>
+        <v>84</v>
       </c>
       <c r="H981" s="1" t="s">
-        <v>2575</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" s="1" t="s">
-        <v>2576</v>
+        <v>2604</v>
       </c>
       <c r="B982" s="1" t="s">
-        <v>1500</v>
+        <v>2571</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>1481</v>
+        <v>2598</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E982" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F982" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G982" s="1" t="s">
-        <v>151</v>
+        <v>203</v>
       </c>
       <c r="H982" s="1" t="s">
-        <v>2577</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" s="1" t="s">
-        <v>2578</v>
+        <v>2606</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>1476</v>
+        <v>212</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2579</v>
+        <v>213</v>
       </c>
       <c r="D983" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E983" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F983" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G983" s="1" t="s">
-        <v>203</v>
+        <v>1340</v>
       </c>
       <c r="H983" s="1" t="s">
-        <v>2580</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" s="1" t="s">
-        <v>1258</v>
+        <v>2608</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>2581</v>
+        <v>2571</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>911</v>
+        <v>2598</v>
       </c>
       <c r="D984" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E984" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F984" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G984" s="1" t="s">
-        <v>188</v>
+        <v>155</v>
       </c>
       <c r="H984" s="1" t="s">
-        <v>2582</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" s="1" t="s">
-        <v>2583</v>
+        <v>2610</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>1427</v>
+        <v>2571</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2584</v>
+        <v>2611</v>
       </c>
       <c r="D985" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E985" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F985" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G985" s="1" t="s">
-        <v>32</v>
+        <v>162</v>
       </c>
       <c r="H985" s="1" t="s">
-        <v>2585</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" s="1" t="s">
-        <v>2586</v>
+        <v>2159</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>1404</v>
+        <v>2571</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2587</v>
+        <v>2598</v>
       </c>
       <c r="D986" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E986" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F986" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G986" s="1" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="H986" s="1" t="s">
-        <v>2588</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" s="1" t="s">
-        <v>2589</v>
+        <v>2614</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>2590</v>
+        <v>2571</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>911</v>
+        <v>2598</v>
       </c>
       <c r="D987" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E987" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F987" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G987" s="1" t="s">
-        <v>227</v>
+        <v>12</v>
       </c>
       <c r="H987" s="1" t="s">
-        <v>2591</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" s="1" t="s">
-        <v>2592</v>
+        <v>2616</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>2593</v>
+        <v>2571</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2594</v>
+        <v>2598</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E988" s="1" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="F988" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G988" s="1" t="s">
-        <v>12</v>
+        <v>2006</v>
       </c>
       <c r="H988" s="1" t="s">
-        <v>2595</v>
-[...183 lines deleted...]
-      <c r="A996" s="1" t="s">
         <v>2617</v>
-      </c>
-[...505 lines deleted...]
-        <v>2665</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>