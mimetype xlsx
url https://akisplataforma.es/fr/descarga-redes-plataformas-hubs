--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -4,154 +4,349 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Plataformas y redes" sheetId="1" r:id="rId4"/>
+    <sheet name="Plateformes et réseaux" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
-[...10 lines deleted...]
-    <t>RAIA - Réseau de soutien à l'innovation rurale</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
+  <si>
+    <t>Nom</t>
+  </si>
+  <si>
+    <t>Gars</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>CTA (Société Technologique d'Andalousie)</t>
+  </si>
+  <si>
+    <t>Associations professionnelles, Plate-forme, Moyeux</t>
+  </si>
+  <si>
+    <t>CTA est le pôle d'innovation multisectoriel d'Andalousie, actif à l'échelle nationale et internationale. Elle aide les entreprises, les administrations publiques et les universités à élaborer une stratégie de R&amp;D&amp;I adaptée à leurs besoins. De l'identification des besoins en R&amp;D&amp;I à la formulation de projets pour y répondre, en passant par la recherche de partenaires et de financements, elle accompagne les entreprises tout au long de leurs projets d'innovation. Elle constitue un allié stratégique pour transformer les résultats en opportunités commerciales et un partenaire performant dans les projets d'innovation internationaux. Il s'agit d'une fondation privée comptant plus de 186 entreprises membres et forte de 20 ans d'expérience , initialement créée par la Junta de Andalucía et à gestion privée, dédiée à la promotion de l'innovation technologique. Plus de 186 entreprises font partie de CTA. Des grandes multinationales aux PME en passant par les start-ups technologiques, issues de tous les secteurs économiques.</t>
+  </si>
+  <si>
+    <t>FARMPEP</t>
+  </si>
+  <si>
+    <t>Plate-forme</t>
+  </si>
+  <si>
+    <t>FarmPEP est une initiative communautaire collaborative. Lancée en janvier 2020 dans le cadre d'un projet d'Innovate UK mené en partenariat avec ADAS, Agri-TechE, CCRI, Innovative Farmers, Open Coop et The Farming Forum, elle vise à faciliter le partage des connaissances en agriculture à l'ère post-COVID-19.</t>
+  </si>
+  <si>
+    <t>Réseau de forêts d'utilité publique</t>
   </si>
   <si>
     <t>Grille</t>
   </si>
   <si>
-    <t>Le projet RAIA vise à créer un réseau dans la région Alentejo-Algarve-Andalousie qui fournira aux administrations publiques, aux structures associatives, aux entreprises et au grand public les outils nécessaires pour promouvoir l'innovation agricole dans les zones rurales , transformant ainsi la zone transfrontalière de La Raya en un territoire offrant de nouvelles opportunités commerciales et capable de relever les nouveaux défis et de saisir les nouvelles opportunités qui se présentent. L'innovation est considérée comme un moteur du développement rural qui permet d'acquérir des avantages concurrentiels et constitue donc l'une des principales caractéristiques du futur réseau.</t>
-[...68 lines deleted...]
-    <t>NBSOIL (Nature-Based Solutions for Soil Management) permet aux consultants en sols de mettre en œuvre une vision holistique de la santé des sols en utilisant des solutions basées sur la nature (NBS) et de collaborer efficacement à différentes échelles temporelles et spatiales grâce à un programme d'apprentissage. L’ objectif général est de concevoir un programme d’apprentissage mixte engageant qui permet aux évaluateurs des sols de mettre en œuvre une vision holistique de la santé des sols grâce à des solutions basées sur la nature (NBS) et de collaborer efficacement à différentes échelles temporelles et spatiales.</t>
+    <t>Le REMP, Réseau d'État des Forêts Publiques, a été créé en tant que réseau visant à améliorer les connaissances et à valoriser le patrimoine forestier public, y compris les forêts d'utilité publique ainsi que celles appartenant aux collectivités locales.</t>
+  </si>
+  <si>
+    <t>Réseau d'information environnementale d'Andalousie</t>
+  </si>
+  <si>
+    <t>Le ministère du Développement durable et de l'Environnement du gouvernement régional d'Andalousie est l'organisme chargé de garantir le droit d'accès à l'information environnementale en Andalousie. Plus précisément, le décret 170/2024 du 26 août, qui établit son organisation, stipule que le Secrétariat général à l'environnement et au changement climatique est responsable de l'organisation, de la gestion, de la structuration et du fonctionnement du Réseau d'information environnementale (REDIAM). Ce réseau centralise et diffuse l'ensemble des informations alphanumériques, graphiques et autres relatives à l'environnement en Andalousie, produites par tous les centres de production d'informations environnementales de la Communauté autonome. Ces informations sont destinées à la gestion, à la recherche, à la diffusion des connaissances auprès du public et à la prise de décision, ainsi qu'à la définition des axes d'action du ministère en matière de production d'informations statistiques et cartographiques.</t>
+  </si>
+  <si>
+    <t>RECAN (Réseau national de comptabilité agricole)</t>
+  </si>
+  <si>
+    <t>Le Réseau national de comptabilité agricole est un outil permettant d'évaluer les revenus agricoles et l'impact des politiques agricoles sur les exploitations. Régie par un règlement de l'Union européenne, elle applique les mêmes principes comptables dans tous les États membres. Elle constitue ainsi la seule source de microdonnées exhaustive en Espagne harmonisée avec le reste de l'UE.</t>
+  </si>
+  <si>
+    <t>Réseau RUENA</t>
+  </si>
+  <si>
+    <t>Suite à l'approbation de plusieurs projets du CICYT relatifs à l'utilisation d'inhibiteurs de nitrification pour réduire les pertes d'azote dans l'atmosphère et l'eau, et conformément à la proposition de coordination du ministère de la Science et de la Technologie (MCyT), une première réunion s'est tenue à Pampelune. Lors de cette réunion, l'idée de créer un réseau thématique sur « L'utilisation efficace de l'azote en agriculture » a été évoquée pour la première fois. Des réunions ultérieures ont eu lieu à Lleida et à Madrid, où il a été décidé de répondre à l'appel à propositions du MCyT. En janvier 2002, le projet de création du réseau a été soumis avec le soutien de la plupart des participants et a finalement été approuvé en septembre 2002. Cette approbation constitue, nous le comprenons, la reconnaissance officielle de l'existence du réseau par le ministère de la Science et de la Technologie. Précisions : Le réseau thématique est une association à but non lucratif. Il ne dispose pas de fonds pour la participation aux réunions ; seules de petites subventions peuvent être accordées pour en faciliter le déroulement.</t>
+  </si>
+  <si>
+    <t>Réseau des éleveuses de bétail</t>
+  </si>
+  <si>
+    <t>Ce projet est né de la nécessité de redonner aux femmes la place qu'elles méritent dans le secteur de l'élevage. Le groupe souhaite rompre avec l'image masculine dominante de l'élevage extensif et surmonter les discriminations sociales, institutionnelles et professionnelles dont elles sont victimes. « Les apprenties bergers nouvellement arrivées dans la Sierra et les éleveurs chevronnés, forts de plusieurs générations d'expérience, partagent le même message : nous voulons sortir de l'invisibilité et être au premier plan. Nous voulons avoir voix au chapitre là où se prennent les décisions importantes. Nous voulons rompre avec l'image totalement masculine de l'élevage extensif et du pastoralisme. Nous voulons être respectées en tant qu'éleveuses. Nous voulons surmonter les discriminations familiales, sociales, administratives et professionnelles que nous subissons. Nous voulons simplifier les lourdeurs administratives. Nous voulons partager les tâches ménagères avec les hommes et nous libérer du cumul d'emplois que nous, les femmes, subissons toutes. Nous voulons du changement. »</t>
+  </si>
+  <si>
+    <t>Réseau municipal d'élevage et de viande</t>
+  </si>
+  <si>
+    <t>Pour défendre le plus important secteur de la production agricole nationale et l'industrie agroalimentaire de premier plan. Une plateforme qui aspire à devenir un forum de dialogue entre le secteur privé et les municipalités, à encourager l'action et la collaboration public-privé et à reconnaître le rôle essentiel de la chaîne d'approvisionnement alimentaire pour relever les défis démographiques et économiques auxquels notre pays est confronté.</t>
+  </si>
+  <si>
+    <t>Réseau national des fermes traditionnelles</t>
+  </si>
+  <si>
+    <t>Pour répondre au besoin de systèmes d'information économique pour le secteur de l'élevage permettant des comparaisons aux niveaux de l'exploitation, régional, national et international, la Direction générale de la production et des marchés agricoles a lancé en 2003 le Réseau national des exploitations types (projet RENGRATI), désormais intégré au réseau REDES TECO. Ce projet vise à établir et à maintenir des réseaux permanents d'information technique et économique pour les différents secteurs de l'élevage en Espagne. À cette fin, une infrastructure, ou réseau, d'institutions et de personnes a été mise en place pour contribuer à la diffusion de l'information, incluant les principales associations de producteurs, des chercheurs, des consultants, des producteurs et les organismes gouvernementaux concernés. Ces réseaux nationaux sectoriels sont, à leur tour, intégrés aux Réseaux internationaux d'analyse comparative des exploitations, qui regroupent les principaux pays producteurs d'élevage au monde. Ces réseaux internationaux apportent un soutien continu à leurs membres et collaborent à l'application de la méthodologie appropriée pour valider les informations fournies par les producteurs, ainsi que pour évaluer les politiques et stratégies sectorielles et de production, ou simuler leur impact à tous les niveaux. La méthodologie employée dans ce cadre repose sur l'analyse des données comptables d'exploitations agricoles réelles présentant des caractéristiques similaires. Ces exploitations sont catégorisées afin de représenter le système de production le plus courant dans leur région, en termes de taille, de gestion et de rendements. Outre les validations effectuées selon la méthodologie internationale, des réunions nationales avec les producteurs, appelées « panels » dans la terminologie du réseau, sont organisées pour discuter et valider les résultats et ainsi garantir une meilleure représentativité. RENGRATI se veut un outil stratégique, fournissant des informations précises et actualisées sur les coûts de production, la rentabilité, les bénéfices et les seuils de rentabilité. Il soutient les secteurs et sert de référence pour la prise de décision pratique, contribuant à orienter leur avenir immédiat dans la bonne direction. À cette fin, des informations plus détaillées sur le fonctionnement du Réseau national des exploitations types et des réseaux internationaux, ainsi que des rapports de résultats sectoriels, sont disponibles dans cette section.</t>
+  </si>
+  <si>
+    <t>REDIGA</t>
+  </si>
+  <si>
+    <t>REDIGA a été créé pour renforcer les synergies entre les chercheurs et les institutions, accroître la visibilité et la projection de la recherche et construire un écosystème collaboratif dans le domaine de l'élevage de précision.</t>
+  </si>
+  <si>
+    <t>Pastoralisme en réseau</t>
+  </si>
+  <si>
+    <t>Cette initiative de notre filiale Red Eléctrica vise à gérer la végétation sous les lignes électriques grâce au pâturage extensif. Elle témoigne de notre engagement à intégrer nos installations à la nature et au milieu rural, en les transformant en corridors écologiques et en réduisant ainsi la fragmentation des habitats.</t>
+  </si>
+  <si>
+    <t>Réseau de stations météorologiques SiAR</t>
+  </si>
+  <si>
+    <t>Le ministère de l'Agriculture, de la Pêche et de l'Alimentation, par l'intermédiaire de la Sous-direction générale de l'Irrigation, des Sentiers naturels et des Infrastructures rurales, met gratuitement à la disposition des utilisateurs toutes les informations collectées par le biais du réseau de stations météorologiques SiAR.</t>
+  </si>
+  <si>
+    <t>Réseau d'agroécologie en action</t>
+  </si>
+  <si>
+    <t>Le Réseau Agroécologie en Action a pour vocation de connecter les différents projets agroécologiques et paysans développés à travers le pays, afin de coordonner le secteur, de proposer des solutions aux besoins communs et de consolider ces initiatives. Chez Écologistes en Action, nous œuvrons depuis des années pour une agroécologie pertinente et à fort potentiel pour relever les défis écologiques et sociaux futurs auxquels sont confrontées les zones rurales, défis engendrés par le système agroalimentaire industriel et mondialisé. De nombreux militants et sympathisants de l'agroécologie se sont lancés dans ce type de projets, notamment des modèles à l'échelle paysanne, rencontrant de nombreuses difficultés pour les mettre en place et les pérenniser. Le développement de projets axés sur le soin ne bénéficie pas d'un soutien suffisant au sein du modèle capitaliste et patriarcal actuel. Placer le soin au centre – le soin de la terre et le soin de soi – rend la mise en œuvre de nos projets complexe. Au fil des années, de nombreux projets ont échoué ou ont été transformés, mais de plus en plus voient le jour et résistent, car nous aspirons à un autre modèle de développement socio-économique respectueux de l'environnement, des populations et de l'avenir de la planète.</t>
+  </si>
+  <si>
+    <t>Réseau paysan pour l'agriculture du carbone</t>
+  </si>
+  <si>
+    <t>Nous encourageons la création d'un réseau d'agriculteurs afin de diffuser de nouvelles méthodes et une meilleure compréhension de la production alimentaire. Nous sommes convaincus que le secteur primaire a besoin d'une évolution de ses stratégies agronomiques pour favoriser la régénération des sols, leur autofertilité et leur conservation, tout en renforçant sa viabilité économique. Notre association vise à promouvoir la formation et le partage de connaissances et d'expériences liées à ce que nous appelons l'agriculture biologique à base de carbone. Le terme « biologique » intègre le modèle biologique le plus logique qui soit : celui de la nature. Nous avons déjà connaissance de diverses initiatives privées, dans notre pays et les pays voisins, qui expérimentent et recherchent des techniques agronomiques favorisant la régénération des sols, leur autofertilité et leur conservation. Ces exploitations démontrent leur viabilité économique et deviennent ainsi des références dans leur domaine. En créant ce réseau, nous encourageons l'échange d'informations, d'expériences et de difficultés entre ses membres afin de relever les défis auxquels l'agriculture est confrontée : la crise environnementale, climatique et énergétique, la crise d'approvisionnement (engrais, semences, etc.) et la survie même du secteur.</t>
+  </si>
+  <si>
+    <t>Réseau de prairies et de zones coupe-feu d'Andalousie (RAPCA)</t>
+  </si>
+  <si>
+    <t>Réseau axé sur l'utilisation du bétail dans des régimes de pâturage contrôlé pour éliminer le combustible végétal des zones pare-feu et maintenir les infrastructures de prévention des incendies de forêt . Une équipe technique est responsable du fonctionnement de ce réseau, en déterminant les zones les plus appropriées en coordination avec INFOCA et en sélectionnant les éleveurs sur la base de critères techniques stricts, afin d'évaluer ensuite leurs performances. Les avantages du RAPCA : Fonction préventive Il s'agit d'un travail essentiel pour préserver nos forêts des incendies, non seulement en entretenant des pare-feux, mais aussi en assurant la surveillance nécessaire à la présence des bergers sur le territoire. Réduit l'accumulation de matières combustibles Il joue un rôle clé dans la foresterie préventive dans les zones difficiles d’accès. Améliorations environnementales Il augmente la biodiversité, contribue à la dispersion des graines, améliore la structure du sol et réduit l’érosion et la désertification. Contribution à l'environnement rural Le travail du pasteur est reconnu Contribue au développement rural durable et à la sédentarisation de la population rurale Favorise l'utilisation de races indigènes et la production de produits de qualité</t>
+  </si>
+  <si>
+    <t>LAURUS</t>
+  </si>
+  <si>
+    <t>Réseau de soutien aux associations européennes de propriétaires forestiers, proposant innovation et formation à leur personnel technique. Le réseau propose : Formation d'experts : Participez à des webinaires conçus pour améliorer vos connaissances et renforcer votre prise de décision en transférant les connaissances et l'expérience pratique du SFH. Opportunités innovantes : Accédez à de nouveaux modèles commerciaux, idées et opportunités qui améliorent à la fois la rentabilité et la durabilité de vos opérations forestières. Connexions précieuses : Connectez-vous directement avec des gestionnaires qui mettent déjà en œuvre avec succès ces approches innovantes grâce au réseautage et au soutien communautaires.</t>
+  </si>
+  <si>
+    <t>AFINET</t>
+  </si>
+  <si>
+    <t>Pour atteindre son objectif, AFINET a intégré la participation de plus de 900 acteurs de l'agroforesterie directement impliqués dans l'agroforesterie à travers un réseau interrégional européen (constitué de 9 réseaux régionaux d'innovation agroforestière (Rain)) qui s'articulait à travers la figure du ""Innovation Broker". ". Ce réseau, en collaboration avec Afinet Partners, a développé (i) un livre vivant comprenant des fiches techniques organisées par thématique ( www.agroforestrynet.eu ), (ii) un réservoir de connaissances ( http:// /www.eurafagroforestry.eu/ afinet /knowledge-cloud/search/ ) et un site internet ( www.eurafagroforestry.eu/afinet  /a&gt;) où toutes les informations produites sont disponibles</t>
+  </si>
+  <si>
+    <t>POUR CONSEILLER</t>
+  </si>
+  <si>
+    <t>FORADVISE comblera les lacunes en matière de connaissances et fournira des outils pour garantir que les services de conseil forestier sont modernes, efficaces et bien intégrés dans les systèmes de connaissances et d'innovation agricoles (AKIS) aux niveaux national et européen. Ses objectifs sont : Développement des réseaux européens Renforcement des capacités et formation Comprendre et moderniser le système de connaissances et d'innovation forestières (FOKIS)</t>
+  </si>
+  <si>
+    <t>BBioNets</t>
+  </si>
+  <si>
+    <t>BBioNets est un réseau thématique basé sur les travaux des groupes opérationnels du PEI-AGRI concernant la gestion et/ou la transformation de la biomasse agricole et forestière grâce aux biotechnologies (BBT), et visant à les promouvoir et à les encourager. BBioNets prévoit la création de six réseaux régionaux forestiers et agricoles (FAN) avec des partenaires en Irlande, en Espagne (CTA, Tepro), en Italie, en Grèce, en Pologne et en République tchèque. Cliquez ici pour consulter la brochure en espagnol.</t>
+  </si>
+  <si>
+    <t>PTI. SOSECOCIR CSIC</t>
+  </si>
+  <si>
+    <t>La mission du PTI SosEcoCir est de contribuer à la promotion du développement durable , en combinant la croissance industrielle et socio-économique du territoire avec la conservation de ses ressources naturelles . Objectifs de la plateforme : Promouvoir des actions et des études visant la durabilité de l’environnement urbain (communautés urbaines). Atténuer les effets du réchauffement climatique ; orienter les politiques sectorielles (agricoles, forestières, environnementales). Mettre en œuvre des solutions innovantes en matière de gestion des ressources et des déchets. Réduire l’empreinte carbone et utiliser l’énergie plus efficacement en développant les combustibles naturels et en réduisant les besoins énergétiques des bâtiments. Mettre en place des systèmes de gouvernance qui conduisent à une agriculture plus durable. Établir des équilibres entre les besoins humains, l’innovation et le développement socio-économique.</t>
+  </si>
+  <si>
+    <t>Inno4Grass</t>
+  </si>
+  <si>
+    <t>Inno4Grass est l'acronyme de « Shared Innovation Space for Sustainable Grassland Productivity in Europe ». Ce projet international multipartite rassemble des organisations agricoles de premier plan, des services de vulgarisation et des établissements d'enseignement et de recherche de huit pays de l'UE : la Belgique, la France, l'Allemagne, l'Irlande, l'Italie, les Pays-Bas, la Pologne et la Suède. Les prairies jouent un rôle important dans la production agricole, et la production de lait, de bœuf et de viande ovine est un moteur économique majeur. Il s'adresse également au grand public et à la société en affirmant que les forêts, gérées durablement par les populations rurales, sont une source précieuse de richesses, nous fournissant du liège, des résines, des plantes aromatiques et médicinales, ainsi que des produits comestibles tels que des noix, des baies sauvages, des champignons et des truffes. L'activité socio-économique dans nos forêts contribue également à la prévention des incendies de forêt.</t>
+  </si>
+  <si>
+    <t>EURAKNOS</t>
+  </si>
+  <si>
+    <t>Euraknos augmentera la compilation de connaissances prêtes à être mises en pratique en intensifiant l'interaction entre les différents réseaux alimentaires agricoles ou forestiers, maximisant ainsi les résultats pour les praticiens. La fertilisation croisée sera organisée entre les réseaux thématiques existants couvrant différents pays, régions et systèmes de production. L’objectif principal est de stimuler l’échange d’approches, de méthodologies et d’outils existants. Maximiser l’impact sur le praticien, l’agriculteur et le forestier. Euraknos étudiera également les besoins des utilisateurs finaux afin d'évaluer la possibilité d'établir une base européenne de connaissances et d'innovation pour connecter tous les TNS, y compris les aspects de gestion des données.</t>
+  </si>
+  <si>
+    <t>Réseau espagnol de surveillance du dépérissement des forêts (REDEC)</t>
+  </si>
+  <si>
+    <t>Réseau de chercheurs et de gestionnaires de diverses institutions espagnoles dédiés à l'étude du déclin des forêts. Les objectifs généraux du réseau sont de partager les connaissances existantes sur les systèmes forestiers touchés où des travaux de terrain et des recherches sont menés, de faire progresser les connaissances sur le déclin des forêts, de renforcer les liens entre les groupes de recherche pour promouvoir la collaboration et le flux d’informations, et d’aider les gestionnaires forestiers à résoudre le problème du déclin des forêts.</t>
+  </si>
+  <si>
+    <t>PTI. Horizon vert CSIC</t>
+  </si>
+  <si>
+    <t>Plateforme technologique collaborative pour favoriser l'innovation dans le secteur agroalimentaire et forestier.</t>
+  </si>
+  <si>
+    <t>AF4EU</t>
+  </si>
+  <si>
+    <t>Réseau qui promeut l'agroforesterie en Europe en développant un réseau agroforestier interactif, axé sur l'innovation et multipartite (Réseaux régionaux d'innovation en agroforesterie (RAIN))</t>
+  </si>
+  <si>
+    <t>ResAlliance</t>
+  </si>
+  <si>
+    <t>Réseau thématique visant à améliorer la circulation de l'information et des connaissances et à renforcer les capacités des forestiers et des agriculteurs en matière de résilience des paysages. ResAlliance promeut des initiatives interactives multipartites à deux niveaux : LandNet et LandLab.</t>
+  </si>
+  <si>
+    <t>Fondation Aragon pour l'innovation et le transfert agroalimentaire (FITA)</t>
+  </si>
+  <si>
+    <t>La Fondation Aragonaise pour l'Innovation et le Transfert Agroalimentaire (FITA) a pour objectif de renforcer l'innovation et le transfert de connaissances dans les secteurs agroalimentaire et environnemental afin de répondre aux défis économiques, environnementaux et sociaux auxquels sont confrontés les acteurs publics et privés, et la société en général. La FITA propose des solutions scientifiques et technologiques aux défis du secteur, ainsi que des conseils administratifs et stratégiques facilitant l'accès à l'innovation collaborative dans les secteurs agricole, agroalimentaire et forestier.</t>
+  </si>
+  <si>
+    <t>Réseau d'Espaces d'Expérimentation Agricoles (RETA)</t>
+  </si>
+  <si>
+    <t>Un réseau leader dans le processus de changement de paradigme dans le monde rural pour les entités communautaires, publiques et privées engagées dans des approches innovantes, créatives et honnêtes, facilitant l' incorporation progressive de nouveaux acteurs dans le secteur agricole. Un espace d'expérimentation agricole est un programme visant à faciliter l'intégration progressive de nouveaux acteurs dans le secteur agricole, coordonné par une gouvernance structurée et approuvée par toutes les parties prenantes. Son objectif est d' accompagner les entrepreneurs peu expérimentés en agriculture qui souhaitent développer un projet agricole, d'élevage ou forestier dans un environnement d'expérimentation . L'espace de test agricole est structuré avec un soutien juridique, un soutien physique et un soutien complet , qui garantissent que le testeur peut terminer le test d'activité.</t>
+  </si>
+  <si>
+    <t>INCROYABLE - Réseaux d'innovation du liège, des résines et des produits comestibles dans le bassin méditerranéen</t>
+  </si>
+  <si>
+    <t>INCREDIBLE comble le fossé entre la recherche existante et les connaissances sur l'innovation dans les systèmes de services pour les PFNL en Méditerranée. Plus précisément, INCREDIBLE met en relation les connaissances et favorise la collaboration entre différents groupes d'acteurs, en développant des modèles commerciaux innovants et en renforçant l'expertise dans les régions rurales afin d'élaborer des stratégies économiques inclusives. L'objectif d'INCREDIBLE est de : Créer et stimuler des réseaux d’innovation interrégionaux et multilatéraux (iNets). Accélérer la circulation et l’assimilation des connaissances pour soutenir l’innovation dans le secteur des PFNL. Contribuer à l'innovation sociale et commerciale par la diffusion et des activités ciblées, ainsi que par des multiplicateurs spécifiques.</t>
   </si>
   <si>
     <t>Réseau de foresterie adaptative aux changements climatiques (SILVADAPTNET)</t>
   </si>
   <si>
     <t>Le Réseau a été créé dans le but d’unifier les résultats obtenus par différents groupes de recherche, tentant d’apporter des réponses claires sur les perturbations et les problèmes liés au changement climatique , et ainsi contribuer à l’élaboration de nouveaux critères de gestion forestière . L’ objectif fondamental est l’intégration de différents groupes de recherche en sylviculture adaptative au changement climatique , contribuant par leurs connaissances, leurs méthodologies et leurs sites expérimentaux actifs, au développement d’un cadre de gestion forestière adaptative à base éco-hydrologique généralisable à l’ensemble du territoire péninsulaire. Le réseau Silvadapt.net compte au total 34 parcelles de suivi des peuplements naturels et de la sylviculture face au changement climatique, réparties parmi les principaux types phytoclimatiques présents en Espagne, ainsi qu'une représentation des types de peuplements les plus caractéristiques de notre environnement naturel. 
       Fuente: https://silvadaptnet.webs.upv.es/index.php/red-de-parcelas/</t>
   </si>
   <si>
+    <t>Réseau des jardins urbains de Madrid</t>
+  </si>
+  <si>
+    <t>Le Réseau des Jardins Urbains de Madrid est une initiative citoyenne portée par des acteurs de l'agriculture communautaire à Madrid. Ce réseau a été créé pour valoriser l'agriculture urbaine madrilène et répondre aux besoins des jardins urbains en matière d'entraide, de partage de connaissances, d'expériences, de ressources, etc. Il vise notamment à créer un lieu de rencontre pour les initiatives d'agroécologie communautaire dans la ville et à œuvrer pour un modèle urbain plus durable, intégrant des enjeux tels que l'éducation à l'environnement, la souveraineté alimentaire, la distribution directe de produits alimentaires, les groupements de consommateurs, la mobilité durable et le compostage.</t>
+  </si>
+  <si>
+    <t>PEI-AGRI</t>
+  </si>
+  <si>
+    <t>Plateforme de promotion des réseaux de travail européens, des projets, de la recherche et de la diffusion d'événements et d'innovation</t>
+  </si>
+  <si>
+    <t>Réseau pour la promotion de la transformation alimentaire à petite échelle (RITA)</t>
+  </si>
+  <si>
+    <t>L'innovation et la relocalisation sont essentielles à la viabilité des petites et moyennes entreprises (PME) et des personnes travaillant dans le secteur agroalimentaire. Les ateliers partagés, les petits abattoirs et salles de découpe, ainsi que d'autres installations adaptées aux procédés artisanaux et à petite échelle, constituent des initiatives innovantes et, dans bien des cas, pionnières pour le développement durable des PME. Ces pratiques novatrices prennent en compte d'importants aspects techniques, mais aussi sociaux, de gestion et de gouvernance, indispensables notamment pour garantir une alimentation saine, des prix équitables et un impact positif sur l'emploi rural. Le Réseau pour la promotion de la transformation alimentaire à petite échelle vise à favoriser un écosystème favorable aux personnes qui transforment les aliments à petite et moyenne échelle, à améliorer l'accès de la population à une alimentation saine et de qualité, respectueuse de l'environnement et équitable pour les personnes qui la produisent, et à promouvoir le développement socio-économique des zones rurales. RITA est un projet promu par 6 entités possédant une vaste expérience dans les initiatives pour le développement de systèmes alimentaires territorialisés, l'articulation de processus collectifs et la promotion de l'agroécologie : ARCA (Associació d'Iniciatives Rurals i Marítimes de Catalunya), Germinando, Extremadura Alimenta, Sindicato Labrego Galego, SEAE (Sociedad Española de Agricultura Ecológica y Agroecología) et ISEC-UCO (Instituto de Sociología y Estudios Campesinos – Grupo PAIDI SEJ 179 de la Universidad de Córdoba).</t>
+  </si>
+  <si>
+    <t>RAIA - Réseau de soutien à l'innovation rurale</t>
+  </si>
+  <si>
+    <t>Le projet RAIA vise à créer un réseau dans la région Alentejo-Algarve-Andalousie qui fournira aux administrations publiques, aux structures associatives, aux entreprises et au grand public les outils nécessaires pour promouvoir l'innovation agricole dans les zones rurales , transformant ainsi la zone transfrontalière de La Raya en un territoire offrant de nouvelles opportunités commerciales et capable de relever les nouveaux défis et de saisir les nouvelles opportunités qui se présentent. L'innovation est considérée comme un moteur du développement rural qui permet d'acquérir des avantages concurrentiels et constitue donc l'une des principales caractéristiques du futur réseau.</t>
+  </si>
+  <si>
+    <t>VOIR. Société Espagnole d'Agriculture Biologique/Agroécologie</t>
+  </si>
+  <si>
+    <t>Association à but non lucratif qui promeut l'agriculture biologique et l'agroécologie en Espagne</t>
+  </si>
+  <si>
+    <t>Micro-plante rouge</t>
+  </si>
+  <si>
+    <t>Un réseau de groupes de recherche qui étudient les interactions bénéfiques entre les plantes et les micro-organismes. Ce réseau regroupe 15 groupes de recherche issus de différentes universités. L’ objectif du Réseau est de fédérer les connaissances, les ressources et les efforts de recherche sur les interactions plantes-microorganismes, en lien avec leur importance et leur applicabilité pour améliorer la tolérance des cultures aux situations de stress liées aux changements climatiques (principalement les sécheresses, les températures élevées et la salinité) et pour une production agricole durable, afin de garantir la sécurité alimentaire malgré la demande mondiale croissante et la concurrence accrue pour les ressources.</t>
+  </si>
+  <si>
+    <t>PlasPain rouge</t>
+  </si>
+  <si>
+    <t>Un réseau axé sur la recherche en technologie plasma pour les industries agroalimentaires et biomédicales . Onze groupes de recherche issus de différentes universités participent à ce réseau. L' objectif du réseau est de consolider et de renforcer la recherche dans le domaine de la technologie du plasma appliquée aux industries biomédicales et agroalimentaires. Objectifs spécifiques : Promouvoir l’échange actif d’idées et l’établissement de collaborations en matière de recherche ; Promouvoir l’interaction avec d’autres groupes de recherche connexes, n’appartenant pas au réseau, à l’intérieur et à l’extérieur du territoire national ; Promouvoir l’utilisation des équipements, des services et des technologies mis en œuvre dans chacun des groupes du réseau pour le développement de la recherche conjointe ; Promouvoir le Réseau et ses activités auprès de la société ; Favoriser le transfert des résultats et l'interaction avec le tissu socio-productif.</t>
+  </si>
+  <si>
+    <t>Réseau espagnol des légumineuses (RELEG)</t>
+  </si>
+  <si>
+    <t>Le réseau a été créé pour répondre à la demande mondiale croissante d’aliments à base de plantes, aux préoccupations environnementales et à la sécurité alimentaire. L' objectif principal du Réseau est d'optimiser les services agronomiques, économiques et nutritionnels que les légumineuses fournissent à la société, favorisant ainsi leur développement. Ses objectifs spécifiques sont les suivants : Coordonner et intégrer les recherches existantes sur les légumineuses dans diverses disciplines telles que la génétique, la génomique, la sélection, l'agronomie, l'écologie et la qualité nutritionnelle. Contribuer à l’avancement des pratiques agricoles à base de légumineuses pour accroître la productivité et la durabilité environnementale. Promouvoir une approche synthétique qui intègre les connaissances et l’expérience de divers domaines. Améliorer la durabilité de l’agriculture et renforcer la sécurité de l’approvisionnement en denrées alimentaires et en aliments pour animaux. Promouvoir les échanges scientifiques et la collaboration entre les chercheurs de différents domaines à travers des groupes de travail coordonnés. Réduire les carences en protéines en misant sur la recherche et l’innovation en matière de légumineuses. Améliorer la compréhension des traits qui déterminent l’adaptation, la productivité, la résistance au stress et la qualité des cultures de légumineuses. Rechercher la composition et la qualité nutritionnelle des légumineuses et promouvoir l’innovation alimentaire dans le secteur.</t>
+  </si>
+  <si>
+    <t>Réseau de recherche sur les céréales résilientes et de qualité pour la sécurité alimentaire espagnole (CERES)</t>
+  </si>
+  <si>
+    <t>Un réseau qui vise à coordonner les efforts de la recherche publique espagnole en physiologie , génétique, phénotypage, biochimie et biotechnologie des cultures céréalières pour : Proposer des stratégies permettant de combiner l’utilisation des ressources génétiques, génomiques et phénonomiques afin d’atténuer l’impact du changement climatique sur la production céréalière, Pour produire des céréales à valeur ajoutée et Renforcer les canaux de communication et obtenir des résultats dans le secteur du développement des semences, des engrais et des technologies agricoles. À cette fin, elle réunit des groupes de recherche axés sur les ressources phytogénétiques, la génétique et la génomique, la pré-sélection et l'amélioration, la qualité fonctionnelle et nutritionnelle, la physiologie à différentes échelles, le phénotypage, la biochimie et la biologie moléculaire des céréales.</t>
+  </si>
+  <si>
+    <t>PalmerNet</t>
+  </si>
+  <si>
+    <t>Un réseau qui intègre 7 groupes de recherche nationaux travaillant sur Amaranthus palmeri et/ou la résistance aux herbicides , et d'autres qui peuvent apporter de nouveaux outils pour sa lutte. L’objectif est de consolider un axe de recherche national sur A. palmeri qui englobe les travaux actuellement menés en Espagne de manière interdisciplinaire par différentes équipes, afin de capitaliser sur les acquis obtenus jusqu’à présent et d’en garantir la stabilité ainsi que l’impact scientifique et social. L’ objectif principal de PalmerNET est de définir et de traiter le problème de l’introduction et de la propagation d’A. palmeri en Espagne et de rechercher des solutions pour sa prévention et son endiguement au niveau national.</t>
+  </si>
+  <si>
+    <t>Réseau SICURA OneHealth4Food</t>
+  </si>
+  <si>
+    <t>Le Réseau pour soutenir et promouvoir une base méthodologique ( Onehealth ) qui puisse servir à intégrer l'approche multisectorielle (santé humaine, animale et environnementale) dans l'évaluation et la gestion de la sécurité alimentaire en Espagne. OneHealth4Food regroupe des chercheurs d'universités et de centres de recherche spécialisés dans la sécurité alimentaire et les domaines connexes du concept « Une seule santé », créant un cadre de collaboration et de synergies, dans le contexte alimentaire, qui jettera les bases méthodologiques d'une approche intégrée de l'évaluation des risques microbiologiques dans la chaîne alimentaire. Vous pouvez consulter la liste des membres en cliquant ici.</t>
+  </si>
+  <si>
+    <t>Réseau espagnol des bactéries lactiques (RedBal)</t>
+  </si>
+  <si>
+    <t>Réseau de recherche dédié à l'étude des bactéries lactiques (LAB) qui jouent un rôle important dans notre vie quotidienne (LAB). Les bactéries lactiques (BAL) sont des bactéries qui produisent de l'acide lactique à partir du glucose et sont naturellement présentes dans des milieux riches en nutriments, comme les légumes, les fruits et le lait, ainsi que dans différents organes des animaux, par exemple l'intestin ou la glande mammaire, d'où elles se retrouvent dans le lait maternel. Certaines BAL possèdent des propriétés bénéfiques et leur consommation en tant que probiotiques contribue au maintien de la santé des humains et des animaux. Le réseau intègre 51 groupes appartenant à diverses entités de recherche pour 4 axes de recherche : MICROBIOTIQUES HUMAINS ET ANIMALIERS. PROBIOTIQUES ; MICROBIOTIQUES ALIMENTAIRES. TECHNOLOGIE ; BIOTECHNOLOGIE; QUALITÉ ET SÉCURITÉ DES ALIMENTS.</t>
+  </si>
+  <si>
+    <t>NutriCrop</t>
+  </si>
+  <si>
+    <t>Réseau national de recherche sur les cultures émergentes composé de 14 groupes de recherche appartenant au secteur public en collaboration avec des entreprises privées travaillant dans différents domaines scientifiques liés à l'agronomie, aux sciences et technologies alimentaires et à l'immunonutrition. L' objectif principal de ce réseau est la coordination et la promotion de la recherche sur les cultures émergentes, en intégrant des groupes issus des disciplines agronomiques, alimentaires et sanitaires afin de promouvoir leur culture et leur utilisation dans des aliments hautement sains en Espagne. Vous pouvez rencontrer les membres du réseau en cliquant ici.</t>
+  </si>
+  <si>
+    <t>Réseau VITIS CLIMADAPT</t>
+  </si>
+  <si>
+    <t>Le réseau VITIS CLIMADAPT est composé d' entités publiques de R&amp;D&amp;I issues de 15 Communautés autonomes et bénéficie de la collaboration de pépinières, de domaines viticoles, d'appellations d'origine, ainsi que de fondations et d'associations qui apportent la vision du secteur privé, afin d' améliorer la coordination entre les différents groupes de recherche nationaux travaillant sur ce sujet et ainsi maximiser l'impact de leurs études, outils et matériaux développés, en compilant toutes ces informations dans une base de données unique. L’ objectif général du réseau VITIS CLIMADAPT est de renforcer l’ adaptation de la viticulture au changement climatique en facilitant les échanges, la communication et la mise en réseau des groupes de recherche et développement travaillant sur la conservation et l’amélioration du matériel génétique de la vigne. Ses objectifs spécifiques sont les suivants : Faciliter la communication et la collaboration actives entre les membres du réseau ; Diagnostiquer l’état de la recherche et de l’innovation en matière de ressources génétiques de la vigne pour l’adaptation au changement climatique ; Promouvoir l’interaction entre la recherche fondamentale et le développement de nouvelles ressources génétiques ; S’accorder sur des procédures et des outils communs pour l’évaluation des performances productives, de la qualité des raisins et du potentiel œnologique des ressources génétiques.</t>
+  </si>
+  <si>
+    <t>NBSoil</t>
+  </si>
+  <si>
+    <t>NBSOIL (Nature-Based Solutions for Soil Management) permet aux consultants en sols de mettre en œuvre une vision holistique de la santé des sols en utilisant des solutions basées sur la nature (NBS) et de collaborer efficacement à différentes échelles temporelles et spatiales grâce à un programme d'apprentissage. L’ objectif général est de concevoir un programme d’apprentissage mixte engageant qui permet aux évaluateurs des sols de mettre en œuvre une vision holistique de la santé des sols grâce à des solutions basées sur la nature (NBS) et de collaborer efficacement à différentes échelles temporelles et spatiales.</t>
+  </si>
+  <si>
     <t>Réseau de recherche sur l'élevage de précision et la numérisation des animaux (REDIGA)</t>
   </si>
   <si>
     <t>REDIGA est un réseau de recherche créé pour renforcer les synergies entre chercheurs et institutions , accroître la visibilité et la portée de la recherche et bâtir un écosystème collaboratif en élevage de précision. À ce titre, REDIGA réunit des profils variés issus du génie agronomique, de la médecine vétérinaire, des sciences animales et de la biologie, en utilisant des approches technologiques et fondées sur les données pour le suivi des animaux. REDIGA implique des personnes issues des institutions suivantes :  L’ objectif principal est d’intégrer et de promouvoir la recherche en matière de numérisation animale et d’élevage de précision , de former et d’impliquer de nouvelles générations de chercheurs, et de communiquer les projets développés en Espagne dans le contexte européen. Le réseau s'adresse à tous les domaines, systèmes et espèces de production animale , ainsi qu'à d'autres espèces animales, où l'application des connaissances, l'innovation technologique et l'utilisation d'outils numériques sont essentielles pour améliorer la vie des animaux et optimiser la gestion technico-économique du système, facilitant une prise de décision objective et efficace.</t>
   </si>
   <si>
     <t>PTECO2. Plateforme technologique espagnole du CO2</t>
   </si>
   <si>
     <t>L'Association de la Plateforme Technologique Espagnole du CO2 (PTECO2) est une initiative promue par le secteur privé, les centres de recherche et les universités espagnoles. Il est en partie financé par le ministère de la Science et de l'Innovation et rassemble des représentants de ce ministère, ainsi que les ministères de l'Industrie, du Commerce et du Tourisme (MINCOTUR), et le ministère de la Transition écologique et du Défi démographique (MITERD). La portée générale de PTECO2 est d'aborder le développement technologique en Espagne qui contribue à réduire l'impact environnemental, social et économique dérivé des émissions de gaz à effet de serre dans notre pays.</t>
   </si>
   <si>
     <t>AdvisoryAgriHub</t>
   </si>
   <si>
     <t>La plateforme de conseil AgriHub est un centre collaboratif dédié à l'amélioration des services de conseil dans les domaines de l'agriculture, de la foresterie et de la durabilité environnementale. Sur la Plateforme vous pouvez trouver : Inventaire unifié des connaissances de cinq réseaux spécialisés (Stratus, AdvisoryNetPest, LiveNet, ForAdvise, Organic Advice Network) Des ressources de formation de pointe Réseaux collaboratifs Événements et mises à jour</t>
   </si>
   <si>
     <t>Réseau d'innovation et de conseil en marketing à court terme (RIA-CCC)</t>
   </si>
   <si>
     <t>Le Réseau d'Innovation et de Conseil des Canaux de Commercialisation Courts (CCC) est un projet global développé par la Fondation Entretantos qui vise à transformer les services de conseil agroalimentaire en CCC en créant un réseau national spécialisé. Les informations sur ces canaux sont dispersées et il n'existe pas d'outils spécifiques de partage entre professionnels. C'est pourquoi une plateforme collaborative a été créée pour centraliser tout ce dont vous avez besoin : le Réseau d'innovation et de conseil en marketing court. Ce projet vise à professionnaliser le conseil du CCC et à créer des synergies avec tous les acteurs du système agroalimentaire national, contribuant ainsi à la transition vers des systèmes alimentaires plus durables et résilients.</t>
   </si>
   <si>
     <t>Les plus belles villes d'Espagne</t>
@@ -192,182 +387,92 @@
   <si>
     <t>SheepNet - Partage d'expertise et d'expérience en matière de productivité ovine grâce au réseautage</t>
   </si>
   <si>
     <t>SheepNet est un projet de réseau thématique sur l'innovation pratique visant à améliorer la productivité ovine (nombre d'agneaux sevrés par brebis gestante), un élément essentiel du revenu des agriculteurs et donc de la durabilité et de l'attractivité de l'élevage ovin. SheepNet établira un échange durable de connaissances scientifiques et pratiques entre chercheurs, agriculteurs et conseillers, grâce à une approche multi-acteurs et transdisciplinaire aux niveaux national et international et avec la large participation des systèmes européens de connaissances et d'innovation agricoles. Ce projet favorisera la mise en œuvre et la diffusion de technologies et de pratiques innovantes et optimales pour améliorer la productivité ovine. Afin d'en maximiser l'impact et d'assurer une large couverture des différents systèmes de production, SheepNet réunira six des principaux pays producteurs d'ovins de l'UE, ainsi que la Turquie, l'Australie, la Nouvelle-Zélande et tous les réseaux européens concernés. Objectifs : Générer un stock de connaissances scientifiques, techniques et pratiques grâce à une approche combinée « descendante et ascendante » et à la forte participation de 45 exploitations agricoles innovantes. Promouvoir les échanges d'idées par le biais d'ateliers multipartites aux niveaux national et international, et assurer une participation large et interactive de la communauté ovine grâce aux réseaux sociaux et à une plateforme interactive. Le développement de supports de communication et d'apprentissage, d'outils web, d'une plateforme interactive conçue pour aider à la fois les scientifiques et les parties prenantes, ainsi qu'une interaction étroite avec le point de service EIP AGRI garantiront un accès large et durable aux résultats de SheepNet.</t>
   </si>
   <si>
     <t>R4D - Résilience pour les produits laitiers</t>
   </si>
   <si>
     <t>Un réseau visant à améliorer les stratégies commerciales et opérationnelles des exploitations laitières et à favoriser des interactions positives entre les communautés agricoles et la société. R4D se concentrera sur trois domaines de connaissances afin d'améliorer la durabilité des exploitations laitières : résilience économique et sociale efficacité technique Environnement, bien-être animal et systèmes de production socialement acceptables L’ objectif est de renforcer les liens entre les agriculteurs, les conseillers, les chercheurs et les acteurs concernés du secteur, dans le but de créer de meilleures solutions grâce à l’échange de connaissances entre les participants. Les participants au projet collaborent pour améliorer les stratégies commerciales des exploitations laitières et favoriser une interaction positive entre les communautés agricoles et la société en général. Ils explorent les techniques les plus efficaces et innovantes pour relever les défis liés à l'amélioration du bien-être animal, à l'accroissement de la biodiversité, à la réduction des émissions de gaz à effet de serre et à la minimisation de leur empreinte environnementale. Afin d'améliorer la résilience et la robustesse des systèmes de mise sous vide du lait, R4D interviendra à différents niveaux, de la recherche de solutions sur mesure pour chaque exploitation à la formation en présentiel et en ligne. Des participants originaires d'Allemagne, d'Espagne, d'Espagne, de Finlande, du Danemark, des Pays-Bas, de France, de Hongrie, d'Irlande, d'Italie, de Lituanie, du Luxembourg, du Pays de Galles, de Pologne, de Slovénie et de Finlande collaboreront pour tester différents modèles et développer un éventail de solutions.</t>
   </si>
   <si>
     <t>PANACEA - Un réseau thématique visant à concevoir la stratégie de pénétration des cultures agricoles non alimentaires dans l'agriculture européenne</t>
   </si>
   <si>
     <t>Malgré des investissements considérables en recherche et développement, les cultures non alimentaires (CNA) restent peu répandues dans l'agriculture européenne, principalement en raison des difficultés d'approvisionnement et des lacunes du cadre politique et des incitations à l'investissement. Par conséquent, le besoin croissant de matières premières pour approvisionner les bio-industries rend indispensable l'intégration réussie des CNA dans l'agriculture de l'UE. Dans ce contexte, le réseau PANACEA s'attache à relever le défi d'une meilleure intégration des CNA dans l'agriculture et la bioéconomie de l'UE. Le réseau PANACEA vise à diffuser des exemples concrets de cultures non alimentaires et à favoriser la coopération entre la recherche, l'industrie et le secteur agricole afin d'accroître la contribution de ces cultures à la stratégie européenne pour la bioéconomie. Les cultures non alimentaires (CNA) sont celles qui ne font pas partie de la chaîne alimentaire et qui servent à produire une large gamme de produits biosourcés, tels que des polymères, des lubrifiants, des matériaux de construction, des produits pharmaceutiques, de la bioénergie et des biocarburants. Cependant, les CNA sont encore peu répandues dans l'agriculture européenne, principalement en raison de difficultés d'approvisionnement et de lacunes politiques.</t>
   </si>
   <si>
     <t>HNV-Link - Agriculture à haute valeur naturelle : apprentissage, innovation et connaissances</t>
   </si>
   <si>
     <t>Le réseau HNV-Link se consacre au développement et au partage d'innovations qui soutiennent les systèmes et les communautés agricoles à haute valeur naturelle (HNV). Ce réseau vise à rassembler des solutions innovantes d'ordre technique, commercial, social, institutionnel et politique issues de 10 domaines d'apprentissage au sein de systèmes agricoles à haute valeur ajoutée et de projets communautaires. Ces exemples de réussite et les enseignements tirés de ces expériences locales seront mis gratuitement à la disposition de tous les acteurs de l'agriculture à haute valeur ajoutée. Le projet identifiera également les situations où les innovations font défaut mais pourraient avoir un impact positif.</t>
   </si>
   <si>
-    <t>INCROYABLE - Réseaux d'innovation du liège, des résines et des produits comestibles dans le bassin méditerranéen</t>
-[...4 lines deleted...]
-  <si>
     <t>HENNOVATION - Innovation axée sur la pratique, soutenue par la science et les acteurs du marché dans le secteur de la poule pondeuse et d'autres secteurs d'élevage</t>
   </si>
   <si>
     <t>Hennovación démontre le potentiel de l'innovation menée par les producteurs et des pratiques industrielles (à la ferme, lors du transport et à l'abattoir) en établissant des réseaux d'innovation qui recherchent et utilisent de manière proactive de nouvelles idées pour rendre leurs entreprises plus efficaces et durables. Le projet développera également les compétences des participants aux réseaux d'innovation et facilitera la communication entre les membres de chaque réseau. Voici les objectifs attendus : Démontrer le potentiel des réseaux d’innovation fondés sur la pratique, soutenus par les acteurs scientifiques et commerciaux existants, pour développer des solutions pratiques et rentables aux défis du développement durable. Développer des réseaux multipartites qui mettront au point des innovations techniques pour lutter contre le picage nuisible et assurer une gestion efficace de la fin de vie des poules pondeuses, en s'appuyant sur les pratiques, les données économiques et les informations scientifiques. Des outils de communication web, des guides d'animation et des programmes de formation en ligne, conçus pour aider les acteurs scientifiques et commerciaux, seront mis à disposition pour soutenir les réseaux d'innovation basés sur la pratique dans d'autres secteurs de l'élevage. Élaborer des recommandations politiques qui contribuent à la pleine réalisation du potentiel de l'innovation fondée sur la pratique grâce à des réseaux multipartites dans les secteurs de l'élevage</t>
   </si>
   <si>
     <t>EUROSHEEP - Réseau européen d'échange de connaissances interactif et innovant sur la santé et la nutrition des ovins</t>
   </si>
   <si>
     <t>EuroSheep crée un réseau européen et international autonome sur la « rentabilité des élevages ovins grâce à la santé et à la nutrition » en facilitant l'échange de connaissances entre différents acteurs et en diffusant les meilleures pratiques. EuroSheep réunit des experts pour une approche transdisciplinaire de la « production ovine » (santé animale, nutrition animale, gestion des pâturages, élevage de précision, reproduction et génétique, ainsi que sociologie et économie), ce qui permettra une approche multifactorielle des solutions pratiques et l'intégration des innovations dans les élevages ovins. L’ objectif global du projet EuroSheep est de créer un réseau thématique européen et international autonome sur la « rentabilité ovine par la santé et la nutrition », conçu pour stimuler l’échange de connaissances et la collaboration entre un large éventail d’acteurs et de parties prenantes du secteur ovin, afin de diffuser largement les meilleures pratiques et innovations pertinentes et prêtes à l’emploi, et de valoriser les contributions et l’échange de connaissances entre les agriculteurs.</t>
   </si>
   <si>
     <t>Réseau EUFRUIT</t>
   </si>
   <si>
     <t>EUFRUIT, grâce à une approche multipartite, vise à améliorer la mise en œuvre des résultats de la recherche en connaissances pratiques et applicables qui bénéficieront directement au secteur fruitier européen. Les objectifs du projet sont les suivants : 1. Créer un réseau européen axé sur le secteur fruitier. 2. Développer et mettre en œuvre une approche systématique pour analyser et synthétiser les connaissances scientifiques et pratiques existantes. 3. Établir un dialogue permanent avec les instances politiques compétentes de l'UE, nationales et régionales. 4. Identifier et soutenir de nouveaux domaines de recherche prioritaires grâce à un suivi et une analyse continus des activités de recherche et d’innovation existantes et futures.</t>
   </si>
   <si>
     <t>FAVORISER - Renforcer les nouvelles approches au sein des réseaux locaux d'innovation biosourcée pour la croissance</t>
   </si>
   <si>
     <t>Le réseau thématique promu par ENABLING donnera un coup de pouce significatif à l'innovation dans la production, le prétraitement et la fourniture de biomasse pour les produits et procédés biosourcés à travers l'Europe. Ce projet vise à répondre au besoin, exprimé par des professionnels à travers l'Europe, d'améliorer la collaboration et les opportunités commerciales entre les opérateurs qui génèrent des flux de biomasse (agriculteurs) et l'industrie de transformation (l'industrie biosourcée - BBI).</t>
   </si>
   <si>
     <t>CERERE - La renaissance des céréales en Europe rurale</t>
   </si>
   <si>
     <t>CERERE synthétise, partage et diffuse les meilleures pratiques, les résultats de recherche et les solutions co-innovantes dans les systèmes alimentaires céréaliers biologiques et à faibles intrants, en mettant l'accent sur l'agrobiodiversité et les valeurs associées de qualité et de santé.</t>
   </si>
   <si>
     <t>4D4F - Décisions laitières basées sur les données pour les agriculteurs</t>
   </si>
   <si>
     <t>Le réseau thématique 4D4F vise à développer un réseau pour les producteurs laitiers, les fournisseurs de technologies de capteurs pour l'industrie laitière, les sociétés de données, les conseillers agricoles et les chercheurs, afin d'explorer les moyens d'utiliser les données générées par les capteurs pour améliorer la prise de décision des agriculteurs.</t>
   </si>
   <si>
     <t>AgriSpin - Un espace dédié à l'innovation agricole</t>
   </si>
   <si>
     <t>Le projet AgriSpin fournit aux partenaires des lignes directrices pour organiser des réunions, participer à des réunions avec d'autres réseaux et projets thématiques et générer un impact au sein de leur propre organisation.</t>
   </si>
   <si>
-    <t>Réseau d'Espaces d'Expérimentation Agricoles (RETA)</t>
-[...82 lines deleted...]
-  <si>
     <t>Réseau de recherche en santé animale (RISA)</t>
   </si>
   <si>
     <t>Le réseau rassemble des chercheurs espagnols spécialisés en santé animale afin de renforcer les synergies existantes entre les différents groupes de recherche en santé animale dans des disciplines telles que l'entomologie, l'épidémiologie et le bien-être animal. L'objectif est de parvenir à une utilisation plus rationnelle, responsable et optimisée des ressources, garantissant ainsi la santé et le bien-être des animaux et, par conséquent, la santé publique. Les objectifs du Réseau sont : Renforcement des synergies : Renforcement des synergies entre les différents groupes de recherche en santé animale de notre pays, avec la participation d'experts de la faune terrestre sauvage et domestique et de professionnels de diverses disciplines de la santé animale telles que l'entomologie, l'épidémiologie, la bactériologie, la virologie, l'immunologie, l'anatomie pathologique, le bien-être animal et l'éthologie, entre autres. Promouvoir l’internationalisation : Promouvoir l’internationalisation du secteur de la recherche en santé animale en Espagne. Promouvoir les valeurs : Promouvoir une utilisation rationnelle, responsable et optimisée des ressources pour assurer la santé et le bien-être des animaux et, par conséquent, la santé publique. Promouvoir le transfert et la diffusion de technologie : Promouvoir le transfert de technologie et la diffusion scientifique en santé animale au niveau sectoriel et auprès du grand public. Organiser des activités : Organiser des activités dédiées à des sujets de grande pertinence pour la recherche en santé animale, tels que l’innovation, la sécurité biologique, l’approche One Health, l’environnement, etc. Collaborer : Collaborer pour promouvoir une plus grande visibilité et communication du secteur de la recherche en santé animale en Espagne et à l'étranger.</t>
   </si>
   <si>
     <t>PTI. SUSPLAST CSIC</t>
   </si>
   <si>
     <t>SusPlast cherche à transformer la façon dont nous concevons, produisons, utilisons et recyclons les plastiques pour évoluer vers une économie circulaire grâce à une approche synergique impliquant la science des matériaux et la biotechnologie, le développement d'activités de recherche et d'innovation ainsi que des stratégies socio-éducatives. Les objectifs de la Plateforme sont : Développement de stratégies chimiques et biotechnologiques pour le recyclage et le développement de nouveaux polymères durables. Analyse des effets de la pollution plastique sur la santé et l’environnement. Réglementation et certification des plastiques à faible impact environnemental. Activités de sensibilisation, d’enseignement et de formation sur l’état actuel et les avancées en matière de plastiques.</t>
   </si>
   <si>
     <t>PTI. TRANSENER+ CSIC</t>
   </si>
   <si>
     <t>Une plateforme qui regroupe ses activités en cinq domaines stratégiques : la production d’énergie renouvelable (biomasse, solaire thermique et photovoltaïque, éolien, etc.), le stockage efficace de l’énergie, la décarbonation industrielle, les technologies de l’hydrogène et l’électrification. Les objectifs de la Plateforme sont : Promouvoir le développement de technologies clés dans le cycle énergétique pour parvenir à un système énergétique plus abordable, plus fiable, plus compétitif et plus durable, tant sur le plan social qu’environnemental. Intégrer les capacités, les technologies et les connaissances du CSIC pour aborder des projets hautement avancés sur le plan technologique et favoriser leur intégration rapide dans le secteur industriel.</t>
   </si>
   <si>
     <t>Élaia</t>
   </si>
   <si>
     <t>Plateforme agricole spécialisée dans la gestion et la transformation de cultures permanentes irriguées avec les plus hauts standards de durabilité et de qualité en utilisant les dernières technologies.</t>
   </si>
   <si>
     <t>PTI. SOILBIO CSIC</t>
@@ -606,140 +711,134 @@
   <si>
     <t>LiveNet</t>
   </si>
   <si>
     <t>Le projet s’appuie sur un réseau de conseillers à travers l’UE spécialisés dans la production animale pour établir un nouveau réseau à l’échelle de l’UE qui favorise une collaboration ouverte entre les conseillers et les principales parties prenantes du secteur de l’élevage . Le réseau couvrira divers aspects de l’agriculture, notamment les meilleures pratiques, les avancées technologiques, la valorisation des produits agricoles, la diversification des sources de revenus et la résolution d’autres défis critiques. Les objectifs du projet sont : Établir et maintenir un réseau de conseillers en élevage dans toute l’UE, améliorant ainsi les compétences, les capacités et le partage des connaissances à long terme sur les pratiques durables. Collecter, sélectionner, évaluer, analyser, adapter et traduire 100 pratiques de conseil innovantes pour une production animale durable dans un environnement multipartite dans 29 pays européens. Promouvoir des pratiques de conseil innovantes pour une production animale durable grâce à l’échange de connaissances spécifiques et à la mise à l’échelle d’activités adaptées à chaque pays.</t>
   </si>
   <si>
     <t>AdvisoryNetPEST</t>
   </si>
   <si>
     <t>Réseau thématique axé sur l'utilisation des pesticides et la réduction des risques (RURP) dans tous les États membres de l'UE. Ce réseau adoptera une approche multipartite en réunissant 17 partenaires représentant la diversité des acteurs du secteur agricole, régional, national et européen. L'objectif sera d'identifier, de sélectionner et de concevoir des approches innovantes, adaptables et reproductibles dans toute l'UE.</t>
   </si>
   <si>
     <t>REDR</t>
   </si>
   <si>
     <t>Le Réseau européen pour le développement rural (RERD) sert de plateforme d’échange d’informations sur la manière dont les politiques, programmes, projets et autres initiatives de développement rural fonctionnent dans la pratique et sur la manière dont ils peuvent être améliorés pour obtenir davantage. Le REDR n'est pas une organisation associative.</t>
   </si>
   <si>
     <t>Nourriture d'Espagne</t>
   </si>
   <si>
     <t>Plateforme ministérielle de sensibilisation</t>
   </si>
   <si>
-    <t>PEI-AGRI</t>
-[...4 lines deleted...]
-  <si>
     <t>Association du cluster agroalimentaire de Navarre (NAGRIFOOD)</t>
   </si>
   <si>
     <t>Le Cluster Agroalimentaire de Navarre, NAGRIFOOD est une organisation d'entreprises   qui vise à améliorer continuellement la compétitivité de ses membres à travers le développement de l'intercoopération, de l'innovation ouverte, de l'intrapreneuriat et de l'internationalisation des entreprises agroalimentaires navarraises</t>
   </si>
   <si>
     <t>Conseillers d'Aragon</t>
   </si>
   <si>
     <t>ASESORES ARAGÓN est une plateforme promue par la Fondation pour l'Agriculture Basée sur la Connaissance et constitue un réseau social professionnel qui rassemble des chercheurs, des technologues, des conseillers et des agriculteurs, intégrant ainsi les connaissances, leur transfert et leur application.</t>
   </si>
   <si>
     <t>Réseau de communes pour l'agroécologie</t>
   </si>
   <si>
     <t>L' objectif du Réseau est la construction, par l'échange d'expériences, de connaissances, de données, d'informations et de projets, de systèmes alimentaires locaux respectueux de l'environnement, durables, inclusifs, résilients, sûrs et diversifiés qui garantissent des aliments sains, durables et accessibles à tous. l’ensemble de la population et qui favorisent l’emploi local, en cohérence avec les perspectives d’agroécologie et de souveraineté alimentaire.</t>
   </si>
   <si>
     <t>Plateforme SynergyNuts</t>
   </si>
   <si>
     <t>Espace de formation, de diffusion et d'innovation dans tous les aspects liés aux noix de haie</t>
   </si>
   <si>
     <t>Stratus</t>
   </si>
   <si>
     <t>Le Réseau d'innovation en fertilisation (FIN) est un réseau technique basé sur des approches innovantes et efficaces qui répondent aux principaux défis menant à l'élaboration d'un plan de gestion durable des nutriments. FIN est composé de trois sous-réseaux transnationaux spécialisés (FIN-agriculture de précision, FIN-qualité des sols, FIN-engrais biosourcés) au sein desquels des évaluateurs formés collecteront les bonnes pratiques (BP) et les innovations de recherche (IR) sur l'utilisation optimale des engrais et identifieront les meilleures pratiques (BP) résultant de l'évaluation de la faisabilité systémique des BP et des IR. Une brochure du projet est disponible en anglais en cliquant ici.</t>
   </si>
   <si>
     <t>Plateforme technologique pour la classe des produits laitiers et des technologies alimentaires</t>
   </si>
   <si>
     <t>Formation spécialisée et services technologiques avancés pour les entreprises et entités du secteur laitier et alimentaire</t>
   </si>
   <si>
     <t>Interpanel</t>
   </si>
   <si>
     <t>INTERPANEL est une plateforme collaborative regroupant différentes entités appartenant à chaque filière oléicole. Elle inclut également des entités qui apportent leurs connaissances et leurs capacités technologiques pour le développement du système, ainsi que la capacité de diffusion des résultats à l'ensemble du secteur.</t>
   </si>
   <si>
+    <t>De la nourriture pour la vie</t>
+  </si>
+  <si>
+    <t>Promotion de la transmission de la recherche, des avancées scientifiques et technologiques à travers la collaboration public-privé des principaux agents du secteur agroalimentaire en relation avec la R&amp;D&amp;i et la détection de nouvelles demandes dans le domaine des défis de société, garantissant la compétitivité et la croissance de l'agroalimentaire espagnol. -secteur alimentaire.</t>
+  </si>
+  <si>
     <t>BIOVAL</t>
   </si>
   <si>
     <t>BIOVAL englobe en tant que secteur BIO la Biotechnologie, la Biomédecine et la Bioéconomie, appliquées à la santé, à l'agroalimentaire et à la durabilité environnementale dans le but de promouvoir le développement et la compétitivité du tissu commercial du Secteur Biotec pour positionner ses associés sur la carte internationale. Les objectifs de BIOVAL sont : Développement de produits et services de santé innovants. Promotion de la production durable d’aliments sains et de qualité. Utilisation des ressources naturelles et application du Bio dans les produits et processus, dans un large éventail de secteurs.</t>
   </si>
   <si>
-    <t>De la nourriture pour la vie</t>
-[...2 lines deleted...]
-    <t>Promotion de la transmission de la recherche, des avancées scientifiques et technologiques à travers la collaboration public-privé des principaux agents du secteur agroalimentaire en relation avec la R&amp;D&amp;i et la détection de nouvelles demandes dans le domaine des défis de société, garantissant la compétitivité et la croissance de l'agroalimentaire espagnol. -secteur alimentaire.</t>
+    <t>Agronet - Brasserie</t>
+  </si>
+  <si>
+    <t>Fournitures, informations et conseils pour les brasseries</t>
+  </si>
+  <si>
+    <t>Coopératives agroalimentaires Communauté valencienne</t>
+  </si>
+  <si>
+    <t>Plateforme de représentation institutionnelle, de promotion coopérative, de formation, de communication et de représentation d'entreprises</t>
   </si>
   <si>
     <t>INNOVAGRI</t>
   </si>
   <si>
     <t>Plateforme de diffusion de l'innovation en matière de recherche, d'expériences dans différentes productions et d'actualisation de la réglementation</t>
   </si>
   <si>
     <t>Plateforme terrestre CAJAMAR</t>
   </si>
   <si>
     <t>Plateforme collaborative d'innovation ouverte pour promouvoir l'utilisation durable des terres et la gestion territoriale en Espagne.</t>
   </si>
   <si>
     <t>Réseau National des Fermes Typiques (RENGRATI)</t>
   </si>
   <si>
     <t>Plateforme ministérielle d'information et de conseil pour l'évaluation des politiques et stratégies sectorielles et productives et la simulation de leur impact à tous les niveaux</t>
   </si>
   <si>
-    <t>Agronet - Brasserie</t>
-[...10 lines deleted...]
-  <si>
     <t>agroalimentaireTEF</t>
   </si>
   <si>
     <t>agrifoodTEF est un réseau d'infrastructures de test et de validation en Europe qui aide les entreprises de technologie agroalimentaire à développer des produits avec des solutions d'IA et de robotique dans des installations réelles.</t>
   </si>
   <si>
     <t>Partenariat Catalan de l'Eau (CWP)</t>
   </si>
   <si>
     <t>Le Partenariat Catalan de l'Eau (CWP) est une association stratégique à but non lucratif, de type cluster, formée d'entreprises et de centres de connaissances qui opèrent dans le secteur de l'utilisation durable de l'eau. CWP promeut des projets et des collaborations à plusieurs niveaux, visant à trouver des solutions innovantes aux besoins mondiaux en eau de qualité partout dans le monde et applicables dans de multiples secteurs.</t>
   </si>
   <si>
     <t>Zinnaé</t>
   </si>
   <si>
     <t>Zinnae se concentre sur l'utilisation efficace de l'eau en proposant des solutions aux défis de la sécurité de l'eau pour contribuer à la construction d'un avenir durable et résilient selon les principes de l'économie circulaire et de la société intelligente. Les objectifs de Zinnae sont : Contribuer aux politiques publiques et être une référence en Aragon dans le domaine de la connaissance et de l'innovation dans le secteur de l'eau. Identifier les besoins et les capacités de formation et développer un système d'attraction de talents. Accompagnement dans le développement de projets et véhicule de valorisation des résultats de l'innovation, favorisant l'application de solutions innovantes.| Visibilité des réalisations et génération d’opportunités business.</t>
   </si>
   <si>
     <t>Avanis</t>
   </si>
   <si>
     <t>Une plateforme pour créer des liens entre les personnes du secteur agroalimentaire afin de partager des connaissances, de continuer à apprendre et de développer le secteur au jour le jour, le rendant plus compétitif, plus durable et plus innovant.</t>
   </si>
   <si>
     <t>Conseils EU4</t>
@@ -918,125 +1017,125 @@
   <si>
     <t>Réseau valencien de développement rural</t>
   </si>
   <si>
     <t>Outil pour diffuser des informations sur ses programmes et activités, ainsi que pour faire connaître les nouvelles et les événements liés au développement rural à Valence. Il dispose également d'une section de ressources, où vous pouvez trouver du matériel et des guides utiles pour le développement rural de la région, ainsi qu'un catalogue de produits et services des zones rurales de Valence.</t>
   </si>
   <si>
     <t>Réseau rural national RRN</t>
   </si>
   <si>
     <t>Plateforme qui promeut la création de groupes de travail sur des questions pertinentes pour les zones rurales</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>Conseil, Audits, Analyses et Formation, dans le secteur agroalimentaire</t>
   </si>
   <si>
     <t>Réseau-iCAT</t>
   </si>
   <si>
     <t>Il s'agit du Réseau d'Innovation Rurale et Agroalimentaire de Catalogne. Il sert d'aide à la compétitivité et à la connectivité du secteur et contribue au développement du tissu productif du territoire, qui permet l'intégration des TIC, à travers des outils et des services, utilisant les dernières technologies.</t>
   </si>
   <si>
+    <t>ANOVE</t>
+  </si>
+  <si>
+    <t>Développeurs et multiplicateurs de variétés végétales</t>
+  </si>
+  <si>
     <t>BIOFRUITNET</t>
   </si>
   <si>
     <t>Ce projet se concentre sur les fruits à pépins, à noyau et les agrumes biologiques et vise à renforcer la compétitivité de la production européenne de fruits biologiques.</t>
   </si>
   <si>
     <t>INNOSETA</t>
   </si>
   <si>
     <t>L'objectif principal d'InnoSeta est d'établir un réseau thématique innovant et autonome en matière d'équipements de pulvérisation, de formation et de conseil pour contribuer à combler l'écart entre les nouvelles solutions haut de gamme de protection des cultures disponibles, qu'elles soient commerciales ou des résultats de recherche applicables, avec les résultats de recherche applicables, avec les pratiques agricoles européennes quotidiennes. Cet objectif sera atteint en promouvant un échange efficace d'idées et d'informations nouvelles entre : les services de vulgarisation de l'industrie de la recherche et la communauté agricole afin que la recherche existante et les solutions commerciales puissent être largement communiquées, tout en capturant les besoins de la base et les idées innovantes. communauté.")</t>
   </si>
   <si>
     <t>OK-Net Arable</t>
   </si>
   <si>
     <t>Net Net Arable a travaillé avec 14 groupes d'innovation agricole dans 10 pays. Les données des groupes ont montré une large gamme de rendements agricoles. Cela indique un besoin, mais aussi une nette possibilité d’amélioration. Sur la base de la littérature scientifique et des contributions des agriculteurs, plus de 100 documents proposant des solutions pratiques ont été collectés sur la plateforme de connaissances sur les cultures arables Net Net (Farmknowledge.org). Les groupes d'agriculteurs ont évalué les formats et certaines solutions dans la pratique. Leurs expériences ont été documentées dans des vidéos et des résumés de pratiques. Les groupes d’agriculteurs ont traduit les documents qui les concernaient dans leur propre langue. Des cours en ligne ont été organisés pour présenter le matériel aux agriculteurs et aux conseillers.</t>
   </si>
   <si>
     <t>Palissandre 4.0</t>
   </si>
   <si>
     <t>Rosewood 4.0 collectera et structurera les meilleures pratiques et innovations (MP&amp;I) pertinentes afin d'améliorer le cadre de mobilisation du bois dans cinq pôles régionaux. Cinq feuilles de route régionales (et une feuille de route interrégionale/transrégionale) seront élaborées en fonction de la priorisation des MP&amp;I collectées, correspondant aux besoins et défis identifiés dans les différentes régions. Le projet organisera des ateliers et des visites d'étude dédiés, associés à de nouveaux supports de formation favorisant la mise en œuvre des MP&amp;I. Des actions intensives de diffusion pour le transfert des MP&amp;I seront menées à l'aide de différents outils et canaux (plateforme de connaissances, synthèses de pratiques, production vidéo, etc.).</t>
   </si>
   <si>
-    <t>ANOVE</t>
-[...2 lines deleted...]
-    <t>Développeurs et multiplicateurs de variétés végétales</t>
+    <t>APPROCHE</t>
+  </si>
+  <si>
+    <t>Association professionnelle à but non lucratif regroupant certaines entreprises productrices de semences. Analyser, étudier et traiter les problèmes courants pouvant survenir selon les espèces de graines</t>
   </si>
   <si>
     <t>SMARTPROTECT</t>
   </si>
   <si>
     <t>SmartProtect est un réseau thématique axé sur l'échange de connaissances interrégional sur les solutions intelligentes de lutte intégrée contre les ravageurs (LIR) destinées aux agriculteurs et aux conseillers. Son objectif est de stimuler les flux de connaissances au sein des systèmes régionaux de connaissances et d'innovation agricoles (SCIAA) de l'UE et de les connecter au potentiel d'innovation des méthodologies avancées de LIR en production maraîchère, intégrant les technologies d'agriculture de précision et l'analyse de données.</t>
   </si>
   <si>
     <t>Poules de bonnes pratiques - Projet pilote sur les bonnes pratiques pour les systèmes alternatifs de production d'œufs</t>
   </si>
   <si>
     <t>L'équipe « Best Practice Hens » (BPH) préparera et fournira un soutien pratique aux producteurs d'œufs afin de les encourager à passer des systèmes d'élevage en cage aux systèmes sans cage. Cela concerne aussi bien l'élevage des poules pondeuses que leur entretien pendant la période de production. L'équipe BPH assurera une large diffusion des informations recueillies sur les bonnes pratiques grâce à la création de supports de communication (vidéos et synthèses de pratiques). L'équipe BPH organisera des événements de diffusion ciblant les États membres ayant un pourcentage élevé de systèmes d'élevage en cage afin d'accroître la mise en œuvre de systèmes d'élevage sans cage dans les États membres ciblés (Espagne, Pologne, Portugal et Belgique).</t>
   </si>
   <si>
     <t>BIOSCHAMP - Biostimulant de boyau alternatif pour une filière champignon durable et rentable</t>
   </si>
   <si>
     <t>Dans ce projet, nous développerons une approche intégrée pour lutter contre les principaux défis sanitaires liés à la production de champignons (champignons et bactéries parasites). En développant un sol d'enrobage enrichi en microbiote, nous réduirons le recours aux pesticides et contribuerons à améliorer la productivité, la durabilité et la rentabilité de la filière européenne des champignons.</t>
   </si>
   <si>
     <t>Stimuler les réseaux de bioéconomie rurale grâce à des approches multi-acteurs - BRANCHES</t>
   </si>
   <si>
     <t>Identifier, résumer, partager et présenter les meilleures pratiques et les résultats de recherche existants ; Accroître l'application de nouvelles technologies rentables en améliorant le transfert actif de connaissances entre les praticiens et les chercheurs ; Mobiliser davantage de biomasse et créer de nouvelles opportunités commerciales dans les zones rurales en améliorant et en renforçant le lien entre la pratique et la science ; Appliquer une approche multidisciplinaire et multipartite ; Offrir un canal pour la circulation bidirectionnelle de l'information, des nouvelles idées et des technologies ; Mettre en évidence les besoins identifiés et les éléments commerciaux pertinents pour les praticiens ; Promouvoir la bioéconomie et le développement rural par le biais de nouvelles initiatives biosourcées</t>
   </si>
   <si>
     <t>Sm@RT : Technologie pour petits ruminants – Élevage de précision et technologie numérique pour petits ruminants</t>
   </si>
   <si>
     <t>Sm@RT utilise une approche originale, interactive, transdisciplinaire et multipartite, basée sur trois niveaux de mise en réseau : 1) un réseau de fermes de démonstration bien équipées (digifarms), 2) un réseau de fermes commerciales innovantes pour favoriser les échanges, 3) la filière petits ruminants de chaque pays. Les besoins et les freins des agriculteurs en matière d'utilisation des technologies seront évalués au moyen d'une enquête mondiale et d'une série d'ateliers. Des solutions à ces besoins seront proposées lors de ces ateliers. Des formations et des démonstrations seront proposées via les réseaux digifarm et les fermes innovantes, et des témoignages seront recueillis pour favoriser la diffusion et la communication dans un climat de confiance.</t>
   </si>
   <si>
     <t>Réseau AgriFoodTe : Réseau de connaissances et d'innovation agroalimentaires de Teruel</t>
   </si>
   <si>
     <t>Réseau pour accélérer l'innovation dans le secteur agroalimentaire afin de promouvoir la transition écologique, numérique et bioéconomique circulaire dans la région de Teruel</t>
   </si>
   <si>
     <t>Le Cluster Agroalimentaire de Navarre (NAGRIFOOD) est une organisation d'entreprises dont l'objectif est l'amélioration continue de la compétitivité de ses membres à travers le développement de l'intercoopération, de l'innovation ouverte, de l'intrapreneuriat et de l'internationalisation des entreprises agroalimentaires navarraises.</t>
   </si>
   <si>
-    <t>APPROCHE</t>
-[...4 lines deleted...]
-  <si>
     <t>ASEMAC</t>
   </si>
   <si>
     <t>Association espagnole de l'industrie de la boulangerie, de la pâtisserie et de la pâtisserie</t>
   </si>
   <si>
     <t>ASFACYLE</t>
   </si>
   <si>
     <t>Association professionnelle à but non lucratif des fabricants d'aliments composés de Castilla y León</t>
   </si>
   <si>
     <t>BIOPLAT. Plateforme espagnole de biomasse</t>
   </si>
   <si>
     <t>Groupe qui intègre tous les acteurs publics-privés qui composent la chaîne de valeur du secteur de la biomasse en Espagne, pour promouvoir conjointement l'avancement du secteur et ainsi réaliser une économie basée sur cette ressource renouvelable.</t>
   </si>
   <si>
     <t>BIOVEGEN - Plateforme Technologique de Biotechnologie Végétale</t>
   </si>
   <si>
     <t>Association public-privé, dirigée par le secteur des entreprises, qui regroupe des entités du secteur agroalimentaire intéressées par l'innovation végétale.</t>
   </si>
   <si>
     <t>CEOPPAN</t>
@@ -1224,98 +1323,98 @@
   <si>
     <t>Réseau Asturien de Développement Rural (READER)</t>
   </si>
   <si>
     <t>Outil pour diffuser des informations sur ses programmes et activités, ainsi que pour faire connaître les nouvelles et les événements liés au développement rural dans les Asturies. Il dispose également d'une section de ressources, où vous pouvez trouver du matériel et des guides utiles pour le développement rural de la région, ainsi qu'un catalogue de produits et services des zones rurales des Asturies.</t>
   </si>
   <si>
     <t>Réseau de développement rural cantabrique</t>
   </si>
   <si>
     <t>Outil pour diffuser des informations sur ses programmes et activités, ainsi que pour faire connaître les nouvelles et les événements liés au développement rural en Cantabrie. Il dispose également d'une section de ressources, où vous pouvez trouver du matériel et des guides utiles pour le développement rural de la région, ainsi qu'un catalogue de produits et services des zones rurales de Cantabrie.</t>
   </si>
   <si>
     <t>Réseau de développement rural d'Estrémadure (REDEX)</t>
   </si>
   <si>
     <t>Outil pour diffuser des informations sur ses programmes et activités, ainsi que pour faire connaître les nouvelles et les événements liés au développement rural en Estrémadure. Il dispose également d'une section de ressources, où vous pouvez trouver du matériel et des guides utiles pour le développement rural de la région, ainsi qu'un catalogue de produits et services des zones rurales d'Estrémadure.</t>
   </si>
   <si>
     <t>Réseau Galicien des Risques Émergents en Sécurité Alimentaire (RISEGAL)</t>
   </si>
   <si>
     <t>Il propose des informations détaillées sur les objectifs et les activités du réseau, ainsi que des actualités et des événements liés à la sécurité alimentaire. De plus, il donne accès à différents outils et ressources, tels que des bases de données et des publications scientifiques, pour promouvoir la recherche et la gestion des risques émergents dans la chaîne alimentaire.</t>
   </si>
   <si>
+    <t>AETC</t>
+  </si>
+  <si>
+    <t>Association des techniciens céréaliers Objectifs : Favoriser l'interaction des professionnels de la chaîne de valeur céréalière à travers le développement d'initiatives collaboratives entre eux</t>
+  </si>
+  <si>
+    <t>Réseau Rural Luxembourgeois</t>
+  </si>
+  <si>
+    <t>Au Luxembourg, le développement rural est géré au niveau national à travers un programme de développement rural (PDR), financé par le Fonds européen agricole pour le développement rural (FEADER) et des contributions nationales. Le PDR établit les stratégies et mesures prioritaires à adopter pour répondre aux besoins de la zone géographique spécifique à laquelle il se réfère. Le financement du développement rural par le biais du FEADER s'inscrit dans le cadre général des Fonds structurels et d'investissement européens (Fonds ESI), qui comprennent également les fonds régionaux, sociaux, de cohésion et de développement de la pêche. Tous ces fonds sont gérés au niveau national, par chaque État membre de l'UE, sur la base d'accords d'association, qui sont des plans stratégiques qui décrivent les objectifs et les priorités d'investissement de chaque pays.</t>
+  </si>
+  <si>
+    <t>Forum Interalimentaire</t>
+  </si>
+  <si>
+    <t>Plateforme d'information sur les activités, projets, réseaux, proposition de valeur et innovation de la chaîne agroalimentaire</t>
+  </si>
+  <si>
     <t>SIG alimentaire</t>
   </si>
   <si>
     <t>Plateforme de diffusion des activités, projets, réseaux, réglementations et propositions de valeur et d'innovation du secteur agroalimentaire</t>
   </si>
   <si>
     <t>Association pour le Développement Rural d'Andalousie (ARA)</t>
   </si>
   <si>
     <t>Forum de collaboration et de dialogue où sont représentés tous les groupes de développement rural d'Andalousie, promoteurs d'activité et de création d'emplois.</t>
   </si>
   <si>
-    <t>AETC</t>
-[...14 lines deleted...]
-    <t>Au Luxembourg, le développement rural est géré au niveau national à travers un programme de développement rural (PDR), financé par le Fonds européen agricole pour le développement rural (FEADER) et des contributions nationales. Le PDR établit les stratégies et mesures prioritaires à adopter pour répondre aux besoins de la zone géographique spécifique à laquelle il se réfère. Le financement du développement rural par le biais du FEADER s'inscrit dans le cadre général des Fonds structurels et d'investissement européens (Fonds ESI), qui comprennent également les fonds régionaux, sociaux, de cohésion et de développement de la pêche. Tous ces fonds sont gérés au niveau national, par chaque État membre de l'UE, sur la base d'accords d'association, qui sont des plans stratégiques qui décrivent les objectifs et les priorités d'investissement de chaque pays.</t>
+    <t>UE - FarmBook</t>
+  </si>
+  <si>
+    <t>Plateforme de diffusion d'actualités, de projets, d'audios, de podcasts, de vidéos et de réseaux thématiques sur la foresterie, l'agriculture, l'élevage, la société, l'économie et l'environnement</t>
   </si>
   <si>
     <t>Réseau de Développement Rural de Castilla y León</t>
   </si>
   <si>
     <t>Association qui rassemble et coordonne un nombre important de groupes qui gèrent des programmes de développement rural - LEADER et PRODER - en Castille et León. Le but de ces programmes est de promouvoir et de favoriser le développement rural dans chacun des territoires dans lesquels ils opèrent. groupes, coordonnant les actions des agents économiques, socioculturels et des entités locales qui interviennent dans un territoire, établissant une intégration optimale entre les différentes mesures sectorielles visant le développement.</t>
   </si>
   <si>
     <t>Réseau espagnol de développement rural (REDR)</t>
   </si>
   <si>
     <t>Le développement rural est géré en Espagne de manière décentralisée par les communautés autonomes du pays à travers 17 programmes de développement rural (PDR), financés par le Fonds européen agricole pour le développement rural (FEADER) et des contributions nationales. Les PDR établissent les stratégies et mesures prioritaires à adopter pour répondre aux besoins de la zone géographique spécifique à laquelle ils se réfèrent. Le financement du développement rural par le biais du FEADER s'inscrit dans le cadre général des Fonds structurels et d'investissement européens (Fonds ESI), qui comprennent également les fonds régionaux, sociaux, de cohésion et de développement de la pêche. Tous ces fonds sont gérés au niveau national, par chaque État membre de l'UE, sur la base d'accords d'association, qui sont des plans stratégiques qui décrivent les objectifs et les priorités d'investissement de chaque pays.</t>
   </si>
   <si>
-    <t>UE - FarmBook</t>
-[...4 lines deleted...]
-  <si>
     <t>RedOTRI - Bureaux de transfert des résultats de recherche (OTRI) des universités espagnoles</t>
   </si>
   <si>
     <t>Réseau de bureaux pour le transfert des résultats de la recherche des universités espagnoles.</t>
   </si>
   <si>
     <t>FABRETP. Plateforme technologique d'élevage et de reproduction des animaux de ferme</t>
   </si>
   <si>
     <t>Plateforme technologique d'élevage et de reproduction animale</t>
   </si>
   <si>
     <t>Agrochef</t>
   </si>
   <si>
     <t>Le projet « DU CHAMP À LA TABLE » proposera une série d'activités stratégiques et innovantes visant à améliorer le système de production agricole espagnol. Amélioration des activités de communication et d'échange économique entre le producteur et l'hôtelier, en réduisant les éventuels effets négatifs des intermédiaires. Promotion de l'économie et de l'emploi, amélioration des activités productives basées sur des pratiques durables puisque consommées à proximité, elles augmenteront la rotation de leur consommation et l'efficacité du canal d'approvisionnement, les pratiques seront basées sur la saisonnalité et la durabilité des cultures.</t>
   </si>
   <si>
     <t>FERTINNOWA</t>
   </si>
   <si>
     <t>Utiliser une approche multi-acteurs intégrée à travers la plateforme FERTINNOWA qui impliquera diverses parties prenantes (chercheurs, producteurs, décideurs politiques, industrie, groupes environnementaux, etc.) à différents niveaux, y compris le niveau socio-économique et réglementaire (national et européen) avec un accent particulier sur la directive-cadre sur l'eau de l'UE et la directive sur les nitrates. Des informations seront collectées au niveau national pour alimenter une étude de référence européenne qui évaluera et comparera les technologies existantes utilisées dans divers secteurs horticoles, notamment les légumes, les fruits et les plantes ornementales dans différentes zones climatiques.</t>
   </si>
   <si>
     <t>Bovine</t>
@@ -1326,96 +1425,96 @@
   <si>
     <t>PiG UE</t>
   </si>
   <si>
     <t>Ce projet créera un réseau porcin à l'échelle de l'UE qui n'existe pas actuellement, apportant une valeur ajoutée significative en identifiant et en relevant les défis les plus pertinents auxquels est confrontée l'industrie porcine européenne et en combinant les connaissances scientifiques avec les meilleures pratiques à la ferme. Les meilleures pratiques seront validées et communiquées à l'industrie porcine de l'UE dans un format convivial, avec une diffusion plus ciblée des documents traduits, à l'aide de différents outils, au niveau local.</t>
   </si>
   <si>
     <t>OK-Net Ecofeed</t>
   </si>
   <si>
     <t>Collectez des connaissances de pointe prêtes à être mises en pratique par les « utilisateurs finaux » mais pas encore bien mises en œuvre. Établir et maintenir un environnement de partage de connaissances/qualification entre les agriculteurs, les acteurs économiques, les chercheurs et les conseillers comme terrain d'entente pour identifier les besoins, évaluer les nouveaux outils et innovations et faciliter les échanges. Recueillir/préparer du matériel pour l'utilisateur final et développer de nouveaux outils adaptés aux besoins des agriculteurs, des transformateurs d'aliments pour animaux et des éleveurs. Développer davantage la plateforme de connaissances sur l'agriculture biologique (Farmknowledge.org) et l'étendre avec des informations relatives à l'alimentation biologique et régionale des monogastriques et promouvoir la plateforme et ses outils.</t>
   </si>
   <si>
     <t>EuroLaitier</t>
   </si>
   <si>
     <t>Eurodairy couvre 40 % des producteurs laitiers de l'UE, 45 % des vaches et 60 % de la production laitière, issus des régions productrices de lait émergentes et matures d'Europe. Les groupes d'agriculteurs se réunissant dans les régions (sous le nom de « groupes opérationnels ») seront liés, afin que les bonnes idées puissent être capturées et échangées. Les agriculteurs pilotes affichant d’excellents niveaux de performance physique et financière démontreront les meilleures pratiques et repousseront les limites dans l’application des nouvelles connaissances. EuroDairy facilitera des interactions intensives, afin que les innovations identifiées dans un pays ou une région puissent être partagées avec un autre, à travers une variété de médias et de matériels facilement accessibles pour les utilisateurs finaux.</t>
   </si>
   <si>
     <t>Légumineuses traduites</t>
   </si>
   <si>
     <t>Lots de travaux (WP) traduits sur les légumineuses</t>
   </si>
   <si>
+    <t>Réseau de Développement Rural de la Rioja (RRDR)</t>
+  </si>
+  <si>
+    <t>Outil pour diffuser des informations sur ses programmes et activités, ainsi que pour faire connaître les nouvelles et les événements liés au développement rural de La Rioja. Il dispose également d'une section de ressources, où vous pouvez trouver du matériel et des guides utiles pour le développement rural de la région, ainsi qu'un catalogue de produits et services des zones rurales de La Rioja.</t>
+  </si>
+  <si>
+    <t>Réseau rural de Malte</t>
+  </si>
+  <si>
+    <t>À Malte, le développement rural est géré au niveau national par le biais d'un programme de développement rural (PDR), financé par le Fonds européen agricole pour le développement rural (FEADER) et des contributions nationales. Le PDR établit les stratégies et mesures prioritaires à adopter pour répondre aux besoins de la zone géographique spécifique à laquelle il se réfère. Le financement du développement rural par le biais du FEADER s'inscrit dans le cadre général des Fonds structurels et d'investissement européens (Fonds ESI), qui comprennent également les fonds régionaux, sociaux, de cohésion et de développement de la pêche. Tous ces fonds sont gérés au niveau national, par chaque État membre de l'UE, sur la base d'accords d'association, qui sont des plans stratégiques qui décrivent les objectifs et les priorités d'investissement de chaque pays.</t>
+  </si>
+  <si>
+    <t>Réseau rural roumain</t>
+  </si>
+  <si>
+    <t>En Roumanie, le développement rural est géré au niveau national à travers un programme de développement rural (PDR), financé par le Fonds européen agricole pour le développement rural (FEADER) et des contributions nationales. Le PDR établit les stratégies et mesures prioritaires à adopter pour répondre aux besoins de la zone géographique spécifique à laquelle il se réfère. Le financement du développement rural par le biais du FEADER s'inscrit dans le cadre général des Fonds structurels et d'investissement européens (Fonds ESI), qui comprennent également les fonds régionaux, sociaux, de cohésion et de développement de la pêche. Tous ces fonds sont gérés au niveau national, par chaque État membre de l'UE, sur la base d'accords d'association, qui sont des plans stratégiques qui décrivent les objectifs et les priorités d'investissement de chaque pays.</t>
+  </si>
+  <si>
     <t>DÉSARMER</t>
   </si>
   <si>
     <t>Une communauté de pratiques multi-acteurs de 600 membres * 10 guides de bonnes pratiques, 100 résumés de bonnes pratiques et 100 courtes vidéos pour expliquer comment les exploitations agricoles ont adopté avec succès des pratiques innovantes * Travailler avec 40 exploitations agricoles (dans 8 pays) pour développer des plans agricoles multi-acteurs programmes de santé, études de cas pour montrer à d'autres exploitations agricoles comment travailler avec leurs fournisseurs et services de conseil vétérinaires, d'aliments ou d'équipements peut les aider à adopter un ensemble de bonnes pratiques adaptées à leur exploitation * 80 événements pour diffuser les meilleures pratiques, organisés par les agriculteurs ou les centres de recherche , et prendre la parole lors de 60 autres événements de l'industrie * 3 Rapports annuels sur les défis restants liés à la résistance aux antibiotiques que la recherche ou les développements politiques doivent relever.</t>
   </si>
   <si>
     <t>NUTRIMAN</t>
   </si>
   <si>
     <t>L'activité principale du projet est la collecte et la fourniture ciblée de connaissances pratiques sur les technologies et produits innovants et prêts à l'emploi pour la récupération de l'azote et du phosphore, en fournissant un inventaire et des stratégies de résultats pour les priorités. Les résultats serviront de base à environ 100 résumés de pratiques rédigés dans le format commun EIP-IGRI et à du matériel de formation. Les résumés de pratiques et le matériel de formation seront utilisés pour la diffusion interactive de la démonstration interactive des meilleures pratiques et pour les programmes de diffusion en ligne.</t>
   </si>
   <si>
     <t>SuWaNu Europe</t>
   </si>
   <si>
     <t>Caractérisation de 8 régions cibles pour évaluer le potentiel d'utilisation de l'eau récupérée dans l'agriculture Base de données des projets de réutilisation de l'eau en Europe Fiches d'information et résumés de pratiques avec des projets réussis et des études de cas de pionniers de la réutilisation de l'eau Analyse SWOT et AKIS dans chaque région cible comme base de stratégie Ateliers participatifs avec des acteurs clés pour identifier les différents points de vue et intérêts des parties prenantes pour la co-création de stratégies Plans d'action avec objectifs, recommandations et activités spécifiques adaptés au contexte régional qui facilitent la mise en œuvre de solutions innovantes Cours et sessions de formation en ligne pour différentes parties prenantes</t>
   </si>
   <si>
     <t>BEST4SOIL</t>
   </si>
   <si>
     <t>best4soil propose des vidéos (YouTube), des fiches techniques et 2 bases de données incluant un outil d'aide à la décision. Les vidéos, bases de données et fiches d'information sont publiées dans 22 langues officielles de l'UE, afin de faciliter la gestion de l'innovation pour les professionnels de toute l'Europe. Les informations seront librement accessibles pour garantir un transfert fluide des connaissances de la recherche à la pratique. Best4Soil déploiera des facilitateurs locaux pour établir un réseau avec des communautés de pratique actives résultant en un échange intensif de connaissances. Partenaires et facilitateurs du projet Dans au moins douze pays supplémentaires, le réseau interconnectera une partie importante des producteurs, conseillers et éducateurs européens, les principales parties prenantes de Best4SOil.</t>
   </si>
   <si>
     <t>RÉSEAU VITICOLE</t>
   </si>
   <si>
     <t>Winetwork est un projet collaboratif européen d'échange et de transfert de connaissances innovantes entre les régions viticoles européennes afin d'accroître la productivité et la durabilité du secteur. Pendant trois ans, onze partenaires de sept pays européens échangeront leurs connaissances sur deux maladies importantes du vignoble : les maladies du bois et la flavessence dorée. L'approche du projet repose sur les interactions entre un réseau d'animateurs, des groupes de travail régionaux et deux groupes de travail scientifiques. Cette approche participative permettra le transfert des résultats scientifiques et des connaissances pratiques vers des supports adaptés aux utilisateurs finaux.</t>
-  </si>
-[...16 lines deleted...]
-    <t>En Roumanie, le développement rural est géré au niveau national à travers un programme de développement rural (PDR), financé par le Fonds européen agricole pour le développement rural (FEADER) et des contributions nationales. Le PDR établit les stratégies et mesures prioritaires à adopter pour répondre aux besoins de la zone géographique spécifique à laquelle il se réfère. Le financement du développement rural par le biais du FEADER s'inscrit dans le cadre général des Fonds structurels et d'investissement européens (Fonds ESI), qui comprennent également les fonds régionaux, sociaux, de cohésion et de développement de la pêche. Tous ces fonds sont gérés au niveau national, par chaque État membre de l'UE, sur la base d'accords d'association, qui sont des plans stratégiques qui décrivent les objectifs et les priorités d'investissement de chaque pays.</t>
   </si>
   <si>
     <t>Adésa</t>
   </si>
   <si>
     <t>Conseil, Audits, Analyses et Formation, dans le secteur de la sécurité alimentaire Objectifs : Services d'Audit, de conseil, de formation et d'analyse</t>
   </si>
   <si>
     <t>AFLE</t>
   </si>
   <si>
     <t>Organisation professionnelle à but non lucratif constituée d'entreprises dédiées à la production de levures pour la nutrition et la santé, la boulangerie et la fermentation</t>
   </si>
   <si>
     <t>CHIL.ORG</t>
   </si>
   <si>
     <t>Plateforme de recherche, transfert de connaissances, événements et actualités liés au secteur agroalimentaire</t>
   </si>
   <si>
     <t>Réseau de Développement Rural des Baléares</t>
   </si>
   <si>
     <t>Outil pour diffuser des informations sur ses programmes et activités, ainsi que pour faire connaître les actualités et les événements liés au développement rural à Ibiza et Formentera. Il dispose également d'une section de ressources, où vous pouvez trouver du matériel et des guides utiles pour le développement rural de la région, ainsi qu'un catalogue de produits et services des zones rurales d'Ibiza et de Formentera.</t>
   </si>
@@ -1773,2671 +1872,2847 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C235"/>
+  <dimension ref="A1:C251"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C235"/>
+      <selection activeCell="A1" sqref="A1:C251"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="203.95" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="2466.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="2936.14" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="s">
-        <v>199</v>
+        <v>324</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="s">
-        <v>356</v>
+        <v>232</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="C193" s="1"/>
+        <v>7</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>388</v>
+      </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="C209" s="1"/>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="s">
-        <v>348</v>
+        <v>470</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>502</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Plataformas y redes</vt:lpstr>
+      <vt:lpstr>Plateformes et réseaux</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>