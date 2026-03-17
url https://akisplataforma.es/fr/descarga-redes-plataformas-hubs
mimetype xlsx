--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -12,170 +12,284 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plateformes et réseaux" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="521">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Gars</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
+    <t>ATgro</t>
+  </si>
+  <si>
+    <t>Plate-forme</t>
+  </si>
+  <si>
+    <t>ATGRO est la plateforme mondiale d'investissement et de gestion de projets agricoles d'Atitlan, dédiée au développement des super-aliments et d'autres filières agricoles complémentaires.</t>
+  </si>
+  <si>
+    <t>Réseau de stations météorologiques SiAR</t>
+  </si>
+  <si>
+    <t>Grille</t>
+  </si>
+  <si>
+    <t>Le ministère de l'Agriculture, de la Pêche et de l'Alimentation, par l'intermédiaire de la Sous-direction générale de l'Irrigation, des Sentiers naturels et des Infrastructures rurales, met gratuitement à la disposition des utilisateurs toutes les informations collectées par le biais du réseau de stations météorologiques SiAR.</t>
+  </si>
+  <si>
+    <t>Réseau national des fermes traditionnelles</t>
+  </si>
+  <si>
+    <t>Pour répondre au besoin de systèmes d'information économique pour le secteur de l'élevage permettant des comparaisons aux niveaux de l'exploitation, régional, national et international, la Direction générale de la production et des marchés agricoles a lancé en 2003 le Réseau national des exploitations types (projet RENGRATI), désormais intégré au réseau REDES TECO. Ce projet vise à établir et à maintenir des réseaux permanents d'information technique et économique pour les différents secteurs de l'élevage en Espagne. À cette fin, une infrastructure, ou réseau, d'institutions et de personnes a été mise en place pour contribuer à la diffusion de l'information, incluant les principales associations de producteurs, des chercheurs, des consultants, des producteurs et les organismes gouvernementaux concernés. Ces réseaux nationaux sectoriels sont, à leur tour, intégrés aux Réseaux internationaux d'analyse comparative des exploitations, qui regroupent les principaux pays producteurs d'élevage au monde. Ces réseaux internationaux apportent un soutien continu à leurs membres et collaborent à l'application de la méthodologie appropriée pour valider les informations fournies par les producteurs, ainsi que pour évaluer les politiques et stratégies sectorielles et de production, ou simuler leur impact à tous les niveaux. La méthodologie employée dans ce cadre repose sur l'analyse des données comptables d'exploitations agricoles réelles présentant des caractéristiques similaires. Ces exploitations sont catégorisées afin de représenter le système de production le plus courant dans leur région, en termes de taille, de gestion et de rendements. Outre les validations effectuées selon la méthodologie internationale, des réunions nationales avec les producteurs, appelées « panels » dans la terminologie du réseau, sont organisées pour discuter et valider les résultats et ainsi garantir une meilleure représentativité. RENGRATI se veut un outil stratégique, fournissant des informations précises et actualisées sur les coûts de production, la rentabilité, les bénéfices et les seuils de rentabilité. Il soutient les secteurs et sert de référence pour la prise de décision pratique, contribuant à orienter leur avenir immédiat dans la bonne direction. À cette fin, des informations plus détaillées sur le fonctionnement du Réseau national des exploitations types et des réseaux internationaux, ainsi que des rapports de résultats sectoriels, sont disponibles dans cette section.</t>
+  </si>
+  <si>
+    <t>RECAN (Réseau national de comptabilité agricole)</t>
+  </si>
+  <si>
+    <t>Le Réseau national de comptabilité agricole est un outil permettant d'évaluer les revenus agricoles et l'impact des politiques agricoles sur les exploitations. Régie par un règlement de l'Union européenne, elle applique les mêmes principes comptables dans tous les États membres. Elle constitue ainsi la seule source de microdonnées exhaustive en Espagne harmonisée avec le reste de l'UE.</t>
+  </si>
+  <si>
+    <t>Micro-plante rouge</t>
+  </si>
+  <si>
+    <t>Un réseau de groupes de recherche qui étudient les interactions bénéfiques entre les plantes et les micro-organismes. Ce réseau regroupe 15 groupes de recherche issus de différentes universités. L’ objectif du Réseau est de fédérer les connaissances, les ressources et les efforts de recherche sur les interactions plantes-microorganismes, en lien avec leur importance et leur applicabilité pour améliorer la tolérance des cultures aux situations de stress liées aux changements climatiques (principalement les sécheresses, les températures élevées et la salinité) et pour une production agricole durable, afin de garantir la sécurité alimentaire malgré la demande mondiale croissante et la concurrence accrue pour les ressources.</t>
+  </si>
+  <si>
+    <t>REDR</t>
+  </si>
+  <si>
+    <t>Le Réseau européen pour le développement rural (RERD) sert de plateforme d’échange d’informations sur la manière dont les politiques, programmes, projets et autres initiatives de développement rural fonctionnent dans la pratique et sur la manière dont ils peuvent être améliorés pour obtenir davantage. Le REDR n'est pas une organisation associative.</t>
+  </si>
+  <si>
+    <t>Intelligent</t>
+  </si>
+  <si>
+    <t>Réseau thématique promouvant l'utilisation du PLF (Precision Livestock Farming) et des technologies numériques dans la filière des petits ruminants</t>
+  </si>
+  <si>
+    <t>NUTRICCHECK-NET</t>
+  </si>
+  <si>
+    <t>Réseau thématique multipartite autonome visant à promouvoir l’adoption de meilleures pratiques de gestion des nutriments spécifiques à chaque domaine au niveau de l’exploitation.</t>
+  </si>
+  <si>
+    <t>Réseau d'agents du changement de Dehesa</t>
+  </si>
+  <si>
+    <t>Un espace de collaboration dynamique, réunissant des personnes et des organisations engagées dans l'amélioration de la rentabilité et de la durabilité de la dehesa. C'est un point de rencontre pour tous les professionnels qui croient en un modèle de dehesa du futur : résilient, innovant et capable de relever les défis sociaux, économiques et environnementaux.</t>
+  </si>
+  <si>
+    <t>Réseau des Centres d'Innovation Territoriaux (Réseau CIT)</t>
+  </si>
+  <si>
+    <t>Les CIT sont des écosystèmes collaboratifs favorisant le développement et le partage d'expériences contribuant à la revitalisation sociale et économique des zones rurales. Ce sont des espaces stratégiques, à l'échelle provinciale et interprovinciale, permettant de promouvoir la création et le développement d'activités dans ces zones rurales, ainsi que de repenser nos modes de travail et de collaboration. L’objectif principal des CIT est de valoriser des projets existants et de lancer des initiatives innovantes, basées sur un concept de « nouvelle ruralité » basé sur la collaboration, l’intelligence collective et l’innovation socio-territoriale. Les objectifs du CIT, alignés sur la politique de l’État en matière de Défi Démographique , sont : Renforcer le tissu socio-économique rural Travailler sur les enjeux démographiques, accompagner les acteurs présents sur le territoire Améliorer la qualité de vie des populations vivant en milieu rural Retenir et attirer les talents Développer l'entrepreneuriat À la recherche d'un équilibre territorial</t>
+  </si>
+  <si>
     <t>CTA (Société Technologique d'Andalousie)</t>
   </si>
   <si>
-    <t>Associations professionnelles, Plate-forme, Moyeux</t>
+    <t>Associations professionnelles, Plate-forme</t>
   </si>
   <si>
     <t>CTA est le pôle d'innovation multisectoriel d'Andalousie, actif à l'échelle nationale et internationale. Elle aide les entreprises, les administrations publiques et les universités à élaborer une stratégie de R&amp;D&amp;I adaptée à leurs besoins. De l'identification des besoins en R&amp;D&amp;I à la formulation de projets pour y répondre, en passant par la recherche de partenaires et de financements, elle accompagne les entreprises tout au long de leurs projets d'innovation. Elle constitue un allié stratégique pour transformer les résultats en opportunités commerciales et un partenaire performant dans les projets d'innovation internationaux. Il s'agit d'une fondation privée comptant plus de 186 entreprises membres et forte de 20 ans d'expérience , initialement créée par la Junta de Andalucía et à gestion privée, dédiée à la promotion de l'innovation technologique. Plus de 186 entreprises font partie de CTA. Des grandes multinationales aux PME en passant par les start-ups technologiques, issues de tous les secteurs économiques.</t>
   </si>
   <si>
+    <t>Réseau de forêts d'utilité publique</t>
+  </si>
+  <si>
+    <t>Le REMP, Réseau d'État des Forêts Publiques, a été créé en tant que réseau visant à améliorer les connaissances et à valoriser le patrimoine forestier public, y compris les forêts d'utilité publique ainsi que celles appartenant aux collectivités locales.</t>
+  </si>
+  <si>
     <t>FARMPEP</t>
   </si>
   <si>
-    <t>Plate-forme</t>
-[...1 lines deleted...]
-  <si>
     <t>FarmPEP est une initiative communautaire collaborative. Lancée en janvier 2020 dans le cadre d'un projet d'Innovate UK mené en partenariat avec ADAS, Agri-TechE, CCRI, Innovative Farmers, Open Coop et The Farming Forum, elle vise à faciliter le partage des connaissances en agriculture à l'ère post-COVID-19.</t>
   </si>
   <si>
-    <t>Réseau de forêts d'utilité publique</t>
-[...5 lines deleted...]
-    <t>Le REMP, Réseau d'État des Forêts Publiques, a été créé en tant que réseau visant à améliorer les connaissances et à valoriser le patrimoine forestier public, y compris les forêts d'utilité publique ainsi que celles appartenant aux collectivités locales.</t>
+    <t>EUFORGEN</t>
+  </si>
+  <si>
+    <t>EUFORGEN (Programme européen pour les ressources génétiques forestières) est un programme de coopération internationale qui promeut la conservation et l’utilisation durable des ressources génétiques forestières en Europe, en tant que partie intégrante d’une gestion durable des forêts. Il a été créé en 1994 suite à une résolution adoptée en 1990 par la première Conférence ministérielle du processus Forêts Europe.</t>
+  </si>
+  <si>
+    <t>RETECHFOR (Réseau des technologies forestières)</t>
+  </si>
+  <si>
+    <t>Le projet RETECHFOR (réseau technologique et territorial pour la surveillance des forêts et la réduction des catastrophes environnementales comme leviers pour le développement de la bioéconomie forestière) est une initiative ambitieuse promue par les communautés autonomes de Castille-et-León et des îles Canaries.</t>
+  </si>
+  <si>
+    <t>PTFOR (Plateforme technologique forestière espagnole et ses industries dérivées)</t>
+  </si>
+  <si>
+    <t>PTFOR est un réseau de coopération national visant à promouvoir la R&amp;D&amp;I dans le secteur forestier et les industries connexes.</t>
+  </si>
+  <si>
+    <t>Extension agricole numérique</t>
+  </si>
+  <si>
+    <t>L'évaluation constante des systèmes agricoles et d'élevage a favorisé le développement de l'agriculture et de l'élevage numériques.</t>
+  </si>
+  <si>
+    <t>Forêt rouge</t>
+  </si>
+  <si>
+    <t>La plateforme sert de point de rencontre, organisant des événements virtuels et en présentiel pour aborder des sujets clés tels que la planification forestière, la conservation de la biodiversité, la prévention des incendies, l'utilisation des nouvelles technologies (drones, capteurs, intelligence artificielle) et l'adaptation au changement climatique. Elle propose également, via le site web de l'Association officielle des ingénieurs techniques forestiers, des ressources de formation, des forums spécialisés, des groupes thématiques et un accès à des contenus techniques de grande valeur, comme des publications et des études de cas.</t>
+  </si>
+  <si>
+    <t>Société espagnole des sciences forestières (SECF)</t>
+  </si>
+  <si>
+    <t>La Société espagnole des sciences forestières a été fondée en 1991 afin de promouvoir l'étude et le développement des sciences et techniques forestières en Espagne, de favoriser la formation scientifique et technique de ses membres, d'encourager la coopération entre eux et de promouvoir les échanges nationaux et internationaux entre les organismes et les spécialistes de ces domaines. Elle regroupe des chercheurs et des professionnels de la foresterie et des secteurs connexes, ainsi que des entreprises et des organisations dont l'objet comprend des activités forestières, que ce soit dans le secteur privé ou public. Parmi les qualifications professionnelles les plus représentées au sein de la Société figurent celles d'ingénieurs forestiers, de techniciens forestiers, d'ingénieurs agronomes, de biologistes, de chimistes, de juristes, d'économistes, de géologues, de pharmaciens, et bien d'autres.</t>
+  </si>
+  <si>
+    <t>CESEFOR</t>
+  </si>
+  <si>
+    <t>Nous sommes une organisation convaincue du rôle clé du secteur forestier dans les stratégies de la nouvelle bioéconomie et de l'économie circulaire, dans lesquelles notre contribution au développement intégral de ce secteur et de toutes ses chaînes de valeur s'intègre parfaitement, en promouvant la durabilité, l'innovation et la recherche dans tous ses domaines de production.</t>
+  </si>
+  <si>
+    <t>Portail forestier de Castille-et-León</t>
+  </si>
+  <si>
+    <t>Jetez un coup d'œil à cette fenêtre ouverte sur le secteur forestier de Castille-et-León. Explorez, à travers ses portails thématiques, certaines des ressources locales dont l'utilisation revitalise les zones rurales, contribue au maintien de la population et crée des emplois. Découvrez quelques-unes des figures les plus importantes grâce au nouveau Portail de données forestières et ne manquez pas la célébration des événements marquants. Tout cela, juste ici. Car d'ici, nous voyons l'arbre. Et la forêt.</t>
+  </si>
+  <si>
+    <t>PEFC</t>
+  </si>
+  <si>
+    <t>Le PEFC, Programme de reconnaissance des certifications forestières, est une alliance mondiale de premier plan regroupant des systèmes nationaux de certification forestière. En tant qu'organisation internationale, non gouvernementale et à but non lucratif, nous nous engageons à promouvoir la gestion durable des forêts par le biais d'une certification indépendante par un tiers.</t>
+  </si>
+  <si>
+    <t>SIEX (Système d'information pour les exploitations agricoles)</t>
+  </si>
+  <si>
+    <t>Le Système d’information sur les exploitations agricoles (SIEX) visera à assurer l’interopérabilité entre les différentes sources d’information disponibles dans les secteurs de l’agriculture, de l’élevage et de la foresterie.</t>
+  </si>
+  <si>
+    <t>AFINET</t>
+  </si>
+  <si>
+    <t>Pour atteindre son objectif, AFINET a intégré la participation de plus de 900 acteurs de l'agroforesterie directement impliqués dans l'agroforesterie à travers un réseau interrégional européen (constitué de 9 réseaux régionaux d'innovation agroforestière (Rain)) qui s'articulait à travers la figure du ""Innovation Broker". ". Ce réseau, en collaboration avec Afinet Partners, a développé (i) un livre vivant comprenant des fiches techniques organisées par thématique ( www.agroforestrynet.eu ), (ii) un réservoir de connaissances ( http:// /www.eurafagroforestry.eu/ afinet /knowledge-cloud/search/ ) et un site internet ( www.eurafagroforestry.eu/afinet  /a&gt;) où toutes les informations produites sont disponibles</t>
+  </si>
+  <si>
+    <t>VOIR. Société Espagnole d'Agriculture Biologique/Agroécologie</t>
+  </si>
+  <si>
+    <t>Association à but non lucratif qui promeut l'agriculture biologique et l'agroécologie en Espagne</t>
+  </si>
+  <si>
+    <t>DATAGIA</t>
+  </si>
+  <si>
+    <t>DATAGIA est la plateforme numérique agroalimentaire de Castille-et-León, créée pour accélérer la numérisation du secteur agroalimentaire en facilitant l'utilisation avancée des données et des technologies habilitantes au sein d'entreprises de toutes tailles et de tous niveaux de maturité numérique. DATAGIA est une initiative conjointe menée dans le cadre du projet RETECH PAN visant à construire un espace de données agroalimentaires interopérable et sécurisé, adapté aux cas d'usage concrets du secteur. Plateforme de données partagées - Un environnement où les entreprises, les coopératives, les centres technologiques et les administrations peuvent se connecter, harmoniser et exploiter les données de la chaîne agroalimentaire. Cas d'utilisation concrets . - Modules axés sur la traçabilité, l'optimisation, l'Internet des objets (IoT), l'intelligence artificielle explicable, la réalité augmentée et l'espace de données, avec des projets pilotes à différents points de la chaîne. Communauté et transfert de connaissances . - Ateliers, sessions de formation et une communauté active d'entreprises et d'entités qui partagent les connaissances et les résultats du projet. RETECH PAN est un projet collaboratif impliquant plusieurs communautés autonomes — Castille-et-León, Castille-La Manche, La Rioja et Estrémadure — dans le but de promouvoir la numérisation avancée de la chaîne agroalimentaire grâce à l'utilisation des technologies numériques et des données.</t>
   </si>
   <si>
     <t>Réseau d'information environnementale d'Andalousie</t>
   </si>
   <si>
     <t>Le ministère du Développement durable et de l'Environnement du gouvernement régional d'Andalousie est l'organisme chargé de garantir le droit d'accès à l'information environnementale en Andalousie. Plus précisément, le décret 170/2024 du 26 août, qui établit son organisation, stipule que le Secrétariat général à l'environnement et au changement climatique est responsable de l'organisation, de la gestion, de la structuration et du fonctionnement du Réseau d'information environnementale (REDIAM). Ce réseau centralise et diffuse l'ensemble des informations alphanumériques, graphiques et autres relatives à l'environnement en Andalousie, produites par tous les centres de production d'informations environnementales de la Communauté autonome. Ces informations sont destinées à la gestion, à la recherche, à la diffusion des connaissances auprès du public et à la prise de décision, ainsi qu'à la définition des axes d'action du ministère en matière de production d'informations statistiques et cartographiques.</t>
   </si>
   <si>
-    <t>RECAN (Réseau national de comptabilité agricole)</t>
-[...4 lines deleted...]
-  <si>
     <t>Réseau RUENA</t>
   </si>
   <si>
     <t>Suite à l'approbation de plusieurs projets du CICYT relatifs à l'utilisation d'inhibiteurs de nitrification pour réduire les pertes d'azote dans l'atmosphère et l'eau, et conformément à la proposition de coordination du ministère de la Science et de la Technologie (MCyT), une première réunion s'est tenue à Pampelune. Lors de cette réunion, l'idée de créer un réseau thématique sur « L'utilisation efficace de l'azote en agriculture » a été évoquée pour la première fois. Des réunions ultérieures ont eu lieu à Lleida et à Madrid, où il a été décidé de répondre à l'appel à propositions du MCyT. En janvier 2002, le projet de création du réseau a été soumis avec le soutien de la plupart des participants et a finalement été approuvé en septembre 2002. Cette approbation constitue, nous le comprenons, la reconnaissance officielle de l'existence du réseau par le ministère de la Science et de la Technologie. Précisions : Le réseau thématique est une association à but non lucratif. Il ne dispose pas de fonds pour la participation aux réunions ; seules de petites subventions peuvent être accordées pour en faciliter le déroulement.</t>
   </si>
   <si>
     <t>Réseau des éleveuses de bétail</t>
   </si>
   <si>
     <t>Ce projet est né de la nécessité de redonner aux femmes la place qu'elles méritent dans le secteur de l'élevage. Le groupe souhaite rompre avec l'image masculine dominante de l'élevage extensif et surmonter les discriminations sociales, institutionnelles et professionnelles dont elles sont victimes. « Les apprenties bergers nouvellement arrivées dans la Sierra et les éleveurs chevronnés, forts de plusieurs générations d'expérience, partagent le même message : nous voulons sortir de l'invisibilité et être au premier plan. Nous voulons avoir voix au chapitre là où se prennent les décisions importantes. Nous voulons rompre avec l'image totalement masculine de l'élevage extensif et du pastoralisme. Nous voulons être respectées en tant qu'éleveuses. Nous voulons surmonter les discriminations familiales, sociales, administratives et professionnelles que nous subissons. Nous voulons simplifier les lourdeurs administratives. Nous voulons partager les tâches ménagères avec les hommes et nous libérer du cumul d'emplois que nous, les femmes, subissons toutes. Nous voulons du changement. »</t>
   </si>
   <si>
     <t>Réseau municipal d'élevage et de viande</t>
   </si>
   <si>
     <t>Pour défendre le plus important secteur de la production agricole nationale et l'industrie agroalimentaire de premier plan. Une plateforme qui aspire à devenir un forum de dialogue entre le secteur privé et les municipalités, à encourager l'action et la collaboration public-privé et à reconnaître le rôle essentiel de la chaîne d'approvisionnement alimentaire pour relever les défis démographiques et économiques auxquels notre pays est confronté.</t>
   </si>
   <si>
-    <t>Réseau national des fermes traditionnelles</t>
-[...4 lines deleted...]
-  <si>
     <t>REDIGA</t>
   </si>
   <si>
     <t>REDIGA a été créé pour renforcer les synergies entre les chercheurs et les institutions, accroître la visibilité et la projection de la recherche et construire un écosystème collaboratif dans le domaine de l'élevage de précision.</t>
   </si>
   <si>
     <t>Pastoralisme en réseau</t>
   </si>
   <si>
     <t>Cette initiative de notre filiale Red Eléctrica vise à gérer la végétation sous les lignes électriques grâce au pâturage extensif. Elle témoigne de notre engagement à intégrer nos installations à la nature et au milieu rural, en les transformant en corridors écologiques et en réduisant ainsi la fragmentation des habitats.</t>
   </si>
   <si>
-    <t>Réseau de stations météorologiques SiAR</t>
-[...4 lines deleted...]
-  <si>
     <t>Réseau d'agroécologie en action</t>
   </si>
   <si>
     <t>Le Réseau Agroécologie en Action a pour vocation de connecter les différents projets agroécologiques et paysans développés à travers le pays, afin de coordonner le secteur, de proposer des solutions aux besoins communs et de consolider ces initiatives. Chez Écologistes en Action, nous œuvrons depuis des années pour une agroécologie pertinente et à fort potentiel pour relever les défis écologiques et sociaux futurs auxquels sont confrontées les zones rurales, défis engendrés par le système agroalimentaire industriel et mondialisé. De nombreux militants et sympathisants de l'agroécologie se sont lancés dans ce type de projets, notamment des modèles à l'échelle paysanne, rencontrant de nombreuses difficultés pour les mettre en place et les pérenniser. Le développement de projets axés sur le soin ne bénéficie pas d'un soutien suffisant au sein du modèle capitaliste et patriarcal actuel. Placer le soin au centre – le soin de la terre et le soin de soi – rend la mise en œuvre de nos projets complexe. Au fil des années, de nombreux projets ont échoué ou ont été transformés, mais de plus en plus voient le jour et résistent, car nous aspirons à un autre modèle de développement socio-économique respectueux de l'environnement, des populations et de l'avenir de la planète.</t>
   </si>
   <si>
     <t>Réseau paysan pour l'agriculture du carbone</t>
   </si>
   <si>
     <t>Nous encourageons la création d'un réseau d'agriculteurs afin de diffuser de nouvelles méthodes et une meilleure compréhension de la production alimentaire. Nous sommes convaincus que le secteur primaire a besoin d'une évolution de ses stratégies agronomiques pour favoriser la régénération des sols, leur autofertilité et leur conservation, tout en renforçant sa viabilité économique. Notre association vise à promouvoir la formation et le partage de connaissances et d'expériences liées à ce que nous appelons l'agriculture biologique à base de carbone. Le terme « biologique » intègre le modèle biologique le plus logique qui soit : celui de la nature. Nous avons déjà connaissance de diverses initiatives privées, dans notre pays et les pays voisins, qui expérimentent et recherchent des techniques agronomiques favorisant la régénération des sols, leur autofertilité et leur conservation. Ces exploitations démontrent leur viabilité économique et deviennent ainsi des références dans leur domaine. En créant ce réseau, nous encourageons l'échange d'informations, d'expériences et de difficultés entre ses membres afin de relever les défis auxquels l'agriculture est confrontée : la crise environnementale, climatique et énergétique, la crise d'approvisionnement (engrais, semences, etc.) et la survie même du secteur.</t>
   </si>
   <si>
     <t>Réseau de prairies et de zones coupe-feu d'Andalousie (RAPCA)</t>
   </si>
   <si>
     <t>Réseau axé sur l'utilisation du bétail dans des régimes de pâturage contrôlé pour éliminer le combustible végétal des zones pare-feu et maintenir les infrastructures de prévention des incendies de forêt . Une équipe technique est responsable du fonctionnement de ce réseau, en déterminant les zones les plus appropriées en coordination avec INFOCA et en sélectionnant les éleveurs sur la base de critères techniques stricts, afin d'évaluer ensuite leurs performances. Les avantages du RAPCA : Fonction préventive Il s'agit d'un travail essentiel pour préserver nos forêts des incendies, non seulement en entretenant des pare-feux, mais aussi en assurant la surveillance nécessaire à la présence des bergers sur le territoire. Réduit l'accumulation de matières combustibles Il joue un rôle clé dans la foresterie préventive dans les zones difficiles d’accès. Améliorations environnementales Il augmente la biodiversité, contribue à la dispersion des graines, améliore la structure du sol et réduit l’érosion et la désertification. Contribution à l'environnement rural Le travail du pasteur est reconnu Contribue au développement rural durable et à la sédentarisation de la population rurale Favorise l'utilisation de races indigènes et la production de produits de qualité</t>
   </si>
   <si>
     <t>LAURUS</t>
   </si>
   <si>
     <t>Réseau de soutien aux associations européennes de propriétaires forestiers, proposant innovation et formation à leur personnel technique. Le réseau propose : Formation d'experts : Participez à des webinaires conçus pour améliorer vos connaissances et renforcer votre prise de décision en transférant les connaissances et l'expérience pratique du SFH. Opportunités innovantes : Accédez à de nouveaux modèles commerciaux, idées et opportunités qui améliorent à la fois la rentabilité et la durabilité de vos opérations forestières. Connexions précieuses : Connectez-vous directement avec des gestionnaires qui mettent déjà en œuvre avec succès ces approches innovantes grâce au réseautage et au soutien communautaires.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Pour atteindre son objectif, AFINET a intégré la participation de plus de 900 acteurs de l'agroforesterie directement impliqués dans l'agroforesterie à travers un réseau interrégional européen (constitué de 9 réseaux régionaux d'innovation agroforestière (Rain)) qui s'articulait à travers la figure du ""Innovation Broker". ". Ce réseau, en collaboration avec Afinet Partners, a développé (i) un livre vivant comprenant des fiches techniques organisées par thématique ( www.agroforestrynet.eu ), (ii) un réservoir de connaissances ( http:// /www.eurafagroforestry.eu/ afinet /knowledge-cloud/search/ ) et un site internet ( www.eurafagroforestry.eu/afinet  /a&gt;) où toutes les informations produites sont disponibles</t>
   </si>
   <si>
     <t>POUR CONSEILLER</t>
   </si>
   <si>
     <t>FORADVISE comblera les lacunes en matière de connaissances et fournira des outils pour garantir que les services de conseil forestier sont modernes, efficaces et bien intégrés dans les systèmes de connaissances et d'innovation agricoles (AKIS) aux niveaux national et européen. Ses objectifs sont : Développement des réseaux européens Renforcement des capacités et formation Comprendre et moderniser le système de connaissances et d'innovation forestières (FOKIS)</t>
   </si>
   <si>
     <t>BBioNets</t>
   </si>
   <si>
     <t>BBioNets est un réseau thématique basé sur les travaux des groupes opérationnels du PEI-AGRI concernant la gestion et/ou la transformation de la biomasse agricole et forestière grâce aux biotechnologies (BBT), et visant à les promouvoir et à les encourager. BBioNets prévoit la création de six réseaux régionaux forestiers et agricoles (FAN) avec des partenaires en Irlande, en Espagne (CTA, Tepro), en Italie, en Grèce, en Pologne et en République tchèque. Cliquez ici pour consulter la brochure en espagnol.</t>
   </si>
   <si>
     <t>PTI. SOSECOCIR CSIC</t>
   </si>
   <si>
     <t>La mission du PTI SosEcoCir est de contribuer à la promotion du développement durable , en combinant la croissance industrielle et socio-économique du territoire avec la conservation de ses ressources naturelles . Objectifs de la plateforme : Promouvoir des actions et des études visant la durabilité de l’environnement urbain (communautés urbaines). Atténuer les effets du réchauffement climatique ; orienter les politiques sectorielles (agricoles, forestières, environnementales). Mettre en œuvre des solutions innovantes en matière de gestion des ressources et des déchets. Réduire l’empreinte carbone et utiliser l’énergie plus efficacement en développant les combustibles naturels et en réduisant les besoins énergétiques des bâtiments. Mettre en place des systèmes de gouvernance qui conduisent à une agriculture plus durable. Établir des équilibres entre les besoins humains, l’innovation et le développement socio-économique.</t>
   </si>
   <si>
     <t>Inno4Grass</t>
   </si>
   <si>
     <t>Inno4Grass est l'acronyme de « Shared Innovation Space for Sustainable Grassland Productivity in Europe ». Ce projet international multipartite rassemble des organisations agricoles de premier plan, des services de vulgarisation et des établissements d'enseignement et de recherche de huit pays de l'UE : la Belgique, la France, l'Allemagne, l'Irlande, l'Italie, les Pays-Bas, la Pologne et la Suède. Les prairies jouent un rôle important dans la production agricole, et la production de lait, de bœuf et de viande ovine est un moteur économique majeur. Il s'adresse également au grand public et à la société en affirmant que les forêts, gérées durablement par les populations rurales, sont une source précieuse de richesses, nous fournissant du liège, des résines, des plantes aromatiques et médicinales, ainsi que des produits comestibles tels que des noix, des baies sauvages, des champignons et des truffes. L'activité socio-économique dans nos forêts contribue également à la prévention des incendies de forêt.</t>
   </si>
@@ -237,62 +351,50 @@
   <si>
     <t>Réseau des jardins urbains de Madrid</t>
   </si>
   <si>
     <t>Le Réseau des Jardins Urbains de Madrid est une initiative citoyenne portée par des acteurs de l'agriculture communautaire à Madrid. Ce réseau a été créé pour valoriser l'agriculture urbaine madrilène et répondre aux besoins des jardins urbains en matière d'entraide, de partage de connaissances, d'expériences, de ressources, etc. Il vise notamment à créer un lieu de rencontre pour les initiatives d'agroécologie communautaire dans la ville et à œuvrer pour un modèle urbain plus durable, intégrant des enjeux tels que l'éducation à l'environnement, la souveraineté alimentaire, la distribution directe de produits alimentaires, les groupements de consommateurs, la mobilité durable et le compostage.</t>
   </si>
   <si>
     <t>PEI-AGRI</t>
   </si>
   <si>
     <t>Plateforme de promotion des réseaux de travail européens, des projets, de la recherche et de la diffusion d'événements et d'innovation</t>
   </si>
   <si>
     <t>Réseau pour la promotion de la transformation alimentaire à petite échelle (RITA)</t>
   </si>
   <si>
     <t>L'innovation et la relocalisation sont essentielles à la viabilité des petites et moyennes entreprises (PME) et des personnes travaillant dans le secteur agroalimentaire. Les ateliers partagés, les petits abattoirs et salles de découpe, ainsi que d'autres installations adaptées aux procédés artisanaux et à petite échelle, constituent des initiatives innovantes et, dans bien des cas, pionnières pour le développement durable des PME. Ces pratiques novatrices prennent en compte d'importants aspects techniques, mais aussi sociaux, de gestion et de gouvernance, indispensables notamment pour garantir une alimentation saine, des prix équitables et un impact positif sur l'emploi rural. Le Réseau pour la promotion de la transformation alimentaire à petite échelle vise à favoriser un écosystème favorable aux personnes qui transforment les aliments à petite et moyenne échelle, à améliorer l'accès de la population à une alimentation saine et de qualité, respectueuse de l'environnement et équitable pour les personnes qui la produisent, et à promouvoir le développement socio-économique des zones rurales. RITA est un projet promu par 6 entités possédant une vaste expérience dans les initiatives pour le développement de systèmes alimentaires territorialisés, l'articulation de processus collectifs et la promotion de l'agroécologie : ARCA (Associació d'Iniciatives Rurals i Marítimes de Catalunya), Germinando, Extremadura Alimenta, Sindicato Labrego Galego, SEAE (Sociedad Española de Agricultura Ecológica y Agroecología) et ISEC-UCO (Instituto de Sociología y Estudios Campesinos – Grupo PAIDI SEJ 179 de la Universidad de Córdoba).</t>
   </si>
   <si>
     <t>RAIA - Réseau de soutien à l'innovation rurale</t>
   </si>
   <si>
     <t>Le projet RAIA vise à créer un réseau dans la région Alentejo-Algarve-Andalousie qui fournira aux administrations publiques, aux structures associatives, aux entreprises et au grand public les outils nécessaires pour promouvoir l'innovation agricole dans les zones rurales , transformant ainsi la zone transfrontalière de La Raya en un territoire offrant de nouvelles opportunités commerciales et capable de relever les nouveaux défis et de saisir les nouvelles opportunités qui se présentent. L'innovation est considérée comme un moteur du développement rural qui permet d'acquérir des avantages concurrentiels et constitue donc l'une des principales caractéristiques du futur réseau.</t>
   </si>
   <si>
-    <t>VOIR. Société Espagnole d'Agriculture Biologique/Agroécologie</t>
-[...10 lines deleted...]
-  <si>
     <t>PlasPain rouge</t>
   </si>
   <si>
     <t>Un réseau axé sur la recherche en technologie plasma pour les industries agroalimentaires et biomédicales . Onze groupes de recherche issus de différentes universités participent à ce réseau. L' objectif du réseau est de consolider et de renforcer la recherche dans le domaine de la technologie du plasma appliquée aux industries biomédicales et agroalimentaires. Objectifs spécifiques : Promouvoir l’échange actif d’idées et l’établissement de collaborations en matière de recherche ; Promouvoir l’interaction avec d’autres groupes de recherche connexes, n’appartenant pas au réseau, à l’intérieur et à l’extérieur du territoire national ; Promouvoir l’utilisation des équipements, des services et des technologies mis en œuvre dans chacun des groupes du réseau pour le développement de la recherche conjointe ; Promouvoir le Réseau et ses activités auprès de la société ; Favoriser le transfert des résultats et l'interaction avec le tissu socio-productif.</t>
   </si>
   <si>
     <t>Réseau espagnol des légumineuses (RELEG)</t>
   </si>
   <si>
     <t>Le réseau a été créé pour répondre à la demande mondiale croissante d’aliments à base de plantes, aux préoccupations environnementales et à la sécurité alimentaire. L' objectif principal du Réseau est d'optimiser les services agronomiques, économiques et nutritionnels que les légumineuses fournissent à la société, favorisant ainsi leur développement. Ses objectifs spécifiques sont les suivants : Coordonner et intégrer les recherches existantes sur les légumineuses dans diverses disciplines telles que la génétique, la génomique, la sélection, l'agronomie, l'écologie et la qualité nutritionnelle. Contribuer à l’avancement des pratiques agricoles à base de légumineuses pour accroître la productivité et la durabilité environnementale. Promouvoir une approche synthétique qui intègre les connaissances et l’expérience de divers domaines. Améliorer la durabilité de l’agriculture et renforcer la sécurité de l’approvisionnement en denrées alimentaires et en aliments pour animaux. Promouvoir les échanges scientifiques et la collaboration entre les chercheurs de différents domaines à travers des groupes de travail coordonnés. Réduire les carences en protéines en misant sur la recherche et l’innovation en matière de légumineuses. Améliorer la compréhension des traits qui déterminent l’adaptation, la productivité, la résistance au stress et la qualité des cultures de légumineuses. Rechercher la composition et la qualité nutritionnelle des légumineuses et promouvoir l’innovation alimentaire dans le secteur.</t>
   </si>
   <si>
     <t>Réseau de recherche sur les céréales résilientes et de qualité pour la sécurité alimentaire espagnole (CERES)</t>
   </si>
   <si>
     <t>Un réseau qui vise à coordonner les efforts de la recherche publique espagnole en physiologie , génétique, phénotypage, biochimie et biotechnologie des cultures céréalières pour : Proposer des stratégies permettant de combiner l’utilisation des ressources génétiques, génomiques et phénonomiques afin d’atténuer l’impact du changement climatique sur la production céréalière, Pour produire des céréales à valeur ajoutée et Renforcer les canaux de communication et obtenir des résultats dans le secteur du développement des semences, des engrais et des technologies agricoles. À cette fin, elle réunit des groupes de recherche axés sur les ressources phytogénétiques, la génétique et la génomique, la pré-sélection et l'amélioration, la qualité fonctionnelle et nutritionnelle, la physiologie à différentes échelles, le phénotypage, la biochimie et la biologie moléculaire des céréales.</t>
   </si>
   <si>
     <t>PalmerNet</t>
   </si>
   <si>
     <t>Un réseau qui intègre 7 groupes de recherche nationaux travaillant sur Amaranthus palmeri et/ou la résistance aux herbicides , et d'autres qui peuvent apporter de nouveaux outils pour sa lutte. L’objectif est de consolider un axe de recherche national sur A. palmeri qui englobe les travaux actuellement menés en Espagne de manière interdisciplinaire par différentes équipes, afin de capitaliser sur les acquis obtenus jusqu’à présent et d’en garantir la stabilité ainsi que l’impact scientifique et social. L’ objectif principal de PalmerNET est de définir et de traiter le problème de l’introduction et de la propagation d’A. palmeri en Espagne et de rechercher des solutions pour sa prévention et son endiguement au niveau national.</t>
   </si>
   <si>
     <t>Réseau SICURA OneHealth4Food</t>
@@ -447,56 +549,50 @@
   <si>
     <t>AgriSpin - Un espace dédié à l'innovation agricole</t>
   </si>
   <si>
     <t>Le projet AgriSpin fournit aux partenaires des lignes directrices pour organiser des réunions, participer à des réunions avec d'autres réseaux et projets thématiques et générer un impact au sein de leur propre organisation.</t>
   </si>
   <si>
     <t>Réseau de recherche en santé animale (RISA)</t>
   </si>
   <si>
     <t>Le réseau rassemble des chercheurs espagnols spécialisés en santé animale afin de renforcer les synergies existantes entre les différents groupes de recherche en santé animale dans des disciplines telles que l'entomologie, l'épidémiologie et le bien-être animal. L'objectif est de parvenir à une utilisation plus rationnelle, responsable et optimisée des ressources, garantissant ainsi la santé et le bien-être des animaux et, par conséquent, la santé publique. Les objectifs du Réseau sont : Renforcement des synergies : Renforcement des synergies entre les différents groupes de recherche en santé animale de notre pays, avec la participation d'experts de la faune terrestre sauvage et domestique et de professionnels de diverses disciplines de la santé animale telles que l'entomologie, l'épidémiologie, la bactériologie, la virologie, l'immunologie, l'anatomie pathologique, le bien-être animal et l'éthologie, entre autres. Promouvoir l’internationalisation : Promouvoir l’internationalisation du secteur de la recherche en santé animale en Espagne. Promouvoir les valeurs : Promouvoir une utilisation rationnelle, responsable et optimisée des ressources pour assurer la santé et le bien-être des animaux et, par conséquent, la santé publique. Promouvoir le transfert et la diffusion de technologie : Promouvoir le transfert de technologie et la diffusion scientifique en santé animale au niveau sectoriel et auprès du grand public. Organiser des activités : Organiser des activités dédiées à des sujets de grande pertinence pour la recherche en santé animale, tels que l’innovation, la sécurité biologique, l’approche One Health, l’environnement, etc. Collaborer : Collaborer pour promouvoir une plus grande visibilité et communication du secteur de la recherche en santé animale en Espagne et à l'étranger.</t>
   </si>
   <si>
     <t>PTI. SUSPLAST CSIC</t>
   </si>
   <si>
     <t>SusPlast cherche à transformer la façon dont nous concevons, produisons, utilisons et recyclons les plastiques pour évoluer vers une économie circulaire grâce à une approche synergique impliquant la science des matériaux et la biotechnologie, le développement d'activités de recherche et d'innovation ainsi que des stratégies socio-éducatives. Les objectifs de la Plateforme sont : Développement de stratégies chimiques et biotechnologiques pour le recyclage et le développement de nouveaux polymères durables. Analyse des effets de la pollution plastique sur la santé et l’environnement. Réglementation et certification des plastiques à faible impact environnemental. Activités de sensibilisation, d’enseignement et de formation sur l’état actuel et les avancées en matière de plastiques.</t>
   </si>
   <si>
     <t>PTI. TRANSENER+ CSIC</t>
   </si>
   <si>
     <t>Une plateforme qui regroupe ses activités en cinq domaines stratégiques : la production d’énergie renouvelable (biomasse, solaire thermique et photovoltaïque, éolien, etc.), le stockage efficace de l’énergie, la décarbonation industrielle, les technologies de l’hydrogène et l’électrification. Les objectifs de la Plateforme sont : Promouvoir le développement de technologies clés dans le cycle énergétique pour parvenir à un système énergétique plus abordable, plus fiable, plus compétitif et plus durable, tant sur le plan social qu’environnemental. Intégrer les capacités, les technologies et les connaissances du CSIC pour aborder des projets hautement avancés sur le plan technologique et favoriser leur intégration rapide dans le secteur industriel.</t>
   </si>
   <si>
-    <t>Élaia</t>
-[...4 lines deleted...]
-  <si>
     <t>PTI. SOILBIO CSIC</t>
   </si>
   <si>
     <t>Plateforme Thématique Interdisciplinaire (PTI) du CSIC engagée dans l'étude et la préservation du sol en tant que ressource naturelle fondamentale. L'objectif du PTI est d'améliorer l'impact et la qualité de la recherche scientifique et technique sur les sols, en se concentrant principalement sur les sciences agricoles, mais en étant ouvert à la collaboration avec des groupes intéressés d'autres disciplines. Ses objectifs spécifiques sont les suivants : Faciliter la communication et la collaboration entre les groupes de la plateforme grâce à des activités régulières. Promouvoir la collaboration dans le domaine des sols du CSIC avec les entreprises et autres organismes publics en offrant un répertoire mis à jour et coordonné de groupes et de spécialistes des sols dans un large éventail de disciplines et de domaines biogéographiques. Soutenir les groupes participants dans leur recherche et leur participation aux appels à propositions nationaux et internationaux, en favorisant une collaboration coordonnée entre les différents groupes au sein du réseau. Identifier et promouvoir des initiatives remarquables dans le domaine des sols, telles que des expériences à long terme pouvant être utilisées en réseau.</t>
   </si>
   <si>
     <t>PTI AGROFOR CSIC</t>
   </si>
   <si>
     <t>Plateforme qui rassemble les efforts de différentes disciplines autour d’objectifs et d’activités spécifiques qui apportent des réponses au défi social de la productivité et de la durabilité agricoles et alimentaires.</t>
   </si>
   <si>
     <t>PTI. AGRIAMBIO CSIC</t>
   </si>
   <si>
     <t>La plateforme vise à générer des connaissances qui fourniront la base scientifique pour l’amélioration adaptative de l’efficacité socio-environnementale de la politique agricole commune (PAC) en Espagne.</t>
   </si>
   <si>
     <t>PTI. ALLERGIES ALIMENTAIRES CSIC</t>
   </si>
   <si>
     <t>L’enjeu du PTI est la connaissance et la détection des allergènes alimentaires à fort impact, large diffusion et haute sensibilité.</t>
   </si>
   <si>
     <t>OrganicClimateNET</t>
@@ -573,98 +669,80 @@
   <si>
     <t>EUNetHorse</t>
   </si>
   <si>
     <t>Un réseau favorisant l’échange de connaissances et d’apprentissages entre les agents et les intervenants de la filière équine pour améliorer la résilience des élevages équins contribuera à structurer la filière équine et à consolider de nouvelles habitudes de travail.</t>
   </si>
   <si>
     <t>FARMWELL</t>
   </si>
   <si>
     <t>Un réseau qui vise à améliorer le bien-être mental, physique et social des agriculteurs en facilitant l'accès aux innovations sociales pour répondre aux défis sociaux courants. FARMWELL vise à soutenir la mise en œuvre d'innovations sociales centrées sur les agriculteurs et leurs familles dans divers contextes nationaux et locaux.</t>
   </si>
   <si>
     <t>FOREST4EU</t>
   </si>
   <si>
     <t>Réseau collaboratif européen pour l'innovation et la promotion de la foresterie et de l'agroforesterie européennes</t>
   </si>
   <si>
     <t>Pâturage pour l'agroécologie</t>
   </si>
   <si>
     <t>Réseau thématique proposant des solutions pour des systèmes de production animale durables et intégrés basés sur le pâturage</t>
   </si>
   <si>
-    <t>NUTRICCHECK-NET</t>
-[...4 lines deleted...]
-  <si>
     <t>NUTRI-CONNAISSANCE</t>
   </si>
   <si>
     <t>Réseau thématique qui capitalise les connaissances des groupes opérationnels EIP-AGRI dans le domaine de la gestion des nutriments à travers des informations orientées vers la pratique pour les agriculteurs et les professionnels.</t>
   </si>
   <si>
     <t>Oper8</t>
   </si>
   <si>
     <t>Réseau thématique pour établir des processus participatifs et identifier les facteurs, les obstacles et les causes profondes du manque d'adoption de méthodes non chimiques pour le contrôle des mauvaises herbes</t>
   </si>
   <si>
     <t>Débutant</t>
   </si>
   <si>
     <t>Décrire l'état de l'art des nouveaux modèles économiques et d'entrée sur le marché. Recueillir des exemples de bonnes pratiques à travers l'Europe. Développer des réseaux de soutien aux nouveaux entrants qui identifieront, développeront et promouvront des modèles économiques et d'entrée innovants pour les nouveaux entrants. Ces réseaux comprendront au moins 50 membres par pays. Développer une boîte à outils pratique contenant des recommandations et des lignes directrices destinées à des groupes de parties prenantes spécifiques.</t>
   </si>
   <si>
     <t>FILET À GRILLER</t>
   </si>
   <si>
     <t>Réseau qui cherche à améliorer la résilience et la durabilité du secteur avicole européen en créant un espace d'interaction entre la science et la pratique, ainsi que la co-création de bonnes pratiques innovantes et prêtes à l'emploi dans les élevages avicoles européens.</t>
   </si>
   <si>
-    <t>Intelligent</t>
-[...4 lines deleted...]
-  <si>
     <t>LAKTIS</t>
   </si>
   <si>
     <t>Un réseau qui promeut la décarbonisation du secteur laitier à partir de la base, en connectant les fermes, l'innovation et la durabilité pour un avenir partagé. Les objectifs du réseau sont : Conseiller et informer les participants, Générer un dialogue multi-acteurs, Promouvoir et faciliter l’interaction des opinions, Analyser les différents outils technologiques, Promouvoir la création de réglementations, Créer un réseau pérenne de collaboration</t>
   </si>
   <si>
-    <t>Réseau d'agents du changement de Dehesa</t>
-[...4 lines deleted...]
-  <si>
     <t>Réseau européen des organisations de vulgarisation forestière (FOREXT)</t>
   </si>
   <si>
     <t>Réseau qui aide ses membres à développer leurs capacités en matière de formation et d'éducation des propriétaires forestiers privés. Le réseau offre à ses membres des opportunités de développer leurs capacités de sensibilisation à travers : Échange d'expériences, d'experts et de connaissances Développement et partage d'outils de vulgarisation Mise en place de plateformes d'apprentissage communes Échange de bonnes pratiques Développement et mise en œuvre de projets européens pertinents</t>
   </si>
   <si>
     <t>Réseau espagnol de compostage (REC)</t>
   </si>
   <si>
     <t>Le Réseau espagnol de compostage (REC) regroupe les activités menées en Espagne par les universités, les organismes de recherche publique, les centres technologiques et les entreprises en lien avec la gestion durable des déchets organiques pour le développement d'une économie circulaire. À cet égard, le REC constitue un espace d'information et de rencontre commun pour les différents acteurs intéressés par tous les aspects de la gestion des déchets organiques. Le REC intègre toutes les actions qui ont un impact sur le développement de meilleures pratiques de gestion des déchets organiques pour obtenir de la bioénergie et des produits à valeur ajoutée qui peuvent être réintroduits dans les cycles de production et faciliter une économie à faible émission de carbone. Les axes de travail sont : Gestion des déchets organiques Technologies de compostage et de digestion anaérobie Compostage et bioremédiation Normalisation et contrôle qualité des procédés de traitement des déchets organiques Applications du compost et du digestat Récupération et régénération des sols Antagonisme et capacité suppressive du compost.</t>
   </si>
   <si>
     <t>Clients</t>
   </si>
   <si>
     <t>ClieNFarms développera un réseau d'agriculteurs pour échanger sur les aspects techniques, promouvoir l'implication de l'écosystème environnant (financement, équipement agricole, etc.) afin de faciliter l'investissement dans des équipements spécifiques, renforcer les systèmes de conseil et apporter un soutien politique clair, essentiel à la réussite de la transition vers des exploitations agricoles climatiquement neutres. Ce réseau constituera une démonstration concrète et une véritable autonomie pour les agriculteurs. Le concept central du projet repose sur une approche de démonstration appelée « Espace Solutions Systémiques Innovantes » (I3S) . L'I3S est composé de différents éléments et acteurs qui testeront et diffuseront des solutions innovantes, conçues et adaptées conjointement par de multiples parties prenantes, pour atteindre des exploitations agricoles climatiquement neutres au sein de la chaîne d'approvisionnement et à l'échelle locale. ClieNFarms vise à co-développer et à mettre à l'échelle des solutions systémiques pertinentes au niveau local (organisationnelles, financières, techniques) pour parvenir à des exploitations agricoles durables, neutres pour le climat et résilientes au climat dans toute l'Europe, en intégrant et en améliorant de manière interactive les solutions existantes pour parvenir à des modèles commerciaux économiquement viables dans les systèmes agricoles en engageant les agriculteurs, les services de vulgarisation, les entreprises agroalimentaires, les décideurs politiques, les financiers et les citoyens.</t>
   </si>
   <si>
     <t>FAIRShare</t>
   </si>
   <si>
     <t>FAIRshare mobilise, forme et dynamise la communauté du conseil agricole indépendant en partageant outils numériques, services, expertise et motivations. FAIRshare soutiendra un réseau social élargi d'institutions partenaires grâce à une interface en ligne navigable et créera un laboratoire dynamique et participatif pour l'interaction et l'application des outils numériques. FAIRshare s'articule autour de deux programmes principaux. Premièrement, les modules de travail 1, 2 et 3 compileront une base de données d' outils et de services numériques utilisés à l'échelle internationale, en s'appuyant sur les réseaux sociaux d'institutions partenaires de l'UE et de pays tiers. Cet inventaire sera accessible aux utilisateurs finaux via une interface en ligne intuitive et navigable, conçue conjointement avec de multiples parties prenantes. Les outils de l'inventaire en ligne seront accompagnés d'informations, telles que de courts exemples de bonnes pratiques, expliquant comment les utiliser ou les adapter. Deuxièmement, les modules de travail 4, 5 et 6 créeront et alimenteront un laboratoire participatif qui permettra aux conseillers pairs de toute l'UE d'interagir avec l'inventaire en ligne et, lors d'ateliers, d'échanger, de co-adapter, de co-concevoir et de mettre en œuvre des outils numériques. L’objectif global de FAIRshare est de garantir que les conseillers agricoles et leurs organisations utilisent efficacement les outils et services numériques pour soutenir une agriculture plus productive et durable.</t>
   </si>
   <si>
     <t>Conseillers climato-intelligents</t>
@@ -675,128 +753,110 @@
   <si>
     <t>AgriLINK</t>
   </si>
   <si>
     <t>AgriLink cherche à favoriser la transition vers la durabilité dans l'agriculture européenne en comprenant mieux le rôle que joue le conseil agricole dans la prise de décision des agriculteurs. AgriLink s'appuie sur les connaissances et l'expérience issues de la recherche et de la pratique. Le consortium est composé de chercheurs de différentes disciplines (économie institutionnelle, études de l'innovation, études AKIS, sociologie des réseaux), ainsi que de conseillers (issus des secteurs public et privé et d'organisations agricoles) de toute l'UE. AgriLink vise à analyser et à améliorer le rôle des services de conseil agricole dans huit domaines d’innovation qui combinent les défis identifiés dans l’approche stratégique de la recherche et de l’innovation agricoles dans l’UE.</t>
   </si>
   <si>
     <t>thERBN</t>
   </si>
   <si>
     <t>Le réseau thERNB facilite le partage accessible des connaissances sur les solutions innovantes de bioéconomie circulaire (BC) adaptées aux petits exploitants agricoles et aux forestiers des zones rurales. L' objectif du thERNB est de rendre opérationnel un réseau thématique multipartite (MA) au niveau de l'UE pour l'échange de connaissances sur des solutions innovantes pour une bioéconomie circulaire durable (CB) applicable par les petits exploitants agricoles et les forestiers (professionnels) au niveau local dans les zones rurales.</t>
   </si>
   <si>
     <t>AKISConnect</t>
   </si>
   <si>
     <t>AKISConnect rassemble les acteurs agricoles de toute l'Europe afin d'exploiter le potentiel des connaissances et des systèmes d'innovation agricoles. AKISConnect relie les univers des projets modernAKIS et ATTRACTISS, financés par l'UE. Ses objectifs sont : Intégration holistique des connaissances Autonomiser les communautés locales Collaboration dynamique entre les pays</t>
   </si>
   <si>
     <t>Réseau AKISConnect</t>
   </si>
   <si>
     <t>Réseautez avec une carte interactive d'initiatives, de projets et de collaborations qui favorisent le développement agricole durable et l'échange de connaissances à travers l'Europe. Les objectifs d'AKISConnect sont : Intégration holistique des connaissances Autonomiser les communautés locales Collaboration dynamique entre les pays</t>
   </si>
   <si>
-    <t>Réseau des Centres d'Innovation Territoriaux (Réseau CIT)</t>
-[...4 lines deleted...]
-  <si>
     <t>Réseau de conseil biologique</t>
   </si>
   <si>
     <t>Réseau européen qui intègre des conseillers et services de conseil bio expérimentés, des conseillers, des jeunes diplômés et des nouveaux arrivants souhaitant acquérir des compétences en conseil bio. L' objectif principal est de créer et de dynamiser un réseau diversifié de conseillers bio dans les 27 États membres de l'UE et 7 autres pays européens. Ce sont d'autres objectifs Créer un solide réseau européen de conseillers expérimentés en agriculture biologique. Inspirez et défiez l’état d’esprit des conseillers et des agriculteurs. Améliorer les connaissances des conseillers sur les pratiques de l'agriculture biologique. Améliorer les méthodes de conseil Contribuer à la création de capacités organisationnelles des services de conseil. Contribuer à la création de capacités organisationnelles des services de conseil. Mettre en évidence les besoins spécifiques en matière de soutien politique pour renforcer les services de conseil écologique. Vous pouvez consulter la brochure du Réseau en cliquant ici</t>
   </si>
   <si>
     <t>LiveNet</t>
   </si>
   <si>
     <t>Le projet s’appuie sur un réseau de conseillers à travers l’UE spécialisés dans la production animale pour établir un nouveau réseau à l’échelle de l’UE qui favorise une collaboration ouverte entre les conseillers et les principales parties prenantes du secteur de l’élevage . Le réseau couvrira divers aspects de l’agriculture, notamment les meilleures pratiques, les avancées technologiques, la valorisation des produits agricoles, la diversification des sources de revenus et la résolution d’autres défis critiques. Les objectifs du projet sont : Établir et maintenir un réseau de conseillers en élevage dans toute l’UE, améliorant ainsi les compétences, les capacités et le partage des connaissances à long terme sur les pratiques durables. Collecter, sélectionner, évaluer, analyser, adapter et traduire 100 pratiques de conseil innovantes pour une production animale durable dans un environnement multipartite dans 29 pays européens. Promouvoir des pratiques de conseil innovantes pour une production animale durable grâce à l’échange de connaissances spécifiques et à la mise à l’échelle d’activités adaptées à chaque pays.</t>
   </si>
   <si>
     <t>AdvisoryNetPEST</t>
   </si>
   <si>
     <t>Réseau thématique axé sur l'utilisation des pesticides et la réduction des risques (RURP) dans tous les États membres de l'UE. Ce réseau adoptera une approche multipartite en réunissant 17 partenaires représentant la diversité des acteurs du secteur agricole, régional, national et européen. L'objectif sera d'identifier, de sélectionner et de concevoir des approches innovantes, adaptables et reproductibles dans toute l'UE.</t>
   </si>
   <si>
-    <t>REDR</t>
-[...4 lines deleted...]
-  <si>
     <t>Nourriture d'Espagne</t>
   </si>
   <si>
     <t>Plateforme ministérielle de sensibilisation</t>
   </si>
   <si>
     <t>Association du cluster agroalimentaire de Navarre (NAGRIFOOD)</t>
   </si>
   <si>
     <t>Le Cluster Agroalimentaire de Navarre, NAGRIFOOD est une organisation d'entreprises   qui vise à améliorer continuellement la compétitivité de ses membres à travers le développement de l'intercoopération, de l'innovation ouverte, de l'intrapreneuriat et de l'internationalisation des entreprises agroalimentaires navarraises</t>
   </si>
   <si>
     <t>Conseillers d'Aragon</t>
   </si>
   <si>
     <t>ASESORES ARAGÓN est une plateforme promue par la Fondation pour l'Agriculture Basée sur la Connaissance et constitue un réseau social professionnel qui rassemble des chercheurs, des technologues, des conseillers et des agriculteurs, intégrant ainsi les connaissances, leur transfert et leur application.</t>
   </si>
   <si>
     <t>Réseau de communes pour l'agroécologie</t>
   </si>
   <si>
     <t>L' objectif du Réseau est la construction, par l'échange d'expériences, de connaissances, de données, d'informations et de projets, de systèmes alimentaires locaux respectueux de l'environnement, durables, inclusifs, résilients, sûrs et diversifiés qui garantissent des aliments sains, durables et accessibles à tous. l’ensemble de la population et qui favorisent l’emploi local, en cohérence avec les perspectives d’agroécologie et de souveraineté alimentaire.</t>
   </si>
   <si>
     <t>Plateforme SynergyNuts</t>
   </si>
   <si>
     <t>Espace de formation, de diffusion et d'innovation dans tous les aspects liés aux noix de haie</t>
   </si>
   <si>
     <t>Stratus</t>
   </si>
   <si>
     <t>Le Réseau d'innovation en fertilisation (FIN) est un réseau technique basé sur des approches innovantes et efficaces qui répondent aux principaux défis menant à l'élaboration d'un plan de gestion durable des nutriments. FIN est composé de trois sous-réseaux transnationaux spécialisés (FIN-agriculture de précision, FIN-qualité des sols, FIN-engrais biosourcés) au sein desquels des évaluateurs formés collecteront les bonnes pratiques (BP) et les innovations de recherche (IR) sur l'utilisation optimale des engrais et identifieront les meilleures pratiques (BP) résultant de l'évaluation de la faisabilité systémique des BP et des IR. Une brochure du projet est disponible en anglais en cliquant ici.</t>
   </si>
   <si>
     <t>Plateforme technologique pour la classe des produits laitiers et des technologies alimentaires</t>
   </si>
   <si>
     <t>Formation spécialisée et services technologiques avancés pour les entreprises et entités du secteur laitier et alimentaire</t>
   </si>
   <si>
-    <t>Interpanel</t>
-[...4 lines deleted...]
-  <si>
     <t>De la nourriture pour la vie</t>
   </si>
   <si>
     <t>Promotion de la transmission de la recherche, des avancées scientifiques et technologiques à travers la collaboration public-privé des principaux agents du secteur agroalimentaire en relation avec la R&amp;D&amp;i et la détection de nouvelles demandes dans le domaine des défis de société, garantissant la compétitivité et la croissance de l'agroalimentaire espagnol. -secteur alimentaire.</t>
   </si>
   <si>
     <t>BIOVAL</t>
   </si>
   <si>
     <t>BIOVAL englobe en tant que secteur BIO la Biotechnologie, la Biomédecine et la Bioéconomie, appliquées à la santé, à l'agroalimentaire et à la durabilité environnementale dans le but de promouvoir le développement et la compétitivité du tissu commercial du Secteur Biotec pour positionner ses associés sur la carte internationale. Les objectifs de BIOVAL sont : Développement de produits et services de santé innovants. Promotion de la production durable d’aliments sains et de qualité. Utilisation des ressources naturelles et application du Bio dans les produits et processus, dans un large éventail de secteurs.</t>
   </si>
   <si>
     <t>Agronet - Brasserie</t>
   </si>
   <si>
     <t>Fournitures, informations et conseils pour les brasseries</t>
   </si>
   <si>
     <t>Coopératives agroalimentaires Communauté valencienne</t>
   </si>
   <si>
     <t>Plateforme de représentation institutionnelle, de promotion coopérative, de formation, de communication et de représentation d'entreprises</t>
   </si>
   <si>
     <t>INNOVAGRI</t>
@@ -1017,191 +1077,185 @@
   <si>
     <t>Réseau valencien de développement rural</t>
   </si>
   <si>
     <t>Outil pour diffuser des informations sur ses programmes et activités, ainsi que pour faire connaître les nouvelles et les événements liés au développement rural à Valence. Il dispose également d'une section de ressources, où vous pouvez trouver du matériel et des guides utiles pour le développement rural de la région, ainsi qu'un catalogue de produits et services des zones rurales de Valence.</t>
   </si>
   <si>
     <t>Réseau rural national RRN</t>
   </si>
   <si>
     <t>Plateforme qui promeut la création de groupes de travail sur des questions pertinentes pour les zones rurales</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>Conseil, Audits, Analyses et Formation, dans le secteur agroalimentaire</t>
   </si>
   <si>
     <t>Réseau-iCAT</t>
   </si>
   <si>
     <t>Il s'agit du Réseau d'Innovation Rurale et Agroalimentaire de Catalogne. Il sert d'aide à la compétitivité et à la connectivité du secteur et contribue au développement du tissu productif du territoire, qui permet l'intégration des TIC, à travers des outils et des services, utilisant les dernières technologies.</t>
   </si>
   <si>
+    <t>BIOFRUITNET</t>
+  </si>
+  <si>
+    <t>Ce projet se concentre sur les fruits à pépins, à noyau et les agrumes biologiques et vise à renforcer la compétitivité de la production européenne de fruits biologiques.</t>
+  </si>
+  <si>
+    <t>INNOSETA</t>
+  </si>
+  <si>
+    <t>L'objectif principal d'InnoSeta est d'établir un réseau thématique innovant et autonome en matière d'équipements de pulvérisation, de formation et de conseil pour contribuer à combler l'écart entre les nouvelles solutions haut de gamme de protection des cultures disponibles, qu'elles soient commerciales ou des résultats de recherche applicables, avec les résultats de recherche applicables, avec les pratiques agricoles européennes quotidiennes. Cet objectif sera atteint en promouvant un échange efficace d'idées et d'informations nouvelles entre : les services de vulgarisation de l'industrie de la recherche et la communauté agricole afin que la recherche existante et les solutions commerciales puissent être largement communiquées, tout en capturant les besoins de la base et les idées innovantes. communauté.")</t>
+  </si>
+  <si>
+    <t>OK-Net Arable</t>
+  </si>
+  <si>
+    <t>Net Net Arable a travaillé avec 14 groupes d'innovation agricole dans 10 pays. Les données des groupes ont montré une large gamme de rendements agricoles. Cela indique un besoin, mais aussi une nette possibilité d’amélioration. Sur la base de la littérature scientifique et des contributions des agriculteurs, plus de 100 documents proposant des solutions pratiques ont été collectés sur la plateforme de connaissances sur les cultures arables Net Net (Farmknowledge.org). Les groupes d'agriculteurs ont évalué les formats et certaines solutions dans la pratique. Leurs expériences ont été documentées dans des vidéos et des résumés de pratiques. Les groupes d’agriculteurs ont traduit les documents qui les concernaient dans leur propre langue. Des cours en ligne ont été organisés pour présenter le matériel aux agriculteurs et aux conseillers.</t>
+  </si>
+  <si>
+    <t>Palissandre 4.0</t>
+  </si>
+  <si>
+    <t>Rosewood 4.0 collectera et structurera les meilleures pratiques et innovations (MP&amp;I) pertinentes afin d'améliorer le cadre de mobilisation du bois dans cinq pôles régionaux. Cinq feuilles de route régionales (et une feuille de route interrégionale/transrégionale) seront élaborées en fonction de la priorisation des MP&amp;I collectées, correspondant aux besoins et défis identifiés dans les différentes régions. Le projet organisera des ateliers et des visites d'étude dédiés, associés à de nouveaux supports de formation favorisant la mise en œuvre des MP&amp;I. Des actions intensives de diffusion pour le transfert des MP&amp;I seront menées à l'aide de différents outils et canaux (plateforme de connaissances, synthèses de pratiques, production vidéo, etc.).</t>
+  </si>
+  <si>
     <t>ANOVE</t>
   </si>
   <si>
     <t>Développeurs et multiplicateurs de variétés végétales</t>
   </si>
   <si>
-    <t>BIOFRUITNET</t>
-[...20 lines deleted...]
-    <t>Rosewood 4.0 collectera et structurera les meilleures pratiques et innovations (MP&amp;I) pertinentes afin d'améliorer le cadre de mobilisation du bois dans cinq pôles régionaux. Cinq feuilles de route régionales (et une feuille de route interrégionale/transrégionale) seront élaborées en fonction de la priorisation des MP&amp;I collectées, correspondant aux besoins et défis identifiés dans les différentes régions. Le projet organisera des ateliers et des visites d'étude dédiés, associés à de nouveaux supports de formation favorisant la mise en œuvre des MP&amp;I. Des actions intensives de diffusion pour le transfert des MP&amp;I seront menées à l'aide de différents outils et canaux (plateforme de connaissances, synthèses de pratiques, production vidéo, etc.).</t>
+    <t>SMARTPROTECT</t>
+  </si>
+  <si>
+    <t>SmartProtect est un réseau thématique axé sur l'échange de connaissances interrégional sur les solutions intelligentes de lutte intégrée contre les ravageurs (LIR) destinées aux agriculteurs et aux conseillers. Son objectif est de stimuler les flux de connaissances au sein des systèmes régionaux de connaissances et d'innovation agricoles (SCIAA) de l'UE et de les connecter au potentiel d'innovation des méthodologies avancées de LIR en production maraîchère, intégrant les technologies d'agriculture de précision et l'analyse de données.</t>
+  </si>
+  <si>
+    <t>Poules de bonnes pratiques - Projet pilote sur les bonnes pratiques pour les systèmes alternatifs de production d'œufs</t>
+  </si>
+  <si>
+    <t>L'équipe « Best Practice Hens » (BPH) préparera et fournira un soutien pratique aux producteurs d'œufs afin de les encourager à passer des systèmes d'élevage en cage aux systèmes sans cage. Cela concerne aussi bien l'élevage des poules pondeuses que leur entretien pendant la période de production. L'équipe BPH assurera une large diffusion des informations recueillies sur les bonnes pratiques grâce à la création de supports de communication (vidéos et synthèses de pratiques). L'équipe BPH organisera des événements de diffusion ciblant les États membres ayant un pourcentage élevé de systèmes d'élevage en cage afin d'accroître la mise en œuvre de systèmes d'élevage sans cage dans les États membres ciblés (Espagne, Pologne, Portugal et Belgique).</t>
+  </si>
+  <si>
+    <t>BIOSCHAMP - Biostimulant de boyau alternatif pour une filière champignon durable et rentable</t>
+  </si>
+  <si>
+    <t>Dans ce projet, nous développerons une approche intégrée pour lutter contre les principaux défis sanitaires liés à la production de champignons (champignons et bactéries parasites). En développant un sol d'enrobage enrichi en microbiote, nous réduirons le recours aux pesticides et contribuerons à améliorer la productivité, la durabilité et la rentabilité de la filière européenne des champignons.</t>
+  </si>
+  <si>
+    <t>Stimuler les réseaux de bioéconomie rurale grâce à des approches multi-acteurs - BRANCHES</t>
+  </si>
+  <si>
+    <t>Identifier, résumer, partager et présenter les meilleures pratiques et les résultats de recherche existants ; Accroître l'application de nouvelles technologies rentables en améliorant le transfert actif de connaissances entre les praticiens et les chercheurs ; Mobiliser davantage de biomasse et créer de nouvelles opportunités commerciales dans les zones rurales en améliorant et en renforçant le lien entre la pratique et la science ; Appliquer une approche multidisciplinaire et multipartite ; Offrir un canal pour la circulation bidirectionnelle de l'information, des nouvelles idées et des technologies ; Mettre en évidence les besoins identifiés et les éléments commerciaux pertinents pour les praticiens ; Promouvoir la bioéconomie et le développement rural par le biais de nouvelles initiatives biosourcées</t>
+  </si>
+  <si>
+    <t>Réseau AgriFoodTe : Réseau de connaissances et d'innovation agroalimentaires de Teruel</t>
+  </si>
+  <si>
+    <t>Réseau pour accélérer l'innovation dans le secteur agroalimentaire afin de promouvoir la transition écologique, numérique et bioéconomique circulaire dans la région de Teruel</t>
+  </si>
+  <si>
+    <t>Le Cluster Agroalimentaire de Navarre (NAGRIFOOD) est une organisation d'entreprises dont l'objectif est l'amélioration continue de la compétitivité de ses membres à travers le développement de l'intercoopération, de l'innovation ouverte, de l'intrapreneuriat et de l'internationalisation des entreprises agroalimentaires navarraises.</t>
   </si>
   <si>
     <t>APPROCHE</t>
   </si>
   <si>
     <t>Association professionnelle à but non lucratif regroupant certaines entreprises productrices de semences. Analyser, étudier et traiter les problèmes courants pouvant survenir selon les espèces de graines</t>
   </si>
   <si>
-    <t>SMARTPROTECT</t>
-[...37 lines deleted...]
-  <si>
     <t>ASEMAC</t>
   </si>
   <si>
     <t>Association espagnole de l'industrie de la boulangerie, de la pâtisserie et de la pâtisserie</t>
   </si>
   <si>
     <t>ASFACYLE</t>
   </si>
   <si>
     <t>Association professionnelle à but non lucratif des fabricants d'aliments composés de Castilla y León</t>
   </si>
   <si>
     <t>BIOPLAT. Plateforme espagnole de biomasse</t>
   </si>
   <si>
     <t>Groupe qui intègre tous les acteurs publics-privés qui composent la chaîne de valeur du secteur de la biomasse en Espagne, pour promouvoir conjointement l'avancement du secteur et ainsi réaliser une économie basée sur cette ressource renouvelable.</t>
   </si>
   <si>
     <t>BIOVEGEN - Plateforme Technologique de Biotechnologie Végétale</t>
   </si>
   <si>
     <t>Association public-privé, dirigée par le secteur des entreprises, qui regroupe des entités du secteur agroalimentaire intéressées par l'innovation végétale.</t>
   </si>
   <si>
     <t>CEOPPAN</t>
   </si>
   <si>
     <t>Association patronale à but non lucratif, Associations et Guildes de fabricants et distributeurs de pain, pâtisseries, pâtisseries et produits connexes, des zones géographiques provinciales et locales, ainsi que des entreprises individuelles sur tout le territoire national.</t>
   </si>
   <si>
+    <t>Association aragonaise d'agriculture de conservation</t>
+  </si>
+  <si>
+    <t>L'Association est une entité qui rassemble des agriculteurs, des techniciens, des chercheurs, des centres de formation et des entreprises intéressés par la promotion et la diffusion de la technique de l'agriculture de conservation.</t>
+  </si>
+  <si>
     <t>Cesfac</t>
   </si>
   <si>
     <t>Plateforme technologique pour la gestion conjointe de la sécurité alimentaire en nutrition animale</t>
   </si>
   <si>
     <t>ÉCONOMIE CIRCULAIRE - Plateforme qui intègre d'autres plateformes d'économie circulaire</t>
   </si>
   <si>
     <t>Dynamiser les lignes et les actions, définir la contribution des plateformes technologiques et d'innovation espagnoles dans la transition vers une économie circulaire, des outils pour promouvoir la coopération en R&amp;D&amp;I</t>
   </si>
   <si>
     <t>EIT-ALIMENTATION</t>
   </si>
   <si>
     <t>Plateforme HUB qui promeut l'innovation, l'éducation, l'entrepreneuriat et la participation du public</t>
   </si>
   <si>
     <t>Elika</t>
   </si>
   <si>
     <t>Plateforme de diffusion de recherches, d'événements et de réglementations au Pays Basque sur la sécurité alimentaire, l'alimentation saine, l'alimentation durable, l'agriculture, l'élevage, la pêche, l'alimentation animale et l'industrie alimentaire</t>
   </si>
   <si>
     <t>FÉDIMA</t>
   </si>
   <si>
     <t>Plateforme de diffusion d'informations d'intérêt pour la boulangerie et de contact entre la FEDIMA et ses partenaires</t>
   </si>
   <si>
-    <t>Association aragonaise d'agriculture de conservation</t>
-[...4 lines deleted...]
-  <si>
     <t>IMASDE Agroalimentaire</t>
   </si>
   <si>
     <t>Plateforme de diffusion des recherches réalisées et des services fournis</t>
   </si>
   <si>
     <t>LOGISTOP. PLATEFORME TECHNOLOGIQUE ESPAGNOLE POUR LA LOGISTIQUE DE L'INTERMODALITÉ ET DE LA MOBILITÉ</t>
   </si>
   <si>
     <t>Plateforme de diffusion des espaces de travail et des services fournis</t>
   </si>
   <si>
     <t>PACKNET. Plateforme Technologique Espagnole pour Conteneurs et Emballages</t>
   </si>
   <si>
     <t>Plateforme qui fonctionne comme un réseau de coopération scientifique et technologique entre les acteurs de la chaîne d'emballage et d'emballage</t>
   </si>
   <si>
     <t>Des plantes pour l’avenir</t>
   </si>
   <si>
     <t>Plateforme de diffusion des projets, recherches, activités, collaborateurs et groupes de travail du groupe</t>
   </si>
   <si>
     <t>Plateforme Technologique de Santé Animale, VET+I</t>
@@ -1371,150 +1425,150 @@
   <si>
     <t>Association pour le Développement Rural d'Andalousie (ARA)</t>
   </si>
   <si>
     <t>Forum de collaboration et de dialogue où sont représentés tous les groupes de développement rural d'Andalousie, promoteurs d'activité et de création d'emplois.</t>
   </si>
   <si>
     <t>UE - FarmBook</t>
   </si>
   <si>
     <t>Plateforme de diffusion d'actualités, de projets, d'audios, de podcasts, de vidéos et de réseaux thématiques sur la foresterie, l'agriculture, l'élevage, la société, l'économie et l'environnement</t>
   </si>
   <si>
     <t>Réseau de Développement Rural de Castilla y León</t>
   </si>
   <si>
     <t>Association qui rassemble et coordonne un nombre important de groupes qui gèrent des programmes de développement rural - LEADER et PRODER - en Castille et León. Le but de ces programmes est de promouvoir et de favoriser le développement rural dans chacun des territoires dans lesquels ils opèrent. groupes, coordonnant les actions des agents économiques, socioculturels et des entités locales qui interviennent dans un territoire, établissant une intégration optimale entre les différentes mesures sectorielles visant le développement.</t>
   </si>
   <si>
     <t>Réseau espagnol de développement rural (REDR)</t>
   </si>
   <si>
     <t>Le développement rural est géré en Espagne de manière décentralisée par les communautés autonomes du pays à travers 17 programmes de développement rural (PDR), financés par le Fonds européen agricole pour le développement rural (FEADER) et des contributions nationales. Les PDR établissent les stratégies et mesures prioritaires à adopter pour répondre aux besoins de la zone géographique spécifique à laquelle ils se réfèrent. Le financement du développement rural par le biais du FEADER s'inscrit dans le cadre général des Fonds structurels et d'investissement européens (Fonds ESI), qui comprennent également les fonds régionaux, sociaux, de cohésion et de développement de la pêche. Tous ces fonds sont gérés au niveau national, par chaque État membre de l'UE, sur la base d'accords d'association, qui sont des plans stratégiques qui décrivent les objectifs et les priorités d'investissement de chaque pays.</t>
   </si>
   <si>
+    <t>FERTINNOWA</t>
+  </si>
+  <si>
+    <t>Utiliser une approche multi-acteurs intégrée à travers la plateforme FERTINNOWA qui impliquera diverses parties prenantes (chercheurs, producteurs, décideurs politiques, industrie, groupes environnementaux, etc.) à différents niveaux, y compris le niveau socio-économique et réglementaire (national et européen) avec un accent particulier sur la directive-cadre sur l'eau de l'UE et la directive sur les nitrates. Des informations seront collectées au niveau national pour alimenter une étude de référence européenne qui évaluera et comparera les technologies existantes utilisées dans divers secteurs horticoles, notamment les légumes, les fruits et les plantes ornementales dans différentes zones climatiques.</t>
+  </si>
+  <si>
     <t>RedOTRI - Bureaux de transfert des résultats de recherche (OTRI) des universités espagnoles</t>
   </si>
   <si>
     <t>Réseau de bureaux pour le transfert des résultats de la recherche des universités espagnoles.</t>
   </si>
   <si>
     <t>FABRETP. Plateforme technologique d'élevage et de reproduction des animaux de ferme</t>
   </si>
   <si>
     <t>Plateforme technologique d'élevage et de reproduction animale</t>
   </si>
   <si>
     <t>Agrochef</t>
   </si>
   <si>
     <t>Le projet « DU CHAMP À LA TABLE » proposera une série d'activités stratégiques et innovantes visant à améliorer le système de production agricole espagnol. Amélioration des activités de communication et d'échange économique entre le producteur et l'hôtelier, en réduisant les éventuels effets négatifs des intermédiaires. Promotion de l'économie et de l'emploi, amélioration des activités productives basées sur des pratiques durables puisque consommées à proximité, elles augmenteront la rotation de leur consommation et l'efficacité du canal d'approvisionnement, les pratiques seront basées sur la saisonnalité et la durabilité des cultures.</t>
   </si>
   <si>
-    <t>FERTINNOWA</t>
-[...2 lines deleted...]
-    <t>Utiliser une approche multi-acteurs intégrée à travers la plateforme FERTINNOWA qui impliquera diverses parties prenantes (chercheurs, producteurs, décideurs politiques, industrie, groupes environnementaux, etc.) à différents niveaux, y compris le niveau socio-économique et réglementaire (national et européen) avec un accent particulier sur la directive-cadre sur l'eau de l'UE et la directive sur les nitrates. Des informations seront collectées au niveau national pour alimenter une étude de référence européenne qui évaluera et comparera les technologies existantes utilisées dans divers secteurs horticoles, notamment les légumes, les fruits et les plantes ornementales dans différentes zones climatiques.</t>
+    <t>EuroLaitier</t>
+  </si>
+  <si>
+    <t>Eurodairy couvre 40 % des producteurs laitiers de l'UE, 45 % des vaches et 60 % de la production laitière, issus des régions productrices de lait émergentes et matures d'Europe. Les groupes d'agriculteurs se réunissant dans les régions (sous le nom de « groupes opérationnels ») seront liés, afin que les bonnes idées puissent être capturées et échangées. Les agriculteurs pilotes affichant d’excellents niveaux de performance physique et financière démontreront les meilleures pratiques et repousseront les limites dans l’application des nouvelles connaissances. EuroDairy facilitera des interactions intensives, afin que les innovations identifiées dans un pays ou une région puissent être partagées avec un autre, à travers une variété de médias et de matériels facilement accessibles pour les utilisateurs finaux.</t>
+  </si>
+  <si>
+    <t>Légumineuses traduites</t>
+  </si>
+  <si>
+    <t>Lots de travaux (WP) traduits sur les légumineuses</t>
   </si>
   <si>
     <t>Bovine</t>
   </si>
   <si>
     <t>Reconnaissant le rôle des agriculteurs en tant qu'innovateurs, Bovine s'appuiera sur le réservoir de connaissances qui existe au niveau de la ferme dans les quatre thèmes clés liés : résilience socio-économique, santé animale ; Bien-être, efficacité de production et amp; et la qualité de la viande et la durabilité environnementale. &amp;NBSP; En utilisant ces thèmes, Bovine identifiera également les résultats de la recherche qui n'ont pas encore été largement adoptés au niveau des exploitations agricoles. Avant de recommander l'absorption, sa faisabilité pratique sera évaluée, y compris la démonstration de telles solutions dans plusieurs élevages bovins à travers l'Europe. &amp;NBSP</t>
   </si>
   <si>
     <t>PiG UE</t>
   </si>
   <si>
     <t>Ce projet créera un réseau porcin à l'échelle de l'UE qui n'existe pas actuellement, apportant une valeur ajoutée significative en identifiant et en relevant les défis les plus pertinents auxquels est confrontée l'industrie porcine européenne et en combinant les connaissances scientifiques avec les meilleures pratiques à la ferme. Les meilleures pratiques seront validées et communiquées à l'industrie porcine de l'UE dans un format convivial, avec une diffusion plus ciblée des documents traduits, à l'aide de différents outils, au niveau local.</t>
   </si>
   <si>
     <t>OK-Net Ecofeed</t>
   </si>
   <si>
     <t>Collectez des connaissances de pointe prêtes à être mises en pratique par les « utilisateurs finaux » mais pas encore bien mises en œuvre. Établir et maintenir un environnement de partage de connaissances/qualification entre les agriculteurs, les acteurs économiques, les chercheurs et les conseillers comme terrain d'entente pour identifier les besoins, évaluer les nouveaux outils et innovations et faciliter les échanges. Recueillir/préparer du matériel pour l'utilisateur final et développer de nouveaux outils adaptés aux besoins des agriculteurs, des transformateurs d'aliments pour animaux et des éleveurs. Développer davantage la plateforme de connaissances sur l'agriculture biologique (Farmknowledge.org) et l'étendre avec des informations relatives à l'alimentation biologique et régionale des monogastriques et promouvoir la plateforme et ses outils.</t>
   </si>
   <si>
-    <t>EuroLaitier</t>
-[...8 lines deleted...]
-    <t>Lots de travaux (WP) traduits sur les légumineuses</t>
+    <t>BEST4SOIL</t>
+  </si>
+  <si>
+    <t>best4soil propose des vidéos (YouTube), des fiches techniques et 2 bases de données incluant un outil d'aide à la décision. Les vidéos, bases de données et fiches d'information sont publiées dans 22 langues officielles de l'UE, afin de faciliter la gestion de l'innovation pour les professionnels de toute l'Europe. Les informations seront librement accessibles pour garantir un transfert fluide des connaissances de la recherche à la pratique. Best4Soil déploiera des facilitateurs locaux pour établir un réseau avec des communautés de pratique actives résultant en un échange intensif de connaissances. Partenaires et facilitateurs du projet Dans au moins douze pays supplémentaires, le réseau interconnectera une partie importante des producteurs, conseillers et éducateurs européens, les principales parties prenantes de Best4SOil.</t>
+  </si>
+  <si>
+    <t>RÉSEAU VITICOLE</t>
+  </si>
+  <si>
+    <t>Winetwork est un projet collaboratif européen d'échange et de transfert de connaissances innovantes entre les régions viticoles européennes afin d'accroître la productivité et la durabilité du secteur. Pendant trois ans, onze partenaires de sept pays européens échangeront leurs connaissances sur deux maladies importantes du vignoble : les maladies du bois et la flavessence dorée. L'approche du projet repose sur les interactions entre un réseau d'animateurs, des groupes de travail régionaux et deux groupes de travail scientifiques. Cette approche participative permettra le transfert des résultats scientifiques et des connaissances pratiques vers des supports adaptés aux utilisateurs finaux.</t>
   </si>
   <si>
     <t>Réseau de Développement Rural de la Rioja (RRDR)</t>
   </si>
   <si>
     <t>Outil pour diffuser des informations sur ses programmes et activités, ainsi que pour faire connaître les nouvelles et les événements liés au développement rural de La Rioja. Il dispose également d'une section de ressources, où vous pouvez trouver du matériel et des guides utiles pour le développement rural de la région, ainsi qu'un catalogue de produits et services des zones rurales de La Rioja.</t>
   </si>
   <si>
     <t>Réseau rural de Malte</t>
   </si>
   <si>
     <t>À Malte, le développement rural est géré au niveau national par le biais d'un programme de développement rural (PDR), financé par le Fonds européen agricole pour le développement rural (FEADER) et des contributions nationales. Le PDR établit les stratégies et mesures prioritaires à adopter pour répondre aux besoins de la zone géographique spécifique à laquelle il se réfère. Le financement du développement rural par le biais du FEADER s'inscrit dans le cadre général des Fonds structurels et d'investissement européens (Fonds ESI), qui comprennent également les fonds régionaux, sociaux, de cohésion et de développement de la pêche. Tous ces fonds sont gérés au niveau national, par chaque État membre de l'UE, sur la base d'accords d'association, qui sont des plans stratégiques qui décrivent les objectifs et les priorités d'investissement de chaque pays.</t>
   </si>
   <si>
     <t>Réseau rural roumain</t>
   </si>
   <si>
     <t>En Roumanie, le développement rural est géré au niveau national à travers un programme de développement rural (PDR), financé par le Fonds européen agricole pour le développement rural (FEADER) et des contributions nationales. Le PDR établit les stratégies et mesures prioritaires à adopter pour répondre aux besoins de la zone géographique spécifique à laquelle il se réfère. Le financement du développement rural par le biais du FEADER s'inscrit dans le cadre général des Fonds structurels et d'investissement européens (Fonds ESI), qui comprennent également les fonds régionaux, sociaux, de cohésion et de développement de la pêche. Tous ces fonds sont gérés au niveau national, par chaque État membre de l'UE, sur la base d'accords d'association, qui sont des plans stratégiques qui décrivent les objectifs et les priorités d'investissement de chaque pays.</t>
   </si>
   <si>
     <t>DÉSARMER</t>
   </si>
   <si>
     <t>Une communauté de pratiques multi-acteurs de 600 membres * 10 guides de bonnes pratiques, 100 résumés de bonnes pratiques et 100 courtes vidéos pour expliquer comment les exploitations agricoles ont adopté avec succès des pratiques innovantes * Travailler avec 40 exploitations agricoles (dans 8 pays) pour développer des plans agricoles multi-acteurs programmes de santé, études de cas pour montrer à d'autres exploitations agricoles comment travailler avec leurs fournisseurs et services de conseil vétérinaires, d'aliments ou d'équipements peut les aider à adopter un ensemble de bonnes pratiques adaptées à leur exploitation * 80 événements pour diffuser les meilleures pratiques, organisés par les agriculteurs ou les centres de recherche , et prendre la parole lors de 60 autres événements de l'industrie * 3 Rapports annuels sur les défis restants liés à la résistance aux antibiotiques que la recherche ou les développements politiques doivent relever.</t>
   </si>
   <si>
     <t>NUTRIMAN</t>
   </si>
   <si>
     <t>L'activité principale du projet est la collecte et la fourniture ciblée de connaissances pratiques sur les technologies et produits innovants et prêts à l'emploi pour la récupération de l'azote et du phosphore, en fournissant un inventaire et des stratégies de résultats pour les priorités. Les résultats serviront de base à environ 100 résumés de pratiques rédigés dans le format commun EIP-IGRI et à du matériel de formation. Les résumés de pratiques et le matériel de formation seront utilisés pour la diffusion interactive de la démonstration interactive des meilleures pratiques et pour les programmes de diffusion en ligne.</t>
   </si>
   <si>
     <t>SuWaNu Europe</t>
   </si>
   <si>
     <t>Caractérisation de 8 régions cibles pour évaluer le potentiel d'utilisation de l'eau récupérée dans l'agriculture Base de données des projets de réutilisation de l'eau en Europe Fiches d'information et résumés de pratiques avec des projets réussis et des études de cas de pionniers de la réutilisation de l'eau Analyse SWOT et AKIS dans chaque région cible comme base de stratégie Ateliers participatifs avec des acteurs clés pour identifier les différents points de vue et intérêts des parties prenantes pour la co-création de stratégies Plans d'action avec objectifs, recommandations et activités spécifiques adaptés au contexte régional qui facilitent la mise en œuvre de solutions innovantes Cours et sessions de formation en ligne pour différentes parties prenantes</t>
-  </si>
-[...10 lines deleted...]
-    <t>Winetwork est un projet collaboratif européen d'échange et de transfert de connaissances innovantes entre les régions viticoles européennes afin d'accroître la productivité et la durabilité du secteur. Pendant trois ans, onze partenaires de sept pays européens échangeront leurs connaissances sur deux maladies importantes du vignoble : les maladies du bois et la flavessence dorée. L'approche du projet repose sur les interactions entre un réseau d'animateurs, des groupes de travail régionaux et deux groupes de travail scientifiques. Cette approche participative permettra le transfert des résultats scientifiques et des connaissances pratiques vers des supports adaptés aux utilisateurs finaux.</t>
   </si>
   <si>
     <t>Adésa</t>
   </si>
   <si>
     <t>Conseil, Audits, Analyses et Formation, dans le secteur de la sécurité alimentaire Objectifs : Services d'Audit, de conseil, de formation et d'analyse</t>
   </si>
   <si>
     <t>AFLE</t>
   </si>
   <si>
     <t>Organisation professionnelle à but non lucratif constituée d'entreprises dédiées à la production de levures pour la nutrition et la santé, la boulangerie et la fermentation</t>
   </si>
   <si>
     <t>CHIL.ORG</t>
   </si>
   <si>
     <t>Plateforme de recherche, transfert de connaissances, événements et actualités liés au secteur agroalimentaire</t>
   </si>
   <si>
     <t>Réseau de Développement Rural des Baléares</t>
   </si>
   <si>
     <t>Outil pour diffuser des informations sur ses programmes et activités, ainsi que pour faire connaître les actualités et les événements liés au développement rural à Ibiza et Formentera. Il dispose également d'une section de ressources, où vous pouvez trouver du matériel et des guides utiles pour le développement rural de la région, ainsi qu'un catalogue de produits et services des zones rurales d'Ibiza et de Formentera.</t>
   </si>
@@ -1872,828 +1926,828 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C251"/>
+  <dimension ref="A1:C260"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C251"/>
+      <selection activeCell="A1" sqref="A1:C260"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="203.95" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2936.14" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>147</v>
@@ -2715,1977 +2769,2076 @@
         <v>150</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="s">
         <v>304</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="s">
         <v>312</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="s">
         <v>314</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="s">
         <v>316</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="s">
         <v>318</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="s">
         <v>320</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="s">
         <v>324</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="s">
         <v>348</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="s">
         <v>356</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="s">
-        <v>232</v>
+        <v>358</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="s">
-        <v>373</v>
+        <v>254</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="s">
         <v>375</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="s">
         <v>379</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="s">
         <v>385</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="s">
         <v>387</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="s">
         <v>393</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="s">
         <v>397</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="s">
         <v>405</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="s">
         <v>411</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="s">
         <v>415</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="s">
         <v>417</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="s">
         <v>419</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="C209" s="1"/>
+        <v>4</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>420</v>
+      </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="C218" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C218" s="1"/>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="s">
         <v>438</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="s">
         <v>440</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="s">
         <v>442</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="s">
         <v>444</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="s">
         <v>446</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="s">
         <v>450</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="s">
         <v>452</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="s">
         <v>456</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="s">
         <v>458</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="s">
         <v>462</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="s">
         <v>464</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="s">
         <v>466</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="s">
         <v>468</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="s">
         <v>470</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="s">
         <v>472</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="s">
         <v>474</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="s">
         <v>476</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="s">
         <v>478</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="s">
         <v>480</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="s">
         <v>482</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="s">
         <v>486</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="s">
         <v>488</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="s">
         <v>492</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="s">
         <v>494</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="s">
         <v>496</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="s">
         <v>498</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="s">
         <v>500</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="s">
-        <v>381</v>
+        <v>502</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>520</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>