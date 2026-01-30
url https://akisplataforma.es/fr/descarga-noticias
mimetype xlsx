--- v0 (2025-12-14)
+++ v1 (2026-01-30)
@@ -12,62 +12,458 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Noticias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1462">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1594">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Fecha de publicación</t>
   </si>
   <si>
     <t>Url</t>
+  </si>
+  <si>
+    <t>Progrès dans l'analyse du bois et les études des sols par le groupe opérationnel Conifères+</t>
+  </si>
+  <si>
+    <t>Le groupe opérationnel Conifères+ poursuit ses efforts de recherche et de collecte de données, et franchit des étapes importantes dans l' analyse de la qualité structurale du bois sur pied et dans l'échantillonnage des sols afin d'identifier des solutions de remplacement pour les conifères malades . Ces avancées renforcent les fondements scientifiques du projet et fournissent des informations…</t>
+  </si>
+  <si>
+    <t>mer 28/01/2026 - 12:06</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/progres-dans-lanalyse-du-bois-et-les-etudes-des-sols-par-le-groupe-operationnel</t>
+  </si>
+  <si>
+    <t>Conférence CDTI « Entre deux programmes, Horizon Europe »</t>
+  </si>
+  <si>
+    <t>Le CDTI organise la treizième édition de la Conférence du Programme-cadre de l'Union européenne pour la recherche et l'innovation (PC) en Espagne, sous le thème « Entre deux programmes, Horizon Europe », qui se tiendra… 16 juin au Palau de Congressos de Catalunya (Barcelone). Cet événement sera organisé en collaboration avec le ministère de la Science, de l'Innovation et des Universités, la…</t>
+  </si>
+  <si>
+    <t>mer 28/01/2026 - 11:19</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/conference-cdti-entre-deux-programmes-horizon-europe</t>
+  </si>
+  <si>
+    <t>APP-TRI : échantillonnage foliaire du blé pour « lire » la parcelle et affiner la prévision de récolte</t>
+  </si>
+  <si>
+    <t>Source : APP-TRI Le groupe opérationnel APP-TRI progresse sur l'un des piliers essentiels du projet : la transformation des données agronomiques en temps réel issues des champs en une application numérique capable d'estimer la productivité du blé et d'anticiper les éventuelles variations de rendement . Cet outil intègre les informations provenant des cartes de rendement des moissonneuses-…</t>
+  </si>
+  <si>
+    <t>mar 27/01/2026 - 12:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/app-tri-echantillonnage-foliaire-du-ble-pour-lire-la-parcelle-et-affiner-la-prevision</t>
+  </si>
+  <si>
+    <t>Une enquête sur la numérisation et l'utilisation des données dans le tourisme rural est actuellement ouverte.</t>
+  </si>
+  <si>
+    <t>Le projet Data4Rural a lancé une enquête auprès des acteurs du tourisme rural afin de déterminer leur niveau de numérisation, leurs pratiques actuelles en matière de données et leurs principaux besoins en formation . Les résultats serviront à concevoir des outils pratiques, des programmes de formation et des services d'accompagnement adaptés aux besoins spécifiques des organisations rurales. Le…</t>
+  </si>
+  <si>
+    <t>ven 23/01/2026 - 13:20</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/une-enquete-sur-la-numerisation-et-lutilisation-des-donnees-dans-le-tourisme-rural-est</t>
+  </si>
+  <si>
+    <t>L'importance de l'élevage bovin pour la santé, débattue lors d'une nouvelle session du campus de Provacuno</t>
+  </si>
+  <si>
+    <t>Durant la journée, Juan Pascual, vétérinaire, communicateur scientifique et vice-président d'AnimalhealthEurope, a abordé d'un point de vue scientifique et technique le rôle des bovins dans le développement durable, la nutrition et la santé humaine. Le campus de Provacuno s'impose comme une ressource de premier plan pour les étudiants universitaires intéressés par l'élevage bovin. Sa dernière…</t>
+  </si>
+  <si>
+    <t>ven 23/01/2026 - 12:59</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/limportance-lelevage-bovin-pour-la-sante-debattue-lors-dune-nouvelle-session-du-campus</t>
+  </si>
+  <si>
+    <t>Il est désormais possible de participer à la conférence du réseau PAC de l'UE sur la résilience de l'eau dans l'agriculture sans avoir à se soucier de l'eau.</t>
+  </si>
+  <si>
+    <t>Le réseau PAC de l’UE a lancé un appel à manifestation d’intérêt pour participer à la conférence « Résilience de l’eau dans l’agriculture : l’innovation en pratique » , une réunion européenne axée sur l’innovation, l’échange de connaissances et l’approche EIP-AGRI . La date limite pour soumettre les candidatures afin de participer à cette réunion, qui se tiendra à Hambourg, en Allemagne, du 19 au…</t>
+  </si>
+  <si>
+    <t>mer 21/01/2026 - 22:44</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/il-est-desormais-possible-participer-la-conference-du-reseau-pac-lue-sur-la-resilience</t>
+  </si>
+  <si>
+    <t>L’appel à propositions pour les subventions CDTI dans le cadre du programme « Écosystèmes d’innovation et de transfert 2025 » reste ouvert jusqu’au 12 février.</t>
+  </si>
+  <si>
+    <t>L’appel à candidatures pour les écosystèmes d’innovation et de transfert 2025 reste ouvert jusqu’au 12 février 2026 , dans le but de renforcer les écosystèmes interrégionaux axés sur le transfert, la diffusion et la valorisation des connaissances , conformément à l’approche des Systèmes de connaissances et d’innovation agricoles (AKIS) . Cette action vise à encourager des modèles collaboratifs et…</t>
+  </si>
+  <si>
+    <t>mar 20/01/2026 - 17:45</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/lappel-propositions-pour-les-subventions-cdti-dans-le-cadre-du-programme-ecosystemes</t>
+  </si>
+  <si>
+    <t>SECUESVAC progresse dans le calcul de la séquestration du carbone organique dans les sols agricoles</t>
+  </si>
+  <si>
+    <t>Le projet GO SECUESVAC franchit une nouvelle étape avec le lancement de la phase consacrée au calcul de la séquestration du carbone organique dans les sols. Suite à cette deuxième phase, les membres du Groupe opérationnel pour l'optimisation de la séquestration du carbone dans les sols agricoles liés à la production bovine travaillent à la définition de stratégies et à la collecte des données…</t>
+  </si>
+  <si>
+    <t>mar 20/01/2026 - 10:22</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/secuesvac-progresse-dans-le-calcul-la-sequestration-du-carbone-organique-dans-les-sols</t>
+  </si>
+  <si>
+    <t>AgroBank Tech Digital INNovation lance son appel à projets 2026 pour accélérer la numérisation du secteur agroalimentaire.</t>
+  </si>
+  <si>
+    <t>AgroBank Tech Digital INNovation a officiellement lancé son appel à projets 2026 , destiné aux startups et aux projets technologiques proposant des solutions innovantes aux principaux défis du secteur agroalimentaire. Ce programme recherche des initiatives capables d'accélérer la transformation numérique , d'améliorer la durabilité et de renforcer la compétitivité du secteur. Le programme d'…</t>
+  </si>
+  <si>
+    <t>lun 19/01/2026 - 16:47</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/agrobank-tech-digital-innovation-lance-son-appel-projets-2026-pour-accelerer-la</t>
+  </si>
+  <si>
+    <t>La numérisation des campagnes : un atout pour l'avenir de l'irrigation dans la Communauté d'irrigation de La Nava</t>
+  </si>
+  <si>
+    <t>La numérisation est devenue un outil essentiel pour relever les grands défis de l'agriculture au XXIe siècle : la rareté de l'eau, le changement climatique et la nécessité de produire davantage avec moins de ressources. Dans ce contexte, les nouvelles technologies appliquées à l'irrigation, telles que les capteurs, les plateformes de données, l'automatisation et la gestion à distance,…</t>
+  </si>
+  <si>
+    <t>ven 16/01/2026 - 11:33</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/la-numerisation-des-campagnes-atout-pour-lavenir-lirrigation-dans-la-communaute</t>
+  </si>
+  <si>
+    <t>Évolution du projet GO Olivebiome</t>
+  </si>
+  <si>
+    <t>Le projet GO Olivebiome , coordonné techniquement par Maslina , progresse fortement vers la validation industrielle de solutions probiotiques durables pour l'alimentation animale, grâce à l'intégration complète d' AINIA . Les dernières avancées se concentrent sur trois étapes clés : Optimisation des cultures : AINIA compare la croissance des probiotiques en milieu MRS et en lactosérum, afin d’…</t>
+  </si>
+  <si>
+    <t>ven 16/01/2026 - 11:06</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/evolution-du-projet-go-olivebiome</t>
+  </si>
+  <si>
+    <t>Lancement de la campagne « Parcours des conseillers en alimentation locale 2026 » : une feuille de route européenne pour renforcer les conseils sur les circuits courts.</t>
+  </si>
+  <si>
+    <t>L’initiative EU 4Advice et COREnet , « Parcours des conseillers en alimentation locale 2026 », a été créée dans le but de mettre en avant le Réseau européen de conseillers sur les circuits courts alimentaires (EAN-SFSC) et, en même temps, d’impliquer activement les conseillers dans sa construction et son amélioration continue . Cette initiative se veut une feuille de route flexible et évolutive…</t>
+  </si>
+  <si>
+    <t>jeu 15/01/2026 - 13:07</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/lancement-la-campagne-parcours-des-conseillers-alimentation-locale-2026-une-feuille</t>
+  </si>
+  <si>
+    <t>CDTI Innovation recherche une entreprise espagnole pour un projet de R&amp;D en agritech en collaboration avec FAEDA (Sénégal).</t>
+  </si>
+  <si>
+    <t>CDTI Innovation a publié un appel à candidatures pour trouver un partenaire commercial parmi les entreprises espagnoles intéressées par le développement d'un projet de R&amp;D en coopération internationale avec la société sénégalaise FAEDA , dans le domaine de l'Agritech , et plus précisément dans l' application des TIC à l'élevage de volailles . La collaboration proposée porte sur le…</t>
+  </si>
+  <si>
+    <t>mar 13/01/2026 - 23:03</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/cdti-innovation-recherche-une-entreprise-espagnole-pour-projet-rd-agritech</t>
+  </si>
+  <si>
+    <t>En 2026, débutera le bloc d'ateliers techniques sectoriels du plan de promotion d'une agriculture régénératrice et durable.</t>
+  </si>
+  <si>
+    <t>En 2026, le bloc d’ateliers techniques sectoriels débute dans le cadre du programme « Ateliers techniques et séminaires pour promouvoir une agriculture régénératrice et durable » , une initiative lancée en mars 2025 par la Fondation Juana de Vega et la société Agroassessor , et subventionnée par le ministère de l’Agriculture, de la Pêche et de l’Alimentation . Depuis près d'un an et demi, les…</t>
+  </si>
+  <si>
+    <t>mar 13/01/2026 - 20:26</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/2026-debutera-le-bloc-dateliers-techniques-sectoriels-du-plan-promotion-dune</t>
+  </si>
+  <si>
+    <t>La révolution intelligente de l'eau : Xinzo de Limia s'engage dans la numérisation de l'irrigation</t>
+  </si>
+  <si>
+    <t>La numérisation de l'agriculture progresse régulièrement, et la Galice ne fait pas exception. La Communauté d'irrigation de la Laguna de Antela, dans la région d'Ourense (district de Limia), a entamé la mise en œuvre de solutions technologiques qui marqueront un tournant dans la gestion de l'eau en agriculture . Ce projet, soutenu par les fonds « Next Generation » de l'Union européenne dans le…</t>
+  </si>
+  <si>
+    <t>lun 12/01/2026 - 16:40</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/la-revolution-intelligente-leau-xinzo-limia-sengage-dans-la-numerisation-lirrigation</t>
+  </si>
+  <si>
+    <t>Innovation et technologie, piliers de la sécurité et de la souveraineté alimentaires dans l'UE</t>
+  </si>
+  <si>
+    <t>Garantir la sécurité et la souveraineté alimentaires de l'Union européenne dans un contexte mondial marqué par l'incertitude géopolitique, climatique et économique est devenu une priorité stratégique. Ce constat a été clairement établi lors de la réunion extraordinaire des ministres de l'Agriculture de l'Union européenne qui s'est tenue à Bruxelles le 7 janvier à l'initiative de la Commission…</t>
+  </si>
+  <si>
+    <t>ven 09/01/2026 - 12:36</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/innovation-et-technologie-piliers-la-securite-et-la-souverainete-alimentaires-dans-lue</t>
+  </si>
+  <si>
+    <t>Le gouvernement galicien intensifie sa coordination avec Xenética Fontao pour améliorer l'élevage galicien.</t>
+  </si>
+  <si>
+    <t>SOURCE : RFEAGAS Les directeurs généraux de l'Élevage, de l'Agriculture et des Industries agroalimentaires, José Balseiros, et du PAC et du Contrôle de la chaîne alimentaire, Juan José Cerviño, ont rencontré à San Caetano des responsables de Xenética Fontao, une entreprise appartenant à la Xunta et chargée de la gestion du Centre d'élevage et de reproduction animale de Galice. Cette réunion a…</t>
+  </si>
+  <si>
+    <t>mer 07/01/2026 - 15:52</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/le-gouvernement-galicien-intensifie-sa-coordination-avec-xenetica-fontao-pour</t>
+  </si>
+  <si>
+    <t>Le gouvernement promeut la connaissance de l'agriculture du carbone grâce à un accord avec l'Association espagnole d'agriculture de conservation des sols vivants.</t>
+  </si>
+  <si>
+    <t>Cet accord prolonge le cadre actuel de collaboration conjointe afin de contribuer à une meilleure compréhension des pratiques d'agriculture de conservation et à leur application plus large dans les écorégions. Elle accordera une attention particulière à la formation des femmes, à la promotion du renouvellement générationnel et au maintien de la population dans les zones rurales. L'accord dispose…</t>
+  </si>
+  <si>
+    <t>mar 23/12/2025 - 13:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/le-gouvernement-promeut-la-connaissance-lagriculture-du-carbone-grace-accord-avec</t>
+  </si>
+  <si>
+    <t>GO LIVLAB-IN : Comment les déjections d’insectes révolutionnent la fertilisation des cultures horticoles</t>
+  </si>
+  <si>
+    <t>C’est sur ce principe que repose le projet GO LIVLAB-IN , une initiative novatrice qui s’appuie sur l’élevage d’insectes et l’économie circulaire comme leviers de transformation de l’agriculture et de l’agro-industrie. LIVLAB-IN propose un modèle novateur qui valorise les sous-produits, les déchets et les résidus végétaux issus de l'élevage d'insectes tout au long de la chaîne alimentaire, depuis…</t>
+  </si>
+  <si>
+    <t>mar 23/12/2025 - 12:51</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/go-livlab-comment-les-dejections-dinsectes-revolutionnent-la-fertilisation-des</t>
+  </si>
+  <si>
+    <t>L’appel à candidatures pour les séjours de recherche et développement est désormais ouvert afin de promouvoir le conseil scientifique au sein de l’Administration, sur des enjeux liés au secteur agroalimentaire et forestier.</t>
+  </si>
+  <si>
+    <t>L’ appel à projets « Séjours R&amp;D » offre une nouvelle opportunité à la communauté scientifique espagnole de contribuer directement à la conception et à l’amélioration des politiques publiques grâce à des conseils scientifiques auprès de l’Administration générale de l’État. Cette initiative novatrice, portée par l’ Office national de conseil scientifique (ONAC) et la Fondation espagnole pour…</t>
+  </si>
+  <si>
+    <t>lun 22/12/2025 - 18:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/lappel-candidatures-pour-les-sejours-recherche-et-developpement-est-desormais-ouvert</t>
+  </si>
+  <si>
+    <t>CITOLIVA offre au secteur de l'huile d'olive l'outil technologique pour transformer ses sous-produits.</t>
+  </si>
+  <si>
+    <t>OLIVEVALUE, financé par la Junta de Andalucía (PAIDI 2020), propose un système novateur qui recommande aux moulins à huile d'olive et aux usines de transformation de marc la meilleure façon de valoriser le marc d'olive, les noyaux, les feuilles et autres déchets des oliveraies. CITOLIVA a mené à bien le projet OLIVEVALUE , une initiative dont le principal résultat est un modèle innovant destiné à…</t>
+  </si>
+  <si>
+    <t>lun 22/12/2025 - 15:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/citoliva-offre-au-secteur-lhuile-dolive-loutil-technologique-pour-transformer-ses-sous</t>
+  </si>
+  <si>
+    <t>Nouvel appel à l'aide pour des conseils sur la numérisation du secteur agroalimentaire et forestier</t>
+  </si>
+  <si>
+    <t>Le conseil se retrouve une fois de plus au cœur de la transformation numérique du secteur agroalimentaire et forestier . Le ministère de l’Agriculture, de la Pêche et de l’Alimentation (MAPA) a lancé un nouvel appel à propositions pour des services de conseil en matière de numérisation , doté d’un budget de 4,7 millions d’euros , dans le cadre du Plan stratégique de la PAC 2023-2027 (PEPAC) . Ce…</t>
+  </si>
+  <si>
+    <t>lun 22/12/2025 - 11:25</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/nouvel-appel-laide-pour-des-conseils-sur-la-numerisation-du-secteur-agroalimentaire-et</t>
+  </si>
+  <si>
+    <t>SmartFarmRani progresse dans la conservation génétique et l'innovation en matière d'élevage à Ávila</t>
+  </si>
+  <si>
+    <t>Le projet SmartFarmRani continue de développer de nouvelles actions dans la province d'Ávila , renforçant son engagement en faveur de l'innovation, de la conservation génétique et de l'amélioration de la durabilité de l'élevage extensif de races locales. Dans le cadre de ces activités, les membres du projet se sont rendus au Conseil provincial d'Ávila pour collecter la semence de deux taureaux…</t>
+  </si>
+  <si>
+    <t>ven 19/12/2025 - 11:41</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/smartfarmrani-progresse-dans-la-conservation-genetique-et-linnovation-matiere-delevage</t>
+  </si>
+  <si>
+    <t>OP BIOTECH promeut des solutions microbiennes pour accroître la tolérance des cultures à la pénurie d'eau.</t>
+  </si>
+  <si>
+    <t>Le projet OP BIOTECH poursuit le développement de stratégies innovantes fondées sur l'utilisation de bactéries bénéfiques pour renforcer la résistance des cultures au stress hydrique. Ce volet de recherche vise à exploiter le potentiel de certains micro-organismes présents dans le sol et la rhizosphère afin d'améliorer le comportement physiologique des plantes en conditions de sécheresse. Dans un…</t>
+  </si>
+  <si>
+    <t>ven 19/12/2025 - 09:56</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/op-biotech-promeut-des-solutions-microbiennes-pour-accroitre-la-tolerance-des-cultures</t>
+  </si>
+  <si>
+    <t>ASH4SOIL a participé à la clôture du projet européen AF4EU</t>
+  </si>
+  <si>
+    <t>Le groupe opérationnel ASH4SOIL , coordonné par FEUGA , a participé le 12 décembre à la réunion régionale du Réseau régional d'innovation en agroforesterie (RAIN) du projet européen AF4EU , dirigé par l'Université de Saint-Jacques-de-Compostelle (USC). Cet événement a conclu trois années de collaboration et de travail conjoint entre des entités de 10 pays européens , dans le but de promouvoir l'…</t>
+  </si>
+  <si>
+    <t>jeu 18/12/2025 - 18:12</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/ash4soil-participe-la-cloture-du-projet-europeen-af4eu</t>
+  </si>
+  <si>
+    <t>Seize chefs de renom participent au repas de charité organisé par Provacuno.</t>
+  </si>
+  <si>
+    <t>Seize chefs, dont plusieurs étoilés au Michelin, ont participé cette année au désormais traditionnel déjeuner caritatif de Noël au profit des personnes les plus démunies de Madrid, organisé par l'Association interprofessionnelle de la viande bovine (PROVACUNO) avec le soutien du maire de la ville, José Luis Martínez-Almeida. Cette initiative, menée depuis quatre ans, a consisté en la préparation…</t>
+  </si>
+  <si>
+    <t>jeu 18/12/2025 - 13:55</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/seize-chefs-renom-participent-au-repas-charite-organise-par-provacuno</t>
+  </si>
+  <si>
+    <t>Un poste de doctorant MSCA en biologie chromosomique a été annoncé dans le cadre du réseau AGILE.</t>
+  </si>
+  <si>
+    <t>Source : Red PlantMicro Le réseau doctoral européen Marie Skłodowska-Curie « AGILE » a lancé un appel à candidatures pour un poste de doctorant débutant au printemps 2026 , axé sur l’analyse comparative de la chromatine dans les chromosomes standard et surnuméraires chez les plantes. Les recherches seront menées à l' IPK de Gatersleben (Allemagne) et porteront sur des aspects clés de la biologie…</t>
+  </si>
+  <si>
+    <t>jeu 18/12/2025 - 13:43</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/poste-doctorant-msca-biologie-chromosomique-ete-annonce-dans-le-cadre-du-reseau-agile</t>
+  </si>
+  <si>
+    <t>Le GO e-LocalHub lance ses premières recettes vidéo pour mettre en valeur les races locales.</t>
+  </si>
+  <si>
+    <t>Le groupe opérationnel e-LocalHub a publié les premières recettes vidéo du projet, une initiative gastronomique visant à rapprocher les produits issus de races locales et de l'élevage extensif traditionnel du consommateur final. Les produits sont élaborés à partir d'ingrédients issus des races participant au projet : porcs ibériques , volailles Castellana Negra , bovins Avileña-Negra Ibérica et…</t>
+  </si>
+  <si>
+    <t>mar 16/12/2025 - 15:13</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/le-go-e-localhub-lance-ses-premieres-recettes-video-pour-mettre-valeur-les-races</t>
+  </si>
+  <si>
+    <t>Les conférences techniques RFEAGAS 2025 renforcent la coordination et l'avenir de la sélection variétale.</t>
+  </si>
+  <si>
+    <t>La conférence technique RFEAGAS 2025 a réuni à Madrid des associations d'éleveurs, des techniciens et des professionnels du secteur dans le but d'analyser et de mettre à jour les principaux défis et opportunités de l'élevage de race pure en Espagne . Le programme abordait, d'un point de vue technique et transversal , des questions clés telles que la santé animale , l'amélioration génétique , la…</t>
+  </si>
+  <si>
+    <t>mar 16/12/2025 - 14:15</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/les-conferences-techniques-rfeagas-2025-renforcent-la-coordination-et-lavenir-la</t>
+  </si>
+  <si>
+    <t>FutureFoodS lance son deuxième appel à projets transnational cofinancé pour accélérer la durabilité alimentaire</t>
+  </si>
+  <si>
+    <t>Le partenariat européen FutureFoodS annonce le lancement de son deuxième appel à propositions transnational cofinancé , destiné à financer des projets de recherche et d'innovation favorisant la transition vers des systèmes alimentaires plus durables, sains, circulaires et transparents . Cet appel invite les chercheurs, les centres technologiques, les universités, les administrations publiques,…</t>
+  </si>
+  <si>
+    <t>ven 12/12/2025 - 16:12</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/futurefoods-lance-son-deuxieme-appel-projets-transnational-cofinance-pour-accelerer-la</t>
+  </si>
+  <si>
+    <t>CDTI Innovation financera la participation espagnole au troisième appel à projets du partenariat européen pour l'agroécologie</t>
+  </si>
+  <si>
+    <t>Le Centre pour le développement des technologies et de l'innovation (CDTI Innovación) a annoncé qu'il financera la participation d'entités espagnoles au troisième appel à propositions cofinancé du Partenariat européen pour l'agroécologie , récemment lancé sous le titre « Favoriser la diversité génétique végétale et animale et donner aux agriculteurs les moyens d'accélérer la transition…</t>
+  </si>
+  <si>
+    <t>ven 12/12/2025 - 15:10</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/cdti-innovation-financera-la-participation-espagnole-au-troisieme-appel-projets-du</t>
+  </si>
+  <si>
+    <t>CONAFE participe à sept communications scientifiques présentées au Congrès mondial de génétique appliquée à la production animale de 2026.</t>
+  </si>
+  <si>
+    <t>La Confédération des associations frisonnes espagnoles (CONAFE) collabore à plusieurs travaux scientifiques qui ont été présentés au Congrès mondial de génétique appliquée à la production animale (WCGALP 2026) , qui se tiendra du 12 au 17 juillet 2026 à Madison (Wisconsin, États-Unis) . Le WCGALP est le principal forum international sur l'amélioration génétique animale , réunissant tous les…</t>
+  </si>
+  <si>
+    <t>mer 10/12/2025 - 16:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/conafe-participe-sept-communications-scientifiques-presentees-au-congres-mondial</t>
+  </si>
+  <si>
+    <t>L’enregistrement du séminaire « R&amp;D&amp;I : Solutions numériques pour une viticulture durable » auquel GO PRERIVID a participé est disponible sur YouTube.</t>
+  </si>
+  <si>
+    <t>Source : GO PREVID Le 28 octobre , s'est tenu le séminaire en ligne gratuit « R&amp;D&amp;I : Solutions numériques pour une viticulture durable », organisé par la Wine Technology Platform (PTV) en collaboration avec l'Organisation interprofessionnelle espagnole du vin (OIVE) et AgroBank . Dans ce contexte, Débora Franco, directrice de Monet Viticultura, a présenté les progrès du Groupe…</t>
+  </si>
+  <si>
+    <t>mar 09/12/2025 - 10:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/lenregistrement-du-seminaire-rdi-solutions-numeriques-pour-une-viticulture-durable</t>
   </si>
   <si>
     <t>Groupes opérationnels : Innovation agroalimentaire dans la lutte contre la peste porcine africaine</t>
   </si>
   <si>
     <t>La politique agricole commune (PAC) a favorisé la création de nombreux groupes opérationnels d'innovation ces dernières années, œuvrant à l'amélioration de la santé et du bien-être animal dans le secteur de l'élevage. Ces initiatives, financées par des fonds européens et développées conjointement par des agriculteurs, des chercheurs, des organismes gouvernementaux et des entreprises, partagent un…</t>
   </si>
   <si>
     <t>ven 05/12/2025 - 21:14</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/groupes-operationnels-innovation-agroalimentaire-dans-la-lutte-contre-la-peste-porcine</t>
   </si>
   <si>
     <t>GO CONTROL organise une réunion technique à Valence pour évaluer les progrès des pilotes.</t>
   </si>
   <si>
     <t>GO CONTROL a tenu une réunion technique dans la ville de Valence dans le but d'analyser en détail l'état de développement et le degré d'avancement des projets pilotes actuellement mis en œuvre dans la Communauté valencienne et en Castille-et-León . La réunion a rassemblé les équipes techniques chargées de la mise en œuvre des projets pilotes dans les deux régions , constituant ainsi un forum…</t>
   </si>
   <si>
     <t>ven 05/12/2025 - 10:53</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/go-control-organise-une-reunion-technique-valence-pour-evaluer-les-progres-des-pilotes</t>
   </si>
@@ -4748,59 +5144,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D383"/>
+  <dimension ref="A1:D416"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D383"/>
+      <selection activeCell="A1" sqref="A1:D416"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="249.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="264.078" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="473.027" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
@@ -6292,513 +6688,513 @@
       <c r="C108" s="1" t="s">
         <v>430</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
         <v>432</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>434</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B110" s="1"/>
+      <c r="B110" s="1" t="s">
+        <v>437</v>
+      </c>
       <c r="C110" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
-        <v>567</v>
-[...1 lines deleted...]
-      <c r="B143" s="1" t="s">
         <v>568</v>
       </c>
+      <c r="B143" s="1"/>
       <c r="C143" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>571</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>575</v>
       </c>
@@ -8758,1412 +9154,1874 @@
         <v>1134</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="1" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="1" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="1" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="1" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1183</v>
+        <v>1189</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="1" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="1" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="1" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="1" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="1" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="1" t="s">
-        <v>1205</v>
+        <v>1211</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1206</v>
+        <v>1212</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="1" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1207</v>
+        <v>1217</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="1" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1207</v>
+        <v>1221</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>1214</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="1" t="s">
-        <v>1215</v>
+        <v>1223</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1207</v>
+        <v>1225</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="1" t="s">
-        <v>1218</v>
+        <v>1227</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1219</v>
+        <v>1228</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1207</v>
+        <v>1229</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>1220</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="1" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>1224</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="1" t="s">
-        <v>1225</v>
+        <v>1235</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1226</v>
+        <v>1236</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1223</v>
+        <v>1237</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>1227</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="1" t="s">
-        <v>1228</v>
+        <v>1239</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1229</v>
+        <v>1240</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1223</v>
+        <v>1241</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>1230</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="1" t="s">
-        <v>1231</v>
+        <v>1243</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1232</v>
+        <v>1244</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1223</v>
+        <v>1245</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>1233</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="1" t="s">
-        <v>1234</v>
+        <v>1247</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1235</v>
+        <v>1248</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1223</v>
+        <v>1249</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>1236</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="1" t="s">
-        <v>1237</v>
+        <v>1251</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1238</v>
+        <v>1252</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1223</v>
+        <v>1253</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>1239</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="1" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1223</v>
+        <v>1257</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>1242</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="1" t="s">
-        <v>1243</v>
+        <v>1259</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1244</v>
+        <v>1260</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1223</v>
+        <v>1261</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>1245</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="1" t="s">
-        <v>1246</v>
+        <v>1263</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1247</v>
+        <v>1264</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1223</v>
+        <v>1265</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>1248</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
-        <v>1249</v>
+        <v>1267</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1250</v>
+        <v>1268</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>1251</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
-        <v>1252</v>
+        <v>1271</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1253</v>
+        <v>1272</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1254</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>1255</v>
+        <v>1274</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1256</v>
+        <v>1275</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>1257</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>1258</v>
+        <v>1277</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1259</v>
+        <v>1278</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1223</v>
+        <v>1279</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>1260</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>1261</v>
+        <v>1281</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1262</v>
+        <v>1282</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1223</v>
+        <v>1279</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1263</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>1264</v>
+        <v>1284</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1265</v>
+        <v>1285</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1223</v>
+        <v>1279</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1266</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>1267</v>
+        <v>1287</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1268</v>
+        <v>1288</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1223</v>
+        <v>1289</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1269</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>1270</v>
+        <v>1291</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1271</v>
+        <v>1292</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1223</v>
+        <v>1293</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1272</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>1273</v>
+        <v>1295</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1274</v>
+        <v>1296</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1223</v>
+        <v>1293</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1275</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>1276</v>
+        <v>1298</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1277</v>
+        <v>1299</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1223</v>
+        <v>1293</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1278</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>1279</v>
+        <v>1301</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1280</v>
+        <v>1302</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1223</v>
+        <v>1303</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1281</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>1282</v>
+        <v>1305</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1283</v>
+        <v>1306</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1223</v>
+        <v>1307</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1284</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>1285</v>
+        <v>1309</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1286</v>
+        <v>1310</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1223</v>
+        <v>1311</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1287</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>1288</v>
+        <v>1313</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1289</v>
+        <v>1314</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1223</v>
+        <v>1315</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1290</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>1291</v>
+        <v>1317</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1292</v>
+        <v>1318</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1223</v>
+        <v>1319</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1293</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>1294</v>
+        <v>1321</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1295</v>
+        <v>1322</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1223</v>
+        <v>1323</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1296</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>1297</v>
+        <v>1325</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1298</v>
+        <v>1326</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1223</v>
+        <v>1327</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1299</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>1300</v>
+        <v>1329</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1301</v>
+        <v>1330</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1223</v>
+        <v>1331</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1302</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>1303</v>
+        <v>1333</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1304</v>
+        <v>1334</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1223</v>
+        <v>1335</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1305</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1306</v>
+        <v>1337</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1307</v>
+        <v>1338</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1308</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1309</v>
+        <v>1341</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1310</v>
+        <v>1342</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1311</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1312</v>
+        <v>1344</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1313</v>
+        <v>1345</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1314</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1315</v>
+        <v>1347</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1316</v>
+        <v>1348</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1317</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1318</v>
+        <v>1350</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1319</v>
+        <v>1351</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1320</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1321</v>
+        <v>1353</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1322</v>
+        <v>1354</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1323</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1324</v>
+        <v>1357</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1325</v>
+        <v>1358</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1326</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1327</v>
+        <v>1360</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1328</v>
+        <v>1361</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1329</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1330</v>
+        <v>1363</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1331</v>
+        <v>1364</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1332</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1333</v>
+        <v>1366</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1334</v>
+        <v>1367</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1335</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1336</v>
+        <v>1369</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1337</v>
+        <v>1370</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1338</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1339</v>
+        <v>1372</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1340</v>
+        <v>1373</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1341</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1342</v>
+        <v>1375</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1343</v>
+        <v>1376</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1344</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1345</v>
+        <v>1378</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1346</v>
+        <v>1379</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1347</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1348</v>
+        <v>1381</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1349</v>
+        <v>1382</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1350</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1351</v>
+        <v>1384</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1352</v>
+        <v>1385</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1353</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1354</v>
+        <v>1387</v>
       </c>
       <c r="B353" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C353" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="C353" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D353" s="1" t="s">
-        <v>1357</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1358</v>
+        <v>1390</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1359</v>
+        <v>1391</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1360</v>
+        <v>1355</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1361</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1362</v>
+        <v>1393</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1363</v>
+        <v>1394</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1364</v>
+        <v>1355</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1365</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1366</v>
+        <v>1396</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1367</v>
+        <v>1397</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1368</v>
+        <v>1355</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1369</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1370</v>
+        <v>1399</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1371</v>
+        <v>1400</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1372</v>
+        <v>1355</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1373</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1374</v>
+        <v>1402</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1375</v>
+        <v>1403</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1376</v>
+        <v>1355</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1377</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1378</v>
+        <v>1405</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1379</v>
+        <v>1406</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1380</v>
+        <v>1355</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1381</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1382</v>
+        <v>1408</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1383</v>
+        <v>1409</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1384</v>
+        <v>1355</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1385</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1386</v>
+        <v>1411</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1387</v>
+        <v>1412</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1388</v>
+        <v>1355</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1389</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1390</v>
+        <v>1414</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1391</v>
+        <v>1415</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1392</v>
+        <v>1355</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1393</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1394</v>
+        <v>1417</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1395</v>
+        <v>1418</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1396</v>
+        <v>1355</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1397</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1398</v>
+        <v>1420</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1399</v>
+        <v>1421</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1401</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1402</v>
+        <v>1423</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1403</v>
+        <v>1424</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1404</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1405</v>
+        <v>1426</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1406</v>
+        <v>1427</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1407</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1408</v>
+        <v>1429</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1409</v>
+        <v>1430</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1410</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1411</v>
+        <v>1432</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1412</v>
+        <v>1433</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1413</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1414</v>
+        <v>1435</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1415</v>
+        <v>1436</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1416</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1417</v>
+        <v>1438</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1418</v>
+        <v>1439</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1419</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1420</v>
+        <v>1441</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1421</v>
+        <v>1442</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1423</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1424</v>
+        <v>1444</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1425</v>
+        <v>1445</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1426</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1427</v>
+        <v>1447</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1428</v>
+        <v>1448</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1429</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1430</v>
+        <v>1450</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1431</v>
+        <v>1451</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1432</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1433</v>
+        <v>1453</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1434</v>
+        <v>1454</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1435</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1436</v>
+        <v>1456</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1437</v>
+        <v>1457</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1438</v>
+        <v>1355</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1439</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1440</v>
+        <v>1459</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1441</v>
+        <v>1460</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1443</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1444</v>
+        <v>1462</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1445</v>
+        <v>1463</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1446</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1447</v>
+        <v>1465</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1448</v>
+        <v>1466</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1449</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1450</v>
+        <v>1468</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1451</v>
+        <v>1469</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1452</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1453</v>
+        <v>1471</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1454</v>
+        <v>1472</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1455</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1456</v>
+        <v>1474</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1457</v>
+        <v>1475</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1458</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1459</v>
+        <v>1477</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1460</v>
+        <v>1478</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1461</v>
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>1593</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>