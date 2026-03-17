--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -12,64 +12,328 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Noticias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1594">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1702">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Fecha de publicación</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
+    <t>Le gouvernement régional andalou a inauguré le nouveau Bureau régional agricole (OCA) de Ronda.</t>
+  </si>
+  <si>
+    <t>Le gouvernement régional d'Andalousie a inauguré le nouveau Bureau agricole du district de Ronda (OCA) , un projet d'infrastructure représentant un investissement de 1,7 million d'euros , financé en grande partie par le Fonds européen agricole pour le développement rural (FEADER ). Ce nouveau bâtiment remplace d'anciens locaux devenus insuffisants pour desservir les plus de 5 000 exploitations…</t>
+  </si>
+  <si>
+    <t>jeu 12/03/2026 - 09:54</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/le-gouvernement-regional-andalou-inaugure-le-nouveau-bureau-regional-agricole-oca</t>
+  </si>
+  <si>
+    <t>Le projet MujerForest forme les femmes rurales à l'emploi vert</t>
+  </si>
+  <si>
+    <t>MujerForest est un projet gratuit de formation verte et d'employabilité destiné principalement aux femmes des zones rurales de la Sierra Morena à Séville , dans le cadre de la bioéconomie et de la gestion durable des forêts. Il est cofinancé à 85 % par le Fonds social européen Plus (FSE+) , dans le cadre de l’ appel à projets 2024 du programme Empleaverde+ , géré par la Fondation pour la…</t>
+  </si>
+  <si>
+    <t>lun 09/03/2026 - 12:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/le-projet-mujerforest-forme-les-femmes-rurales-lemploi-vert</t>
+  </si>
+  <si>
+    <t>Le Conseil approuve la création de l'Académie andalouse d'agriculture</t>
+  </si>
+  <si>
+    <t>Source : Gouvernement régional d'Andalousie Cette entité sera basée à Almería et aura pour mission de promouvoir la recherche, l'innovation et le transfert de connaissances dans le secteur agricole. Le Conseil d’État a approuvé le décret portant création de l’Académie andalouse d’agriculture, dont le siège se trouvera au Parc scientifique et technologique d’Almería (PITA), et son intégration à l’…</t>
+  </si>
+  <si>
+    <t>lun 09/03/2026 - 12:49</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/le-conseil-approuve-la-creation-lacademie-andalouse-dagriculture</t>
+  </si>
+  <si>
+    <t>CIDAF et quatre projets d'innovation circulaire : des déchets agroalimentaires aux bio-intrants et ingrédients fonctionnels</t>
+  </si>
+  <si>
+    <t>La bioéconomie circulaire ouvre de nouvelles perspectives au secteur agroalimentaire pour transformer les sous-produits et les ressources naturelles en solutions à haute valeur ajoutée : biostimulants, ingrédients fonctionnels, aliments pour animaux plus performants et alternatives naturelles pour améliorer la santé et la productivité des cultures. Quatre projets collaboratifs, avec une…</t>
+  </si>
+  <si>
+    <t>lun 02/03/2026 - 18:21</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/cidaf-et-quatre-projets-dinnovation-circulaire-des-dechets-agroalimentaires-aux-bio</t>
+  </si>
+  <si>
+    <t>CTAEX favorise le transfert de connaissances et la collaboration lors de Transfiere 2026</t>
+  </si>
+  <si>
+    <t>Le Centre national de technologie agroalimentaire d'Estrémadure (CTAEX) a participé à Transfiere , le Forum européen de la science, de la technologie et de l'innovation , dans le but de renforcer le transfert de connaissances et d'ouvrir de nouvelles perspectives de coopération dans le secteur agroalimentaire. L'événement s'est tenu du 24 au 26 février 2016 au Parc des expositions et des congrès…</t>
+  </si>
+  <si>
+    <t>lun 02/03/2026 - 16:05</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/ctaex-favorise-le-transfert-connaissances-et-la-collaboration-lors-transfiere-2026</t>
+  </si>
+  <si>
+    <t>Les séminaires CITOLIVA débutent en mars à Cordoue : six journées techniques pour dynamiser l’avenir des oliveraies.</t>
+  </si>
+  <si>
+    <t>Cordoue sera le point de départ des séminaires CITOLIVA , une proposition de formation en présentiel qui relie la science, la pratique et le territoire pour relever les grands défis du secteur de l'huile d'olive : le changement climatique, la rareté des ressources et la demande croissante de qualité . Sous la devise « Faites partie du réseau de connaissances qui transforme l’oliveraie » ,…</t>
+  </si>
+  <si>
+    <t>jeu 26/02/2026 - 21:21</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/les-seminaires-citoliva-debutent-mars-cordoue-six-journees-techniques-pour-dynamiser</t>
+  </si>
+  <si>
+    <t>Besemoslatierra rassemble des guides et des solutions innovantes pour améliorer la santé des sols</t>
+  </si>
+  <si>
+    <t>Le numéro de février de la lettre d'information de Besemoslatierra propose un contenu particulièrement pertinent pour les professionnels du secteur primaire, les consultants, les techniciens et les acteurs de l'innovation agricole. Dans un contexte où la durabilité et la productivité dépendent de plus en plus d'une gestion saine des sols, ce numéro rassemble des ressources pratiques et des…</t>
+  </si>
+  <si>
+    <t>jeu 26/02/2026 - 18:40</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/besemoslatierra-rassemble-des-guides-et-des-solutions-innovantes-pour-ameliorer-la</t>
+  </si>
+  <si>
+    <t>Luis Planas place l'innovation et la numérisation au cœur du leadership agroalimentaire espagnol</t>
+  </si>
+  <si>
+    <t>Le ministre défend l'engagement du gouvernement en faveur de la modernisation technologique, élément clé pour renforcer la compétitivité et la durabilité du secteur dans un contexte international complexe. Elle souligne que l'Espagne est une puissance agroalimentaire et que la Stratégie nationale alimentaire et le Plan international de la gastronomie constituent une feuille de route pour garantir…</t>
+  </si>
+  <si>
+    <t>mer 25/02/2026 - 18:44</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/luis-planas-place-linnovation-et-la-numerisation-au-coeur-du-leadership</t>
+  </si>
+  <si>
+    <t>CNTA lance la sixième édition de Food (Tech)² Challengers et ouvre les candidatures jusqu'au 13 mars.</t>
+  </si>
+  <si>
+    <t>Le Centre national pour la technologie et la sécurité alimentaires (CNTA) a ouvert la période de candidature pour participer à la 6e édition de Food (Tech)² Challengers , un programme de promotion technologique financé par le ministère de l'Agriculture, de la Pêche et de l'Alimentation (MAPA) et visant à accélérer le développement et la compétitivité des startups espagnoles de la foodtech , en…</t>
+  </si>
+  <si>
+    <t>ven 20/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/cnta-lance-la-sixieme-edition-food-tech2-challengers-et-ouvre-les-candidatures-jusquau</t>
+  </si>
+  <si>
+    <t>Un nouvel appel à candidatures pour le « Défi numérique rural » est désormais ouvert, offrant une formation gratuite pour promouvoir l'inclusion numérique dans les zones rurales.</t>
+  </si>
+  <si>
+    <t>La Fondation UNED a ouvert une nouvelle période d'inscription pour le programme Rural Digital Challenge – « Inclusion numérique en milieu rural : un progrès social », un programme de formation numérique gratuit destiné aux habitants des zones rurales et des communautés peu peuplées. Le 6e appel à candidatures sera ouvert du 9 au 27 mars 2026 . Ce projet est subventionné par l’Union européenne –…</t>
+  </si>
+  <si>
+    <t>mer 18/02/2026 - 16:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/nouvel-appel-candidatures-pour-le-defi-numerique-rural-est-desormais-ouvert-offrant</t>
+  </si>
+  <si>
+    <t>EDIH Madrid Region 2.0 entame sa nouvelle phase avec la réunion de lancement à la Fondation madri+d</t>
+  </si>
+  <si>
+    <t>Le siège de la Fondation madri+d Knowledge a accueilli la réunion de lancement d' EDIH Madrid Region 2.0 le 20 janvier 2026 , une étape marquant officiellement le début de la nouvelle phase du Pôle européen d'innovation numérique de la Communauté de Madrid. Cet événement a réuni les partenaires du consortium et des représentants institutionnels afin de renforcer la collaboration, de partager les…</t>
+  </si>
+  <si>
+    <t>mar 17/02/2026 - 11:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/edih-madrid-region-20-entame-sa-nouvelle-phase-avec-la-reunion-lancement-la-fondation</t>
+  </si>
+  <si>
+    <t>Castillo de Canena sera la première oliveraie espagnole à confier la lutte antiparasitaire à des insectes bénéfiques.</t>
+  </si>
+  <si>
+    <t>Cette initiative, promue par CITOLIVA à travers son service AGRO·LIVE Natural Allies, permettra de réduire l’utilisation de pesticides et de renforcer l’équilibre naturel des cultures. Dans les oliveraies de Castillo de Canena, ce ne seront plus seulement les techniciens et les tracteurs qui œuvreront. Dès cette saison, les insectes entreront aussi en action. Petits, discrets et presque…</t>
+  </si>
+  <si>
+    <t>mar 17/02/2026 - 10:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/castillo-canena-sera-la-premiere-oliveraie-espagnole-confier-la-lutte-antiparasitaire</t>
+  </si>
+  <si>
+    <t>Le bureau du Congrès C inclut des questions agricoles intéressantes dans son vote public pour l'un de ses trois prochains rapports.</t>
+  </si>
+  <si>
+    <t>Le Congrès des députés espagnols a ouvert un vote public permettant aux citoyens de choisir le sujet de l'un des trois « rapports C » que le Bureau des sciences et technologies (Bureau C) préparera et présentera en 2026. La participation est ouverte jusqu'au 23 février 2026 . Le vote porte sur une liste restreinte de 20 sujets , établie par le Bureau C ( Bureau du Congrès pour la science et la…</t>
+  </si>
+  <si>
+    <t>lun 16/02/2026 - 17:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/le-bureau-du-congres-c-inclut-des-questions-agricoles-interessantes-dans-son-vote</t>
+  </si>
+  <si>
+    <t>GO VOLTAGRO participera en tant qu'intervenant à la conférence technique CIES 2026 sur l'agrivoltaïsme.</t>
+  </si>
+  <si>
+    <t>Le groupe opérationnel VOLTAGRO participera en tant qu'orateur à la conférence technique « Agrivoltaïque : l'énergie solaire au-delà du kilowattheure » , un événement organisé dans le cadre des activités parallèles ouvertes au XXe Congrès ibérique et au XVIe Congrès ibéro-américain de l'énergie solaire (CIES 2026) , organisés par CIESOL et AEDES . L’événement se tiendra le 25 mars 2026 , de 9h30…</t>
+  </si>
+  <si>
+    <t>jeu 12/02/2026 - 11:08</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/go-voltagro-participera-tant-quintervenant-la-conference-technique-cies-2026-sur</t>
+  </si>
+  <si>
+    <t>Cajamar Innova Agrotech lance un nouvel appel à projets technologiques pour accélérer le développement de solutions innovantes dans le secteur agroalimentaire.</t>
+  </si>
+  <si>
+    <t>Cajamar Innova Agrotech a lancé une nouvelle édition de ses Défis Technologiques , un appel à candidatures destiné aux startups, aux entreprises technologiques, aux groupes de recherche et aux équipes innovantes qui souhaitent développer des outils et des applications visant à répondre aux besoins réels du secteur agroalimentaire . Cette initiative s'inscrit dans le cadre du projet Andalucía…</t>
+  </si>
+  <si>
+    <t>mer 11/02/2026 - 12:07</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/cajamar-innova-agrotech-lance-nouvel-appel-projets-technologiques-pour-accelerer-le</t>
+  </si>
+  <si>
+    <t>Près de 830 000 euros pour rapprocher l’agriculture de demain : le canal de Villadangos favorise sa transformation hydraulique grâce au projet PERTE.</t>
+  </si>
+  <si>
+    <t>Grâce à l'un des plus importants investissements PERTE de la province, la communauté d'irrigation du canal de Villadangos numérise 7 000 hectares afin d'atteindre une efficacité et une autonomie technologique maximales. La Communauté d'irrigation du canal de Villadangos a lancé son projet de numérisation global. Avec 6 000 hectares de cultures (maïs, céréales, betteraves sucrières, etc.) et l'…</t>
+  </si>
+  <si>
+    <t>mar 10/02/2026 - 18:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/pres-830-000-euros-pour-rapprocher-lagriculture-demain-le-canal-villadangos-favorise</t>
+  </si>
+  <si>
+    <t>GO FOTOPUR présentera ses progrès lors de deux journées techniques consacrées à l'innovation, à l'énergie et aux émissions dans l'élevage porcin.</t>
+  </si>
+  <si>
+    <t>Le groupe opérationnel GO FOTOPUR participera en février à deux événements majeurs axés sur l'innovation et l'amélioration de l'efficacité et de la durabilité de la filière porcine. Ces événements, qui se tiendront à Saragosse et à Tauste , seront l'occasion de partager des connaissances, d'échanger des expériences avec des professionnels du secteur et de mieux faire connaître les travaux menés…</t>
+  </si>
+  <si>
+    <t>mar 10/02/2026 - 12:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/go-fotopur-presentera-ses-progres-lors-deux-journees-techniques-consacrees-linnovation</t>
+  </si>
+  <si>
+    <t>Des chercheurs de l'INMA mettent au point un nouveau capteur rapide pour détecter les bactéries dangereuses dans les aliments, telles que la salmonelle ou la listeria.</t>
+  </si>
+  <si>
+    <t>Source : REFEAGAS L'étude, qui utilise des cristaux liquides qui « s'illuminent » lorsqu'ils détectent un agent pathogène, a été publiée dans la prestigieuse revue Journal of the American Chemical Society et ouvre la voie à la recherche de solutions efficaces et rapides pour prévenir les épidémies. Une équipe de chercheurs de l'INMA, un institut commun du Conseil national espagnol de la recherche…</t>
+  </si>
+  <si>
+    <t>ven 06/02/2026 - 14:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/des-chercheurs-linma-mettent-au-point-nouveau-capteur-rapide-pour-detecter-les</t>
+  </si>
+  <si>
+    <t>Un rapport préliminaire sur le baromètre de durabilité du secteur vitivinicole espagnol a été présenté.</t>
+  </si>
+  <si>
+    <t>Cajamar Caja Rural et la Fédération Espagnole des Vins (FEV) ont présenté à la Barcelona Wine Week un aperçu du Baromètre de la Durabilité pour le secteur viticole espagnol , un outil lié au label « Domaines Vinicoles Durables pour la Protection du Climat » (promu par la FEV et comptant plus de 148 domaines certifiés ). Ce baromètre offrira un aperçu des performances des domaines viticoles selon…</t>
+  </si>
+  <si>
+    <t>ven 06/02/2026 - 14:16</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/rapport-preliminaire-sur-le-barometre-durabilite-du-secteur-vitivinicole-espagnol-ete</t>
+  </si>
+  <si>
+    <t>Le réseau PAC de l'UE lance un appel à participation pour les visites croisées de 2026</t>
+  </si>
+  <si>
+    <t>Le réseau PAC de l'UE lance un appel à manifestation d'intérêt pour participer aux visites croisées de 2026 , une série de visites visant à stimuler l'innovation, le partage des connaissances et la mise en réseau dans le cadre du PEI-AGRI . La date limite de dépôt des candidatures est le 20 février 2026 à 23h59 (heure d'Europe centrale) . Trois thèmes pour les visites croisées de 2026 Les visites…</t>
+  </si>
+  <si>
+    <t>ven 30/01/2026 - 19:20</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/le-reseau-pac-lue-lance-appel-participation-pour-les-visites-croisees-2026</t>
+  </si>
+  <si>
+    <t>GO INGNUTS promeut la durabilité des amandes au CICYTEX</t>
+  </si>
+  <si>
+    <t>Source : GO INGNUTS En décembre dernier, la conférence technique CICYTEX Extremadura sur l'agronomie, intitulée « Agrotechnologie et durabilité : un nouvel élan pour l'agriculture d'Estrémadure », s'est tenue dans les locaux de la coopérative COFRUIT à Mérida. La deuxième présentation portait sur le projet « GO_INGNUTS » : « Utilisation de l'agriculture de précision, de la biodiversité et de la…</t>
+  </si>
+  <si>
+    <t>ven 30/01/2026 - 17:55</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/go-ingnuts-promeut-la-durabilite-des-amandes-au-cicytex</t>
+  </si>
+  <si>
+    <t>Le troisième appel à propositions cofinancé par l'Association européenne AGROECOLOGY se clôture le 18 février.</t>
+  </si>
+  <si>
+    <t>L’association européenne AGROECOLOGY a officiellement ouvert le 3e appel à projets de recherche et d’innovation cofinancés , sous la devise « Promouvoir la diversité génétique végétale et animale et donner aux agriculteurs les moyens d’accélérer la transition agroécologique » . Cet appel à projets se concentre sur deux piliers clés de la transition agroécologique : la dimension génétique et la…</t>
+  </si>
+  <si>
+    <t>mer 28/01/2026 - 14:56</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/le-troisieme-appel-propositions-cofinance-par-lassociation-europeenne-agroecology-se</t>
+  </si>
+  <si>
     <t>Progrès dans l'analyse du bois et les études des sols par le groupe opérationnel Conifères+</t>
   </si>
   <si>
     <t>Le groupe opérationnel Conifères+ poursuit ses efforts de recherche et de collecte de données, et franchit des étapes importantes dans l' analyse de la qualité structurale du bois sur pied et dans l'échantillonnage des sols afin d'identifier des solutions de remplacement pour les conifères malades . Ces avancées renforcent les fondements scientifiques du projet et fournissent des informations…</t>
   </si>
   <si>
     <t>mer 28/01/2026 - 12:06</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/progres-dans-lanalyse-du-bois-et-les-etudes-des-sols-par-le-groupe-operationnel</t>
   </si>
   <si>
     <t>Conférence CDTI « Entre deux programmes, Horizon Europe »</t>
   </si>
   <si>
     <t>Le CDTI organise la treizième édition de la Conférence du Programme-cadre de l'Union européenne pour la recherche et l'innovation (PC) en Espagne, sous le thème « Entre deux programmes, Horizon Europe », qui se tiendra… 16 juin au Palau de Congressos de Catalunya (Barcelone). Cet événement sera organisé en collaboration avec le ministère de la Science, de l'Innovation et des Universités, la…</t>
   </si>
   <si>
     <t>mer 28/01/2026 - 11:19</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/conference-cdti-entre-deux-programmes-horizon-europe</t>
   </si>
   <si>
     <t>APP-TRI : échantillonnage foliaire du blé pour « lire » la parcelle et affiner la prévision de récolte</t>
@@ -86,50 +350,62 @@
   <si>
     <t>Une enquête sur la numérisation et l'utilisation des données dans le tourisme rural est actuellement ouverte.</t>
   </si>
   <si>
     <t>Le projet Data4Rural a lancé une enquête auprès des acteurs du tourisme rural afin de déterminer leur niveau de numérisation, leurs pratiques actuelles en matière de données et leurs principaux besoins en formation . Les résultats serviront à concevoir des outils pratiques, des programmes de formation et des services d'accompagnement adaptés aux besoins spécifiques des organisations rurales. Le…</t>
   </si>
   <si>
     <t>ven 23/01/2026 - 13:20</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/une-enquete-sur-la-numerisation-et-lutilisation-des-donnees-dans-le-tourisme-rural-est</t>
   </si>
   <si>
     <t>L'importance de l'élevage bovin pour la santé, débattue lors d'une nouvelle session du campus de Provacuno</t>
   </si>
   <si>
     <t>Durant la journée, Juan Pascual, vétérinaire, communicateur scientifique et vice-président d'AnimalhealthEurope, a abordé d'un point de vue scientifique et technique le rôle des bovins dans le développement durable, la nutrition et la santé humaine. Le campus de Provacuno s'impose comme une ressource de premier plan pour les étudiants universitaires intéressés par l'élevage bovin. Sa dernière…</t>
   </si>
   <si>
     <t>ven 23/01/2026 - 12:59</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/limportance-lelevage-bovin-pour-la-sante-debattue-lors-dune-nouvelle-session-du-campus</t>
   </si>
   <si>
+    <t>Progrès de GO FOTOPUR : le photovoltaïque flottant pour réduire les émissions dans les lagunes à boues</t>
+  </si>
+  <si>
+    <t>Le groupe opérationnel FOTOPUR progresse dans le développement et la validation de solutions innovantes basées sur le photovoltaïque flottant pour réduire les émissions polluantes des bassins de stockage de lisier dans les élevages porcins, tout en produisant de l'énergie renouvelable pour l'autoconsommation . Ce projet, axé sur le photovoltaïque sur des plateformes flottantes en suspension ,…</t>
+  </si>
+  <si>
+    <t>jeu 22/01/2026 - 17:17</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/progres-go-fotopur-le-photovoltaique-flottant-pour-reduire-les-emissions-dans-les</t>
+  </si>
+  <si>
     <t>Il est désormais possible de participer à la conférence du réseau PAC de l'UE sur la résilience de l'eau dans l'agriculture sans avoir à se soucier de l'eau.</t>
   </si>
   <si>
     <t>Le réseau PAC de l’UE a lancé un appel à manifestation d’intérêt pour participer à la conférence « Résilience de l’eau dans l’agriculture : l’innovation en pratique » , une réunion européenne axée sur l’innovation, l’échange de connaissances et l’approche EIP-AGRI . La date limite pour soumettre les candidatures afin de participer à cette réunion, qui se tiendra à Hambourg, en Allemagne, du 19 au…</t>
   </si>
   <si>
     <t>mer 21/01/2026 - 22:44</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/il-est-desormais-possible-participer-la-conference-du-reseau-pac-lue-sur-la-resilience</t>
   </si>
   <si>
     <t>L’appel à propositions pour les subventions CDTI dans le cadre du programme « Écosystèmes d’innovation et de transfert 2025 » reste ouvert jusqu’au 12 février.</t>
   </si>
   <si>
     <t>L’appel à candidatures pour les écosystèmes d’innovation et de transfert 2025 reste ouvert jusqu’au 12 février 2026 , dans le but de renforcer les écosystèmes interrégionaux axés sur le transfert, la diffusion et la valorisation des connaissances , conformément à l’approche des Systèmes de connaissances et d’innovation agricoles (AKIS) . Cette action vise à encourager des modèles collaboratifs et…</t>
   </si>
   <si>
     <t>mar 20/01/2026 - 17:45</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/lappel-propositions-pour-les-subventions-cdti-dans-le-cadre-du-programme-ecosystemes</t>
   </si>
   <si>
     <t>SECUESVAC progresse dans le calcul de la séquestration du carbone organique dans les sols agricoles</t>
@@ -170,50 +446,86 @@
   <si>
     <t>Évolution du projet GO Olivebiome</t>
   </si>
   <si>
     <t>Le projet GO Olivebiome , coordonné techniquement par Maslina , progresse fortement vers la validation industrielle de solutions probiotiques durables pour l'alimentation animale, grâce à l'intégration complète d' AINIA . Les dernières avancées se concentrent sur trois étapes clés : Optimisation des cultures : AINIA compare la croissance des probiotiques en milieu MRS et en lactosérum, afin d’…</t>
   </si>
   <si>
     <t>ven 16/01/2026 - 11:06</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/evolution-du-projet-go-olivebiome</t>
   </si>
   <si>
     <t>Lancement de la campagne « Parcours des conseillers en alimentation locale 2026 » : une feuille de route européenne pour renforcer les conseils sur les circuits courts.</t>
   </si>
   <si>
     <t>L’initiative EU 4Advice et COREnet , « Parcours des conseillers en alimentation locale 2026 », a été créée dans le but de mettre en avant le Réseau européen de conseillers sur les circuits courts alimentaires (EAN-SFSC) et, en même temps, d’impliquer activement les conseillers dans sa construction et son amélioration continue . Cette initiative se veut une feuille de route flexible et évolutive…</t>
   </si>
   <si>
     <t>jeu 15/01/2026 - 13:07</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/lancement-la-campagne-parcours-des-conseillers-alimentation-locale-2026-une-feuille</t>
   </si>
   <si>
+    <t>L'irrigation intelligente comme objectif de durabilité pour les campagnes de la région du Páramo Medio</t>
+  </si>
+  <si>
+    <t>La communauté léonaise met en œuvre les premières solutions numériques pour contrôler et optimiser l'utilisation de l'eau dans l'une des zones les plus dépendantes du réservoir de Barrios de Luna. La Communauté d'irrigation du Páramo Medio , basée à Bercianos del Páramo (León), a entamé une nouvelle phase de modernisation technologique dans le cadre du projet de numérisation du cycle de l'eau (…</t>
+  </si>
+  <si>
+    <t>mer 14/01/2026 - 12:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/lirrigation-intelligente-comme-objectif-durabilite-pour-les-campagnes-la-region-du</t>
+  </si>
+  <si>
+    <t>GO SUPRA BIOLIVA : transformer les sous-produits des oliveraies en valeur ajoutée et en durabilité</t>
+  </si>
+  <si>
+    <t>SOURCE : GO SUPRA BIOLIVA Au cœur des oliveraies espagnoles se cache un paradoxe : si l’huile d’olive est l’un de nos trésors les plus réputés, des milliers de tonnes de sous-produits, comme le marc et les feuilles d’olivier, sont perdues chaque jour sans que leur véritable potentiel ne soit exploité. Ces déchets, traditionnellement considérés comme un problème environnemental et économique,…</t>
+  </si>
+  <si>
+    <t>mer 14/01/2026 - 12:01</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/go-supra-bioliva-transformer-les-sous-produits-des-oliveraies-valeur-ajoutee-et</t>
+  </si>
+  <si>
+    <t>L’organisme de coordination espagnol AKIS approuve sa feuille de route pour 2026 et renforce l’alignement entre la science, l’innovation et le secteur agroalimentaire.</t>
+  </si>
+  <si>
+    <t>Le 17 décembre 2025 , la deuxième réunion plénière de l’Organe de coordination du Système de connaissances et d’innovation en agriculture (SCIA-AKIS) s’est tenue au siège du ministère de l’Agriculture, de la Pêche et de l’Alimentation à Madrid. Cette session, qui s’est déroulée en présentiel, était coprésidée par la secrétaire d’État à l’Agriculture et à l’Alimentation, Begoña García Bernal , et…</t>
+  </si>
+  <si>
+    <t>mar 13/01/2026 - 23:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/lorganisme-coordination-espagnol-akis-approuve-sa-feuille-route-pour-2026-et-renforce</t>
+  </si>
+  <si>
     <t>CDTI Innovation recherche une entreprise espagnole pour un projet de R&amp;D en agritech en collaboration avec FAEDA (Sénégal).</t>
   </si>
   <si>
     <t>CDTI Innovation a publié un appel à candidatures pour trouver un partenaire commercial parmi les entreprises espagnoles intéressées par le développement d'un projet de R&amp;D en coopération internationale avec la société sénégalaise FAEDA , dans le domaine de l'Agritech , et plus précisément dans l' application des TIC à l'élevage de volailles . La collaboration proposée porte sur le…</t>
   </si>
   <si>
     <t>mar 13/01/2026 - 23:03</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/cdti-innovation-recherche-une-entreprise-espagnole-pour-projet-rd-agritech</t>
   </si>
   <si>
     <t>En 2026, débutera le bloc d'ateliers techniques sectoriels du plan de promotion d'une agriculture régénératrice et durable.</t>
   </si>
   <si>
     <t>En 2026, le bloc d’ateliers techniques sectoriels débute dans le cadre du programme « Ateliers techniques et séminaires pour promouvoir une agriculture régénératrice et durable » , une initiative lancée en mars 2025 par la Fondation Juana de Vega et la société Agroassessor , et subventionnée par le ministère de l’Agriculture, de la Pêche et de l’Alimentation . Depuis près d'un an et demi, les…</t>
   </si>
   <si>
     <t>mar 13/01/2026 - 20:26</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/2026-debutera-le-bloc-dateliers-techniques-sectoriels-du-plan-promotion-dune</t>
   </si>
   <si>
     <t>La révolution intelligente de l'eau : Xinzo de Limia s'engage dans la numérisation de l'irrigation</t>
@@ -350,50 +662,62 @@
   <si>
     <t>Seize chefs de renom participent au repas de charité organisé par Provacuno.</t>
   </si>
   <si>
     <t>Seize chefs, dont plusieurs étoilés au Michelin, ont participé cette année au désormais traditionnel déjeuner caritatif de Noël au profit des personnes les plus démunies de Madrid, organisé par l'Association interprofessionnelle de la viande bovine (PROVACUNO) avec le soutien du maire de la ville, José Luis Martínez-Almeida. Cette initiative, menée depuis quatre ans, a consisté en la préparation…</t>
   </si>
   <si>
     <t>jeu 18/12/2025 - 13:55</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/seize-chefs-renom-participent-au-repas-charite-organise-par-provacuno</t>
   </si>
   <si>
     <t>Un poste de doctorant MSCA en biologie chromosomique a été annoncé dans le cadre du réseau AGILE.</t>
   </si>
   <si>
     <t>Source : Red PlantMicro Le réseau doctoral européen Marie Skłodowska-Curie « AGILE » a lancé un appel à candidatures pour un poste de doctorant débutant au printemps 2026 , axé sur l’analyse comparative de la chromatine dans les chromosomes standard et surnuméraires chez les plantes. Les recherches seront menées à l' IPK de Gatersleben (Allemagne) et porteront sur des aspects clés de la biologie…</t>
   </si>
   <si>
     <t>jeu 18/12/2025 - 13:43</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/poste-doctorant-msca-biologie-chromosomique-ete-annonce-dans-le-cadre-du-reseau-agile</t>
   </si>
   <si>
+    <t>CITOLIVA lance en 2026 une ligne de recherche pionnière basée sur des techniques lipidomiques avancées.</t>
+  </si>
+  <si>
+    <t>La Fondation a tenu sa réunion du Conseil d'administration, au cours de laquelle sa feuille de route pour l'année à venir a été présentée. Parmi les principales nouveautés, on note le lancement d'un nouveau programme de recherche dans le domaine de l'alimentation et de la santé, qui ouvrira de nouvelles perspectives pour le développement d'aliments plus sains et plus fonctionnels. Lors de la…</t>
+  </si>
+  <si>
+    <t>mer 17/12/2025 - 09:53</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/citoliva-lance-2026-une-ligne-recherche-pionniere-basee-sur-des-techniques</t>
+  </si>
+  <si>
     <t>Le GO e-LocalHub lance ses premières recettes vidéo pour mettre en valeur les races locales.</t>
   </si>
   <si>
     <t>Le groupe opérationnel e-LocalHub a publié les premières recettes vidéo du projet, une initiative gastronomique visant à rapprocher les produits issus de races locales et de l'élevage extensif traditionnel du consommateur final. Les produits sont élaborés à partir d'ingrédients issus des races participant au projet : porcs ibériques , volailles Castellana Negra , bovins Avileña-Negra Ibérica et…</t>
   </si>
   <si>
     <t>mar 16/12/2025 - 15:13</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/le-go-e-localhub-lance-ses-premieres-recettes-video-pour-mettre-valeur-les-races</t>
   </si>
   <si>
     <t>Les conférences techniques RFEAGAS 2025 renforcent la coordination et l'avenir de la sélection variétale.</t>
   </si>
   <si>
     <t>La conférence technique RFEAGAS 2025 a réuni à Madrid des associations d'éleveurs, des techniciens et des professionnels du secteur dans le but d'analyser et de mettre à jour les principaux défis et opportunités de l'élevage de race pure en Espagne . Le programme abordait, d'un point de vue technique et transversal , des questions clés telles que la santé animale , l'amélioration génétique , la…</t>
   </si>
   <si>
     <t>mar 16/12/2025 - 14:15</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/les-conferences-techniques-rfeagas-2025-renforcent-la-coordination-et-lavenir-la</t>
   </si>
   <si>
     <t>FutureFoodS lance son deuxième appel à projets transnational cofinancé pour accélérer la durabilité alimentaire</t>
@@ -3887,80 +4211,80 @@
   <si>
     <t>https://akisplataforma.es/fr/informations/le-conseil-europeen-approuve-les-conclusions-sur-la-strategie-vision-long-terme-pour</t>
   </si>
   <si>
     <t>La convention « Nous grandissons ensemble » présente des réussites d'entrepreneuriat féminin en milieu rural</t>
   </si>
   <si>
     <t>Davantage de coup de pouce aux zones rurales La réunion d'État des femmes rurales « We Grow Together-Rural Mentor Project » a présenté des expériences d'entrepreneuriat réussies menées par des femmes rurales afin d'encourager la revitalisation des zones rurales. Lors de la convention, un documentaire a été présenté avec quatre histoires de réussite de femmes dans les domaines de l'élevage, de l'…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/la-convention-nous-grandissons-ensemble-presente-des-reussites-dentrepreneuriat</t>
   </si>
   <si>
     <t>Le Secrétaire Général de l'Agriculture et de l'Alimentation souligne le rôle de la fertilisation dans la réalisation d'une agriculture durable</t>
   </si>
   <si>
     <t>Le secrétaire général de l'Agriculture et de l'Alimentation, Fernando Miranda, a souligné aujourd'hui le rôle de la fertilisation dans la réalisation d'une agriculture durable, puisque l'application de nutriments aux cultures est essentielle pour la productivité des cultures et entraîne leur rentabilité et leur durabilité. Fernando Miranda est intervenu à la clôture de la journée de présentation…</t>
   </si>
   <si>
     <t>jeu 30/11/2023 - 11:02</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/le-secretaire-general-lagriculture-et-lalimentation-souligne-le-role-la-fertilisation</t>
   </si>
   <si>
+    <t>Le Ministère de l'Agriculture, de la Pêche et de l'Alimentation investit deux millions d'euros dans des travaux de modernisation pour l'irrigation durable à Valderredible (Cantabrie)</t>
+  </si>
+  <si>
+    <t>Le Ministère de l'Agriculture, de la Pêche et de l'Alimentation (MAPA), à travers la Société Commerciale d'État d'Infrastructures Agraires (SEIASA), a formalisé aujourd'hui deux accords de collaboration avec les communautés d'irrigation de Ruijas-Ebro et Villamoñicos-Revelillas, dans la municipalité de Cantabro de Valderredible pour réaliser des actions de modernisation de ces systèmes d'…</t>
+  </si>
+  <si>
+    <t>lun 24/07/2023 - 09:28</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/le-ministere-lagriculture-la-peche-et-lalimentation-investit-deux-millions-deuros-dans</t>
+  </si>
+  <si>
+    <t>Luis Planas : La recherche et l'innovation sont des outils stratégiques pour une production alimentaire efficace</t>
+  </si>
+  <si>
+    <t>Le ministre de l'Agriculture, de la Pêche et de l'Alimentation, Luis Planas, a réitéré aujourd'hui que la recherche, l'innovation et l'application des nouvelles technologies sont des « outils stratégiques essentiels » qui permettront une production alimentaire plus efficace, qui consomme moins de ressources et qui génère une plus grande valeur ajoutée. et une meilleure qualité de vie dans les…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/luis-planas-la-recherche-et-linnovation-sont-des-outils-strategiques-pour-une</t>
+  </si>
+  <si>
     <t>Le secrétaire général de l'Agriculture souligne l'importance de rétablir les flux commerciaux de produits alimentaires et d'engrais pour la sécurité alimentaire mondiale</t>
   </si>
   <si>
     <t>Le secrétaire général de l'Agriculture et de l'Alimentation, Fernando Miranda, a souligné aujourd'hui la nécessité de rétablir les flux commerciaux de produits alimentaires et d'engrais pour garantir la sécurité alimentaire dans le monde, menacé par la situation de guerre en Ukraine, et en particulier dans les pays les plus vulnérables. indiquant notamment qu'il est nécessaire de maintenir l'…</t>
   </si>
   <si>
-    <t>lun 24/07/2023 - 09:28</t>
-[...1 lines deleted...]
-  <si>
     <t>https://akisplataforma.es/fr/informations/le-secretaire-general-lagriculture-souligne-limportance-retablir-les-flux-commerciaux</t>
   </si>
   <si>
-    <t>Le Ministère de l'Agriculture, de la Pêche et de l'Alimentation investit deux millions d'euros dans des travaux de modernisation pour l'irrigation durable à Valderredible (Cantabrie)</t>
-[...16 lines deleted...]
-  <si>
     <t>Le VIe Congrès « Culture et Ruralités » approfondit l'importance de la culture pour l'identité des peuples</t>
   </si>
   <si>
     <t>Davantage de coup de pouce aux zones rurales  La sixième édition du Forum Culture et Ruralités a eu lieu à Cuenca du 4 au 7 juillet Sous le titre de « Continuités-Discontinuités. Arts, création et ruralités contemporaines en Europe », le forum a analysé l'influence des traditions rurales sur l'art contemporain Cette édition a coïncidé avec le début de la présidence espagnole du Conseil de l'…</t>
   </si>
   <si>
     <t>lun 17/07/2023 - 15:05</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/le-vie-congres-culture-et-ruralites-approfondit-limportance-la-culture-pour-lidentite</t>
   </si>
   <si>
     <t>Le Groupe Opérationnel FitoNet lance le développement d'un réseau social sur la biodiversité phytogénétique</t>
   </si>
   <si>
     <t>Davantage de coup de pouce aux zones rurales Le groupe opérationnel GO FitoNet a été créé pour améliorer l'offre de variétés génétiques et promouvoir l'utilisation de la biodiversité des cultures. Son objectif est de fournir des informations et des ressources pour promouvoir l'utilisation d'une plus grande variété génétique qui améliore la qualité des produits végétaux. 19/06/2023 . La «…</t>
   </si>
   <si>
     <t>ven 07/07/2023 - 14:40</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/le-groupe-operationnel-fitonet-lance-le-developpement-dun-reseau-social-sur-la</t>
   </si>
   <si>
     <t>Le stress hydrique menace la prochaine campagne horticole</t>
@@ -4310,86 +4634,158 @@
   <si>
     <t>Plus tôt cette année, le projet FAIRshare a ajouté un nouvel outil d'évaluation à l'inventaire FAIRshare DATS. L'objectif de l'outil d'évaluation est d'aider les conseillers agricoles à évaluer et à sélectionner les DATS les plus appropriés pour les aider à répondre à leurs besoins. L'outil fonctionne en évaluant des outils sélectionnés à l'aide d'un ensemble uniforme de critères, qui ont été…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/nouvelle-version-ligne-loutil-devaluation-fairshare-dats</t>
   </si>
   <si>
     <t>Le Réseau Rural National organise la cinquième réunion du partenariat pour présenter les principales actualités du Plan Stratégique de la PAC 2023 – 2027</t>
   </si>
   <si>
     <t>Le Réseau Rural National organise la cinquième réunion du partenariat pour présenter les principales actualités du Plan Stratégique de la PAC 2023 – 2027 asimon Jeu, 11/03/2022 - 16:35 Les membres du Partenariat sont invités à une nouvelle journée d'information et de débat sur le Plan stratégique de la PAC 2023-2027 pour l'Espagne Le partenariat Plan rassemble les entités et associations…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/le-reseau-rural-national-organise-la-cinquieme-reunion-du-partenariat-pour-presenter</t>
   </si>
   <si>
     <t>Le Réseau Rural National présente les projets existants dans les territoires dans une perspective de genre et de conciliation</t>
   </si>
   <si>
     <t>Le Réseau Rural National présente les projets existants dans les territoires dans une perspective de genre et de conciliation asimon mer, 11/02/2022 - 08:00 Le Réseau Rural National (RRN) organise la conférence « Échange d'expériences LEADER : les femmes rurales dans les domaines de la conciliation, de la co-responsabilité, de la perspective de genre, de l'économie sociale et de la durabilité »…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/le-reseau-rural-national-presente-les-projets-existants-dans-les-territoires-dans-une</t>
   </si>
   <si>
+    <t>Le « Réseau européen CAP » est né</t>
+  </si>
+  <si>
+    <t>Le « Réseau européen CAP » est né asimon Jeu, 20/10/2022 - 09:52 Le « Réseau européen de la PAC » est la continuation du Réseau européen pour le développement rural (RERD) dans le cadre du nouveau PEPAC 23-27. Il regroupera les nouveaux « Réseaux nationaux de la PAC », connus jusqu'à présent sous le nom de réseaux nationaux de développement rural, au sein d'un réseau unique au niveau européen. De…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/le-reseau-europeen-cap-est-ne</t>
+  </si>
+  <si>
+    <t>Visite croisée de conseillers hongrois en Allemagne (Niederalteich) dans le cadre du projet i2connect</t>
+  </si>
+  <si>
+    <t>Quel est le rôle de NAK dans i2connect ? (NAK) est un membre actif du projet international i2connect H2020 en tant que partenaire du consortium depuis deux ans et demi. Le projet , qui a débuté en novembre 2019, s'adresse aux conseillers agricoles en s'appuyant sur les réseaux de conseil déjà existants et les réussites réalisées , avec une approche dans laquelle l'innovation est une initiative…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/visite-croisee-conseillers-hongrois-allemagne-niederalteich-dans-le-cadre-du-projet</t>
+  </si>
+  <si>
+    <t>Idées inspirantes : des agriculteurs français établissent une chaîne de valeur locale avec du bois provenant de haies</t>
+  </si>
+  <si>
+    <t>La saison des barbecues approche ! Et c'est une bonne nouvelle pour les agriculteurs de l'Association Bois Paysan des Cévennes françaises, qui ont créé un collectif local qui produit des bûches, des copeaux de bois et du « bois de barbecue » à partir d'anciennes haies sur leurs terres agricoles. L'idée du collectif des producteurs de bois est née il y a quelques années lors de la participation de…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/idees-inspirantes-des-agriculteurs-francais-etablissent-une-chaine-valeur-locale-avec</t>
+  </si>
+  <si>
+    <t>Idées inspirantes : Des décisions basées sur des données pour une meilleure agriculture</t>
+  </si>
+  <si>
+    <t>Les agriculteurs utilisent de plus en plus de nouvelles technologies pour collecter et traiter des données afin de fournir des informations économiques et environnementales et d'augmenter les performances de leur exploitation. Des moyens intelligents de collecter, gérer et partager des données peuvent aider les agriculteurs à travailler de manière plus précise, plus efficace et plus durable. Le…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/idees-inspirantes-des-decisions-basees-sur-des-donnees-pour-une-meilleure-agriculture</t>
+  </si>
+  <si>
+    <t>Idées inspirantes : la technologie mobile pour prévenir les attaques de loups</t>
+  </si>
+  <si>
+    <t>La population croissante de loups pose de plus en plus de problèmes aux éleveurs extensifs espagnols. Le Groupe Opérationnel GELOB a développé et testé une solution technologique permettant de surveiller les animaux au pâturage et de les protéger des attaques. Les attaques de loups causent chaque année des millions d'euros de dégâts au bétail espagnol. En particulier dans les zones montagneuses…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/idees-inspirantes-la-technologie-mobile-pour-prevenir-les-attaques-loups</t>
+  </si>
+  <si>
+    <t>Gestion des maladies et ravageurs forestiers émergents</t>
+  </si>
+  <si>
+    <t>Au cours des dernières décennies, un nombre croissant de ravageurs et de maladies indigènes et non indigènes ont causé de graves pertes dans les forêts européennes. Le projet multi-acteurs Horizon 2020 HOMED développe des méthodes et des outils scientifiques et pratiques pour évaluer et contrôler les ravageurs et pathogènes forestiers émergents ou invasifs. « Les insectes nuisibles et les agents…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/gestion-des-maladies-et-ravageurs-forestiers-emergents</t>
+  </si>
+  <si>
+    <t>Idées inspirantes : unir nos forces pour les services écosystémiques liés à l’eau</t>
+  </si>
+  <si>
+    <t>La plaine moyenne du fleuve Brenta, dans la région italienne de la Vénétie, forme un riche écosystème doté d'une valeur environnementale, culturelle, récréative et agricole. Sous le titre « Parco Fiume Brenta », un projet LIFE et un groupe opérationnel travaillent en étroite synergie pour gérer les ressources en eau de Brenta de manière durable. La plaine du fleuve Brenta est un corridor…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/idees-inspirantes-unir-nos-forces-pour-les-services-ecosystemiques-lies-leau</t>
+  </si>
+  <si>
+    <t>Accélérer le changement positif dans le système alimentaire</t>
+  </si>
+  <si>
+    <t>Le nouvel appel à l’innovation ouverte de l’EIT Food financera des projets collaboratifs d’innovation alimentaire qui créeront un changement positif dans le système alimentaire. Les propositions doivent viser à aboutir à des produits et services commercialement viables qui contribuent à garantir un système alimentaire plus sain, plus juste, plus transparent et plus résilient pour tous. Rejoignez…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/accelerer-le-changement-positif-dans-le-systeme-alimentaire</t>
+  </si>
+  <si>
+    <t>Démontrer que l’IPM fonctionne</t>
+  </si>
+  <si>
+    <t>IPMWORKS est un projet Horizon 2020 qui vise à démontrer les moyens de réduire considérablement les pesticides dans tous les secteurs agricoles européens. Il s'agit d'un réseau de pôles agricoles de démonstration offrant aux agriculteurs la possibilité d'échanger des connaissances sur les méthodes non chimiques permettant de lutter contre les ravageurs et de réduire la pression exercée par ces…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/demontrer-que-lipm-fonctionne</t>
+  </si>
+  <si>
     <t>Le Groupe Opérationnel BIOFRUITNET promeut l'innovation dans la production de fruits biologiques européens</t>
   </si>
   <si>
     <t>Le Groupe Opérationnel BIOFRUITNET promeut l'innovation dans la production de fruits biologiques européens asimon Fri, 28/10/2022 - 07:09 Le projet BIOFRUITNET Operational Group (GO) vise à renforcer et générer de nouveaux réseaux entre les différents acteurs européens impliqués Son objectif est la diffusion des connaissances sur la culture des fruits biologiques pour les faire connaître dans les…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/le-groupe-operationnel-biofruitnet-promeut-linnovation-dans-la-production-fruits</t>
   </si>
   <si>
     <t>Les associations de jeunesse rurale présentent leurs projets au salon Presura avec l'aide du Réseau Rural National</t>
   </si>
   <si>
     <t>Les associations de jeunesse rurale présentent leurs projets au salon Presura avec l'aide du Réseau Rural National asimon jeu, 27/10/2022 - 11:11 L'initiative « Jeunesse en REDada » du Réseau Rural National (RRN) vise à rendre visibles les associations de jeunes pour motiver les associations de jeunes dans des projets qui ont un impact sur les zones rurales. Le (RRN) a sélectionné plusieurs…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/les-associations-jeunesse-rurale-presentent-leurs-projets-au-salon-presura-avec-laide</t>
   </si>
   <si>
     <t>Le Réseau Rural National devient le Réseau National CAP</t>
   </si>
   <si>
     <t>Le Réseau Rural National devient le Réseau National de la PAC asimon Tue, 25/10/2022 - 10:28 Le Réseau Rural National tient sa dernière assemblée avant sa reconversion Les nouveaux plans stratégiques de la PAC transforment tous les réseaux ruraux des États membres en réseaux nationaux de la PAC Le réseau national CAP devient le nouveau cadre du développement rural et des politiques agricoles Le…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/le-reseau-rural-national-devient-le-reseau-national-cap</t>
   </si>
   <si>
-    <t>Le « Réseau européen CAP » est né</t>
-[...7 lines deleted...]
-  <si>
     <t>Les « European Rural Inspiration Awards » 2022 récompensent des projets portés par des jeunes ruraux</t>
   </si>
   <si>
     <t>Les « European Rural Inspiration Awards » 2022 récompensent des projets portés par des jeunes ruraux asimon Jeu, 13/10/2022 - 13:41 La IVe édition des « Rural Inspiration Awards 2022 » – organisée par le Réseau européen de développement rural – annonce les projets bénéficiant de l'aide du Fonds européen agricole pour le développement rural (FEADER) pour la période 2014-2020. Cette année, les prix…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/les-european-rural-inspiration-awards-2022-recompensent-des-projets-portes-par-des</t>
   </si>
   <si>
     <t>Le Ministère de l'Agriculture, de la Pêche et de l'Alimentation organise la cinquième édition de la Série Nationale du Cinéma et des Femmes Rurales</t>
   </si>
   <si>
     <t>10 octobre 2022 L'exposition atteindra 70 sites répartis dans les 17 communautés autonomes et pourra être suivie en ligne dans 8 pays d'Amérique centrale. Le Ministère de l'Agriculture, de la Pêche et de l'Alimentation organise la cinquième édition du Cycle National du Cinéma et de la Femme Rurale, qui se tiendra entre le 11 octobre et le 24 novembre, et atteindra 70 sites sur tout le territoire…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/le-ministere-lagriculture-la-peche-et-lalimentation-organise-la-cinquieme-edition-la</t>
   </si>
   <si>
     <t>Concours du meilleur cas pratique de soutien à l’innovation en Europe</t>
   </si>
   <si>
     <t>Nous recherchons des conseillers en agriculture et foresterie avec une réussite à partager ! Les temps, ils changent! Partout en Europe, les entreprises agricoles et forestières sont confrontées à d’importants défis économiques et environnementaux, ainsi qu’à des opportunités sans précédent. L’innovation est un facteur clé pour s’adapter continuellement à ces défis divers et parfois…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/concours-du-meilleur-cas-pratique-soutien-linnovation-europe</t>
@@ -4400,122 +4796,50 @@
   <si>
     <t>La V édition du cycle national « Cinéma et femmes rurales » amène le cinéma dans 70 villages ruraux d'Espagne asimon ven, 07/10/2022 - 10:13 Le Ministère de l'Agriculture, de la Pêche et de l'Alimentation organise la cinquième édition de la Série Nationale du Cinéma et des Femmes Rurales Cette année, il a lieu entre le 11 octobre et le 24 novembre L'exposition emmènera le cinéma dans 70 lieux…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/la-v-edition-du-cycle-national-cinema-et-femmes-rurales-amene-le-cinema-dans-70</t>
   </si>
   <si>
     <t>Le Ministère de l'Agriculture, de la Pêche et de l'Alimentation sélectionne les lauréats des « Prix d'excellence pour l'innovation pour les femmes rurales »</t>
   </si>
   <si>
     <t>Le Ministère de l'Agriculture, de la Pêche et de l'Alimentation sélectionne les lauréats des « Prix d'excellence pour l'innovation pour les femmes rurales » asimon Fri, 07/10/2022 - 06:58 Les XIII Prix d'Excellence pour l'Innovation pour les Femmes Rurales récompensent 13 initiatives différentes pour donner de la visibilité au travail des femmes rurales Le soutien est accordé pour montrer la…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/le-ministere-lagriculture-la-peche-et-lalimentation-selectionne-les-laureats-des-prix</t>
   </si>
   <si>
     <t>Postulez pour l'atelier du EU Cap Network «Jeunes entrepreneurs – Moteurs d'innovation dans les zones rurales»</t>
   </si>
   <si>
     <t>L'atelier du réseau EU CAP « Jeunes entrepreneurs – Moteurs de l'innovation dans les zones rurales » est un événement d'une journée et demie qui se déroulera à Dublin, en Irlande, le mercredi 30 novembre et le jeudi 1er décembre 2022. L'atelier se concentrera sur l'échange de connaissances et le partage de pratiques innovantes et inspirantes qui peuvent soutenir les jeunes entrepreneurs et les…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/postulez-pour-latelier-du-eu-cap-network-jeunes-entrepreneurs-moteurs-dinnovation-dans</t>
   </si>
   <si>
-    <t>Visite croisée de conseillers hongrois en Allemagne (Niederalteich) dans le cadre du projet i2connect</t>
-[...70 lines deleted...]
-  <si>
     <t>L'Académie européenne du leadership crée la « Académie des femmes pour l'innovation rurale »</t>
   </si>
   <si>
     <t>L'Académie européenne du leadership crée la « Académie des femmes pour l'innovation rurale » asimon lundi, 19/09/2022 - 12:54 Le programme accueillera 15 femmes de différentes zones rurales européennes pour acquérir les compétences et les outils nécessaires qui leur permettront de démarrer des entreprises numériques depuis leur propre ville. L'inauguration aura lieu à Candeleda (Castilla y León)…</t>
   </si>
   <si>
     <t>mar 08/11/2022 - 13:16</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/lacademie-europeenne-du-leadership-cree-la-academie-des-femmes-pour-linnovation-rurale</t>
   </si>
   <si>
     <t>Recommandations de l'EFSA pour améliorer le bien-être des animaux pendant le transport</t>
   </si>
   <si>
     <t>Selon les recommandations publiées par l'EFSA, il est nécessaire de prévoir plus d'espace, de réduire les températures maximales et de minimiser les temps de trajet pour améliorer le bien-être des animaux d'élevage pendant le transport. L'EFSA fournit ses recommandations à la Commission européenne dans une série de cinq avis scientifiques destinés à soutenir sa révision en cours de la législation…</t>
   </si>
   <si>
     <t>lun 10/10/2022 - 15:50</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/recommandations-lefsa-pour-ameliorer-le-bien-etre-des-animaux-pendant-le-transport</t>
   </si>
   <si>
     <t>Les trois points les plus importants d’une entreprise durable</t>
@@ -4634,66 +4958,66 @@
   <si>
     <t>mar 04/10/2022 - 15:52</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/ecole-dete-i2connect-la-canee-renforcer-la-capacite-des-futurs-conseillers-soutenir</t>
   </si>
   <si>
     <t>Appel à projets pilotes – une opportunité d’essayer quelque chose de nouveau</t>
   </si>
   <si>
     <t>Certains conseillers, participant au programme de formation i2connect, pourraient participer à une initiative d'innovation interactive prometteuse et avoir une idée claire sur une approche efficace pour la soutenir. I2connect offre à ces conseillers la possibilité de demander de l'aide pour essayer cette approche via i2connect. Ces projets pilotes deviendront des vitrines pour les approches qui…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/appel-projets-pilotes-une-opportunite-dessayer-quelque-chose-nouveau</t>
   </si>
   <si>
     <t>Cinq Groupes d'Action Locale unissent leurs forces pour rendre visibles leurs géoparcs et les soutenir</t>
   </si>
   <si>
     <t>Cinq Groupes d'Action Locale unissent leurs forces pour rendre visible et soutenir leurs géoparcs asimon Jeu, 29/09/2022 - 11:44 Le Groupe d'Action Locale (GAL) de Subbética Cordobesa coordonne ce projet de coopération nationale Les actions comprennent un plan marketing commun et la création d'un catalogue de bonnes pratiques Cinq Groupes d'Action Locale unissent leurs forces pour rendre visibles…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/cinq-groupes-daction-locale-unissent-leurs-forces-pour-rendre-visibles-leurs-geoparcs</t>
   </si>
   <si>
+    <t>Quatre pays européens signent un manifeste en faveur de l'élevage extensif</t>
+  </si>
+  <si>
+    <t>Quatre pays européens signent un manifeste en faveur de l'élevage extensif asimon lundi, 26/09/2022 - 08:34 Le programme LIFE de l'Union européenne promeut le manifeste "Plus d'élevage extensif, plus de biodiversité pour l'Europe" L'Espagne fait partie des pays adhérents Le manifeste propose dix mesures de soutien pour que ce système de production continue à apporter des bénéfices non seulement à…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/fr/informations/quatre-pays-europeens-signent-manifeste-faveur-lelevage-extensif</t>
+  </si>
+  <si>
     <t>Le Réseau Rural National promeut le leadership rural féminin à travers un cycle de rencontres en face-à-face dans toute l'Espagne</t>
   </si>
   <si>
     <t>Le Réseau Rural National promeut le leadership rural féminin à travers un cycle de rencontres en face-à-face dans toute l'Espagne asimon mer, 28/09/2022 - 08:25 Au total, 10 rencontres régionales auront lieu en octobre 2022 sous le titre « La valorisation des femmes dans le secteur agroalimentaire » L'objectif est de promouvoir l'entrepreneuriat et le leadership, ainsi que la création de réseaux…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/le-reseau-rural-national-promeut-le-leadership-rural-feminin-travers-cycle-rencontres</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://akisplataforma.es/fr/informations/quatre-pays-europeens-signent-manifeste-faveur-lelevage-extensif</t>
   </si>
   <si>
     <t>La rencontre « Va de Agro » rassemble en Galice des groupes opérationnels et des projets innovants de 15 pays européens</t>
   </si>
   <si>
     <t>La rencontre « Va de Agro » rassemble des groupes opérationnels et des projets innovants de 15 pays européens en Galice asimon jeu, 22/09/2022 - 11:25 L'événement a été organisé par les groupes opérationnels Avienergy, Micoalga-Feed, Proteinleg et Tirac. La journée a permis de présenter les avancées et les développements innovants dans les secteurs agroalimentaire et forestier. La rencontre « Va…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/la-rencontre-va-agro-rassemble-galice-des-groupes-operationnels-et-des-projets</t>
   </si>
   <si>
     <t>L’Agenda Espagne Numérique 2026 promeut la technologie 5G dans les communes de moins de 1 000 habitants</t>
   </si>
   <si>
     <t>L'Agenda Espagne Numérique 2026 promeut la technologie 5G dans les communes de moins de 1 000 habitants asimon mar, 20/09/2022 - 11:19 Le ministère de l’Économie et de la Transformation numérique propose des formations 5G aux entités locales de moins de 1 000 habitants. Le cours s'adresse aux techniciens des entités locales et des mairies qui travaillent au déploiement des réseaux et des…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/fr/informations/lagenda-espagne-numerique-2026-promeut-la-technologie-5g-dans-les-communes-moins-1-000</t>
   </si>
   <si>
     <t>La nouvelle galerie de bonnes pratiques de FAIRshare</t>
   </si>
   <si>
     <t>Au cours de l'année écoulée, nos partenaires de projet et conseillers à travers l'UE ont partagé avec nous leurs bonnes pratiques en matière d'utilisation ou de développement d'outils numériques ou DATS, comme on les appelle dans le projet FAIRshare. Une bonne pratique peut simplement être définie comme une fonctionnalité clé d'un DATS. Par exemple, un outil peut avoir une interface facile à…</t>
   </si>
@@ -5144,54 +5468,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D416"/>
+  <dimension ref="A1:D443"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D416"/>
+      <selection activeCell="A1" sqref="A1:D443"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="264.078" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="473.027" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -7150,429 +7474,429 @@
       <c r="C141" s="1" t="s">
         <v>562</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
         <v>564</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>565</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>566</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="B143" s="1"/>
+      <c r="B143" s="1" t="s">
+        <v>569</v>
+      </c>
       <c r="C143" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
-        <v>675</v>
-[...1 lines deleted...]
-      <c r="B170" s="1" t="s">
         <v>676</v>
       </c>
+      <c r="B170" s="1"/>
       <c r="C170" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>679</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>683</v>
       </c>
@@ -9616,1412 +9940,1790 @@
         <v>1266</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
         <v>1267</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1269</v>
+        <v>1277</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1279</v>
+        <v>1289</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1299</v>
+        <v>1304</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1293</v>
+        <v>1305</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1339</v>
+        <v>1353</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1346</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1347</v>
+        <v>1355</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1339</v>
+        <v>1357</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1349</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1350</v>
+        <v>1359</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1351</v>
+        <v>1360</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1339</v>
+        <v>1361</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1352</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1353</v>
+        <v>1363</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1354</v>
+        <v>1364</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1355</v>
+        <v>1365</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1356</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1357</v>
+        <v>1367</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1355</v>
+        <v>1369</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1359</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1360</v>
+        <v>1371</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1361</v>
+        <v>1372</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1355</v>
+        <v>1373</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1363</v>
+        <v>1375</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1364</v>
+        <v>1376</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1355</v>
+        <v>1377</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1365</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1366</v>
+        <v>1379</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1367</v>
+        <v>1380</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1355</v>
+        <v>1377</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1368</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1369</v>
+        <v>1382</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1370</v>
+        <v>1383</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1355</v>
+        <v>1377</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1355</v>
+        <v>1387</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1374</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1375</v>
+        <v>1389</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1376</v>
+        <v>1390</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1355</v>
+        <v>1387</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1377</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1378</v>
+        <v>1392</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1379</v>
+        <v>1393</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1355</v>
+        <v>1387</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1380</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1381</v>
+        <v>1395</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1382</v>
+        <v>1396</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1355</v>
+        <v>1397</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1383</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1384</v>
+        <v>1399</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1385</v>
+        <v>1400</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1355</v>
+        <v>1401</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1386</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1387</v>
+        <v>1403</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1388</v>
+        <v>1404</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1355</v>
+        <v>1401</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1389</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1390</v>
+        <v>1406</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1391</v>
+        <v>1407</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1355</v>
+        <v>1401</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1392</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1393</v>
+        <v>1409</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1394</v>
+        <v>1410</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1355</v>
+        <v>1411</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1396</v>
+        <v>1413</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1397</v>
+        <v>1414</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1355</v>
+        <v>1415</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1398</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1399</v>
+        <v>1417</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1400</v>
+        <v>1418</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1355</v>
+        <v>1419</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1401</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1402</v>
+        <v>1421</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1403</v>
+        <v>1422</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1355</v>
+        <v>1423</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1404</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1405</v>
+        <v>1425</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1406</v>
+        <v>1426</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1355</v>
+        <v>1427</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1407</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1408</v>
+        <v>1429</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1409</v>
+        <v>1430</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1355</v>
+        <v>1431</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1410</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1411</v>
+        <v>1433</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1412</v>
+        <v>1434</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1355</v>
+        <v>1435</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1413</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1414</v>
+        <v>1437</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1415</v>
+        <v>1438</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1355</v>
+        <v>1439</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1416</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1417</v>
+        <v>1441</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1418</v>
+        <v>1442</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1355</v>
+        <v>1443</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1419</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1420</v>
+        <v>1445</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1421</v>
+        <v>1446</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1422</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1423</v>
+        <v>1449</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1424</v>
+        <v>1450</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1425</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1426</v>
+        <v>1452</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1427</v>
+        <v>1453</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1428</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1429</v>
+        <v>1455</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1430</v>
+        <v>1456</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1431</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1432</v>
+        <v>1458</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1433</v>
+        <v>1459</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1434</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1435</v>
+        <v>1461</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1436</v>
+        <v>1462</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1437</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1438</v>
+        <v>1465</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1439</v>
+        <v>1466</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1440</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1441</v>
+        <v>1468</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1442</v>
+        <v>1469</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1443</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1444</v>
+        <v>1471</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1445</v>
+        <v>1472</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1446</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1447</v>
+        <v>1474</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1448</v>
+        <v>1475</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1449</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1450</v>
+        <v>1477</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1451</v>
+        <v>1478</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1452</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1453</v>
+        <v>1480</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1454</v>
+        <v>1481</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1455</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1456</v>
+        <v>1483</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1457</v>
+        <v>1484</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1458</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1459</v>
+        <v>1486</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1460</v>
+        <v>1487</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1461</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1462</v>
+        <v>1489</v>
       </c>
       <c r="B378" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C378" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="C378" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D378" s="1" t="s">
-        <v>1464</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1465</v>
+        <v>1492</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1466</v>
+        <v>1493</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1467</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1468</v>
+        <v>1495</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1469</v>
+        <v>1496</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1470</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1471</v>
+        <v>1498</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1472</v>
+        <v>1499</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1473</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1474</v>
+        <v>1501</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1475</v>
+        <v>1502</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1476</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1477</v>
+        <v>1504</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1478</v>
+        <v>1505</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1479</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="1" t="s">
-        <v>1480</v>
+        <v>1507</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1481</v>
+        <v>1508</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1482</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="1" t="s">
-        <v>1483</v>
+        <v>1510</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1484</v>
+        <v>1511</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1485</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="1" t="s">
-        <v>1486</v>
+        <v>1513</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1487</v>
+        <v>1514</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1488</v>
+        <v>1463</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1489</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="1" t="s">
-        <v>1490</v>
+        <v>1516</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1491</v>
+        <v>1517</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1492</v>
+        <v>1463</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1493</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="1" t="s">
-        <v>1494</v>
+        <v>1519</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1495</v>
+        <v>1520</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1496</v>
+        <v>1463</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1497</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="1" t="s">
-        <v>1498</v>
+        <v>1522</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1499</v>
+        <v>1523</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1500</v>
+        <v>1463</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1501</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="1" t="s">
-        <v>1502</v>
+        <v>1525</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1503</v>
+        <v>1526</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1504</v>
+        <v>1463</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1505</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="1" t="s">
-        <v>1506</v>
+        <v>1528</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1507</v>
+        <v>1529</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1508</v>
+        <v>1463</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1509</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="1" t="s">
-        <v>1510</v>
+        <v>1531</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1511</v>
+        <v>1532</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1512</v>
+        <v>1463</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1513</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
-        <v>1514</v>
+        <v>1534</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1515</v>
+        <v>1535</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1516</v>
+        <v>1463</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1517</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
-        <v>1518</v>
+        <v>1537</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1519</v>
+        <v>1538</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1520</v>
+        <v>1463</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1521</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
-        <v>1522</v>
+        <v>1540</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1523</v>
+        <v>1541</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1524</v>
+        <v>1463</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1525</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
-        <v>1526</v>
+        <v>1543</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1527</v>
+        <v>1544</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1528</v>
+        <v>1463</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1529</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="1" t="s">
-        <v>1530</v>
+        <v>1546</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1531</v>
+        <v>1547</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1533</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="1" t="s">
-        <v>1534</v>
+        <v>1549</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1535</v>
+        <v>1550</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1536</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="1" t="s">
-        <v>1537</v>
+        <v>1552</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1538</v>
+        <v>1553</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1539</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="1" t="s">
-        <v>1540</v>
+        <v>1555</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1541</v>
+        <v>1556</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1542</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
-        <v>1543</v>
+        <v>1558</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1544</v>
+        <v>1559</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1545</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
-        <v>1546</v>
+        <v>1561</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1547</v>
+        <v>1562</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1548</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
-        <v>1549</v>
+        <v>1564</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1550</v>
+        <v>1565</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1551</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
-        <v>1552</v>
+        <v>1567</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1553</v>
+        <v>1568</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1555</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
-        <v>1556</v>
+        <v>1570</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1557</v>
+        <v>1571</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1558</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="1" t="s">
-        <v>1559</v>
+        <v>1573</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1560</v>
+        <v>1574</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1561</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="1" t="s">
-        <v>1562</v>
+        <v>1576</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1563</v>
+        <v>1577</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1564</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="1" t="s">
-        <v>1565</v>
+        <v>1579</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1566</v>
+        <v>1580</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1567</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="1" t="s">
-        <v>1568</v>
+        <v>1582</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1569</v>
+        <v>1583</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1570</v>
+        <v>1463</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1571</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="1" t="s">
-        <v>1572</v>
+        <v>1585</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1573</v>
+        <v>1586</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1574</v>
+        <v>1463</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1575</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="1" t="s">
-        <v>1576</v>
+        <v>1588</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1577</v>
+        <v>1589</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1574</v>
+        <v>1463</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1578</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="1" t="s">
-        <v>1579</v>
+        <v>1591</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1580</v>
+        <v>1592</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1574</v>
+        <v>1463</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1581</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="1" t="s">
-        <v>1582</v>
+        <v>1594</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1583</v>
+        <v>1595</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1574</v>
+        <v>1596</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1584</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="1" t="s">
-        <v>1585</v>
+        <v>1598</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1586</v>
+        <v>1599</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1574</v>
+        <v>1600</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1587</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="1" t="s">
-        <v>1588</v>
+        <v>1602</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1589</v>
+        <v>1603</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1574</v>
+        <v>1604</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1590</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="1" t="s">
-        <v>1591</v>
+        <v>1606</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1592</v>
+        <v>1607</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1574</v>
+        <v>1608</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1593</v>
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>1701</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>