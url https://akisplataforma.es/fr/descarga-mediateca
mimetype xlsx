--- v0 (2025-11-30)
+++ v1 (2026-03-05)
@@ -12,70 +12,1294 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mediateca" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3924">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4210">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Tipo de recurso</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Más información</t>
   </si>
   <si>
+    <t>Tendances EAT 2025-2027</t>
+  </si>
+  <si>
+    <t>Publications</t>
+  </si>
+  <si>
+    <t>Identifier les tendances alimentaires Facteurs clés qui façonneront l’innovation et la stratégie commerciale dans les années à venir, en tenant compte des nouvelles valeurs sociales, des priorités des consommateurs et des forces d’un environnement en mutation.</t>
+  </si>
+  <si>
+    <t>https://www.azti.es/productos/eatrends-2025-2027/</t>
+  </si>
+  <si>
+    <t>Code de bonnes pratiques environnementales pour l'élevage bovin</t>
+  </si>
+  <si>
+    <t>Code de bonnes pratiques environnementales pour l'élevage bovin afin d'aider le secteur à réduire ses émissions</t>
+  </si>
+  <si>
+    <t>https://www.gosecuesvac.com/wp-content/uploads/2024/10/CODIGO-BUENAS-PRACTICAS-MEDIOAMBIENTALES-GANADERIA.pdf</t>
+  </si>
+  <si>
+    <t>Gestion des porcs ibériques dans les pâturages</t>
+  </si>
+  <si>
+    <t>La dehesa, ou système de pâturages, est un agroécosystème d'élevage composé de deux éléments fondamentaux : l'arbre (généralement Quercus sp.) et le couvert végétal (herbes et maquis). L'élevage extensif (bovins, ovins et porcs ibériques) exploite leurs produits. Parmi les espèces animales mentionnées précédemment, le porc ibérique est parfaitement intégré aux pâturages et à leurs usages, et est traditionnellement surnommé « le maître des pâturages ». Ainsi, le porc ibérique et les pâturages forment un couple indissociable, et il est aujourd'hui une référence en matière de qualité alimentaire.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/58c3d7c9-5dde-46e5-9534-c8ec8d6632a1</t>
+  </si>
+  <si>
+    <t>Impact des différentes actions de conservation des dehesas sur le secteur et la société andalouse</t>
+  </si>
+  <si>
+    <t>Résultats de l'évaluation réalisée sur l'impact des actions menées par le projet LIFE+ Biodehesa en Andalousie.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2288d79a-72c1-4453-9ea7-9c93f994dd2b</t>
+  </si>
+  <si>
+    <t>Manuel de production du brandy de cidre</t>
+  </si>
+  <si>
+    <t>L'objectif principal de la fabrication d'un spiritueux est d'obtenir une boisson à fort degré d'alcool par distillation d'un alcool moins fort. Par conséquent, toute matière première susceptible de subir une fermentation alcoolique peut être utilisée pour produire un spiritueux.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Manual+de+elaboraci%C3%B3n+de+aguardiente+de+sidra.pdf/82e61477-2503-c91a-466e-e1512b10c351?t=1729770338719</t>
+  </si>
+  <si>
+    <t>INFOVI : Système d'information sur le marché du vin</t>
+  </si>
+  <si>
+    <t>Chaîne de télévision vidéo et en ligne</t>
+  </si>
+  <si>
+    <t>Derrière chaque bouteille de vin se cache bien plus que des raisins et des vignes. Tradition, efforts et travail constant sont les piliers de la filière viticole. Aujourd'hui, grâce au système INFOVI, le vin espagnol bénéficie d'une plus grande transparence et de données en temps réel pour une prise de décision éclairée.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=hVLxMmuBknM</t>
+  </si>
+  <si>
+    <t>Journal de bord des opérations agricoles</t>
+  </si>
+  <si>
+    <t>Le Carnet de Production Agricole Numérique (CPU) est un outil destiné aux professionnels de l'agriculture pour optimiser leur production et simplifier la gestion de leur exploitation. Il implique le passage du carnet de production papier traditionnel à un format numérique permettant aux agriculteurs de mieux exploiter les informations qu'ils produisent et de les transmettre électroniquement aux administrations. Suite aux dernières modifications apportées au Plan stratégique 2023-2027 de la PAC, son utilisation est facultative et des applications sont disponibles pour une saisie facile, à tout moment et en tout lieu. Les services agricoles des communautés autonomes fournissent les informations nécessaires aux utilisateurs souhaitant apprendre à mettre en œuvre le CPU.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=MZ1SwK7T0nA</t>
+  </si>
+  <si>
+    <t>Agriculture durable et écorégimes : des pratiques qui préservent les campagnes et bénéficient d’un soutien européen</t>
+  </si>
+  <si>
+    <t>Saviez-vous que vous pouvez protéger l'environnement et recevoir une aide directe ? Les éco-régimes sont des pratiques volontaires qui améliorent les performances environnementales et climatiques de l'agriculture. Dans cette vidéo du Réseau PAC, nous vous présentons deux exemples concrets de bonnes pratiques applicables aux éco-régimes.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=j1hA5YwST8g</t>
+  </si>
+  <si>
+    <t>Gestion de la résistance aux insecticides pour la lutte chimique contre Scirtothrips aurantii</t>
+  </si>
+  <si>
+    <t>Atelier sur les nouveaux thrips des agrumes</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/manejo-de-resistencias-a-insecticidas-para-el-control-qu%C3%ADmico-de-scirtothrips-aurantii?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Réglementation relative à la gestion du bétail</t>
+  </si>
+  <si>
+    <t>L'élevage en Espagne est soumis à une réglementation de plus en plus standardisée, conforme aux directives européennes. Cette vidéo explique la raison d'être de cette réglementation, qui vise à harmoniser les exigences pour les professionnels de l'élevage, à faciliter leur travail, à accroître leur efficacité et à garantir la durabilité. Elle adopte une approche globale favorisant la qualité et la sécurité des aliments, réduisant l'impact environnemental et améliorant le bien-être animal.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=jlrBSPSNV9Y</t>
+  </si>
+  <si>
+    <t>Stratégies de gestion de Scirtothrips aurantii dans les agrumes de la Communauté valencienne</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/estrategias-de-manejo-de-scirtothrips-aurantii-en-c%C3%ADtricos-de-la-comunitat-valenciana?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Plantes hôtes de Scirtothrips aurantii dans la Communauté valencienne</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/plantas-hospederas-de-scirtothrips-aurantii-en-la-comunitat-valenciana-1?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Agriculture verticale et hydroponique : les recherches de Cajamar pour produire plus avec moins</t>
+  </si>
+  <si>
+    <t>Au Centre expérimental de Cajamar (Paiporta, Valence), on travaille depuis des années sur les systèmes de production horticole hors-sol. À cette occasion, son directeur, Carlos Baixauli, présente des recherches qui combinent agriculture verticale et systèmes hydroponiques à haut rendement, deux technologies visant à optimiser la production sur de petites surfaces, réduire la consommation et améliorer la durabilité.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/cultivo-vertical-hidroponico-investigacion-centro-experiencias-cajamar-producir-con-menos</t>
+  </si>
+  <si>
+    <t>Stratégies de gestion des ravageurs et des maladies du kaki</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/dra.-patricia-chueca-centro-de-agroingenier%C3%ADa-ivia-claves-para-tratamientos-fitosanitarios-eficientes-en-caqui-1?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Atelier sur la culture du kiwi</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/jornada-sobre-el-cultivo-del-kiwi?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Gestion intégrée des cochenilles farineuses dans le kaki</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/gesti%C3%B3n-integrada-de-cotonets?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Premiers pas vers une gestion intégrée de Scirtothrips aurantii dans le kaki</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/dr.-c%C3%A9sar-monz%C3%B3-centro-protecci%C3%B3n-vegetal-y-biotecnolog%C3%ADa-ivia-primeras-bases-para-la-gesti%C3%B3n-integrada-de-scirtothrips-aurantii?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Biologie, écologie et méthodes de lutte contre Scirtothrips aurantii chez les agrumes</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/biolog%C3%ADa-ecolog%C3%ADa-y-m%C3%A9todos-de-control-de-scirtothrips-aurantii-en-c%C3%ADtricos?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Présentation de la conférence sur les nouveaux thrips des agrumes par le secrétaire régional et le directeur de l'IVIA</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/presentaci%C3%B3n-de-la-jornada-nuevos-trips-en-c%C3%ADtricos-por-el-secretario-auton%C3%B3mico-y-el-director-del-ivia?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Lutte biologique sur le kaki : Cajamar et Agrobío optent pour des stratégies combinées en vue d'une culture durable</t>
+  </si>
+  <si>
+    <t>Les haies, les couvre-sols et le lâcher d'insectes bénéfiques deviennent des alliés clés pour réduire l'utilisation de produits chimiques et protéger la biodiversité de cette culture.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/control-biologico-caqui-cajamar-agrobio-apuestan-estrategias-combinadas-cultivo-sostenible</t>
+  </si>
+  <si>
+    <t>Viticulture régénératrice</t>
+  </si>
+  <si>
+    <t>Importance de la microbiologie dans les sols agricoles</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=jWwBA7NMK1Q</t>
+  </si>
+  <si>
+    <t>Réglementation relative à la commercialisation des produits du bois issus de l'exploitation légale : Règlement EUTR - FLEGT</t>
+  </si>
+  <si>
+    <t>Informations sur les obligations des importateurs, des propriétaires et des commissaires-priseurs dans le cadre de l'application de la réglementation européenne sur le bois, et sur le futur cadre de lutte contre la déforestation.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=zF__omXNvik</t>
+  </si>
+  <si>
+    <t>L'agroécologie, l'agriculture du futur</t>
+  </si>
+  <si>
+    <t>Conférence de Miguel Altieri. L'agroécologie est la seule solution pour faire face à la crise alimentaire mondiale actuelle. Il existe un conflit entre agriculture industrielle et agriculture paysanne. Nous devons choisir l'agriculture paysanne car elle produit actuellement 70 % de notre alimentation, car elle est durable, résiliente et contribuera à atténuer le changement climatique.</t>
+  </si>
+  <si>
+    <t>https://www.ecoagricultor.com/video-agroecologia-la-agricultura-del-futuro-miguel-altieri/</t>
+  </si>
+  <si>
+    <t>Conférence sur l'agriculture biodynamique</t>
+  </si>
+  <si>
+    <t>Conférence sur l'agriculture biodynamique animée par Mme Marisol Garrido, directrice de Demeter Certification Espagne.</t>
+  </si>
+  <si>
+    <t>https://www.ecoagricultor.com/conferencia-de-agricultura-biodinamica//</t>
+  </si>
+  <si>
+    <t>Guide pratique pour le semis des glands de chêne vert</t>
+  </si>
+  <si>
+    <t>La conservation et le renouvellement des chênes verts et des chênes-lièges sont essentiels à la survie de la forêt sclérophylle méditerranéenne, qui est la formation forestière la plus abondante en Andalousie.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7c258946-6e55-4f46-b92f-0d482607a9b0</t>
+  </si>
+  <si>
+    <t>Comportement des nouvelles variétés d'amandes dans la campagne de Carthagène</t>
+  </si>
+  <si>
+    <t>La hausse des prix des amandes ces dernières années, conséquence d'une forte demande mondiale, révolutionne cette culture, avec une augmentation significative des surfaces cultivées en Espagne. Dans ce contexte, et dans le but de s'étendre aux régions plus froides, les centres de recherche CEBAS (Murcie), CITA (Aragon), IRTA (Catalogne) et INRA (France) ont mis à la disposition des agriculteurs de nouvelles variétés d'amandiers autocompatibles, notamment à floraison tardive ou très tardive. La floraison tardive n'est pas un facteur déterminant dans nos conditions climatiques de la région de Campo de Cartagena, où le risque de gel est très faible. Par conséquent, les variétés autochtones telles que « Peraleja », « Ramillete », « Colorada » et « Garrigues » continuent d'être cultivées en raison de leur rusticité et de la qualité de leurs amandes. Cependant, des problèmes de pollinisation surviennent fréquemment dans les vergers irrigués avec ces variétés traditionnelles, problèmes que nous pensons pouvoir atténuer grâce à l'utilisation de variétés autocompatibles.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/comportamiento-de-nuevas-variedades-de-almendro-en-el-campo-de-cartagena/</t>
+  </si>
+  <si>
+    <t>Performance des variétés de tomates traditionnelles cultivées sur fibre de coco en serre dans le Campo de Cartagena</t>
+  </si>
+  <si>
+    <t>Cette étude vise à déterminer les performances de différentes variétés traditionnelles de tomates, issues de la banque de gènes de l'Institut de recherche et de développement agroalimentaire de Murcie (IMIDA), connue sous le nom de BAGERIM, et du Centre intégré de formation et d'expérimentation agricoles de Torre-Pacheco (CIFEA de Torre-Pacheco), destinées à la consommation en frais. Ces tomates ont été cultivées sur fibre de coco dans une serre non chauffée, de janvier à juillet. Les performances de 25 variétés différentes – cerise, poire, kumato, pulpeuse, lisse et côtelée – ont été évaluées sur une période de cinq ans.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/comportamiento-de-variedades-tradicionales-de-tomate-en-fibra-de-coco-bajo-invernadero-en-el-campo-de-cartagena/</t>
+  </si>
+  <si>
+    <t>Structures de conservation des plantes et surfaces de rétention des nutriments prévues par la loi 3/2020 du Mar Menor</t>
+  </si>
+  <si>
+    <t>Cet ouvrage présente les résultats de plusieurs parcelles de démonstration mises en œuvre au centre de recherche CIFEA de Torre-Pacheco. Ces parcelles portaient sur deux types de végétation : les Barrières Végétales et les Structures de Conservation (BVC) et les Surfaces de Rétention de Nutriments (SRN), toutes deux obligatoires en vertu de la loi 3/2020 pour la restauration et la protection de la lagune de Mar Menor. L’objectif était d’évaluer la facilité ou la difficulté de mise en place de ces surfaces et BVC, ainsi que leurs coûts d’installation et d’entretien, en testant différents types de BVC et d’espèces végétales sur des surfaces de rétention de nutriments.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/las-estructuras-vegetales-de-conservacion-y-las-superficies-de-retencion-de-nutrientes-de-la-ley-3-2020-del-mar-menor/</t>
+  </si>
+  <si>
+    <t>Comportement agronomique et caractérisation de différentes variétés de grenade dans la région de Huerta, dans la province de Murcie</t>
+  </si>
+  <si>
+    <t>Sept variétés de grenade sont étudiées sur une exploitation partenaire située dans le district de Cabezo de Torres, dans la région de Murcie, sous la juridiction de l'Office régional agricole de la Huerta de Murcia. Cette publication compile les données de terrain relatives aux performances agronomiques et aux caractéristiques de ces variétés afin de diffuser les informations obtenues auprès des techniciens et des agriculteurs intéressés par la culture de cette espèce.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/comportamiento-agronomico-y-caracterizacion-de-distintas-variedades-de-granado-en-la-comarca-de-la-huerta-de-murcia/</t>
+  </si>
+  <si>
+    <t>intervention dans le secteur vitivinicole</t>
+  </si>
+  <si>
+    <t>Interventions dans le secteur vitivinicole, Interventions dans le cadre du Plan stratégique de la PAC</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/TRIPTICO_VITIVINICOLA.pdf</t>
+  </si>
+  <si>
+    <t>Rapport sur les bonnes pratiques commerciales et les projets agroalimentaires en milieu rural</t>
+  </si>
+  <si>
+    <t>Lorsque les médias grand public abordent le sujet du développement durable, l'un de ses piliers, l'économique, semble souvent à peine mentionné, éclipsé par l'impact externe plus important des deux autres : l'environnemental et le social. Pourtant, ces trois composantes sont essentielles à la réussite et à la pérennité d'une activité ou d'un projet ; c'est cette dernière variable qui, en définitive, déterminera sa viabilité.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_buenas_practicas_agroalimentarias.pdf</t>
+  </si>
+  <si>
+    <t>Rapport sur les programmes opérationnels des organisations de producteurs de fruits et légumes (OPFH) et de leurs associations (AOPFH)</t>
+  </si>
+  <si>
+    <t>Les organisations de producteurs de fruits et légumes (OPFH) et leurs associations (AOPFH) constituent un élément fondamental du programme d'aides de la PAC 2023-2027, grâce à leur intervention sectorielle (l'Intervention sectorielle pour les fruits et légumes, ISFH) en Espagne. Notre pays est le premier producteur européen de fruits et légumes et le quatrième exportateur mondial, et ce, avec une grande diversité de calendriers de production et de commercialisation. Preuve de leur importance au sein du secteur, les quelque 500 OPFH et leurs associations commercialisent un peu plus de 50 % de la production espagnole de fruits et légumes.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_programas_operativos_de_opfh_y_aopfh.pdf</t>
+  </si>
+  <si>
+    <t>Rapport sur les bonnes pratiques environnementales dans les zones rurales</t>
+  </si>
+  <si>
+    <t>L'agriculture et l'environnement peuvent non seulement coexister, mais sont les meilleurs alliés pour assurer leur avenir respectif. Cependant, lorsque l'agriculture se développe au détriment de l'environnement (épuisement des ressources, altération de la biodiversité, production de déchets, etc.) ou avec une consommation d'énergie non durable sur le plan climatique, la dégradation du milieu naturel rend le développement agricole impossible ou extrêmement difficile.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_buenas_practicas_medioambientales.pdf</t>
+  </si>
+  <si>
+    <t>Les défis et les opportunités du secteur fromager espagnol</t>
+  </si>
+  <si>
+    <t>« Les défis et les opportunités du secteur fromager espagnol » est une publication, promue par Cajamar, en collaboration avec l'Organisation interprofessionnelle laitière (InLac), conçue comme un ouvrage de référence pour toute personne intéressée par le monde du fromage, que ce soit d'un point de vue social en tant que consommateur, d'un point de vue technologique en tant que producteur, d'un point de vue économique en tant que producteur ou distributeur, ou en tant qu'aliment qui favorise le développement rural et génère de la valeur ajoutée.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/retos-desafios-sector-quesero-espanol</t>
+  </si>
+  <si>
+    <t>Systèmes de recherche et d'innovation agroalimentaires dans le monde</t>
+  </si>
+  <si>
+    <t>Cajamar célèbre 50 ans d'engagement dans la recherche agricole en publiant un ouvrage qui dépasse la simple commémoration pour devenir une référence incontournable. Coordonnée par Tomás García Azcárate, l'un des économistes agricoles les plus respectés d'Europe, cette monographie rassemble des experts internationaux afin de dresser un état des lieux de la R&amp;D&amp;I agroalimentaire dans les principaux pôles d'innovation mondiaux. L'ouvrage part d'un constat désormais universellement admis : le système alimentaire mondial doit produire plus et mieux dans un contexte d'accélération du changement climatique et de raréfaction croissante des ressources naturelles. La bonne nouvelle, selon les auteurs, est que ce défi est parfaitement réalisable. La mauvaise nouvelle est que sa réalisation exige des systèmes de recherche et d'innovation d'une efficacité que nous n'avons pas encore atteinte.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/sistemas-investigacion-innovacion-agroalimentaria-mundo</t>
+  </si>
+  <si>
+    <t>Techniques microbiologiques pour lutter contre le changement climatique dans l'industrie vinicole</t>
+  </si>
+  <si>
+    <t>Ces dernières décennies, il est devenu évident que les vins issus des vendanges actuelles et futures subiront des altérations chimiques et microbiologiques dues aux effets du changement climatique. Les modifications de la maturation des raisins produisent des moûts plus riches en sucre et moins acides, ce qui donne des vins plus alcoolisés et moins frais en bouche.</t>
+  </si>
+  <si>
+    <t>https://vitec.wine/wp-content/uploads/2025/02/Poster-lowph-def-2.pdf</t>
+  </si>
+  <si>
+    <t>Étude de faisabilité sur l'utilisation de la spectroscopie ATR-FTIR comme outil d'estimation des polysaccharides dans le vin</t>
+  </si>
+  <si>
+    <t>Les polysaccharides sont les principales macromolécules colloïdales présentes dans le vin. Ces composés jouent un rôle fondamental dans la stabilisation d'autres molécules en solution, modifiant ainsi les propriétés organoleptiques et la vinification du vin. Diverses techniques analytiques ont été proposées pour leur dosage. Cependant, la plupart sont complexes et chronophages. Pour pallier ces inconvénients, la spectroscopie infrarouge à transformée de Fourier (FTIR) offre une méthode rapide et non destructive pour l'estimation des polysaccharides dans le vin.</t>
+  </si>
+  <si>
+    <t>https://www.sciencedirect.com/science/article/pii/S0144861722002697</t>
+  </si>
+  <si>
+    <t>Aptitude œnologique des souches de levures indigènes à la production du vin « Verdejo »</t>
+  </si>
+  <si>
+    <t>L’utilisation de levures indigènes en vinification est un moyen de préserver la typicité d’une région. La sélection de levures indigènes appropriées garantit le maintien des caractéristiques œnologiques en simulant la fermentation alcoolique spontanée (FAS) tout en évitant les risques de fermentations bloquées ou lentes. Dans cette étude, des levures indigènes ont été sélectionnées, identifiées et caractérisées à partir de moût de raisin Verdejo (Appellation d’Origine Protégée Rueda) afin d’exploiter les spécificités du terroir.</t>
+  </si>
+  <si>
+    <t>https://www.mdpi.com/2304-8158/12/9/1888</t>
+  </si>
+  <si>
+    <t>Sélection et utilisation de souches sauvages de Lachancea thermotolerans de l'AOC Rioja, dotées d'une capacité de bioacidification, comme stratégie pour atténuer les effets du changement climatique sur l'industrie vinicole.</t>
+  </si>
+  <si>
+    <t>Le vin est un produit alcoolisé élaboré dans le monde entier depuis des millénaires, son processus de production ayant très peu évolué jusqu'au siècle dernier. Ces dernières décennies, la vigne, soumise à de multiples changements climatiques, a subi les effets de la multiplication des cultures climactériques, modifiant ainsi la composition du moût et du vin. L'effet combiné de la hausse des températures et de l'avancement de la phénologie influe sur la composition des baies : la teneur en sucre augmente, la concentration en acides organiques diminue et la composition en métabolites secondaires et précurseurs d'arômes est altérée. Par conséquent, les vins produits dans ces nouvelles conditions climatiques présentent généralement une faible acidité, une teneur en alcool élevée, un pH élevé et des variations au niveau de plusieurs paramètres, tels que la couleur et les composés phénoliques.</t>
+  </si>
+  <si>
+    <t>https://www.mdpi.com/2306-5710/11/3/70</t>
+  </si>
+  <si>
+    <t>fertirrigation du citronnier</t>
+  </si>
+  <si>
+    <t>La fertirrigation est une technique qui permet la distribution d'engrais dissous dans l'eau d'irrigation. Cette technique, compatible avec différents systèmes d'irrigation, est largement utilisée en irrigation goutte à goutte.</t>
+  </si>
+  <si>
+    <t>https://www.carm.es/web/descarga?ARCHIVO=Publicacion_La%20fertirrigacion%20en%20el%20limonero.pdf&amp;ALIAS=ARCH&amp;IDCONTENIDO=156578&amp;IDTIPO=60&amp;RASTRO=c3039%24m64522%2C64556%2C64566%2C65559</t>
+  </si>
+  <si>
+    <t>Impact de la saison des vendanges sur la biodiversité des levures sauvages et leur influence sur la fermentation du vin</t>
+  </si>
+  <si>
+    <t>Le microbiome de la vigne est un facteur clé qui influence la composition et l'arôme du vin. La biodiversité indigène de la vigne est liée à la signature microbienne responsable des propriétés œnologiques distinctives de chaque région, appelée « terroir » microbien. Le microbiote de la vigne dépend de plusieurs facteurs, dont le climat, le cépage, la vendange, les caractéristiques du vignoble, le sol et les pratiques viticoles. Dans ce contexte, les fermentations spontanées suscitent un intérêt croissant en raison de leurs effets potentiels sur la complexité organoleptique du vin.</t>
+  </si>
+  <si>
+    <t>https://www.mdpi.com/2076-2607/13/12/2836</t>
+  </si>
+  <si>
+    <t>Ravageurs et maladies du citron et du pamplemousse dans la région de Murcie</t>
+  </si>
+  <si>
+    <t>Période critique, états les plus vulnérables, méthodes de surveillance, etc.</t>
+  </si>
+  <si>
+    <t>https://www.carm.es/web/descarga?ARCHIVO=Publicacion_Plagas%20y%20enfermedades%20de%20limon%20y%20%20pomelo%20en%20la%20Region%20de%20Murcia.pdf&amp;ALIAS=ARCH&amp;IDCONTENIDO=156579&amp;IDTIPO=60&amp;RASTRO=c3039%24m64522%2C64556%2C64566%2C65559</t>
+  </si>
+  <si>
+    <t>L'agriculture sans agriculteurs</t>
+  </si>
+  <si>
+    <t>La France a toujours été perçue comme un pays de petites et moyennes exploitations agricoles, indépendantes et gérées par le propriétaire et sa famille. Le modèle de l'agriculture familiale, consolidé et renforcé durant la période de modernisation qui a suivi la Seconde Guerre mondiale, connaît aujourd'hui de profondes mutations qui engendrent des formes nouvelles et diversifiées d'organisation du travail et du capital agricoles.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/agricultura-sin-agricultores</t>
+  </si>
+  <si>
+    <t>Organismes nuisibles réglementés dans la production de fruits à noyau et d'amandes (quarantaine et RNQPS)</t>
+  </si>
+  <si>
+    <t>L'entrée en vigueur du règlement 2016/2031 a entraîné de nombreuses modifications législatives. Parmi celles-ci figure la classification des organismes nuisibles en organismes de quarantaine, organismes prioritaires et organismes non soumis à quarantaine réglementés. Cette classification, établie par l'Union européenne, implique des niveaux de protection spécifiques et l'application de mesures différentes.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/95195654/3-2023+Informaci%C3%B3n+T%C3%A9cnica+.pdf/3dcfbaa6-c7a7-601e-fafa-e37a4d52766f?t=1698916023334</t>
+  </si>
+  <si>
+    <t>Directives pour la surveillance d'Eurytoma amygdali</t>
+  </si>
+  <si>
+    <t>Ces dernières années, Eurytoma amygdali s'est propagé dans toute la Communauté autonome d'Aragon, de manière similaire à d'autres régions d'Espagne, et cette expansion devrait se poursuivre. Actuellement, aucun attractif à base de phéromones ni autre sémiochimique ne permet de surveiller efficacement les populations adultes d'amandiers et de déterminer les périodes optimales de traitement. Or, ce facteur est crucial compte tenu de la courte période durant laquelle le ravageur est absent des amandiers et donc vulnérable aux produits phytosanitaires.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/d/guest/it-4-orientaciones-para-el-seguimiento-de-eurytoma-amygdali</t>
+  </si>
+  <si>
+    <t>Ravageurs et maladies des céréales d'hiver</t>
+  </si>
+  <si>
+    <t>La culture des céréales est intimement liée à l'histoire de l'humanité. C'est l'une des activités agricoles les plus anciennes et les plus répandues au monde. Les céréales, comme le blé, l'orge et le seigle, constituent la base de l'alimentation d'un très grand nombre de personnes et d'animaux à travers le monde.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/d/guest/2024_01_informacion_tecnica_fitosanitaria</t>
+  </si>
+  <si>
+    <t>Caractérisation de l'impact de différents agents clarifiants sur les colloïdes du vin blanc par fractionnement asymétrique sur le terrain</t>
+  </si>
+  <si>
+    <t>Les agents clarifiants sont des substances utilisées lors de la vinification pour améliorer la limpidité et la stabilité des vins. Différents agents clarifiants peuvent modifier la capacité d'élimination de différentes manières. Dans cette étude, l'efficacité d'élimination de sept agents clarifiants courants, répartis en trois groupes (agents clarifiants minéraux, agents clarifiants polymères synthétiques et agents clarifiants protéiques végétaux), a été analysée par fractionnement à flux asymétrique (AF4). De plus, la relation entre la capacité d'élimination et diverses propriétés moléculaires et macromoléculaires a été évaluée.</t>
+  </si>
+  <si>
+    <t>https://www.sciencedirect.com/science/article/pii/S030881462200084X</t>
+  </si>
+  <si>
+    <t>Ravageurs prioritaires pour l'Union européenne</t>
+  </si>
+  <si>
+    <t>Le règlement de base relatif à la santé des végétaux adopte une nouvelle classification des organismes nuisibles aux végétaux, aux produits végétaux et autres objets. Cette classification, élaborée aux chapitres II et III du règlement (UE) 2016/2031, permet une meilleure priorisation des actions et mesures à prendre contre ces organismes nuisibles et, par conséquent, une allocation plus efficace des ressources.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/Plagas+Prioritarias+I.T.+3_2020.pdf/5e1faf18-cbd3-230a-1475-31f7f97c5a22?t=1607083147926</t>
+  </si>
+  <si>
+    <t>Exigences auxquelles doit se conformer le secteur de la production et du commerce de matériel végétal en Aragon</t>
+  </si>
+  <si>
+    <t>Législation et lignes directrices pour l'opérateur professionnel</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/95195654/1-2023+REQUISITOS+CUMPLIR+OPERADORES+PROFESIONALES.pdf/fb8ca64d-5c83-3c89-86df-e154dc13e1e6?t=1686040005898</t>
+  </si>
+  <si>
+    <t>Résistance aux herbicides, types de résistance et pratiques pour l'éviter</t>
+  </si>
+  <si>
+    <t>Deux facteurs principaux sont nécessaires à l'apparition d'une population de mauvaises herbes résistantes : – l'application consécutive d'un ingrédient actif d'un herbicide pendant plusieurs années ; – la prédisposition de l'espèce de mauvaise herbe concernée à développer une résistance.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/201109_HERBICIDAS+DEFINITIVO+DIGITAL.pdf/4e008ef0-0bfb-f916-a0c2-6a8c3bf3c7d9?t=1604997330365</t>
+  </si>
+  <si>
+    <t>Diabrotica, Diabrotica virgifera virgifera LeConte</t>
+  </si>
+  <si>
+    <t>Diabrotica virgifera virgifera est un coléoptère appartenant à la famille des Chrysomelidae, originaire du Mexique et considéré comme l'un des ravageurs les plus nuisibles du maïs.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/91544181/25-07-2022+Diabrotica+IT+1_2022.pdf/851211fb-3b18-3caf-bfd6-bd4c5c595641?t=1658749536532</t>
+  </si>
+  <si>
+    <t>Ravageurs et maladies de l'amandier</t>
+  </si>
+  <si>
+    <t>Ces dernières années, la superficie consacrée à la culture des amandiers a connu une croissance significative en Aragon ; actuellement, quelque 83 800 hectares d'amandiers sont cultivés.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/91544181/INFORMACIONES_TECNICAS_2_2022_Almendro_plagas.pdf/035d40fb-5e40-7459-df39-26011a60f81a?t=1660909624232</t>
+  </si>
+  <si>
+    <t>Modes d'action des herbicides (Nouvelle nomenclature)</t>
+  </si>
+  <si>
+    <t>Les herbicides sont classés selon leur mode d'action, qui peut être défini comme la séquence d'événements ou de processus qui se produisent depuis le moment où l'herbicide pénètre dans la plante jusqu'à l'apparition de la phytotoxicité.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/93070343/IT+2-2023+MOAS+Diptico+A4+Web_definitivo.pdf/1fcba101-7b38-9a4c-50a3-642632f7a08f?t=1693551947880</t>
+  </si>
+  <si>
+    <t>Manuel pratique pour la gestion d'une exploitation laitière</t>
+  </si>
+  <si>
+    <t>La rentabilité optimale d'une exploitation agricole repose sur son efficacité technique et productive, tandis que la productivité animale s'appuie sur trois piliers : la génétique, l'alimentation et la gestion. La génétique, grâce à l'utilisation judicieuse de programmes de sélection, permet d'améliorer les caractéristiques les plus recherchées du point de vue de la production. Pour une expression optimale de ces caractéristiques, les animaux doivent bénéficier d'une alimentation adéquate, tant en quantité qu'en qualité, adaptée à leur stade de production, et être élevés dans des conditions optimales de bien-être animal, leur permettant d'exprimer pleinement leur potentiel productif et les caractéristiques éthologiques de leur espèce.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1131977209076/Publicacion/1250170548860/Redaccion</t>
+  </si>
+  <si>
+    <t>Plan national pour la conservation des ressources génétiques forestières 2024-2033</t>
+  </si>
+  <si>
+    <t>Le Plan national pour la conservation des ressources génétiques forestières vise à orienter les activités de conservation génétique prévues par le décret royal 159/2022 du 1er mars relatif à la conservation des ressources génétiques forestières et de la flore sauvage, ainsi qu'à assurer le suivi et l'évaluation continue des résultats afin d'estimer leur degré de réponse aux objectifs de conservation.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/Plan%20Nacional%20de%20Conservacion%20de%20RGF.pdf</t>
+  </si>
+  <si>
+    <t>Document technique : Stratégie espagnole pour la conservation et l'utilisation durable des ressources génétiques forestières</t>
+  </si>
+  <si>
+    <t>Ces quinze dernières années ont été déterminantes pour le développement des initiatives et des politiques de conservation à l'échelle internationale et, par conséquent, nationale, conformément aux accords mondiaux. La prise de conscience de l'importance de préserver la biodiversité planétaire s'est étendue à la quasi-totalité des secteurs de la société, et le concept de développement durable est intégré à de nombreux plans d'action. Le secteur forestier, directement lié à la gestion environnementale, a également entrepris des démarches spécifiques pour intégrer les principes de conservation de la biodiversité à ses objectifs et méthodes de gestion.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/documento_tecnico_estrategia_tcm30-156101.pdf</t>
+  </si>
+  <si>
+    <t>Catalogue des mesures visant à promouvoir la coexistence entre les loups et l'élevage</t>
+  </si>
+  <si>
+    <t>Les données accumulées ces dernières années indiquent que le loup ibérique (Canis lupus signatus) présente une écologie trophique très adaptable, incluant la prédation et le charognage du bétail domestique. Comme dans d'autres contextes, les pertes de bétail dues à la prédation constituent un facteur majeur de conflits liés à la présence du loup. De plus, la prédation sur le bétail est souvent à l'origine du braconnage dont l'espèce est victime, et même de poursuites judiciaires intentées par des groupes de défense de l'environnement contre les autorités compétentes afin de limiter la taille des populations de ce canidé. Le rapport de 2018 soumis par les autorités environnementales espagnoles à la Commission européenne, conformément à la réglementation de l'UE, considère que le loup ibérique se trouve dans un état de conservation défavorable, principalement en raison de la persistance et du caractère chronique du conflit susmentionné avec le bétail et des persécutions dont l'espèce est victime.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/conservacion-de-especies/medidasproteccionlobo_tcm30-533588.pdf</t>
+  </si>
+  <si>
+    <t>Fiches de restauration hydrologique et forestière</t>
+  </si>
+  <si>
+    <t>La restauration hydrologique et forestière comprend l'ensemble des actions nécessaires pour protéger les sols de l'érosion, défendre le territoire contre la sécheresse et les inondations, accroître la capacité d'approvisionnement en eau et contribuer à la conservation et à l'amélioration de la fonctionnalité des sols.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/es/biodiversidad/temas/desertificacion-restauracion/restauracion-hidrologico-forestal/index.html</t>
+  </si>
+  <si>
+    <t>Bois légal et produits issus de forêts gérées durablement</t>
+  </si>
+  <si>
+    <t>Bien que les forêts ne couvrent que 30 % de la surface terrestre, ces écosystèmes abritent 80 % de la biodiversité de la planète, absorbent le dioxyde de carbone, libèrent de l'oxygène dans l'atmosphère et constituent l'infrastructure organique nécessaire à une multitude d'espèces vivantes. De plus, elles sont une source de revenus et de moyens de subsistance pour environ 25 % de la population mondiale, et une grande partie de ces terres est traditionnellement habitée par des peuples autochtones.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/es/biodiversidad/temas/politica-forestal/madera-legal-productos-libres-defor.html</t>
+  </si>
+  <si>
+    <t>Introduction à la lutte contre la désertification</t>
+  </si>
+  <si>
+    <t>La lutte contre la désertification exige le développement d'actions dans différents domaines et à différents niveaux d'approche, en accordant toujours une attention particulière à la dimension socio-économique du phénomène.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/es/biodiversidad/temas/desertificacion-restauracion/lucha-contra-la-desertificacion/introduccion.html</t>
+  </si>
+  <si>
+    <t>Guide des bonnes pratiques d'hygiène dans les élevages de lapins</t>
+  </si>
+  <si>
+    <t>Pour maîtriser la présence de maladies et les risques sanitaires dans les élevages, il est essentiel de cibler les points d'entrée et de propagation critiques. Tel est l'objectif de ce Guide des bonnes pratiques d'hygiène dans les élevages de lapins : aider les éleveurs en proposant une série de mesures visant à minimiser le risque d'introduction de maladies dans leurs élevages. Il fournit également des recommandations sur les mesures de contrôle à mettre en œuvre pour prévenir la propagation des infections au sein de l'élevage et vers d'autres élevages.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/publicaciones/cbbpp_cunicultura-2011-web.pdf</t>
+  </si>
+  <si>
+    <t>Protection des rizières : Interactions de la poule sultane (Porphyrio porphyrio)</t>
+  </si>
+  <si>
+    <t>La poule sultane commune (Porphyrio porphyrio) est une espèce inscrite sur la Liste des espèces sauvages bénéficiant d'une protection spéciale, conformément aux dispositions du décret royal 139/2011 du 4 février, relatif à l'élaboration de la Liste des espèces sauvages bénéficiant d'une protection spéciale et du Catalogue espagnol des espèces menacées.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/conservacion-de-especies/ce_silvestres_resolucion_calamon_tcm30-201427.pdf</t>
+  </si>
+  <si>
+    <t>Conservation génétique des espèces forestières</t>
+  </si>
+  <si>
+    <t>UNITÉS DE CONSERVATION GÉNÉTIQUE Définition : Population constituée d'un groupe d'individus de la même espèce forestière occupant une zone géographique définie et génétiquement isolée, dans une certaine mesure, des autres groupes</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/Monograf%C3%ADa%20de%20Divulgaci%C3%B3n.pdf</t>
+  </si>
+  <si>
+    <t>Stratégie espagnole pour la conservation et l’utilisation durable des ressources génétiques forestières. Brochure d’information</t>
+  </si>
+  <si>
+    <t>La Stratégie espagnole pour la conservation et l’utilisation durable des ressources génétiques forestières vise à soutenir, développer et coordonner les activités et programmes de conservation et d’amélioration génétique des forêts, en facilitant la coopération et l’intégration des initiatives menées par les différentes administrations et organisations. Son objectif ultime est la conservation et l’utilisation durable des ressources génétiques forestières en Espagne, en préservant leur potentiel d’évolution et en garantissant leur disponibilité pour les générations futures.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/Tr%C3%ADptico_UCGs_publicaci%C3%B3n%20en%20l%C3%ADnea.pdf</t>
+  </si>
+  <si>
+    <t>Description de l'espèce envahissante : Solanum elaeagnifolium cav.</t>
+  </si>
+  <si>
+    <t>C'est une plante vivace robuste, dotée d'un système racinaire qui, en théorie, peut atteindre deux mètres de profondeur et qui a tendance à se développer horizontalement, permettant ainsi à de nouvelles plantes de germer.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/2759332/4_2018_SOLANUM.pdf/94d59843-97de-c2ad-7e4c-727044810803?t=1696423569324</t>
+  </si>
+  <si>
+    <t>L’hygiène dans la production agricole primaire : un guide pratique pour les exploitations agricoles</t>
+  </si>
+  <si>
+    <t>Exigences à respecter par les exploitations agricoles en matière d'hygiène dans la production agricole primaire</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/I.T+Higiene+5-10-2020.pdf/efaa89c3-65b7-6b7e-51da-7e4797a6b38f?t=1601897256207</t>
+  </si>
+  <si>
+    <t>Le nouveau régime phytosanitaire européen : implications pour les exploitants de matériel végétal</t>
+  </si>
+  <si>
+    <t>Depuis le 14 décembre 2019, les nouvelles dispositions relatives à la santé des végétaux, qui concernent les exploitants de matériel végétal et sont incluses dans le paquet législatif sur la santé animale et la phytotoxicité, sont pleinement applicables dans toute l'Union européenne.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/06-11-2020+I.T.+Viveros+N%C2%BA+2.pdf/5b00a4e6-44b7-0d30-c8d7-7720c593b0ab?t=1604656792905</t>
+  </si>
+  <si>
+    <t>culture de mûres</t>
+  </si>
+  <si>
+    <t>La culture de la mûre est aujourd'hui présente presque partout dans le monde, même si seuls quelques pays pratiquent une production commerciale à grande échelle destinée au marché du frais.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/-/el-cultivo-de-la-zarzamora</t>
+  </si>
+  <si>
+    <t>Sélection clonale de cépages de vigne de la Principauté des Asturies</t>
+  </si>
+  <si>
+    <t>Les vignobles asturiens s'inscrivent dans la tradition viticole de montagne. Ils se caractérisent par leur ancienneté, leur situation sur des coteaux escarpés et la diversité et l'exclusivité de leurs cépages. Depuis la reconnaissance en 2001 de l'appellation « Vinos de la Tierra de Cangas », devenue l'actuelle Appellation d'Origine Protégée Cangas (http://www.vinosdeasturias.es), les vignobles connaissent un renouveau et offrent des perspectives d'avenir prometteuses. La nécessité pour les vignerons asturiens d'avoir accès à des clones de vigne à l'identité garantie, produisant des raisins de haute qualité et exempts de virus, afin d'assurer une meilleure réussite de leurs cultures, a motivé le lancement du programme de sélection clonale, un projet de longue haleine mais essentiel.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Selecci%C3%B3n+clonal+de+cultivares+de+vid+del+Principado+de+Asturias.pdf/fc9d7837-e9ae-43f7-bf1f-0e91dbc7b94e?t=1729770356226</t>
+  </si>
+  <si>
+    <t>Étude des types de taille et des structures de plantation des cépages des Asturies</t>
+  </si>
+  <si>
+    <t>Les vignobles asturiens, situés sur des coteaux escarpés, se caractérisent par leur ancienneté, la diversité de leurs cépages, l'absence de mécanisation et une forte densité de plantation. Ces dernières années, cette culture s'est développée, avec la création de nouvelles plantations en terrasses et à des densités plus faibles afin de permettre la mécanisation. La méthode de taille Royat Cordon, plus simple et plus économique, est introduite, remplaçant les techniques de taille traditionnelles utilisées dans la région (taille Guyot dans la commune de Cangas del Narcea, ainsi que la taille en gobelet dans d'autres communes).</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Estudio+de+tipos+de+poda+y+marcos+de+plantaci%C3%B3n+en+variedades+de+vid+de+Asturias.pdf/360a560e-1e68-5a71-92db-055acc126679?t=1729770307152</t>
+  </si>
+  <si>
+    <t>Protection des ruchers : Interactions du guêpier d'Europe (Merops apiaster)</t>
+  </si>
+  <si>
+    <t>Le guêpier d'Europe (Merops apiaster) est une espèce inscrite sur la Liste des espèces sauvages bénéficiant d'une protection spéciale, conformément aux dispositions du décret royal 139/2011 du 4 février, relatif à l'élaboration de la Liste des espèces sauvages bénéficiant d'une protection spéciale et du Catalogue espagnol des espèces menacées.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/conservacion-de-especies/ce_silvestres_resolucion_abejaruco_tcm30-201421.pdf</t>
+  </si>
+  <si>
+    <t>Conseils pour la culture des fèves</t>
+  </si>
+  <si>
+    <t>Lors du développement de la culture du haricot, le producteur doit faire face à une série de décisions qui détermineront le succès final de la récolte : quand et comment préparer le terrain ?, quand semer ?, quelles semences utiliser ?, comment lutter contre les mauvaises herbes ?, comment identifier et combattre les ravageurs et les maladies les plus courants ?, comment gérer la culture de manière durable ?, comment gérer la récolte ?, comment conserver les grains ?, etc.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Orientaciones+para+el+cultivo+de+la+faba.pdf/a5130653-e636-2606-270a-4fe10b29f79d?t=1729770351013</t>
+  </si>
+  <si>
+    <t>Le noisetier des Asturies</t>
+  </si>
+  <si>
+    <t>La noisette européenne (Corylus avellana L.) est une culture traditionnelle des Asturies, dont l'importance était déjà documentée en 1711 par Fray Toribio Santo Tomás y Pumarada (2006). Cependant, à la fin du XXe siècle, sa culture a décliné dans la région en raison du faible prix de ses fruits et du déclin démographique des zones rurales. Bien que les zones rurales des Asturies représentent 80 % de la superficie de la Communauté autonome, environ 82,2 % de la population est actuellement concentrée en zone urbaine (Profil environnemental des Asturies, 2015). Néanmoins, cette noisette conserve une certaine notoriété locale, où elle est récoltée pour la consommation personnelle ou pour la vente des surplus sur les marchés locaux, et suscite un intérêt croissant.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/El+avellano+en+Asturias.pdf/1fc5e939-30f2-31ff-92ad-14a04dac646d?t=1729770419422</t>
+  </si>
+  <si>
+    <t>Pathogènes végétaux décrits en Espagne</t>
+  </si>
+  <si>
+    <t>Cette deuxième édition du livre « Phytogènes végétaux décrits en Espagne » vise à mettre à jour la première édition publiée en 1999, avec les nouveaux pathogènes détectés depuis lors, complétant la liste, leur description, les hôtes affectés, les maladies qu’ils provoquent et leur répartition géographique, sur la base de références suffisamment accréditées.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/temas/sanidad-vegetal/publicaciones/patogenos-final.pdf</t>
+  </si>
+  <si>
+    <t>Recommandations pour la prévention, le contrôle et la surveillance des mycotoxines dans les usines de farine et de semoule</t>
+  </si>
+  <si>
+    <t>Les mycotoxines constituent l'un des risques sanitaires pouvant affecter les céréales et leurs produits dérivés, raison pour laquelle elles ont été parmi les premiers contaminants à être évalués et réglementés au niveau européen, afin de réduire l'exposition totale des consommateurs à ce type de toxine via leur alimentation.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/publicaciones/textomicotoxinas18122015_completorev_nipo.pdf</t>
+  </si>
+  <si>
+    <t>Rapport prospectif sur l'état de l'énergie agrivoltaïque</t>
+  </si>
+  <si>
+    <t>Le changement climatique et ses conséquences néfastes pour notre planète et nos systèmes socio-économiques sont aujourd'hui reconnus par la communauté scientifique et la société dans son ensemble [1]. Pour atténuer cette situation, il est crucial de réduire les émissions de gaz à effet de serre dues aux activités humaines, car elles constituent la principale cause du réchauffement climatique. À cet égard, les participants à la COP21 à Paris [2] se sont engagés à promouvoir un modèle de progrès technologique et financier à faibles émissions, avec pour objectif de maintenir le réchauffement climatique en dessous de 2 °C, et idéalement de le limiter à 1,5 °C. Concernant la faisabilité de ces objectifs, le Groupe d'experts intergouvernemental sur l'évolution du climat (GIEC), dans son rapport de 2022, indique qu'avec une ambition climatique accrue de la part des gouvernements, il est possible de contenir le réchauffement climatique en dessous de 1,5 °C [2].</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/publicaciones/informeprospectivoagrivoltaica2023.pdf</t>
+  </si>
+  <si>
+    <t>Essai de porte-greffes sur des cépages des Asturies</t>
+  </si>
+  <si>
+    <t>Dans l'Antiquité, le géographe et historien grec Strabon (env. 63 av. J.-C. – 20 apr. J.-C.) mentionne que les habitants préromains des Asturies connaissaient le vin, mais qu'il était très rare et qu'ils ne le consommaient que lors de grandes fêtes. Lorsque les Romains arrivèrent dans ce qui est aujourd'hui les Asturies en 29 av. J.-C., il n'y avait pas de vignobles ; l'invasion romaine ne favorisa pas le développement de cette culture, et le cépage Cocolobis continua d'être cultivé sur des treilles, avec une faible production de vin (Gómez, 1920).</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Ensayo+de+portainjertos+en+variedades+de+vid+de+Asturias.pdf/d4ef19e8-6c62-bbdd-aeb1-97f0972435e8?t=1729770450155</t>
+  </si>
+  <si>
+    <t>Feu bactérien des rosiers (Erwinia amylovora)</t>
+  </si>
+  <si>
+    <t>Le feu bactérien est causé par la bactérie Erwinia amylovora (Burril) Winslow et al., considérée comme un organisme nuisible de quarantaine dans l'Union européenne, pour laquelle il existe une législation spécifique sur les mesures préventives contre l'introduction et la propagation (RD 58/2005), ainsi qu'un programme national pour l'éradication et le contrôle du feu bactérien des plantes rosacées (RD 1201/1999 et RD 1512/2005).</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/temas/sanidad-vegetal/publicaciones/erwinia-baja.pdf</t>
+  </si>
+  <si>
+    <t>Cultures horticoles en Castille-et-León</t>
+  </si>
+  <si>
+    <t>Ce recueil de fiches pratiques sur les cultures horticoles de Castille-et-León contient des informations sur : l’ail, le chou, l’oignon, l’endive, l’asperge, la fraise, les petits pois, les haricots verts, la laitue, le poivron, le poireau, la tomate et la carotte.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250168638/Publicacion/1284254644782/Redaccion</t>
+  </si>
+  <si>
+    <t>Manuel des questions fréquentes. Conseil en production biologique.</t>
+  </si>
+  <si>
+    <t>Qu’est-ce que la production biologique ? C’est une méthode de production agricole et d’élevage caractérisée par la combinaison de pratiques agricoles respectueuses de l’environnement, de normes exigeantes en matière de bien-être animal, du maintien d’un niveau élevé de biodiversité et de l’absence d’utilisation de produits chimiques de synthèse, le tout afin de nous fournir des aliments sains et de haute qualité.</t>
+  </si>
+  <si>
+    <t>https://www.ecoagricultor.com/manual-preguntas-frecuentes-en-la-produccion-ecologica/</t>
+  </si>
+  <si>
+    <t>Clés pour améliorer la bactériologie et le nombre de cellules somatiques du lait de brebis et de chèvre</t>
+  </si>
+  <si>
+    <t>Tous les vétérinaires et experts en ovins et caprins consultés pour la préparation de ce manuel s'accordent à dire que les clés de la réussite d'un programme efficace de lutte contre la mammite chez ces animaux reposent fondamentalement sur la gestion.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250170901/Publicacion/1284254097035/Redaccion</t>
+  </si>
+  <si>
+    <t>Guide pratique sur l'application de la traçabilité, de l'autocontrôle et de la conditionnalité dans le système de production intégré de Castille-et-León</t>
+  </si>
+  <si>
+    <t>Le but de ce GUIDE PRATIQUE est de recommander les actions minimales que doivent mettre en œuvre les entités qui appliquent le système de production intégré, notamment en ce qui concerne les types de contrôles à effectuer, leur fréquence et la méthodologie d'échantillonnage.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250168638/Publicacion/1284253423680/Redaccion</t>
+  </si>
+  <si>
+    <t>Podcast sur l'agriculture</t>
+  </si>
+  <si>
+    <t>Podcast</t>
+  </si>
+  <si>
+    <t>Bienvenue sur Podcast Agricultura, le premier podcast agricole en espagnol. Depuis son lancement en janvier 2020, il s'est imposé comme une référence en matière d'information dans le monde agricole. Mon objectif est de proposer un contenu de qualité aux professionnels du secteur. Que vous soyez agronome expérimenté ou jeune diplômé, vous trouverez ici une mine d'informations. J'aborde des sujets agricoles généraux, tous liés à l'agro-industrie et aux industries agricoles. Je considère mon podcast comme une ressource essentielle pour tous ceux qui ont étudié l'agronomie.</t>
+  </si>
+  <si>
+    <t>https://podimo.com/es/shows/podcast-agricultura?utm_source=chatgpt.com</t>
+  </si>
+  <si>
+    <t>Entre cabanes et ravins</t>
+  </si>
+  <si>
+    <t>Ce podcast de la Fédération royale espagnole des associations d'éleveurs sélectionnés (RFEAGAS) présente la réalité d'un secteur qui allie tradition, durabilité et technologies de pointe. Des chemins de transhumance aux laboratoires où sont préservés les trésors génétiques de nos races locales, ce programme nous fait découvrir le monde de l'élevage, guidé par des experts.</t>
+  </si>
+  <si>
+    <t>https://open.spotify.com/show/5ZE7poKYhtmSERTg7JOrS3</t>
+  </si>
+  <si>
+    <t>La Terre</t>
+  </si>
+  <si>
+    <t>Cet épisode du podcast LA TIERRA aborde un sujet fascinant, encore méconnu du grand public : la récolte des aliments, et plus particulièrement les machines utilisées pour les récolter. Nous avons interviewé Juan Marugán, chef de produit pour la gamme de machines de récolte chez New Holland.</t>
+  </si>
+  <si>
+    <t>https://www.upa.es/upa/noticias-upa/La-Tierra-Podcast-EP-6-recoleccion/2026/6857/</t>
+  </si>
+  <si>
+    <t>La Ferme</t>
+  </si>
+  <si>
+    <t>Le secteur agroalimentaire doit relever le défi de nourrir 7 milliards de personnes, un chiffre qui ne cessera de croître et qui pose d'importants enjeux technologiques et d'innovation. elEconomista souhaite être témoin de cette révolution tout en se tournant vers le passé pour tenter de renouer avec les meilleures traditions.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/playlist?list=PLd1_lp3IlaH8jCOkjGVJWQyKnUoLV3wjT</t>
+  </si>
+  <si>
+    <t>Agrumes</t>
+  </si>
+  <si>
+    <t>Depuis des décennies, la production d'agrumes dans la Communauté valencienne est à la pointe de l'agriculture espagnole, un modèle de modernisation du secteur et une référence en matière de développement local. La solidité de sa structure commerciale, largement fondée sur les coopératives, et sa compétitivité sur le marché international des agrumes en font un exemple à suivre. L'économie de l'orange a favorisé l'émergence d'un réseau commercial unique en Espagne, regroupant exportateurs privés et coopératives, dont beaucoup ont piloté la commercialisation des fruits et légumes dans une grande partie du pays. Par ailleurs, au-delà de sa rentabilité économique, l'orange valencienne fait partie intégrante du mode de vie de milliers de familles depuis des générations.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=7sQAk5l-Bmc</t>
+  </si>
+  <si>
+    <t>Savia Rural, le magazine du réseau PAC</t>
+  </si>
+  <si>
+    <t>Le magazine du réseau PAC</t>
+  </si>
+  <si>
+    <t>https://redpac.es/revista/2025otono/pdf/savia_rural_n8_otono_2025.pdf</t>
+  </si>
+  <si>
+    <t>L’élevage extensif et les écorégimes : préserver les campagnes grâce à l’aide européenne</t>
+  </si>
+  <si>
+    <t>Comment l'élevage extensif peut-il protéger l'environnement et bénéficier des subventions européennes ? Les éco-régimes sont des pratiques volontaires qui améliorent la performance environnementale et climatique des zones rurales. Dans cette vidéo du réseau PAC, nous vous présentons deux exemples concrets applicables à l'élevage extensif.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=AEKs0kxjxTE</t>
+  </si>
+  <si>
+    <t>Évaluation de l'AKIS espagnol</t>
+  </si>
+  <si>
+    <t>L'atelier en ligne MODERNAKIS permet de comprendre les principes fondamentaux qui décrivent l'évaluation du Système de connaissances et d'innovation agricoles (AKIS), analyse la gouvernance promue par le MAPA, offre un aperçu de l'innovation interactive et, enfin, de l'application de l'approche de pensée systémique dans des contextes complexes liés à l'agriculture, à l'élevage et à la foresterie. Ordre du jour (23/10/2025) : 11h00 Présentation : Raúl Carbonell (MAPA). 11:10 Introduction à ModernAKIS : Amalia Hafner (FEUGA). 11:20 Innovation interactive : Nicolás Aranda (ATTRACTISS, Ceia3). 11:30 Gouvernance AKIS : Carmen Gil (MAP). 11h40 Y a-t-il des AKIS en dehors de la PAC ? : Juan Pedro Romero (MAPA). 11:50 Mentimeter : Séance de questions sur ModernAKIS. 12h00 Pause café 12:15 Comment contribuer au succès d'une évaluation depuis votre poste : Mª Ascensión Barajas (CDTI). 13h00 Questions et réponses. 13.15 Évaluation des politiques publiques : études de cas : Toni Mora, experte en évaluation des politiques publiques publique. 14h00 Questions et réponses</t>
+  </si>
+  <si>
+    <t>https://youtu.be/LvJs1HmULnw</t>
+  </si>
+  <si>
+    <t>Nous sommes écologiques</t>
+  </si>
+  <si>
+    <t>Podcast de l'Association Professionnelle Espagnole de Production Biologique.</t>
+  </si>
+  <si>
+    <t>https://open.spotify.com/show/1E13e4EaDB4kdHszyVFiTd</t>
+  </si>
+  <si>
+    <t>DigiMAPA : L'outil numérique qui connecte le secteur agroalimentaire avec les entreprises Agrotecheo en santé animale</t>
+  </si>
+  <si>
+    <t>DigiMAPA : L'outil numérique qui connecte le secteur agroalimentaire avec les entreprises Agrotech.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacion-digimapa_tcm30-690533.pdf</t>
+  </si>
+  <si>
+    <t>Dossier de projets d'innovation supra-autonomes</t>
+  </si>
+  <si>
+    <t>Inventaire des projets innovants exécutés par les groupes opérationnels supra-autonomes de l'Association européenne de l'innovation pour la productivité agricole et la durabilité du Programme National de Développement Rural (PNDR) 2014-2022, sous-mesure 16.2. Document en version anglaise : https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/dosier_proyectos_innovacion_eng_tcm30-673123.pdf</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/dosier_proyectos_innovacion_digital_esp_tcm30-671808.pdf</t>
+  </si>
+  <si>
+    <t>La voix de l'eau</t>
+  </si>
+  <si>
+    <t>Les principaux acteurs du secteur agricole œuvrent pour une utilisation plus efficace de l'eau au service du développement durable. Projets financés visant à mettre en œuvre des solutions numériques pour transformer et moderniser le système d'irrigation, dans le cadre des premier et deuxième appels à projets du PERTE pour la numérisation du cycle de l'eau, avec le soutien économique de l'Union européenne via les fonds NextGenerationEU et gérés par le ministère de la Transition écologique et du Défi démographique du gouvernement espagnol, dans le cadre du Plan de relance, de transformation et de résilience.</t>
+  </si>
+  <si>
+    <t>https://open.spotify.com/show/1wI5kiw3IVxrhFF0VQ60Wy?si=b0f1f46be24d4460</t>
+  </si>
+  <si>
+    <t>Rapport sur les pratiques agricoles dans les écorégimes du PEPAC</t>
+  </si>
+  <si>
+    <t>Deux ans après la mise en œuvre du PEPAC 2023-2027 (Plan spécial pour la politique agricole et alimentaire), les mesures de promotion du climat, de l'environnement et du bien-être animal, connues sous le nom d'écorégimes, semblent consolider leur adoption. Ces dispositifs constituent l'une des principales innovations réglementaires de cette période. Cet ensemble de nouvelles aides directes, dont l'adoption est entièrement volontaire, repose sur des engagements annuels de mise en œuvre de certaines pratiques agricoles que les demandeurs sont tenus d'appliquer. Bien qu'aucune de ces pratiques n'implique de tâches nouvelles pour les professionnels de l'agriculture – voire qu'ils n'aient pas toujours effectuées –, elles ont parfois suscité du scepticisme. Cette appréhension naturelle, typique de toute nouveauté qui modifie nos habitudes (surtout lorsqu'elle touche aux cadres réglementaires), semble céder la place à une plus grande acceptation.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_practicas_agrarias_en_los_ecorregimenes_del_pepac.pdf</t>
+  </si>
+  <si>
+    <t>Amélioration de la gestion forestière. Groupes opérationnels et projets innovants</t>
+  </si>
+  <si>
+    <t>Traduction anglaise d'une compilation de projets développés dans le cadre de programmes de développement rural, de groupes opérationnels et de projets innovants qui travaillent sur des questions d'amélioration de la gestion forestière.</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Improvements%20in%20Forest%20Management.pdf</t>
+  </si>
+  <si>
+    <t>Webinaire i2Connect. 18 septembre 2024</t>
+  </si>
+  <si>
+    <t>Dans ce webinaire, les outils développés pour la formation des conseillers et professionnels du secteur agroalimentaire et forestier ont été discutés. En outre, l'importance de la continuité du projet à travers les services de soutien à l'innovation sera mentionnée et différents exemples de la façon dont le projet a été développé en Espagne et dans d'autres pays européens seront présentés.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=aQXd1yulecA</t>
+  </si>
+  <si>
+    <t>Commercialisation dans les filières agricoles, d'élevage, forestières et agroalimentaires. Groupes Opérationnels Et Innovants...</t>
+  </si>
+  <si>
+    <t>Traduction anglaise d'une compilation de projets développés grâce aux fonds du FEADER, de groupes opérationnels et de projets innovants travaillant dans le domaine du marketing dans les secteurs de l'agriculture, de l'élevage, de la foresterie et des industries agroalimentaires.</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Marketing.pdf</t>
+  </si>
+  <si>
+    <t>Traçabilité dans les secteurs agroalimentaire, de l'élevage, de l'agriculture et de la forêt</t>
+  </si>
+  <si>
+    <t>Traduction en anglais d'une compilation de projets développés dans le cadre de programmes de développement rural, de groupes opérationnels et de projets innovants travaillant sur la traçabilité dans les secteurs agroalimentaire, de l'élevage, de l'agriculture et de la foresterie</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Traceability.pdf</t>
+  </si>
+  <si>
+    <t>Prominifun. « Des modèles de gestion innovants pour améliorer la productivité dans les zones de petites exploitations »</t>
+  </si>
+  <si>
+    <t>Le changement de population et d'utilisation du territoire en milieu forestier rural a conduit à l'abandon de surfaces productives potentielles, ce qui nécessite la conception de nouveaux modèles de gestion et des propositions pour leur revalorisation.</t>
+  </si>
+  <si>
+    <t>Gestion de précision extensive des porcs celtiques dans les forêts de feuillus ibéro-atlantiques (FORESCELTA)</t>
+  </si>
+  <si>
+    <t>Combiner l'innovation dans le monde rural à travers le transfert technologique et l'utilisation de systèmes sylvopastoraux pour la production porcine indigène de souche celtique qui donnent naissance à des produits de qualité différenciante grâce à l'utilisation de ressources propres qui permettent des pratiques durables et respectueuses de l'environnement dans le secteur agricole et environnemental. secteurs forestiers en menant des activités qui atténuent les changements climatiques.</t>
+  </si>
+  <si>
+    <t>Dossier des Groupes Opérationnels de Catalogne - 2016</t>
+  </si>
+  <si>
+    <t>L'un des facteurs clés pour améliorer la compétitivité du secteur agroalimentaire et forestier est la promotion de l'innovation et la capitalisation des résultats de la recherche. La Generalitat de Catalogne a approuvé le Plan stratégique de recherche, d'innovation et de transfert agroalimentaire de Catalogne (PRITAC 2013-2020), un plan interministériel créé pour soutenir l'économie productive et la durabilité du secteur agricole, agroalimentaire et du monde rural à travers de l'innovation, aligné sur les principales politiques liées à l'innovation de l'Union européenne pour la période 2014-2020.</t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/9379558/DT108_web_CAST.pdf/e31f3ba8-cb8b-49fc-8cb4-de88a59d29cb</t>
+  </si>
+  <si>
+    <t>Rapport annuel 2024 du Réseau européen des organisations de vulgarisation forestière (FOREXT)</t>
+  </si>
+  <si>
+    <t>Rapport annuel du Réseau européen des organisations de vulgarisation forestière (FOREXT) contenant des informations sur les activités de formation destinées aux propriétaires forestiers privés afin d'améliorer les services de vulgarisation forestière à travers l'Europe.</t>
+  </si>
+  <si>
+    <t>https://forext.eu/wp-content/uploads/2025/06/FOREXT-Annual-Report-2024.pdf</t>
+  </si>
+  <si>
+    <t>Webinaire i2Connect. 18 septembre 2024.</t>
+  </si>
+  <si>
+    <t>Enregistrement du webinaire organisé par le ministère de l'Agriculture, de la Pêche et de l'Alimentation le 18 septembre 2024 afin de partager avec le secteur agroalimentaire et forestier les principaux résultats du projet i2connect : Connecter les conseillers. Promouvoir l'innovation interactive dans l'agriculture et la foresterie. Ce webinaire a présenté les outils développés pour la formation des conseillers et des professionnels des secteurs agroalimentaire et forestier. L'importance de la continuité du projet grâce aux services de soutien à l'innovation a également été soulignée, et divers exemples de développement du projet en Espagne et dans d'autres pays européens ont été présentés.</t>
+  </si>
+  <si>
+    <t>https://youtu.be/aQXd1yulecA</t>
+  </si>
+  <si>
+    <t>Germination, survie et croissance initiale de huit clones de noyer pour la production de bois de qualité sur des terres agricoles de la Vega de Granada.</t>
+  </si>
+  <si>
+    <t>Le bourgeonnement, la survie et la croissance initiale de huit clones de noyers sélectionnés pour leur aptitude forestière ont été évalués. La plantation a été réalisée en mars 2014 selon un dispositif en blocs complets randomisés. Tous les clones testés, sauf un, présentaient un pourcentage de bourgeonnement supérieur à 50 %. On distingue les clones à bourgeonnement précoce et tardif. La durée du bourgeonnement varie selon le clone. La survie était très bonne pour certains clones (entre 70 et 90 %) et faible pour d'autres (50 %). L'aptitude forestière était très bonne pour tous les clones testés, et la croissance était acceptable, sauf pour un, qui a affiché la croissance la plus faible.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a980cc49-5aca-48d2-b076-a53b2cbefac2</t>
+  </si>
+  <si>
+    <t>Groupes opérationnels en Catalogne. Appel 2018</t>
+  </si>
+  <si>
+    <t>"Dossier technique n° 123 : « Groupes opérationnels en Catalogne. Appel 2018 » est dédié aux groupes opérationnels développés dans le cadre du Plan stratégique de la PAC (PEPAC 2023-2027), et en tenant compte des systèmes de connaissance et d'innovation agricoles, également connu sous le nom d’AKIS (Système de connaissances et d’innovation agricoles). l'élaboration et l'exécution de projets dans le cadre de l'Association européenne pour l'innovation en matière de productivité et de durabilité agricole (AEI-Agri). C'est ce que traite le premier article de ce dossier technique « Les groupes opérationnels de l'AEI-Agri en Catalogne ». : période 2015-2023 ». Chacun des projets des Groupes Opérationnels 2018 est expliqué ci-dessous, qui sont divisés en projets agricoles, forestiers, liés à l'industrie agroalimentaire et à l'élevage. Pour chacun, de quoi il s’agit et les résultats et conclusions obtenus sont expliqués. Enfin, le Dossier se termine par deux entretiens avec des personnes qui ont développé des projets et expliquent leur expérience. La première, chez Rosana Garcia, ingénieure technique agricole à l'IRTA. Ensuite, l'entretien avec Eloi Montcada, agronome et responsable du cluster INNOVI. Le Dossier Technique est une publication monographique du Département de l'Action Climatique, de l'Alimentation et de l'Agenda Rural sur des aspects pertinents des activités agricoles, d'élevage, alimentaires, de pêche, forestières et rurales, réalisée avec la collaboration d'experts de l'administration, des universités et des centres de recherche. et le secteur.</t>
+  </si>
+  <si>
+    <t>https://ruralcat.gencat.cat/documents/20181/10397819/DT123_Cast+20_09_24.pdf/0eba81ef-0cbb-41f3-8d04-8948e1fa71d4</t>
+  </si>
+  <si>
+    <t>Modélisation des écoulements d'eau et de la couverture végétale dans les dehesas par télédétection</t>
+  </si>
+  <si>
+    <t>Cette publication décrit les progrès réalisés par l'IFAPA dans la modélisation par télédétection des flux d'eau et du couvert végétal dans les forêts de dehesa. Les différentes sections du document détaillent les résultats obtenus pour l'estimation de la fraction du couvert arboré, de la consommation d'eau et du stress hydrique de la végétation de dehesa, ainsi que certaines des applications potentielles de ces informations pour la gestion de ce système. Ce travail intègre les données de télédétection par satellite et les informations météorologiques dans des modèles de bilan énergétique et hydrique à différentes résolutions spatiales et temporelles, permettant un suivi précis et régulier de la santé de la dehesa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a2197b5e-7849-4dff-bf2a-9b4f36e967f3</t>
+  </si>
+  <si>
+    <t>Combien la société andalouse est-elle prête à payer pour les paysages agricoles et pourquoi ? Le cas des dehesas et des oliveraies en pente.</t>
+  </si>
+  <si>
+    <t>Dans les paysages agricoles, leurs dimensions esthétiques, écologiques et culturelles sont clairement intégrées, créant un lien entre les services écosystémiques culturels qu'ils fournissent à la société et d'autres services écosystémiques, notamment la préservation de la biodiversité. À cet égard, il est important de comprendre les préférences du public concernant les paysages agricoles et les facteurs qui les déterminent, notamment ceux liés à la gestion des exploitations agricoles, ainsi que sa volonté de payer pour leur amélioration. Cette évaluation est particulièrement pertinente car elle est liée à d'autres services écosystémiques qui présentent également un intérêt politique, et leur évaluation par la population justifie le soutien public aux agriculteurs par le biais des politiques agricoles. À cette fin, les dehesas et les oliveraies andalouses en pente constituent une étude de cas.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1b7530bc-3338-4fa3-b948-1ffb8e688301</t>
+  </si>
+  <si>
+    <t>Progrès dans la lutte contre la pourriture des racines dans la dehesa : la biofumigation</t>
+  </si>
+  <si>
+    <t>La pourriture des racines causée par Phytophthora cinnamomi chez les Quercus est responsable de la mort des chênes verts et des chênes-lièges dans les dehesas. La biofumigation par enfouissement en vert de certaines espèces de Brassica pourrait constituer un autre outil de lutte intégrée contre la maladie. Cet article analyse l'adaptation de certaines espèces de Brassica (moutardes) aux conditions des dehesas, leur teneur en sinigrine, leur production de biomasse, leur mode d'action et leur utilisation comme biofumigants.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a0024046-8ddb-469f-86d3-5a2d1cab7415</t>
+  </si>
+  <si>
+    <t>Fertilisations calciques dans la lutte contre la pourriture des racines des arbres de la dehesa</t>
+  </si>
+  <si>
+    <t>La pourriture des racines du chêne (Quercus), causée par des agents pathogènes telluriques tels que Phytophthora cinnamomi ou Pythium spiculum, est responsable de nombreuses mortalités de chênes verts et de chênes-lièges dans les dehesas. La fertilisation calcique est un outil de lutte intégrée contre cette maladie. Cet article analyse divers aspects liés à l'application d'engrais calciques dans les dehesas comme outil de contrôle et de prévention de cette maladie, notamment son intégration dans la gestion courante des dehesas, le rôle du calcium dans la végétation, les principales caractéristiques des engrais calciques les plus courants et certains aspects intéressants liés à leur distribution pour optimiser leur efficacité.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/91c09153-2409-4762-b073-4f4c892b34a9</t>
+  </si>
+  <si>
+    <t>Pourriture des racines : description et contrôle appliqués aux écosystèmes de dehesa</t>
+  </si>
+  <si>
+    <t>La pourriture des racines causée par le pathogène Phytophthora cinnamomi Rands. a été identifiée comme l'une des maladies les plus dévastatrices et mortelles affectant les chênes verts au monde. En Andalousie, sa présence a été confirmée par des analyses de laboratoire sur une importante zone de dehesa. Elle nécessite donc une attention particulière et un effort particulier de communication et de sensibilisation auprès des acteurs de la dehesa. Ce manuel se veut un guide pratique et simple sur les aspects permettant de comprendre les conditions favorisant l'infection et la reproduction du pathogène, ainsi que de faciliter le diagnostic et la mise en œuvre des méthodes de contrôle actuellement disponibles, afin d'enrayer la contagion et de prévenir la propagation de la maladie.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2428d6aa-a359-49a7-8771-47bec46b1b2f</t>
+  </si>
+  <si>
+    <t>La production de glands de chêne vert dans la dehesa</t>
+  </si>
+  <si>
+    <t>Le gland joue un rôle fondamental dans la dehesa (pâturage), car il est récolté à une saison où les ressources disponibles à la campagne sont rares. Sa haute valeur énergétique le rend très apprécié pour l'engraissement et l'entretien du bétail et du gibier. De nos jours, le gland est devenu une denrée précieuse et rare, souvent utilisée intégralement par le porc ibérique en raison de la forte demande de produits de qualité qui en sont issus. Le gland est également essentiel à la régénération des arbres et constitue un indicateur important de leur vigueur. La production de glands de chêne vert se caractérise par une grande variabilité entre les individus, les zones et les années. De nombreux facteurs influencent la production et la qualité des glands, parfois inhérents à l'arbre (production plus ou moins alternée, ou plus ou moins productive) et parfois indépendants (climat, caractéristiques écologiques du milieu, ravageurs et maladies, taille, débourbage, etc.). Les unités 1 et 2 explorent toutes les variables qui influencent cette variable et leur impact sur le cycle annuel de l'arbre. De plus, disposer d'estimations de la production de glands permettrait de mieux évaluer la capacité d'accueil du bétail, domestique ou sauvage, autorisé dans une zone. Un autre avantage potentiel des prévisions de montanera réside dans la nécessité de mettre en œuvre des mesures favorisant la régénération naturelle pendant les années de récoltes abondantes. L'unité 3 propose un bref aperçu des principales méthodes d'évaluation de la production de glands, ainsi qu'un guide pour leur mise en œuvre dans la dehesa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78a344c5-e2ed-45a0-9f3d-8d7ca17b11c9</t>
+  </si>
+  <si>
+    <t>Gestion des sols contre l'érosion dans les Dehesas</t>
+  </si>
+  <si>
+    <t>Ce manuel se veut un outil de référence pour identifier les risques d'érosion dans les exploitations pastorales et recommande des mesures pour y remédier lorsque cela est possible. Il décrit notamment les bonnes pratiques de gestion des sols et consacre un chapitre à la lutte contre les ravines, dont l'apparition est un symptôme d'érosion sévère.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb16ecd1-14b9-43d4-b206-e95a6e8d6ba6</t>
+  </si>
+  <si>
+    <t>Gestion des moutons dans la dehesa</t>
+  </si>
+  <si>
+    <t>Ce manuel couvre les bases de la production ovine dans la dehesa, les installations minimales requises pour une bonne gestion, l'alimentation en fonction de la disponibilité des pâturages dans la dehesa, la gestion de la reproduction, la santé, l'hygiène et les aspects de bien-être animal, et passe en revue les facteurs de différenciation entre la production conventionnelle et la production biologique et intégrée.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0440c59f-9cfc-4b2c-b3d0-1515ca92c13c</t>
+  </si>
+  <si>
+    <t>Production de glands dans la dehesa : facteurs d'influence</t>
+  </si>
+  <si>
+    <t>Ce document passe en revue les principaux facteurs, internes et externes à l'arbre, qui influencent la production de glands dans la dehesa. Il synthétise la présentation donnée lors des 9e Journées du Porc Ibérique, organisées par l'ASAJA Córdoba le 6 avril 2016 à Villanueva de Córdoba.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14f94d6e-ee37-4d15-a93e-684d42558a1e</t>
+  </si>
+  <si>
+    <t>Tailler l'arbre dans le pâturage</t>
+  </si>
+  <si>
+    <t>Cette publication a pour objectif de présenter les aspects techniques les plus importants qui définissent l'élagage des arbres en dehesa, ainsi que les limites et précautions à prendre lors de sa mise en œuvre. L'unité 1 présente les critères généraux et les bases physiologiques à prendre en compte lors de l'élagage en dehesa. L'unité 2 décrit les différents types d'élagage pratiqués en dehesa, ainsi que les considérations à prendre en compte pour éviter tout impact négatif sur la vigueur des arbres. Enfin, l'unité 3 quantifie le coût de l'élagage et la gestion des différents sous-produits, décrit la procédure de demande d'autorisation auprès de l'administration et aborde certains aspects fondamentaux de la prévention des risques.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fbcb1934-ab8c-4ad9-9a3c-288d3404d6ce</t>
+  </si>
+  <si>
+    <t>Progrès dans l'évaluation de la production d'herbe et de glands dans la dehesa à l'aide de capteurs proches et distants</t>
+  </si>
+  <si>
+    <t>Cette publication décrit une série d'avancées réalisées à l'IFAPA pour intégrer les informations issues de la télédétection à la gestion du pâturage extensif dans les dehesas. Pour ce faire, les données fournies par ces capteurs, principalement embarqués sur des satellites et des avions, sont combinées à des mesures et des modèles de terrain précis. Cette intégration permet un suivi précis, régulier et économique de l'état du couvert végétal de la dehesa, permettant de quantifier et d'estimer son développement phénologique et sa production, notamment la production et la qualité de l'herbe et des glands, principaux aliments du bétail.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/89b5eb5e-7dd8-4449-b253-6cd55bd4e53a</t>
+  </si>
+  <si>
+    <t>Traçabilité dans le secteur agroalimentaire, de l'élevage, agricole et forestier</t>
+  </si>
+  <si>
+    <t>La technologie et la numérisation à travers différents outils tels que la blockchain, les outils TIC ou le Big Data, constituent des solutions efficaces pour optimiser la traçabilité, la sécurité alimentaire et éviter la fraude et la concurrence déloyale tout au long de la chaîne d'approvisionnement. Il convient toutefois de noter qu’il existe encore un fossé technologique numérique important qui touche principalement les producteurs, qu’il s’agisse d’agriculteurs individuels ou de micro et petites entreprises.</t>
+  </si>
+  <si>
+    <t>https://www.redruralnacional.es/sites/default/files/documents/dossier_Trazabilidad_V2.pdf</t>
+  </si>
+  <si>
+    <t>Validation et sécurité des applications aériennes avec des drones en milieu agroforestier (PHYTODRON)</t>
+  </si>
+  <si>
+    <t>Validation de l'utilisation des drones comme alternative sûre et efficace de manière comparative aux applications avec des produits phytosanitaires conventionnels (analyse rigoureuse des risques, des scénarios, des applications et des équipements).</t>
+  </si>
+  <si>
+    <t>Développement et mise en œuvre d’un Système d’Appui à la Gestion Forestière dans RED-SAGEFER</t>
+  </si>
+  <si>
+    <t>Conception, développement et mise en œuvre d'un réseau de systèmes logiciels pour la mise en œuvre territoriale qui permet la promotion et la valorisation du territoire forestier au niveau municipal en Espagne avec la mobilisation de tous les agents du secteur.</t>
+  </si>
+  <si>
+    <t>Stratégie de digitalisation pour le secteur agroalimentaire, forestier et le milieu rural</t>
+  </si>
+  <si>
+    <t>Document qui définit les lignes stratégiques et les mesures nécessaires pour favoriser la transformation numérique des secteurs agroalimentaire, forestier et du milieu rural et les instruments prévus pour sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/estrategia_digitalizacion_sector_agroalimentario_forestal_medio_rural_ve_tcm30-560060.pdf</t>
+  </si>
+  <si>
+    <t>Résumé de la journée de présentation du démonstrateur forestier numérique mis en œuvre à Kiwi Atlántico dans le cadre du projet HIBA+</t>
+  </si>
+  <si>
+    <t>Bilan de la journée de présentation du démonstrateur forestier numérique mis en œuvre à Atlantic Kiwi dans le cadre du projet HIBA+</t>
+  </si>
+  <si>
+    <t>https://youtu.be/kXcI_sF3gGM?feature=shared</t>
+  </si>
+  <si>
+    <t>Traçabilité dans les secteurs agroalimentaire, d'élevage, agricole et forestier. Groupes Opérationnels et Projets Innovants</t>
+  </si>
+  <si>
+    <t>Cette publication est une compilation des Groupes Opérationnels et des Projets Innovants dans le domaine de la traçabilité dans les secteurs agroalimentaire, agricole, d'élevage et forestier en Espagne et en Europe.</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/dossier_Trazabilidad_V2.pdf</t>
+  </si>
+  <si>
+    <t>Marketing dans les secteurs de l'agriculture, de l'élevage, de la foresterie et des industries agroalimentaires. Groupes Opérationnels et Projets Innovants</t>
+  </si>
+  <si>
+    <t>Cette publication est une compilation de Groupes Opérationnels et de Projets Innovants dans le domaine du marketing dans les industries agricoles, d'élevage, forestières et agroalimentaires en Espagne et en Europe.</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/dossier_Marketing_v2.pdf</t>
+  </si>
+  <si>
+    <t>Améliorations dans la gestion des fermes forestières. Groupes Opérationnels et Projets Innovants</t>
+  </si>
+  <si>
+    <t>Cette publication est une compilation de groupes opérationnels et de projets innovants sur l'amélioration de la gestion des exploitations forestières en Espagne et en Europe.</t>
+  </si>
+  <si>
+    <t>https://redpac.gob.es/sites/default/files/documents/dossier_MejoraExplotacionesForestales_v2.pdf</t>
+  </si>
+  <si>
+    <t>Commercialisation dans le secteur des industries agricoles, animales, forestières et agroalimentaires</t>
+  </si>
+  <si>
+    <t>La digitalisation représente un avantage d’opportunité pour le secteur agricole, de l’élevage, forestier et agroalimentaire, en termes de promotion et de vente de leurs produits. De même, les plateformes de vente en ligne, les sites internet et les réseaux sociaux sont des outils abordables, simples d'utilisation et efficaces pour se faire connaître, communiquer auprès d'un large public et générer de nouveaux canaux marketing, comme les circuits courts et les km0. La diffusion - de manière simple auprès du consommateur - à travers une stratégie de communication et de marketing est présentée aujourd'hui comme essentielle.</t>
+  </si>
+  <si>
+    <t>https://www.redruralnacional.es/sites/default/files/documents/dossier_Marketing_v2.pdf</t>
+  </si>
+  <si>
+    <t>Analyse de la volonté des oléiculteurs de montagne à participer aux programmes de conversion forestière</t>
+  </si>
+  <si>
+    <t>Cet article analyse la volonté des oléiculteurs de montagne de participer à un programme agroenvironnemental favorisant l'abandon partiel ou total de la production afin d'améliorer la fourniture de biens publics environnementaux (biodiversité et fonctionnalité des sols). À cette fin, une enquête basée sur la technique d'évaluation contingente a été menée dans les régions de Los Pedroches et de La Sierra (Cordoue) et du Sud-Ouest (Séville). Les résultats montrent un faible niveau d'acceptation parmi les oléiculteurs de montagne (entre 5 % et 25 % selon le scénario et le niveau de compensation), le programme étant plus attractif pour ceux ayant de faibles rendements et appliquant déjà de bonnes pratiques agricoles (par exemple, l'occupation du sol sur une grande partie de leurs exploitations). De plus, la participation au programme est déterminée par les opinions et les attitudes des oléiculteurs, notamment concernant la production biologique et la conversion des oliveraies en terres forestières.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0ac670bd-7596-4afe-8adc-8e08217adab3</t>
+  </si>
+  <si>
+    <t>Dix commandements pour la lutte contre les sangliers</t>
+  </si>
+  <si>
+    <t>Résumé des principales mesures pour le contrôle durable des populations de sangliers</t>
+  </si>
+  <si>
+    <t>https://iberico.com/wp-content/uploads/2023/04/DECALOGO.pdf</t>
+  </si>
+  <si>
+    <t>Atelier en ligne : Perfectionnement des compétences de conseil pour les conseillers agricoles dans le domaine des solutions technologiques pour l’agriculture numérique</t>
+  </si>
+  <si>
+    <t>Lors de cet atelier en ligne, organisé par QuantiFarm en collaboration avec EUFRAS, le 28 novembre 2024, les agriculteurs, les conseillers ruraux et d'autres acteurs ont eu l'occasion d'approfondir les sujets suivants : Facteurs influençant l'adoption des solutions technologiques numériques pour l'agriculture (DATS) par les agriculteurs Les différentes catégories de solutions technologiques pour l'agriculture numérique (DATS ) et leurs avantages potentiels La boîte à outils et les services de conseil personnalisés de QuantiFarm Comment soutenir les agriculteurs dans l'utilisation des DATS ( Solutions technologiques pour l'agriculture numérique) en situation réelle</t>
+  </si>
+  <si>
+    <t>https://youtu.be/Cjv4ZaZPcfg</t>
+  </si>
+  <si>
+    <t>Mesures de prévention de la peste porcine africaine (PPA) dans les petites exploitations et les exploitations d'autoconsommation</t>
+  </si>
+  <si>
+    <t>Dépliant du ministère de l'Agriculture, de la Pêche et de l'Alimentation présentant les mesures de prévention de la peste porcine africaine (PPA) dans les petites exploitations et pour l'autoconsommation.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/porcino/ppa/dipticoexplotacionesreducidasfinal.pdf</t>
+  </si>
+  <si>
+    <t>Renforcement de la biosécurité dans les transports (ASICI)</t>
+  </si>
+  <si>
+    <t>Infographie</t>
+  </si>
+  <si>
+    <t>Infographie renforçant les mesures de biosécurité relatives à la peste porcine africaine (PPA) dans les transports</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/ppa_transporteasici.jpg</t>
+  </si>
+  <si>
+    <t>Renforcement de la biosécurité dans les abattoirs (ASICI)</t>
+  </si>
+  <si>
+    <t>Infographie renforçant les mesures de biosécurité relatives à la peste porcine africaine (PPA) à l'abattoir</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/ppa_mataderoasici.jpg</t>
+  </si>
+  <si>
+    <t>Renforcement de la biosécurité à la ferme (ASICI)</t>
+  </si>
+  <si>
+    <t>Infographie renforçant les mesures de biosécurité contre la peste porcine africaine (PPA) à la ferme</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/ppa_explotacionesasici.jpg</t>
+  </si>
+  <si>
+    <t>Renforcement de la biosécurité à la ferme (INTERPORC)</t>
+  </si>
+  <si>
+    <t>Infographie sur la biosécurité concernant la peste porcine africaine (PPA) à la ferme</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/22posterppa_granja10012022.pdf</t>
+  </si>
+  <si>
+    <t>Renforcement de la biosécurité dans les transports (INTERPORC)</t>
+  </si>
+  <si>
+    <t>Infographie sur la biosécurité dans les transports liés à la peste porcine africaine (PPA)</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/22posterppa_transporte10012022.pdf</t>
+  </si>
+  <si>
+    <t>Renforcement de la biosécurité à l'abattoir (INTERPORC)</t>
+  </si>
+  <si>
+    <t>Infographie sur la biosécurité concernant la peste porcine africaine (PPA) à l'abattoir</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/bioseguridad-y-buenas-practicas/porcino-bioseguridad/22posterppa_matadero10012022.pdf</t>
+  </si>
+  <si>
+    <t>Situation de la peste porcine africaine</t>
+  </si>
+  <si>
+    <t>La PPA est une maladie hautement contagieuse causée par un virus de la famille des Asfarviridae, genre Asfivirus. Il existe des souches qui peuvent provoquer des symptômes aigus ou hyperaigus avec des niveaux de mortalité et de morbidité proches de 100 %, bien que d'autres souches provoquent des symptômes cliniques subaigus, voire chroniques, avec une mortalité plus faible. Elle provoque des lésions hémorragiques de la peau et des organes internes en raison de lésions de l'endothélium vasculaire, mais contrairement au PPC, cette maladie ne présente normalement pas de symptômes nerveux. Dans tous les cas, il est impossible de différencier ces deux maladies sur la base des symptômes, et en cas de suspicion clinique, un prélèvement immédiat sera nécessaire pour réaliser un diagnostic de laboratoire qui permettra la différenciation.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/porcino/ppa/informe-ppa_2025-11-13.pdf</t>
+  </si>
+  <si>
+    <t>Manuel pratique des opérations de lutte contre la peste porcine africaine (PPA)</t>
+  </si>
+  <si>
+    <t>Le but de ce manuel est de servir de guide de travail aux services vétérinaires officiels en cas de suspicion et de confirmation d’épidémie de peste porcine africaine (PPA).</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/porcino/ppa/manualpracticoppa_122024.pdf</t>
+  </si>
+  <si>
+    <t>Impliquer les parties prenantes dans la prévention de la peste porcine africaine (PPA)</t>
+  </si>
+  <si>
+    <t>Fiche d’information sur la gestion de la peste porcine africaine (PPA)</t>
+  </si>
+  <si>
+    <t>https://iberico.com/wp-content/uploads/2023/04/Involucrando-a-los-diferentes-sectores-en-la-prevencion-de-la-Peste-Porcina-Africana-porciNews.pdf</t>
+  </si>
+  <si>
     <t>Considérations relatives à la nutrition et à la fertilisation des vignes</t>
   </si>
   <si>
-    <t>Publications</t>
-[...1 lines deleted...]
-  <si>
     <t>Du point de vue nutritionnel, la vigne se caractérise par une absorption régulière des nutriments tout au long de son cycle de croissance et des besoins en minéraux relativement modérés. Des stratégies de fertilisation inadéquates entraînent des déséquilibres nutritionnels indésirables, avec des répercussions négatives sur la qualité, la rentabilité de l'exploitation et l'environnement.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/ministerio/pags/Biblioteca/Revistas/pdf_Agri/Agri_2011_940_334_338.pdf</t>
   </si>
   <si>
     <t>Combien de tétées de colostrum sont nécessaires pour un apport adéquat en colostrum ?</t>
   </si>
   <si>
     <t>La question de l'alimentation des veaux au colostrum m'a toujours tenu à cœur. Après avoir obtenu mon diplôme de vétérinaire en 1984, outre mon activité clinique immédiate, je souhaitais poursuivre une carrière universitaire, ce qui impliquait l'obtention d'une licence. Celle-ci pouvait s'obtenir par un examen ou par la réalisation d'un projet de recherche appelé thèse. À l'époque, peu d'entre nous obtenaient ce diplôme, car il suffisait ensuite de poursuivre des études doctorales. Aujourd'hui, tous les étudiants doivent présenter et soutenir oralement un projet de fin d'études pour obtenir leur diplôme de vétérinaire. Le sujet de ma thèse portait sur l'allaitement au colostrum chez les veaux. L'importance du colostrum était déjà connue à l'époque ; le premier article sur le sujet remonte en effet à 1922, et dans les années 1980, la littérature scientifique était abondante, mais rien de comparable à ce qui s'est produit depuis le début du XXIe siècle. Aujourd'hui, la quantité d'informations, tant scientifiques que grand public, est immense.</t>
   </si>
   <si>
     <t>https://www.revistafrisona.com/Noticia/cuantas-tomas-de-calostro-son-suficientes-para-un-buen-encalostrado</t>
   </si>
   <si>
     <t>Manuel pratique des opérations de lutte contre la grippe aviaire</t>
   </si>
   <si>
     <t>L’influenza aviaire hautement pathogène (IAHP) est une maladie virale causée par certains sous-types (H5 et H7) du virus de la grippe A, appartenant à la famille des Orthomyxoviridae. Elle affecte la plupart des espèces aviaires et provoque une maladie systémique et très contagieuse, avec une mortalité élevée en 24 heures dans les élevages de volailles commerciaux. Par conséquent, elle peut avoir un impact considérable sur la production et la commercialisation de la volaille et des produits avicoles dans une région ou un pays. C’est pourquoi l’IAHP figure sur la Liste unique des maladies à déclaration obligatoire de l’Organisation mondiale de la santé animale (OMS) et sur la Liste A des maladies à déclaration obligatoire de l’Union européenne.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/aves/influenza-aviar/manualpracticoia_052025.pdf</t>
   </si>
   <si>
     <t>Comment les volailles infectées pourraient transmettre la grippe aviaire à l'homme</t>
@@ -92,422 +1316,95 @@
   <si>
     <t>ÉTIOLOGIE. La grippe aviaire est une maladie virale très contagieuse qui touche les oiseaux domestiques et sauvages. Des virus de la grippe aviaire ont également été isolés, bien que moins fréquemment, chez certaines espèces de mammifères, comme les rats, les souris, les belettes, les furets, les porcs, les chats, les tigres, les chiens et les chevaux, ainsi que chez l'homme. Certaines souches peuvent être hautement zoonotiques et, dans certains cas, provoquer des maladies graves chez l'homme.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/aves/influenza-aviar/influenzaaviarfichatecnica.pdf</t>
   </si>
   <si>
     <t>Introduction à l'agriculture régénératrice</t>
   </si>
   <si>
     <t>Gestion extensive du bétail pour éviter l'épuisement des pâturages.</t>
   </si>
   <si>
     <t>https://redpac.es/sites/default/files/documents/4.%20Definiciones%20y%20herramientas%20de%20la%20agroganader%C3%ADa%20regenerativa_Javi%20Garc%C3%ADa%20Lacal.pdf</t>
   </si>
   <si>
     <t>Analyse de la situation actuelle des sols agricoles</t>
   </si>
   <si>
     <t>Que propose le modèle régénératif ?</t>
   </si>
   <si>
     <t>https://redpac.es/sites/default/files/documents/2.%20An%C3%A1lisis%20de%20la%20situaci%C3%B3n%20actual%20de%20los%20suelos%20agr%C3%ADcolas_Alberto%20P%C3%A9rez%20Rold%C3%A1n.pdf</t>
   </si>
   <si>
-    <t>Évaluation de l'AKIS espagnol</t>
-[...10 lines deleted...]
-  <si>
     <t>Agriculture régénératrice et élevage : une brève introduction à son développement dans la péninsule Ibérique et en Europe</t>
   </si>
   <si>
     <t>L'agriculture régénératrice propose de produire des aliments tout en préservant les sols, la biodiversité et le bien-être de ceux qui travaillent la terre.</t>
   </si>
   <si>
     <t>https://redpac.es/sites/default/files/documents/1.%20Trayectoria%20y%20situaci%C3%B3n%20actual%20de%20la%20agroganader%C3%ADa%20regenerativa%20en%20la%20Pen%C3%ADnsula%20Ib%C3%A9rica%20y%20en%20Europa_Ana%20Dig%C3%B3n.pdf</t>
   </si>
   <si>
     <t>Atelier d'introduction à l'agriculture régénératrice, séance 3</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=NYXAeHi5GyU&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=4</t>
   </si>
   <si>
     <t>Atelier d'introduction à l'agriculture régénératrice, session 2</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=qev1l6X1ZNs&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=3</t>
   </si>
   <si>
     <t>Atelier d'introduction à l'agriculture régénératrice, séance 1</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=MpV-I8KwS4Q&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=2</t>
   </si>
   <si>
-    <t>Prominifun. « Des modèles de gestion innovants pour améliorer la productivité dans les zones de petites exploitations »</t>
-[...52 lines deleted...]
-  <si>
     <t>Groupes opérationnels en Catalogne. Appel 2018 (catalan)</t>
   </si>
   <si>
     <t>Le Dossier Technique n° 123 : « Groupes opérationnels de Catalogne. L’Appel 2018 » est dédié aux Groupes Opérationnels développés dans le cadre du Plan Stratégique de la PAC (PEPAC 2023-2027), et comprend les Systèmes de Connaissances et d’Innovation Agricoles, également liés à l’AKIS (Système de Connaissances et d’Innovation Agricoles). Les groupes opérationnels financent l'élaboration et l'exécution de projets dans le cadre de l'Association européenne pour l'innovation dans la productivité et la durabilité agricoles (AEI-Agri). Celui-ci contient le premier article de ce dossier technique « Les groupes opérationnels de L'AEI-Agri en Catalogne : période 2015-2023 ». Ensuite, chacun des projets des groupes opérationnels de 2018 sera expliqué, divisé en projets agricoles, forestiers, agro-alimentaires et sectoriels. Pour chacun d'entre eux, il est expliqué de quoi il s'agit, ainsi que les résultats et conclusions obtenus. Enfin, le Dossier se termine par des entretiens avec des personnes qui ont développé des projets et expliquent leur expérience. La première, à Rosana Garcia, ingénieure technique agricole à l'IRTA. Ensuite, l'entretien avec Eloi Montcada, agronome et responsable de cluster chez INNOVI. Le Dossier Technique est une publication monographique du Département de l'Action Climatique, de l'Alimentation et de l'Agenda Rural sur les aspects pertinents des activités agricoles, sectorielles, alimentaires, halieutiques, forestières et rurales, réalisée par la collaboration d'experts de l'administration, des universités et des universités. centres de recherche et du secteur.</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/10397814/02+DT123+12_09_23.pdf/5b1a344a-5586-4807-b64e-1de75637e861</t>
   </si>
   <si>
-    <t>Groupes opérationnels en Catalogne. Appel 2018</t>
-[...250 lines deleted...]
-  <si>
     <t>Observatoire des consommateurs alimentaires de l'EIT</t>
   </si>
   <si>
     <t>L'Observatoire des consommateurs alimentaires de l'EIT produit régulièrement des rapports de recherche et des études sur les perceptions des consommateurs en matière d'alimentation.</t>
   </si>
   <si>
     <t>https://www.eitfood.eu/projects/consumerobservatory/consumer-observatory-reports</t>
   </si>
   <si>
-    <t>Tendances EAT 2025-2027</t>
-[...7 lines deleted...]
-  <si>
     <t>Guide pratique sur la gestion et la santé des sols du projet SOILBIO</t>
   </si>
   <si>
     <t>https://www.upa.es/_documentos/GUIA_SOILBIO_AGRICULTORES_digital.pdf</t>
   </si>
   <si>
     <t>Guide de bonnes pratiques de gestion des sols respectueuses de la biodiversité</t>
   </si>
   <si>
     <t>Guide visant à fournir aux agriculteurs des connaissances sur les interactions qui se produisent dans le sol en relation avec sa biodiversité et sur la manière dont celles-ci influencent la fertilité et la résilience en fonction des pratiques agricoles utilisées par l'agriculteur.</t>
   </si>
   <si>
     <t>https://www.upa.es/_documentos/GUIA_SOILBIO_completa_digital.pdf</t>
   </si>
   <si>
     <t>Influence de l'irrigation et d'autres facteurs sur le rendement des cultures de tournesol</t>
   </si>
   <si>
     <t>Traditionnellement, l'agriculture pluviale s'est développée non seulement en raison de la faible disponibilité de l'eau d'irrigation, mais aussi parce que les agriculteurs partaient du principe que l'irrigation de cultures comme le blé ou le tournesol n'était pas économiquement viable, car cette eau pourrait être utilisée pour d'autres cultures potentiellement plus rentables. Ces dernières années, la rentabilité de l'agriculture irriguée a considérablement diminué, les valeurs de productivité de l'eau d'irrigation étant très proches des limites de rentabilité. Ce document présente les résultats d'une étude sur les rendements d'une culture de tournesol en conditions irriguées lors des semis d'hiver, avec l'application de différentes doses d'engrais azotés et différentes densités de plantation.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7de5a60e-ad00-4f0c-af70-aa76d8239df9</t>
   </si>
   <si>
     <t>Recommandations pour la fabrication de fromages affinés en saumure</t>
@@ -911,50 +1808,68 @@
   <si>
     <t>Résultats d'un projet de recherche ayant étudié différentes méthodes alternatives de fertilisation à l'urée. Parmi celles-ci, l'utilisation d'inhibiteurs de nitrification et d'uréase se distingue. Les résultats ont été présentés en termes d'avantages agronomiques (récolte, azote dans les grains, etc.) et environnementaux (réduction du lessivage des nitrates et des émissions de NO₂).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76fb3e4e-8484-4fa4-865a-fdcab95eaaf4</t>
   </si>
   <si>
     <t>Etude comparative de la production et de la qualité des fruits de cinq cultivars de pruniers à récolte tardive en gestion biologique et conventionnelle.</t>
   </si>
   <si>
     <t>Résultats de 2009 à 2013 concernant la production et la qualité de cinq cultivars commerciaux de prunier japonais de récolte tardive, cultivés depuis plusieurs années sous deux systèmes de gestion agronomique différents : biologique et conventionnel.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d109d527-1abd-438d-a3e1-12e169313572</t>
   </si>
   <si>
     <t>Essais de variétés de tournesol résistantes au Jopo (O. cumana) en Andalousie. Campagne 2024.</t>
   </si>
   <si>
     <t>Résultats des cinq essais de variétés de tournesol résistantes au jopo (O. Cumana) en Andalousie pour la campagne 2024. Pour chaque essai, sont présentés des données sur le rendement en graines et en huile, des données sur les différentes maladies et un tableau récapitulatif des rendements.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d35cebaa-01bd-46fd-8c49-6c776c3f3969</t>
   </si>
   <si>
+    <t>Utilisation de tensiomètres manuels et électroniques pour la gestion de l'irrigation</t>
+  </si>
+  <si>
+    <t>Les tensiomètres sont des instruments qui mesurent le potentiel matriciel ou la tension matricielle du sol. Il s'agit d'une mesure indirecte de l'humidité du sol, due aux forces qui retiennent l'eau dans les capillaires et sur les particules du sol.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/341bbbd5-9403-4e30-bf4f-855945132330</t>
+  </si>
+  <si>
+    <t>Bien-être animal dans les élevages de volailles</t>
+  </si>
+  <si>
+    <t>Manuel destiné aux formations sur le bien-être animal en élevage avicole. D'une durée minimale de 20 heures, ces formations sont destinées aux propriétaires et aux professionnels des élevages avicoles. L'IFAPA a jugé opportun de développer et de publier ce matériel pédagogique spécifique sur le bien-être animal en élevage avicole afin de fournir au secteur et aux formateurs un contenu pertinent abordant les sujets abordés dans la réglementation régissant la formation au bien-être animal.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4effe209-78ac-40b0-8f2f-f6f243c394c4</t>
+  </si>
+  <si>
     <t>Optimisation de l'irrigation et de la fertilisation dans la culture du tournesol</t>
   </si>
   <si>
     <t>Afin de mieux comprendre l'interaction entre les besoins en eau et en engrais dans la culture du tournesol, une expérience de trois ans a été menée pour tester différents volumes d'irrigation, différentes stratégies de fertilisation et leurs interactions potentielles sur le rendement en graines, la teneur en huile et d'autres composantes du rendement. Ce document présente les résultats de cette expérience.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff8af041-9d03-48b7-ae84-7436d05fa364</t>
   </si>
   <si>
     <t>Quelle est la valeur patrimoniale d’une ferme ?</t>
   </si>
   <si>
     <t>Pour une juste évaluation des terres agricoles, il est nécessaire de prendre en compte l'ensemble des coûts de gestion d'une exploitation, sans négliger les facteurs qui, dans certains cas, génèrent des différences significatives dans la comptabilité agricole et, par conséquent, dans le revenu à considérer comme valeur de départ. Cette étude met en évidence l'impact de la fragmentation et de la dispersion foncières sur la rentabilité des exploitations agricoles dans le cas des oliveraies traditionnelles de la province de Jaén et, par conséquent, sur la valorisation patrimoniale des propriétés rurales. Les résultats indiquent que la réduction de la fragmentation foncière est essentielle au maintien de la valeur patrimoniale des terres.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/33fa9470-9142-4312-b776-b8f2ed64ead3</t>
   </si>
   <si>
     <t>Problèmes phytopathologiques de la culture de la fraise à Huelva</t>
   </si>
   <si>
     <t>Afin d'évaluer l'impact des problèmes phytopathologiques sur les fraisiers et l'efficacité perçue des produits phytosanitaires, une enquête a été menée auprès des techniciens phytosanitaires responsables des cultures de fraises à Huelva. Un questionnaire a été élaboré, composé de trois groupes de questions : (i) caractéristiques géographiques et agronomiques des parcelles supervisées par la personne interrogée ; (ii) maladies les plus répandues et les plus dommageables ; et (iii) méthodes de lutte utilisées. Les questionnaires ont été distribués aux coopératives des régions productrices de fraises de Huelva, et les réponses ont été recueillies lors d'entretiens individuels avec les techniciens responsables de la santé de cette culture en 2017.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3cb5558a-df1a-4326-8c90-921a870af6bb</t>
@@ -974,68 +1889,50 @@
   <si>
     <t>Procédure pour la mise en œuvre et la gestion correctes d'une couverture végétale de Sinapis alba subsp. mairei et son utilisation pour la biofumigation</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e635cb6a-a041-47e8-a7f9-4d24bdbda418</t>
   </si>
   <si>
     <t>Systèmes d'oliveraies durables.</t>
   </si>
   <si>
     <t>Il établit les engagements à respecter par tous les bénéficiaires de cette opération, dans le but de mettre en œuvre de bonnes pratiques agro-environnementales en exploitant durablement les ressources naturelles qui coexistent avec la culture de l'olivier, en en faisant une culture rentable tant sur le plan économique qu'environnemental.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/09e2dbfb-ba33-4432-84a8-16f828cd68b0</t>
   </si>
   <si>
     <t>Recommandations d'irrigation pour les oliveraies pour la campagne 2022-2023</t>
   </si>
   <si>
     <t>Recommandations d'irrigation pour les oliveraies pendant les années de faibles précipitations, proposant des stratégies pour atténuer, autant que possible, les effets du stress hydrique sur la production d'olives et d'huile.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7257cf50-7f90-4212-b8e8-adbf02e922c2</t>
   </si>
   <si>
-    <t>Utilisation de tensiomètres manuels et électroniques pour la gestion de l'irrigation</t>
-[...16 lines deleted...]
-  <si>
     <t>Impact environnemental de la culture de l'olivier en Andalousie</t>
   </si>
   <si>
     <t>Les objectifs de cette étude étaient d'analyser les impacts environnementaux des systèmes de production oléicole existants en Andalousie, de sélectionner et d'améliorer les pratiques agricoles afin d'identifier les processus à l'origine des problèmes environnementaux les plus importants et de concevoir un système de gestion oléicole plus efficace et respectueux de l'environnement. Il s'agit de la première étude menée en Espagne à démontrer les impacts environnementaux d'une grande variété de systèmes de production oléicole grâce à l'analyse du cycle de vie, y compris les systèmes de production intégrée.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c55e8e17-e72f-44cd-82f3-1c5f3503cc1d</t>
   </si>
   <si>
     <t>Multifonctionnalité des exploitations oléicoles d'Andalousie en fonction des techniques agricoles mises en œuvre</t>
   </si>
   <si>
     <t>Les objectifs de cette étude sont, premièrement, de développer un modèle intégré d'évaluation de la multifonctionnalité des oliveraies andalouses, basé sur la technique ANP, et deuxièmement, d'appliquer ce modèle pour améliorer la conception de politiques agroenvironnementales axées sur la multifonctionnalité, en définissant les pratiques agricoles les plus susceptibles d'influer sur la performance multifonctionnelle des oliveraies et les meilleures alternatives techniques. L'évolution de ces pratiques au cours des dernières années sera également analysée.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6930c778-22c5-4393-a7f6-70dd870e4a5d</t>
   </si>
   <si>
     <t>Utilisation de plantes stockeuses de cuivre pour la phytoremédiation des sols agricoles. Application au système Phytobac.</t>
   </si>
   <si>
     <t>Les principaux objectifs de ce travail sont : 1) la sélection de plantes capables d'accumuler et d'immobiliser les métaux lourds dans leurs parties aériennes (phytoremédiation) pour leur utilisation dans les sols contaminés par des métaux lourds, principalement le cuivre, dont l'utilisation est encore autorisée en agriculture ; et 2) la mise en œuvre ultérieure du système Phytobac. À cette fin, deux essais ont été réalisés, l'un en chambre de croissance et l'autre en serre, avec différentes espèces végétales et soumises à différentes concentrations de cuivre à différents stades de développement.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/da00b2f3-1a92-4c6c-9f9d-1b1ec2326096</t>
@@ -1997,50 +2894,59 @@
   <si>
     <t>La couleur caractéristique des fraises mûres est due à l'accumulation d'anthocyanes. Ces pigments, en plus d'accroître l'attrait du fruit, présentent de nombreux bienfaits pour la santé grâce à leurs propriétés antioxydantes. La couleur des fruits varie considérablement selon les variétés et espèces de fraises, ce qui en fait un trait important pour les sélectionneurs. Au centre IFAPA de Malaga, en collaboration avec d'autres groupes de recherche, nous avons développé deux tests ADN permettant de prédire la présence/absence et la répartition de ces pigments dans le fruit, évitant ainsi de cultiver la plante pour observer le phénotype. Les marqueurs utilisés détectent différents allèles du gène FaMYB10, responsable de la variation qualitative de ces caractères. Ce document présente les détails de ces deux tests, qui peuvent être utilisés à grande échelle, de manière économique et simple, dans les programmes de sélection.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43c6c366-16fa-48b3-8a4a-27e64d4eb8c7</t>
   </si>
   <si>
     <t>Gestion intégrée de la cochenille blanche du manguier</t>
   </si>
   <si>
     <t>La cochenille blanche (Aulacaspis tubercularis) est le ravageur le plus important des manguiers dans le sud de l'Espagne et l'un des plus destructeurs au monde. Les bases de sa lutte intégrée sont présentées ici. Une description du ravageur est fournie, ainsi que des données sur sa biologie, ses symptômes et ses dégâts. L'utilisation d'huiles de paraffine pour sa lutte est également suggérée, car elles ont démontré leur efficacité lors d'essais en champ. La lutte biologique, utilisant un prédateur (Cybocephalus nipponicus) et un parasitoïde (Encarsia citrina), est une option d'avenir, mais sa mise en œuvre avec une couverture végétale servant de refuge et de source de nourriture alternative aux ravageurs devra être étudiée.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/75445e35-017a-4226-ac49-21909e6b1ea0</t>
   </si>
   <si>
     <t>Lutte chimique durable contre la cochenille blanche du manguier (Aulacaspis tubercularis)</t>
   </si>
   <si>
     <t>La cochenille blanche est un ravageur majeur dans les cultures de mangues en Andalousie car elle produit des</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/00e4a59b-506d-4124-8141-1ba34dbcc970</t>
   </si>
   <si>
+    <t>Torymus sinensis. Parasitoïde exotique de la guêpe du châtaignier.</t>
+  </si>
+  <si>
+    <t>La guêpe du châtaignier (Dryocosmus kuriphilus) est un ravageur majeur des cultures de châtaigniers, compromettant gravement leur rentabilité. Ce document étudie le parasite Torymus sinensis, rend compte des lâchers expérimentaux réalisés à ce jour et des mesures nécessaires à son établissement dans la culture. Il met également en garde contre les risques environnementaux potentiels liés à son lâcher dans l'environnement.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b04618d6-67ec-45ef-88e6-cfc097275f61</t>
+  </si>
+  <si>
     <t>Résultats des essais de nouvelles variétés de blé dur en Andalousie. Campagne 2016/2017.</t>
   </si>
   <si>
     <t>Informations actualisées sur les nouvelles variétés de blé dur d'Andalousie, leurs performances agronomiques et productives, ainsi que leurs paramètres de qualité dans les principales zones de production andalouses. Un bref aperçu du document permettra de prendre des décisions éclairées quant au choix de la variété de blé dur à cultiver, en fonction du type de sol, du climat et des caractéristiques de l'exploitation.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c810a78a-ef3b-4fa4-8941-cc4d878bc3b9</t>
   </si>
   <si>
     <t>Résultats des essais de nouvelles variétés de blé dur en Andalousie. Campagne 2015/2016.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5f2645e9-bb2d-4714-9da8-4ff1cb988acd</t>
   </si>
   <si>
     <t>Résultats des essais de nouvelles variétés de blé dur en Andalousie. Campagne 2014/2015.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4b873bb-cb2f-46d2-813c-ed87e00bb7bb</t>
   </si>
   <si>
     <t>Résultats des essais de nouvelles variétés de triticale en Andalousie. Campagne 2015/2016.</t>
   </si>
   <si>
     <t>Informations actualisées sur les nouvelles variétés de triticale en Andalousie, leurs performances agronomiques et productives, ainsi que leurs paramètres de qualité dans les principales zones de culture andalouses. Un bref aperçu du document vous aidera à prendre des décisions éclairées quant à la variété de triticale à cultiver, en fonction du type de sol, du climat et des caractéristiques de l'exploitation.</t>
@@ -2063,59 +2969,50 @@
   <si>
     <t>L'ajout d'eau lors de la fabrication du fromage est appelé « lavage du fromage ». Cette opération fondamentale vise à obtenir les caractéristiques organoleptiques typiques de ce type de fromage : une consistance crémeuse et une saveur et un arôme doux. Cet article établit des recommandations de base lors des différentes étapes de la fabrication du fromage pour obtenir un produit optimal d'un point de vue technologique, nutritionnel et sensoriel.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1a7dcabf-1fc1-4d7e-ac9b-b021da9b2e35</t>
   </si>
   <si>
     <t>Bilan hydrique du sol : une méthode efficace pour planifier l'irrigation des fraisiers</t>
   </si>
   <si>
     <t>L'irrigation est essentielle pour garantir la qualité et la production des cultures dans les régions arides et semi-arides. L'absence d'une programmation rationnelle de l'irrigation peut entraîner une gestion inefficace des systèmes d'irrigation à fort potentiel d'efficacité. La méthode du bilan hydrique du sol pour la programmation de l'irrigation est facile à mettre en œuvre et a été favorisée par la mise en place du réseau SIAR, un réseau public du ministère de l'Agriculture, de la Pêche et de l'Alimentation, composé de plus de 450 stations météorologiques automatiques fournissant des informations pour le calcul de l'évapotranspiration de référence. Son utilisation dans la programmation de l'irrigation peut entraîner des économies d'eau allant jusqu'à 40 % par rapport à l'irrigation traditionnelle des agriculteurs. Cet article présente les résultats de l'application de cette méthode à la culture de fraises dans la province de Huelva et montre que son application a permis des économies d'eau moyennes de plus de 40 %.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/335f970b-b5d5-4843-9442-483b54e1daec</t>
   </si>
   <si>
     <t>Étude de l'autofertilité des fèves. Applications à la sélection</t>
   </si>
   <si>
     <t>L'autofertilité est la capacité des plantes à produire des fruits sans manipulation préalable des fleurs (par pollinisation par les insectes ou à la main). La pollinisation est essentielle à la reproduction de 90 % des plantes à fleurs et d'un tiers de nos cultures. Le déclin des populations de pollinisateurs peut menacer la production de ces cultures, d'où la nécessité de développer de nouvelles variétés capables d'autofécondation. Cependant, les caractères favorisant cette capacité sont peu étudiés. Cette étude vise à découvrir les caractères floraux associés à l'autofertilité chez les fèves, afin de mener de futures études sur les gènes candidats qui accéléreront les programmes de sélection.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/191669fb-76d3-41eb-af6f-1929fce9f2f6</t>
   </si>
   <si>
-    <t>Torymus sinensis. Parasitoïde exotique de la guêpe du châtaignier.</t>
-[...7 lines deleted...]
-  <si>
     <t>Écotypes de fèves andalouses. Saison de récolte 2021/2022.</t>
   </si>
   <si>
     <t>L'IFAPA conserve une précieuse collection d'écotypes de fèves andalouses. Afin de promouvoir leur utilisation, diverses analyses expérimentales ont été menées pour comprendre leur comportement agronomique et leur adaptation à des environnements spécifiques.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e877d4ee-c162-43d4-8892-29677bf4a329</t>
   </si>
   <si>
     <t>Application des produits phytosanitaires au niveau des applicateurs pilotes : mise à jour du contenu de la formation</t>
   </si>
   <si>
     <t>Table des matières : Unité 1 : Aspects généraux de la protection des végétaux ; Unité 2 : Produits phytosanitaires : classification et caractéristiques ; Unité 3 : Formulations de produits phytosanitaires : nature et caractéristiques. Unité 4 : Risques environnementaux découlant de</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3544a1c5-6883-4026-943a-eb8e6223b899</t>
   </si>
   <si>
     <t>Évaluation de l'efficacité des fongicides sur le blé dur et le blé tendre en Andalousie. Campagne 2014-2015.</t>
   </si>
   <si>
     <t>Informations actualisées sur l'évaluation de l'efficacité des fongicides de nouvelle génération pour lutter contre les maladies fongiques du blé dur et du blé tendre, en tenant compte des critères de rentabilité et de durabilité environnementale. Cette publication présente les résultats des essais menés durant la campagne 2014/2015. Ces résultats concernent une seule campagne et, à mesure que le projet progressera, de nouvelles données seront obtenues, fournissant aux techniciens et aux agriculteurs des informations plus complètes.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dc757c9a-196b-4dab-b462-2dc8d6da00ca</t>
@@ -2957,131 +3854,131 @@
   <si>
     <t>Cet article présente les principaux résultats de l'analyse de l'incidence et des causes du dépérissement du châtaignier dans la Sierra de Aracena et les Picos de Aroche. La zone touchée est décrite, ainsi que les symptômes et les principales maladies présentes. Enfin, des mesures visant à réduire l'incidence et la propagation des principales pathologies détectées sont proposées.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff070672-7214-4f3b-8e19-7f375f44c3fd</t>
   </si>
   <si>
     <t>Préparation d'un extrait d'ail riche en composés sains</t>
   </si>
   <si>
     <t>Ce travail présente les résultats de différentes méthodes d’extraction de composés d’intérêt nutritionnel et sanitaire dans deux variétés d’ail (blanc et violet).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e057cb85-3f06-48a9-a6b3-1eaba717951a</t>
   </si>
   <si>
     <t>Potentiel œnologique des cépages Doradilla et Vijiriega cultivés en Andalousie</t>
   </si>
   <si>
     <t>Cet ouvrage présente les résultats de la vinification de deux cépages minoritaires cultivés en</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43f97be1-e121-4d81-aacf-78b9373caff7</t>
   </si>
   <si>
+    <t>Compostage de résidus végétaux issus de cultures extensives et d'arbres fruitiers en Andalousie</t>
+  </si>
+  <si>
+    <t>Cet article présente les premiers résultats du projet « CompostAnd », qui s'intéresse à la gestion durable des résidus végétaux issus des cultures extensives et fruitières typiques de l'Andalousie occidentale. Il justifie la nécessité du compostage comme réponse aux différents problèmes du secteur agricole, le transformant en opportunité économique et environnementale. Il présente les premières expériences menées par l'IFAPA en matière de compostage de résidus végétaux typiques de l'Andalousie occidentale, tels que la paille, les restes d'agrumes et les déchets de taille. Il détaille également les paramètres à mesurer et la manipulation du compost pour garantir sa stabilité et sa qualité finale.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/45083272-d36a-4111-a0a8-d6b01c9e4bc1</t>
+  </si>
+  <si>
+    <t>Effet de l'exposition au soleil sur la qualité des fruits de différentes variétés de fraises</t>
+  </si>
+  <si>
+    <t>Cette étude visait à tester l'effet du niveau d'exposition à la lumière sur la qualité des fraises et à déterminer si les différences observées entre les variétés sont dues à l'architecture ou à la biochimie de chaque variété. Quatre des variétés les plus représentatives ont été analysées au cours de la campagne 2015-2016, en distinguant les fruits exposés à la lumière de ceux non exposés. Les principaux résultats ont montré que l'exposition à la lumière affecte la qualité des fruits, tant en termes de saveur que de concentration en antioxydants. Il s'agit donc d'un facteur à prendre en compte lors de l'orientation de la culture, bien que l'ampleur de l'effet dépende de la variété.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5bd1cb6b-186f-43d3-9b7a-6b32e6cdff3e</t>
+  </si>
+  <si>
+    <t>Efficacité des différentes techniques de désinfestation chimique des sols en culture de fraises. Saison 2017-2018.</t>
+  </si>
+  <si>
+    <t>Cet article présente les résultats de l’évaluation agronomique et l’efficacité de combinaisons importantes d’ingrédients actifs d’origine chimique et de nouvelles techniques d’application dans la lutte contre les agents pathogènes fongiques et les nématodes.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3d8d6ae2-b68e-474d-85a3-ddf0fb59a967</t>
+  </si>
+  <si>
+    <t>Détermination de la biodisponibilité des composés antioxydants de la fraise destinés à être utilisés dans les programmes de sélection</t>
+  </si>
+  <si>
+    <t>Ces travaux soulignent la nécessité d'intégrer aux programmes de sélection des fraisiers non seulement la quantification des antioxydants présents dans le fruit, mais aussi celle des antioxydants potentiellement bioactifs, c'est-à-dire ceux qui peuvent avoir un effet bénéfique sur la santé humaine. À cette fin, nous présentons une méthode in vitro simulant la digestion humaine typique et pouvant servir d'outil au développement de variétés de fraises saines.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5eaba83-0b97-4c86-933a-a29a50e07c4d</t>
+  </si>
+  <si>
     <t>Caractérisation organoleptique et nutraceutique de cinq variétés de fraises</t>
   </si>
   <si>
     <t>Cet article présente la caractérisation nutritionnelle, organoleptique et fonctionnelle de cinq variétés de fraises au cours des années 2010 et 2011 en Espagne : Fuentepina, Amiga, Camarosa, Candonga et Primoris.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76051c55-042c-4404-8063-263985f38319</t>
   </si>
   <si>
     <t>Programmes d'irrigation des framboisiers basés sur des données météorologiques historiques</t>
   </si>
   <si>
     <t>Cet article présente un essai de différents programmes d'irrigation pour la culture de framboises dans la province de Huelva. Le traitement T1 a appliqué l'irrigation résultant du calcul de l'ETo par temps clair. Le traitement T2 a appliqué un programme basé sur les prévisions météorologiques de l'AEMET sur une base hebdomadaire. Le traitement T3 a appliqué un programme basé sur la moyenne historique de l'ETo des 20 dernières années. Enfin, le traitement témoin (T4) a reçu l'irrigation appliquée au reste de la parcelle. L'utilisation du programme d'irrigation pour la culture de framboises, basé sur des séries historiques de données météorologiques pour estimer l'ETo, a permis d'obtenir des rendements similaires à ceux obtenus avec un programme d'irrigation basé sur les prévisions météorologiques de l'AEMET ou par temps clair, avec l'avantage d'avoir un programme fixe en début de saison, utilisable d'une saison à l'autre.</t>
   </si>
   <si>
     <t>https://lajunta.es/5u1l9</t>
   </si>
   <si>
     <t>Caractérisation des composés volatils du jus d'orange biologique et conventionnel (cv. Salustiana)</t>
   </si>
   <si>
     <t>Cet article présente une méthode d'analyse des composés volatils présents dans les oranges, utilisant une technique rapide, propre et respectueuse de l'environnement (microextraction en phase solide couplée à la chromatographie en phase gazeuse couplée à la spectrométrie de masse). Cette méthode permet de déterminer les composés volatils qui contribuent à l'arôme des oranges. Cette méthode est utile non seulement pour caractériser les oranges, mais aussi pour distinguer les systèmes de culture biologiques des systèmes conventionnels grâce à l'analyse statistique. Cependant, l'application de cette technique à la distinction entre les systèmes de culture d'oranges nécessite des études complémentaires portant sur davantage de variétés et des années de mesures, ainsi qu'une meilleure compréhension des causes de ces différences.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34cff86a-dae1-40b1-a80f-adb18b3b2b69</t>
   </si>
   <si>
     <t>Confirmation des hybrides chez les pois chiches grâce aux tests ADN</t>
   </si>
   <si>
     <t>Cet article présente deux cas (Orobanche et Fusarium) confirmant la nature hybride de plantes F1 issues de croisements dirigés dans le cadre du programme de sélection du pois chiche de Córdoba. La vérification a été réalisée à l'aide de marqueurs moléculaires sélectionnés en fonction du polymorphisme entre les parents du croisement, condition essentielle à leur utilisation. La confirmation de la nature hybride des croisements est primordiale, car la vérification est effectuée au stade plantule, ce qui permet d'écarter les graines F1 ne provenant pas du croisement souhaité, économisant ainsi du temps, de l'espace, des efforts et donc de l'argent.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f7361391-8b46-4dd3-a0f4-0328ee879add</t>
   </si>
   <si>
     <t>Variabilité morphologique des fèves et des pois chiches</t>
   </si>
   <si>
     <t>Cet article présente la variabilité morphologique des fèves et des pois chiches récoltés à la Banque de germoplasmes de légumineuses de l'IFAPA à Cordoue. Cette variabilité est exploitée dans les programmes de sélection de Cordoue pour ces deux cultures afin d'obtenir de nouvelles variétés et de développer des marqueurs moléculaires associés à des caractères agronomiques d'intérêt, contribuant ainsi à une sélection plus efficace et efficiente de nouveaux matériels. Ces deux cultures sont des légumineuses à grains importantes en Andalousie et se caractérisent par leur teneur élevée en protéines et leur capacité à fixer l'azote atmosphérique. De plus, elles constituent une source importante de macro- et micro-éléments bénéfiques pour la santé, ce qui en fait des cultures de grand intérêt pour la consommation humaine et animale.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5588b038-45eb-44e9-803e-0209459c89a8</t>
   </si>
   <si>
-    <t>Compostage de résidus végétaux issus de cultures extensives et d'arbres fruitiers en Andalousie</t>
-[...34 lines deleted...]
-  <si>
     <t>Lutte antiparasitaire complète des arbres fruitiers à noyau.</t>
   </si>
   <si>
     <t>Ce matériel pédagogique passe en revue les principaux aspects théoriques et pratiques utiles pour lutter contre les principaux ravageurs des arbres fruitiers à noyaux de notre région, dans le cadre du Programme de Production Intégrée prévu par le Règlement pour la Production Intégrée de Pêchers, Pruniers et Abricotiers d'Andalousie (BOJA, 2013). Cette publication vise à fournir aux agriculteurs et aux techniciens du secteur un outil utile et facilement accessible pour faciliter la mise en œuvre de la lutte intégrée contre les ravageurs qui attaquent nos arbres fruitiers à noyaux.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ebd9bd7-a32d-40e6-af2e-de54c93a4576</t>
   </si>
   <si>
     <t>Production de blé dur de haute qualité en conditions irriguées</t>
   </si>
   <si>
     <t>Dans cette étude, portant sur des variétés de blé dur de haute qualité, une étude a été menée à deux endroits : Santaella (Cordoue) et Jerez de la Frontera (Cadix). Différentes stratégies d'irrigation ont été testées, en accordant une attention particulière au moment de l'irrigation finale. L'application de quantités d'eau plus importantes et le report de la date de l'irrigation finale ont permis d'augmenter les rendements de toutes les variétés testées sans affecter la qualité du grain, toutes classées dans le groupe 1. De plus, l'utilisation d'un régulateur de croissance a été étudiée, ce qui réduira la hauteur des premiers entre-nœuds des plantes et empêchera la verse. Il a été démontré que l'application d'un régulateur de croissance n'entraîne aucune perte de rendement ni de qualité du grain des variétés de blé dur étudiées ; son utilisation permettra donc d'appliquer des doses d'irrigation plus élevées sans risque d'augmentation de la hauteur des plantes et de verse.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/efc09b3f-8826-4c19-be69-127cb53e23e3</t>
   </si>
   <si>
     <t>Analyse instantanée des protéines dans le grain de blé à l'aide d'un instrument NIR portable</t>
   </si>
   <si>
     <t>Dans ce travail, des modèles de prédiction sont développés pour déterminer instantanément et in situ la teneur en protéines des grains de blé entier à l'aide d'un instrument NIRS portable. Les modèles obtenus présentent une capacité prédictive adéquate.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c6e66cc-870b-41b3-84ed-01f4916d7ab3</t>
@@ -3848,113 +4745,113 @@
   <si>
     <t>Le cottage cheese est un produit laitier obtenu à partir du lactosérum issu de la fabrication du fromage. Il est fabriqué par chauffage du lactosérum, ce qui provoque la précipitation des protéines. Cet article établit des recommandations de base pour les différentes étapes de la fabrication du fromage afin d'obtenir un produit optimal d'un point de vue technologique, nutritionnel et sensoriel.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c81531ee-ecf7-4c39-a22a-b77d4416ced7</t>
   </si>
   <si>
     <t>Faisabilité de la réutilisation des saumures de fermentation comme eau de procédé et de lavage</t>
   </si>
   <si>
     <t>Le secteur des olives de table en Espagne a connu une croissance ces dernières années, doublant sa production au cours de la dernière décennie, pour atteindre plus de 800 000 tonnes. La production andalouse est particulièrement remarquable, représentant environ 80 % de la production espagnole, et la province de Séville, 58 % de la production nationale. Ce secteur industriel, dynamique et en pleine modernisation, est prêt à prendre en charge toutes les étapes de la préparation et de la transformation des olives de table. Les données présentées ci-dessus témoignent en partie du dynamisme du secteur, lui permettant de mieux relever les défis auxquels il est confronté, tels que les améliorations environnementales, la concurrence croissante des autres pays producteurs et le besoin d'innovation continue.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bcc42289-1763-40fe-83a7-ebbc5554c9bd</t>
   </si>
   <si>
     <t>Inefficacité due à l'effet de bordure provoqué par la fragmentation de l'oliveraie de Jaén</t>
   </si>
   <si>
     <t>La taille, la fragmentation et la dispersion des exploitations agricoles influencent la rentabilité. Malgré cela, aucune étude n'analyse ces variables conjointement ; la quasi-totalité d'entre elles se concentrent sur la taille des exploitations. La proportion optimale de coûts fixes liés aux machines utilisées dans la gestion agricole ne peut être atteinte que lorsque les exploitations atteignent une certaine taille minimale. Ce phénomène est analysé par l'effet de bord.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e5d4750-3daa-4735-8ce4-ef71a3c09c6c</t>
   </si>
   <si>
+    <t>Développement de Sinapis alba subsp. Mairei et production de glucosinolates selon différents taux de semis et types d'engrais.</t>
+  </si>
+  <si>
+    <t>Ce travail évalue différentes doses de semis de Sinapis alba et les stratégies de fertilisation appropriées pour maximiser le développement des plantes et la teneur en glucosinolates de cette espèce, afin qu'elle soit efficace lorsqu'elle est utilisée comme couverture végétale pour la biofumigation.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c3d7e278-d868-409a-9806-16b7001cc936</t>
+  </si>
+  <si>
+    <t>Diversité des qualités physico-chimiques du concombre doux, une nouvelle culture en Espagne</t>
+  </si>
+  <si>
+    <t>L'objectif principal de cette étude était d'étudier la qualité physico-chimique des variétés de concombres doux cultivées sous serre à Almería. Ces informations visent à fournir aux consommateurs, aux agriculteurs, aux techniciens et aux entreprises agroalimentaires des informations sur la diversification et la stimulation de la consommation et de la production. Les six variétés étudiées présentaient une large gamme de qualités physico-chimiques.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b48fc5e7-6e3b-4b08-8fd0-14dc0d3cd46a</t>
+  </si>
+  <si>
+    <t>Étude économique comparative de la gestion des sols des oliveraies avec et sans aides agro-environnementales</t>
+  </si>
+  <si>
+    <t>Le Programme de Développement Rural d'Andalousie 2014-2020 comprend la Mesure 10 « Agroenvironnement et Climat » et une série de sous-mesures. Plus précisément, la sous-mesure 10.1. Les paiements pour engagements agroenvironnementaux et climatiques définissent les opérations visant à maintenir des activités bénéfiques pour l'environnement face au risque d'abandon, à introduire des systèmes de production permettant une utilisation plus durable des ressources naturelles et à développer durablement les ressources génétiques en agriculture. L'arrêté n° 102 du 26 mai 2015, publié au Journal officiel de la Communauté autonome d'Andalousie, approuve les bases réglementaires d'octroi des subventions pour la Mesure 10 « Agroenvironnement et Climat » dans la Communauté autonome d'Andalousie. Son annexe I, intitulée « Conditions d'éligibilité à respecter pendant toute la période d'engagement et engagements des différentes opérations de la Mesure 10 : Agroenvironnement et Climat », établit comme engagement les opérations 10.1.4. « Systèmes de cultures herbacées durables »</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db97df28-4975-45ac-a7fa-42652a1d39f6</t>
+  </si>
+  <si>
+    <t>Entreprise agricole. Module I.</t>
+  </si>
+  <si>
+    <t>Le programme de formation comprend quatre modules génériques, communs à tous les secteurs productifs. Les quatre autres sont spécifiques à chaque secteur et se concentrent sur des aspects techniques spécifiques de la production agricole et animale. Le module 1, « Entreprise agricole », aborde les aspects généraux de la gestion agricole. Il s'agit notamment de la rentabilité économique des investissements, de l'aide à la création d'entreprise pour les jeunes agriculteurs débutants, de l'aide à la modernisation des exploitations et des exploitations prioritaires.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e09d92b-ffdc-46fb-b42b-84bdae77e3ad</t>
+  </si>
+  <si>
+    <t>Influence du porte-greffe sur les performances agronomiques de Clementina de Nules en culture biologique à Malaga. Saison 2022/2023.</t>
+  </si>
+  <si>
+    <t>Le projet TRANSFORMA Cítricos, à travers un réseau d'essais expérimentaux en Andalousie, vise à promouvoir une agrumiculture plus durable et plus rentable, notamment en production biologique. Le Centre IFAPA de Malaga y contribue en évaluant le matériel végétal et les pratiques culturales innovantes. Cette étude porte sur les performances agronomiques de la mandarine « Clementina de Nules » sur cinq porte-greffes d'agrumes biologiques à Malaga pendant la campagne 2022/2023, en évaluant la production, la maturation et la qualité des fruits afin d'optimiser la gestion agronomique et d'améliorer la rentabilité des plantations biologiques.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e7348afa-5c56-4668-a96b-ee7918125c0f</t>
+  </si>
+  <si>
+    <t>Recommandations pour la fabrication du fromage bleu</t>
+  </si>
+  <si>
+    <t>Le fromage bleu est une catégorie générale de fromages, fabriqués à partir de lait de vache, de chèvre, de brebis ou de mélange de lait. Il est caractérisé par la croissance interne de la moisissure Penicillium roqueforti, qui lui confère sa couleur bleu-vert caractéristique. Traditionnellement, ces fromages étaient affinés en cave, où la moisissure s'installait, offrant ainsi des conditions idéales à son développement. Cet article établit des recommandations de base lors des différentes étapes de production pour obtenir un produit optimal d'un point de vue technologique, nutritionnel et sensoriel.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bac23b35-3909-4cb0-b9db-40efc053cd6f</t>
+  </si>
+  <si>
     <t>Appellation d'origine protégée (AOP) comme système de qualité certifié dans l'industrie oléicole andalouse : facteurs d'adoption et pratiques de gestion</t>
   </si>
   <si>
     <t>Cet article vise à analyser les facteurs qui ont influencé l'adoption de l'AOP dans la filière oléicole andalouse, ainsi que son influence sur les pratiques industrielles et commerciales mises en œuvre au sein de cette filière. Il vise à contribuer à l'élaboration de politiques publiques visant à renforcer la diffusion de l'AOP dans le secteur.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/607e3013-a7a1-4a10-81dc-7a0d746fe198</t>
   </si>
   <si>
-    <t>Développement de Sinapis alba subsp. Mairei et production de glucosinolates selon différents taux de semis et types d'engrais.</t>
-[...52 lines deleted...]
-  <si>
     <t>Phénologie florale et qualité des fleurs chez l'olivier</t>
   </si>
   <si>
     <t>Cette étude met en évidence la variabilité génétique et environnementale de la floraison et de la qualité des fleurs d'olivier en Andalousie. Elle met également en évidence l'effet potentiel de la température sur ces paramètres cruciaux pour la production annuelle.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e19b443d-088a-4c4f-bf04-850b23a8ec88</t>
   </si>
   <si>
     <t>Essai d'herbicides sélectifs en oliveraie pour un couvre-sol de Brachypodium distachyon</t>
   </si>
   <si>
     <t>Cet article présente les résultats d’un essai sur le terrain dans une oliveraie dans lequel trois traitements herbicides ont été appliqués pour lutter contre les mauvaises herbes dans une couverture végétale établie de Brachypodium distachyon.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40e6331c-28bc-4cb1-97e4-c6ca6d1babf8</t>
   </si>
   <si>
     <t>Correction de la chlorose ferrique dans les oliveraies à l'aide de chélates</t>
   </si>
   <si>
     <t>Cet article présente les résultats d'une étude dans laquelle, pendant 4 ans, de 2003 à 2006, la réponse productive de différents types d'oliveraies à l'application de chélates de fer ou de Fe EDDHA a été évaluée.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5aa92a17-01b1-4a8a-bf8f-4c577f0ca450</t>
@@ -4739,122 +5636,122 @@
   <si>
     <t>Le greffage de la tomate est principalement utilisé pour : i) prolonger la période de récolte et la production en serre ; ii) compenser les pertes de production dues aux agents pathogènes telluriques ; et iii) accroître la vigueur des plants sans affecter la taille ni la quantité des fruits. Ce document résume les avantages et les limites du greffage de la tomate sur des porte-greffes résistants aux nématodes du genre Meloidogyne. Les résultats de plusieurs essais comparant son efficacité à réduire les populations de nématodes et à augmenter la productivité de la tomate avec des variétés résistantes et sensibles sont présentés. Des recommandations sont formulées pour son utilisation comme mesure de lutte contre les maladies causées par les nématodes phytoparasites du genre Meloidogyne.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/26504cb4-77a4-4ae5-9361-31137970b17e</t>
   </si>
   <si>
     <t>Étude agronomique et œnologique du cépage Blanca Gordal cultivé dans les hautes terres de Grenade. Résultats 2013-2018</t>
   </si>
   <si>
     <t>L'intérêt de conserver et d'obtenir une meilleure utilisation d'une ressource locale comme le cépage Gordal a été à la base d'un projet de développement socio-économique qui a réuni un organisme de recherche publique, l'Institut de Recherche et de Formation Agricole et Halieutique (IFAPA), le Groupe de Développement Rural (GDR) de l'Altiplano de Granada, ainsi que des viticulteurs et des œnologues de la région, tous ramant dans la même direction pour parvenir à la récupération, la conservation et la valorisation de ce cépage local qui peut être une marque de fabrique du secteur viticole de la région de l'Altiplano de Granada.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c07d038e-f151-4eaf-bb92-5bf51e1db7d4</t>
   </si>
   <si>
     <t>Production de vins mousseux à partir du cépage Pedro Ximénez en combinaison avec d'autres cépages aromatiques.</t>
   </si>
   <si>
     <t>L'intérêt pour la production de vins mousseux selon la méthode traditionnelle comme moyen de diversification croît dans les régions viticoles andalouses. Depuis 2013, l'IFAPA (Institut espagnol des vins et spiritueux) de Cabra expérimente la production de vins mousseux, notamment avec le cépage traditionnel Pedro Ximénez, qui, grâce à sa relative neutralité, a donné d'excellents résultats dans les vins élevés au moins un an. Cet essai a été proposé afin d'obtenir des vins mousseux au profil sensoriel moins marqué par l'élevage et davantage fruité et floral. Il étudie la production de vins mousseux à partir de Pedro Ximénez, assemblés avec d'autres cépages plus aromatiques comme le Chardonnay et le Muscat de Grano Pequeño. Les vins obtenus ont été évalués positivement par un large panel de dégustateurs, améliorant les notes olfactives, gustatives et l'impression générale par rapport aux vins mono-cépages.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39d4610b-90f5-4b24-8eb0-4356a3e69284</t>
   </si>
   <si>
+    <t>Contrôle intégré de la cuscute</t>
+  </si>
+  <si>
+    <t>Le document contient des informations utiles pour le contrôle intégré de cette plante parasite, abordant des aspects de sa morphologie, de son cycle de vie, des mesures préventives, etc.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9f43329f-d7f4-45a9-a1b3-1d43bf2efc3f</t>
+  </si>
+  <si>
+    <t>Lutte intégrée contre le Jopo dans les légumineuses à grains</t>
+  </si>
+  <si>
+    <t>Le document recueille des informations sur les possibilités de contrôle du pathogène jopo (Orobanche creata Forsk.) dans les légumineuses à grains dans le cadre de systèmes de culture de production intégrée.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b417cbec-0003-4d8c-8075-905651e006d6</t>
+  </si>
+  <si>
+    <t>Diversification de la production fromagère artisanale : Fromage de chèvre au vin doux</t>
+  </si>
+  <si>
+    <t>L'essai présenté ici constitue une première étape vers l'évaluation du potentiel des vins doux pour leur intégration dans la production de fromages de chèvre. Parmi eux, le Pedro Ximénez, élevé cinq ans, se distingue, démontrant, du point de vue du consommateur, son potentiel sensoriel et, par conséquent, commercial pour son utilisation comme additif dans la production de fromages de chèvre.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/193ad8a9-b12b-48f9-a53f-5a1228b76614</t>
+  </si>
+  <si>
+    <t>Étude de la diversité en horticulture protégée : araignées et lutte biologique (II)</t>
+  </si>
+  <si>
+    <t>L'établissement d'une végétation indigène comme habitat favorable aux ennemis naturels accroît leur abondance et leur diversité. Cette diversité accrue est particulièrement utile dans les paysages agricoles très simplifiés, comme ceux où se pratiquent des cultures horticoles sous serre. Les araignées comptent parmi les prédateurs généralistes les plus abondants et omniprésents des agroécosystèmes. Elles peuvent donc être un agent biologique important des ravageurs, mais aussi être impliquées dans la prédation intra-guilde. Dans cette étude, l'abondance des araignées et des deux principaux ravageurs horticoles, Bemisia tabaci et Frankliniella occidentalis, a été analysée dans un mélange de 21 arbustes nouvellement plantés, sélectionnés pour la gestion de l'habitat dans un système horticole très simplifié, sur une période d'un an.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bf8b3432-7fe4-44e4-8e53-4a41400f635c</t>
+  </si>
+  <si>
     <t>Horticulture et genre 2020</t>
   </si>
   <si>
     <t>L'étude « Horticulture et Genre 2020 » se veut un outil utile pour contribuer à l'amélioration de la qualité de vie des agricultrices en identifiant les besoins ou les lacunes potentiels. Elle analyse la tendance actuelle à partir des résultats d'une étude similaire menée en 2006. À cette fin, deux objectifs distincts ont été poursuivis : (i) la compilation des actions positives menées par des entités publiques et privées en faveur des femmes ; et (ii) l'analyse de la situation des agricultrices au sein de leurs exploitations horticoles protégées. Les plans d'action positive ont été élaborés à l'aide d'un questionnaire recueillant des informations sur les projets, les formations, les ateliers, etc. L'enquête de terrain a couvert les régions de Campo de Níjar-Bajo Andarax et Campo de Dalías, qui représentent ensemble 96 % de la zone d'hivernage de la province d'Almería (30 729 ha) et de la région de La Costa (Grenade), qui couvre une superficie de 2 863 ha.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4c3e8a3c-ee52-4490-b877-57ef65faacd1</t>
   </si>
   <si>
     <t>Stratégies de gestion intégrée des nématodes en horticulture protégée</t>
   </si>
   <si>
     <t>Le facteur clé pour les cultures horticoles sous serre est le climat sous abri, qui favorise le développement et la précocité des cultures, mais favorise également le développement de ravageurs et de maladies, notamment les nématodes phytoparasites. L'intensité des cultures et les courtes périodes de jachère entre les cultures successives préviennent largement la mortalité naturelle des populations de nématodes due à l'absence de plante hôte. Par conséquent, la gestion intégrée des maladies causées par les nématodes devrait cibler l'ensemble de la saison agricole, plutôt qu'une seule culture, car les mesures appliquées à une culture affecteront probablement la culture suivante de la rotation. Les facteurs biologiques et épidémiologiques influençant les maladies des légumes induites par les nématodes sont présentés, et des stratégies de gestion sont recommandées, basées sur les connaissances scientifiques concernant le nématode dans les cultures horticoles protégées sous plastique le long de la côte d'Almería.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/35aedf68-eded-4881-9409-374485980f3e</t>
   </si>
   <si>
     <t>Remembrement foncier : déterminer les zones idéales pour la culture de l'olivier à Jaén</t>
   </si>
   <si>
     <t>Le morcellement des biens résulte de l'application d'un système successoral favorisant le partage des biens entre les héritiers et de l'échec des mesures visant à enrayer ce processus. Il entrave une gestion foncière efficace, entraînant des dysfonctionnements économiques, sociaux et environnementaux. Cet article délimite les zones oléicoles de la province de Jaén potentiellement optimales pour le remembrement foncier, en minimisant les transactions de compensation financière pour les différentes qualités des terres apportées, afin de simplifier et d'accélérer les procédures administratives.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f117c147-f78f-4e66-9c18-a2e0d2c15ca4</t>
   </si>
   <si>
     <t>Guides de culture. Série Légumineuses : Pois chiches</t>
   </si>
   <si>
     <t>Les pois chiches sont une culture traditionnelle dans tout le bassin méditerranéen, devenant une alternative agricole aux céréales en zones arides. Leur rusticité, leur effet améliorateur sur les sols et l'utilisation de leurs graines par l'homme à des fins alimentaires en sont les principales raisons.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5f1ea0de-ebcf-404a-aa1c-6fd94f1b91d0</t>
   </si>
   <si>
-    <t>Contrôle intégré de la cuscute</t>
-[...34 lines deleted...]
-  <si>
     <t>La banque de matériel génétique de légumineuses de l'IFAPA</t>
   </si>
   <si>
     <t>Ce document présente la Banque de germoplasme de légumineuses de l'IFAPA, ses objectifs, ses fonctions, sa nature et ses procédures de demande d'informations et de germoplasme.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/01e2d493-8f74-4269-8709-0addd9d39274</t>
   </si>
   <si>
     <t>Enregistrement et production de variétés traditionnelles</t>
   </si>
   <si>
     <t>Le document présente le concept de variétés de conservation comme un outil permettant d’aborder l’enregistrement des variétés et écotypes traditionnels, contribuant ainsi à la diversité des agrosystèmes dans le cadre de modèles de production plus respectueux de l’environnement et socialement responsables.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0788677-ff18-46c5-9431-f88676ee9f82</t>
   </si>
   <si>
     <t>Vitrines d'écotypes de pois chiche andalous. Campagne 2021-2022.</t>
   </si>
   <si>
     <t>Le document présente les résultats d'un essai de démonstration au cours duquel différents écotypes de pois chiche andalous, sélectionnés pour leur adaptation et leur rendement, ont été cultivés dans la ville d'El Carpio (Cordoue). Ces parcelles ont fait l'objet d'une visite technique le 20 mai, au cours de laquelle agriculteurs et techniciens ont pu découvrir de visu les caractéristiques de ces variétés.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/746bafbf-627b-45df-a1ef-923ec6360d08</t>
@@ -5171,122 +6068,122 @@
   <si>
     <t>Au cours de la campagne 2020/2021, un groupe de 14 variétés sélectionnées parmi celles actuellement disponibles sur le marché a été caractérisé. Les paramètres évalués et présentés dans ce travail concernent la production et la qualité des différentes variétés. Les informations générées constituent un outil pour les agriculteurs, les techniciens et les exportateurs afin de faciliter la sélection variétale compte tenu de la vaste gamme de variétés disponibles. Cette activité s'inscrit dans l'objectif 2 « Caractériser les variétés de myrtilles cultivées dans différents agroenvironnements » du projet de transfert sectoriel TRA2019.004 : « Production durable dans la culture des fraises et autres fruits rouges ». Pour atteindre cet objectif, deux essais ont été menés : le premier en culture hors-sol à Moguer, et le second en culture biologique à Almonte, tous deux situés dans la province de Huelva.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/91f47311-fc8b-4ff0-a41a-397a6542aad5</t>
   </si>
   <si>
     <t>Effet de la variété et du système de culture sur les caractéristiques de rendement des fraises. Saison de récolte 2023/2024.</t>
   </si>
   <si>
     <t>Au cours de la campagne 2023/2024, des caractéristiques de rendement ont été analysées chez 16 variétés de fraises issues de différents programmes de sélection, cultivées dans quatre systèmes de culture de la région de Huelva : culture conventionnelle, culture sans désinfection du sol, culture hors-sol et culture biologique. Les résultats obtenus sont présentés dans cet article.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a4d0ec4f-b650-4f31-8971-f21312a6fcf4</t>
   </si>
   <si>
     <t>Porte-greffes de pastèque contre le nouveau virus du tamis (MNSV-W-SP)</t>
   </si>
   <si>
     <t>Au printemps 2014, des plants de pastèques cultivés en serre dans la province d'Almería ont présenté des symptômes similaires à ceux induits par le virus des taches nécrotiques du melon (MNSV), tels que la nécrose des fruits, des feuilles et des tiges. L'inoculation mécanique de plants de pastèques symptomatiques en laboratoire sur des melons, des concombres, des potimarrons, des courgettes, des potirons et des pastèques a produit des symptômes similaires à ceux observés au champ, uniquement chez la pastèque, tandis que les autres cucurbitacées inoculées sont restées asymptomatiques. Grâce à des techniques moléculaires telles que le séquençage à haut débit, il a été déterminé que les symptômes observés chez la pastèque étaient dus à une nouvelle souche de MNSV, jusqu'alors inconnue, appelée MNSV-W-SP. Nous avons confirmé que les principaux porte-greffes disponibles commercialement pour la culture de pastèques sont résistants au virus.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a52f9cb-ec34-4d2a-9bd6-ef9ac78b4462</t>
   </si>
   <si>
+    <t>Étude des attributs intrinsèques de 11 variétés de tomates biologiques traditionnelles</t>
+  </si>
+  <si>
+    <t>Document présentant les résultats des évaluations des consommateurs sur l'acceptation et les préférences des attributs intrinsèques les plus représentatifs des variétés de tomates traditionnelles testées, évaluant leur qualité gustative. Lors des dégustations, les répondants ont évalué les attributs intrinsèques suivants : fermeté, jutosité, douceur, acidité et persistance.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b6bd11d-3095-470d-94f3-3f44c413a1d4</t>
+  </si>
+  <si>
+    <t>Effet de la taille mécanisée sur le comportement agronomique et œnologique des cépages rouges cultivés en climat chaud</t>
+  </si>
+  <si>
+    <t>Document présentant les résultats d'un essai de trois ans comparant les effets de la taille manuelle et de la taille mécanique de deux cépages rouges cultivés dans la chaîne de montagnes de Montilla sur leurs performances agronomiques et leur potentiel œnologique.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1296fb92-a4b8-4a2e-a3c1-198d8a97d560</t>
+  </si>
+  <si>
+    <t>Potentiel de la variété Melon pour la production de vins rosés</t>
+  </si>
+  <si>
+    <t>Document présentant les résultats d'une étude visant à optimiser le temps de macération pour obtenir un vin rosé à partir du cépage Melonera. Il détaille la production de vins rosés et les résultats obtenus avec ce cépage lors de quatre campagnes consécutives (2011-2014).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9bd19952-5136-4d2d-9d8d-188409d917fa</t>
+  </si>
+  <si>
+    <t>Coefficients de culture des jeunes amandiers en Andalousie occidentale : recommandations</t>
+  </si>
+  <si>
+    <t>Document présentant les résultats du calcul du coefficient de culture (Kc) pour les amandiers en Andalousie occidentale, recommandant le dosage de l'eau d'irrigation dans trois zones de Cordoue et de Séville.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e83b4a6b-775d-4a4a-adf7-6803c19285ae</t>
+  </si>
+  <si>
+    <t>Mécanisation du vignoble : un nouveau modèle de viticulture plus rentable</t>
+  </si>
+  <si>
+    <t>Document présentant les résultats de l'étude menée sur quatre saisons consécutives dans un vignoble du centre IFAPA Rancho de la Merced. Les principaux objectifs étaient d'améliorer la rentabilité des cultures grâce à l'application de nouvelles pratiques et techniques de culture mécanisées, et d'étudier l'impact de nouveaux modèles viticoles sur la physiologie végétale et la qualité du raisin et du vin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/13cad6fa-b2b9-4989-98f4-a30f6ec392be</t>
+  </si>
+  <si>
+    <t>Perception du secteur de l'olive et de l'huile d'olive sur les groupes de développement rural</t>
+  </si>
+  <si>
+    <t>Ce document présente la perception du secteur oléicole et oléicole quant au travail réalisé par les Groupes de développement rural des provinces de Jaén, Cordoue et Grenade. Ce travail a été réalisé dans le cadre du projet Transforma pour l'oléiculture et l'huile d'olive. Il analyse la satisfaction du secteur oléicole et oléicole quant au travail des Groupes de développement rural dans la gestion de projets oléicoles innovants pour le développement endogène des régions agricoles.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5dabc61b-1fe2-43f1-aa86-f893b71a814f</t>
+  </si>
+  <si>
     <t>Désalcoolisation partielle des vins blancs par osmose inverse</t>
   </si>
   <si>
     <t>Document présentant les résultats analytiques et sensoriels de la désalcoolisation partielle de jeunes vins blancs de Palomino Fino. Ces vins ont été élaborés puis désalcoolisés au domaine expérimental Rancho de la Merced. Les raisins utilisés provenaient de trois villes côtières de la province de Cadix.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/990955ef-05c8-4e05-b325-ece16f4aa7f0</t>
   </si>
   <si>
     <t>Comportement agronomique et œnologique de Vitis vinifera sous irrigation modérée</t>
   </si>
   <si>
     <t>Document présentant les résultats d'essais menés entre 2011 et 2013 sur les effets agronomiques, physiologiques et qualitatifs d'une irrigation modérée sur Vitis vinifera cv. Syrah et cv. Cabernet Sauvignon, cultivés sous un climat méditerranéen.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/086a630b-fe6a-417a-a8e2-4cf8bc38625e</t>
   </si>
   <si>
-    <t>Étude des attributs intrinsèques de 11 variétés de tomates biologiques traditionnelles</t>
-[...52 lines deleted...]
-  <si>
     <t>Vieillissement accéléré des vinaigres de vin Pedro Ximénez</t>
   </si>
   <si>
     <t>Document décrivant une expérience de vieillissement accéléré avec du vinaigre de vin Pedro Ximénez en utilisant la micro-oxygénation et des copeaux de chêne.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43ab9d37-d254-4f43-8250-3c1fa1346f8e</t>
   </si>
   <si>
     <t>Le soufre en vinification. Alternatives</t>
   </si>
   <si>
     <t>Ce document présente l'état actuel de l'utilisation des conservateurs à base de dioxyde de soufre dans l'industrie vinicole. Il décrit le fonctionnement de ce conservateur, ses propriétés et ses effets sur la qualité du vin et la santé des consommateurs. Il résume les méthodologies analytiques utilisées pour sa détermination, la réglementation internationale en vigueur concernant son utilisation et les alternatives proposées par la communauté scientifique internationale pour son remplacement. Enfin, il présente les principales conclusions du projet mené par l'IFAPA pour la recherche d'alternatives au dioxyde de soufre, et esquisse l'avenir du dioxyde de soufre et de ses alternatives dans les domaines viticoles et la recherche.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0fbb0bb4-261a-4c19-97d4-6e8ba8dafeb4</t>
   </si>
   <si>
     <t>Introduction à la viticulture biologique en Andalousie</t>
   </si>
   <si>
     <t>Ce document présente la situation actuelle de la viticulture biologique au niveau national et dans la communauté autonome d'Andalousie. Il aborde également la réglementation relative à l'agriculture biologique, en insistant particulièrement sur le processus de conversion et l'importance de la certification. Enfin, il inclut une analyse des différentes aides et subventions applicables.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eafed293-d927-49f5-a55d-991483765307</t>
@@ -6443,68 +7340,56 @@
   <si>
     <t>Inventaire des projets innovants exécutés par les groupes opérationnels supra-autonomes de l'Association européenne pour l'innovation pour la productivité et la durabilité agricoles du Programme National de Développement Rural (PNDR) 2014-2022, sous-mesure 16.2.</t>
   </si>
   <si>
     <t>Avis sur les ravageurs et les maladies des plantes, Présence de Cydalima perspectalis, un lépidoptère défoliateur associé au genre Buxus spp.; Des spécimens de buis (Buxus sempervirens) sont touchés dans les Asturies</t>
   </si>
   <si>
     <t>Chenille défoliatrice très vorace qui peut provoquer le dessèchement et la mort des plantes affectées.</t>
   </si>
   <si>
     <t>https://www.asturias.es/documents/217090/1859119/Articulo-plaga-buxus-pen-iberica.pdf/5c8e5568-3691-be9b-dfb0-47f0a943dfed?t=1667479003151</t>
   </si>
   <si>
     <t>Rapport annuel 2023</t>
   </si>
   <si>
     <t>L'Institut des Ressources Naturelles et d'Agrobiologie de Séville (IRNAS) est un centre de recherche expérimentale dans les domaines des Sciences Agronomiques et des Ressources Naturelles.</t>
   </si>
   <si>
     <t>https://www.irnas.csic.es/wp-content/uploads/2024/06/MEMORIA_IRNAS_2023.pdf</t>
   </si>
   <si>
     <t>Labour</t>
   </si>
   <si>
-    <t>Podcast</t>
-[...1 lines deleted...]
-  <si>
     <t>Agriculture, élevage et programme agroalimentaire actuel.</t>
   </si>
   <si>
     <t>https://www.ivoox.com/podcast-arada_sq_f1308280_1.html</t>
   </si>
   <si>
-    <t>Nous sommes écologiques</t>
-[...7 lines deleted...]
-  <si>
     <t>EFE-Agro Monde Rural</t>
   </si>
   <si>
     <t>Audios liés à l'agriculture et à l'élevage.</t>
   </si>
   <si>
     <t>https://www.ivoox.com/podcast-mundo-rural_sq_f174949_1.html</t>
   </si>
   <si>
     <t>Maladies des légumineuses. Rouille des légumineuses</t>
   </si>
   <si>
     <t>AGENT CAUSAL : La rouille des légumineuses désigne plusieurs maladies causées par des champignons du genre Uromyces. Ce sont des parasites obligatoires, la plupart spécialisés, chaque espèce ou sous-espèce attaquant une culture différente (rouille du haricot, rouille du pois, rouille de la fève, rouille de la luzerne, etc.). La rouille de la fève affecte également les pois, les lentilles, la vesce, etc. La partie aérienne de la plante se couvre de taches rondes et rouillées sur les feuilles, allongées sur les tiges et les pédoncules, sur lesquelles se forment des pustules poudreuses. Ces pustules empêchent l'absorption du rayonnement solaire et les échanges gazeux dans les parties de la feuille qu'elles recouvrent, réduisant ainsi le rendement des cultures. L'infection se déclare en présence d'eau sur les feuilles pendant au moins 8 à 10 heures et à des températures comprises entre 17 et 23 °C. Le vent, l'eau, les insectes et les oiseaux disséminent les spores, propageant ainsi la maladie. Le cycle biologique de chaque rouille s'effectue sur une seule espèce et est complexe, impliquant cinq formes de spores différentes. CYCLE, SYMPTÔMES ET DOMMAGES : Les symptômes apparaissent d'abord sur les feuilles basales, puis s'étendent aux feuilles supérieures, aux tiges et même aux gousses. Ils apparaissent généralement après la pluie. Il s'agit de petites taches chlorotiques devenant ocres, entourées d'un halo jaune ou vert, sur lesquelles se forment des pustules brun orangé produisant des urédospores. Dans des conditions favorables, les urédospores réinfectent la plante selon un cycle qui se répète jusqu'à la fin de la saison de croissance. Les infections graves provoquent la déshydratation des tiges, la chute des feuilles et l'avortement des fleurs. Lorsque la croissance de la culture s'arrête ou que les conditions environnementales sont défavorables, des pustules noires plus longues se forment, produisant des téliospores, des spores résistantes capables de survivre jusqu'au printemps.</t>
   </si>
   <si>
     <t>https://plagas.itacyl.es/documents/109511/301887/LE-E-04+ROYA+EN+LEGUMINOSAS-W.pdf/60ef4e9e-87d3-a718-8964-6efb8d73eacb?t=1560241555771</t>
   </si>
   <si>
     <t>Ravageurs du tournesol. Jopo dans le tournesol</t>
   </si>
   <si>
     <t>Le tournesol est une plante oléagineuse dont on extrait une huile de haute qualité destinée à la consommation humaine. Les résidus de mouture des graines sont utilisés pour l'alimentation animale et dans des dérivés à usage industriel. C'est une plante rustique et adaptable qui exploite parfaitement les ressources du sol et se rétablit facilement après des périodes de sécheresse. Ces caractéristiques font de sa culture la principale alternative aux céréales d'hiver dans la Communauté de Castille-et-León. La rusticité du tournesol garantit généralement l'absence de problèmes phytopathologiques, mais ceux-ci peuvent parfois être importants : échecs de germination dus à l'activité des vers de terre, maladies fongiques en saison des pluies et dégâts parasitaires sur les plantes affaiblies par la sécheresse. L'Observatoire des ravageurs de Castille-et-León inclut le tournesol dans son système de surveillance et de contrôle des ravageurs afin de détecter l'apparition de ces maladies, d'émettre les alertes correspondantes et de recommander des pratiques adaptées pour en réduire l'incidence.</t>
   </si>
   <si>
     <t>https://plagas.itacyl.es/documents/109511/2035963/GI-P-01_JOPO+EN+GIRASOL_2022-W.pdf/a6d79a91-381d-0081-22df-8245b183949d?t=1669363902320</t>
@@ -7133,53 +8018,50 @@
   <si>
     <t>https://plagas.itacyl.es/documents/109511/2033001/VI-E-04_FLAVESCENCIA+DORADA_2022-W.pdf/df74320f-2783-cbd6-1f65-68475c953488?t=1641900135853</t>
   </si>
   <si>
     <t>Maladies de la vigne. Maladies du bois</t>
   </si>
   <si>
     <t>https://plagas.itacyl.es/documents/109511/921714/VI-E-03+YESCA+20-W.pptx.pdf/93c57353-a097-e5f1-8daf-3dc7960c464a?t=1586253574594</t>
   </si>
   <si>
     <t>Colliers GPS pour le bétail. Fonction et étude du comportement de pâturage.</t>
   </si>
   <si>
     <t>Les nouvelles technologies de l'information et de la communication (TIC) représentent une avancée majeure dans la gestion des élevages, contribuant à l'amélioration de la productivité et de la qualité de vie des éleveurs. L'élevage de précision, grâce à l'utilisation de divers capteurs, permet un suivi automatisé, continu et individuel des animaux, fournissant des informations vitales sur leur production, leur santé et leur bien-être. Ces innovations sont de plus en plus utilisées dans l'élevage intensif (notamment pour les vaches laitières et les porcs), mais moins dans l'élevage extensif, où les animaux paissent, souvent librement, sur des zones relativement vastes, comme dans les ports. Dans ce cas, les dispositifs GPS (Global Positioning System) permettent de suivre la localisation et les déplacements des animaux en temps quasi réel, facilitant ainsi grandement la surveillance du bétail.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/159334/8446.pdf/9ef2b650-9c8b-0cf4-be54-0e7bc77666d4?t=1715863524285</t>
   </si>
   <si>
     <t>Essais de porte-greffes sur les cépages asturiens</t>
   </si>
   <si>
     <t>L'essor de la viticulture asturienne a débuté en 1997, lorsqu'un groupe de viticulteurs soucieux de la promouvoir et d'améliorer la qualité de leurs vins a fondé l'Association des producteurs et élaborateurs de vin de Cangas (APROVICAN), intégrant progressivement de nouvelles technologies à la culture et à la production. En 2001, les domaines viticoles du sud-ouest des Asturies ont été inclus pour la première fois dans la distribution des fonds de l'Union européenne pour la reconversion des vignobles espagnols (Feo, 2004). Au milieu de la même année, l'indication géographique « Vino de la Tierra de Cangas » a été accordée, puis, en 2008, le niveau de protection pour les vins de qualité produits dans certaines régions (vcprd), « Vino de Calidad de Cangas » (BOPA, 2001 ; 2008). La demande d'appellation d'origine Cangas est actuellement déposée auprès du Registre communautaire pour traitement.</t>
   </si>
   <si>
-    <t>https://serida.asturias.es/documents/99361/179941/Ensayo+de+portainjertos+en+variedades+de+vid+de+Asturias.pdf/d4ef19e8-6c62-bbdd-aeb1-97f0972435e8?t=1729770450155</t>
-[...1 lines deleted...]
-  <si>
     <t>Cépages des Asturies</t>
   </si>
   <si>
     <t>Ce livre présente les premiers résultats d’un plan de travail intense qui vise à faire progresser la connaissance du patrimoine viticole des Asturies.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Variedades+de+Vid+en+Asturias.pdf/d56c8713-23ab-5cd0-66a0-39b39cfa2aed?t=1729770395974</t>
   </si>
   <si>
     <t>Tuberculose animale : recherche et contrôle en Espagne</t>
   </si>
   <si>
     <t>La tuberculose animale est une maladie infectieuse granulomateuse chronique qui touche divers mammifères domestiques et sauvages et, très rarement, les oiseaux. Elle est causée par des espèces appartenant au complexe Mycobacterium tuberculosis (MTC), principalement M. bovis et M. caprae (Grange et al., 1990). Mycobacterium bovis combine l'une des plus vastes gammes d'hôtes de tous les agents pathogènes avec un modèle épidémiologique complexe qui englobe les interactions entre les humains, les animaux domestiques et la faune sauvage (Galagan, 2014).</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Tuberculosis+animal.pdf/42834f1a-505d-b993-2f8e-210099d9b828?t=1729770366791</t>
   </si>
   <si>
     <t>Présentation « Effet du semis direct sur les indicateurs de qualité du sol dans les systèmes pluviaux extensifs »</t>
   </si>
   <si>
     <t>Cours : Semis direct en cultures pluviales. Clés de sa mise en œuvre et de son développement dans le cadre des écorégimes de la PAC. « Effet du semis direct sur les indicateurs de qualité des sols en systèmes pluviaux extensifs »</t>
   </si>
   <si>
     <t>https://sossuelo-cita.es/wp-content/uploads/2024/02/PresentacionCurso_13Mayo_RamonIsla.pdf</t>
@@ -7190,56 +8072,50 @@
   <si>
     <t>Le porc, dans sa forme la plus rustique et la plus largement cultivée, a traditionnellement été l'un des animaux domestiques les plus utilisés par l'homme pour exploiter les ressources forestières et produire la nourriture nécessaire à la consommation familiale. Les Asturies, berceau de nombreuses races animales autochtones, possèdent également leur propre race porcine autochtone : le Gochu Asturcelta, connu sous le nom de porc asturien par les auteurs anciens, qui a longtemps été lié à l'économie familiale de l'agriculture asturienne.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Manual+del+Gochu+Asturcelta.pdf/5798cc3e-ad14-36d2-36ac-3a77389da033?t=1729770346602</t>
   </si>
   <si>
     <t>La farine rouge de Magaya comme ingrédient dans les biscuits</t>
   </si>
   <si>
     <t>L'économie circulaire vise à minimiser les déchets dans les processus industriels en optimisant l'utilisation des ressources. Contrairement aux modèles basés sur l'extraction, la production, la consommation et l'élimination, l'économie circulaire favorise la réutilisation, le recyclage et le renouvellement au sein d'un système de production fermé.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/0/Harina+roxa+de+magaya+como+ingrediente+de+galletas.pdf/fdd53c28-988b-b130-641e-404c4f14d62e?t=1748604980716</t>
   </si>
   <si>
     <t>Dictionnaire du fromage</t>
   </si>
   <si>
     <t>Parler de fromage, c'est parler d'un aliment riche de plus de 10 000 ans d'histoire, antérieure même à l'écriture, dont l'origine est un mystère imprégné de légendes. Les premiers fromages sont apparus au Néolithique, lorsque les humains ont commencé à élever des moutons et à domestiquer les animaux (les premiers moutons sont apparus entre 8 000 et 3 000 av. J.-C.), époque à laquelle nos ancêtres ont commencé à préparer ce mets ancestral.</t>
   </si>
   <si>
     <t>https://www.itacyl.es/documents/20143/235841/Diccionario+del+queso_prueba+maquetaci%C3%B3n.pdf/dcda7e14-59b1-fce7-d509-faf109fefdbc?t=1733386537036</t>
   </si>
   <si>
-    <t>Dossier de projets d'innovation supra-autonomes</t>
-[...4 lines deleted...]
-  <si>
     <t>TUTORIELS CONAFE</t>
   </si>
   <si>
     <t>Chaîne vidéo spécialisée sur l'élevage frison avec des tutoriels sur la gestion, la génétique, etc.</t>
   </si>
   <si>
     <t>https://www.youtube.com/playlist?list=PLw3H0LRHH720buTI7Eulqg5PWNqJ2AyOh</t>
   </si>
   <si>
     <t>Manuel de bonnes pratiques pour la culture de la vigne dans la région de Murcie. Évaluation socio-économique et environnementale</t>
   </si>
   <si>
     <t>Le manuel vise à transmettre, de manière directe et simple, aux vignerons et aux techniciens impliqués dans la filière viticole régionale, des lignes directrices pour une culture durable, tant pour les vignes en brousse en sec que pour les vignes en treillis irriguées.</t>
   </si>
   <si>
     <t>https://www.imida.es/web/imida/-/manual-de-buenas-practicas-para-el-cultivo-de-la-vina-en-la-region-de-murcia-evaluacion-socioeconomica-y-ambient-1</t>
   </si>
   <si>
     <t>Structure des coûts des zones de production agricole dans la région de Murcie : horticulture de plein air et en serre</t>
   </si>
   <si>
     <t>Publication consacrée aux cultures horticoles régionales, tant en extérieur qu'en conditions protégées et sous serre.</t>
   </si>
   <si>
     <t>https://www.imida.es/web/imida/-/estructura-de-costes-de-las-orientaciones-productivas-agricolas-de-la-region-de-murcia-horticultura-al-aire-libre-y-bajo-invernadero</t>
@@ -7616,59 +8492,50 @@
   <si>
     <t>Valeur nutritionnelle : Le composant principal des tripes est l’eau, suivie des protéines. La teneur en matières grasses, notamment en graisses saturées, est inférieure à 3 %. Cette dernière information doit être interprétée avec prudence. Lors de l’évaluation de la valeur nutritionnelle d’une recette dont l’ingrédient de base est la tripe, il faut tenir compte de la teneur en lipides des autres ingrédients. Selon la cuisine traditionnelle espagnole, il s'agit généralement d'aliments à forte teneur en lipides (comme le chorizo ou le boudin noir), qui augmentent considérablement la teneur finale en matières grasses du plat. Les tripes ne contiennent pas de glucides et ont un taux de cholestérol supérieur à la moyenne du groupe. En raison de cela, ils ne sont pas recommandés dans les régimes hypocholestérolémiants. Il convient de souligner sa teneur en minéraux tels que le fer, le magnésium, le zinc, le phosphore, le potassium et, surtout, le sélénium. Une portion de 150 g de tripes couvre l’apport recommandé en ce minéral. Les vitamines B les plus importantes dans sa composition sont la B2 et la niacine. Il contient de petites quantités d’acide folique et de vitamine E.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/ministerio/servicios/informacion/callos_tcm30-102867.pdf</t>
   </si>
   <si>
     <t>Registres phytopathologiques</t>
   </si>
   <si>
     <t>Fournir des informations sur la biologie et le contrôle des ravageurs, des maladies, des mauvaises herbes, des physiopathies et des auxiliaires d'intérêt pour les plantes d'Estrémadure.</t>
   </si>
   <si>
     <t>https://www.juntaex.es/documents/77055/621136/Fichas+Fitopatologicas+Indice+20231003.pdf/511213aa-e15c-4ae1-afcc-449680c0f7b9?t=1696338055227</t>
   </si>
   <si>
     <t>Situation épidémiologique de la peste porcine classique</t>
   </si>
   <si>
     <t>La PPC est une maladie hautement contagieuse qui touche aussi bien les porcs domestiques que sauvages. Elle est causée par un virus de la famille des Flaviviridae, genre Pestivirus, et se caractérise par des lésions hémorragiques et est généralement mortelle dans ses formes aiguës, affectant les animaux de tous âges. Le PPC doit être exclu dans tous les cas présentant des symptômes hémorragiques ou des symptômes nerveux. La mortalité et la morbidité sont généralement très élevées, bien que des souches moins virulentes aient également été décrites comme provoquant des infections chroniques ou légères, avec des pertes néonatales importantes et une fertilité altérée.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/ganaderia/temas/sanidad-animal-higiene-ganadera/informeppc_2025-03-21_tcm30-550589.pdf</t>
   </si>
   <si>
-    <t>Situation de la peste porcine africaine</t>
-[...7 lines deleted...]
-  <si>
     <t>Agrolife allemand</t>
   </si>
   <si>
     <t>Ici, nous explorerons mon évolution en tant qu'agriculteur, discuterons de tout ce qui touche au secteur primaire et partagerons des trucs et astuces pour nous aider tous à nous améliorer. Vous aurez également un podcast hebdomadaire où nous parlerons non seulement d'agriculture, mais où nous aurons également des invités qui nous raconteront leurs histoires. Nous réunirons des experts et des professionnels de tous les secteurs.</t>
   </si>
   <si>
     <t>https://www.youtube.com/@GermanAgrolife</t>
   </si>
   <si>
     <t>Soyez Agro</t>
   </si>
   <si>
     <t>Bienvenue chez Be Agro ! ????? Votre nouveau podcast préféré où le monde de l'agriculture devient une aventure fascinante. Si vous pensez que l’agriculture est une question de saleté et de sueur, préparez-vous à être étonné. Des secrets les mieux gardés de l'agriculture aux histoires divertissantes de la campagne, vous trouverez ici tout ce dont vous avez besoin pour devenir un véritable passionné d'agriculture. Rejoignez-nous et découvrez pourquoi la vie rurale est tout sauf ennuyeuse. Rires, faits amusants et plus encore chez Be Agro !</t>
   </si>
   <si>
     <t>https://www.youtube.com/@Beagro</t>
   </si>
   <si>
     <t>Vidéo informative sur Eurytoma amigdali (guêpe de l'amandier)</t>
   </si>
   <si>
     <t>Vidéo informative sur la guêpe de l'amandier (Eurytoma amigdali)</t>
   </si>
   <si>
     <t>https://videos.gva.es/index.php/extwidget/preview/partner_id/251/uiconf_id/23448677/entry_id/0_xxjjcmdi/embed/dynamic</t>
@@ -9266,60 +10133,51 @@
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacionestudio-6_tcm30-685717.pdf</t>
   </si>
   <si>
     <t>Systèmes automatisés de surveillance des nuisibles de haute précision</t>
   </si>
   <si>
     <t>Quel est l’impact de la numérisation sur la lutte contre les ravageurs et les maladies dans les cultures en serre ?</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/high-tech-patsc-trap-eye-josepedro-sanchez_tcm30-690560.pdf</t>
   </si>
   <si>
     <t>Développement d’outils numériques en agriculture</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/desarrollo-herramientas-digitales-shawn-carlisle_tcm30-690558.pdf</t>
   </si>
   <si>
     <t>Webinaire - Quel est l'impact de la numérisation sur la lutte contre les ravageurs et les maladies dans les cultures sous serre ?</t>
   </si>
   <si>
     <t>Webinaire - DigiMAPA : L'outil numérique qui connecte le secteur agroalimentaire avec les entreprises de l'Agrotech</t>
   </si>
   <si>
-    <t>DigiMAPA : L'outil numérique qui connecte le secteur agroalimentaire avec les entreprises Agrotech.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.youtube.com/watch?v=jdXXgHEqdoM</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacion-digimapa_tcm30-690533.pdf</t>
   </si>
   <si>
     <t>Webinaire - Application de l'intelligence artificielle à la surveillance de la santé animale</t>
   </si>
   <si>
     <t>Application de l'intelligence artificielle à la surveillance de la santé animale.</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=ce7kztbSi9s</t>
   </si>
   <si>
     <t>Webinaire - Session I - Robotisation en agriculture de plein air</t>
   </si>
   <si>
     <t>Session I : Robotisation dans l'agriculture de plein air</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=S-cFcBWs-gY</t>
   </si>
   <si>
     <t>Renforcement de ModernAKIS en espagnol AKIS</t>
   </si>
   <si>
     <t>Renforcement de l'AKIS espagnol : approches systémiques pour les défis futurs de l'agriculture", dans le cadre du projet européen @heuropemodernakis. Son objectif principal était de fournir une compréhension plus approfondie des principes fondamentaux qui décrivent le système de connaissances et d'innovation agricoles (AKIS) et de visualiser les divers liens qui existent au sein du secteur agroalimentaire et du milieu rural, et appliquer la « pensée systémique » dans des contextes complexes liés à l'agriculture, à l'élevage et à l'#agriculture forestière. #innovationagricole #innovationagricole</t>
   </si>
@@ -12134,54 +12992,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1389"/>
+  <dimension ref="A1:D1487"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D1389"/>
+      <selection activeCell="A1" sqref="A1:D1487"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="293.643" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2473.682" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1014.467" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -12237,8034 +13095,8034 @@
         <v>15</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="1" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="1" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="1" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="1" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="1" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="1" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="1" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="1" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="1" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="1" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="1" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="1" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>41</v>
+        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="1" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>41</v>
+        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D47" s="1" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>138</v>
-      </c>
-[...7 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D49" s="1" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D50" s="1" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>150</v>
-      </c>
-[...7 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="1" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="B54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C55" s="1" t="s">
+      <c r="D55" s="1" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="B56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C56" s="1" t="s">
+      <c r="D56" s="1" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="B57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="1" t="s">
+      <c r="D57" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="1" t="s">
+      <c r="D58" s="1" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="B59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="1" t="s">
+      <c r="D59" s="1" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="1" t="s">
+      <c r="D60" s="1" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="1" t="s">
+      <c r="D61" s="1" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="1" t="s">
+      <c r="D62" s="1" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="1" t="s">
+      <c r="D63" s="1" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="1" t="s">
+      <c r="D64" s="1" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="1" t="s">
+      <c r="D65" s="1" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="B66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="1" t="s">
+      <c r="D66" s="1" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="1" t="s">
+      <c r="D67" s="1" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="1" t="s">
+      <c r="D68" s="1" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="B69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C69" s="1" t="s">
+      <c r="D69" s="1" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="1" t="s">
+      <c r="D70" s="1" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="B71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="1" t="s">
+      <c r="D71" s="1" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="B72" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C72" s="1" t="s">
+      <c r="D72" s="1" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="1" t="s">
+      <c r="D73" s="1" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="1" t="s">
+      <c r="D74" s="1" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="B75" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C75" s="1" t="s">
+      <c r="D75" s="1" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="1" t="s">
+      <c r="D76" s="1" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="B77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C77" s="1" t="s">
+      <c r="D77" s="1" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B78" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C78" s="1" t="s">
+      <c r="D78" s="1" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C79" s="1" t="s">
+      <c r="D79" s="1" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="B80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C80" s="1" t="s">
+      <c r="D80" s="1" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="B81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C81" s="1" t="s">
+      <c r="D81" s="1" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="B82" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C82" s="1" t="s">
+      <c r="D82" s="1" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="B83" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C83" s="1" t="s">
+      <c r="D83" s="1" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B84" s="1" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
         <v>257</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
         <v>263</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="1" t="s">
         <v>269</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>270</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>273</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="1" t="s">
         <v>275</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="1" t="s">
         <v>281</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="1" t="s">
         <v>287</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>291</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="1" t="s">
         <v>293</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>298</v>
+        <v>277</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="B102" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D102" s="1" t="s">
-        <v>301</v>
+        <v>277</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D103" s="1" t="s">
         <v>302</v>
-      </c>
-[...7 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D104" s="1" t="s">
         <v>305</v>
-      </c>
-[...7 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D105" s="1" t="s">
         <v>308</v>
-      </c>
-[...7 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D106" s="1" t="s">
         <v>311</v>
-      </c>
-[...7 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D107" s="1" t="s">
         <v>314</v>
-      </c>
-[...7 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D108" s="1" t="s">
         <v>317</v>
-      </c>
-[...7 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>320</v>
-      </c>
-[...7 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D110" s="1" t="s">
         <v>323</v>
-      </c>
-[...7 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>326</v>
-      </c>
-[...7 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>329</v>
-      </c>
-[...7 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D113" s="1" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D114" s="1" t="s">
         <v>335</v>
-      </c>
-[...7 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D115" s="1" t="s">
         <v>338</v>
-      </c>
-[...7 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D116" s="1" t="s">
         <v>341</v>
-      </c>
-[...7 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D117" s="1" t="s">
         <v>344</v>
-      </c>
-[...7 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D118" s="1" t="s">
         <v>347</v>
-      </c>
-[...7 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D119" s="1" t="s">
         <v>350</v>
-      </c>
-[...7 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>355</v>
+        <v>277</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>358</v>
+        <v>277</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>444</v>
+        <v>435</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
-        <v>458</v>
+        <v>451</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>459</v>
+        <v>452</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
-        <v>461</v>
+        <v>454</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>462</v>
+        <v>455</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>463</v>
+        <v>456</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="1" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="1" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="1" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="1" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="1" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="1" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="1" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="1" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="1" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="1" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="1" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="1" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="1" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="1" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="1" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="1" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="1" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>566</v>
+        <v>560</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="1" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="1" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="1" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="1" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="1" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="1" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="1" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="1" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="1" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="1" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="1" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="1" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="1" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="1" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>612</v>
+        <v>606</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="1" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="1" t="s">
-        <v>616</v>
+        <v>610</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="1" t="s">
-        <v>619</v>
+        <v>613</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>620</v>
+        <v>614</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="1" t="s">
-        <v>622</v>
+        <v>616</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>623</v>
+        <v>617</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>624</v>
+        <v>618</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="1" t="s">
-        <v>625</v>
+        <v>619</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>627</v>
+        <v>621</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="1" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="1" t="s">
-        <v>631</v>
+        <v>625</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>632</v>
+        <v>626</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="1" t="s">
-        <v>634</v>
+        <v>628</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="1" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="1" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>642</v>
+        <v>636</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="1" t="s">
-        <v>643</v>
+        <v>637</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>645</v>
+        <v>639</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="1" t="s">
-        <v>646</v>
+        <v>640</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>647</v>
+        <v>641</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="1" t="s">
-        <v>649</v>
+        <v>643</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>650</v>
+        <v>644</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>651</v>
+        <v>645</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="1" t="s">
-        <v>652</v>
+        <v>646</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>654</v>
+        <v>648</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="1" t="s">
-        <v>655</v>
+        <v>649</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>656</v>
+        <v>650</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>657</v>
+        <v>651</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="1" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>659</v>
+        <v>653</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>660</v>
+        <v>654</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="1" t="s">
-        <v>661</v>
+        <v>655</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>662</v>
+        <v>656</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>663</v>
+        <v>657</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="1" t="s">
-        <v>664</v>
+        <v>658</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="1" t="s">
-        <v>666</v>
+        <v>661</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>662</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="1" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="1" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="1" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="1" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="1" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="1" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="1" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" s="1" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" s="1" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" s="1" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" s="1" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" s="1" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" s="1" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" s="1" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C239" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="D239" s="1" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" s="1" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" s="1" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" s="1" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" s="1" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" s="1" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" s="1" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" s="1" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" s="1" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" s="1" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="1" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" s="1" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" s="1" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" s="1" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" s="1" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" s="1" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" s="1" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>752</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D256" s="1" t="s">
         <v>756</v>
-      </c>
-[...7 lines deleted...]
-        <v>758</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="D257" s="1" t="s">
         <v>759</v>
-      </c>
-[...7 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="D258" s="1" t="s">
         <v>762</v>
-      </c>
-[...7 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="D259" s="1" t="s">
         <v>765</v>
-      </c>
-[...7 lines deleted...]
-        <v>767</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="D260" s="1" t="s">
         <v>768</v>
-      </c>
-[...7 lines deleted...]
-        <v>770</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="D261" s="1" t="s">
         <v>771</v>
-      </c>
-[...7 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="D262" s="1" t="s">
         <v>774</v>
-      </c>
-[...7 lines deleted...]
-        <v>776</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" s="1" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" s="1" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" s="1" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" s="1" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" s="1" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" s="1" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" s="1" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" s="1" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" s="1" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" s="1" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" s="1" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" s="1" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" s="1" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" s="1" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" s="1" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" s="1" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" s="1" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" s="1" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" s="1" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" s="1" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" s="1" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" s="1" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="1" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="1" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="1" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="1" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="1" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="1" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="1" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="1" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="1" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="1" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="1" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="1" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="1" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="1" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="1" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="1" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="1" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="1" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="1" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="1" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="1" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="1" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="1" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="1" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="1" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="1" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="1" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="1" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>970</v>
+        <v>964</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>973</v>
+        <v>964</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>979</v>
+        <v>974</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>980</v>
+        <v>975</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>981</v>
+        <v>976</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>991</v>
+        <v>986</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>998</v>
+        <v>993</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>999</v>
+        <v>994</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1000</v>
+        <v>995</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1001</v>
+        <v>996</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1002</v>
+        <v>997</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1003</v>
+        <v>998</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1005</v>
+        <v>1000</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1007</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1008</v>
+        <v>1003</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1009</v>
+        <v>1004</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1010</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1011</v>
+        <v>1006</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1012</v>
+        <v>1004</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1013</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1014</v>
+        <v>1008</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1015</v>
+        <v>1009</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1016</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1017</v>
+        <v>1011</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1018</v>
+        <v>1012</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1019</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1020</v>
+        <v>1014</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1021</v>
+        <v>1015</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1022</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1023</v>
+        <v>1017</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1024</v>
+        <v>1018</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1025</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1026</v>
+        <v>1020</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1027</v>
+        <v>1021</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1028</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1029</v>
+        <v>1023</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1030</v>
+        <v>1024</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1031</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1032</v>
+        <v>1026</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1033</v>
+        <v>1027</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1034</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1035</v>
+        <v>1029</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1036</v>
+        <v>1030</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1037</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1038</v>
+        <v>1032</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1039</v>
+        <v>1033</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1040</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1041</v>
+        <v>1035</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1042</v>
+        <v>1036</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1043</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1044</v>
+        <v>1038</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1045</v>
+        <v>1039</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1046</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1047</v>
+        <v>1041</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1048</v>
+        <v>1042</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1049</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1051</v>
+        <v>1045</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1054</v>
+        <v>1048</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1055</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1056</v>
+        <v>1050</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1057</v>
+        <v>1051</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1058</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1059</v>
+        <v>1053</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1060</v>
+        <v>1051</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1061</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1062</v>
+        <v>1055</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1063</v>
+        <v>1056</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1064</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1065</v>
+        <v>1058</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1066</v>
+        <v>1059</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1067</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1068</v>
+        <v>1061</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1069</v>
+        <v>1062</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1070</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1071</v>
+        <v>1064</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1072</v>
+        <v>1065</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1073</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1074</v>
+        <v>1067</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1075</v>
+        <v>1068</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1076</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1077</v>
+        <v>1070</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1078</v>
+        <v>1071</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1079</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1080</v>
+        <v>1073</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1081</v>
+        <v>1074</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1082</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1083</v>
+        <v>1076</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1084</v>
+        <v>1077</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1085</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1086</v>
+        <v>1079</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1087</v>
+        <v>1080</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1089</v>
+        <v>1082</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1090</v>
+        <v>1083</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1091</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1092</v>
+        <v>1085</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1093</v>
+        <v>1086</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1094</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1095</v>
+        <v>1088</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1096</v>
+        <v>1089</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1097</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1098</v>
+        <v>1091</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1099</v>
+        <v>1092</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1100</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1101</v>
+        <v>1094</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1102</v>
+        <v>1095</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1103</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1104</v>
+        <v>1097</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1105</v>
+        <v>1098</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1106</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1108</v>
+        <v>1101</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1109</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1110</v>
+        <v>1103</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1111</v>
+        <v>1104</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1112</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1113</v>
+        <v>1106</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1114</v>
+        <v>1107</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1115</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1116</v>
+        <v>1109</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1117</v>
+        <v>1110</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1118</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1119</v>
+        <v>1112</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1120</v>
+        <v>1113</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1121</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1122</v>
+        <v>1115</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1123</v>
+        <v>1116</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1124</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1125</v>
+        <v>1118</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1126</v>
+        <v>1119</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1127</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1128</v>
+        <v>1121</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1129</v>
+        <v>1122</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1130</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1131</v>
+        <v>1124</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1132</v>
+        <v>1125</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1133</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1134</v>
+        <v>1127</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1135</v>
+        <v>1128</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1136</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1137</v>
+        <v>1130</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1138</v>
+        <v>1131</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1139</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="1" t="s">
-        <v>1140</v>
+        <v>1133</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1142</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="1" t="s">
-        <v>1143</v>
+        <v>1136</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="1" t="s">
-        <v>1146</v>
+        <v>1139</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1147</v>
+        <v>1140</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1148</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="1" t="s">
-        <v>1149</v>
+        <v>1142</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1150</v>
+        <v>1143</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1151</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="1" t="s">
-        <v>1152</v>
+        <v>1145</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1153</v>
+        <v>1146</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1154</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="1" t="s">
-        <v>1155</v>
+        <v>1148</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1156</v>
+        <v>1149</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1157</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="1" t="s">
-        <v>1158</v>
+        <v>1151</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1159</v>
+        <v>1152</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1160</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="1" t="s">
-        <v>1161</v>
+        <v>1154</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1162</v>
+        <v>1155</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1163</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="1" t="s">
-        <v>1164</v>
+        <v>1157</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1165</v>
+        <v>1158</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1166</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
-        <v>1167</v>
+        <v>1160</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1168</v>
+        <v>1161</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1169</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
-        <v>1170</v>
+        <v>1163</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1171</v>
+        <v>1164</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1172</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
-        <v>1173</v>
+        <v>1166</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1174</v>
+        <v>1167</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1175</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
-        <v>1176</v>
+        <v>1169</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1177</v>
+        <v>1170</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1178</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="1" t="s">
-        <v>1179</v>
+        <v>1172</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1180</v>
+        <v>1173</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1181</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="1" t="s">
-        <v>1182</v>
+        <v>1175</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1183</v>
+        <v>1176</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1184</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="1" t="s">
-        <v>1185</v>
+        <v>1178</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1186</v>
+        <v>1179</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1187</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="1" t="s">
-        <v>1188</v>
+        <v>1181</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1189</v>
+        <v>1182</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1190</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
-        <v>1191</v>
+        <v>1184</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1192</v>
+        <v>1185</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1193</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
-        <v>1194</v>
+        <v>1187</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1195</v>
+        <v>1188</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1196</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
-        <v>1197</v>
+        <v>1190</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1198</v>
+        <v>1191</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1199</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
-        <v>1200</v>
+        <v>1193</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1201</v>
+        <v>1194</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1202</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
-        <v>1203</v>
+        <v>1196</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1204</v>
+        <v>1197</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1205</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="1" t="s">
-        <v>1206</v>
+        <v>1199</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1207</v>
+        <v>1200</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1208</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="1" t="s">
-        <v>1209</v>
+        <v>1202</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1210</v>
+        <v>1203</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1211</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="1" t="s">
-        <v>1212</v>
+        <v>1205</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1213</v>
+        <v>1206</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1214</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="1" t="s">
-        <v>1215</v>
+        <v>1208</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1216</v>
+        <v>1209</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1217</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="1" t="s">
-        <v>1218</v>
+        <v>1211</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1219</v>
+        <v>1212</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1220</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="1" t="s">
-        <v>1221</v>
+        <v>1214</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1222</v>
+        <v>1215</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1223</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="1" t="s">
-        <v>1224</v>
+        <v>1217</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1225</v>
+        <v>1218</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1226</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="1" t="s">
-        <v>1227</v>
+        <v>1220</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1228</v>
+        <v>1221</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1229</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="1" t="s">
-        <v>1230</v>
+        <v>1223</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1231</v>
+        <v>1224</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1232</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="1" t="s">
-        <v>1233</v>
+        <v>1226</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1234</v>
+        <v>1227</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1235</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="1" t="s">
-        <v>1236</v>
+        <v>1229</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1237</v>
+        <v>1230</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1238</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" s="1" t="s">
-        <v>1239</v>
+        <v>1232</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1240</v>
+        <v>1233</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1241</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" s="1" t="s">
-        <v>1242</v>
+        <v>1235</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1243</v>
+        <v>1236</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>1244</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" s="1" t="s">
-        <v>1245</v>
+        <v>1238</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1246</v>
+        <v>1239</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1247</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" s="1" t="s">
-        <v>1248</v>
+        <v>1241</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1249</v>
+        <v>1242</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>1250</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" s="1" t="s">
-        <v>1251</v>
+        <v>1244</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1252</v>
+        <v>1245</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>1253</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" s="1" t="s">
-        <v>1254</v>
+        <v>1247</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1255</v>
+        <v>1248</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>1256</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" s="1" t="s">
-        <v>1257</v>
+        <v>1250</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1258</v>
+        <v>1251</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>1259</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" s="1" t="s">
-        <v>1260</v>
+        <v>1253</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1261</v>
+        <v>1254</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>1262</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" s="1" t="s">
-        <v>1263</v>
+        <v>1256</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1264</v>
+        <v>1257</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>1265</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" s="1" t="s">
-        <v>1266</v>
+        <v>1259</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1267</v>
+        <v>1260</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>1268</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" s="1" t="s">
-        <v>1269</v>
+        <v>1262</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1270</v>
+        <v>1263</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>1271</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" s="1" t="s">
-        <v>1272</v>
+        <v>1265</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1273</v>
+        <v>1266</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>1274</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" s="1" t="s">
-        <v>1275</v>
+        <v>1268</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1276</v>
+        <v>1269</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>1277</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" s="1" t="s">
-        <v>1278</v>
+        <v>1271</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1279</v>
+        <v>1272</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>1280</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" s="1" t="s">
-        <v>1281</v>
+        <v>1274</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1282</v>
+        <v>1275</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>1283</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" s="1" t="s">
-        <v>1284</v>
+        <v>1277</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1285</v>
+        <v>1278</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>1286</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" s="1" t="s">
-        <v>1287</v>
+        <v>1280</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1288</v>
+        <v>1281</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>1289</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" s="1" t="s">
-        <v>1290</v>
+        <v>1283</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1291</v>
+        <v>1284</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>1292</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" s="1" t="s">
-        <v>1293</v>
+        <v>1286</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1294</v>
+        <v>1287</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>1295</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" s="1" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1297</v>
+        <v>1290</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>1298</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" s="1" t="s">
-        <v>1299</v>
+        <v>1292</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1300</v>
+        <v>1293</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>1301</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" s="1" t="s">
-        <v>1302</v>
+        <v>1295</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1303</v>
+        <v>1296</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>1304</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" s="1" t="s">
-        <v>1305</v>
+        <v>1298</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1306</v>
+        <v>1299</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>1307</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" s="1" t="s">
-        <v>1308</v>
+        <v>1301</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1309</v>
+        <v>1302</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>1310</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" s="1" t="s">
-        <v>1311</v>
+        <v>1304</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1312</v>
+        <v>1305</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>1313</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" s="1" t="s">
-        <v>1314</v>
+        <v>1307</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1315</v>
+        <v>1308</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>1316</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" s="1" t="s">
-        <v>1317</v>
+        <v>1310</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1318</v>
+        <v>1311</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>1319</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" s="1" t="s">
-        <v>1320</v>
+        <v>1313</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1321</v>
+        <v>1314</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>1322</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" s="1" t="s">
-        <v>1323</v>
+        <v>1316</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1324</v>
+        <v>1317</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>1325</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" s="1" t="s">
-        <v>1326</v>
+        <v>1319</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1327</v>
+        <v>1320</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>1328</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" s="1" t="s">
-        <v>1329</v>
+        <v>1322</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1330</v>
+        <v>1323</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>1331</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" s="1" t="s">
-        <v>1332</v>
+        <v>1325</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1333</v>
+        <v>1326</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>1334</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" s="1" t="s">
-        <v>1335</v>
+        <v>1328</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1336</v>
+        <v>1329</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>1337</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" s="1" t="s">
-        <v>1338</v>
+        <v>1331</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1339</v>
+        <v>1332</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>1340</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" s="1" t="s">
-        <v>1341</v>
+        <v>1334</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1342</v>
+        <v>1335</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>1343</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" s="1" t="s">
-        <v>1344</v>
+        <v>1337</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1345</v>
+        <v>1338</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>1346</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" s="1" t="s">
-        <v>1347</v>
+        <v>1340</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1348</v>
+        <v>1341</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>1349</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" s="1" t="s">
-        <v>1350</v>
+        <v>1343</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1351</v>
+        <v>1344</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>1352</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" s="1" t="s">
-        <v>1353</v>
+        <v>1346</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1354</v>
+        <v>1347</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>1355</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" s="1" t="s">
-        <v>1356</v>
+        <v>1349</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1357</v>
+        <v>1350</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>1358</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" s="1" t="s">
-        <v>1359</v>
+        <v>1352</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1357</v>
+        <v>1353</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>1360</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" s="1" t="s">
-        <v>1361</v>
+        <v>1355</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1362</v>
+        <v>1356</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>1363</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" s="1" t="s">
-        <v>1364</v>
+        <v>1358</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1365</v>
+        <v>1359</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>1366</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" s="1" t="s">
-        <v>1367</v>
+        <v>1361</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1368</v>
+        <v>1362</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>1369</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" s="1" t="s">
-        <v>1370</v>
+        <v>1364</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1371</v>
+        <v>1365</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>1372</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" s="1" t="s">
-        <v>1373</v>
+        <v>1367</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1374</v>
+        <v>1368</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>1375</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" s="1" t="s">
-        <v>1376</v>
+        <v>1370</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1377</v>
+        <v>1371</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>1378</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" s="1" t="s">
-        <v>1379</v>
+        <v>1373</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1380</v>
+        <v>1374</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>1381</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" s="1" t="s">
-        <v>1382</v>
+        <v>1376</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1383</v>
+        <v>1377</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>1384</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" s="1" t="s">
-        <v>1385</v>
+        <v>1379</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1386</v>
+        <v>1380</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>1387</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" s="1" t="s">
-        <v>1388</v>
+        <v>1382</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1389</v>
+        <v>1383</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>1390</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" s="1" t="s">
-        <v>1391</v>
+        <v>1385</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1392</v>
+        <v>1386</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>1393</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" s="1" t="s">
-        <v>1394</v>
+        <v>1388</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1395</v>
+        <v>1389</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>1396</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" s="1" t="s">
-        <v>1397</v>
+        <v>1391</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1398</v>
+        <v>1392</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>1399</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" s="1" t="s">
-        <v>1400</v>
+        <v>1394</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1401</v>
+        <v>1395</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>1402</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" s="1" t="s">
-        <v>1403</v>
+        <v>1397</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1404</v>
+        <v>1398</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>1405</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" s="1" t="s">
-        <v>1406</v>
+        <v>1400</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1407</v>
+        <v>1401</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>1408</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" s="1" t="s">
-        <v>1409</v>
+        <v>1403</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1410</v>
+        <v>1404</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>1411</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" s="1" t="s">
-        <v>1412</v>
+        <v>1406</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1410</v>
+        <v>1407</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>1413</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" s="1" t="s">
-        <v>1414</v>
+        <v>1409</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1415</v>
+        <v>1410</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>1416</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" s="1" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1418</v>
+        <v>1413</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>1419</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" s="1" t="s">
-        <v>1420</v>
+        <v>1415</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1421</v>
+        <v>1416</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>1422</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" s="1" t="s">
-        <v>1423</v>
+        <v>1418</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1424</v>
+        <v>1419</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>1425</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" s="1" t="s">
-        <v>1426</v>
+        <v>1421</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1427</v>
+        <v>1422</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>1428</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" s="1" t="s">
-        <v>1429</v>
+        <v>1424</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1430</v>
+        <v>1425</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>1431</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" s="1" t="s">
-        <v>1432</v>
+        <v>1427</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1433</v>
+        <v>1428</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>1434</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" s="1" t="s">
-        <v>1435</v>
+        <v>1430</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1436</v>
+        <v>1431</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>1437</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" s="1" t="s">
-        <v>1438</v>
+        <v>1433</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1439</v>
+        <v>1434</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>1440</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" s="1" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1442</v>
+        <v>1437</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>1443</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" s="1" t="s">
-        <v>1444</v>
+        <v>1439</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1445</v>
+        <v>1440</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>1446</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" s="1" t="s">
-        <v>1447</v>
+        <v>1442</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1448</v>
+        <v>1443</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>1449</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" s="1" t="s">
-        <v>1450</v>
+        <v>1445</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1451</v>
+        <v>1446</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>1452</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" s="1" t="s">
-        <v>1453</v>
+        <v>1448</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1454</v>
+        <v>1449</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>1455</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" s="1" t="s">
-        <v>1456</v>
+        <v>1451</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1457</v>
+        <v>1452</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>1458</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" s="1" t="s">
-        <v>1459</v>
+        <v>1454</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1460</v>
+        <v>1455</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>1461</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" s="1" t="s">
-        <v>1462</v>
+        <v>1457</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1463</v>
+        <v>1458</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>1464</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" s="1" t="s">
-        <v>1465</v>
+        <v>1460</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1466</v>
+        <v>1461</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>1467</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" s="1" t="s">
-        <v>1468</v>
+        <v>1463</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>1469</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" s="1" t="s">
-        <v>1470</v>
+        <v>1466</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1430</v>
+        <v>1467</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>1471</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" s="1" t="s">
-        <v>1472</v>
+        <v>1469</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1430</v>
+        <v>1470</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B497" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C497" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D497" s="1" t="s">
         <v>1474</v>
-      </c>
-[...7 lines deleted...]
-        <v>1475</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B498" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C498" s="1" t="s">
         <v>1476</v>
       </c>
-      <c r="B498" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C498" s="1" t="s">
+      <c r="D498" s="1" t="s">
         <v>1477</v>
-      </c>
-[...1 lines deleted...]
-        <v>1478</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C499" s="1" t="s">
         <v>1479</v>
       </c>
-      <c r="B499" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C499" s="1" t="s">
+      <c r="D499" s="1" t="s">
         <v>1480</v>
-      </c>
-[...1 lines deleted...]
-        <v>1481</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C500" s="1" t="s">
         <v>1482</v>
       </c>
-      <c r="B500" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C500" s="1" t="s">
+      <c r="D500" s="1" t="s">
         <v>1483</v>
-      </c>
-[...1 lines deleted...]
-        <v>1484</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C501" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="B501" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C501" s="1" t="s">
+      <c r="D501" s="1" t="s">
         <v>1486</v>
-      </c>
-[...1 lines deleted...]
-        <v>1487</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B502" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C502" s="1" t="s">
         <v>1488</v>
-      </c>
-[...4 lines deleted...]
-        <v>1486</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>1489</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" s="1" t="s">
         <v>1490</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>1491</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>1492</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" s="1" t="s">
         <v>1493</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" s="1" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" s="1" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" s="1" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" s="1" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" s="1" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" s="1" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" s="1" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" s="1" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" s="1" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" s="1" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" s="1" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" s="1" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" s="1" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" s="1" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" s="1" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" s="1" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" s="1" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" s="1" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" s="1" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" s="1" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" s="1" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" s="1" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" s="1" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" s="1" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" s="1" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" s="1" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" s="1" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" s="1" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" s="1" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" s="1" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" s="1" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" s="1" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" s="1" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" s="1" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" s="1" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" s="1" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" s="1" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" s="1" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" s="1" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" s="1" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" s="1" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" s="1" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" s="1" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" s="1" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" s="1" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" s="1" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" s="1" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" s="1" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" s="1" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" s="1" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" s="1" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" s="1" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" s="1" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" s="1" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C559" s="1" t="s">
         <v>1656</v>
       </c>
-      <c r="B559" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D559" s="1" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" s="1" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" s="1" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" s="1" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563" s="1" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564" s="1" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" s="1" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" s="1" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" s="1" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" s="1" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569" s="1" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570" s="1" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571" s="1" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572" s="1" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573" s="1" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574" s="1" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575" s="1" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" s="1" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" s="1" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>1711</v>
+        <v>1709</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>1712</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" s="1" t="s">
         <v>1713</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>1714</v>
       </c>
       <c r="D578" s="1" t="s">
         <v>1715</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579" s="1" t="s">
         <v>1716</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>5</v>
@@ -20486,11126 +21344,12498 @@
         <v>1763</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" s="1" t="s">
         <v>1764</v>
       </c>
       <c r="B595" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C595" s="1" t="s">
         <v>1765</v>
       </c>
       <c r="D595" s="1" t="s">
         <v>1766</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" s="1" t="s">
         <v>1767</v>
       </c>
       <c r="B596" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C596" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D596" s="1" t="s">
         <v>1768</v>
-      </c>
-[...1 lines deleted...]
-        <v>1769</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B597" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C597" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D597" s="1" t="s">
         <v>1770</v>
-      </c>
-[...7 lines deleted...]
-        <v>1772</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" s="1" t="s">
-        <v>1773</v>
+        <v>1771</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>1774</v>
+        <v>1729</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>1775</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" s="1" t="s">
-        <v>1776</v>
+        <v>1773</v>
       </c>
       <c r="B599" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>1777</v>
+        <v>1729</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>1778</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" s="1" t="s">
-        <v>1779</v>
+        <v>1775</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>1780</v>
+        <v>1776</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>1781</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" s="1" t="s">
-        <v>1782</v>
+        <v>1778</v>
       </c>
       <c r="B601" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>1784</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" s="1" t="s">
-        <v>1785</v>
+        <v>1781</v>
       </c>
       <c r="B602" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>1786</v>
+        <v>1782</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>1787</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" s="1" t="s">
-        <v>1788</v>
+        <v>1784</v>
       </c>
       <c r="B603" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>1789</v>
+        <v>1785</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>1790</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" s="1" t="s">
-        <v>1791</v>
+        <v>1787</v>
       </c>
       <c r="B604" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>1792</v>
+        <v>1785</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>1793</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" s="1" t="s">
-        <v>1794</v>
+        <v>1789</v>
       </c>
       <c r="B605" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>1795</v>
+        <v>1790</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>1796</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" s="1" t="s">
-        <v>1797</v>
+        <v>1792</v>
       </c>
       <c r="B606" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>1798</v>
+        <v>1790</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>1799</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607" s="1" t="s">
-        <v>1800</v>
+        <v>1794</v>
       </c>
       <c r="B607" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>1801</v>
+        <v>1795</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>1802</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" s="1" t="s">
-        <v>1803</v>
+        <v>1797</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>1804</v>
+        <v>1795</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>1805</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" s="1" t="s">
-        <v>1806</v>
+        <v>1799</v>
       </c>
       <c r="B609" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>1807</v>
+        <v>1800</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>1808</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" s="1" t="s">
-        <v>1809</v>
+        <v>1802</v>
       </c>
       <c r="B610" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>1810</v>
+        <v>1803</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>1811</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" s="1" t="s">
-        <v>1812</v>
+        <v>1805</v>
       </c>
       <c r="B611" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>1813</v>
+        <v>1806</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>1814</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" s="1" t="s">
-        <v>1815</v>
+        <v>1808</v>
       </c>
       <c r="B612" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>1816</v>
+        <v>1809</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>1817</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" s="1" t="s">
-        <v>1818</v>
+        <v>1811</v>
       </c>
       <c r="B613" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>1819</v>
+        <v>1812</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>1820</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" s="1" t="s">
-        <v>1821</v>
+        <v>1814</v>
       </c>
       <c r="B614" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1822</v>
+        <v>1815</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>1823</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" s="1" t="s">
-        <v>1824</v>
+        <v>1817</v>
       </c>
       <c r="B615" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1825</v>
+        <v>1818</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>1826</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" s="1" t="s">
-        <v>1827</v>
+        <v>1820</v>
       </c>
       <c r="B616" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>1828</v>
+        <v>1821</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>1829</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" s="1" t="s">
-        <v>1830</v>
+        <v>1823</v>
       </c>
       <c r="B617" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>1831</v>
+        <v>1824</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>1832</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" s="1" t="s">
-        <v>1833</v>
+        <v>1826</v>
       </c>
       <c r="B618" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>1834</v>
+        <v>1827</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>1835</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" s="1" t="s">
-        <v>1836</v>
+        <v>1829</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>1837</v>
+        <v>1830</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>1838</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" s="1" t="s">
-        <v>1839</v>
+        <v>1832</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1840</v>
+        <v>1833</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>1841</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" s="1" t="s">
-        <v>1842</v>
+        <v>1835</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1843</v>
+        <v>1836</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>1844</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" s="1" t="s">
-        <v>1845</v>
+        <v>1838</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>1846</v>
+        <v>1839</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>1847</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" s="1" t="s">
-        <v>1848</v>
+        <v>1841</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>1849</v>
+        <v>1842</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>1850</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" s="1" t="s">
-        <v>1851</v>
+        <v>1844</v>
       </c>
       <c r="B624" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>1853</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" s="1" t="s">
-        <v>1854</v>
+        <v>1847</v>
       </c>
       <c r="B625" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1855</v>
+        <v>1848</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>1856</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" s="1" t="s">
-        <v>1857</v>
+        <v>1850</v>
       </c>
       <c r="B626" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1858</v>
+        <v>1851</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>1859</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" s="1" t="s">
-        <v>1860</v>
+        <v>1853</v>
       </c>
       <c r="B627" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1861</v>
+        <v>1854</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>1862</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" s="1" t="s">
-        <v>1863</v>
+        <v>1856</v>
       </c>
       <c r="B628" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1864</v>
+        <v>1857</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>1865</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" s="1" t="s">
-        <v>1866</v>
+        <v>1859</v>
       </c>
       <c r="B629" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1867</v>
+        <v>1860</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>1868</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" s="1" t="s">
-        <v>1869</v>
+        <v>1862</v>
       </c>
       <c r="B630" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1870</v>
+        <v>1863</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>1871</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" s="1" t="s">
-        <v>1872</v>
+        <v>1865</v>
       </c>
       <c r="B631" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1873</v>
+        <v>1866</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>1874</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" s="1" t="s">
-        <v>1875</v>
+        <v>1868</v>
       </c>
       <c r="B632" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1876</v>
+        <v>1869</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>1877</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" s="1" t="s">
-        <v>1878</v>
+        <v>1871</v>
       </c>
       <c r="B633" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1879</v>
+        <v>1872</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>1880</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" s="1" t="s">
-        <v>1881</v>
+        <v>1874</v>
       </c>
       <c r="B634" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1882</v>
+        <v>1875</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>1883</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" s="1" t="s">
-        <v>1884</v>
+        <v>1877</v>
       </c>
       <c r="B635" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1885</v>
+        <v>1878</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>1886</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" s="1" t="s">
-        <v>1887</v>
+        <v>1880</v>
       </c>
       <c r="B636" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1888</v>
+        <v>1881</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>1889</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" s="1" t="s">
-        <v>1890</v>
+        <v>1883</v>
       </c>
       <c r="B637" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>1891</v>
+        <v>1884</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>1892</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" s="1" t="s">
-        <v>1893</v>
+        <v>1886</v>
       </c>
       <c r="B638" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1894</v>
+        <v>1887</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>1895</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" s="1" t="s">
-        <v>1896</v>
+        <v>1889</v>
       </c>
       <c r="B639" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1897</v>
+        <v>1890</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>1898</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" s="1" t="s">
-        <v>1899</v>
+        <v>1892</v>
       </c>
       <c r="B640" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1900</v>
+        <v>1893</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>1901</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" s="1" t="s">
-        <v>1902</v>
+        <v>1895</v>
       </c>
       <c r="B641" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1900</v>
+        <v>1896</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>1903</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" s="1" t="s">
-        <v>1904</v>
+        <v>1898</v>
       </c>
       <c r="B642" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>1905</v>
+        <v>1899</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>1906</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" s="1" t="s">
-        <v>1907</v>
+        <v>1901</v>
       </c>
       <c r="B643" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C643" s="1"/>
+      <c r="C643" s="1" t="s">
+        <v>1902</v>
+      </c>
       <c r="D643" s="1" t="s">
-        <v>1908</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644" s="1" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B644" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C644" s="1"/>
+      <c r="C644" s="1" t="s">
+        <v>1905</v>
+      </c>
       <c r="D644" s="1" t="s">
-        <v>1910</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" s="1" t="s">
-        <v>1911</v>
+        <v>1907</v>
       </c>
       <c r="B645" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1912</v>
+        <v>1908</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>1913</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" s="1" t="s">
-        <v>1914</v>
+        <v>1910</v>
       </c>
       <c r="B646" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1915</v>
+        <v>1911</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>1916</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" s="1" t="s">
-        <v>1917</v>
+        <v>1913</v>
       </c>
       <c r="B647" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1918</v>
+        <v>1914</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>1919</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" s="1" t="s">
-        <v>1920</v>
+        <v>1916</v>
       </c>
       <c r="B648" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1921</v>
+        <v>1917</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>1922</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="649" spans="1:4">
       <c r="A649" s="1" t="s">
-        <v>1923</v>
+        <v>1919</v>
       </c>
       <c r="B649" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>1924</v>
+        <v>1920</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>1925</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650" s="1" t="s">
-        <v>1926</v>
+        <v>1922</v>
       </c>
       <c r="B650" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1927</v>
+        <v>1923</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>1928</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" s="1" t="s">
-        <v>1929</v>
+        <v>1925</v>
       </c>
       <c r="B651" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C651" s="1"/>
+      <c r="C651" s="1" t="s">
+        <v>1926</v>
+      </c>
       <c r="D651" s="1" t="s">
-        <v>1930</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652" s="1" t="s">
-        <v>1931</v>
+        <v>1928</v>
       </c>
       <c r="B652" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C652" s="1"/>
+      <c r="C652" s="1" t="s">
+        <v>1929</v>
+      </c>
       <c r="D652" s="1" t="s">
-        <v>1932</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B653" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C653" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D653" s="1" t="s">
         <v>1933</v>
-      </c>
-[...5 lines deleted...]
-        <v>1934</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B654" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C654" s="1" t="s">
         <v>1935</v>
       </c>
-      <c r="B654" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C654" s="1"/>
       <c r="D654" s="1" t="s">
         <v>1936</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" s="1" t="s">
         <v>1937</v>
       </c>
       <c r="B655" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C655" s="1"/>
+      <c r="C655" s="1" t="s">
+        <v>1938</v>
+      </c>
       <c r="D655" s="1" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656" s="1" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="B656" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C656" s="1"/>
+      <c r="C656" s="1" t="s">
+        <v>1941</v>
+      </c>
       <c r="D656" s="1" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657" s="1" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="B657" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C657" s="1"/>
+      <c r="C657" s="1" t="s">
+        <v>1944</v>
+      </c>
       <c r="D657" s="1" t="s">
-        <v>1942</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" s="1" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>1944</v>
+        <v>1947</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>1945</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659" s="1" t="s">
-        <v>1946</v>
+        <v>1949</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660" s="1" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>1951</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661" s="1" t="s">
-        <v>1952</v>
+        <v>1955</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>1953</v>
+        <v>1956</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>1954</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" s="1" t="s">
-        <v>1955</v>
+        <v>1958</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" s="1" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>1959</v>
+        <v>1962</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>1960</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" s="1" t="s">
-        <v>1961</v>
+        <v>1964</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>1962</v>
+        <v>1965</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>1963</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" s="1" t="s">
-        <v>1964</v>
+        <v>1967</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>1965</v>
+        <v>1968</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>1966</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666" s="1" t="s">
-        <v>1967</v>
+        <v>1970</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>1968</v>
+        <v>1971</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" s="1" t="s">
-        <v>1970</v>
+        <v>1973</v>
       </c>
       <c r="B667" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>1971</v>
+        <v>1974</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668" s="1" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="B668" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>1974</v>
+        <v>1977</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>1975</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" s="1" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="B669" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>1978</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" s="1" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="B670" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>1980</v>
+        <v>1983</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>1981</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" s="1" t="s">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="B671" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>1983</v>
+        <v>1986</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" s="1" t="s">
-        <v>1985</v>
+        <v>1988</v>
       </c>
       <c r="B672" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>1987</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" s="1" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="B673" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" s="1" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>1993</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" s="1" t="s">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" s="1" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="B676" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>1999</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" s="1" t="s">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="B677" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>2002</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678" s="1" t="s">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="B678" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>2005</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" s="1" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="B679" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" s="1" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="B680" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" s="1" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="B681" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>2013</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" s="1" t="s">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="B682" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" s="1" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="B683" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>2018</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" s="1" t="s">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="B684" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685" s="1" t="s">
-        <v>2022</v>
+        <v>2027</v>
       </c>
       <c r="B685" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>2023</v>
+        <v>2028</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" s="1" t="s">
-        <v>2025</v>
+        <v>2030</v>
       </c>
       <c r="B686" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>2027</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" s="1" t="s">
-        <v>2028</v>
+        <v>2033</v>
       </c>
       <c r="B687" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>2029</v>
+        <v>2034</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>2030</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" s="1" t="s">
-        <v>2031</v>
+        <v>2036</v>
       </c>
       <c r="B688" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>2032</v>
+        <v>2037</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>2033</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" s="1" t="s">
-        <v>2034</v>
+        <v>2039</v>
       </c>
       <c r="B689" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>2010</v>
+        <v>2040</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>2035</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" s="1" t="s">
-        <v>2036</v>
+        <v>2042</v>
       </c>
       <c r="B690" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>2010</v>
+        <v>2043</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>2037</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" s="1" t="s">
-        <v>2038</v>
+        <v>2045</v>
       </c>
       <c r="B691" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>2010</v>
+        <v>2046</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>2039</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" s="1" t="s">
-        <v>2040</v>
+        <v>2048</v>
       </c>
       <c r="B692" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>2041</v>
+        <v>2049</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>2042</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" s="1" t="s">
-        <v>2043</v>
+        <v>2051</v>
       </c>
       <c r="B693" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>2045</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" s="1" t="s">
-        <v>2046</v>
+        <v>2054</v>
       </c>
       <c r="B694" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>2044</v>
+        <v>2055</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>2047</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" s="1" t="s">
-        <v>2048</v>
+        <v>2057</v>
       </c>
       <c r="B695" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>2049</v>
+        <v>2058</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>2050</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" s="1" t="s">
-        <v>2051</v>
+        <v>2060</v>
       </c>
       <c r="B696" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>2052</v>
+        <v>2061</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>2053</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" s="1" t="s">
-        <v>2054</v>
+        <v>2063</v>
       </c>
       <c r="B697" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>2044</v>
+        <v>2064</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>2055</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" s="1" t="s">
-        <v>2056</v>
+        <v>2066</v>
       </c>
       <c r="B698" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>2044</v>
+        <v>2067</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>2057</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699" s="1" t="s">
-        <v>2058</v>
+        <v>2069</v>
       </c>
       <c r="B699" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>2044</v>
+        <v>2070</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>2059</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="700" spans="1:4">
       <c r="A700" s="1" t="s">
-        <v>2060</v>
+        <v>2072</v>
       </c>
       <c r="B700" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>2061</v>
+        <v>2073</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>2062</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" s="1" t="s">
-        <v>2063</v>
+        <v>2075</v>
       </c>
       <c r="B701" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>2064</v>
+        <v>2076</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>2065</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" s="1" t="s">
-        <v>2066</v>
+        <v>2078</v>
       </c>
       <c r="B702" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>2067</v>
+        <v>2079</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>2068</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703" s="1" t="s">
-        <v>2069</v>
+        <v>2081</v>
       </c>
       <c r="B703" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>2044</v>
+        <v>2082</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>2070</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" s="1" t="s">
-        <v>2071</v>
+        <v>2084</v>
       </c>
       <c r="B704" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>2044</v>
+        <v>2085</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>2072</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705" s="1" t="s">
-        <v>2073</v>
+        <v>2087</v>
       </c>
       <c r="B705" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>2044</v>
+        <v>2088</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>2074</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706" s="1" t="s">
-        <v>2075</v>
+        <v>2090</v>
       </c>
       <c r="B706" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>2076</v>
+        <v>2091</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>2077</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" s="1" t="s">
-        <v>2078</v>
+        <v>2093</v>
       </c>
       <c r="B707" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>2044</v>
+        <v>2094</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>2079</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708" s="1" t="s">
-        <v>2080</v>
+        <v>2096</v>
       </c>
       <c r="B708" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>2044</v>
+        <v>2097</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>2081</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709" s="1" t="s">
-        <v>2082</v>
+        <v>2099</v>
       </c>
       <c r="B709" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>2083</v>
+        <v>2100</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>2084</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" s="1" t="s">
-        <v>2085</v>
+        <v>2102</v>
       </c>
       <c r="B710" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>2086</v>
+        <v>2103</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>2087</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711" s="1" t="s">
-        <v>2088</v>
+        <v>2105</v>
       </c>
       <c r="B711" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>2089</v>
+        <v>2106</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>2090</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" s="1" t="s">
-        <v>2091</v>
+        <v>2108</v>
       </c>
       <c r="B712" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>2092</v>
+        <v>2109</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>2093</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" s="1" t="s">
-        <v>2094</v>
+        <v>2111</v>
       </c>
       <c r="B713" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>2095</v>
+        <v>2112</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>2096</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" s="1" t="s">
-        <v>2097</v>
+        <v>2114</v>
       </c>
       <c r="B714" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>2098</v>
+        <v>2115</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>2099</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715" s="1" t="s">
-        <v>2100</v>
+        <v>2117</v>
       </c>
       <c r="B715" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>2101</v>
+        <v>2118</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>2102</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" s="1" t="s">
-        <v>2103</v>
+        <v>2120</v>
       </c>
       <c r="B716" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>2104</v>
+        <v>2121</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>2105</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717" s="1" t="s">
-        <v>2106</v>
+        <v>2123</v>
       </c>
       <c r="B717" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>2044</v>
+        <v>2124</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>2107</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718" s="1" t="s">
-        <v>2108</v>
+        <v>2126</v>
       </c>
       <c r="B718" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>2109</v>
+        <v>2127</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>2110</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" s="1" t="s">
-        <v>2111</v>
+        <v>2129</v>
       </c>
       <c r="B719" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>2112</v>
+        <v>2130</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>2113</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720" s="1" t="s">
-        <v>2114</v>
+        <v>2132</v>
       </c>
       <c r="B720" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>2109</v>
+        <v>2133</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>2115</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" s="1" t="s">
-        <v>2116</v>
+        <v>2135</v>
       </c>
       <c r="B721" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>2109</v>
+        <v>2136</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>2117</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" s="1" t="s">
-        <v>2118</v>
+        <v>2138</v>
       </c>
       <c r="B722" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>2119</v>
+        <v>2139</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>2120</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" s="1" t="s">
-        <v>2121</v>
+        <v>2141</v>
       </c>
       <c r="B723" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>2122</v>
+        <v>2142</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>2123</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" s="1" t="s">
-        <v>2124</v>
+        <v>2144</v>
       </c>
       <c r="B724" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>2122</v>
+        <v>2145</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>2125</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" s="1" t="s">
-        <v>2126</v>
+        <v>2147</v>
       </c>
       <c r="B725" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>2127</v>
+        <v>2148</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>2128</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" s="1" t="s">
-        <v>2129</v>
+        <v>2150</v>
       </c>
       <c r="B726" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>2130</v>
+        <v>2151</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>2131</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" s="1" t="s">
-        <v>2132</v>
+        <v>2153</v>
       </c>
       <c r="B727" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>2109</v>
+        <v>2154</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>2133</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" s="1" t="s">
-        <v>2134</v>
+        <v>2156</v>
       </c>
       <c r="B728" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>2135</v>
+        <v>2157</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>41</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="A729" s="1" t="s">
-        <v>2136</v>
+        <v>2159</v>
       </c>
       <c r="B729" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>2137</v>
+        <v>2160</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>2138</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730" s="1" t="s">
-        <v>2139</v>
+        <v>2162</v>
       </c>
       <c r="B730" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>2140</v>
+        <v>2163</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>2141</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" s="1" t="s">
-        <v>2142</v>
+        <v>2165</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>2144</v>
+        <v>2166</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>2145</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732" s="1" t="s">
-        <v>2146</v>
+        <v>2168</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>2147</v>
+        <v>2169</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>2148</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" s="1" t="s">
-        <v>2149</v>
+        <v>2171</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>2150</v>
+        <v>2172</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>2151</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" s="1" t="s">
-        <v>2152</v>
+        <v>2174</v>
       </c>
       <c r="B734" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>2153</v>
+        <v>2175</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>2154</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" s="1" t="s">
-        <v>2155</v>
+        <v>2177</v>
       </c>
       <c r="B735" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>2156</v>
+        <v>2178</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>2157</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736" s="1" t="s">
-        <v>2158</v>
+        <v>2180</v>
       </c>
       <c r="B736" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>2122</v>
+        <v>2181</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>2159</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737" s="1" t="s">
-        <v>2160</v>
+        <v>2183</v>
       </c>
       <c r="B737" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>2122</v>
+        <v>2184</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>2161</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738" s="1" t="s">
-        <v>2162</v>
+        <v>2186</v>
       </c>
       <c r="B738" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>2122</v>
+        <v>2187</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>2163</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="A739" s="1" t="s">
-        <v>2164</v>
+        <v>2189</v>
       </c>
       <c r="B739" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>2122</v>
+        <v>2190</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>2165</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="A740" s="1" t="s">
-        <v>2166</v>
+        <v>2192</v>
       </c>
       <c r="B740" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>2122</v>
+        <v>2193</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>2167</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="A741" s="1" t="s">
-        <v>2168</v>
+        <v>2195</v>
       </c>
       <c r="B741" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>2156</v>
+        <v>2196</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>2169</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742" s="1" t="s">
-        <v>2170</v>
+        <v>2198</v>
       </c>
       <c r="B742" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>2156</v>
+        <v>2199</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>2171</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="A743" s="1" t="s">
-        <v>2172</v>
+        <v>2201</v>
       </c>
       <c r="B743" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>2156</v>
+        <v>2199</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>2173</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744" s="1" t="s">
-        <v>2174</v>
+        <v>2203</v>
       </c>
       <c r="B744" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>2156</v>
+        <v>2204</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>2175</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745" s="1" t="s">
-        <v>2176</v>
+        <v>2206</v>
       </c>
       <c r="B745" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C745" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C745" s="1"/>
       <c r="D745" s="1" t="s">
-        <v>2177</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746" s="1" t="s">
-        <v>2178</v>
+        <v>2208</v>
       </c>
       <c r="B746" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C746" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C746" s="1"/>
       <c r="D746" s="1" t="s">
-        <v>2179</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="A747" s="1" t="s">
-        <v>2180</v>
+        <v>2210</v>
       </c>
       <c r="B747" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>2156</v>
+        <v>2211</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>2181</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748" s="1" t="s">
-        <v>2182</v>
+        <v>2213</v>
       </c>
       <c r="B748" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>2156</v>
+        <v>2214</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>2183</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="A749" s="1" t="s">
-        <v>2184</v>
+        <v>2216</v>
       </c>
       <c r="B749" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>2156</v>
+        <v>2217</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>2185</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="A750" s="1" t="s">
-        <v>2186</v>
+        <v>2219</v>
       </c>
       <c r="B750" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>2156</v>
+        <v>2220</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>2187</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="A751" s="1" t="s">
-        <v>2188</v>
+        <v>2222</v>
       </c>
       <c r="B751" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>2156</v>
+        <v>2223</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>2189</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="A752" s="1" t="s">
-        <v>2190</v>
+        <v>2225</v>
       </c>
       <c r="B752" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>2156</v>
+        <v>2226</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>2191</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753" s="1" t="s">
-        <v>2192</v>
+        <v>2228</v>
       </c>
       <c r="B753" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C753" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C753" s="1"/>
       <c r="D753" s="1" t="s">
-        <v>2193</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754" s="1" t="s">
-        <v>2194</v>
+        <v>2230</v>
       </c>
       <c r="B754" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C754" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C754" s="1"/>
       <c r="D754" s="1" t="s">
-        <v>2195</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="A755" s="1" t="s">
-        <v>2196</v>
+        <v>2232</v>
       </c>
       <c r="B755" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C755" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C755" s="1"/>
       <c r="D755" s="1" t="s">
-        <v>2197</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756" s="1" t="s">
-        <v>2198</v>
+        <v>2234</v>
       </c>
       <c r="B756" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C756" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C756" s="1"/>
       <c r="D756" s="1" t="s">
-        <v>2199</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757" s="1" t="s">
-        <v>2200</v>
+        <v>2236</v>
       </c>
       <c r="B757" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C757" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C757" s="1"/>
       <c r="D757" s="1" t="s">
-        <v>2201</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="758" spans="1:4">
       <c r="A758" s="1" t="s">
-        <v>2202</v>
+        <v>2238</v>
       </c>
       <c r="B758" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C758" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C758" s="1"/>
       <c r="D758" s="1" t="s">
-        <v>2204</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="759" spans="1:4">
       <c r="A759" s="1" t="s">
-        <v>2205</v>
+        <v>2240</v>
       </c>
       <c r="B759" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C759" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C759" s="1"/>
       <c r="D759" s="1" t="s">
-        <v>2206</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="A760" s="1" t="s">
-        <v>2207</v>
+        <v>2242</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>2203</v>
+        <v>2243</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>2208</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761" s="1" t="s">
-        <v>2209</v>
+        <v>2245</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>2203</v>
+        <v>2246</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>2210</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762" s="1" t="s">
-        <v>2211</v>
+        <v>2248</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2212</v>
+        <v>2249</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>2213</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763" s="1" t="s">
-        <v>2214</v>
+        <v>2251</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>2215</v>
+        <v>2252</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>2216</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="A764" s="1" t="s">
-        <v>2217</v>
+        <v>2254</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>2218</v>
+        <v>2255</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>2219</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="A765" s="1" t="s">
-        <v>2220</v>
+        <v>2257</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>2221</v>
+        <v>2258</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>2222</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766" s="1" t="s">
-        <v>2223</v>
+        <v>2260</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2203</v>
+        <v>2261</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>2224</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767" s="1" t="s">
-        <v>2225</v>
+        <v>2263</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>2203</v>
+        <v>2264</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>2226</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="A768" s="1" t="s">
-        <v>2227</v>
+        <v>2266</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2212</v>
+        <v>2267</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>2228</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" s="1" t="s">
-        <v>2229</v>
+        <v>2269</v>
       </c>
       <c r="B769" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2212</v>
+        <v>2270</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>2230</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770" s="1" t="s">
-        <v>2231</v>
+        <v>2272</v>
       </c>
       <c r="B770" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2212</v>
+        <v>2273</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>2232</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771" s="1" t="s">
-        <v>2233</v>
+        <v>2275</v>
       </c>
       <c r="B771" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>2212</v>
+        <v>2276</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>2234</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="772" spans="1:4">
       <c r="A772" s="1" t="s">
-        <v>2235</v>
+        <v>2278</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>2236</v>
+        <v>2279</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>2237</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="A773" s="1" t="s">
-        <v>2238</v>
+        <v>2281</v>
       </c>
       <c r="B773" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2212</v>
+        <v>2282</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>2239</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="774" spans="1:4">
       <c r="A774" s="1" t="s">
-        <v>2240</v>
+        <v>2284</v>
       </c>
       <c r="B774" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2212</v>
+        <v>2285</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>2241</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775" s="1" t="s">
-        <v>2242</v>
+        <v>2287</v>
       </c>
       <c r="B775" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2212</v>
+        <v>2288</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>2243</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776" s="1" t="s">
-        <v>2244</v>
+        <v>2290</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>2212</v>
+        <v>2291</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>2245</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777" s="1" t="s">
-        <v>2246</v>
+        <v>2293</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>2247</v>
+        <v>2294</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>2248</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778" s="1" t="s">
-        <v>2249</v>
+        <v>2296</v>
       </c>
       <c r="B778" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C778" s="1"/>
+      <c r="C778" s="1" t="s">
+        <v>2297</v>
+      </c>
       <c r="D778" s="1" t="s">
-        <v>2250</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="779" spans="1:4">
       <c r="A779" s="1" t="s">
-        <v>2251</v>
+        <v>2299</v>
       </c>
       <c r="B779" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2212</v>
+        <v>2300</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>2252</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="780" spans="1:4">
       <c r="A780" s="1" t="s">
-        <v>2253</v>
+        <v>2302</v>
       </c>
       <c r="B780" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C780" s="1"/>
+      <c r="C780" s="1" t="s">
+        <v>2303</v>
+      </c>
       <c r="D780" s="1" t="s">
-        <v>2254</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="781" spans="1:4">
       <c r="A781" s="1" t="s">
-        <v>2255</v>
+        <v>2305</v>
       </c>
       <c r="B781" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>2212</v>
+        <v>2306</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>2256</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782" s="1" t="s">
-        <v>2257</v>
+        <v>2308</v>
       </c>
       <c r="B782" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>2212</v>
+        <v>2309</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>2258</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783" s="1" t="s">
-        <v>2259</v>
+        <v>2311</v>
       </c>
       <c r="B783" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2212</v>
+        <v>2309</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>2260</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784" s="1" t="s">
-        <v>2261</v>
+        <v>2313</v>
       </c>
       <c r="B784" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>2212</v>
+        <v>2309</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>2262</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" s="1" t="s">
-        <v>2263</v>
+        <v>2315</v>
       </c>
       <c r="B785" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2264</v>
+        <v>2316</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>2265</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786" s="1" t="s">
-        <v>2266</v>
+        <v>2318</v>
       </c>
       <c r="B786" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2267</v>
+        <v>2319</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>2268</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="787" spans="1:4">
       <c r="A787" s="1" t="s">
-        <v>2269</v>
+        <v>2321</v>
       </c>
       <c r="B787" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2264</v>
+        <v>2322</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>2270</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="788" spans="1:4">
       <c r="A788" s="1" t="s">
-        <v>2271</v>
+        <v>2324</v>
       </c>
       <c r="B788" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2264</v>
+        <v>2325</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>2272</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="789" spans="1:4">
       <c r="A789" s="1" t="s">
-        <v>2273</v>
+        <v>2327</v>
       </c>
       <c r="B789" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2264</v>
+        <v>2328</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>2274</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="790" spans="1:4">
       <c r="A790" s="1" t="s">
-        <v>2275</v>
+        <v>2330</v>
       </c>
       <c r="B790" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>2264</v>
+        <v>2331</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>2276</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791" s="1" t="s">
-        <v>2277</v>
+        <v>2333</v>
       </c>
       <c r="B791" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2264</v>
+        <v>2309</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>2278</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792" s="1" t="s">
-        <v>2279</v>
+        <v>2335</v>
       </c>
       <c r="B792" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>2264</v>
+        <v>2309</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>2280</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793" s="1" t="s">
-        <v>2281</v>
+        <v>2337</v>
       </c>
       <c r="B793" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C793" s="1"/>
+      <c r="C793" s="1" t="s">
+        <v>2309</v>
+      </c>
       <c r="D793" s="1" t="s">
-        <v>2282</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="794" spans="1:4">
       <c r="A794" s="1" t="s">
-        <v>2283</v>
+        <v>2339</v>
       </c>
       <c r="B794" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>2284</v>
+        <v>2340</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>2285</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795" s="1" t="s">
-        <v>2286</v>
+        <v>2342</v>
       </c>
       <c r="B795" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>2287</v>
+        <v>2343</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>2288</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796" s="1" t="s">
-        <v>2289</v>
+        <v>2345</v>
       </c>
       <c r="B796" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>2290</v>
+        <v>2343</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>2291</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797" s="1" t="s">
-        <v>2292</v>
+        <v>2347</v>
       </c>
       <c r="B797" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>2264</v>
+        <v>2348</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>2293</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798" s="1" t="s">
-        <v>2294</v>
+        <v>2350</v>
       </c>
       <c r="B798" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>2264</v>
+        <v>2351</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>2295</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="799" spans="1:4">
       <c r="A799" s="1" t="s">
-        <v>2296</v>
+        <v>2353</v>
       </c>
       <c r="B799" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2297</v>
+        <v>2343</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>2298</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="800" spans="1:4">
       <c r="A800" s="1" t="s">
-        <v>2299</v>
+        <v>2355</v>
       </c>
       <c r="B800" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2300</v>
+        <v>2343</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>2301</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="801" spans="1:4">
       <c r="A801" s="1" t="s">
-        <v>2302</v>
+        <v>2357</v>
       </c>
       <c r="B801" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2303</v>
+        <v>2343</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>2304</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802" s="1" t="s">
-        <v>2305</v>
+        <v>2359</v>
       </c>
       <c r="B802" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2306</v>
+        <v>2360</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>2307</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803" s="1" t="s">
-        <v>2308</v>
+        <v>2362</v>
       </c>
       <c r="B803" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2309</v>
+        <v>2363</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>2310</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804" s="1" t="s">
-        <v>2311</v>
+        <v>2365</v>
       </c>
       <c r="B804" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2312</v>
+        <v>2366</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>2313</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805" s="1" t="s">
-        <v>2314</v>
+        <v>2368</v>
       </c>
       <c r="B805" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>2315</v>
+        <v>2343</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>2316</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="806" spans="1:4">
       <c r="A806" s="1" t="s">
-        <v>2317</v>
+        <v>2370</v>
       </c>
       <c r="B806" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2318</v>
+        <v>2343</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>2319</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807" s="1" t="s">
-        <v>2320</v>
+        <v>2372</v>
       </c>
       <c r="B807" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2010</v>
+        <v>2343</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>2321</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" s="1" t="s">
-        <v>2322</v>
+        <v>2374</v>
       </c>
       <c r="B808" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>2010</v>
+        <v>2375</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>2323</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" s="1" t="s">
-        <v>2324</v>
+        <v>2377</v>
       </c>
       <c r="B809" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>2010</v>
+        <v>2343</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>2325</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" s="1" t="s">
-        <v>2326</v>
+        <v>2379</v>
       </c>
       <c r="B810" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>2327</v>
+        <v>2343</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>2328</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="811" spans="1:4">
       <c r="A811" s="1" t="s">
-        <v>2329</v>
+        <v>2381</v>
       </c>
       <c r="B811" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>2330</v>
+        <v>2382</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>2331</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812" s="1" t="s">
-        <v>2332</v>
+        <v>2384</v>
       </c>
       <c r="B812" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>2333</v>
+        <v>2385</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>2334</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" s="1" t="s">
-        <v>2335</v>
+        <v>2387</v>
       </c>
       <c r="B813" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>2336</v>
+        <v>2388</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>2337</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814" s="1" t="s">
-        <v>2338</v>
+        <v>2390</v>
       </c>
       <c r="B814" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>2339</v>
+        <v>2391</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>2340</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815" s="1" t="s">
-        <v>2341</v>
+        <v>2393</v>
       </c>
       <c r="B815" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2342</v>
+        <v>2394</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>2343</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="816" spans="1:4">
       <c r="A816" s="1" t="s">
-        <v>2344</v>
+        <v>2396</v>
       </c>
       <c r="B816" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>2342</v>
+        <v>2397</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>2345</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817" s="1" t="s">
-        <v>2346</v>
+        <v>2399</v>
       </c>
       <c r="B817" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>2342</v>
+        <v>2400</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>2347</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818" s="1" t="s">
-        <v>2348</v>
+        <v>2402</v>
       </c>
       <c r="B818" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>2342</v>
+        <v>2403</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>2349</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" s="1" t="s">
-        <v>2350</v>
+        <v>2405</v>
       </c>
       <c r="B819" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>2351</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820" s="1" t="s">
-        <v>2352</v>
+        <v>2407</v>
       </c>
       <c r="B820" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>2342</v>
+        <v>2408</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>2353</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821" s="1" t="s">
-        <v>2354</v>
+        <v>2410</v>
       </c>
       <c r="B821" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>2342</v>
+        <v>2411</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>2355</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822" s="1" t="s">
-        <v>2356</v>
+        <v>2413</v>
       </c>
       <c r="B822" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>2342</v>
+        <v>2408</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>2357</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823" s="1" t="s">
-        <v>2358</v>
+        <v>2415</v>
       </c>
       <c r="B823" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>2342</v>
+        <v>2408</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>2359</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="824" spans="1:4">
       <c r="A824" s="1" t="s">
-        <v>2360</v>
+        <v>2417</v>
       </c>
       <c r="B824" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>2342</v>
+        <v>2418</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>2361</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825" s="1" t="s">
-        <v>2362</v>
+        <v>2420</v>
       </c>
       <c r="B825" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>2342</v>
+        <v>2421</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>2363</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="826" spans="1:4">
       <c r="A826" s="1" t="s">
-        <v>2364</v>
+        <v>2423</v>
       </c>
       <c r="B826" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>2342</v>
+        <v>2421</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>2365</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="827" spans="1:4">
       <c r="A827" s="1" t="s">
-        <v>2366</v>
+        <v>2425</v>
       </c>
       <c r="B827" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>2342</v>
+        <v>2426</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>2367</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828" s="1" t="s">
-        <v>2368</v>
+        <v>2428</v>
       </c>
       <c r="B828" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>2369</v>
+        <v>2429</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>2370</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="829" spans="1:4">
       <c r="A829" s="1" t="s">
-        <v>2371</v>
+        <v>2431</v>
       </c>
       <c r="B829" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>2372</v>
+        <v>2408</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>2373</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="830" spans="1:4">
       <c r="A830" s="1" t="s">
-        <v>2374</v>
+        <v>2433</v>
       </c>
       <c r="B830" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>2375</v>
+        <v>2434</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>2376</v>
+        <v>277</v>
       </c>
     </row>
     <row r="831" spans="1:4">
       <c r="A831" s="1" t="s">
-        <v>2377</v>
+        <v>2435</v>
       </c>
       <c r="B831" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>2378</v>
+        <v>2436</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>2379</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="832" spans="1:4">
       <c r="A832" s="1" t="s">
-        <v>2380</v>
+        <v>2438</v>
       </c>
       <c r="B832" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>2381</v>
+        <v>2439</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>2382</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="833" spans="1:4">
       <c r="A833" s="1" t="s">
-        <v>2383</v>
+        <v>2441</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>2384</v>
+        <v>2442</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>2385</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834" s="1" t="s">
-        <v>2386</v>
+        <v>2444</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>2387</v>
+        <v>2445</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>2388</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="835" spans="1:4">
       <c r="A835" s="1" t="s">
-        <v>2389</v>
+        <v>2447</v>
       </c>
       <c r="B835" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>2390</v>
+        <v>2448</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>2391</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="836" spans="1:4">
       <c r="A836" s="1" t="s">
-        <v>2392</v>
+        <v>2450</v>
       </c>
       <c r="B836" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>2393</v>
+        <v>2451</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>41</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="837" spans="1:4">
       <c r="A837" s="1" t="s">
-        <v>2394</v>
+        <v>2453</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>2395</v>
+        <v>2421</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>2396</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="838" spans="1:4">
       <c r="A838" s="1" t="s">
-        <v>2397</v>
+        <v>2455</v>
       </c>
       <c r="B838" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>2398</v>
+        <v>2421</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>2399</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="839" spans="1:4">
       <c r="A839" s="1" t="s">
-        <v>2400</v>
+        <v>2457</v>
       </c>
       <c r="B839" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>2401</v>
+        <v>2421</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>2402</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="840" spans="1:4">
       <c r="A840" s="1" t="s">
-        <v>2403</v>
+        <v>2459</v>
       </c>
       <c r="B840" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>2404</v>
+        <v>2421</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>2405</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="841" spans="1:4">
       <c r="A841" s="1" t="s">
-        <v>2406</v>
+        <v>2461</v>
       </c>
       <c r="B841" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>2407</v>
+        <v>2421</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>2408</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="842" spans="1:4">
       <c r="A842" s="1" t="s">
-        <v>2409</v>
+        <v>2463</v>
       </c>
       <c r="B842" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>2410</v>
+        <v>2451</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>2411</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="843" spans="1:4">
       <c r="A843" s="1" t="s">
-        <v>2412</v>
+        <v>2465</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>2413</v>
+        <v>2451</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>2414</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="844" spans="1:4">
       <c r="A844" s="1" t="s">
-        <v>2415</v>
+        <v>2467</v>
       </c>
       <c r="B844" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>2416</v>
+        <v>2451</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>2417</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="845" spans="1:4">
       <c r="A845" s="1" t="s">
-        <v>2418</v>
+        <v>2469</v>
       </c>
       <c r="B845" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>2419</v>
+        <v>2451</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>2420</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="846" spans="1:4">
       <c r="A846" s="1" t="s">
-        <v>2421</v>
+        <v>2471</v>
       </c>
       <c r="B846" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>2422</v>
+        <v>2451</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>2423</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847" s="1" t="s">
-        <v>2424</v>
+        <v>2473</v>
       </c>
       <c r="B847" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>2425</v>
+        <v>2451</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>2426</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="848" spans="1:4">
       <c r="A848" s="1" t="s">
-        <v>2427</v>
+        <v>2475</v>
       </c>
       <c r="B848" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>2428</v>
+        <v>2451</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>2429</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="849" spans="1:4">
       <c r="A849" s="1" t="s">
-        <v>2430</v>
+        <v>2477</v>
       </c>
       <c r="B849" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>2431</v>
+        <v>2451</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>2432</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="850" spans="1:4">
       <c r="A850" s="1" t="s">
-        <v>2433</v>
+        <v>2479</v>
       </c>
       <c r="B850" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>2434</v>
+        <v>2451</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>2435</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851" s="1" t="s">
-        <v>2436</v>
+        <v>2481</v>
       </c>
       <c r="B851" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2437</v>
+        <v>2451</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>2438</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="852" spans="1:4">
       <c r="A852" s="1" t="s">
-        <v>2439</v>
+        <v>2483</v>
       </c>
       <c r="B852" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>2440</v>
+        <v>2451</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>2441</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853" s="1" t="s">
-        <v>2442</v>
+        <v>2485</v>
       </c>
       <c r="B853" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>2443</v>
+        <v>2451</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>2444</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="854" spans="1:4">
       <c r="A854" s="1" t="s">
-        <v>2445</v>
+        <v>2487</v>
       </c>
       <c r="B854" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>2446</v>
+        <v>2451</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>2447</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="855" spans="1:4">
       <c r="A855" s="1" t="s">
-        <v>2448</v>
+        <v>2489</v>
       </c>
       <c r="B855" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>2449</v>
+        <v>2451</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>2450</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="856" spans="1:4">
       <c r="A856" s="1" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B856" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C856" s="1" t="s">
         <v>2451</v>
       </c>
-      <c r="B856" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D856" s="1" t="s">
-        <v>2452</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="857" spans="1:4">
       <c r="A857" s="1" t="s">
-        <v>2453</v>
+        <v>2493</v>
       </c>
       <c r="B857" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>2454</v>
+        <v>2451</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>2455</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="858" spans="1:4">
       <c r="A858" s="1" t="s">
-        <v>2456</v>
+        <v>2495</v>
       </c>
       <c r="B858" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>2457</v>
+        <v>2451</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>2458</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="859" spans="1:4">
       <c r="A859" s="1" t="s">
-        <v>2459</v>
+        <v>2497</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2460</v>
+        <v>2498</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>2461</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="860" spans="1:4">
       <c r="A860" s="1" t="s">
-        <v>2462</v>
+        <v>2500</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>2463</v>
+        <v>2498</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>2464</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="861" spans="1:4">
       <c r="A861" s="1" t="s">
-        <v>2465</v>
+        <v>2502</v>
       </c>
       <c r="B861" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>2466</v>
+        <v>2498</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>2467</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="862" spans="1:4">
       <c r="A862" s="1" t="s">
-        <v>2468</v>
+        <v>2504</v>
       </c>
       <c r="B862" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>2469</v>
+        <v>2498</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>2470</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="863" spans="1:4">
       <c r="A863" s="1" t="s">
-        <v>2471</v>
+        <v>2506</v>
       </c>
       <c r="B863" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>2472</v>
+        <v>2507</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>2473</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="864" spans="1:4">
       <c r="A864" s="1" t="s">
-        <v>2474</v>
+        <v>2509</v>
       </c>
       <c r="B864" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>2475</v>
+        <v>2510</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>2476</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="865" spans="1:4">
       <c r="A865" s="1" t="s">
-        <v>2477</v>
+        <v>2512</v>
       </c>
       <c r="B865" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>2478</v>
+        <v>2513</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>2479</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="866" spans="1:4">
       <c r="A866" s="1" t="s">
-        <v>2480</v>
+        <v>2515</v>
       </c>
       <c r="B866" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>2481</v>
+        <v>2516</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>2482</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="867" spans="1:4">
       <c r="A867" s="1" t="s">
-        <v>2483</v>
+        <v>2518</v>
       </c>
       <c r="B867" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>2484</v>
+        <v>2498</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>2485</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="868" spans="1:4">
       <c r="A868" s="1" t="s">
-        <v>2486</v>
+        <v>2520</v>
       </c>
       <c r="B868" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>2487</v>
+        <v>2498</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>2488</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="869" spans="1:4">
       <c r="A869" s="1" t="s">
-        <v>2489</v>
+        <v>2522</v>
       </c>
       <c r="B869" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>2490</v>
+        <v>2507</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>2491</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="870" spans="1:4">
       <c r="A870" s="1" t="s">
-        <v>2492</v>
+        <v>2524</v>
       </c>
       <c r="B870" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>2493</v>
+        <v>2507</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>2494</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="871" spans="1:4">
       <c r="A871" s="1" t="s">
-        <v>2495</v>
+        <v>2526</v>
       </c>
       <c r="B871" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>2496</v>
+        <v>2507</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>2497</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872" s="1" t="s">
-        <v>2498</v>
+        <v>2528</v>
       </c>
       <c r="B872" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>2499</v>
+        <v>2507</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>2500</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="873" spans="1:4">
       <c r="A873" s="1" t="s">
-        <v>2501</v>
+        <v>2530</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>2502</v>
+        <v>2531</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>2503</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="874" spans="1:4">
       <c r="A874" s="1" t="s">
-        <v>2504</v>
+        <v>2533</v>
       </c>
       <c r="B874" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>2505</v>
+        <v>2507</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>2506</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="875" spans="1:4">
       <c r="A875" s="1" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B875" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C875" s="1" t="s">
         <v>2507</v>
       </c>
-      <c r="B875" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D875" s="1" t="s">
-        <v>2509</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="876" spans="1:4">
       <c r="A876" s="1" t="s">
-        <v>2510</v>
+        <v>2537</v>
       </c>
       <c r="B876" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>2511</v>
+        <v>2507</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>2512</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="877" spans="1:4">
       <c r="A877" s="1" t="s">
-        <v>2513</v>
+        <v>2539</v>
       </c>
       <c r="B877" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2514</v>
+        <v>2507</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>2515</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="878" spans="1:4">
       <c r="A878" s="1" t="s">
-        <v>2516</v>
+        <v>2541</v>
       </c>
       <c r="B878" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>2517</v>
+        <v>2542</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>2518</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="879" spans="1:4">
       <c r="A879" s="1" t="s">
-        <v>2519</v>
+        <v>2544</v>
       </c>
       <c r="B879" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C879" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C879" s="1"/>
       <c r="D879" s="1" t="s">
-        <v>2521</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="880" spans="1:4">
       <c r="A880" s="1" t="s">
-        <v>2522</v>
+        <v>2546</v>
       </c>
       <c r="B880" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>2523</v>
+        <v>2507</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>2524</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="881" spans="1:4">
       <c r="A881" s="1" t="s">
-        <v>2525</v>
+        <v>2548</v>
       </c>
       <c r="B881" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C881" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C881" s="1"/>
       <c r="D881" s="1" t="s">
-        <v>2527</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="882" spans="1:4">
       <c r="A882" s="1" t="s">
-        <v>2528</v>
+        <v>2550</v>
       </c>
       <c r="B882" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2529</v>
+        <v>2507</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>2530</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="883" spans="1:4">
       <c r="A883" s="1" t="s">
-        <v>2531</v>
+        <v>2552</v>
       </c>
       <c r="B883" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2532</v>
+        <v>2507</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>2533</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="884" spans="1:4">
       <c r="A884" s="1" t="s">
-        <v>2534</v>
+        <v>2554</v>
       </c>
       <c r="B884" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>2535</v>
+        <v>2507</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>2536</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="885" spans="1:4">
       <c r="A885" s="1" t="s">
-        <v>2537</v>
+        <v>2556</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>2538</v>
+        <v>2507</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>2539</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="886" spans="1:4">
       <c r="A886" s="1" t="s">
-        <v>2540</v>
+        <v>2558</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>2541</v>
+        <v>2559</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>2542</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="887" spans="1:4">
       <c r="A887" s="1" t="s">
-        <v>2543</v>
+        <v>2561</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>2544</v>
+        <v>2562</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>2545</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="888" spans="1:4">
       <c r="A888" s="1" t="s">
-        <v>2546</v>
+        <v>2564</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>2547</v>
+        <v>2559</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>2548</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="889" spans="1:4">
       <c r="A889" s="1" t="s">
-        <v>2549</v>
+        <v>2566</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>2550</v>
+        <v>2559</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>2551</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="890" spans="1:4">
       <c r="A890" s="1" t="s">
-        <v>2552</v>
+        <v>2568</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>2553</v>
+        <v>2559</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>2554</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="891" spans="1:4">
       <c r="A891" s="1" t="s">
-        <v>2555</v>
+        <v>2570</v>
       </c>
       <c r="B891" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>2556</v>
+        <v>2559</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>2557</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="892" spans="1:4">
       <c r="A892" s="1" t="s">
-        <v>2558</v>
+        <v>2572</v>
       </c>
       <c r="B892" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C892" s="1" t="s">
         <v>2559</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>2560</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="893" spans="1:4">
       <c r="A893" s="1" t="s">
-        <v>2561</v>
+        <v>2574</v>
       </c>
       <c r="B893" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2562</v>
+        <v>2559</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>2563</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="894" spans="1:4">
       <c r="A894" s="1" t="s">
-        <v>2564</v>
+        <v>2576</v>
       </c>
       <c r="B894" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C894" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C894" s="1"/>
       <c r="D894" s="1" t="s">
-        <v>2566</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="895" spans="1:4">
       <c r="A895" s="1" t="s">
-        <v>2567</v>
+        <v>2578</v>
       </c>
       <c r="B895" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>2568</v>
+        <v>2579</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>2569</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="896" spans="1:4">
       <c r="A896" s="1" t="s">
-        <v>2570</v>
+        <v>2581</v>
       </c>
       <c r="B896" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2571</v>
+        <v>2582</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>2572</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="897" spans="1:4">
       <c r="A897" s="1" t="s">
-        <v>2573</v>
+        <v>2584</v>
       </c>
       <c r="B897" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2574</v>
+        <v>2585</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>2575</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="898" spans="1:4">
       <c r="A898" s="1" t="s">
-        <v>2576</v>
+        <v>2587</v>
       </c>
       <c r="B898" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2577</v>
+        <v>2559</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>2578</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="899" spans="1:4">
       <c r="A899" s="1" t="s">
-        <v>2579</v>
+        <v>2589</v>
       </c>
       <c r="B899" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2580</v>
+        <v>2559</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>2581</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="900" spans="1:4">
       <c r="A900" s="1" t="s">
-        <v>2582</v>
+        <v>2591</v>
       </c>
       <c r="B900" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>2583</v>
+        <v>2592</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>2584</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="901" spans="1:4">
       <c r="A901" s="1" t="s">
-        <v>2585</v>
+        <v>2594</v>
       </c>
       <c r="B901" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>2586</v>
+        <v>2595</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>2587</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="902" spans="1:4">
       <c r="A902" s="1" t="s">
-        <v>2588</v>
+        <v>2597</v>
       </c>
       <c r="B902" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>2589</v>
+        <v>2598</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>2590</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="903" spans="1:4">
       <c r="A903" s="1" t="s">
-        <v>2591</v>
+        <v>2600</v>
       </c>
       <c r="B903" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>2592</v>
+        <v>2601</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>2593</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="904" spans="1:4">
       <c r="A904" s="1" t="s">
-        <v>2594</v>
+        <v>2603</v>
       </c>
       <c r="B904" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>2594</v>
+        <v>2604</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>2595</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="905" spans="1:4">
       <c r="A905" s="1" t="s">
-        <v>2596</v>
+        <v>2606</v>
       </c>
       <c r="B905" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>2596</v>
+        <v>2607</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>2597</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="906" spans="1:4">
       <c r="A906" s="1" t="s">
-        <v>2598</v>
+        <v>2609</v>
       </c>
       <c r="B906" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>2599</v>
+        <v>2610</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>2600</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="907" spans="1:4">
       <c r="A907" s="1" t="s">
-        <v>2601</v>
+        <v>2612</v>
       </c>
       <c r="B907" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>2602</v>
+        <v>2613</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>2603</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="908" spans="1:4">
       <c r="A908" s="1" t="s">
-        <v>2604</v>
+        <v>2615</v>
       </c>
       <c r="B908" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>2605</v>
+        <v>2309</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>2606</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="909" spans="1:4">
       <c r="A909" s="1" t="s">
-        <v>2607</v>
+        <v>2617</v>
       </c>
       <c r="B909" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>2608</v>
+        <v>2309</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>2609</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="910" spans="1:4">
       <c r="A910" s="1" t="s">
-        <v>2610</v>
+        <v>2619</v>
       </c>
       <c r="B910" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>2611</v>
+        <v>2309</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>2612</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="911" spans="1:4">
       <c r="A911" s="1" t="s">
-        <v>2613</v>
+        <v>2621</v>
       </c>
       <c r="B911" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>2614</v>
+        <v>2622</v>
       </c>
       <c r="D911" s="1" t="s">
-        <v>2615</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="912" spans="1:4">
       <c r="A912" s="1" t="s">
-        <v>2616</v>
+        <v>2624</v>
       </c>
       <c r="B912" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>2617</v>
+        <v>2625</v>
       </c>
       <c r="D912" s="1" t="s">
-        <v>2618</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="913" spans="1:4">
       <c r="A913" s="1" t="s">
-        <v>2619</v>
+        <v>2627</v>
       </c>
       <c r="B913" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>2620</v>
+        <v>2628</v>
       </c>
       <c r="D913" s="1" t="s">
-        <v>2621</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="914" spans="1:4">
       <c r="A914" s="1" t="s">
-        <v>2622</v>
+        <v>2630</v>
       </c>
       <c r="B914" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>2623</v>
+        <v>2631</v>
       </c>
       <c r="D914" s="1" t="s">
-        <v>2624</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="915" spans="1:4">
       <c r="A915" s="1" t="s">
-        <v>2625</v>
+        <v>2633</v>
       </c>
       <c r="B915" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>2626</v>
+        <v>2634</v>
       </c>
       <c r="D915" s="1" t="s">
-        <v>2627</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="916" spans="1:4">
       <c r="A916" s="1" t="s">
-        <v>2628</v>
+        <v>2636</v>
       </c>
       <c r="B916" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>2629</v>
+        <v>2637</v>
       </c>
       <c r="D916" s="1" t="s">
-        <v>2630</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="917" spans="1:4">
       <c r="A917" s="1" t="s">
-        <v>2631</v>
+        <v>2639</v>
       </c>
       <c r="B917" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>2632</v>
+        <v>2637</v>
       </c>
       <c r="D917" s="1" t="s">
-        <v>2633</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="918" spans="1:4">
       <c r="A918" s="1" t="s">
-        <v>2634</v>
+        <v>2641</v>
       </c>
       <c r="B918" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>2635</v>
+        <v>2637</v>
       </c>
       <c r="D918" s="1" t="s">
-        <v>2636</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="919" spans="1:4">
       <c r="A919" s="1" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B919" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C919" s="1" t="s">
         <v>2637</v>
       </c>
-      <c r="B919" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D919" s="1" t="s">
-        <v>2639</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="920" spans="1:4">
       <c r="A920" s="1" t="s">
-        <v>2640</v>
+        <v>2645</v>
       </c>
       <c r="B920" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>2641</v>
+        <v>2637</v>
       </c>
       <c r="D920" s="1" t="s">
-        <v>2642</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="921" spans="1:4">
       <c r="A921" s="1" t="s">
-        <v>2643</v>
+        <v>2647</v>
       </c>
       <c r="B921" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>2644</v>
+        <v>2637</v>
       </c>
       <c r="D921" s="1" t="s">
-        <v>2645</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="922" spans="1:4">
       <c r="A922" s="1" t="s">
-        <v>2646</v>
+        <v>2649</v>
       </c>
       <c r="B922" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>2647</v>
+        <v>2637</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>2648</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="923" spans="1:4">
       <c r="A923" s="1" t="s">
-        <v>2649</v>
+        <v>2651</v>
       </c>
       <c r="B923" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>2650</v>
+        <v>2637</v>
       </c>
       <c r="D923" s="1" t="s">
-        <v>2651</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="924" spans="1:4">
       <c r="A924" s="1" t="s">
-        <v>2652</v>
+        <v>2653</v>
       </c>
       <c r="B924" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>2653</v>
+        <v>2637</v>
       </c>
       <c r="D924" s="1" t="s">
         <v>2654</v>
       </c>
     </row>
     <row r="925" spans="1:4">
       <c r="A925" s="1" t="s">
         <v>2655</v>
       </c>
       <c r="B925" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C925" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="D925" s="1" t="s">
         <v>2656</v>
-      </c>
-[...1 lines deleted...]
-        <v>2657</v>
       </c>
     </row>
     <row r="926" spans="1:4">
       <c r="A926" s="1" t="s">
+        <v>2657</v>
+      </c>
+      <c r="B926" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C926" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="D926" s="1" t="s">
         <v>2658</v>
-      </c>
-[...7 lines deleted...]
-        <v>2660</v>
       </c>
     </row>
     <row r="927" spans="1:4">
       <c r="A927" s="1" t="s">
-        <v>2661</v>
+        <v>2659</v>
       </c>
       <c r="B927" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>2662</v>
+        <v>2637</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>2663</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="928" spans="1:4">
       <c r="A928" s="1" t="s">
-        <v>2664</v>
+        <v>2661</v>
       </c>
       <c r="B928" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>2665</v>
+        <v>2637</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>2666</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="929" spans="1:4">
       <c r="A929" s="1" t="s">
-        <v>2667</v>
+        <v>2663</v>
       </c>
       <c r="B929" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>2668</v>
+        <v>2664</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>2669</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="930" spans="1:4">
       <c r="A930" s="1" t="s">
-        <v>2670</v>
+        <v>2666</v>
       </c>
       <c r="B930" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>2617</v>
+        <v>2667</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>2671</v>
+        <v>228</v>
       </c>
     </row>
     <row r="931" spans="1:4">
       <c r="A931" s="1" t="s">
-        <v>2672</v>
+        <v>2668</v>
       </c>
       <c r="B931" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>2673</v>
+        <v>2669</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>2674</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="932" spans="1:4">
       <c r="A932" s="1" t="s">
-        <v>2675</v>
+        <v>2671</v>
       </c>
       <c r="B932" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>2676</v>
+        <v>2672</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>2677</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="933" spans="1:4">
       <c r="A933" s="1" t="s">
-        <v>2678</v>
+        <v>2674</v>
       </c>
       <c r="B933" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2679</v>
+        <v>2675</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>2680</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="934" spans="1:4">
       <c r="A934" s="1" t="s">
-        <v>2681</v>
+        <v>2677</v>
       </c>
       <c r="B934" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2682</v>
+        <v>2678</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>2683</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="935" spans="1:4">
       <c r="A935" s="1" t="s">
-        <v>2684</v>
+        <v>2680</v>
       </c>
       <c r="B935" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2685</v>
+        <v>2681</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>2686</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="936" spans="1:4">
       <c r="A936" s="1" t="s">
-        <v>2687</v>
+        <v>2683</v>
       </c>
       <c r="B936" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>2688</v>
+        <v>2684</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>2689</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="937" spans="1:4">
       <c r="A937" s="1" t="s">
-        <v>2690</v>
+        <v>2686</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2691</v>
+        <v>2687</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>2692</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="938" spans="1:4">
       <c r="A938" s="1" t="s">
-        <v>2693</v>
+        <v>2689</v>
       </c>
       <c r="B938" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2694</v>
+        <v>2690</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>2695</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="939" spans="1:4">
       <c r="A939" s="1" t="s">
-        <v>2696</v>
+        <v>2692</v>
       </c>
       <c r="B939" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>2697</v>
+        <v>2693</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>2698</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="940" spans="1:4">
       <c r="A940" s="1" t="s">
-        <v>2699</v>
+        <v>2695</v>
       </c>
       <c r="B940" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2700</v>
+        <v>2696</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>2701</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="941" spans="1:4">
       <c r="A941" s="1" t="s">
-        <v>2702</v>
+        <v>2698</v>
       </c>
       <c r="B941" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2703</v>
+        <v>2699</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>2704</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="942" spans="1:4">
       <c r="A942" s="1" t="s">
-        <v>2705</v>
+        <v>2701</v>
       </c>
       <c r="B942" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2706</v>
+        <v>2702</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>2707</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="943" spans="1:4">
       <c r="A943" s="1" t="s">
-        <v>2708</v>
+        <v>2704</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>2709</v>
+        <v>2705</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>2710</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="944" spans="1:4">
       <c r="A944" s="1" t="s">
-        <v>2711</v>
+        <v>2707</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2712</v>
+        <v>2708</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>2713</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="945" spans="1:4">
       <c r="A945" s="1" t="s">
-        <v>2714</v>
+        <v>2710</v>
       </c>
       <c r="B945" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2715</v>
+        <v>2711</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>2716</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="946" spans="1:4">
       <c r="A946" s="1" t="s">
-        <v>2717</v>
+        <v>2713</v>
       </c>
       <c r="B946" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2718</v>
+        <v>2714</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="947" spans="1:4">
       <c r="A947" s="1" t="s">
-        <v>2720</v>
+        <v>2716</v>
       </c>
       <c r="B947" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2721</v>
+        <v>2717</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>2722</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="948" spans="1:4">
       <c r="A948" s="1" t="s">
-        <v>2723</v>
+        <v>2719</v>
       </c>
       <c r="B948" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>2724</v>
+        <v>2720</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>2725</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="949" spans="1:4">
       <c r="A949" s="1" t="s">
-        <v>2726</v>
+        <v>2722</v>
       </c>
       <c r="B949" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>2727</v>
+        <v>2723</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>2728</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="950" spans="1:4">
       <c r="A950" s="1" t="s">
-        <v>2729</v>
+        <v>2725</v>
       </c>
       <c r="B950" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>2730</v>
+        <v>2726</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>2731</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="951" spans="1:4">
       <c r="A951" s="1" t="s">
-        <v>2732</v>
+        <v>2728</v>
       </c>
       <c r="B951" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>2733</v>
+        <v>2729</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>2734</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="952" spans="1:4">
       <c r="A952" s="1" t="s">
-        <v>2735</v>
+        <v>2731</v>
       </c>
       <c r="B952" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>2736</v>
+        <v>2732</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>2737</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="953" spans="1:4">
       <c r="A953" s="1" t="s">
-        <v>2738</v>
+        <v>2734</v>
       </c>
       <c r="B953" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>2739</v>
+        <v>2735</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>2740</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="954" spans="1:4">
       <c r="A954" s="1" t="s">
-        <v>2741</v>
+        <v>2737</v>
       </c>
       <c r="B954" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>2742</v>
+        <v>2738</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>2743</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="955" spans="1:4">
       <c r="A955" s="1" t="s">
-        <v>2744</v>
+        <v>2740</v>
       </c>
       <c r="B955" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>2745</v>
+        <v>2741</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>2746</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="956" spans="1:4">
       <c r="A956" s="1" t="s">
-        <v>2747</v>
+        <v>2743</v>
       </c>
       <c r="B956" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>2748</v>
+        <v>2741</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>2749</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="957" spans="1:4">
       <c r="A957" s="1" t="s">
-        <v>2750</v>
+        <v>2745</v>
       </c>
       <c r="B957" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>2751</v>
+        <v>2746</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>2752</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="958" spans="1:4">
       <c r="A958" s="1" t="s">
-        <v>2753</v>
+        <v>2748</v>
       </c>
       <c r="B958" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2754</v>
+        <v>2749</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>2755</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="959" spans="1:4">
       <c r="A959" s="1" t="s">
-        <v>2756</v>
+        <v>2751</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2757</v>
+        <v>2752</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>2758</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="960" spans="1:4">
       <c r="A960" s="1" t="s">
-        <v>2759</v>
+        <v>2754</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>2760</v>
+        <v>2755</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>2761</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="961" spans="1:4">
       <c r="A961" s="1" t="s">
-        <v>2762</v>
+        <v>2757</v>
       </c>
       <c r="B961" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>2763</v>
+        <v>2758</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>2764</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="962" spans="1:4">
       <c r="A962" s="1" t="s">
-        <v>2765</v>
+        <v>2760</v>
       </c>
       <c r="B962" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2766</v>
+        <v>2761</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>2767</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="963" spans="1:4">
       <c r="A963" s="1" t="s">
-        <v>2768</v>
+        <v>2763</v>
       </c>
       <c r="B963" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2769</v>
+        <v>2764</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>2770</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="964" spans="1:4">
       <c r="A964" s="1" t="s">
-        <v>2771</v>
+        <v>2766</v>
       </c>
       <c r="B964" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>2772</v>
+        <v>2767</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>2773</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="965" spans="1:4">
       <c r="A965" s="1" t="s">
-        <v>2774</v>
+        <v>2769</v>
       </c>
       <c r="B965" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>2775</v>
+        <v>2770</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>2776</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="966" spans="1:4">
       <c r="A966" s="1" t="s">
-        <v>2777</v>
+        <v>2772</v>
       </c>
       <c r="B966" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2778</v>
+        <v>2773</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>2779</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="967" spans="1:4">
       <c r="A967" s="1" t="s">
-        <v>2780</v>
+        <v>2775</v>
       </c>
       <c r="B967" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>2781</v>
+        <v>2776</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>2782</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="968" spans="1:4">
       <c r="A968" s="1" t="s">
-        <v>2783</v>
+        <v>2778</v>
       </c>
       <c r="B968" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>2784</v>
+        <v>2779</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>2785</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="969" spans="1:4">
       <c r="A969" s="1" t="s">
-        <v>2786</v>
+        <v>2781</v>
       </c>
       <c r="B969" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2787</v>
+        <v>2782</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>2788</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="970" spans="1:4">
       <c r="A970" s="1" t="s">
-        <v>2789</v>
+        <v>2784</v>
       </c>
       <c r="B970" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2790</v>
+        <v>2785</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>2791</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="971" spans="1:4">
       <c r="A971" s="1" t="s">
-        <v>2792</v>
+        <v>2787</v>
       </c>
       <c r="B971" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>2793</v>
+        <v>2788</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>2794</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="972" spans="1:4">
       <c r="A972" s="1" t="s">
-        <v>2795</v>
+        <v>2790</v>
       </c>
       <c r="B972" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2796</v>
+        <v>2791</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>2797</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="973" spans="1:4">
       <c r="A973" s="1" t="s">
-        <v>2798</v>
+        <v>2793</v>
       </c>
       <c r="B973" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>2799</v>
+        <v>2794</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>2800</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="974" spans="1:4">
       <c r="A974" s="1" t="s">
-        <v>2801</v>
+        <v>2796</v>
       </c>
       <c r="B974" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>2802</v>
+        <v>2797</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>2803</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="975" spans="1:4">
       <c r="A975" s="1" t="s">
-        <v>2804</v>
+        <v>2799</v>
       </c>
       <c r="B975" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>2805</v>
+        <v>2800</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>2806</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="976" spans="1:4">
       <c r="A976" s="1" t="s">
-        <v>2807</v>
+        <v>2802</v>
       </c>
       <c r="B976" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2808</v>
+        <v>2803</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>2809</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="977" spans="1:4">
       <c r="A977" s="1" t="s">
-        <v>2810</v>
+        <v>2805</v>
       </c>
       <c r="B977" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2811</v>
+        <v>2806</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>2812</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="978" spans="1:4">
       <c r="A978" s="1" t="s">
-        <v>2813</v>
+        <v>2808</v>
       </c>
       <c r="B978" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>2814</v>
+        <v>2809</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>2815</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="979" spans="1:4">
       <c r="A979" s="1" t="s">
-        <v>2816</v>
+        <v>2811</v>
       </c>
       <c r="B979" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>2817</v>
+        <v>2812</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>2818</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="980" spans="1:4">
       <c r="A980" s="1" t="s">
-        <v>2819</v>
+        <v>2814</v>
       </c>
       <c r="B980" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>2820</v>
+        <v>2815</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>2821</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="981" spans="1:4">
       <c r="A981" s="1" t="s">
-        <v>2822</v>
+        <v>2817</v>
       </c>
       <c r="B981" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>2823</v>
+        <v>2818</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>2824</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="982" spans="1:4">
       <c r="A982" s="1" t="s">
-        <v>2825</v>
+        <v>2820</v>
       </c>
       <c r="B982" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>2826</v>
+        <v>2821</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>2827</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="983" spans="1:4">
       <c r="A983" s="1" t="s">
-        <v>2828</v>
+        <v>2823</v>
       </c>
       <c r="B983" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2829</v>
+        <v>2824</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>2830</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="984" spans="1:4">
       <c r="A984" s="1" t="s">
-        <v>2831</v>
+        <v>2826</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>2832</v>
+        <v>2827</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>2833</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="985" spans="1:4">
       <c r="A985" s="1" t="s">
-        <v>2834</v>
+        <v>2829</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2835</v>
+        <v>2830</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>2836</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="986" spans="1:4">
       <c r="A986" s="1" t="s">
-        <v>2837</v>
+        <v>2832</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2838</v>
+        <v>2833</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>2839</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="987" spans="1:4">
       <c r="A987" s="1" t="s">
-        <v>2840</v>
+        <v>2835</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>2841</v>
+        <v>2836</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>2842</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="988" spans="1:4">
       <c r="A988" s="1" t="s">
-        <v>2843</v>
+        <v>2838</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2844</v>
+        <v>2839</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>2845</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="989" spans="1:4">
       <c r="A989" s="1" t="s">
-        <v>2846</v>
+        <v>2841</v>
       </c>
       <c r="B989" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>2847</v>
+        <v>2842</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>2848</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="990" spans="1:4">
       <c r="A990" s="1" t="s">
-        <v>2849</v>
+        <v>2844</v>
       </c>
       <c r="B990" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>2850</v>
+        <v>2845</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>2851</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="991" spans="1:4">
       <c r="A991" s="1" t="s">
-        <v>2852</v>
+        <v>2847</v>
       </c>
       <c r="B991" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>2853</v>
+        <v>2848</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>2854</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="992" spans="1:4">
       <c r="A992" s="1" t="s">
-        <v>2855</v>
+        <v>2850</v>
       </c>
       <c r="B992" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>2856</v>
+        <v>2851</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>2857</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="993" spans="1:4">
       <c r="A993" s="1" t="s">
-        <v>2858</v>
+        <v>2853</v>
       </c>
       <c r="B993" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>2859</v>
+        <v>2854</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>2860</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="994" spans="1:4">
       <c r="A994" s="1" t="s">
-        <v>2861</v>
+        <v>2856</v>
       </c>
       <c r="B994" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>2862</v>
+        <v>2857</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>2863</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="995" spans="1:4">
       <c r="A995" s="1" t="s">
-        <v>2864</v>
+        <v>2859</v>
       </c>
       <c r="B995" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>2865</v>
+        <v>2860</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>2866</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="996" spans="1:4">
       <c r="A996" s="1" t="s">
-        <v>2867</v>
+        <v>2862</v>
       </c>
       <c r="B996" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>2868</v>
+        <v>2863</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>2869</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="997" spans="1:4">
       <c r="A997" s="1" t="s">
-        <v>2870</v>
+        <v>2865</v>
       </c>
       <c r="B997" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>2871</v>
+        <v>2866</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>2872</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="998" spans="1:4">
       <c r="A998" s="1" t="s">
-        <v>2873</v>
+        <v>2868</v>
       </c>
       <c r="B998" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>2874</v>
+        <v>2869</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>2875</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="999" spans="1:4">
       <c r="A999" s="1" t="s">
-        <v>2876</v>
+        <v>2871</v>
       </c>
       <c r="B999" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>2877</v>
+        <v>2872</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>2878</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="1000" spans="1:4">
       <c r="A1000" s="1" t="s">
-        <v>2879</v>
+        <v>2874</v>
       </c>
       <c r="B1000" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>2880</v>
+        <v>2875</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>2881</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="1001" spans="1:4">
       <c r="A1001" s="1" t="s">
-        <v>2882</v>
+        <v>2877</v>
       </c>
       <c r="B1001" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>2883</v>
+        <v>2878</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>2884</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="1002" spans="1:4">
       <c r="A1002" s="1" t="s">
-        <v>2885</v>
+        <v>2880</v>
       </c>
       <c r="B1002" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>2886</v>
+        <v>2881</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>2887</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="1003" spans="1:4">
       <c r="A1003" s="1" t="s">
-        <v>2888</v>
+        <v>2883</v>
       </c>
       <c r="B1003" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>2889</v>
+        <v>2883</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>2890</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="1004" spans="1:4">
       <c r="A1004" s="1" t="s">
-        <v>2891</v>
+        <v>2885</v>
       </c>
       <c r="B1004" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>2892</v>
+        <v>2885</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>2893</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1005" spans="1:4">
       <c r="A1005" s="1" t="s">
-        <v>2894</v>
+        <v>2887</v>
       </c>
       <c r="B1005" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>2895</v>
+        <v>2888</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>2896</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="1006" spans="1:4">
       <c r="A1006" s="1" t="s">
-        <v>2897</v>
+        <v>2890</v>
       </c>
       <c r="B1006" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>2898</v>
+        <v>2891</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>2899</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="1007" spans="1:4">
       <c r="A1007" s="1" t="s">
-        <v>2900</v>
+        <v>2893</v>
       </c>
       <c r="B1007" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>2901</v>
+        <v>2894</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>2902</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="1008" spans="1:4">
       <c r="A1008" s="1" t="s">
-        <v>2903</v>
+        <v>2896</v>
       </c>
       <c r="B1008" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>2904</v>
+        <v>2897</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>2905</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="1009" spans="1:4">
       <c r="A1009" s="1" t="s">
-        <v>2906</v>
+        <v>2899</v>
       </c>
       <c r="B1009" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>2907</v>
+        <v>2900</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>2908</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="1010" spans="1:4">
       <c r="A1010" s="1" t="s">
-        <v>2909</v>
+        <v>2902</v>
       </c>
       <c r="B1010" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>2910</v>
+        <v>2903</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>2911</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="1011" spans="1:4">
       <c r="A1011" s="1" t="s">
-        <v>2912</v>
+        <v>2905</v>
       </c>
       <c r="B1011" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>2913</v>
+        <v>2906</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>2914</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="1012" spans="1:4">
       <c r="A1012" s="1" t="s">
-        <v>2915</v>
+        <v>2908</v>
       </c>
       <c r="B1012" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>2916</v>
+        <v>2909</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>2917</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="1013" spans="1:4">
       <c r="A1013" s="1" t="s">
-        <v>2918</v>
+        <v>2911</v>
       </c>
       <c r="B1013" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>2919</v>
+        <v>2912</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>2920</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="1014" spans="1:4">
       <c r="A1014" s="1" t="s">
-        <v>2921</v>
+        <v>2914</v>
       </c>
       <c r="B1014" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>2922</v>
+        <v>2915</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>2923</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="1015" spans="1:4">
       <c r="A1015" s="1" t="s">
-        <v>2924</v>
+        <v>2917</v>
       </c>
       <c r="B1015" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>2925</v>
+        <v>2918</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>2926</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="1016" spans="1:4">
       <c r="A1016" s="1" t="s">
-        <v>2927</v>
+        <v>2920</v>
       </c>
       <c r="B1016" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>2928</v>
+        <v>2921</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>2929</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="1017" spans="1:4">
       <c r="A1017" s="1" t="s">
-        <v>2930</v>
+        <v>2923</v>
       </c>
       <c r="B1017" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>2931</v>
+        <v>2924</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>2932</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="1018" spans="1:4">
       <c r="A1018" s="1" t="s">
-        <v>2933</v>
+        <v>2926</v>
       </c>
       <c r="B1018" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>2934</v>
+        <v>2927</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>2935</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="1019" spans="1:4">
       <c r="A1019" s="1" t="s">
-        <v>2936</v>
+        <v>2929</v>
       </c>
       <c r="B1019" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>2937</v>
+        <v>2930</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>2938</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="1020" spans="1:4">
       <c r="A1020" s="1" t="s">
-        <v>2939</v>
+        <v>2932</v>
       </c>
       <c r="B1020" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>2940</v>
+        <v>2933</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>2941</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="1021" spans="1:4">
       <c r="A1021" s="1" t="s">
-        <v>2942</v>
+        <v>2935</v>
       </c>
       <c r="B1021" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>2943</v>
+        <v>2936</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>2944</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="1022" spans="1:4">
       <c r="A1022" s="1" t="s">
-        <v>2945</v>
+        <v>2938</v>
       </c>
       <c r="B1022" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>2946</v>
+        <v>2939</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>2947</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="1023" spans="1:4">
       <c r="A1023" s="1" t="s">
-        <v>2948</v>
+        <v>2941</v>
       </c>
       <c r="B1023" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>2949</v>
+        <v>2942</v>
       </c>
       <c r="D1023" s="1" t="s">
-        <v>2950</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="1024" spans="1:4">
       <c r="A1024" s="1" t="s">
-        <v>2951</v>
+        <v>2944</v>
       </c>
       <c r="B1024" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>2952</v>
+        <v>2945</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>2953</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="1025" spans="1:4">
       <c r="A1025" s="1" t="s">
-        <v>2954</v>
+        <v>2947</v>
       </c>
       <c r="B1025" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>2955</v>
+        <v>2948</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>2956</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="1026" spans="1:4">
       <c r="A1026" s="1" t="s">
-        <v>2957</v>
+        <v>2950</v>
       </c>
       <c r="B1026" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>2958</v>
+        <v>2951</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>2959</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="1027" spans="1:4">
       <c r="A1027" s="1" t="s">
-        <v>2960</v>
+        <v>2953</v>
       </c>
       <c r="B1027" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>2961</v>
+        <v>2954</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>2962</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="1028" spans="1:4">
       <c r="A1028" s="1" t="s">
-        <v>2963</v>
+        <v>2956</v>
       </c>
       <c r="B1028" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>2964</v>
+        <v>2957</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>2965</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="1029" spans="1:4">
       <c r="A1029" s="1" t="s">
-        <v>2966</v>
+        <v>2959</v>
       </c>
       <c r="B1029" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>2967</v>
+        <v>2906</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>2968</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="1030" spans="1:4">
       <c r="A1030" s="1" t="s">
-        <v>2969</v>
+        <v>2961</v>
       </c>
       <c r="B1030" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>2970</v>
+        <v>2962</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>2971</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="1031" spans="1:4">
       <c r="A1031" s="1" t="s">
-        <v>2972</v>
+        <v>2964</v>
       </c>
       <c r="B1031" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>2973</v>
+        <v>2965</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>2974</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="1032" spans="1:4">
       <c r="A1032" s="1" t="s">
-        <v>2975</v>
+        <v>2967</v>
       </c>
       <c r="B1032" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>2976</v>
+        <v>2968</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>2977</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="1033" spans="1:4">
       <c r="A1033" s="1" t="s">
-        <v>2978</v>
+        <v>2970</v>
       </c>
       <c r="B1033" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>2979</v>
+        <v>2971</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>2980</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="1034" spans="1:4">
       <c r="A1034" s="1" t="s">
-        <v>2981</v>
+        <v>2973</v>
       </c>
       <c r="B1034" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>2982</v>
+        <v>2974</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>2983</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="1035" spans="1:4">
       <c r="A1035" s="1" t="s">
-        <v>2984</v>
+        <v>2976</v>
       </c>
       <c r="B1035" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>2985</v>
+        <v>2977</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>2986</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="1036" spans="1:4">
       <c r="A1036" s="1" t="s">
-        <v>2987</v>
+        <v>2979</v>
       </c>
       <c r="B1036" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>2988</v>
+        <v>2980</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>2989</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="1037" spans="1:4">
       <c r="A1037" s="1" t="s">
-        <v>2990</v>
+        <v>2982</v>
       </c>
       <c r="B1037" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>2991</v>
+        <v>2983</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>2992</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="1038" spans="1:4">
       <c r="A1038" s="1" t="s">
-        <v>2993</v>
+        <v>2985</v>
       </c>
       <c r="B1038" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>2994</v>
+        <v>2986</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>2995</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="1039" spans="1:4">
       <c r="A1039" s="1" t="s">
-        <v>2996</v>
+        <v>2988</v>
       </c>
       <c r="B1039" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>2997</v>
+        <v>2989</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>2998</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1040" spans="1:4">
       <c r="A1040" s="1" t="s">
-        <v>2999</v>
+        <v>2991</v>
       </c>
       <c r="B1040" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>3000</v>
+        <v>2992</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>3001</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="1041" spans="1:4">
       <c r="A1041" s="1" t="s">
-        <v>3002</v>
+        <v>2994</v>
       </c>
       <c r="B1041" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>3003</v>
+        <v>2995</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>3004</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="1042" spans="1:4">
       <c r="A1042" s="1" t="s">
-        <v>3005</v>
+        <v>2997</v>
       </c>
       <c r="B1042" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>3006</v>
+        <v>2998</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>3007</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="1043" spans="1:4">
       <c r="A1043" s="1" t="s">
-        <v>3008</v>
+        <v>3000</v>
       </c>
       <c r="B1043" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>3009</v>
+        <v>3001</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>3010</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1044" spans="1:4">
       <c r="A1044" s="1" t="s">
-        <v>3011</v>
+        <v>3003</v>
       </c>
       <c r="B1044" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>3012</v>
+        <v>3004</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>3013</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="1045" spans="1:4">
       <c r="A1045" s="1" t="s">
-        <v>3014</v>
+        <v>3006</v>
       </c>
       <c r="B1045" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>3015</v>
+        <v>3007</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>3016</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="1046" spans="1:4">
       <c r="A1046" s="1" t="s">
-        <v>3017</v>
+        <v>3009</v>
       </c>
       <c r="B1046" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>3018</v>
+        <v>3010</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>3019</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="1047" spans="1:4">
       <c r="A1047" s="1" t="s">
-        <v>3020</v>
+        <v>3012</v>
       </c>
       <c r="B1047" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>3021</v>
+        <v>3013</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>3022</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="1048" spans="1:4">
       <c r="A1048" s="1" t="s">
-        <v>3023</v>
+        <v>3015</v>
       </c>
       <c r="B1048" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>3024</v>
+        <v>3016</v>
       </c>
       <c r="D1048" s="1" t="s">
-        <v>3025</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="1049" spans="1:4">
       <c r="A1049" s="1" t="s">
-        <v>3026</v>
+        <v>3018</v>
       </c>
       <c r="B1049" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>3027</v>
+        <v>3019</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>3028</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="1050" spans="1:4">
       <c r="A1050" s="1" t="s">
-        <v>3029</v>
+        <v>3021</v>
       </c>
       <c r="B1050" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>3030</v>
+        <v>3022</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>3031</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="1051" spans="1:4">
       <c r="A1051" s="1" t="s">
-        <v>3032</v>
+        <v>3024</v>
       </c>
       <c r="B1051" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>3033</v>
+        <v>3025</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>3034</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1052" spans="1:4">
       <c r="A1052" s="1" t="s">
-        <v>3035</v>
+        <v>3027</v>
       </c>
       <c r="B1052" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>3036</v>
+        <v>3028</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>3037</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="1053" spans="1:4">
       <c r="A1053" s="1" t="s">
-        <v>3038</v>
+        <v>3030</v>
       </c>
       <c r="B1053" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>3039</v>
+        <v>3031</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>3040</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="1054" spans="1:4">
       <c r="A1054" s="1" t="s">
-        <v>3041</v>
+        <v>3033</v>
       </c>
       <c r="B1054" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>3042</v>
+        <v>3034</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>3043</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="1055" spans="1:4">
       <c r="A1055" s="1" t="s">
-        <v>3044</v>
+        <v>3036</v>
       </c>
       <c r="B1055" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1055" s="1" t="s">
-        <v>3045</v>
+        <v>3037</v>
       </c>
       <c r="D1055" s="1" t="s">
-        <v>3046</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="1056" spans="1:4">
       <c r="A1056" s="1" t="s">
-        <v>3047</v>
+        <v>3039</v>
       </c>
       <c r="B1056" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>3048</v>
+        <v>3040</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>3049</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="1057" spans="1:4">
       <c r="A1057" s="1" t="s">
-        <v>3050</v>
+        <v>3042</v>
       </c>
       <c r="B1057" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>3051</v>
+        <v>3043</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>3052</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="1058" spans="1:4">
       <c r="A1058" s="1" t="s">
-        <v>3053</v>
+        <v>3045</v>
       </c>
       <c r="B1058" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>3054</v>
+        <v>3046</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>3055</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="1059" spans="1:4">
       <c r="A1059" s="1" t="s">
-        <v>3056</v>
+        <v>3048</v>
       </c>
       <c r="B1059" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>3057</v>
+        <v>3049</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>3058</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="1060" spans="1:4">
       <c r="A1060" s="1" t="s">
-        <v>3059</v>
+        <v>3051</v>
       </c>
       <c r="B1060" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>3060</v>
+        <v>3052</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>3061</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="1061" spans="1:4">
       <c r="A1061" s="1" t="s">
-        <v>3059</v>
+        <v>3054</v>
       </c>
       <c r="B1061" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1061" s="1" t="s">
-        <v>3060</v>
+        <v>3055</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>3062</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="1062" spans="1:4">
       <c r="A1062" s="1" t="s">
-        <v>3063</v>
+        <v>3057</v>
       </c>
       <c r="B1062" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>3064</v>
+        <v>3058</v>
       </c>
       <c r="D1062" s="1" t="s">
-        <v>3065</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="1063" spans="1:4">
       <c r="A1063" s="1" t="s">
-        <v>3063</v>
+        <v>3060</v>
       </c>
       <c r="B1063" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1063" s="1" t="s">
-        <v>3064</v>
+        <v>3061</v>
       </c>
       <c r="D1063" s="1" t="s">
-        <v>3066</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="1064" spans="1:4">
       <c r="A1064" s="1" t="s">
-        <v>3067</v>
+        <v>3063</v>
       </c>
       <c r="B1064" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>2937</v>
+        <v>3064</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>3068</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="1065" spans="1:4">
       <c r="A1065" s="1" t="s">
-        <v>3069</v>
-[...1 lines deleted...]
-      <c r="B1065" s="1"/>
+        <v>3066</v>
+      </c>
+      <c r="B1065" s="1" t="s">
+        <v>5</v>
+      </c>
       <c r="C1065" s="1" t="s">
-        <v>3070</v>
+        <v>3067</v>
       </c>
       <c r="D1065" s="1" t="s">
-        <v>3071</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="1066" spans="1:4">
       <c r="A1066" s="1" t="s">
-        <v>3072</v>
+        <v>3069</v>
       </c>
       <c r="B1066" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1066" s="1" t="s">
         <v>3070</v>
       </c>
       <c r="D1066" s="1" t="s">
-        <v>3073</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="1067" spans="1:4">
       <c r="A1067" s="1" t="s">
+        <v>3072</v>
+      </c>
+      <c r="B1067" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1067" s="1" t="s">
+        <v>3073</v>
+      </c>
+      <c r="D1067" s="1" t="s">
         <v>3074</v>
-      </c>
-[...7 lines deleted...]
-        <v>3076</v>
       </c>
     </row>
     <row r="1068" spans="1:4">
       <c r="A1068" s="1" t="s">
+        <v>3075</v>
+      </c>
+      <c r="B1068" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1068" s="1" t="s">
+        <v>3076</v>
+      </c>
+      <c r="D1068" s="1" t="s">
         <v>3077</v>
-      </c>
-[...7 lines deleted...]
-        <v>3079</v>
       </c>
     </row>
     <row r="1069" spans="1:4">
       <c r="A1069" s="1" t="s">
+        <v>3078</v>
+      </c>
+      <c r="B1069" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1069" s="1" t="s">
+        <v>3079</v>
+      </c>
+      <c r="D1069" s="1" t="s">
         <v>3080</v>
-      </c>
-[...7 lines deleted...]
-        <v>3081</v>
       </c>
     </row>
     <row r="1070" spans="1:4">
       <c r="A1070" s="1" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B1070" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1070" s="1" t="s">
         <v>3082</v>
       </c>
-      <c r="B1070" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1070" s="1" t="s">
-        <v>3081</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="1071" spans="1:4">
       <c r="A1071" s="1" t="s">
-        <v>3083</v>
+        <v>3084</v>
       </c>
       <c r="B1071" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1071" s="1" t="s">
-        <v>3084</v>
+        <v>3085</v>
       </c>
       <c r="D1071" s="1" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="1072" spans="1:4">
       <c r="A1072" s="1" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
       <c r="B1072" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1072" s="1" t="s">
-        <v>3084</v>
+        <v>3088</v>
       </c>
       <c r="D1072" s="1" t="s">
-        <v>3087</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="1073" spans="1:4">
       <c r="A1073" s="1" t="s">
-        <v>3088</v>
+        <v>3090</v>
       </c>
       <c r="B1073" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>3089</v>
+        <v>3091</v>
       </c>
       <c r="D1073" s="1" t="s">
-        <v>3090</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="1074" spans="1:4">
       <c r="A1074" s="1" t="s">
-        <v>3091</v>
+        <v>3093</v>
       </c>
       <c r="B1074" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1074" s="1" t="s">
-        <v>3092</v>
+        <v>3094</v>
       </c>
       <c r="D1074" s="1" t="s">
-        <v>3093</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="1075" spans="1:4">
       <c r="A1075" s="1" t="s">
-        <v>3094</v>
+        <v>3096</v>
       </c>
       <c r="B1075" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1075" s="1" t="s">
-        <v>3095</v>
+        <v>3097</v>
       </c>
       <c r="D1075" s="1" t="s">
-        <v>3096</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="1076" spans="1:4">
       <c r="A1076" s="1" t="s">
-        <v>3097</v>
+        <v>3099</v>
       </c>
       <c r="B1076" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1076" s="1" t="s">
-        <v>3098</v>
+        <v>3100</v>
       </c>
       <c r="D1076" s="1" t="s">
-        <v>3099</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="1077" spans="1:4">
       <c r="A1077" s="1" t="s">
-        <v>3100</v>
+        <v>3102</v>
       </c>
       <c r="B1077" s="1" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="C1077" s="1"/>
+        <v>5</v>
+      </c>
+      <c r="C1077" s="1" t="s">
+        <v>3103</v>
+      </c>
       <c r="D1077" s="1" t="s">
-        <v>3101</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="1078" spans="1:4">
       <c r="A1078" s="1" t="s">
-        <v>3102</v>
+        <v>3105</v>
       </c>
       <c r="B1078" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1078" s="1" t="s">
-        <v>3103</v>
+        <v>3106</v>
       </c>
       <c r="D1078" s="1" t="s">
-        <v>3104</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="1079" spans="1:4">
       <c r="A1079" s="1" t="s">
-        <v>3105</v>
+        <v>3108</v>
       </c>
       <c r="B1079" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1079" s="1" t="s">
-        <v>3106</v>
+        <v>3109</v>
       </c>
       <c r="D1079" s="1" t="s">
-        <v>3107</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="1080" spans="1:4">
       <c r="A1080" s="1" t="s">
-        <v>3108</v>
+        <v>3111</v>
       </c>
       <c r="B1080" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1080" s="1" t="s">
-        <v>3109</v>
+        <v>3112</v>
       </c>
       <c r="D1080" s="1" t="s">
-        <v>3110</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="1081" spans="1:4">
       <c r="A1081" s="1" t="s">
-        <v>3111</v>
+        <v>3114</v>
       </c>
       <c r="B1081" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1081" s="1" t="s">
-        <v>3112</v>
+        <v>3115</v>
       </c>
       <c r="D1081" s="1" t="s">
-        <v>3113</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="1082" spans="1:4">
       <c r="A1082" s="1" t="s">
-        <v>3114</v>
+        <v>3117</v>
       </c>
       <c r="B1082" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>3115</v>
+        <v>3118</v>
       </c>
       <c r="D1082" s="1" t="s">
-        <v>3116</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="1083" spans="1:4">
       <c r="A1083" s="1" t="s">
-        <v>3117</v>
+        <v>3120</v>
       </c>
       <c r="B1083" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1083" s="1" t="s">
-        <v>3118</v>
+        <v>3121</v>
       </c>
       <c r="D1083" s="1" t="s">
-        <v>3119</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="1084" spans="1:4">
       <c r="A1084" s="1" t="s">
-        <v>3120</v>
+        <v>3123</v>
       </c>
       <c r="B1084" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>3121</v>
+        <v>3124</v>
       </c>
       <c r="D1084" s="1" t="s">
-        <v>3122</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="1085" spans="1:4">
       <c r="A1085" s="1" t="s">
-        <v>3123</v>
+        <v>3126</v>
       </c>
       <c r="B1085" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1085" s="1" t="s">
-        <v>3124</v>
+        <v>3127</v>
       </c>
       <c r="D1085" s="1" t="s">
-        <v>3125</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="1086" spans="1:4">
       <c r="A1086" s="1" t="s">
-        <v>3126</v>
+        <v>3129</v>
       </c>
       <c r="B1086" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1086" s="1" t="s">
-        <v>3127</v>
+        <v>3130</v>
       </c>
       <c r="D1086" s="1" t="s">
-        <v>3128</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="1087" spans="1:4">
       <c r="A1087" s="1" t="s">
-        <v>3129</v>
+        <v>3132</v>
       </c>
       <c r="B1087" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1087" s="1" t="s">
-        <v>3130</v>
+        <v>3133</v>
       </c>
       <c r="D1087" s="1" t="s">
-        <v>3131</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="1088" spans="1:4">
       <c r="A1088" s="1" t="s">
-        <v>3132</v>
+        <v>3135</v>
       </c>
       <c r="B1088" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1088" s="1" t="s">
-        <v>3133</v>
+        <v>3136</v>
       </c>
       <c r="D1088" s="1" t="s">
-        <v>3134</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="1089" spans="1:4">
       <c r="A1089" s="1" t="s">
-        <v>3135</v>
+        <v>3138</v>
       </c>
       <c r="B1089" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>3136</v>
+        <v>3139</v>
       </c>
       <c r="D1089" s="1" t="s">
-        <v>3137</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="1090" spans="1:4">
       <c r="A1090" s="1" t="s">
-        <v>3138</v>
+        <v>3141</v>
       </c>
       <c r="B1090" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>3139</v>
+        <v>3142</v>
       </c>
       <c r="D1090" s="1" t="s">
-        <v>3140</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="1091" spans="1:4">
       <c r="A1091" s="1" t="s">
-        <v>3141</v>
+        <v>3144</v>
       </c>
       <c r="B1091" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>3142</v>
+        <v>3145</v>
       </c>
       <c r="D1091" s="1" t="s">
-        <v>3143</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="1092" spans="1:4">
       <c r="A1092" s="1" t="s">
-        <v>3144</v>
+        <v>3147</v>
       </c>
       <c r="B1092" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>3145</v>
+        <v>3148</v>
       </c>
       <c r="D1092" s="1" t="s">
-        <v>3146</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="1093" spans="1:4">
       <c r="A1093" s="1" t="s">
-        <v>3147</v>
+        <v>3150</v>
       </c>
       <c r="B1093" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>3148</v>
+        <v>3151</v>
       </c>
       <c r="D1093" s="1" t="s">
-        <v>3149</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="1094" spans="1:4">
       <c r="A1094" s="1" t="s">
-        <v>3150</v>
+        <v>3153</v>
       </c>
       <c r="B1094" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>3151</v>
+        <v>3154</v>
       </c>
       <c r="D1094" s="1" t="s">
-        <v>3152</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="1095" spans="1:4">
       <c r="A1095" s="1" t="s">
-        <v>3153</v>
+        <v>3156</v>
       </c>
       <c r="B1095" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>3154</v>
+        <v>3157</v>
       </c>
       <c r="D1095" s="1" t="s">
-        <v>3155</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="1096" spans="1:4">
       <c r="A1096" s="1" t="s">
-        <v>3156</v>
+        <v>3159</v>
       </c>
       <c r="B1096" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>3157</v>
+        <v>3160</v>
       </c>
       <c r="D1096" s="1" t="s">
-        <v>3158</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="1097" spans="1:4">
       <c r="A1097" s="1" t="s">
-        <v>3159</v>
+        <v>3162</v>
       </c>
       <c r="B1097" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>3160</v>
+        <v>3163</v>
       </c>
       <c r="D1097" s="1" t="s">
-        <v>3161</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="1098" spans="1:4">
       <c r="A1098" s="1" t="s">
-        <v>3162</v>
+        <v>3165</v>
       </c>
       <c r="B1098" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>3163</v>
+        <v>3166</v>
       </c>
       <c r="D1098" s="1" t="s">
-        <v>3164</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="1099" spans="1:4">
       <c r="A1099" s="1" t="s">
-        <v>3165</v>
+        <v>3168</v>
       </c>
       <c r="B1099" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1099" s="1" t="s">
-        <v>3166</v>
+        <v>3169</v>
       </c>
       <c r="D1099" s="1" t="s">
-        <v>3167</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="1100" spans="1:4">
       <c r="A1100" s="1" t="s">
-        <v>3168</v>
+        <v>3171</v>
       </c>
       <c r="B1100" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>3169</v>
+        <v>3172</v>
       </c>
       <c r="D1100" s="1" t="s">
-        <v>3170</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="1101" spans="1:4">
       <c r="A1101" s="1" t="s">
-        <v>3171</v>
+        <v>3174</v>
       </c>
       <c r="B1101" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>3172</v>
+        <v>3175</v>
       </c>
       <c r="D1101" s="1" t="s">
-        <v>3173</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="1102" spans="1:4">
       <c r="A1102" s="1" t="s">
-        <v>3174</v>
+        <v>3177</v>
       </c>
       <c r="B1102" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>3175</v>
+        <v>3178</v>
       </c>
       <c r="D1102" s="1" t="s">
-        <v>3176</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="1103" spans="1:4">
       <c r="A1103" s="1" t="s">
-        <v>3177</v>
+        <v>3180</v>
       </c>
       <c r="B1103" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>3178</v>
+        <v>3181</v>
       </c>
       <c r="D1103" s="1" t="s">
-        <v>3179</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="1104" spans="1:4">
       <c r="A1104" s="1" t="s">
-        <v>3180</v>
+        <v>3183</v>
       </c>
       <c r="B1104" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1104" s="1" t="s">
-        <v>3181</v>
+        <v>3184</v>
       </c>
       <c r="D1104" s="1" t="s">
-        <v>3182</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="1105" spans="1:4">
       <c r="A1105" s="1" t="s">
-        <v>3183</v>
+        <v>3186</v>
       </c>
       <c r="B1105" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1105" s="1" t="s">
-        <v>3184</v>
+        <v>3187</v>
       </c>
       <c r="D1105" s="1" t="s">
-        <v>3185</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="1106" spans="1:4">
       <c r="A1106" s="1" t="s">
-        <v>3186</v>
+        <v>3189</v>
       </c>
       <c r="B1106" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1106" s="1" t="s">
-        <v>3187</v>
+        <v>3190</v>
       </c>
       <c r="D1106" s="1" t="s">
-        <v>3188</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="1107" spans="1:4">
       <c r="A1107" s="1" t="s">
-        <v>3189</v>
+        <v>3192</v>
       </c>
       <c r="B1107" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1107" s="1" t="s">
-        <v>3190</v>
+        <v>3193</v>
       </c>
       <c r="D1107" s="1" t="s">
-        <v>3191</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="1108" spans="1:4">
       <c r="A1108" s="1" t="s">
-        <v>3192</v>
+        <v>3195</v>
       </c>
       <c r="B1108" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1108" s="1" t="s">
-        <v>3193</v>
+        <v>3196</v>
       </c>
       <c r="D1108" s="1" t="s">
-        <v>3194</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="1109" spans="1:4">
       <c r="A1109" s="1" t="s">
-        <v>3195</v>
+        <v>3198</v>
       </c>
       <c r="B1109" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1109" s="1" t="s">
-        <v>3196</v>
+        <v>3199</v>
       </c>
       <c r="D1109" s="1" t="s">
-        <v>3197</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="1110" spans="1:4">
       <c r="A1110" s="1" t="s">
-        <v>3198</v>
+        <v>3201</v>
       </c>
       <c r="B1110" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1110" s="1" t="s">
-        <v>3199</v>
+        <v>3202</v>
       </c>
       <c r="D1110" s="1" t="s">
-        <v>3200</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="1111" spans="1:4">
       <c r="A1111" s="1" t="s">
-        <v>3201</v>
+        <v>3204</v>
       </c>
       <c r="B1111" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1111" s="1" t="s">
-        <v>3202</v>
+        <v>3205</v>
       </c>
       <c r="D1111" s="1" t="s">
-        <v>3203</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="1112" spans="1:4">
       <c r="A1112" s="1" t="s">
-        <v>3204</v>
+        <v>3207</v>
       </c>
       <c r="B1112" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>2150</v>
+        <v>3208</v>
       </c>
       <c r="D1112" s="1" t="s">
-        <v>3205</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="1113" spans="1:4">
       <c r="A1113" s="1" t="s">
-        <v>2142</v>
+        <v>3210</v>
       </c>
       <c r="B1113" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1113" s="1" t="s">
-        <v>3206</v>
+        <v>3211</v>
       </c>
       <c r="D1113" s="1" t="s">
-        <v>3207</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="1114" spans="1:4">
       <c r="A1114" s="1" t="s">
-        <v>3208</v>
+        <v>3213</v>
       </c>
       <c r="B1114" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1114" s="1" t="s">
-        <v>3209</v>
+        <v>3214</v>
       </c>
       <c r="D1114" s="1" t="s">
-        <v>3210</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="1115" spans="1:4">
       <c r="A1115" s="1" t="s">
-        <v>3211</v>
+        <v>3216</v>
       </c>
       <c r="B1115" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1115" s="1" t="s">
-        <v>3212</v>
+        <v>3217</v>
       </c>
       <c r="D1115" s="1" t="s">
-        <v>3213</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="1116" spans="1:4">
       <c r="A1116" s="1" t="s">
-        <v>3214</v>
+        <v>3219</v>
       </c>
       <c r="B1116" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1116" s="1" t="s">
-        <v>3215</v>
+        <v>3220</v>
       </c>
       <c r="D1116" s="1" t="s">
-        <v>3216</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="1117" spans="1:4">
       <c r="A1117" s="1" t="s">
-        <v>3217</v>
+        <v>3222</v>
       </c>
       <c r="B1117" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1117" s="1" t="s">
-        <v>3218</v>
+        <v>3223</v>
       </c>
       <c r="D1117" s="1" t="s">
-        <v>3219</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="1118" spans="1:4">
       <c r="A1118" s="1" t="s">
-        <v>3220</v>
+        <v>3225</v>
       </c>
       <c r="B1118" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1118" s="1" t="s">
-        <v>3221</v>
+        <v>3226</v>
       </c>
       <c r="D1118" s="1" t="s">
-        <v>3222</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="1119" spans="1:4">
       <c r="A1119" s="1" t="s">
-        <v>3223</v>
+        <v>3228</v>
       </c>
       <c r="B1119" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1119" s="1" t="s">
-        <v>3224</v>
+        <v>3229</v>
       </c>
       <c r="D1119" s="1" t="s">
-        <v>3225</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="1120" spans="1:4">
       <c r="A1120" s="1" t="s">
-        <v>3226</v>
+        <v>3231</v>
       </c>
       <c r="B1120" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1120" s="1" t="s">
-        <v>3227</v>
+        <v>3232</v>
       </c>
       <c r="D1120" s="1" t="s">
-        <v>3228</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="1121" spans="1:4">
       <c r="A1121" s="1" t="s">
-        <v>3229</v>
+        <v>3234</v>
       </c>
       <c r="B1121" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1121" s="1" t="s">
-        <v>3230</v>
+        <v>3235</v>
       </c>
       <c r="D1121" s="1" t="s">
-        <v>3231</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="1122" spans="1:4">
       <c r="A1122" s="1" t="s">
-        <v>3232</v>
+        <v>3237</v>
       </c>
       <c r="B1122" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1122" s="1" t="s">
-        <v>3233</v>
+        <v>3238</v>
       </c>
       <c r="D1122" s="1" t="s">
-        <v>3234</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="1123" spans="1:4">
       <c r="A1123" s="1" t="s">
-        <v>3235</v>
+        <v>3240</v>
       </c>
       <c r="B1123" s="1" t="s">
-        <v>2143</v>
+        <v>21</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>3236</v>
+        <v>3241</v>
       </c>
       <c r="D1123" s="1" t="s">
-        <v>3237</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="1124" spans="1:4">
       <c r="A1124" s="1" t="s">
-        <v>3238</v>
+        <v>3243</v>
       </c>
       <c r="B1124" s="1" t="s">
-        <v>2143</v>
+        <v>21</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>3239</v>
+        <v>3244</v>
       </c>
       <c r="D1124" s="1" t="s">
-        <v>3240</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="1125" spans="1:4">
       <c r="A1125" s="1" t="s">
-        <v>3241</v>
+        <v>3246</v>
       </c>
       <c r="B1125" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>3242</v>
+        <v>3247</v>
       </c>
       <c r="D1125" s="1" t="s">
-        <v>3243</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="1126" spans="1:4">
       <c r="A1126" s="1" t="s">
-        <v>3244</v>
+        <v>3249</v>
       </c>
       <c r="B1126" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>3245</v>
+        <v>3250</v>
       </c>
       <c r="D1126" s="1" t="s">
-        <v>3246</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="1127" spans="1:4">
       <c r="A1127" s="1" t="s">
-        <v>3247</v>
+        <v>3252</v>
       </c>
       <c r="B1127" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>3248</v>
+        <v>3253</v>
       </c>
       <c r="D1127" s="1" t="s">
-        <v>3249</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="1128" spans="1:4">
       <c r="A1128" s="1" t="s">
-        <v>3250</v>
+        <v>3255</v>
       </c>
       <c r="B1128" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>3251</v>
+        <v>3256</v>
       </c>
       <c r="D1128" s="1" t="s">
-        <v>3252</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="1129" spans="1:4">
       <c r="A1129" s="1" t="s">
-        <v>3253</v>
+        <v>3258</v>
       </c>
       <c r="B1129" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>3254</v>
+        <v>3259</v>
       </c>
       <c r="D1129" s="1" t="s">
-        <v>3255</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="1130" spans="1:4">
       <c r="A1130" s="1" t="s">
-        <v>3256</v>
+        <v>3261</v>
       </c>
       <c r="B1130" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>3257</v>
+        <v>3262</v>
       </c>
       <c r="D1130" s="1" t="s">
-        <v>3258</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="1131" spans="1:4">
       <c r="A1131" s="1" t="s">
-        <v>3259</v>
+        <v>3264</v>
       </c>
       <c r="B1131" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>3260</v>
+        <v>3265</v>
       </c>
       <c r="D1131" s="1" t="s">
-        <v>3261</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="1132" spans="1:4">
       <c r="A1132" s="1" t="s">
-        <v>3262</v>
+        <v>3267</v>
       </c>
       <c r="B1132" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>3263</v>
+        <v>3268</v>
       </c>
       <c r="D1132" s="1" t="s">
-        <v>3264</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="1133" spans="1:4">
       <c r="A1133" s="1" t="s">
-        <v>3265</v>
+        <v>3270</v>
       </c>
       <c r="B1133" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>3266</v>
+        <v>3271</v>
       </c>
       <c r="D1133" s="1" t="s">
-        <v>3267</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="1134" spans="1:4">
       <c r="A1134" s="1" t="s">
-        <v>3268</v>
+        <v>3273</v>
       </c>
       <c r="B1134" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1134" s="1" t="s">
-        <v>3269</v>
+        <v>3274</v>
       </c>
       <c r="D1134" s="1" t="s">
-        <v>3270</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="1135" spans="1:4">
       <c r="A1135" s="1" t="s">
-        <v>3271</v>
+        <v>3276</v>
       </c>
       <c r="B1135" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1135" s="1" t="s">
-        <v>3272</v>
+        <v>3277</v>
       </c>
       <c r="D1135" s="1" t="s">
-        <v>3273</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="1136" spans="1:4">
       <c r="A1136" s="1" t="s">
-        <v>3274</v>
+        <v>3279</v>
       </c>
       <c r="B1136" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1136" s="1" t="s">
-        <v>3275</v>
+        <v>3280</v>
       </c>
       <c r="D1136" s="1" t="s">
-        <v>3276</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="1137" spans="1:4">
       <c r="A1137" s="1" t="s">
-        <v>3277</v>
+        <v>3282</v>
       </c>
       <c r="B1137" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1137" s="1" t="s">
-        <v>3278</v>
+        <v>3283</v>
       </c>
       <c r="D1137" s="1" t="s">
-        <v>3279</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="1138" spans="1:4">
       <c r="A1138" s="1" t="s">
-        <v>3280</v>
+        <v>3285</v>
       </c>
       <c r="B1138" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>3281</v>
+        <v>3286</v>
       </c>
       <c r="D1138" s="1" t="s">
-        <v>3282</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="1139" spans="1:4">
       <c r="A1139" s="1" t="s">
-        <v>3283</v>
+        <v>3288</v>
       </c>
       <c r="B1139" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>3284</v>
+        <v>3289</v>
       </c>
       <c r="D1139" s="1" t="s">
-        <v>3285</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="1140" spans="1:4">
       <c r="A1140" s="1" t="s">
-        <v>3286</v>
+        <v>3291</v>
       </c>
       <c r="B1140" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1140" s="1" t="s">
-        <v>3287</v>
+        <v>3292</v>
       </c>
       <c r="D1140" s="1" t="s">
-        <v>3288</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="1141" spans="1:4">
       <c r="A1141" s="1" t="s">
-        <v>3289</v>
+        <v>3294</v>
       </c>
       <c r="B1141" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1141" s="1" t="s">
-        <v>3290</v>
+        <v>3295</v>
       </c>
       <c r="D1141" s="1" t="s">
-        <v>3291</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="1142" spans="1:4">
       <c r="A1142" s="1" t="s">
-        <v>3292</v>
+        <v>3297</v>
       </c>
       <c r="B1142" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1142" s="1" t="s">
-        <v>3293</v>
+        <v>3298</v>
       </c>
       <c r="D1142" s="1" t="s">
-        <v>3294</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="1143" spans="1:4">
       <c r="A1143" s="1" t="s">
-        <v>3295</v>
+        <v>3300</v>
       </c>
       <c r="B1143" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1143" s="1" t="s">
-        <v>3296</v>
+        <v>3301</v>
       </c>
       <c r="D1143" s="1" t="s">
-        <v>3297</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="1144" spans="1:4">
       <c r="A1144" s="1" t="s">
-        <v>3298</v>
+        <v>3303</v>
       </c>
       <c r="B1144" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>3299</v>
+        <v>3304</v>
       </c>
       <c r="D1144" s="1" t="s">
-        <v>3300</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="1145" spans="1:4">
       <c r="A1145" s="1" t="s">
-        <v>3301</v>
+        <v>3306</v>
       </c>
       <c r="B1145" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1145" s="1" t="s">
-        <v>3287</v>
+        <v>3307</v>
       </c>
       <c r="D1145" s="1" t="s">
-        <v>3302</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="1146" spans="1:4">
       <c r="A1146" s="1" t="s">
-        <v>3303</v>
+        <v>3309</v>
       </c>
       <c r="B1146" s="1" t="s">
-        <v>2143</v>
+        <v>5</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>3304</v>
+        <v>3310</v>
       </c>
       <c r="D1146" s="1" t="s">
-        <v>3305</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="1147" spans="1:4">
       <c r="A1147" s="1" t="s">
-        <v>3306</v>
+        <v>3312</v>
       </c>
       <c r="B1147" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>3307</v>
+        <v>3313</v>
       </c>
       <c r="D1147" s="1" t="s">
-        <v>3308</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="1148" spans="1:4">
       <c r="A1148" s="1" t="s">
-        <v>3309</v>
+        <v>3315</v>
       </c>
       <c r="B1148" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>3310</v>
+        <v>3316</v>
       </c>
       <c r="D1148" s="1" t="s">
-        <v>3311</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="1149" spans="1:4">
       <c r="A1149" s="1" t="s">
-        <v>3312</v>
+        <v>3318</v>
       </c>
       <c r="B1149" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>3313</v>
+        <v>3319</v>
       </c>
       <c r="D1149" s="1" t="s">
-        <v>3314</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="1150" spans="1:4">
       <c r="A1150" s="1" t="s">
-        <v>3315</v>
+        <v>3321</v>
       </c>
       <c r="B1150" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1150" s="1" t="s">
-        <v>3316</v>
+        <v>3322</v>
       </c>
       <c r="D1150" s="1" t="s">
-        <v>3317</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="1151" spans="1:4">
       <c r="A1151" s="1" t="s">
-        <v>3318</v>
+        <v>3324</v>
       </c>
       <c r="B1151" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1151" s="1" t="s">
-        <v>3319</v>
+        <v>3325</v>
       </c>
       <c r="D1151" s="1" t="s">
-        <v>3320</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="1152" spans="1:4">
       <c r="A1152" s="1" t="s">
-        <v>3321</v>
+        <v>3327</v>
       </c>
       <c r="B1152" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>3322</v>
+        <v>3328</v>
       </c>
       <c r="D1152" s="1" t="s">
-        <v>3323</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="1153" spans="1:4">
       <c r="A1153" s="1" t="s">
-        <v>3324</v>
+        <v>3330</v>
       </c>
       <c r="B1153" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>3325</v>
+        <v>3331</v>
       </c>
       <c r="D1153" s="1" t="s">
-        <v>3326</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="1154" spans="1:4">
       <c r="A1154" s="1" t="s">
-        <v>3327</v>
+        <v>3333</v>
       </c>
       <c r="B1154" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>3328</v>
+        <v>3334</v>
       </c>
       <c r="D1154" s="1" t="s">
-        <v>3329</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="1155" spans="1:4">
       <c r="A1155" s="1" t="s">
-        <v>3330</v>
+        <v>3336</v>
       </c>
       <c r="B1155" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>3331</v>
+        <v>3337</v>
       </c>
       <c r="D1155" s="1" t="s">
-        <v>3332</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="1156" spans="1:4">
       <c r="A1156" s="1" t="s">
-        <v>3333</v>
+        <v>3339</v>
       </c>
       <c r="B1156" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>3334</v>
+        <v>3340</v>
       </c>
       <c r="D1156" s="1" t="s">
-        <v>3335</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="1157" spans="1:4">
       <c r="A1157" s="1" t="s">
-        <v>3336</v>
+        <v>3342</v>
       </c>
       <c r="B1157" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>3337</v>
+        <v>3343</v>
       </c>
       <c r="D1157" s="1" t="s">
-        <v>3338</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="1158" spans="1:4">
       <c r="A1158" s="1" t="s">
-        <v>3339</v>
+        <v>3345</v>
       </c>
       <c r="B1158" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>3340</v>
+        <v>3346</v>
       </c>
       <c r="D1158" s="1" t="s">
-        <v>3341</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="1159" spans="1:4">
       <c r="A1159" s="1" t="s">
-        <v>3342</v>
+        <v>3348</v>
       </c>
       <c r="B1159" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>3343</v>
+        <v>3349</v>
       </c>
       <c r="D1159" s="1" t="s">
-        <v>3344</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="1160" spans="1:4">
       <c r="A1160" s="1" t="s">
-        <v>3345</v>
+        <v>3348</v>
       </c>
       <c r="B1160" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1160" s="1" t="s">
-        <v>3346</v>
+        <v>3349</v>
       </c>
       <c r="D1160" s="1" t="s">
-        <v>3347</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="1161" spans="1:4">
       <c r="A1161" s="1" t="s">
-        <v>3348</v>
+        <v>3352</v>
       </c>
       <c r="B1161" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1161" s="1" t="s">
-        <v>3349</v>
+        <v>3353</v>
       </c>
       <c r="D1161" s="1" t="s">
-        <v>3350</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="1162" spans="1:4">
       <c r="A1162" s="1" t="s">
-        <v>3351</v>
+        <v>3352</v>
       </c>
       <c r="B1162" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1162" s="1" t="s">
-        <v>3352</v>
+        <v>3353</v>
       </c>
       <c r="D1162" s="1" t="s">
-        <v>3353</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="1163" spans="1:4">
       <c r="A1163" s="1" t="s">
-        <v>3354</v>
+        <v>3356</v>
       </c>
       <c r="B1163" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1163" s="1" t="s">
-        <v>3355</v>
+        <v>3226</v>
       </c>
       <c r="D1163" s="1" t="s">
-        <v>3356</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="1164" spans="1:4">
       <c r="A1164" s="1" t="s">
-        <v>3357</v>
-[...3 lines deleted...]
-      </c>
+        <v>3358</v>
+      </c>
+      <c r="B1164" s="1"/>
       <c r="C1164" s="1" t="s">
-        <v>3358</v>
+        <v>3359</v>
       </c>
       <c r="D1164" s="1" t="s">
-        <v>3359</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="1165" spans="1:4">
       <c r="A1165" s="1" t="s">
-        <v>3360</v>
+        <v>3361</v>
       </c>
       <c r="B1165" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1165" s="1" t="s">
-        <v>3361</v>
+        <v>3359</v>
       </c>
       <c r="D1165" s="1" t="s">
         <v>3362</v>
       </c>
     </row>
     <row r="1166" spans="1:4">
       <c r="A1166" s="1" t="s">
         <v>3363</v>
       </c>
       <c r="B1166" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1166" s="1" t="s">
         <v>3364</v>
       </c>
       <c r="D1166" s="1" t="s">
         <v>3365</v>
       </c>
     </row>
     <row r="1167" spans="1:4">
       <c r="A1167" s="1" t="s">
         <v>3366</v>
       </c>
       <c r="B1167" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1167" s="1" t="s">
         <v>3367</v>
       </c>
       <c r="D1167" s="1" t="s">
         <v>3368</v>
       </c>
     </row>
     <row r="1168" spans="1:4">
       <c r="A1168" s="1" t="s">
         <v>3369</v>
       </c>
       <c r="B1168" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1168" s="1" t="s">
+        <v>3367</v>
+      </c>
+      <c r="D1168" s="1" t="s">
         <v>3370</v>
-      </c>
-[...1 lines deleted...]
-        <v>3371</v>
       </c>
     </row>
     <row r="1169" spans="1:4">
       <c r="A1169" s="1" t="s">
-        <v>3372</v>
+        <v>3371</v>
       </c>
       <c r="B1169" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>3373</v>
+        <v>3367</v>
       </c>
       <c r="D1169" s="1" t="s">
-        <v>3374</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="1170" spans="1:4">
       <c r="A1170" s="1" t="s">
-        <v>3375</v>
+        <v>3372</v>
       </c>
       <c r="B1170" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>3376</v>
+        <v>273</v>
       </c>
       <c r="D1170" s="1" t="s">
-        <v>3377</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="1171" spans="1:4">
       <c r="A1171" s="1" t="s">
-        <v>3378</v>
+        <v>3374</v>
       </c>
       <c r="B1171" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>3379</v>
+        <v>3375</v>
       </c>
       <c r="D1171" s="1" t="s">
-        <v>3380</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="1172" spans="1:4">
       <c r="A1172" s="1" t="s">
-        <v>3381</v>
+        <v>3377</v>
       </c>
       <c r="B1172" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>3382</v>
+        <v>3378</v>
       </c>
       <c r="D1172" s="1" t="s">
-        <v>3383</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="1173" spans="1:4">
       <c r="A1173" s="1" t="s">
-        <v>3384</v>
+        <v>3380</v>
       </c>
       <c r="B1173" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>3385</v>
+        <v>3381</v>
       </c>
       <c r="D1173" s="1" t="s">
-        <v>3386</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="1174" spans="1:4">
       <c r="A1174" s="1" t="s">
-        <v>3387</v>
+        <v>3383</v>
       </c>
       <c r="B1174" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1174" s="1" t="s">
-        <v>3388</v>
+        <v>3384</v>
       </c>
       <c r="D1174" s="1" t="s">
-        <v>3389</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="1175" spans="1:4">
       <c r="A1175" s="1" t="s">
-        <v>3390</v>
+        <v>3386</v>
       </c>
       <c r="B1175" s="1" t="s">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C1175" s="1"/>
       <c r="D1175" s="1" t="s">
-        <v>3392</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="1176" spans="1:4">
       <c r="A1176" s="1" t="s">
-        <v>3393</v>
+        <v>3388</v>
       </c>
       <c r="B1176" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1176" s="1" t="s">
-        <v>3394</v>
+        <v>3389</v>
       </c>
       <c r="D1176" s="1" t="s">
-        <v>3395</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="1177" spans="1:4">
       <c r="A1177" s="1" t="s">
-        <v>3396</v>
+        <v>3391</v>
       </c>
       <c r="B1177" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1177" s="1" t="s">
-        <v>3397</v>
+        <v>3392</v>
       </c>
       <c r="D1177" s="1" t="s">
-        <v>3398</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="1178" spans="1:4">
       <c r="A1178" s="1" t="s">
-        <v>3399</v>
+        <v>3394</v>
       </c>
       <c r="B1178" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1178" s="1" t="s">
-        <v>3400</v>
+        <v>3395</v>
       </c>
       <c r="D1178" s="1" t="s">
-        <v>3401</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="1179" spans="1:4">
       <c r="A1179" s="1" t="s">
-        <v>3402</v>
+        <v>3397</v>
       </c>
       <c r="B1179" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1179" s="1" t="s">
-        <v>3403</v>
+        <v>3398</v>
       </c>
       <c r="D1179" s="1" t="s">
-        <v>3404</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="1180" spans="1:4">
       <c r="A1180" s="1" t="s">
-        <v>3405</v>
+        <v>3400</v>
       </c>
       <c r="B1180" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1180" s="1" t="s">
-        <v>3406</v>
+        <v>3401</v>
       </c>
       <c r="D1180" s="1" t="s">
-        <v>3407</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="1181" spans="1:4">
       <c r="A1181" s="1" t="s">
-        <v>3408</v>
+        <v>3403</v>
       </c>
       <c r="B1181" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1181" s="1" t="s">
-        <v>3409</v>
+        <v>3404</v>
       </c>
       <c r="D1181" s="1" t="s">
-        <v>3410</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="1182" spans="1:4">
       <c r="A1182" s="1" t="s">
-        <v>3411</v>
+        <v>3406</v>
       </c>
       <c r="B1182" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1182" s="1" t="s">
-        <v>3409</v>
+        <v>3407</v>
       </c>
       <c r="D1182" s="1" t="s">
-        <v>3412</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="1183" spans="1:4">
       <c r="A1183" s="1" t="s">
-        <v>3413</v>
+        <v>3409</v>
       </c>
       <c r="B1183" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1183" s="1" t="s">
-        <v>3414</v>
+        <v>3410</v>
       </c>
       <c r="D1183" s="1" t="s">
-        <v>3415</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="1184" spans="1:4">
       <c r="A1184" s="1" t="s">
-        <v>3416</v>
+        <v>3412</v>
       </c>
       <c r="B1184" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1184" s="1" t="s">
-        <v>3417</v>
+        <v>3413</v>
       </c>
       <c r="D1184" s="1" t="s">
-        <v>3418</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="1185" spans="1:4">
       <c r="A1185" s="1" t="s">
-        <v>3419</v>
+        <v>3415</v>
       </c>
       <c r="B1185" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C1185" s="1"/>
+      <c r="C1185" s="1" t="s">
+        <v>3416</v>
+      </c>
       <c r="D1185" s="1" t="s">
-        <v>3420</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="1186" spans="1:4">
       <c r="A1186" s="1" t="s">
-        <v>3421</v>
+        <v>3418</v>
       </c>
       <c r="B1186" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1186" s="1" t="s">
-        <v>3417</v>
+        <v>3419</v>
       </c>
       <c r="D1186" s="1" t="s">
-        <v>3422</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="1187" spans="1:4">
       <c r="A1187" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="B1187" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1187" s="1" t="s">
+        <v>3422</v>
+      </c>
+      <c r="D1187" s="1" t="s">
         <v>3423</v>
-      </c>
-[...7 lines deleted...]
-        <v>3425</v>
       </c>
     </row>
     <row r="1188" spans="1:4">
       <c r="A1188" s="1" t="s">
+        <v>3424</v>
+      </c>
+      <c r="B1188" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1188" s="1" t="s">
+        <v>3425</v>
+      </c>
+      <c r="D1188" s="1" t="s">
         <v>3426</v>
-      </c>
-[...7 lines deleted...]
-        <v>3428</v>
       </c>
     </row>
     <row r="1189" spans="1:4">
       <c r="A1189" s="1" t="s">
+        <v>3427</v>
+      </c>
+      <c r="B1189" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1189" s="1" t="s">
+        <v>3428</v>
+      </c>
+      <c r="D1189" s="1" t="s">
         <v>3429</v>
-      </c>
-[...7 lines deleted...]
-        <v>3431</v>
       </c>
     </row>
     <row r="1190" spans="1:4">
       <c r="A1190" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="B1190" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1190" s="1" t="s">
+        <v>3431</v>
+      </c>
+      <c r="D1190" s="1" t="s">
         <v>3432</v>
-      </c>
-[...7 lines deleted...]
-        <v>3434</v>
       </c>
     </row>
     <row r="1191" spans="1:4">
       <c r="A1191" s="1" t="s">
+        <v>3433</v>
+      </c>
+      <c r="B1191" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1191" s="1" t="s">
+        <v>3434</v>
+      </c>
+      <c r="D1191" s="1" t="s">
         <v>3435</v>
-      </c>
-[...7 lines deleted...]
-        <v>3437</v>
       </c>
     </row>
     <row r="1192" spans="1:4">
       <c r="A1192" s="1" t="s">
+        <v>3436</v>
+      </c>
+      <c r="B1192" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1192" s="1" t="s">
+        <v>3437</v>
+      </c>
+      <c r="D1192" s="1" t="s">
         <v>3438</v>
-      </c>
-[...7 lines deleted...]
-        <v>3440</v>
       </c>
     </row>
     <row r="1193" spans="1:4">
       <c r="A1193" s="1" t="s">
+        <v>3439</v>
+      </c>
+      <c r="B1193" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1193" s="1" t="s">
+        <v>3440</v>
+      </c>
+      <c r="D1193" s="1" t="s">
         <v>3441</v>
-      </c>
-[...7 lines deleted...]
-        <v>3443</v>
       </c>
     </row>
     <row r="1194" spans="1:4">
       <c r="A1194" s="1" t="s">
+        <v>3442</v>
+      </c>
+      <c r="B1194" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1194" s="1" t="s">
+        <v>3443</v>
+      </c>
+      <c r="D1194" s="1" t="s">
         <v>3444</v>
-      </c>
-[...7 lines deleted...]
-        <v>3446</v>
       </c>
     </row>
     <row r="1195" spans="1:4">
       <c r="A1195" s="1" t="s">
+        <v>3445</v>
+      </c>
+      <c r="B1195" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1195" s="1" t="s">
+        <v>3446</v>
+      </c>
+      <c r="D1195" s="1" t="s">
         <v>3447</v>
-      </c>
-[...7 lines deleted...]
-        <v>3449</v>
       </c>
     </row>
     <row r="1196" spans="1:4">
       <c r="A1196" s="1" t="s">
+        <v>3448</v>
+      </c>
+      <c r="B1196" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1196" s="1" t="s">
+        <v>3449</v>
+      </c>
+      <c r="D1196" s="1" t="s">
         <v>3450</v>
-      </c>
-[...7 lines deleted...]
-        <v>3452</v>
       </c>
     </row>
     <row r="1197" spans="1:4">
       <c r="A1197" s="1" t="s">
+        <v>3451</v>
+      </c>
+      <c r="B1197" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1197" s="1" t="s">
+        <v>3452</v>
+      </c>
+      <c r="D1197" s="1" t="s">
         <v>3453</v>
-      </c>
-[...7 lines deleted...]
-        <v>3455</v>
       </c>
     </row>
     <row r="1198" spans="1:4">
       <c r="A1198" s="1" t="s">
+        <v>3454</v>
+      </c>
+      <c r="B1198" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1198" s="1" t="s">
+        <v>3455</v>
+      </c>
+      <c r="D1198" s="1" t="s">
         <v>3456</v>
-      </c>
-[...7 lines deleted...]
-        <v>3458</v>
       </c>
     </row>
     <row r="1199" spans="1:4">
       <c r="A1199" s="1" t="s">
+        <v>3457</v>
+      </c>
+      <c r="B1199" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1199" s="1" t="s">
+        <v>3458</v>
+      </c>
+      <c r="D1199" s="1" t="s">
         <v>3459</v>
-      </c>
-[...7 lines deleted...]
-        <v>3461</v>
       </c>
     </row>
     <row r="1200" spans="1:4">
       <c r="A1200" s="1" t="s">
+        <v>3460</v>
+      </c>
+      <c r="B1200" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1200" s="1" t="s">
+        <v>3461</v>
+      </c>
+      <c r="D1200" s="1" t="s">
         <v>3462</v>
-      </c>
-[...7 lines deleted...]
-        <v>3464</v>
       </c>
     </row>
     <row r="1201" spans="1:4">
       <c r="A1201" s="1" t="s">
+        <v>3463</v>
+      </c>
+      <c r="B1201" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1201" s="1" t="s">
+        <v>3464</v>
+      </c>
+      <c r="D1201" s="1" t="s">
         <v>3465</v>
-      </c>
-[...7 lines deleted...]
-        <v>3467</v>
       </c>
     </row>
     <row r="1202" spans="1:4">
       <c r="A1202" s="1" t="s">
+        <v>3466</v>
+      </c>
+      <c r="B1202" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1202" s="1" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D1202" s="1" t="s">
         <v>3468</v>
-      </c>
-[...7 lines deleted...]
-        <v>3470</v>
       </c>
     </row>
     <row r="1203" spans="1:4">
       <c r="A1203" s="1" t="s">
+        <v>3469</v>
+      </c>
+      <c r="B1203" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1203" s="1" t="s">
+        <v>3470</v>
+      </c>
+      <c r="D1203" s="1" t="s">
         <v>3471</v>
-      </c>
-[...7 lines deleted...]
-        <v>3473</v>
       </c>
     </row>
     <row r="1204" spans="1:4">
       <c r="A1204" s="1" t="s">
+        <v>3472</v>
+      </c>
+      <c r="B1204" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1204" s="1" t="s">
+        <v>3473</v>
+      </c>
+      <c r="D1204" s="1" t="s">
         <v>3474</v>
-      </c>
-[...7 lines deleted...]
-        <v>3476</v>
       </c>
     </row>
     <row r="1205" spans="1:4">
       <c r="A1205" s="1" t="s">
+        <v>3475</v>
+      </c>
+      <c r="B1205" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1205" s="1" t="s">
+        <v>3476</v>
+      </c>
+      <c r="D1205" s="1" t="s">
         <v>3477</v>
-      </c>
-[...7 lines deleted...]
-        <v>3479</v>
       </c>
     </row>
     <row r="1206" spans="1:4">
       <c r="A1206" s="1" t="s">
+        <v>3478</v>
+      </c>
+      <c r="B1206" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1206" s="1" t="s">
+        <v>3479</v>
+      </c>
+      <c r="D1206" s="1" t="s">
         <v>3480</v>
-      </c>
-[...7 lines deleted...]
-        <v>3482</v>
       </c>
     </row>
     <row r="1207" spans="1:4">
       <c r="A1207" s="1" t="s">
+        <v>3481</v>
+      </c>
+      <c r="B1207" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1207" s="1" t="s">
+        <v>3482</v>
+      </c>
+      <c r="D1207" s="1" t="s">
         <v>3483</v>
-      </c>
-[...7 lines deleted...]
-        <v>3485</v>
       </c>
     </row>
     <row r="1208" spans="1:4">
       <c r="A1208" s="1" t="s">
+        <v>3484</v>
+      </c>
+      <c r="B1208" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1208" s="1" t="s">
+        <v>3485</v>
+      </c>
+      <c r="D1208" s="1" t="s">
         <v>3486</v>
-      </c>
-[...7 lines deleted...]
-        <v>3488</v>
       </c>
     </row>
     <row r="1209" spans="1:4">
       <c r="A1209" s="1" t="s">
+        <v>3487</v>
+      </c>
+      <c r="B1209" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1209" s="1" t="s">
+        <v>3488</v>
+      </c>
+      <c r="D1209" s="1" t="s">
         <v>3489</v>
-      </c>
-[...7 lines deleted...]
-        <v>3491</v>
       </c>
     </row>
     <row r="1210" spans="1:4">
       <c r="A1210" s="1" t="s">
-        <v>3492</v>
+        <v>3490</v>
       </c>
       <c r="B1210" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1210" s="1" t="s">
-        <v>3493</v>
+        <v>2445</v>
       </c>
       <c r="D1210" s="1" t="s">
-        <v>3494</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="1211" spans="1:4">
       <c r="A1211" s="1" t="s">
-        <v>3495</v>
+        <v>2441</v>
       </c>
       <c r="B1211" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1211" s="1" t="s">
-        <v>3496</v>
+        <v>3492</v>
       </c>
       <c r="D1211" s="1" t="s">
-        <v>3497</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="1212" spans="1:4">
       <c r="A1212" s="1" t="s">
-        <v>3498</v>
+        <v>3494</v>
       </c>
       <c r="B1212" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1212" s="1" t="s">
-        <v>3499</v>
+        <v>3495</v>
       </c>
       <c r="D1212" s="1" t="s">
-        <v>3500</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="1213" spans="1:4">
       <c r="A1213" s="1" t="s">
-        <v>3501</v>
+        <v>3497</v>
       </c>
       <c r="B1213" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1213" s="1" t="s">
-        <v>3502</v>
+        <v>3498</v>
       </c>
       <c r="D1213" s="1" t="s">
-        <v>3503</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="1214" spans="1:4">
       <c r="A1214" s="1" t="s">
-        <v>3504</v>
+        <v>3500</v>
       </c>
       <c r="B1214" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1214" s="1" t="s">
-        <v>3505</v>
+        <v>3501</v>
       </c>
       <c r="D1214" s="1" t="s">
-        <v>3506</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="1215" spans="1:4">
       <c r="A1215" s="1" t="s">
-        <v>3507</v>
+        <v>3503</v>
       </c>
       <c r="B1215" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1215" s="1" t="s">
-        <v>3508</v>
+        <v>3504</v>
       </c>
       <c r="D1215" s="1" t="s">
-        <v>3509</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="1216" spans="1:4">
       <c r="A1216" s="1" t="s">
-        <v>3510</v>
+        <v>3506</v>
       </c>
       <c r="B1216" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1216" s="1" t="s">
-        <v>3511</v>
+        <v>3507</v>
       </c>
       <c r="D1216" s="1" t="s">
-        <v>3512</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="1217" spans="1:4">
       <c r="A1217" s="1" t="s">
-        <v>3513</v>
+        <v>3509</v>
       </c>
       <c r="B1217" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1217" s="1" t="s">
-        <v>3514</v>
+        <v>3510</v>
       </c>
       <c r="D1217" s="1" t="s">
-        <v>3515</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="1218" spans="1:4">
       <c r="A1218" s="1" t="s">
-        <v>3516</v>
+        <v>3512</v>
       </c>
       <c r="B1218" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1218" s="1" t="s">
-        <v>3517</v>
+        <v>3513</v>
       </c>
       <c r="D1218" s="1" t="s">
-        <v>3518</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="1219" spans="1:4">
       <c r="A1219" s="1" t="s">
-        <v>3519</v>
+        <v>3515</v>
       </c>
       <c r="B1219" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1219" s="1" t="s">
-        <v>3520</v>
+        <v>3516</v>
       </c>
       <c r="D1219" s="1" t="s">
-        <v>3521</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="1220" spans="1:4">
       <c r="A1220" s="1" t="s">
-        <v>3522</v>
+        <v>3518</v>
       </c>
       <c r="B1220" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1220" s="1" t="s">
-        <v>3523</v>
+        <v>3519</v>
       </c>
       <c r="D1220" s="1" t="s">
-        <v>3524</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="1221" spans="1:4">
       <c r="A1221" s="1" t="s">
-        <v>3525</v>
+        <v>3521</v>
       </c>
       <c r="B1221" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1221" s="1" t="s">
-        <v>3526</v>
+        <v>3522</v>
       </c>
       <c r="D1221" s="1" t="s">
-        <v>3527</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="1222" spans="1:4">
       <c r="A1222" s="1" t="s">
-        <v>3528</v>
+        <v>3524</v>
       </c>
       <c r="B1222" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1222" s="1" t="s">
-        <v>3529</v>
+        <v>3525</v>
       </c>
       <c r="D1222" s="1" t="s">
-        <v>3530</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="1223" spans="1:4">
       <c r="A1223" s="1" t="s">
-        <v>3531</v>
+        <v>3527</v>
       </c>
       <c r="B1223" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1223" s="1" t="s">
-        <v>3532</v>
+        <v>3528</v>
       </c>
       <c r="D1223" s="1" t="s">
-        <v>3533</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="1224" spans="1:4">
       <c r="A1224" s="1" t="s">
-        <v>3534</v>
+        <v>3530</v>
       </c>
       <c r="B1224" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1224" s="1" t="s">
-        <v>3535</v>
+        <v>3531</v>
       </c>
       <c r="D1224" s="1" t="s">
-        <v>3536</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="1225" spans="1:4">
       <c r="A1225" s="1" t="s">
-        <v>3537</v>
+        <v>3533</v>
       </c>
       <c r="B1225" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1225" s="1" t="s">
-        <v>3538</v>
+        <v>3534</v>
       </c>
       <c r="D1225" s="1" t="s">
-        <v>3539</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="1226" spans="1:4">
       <c r="A1226" s="1" t="s">
-        <v>3540</v>
+        <v>3536</v>
       </c>
       <c r="B1226" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1226" s="1" t="s">
-        <v>3541</v>
+        <v>3537</v>
       </c>
       <c r="D1226" s="1" t="s">
-        <v>41</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="1227" spans="1:4">
       <c r="A1227" s="1" t="s">
-        <v>3542</v>
+        <v>3539</v>
       </c>
       <c r="B1227" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1227" s="1" t="s">
-        <v>3543</v>
+        <v>3540</v>
       </c>
       <c r="D1227" s="1" t="s">
-        <v>41</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="1228" spans="1:4">
       <c r="A1228" s="1" t="s">
+        <v>3542</v>
+      </c>
+      <c r="B1228" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1228" s="1" t="s">
+        <v>3543</v>
+      </c>
+      <c r="D1228" s="1" t="s">
         <v>3544</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="1229" spans="1:4">
       <c r="A1229" s="1" t="s">
+        <v>3545</v>
+      </c>
+      <c r="B1229" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1229" s="1" t="s">
         <v>3546</v>
       </c>
-      <c r="B1229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1229" s="1" t="s">
+      <c r="D1229" s="1" t="s">
         <v>3547</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="1230" spans="1:4">
       <c r="A1230" s="1" t="s">
         <v>3548</v>
       </c>
       <c r="B1230" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1230" s="1" t="s">
         <v>3549</v>
       </c>
       <c r="D1230" s="1" t="s">
-        <v>41</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="1231" spans="1:4">
       <c r="A1231" s="1" t="s">
-        <v>3550</v>
+        <v>3551</v>
       </c>
       <c r="B1231" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1231" s="1" t="s">
-        <v>3551</v>
+        <v>3552</v>
       </c>
       <c r="D1231" s="1" t="s">
-        <v>41</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="1232" spans="1:4">
       <c r="A1232" s="1" t="s">
-        <v>3552</v>
+        <v>3554</v>
       </c>
       <c r="B1232" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1232" s="1" t="s">
-        <v>3553</v>
+        <v>3555</v>
       </c>
       <c r="D1232" s="1" t="s">
-        <v>41</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="1233" spans="1:4">
       <c r="A1233" s="1" t="s">
-        <v>3554</v>
+        <v>3557</v>
       </c>
       <c r="B1233" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1233" s="1" t="s">
-        <v>3555</v>
+        <v>3558</v>
       </c>
       <c r="D1233" s="1" t="s">
-        <v>41</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="1234" spans="1:4">
       <c r="A1234" s="1" t="s">
-        <v>3556</v>
+        <v>3560</v>
       </c>
       <c r="B1234" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1234" s="1" t="s">
-        <v>3557</v>
+        <v>3561</v>
       </c>
       <c r="D1234" s="1" t="s">
-        <v>41</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="1235" spans="1:4">
       <c r="A1235" s="1" t="s">
-        <v>3558</v>
+        <v>3563</v>
       </c>
       <c r="B1235" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1235" s="1" t="s">
-        <v>3559</v>
+        <v>3564</v>
       </c>
       <c r="D1235" s="1" t="s">
-        <v>41</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="1236" spans="1:4">
       <c r="A1236" s="1" t="s">
-        <v>3560</v>
+        <v>3566</v>
       </c>
       <c r="B1236" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1236" s="1" t="s">
-        <v>3561</v>
+        <v>3567</v>
       </c>
       <c r="D1236" s="1" t="s">
-        <v>41</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="1237" spans="1:4">
       <c r="A1237" s="1" t="s">
-        <v>3562</v>
+        <v>3569</v>
       </c>
       <c r="B1237" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1237" s="1" t="s">
-        <v>3563</v>
+        <v>3570</v>
       </c>
       <c r="D1237" s="1" t="s">
-        <v>41</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="1238" spans="1:4">
       <c r="A1238" s="1" t="s">
-        <v>3564</v>
+        <v>3572</v>
       </c>
       <c r="B1238" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1238" s="1" t="s">
-        <v>3565</v>
+        <v>3573</v>
       </c>
       <c r="D1238" s="1" t="s">
-        <v>41</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="1239" spans="1:4">
       <c r="A1239" s="1" t="s">
-        <v>3566</v>
+        <v>3575</v>
       </c>
       <c r="B1239" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1239" s="1" t="s">
-        <v>3567</v>
+        <v>3576</v>
       </c>
       <c r="D1239" s="1" t="s">
-        <v>41</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="1240" spans="1:4">
       <c r="A1240" s="1" t="s">
-        <v>3568</v>
+        <v>3578</v>
       </c>
       <c r="B1240" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1240" s="1" t="s">
-        <v>3569</v>
+        <v>3579</v>
       </c>
       <c r="D1240" s="1" t="s">
-        <v>41</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="1241" spans="1:4">
       <c r="A1241" s="1" t="s">
-        <v>3570</v>
+        <v>3581</v>
       </c>
       <c r="B1241" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1241" s="1" t="s">
-        <v>3571</v>
+        <v>3582</v>
       </c>
       <c r="D1241" s="1" t="s">
-        <v>41</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="1242" spans="1:4">
       <c r="A1242" s="1" t="s">
-        <v>3572</v>
+        <v>3584</v>
       </c>
       <c r="B1242" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1242" s="1" t="s">
-        <v>3573</v>
+        <v>3585</v>
       </c>
       <c r="D1242" s="1" t="s">
-        <v>41</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="1243" spans="1:4">
       <c r="A1243" s="1" t="s">
-        <v>3574</v>
+        <v>3587</v>
       </c>
       <c r="B1243" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1243" s="1" t="s">
-        <v>3575</v>
+        <v>3573</v>
       </c>
       <c r="D1243" s="1" t="s">
-        <v>41</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="1244" spans="1:4">
       <c r="A1244" s="1" t="s">
-        <v>3576</v>
+        <v>3589</v>
       </c>
       <c r="B1244" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1244" s="1" t="s">
-        <v>3577</v>
+        <v>3590</v>
       </c>
       <c r="D1244" s="1" t="s">
-        <v>41</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="1245" spans="1:4">
       <c r="A1245" s="1" t="s">
-        <v>3578</v>
+        <v>3592</v>
       </c>
       <c r="B1245" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1245" s="1" t="s">
-        <v>3579</v>
+        <v>3593</v>
       </c>
       <c r="D1245" s="1" t="s">
-        <v>41</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="1246" spans="1:4">
       <c r="A1246" s="1" t="s">
-        <v>3580</v>
+        <v>3595</v>
       </c>
       <c r="B1246" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1246" s="1" t="s">
-        <v>3581</v>
+        <v>3596</v>
       </c>
       <c r="D1246" s="1" t="s">
-        <v>41</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="1247" spans="1:4">
       <c r="A1247" s="1" t="s">
-        <v>3582</v>
+        <v>3598</v>
       </c>
       <c r="B1247" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1247" s="1" t="s">
-        <v>3583</v>
+        <v>3599</v>
       </c>
       <c r="D1247" s="1" t="s">
-        <v>41</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="1248" spans="1:4">
       <c r="A1248" s="1" t="s">
-        <v>3584</v>
+        <v>3601</v>
       </c>
       <c r="B1248" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1248" s="1" t="s">
-        <v>3585</v>
+        <v>3602</v>
       </c>
       <c r="D1248" s="1" t="s">
-        <v>41</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="1249" spans="1:4">
       <c r="A1249" s="1" t="s">
-        <v>3586</v>
+        <v>3604</v>
       </c>
       <c r="B1249" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1249" s="1" t="s">
-        <v>3587</v>
+        <v>3605</v>
       </c>
       <c r="D1249" s="1" t="s">
-        <v>41</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="1250" spans="1:4">
       <c r="A1250" s="1" t="s">
-        <v>3588</v>
+        <v>3607</v>
       </c>
       <c r="B1250" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1250" s="1" t="s">
-        <v>3589</v>
+        <v>3608</v>
       </c>
       <c r="D1250" s="1" t="s">
-        <v>41</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="1251" spans="1:4">
       <c r="A1251" s="1" t="s">
-        <v>3590</v>
+        <v>3610</v>
       </c>
       <c r="B1251" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1251" s="1" t="s">
-        <v>3591</v>
+        <v>3611</v>
       </c>
       <c r="D1251" s="1" t="s">
-        <v>41</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="1252" spans="1:4">
       <c r="A1252" s="1" t="s">
-        <v>3592</v>
+        <v>3613</v>
       </c>
       <c r="B1252" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1252" s="1" t="s">
-        <v>3593</v>
+        <v>3614</v>
       </c>
       <c r="D1252" s="1" t="s">
-        <v>41</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="1253" spans="1:4">
       <c r="A1253" s="1" t="s">
-        <v>3594</v>
+        <v>3616</v>
       </c>
       <c r="B1253" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1253" s="1" t="s">
-        <v>3595</v>
+        <v>3617</v>
       </c>
       <c r="D1253" s="1" t="s">
-        <v>41</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="1254" spans="1:4">
       <c r="A1254" s="1" t="s">
-        <v>3596</v>
+        <v>3619</v>
       </c>
       <c r="B1254" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1254" s="1" t="s">
-        <v>3597</v>
+        <v>3620</v>
       </c>
       <c r="D1254" s="1" t="s">
-        <v>41</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="1255" spans="1:4">
       <c r="A1255" s="1" t="s">
-        <v>3598</v>
+        <v>3622</v>
       </c>
       <c r="B1255" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1255" s="1" t="s">
-        <v>3599</v>
+        <v>3623</v>
       </c>
       <c r="D1255" s="1" t="s">
-        <v>41</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="1256" spans="1:4">
       <c r="A1256" s="1" t="s">
-        <v>3600</v>
+        <v>3625</v>
       </c>
       <c r="B1256" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1256" s="1" t="s">
-        <v>3601</v>
+        <v>3626</v>
       </c>
       <c r="D1256" s="1" t="s">
-        <v>41</v>
+        <v>3627</v>
       </c>
     </row>
     <row r="1257" spans="1:4">
       <c r="A1257" s="1" t="s">
-        <v>3602</v>
+        <v>3628</v>
       </c>
       <c r="B1257" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1257" s="1" t="s">
-        <v>3603</v>
+        <v>3629</v>
       </c>
       <c r="D1257" s="1" t="s">
-        <v>41</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="1258" spans="1:4">
       <c r="A1258" s="1" t="s">
-        <v>3604</v>
+        <v>3631</v>
       </c>
       <c r="B1258" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1258" s="1" t="s">
-        <v>3605</v>
+        <v>3632</v>
       </c>
       <c r="D1258" s="1" t="s">
-        <v>41</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="1259" spans="1:4">
       <c r="A1259" s="1" t="s">
-        <v>3606</v>
+        <v>3634</v>
       </c>
       <c r="B1259" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1259" s="1" t="s">
-        <v>3607</v>
+        <v>3635</v>
       </c>
       <c r="D1259" s="1" t="s">
-        <v>41</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="1260" spans="1:4">
       <c r="A1260" s="1" t="s">
-        <v>3608</v>
+        <v>3637</v>
       </c>
       <c r="B1260" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1260" s="1" t="s">
-        <v>3609</v>
+        <v>3638</v>
       </c>
       <c r="D1260" s="1" t="s">
-        <v>41</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="1261" spans="1:4">
       <c r="A1261" s="1" t="s">
-        <v>3610</v>
+        <v>3640</v>
       </c>
       <c r="B1261" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1261" s="1" t="s">
-        <v>3611</v>
+        <v>3641</v>
       </c>
       <c r="D1261" s="1" t="s">
-        <v>41</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="1262" spans="1:4">
       <c r="A1262" s="1" t="s">
-        <v>3612</v>
+        <v>3643</v>
       </c>
       <c r="B1262" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1262" s="1" t="s">
-        <v>3613</v>
+        <v>3644</v>
       </c>
       <c r="D1262" s="1" t="s">
-        <v>41</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="1263" spans="1:4">
       <c r="A1263" s="1" t="s">
-        <v>3614</v>
+        <v>3646</v>
       </c>
       <c r="B1263" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1263" s="1" t="s">
-        <v>3615</v>
+        <v>3647</v>
       </c>
       <c r="D1263" s="1" t="s">
-        <v>41</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="1264" spans="1:4">
       <c r="A1264" s="1" t="s">
-        <v>3616</v>
+        <v>3649</v>
       </c>
       <c r="B1264" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1264" s="1" t="s">
-        <v>3617</v>
+        <v>3650</v>
       </c>
       <c r="D1264" s="1" t="s">
-        <v>41</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="1265" spans="1:4">
       <c r="A1265" s="1" t="s">
-        <v>3618</v>
+        <v>3652</v>
       </c>
       <c r="B1265" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1265" s="1" t="s">
-        <v>3619</v>
+        <v>3653</v>
       </c>
       <c r="D1265" s="1" t="s">
-        <v>41</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="1266" spans="1:4">
       <c r="A1266" s="1" t="s">
-        <v>3620</v>
+        <v>3655</v>
       </c>
       <c r="B1266" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1266" s="1" t="s">
-        <v>3621</v>
+        <v>3656</v>
       </c>
       <c r="D1266" s="1" t="s">
-        <v>41</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="1267" spans="1:4">
       <c r="A1267" s="1" t="s">
-        <v>3622</v>
+        <v>3658</v>
       </c>
       <c r="B1267" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1267" s="1" t="s">
-        <v>3623</v>
+        <v>3659</v>
       </c>
       <c r="D1267" s="1" t="s">
-        <v>41</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="1268" spans="1:4">
       <c r="A1268" s="1" t="s">
-        <v>3624</v>
+        <v>3661</v>
       </c>
       <c r="B1268" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1268" s="1" t="s">
-        <v>3625</v>
+        <v>3662</v>
       </c>
       <c r="D1268" s="1" t="s">
-        <v>41</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="1269" spans="1:4">
       <c r="A1269" s="1" t="s">
-        <v>3626</v>
+        <v>3664</v>
       </c>
       <c r="B1269" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1269" s="1" t="s">
-        <v>3627</v>
+        <v>3665</v>
       </c>
       <c r="D1269" s="1" t="s">
-        <v>41</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="1270" spans="1:4">
       <c r="A1270" s="1" t="s">
-        <v>3628</v>
+        <v>3667</v>
       </c>
       <c r="B1270" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1270" s="1" t="s">
-        <v>3629</v>
+        <v>3668</v>
       </c>
       <c r="D1270" s="1" t="s">
-        <v>41</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="1271" spans="1:4">
       <c r="A1271" s="1" t="s">
-        <v>3630</v>
+        <v>3670</v>
       </c>
       <c r="B1271" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1271" s="1" t="s">
-        <v>3631</v>
+        <v>3671</v>
       </c>
       <c r="D1271" s="1" t="s">
-        <v>41</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="1272" spans="1:4">
       <c r="A1272" s="1" t="s">
-        <v>3632</v>
+        <v>3673</v>
       </c>
       <c r="B1272" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1272" s="1" t="s">
-        <v>3633</v>
+        <v>3674</v>
       </c>
       <c r="D1272" s="1" t="s">
-        <v>41</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="1273" spans="1:4">
       <c r="A1273" s="1" t="s">
-        <v>3634</v>
+        <v>3676</v>
       </c>
       <c r="B1273" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1273" s="1" t="s">
-        <v>3635</v>
+        <v>3677</v>
       </c>
       <c r="D1273" s="1" t="s">
-        <v>41</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="1274" spans="1:4">
       <c r="A1274" s="1" t="s">
-        <v>3636</v>
+        <v>3679</v>
       </c>
       <c r="B1274" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1274" s="1" t="s">
-        <v>3637</v>
+        <v>3680</v>
       </c>
       <c r="D1274" s="1" t="s">
-        <v>41</v>
+        <v>3681</v>
       </c>
     </row>
     <row r="1275" spans="1:4">
       <c r="A1275" s="1" t="s">
-        <v>3638</v>
+        <v>3682</v>
       </c>
       <c r="B1275" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1275" s="1" t="s">
-        <v>3639</v>
+        <v>3683</v>
       </c>
       <c r="D1275" s="1" t="s">
-        <v>41</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="1276" spans="1:4">
       <c r="A1276" s="1" t="s">
-        <v>3640</v>
+        <v>3685</v>
       </c>
       <c r="B1276" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1276" s="1" t="s">
-        <v>3641</v>
+        <v>3686</v>
       </c>
       <c r="D1276" s="1" t="s">
-        <v>41</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="1277" spans="1:4">
       <c r="A1277" s="1" t="s">
-        <v>3642</v>
+        <v>3688</v>
       </c>
       <c r="B1277" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1277" s="1" t="s">
-        <v>3643</v>
+        <v>3689</v>
       </c>
       <c r="D1277" s="1" t="s">
-        <v>41</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="1278" spans="1:4">
       <c r="A1278" s="1" t="s">
-        <v>3644</v>
+        <v>3691</v>
       </c>
       <c r="B1278" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1278" s="1" t="s">
-        <v>3645</v>
+        <v>3692</v>
       </c>
       <c r="D1278" s="1" t="s">
-        <v>41</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="1279" spans="1:4">
       <c r="A1279" s="1" t="s">
-        <v>3646</v>
+        <v>3694</v>
       </c>
       <c r="B1279" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1279" s="1" t="s">
-        <v>3647</v>
+        <v>3695</v>
       </c>
       <c r="D1279" s="1" t="s">
-        <v>41</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="1280" spans="1:4">
       <c r="A1280" s="1" t="s">
-        <v>3648</v>
+        <v>3697</v>
       </c>
       <c r="B1280" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1280" s="1" t="s">
-        <v>3649</v>
+        <v>3695</v>
       </c>
       <c r="D1280" s="1" t="s">
-        <v>41</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="1281" spans="1:4">
       <c r="A1281" s="1" t="s">
-        <v>3650</v>
+        <v>3699</v>
       </c>
       <c r="B1281" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1281" s="1" t="s">
-        <v>3651</v>
+        <v>3700</v>
       </c>
       <c r="D1281" s="1" t="s">
-        <v>41</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="1282" spans="1:4">
       <c r="A1282" s="1" t="s">
-        <v>3652</v>
+        <v>3702</v>
       </c>
       <c r="B1282" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1282" s="1" t="s">
-        <v>3653</v>
+        <v>3703</v>
       </c>
       <c r="D1282" s="1" t="s">
-        <v>41</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="1283" spans="1:4">
       <c r="A1283" s="1" t="s">
-        <v>3654</v>
+        <v>3705</v>
       </c>
       <c r="B1283" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C1283" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C1283" s="1"/>
       <c r="D1283" s="1" t="s">
-        <v>41</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="1284" spans="1:4">
       <c r="A1284" s="1" t="s">
-        <v>3656</v>
+        <v>3707</v>
       </c>
       <c r="B1284" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1284" s="1" t="s">
-        <v>3657</v>
+        <v>3703</v>
       </c>
       <c r="D1284" s="1" t="s">
-        <v>41</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="1285" spans="1:4">
       <c r="A1285" s="1" t="s">
-        <v>3658</v>
+        <v>3709</v>
       </c>
       <c r="B1285" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1285" s="1" t="s">
-        <v>3659</v>
+        <v>3710</v>
       </c>
       <c r="D1285" s="1" t="s">
-        <v>41</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="1286" spans="1:4">
       <c r="A1286" s="1" t="s">
-        <v>3660</v>
+        <v>3712</v>
       </c>
       <c r="B1286" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1286" s="1" t="s">
-        <v>3661</v>
+        <v>3713</v>
       </c>
       <c r="D1286" s="1" t="s">
-        <v>41</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="1287" spans="1:4">
       <c r="A1287" s="1" t="s">
-        <v>3662</v>
+        <v>3715</v>
       </c>
       <c r="B1287" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1287" s="1" t="s">
-        <v>3663</v>
+        <v>3716</v>
       </c>
       <c r="D1287" s="1" t="s">
-        <v>41</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="1288" spans="1:4">
       <c r="A1288" s="1" t="s">
-        <v>3664</v>
+        <v>3718</v>
       </c>
       <c r="B1288" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1288" s="1" t="s">
-        <v>3665</v>
+        <v>3719</v>
       </c>
       <c r="D1288" s="1" t="s">
-        <v>41</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="1289" spans="1:4">
       <c r="A1289" s="1" t="s">
-        <v>3666</v>
+        <v>3721</v>
       </c>
       <c r="B1289" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1289" s="1" t="s">
-        <v>3667</v>
+        <v>3722</v>
       </c>
       <c r="D1289" s="1" t="s">
-        <v>41</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="1290" spans="1:4">
       <c r="A1290" s="1" t="s">
-        <v>3668</v>
+        <v>3724</v>
       </c>
       <c r="B1290" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1290" s="1" t="s">
-        <v>3669</v>
+        <v>3725</v>
       </c>
       <c r="D1290" s="1" t="s">
-        <v>41</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="1291" spans="1:4">
       <c r="A1291" s="1" t="s">
-        <v>3670</v>
+        <v>3727</v>
       </c>
       <c r="B1291" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1291" s="1" t="s">
-        <v>3671</v>
+        <v>3728</v>
       </c>
       <c r="D1291" s="1" t="s">
-        <v>41</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="1292" spans="1:4">
       <c r="A1292" s="1" t="s">
-        <v>3672</v>
+        <v>3730</v>
       </c>
       <c r="B1292" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1292" s="1" t="s">
-        <v>3673</v>
+        <v>3731</v>
       </c>
       <c r="D1292" s="1" t="s">
-        <v>41</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="1293" spans="1:4">
       <c r="A1293" s="1" t="s">
-        <v>3674</v>
+        <v>3733</v>
       </c>
       <c r="B1293" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1293" s="1" t="s">
-        <v>3675</v>
+        <v>3734</v>
       </c>
       <c r="D1293" s="1" t="s">
-        <v>41</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="1294" spans="1:4">
       <c r="A1294" s="1" t="s">
-        <v>3676</v>
+        <v>3736</v>
       </c>
       <c r="B1294" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1294" s="1" t="s">
-        <v>3677</v>
+        <v>3737</v>
       </c>
       <c r="D1294" s="1" t="s">
-        <v>41</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="1295" spans="1:4">
       <c r="A1295" s="1" t="s">
-        <v>3678</v>
+        <v>3739</v>
       </c>
       <c r="B1295" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1295" s="1" t="s">
-        <v>3679</v>
+        <v>3740</v>
       </c>
       <c r="D1295" s="1" t="s">
-        <v>41</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="1296" spans="1:4">
       <c r="A1296" s="1" t="s">
-        <v>3680</v>
+        <v>3742</v>
       </c>
       <c r="B1296" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1296" s="1" t="s">
-        <v>3681</v>
+        <v>3743</v>
       </c>
       <c r="D1296" s="1" t="s">
-        <v>41</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="1297" spans="1:4">
       <c r="A1297" s="1" t="s">
-        <v>3682</v>
+        <v>3745</v>
       </c>
       <c r="B1297" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1297" s="1" t="s">
-        <v>3683</v>
+        <v>3746</v>
       </c>
       <c r="D1297" s="1" t="s">
-        <v>41</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="1298" spans="1:4">
       <c r="A1298" s="1" t="s">
-        <v>3684</v>
+        <v>3748</v>
       </c>
       <c r="B1298" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1298" s="1" t="s">
-        <v>3685</v>
+        <v>3749</v>
       </c>
       <c r="D1298" s="1" t="s">
-        <v>41</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="1299" spans="1:4">
       <c r="A1299" s="1" t="s">
-        <v>3686</v>
+        <v>3751</v>
       </c>
       <c r="B1299" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1299" s="1" t="s">
-        <v>3687</v>
+        <v>3752</v>
       </c>
       <c r="D1299" s="1" t="s">
-        <v>41</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="1300" spans="1:4">
       <c r="A1300" s="1" t="s">
-        <v>3688</v>
+        <v>3754</v>
       </c>
       <c r="B1300" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1300" s="1" t="s">
-        <v>3689</v>
+        <v>3755</v>
       </c>
       <c r="D1300" s="1" t="s">
-        <v>41</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="1301" spans="1:4">
       <c r="A1301" s="1" t="s">
-        <v>3690</v>
+        <v>3757</v>
       </c>
       <c r="B1301" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1301" s="1" t="s">
-        <v>3691</v>
+        <v>3758</v>
       </c>
       <c r="D1301" s="1" t="s">
-        <v>41</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="1302" spans="1:4">
       <c r="A1302" s="1" t="s">
-        <v>3692</v>
+        <v>3760</v>
       </c>
       <c r="B1302" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1302" s="1" t="s">
-        <v>3693</v>
+        <v>3761</v>
       </c>
       <c r="D1302" s="1" t="s">
-        <v>41</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="1303" spans="1:4">
       <c r="A1303" s="1" t="s">
-        <v>3694</v>
+        <v>3763</v>
       </c>
       <c r="B1303" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1303" s="1" t="s">
-        <v>3695</v>
+        <v>3764</v>
       </c>
       <c r="D1303" s="1" t="s">
-        <v>41</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="1304" spans="1:4">
       <c r="A1304" s="1" t="s">
-        <v>3696</v>
+        <v>3766</v>
       </c>
       <c r="B1304" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1304" s="1" t="s">
-        <v>3697</v>
+        <v>3767</v>
       </c>
       <c r="D1304" s="1" t="s">
-        <v>41</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="1305" spans="1:4">
       <c r="A1305" s="1" t="s">
-        <v>3698</v>
+        <v>3769</v>
       </c>
       <c r="B1305" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1305" s="1" t="s">
-        <v>3699</v>
+        <v>3770</v>
       </c>
       <c r="D1305" s="1" t="s">
-        <v>41</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="1306" spans="1:4">
       <c r="A1306" s="1" t="s">
-        <v>3700</v>
+        <v>3772</v>
       </c>
       <c r="B1306" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1306" s="1" t="s">
-        <v>3701</v>
+        <v>3773</v>
       </c>
       <c r="D1306" s="1" t="s">
-        <v>41</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="1307" spans="1:4">
       <c r="A1307" s="1" t="s">
-        <v>3702</v>
+        <v>3775</v>
       </c>
       <c r="B1307" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1307" s="1" t="s">
-        <v>3703</v>
+        <v>3776</v>
       </c>
       <c r="D1307" s="1" t="s">
-        <v>41</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="1308" spans="1:4">
       <c r="A1308" s="1" t="s">
-        <v>3704</v>
+        <v>3778</v>
       </c>
       <c r="B1308" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1308" s="1" t="s">
-        <v>3705</v>
+        <v>3779</v>
       </c>
       <c r="D1308" s="1" t="s">
-        <v>41</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="1309" spans="1:4">
       <c r="A1309" s="1" t="s">
-        <v>3706</v>
+        <v>3781</v>
       </c>
       <c r="B1309" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1309" s="1" t="s">
-        <v>3707</v>
+        <v>3782</v>
       </c>
       <c r="D1309" s="1" t="s">
-        <v>41</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="1310" spans="1:4">
       <c r="A1310" s="1" t="s">
-        <v>3708</v>
+        <v>3784</v>
       </c>
       <c r="B1310" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1310" s="1" t="s">
-        <v>3709</v>
+        <v>3785</v>
       </c>
       <c r="D1310" s="1" t="s">
-        <v>41</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="1311" spans="1:4">
       <c r="A1311" s="1" t="s">
-        <v>3710</v>
+        <v>3787</v>
       </c>
       <c r="B1311" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1311" s="1" t="s">
-        <v>3711</v>
+        <v>3788</v>
       </c>
       <c r="D1311" s="1" t="s">
-        <v>41</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="1312" spans="1:4">
       <c r="A1312" s="1" t="s">
-        <v>3712</v>
+        <v>3790</v>
       </c>
       <c r="B1312" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1312" s="1" t="s">
-        <v>3713</v>
+        <v>3791</v>
       </c>
       <c r="D1312" s="1" t="s">
-        <v>41</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="1313" spans="1:4">
       <c r="A1313" s="1" t="s">
-        <v>3714</v>
+        <v>3793</v>
       </c>
       <c r="B1313" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1313" s="1" t="s">
-        <v>3715</v>
+        <v>3794</v>
       </c>
       <c r="D1313" s="1" t="s">
-        <v>41</v>
+        <v>3795</v>
       </c>
     </row>
     <row r="1314" spans="1:4">
       <c r="A1314" s="1" t="s">
-        <v>3716</v>
+        <v>3796</v>
       </c>
       <c r="B1314" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1314" s="1" t="s">
-        <v>3717</v>
+        <v>3797</v>
       </c>
       <c r="D1314" s="1" t="s">
-        <v>41</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="1315" spans="1:4">
       <c r="A1315" s="1" t="s">
-        <v>3718</v>
+        <v>3799</v>
       </c>
       <c r="B1315" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1315" s="1" t="s">
-        <v>3719</v>
+        <v>3800</v>
       </c>
       <c r="D1315" s="1" t="s">
-        <v>41</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="1316" spans="1:4">
       <c r="A1316" s="1" t="s">
-        <v>3720</v>
+        <v>3802</v>
       </c>
       <c r="B1316" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1316" s="1" t="s">
-        <v>3721</v>
+        <v>3803</v>
       </c>
       <c r="D1316" s="1" t="s">
-        <v>41</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="1317" spans="1:4">
       <c r="A1317" s="1" t="s">
-        <v>3722</v>
+        <v>3805</v>
       </c>
       <c r="B1317" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1317" s="1" t="s">
-        <v>3723</v>
+        <v>3806</v>
       </c>
       <c r="D1317" s="1" t="s">
-        <v>41</v>
+        <v>3807</v>
       </c>
     </row>
     <row r="1318" spans="1:4">
       <c r="A1318" s="1" t="s">
-        <v>3724</v>
+        <v>3808</v>
       </c>
       <c r="B1318" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1318" s="1" t="s">
-        <v>3725</v>
+        <v>3809</v>
       </c>
       <c r="D1318" s="1" t="s">
-        <v>41</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="1319" spans="1:4">
       <c r="A1319" s="1" t="s">
-        <v>3726</v>
+        <v>3811</v>
       </c>
       <c r="B1319" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1319" s="1" t="s">
-        <v>3727</v>
+        <v>3812</v>
       </c>
       <c r="D1319" s="1" t="s">
-        <v>41</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="1320" spans="1:4">
       <c r="A1320" s="1" t="s">
-        <v>3728</v>
+        <v>3814</v>
       </c>
       <c r="B1320" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1320" s="1" t="s">
-        <v>3729</v>
+        <v>3815</v>
       </c>
       <c r="D1320" s="1" t="s">
-        <v>41</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="1321" spans="1:4">
       <c r="A1321" s="1" t="s">
-        <v>3730</v>
+        <v>3817</v>
       </c>
       <c r="B1321" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1321" s="1" t="s">
-        <v>3731</v>
+        <v>3818</v>
       </c>
       <c r="D1321" s="1" t="s">
-        <v>41</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="1322" spans="1:4">
       <c r="A1322" s="1" t="s">
-        <v>3732</v>
+        <v>3820</v>
       </c>
       <c r="B1322" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1322" s="1" t="s">
-        <v>3733</v>
+        <v>3821</v>
       </c>
       <c r="D1322" s="1" t="s">
-        <v>41</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="1323" spans="1:4">
       <c r="A1323" s="1" t="s">
-        <v>3734</v>
+        <v>3823</v>
       </c>
       <c r="B1323" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1323" s="1" t="s">
-        <v>3735</v>
+        <v>3824</v>
       </c>
       <c r="D1323" s="1" t="s">
-        <v>3736</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="1324" spans="1:4">
       <c r="A1324" s="1" t="s">
-        <v>3737</v>
+        <v>3826</v>
       </c>
       <c r="B1324" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1324" s="1" t="s">
-        <v>3738</v>
+        <v>3827</v>
       </c>
       <c r="D1324" s="1" t="s">
-        <v>3739</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1325" spans="1:4">
       <c r="A1325" s="1" t="s">
-        <v>3740</v>
+        <v>3828</v>
       </c>
       <c r="B1325" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1325" s="1" t="s">
-        <v>3741</v>
+        <v>3829</v>
       </c>
       <c r="D1325" s="1" t="s">
-        <v>3742</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1326" spans="1:4">
       <c r="A1326" s="1" t="s">
-        <v>3743</v>
+        <v>3830</v>
       </c>
       <c r="B1326" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1326" s="1" t="s">
-        <v>3744</v>
+        <v>3831</v>
       </c>
       <c r="D1326" s="1" t="s">
-        <v>3745</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1327" spans="1:4">
       <c r="A1327" s="1" t="s">
-        <v>3746</v>
+        <v>3832</v>
       </c>
       <c r="B1327" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1327" s="1" t="s">
-        <v>3747</v>
+        <v>3833</v>
       </c>
       <c r="D1327" s="1" t="s">
-        <v>3748</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1328" spans="1:4">
       <c r="A1328" s="1" t="s">
-        <v>3749</v>
+        <v>3834</v>
       </c>
       <c r="B1328" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1328" s="1" t="s">
-        <v>3750</v>
+        <v>3835</v>
       </c>
       <c r="D1328" s="1" t="s">
-        <v>3751</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1329" spans="1:4">
       <c r="A1329" s="1" t="s">
-        <v>3752</v>
+        <v>3836</v>
       </c>
       <c r="B1329" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1329" s="1" t="s">
-        <v>3753</v>
+        <v>3837</v>
       </c>
       <c r="D1329" s="1" t="s">
-        <v>3754</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1330" spans="1:4">
       <c r="A1330" s="1" t="s">
-        <v>3755</v>
+        <v>3838</v>
       </c>
       <c r="B1330" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1330" s="1" t="s">
-        <v>3756</v>
+        <v>3839</v>
       </c>
       <c r="D1330" s="1" t="s">
-        <v>3757</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1331" spans="1:4">
       <c r="A1331" s="1" t="s">
-        <v>3758</v>
+        <v>3840</v>
       </c>
       <c r="B1331" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1331" s="1" t="s">
-        <v>3759</v>
+        <v>3841</v>
       </c>
       <c r="D1331" s="1" t="s">
-        <v>3760</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1332" spans="1:4">
       <c r="A1332" s="1" t="s">
-        <v>3761</v>
+        <v>3842</v>
       </c>
       <c r="B1332" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1332" s="1" t="s">
-        <v>3762</v>
+        <v>3843</v>
       </c>
       <c r="D1332" s="1" t="s">
-        <v>3763</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1333" spans="1:4">
       <c r="A1333" s="1" t="s">
-        <v>3764</v>
+        <v>3844</v>
       </c>
       <c r="B1333" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1333" s="1" t="s">
-        <v>3765</v>
+        <v>3845</v>
       </c>
       <c r="D1333" s="1" t="s">
-        <v>3766</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1334" spans="1:4">
       <c r="A1334" s="1" t="s">
-        <v>3767</v>
+        <v>3846</v>
       </c>
       <c r="B1334" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1334" s="1" t="s">
-        <v>3768</v>
+        <v>3847</v>
       </c>
       <c r="D1334" s="1" t="s">
-        <v>3769</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1335" spans="1:4">
       <c r="A1335" s="1" t="s">
-        <v>3770</v>
+        <v>3848</v>
       </c>
       <c r="B1335" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1335" s="1" t="s">
-        <v>3771</v>
+        <v>3849</v>
       </c>
       <c r="D1335" s="1" t="s">
-        <v>3772</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1336" spans="1:4">
       <c r="A1336" s="1" t="s">
-        <v>3773</v>
+        <v>3850</v>
       </c>
       <c r="B1336" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1336" s="1" t="s">
-        <v>3774</v>
+        <v>3851</v>
       </c>
       <c r="D1336" s="1" t="s">
-        <v>3775</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1337" spans="1:4">
       <c r="A1337" s="1" t="s">
-        <v>3776</v>
+        <v>3852</v>
       </c>
       <c r="B1337" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1337" s="1" t="s">
-        <v>3777</v>
+        <v>3853</v>
       </c>
       <c r="D1337" s="1" t="s">
-        <v>3778</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1338" spans="1:4">
       <c r="A1338" s="1" t="s">
-        <v>3779</v>
+        <v>3854</v>
       </c>
       <c r="B1338" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1338" s="1" t="s">
-        <v>3780</v>
+        <v>3855</v>
       </c>
       <c r="D1338" s="1" t="s">
-        <v>3781</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1339" spans="1:4">
       <c r="A1339" s="1" t="s">
-        <v>3782</v>
+        <v>3856</v>
       </c>
       <c r="B1339" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1339" s="1" t="s">
-        <v>3783</v>
+        <v>3857</v>
       </c>
       <c r="D1339" s="1" t="s">
-        <v>3784</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1340" spans="1:4">
       <c r="A1340" s="1" t="s">
-        <v>3785</v>
+        <v>3858</v>
       </c>
       <c r="B1340" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1340" s="1" t="s">
-        <v>3786</v>
+        <v>3859</v>
       </c>
       <c r="D1340" s="1" t="s">
-        <v>3787</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1341" spans="1:4">
       <c r="A1341" s="1" t="s">
-        <v>3788</v>
+        <v>3860</v>
       </c>
       <c r="B1341" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1341" s="1" t="s">
-        <v>3789</v>
+        <v>3861</v>
       </c>
       <c r="D1341" s="1" t="s">
-        <v>3790</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1342" spans="1:4">
       <c r="A1342" s="1" t="s">
-        <v>3791</v>
+        <v>3862</v>
       </c>
       <c r="B1342" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1342" s="1" t="s">
-        <v>3792</v>
+        <v>3863</v>
       </c>
       <c r="D1342" s="1" t="s">
-        <v>3793</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1343" spans="1:4">
       <c r="A1343" s="1" t="s">
-        <v>3794</v>
+        <v>3864</v>
       </c>
       <c r="B1343" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1343" s="1" t="s">
-        <v>3795</v>
+        <v>3865</v>
       </c>
       <c r="D1343" s="1" t="s">
-        <v>3796</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1344" spans="1:4">
       <c r="A1344" s="1" t="s">
-        <v>3797</v>
+        <v>3866</v>
       </c>
       <c r="B1344" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1344" s="1" t="s">
-        <v>3798</v>
+        <v>3867</v>
       </c>
       <c r="D1344" s="1" t="s">
-        <v>3799</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1345" spans="1:4">
       <c r="A1345" s="1" t="s">
-        <v>3800</v>
+        <v>3868</v>
       </c>
       <c r="B1345" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1345" s="1" t="s">
-        <v>3801</v>
+        <v>3869</v>
       </c>
       <c r="D1345" s="1" t="s">
-        <v>3802</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1346" spans="1:4">
       <c r="A1346" s="1" t="s">
-        <v>3803</v>
+        <v>3870</v>
       </c>
       <c r="B1346" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1346" s="1" t="s">
-        <v>3804</v>
+        <v>3871</v>
       </c>
       <c r="D1346" s="1" t="s">
-        <v>3805</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1347" spans="1:4">
       <c r="A1347" s="1" t="s">
-        <v>3806</v>
+        <v>3872</v>
       </c>
       <c r="B1347" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1347" s="1" t="s">
-        <v>3807</v>
+        <v>3873</v>
       </c>
       <c r="D1347" s="1" t="s">
-        <v>3808</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1348" spans="1:4">
       <c r="A1348" s="1" t="s">
-        <v>3809</v>
+        <v>3874</v>
       </c>
       <c r="B1348" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1348" s="1" t="s">
-        <v>3810</v>
+        <v>3875</v>
       </c>
       <c r="D1348" s="1" t="s">
-        <v>3811</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1349" spans="1:4">
       <c r="A1349" s="1" t="s">
-        <v>3812</v>
+        <v>3876</v>
       </c>
       <c r="B1349" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1349" s="1" t="s">
-        <v>3813</v>
+        <v>3877</v>
       </c>
       <c r="D1349" s="1" t="s">
-        <v>3814</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1350" spans="1:4">
       <c r="A1350" s="1" t="s">
-        <v>3815</v>
+        <v>3878</v>
       </c>
       <c r="B1350" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1350" s="1" t="s">
-        <v>3816</v>
+        <v>3879</v>
       </c>
       <c r="D1350" s="1" t="s">
-        <v>3817</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1351" spans="1:4">
       <c r="A1351" s="1" t="s">
-        <v>3818</v>
+        <v>3880</v>
       </c>
       <c r="B1351" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1351" s="1" t="s">
-        <v>3819</v>
+        <v>3881</v>
       </c>
       <c r="D1351" s="1" t="s">
-        <v>3820</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1352" spans="1:4">
       <c r="A1352" s="1" t="s">
-        <v>3821</v>
+        <v>3882</v>
       </c>
       <c r="B1352" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1352" s="1" t="s">
-        <v>3765</v>
+        <v>3883</v>
       </c>
       <c r="D1352" s="1" t="s">
-        <v>3822</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1353" spans="1:4">
       <c r="A1353" s="1" t="s">
-        <v>3823</v>
+        <v>3884</v>
       </c>
       <c r="B1353" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1353" s="1" t="s">
-        <v>3824</v>
+        <v>3885</v>
       </c>
       <c r="D1353" s="1" t="s">
-        <v>3825</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1354" spans="1:4">
       <c r="A1354" s="1" t="s">
-        <v>3826</v>
+        <v>3886</v>
       </c>
       <c r="B1354" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1354" s="1" t="s">
-        <v>3827</v>
+        <v>3887</v>
       </c>
       <c r="D1354" s="1" t="s">
-        <v>3828</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1355" spans="1:4">
       <c r="A1355" s="1" t="s">
-        <v>3829</v>
+        <v>3888</v>
       </c>
       <c r="B1355" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1355" s="1" t="s">
-        <v>3830</v>
+        <v>3889</v>
       </c>
       <c r="D1355" s="1" t="s">
-        <v>3831</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1356" spans="1:4">
       <c r="A1356" s="1" t="s">
-        <v>3832</v>
+        <v>3890</v>
       </c>
       <c r="B1356" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1356" s="1" t="s">
-        <v>3833</v>
+        <v>3891</v>
       </c>
       <c r="D1356" s="1" t="s">
-        <v>3834</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1357" spans="1:4">
       <c r="A1357" s="1" t="s">
-        <v>3835</v>
+        <v>3892</v>
       </c>
       <c r="B1357" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1357" s="1" t="s">
-        <v>3836</v>
+        <v>3893</v>
       </c>
       <c r="D1357" s="1" t="s">
-        <v>3837</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1358" spans="1:4">
       <c r="A1358" s="1" t="s">
-        <v>3838</v>
+        <v>3894</v>
       </c>
       <c r="B1358" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1358" s="1" t="s">
-        <v>3839</v>
+        <v>3895</v>
       </c>
       <c r="D1358" s="1" t="s">
-        <v>3840</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1359" spans="1:4">
       <c r="A1359" s="1" t="s">
-        <v>3841</v>
+        <v>3896</v>
       </c>
       <c r="B1359" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1359" s="1" t="s">
-        <v>3842</v>
+        <v>3897</v>
       </c>
       <c r="D1359" s="1" t="s">
-        <v>3843</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1360" spans="1:4">
       <c r="A1360" s="1" t="s">
-        <v>3844</v>
+        <v>3898</v>
       </c>
       <c r="B1360" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1360" s="1" t="s">
-        <v>3845</v>
+        <v>3899</v>
       </c>
       <c r="D1360" s="1" t="s">
-        <v>3846</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1361" spans="1:4">
       <c r="A1361" s="1" t="s">
-        <v>3847</v>
+        <v>3900</v>
       </c>
       <c r="B1361" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1361" s="1" t="s">
-        <v>3848</v>
+        <v>3901</v>
       </c>
       <c r="D1361" s="1" t="s">
-        <v>3849</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1362" spans="1:4">
       <c r="A1362" s="1" t="s">
-        <v>3850</v>
+        <v>3902</v>
       </c>
       <c r="B1362" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1362" s="1" t="s">
-        <v>3851</v>
+        <v>3903</v>
       </c>
       <c r="D1362" s="1" t="s">
-        <v>3852</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1363" spans="1:4">
       <c r="A1363" s="1" t="s">
-        <v>3853</v>
+        <v>3904</v>
       </c>
       <c r="B1363" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1363" s="1" t="s">
-        <v>3854</v>
+        <v>3905</v>
       </c>
       <c r="D1363" s="1" t="s">
-        <v>3855</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1364" spans="1:4">
       <c r="A1364" s="1" t="s">
-        <v>3856</v>
+        <v>3906</v>
       </c>
       <c r="B1364" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1364" s="1" t="s">
-        <v>3857</v>
+        <v>3907</v>
       </c>
       <c r="D1364" s="1" t="s">
-        <v>3858</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1365" spans="1:4">
       <c r="A1365" s="1" t="s">
-        <v>3859</v>
+        <v>3908</v>
       </c>
       <c r="B1365" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1365" s="1" t="s">
-        <v>3860</v>
+        <v>3909</v>
       </c>
       <c r="D1365" s="1" t="s">
-        <v>3861</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1366" spans="1:4">
       <c r="A1366" s="1" t="s">
-        <v>3862</v>
+        <v>3910</v>
       </c>
       <c r="B1366" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1366" s="1" t="s">
-        <v>3863</v>
+        <v>3911</v>
       </c>
       <c r="D1366" s="1" t="s">
-        <v>3864</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1367" spans="1:4">
       <c r="A1367" s="1" t="s">
-        <v>3865</v>
+        <v>3912</v>
       </c>
       <c r="B1367" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1367" s="1" t="s">
-        <v>3866</v>
+        <v>3913</v>
       </c>
       <c r="D1367" s="1" t="s">
-        <v>3867</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1368" spans="1:4">
       <c r="A1368" s="1" t="s">
-        <v>3868</v>
+        <v>3914</v>
       </c>
       <c r="B1368" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1368" s="1" t="s">
-        <v>3869</v>
+        <v>3915</v>
       </c>
       <c r="D1368" s="1" t="s">
-        <v>3870</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1369" spans="1:4">
       <c r="A1369" s="1" t="s">
-        <v>3871</v>
+        <v>3916</v>
       </c>
       <c r="B1369" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1369" s="1" t="s">
-        <v>3872</v>
+        <v>3917</v>
       </c>
       <c r="D1369" s="1" t="s">
-        <v>3873</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1370" spans="1:4">
       <c r="A1370" s="1" t="s">
-        <v>3874</v>
+        <v>3918</v>
       </c>
       <c r="B1370" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1370" s="1" t="s">
-        <v>3875</v>
+        <v>3919</v>
       </c>
       <c r="D1370" s="1" t="s">
-        <v>3876</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1371" spans="1:4">
       <c r="A1371" s="1" t="s">
-        <v>3877</v>
+        <v>3920</v>
       </c>
       <c r="B1371" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1371" s="1" t="s">
-        <v>3878</v>
+        <v>3921</v>
       </c>
       <c r="D1371" s="1" t="s">
-        <v>3879</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1372" spans="1:4">
       <c r="A1372" s="1" t="s">
-        <v>3880</v>
+        <v>3922</v>
       </c>
       <c r="B1372" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1372" s="1" t="s">
-        <v>3842</v>
+        <v>3923</v>
       </c>
       <c r="D1372" s="1" t="s">
-        <v>3881</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1373" spans="1:4">
       <c r="A1373" s="1" t="s">
-        <v>3882</v>
+        <v>3924</v>
       </c>
       <c r="B1373" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1373" s="1" t="s">
-        <v>3883</v>
+        <v>3925</v>
       </c>
       <c r="D1373" s="1" t="s">
-        <v>3884</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1374" spans="1:4">
       <c r="A1374" s="1" t="s">
-        <v>3885</v>
+        <v>3926</v>
       </c>
       <c r="B1374" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1374" s="1" t="s">
-        <v>3886</v>
+        <v>3927</v>
       </c>
       <c r="D1374" s="1" t="s">
-        <v>3887</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1375" spans="1:4">
       <c r="A1375" s="1" t="s">
-        <v>3888</v>
+        <v>3928</v>
       </c>
       <c r="B1375" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1375" s="1" t="s">
-        <v>3889</v>
+        <v>3929</v>
       </c>
       <c r="D1375" s="1" t="s">
-        <v>3890</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1376" spans="1:4">
       <c r="A1376" s="1" t="s">
-        <v>3891</v>
+        <v>3930</v>
       </c>
       <c r="B1376" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1376" s="1" t="s">
-        <v>3892</v>
+        <v>3931</v>
       </c>
       <c r="D1376" s="1" t="s">
-        <v>3893</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1377" spans="1:4">
       <c r="A1377" s="1" t="s">
-        <v>3894</v>
+        <v>3932</v>
       </c>
       <c r="B1377" s="1" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C1377" s="1" t="s">
-        <v>3895</v>
+        <v>3933</v>
       </c>
       <c r="D1377" s="1" t="s">
-        <v>3896</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1378" spans="1:4">
       <c r="A1378" s="1" t="s">
-        <v>3897</v>
+        <v>3934</v>
       </c>
       <c r="B1378" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1378" s="1" t="s">
-        <v>3898</v>
+        <v>3935</v>
       </c>
       <c r="D1378" s="1" t="s">
-        <v>3899</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1379" spans="1:4">
       <c r="A1379" s="1" t="s">
-        <v>3900</v>
+        <v>3936</v>
       </c>
       <c r="B1379" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1379" s="1" t="s">
-        <v>3901</v>
+        <v>3937</v>
       </c>
       <c r="D1379" s="1" t="s">
-        <v>3902</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1380" spans="1:4">
       <c r="A1380" s="1" t="s">
-        <v>3903</v>
+        <v>3938</v>
       </c>
       <c r="B1380" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1380" s="1" t="s">
-        <v>3901</v>
+        <v>3939</v>
       </c>
       <c r="D1380" s="1" t="s">
-        <v>3904</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1381" spans="1:4">
       <c r="A1381" s="1" t="s">
-        <v>3905</v>
+        <v>3940</v>
       </c>
       <c r="B1381" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1381" s="1" t="s">
-        <v>3901</v>
+        <v>3941</v>
       </c>
       <c r="D1381" s="1" t="s">
-        <v>3906</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1382" spans="1:4">
       <c r="A1382" s="1" t="s">
-        <v>3907</v>
+        <v>3942</v>
       </c>
       <c r="B1382" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1382" s="1" t="s">
-        <v>3901</v>
+        <v>3943</v>
       </c>
       <c r="D1382" s="1" t="s">
-        <v>3908</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1383" spans="1:4">
       <c r="A1383" s="1" t="s">
-        <v>3909</v>
+        <v>3944</v>
       </c>
       <c r="B1383" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1383" s="1" t="s">
-        <v>3901</v>
+        <v>3945</v>
       </c>
       <c r="D1383" s="1" t="s">
-        <v>3910</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1384" spans="1:4">
       <c r="A1384" s="1" t="s">
-        <v>3911</v>
+        <v>3946</v>
       </c>
       <c r="B1384" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1384" s="1" t="s">
-        <v>3901</v>
+        <v>3947</v>
       </c>
       <c r="D1384" s="1" t="s">
-        <v>3912</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1385" spans="1:4">
       <c r="A1385" s="1" t="s">
-        <v>3913</v>
+        <v>3948</v>
       </c>
       <c r="B1385" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1385" s="1" t="s">
-        <v>3901</v>
+        <v>3949</v>
       </c>
       <c r="D1385" s="1" t="s">
-        <v>3914</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1386" spans="1:4">
       <c r="A1386" s="1" t="s">
-        <v>3915</v>
+        <v>3950</v>
       </c>
       <c r="B1386" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1386" s="1" t="s">
-        <v>3901</v>
+        <v>3951</v>
       </c>
       <c r="D1386" s="1" t="s">
-        <v>3916</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1387" spans="1:4">
       <c r="A1387" s="1" t="s">
-        <v>3917</v>
+        <v>3952</v>
       </c>
       <c r="B1387" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1387" s="1" t="s">
-        <v>3901</v>
+        <v>3953</v>
       </c>
       <c r="D1387" s="1" t="s">
-        <v>3918</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1388" spans="1:4">
       <c r="A1388" s="1" t="s">
-        <v>3919</v>
+        <v>3954</v>
       </c>
       <c r="B1388" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1388" s="1" t="s">
-        <v>3901</v>
+        <v>3955</v>
       </c>
       <c r="D1388" s="1" t="s">
-        <v>3920</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1389" spans="1:4">
       <c r="A1389" s="1" t="s">
-        <v>3921</v>
+        <v>3956</v>
       </c>
       <c r="B1389" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1389" s="1" t="s">
-        <v>3922</v>
+        <v>3957</v>
       </c>
       <c r="D1389" s="1" t="s">
-        <v>3923</v>
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:4">
+      <c r="A1390" s="1" t="s">
+        <v>3958</v>
+      </c>
+      <c r="B1390" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1390" s="1" t="s">
+        <v>3959</v>
+      </c>
+      <c r="D1390" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:4">
+      <c r="A1391" s="1" t="s">
+        <v>3960</v>
+      </c>
+      <c r="B1391" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1391" s="1" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D1391" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:4">
+      <c r="A1392" s="1" t="s">
+        <v>3962</v>
+      </c>
+      <c r="B1392" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1392" s="1" t="s">
+        <v>3963</v>
+      </c>
+      <c r="D1392" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:4">
+      <c r="A1393" s="1" t="s">
+        <v>3964</v>
+      </c>
+      <c r="B1393" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1393" s="1" t="s">
+        <v>3965</v>
+      </c>
+      <c r="D1393" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:4">
+      <c r="A1394" s="1" t="s">
+        <v>3966</v>
+      </c>
+      <c r="B1394" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1394" s="1" t="s">
+        <v>3967</v>
+      </c>
+      <c r="D1394" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:4">
+      <c r="A1395" s="1" t="s">
+        <v>3968</v>
+      </c>
+      <c r="B1395" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1395" s="1" t="s">
+        <v>3969</v>
+      </c>
+      <c r="D1395" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:4">
+      <c r="A1396" s="1" t="s">
+        <v>3970</v>
+      </c>
+      <c r="B1396" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1396" s="1" t="s">
+        <v>3971</v>
+      </c>
+      <c r="D1396" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:4">
+      <c r="A1397" s="1" t="s">
+        <v>3972</v>
+      </c>
+      <c r="B1397" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1397" s="1" t="s">
+        <v>3973</v>
+      </c>
+      <c r="D1397" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:4">
+      <c r="A1398" s="1" t="s">
+        <v>3974</v>
+      </c>
+      <c r="B1398" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1398" s="1" t="s">
+        <v>3975</v>
+      </c>
+      <c r="D1398" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:4">
+      <c r="A1399" s="1" t="s">
+        <v>3976</v>
+      </c>
+      <c r="B1399" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1399" s="1" t="s">
+        <v>3977</v>
+      </c>
+      <c r="D1399" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:4">
+      <c r="A1400" s="1" t="s">
+        <v>3978</v>
+      </c>
+      <c r="B1400" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1400" s="1" t="s">
+        <v>3979</v>
+      </c>
+      <c r="D1400" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:4">
+      <c r="A1401" s="1" t="s">
+        <v>3980</v>
+      </c>
+      <c r="B1401" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1401" s="1" t="s">
+        <v>3981</v>
+      </c>
+      <c r="D1401" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:4">
+      <c r="A1402" s="1" t="s">
+        <v>3982</v>
+      </c>
+      <c r="B1402" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1402" s="1" t="s">
+        <v>3983</v>
+      </c>
+      <c r="D1402" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:4">
+      <c r="A1403" s="1" t="s">
+        <v>3984</v>
+      </c>
+      <c r="B1403" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1403" s="1" t="s">
+        <v>3985</v>
+      </c>
+      <c r="D1403" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:4">
+      <c r="A1404" s="1" t="s">
+        <v>3986</v>
+      </c>
+      <c r="B1404" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1404" s="1" t="s">
+        <v>3987</v>
+      </c>
+      <c r="D1404" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:4">
+      <c r="A1405" s="1" t="s">
+        <v>3988</v>
+      </c>
+      <c r="B1405" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1405" s="1" t="s">
+        <v>3989</v>
+      </c>
+      <c r="D1405" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:4">
+      <c r="A1406" s="1" t="s">
+        <v>3990</v>
+      </c>
+      <c r="B1406" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1406" s="1" t="s">
+        <v>3991</v>
+      </c>
+      <c r="D1406" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:4">
+      <c r="A1407" s="1" t="s">
+        <v>3992</v>
+      </c>
+      <c r="B1407" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1407" s="1" t="s">
+        <v>3993</v>
+      </c>
+      <c r="D1407" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:4">
+      <c r="A1408" s="1" t="s">
+        <v>3994</v>
+      </c>
+      <c r="B1408" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1408" s="1" t="s">
+        <v>3995</v>
+      </c>
+      <c r="D1408" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:4">
+      <c r="A1409" s="1" t="s">
+        <v>3996</v>
+      </c>
+      <c r="B1409" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1409" s="1" t="s">
+        <v>3997</v>
+      </c>
+      <c r="D1409" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:4">
+      <c r="A1410" s="1" t="s">
+        <v>3998</v>
+      </c>
+      <c r="B1410" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1410" s="1" t="s">
+        <v>3999</v>
+      </c>
+      <c r="D1410" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:4">
+      <c r="A1411" s="1" t="s">
+        <v>4000</v>
+      </c>
+      <c r="B1411" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1411" s="1" t="s">
+        <v>4001</v>
+      </c>
+      <c r="D1411" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:4">
+      <c r="A1412" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="B1412" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1412" s="1" t="s">
+        <v>4003</v>
+      </c>
+      <c r="D1412" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:4">
+      <c r="A1413" s="1" t="s">
+        <v>4004</v>
+      </c>
+      <c r="B1413" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1413" s="1" t="s">
+        <v>4005</v>
+      </c>
+      <c r="D1413" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:4">
+      <c r="A1414" s="1" t="s">
+        <v>4006</v>
+      </c>
+      <c r="B1414" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1414" s="1" t="s">
+        <v>4007</v>
+      </c>
+      <c r="D1414" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:4">
+      <c r="A1415" s="1" t="s">
+        <v>4008</v>
+      </c>
+      <c r="B1415" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1415" s="1" t="s">
+        <v>4009</v>
+      </c>
+      <c r="D1415" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:4">
+      <c r="A1416" s="1" t="s">
+        <v>4010</v>
+      </c>
+      <c r="B1416" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1416" s="1" t="s">
+        <v>4011</v>
+      </c>
+      <c r="D1416" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:4">
+      <c r="A1417" s="1" t="s">
+        <v>4012</v>
+      </c>
+      <c r="B1417" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1417" s="1" t="s">
+        <v>4013</v>
+      </c>
+      <c r="D1417" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:4">
+      <c r="A1418" s="1" t="s">
+        <v>4014</v>
+      </c>
+      <c r="B1418" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1418" s="1" t="s">
+        <v>4015</v>
+      </c>
+      <c r="D1418" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:4">
+      <c r="A1419" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="B1419" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1419" s="1" t="s">
+        <v>4017</v>
+      </c>
+      <c r="D1419" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:4">
+      <c r="A1420" s="1" t="s">
+        <v>4018</v>
+      </c>
+      <c r="B1420" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1420" s="1" t="s">
+        <v>4019</v>
+      </c>
+      <c r="D1420" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:4">
+      <c r="A1421" s="1" t="s">
+        <v>4020</v>
+      </c>
+      <c r="B1421" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1421" s="1" t="s">
+        <v>4021</v>
+      </c>
+      <c r="D1421" s="1" t="s">
+        <v>4022</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:4">
+      <c r="A1422" s="1" t="s">
+        <v>4023</v>
+      </c>
+      <c r="B1422" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1422" s="1" t="s">
+        <v>4024</v>
+      </c>
+      <c r="D1422" s="1" t="s">
+        <v>4025</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:4">
+      <c r="A1423" s="1" t="s">
+        <v>4026</v>
+      </c>
+      <c r="B1423" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1423" s="1" t="s">
+        <v>4027</v>
+      </c>
+      <c r="D1423" s="1" t="s">
+        <v>4028</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:4">
+      <c r="A1424" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="B1424" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1424" s="1" t="s">
+        <v>4030</v>
+      </c>
+      <c r="D1424" s="1" t="s">
+        <v>4031</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:4">
+      <c r="A1425" s="1" t="s">
+        <v>4032</v>
+      </c>
+      <c r="B1425" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1425" s="1" t="s">
+        <v>4033</v>
+      </c>
+      <c r="D1425" s="1" t="s">
+        <v>4034</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:4">
+      <c r="A1426" s="1" t="s">
+        <v>4035</v>
+      </c>
+      <c r="B1426" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1426" s="1" t="s">
+        <v>4036</v>
+      </c>
+      <c r="D1426" s="1" t="s">
+        <v>4037</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:4">
+      <c r="A1427" s="1" t="s">
+        <v>4038</v>
+      </c>
+      <c r="B1427" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1427" s="1" t="s">
+        <v>4039</v>
+      </c>
+      <c r="D1427" s="1" t="s">
+        <v>4040</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:4">
+      <c r="A1428" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="B1428" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1428" s="1" t="s">
+        <v>4042</v>
+      </c>
+      <c r="D1428" s="1" t="s">
+        <v>4043</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:4">
+      <c r="A1429" s="1" t="s">
+        <v>4044</v>
+      </c>
+      <c r="B1429" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1429" s="1" t="s">
+        <v>4045</v>
+      </c>
+      <c r="D1429" s="1" t="s">
+        <v>4046</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:4">
+      <c r="A1430" s="1" t="s">
+        <v>4047</v>
+      </c>
+      <c r="B1430" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1430" s="1" t="s">
+        <v>4048</v>
+      </c>
+      <c r="D1430" s="1" t="s">
+        <v>4049</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:4">
+      <c r="A1431" s="1" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B1431" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1431" s="1" t="s">
+        <v>4051</v>
+      </c>
+      <c r="D1431" s="1" t="s">
+        <v>4052</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:4">
+      <c r="A1432" s="1" t="s">
+        <v>4053</v>
+      </c>
+      <c r="B1432" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1432" s="1" t="s">
+        <v>4054</v>
+      </c>
+      <c r="D1432" s="1" t="s">
+        <v>4055</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:4">
+      <c r="A1433" s="1" t="s">
+        <v>4056</v>
+      </c>
+      <c r="B1433" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1433" s="1" t="s">
+        <v>4057</v>
+      </c>
+      <c r="D1433" s="1" t="s">
+        <v>4058</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:4">
+      <c r="A1434" s="1" t="s">
+        <v>4059</v>
+      </c>
+      <c r="B1434" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1434" s="1" t="s">
+        <v>4060</v>
+      </c>
+      <c r="D1434" s="1" t="s">
+        <v>4061</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:4">
+      <c r="A1435" s="1" t="s">
+        <v>4062</v>
+      </c>
+      <c r="B1435" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1435" s="1" t="s">
+        <v>4063</v>
+      </c>
+      <c r="D1435" s="1" t="s">
+        <v>4064</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:4">
+      <c r="A1436" s="1" t="s">
+        <v>4065</v>
+      </c>
+      <c r="B1436" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1436" s="1" t="s">
+        <v>4066</v>
+      </c>
+      <c r="D1436" s="1" t="s">
+        <v>4067</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:4">
+      <c r="A1437" s="1" t="s">
+        <v>4068</v>
+      </c>
+      <c r="B1437" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1437" s="1" t="s">
+        <v>4069</v>
+      </c>
+      <c r="D1437" s="1" t="s">
+        <v>4070</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:4">
+      <c r="A1438" s="1" t="s">
+        <v>4071</v>
+      </c>
+      <c r="B1438" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1438" s="1" t="s">
+        <v>4072</v>
+      </c>
+      <c r="D1438" s="1" t="s">
+        <v>4073</v>
+      </c>
+    </row>
+    <row r="1439" spans="1:4">
+      <c r="A1439" s="1" t="s">
+        <v>4074</v>
+      </c>
+      <c r="B1439" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1439" s="1" t="s">
+        <v>4075</v>
+      </c>
+      <c r="D1439" s="1" t="s">
+        <v>4076</v>
+      </c>
+    </row>
+    <row r="1440" spans="1:4">
+      <c r="A1440" s="1" t="s">
+        <v>4077</v>
+      </c>
+      <c r="B1440" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1440" s="1" t="s">
+        <v>4078</v>
+      </c>
+      <c r="D1440" s="1" t="s">
+        <v>4079</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:4">
+      <c r="A1441" s="1" t="s">
+        <v>4080</v>
+      </c>
+      <c r="B1441" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1441" s="1" t="s">
+        <v>4081</v>
+      </c>
+      <c r="D1441" s="1" t="s">
+        <v>4082</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:4">
+      <c r="A1442" s="1" t="s">
+        <v>4083</v>
+      </c>
+      <c r="B1442" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1442" s="1" t="s">
+        <v>4084</v>
+      </c>
+      <c r="D1442" s="1" t="s">
+        <v>4085</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:4">
+      <c r="A1443" s="1" t="s">
+        <v>4086</v>
+      </c>
+      <c r="B1443" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1443" s="1" t="s">
+        <v>4087</v>
+      </c>
+      <c r="D1443" s="1" t="s">
+        <v>4088</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:4">
+      <c r="A1444" s="1" t="s">
+        <v>4089</v>
+      </c>
+      <c r="B1444" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1444" s="1" t="s">
+        <v>4090</v>
+      </c>
+      <c r="D1444" s="1" t="s">
+        <v>4091</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:4">
+      <c r="A1445" s="1" t="s">
+        <v>4092</v>
+      </c>
+      <c r="B1445" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1445" s="1" t="s">
+        <v>4093</v>
+      </c>
+      <c r="D1445" s="1" t="s">
+        <v>4094</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:4">
+      <c r="A1446" s="1" t="s">
+        <v>4095</v>
+      </c>
+      <c r="B1446" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1446" s="1" t="s">
+        <v>4096</v>
+      </c>
+      <c r="D1446" s="1" t="s">
+        <v>4097</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:4">
+      <c r="A1447" s="1" t="s">
+        <v>4098</v>
+      </c>
+      <c r="B1447" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1447" s="1" t="s">
+        <v>4099</v>
+      </c>
+      <c r="D1447" s="1" t="s">
+        <v>4100</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:4">
+      <c r="A1448" s="1" t="s">
+        <v>4101</v>
+      </c>
+      <c r="B1448" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1448" s="1" t="s">
+        <v>4102</v>
+      </c>
+      <c r="D1448" s="1" t="s">
+        <v>4103</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:4">
+      <c r="A1449" s="1" t="s">
+        <v>4104</v>
+      </c>
+      <c r="B1449" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1449" s="1" t="s">
+        <v>4105</v>
+      </c>
+      <c r="D1449" s="1" t="s">
+        <v>4106</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:4">
+      <c r="A1450" s="1" t="s">
+        <v>4107</v>
+      </c>
+      <c r="B1450" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1450" s="1" t="s">
+        <v>4051</v>
+      </c>
+      <c r="D1450" s="1" t="s">
+        <v>4108</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:4">
+      <c r="A1451" s="1" t="s">
+        <v>4109</v>
+      </c>
+      <c r="B1451" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1451" s="1" t="s">
+        <v>4110</v>
+      </c>
+      <c r="D1451" s="1" t="s">
+        <v>4111</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:4">
+      <c r="A1452" s="1" t="s">
+        <v>4112</v>
+      </c>
+      <c r="B1452" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1452" s="1" t="s">
+        <v>4113</v>
+      </c>
+      <c r="D1452" s="1" t="s">
+        <v>4114</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:4">
+      <c r="A1453" s="1" t="s">
+        <v>4115</v>
+      </c>
+      <c r="B1453" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1453" s="1" t="s">
+        <v>4116</v>
+      </c>
+      <c r="D1453" s="1" t="s">
+        <v>4117</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:4">
+      <c r="A1454" s="1" t="s">
+        <v>4118</v>
+      </c>
+      <c r="B1454" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1454" s="1" t="s">
+        <v>4119</v>
+      </c>
+      <c r="D1454" s="1" t="s">
+        <v>4120</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:4">
+      <c r="A1455" s="1" t="s">
+        <v>4121</v>
+      </c>
+      <c r="B1455" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1455" s="1" t="s">
+        <v>4122</v>
+      </c>
+      <c r="D1455" s="1" t="s">
+        <v>4123</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:4">
+      <c r="A1456" s="1" t="s">
+        <v>4124</v>
+      </c>
+      <c r="B1456" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1456" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D1456" s="1" t="s">
+        <v>4126</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:4">
+      <c r="A1457" s="1" t="s">
+        <v>4127</v>
+      </c>
+      <c r="B1457" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1457" s="1" t="s">
+        <v>4128</v>
+      </c>
+      <c r="D1457" s="1" t="s">
+        <v>4129</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:4">
+      <c r="A1458" s="1" t="s">
+        <v>4130</v>
+      </c>
+      <c r="B1458" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1458" s="1" t="s">
+        <v>4131</v>
+      </c>
+      <c r="D1458" s="1" t="s">
+        <v>4132</v>
+      </c>
+    </row>
+    <row r="1459" spans="1:4">
+      <c r="A1459" s="1" t="s">
+        <v>4133</v>
+      </c>
+      <c r="B1459" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1459" s="1" t="s">
+        <v>4134</v>
+      </c>
+      <c r="D1459" s="1" t="s">
+        <v>4135</v>
+      </c>
+    </row>
+    <row r="1460" spans="1:4">
+      <c r="A1460" s="1" t="s">
+        <v>4136</v>
+      </c>
+      <c r="B1460" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1460" s="1" t="s">
+        <v>4137</v>
+      </c>
+      <c r="D1460" s="1" t="s">
+        <v>4138</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:4">
+      <c r="A1461" s="1" t="s">
+        <v>4139</v>
+      </c>
+      <c r="B1461" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1461" s="1" t="s">
+        <v>4140</v>
+      </c>
+      <c r="D1461" s="1" t="s">
+        <v>4141</v>
+      </c>
+    </row>
+    <row r="1462" spans="1:4">
+      <c r="A1462" s="1" t="s">
+        <v>4142</v>
+      </c>
+      <c r="B1462" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1462" s="1" t="s">
+        <v>4143</v>
+      </c>
+      <c r="D1462" s="1" t="s">
+        <v>4144</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:4">
+      <c r="A1463" s="1" t="s">
+        <v>4145</v>
+      </c>
+      <c r="B1463" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1463" s="1" t="s">
+        <v>4146</v>
+      </c>
+      <c r="D1463" s="1" t="s">
+        <v>4147</v>
+      </c>
+    </row>
+    <row r="1464" spans="1:4">
+      <c r="A1464" s="1" t="s">
+        <v>4148</v>
+      </c>
+      <c r="B1464" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1464" s="1" t="s">
+        <v>4149</v>
+      </c>
+      <c r="D1464" s="1" t="s">
+        <v>4150</v>
+      </c>
+    </row>
+    <row r="1465" spans="1:4">
+      <c r="A1465" s="1" t="s">
+        <v>4151</v>
+      </c>
+      <c r="B1465" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1465" s="1" t="s">
+        <v>4152</v>
+      </c>
+      <c r="D1465" s="1" t="s">
+        <v>4153</v>
+      </c>
+    </row>
+    <row r="1466" spans="1:4">
+      <c r="A1466" s="1" t="s">
+        <v>4154</v>
+      </c>
+      <c r="B1466" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1466" s="1" t="s">
+        <v>4155</v>
+      </c>
+      <c r="D1466" s="1" t="s">
+        <v>4156</v>
+      </c>
+    </row>
+    <row r="1467" spans="1:4">
+      <c r="A1467" s="1" t="s">
+        <v>4157</v>
+      </c>
+      <c r="B1467" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1467" s="1" t="s">
+        <v>4158</v>
+      </c>
+      <c r="D1467" s="1" t="s">
+        <v>4159</v>
+      </c>
+    </row>
+    <row r="1468" spans="1:4">
+      <c r="A1468" s="1" t="s">
+        <v>4160</v>
+      </c>
+      <c r="B1468" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1468" s="1" t="s">
+        <v>4161</v>
+      </c>
+      <c r="D1468" s="1" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="1469" spans="1:4">
+      <c r="A1469" s="1" t="s">
+        <v>4163</v>
+      </c>
+      <c r="B1469" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1469" s="1" t="s">
+        <v>4164</v>
+      </c>
+      <c r="D1469" s="1" t="s">
+        <v>4165</v>
+      </c>
+    </row>
+    <row r="1470" spans="1:4">
+      <c r="A1470" s="1" t="s">
+        <v>4166</v>
+      </c>
+      <c r="B1470" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1470" s="1" t="s">
+        <v>4128</v>
+      </c>
+      <c r="D1470" s="1" t="s">
+        <v>4167</v>
+      </c>
+    </row>
+    <row r="1471" spans="1:4">
+      <c r="A1471" s="1" t="s">
+        <v>4168</v>
+      </c>
+      <c r="B1471" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1471" s="1" t="s">
+        <v>4169</v>
+      </c>
+      <c r="D1471" s="1" t="s">
+        <v>4170</v>
+      </c>
+    </row>
+    <row r="1472" spans="1:4">
+      <c r="A1472" s="1" t="s">
+        <v>4171</v>
+      </c>
+      <c r="B1472" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1472" s="1" t="s">
+        <v>4172</v>
+      </c>
+      <c r="D1472" s="1" t="s">
+        <v>4173</v>
+      </c>
+    </row>
+    <row r="1473" spans="1:4">
+      <c r="A1473" s="1" t="s">
+        <v>4174</v>
+      </c>
+      <c r="B1473" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1473" s="1" t="s">
+        <v>4175</v>
+      </c>
+      <c r="D1473" s="1" t="s">
+        <v>4176</v>
+      </c>
+    </row>
+    <row r="1474" spans="1:4">
+      <c r="A1474" s="1" t="s">
+        <v>4177</v>
+      </c>
+      <c r="B1474" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1474" s="1" t="s">
+        <v>4178</v>
+      </c>
+      <c r="D1474" s="1" t="s">
+        <v>4179</v>
+      </c>
+    </row>
+    <row r="1475" spans="1:4">
+      <c r="A1475" s="1" t="s">
+        <v>4180</v>
+      </c>
+      <c r="B1475" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1475" s="1" t="s">
+        <v>4181</v>
+      </c>
+      <c r="D1475" s="1" t="s">
+        <v>4182</v>
+      </c>
+    </row>
+    <row r="1476" spans="1:4">
+      <c r="A1476" s="1" t="s">
+        <v>4183</v>
+      </c>
+      <c r="B1476" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1476" s="1" t="s">
+        <v>4184</v>
+      </c>
+      <c r="D1476" s="1" t="s">
+        <v>4185</v>
+      </c>
+    </row>
+    <row r="1477" spans="1:4">
+      <c r="A1477" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="B1477" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1477" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1477" s="1" t="s">
+        <v>4188</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:4">
+      <c r="A1478" s="1" t="s">
+        <v>4189</v>
+      </c>
+      <c r="B1478" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1478" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1478" s="1" t="s">
+        <v>4190</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:4">
+      <c r="A1479" s="1" t="s">
+        <v>4191</v>
+      </c>
+      <c r="B1479" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1479" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1479" s="1" t="s">
+        <v>4192</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:4">
+      <c r="A1480" s="1" t="s">
+        <v>4193</v>
+      </c>
+      <c r="B1480" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1480" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1480" s="1" t="s">
+        <v>4194</v>
+      </c>
+    </row>
+    <row r="1481" spans="1:4">
+      <c r="A1481" s="1" t="s">
+        <v>4195</v>
+      </c>
+      <c r="B1481" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1481" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1481" s="1" t="s">
+        <v>4196</v>
+      </c>
+    </row>
+    <row r="1482" spans="1:4">
+      <c r="A1482" s="1" t="s">
+        <v>4197</v>
+      </c>
+      <c r="B1482" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1482" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1482" s="1" t="s">
+        <v>4198</v>
+      </c>
+    </row>
+    <row r="1483" spans="1:4">
+      <c r="A1483" s="1" t="s">
+        <v>4199</v>
+      </c>
+      <c r="B1483" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1483" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1483" s="1" t="s">
+        <v>4200</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:4">
+      <c r="A1484" s="1" t="s">
+        <v>4201</v>
+      </c>
+      <c r="B1484" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1484" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1484" s="1" t="s">
+        <v>4202</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:4">
+      <c r="A1485" s="1" t="s">
+        <v>4203</v>
+      </c>
+      <c r="B1485" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1485" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1485" s="1" t="s">
+        <v>4204</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:4">
+      <c r="A1486" s="1" t="s">
+        <v>4205</v>
+      </c>
+      <c r="B1486" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1486" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1486" s="1" t="s">
+        <v>4206</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:4">
+      <c r="A1487" s="1" t="s">
+        <v>4207</v>
+      </c>
+      <c r="B1487" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1487" s="1" t="s">
+        <v>4208</v>
+      </c>
+      <c r="D1487" s="1" t="s">
+        <v>4209</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>