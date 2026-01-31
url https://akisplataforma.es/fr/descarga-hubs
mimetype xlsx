--- v0 (2025-12-15)
+++ v1 (2026-01-31)
@@ -12,76 +12,115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hubs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
-[...7 lines deleted...]
-    <t>Descripción</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+  <si>
+    <t>Nom</t>
+  </si>
+  <si>
+    <t>Types de hubs</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>BIOHUBCAT</t>
+  </si>
+  <si>
+    <t>Moyeux</t>
+  </si>
+  <si>
+    <t>BIOHUBCAT est le guichet unique dédié à la valorisation économique des ressources biologiques renouvelables en Catalogne. C'est un lieu où les entreprises et les entrepreneurs peuvent trouver les solutions dont ils ont besoin pour franchir une nouvelle étape.</t>
+  </si>
+  <si>
+    <t>CTA (Société Technologique d'Andalousie)</t>
+  </si>
+  <si>
+    <t>Associations professionnelles, Plate-forme, Moyeux</t>
+  </si>
+  <si>
+    <t>CTA est le pôle d'innovation multisectoriel d'Andalousie, actif à l'échelle nationale et internationale. Elle aide les entreprises, les administrations publiques et les universités à élaborer une stratégie de R&amp;D&amp;I adaptée à leurs besoins. De l'identification des besoins en R&amp;D&amp;I à la formulation de projets pour y répondre, en passant par la recherche de partenaires et de financements, elle accompagne les entreprises tout au long de leurs projets d'innovation. Elle constitue un allié stratégique pour transformer les résultats en opportunités commerciales et un partenaire performant dans les projets d'innovation internationaux. Il s'agit d'une fondation privée comptant plus de 186 entreprises membres et forte de 20 ans d'expérience , initialement créée par la Junta de Andalucía et à gestion privée, dédiée à la promotion de l'innovation technologique. Plus de 186 entreprises font partie de CTA. Des grandes multinationales aux PME en passant par les start-ups technologiques, issues de tous les secteurs économiques.</t>
+  </si>
+  <si>
+    <t>Centre agro-technologique intelligent</t>
+  </si>
+  <si>
+    <t>Smart Agro Hub est un écosystème de recherche, de connaissances pratiques et d'entrepreneuriat qui contribue à la création d'un système de production agricole plus respectueux de l'environnement et basé sur les technologies numériques. La vision du centre de compétences est d'être un catalyseur pour la transformation numérique de l'agriculture grecque et la formation d'un nouveau modèle de production durable dans le secteur agroalimentaire, grâce à des solutions innovantes. La mission du Smart Agro Hub est la suivante : Fournir aux producteurs des solutions agrotechnologiques intelligentes et efficaces pour augmenter les rendements, réduire les coûts de production et améliorer leur empreinte environnementale. Fournir à l'industrie alimentaire des solutions durables pour établir et atteindre des objectifs de durabilité conformes aux normes internationales et acquérir une position concurrentielle sur le marché. Activités du centre : Le développement de solutions innovantes pour la transformation numérique de l'agriculture grecque Le développement, les essais, l'évaluation et l'amélioration des technologies agricoles Dans la réalisation d'expériences agricoles Fournir des services de conseil en développement durable Évaluation de l'empreinte environnementale de la chaîne agroalimentaire Développement de produits et de technologies numériques innovants dans le secteur agroalimentaire Mener des recherches scientifiques et participer à des projets de recherche dans le domaine de l'agriculture et des biotechnologies.</t>
+  </si>
+  <si>
+    <t>Cluster énergétique basque</t>
+  </si>
+  <si>
+    <t>Association de clusters qui rassemble et représente les entreprises du secteur énergétique basque afin de renforcer leur positionnement et leur compétitivité. Nous sommes le point de rencontre et de connexion des entreprises, des organisations et des entités publiques qui développent leur activité autour des chaînes de valeur énergétiques. Nous encourageons et coordonnons les actions collaboratives visant à améliorer la compétitivité du secteur énergétique basque. Le cluster développe des projets de R&amp;D dans les domaines suivants : décarbonation industrielle, énergie éolienne, hydrogène et carburants renouvelables, réseaux intelligents et photovoltaïque solaire (projet Agrovitivoltaica ).</t>
+  </si>
+  <si>
+    <t>DIH-LEAF (Élevage, Environnement, Agriculture et Forêt)</t>
+  </si>
+  <si>
+    <t>Le Centre d'innovation numérique (DIH) axé sur les secteurs de l'élevage, de l'environnement, de l'agriculture et de la foresterie ( DIH-LEAF) regroupe divers acteurs liés au secteur de la production et à différentes initiatives technologiques. Parmi les participants au DIH-LEAF figurent des universités et des centres technologiques, des entreprises, des associations de producteurs, des organisations à but non lucratif, et d'autres encore. Pour relever le défi de la numérisation et de l'innovation technologique dans ce vaste secteur productif, DIH-LEAF a été créé en tant qu'écosystème de numérisation unique et autonome. Son objectif ultime est de numériser ces entités afin d'accroître leur efficacité, leur compétitivité et leur durabilité grâce à l'application des technologies de l'information et de la communication (TIC). Ce projet contribue au développement durable des zones rurales et urbaines. Voici les services offerts par DIH-LEAF : Essai et expérimentation Entraînement Aide à la recherche de sources de financement</t>
+  </si>
+  <si>
+    <t>Pôle d'innovation numérique basque (Bdih)</t>
+  </si>
+  <si>
+    <t>Le Basque Digital Innovation Hub (Bdih) offre aux PME un accès aux capacités technologiques nécessaires pour relever les défis de l'industrie intelligente, de l'énergie et de la santé, et pour évoluer dans un environnement numérique et durable. Le Hub met à la disposition des entreprises l'infrastructure et l'expertise nécessaires. Laboratoires, équipements, logiciels, capacités scientifiques et technologiques, et une équipe d'experts accompagnent chaque projet sur l'un de ces 8 sites : nœud de robotique flexible et collaboratif Nœud de matériaux avancés Nœud de machines intelligentes et connectées Nœud de fabrication additive Nœud de cybersécurité Nœud de réseau électrique numérique Dispositifs médicaux et nœud de santé numérique Nœud d'intelligence artificielle</t>
+  </si>
+  <si>
+    <t>Hub circulaire basque</t>
+  </si>
+  <si>
+    <t>Le Basque Circular HUB est une initiative visant à proposer des services de pointe en matière d'économie circulaire au Pays basque . Géré par l'entreprise publique Ihobe, il est le fruit d'une collaboration public-privé entre le gouvernement basque, les municipalités de Bilbao et de Vitoria-Gasteiz, l'université de Deusto, l'université du Pays basque (UPV-EHU), l'université de Mondragón, l'université de Navarre, le Centre de recherche appliquée en formation professionnelle euskadi (Tknika) et la Fondation Novia Salcedo. Le Basque Circular HUB propose des études de marché, des formations avancées, des analyses de tendances et des services de production de connaissances d'experts dans le domaine de l'économie circulaire. Concrètement, il favorise le développement de projets techniques d'économie circulaire au sein des entreprises basques, avec la participation de jeunes professionnels formés au HUB. Les entreprises bénéficient ainsi de jeunes spécialistes capables d'intégrer l'économie circulaire à leurs processus, tandis que les étudiants accèdent à un environnement professionnel propice à la mise en pratique de leurs acquis.</t>
   </si>
   <si>
     <t>SERIDA-HUB</t>
   </si>
   <si>
-    <t>Moyeux</t>
-[...1 lines deleted...]
-  <si>
     <t>Le HUB vise à renforcer la collaboration public-privé et à fournir aux parties prenantes un réseau de fermes pilotes menant des activités de R&amp;D et de démonstration. Le réseau de fermes de démonstration SERIDA-HUB comprend 6 fermes, couvrant plus de 400 hectares et représentant différentes conditions de sol, de climat et d'écosystème, équipées de serres, de chambres de culture, de laboratoires et de troupeaux. Au SERIDA-HUB, des études de démonstration peuvent être menées dans le but de transférer l'innovation scientifique au secteur agroalimentaire et de promouvoir des laboratoires vivants et des centres d'excellence, afin de favoriser la collaboration public-privé et d'établir des synergies entre la science, la technologie, l'agriculture et l'élevage.</t>
   </si>
   <si>
-    <t>BIOHUBCAT</t>
-[...4 lines deleted...]
-  <si>
     <t>IRIS : Hub européen d'innovation numérique Navarre</t>
   </si>
   <si>
     <t>Hub qui offre à ceux qui recherchent des services de transformation numérique en Navarre, des informations sur les services qui répondent à leurs besoins et gère les procédures nécessaires à leur mise en place.</t>
   </si>
   <si>
     <t>Technologies pour l'efficacité Hub d'innovation numérique Estrémadure (T4E DIH)</t>
   </si>
   <si>
     <t>Pôle d'innovation numérique d'Estrémadure dont l'objectif est de promouvoir la transformation numérique dans la région à travers des projets d'innovation et de technologie</t>
   </si>
   <si>
     <t>HUB d’innovation numérique des Asturies</t>
   </si>
   <si>
     <t>Espace dans lequel les entreprises peuvent expérimenter la technologie avant d'y investir et participer à des activités de démonstration complémentaires et à des services alternatifs qui contribuent au succès de leur processus de numérisation.</t>
   </si>
   <si>
     <t>Hub National de la Digitalisation et du Vin</t>
   </si>
   <si>
     <t>Hub visant à diffuser les activités, les projets, les réseaux, les réglementations et les propositions de valeur et d'innovation du secteur vitivinicole pour rapprocher, accélérer et faciliter la transformation numérique de l'industrie vitivinicole</t>
   </si>
   <si>
     <t>Centre national de technologie d'irrigation (CENTRE)</t>
@@ -170,368 +209,362 @@
   <si>
     <t>Roman-T</t>
   </si>
   <si>
     <t>Nous croyons au pouvoir de l’innovation et à sa contribution à une société meilleure et plus durable. Nous apportons notre soutien de manière indépendante et sans profit, aux frais de nos fondateurs.</t>
   </si>
   <si>
     <t>Ontzi BASQUE FOOD PACKAGING Innovation Hub</t>
   </si>
   <si>
     <t>La mission du Hub est de promouvoir la R&amp;D&amp;I pour concevoir des emballages alimentaires sûrs, durables et compétitifs qui profitent aux entreprises de la chaîne alimentaire basque et, bien sûr, à l'environnement.</t>
   </si>
   <si>
     <t>AgrobankHub</t>
   </si>
   <si>
     <t>Un écosystème virtuel pour partager des connaissances et fournir de nouveaux outils aux professionnels de l'agriculture.</t>
   </si>
   <si>
     <t>Pôle d'innovation alimentaire de Madrid</t>
   </si>
   <si>
     <t>Le MADRID FOOD INNOVATION HUB est le premier centre d'entrepreneuriat alimentaire de Madrid. Il s'agit d'une initiative pionnière visant à promouvoir l'innovation et l'entrepreneuriat tout au long de la chaîne de valeur agroalimentaire.</t>
   </si>
   <si>
+    <t>eAtex. Centre d'innovation alimentaire par CNTA</t>
+  </si>
+  <si>
+    <t>Pôle d'innovation collaborative pour le transfert et l'implantation de technologies dans l'industrie agroalimentaire</t>
+  </si>
+  <si>
+    <t>AIR4S. Intelligence artificielle et robotique pour les objectifs de développement durable</t>
+  </si>
+  <si>
+    <t>Hub pour promouvoir le développement et la croissance de l'industrie dans la Communauté de Madrid grâce à l'utilisation et à la mise en œuvre de technologies basées sur l'intelligence artificielle et la robotique.</t>
+  </si>
+  <si>
+    <t>Association Cluster Numérique de Catalogne</t>
+  </si>
+  <si>
+    <t>Espace de travail pour les entreprises, entités et groupes de recherche du secteur des technologies de l'information et des communications (TIC)</t>
+  </si>
+  <si>
+    <t>Barrax - Centre d'innovation rurale</t>
+  </si>
+  <si>
+    <t>Hub où sont promus les conférences de recherche, les réunions d'affaires, le réseautage professionnel, la collecte de fonds européens, l'information et l'expérimentation.</t>
+  </si>
+  <si>
+    <t>Centre d'Innovation et de Technologie UPC (CIT UPC)</t>
+  </si>
+  <si>
+    <t>Centre de recherche, de formation et de transfert de connaissances</t>
+  </si>
+  <si>
     <t>iHub La Vega Innova</t>
   </si>
   <si>
     <t>Un écosystème complet pour les startups du secteur AgriFoodTech et une vitrine de technologies qui accélère la transformation numérique du secteur agroalimentaire, de ses PME et des travailleurs indépendants.</t>
   </si>
   <si>
     <t>Giasat</t>
   </si>
   <si>
     <t>GIASAT (Gestion agroécologique intégrée des systèmes alimentaires territorialisés) est un groupe de travail créé en 2019. Nous formons actuellement un consortium de cinq entités liées au secteur agroécologique. Notre point commun est que, depuis des perspectives et des lieux différents, nous promouvons, facilitons et/ou soutenons certains de ces processus sur nos territoires.</t>
   </si>
   <si>
-    <t>eAtex. Centre d'innovation alimentaire par CNTA</t>
-[...26 lines deleted...]
-    <t>Centre de recherche, de formation et de transfert de connaissances</t>
+    <t>Cluster de Construction Durable d'Andalousie</t>
+  </si>
+  <si>
+    <t>Projet à caractère associatif et de reconversion du secteur qui permet d'identifier et de mettre en œuvre en permanence de nouvelles opportunités et d'héberger des entreprises durables.</t>
   </si>
   <si>
     <t>Parc scientifique et technologique de Poznan de la Fondation universitaire Adam Mickiewicz</t>
   </si>
   <si>
     <t>Le Parc scientifique et technologique de Poznan (PSTP) est le premier parc technologique de Pologne (1995). Es operado (como el departamento clave) por Adam Mickiewicz University Foundation, una organización sin fines de lucro con la misión de estimular la colaboración entre la ciencia y la industria para activar el desarrollo regional a través de la innovación, la transferencia de tecnología y la coopération internationale.</t>
   </si>
   <si>
     <t>Institut de recherche RISE ICT de Suède TIC</t>
   </si>
   <si>
     <t>Rise Research Institutes of Sweden est l'institut de recherche et partenaire d'innovation de la Suède. Grâce à une collaboration internationale avec l'industrie, le monde universitaire et le secteur public, nous garantissons la compétitivité des entreprises et contribuons à une société durable.</t>
   </si>
   <si>
     <t>SmartAgri</t>
   </si>
   <si>
     <t>Smartagri est un effort conjoint d'Agroväst, des instituts de recherche suédois (Rise) et du Science Park Skövde dans le but d'accélérer la numérisation du secteur agricole dans l'ouest de la Suède.</t>
   </si>
   <si>
     <t>Espace53</t>
   </si>
   <si>
     <t>Space53 rassemble les gouvernements, les institutions du savoir, les travailleurs humanitaires et les entreprises dans un cluster d'innovation en matière de drones et renforce l'écosystème en créant les conditions préalables au développement et à l'application réussis de systèmes sans pilote.</t>
   </si>
   <si>
-    <t>Cluster de Construction Durable d'Andalousie</t>
-[...2 lines deleted...]
-    <t>Projet à caractère associatif et de reconversion du secteur qui permet d'identifier et de mettre en œuvre en permanence de nouvelles opportunités et d'héberger des entreprises durables.</t>
+    <t>Laboratoires de drones arctiques</t>
+  </si>
+  <si>
+    <t>Arctic Drone Labs est un centre de recherche innovant sur la mobilité aérienne situé en Finlande. Nous sommes à l’avant-garde du rassemblement et de l’exploitation de l’expertise, des outils de pointe et des innovations révolutionnaires pour stimuler la croissance dans le secteur des systèmes aériens sans pilote (UAS). Notre mission consiste à favoriser le développement des entreprises, à faire progresser les initiatives de recherche et à responsabiliser l’éducation dans ce domaine transformateur.</t>
+  </si>
+  <si>
+    <t>ART-ER-DIH</t>
+  </si>
+  <si>
+    <t>Art-Er (anciennement Aster) fonctionne comme un centre d'innovation numérique dans la région Émilie-Romagne, et sa proposition de valeur est la connexion des parties prenantes et l'intégration d'initiatives, de services et d'opportunités pour exploiter les infrastructures, les connaissances, les expériences des entreprises et des fournisseurs. (des installations, des services, de la formation, etc.).</t>
+  </si>
+  <si>
+    <t>HUB d’innovation en cybersécurité</t>
   </si>
   <si>
     <t>Agroalimentaire Croatie</t>
   </si>
   <si>
     <t>Agrifood Croatia est un pôle d'innovation qui rassemble des acteurs de la recherche, des entreprises et du public en Croatie pour la poursuite commune des transformations numériques dans les secteurs de l'aquaculture, de l'agriculture et de l'alimentation.</t>
   </si>
   <si>
     <t>Vice-président Delta</t>
   </si>
   <si>
     <t>Agrohub.bg est un pôle européen d'innovation numérique pour la région Centre-Sud, approuvé dans le cadre du programme Digital Europe avec le projet Agrodigirise. Le projet a débuté le 1er novembre 2022 et dure trois ans. Il est mis en œuvre par un consortium au profil et à l'expérience diversifiés : organisations sectorielles, unités scientifiques et de recherche, établissements de formation, entreprises technologiques, importateurs de machines agricoles, etc. en partenariat avec la municipalité de Plovdiv.</t>
   </si>
   <si>
-    <t>Laboratoires de drones arctiques</t>
-[...10 lines deleted...]
-  <si>
     <t>Recherche à Wageningen</t>
   </si>
   <si>
     <t>La force de l’Université et de la Recherche de Wageningen réside dans sa capacité à unir les forces des instituts de recherche spécialisés et de l’université. On le retrouve également dans les efforts conjugués des différents domaines des sciences naturelles et sociales.</t>
   </si>
   <si>
     <t>ahedd - Plateforme Attica pour l'économie des données et des appareils</t>
   </si>
   <si>
     <t>Le Centre national de recherche scientifique (CNRS) Demokritos est le plus grand centre de recherche multidisciplinaire de Grèce, avec environ 1 000 employés et plus de 50 ans de réalisations scientifiques révolutionnaires et de contributions à l'économie et à la société grecques. Partenaire clé de plusieurs initiatives technologiques nationales, telles que l'acquisition et l'exploitation d'installations de calcul haute performance et la mise en place de réseaux informatiques à haut débit dans le pays, il est actuellement chef de file ou membre de plusieurs projets d'infrastructure nationaux et européens.</t>
   </si>
   <si>
-    <t>HUB d’innovation en cybersécurité</t>
+    <t>Institut technologique danois, technologie robotique</t>
+  </si>
+  <si>
+    <t>L'Institut technologique danois est une entreprise leader en matière de recherche et de technologie. Ils aident leurs clients à transformer les dernières connaissances et technologies en valeur. Nous sommes experts en production, matériaux, technologie environnementale, commerce, énergie, agrotechnologie, recherche sur la viande et plus encore.</t>
+  </si>
+  <si>
+    <t>DIH PANNONIE</t>
+  </si>
+  <si>
+    <t>L'Agence de développement du comté de Vukovar-Srijem prépare le plan de développement du comté de Vukovar-Srijem ainsi que d'autres documents stratégiques et de développement. Fournit une assistance spécialisée dans la préparation et la mise en œuvre de programmes, de projets de développement aux organismes de droit public et aux institutions publiques de la région du comté, qui présentent un intérêt pour le développement du comté, ainsi que des projets communs présentant un intérêt pour le développement de plusieurs comtés. .</t>
+  </si>
+  <si>
+    <t>Cluster Transactions E-Secure - TES</t>
+  </si>
+  <si>
+    <t>Le cluster TES, pôle de compétitivité numérique de Normandie, représente un écosystème de 150 membres, composé de grandes entreprises, PME, collectivités territoriales, établissements de recherche et de formation et autres organismes. Avec ses membres et partenaires, le pôle TES imagine et co-conçoit les usages de demain grâce aux nouvelles technologies liées au triptyque « sécurité / interopérabilité / fiabilité ». Ces actions génèrent des progrès, des rotations, des emplois et une valorisation du territoire.</t>
+  </si>
+  <si>
+    <t>Laboratoire de conception et d'application de systèmes embarqués DIH (ESDALAB DIH)</t>
+  </si>
+  <si>
+    <t>Esdalab DIH coordonne un vaste réseau DIHS couvrant l’Europe du Sud et de l’Est, à travers lequel il offre des opportunités de financement et soutient la coopération multipartite entre des organisations aux expertises complémentaires. Elle propose également des services innovants aux entreprises, notamment aux PME (y compris les startups) et aux entreprises de taille légèrement plus grande, pour accompagner leur transformation numérique.</t>
+  </si>
+  <si>
+    <t>Parlement des agriculteurs Lettonie Hub d'innovation numérique - ZSA DIH</t>
+  </si>
+  <si>
+    <t>Smartagro est un site Web d'innovation et de technologie agricoles. L'idée principale de Smartagro est d'informer et d'encourager les agriculteurs et autres parties prenantes à utiliser de nouvelles technologies, services, produits et systèmes pour un avenir durable dans les zones rurales. En se concentrant sur les clusters régionaux, les pôles d'innovation numérique, les laboratoires vivants et les solutions technologiques dans les projets du programme de recherche et d'innovation Horizon 2020 de l'UE, le site Web fournira des idées et des solutions de pointe pour faciliter l'innovation dans les zones rurales. Smartagro est géré par une organisation non gouvernementale - le Parlement des Paysans (FP).</t>
+  </si>
+  <si>
+    <t>Hub d'impulsion numérique</t>
+  </si>
+  <si>
+    <t>Hub qui fournit du conseil, un écosystème et un réseautage, une formation et un financement</t>
+  </si>
+  <si>
+    <t>Hub d'innovation numérique Andalousie Agrotech</t>
+  </si>
+  <si>
+    <t>Pôle de diffusion de technologies et d'innovations, services de conseil, R&amp;D appliquée, technologique, formation, accélération et entrepreneuriat.</t>
   </si>
   <si>
     <t>Centre d'agriculture numérique</t>
   </si>
   <si>
     <t>Centre de services de soutien, qui aide les entreprises agricoles à devenir plus compétitives en améliorant leurs processus commerciaux/de production, ainsi que leurs produits et services grâce à la technologie numérique.</t>
   </si>
   <si>
-    <t>Institut technologique danois, technologie robotique</t>
-[...40 lines deleted...]
-  <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova ihub est une association à but non lucratif qui promeut l'innovation technologique en Italie, en attirant la formation, la consulat et tout le reste. La Nostra Associazione a la Sfida di contribue à faciliter l'autonomisation de toutes les technologies d'avant-garde, la stratégie impérative du secteur, les nouveaux modèles d'entreprises et le développement durable de solutions et d'infrastructures dans les zones rurales pour les conformer aux « solutions et infrastructures intelligentes dans les zones et les zones rurales par après s'être conformé aux « solutions et infrastructures intelligentes dans les zones rurales et après s'être conformé aux « solutions et infrastructures intelligentes au Benessere pour une meilleure qualité de vie</t>
   </si>
   <si>
     <t>NOURRITURE DE Flandre, FF</t>
   </si>
   <si>
     <t>La nourriture de la Flandre est Sinds de Oprichting Hét Innovatieplatform Voor de Vlaamse Voedingsindustrie. La gastronomie du Werd flamand en 2005 Opgericht Door Fevia Vlaanderen (Federatie Van de Voedingsindustrie) à Een 20-Tal Stichtende Leden. Le point de sortie ? Porte Samenwerking, rencontré Elkaar chez Onderzoekspartner, Meer Slagkracht Bekomen. Een Visie Waar We Nog Steeds en Geloven. De Klassieke "Waardeketen" Van Boer Tot Klant, Met Een Centrale Rol Voor de Voedingsfabriek, Bleek Meer en Meer Achterhaald. Het Speelveld Wordt immerge Elke Dag Globaler. La compétitivité du système agroalimentaire s'appuie sur des idées nouvelles pour inverser la tendance à l'innovation et aux organisations à but social. Idem sur le secteur Van de Grenzen dans le Heen de Regio. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen. Iedereen die Een Meerwaarde Ziet et Een Samenwerking Met Het Ecosysteem Rond de Vlaamse Voedingsindustrie es van Harte Welkom.</t>
   </si>
   <si>
     <t>GreenSupplyChain DIH</t>
   </si>
   <si>
     <t>La stratégie Farm to Fork est au cœur du pacte vert européen dans le but de rendre les systèmes alimentaires équitables, sains et respectueux de l’environnement. Nous devons repenser nos systèmes alimentaires pour les rendre plus durables et accroître leur résilience. Les nouvelles technologies et les découvertes scientifiques, combinées à une sensibilisation accrue du public et à une demande accrue d’aliments durables, bénéficieront à toutes les parties prenantes. La révolution numérique offre des opportunités, mais de nombreuses entreprises ont encore du mal à savoir dans quelles technologies investir et comment obtenir un financement. Plus de 90 % des PME sont laissées pour compte en matière d’innovation numérique et ont besoin d’être accompagnées pour leur transformation numérique.</t>
   </si>
   <si>
     <t>HUB d’expériences d’innovation (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub est une association à but non lucratif dont l'objectif est de : a. Renforcer le niveau de connaissance et de sensibilisation des entreprises concernant les opportunités offertes par la transformation numérique, également dans le contexte du Plan National d'Entreprise 4.0, de la stratégie européenne pour la numérisation de l'industrie (« Digitalisation de l'industrie européenne - DEI ») et du TICHE Innovation programme destiné aux petites et moyennes entreprises manufacturières (programme « ICT Innovation for Manufacturing PME-I4MS ») ; b. être la porte d’entrée vers l’écosystème d’innovation pour accompagner la transformation numérique du système de production ; C. stimuler la demande d'innovation des entreprises ; d. Créer un pont entre l'entreprise et le monde de la recherche.</t>
   </si>
   <si>
     <t>Institut de l'Elevage - Idèle</t>
   </si>
   <si>
     <t>La mission de l'Institut de L'Elevage est d'améliorer la compétitivité des élevages herbivores et de leurs filières dans un contexte en constante évolution. Leurs travaux apportent des solutions techniques et innovantes aux agriculteurs et aux acteurs des filières bovine, ovine, caprine et équine. Ils apportent des réponses aux problèmes sociaux et aux problématiques actuelles, au service des acteurs de l’élevage et de leurs filières.</t>
   </si>
   <si>
     <t>DIH-BAITUR : Hub d'Innovation Numérique des Îles Baléares pour l'Intelligence Artificielle et le Tourisme</t>
   </si>
   <si>
     <t>Hub orienté vers l'intelligence artificielle en tant que technologie de rupture qui contribuera à la transformation numérique des entreprises des Îles Baléares</t>
   </si>
   <si>
+    <t>DIHBU Industrie 4.0</t>
+  </si>
+  <si>
+    <t>Hub de promotion de l'innovation et de la veille concurrentielle pour encourager la co-création de nouveaux produits et la fourniture de services non technologiques complémentaires aux entreprises.</t>
+  </si>
+  <si>
+    <t>DIH Dynapsis</t>
+  </si>
+  <si>
+    <t>Hub axé sur la réalisation du développement durable, l'intégration de la transformation numérique dans la gestion environnementale et la réponse aux défis du changement climatique</t>
+  </si>
+  <si>
     <t>Le Pool French Tech Rennes St Malo</t>
   </si>
   <si>
     <t>L’écosystème technologique français, c’est avant tout les entrepreneurs, mais aussi tous ceux qui s’engagent dans la croissance des nouvelles entreprises et leur rayonnement international. La technologie française Rennes St Malo (FTRSM) occupe une place dans le 1er Classement National en télécommunications, agroalimentaire et cybersécurité. Les secteurs de la e-santé, des nouvelles mobilités et des industries créatives disposent également de forts atouts locaux.</t>
   </si>
   <si>
     <t>Laboratoire de Nanotechnologies LTFN (Laboratoire Couches Minces - Nanobiomatériaux - Nanosystèmes - Nanométrologie)</t>
   </si>
   <si>
     <t>Le laboratoire de nanotechnologie Ltfn, créé en 1991, est situé au département de physique de l'université Aristote de Thessalonique (Auth) et dans les installations Cope-H près de Thermi et de l'aéroport de Thessalonique. Il possède plus de 25 ans d'expérience dans la technologie des couches minces, la fabrication de nanomatériaux et de nanoparticules avancés, le développement/mise en œuvre de techniques de métrologie optique in situ et en temps réel, la modélisation informatique et les outils de nanométrologie. La mission du LTFN est de faire progresser la recherche de classe mondiale et les meilleures pratiques en nanotechnologie, électronique organique, nanomédecine et nanométrologie pour relever les défis mondiaux en matière de fabrication, d'énergie, d'éclairage, d'électronique, de photonique, d'IoT, de transport, de santé et de qualité de vie. , Agriculture, etc.</t>
   </si>
   <si>
     <t>Photonique Bretagne</t>
   </si>
   <si>
     <t>La plateforme technologique Photonics Bretagne possède une large expérience en biophotonique.</t>
   </si>
   <si>
     <t>ROBOCÔTE</t>
   </si>
   <si>
     <t>La mission de Robocoast est de soutenir la transformation numérique avec des compétences clés en cybersécurité, robotique, technologies énergétiques, intelligence artificielle, analyse de données, 5G et Internet des objets. Nous fournissons des services à l’industrie exportatrice et à d’autres industries, ainsi qu’aux startups et aux entreprises de haute technologie. Les produits et services développés par les membres se concentrent sur l'industrie d'exportation et ses chaînes de sous-traitance, la fabrication de pointe, les technologies de l'information et de la communication et le secteur de l'énergie. Nous proposons également une coopération multidisciplinaire dans des domaines tels que l'agriculture et les technologies de la santé.</t>
   </si>
   <si>
     <t>Industrie rurale DIH</t>
   </si>
   <si>
     <t>Digital Innovation Hub est officiellement traduit en finnois par Digital Innovation Hub. Il s'agit d'un outil développé et coordonné par la Commission européenne pour accélérer les solutions numériques pour les entreprises européennes. Le DIH est fondamentalement orienté vers la région et se concentre principalement sur les PME.</t>
   </si>
   <si>
-    <t>DIHBU Industrie 4.0</t>
-[...16 lines deleted...]
-  <si>
     <t>SMILE-DIH (Centre d'innovation Smart Manufacturing pour le Lean Excellence - Digital Innovation Hub)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) est un centre d'innovation numérique (DIH), accrédité et opérationnel au niveau européen, fondé à Parme en 2018, sous la forme d'une association à but non lucratif (légalement reconnue), par l'Unione Parmense Degli Industriali et Université de Parme. Smile-DIH fait partie d'I4MS (European DiH Network) et du réseau italien DIH confindustria et est capable de soutenir le transfert de technologie entre les centres de recherche (universités, centres de compétences, instituts et organismes privés) et les industries manufacturières. (notamment les PME et ETI), ainsi que les administrations publiques, à faire évoluer leurs modèles économiques à travers : la digitalisation des processus opérationnels pour les rendre plus efficaces et fonctionnels ; La mise en œuvre de méthodologies innovantes et Lean, appuyées par des technologies intelligentes, telles que les systèmes cyber-physiques (CPS), l'Internet des objets (IoT et IIoT), l'intelligence artificielle (IA), la robotique (autonome et collaborative), la cybersécurité, le calcul haute performance (HPC).</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Institut national Tyndall, Tyndall</t>
   </si>
   <si>
     <t>Le Tyndall National Institute est l'un des principaux centres européens de recherche en technologie approfondie pour le matériel et les systèmes intégrés de TIC (technologies de l'information et des communications). Spécialisés à la fois dans l'électronique et la photonique (matériaux, dispositifs, circuits et systèmes), nous sommes leader mondial dans nos domaines de recherche fondamentale suivants : Fabrication de plaquettes semi-conductrices Matériaux, dispositifs et plates-formes d'ingénierie quantiques Intégration et conditionnement microélectronique et photonique Systèmes intégrés d'énergie et d'atténuation du climat Biophotonique, bioélectronique, dispositifs et systèmes biomédicaux Capteurs et systèmes intelligents Systèmes centrés sur l'humain pour le travail et la vie Systèmes de communication optique Systèmes de communication sans fil Conception de signaux mixtes et de circuits analogiques</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Les pôles d'innovation numérique (DIHS) sont des « guichets uniques » testés par la Commission européenne qui aident les entreprises à devenir plus compétitives en ce qui concerne leurs processus commerciaux/de production, leurs produits ou leurs services utilisant les technologies numériques. En tant que premier point de contact régional et passerelle dans un écosystème d'innovation multipartite, ils offrent aux PME et autres entreprises : Un accès aux dernières connaissances, expériences et technologies pour accompagner leurs clients avec des pilotes, des tests et des expérimentations d'innovations numériques. Un soutien commercial et financier pour mettre en œuvre ces innovations.</t>
   </si>
   <si>
     <t>CP Lab Newcastle</t>
   </si>
   <si>
     <t>La qualité de la vie urbaine de demain dépendra de plus en plus de la relation complexe entre les systèmes informatiques, l’ingénierie, la physique et le comportement humain. Cette relation entre les personnes et la technologie que nous utilisons affectera de plus en plus tous les aspects de notre vie quotidienne, depuis la manière dont nous alimentons nos maisons et nos entreprises jusqu'à la manière dont nous produisons nos aliments. Les entreprises, les gouvernements et l’industrie dépendront d’une technologie intégrée qui pourrait apporter de grandes améliorations à nos vies, mais qui est également vulnérable aux cyberattaques et aux pannes logicielles. La nécessité de comprendre et de rassembler ces différents éléments pour fonctionner efficacement sera d’une importance cruciale pour le développement de la société. Le Cyber Physical Lab de l'Université de Newcastle fait partie du Digital Innovation Hub (DIH) sur le site ultramoderne de Newcastle Helix, mettant en œuvre la vision régionale qui développe l'économie numérique florissante dans le nord-est de l'Angleterre. En plus de l'Université de Newcastle, DIH propose des services par l'intermédiaire du National Innovation Centre for Data (NICD), fournissant aux organisations des compétences en matière de données exploitables ; Le Coding Institute, Bridging the Digital Skills Gap et le programme Arrow, alignant les besoins des PME régionales sur ceux de l'Université de Newcastle.</t>
   </si>
   <si>
     <t>Institut BioSense - Institut de recherche et de développement des technologies de l'information dans les biosystèmes</t>
   </si>
   <si>
     <t>Antares s'efforce de favoriser l'excellence de la recherche à l'Institut Biosense, de fournir des solutions numériques disruptives au secteur agricole européen, de stimuler l'entrepreneuriat et l'emploi régionaux et de garantir une alimentation suffisante et sûre à la population mondiale croissante.</t>
   </si>
   <si>
+    <t>Espace FIWARE</t>
+  </si>
+  <si>
+    <t>Elle concentre son activité sur la formation, la mise en réseau, la diffusion d'événements, d'avancées et de projets réalisés pour le développement technologique de Badajoz.</t>
+  </si>
+  <si>
+    <t>Cluster Alimentation +i</t>
+  </si>
+  <si>
+    <t>Projet de diffusion des activités, projets, réseaux, proposition de valeur et innovation réalisé par le cluster food+i.</t>
+  </si>
+  <si>
+    <t>Usine galicienne du futur HUB</t>
+  </si>
+  <si>
+    <t>Environnement pour la promotion de projets coopératifs à fort impact pour améliorer la compétitivité des entreprises du secteur automobile et de la mobilité de Galice</t>
+  </si>
+  <si>
     <t>IPC</t>
   </si>
   <si>
     <t>L'IPC agit comme un catalyseur qui rassemble le monde universitaire, les entreprises, le gouvernement et les investisseurs pour traduire des idées et des recherches brillantes sur le marché. Nous y parvenons en fournissant à nos clients un accès aux bons experts, équipes, réseaux, financements et bien plus encore, en reliant les points pour une innovation efficace. Nous sommes un centre d'innovation technologique indépendant de premier plan et un membre fondateur de la High Value Manufacturing Catapult du gouvernement britannique. Créées en 2004, nos équipes mettent sans relâche leurs nombreuses années d'expérience à profit pour garantir que chaque grande invention ait les meilleures chances de devenir un produit ou un procédé commercialisé avec succès. Nous travaillons avec nos partenaires sur divers marchés au Royaume-Uni et dans le monde, pour faire progresser leurs innovations et les aider à réduire les risques et les coûts associés au développement de produits.</t>
   </si>
   <si>
     <t>MicroHub.Swiss - Le DIH suisse de microtechnique et de microfabrication</t>
   </si>
   <si>
     <t>Microhub.Swiss est un pôle d'innovation numérique (DIH) axé sur la microtechnologie et la microfabrication. En tant qu'organisation à but non lucratif, notre mission est d'être un orchestrateur et un accélérateur de l'innovation numérique suisse. Notre objectif est de soutenir les startups, les petites entreprises (PME) et le secteur public dont l'accent est mis sur la numérisation des microtechnologies et la fabrication de précision. Nous visons à aider ces organismes dans leur parcours de transformation numérique, grâce à notre portefeuille bien développé en technologies numériques, nos écosystèmes d’industrialisation établis et notre expertise en gestion de l’innovation. Notre objectif est d'aider les entreprises suisses et européennes dans leur feuille de route d'innovation ? agir comme un guichet unique régional pour la gestion de l'innovation numérique : R&amp;D et gestion de l'innovation Formation Tests Prototypes Accès au financement Production en première série Connecter l'écosystème</t>
   </si>
   <si>
     <t>Raisehub.swiss - Le DIH Suisse de Robotique et d'IA</t>
   </si>
   <si>
     <t>Les principaux moteurs sont la surveillance en temps réel, le contrôle qualité en ligne, la maintenance prédictive et la traçabilité jusqu'aux pièces individuelles. Nos objectifs sont d'aider les startups et les PME à relever le défi IIOT en s'appuyant sur les plateformes technologiques et l'écosystème important pour l'industrialisation et la gestion de l'innovation.</t>
   </si>
   <si>
     <t>SINTEF</t>
   </si>
   <si>
     <t>SINTEF est l'un des plus grands organismes de recherche indépendants en Europe. Chaque année, nous réalisons plusieurs milliers de projets pour des clients petits et grands.</t>
   </si>
   <si>
-    <t>Espace FIWARE</t>
-[...16 lines deleted...]
-  <si>
     <t>Place Technologique et Biotechnologique de Grenade</t>
   </si>
   <si>
     <t>Hub dans lequel se développent des activités, des projets, des réseaux, des réglementations et des propositions de valeur et d'innovation dans le secteur de la technologie et de la biotechnologie.</t>
   </si>
   <si>
     <t>HPC-Cloud et systèmes cognitifs pour les processus de fabrication intelligents, la robotique et la logistique</t>
   </si>
   <si>
     <t>Hub dans lequel se développent les activités de diffusion, les projets, les réseaux et les propositions de valeur et d'innovation du secteur technologique aragonais.</t>
   </si>
   <si>
     <t>Hub 4.0 des secteurs manufacturiers de la Région Valencienne</t>
   </si>
   <si>
     <t>Avancement dans la transformation numérique des processus de production : simulation/HPC, fabrication additive, IoT, Robotique</t>
   </si>
   <si>
     <t>HubIberiaAgrotech</t>
   </si>
   <si>
     <t>Hub pour la création d'un réseau entre l'Espagne et le Portugal pour la croissance et le financement, l'accès à l'information, la formation et le conseil dans le secteur agroalimentaire</t>
   </si>
   <si>
     <t>i4CAM HUB (Innovation pour la compétitivité et la fabrication avancée)</t>
@@ -578,86 +611,86 @@
   <si>
     <t>RIOHUB</t>
   </si>
   <si>
     <t>Hub pour les startups, PME et entreprises émergentes travaillant dans le domaine technologique</t>
   </si>
   <si>
     <t>RoboCité2030</t>
   </si>
   <si>
     <t>Initiative de la Communauté de Madrid qui vise à faire de Madrid une ville leader en robotique et automatisation</t>
   </si>
   <si>
     <t>Hub d'innovation numérique en robotique</t>
   </si>
   <si>
     <t>Pôle d'innovation numérique qui propose des services de conseil, de formation et de financement aux entreprises de robotique</t>
   </si>
   <si>
     <t>Parc Scientifique et Technologique d'Almeria, PITA SA</t>
   </si>
   <si>
     <t>Offre des services d’infrastructure et de support aux entreprises technologiques et innovantes</t>
   </si>
   <si>
+    <t>Parc Scientifique DIH de l'Université de Valence</t>
+  </si>
+  <si>
+    <t>Le pôle d'innovation numérique de Valence vise à promouvoir la collaboration entre l'université et les entreprises technologiques pour promouvoir l'innovation et le développement.</t>
+  </si>
+  <si>
+    <t>Centre d'innovation numérique de Catalogne</t>
+  </si>
+  <si>
+    <t>Hub formé par les principaux agents soutenant la numérisation de la Catalogne</t>
+  </si>
+  <si>
+    <t>DIHGIGAL. Centre d'innovation numérique de l'industrie galicienne</t>
+  </si>
+  <si>
+    <t>Hub qui favorise le développement de projets de RDI alignés avec les besoins et les défis posés au tissu industriel</t>
+  </si>
+  <si>
     <t>4PDIH - Pôle d'innovation numérique du Partenariat public-privé</t>
   </si>
   <si>
     <t>Nous vous offrons la possibilité de participer à des projets européens, où vous pouvez co-créer des politiques de numérisation, découvrir des exemples de bonnes pratiques et participer à des concours et des appels d'offres pour financer divers processus et domaines de numérisation.</t>
   </si>
   <si>
     <t>5G Fieldlab 5Groningue</t>
   </si>
   <si>
     <t>5Groningen est le programme HET pour Internet 5G. Les intervenants en matière de non-professionnalisation Werken Samen ont rencontré les experts om toepassingen van 5g te testen. Vous pouvez utiliser des données personnelles en temps réel et utiliser un drone sur les capteurs. Ook maakt 5g het bijvoorbeeld mogelijk om op afstand een diagnostic te stellen, doordat de arts in het ziekenhuis met an snelle verbinding mee kan kijken in the ambulance. 5Groningen Test Toepassingen avec 5g. Dus Niet de Techniek, Maar Wat Je Ermee Kunt.</t>
   </si>
   <si>
     <t>Agroalimentaire Lituanie DIH</t>
   </si>
   <si>
     <t>AgriFood Lituanie est un centre et un cluster d'innovation numérique qui rassemble les principaux acteurs de la recherche, des entreprises et du public en Lituanie pour la poursuite commune des transformations numériques dans les secteurs agricole, alimentaire et associés.</t>
   </si>
   <si>
-    <t>Parc Scientifique DIH de l'Université de Valence</t>
-[...16 lines deleted...]
-  <si>
     <t>Agro Espace DIH</t>
   </si>
   <si>
     <t>L'Agro Space Digital Innovation Hub de Lituanie est un réseau régional à but non lucratif qui rassemble des institutions lituaniennes de recherche, d'enseignement, d'entreprises et gouvernementales visant à favoriser l'innovation technologique numérique intersectorielle. AGRO Space DIH Vision deviendra le fournisseur de solutions incontournable pour le développement, le transfert de technologies numériques et la diffusion de l'innovation dans des secteurs clés : agriculture, espace, fabrication (Industrie 4.0) et innovation de services. La priorité est de développer les capacités de partenariat des entreprises de technologie agricole et spatiale en amplifiant la plate-forme de réseau en Lituanie et au niveau transnational.</t>
   </si>
   <si>
     <t>Centre d'innovation numérique des Açores</t>
   </si>
   <si>
     <t>Le Parc scientifique et technologique de Nonagon promeut la transformation numérique et la numérisation de l'économie des Açores, grâce à la coordination du Hub d'innovation numérique des Açores.</t>
   </si>
   <si>
     <t>Cluster informatique de Cluj</t>
   </si>
   <si>
     <t>CLUJ IT est une organisation en cluster composée d'organisations actives dans le domaine des technologies de l'information : fournisseurs de services et de solutions logiciels, universités et instituts de recherche, organismes publics et autres organisations catalyseurs.</t>
   </si>
   <si>
     <t>Centre d'innovation numérique Slovénie</t>
   </si>
   <si>
     <t>DIH Slovénie permet la transformation numérique sur le principe d'un guichet unique, en Slovénie et au-delà. Sensibilise et fournit des services pour le développement des compétences numériques, l'échange d'expériences numériques et d'exemples de bonnes pratiques aux niveaux local, régional et international. Propose au gouvernement et donne accès aux données pour promouvoir l'entrepreneuriat.</t>
   </si>
   <si>
     <t>DIH AGRIFOOD - Hub d'innovation numérique pour l'agriculture et la production alimentaire</t>
@@ -686,108 +719,108 @@
   <si>
     <t>Académie Jheronimus de science des données</t>
   </si>
   <si>
     <t>Jads est une coopération unique entre la province du Brabant-Septentrional, la commune de S-Hertogenbosch, l'université de Tilburg et l'université technologique d'Eindhoven (TU/E). Nous proposons plusieurs programmes de science des données. Des programmes de licence et de master à l'enseignement et à l'enseignement professionnels ENGD (anciennement PDENG). De plus, nous aidons les organisations à façonner leur avenir axé sur les données.</t>
   </si>
   <si>
     <t>Centre d'innovation LTU en IA</t>
   </si>
   <si>
     <t>L'Université de Technologie de Luleå possède de nombreuses années d'expérience dans le domaine de l'intelligence artificielle appliquée. Notre écosystème de recherche lié à l’IA est directement lié aux applications du monde réel dans les entreprises et les industries. Nous contribuons à des innovations en matière d’IA sûres et mesurables qui font la différence dans la vie quotidienne et profitent à la société dans son ensemble.</t>
   </si>
   <si>
     <t>Institut luxembourgeois des sciences et technologies (LIST)</t>
   </si>
   <si>
     <t>L'Institut luxembourgeois des sciences et technologies (List) est un organisme de recherche et de technologie (RTO) axé sur une mission qui développe des prototypes de produits/services compétitifs et orientés vers le marché pour les acteurs publics et privés.</t>
   </si>
   <si>
     <t>Centre d'innovation numérique Innoskart</t>
   </si>
   <si>
     <t>Le Groupe a dépassé ses frontières d'origine tant géographiquement qu'en termes de périmètre d'activités. Aujourd'hui, Innoskart est devenu un groupe national de prestataires de services informatiques (matériel et logiciels) ainsi que de membres de l'industrie alimentaire et de la recherche, mais dans de nombreux autres domaines, il a des réalisations remarquables (commerce de véhicules, produits pharmaceutiques, machines et commerce, métallurgie, peinture, conseil). , etc.). Les organisations Innoskart vont des entreprises individuelles aux grandes entreprises dans une large palette. Outre les entreprises, les centres de recherche, les universités et les communes, le cluster compte également des membres.</t>
   </si>
   <si>
+    <t>Centre d'innovation numérique sur l'eau (Eau numérique)</t>
+  </si>
+  <si>
+    <t>Pôle de diffusion de la technologie et de l'innovation, services de conseil, R&amp;D appliquée, technologique, formation Objectif : Fournir une technologie industrielle à la Catalogne, conseil, formation, développement de produits et services innovants et promotion et diffusion de l'innovation technologique.</t>
+  </si>
+  <si>
     <t>Internet des objets, systèmes intelligents, ingénierie des données et médias DIH [Université technique nationale d'Athènes - Institut de communication et de systèmes informatiques]</t>
   </si>
   <si>
     <t>En Grèce, une stratégie régionale et 13 stratégies nationales de recherche et d’innovation pour une spécialisation intelligente ont été mises en œuvre. La stratégie nationale promeut huit secteurs dans lesquels la recherche et l'innovation pourraient contribuer au développement d'un avantage compétitif important, en tenant compte de la masse critique et de l'excellence du potentiel de recherche respectif. Les activités du Hub s'adressent à six de ces secteurs, à savoir : Agroalimentaire, santé, TIC, énergie, transports, industries créatives.</t>
   </si>
   <si>
     <t>Plateforme régionale Industrie 4.0 de la région Toscane (Plateforme toscane Industrie 4.0)</t>
   </si>
   <si>
     <t>L'outil opérationnel de la Plateforme Régionale Entreprise 4.0 : un point d'accès facile pour les entreprises qui souhaitent innover et rester compétitives sur les marchés. La plateforme est un nouvel écosystème créé pour promouvoir et encourager les processus de numérisation du système commercial et fait partie du réseau de centres d'innovation numérique accrédités par la Commission européenne. Elle a pour mission d'accompagner les entreprises, notamment les PME, dans le processus de digitalisation européenne et d'établir des contacts avec les différents acteurs de l'écosystème de l'innovation numérique présents sur le territoire.</t>
   </si>
   <si>
-    <t>Centre d'innovation numérique sur l'eau (Eau numérique)</t>
-[...2 lines deleted...]
-    <t>Pôle de diffusion de la technologie et de l'innovation, services de conseil, R&amp;D appliquée, technologique, formation Objectif : Fournir une technologie industrielle à la Catalogne, conseil, formation, développement de produits et services innovants et promotion et diffusion de l'innovation technologique.</t>
+    <t>Hub d'innovation numérique pour le secteur agroalimentaire galicien (partie du Hub de bioéconomie)</t>
+  </si>
+  <si>
+    <t>Hub qui met les dernières technologies numériques et créatives au service des secteurs de l'administration locale, de la formation, de l'internationalisation, du commerce, des services et de l'industrie Objectif :</t>
   </si>
   <si>
     <t>Algarve Smart Destination, pôle d’innovation numérique</t>
   </si>
   <si>
     <t>Digital Innovation Hub (DIH) est comme un réseau informel d'institutions privées et publiques axées sur la numérisation de l'économie du territoire, principalement dans le secteur du tourisme, dirigé par le système de l'Algarve et l'Association de partenariat technologique (Algarve STP), un association à but non lucratif regroupant l'Université de l'Algarve, l'Association nationale des jeunes entrepreneurs (ANJE) et trois municipalités de la région de l'Algarve, à savoir Loulé, Faro, Olhão et une association privée d'entreprises informatiques, Algarve Evolution.</t>
   </si>
   <si>
     <t>CENTRE PIAP</t>
   </si>
   <si>
     <t>Réseau Valor animé par PIAP en coopération stratégique avec l'administration nationale et régionale, les organisations sectorielles et les principaux fournisseurs de technologies dédiés à la mise en œuvre de l'automatisation et de la robotique des processus technologiques de spécialisation intelligente nationale. Facilitateur de l’adoption précoce des avancées technologiques par les industries à forte croissance, notamment la fabrication agile, l’inspection et la maintenance des infrastructures, ainsi que l’agroalimentaire et la santé.</t>
   </si>
   <si>
-    <t>Hub d'innovation numérique pour le secteur agroalimentaire galicien (partie du Hub de bioéconomie)</t>
-[...2 lines deleted...]
-    <t>Hub qui met les dernières technologies numériques et créatives au service des secteurs de l'administration locale, de la formation, de l'internationalisation, du commerce, des services et de l'industrie Objectif :</t>
+    <t>Science des données et intelligence artificielle (DASAI)</t>
+  </si>
+  <si>
+    <t>Espace dédié à la recherche, à la génération de projets, à la formation, à la diffusion et au transfert de connaissances liées à l'Intelligence Artificielle.</t>
   </si>
   <si>
     <t>Plan4all</t>
   </si>
   <si>
     <t>L'ambition globale est de concevoir, développer et introduire une plateforme qui connecte les gens avec l'information. Tout d'abord, avec l'intégration de principes de réseaux sociaux tels que blog, forum, magasin de science du design qui permettent aux utilisateurs de se connecter avec des développeurs et des chercheurs. Et deuxièmement, en intégrant différents types d'applications de démonstration, où les développeurs et les chercheurs auront la possibilité de coopérer, de tester différentes API pour de nouvelles solutions et également de proposer des expériences communes.</t>
   </si>
   <si>
-    <t>Science des données et intelligence artificielle (DASAI)</t>
-[...2 lines deleted...]
-    <t>Espace dédié à la recherche, à la génération de projets, à la formation, à la diffusion et au transfert de connaissances liées à l'Intelligence Artificielle.</t>
+    <t>Quartier numérique de la Communauté valencienne</t>
+  </si>
+  <si>
+    <t>Environnement pour accueillir des entreprises technologiques et des talents pour la transformation technologique et l'économie numérique en Méditerranée, mettant en avant trois secteurs verticaux : le changement climatique, la santé et le tourisme.</t>
   </si>
   <si>
     <t>BEIA DIH</t>
   </si>
   <si>
     <t>Beia Grid Institut est une ONG innovante qui participe activement à des projets de recherche multidisciplinaires au niveau national et international.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Environnement pour accueillir des entreprises technologiques et des talents pour la transformation technologique et l'économie numérique en Méditerranée, mettant en avant trois secteurs verticaux : le changement climatique, la santé et le tourisme.</t>
   </si>
   <si>
     <t>Converge, pôle d'innovation ouverte</t>
   </si>
   <si>
     <t>Converge est un outil visant à faciliter le transfert efficace des connaissances vers la société en instaurant un climat de confiance entre le CSIC et les acteurs de l'écosystème de l'innovation. L'objectif de Converge est de faire du CSIC une référence en matière d'innovation scientifique, technologique et sociale et de contribuer au renforcement de l'écosystème de l'innovation espagnol. La mission de Converge s'articule autour de quatre programmes : CSIC Open Lab ; CSIC Emprende ; CSIC Living Lab ; et CSIC Business Chairs. VIDÉO</t>
   </si>
   <si>
     <t>INNOVASTURIES</t>
   </si>
   <si>
     <t>INNOVASTURIAS est une association d'entreprises et d'institutions asturiennes qui cherchent à améliorer leur compétitivité et la qualité de leurs services en promouvant une culture innovante et en collaborant et en recherchant des synergies dans la sphère internationale des secteurs agroalimentaire et environnemental , du commerce et de l'hôtellerie, de l'administration, de l'industrie, de l'énergie et de la recherche, ainsi que de l'éducation, de la culture et de la santé.</t>
   </si>
   <si>
     <t>Institut BioSense</t>
   </si>
   <si>
     <t>BioSense Digital Innovation Hub (DIH) est un pionnier de la transformation numérique pour une agriculture durable en introduisant des innovations numériques en reliant la recherche, l'entrepreneuriat, la science et les solutions prêtes à être commercialisées.</t>
   </si>
   <si>
     <t>AHEDD- Attica Hub pour l'économie des données et des appareils</t>
   </si>
   <si>
     <t>Le Centre national de recherche scientifique (NCSR) Demokritos est le plus grand centre de recherche multidisciplinaire de Grèce, avec environ 1 000 employés et plus de 50 ans de réalisations scientifiques innovantes et de contributions à l'économie et à la société grecques. Elle a été un partenaire important dans plusieurs initiatives technologiques nationales telles que l'acquisition et l'exploitation d'installations de calcul haute performance et la mise en place de réseaux informatiques à haut débit dans le pays et est actuellement leader ou membre de plusieurs infrastructures nationales et européennes.</t>
   </si>
@@ -1118,1445 +1151,1500 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C126"/>
+  <dimension ref="A1:C131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C126"/>
+      <selection activeCell="A1" sqref="A1:C131"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="1719.866" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="1811.986" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C68" s="1"/>
+      <c r="C68" s="1" t="s">
+        <v>137</v>
+      </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C73" s="1"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>262</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>