--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -12,79 +12,148 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hubs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Types de hubs</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
+    <t>Le Pool French Tech Rennes St Malo</t>
+  </si>
+  <si>
+    <t>Moyeux</t>
+  </si>
+  <si>
+    <t>L’écosystème technologique français, c’est avant tout les entrepreneurs, mais aussi tous ceux qui s’engagent dans la croissance des nouvelles entreprises et leur rayonnement international. La technologie française Rennes St Malo (FTRSM) occupe une place dans le 1er Classement National en télécommunications, agroalimentaire et cybersécurité. Les secteurs de la e-santé, des nouvelles mobilités et des industries créatives disposent également de forts atouts locaux.</t>
+  </si>
+  <si>
+    <t>Cluster Transactions E-Secure - TES</t>
+  </si>
+  <si>
+    <t>Le cluster TES, pôle de compétitivité numérique de Normandie, représente un écosystème de 150 membres, composé de grandes entreprises, PME, collectivités territoriales, établissements de recherche et de formation et autres organismes. Avec ses membres et partenaires, le pôle TES imagine et co-conçoit les usages de demain grâce aux nouvelles technologies liées au triptyque « sécurité / interopérabilité / fiabilité ». Ces actions génèrent des progrès, des rotations, des emplois et une valorisation du territoire.</t>
+  </si>
+  <si>
+    <t>Giasat</t>
+  </si>
+  <si>
+    <t>GIASAT (Gestion agroécologique intégrée des systèmes alimentaires territorialisés) est un groupe de travail créé en 2019. Nous formons actuellement un consortium de cinq entités liées au secteur agroécologique. Notre point commun est que, depuis des perspectives et des lieux différents, nous promouvons, facilitons et/ou soutenons certains de ces processus sur nos territoires.</t>
+  </si>
+  <si>
+    <t>Pôle forestier</t>
+  </si>
+  <si>
+    <t>Le Pôle Forestier est une initiative du Centre des Sciences et Technologies Forestières de Catalogne (CTFC). Il fait le lien entre la recherche, le développement et l'innovation, garantissant leur transfert effectif vers des applications pratiques. Nous sommes un chef de file régional dans le développement de la foresterie adaptative et des chaînes de valeur durables qui renforcent la résilience des paysages agroforestiers. Nous promouvons activement une bioéconomie circulaire qui intègre nature, innovation et compétitivité.</t>
+  </si>
+  <si>
+    <t>Tecnova</t>
+  </si>
+  <si>
+    <t>Le centre technologique Tecnova encourage l'innovation appliquée et le développement technologique afin d'améliorer la compétitivité et la rentabilité des entreprises du secteur agro-industriel. Actuellement, nous collaborons avec plus de 289 entreprises, tant au niveau national qu'international, qui s'engagent dans des processus de changement et d'innovation au sein de leurs organisations, et nous le faisons avec responsabilité, flexibilité et confidentialité. Tecnova, en tant que cluster européen réunissant les principales entreprises du secteur, travaille en réseau pour les aider à se positionner sur les principaux marchés internationaux, en assurant le transfert de connaissances et de technologies, en promouvant la R&amp;D et en recherchant des sources de financement qui le rendent possible.</t>
+  </si>
+  <si>
+    <t>Centre d'innovation numérique sur l'eau</t>
+  </si>
+  <si>
+    <t>Développement et mise en œuvre de nouvelles technologies durables appliquées à la gestion de l'eau, ressource fondamentale de l'économie circulaire. « Eau numérique » applique les concepts de durabilité et d'économie circulaire aux nouvelles technologies afin d'améliorer l'ensemble du cycle de l'eau, d'accroître la compétitivité de nombreux secteurs d'activité et de bénéficier à la société dans son ensemble. Outre l'expérience et le talent scientifique et technologique de l'équipe Eurecat, le Centre dispose de laboratoires, d'installations pilotes, d'équipements scientifiques et de centres de traitement de données. L'ensemble de ces infrastructures permet à Eurecat de relever les défis actuels et futurs liés à l'eau. Services : * Prototypage rapide * Preuve de concept (PoC) * Numérisation et connectivité * Conseil et formation hautement spécialisés * Intégration et standardisation des systèmes * Virtualisation d'objets * Qualité, nettoyage et valorisation des données * Maintenance intelligente / Amélioration de la durée de vie et de l'utilisation des actifs * Prédiction et préservation de la qualité * Prévision de la demande * Prévision de la productivité et de la croissance * Optimisation des ressources * Planification intelligente * Recommandations intelligentes * Services d'analyse de données (SaaS) * Gestion des ressources * Gestion opérationnelle * Gestion des processus * Surveillance et contrôle en temps réel * Reporting avancé : indicateurs clés de performance (KPI), tableaux de bord… * Caractérisation et analyse de scénarios</t>
+  </si>
+  <si>
+    <t>Économie numérique argentée (DIHDSE)</t>
+  </si>
+  <si>
+    <t>L'initiative « Économie numérique des seniors » (DIHDSE) vise à centraliser l'accès des entreprises et autres entités publiques ou privées aux informations, services et infrastructures nécessaires à la réussite de leur transformation numérique, afin de promouvoir des services plus efficaces pour les personnes de plus de 50 ans. Il s'agit d'une organisation à but non lucratif. Zamora présente un fort potentiel en matière d'économie numérique des seniors, grâce notamment à sa population âgée importante (Zamora est la province espagnole comptant le plus grand nombre de personnes âgées), mais aussi grâce à son cadre de vie attractif, comme l'a démontré le 1er Congrès international de l'économie numérique des seniors qui s'est tenu à Zamora et qui a réuni 40 experts et 700 délégués. En revanche, le secteur des entreprises de la région est très fragmenté et, sur le marché du travail, des mesures sont nécessaires pour dynamiser l'emploi et augmenter le revenu moyen. Le DIHDSE, piloté par le Conseil provincial de Zamora en collaboration avec l'organisation industrielle, de recherche et financière, œuvrera à faire de Zamora une province de référence dans les services et industries spécialisés pour les personnes âgées, tant en Espagne qu'à l'international, contribuant ainsi au développement socio-économique futur de la région.</t>
+  </si>
+  <si>
+    <t>CIDIHUB (Centre d'innovation numérique des îles Canaries)</t>
+  </si>
+  <si>
+    <t>Le Pôle d'innovation numérique des îles Canaries (CIDIHUB) fait partie du réseau des Pôles européens d'innovation numérique (EDIH), une initiative de la Commission européenne visant à accélérer la transformation numérique des entreprises et des administrations publiques en Europe. En tant que consortium d'organisations et de centres spécialisés, le CIDIHUB constitue une ressource clé aux îles Canaries, fournissant aux PME et aux entités publiques les compétences, les technologies et les ressources nécessaires pour innover, se développer et gagner en compétitivité dans l'économie numérique. Notre engagement est de placer les îles Canaries à l'avant-garde de la numérisation européenne, en offrant aux entreprises et aux administrations publiques des services spécialisés, un soutien à l'adoption de technologies de pointe et des programmes de formation qui leur permettent de tirer parti des opportunités de la nouvelle économie.</t>
+  </si>
+  <si>
+    <t>Monde de la forêt</t>
+  </si>
+  <si>
+    <t>Outils et ressources professionnels pour les propriétaires forestiers. Clarifiez votre propriété, gérez vos ressources et devenez un chef de file en matière de gestion durable des forêts.</t>
+  </si>
+  <si>
+    <t>ASEMFO (Association nationale des entreprises forestières)</t>
+  </si>
+  <si>
+    <t>L'ASEMFO est l'Association nationale espagnole des entreprises forestières. Fondée en 1994, cette association de sociétés forestières privées, à vocation volontaire, se consacre à la réalisation de projets, de travaux et de services pour la conservation, la protection et l'amélioration de l'environnement naturel. L'ASEMFO garantit la mise en œuvre technique des stratégies d'investissement ESG et des politiques de développement durable des entreprises.</t>
+  </si>
+  <si>
+    <t>CIDAI</t>
+  </si>
+  <si>
+    <t>Le Centre d'innovation pour les technologies de données et l'intelligence artificielle (CIDAI) encourage le développement et l'adoption de solutions basées sur l'IA grâce à la collaboration avec des entreprises, des institutions et des centres de recherche appliquée.</t>
+  </si>
+  <si>
+    <t>ITA (Institut Technologique d'Aragon)</t>
+  </si>
+  <si>
+    <t>L'ITA est un centre technologique rattaché au Département de la Présidence, de l'Économie et de la Justice du Gouvernement d'Aragon, dont la mission est de contribuer au développement technologique des entreprises et d'accroître leur compétitivité.</t>
+  </si>
+  <si>
+    <t>DIH-BAITUR : Hub d'Innovation Numérique des Îles Baléares pour l'Intelligence Artificielle et le Tourisme</t>
+  </si>
+  <si>
+    <t>Hub orienté vers l'intelligence artificielle en tant que technologie de rupture qui contribuera à la transformation numérique des entreprises des Îles Baléares</t>
+  </si>
+  <si>
     <t>BIOHUBCAT</t>
   </si>
   <si>
-    <t>Moyeux</t>
-[...1 lines deleted...]
-  <si>
     <t>BIOHUBCAT est le guichet unique dédié à la valorisation économique des ressources biologiques renouvelables en Catalogne. C'est un lieu où les entreprises et les entrepreneurs peuvent trouver les solutions dont ils ont besoin pour franchir une nouvelle étape.</t>
   </si>
   <si>
-    <t>CTA (Société Technologique d'Andalousie)</t>
-[...7 lines deleted...]
-  <si>
     <t>Centre agro-technologique intelligent</t>
   </si>
   <si>
     <t>Smart Agro Hub est un écosystème de recherche, de connaissances pratiques et d'entrepreneuriat qui contribue à la création d'un système de production agricole plus respectueux de l'environnement et basé sur les technologies numériques. La vision du centre de compétences est d'être un catalyseur pour la transformation numérique de l'agriculture grecque et la formation d'un nouveau modèle de production durable dans le secteur agroalimentaire, grâce à des solutions innovantes. La mission du Smart Agro Hub est la suivante : Fournir aux producteurs des solutions agrotechnologiques intelligentes et efficaces pour augmenter les rendements, réduire les coûts de production et améliorer leur empreinte environnementale. Fournir à l'industrie alimentaire des solutions durables pour établir et atteindre des objectifs de durabilité conformes aux normes internationales et acquérir une position concurrentielle sur le marché. Activités du centre : Le développement de solutions innovantes pour la transformation numérique de l'agriculture grecque Le développement, les essais, l'évaluation et l'amélioration des technologies agricoles Dans la réalisation d'expériences agricoles Fournir des services de conseil en développement durable Évaluation de l'empreinte environnementale de la chaîne agroalimentaire Développement de produits et de technologies numériques innovants dans le secteur agroalimentaire Mener des recherches scientifiques et participer à des projets de recherche dans le domaine de l'agriculture et des biotechnologies.</t>
   </si>
   <si>
     <t>Cluster énergétique basque</t>
   </si>
   <si>
     <t>Association de clusters qui rassemble et représente les entreprises du secteur énergétique basque afin de renforcer leur positionnement et leur compétitivité. Nous sommes le point de rencontre et de connexion des entreprises, des organisations et des entités publiques qui développent leur activité autour des chaînes de valeur énergétiques. Nous encourageons et coordonnons les actions collaboratives visant à améliorer la compétitivité du secteur énergétique basque. Le cluster développe des projets de R&amp;D dans les domaines suivants : décarbonation industrielle, énergie éolienne, hydrogène et carburants renouvelables, réseaux intelligents et photovoltaïque solaire (projet Agrovitivoltaica ).</t>
   </si>
   <si>
     <t>DIH-LEAF (Élevage, Environnement, Agriculture et Forêt)</t>
   </si>
   <si>
     <t>Le Centre d'innovation numérique (DIH) axé sur les secteurs de l'élevage, de l'environnement, de l'agriculture et de la foresterie ( DIH-LEAF) regroupe divers acteurs liés au secteur de la production et à différentes initiatives technologiques. Parmi les participants au DIH-LEAF figurent des universités et des centres technologiques, des entreprises, des associations de producteurs, des organisations à but non lucratif, et d'autres encore. Pour relever le défi de la numérisation et de l'innovation technologique dans ce vaste secteur productif, DIH-LEAF a été créé en tant qu'écosystème de numérisation unique et autonome. Son objectif ultime est de numériser ces entités afin d'accroître leur efficacité, leur compétitivité et leur durabilité grâce à l'application des technologies de l'information et de la communication (TIC). Ce projet contribue au développement durable des zones rurales et urbaines. Voici les services offerts par DIH-LEAF : Essai et expérimentation Entraînement Aide à la recherche de sources de financement</t>
   </si>
   <si>
     <t>Pôle d'innovation numérique basque (Bdih)</t>
   </si>
   <si>
     <t>Le Basque Digital Innovation Hub (Bdih) offre aux PME un accès aux capacités technologiques nécessaires pour relever les défis de l'industrie intelligente, de l'énergie et de la santé, et pour évoluer dans un environnement numérique et durable. Le Hub met à la disposition des entreprises l'infrastructure et l'expertise nécessaires. Laboratoires, équipements, logiciels, capacités scientifiques et technologiques, et une équipe d'experts accompagnent chaque projet sur l'un de ces 8 sites : nœud de robotique flexible et collaboratif Nœud de matériaux avancés Nœud de machines intelligentes et connectées Nœud de fabrication additive Nœud de cybersécurité Nœud de réseau électrique numérique Dispositifs médicaux et nœud de santé numérique Nœud d'intelligence artificielle</t>
   </si>
   <si>
     <t>Hub circulaire basque</t>
@@ -209,320 +278,296 @@
   <si>
     <t>Roman-T</t>
   </si>
   <si>
     <t>Nous croyons au pouvoir de l’innovation et à sa contribution à une société meilleure et plus durable. Nous apportons notre soutien de manière indépendante et sans profit, aux frais de nos fondateurs.</t>
   </si>
   <si>
     <t>Ontzi BASQUE FOOD PACKAGING Innovation Hub</t>
   </si>
   <si>
     <t>La mission du Hub est de promouvoir la R&amp;D&amp;I pour concevoir des emballages alimentaires sûrs, durables et compétitifs qui profitent aux entreprises de la chaîne alimentaire basque et, bien sûr, à l'environnement.</t>
   </si>
   <si>
     <t>AgrobankHub</t>
   </si>
   <si>
     <t>Un écosystème virtuel pour partager des connaissances et fournir de nouveaux outils aux professionnels de l'agriculture.</t>
   </si>
   <si>
     <t>Pôle d'innovation alimentaire de Madrid</t>
   </si>
   <si>
     <t>Le MADRID FOOD INNOVATION HUB est le premier centre d'entrepreneuriat alimentaire de Madrid. Il s'agit d'une initiative pionnière visant à promouvoir l'innovation et l'entrepreneuriat tout au long de la chaîne de valeur agroalimentaire.</t>
   </si>
   <si>
+    <t>iHub La Vega Innova</t>
+  </si>
+  <si>
+    <t>Un écosystème complet pour les startups du secteur AgriFoodTech et une vitrine de technologies qui accélère la transformation numérique du secteur agroalimentaire, de ses PME et des travailleurs indépendants.</t>
+  </si>
+  <si>
     <t>eAtex. Centre d'innovation alimentaire par CNTA</t>
   </si>
   <si>
     <t>Pôle d'innovation collaborative pour le transfert et l'implantation de technologies dans l'industrie agroalimentaire</t>
   </si>
   <si>
     <t>AIR4S. Intelligence artificielle et robotique pour les objectifs de développement durable</t>
   </si>
   <si>
     <t>Hub pour promouvoir le développement et la croissance de l'industrie dans la Communauté de Madrid grâce à l'utilisation et à la mise en œuvre de technologies basées sur l'intelligence artificielle et la robotique.</t>
   </si>
   <si>
     <t>Association Cluster Numérique de Catalogne</t>
   </si>
   <si>
     <t>Espace de travail pour les entreprises, entités et groupes de recherche du secteur des technologies de l'information et des communications (TIC)</t>
   </si>
   <si>
     <t>Barrax - Centre d'innovation rurale</t>
   </si>
   <si>
     <t>Hub où sont promus les conférences de recherche, les réunions d'affaires, le réseautage professionnel, la collecte de fonds européens, l'information et l'expérimentation.</t>
   </si>
   <si>
     <t>Centre d'Innovation et de Technologie UPC (CIT UPC)</t>
   </si>
   <si>
     <t>Centre de recherche, de formation et de transfert de connaissances</t>
   </si>
   <si>
-    <t>iHub La Vega Innova</t>
-[...10 lines deleted...]
-  <si>
     <t>Cluster de Construction Durable d'Andalousie</t>
   </si>
   <si>
     <t>Projet à caractère associatif et de reconversion du secteur qui permet d'identifier et de mettre en œuvre en permanence de nouvelles opportunités et d'héberger des entreprises durables.</t>
   </si>
   <si>
     <t>Parc scientifique et technologique de Poznan de la Fondation universitaire Adam Mickiewicz</t>
   </si>
   <si>
     <t>Le Parc scientifique et technologique de Poznan (PSTP) est le premier parc technologique de Pologne (1995). Es operado (como el departamento clave) por Adam Mickiewicz University Foundation, una organización sin fines de lucro con la misión de estimular la colaboración entre la ciencia y la industria para activar el desarrollo regional a través de la innovación, la transferencia de tecnología y la coopération internationale.</t>
   </si>
   <si>
     <t>Institut de recherche RISE ICT de Suède TIC</t>
   </si>
   <si>
     <t>Rise Research Institutes of Sweden est l'institut de recherche et partenaire d'innovation de la Suède. Grâce à une collaboration internationale avec l'industrie, le monde universitaire et le secteur public, nous garantissons la compétitivité des entreprises et contribuons à une société durable.</t>
   </si>
   <si>
     <t>SmartAgri</t>
   </si>
   <si>
     <t>Smartagri est un effort conjoint d'Agroväst, des instituts de recherche suédois (Rise) et du Science Park Skövde dans le but d'accélérer la numérisation du secteur agricole dans l'ouest de la Suède.</t>
   </si>
   <si>
     <t>Espace53</t>
   </si>
   <si>
     <t>Space53 rassemble les gouvernements, les institutions du savoir, les travailleurs humanitaires et les entreprises dans un cluster d'innovation en matière de drones et renforce l'écosystème en créant les conditions préalables au développement et à l'application réussis de systèmes sans pilote.</t>
   </si>
   <si>
+    <t>ahedd - Plateforme Attica pour l'économie des données et des appareils</t>
+  </si>
+  <si>
+    <t>Le Centre national de recherche scientifique (CNRS) Demokritos est le plus grand centre de recherche multidisciplinaire de Grèce, avec environ 1 000 employés et plus de 50 ans de réalisations scientifiques révolutionnaires et de contributions à l'économie et à la société grecques. Partenaire clé de plusieurs initiatives technologiques nationales, telles que l'acquisition et l'exploitation d'installations de calcul haute performance et la mise en place de réseaux informatiques à haut débit dans le pays, il est actuellement chef de file ou membre de plusieurs projets d'infrastructure nationaux et européens.</t>
+  </si>
+  <si>
+    <t>HUB d’innovation en cybersécurité</t>
+  </si>
+  <si>
+    <t>Agroalimentaire Croatie</t>
+  </si>
+  <si>
+    <t>Agrifood Croatia est un pôle d'innovation qui rassemble des acteurs de la recherche, des entreprises et du public en Croatie pour la poursuite commune des transformations numériques dans les secteurs de l'aquaculture, de l'agriculture et de l'alimentation.</t>
+  </si>
+  <si>
+    <t>Vice-président Delta</t>
+  </si>
+  <si>
+    <t>Agrohub.bg est un pôle européen d'innovation numérique pour la région Centre-Sud, approuvé dans le cadre du programme Digital Europe avec le projet Agrodigirise. Le projet a débuté le 1er novembre 2022 et dure trois ans. Il est mis en œuvre par un consortium au profil et à l'expérience diversifiés : organisations sectorielles, unités scientifiques et de recherche, établissements de formation, entreprises technologiques, importateurs de machines agricoles, etc. en partenariat avec la municipalité de Plovdiv.</t>
+  </si>
+  <si>
     <t>Laboratoires de drones arctiques</t>
   </si>
   <si>
     <t>Arctic Drone Labs est un centre de recherche innovant sur la mobilité aérienne situé en Finlande. Nous sommes à l’avant-garde du rassemblement et de l’exploitation de l’expertise, des outils de pointe et des innovations révolutionnaires pour stimuler la croissance dans le secteur des systèmes aériens sans pilote (UAS). Notre mission consiste à favoriser le développement des entreprises, à faire progresser les initiatives de recherche et à responsabiliser l’éducation dans ce domaine transformateur.</t>
   </si>
   <si>
     <t>ART-ER-DIH</t>
   </si>
   <si>
     <t>Art-Er (anciennement Aster) fonctionne comme un centre d'innovation numérique dans la région Émilie-Romagne, et sa proposition de valeur est la connexion des parties prenantes et l'intégration d'initiatives, de services et d'opportunités pour exploiter les infrastructures, les connaissances, les expériences des entreprises et des fournisseurs. (des installations, des services, de la formation, etc.).</t>
   </si>
   <si>
-    <t>HUB d’innovation en cybersécurité</t>
-[...13 lines deleted...]
-  <si>
     <t>Recherche à Wageningen</t>
   </si>
   <si>
     <t>La force de l’Université et de la Recherche de Wageningen réside dans sa capacité à unir les forces des instituts de recherche spécialisés et de l’université. On le retrouve également dans les efforts conjugués des différents domaines des sciences naturelles et sociales.</t>
   </si>
   <si>
-    <t>ahedd - Plateforme Attica pour l'économie des données et des appareils</t>
-[...2 lines deleted...]
-    <t>Le Centre national de recherche scientifique (CNRS) Demokritos est le plus grand centre de recherche multidisciplinaire de Grèce, avec environ 1 000 employés et plus de 50 ans de réalisations scientifiques révolutionnaires et de contributions à l'économie et à la société grecques. Partenaire clé de plusieurs initiatives technologiques nationales, telles que l'acquisition et l'exploitation d'installations de calcul haute performance et la mise en place de réseaux informatiques à haut débit dans le pays, il est actuellement chef de file ou membre de plusieurs projets d'infrastructure nationaux et européens.</t>
+    <t>Hub d'impulsion numérique</t>
+  </si>
+  <si>
+    <t>Hub qui fournit du conseil, un écosystème et un réseautage, une formation et un financement</t>
+  </si>
+  <si>
+    <t>Hub d'innovation numérique Andalousie Agrotech</t>
+  </si>
+  <si>
+    <t>Pôle de diffusion de technologies et d'innovations, services de conseil, R&amp;D appliquée, technologique, formation, accélération et entrepreneuriat.</t>
+  </si>
+  <si>
+    <t>Centre d'agriculture numérique</t>
+  </si>
+  <si>
+    <t>Centre de services de soutien, qui aide les entreprises agricoles à devenir plus compétitives en améliorant leurs processus commerciaux/de production, ainsi que leurs produits et services grâce à la technologie numérique.</t>
   </si>
   <si>
     <t>Institut technologique danois, technologie robotique</t>
   </si>
   <si>
     <t>L'Institut technologique danois est une entreprise leader en matière de recherche et de technologie. Ils aident leurs clients à transformer les dernières connaissances et technologies en valeur. Nous sommes experts en production, matériaux, technologie environnementale, commerce, énergie, agrotechnologie, recherche sur la viande et plus encore.</t>
   </si>
   <si>
     <t>DIH PANNONIE</t>
   </si>
   <si>
     <t>L'Agence de développement du comté de Vukovar-Srijem prépare le plan de développement du comté de Vukovar-Srijem ainsi que d'autres documents stratégiques et de développement. Fournit une assistance spécialisée dans la préparation et la mise en œuvre de programmes, de projets de développement aux organismes de droit public et aux institutions publiques de la région du comté, qui présentent un intérêt pour le développement du comté, ainsi que des projets communs présentant un intérêt pour le développement de plusieurs comtés. .</t>
   </si>
   <si>
-    <t>Cluster Transactions E-Secure - TES</t>
-[...4 lines deleted...]
-  <si>
     <t>Laboratoire de conception et d'application de systèmes embarqués DIH (ESDALAB DIH)</t>
   </si>
   <si>
     <t>Esdalab DIH coordonne un vaste réseau DIHS couvrant l’Europe du Sud et de l’Est, à travers lequel il offre des opportunités de financement et soutient la coopération multipartite entre des organisations aux expertises complémentaires. Elle propose également des services innovants aux entreprises, notamment aux PME (y compris les startups) et aux entreprises de taille légèrement plus grande, pour accompagner leur transformation numérique.</t>
   </si>
   <si>
     <t>Parlement des agriculteurs Lettonie Hub d'innovation numérique - ZSA DIH</t>
   </si>
   <si>
     <t>Smartagro est un site Web d'innovation et de technologie agricoles. L'idée principale de Smartagro est d'informer et d'encourager les agriculteurs et autres parties prenantes à utiliser de nouvelles technologies, services, produits et systèmes pour un avenir durable dans les zones rurales. En se concentrant sur les clusters régionaux, les pôles d'innovation numérique, les laboratoires vivants et les solutions technologiques dans les projets du programme de recherche et d'innovation Horizon 2020 de l'UE, le site Web fournira des idées et des solutions de pointe pour faciliter l'innovation dans les zones rurales. Smartagro est géré par une organisation non gouvernementale - le Parlement des Paysans (FP).</t>
   </si>
   <si>
-    <t>Hub d'impulsion numérique</t>
-[...16 lines deleted...]
-  <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova ihub est une association à but non lucratif qui promeut l'innovation technologique en Italie, en attirant la formation, la consulat et tout le reste. La Nostra Associazione a la Sfida di contribue à faciliter l'autonomisation de toutes les technologies d'avant-garde, la stratégie impérative du secteur, les nouveaux modèles d'entreprises et le développement durable de solutions et d'infrastructures dans les zones rurales pour les conformer aux « solutions et infrastructures intelligentes dans les zones et les zones rurales par après s'être conformé aux « solutions et infrastructures intelligentes dans les zones rurales et après s'être conformé aux « solutions et infrastructures intelligentes au Benessere pour une meilleure qualité de vie</t>
   </si>
   <si>
     <t>NOURRITURE DE Flandre, FF</t>
   </si>
   <si>
     <t>La nourriture de la Flandre est Sinds de Oprichting Hét Innovatieplatform Voor de Vlaamse Voedingsindustrie. La gastronomie du Werd flamand en 2005 Opgericht Door Fevia Vlaanderen (Federatie Van de Voedingsindustrie) à Een 20-Tal Stichtende Leden. Le point de sortie ? Porte Samenwerking, rencontré Elkaar chez Onderzoekspartner, Meer Slagkracht Bekomen. Een Visie Waar We Nog Steeds en Geloven. De Klassieke "Waardeketen" Van Boer Tot Klant, Met Een Centrale Rol Voor de Voedingsfabriek, Bleek Meer en Meer Achterhaald. Het Speelveld Wordt immerge Elke Dag Globaler. La compétitivité du système agroalimentaire s'appuie sur des idées nouvelles pour inverser la tendance à l'innovation et aux organisations à but social. Idem sur le secteur Van de Grenzen dans le Heen de Regio. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen. Iedereen die Een Meerwaarde Ziet et Een Samenwerking Met Het Ecosysteem Rond de Vlaamse Voedingsindustrie es van Harte Welkom.</t>
   </si>
   <si>
     <t>GreenSupplyChain DIH</t>
   </si>
   <si>
     <t>La stratégie Farm to Fork est au cœur du pacte vert européen dans le but de rendre les systèmes alimentaires équitables, sains et respectueux de l’environnement. Nous devons repenser nos systèmes alimentaires pour les rendre plus durables et accroître leur résilience. Les nouvelles technologies et les découvertes scientifiques, combinées à une sensibilisation accrue du public et à une demande accrue d’aliments durables, bénéficieront à toutes les parties prenantes. La révolution numérique offre des opportunités, mais de nombreuses entreprises ont encore du mal à savoir dans quelles technologies investir et comment obtenir un financement. Plus de 90 % des PME sont laissées pour compte en matière d’innovation numérique et ont besoin d’être accompagnées pour leur transformation numérique.</t>
   </si>
   <si>
     <t>HUB d’expériences d’innovation (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub est une association à but non lucratif dont l'objectif est de : a. Renforcer le niveau de connaissance et de sensibilisation des entreprises concernant les opportunités offertes par la transformation numérique, également dans le contexte du Plan National d'Entreprise 4.0, de la stratégie européenne pour la numérisation de l'industrie (« Digitalisation de l'industrie européenne - DEI ») et du TICHE Innovation programme destiné aux petites et moyennes entreprises manufacturières (programme « ICT Innovation for Manufacturing PME-I4MS ») ; b. être la porte d’entrée vers l’écosystème d’innovation pour accompagner la transformation numérique du système de production ; C. stimuler la demande d'innovation des entreprises ; d. Créer un pont entre l'entreprise et le monde de la recherche.</t>
   </si>
   <si>
     <t>Institut de l'Elevage - Idèle</t>
   </si>
   <si>
     <t>La mission de l'Institut de L'Elevage est d'améliorer la compétitivité des élevages herbivores et de leurs filières dans un contexte en constante évolution. Leurs travaux apportent des solutions techniques et innovantes aux agriculteurs et aux acteurs des filières bovine, ovine, caprine et équine. Ils apportent des réponses aux problèmes sociaux et aux problématiques actuelles, au service des acteurs de l’élevage et de leurs filières.</t>
   </si>
   <si>
-    <t>DIH-BAITUR : Hub d'Innovation Numérique des Îles Baléares pour l'Intelligence Artificielle et le Tourisme</t>
-[...4 lines deleted...]
-  <si>
     <t>DIHBU Industrie 4.0</t>
   </si>
   <si>
     <t>Hub de promotion de l'innovation et de la veille concurrentielle pour encourager la co-création de nouveaux produits et la fourniture de services non technologiques complémentaires aux entreprises.</t>
   </si>
   <si>
     <t>DIH Dynapsis</t>
   </si>
   <si>
     <t>Hub axé sur la réalisation du développement durable, l'intégration de la transformation numérique dans la gestion environnementale et la réponse aux défis du changement climatique</t>
   </si>
   <si>
-    <t>Le Pool French Tech Rennes St Malo</t>
-[...4 lines deleted...]
-  <si>
     <t>Laboratoire de Nanotechnologies LTFN (Laboratoire Couches Minces - Nanobiomatériaux - Nanosystèmes - Nanométrologie)</t>
   </si>
   <si>
     <t>Le laboratoire de nanotechnologie Ltfn, créé en 1991, est situé au département de physique de l'université Aristote de Thessalonique (Auth) et dans les installations Cope-H près de Thermi et de l'aéroport de Thessalonique. Il possède plus de 25 ans d'expérience dans la technologie des couches minces, la fabrication de nanomatériaux et de nanoparticules avancés, le développement/mise en œuvre de techniques de métrologie optique in situ et en temps réel, la modélisation informatique et les outils de nanométrologie. La mission du LTFN est de faire progresser la recherche de classe mondiale et les meilleures pratiques en nanotechnologie, électronique organique, nanomédecine et nanométrologie pour relever les défis mondiaux en matière de fabrication, d'énergie, d'éclairage, d'électronique, de photonique, d'IoT, de transport, de santé et de qualité de vie. , Agriculture, etc.</t>
   </si>
   <si>
     <t>Photonique Bretagne</t>
   </si>
   <si>
     <t>La plateforme technologique Photonics Bretagne possède une large expérience en biophotonique.</t>
   </si>
   <si>
     <t>ROBOCÔTE</t>
   </si>
   <si>
     <t>La mission de Robocoast est de soutenir la transformation numérique avec des compétences clés en cybersécurité, robotique, technologies énergétiques, intelligence artificielle, analyse de données, 5G et Internet des objets. Nous fournissons des services à l’industrie exportatrice et à d’autres industries, ainsi qu’aux startups et aux entreprises de haute technologie. Les produits et services développés par les membres se concentrent sur l'industrie d'exportation et ses chaînes de sous-traitance, la fabrication de pointe, les technologies de l'information et de la communication et le secteur de l'énergie. Nous proposons également une coopération multidisciplinaire dans des domaines tels que l'agriculture et les technologies de la santé.</t>
   </si>
   <si>
     <t>Industrie rurale DIH</t>
   </si>
   <si>
     <t>Digital Innovation Hub est officiellement traduit en finnois par Digital Innovation Hub. Il s'agit d'un outil développé et coordonné par la Commission européenne pour accélérer les solutions numériques pour les entreprises européennes. Le DIH est fondamentalement orienté vers la région et se concentre principalement sur les PME.</t>
   </si>
   <si>
+    <t>Institut BioSense - Institut de recherche et de développement des technologies de l'information dans les biosystèmes</t>
+  </si>
+  <si>
+    <t>Antares s'efforce de favoriser l'excellence de la recherche à l'Institut Biosense, de fournir des solutions numériques disruptives au secteur agricole européen, de stimuler l'entrepreneuriat et l'emploi régionaux et de garantir une alimentation suffisante et sûre à la population mondiale croissante.</t>
+  </si>
+  <si>
     <t>SMILE-DIH (Centre d'innovation Smart Manufacturing pour le Lean Excellence - Digital Innovation Hub)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) est un centre d'innovation numérique (DIH), accrédité et opérationnel au niveau européen, fondé à Parme en 2018, sous la forme d'une association à but non lucratif (légalement reconnue), par l'Unione Parmense Degli Industriali et Université de Parme. Smile-DIH fait partie d'I4MS (European DiH Network) et du réseau italien DIH confindustria et est capable de soutenir le transfert de technologie entre les centres de recherche (universités, centres de compétences, instituts et organismes privés) et les industries manufacturières. (notamment les PME et ETI), ainsi que les administrations publiques, à faire évoluer leurs modèles économiques à travers : la digitalisation des processus opérationnels pour les rendre plus efficaces et fonctionnels ; La mise en œuvre de méthodologies innovantes et Lean, appuyées par des technologies intelligentes, telles que les systèmes cyber-physiques (CPS), l'Internet des objets (IoT et IIoT), l'intelligence artificielle (IA), la robotique (autonome et collaborative), la cybersécurité, le calcul haute performance (HPC).</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Institut national Tyndall, Tyndall</t>
   </si>
   <si>
     <t>Le Tyndall National Institute est l'un des principaux centres européens de recherche en technologie approfondie pour le matériel et les systèmes intégrés de TIC (technologies de l'information et des communications). Spécialisés à la fois dans l'électronique et la photonique (matériaux, dispositifs, circuits et systèmes), nous sommes leader mondial dans nos domaines de recherche fondamentale suivants : Fabrication de plaquettes semi-conductrices Matériaux, dispositifs et plates-formes d'ingénierie quantiques Intégration et conditionnement microélectronique et photonique Systèmes intégrés d'énergie et d'atténuation du climat Biophotonique, bioélectronique, dispositifs et systèmes biomédicaux Capteurs et systèmes intelligents Systèmes centrés sur l'humain pour le travail et la vie Systèmes de communication optique Systèmes de communication sans fil Conception de signaux mixtes et de circuits analogiques</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Les pôles d'innovation numérique (DIHS) sont des « guichets uniques » testés par la Commission européenne qui aident les entreprises à devenir plus compétitives en ce qui concerne leurs processus commerciaux/de production, leurs produits ou leurs services utilisant les technologies numériques. En tant que premier point de contact régional et passerelle dans un écosystème d'innovation multipartite, ils offrent aux PME et autres entreprises : Un accès aux dernières connaissances, expériences et technologies pour accompagner leurs clients avec des pilotes, des tests et des expérimentations d'innovations numériques. Un soutien commercial et financier pour mettre en œuvre ces innovations.</t>
   </si>
   <si>
     <t>CP Lab Newcastle</t>
   </si>
   <si>
     <t>La qualité de la vie urbaine de demain dépendra de plus en plus de la relation complexe entre les systèmes informatiques, l’ingénierie, la physique et le comportement humain. Cette relation entre les personnes et la technologie que nous utilisons affectera de plus en plus tous les aspects de notre vie quotidienne, depuis la manière dont nous alimentons nos maisons et nos entreprises jusqu'à la manière dont nous produisons nos aliments. Les entreprises, les gouvernements et l’industrie dépendront d’une technologie intégrée qui pourrait apporter de grandes améliorations à nos vies, mais qui est également vulnérable aux cyberattaques et aux pannes logicielles. La nécessité de comprendre et de rassembler ces différents éléments pour fonctionner efficacement sera d’une importance cruciale pour le développement de la société. Le Cyber Physical Lab de l'Université de Newcastle fait partie du Digital Innovation Hub (DIH) sur le site ultramoderne de Newcastle Helix, mettant en œuvre la vision régionale qui développe l'économie numérique florissante dans le nord-est de l'Angleterre. En plus de l'Université de Newcastle, DIH propose des services par l'intermédiaire du National Innovation Centre for Data (NICD), fournissant aux organisations des compétences en matière de données exploitables ; Le Coding Institute, Bridging the Digital Skills Gap et le programme Arrow, alignant les besoins des PME régionales sur ceux de l'Université de Newcastle.</t>
   </si>
   <si>
-    <t>Institut BioSense - Institut de recherche et de développement des technologies de l'information dans les biosystèmes</t>
-[...4 lines deleted...]
-  <si>
     <t>Espace FIWARE</t>
   </si>
   <si>
     <t>Elle concentre son activité sur la formation, la mise en réseau, la diffusion d'événements, d'avancées et de projets réalisés pour le développement technologique de Badajoz.</t>
   </si>
   <si>
     <t>Cluster Alimentation +i</t>
   </si>
   <si>
     <t>Projet de diffusion des activités, projets, réseaux, proposition de valeur et innovation réalisé par le cluster food+i.</t>
   </si>
   <si>
     <t>Usine galicienne du futur HUB</t>
   </si>
   <si>
     <t>Environnement pour la promotion de projets coopératifs à fort impact pour améliorer la compétitivité des entreprises du secteur automobile et de la mobilité de Galice</t>
   </si>
   <si>
     <t>IPC</t>
   </si>
   <si>
     <t>L'IPC agit comme un catalyseur qui rassemble le monde universitaire, les entreprises, le gouvernement et les investisseurs pour traduire des idées et des recherches brillantes sur le marché. Nous y parvenons en fournissant à nos clients un accès aux bons experts, équipes, réseaux, financements et bien plus encore, en reliant les points pour une innovation efficace. Nous sommes un centre d'innovation technologique indépendant de premier plan et un membre fondateur de la High Value Manufacturing Catapult du gouvernement britannique. Créées en 2004, nos équipes mettent sans relâche leurs nombreuses années d'expérience à profit pour garantir que chaque grande invention ait les meilleures chances de devenir un produit ou un procédé commercialisé avec succès. Nous travaillons avec nos partenaires sur divers marchés au Royaume-Uni et dans le monde, pour faire progresser leurs innovations et les aider à réduire les risques et les coûts associés au développement de produits.</t>
   </si>
   <si>
     <t>MicroHub.Swiss - Le DIH suisse de microtechnique et de microfabrication</t>
@@ -713,60 +758,60 @@
   <si>
     <t>HUB d’innovation numérique verte</t>
   </si>
   <si>
     <t>Soutenir les communautés et les réseaux agroalimentaires en See à travers le développement de services sur la qualité et la traçabilité numérique des aliments grâce à la blockchain</t>
   </si>
   <si>
     <t>Académie Jheronimus de science des données</t>
   </si>
   <si>
     <t>Jads est une coopération unique entre la province du Brabant-Septentrional, la commune de S-Hertogenbosch, l'université de Tilburg et l'université technologique d'Eindhoven (TU/E). Nous proposons plusieurs programmes de science des données. Des programmes de licence et de master à l'enseignement et à l'enseignement professionnels ENGD (anciennement PDENG). De plus, nous aidons les organisations à façonner leur avenir axé sur les données.</t>
   </si>
   <si>
     <t>Centre d'innovation LTU en IA</t>
   </si>
   <si>
     <t>L'Université de Technologie de Luleå possède de nombreuses années d'expérience dans le domaine de l'intelligence artificielle appliquée. Notre écosystème de recherche lié à l’IA est directement lié aux applications du monde réel dans les entreprises et les industries. Nous contribuons à des innovations en matière d’IA sûres et mesurables qui font la différence dans la vie quotidienne et profitent à la société dans son ensemble.</t>
   </si>
   <si>
     <t>Institut luxembourgeois des sciences et technologies (LIST)</t>
   </si>
   <si>
     <t>L'Institut luxembourgeois des sciences et technologies (List) est un organisme de recherche et de technologie (RTO) axé sur une mission qui développe des prototypes de produits/services compétitifs et orientés vers le marché pour les acteurs publics et privés.</t>
   </si>
   <si>
+    <t>Centre d'innovation numérique sur l'eau (Eau numérique)</t>
+  </si>
+  <si>
+    <t>Pôle de diffusion de la technologie et de l'innovation, services de conseil, R&amp;D appliquée, technologique, formation Objectif : Fournir une technologie industrielle à la Catalogne, conseil, formation, développement de produits et services innovants et promotion et diffusion de l'innovation technologique.</t>
+  </si>
+  <si>
     <t>Centre d'innovation numérique Innoskart</t>
   </si>
   <si>
     <t>Le Groupe a dépassé ses frontières d'origine tant géographiquement qu'en termes de périmètre d'activités. Aujourd'hui, Innoskart est devenu un groupe national de prestataires de services informatiques (matériel et logiciels) ainsi que de membres de l'industrie alimentaire et de la recherche, mais dans de nombreux autres domaines, il a des réalisations remarquables (commerce de véhicules, produits pharmaceutiques, machines et commerce, métallurgie, peinture, conseil). , etc.). Les organisations Innoskart vont des entreprises individuelles aux grandes entreprises dans une large palette. Outre les entreprises, les centres de recherche, les universités et les communes, le cluster compte également des membres.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Pôle de diffusion de la technologie et de l'innovation, services de conseil, R&amp;D appliquée, technologique, formation Objectif : Fournir une technologie industrielle à la Catalogne, conseil, formation, développement de produits et services innovants et promotion et diffusion de l'innovation technologique.</t>
   </si>
   <si>
     <t>Internet des objets, systèmes intelligents, ingénierie des données et médias DIH [Université technique nationale d'Athènes - Institut de communication et de systèmes informatiques]</t>
   </si>
   <si>
     <t>En Grèce, une stratégie régionale et 13 stratégies nationales de recherche et d’innovation pour une spécialisation intelligente ont été mises en œuvre. La stratégie nationale promeut huit secteurs dans lesquels la recherche et l'innovation pourraient contribuer au développement d'un avantage compétitif important, en tenant compte de la masse critique et de l'excellence du potentiel de recherche respectif. Les activités du Hub s'adressent à six de ces secteurs, à savoir : Agroalimentaire, santé, TIC, énergie, transports, industries créatives.</t>
   </si>
   <si>
     <t>Plateforme régionale Industrie 4.0 de la région Toscane (Plateforme toscane Industrie 4.0)</t>
   </si>
   <si>
     <t>L'outil opérationnel de la Plateforme Régionale Entreprise 4.0 : un point d'accès facile pour les entreprises qui souhaitent innover et rester compétitives sur les marchés. La plateforme est un nouvel écosystème créé pour promouvoir et encourager les processus de numérisation du système commercial et fait partie du réseau de centres d'innovation numérique accrédités par la Commission européenne. Elle a pour mission d'accompagner les entreprises, notamment les PME, dans le processus de digitalisation européenne et d'établir des contacts avec les différents acteurs de l'écosystème de l'innovation numérique présents sur le territoire.</t>
   </si>
   <si>
     <t>Hub d'innovation numérique pour le secteur agroalimentaire galicien (partie du Hub de bioéconomie)</t>
   </si>
   <si>
     <t>Hub qui met les dernières technologies numériques et créatives au service des secteurs de l'administration locale, de la formation, de l'internationalisation, du commerce, des services et de l'industrie Objectif :</t>
   </si>
   <si>
     <t>Algarve Smart Destination, pôle d’innovation numérique</t>
   </si>
   <si>
     <t>Digital Innovation Hub (DIH) est comme un réseau informel d'institutions privées et publiques axées sur la numérisation de l'économie du territoire, principalement dans le secteur du tourisme, dirigé par le système de l'Algarve et l'Association de partenariat technologique (Algarve STP), un association à but non lucratif regroupant l'Université de l'Algarve, l'Association nationale des jeunes entrepreneurs (ANJE) et trois municipalités de la région de l'Algarve, à savoir Loulé, Faro, Olhão et une association privée d'entreprises informatiques, Algarve Evolution.</t>
   </si>
@@ -1151,567 +1196,567 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C131"/>
+  <dimension ref="A1:C139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C131"/>
+      <selection activeCell="A1" sqref="A1:C139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="1811.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="1839.122" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:3">
@@ -1777,237 +1822,239 @@
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="1"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
         <v>147</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
         <v>149</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
@@ -2060,591 +2107,677 @@
       <c r="B80" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
         <v>161</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C82" s="1"/>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C108" s="1" t="s">
         <v>215</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>217</v>
-      </c>
-[...4 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C110" s="1" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C114" s="1" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>229</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C116" s="1" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>233</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>235</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>241</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C122" s="1" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C123" s="1" t="s">
         <v>245</v>
-      </c>
-[...4 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>247</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="1" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="B131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C131" s="1" t="s">
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="s">
         <v>262</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>277</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>