--- v0 (2026-01-29)
+++ v1 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Herramientas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="535">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="823">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Tipo de recurso</t>
   </si>
   <si>
     <t>Página web</t>
   </si>
   <si>
     <t>Agrobase</t>
   </si>
   <si>
     <t>Savoir identifier correctement les mauvaises herbes, les maladies ou les ravageurs des plantes est la première étape vers un contrôle efficace. Cette application comprend une base de données de connaissances agronomiques avec des catalogues de ravageurs et de maladies, ainsi que tous les pesticides, insecticides et herbicides enregistrés dans le pays de votre choix. Il comprend également des descriptions de produits phytosanitaires avec des liens, afin que vous puissiez toujours choisir la bonne solution à un problème. Il fournit également des informations sur l’enregistrement et les dates d’expiration des produits et, surtout, sur leur efficacité dans divers domaines.</t>
   </si>
   <si>
     <t>Application mobile</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=lt.farmis.apps.farmiscatalog&amp;hl=e…</t>
   </si>
   <si>
@@ -1046,59 +1046,50 @@
   <si>
     <t>Connectez les données agricoles, les conditions en temps réel et les recommandations agronomiques, tout en conservant les données agricoles au même endroit pour un suivi et un partage faciles.</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.cropx.adaptive&amp;hl=es_419</t>
   </si>
   <si>
     <t>Visor GO-Esjara</t>
   </si>
   <si>
     <t>Visionneuse cartographique avec des informations qui développent la chaîne de valeur de l'utilisation des cistes (Cistus ladanifer et Cistus laurifolius) pour obtenir des huiles essentielles, valorisant les déchets et les sous-produits</t>
   </si>
   <si>
     <t>https://goesjara.es/visor/</t>
   </si>
   <si>
     <t>IFAPA GUÍA PLAGAS</t>
   </si>
   <si>
     <t>Lutte antiparasitaire</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=es.juntadeandalucia.ifapa.guia</t>
   </si>
   <si>
-    <t>Agroseguro Ganado</t>
-[...7 lines deleted...]
-  <si>
     <t>Identificación Equina</t>
   </si>
   <si>
     <t>Demande de déclaration des placements de puces d'identification équines et des demandes de passeport auprès du Collège vétérinaire de Cantabrie</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.vetcontrol.canvas.appidendifi…</t>
   </si>
   <si>
     <t>Portal Ganadero</t>
   </si>
   <si>
     <t>Portail de l'élevage du ministère du Développement rural, de l'Élevage, de la Pêche, de l'Alimentation et de l'Environnement du Gouvernement de Cantabrie : demande de guides de transport de bétail, achat de boucles d'oreille et identification des animaux</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=es.cantabria.portalganadero.porta…</t>
   </si>
   <si>
     <t>Gestión explotaciones agrarias</t>
   </si>
   <si>
     <t>Application conçue pour faciliter la création et le suivi des actions sur une exploitation agricole (XEAGA)</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=gal.xunta.xeaga</t>
@@ -1208,459 +1199,1333 @@
   <si>
     <t>Solution qui numérise les opérations agricoles et d'élevage, surveille les cultures et le bétail, affiche des indicateurs en temps réel et améliore la coordination sur le terrain.</t>
   </si>
   <si>
     <t>https://mairu.digital/software-agricultura-ganaderia/</t>
   </si>
   <si>
     <t>AGROPECUARIA</t>
   </si>
   <si>
     <t>Domaine professionnel et gestion du bétail</t>
   </si>
   <si>
     <t>https://controlagropecuaria.web.app/</t>
   </si>
   <si>
     <t>ContaCarne</t>
   </si>
   <si>
     <t>Une application Web qui calculera vos coûts de production, ainsi que le prix de la viande que vous devriez recevoir pour couvrir tous les frais de votre ferme (y compris le salaire propre du propriétaire, normalisé à 1,5 fois le salaire minimum interprofessionnel). L'utilisateur pourra imprimer le rapport annuel des résultats et suivre les comptes annuels de son exploitation.</t>
   </si>
   <si>
     <t>https://contacarne.xunta.gal/contacarne/</t>
   </si>
   <si>
+    <t>Riego Citrus</t>
+  </si>
+  <si>
+    <t>CITRUS IRRIGATION est une application publique gratuite développée par l'Institut andalou de recherche et de formation en agriculture, pêche, alimentation et production biologique (IFAPA) qui fournit une interface avec des recommandations d'irrigation pour les cultures d'agrumes adaptées à la disponibilité en eau et à toute situation de restriction de son approvisionnement.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.ifapa.riego.citrus.app&amp;pli=1</t>
+  </si>
+  <si>
+    <t>Sensacultivo</t>
+  </si>
+  <si>
+    <t>Application mobile qui permet d'optimiser la consommation d'eau et d'engrais et d'augmenter la compétitivité et la durabilité</t>
+  </si>
+  <si>
+    <t>https://sensacultivo.es/</t>
+  </si>
+  <si>
+    <t>Sensoterra</t>
+  </si>
+  <si>
+    <t>Application mobile pour surveiller l'humidité du sol en temps réel par sonde et localisation qui enverra des actions suggérées pour augmenter la productivité des cultures et réduire les coûts d'irrigation.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=nl.peercode.sensoterranew&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>Memorándum SIEX</t>
+  </si>
+  <si>
+    <t>Application mobile pour le secteur agricole qui crée automatiquement le carnet de terrain numérique et le livre d'élevage.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=net.memorandum.siexmemorandum&amp;hl=…</t>
+  </si>
+  <si>
+    <t>RiegoApp</t>
+  </si>
+  <si>
+    <t>Plateforme de planification d'irrigation pour appareils mobiles</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.iriego.riegoapp</t>
+  </si>
+  <si>
+    <t>Mide Mapas Pro</t>
+  </si>
+  <si>
+    <t>Une application qui vous permet de dessiner rapidement et facilement des polygones et de mesurer des distances, des périmètres et des surfaces dans Maps avec une précision extrême. Il prend même en compte la courbure de la surface de la Terre. Utilisez-le pour les petites ou grandes zones, puis partagez vos résultats via n'importe quelle application de partage sur votre appareil.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.globaldpi.measuremaplite&amp;hl=e…</t>
+  </si>
+  <si>
+    <t>Riego</t>
+  </si>
+  <si>
+    <t>Gère le matériel d'irrigation</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.vrriegorn</t>
+  </si>
+  <si>
+    <t>VISORES AUTONÓMICOS DE PARCELAS AGRÍCOLAS (SIGPAC)</t>
+  </si>
+  <si>
+    <t>https://www.fega.gob.es/es/pepac-2023-2027/sistemas-gestion-y-control/sigpac/vi…</t>
+  </si>
+  <si>
+    <t>Contaláctea</t>
+  </si>
+  <si>
+    <t>Plateforme de calcul des coûts pour les exploitations laitières en Galice. Sur la base des données dûment complétées, vos coûts de production seront calculés, ainsi que le prix du lait que vous devriez recevoir pour couvrir tous les coûts de votre exploitation.</t>
+  </si>
+  <si>
+    <t>https://www.contalactea.es/cantabria/</t>
+  </si>
+  <si>
+    <t>Agri Sustainability Compass</t>
+  </si>
+  <si>
+    <t>Boussole de durabilité agricole Il rassemble 20 indicateurs clés pour les trois dimensions de la durabilité dans l’agriculture et les zones rurales et aide les utilisateurs à comprendre rapidement l’état actuel de la durabilité agricole et son évolution au fil du temps.</t>
+  </si>
+  <si>
+    <t>https://agridata.ec.europa.eu/extensions/compass/compass.html</t>
+  </si>
+  <si>
+    <t>eAmbrosia</t>
+  </si>
+  <si>
+    <t>Outil Web officiel pour connaître le registre légal des noms de produits agricoles et alimentaires, de vins et de spiritueux enregistrés et protégés dans toute l'UE.</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/agriculture/eambrosia/geographical-indications-register/</t>
+  </si>
+  <si>
+    <t>Porcicola Control</t>
+  </si>
+  <si>
+    <t>Bienvenue chez Porcícola Control, la solution complète pour la gestion de votre élevage porcin, conçue pour vous, éleveur porcin professionnel. Conçue spécialement pour les éleveurs porcins, notre application vous offre les outils nécessaires pour optimiser la gestion de votre élevage, améliorer la santé de vos porcs et augmenter votre productivité.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.madagas.porcicola_control&amp;hl=…</t>
+  </si>
+  <si>
+    <t>FieldPad</t>
+  </si>
+  <si>
+    <t>Il permet aux agriculteurs de contrôler plus précisément leurs cultures, l'utilisation des intrants et les données météorologiques, contribuant ainsi à une prise de décision plus éclairée et à une agriculture plus productive. FieldPad offre un accès à distance et en temps réel aux données parcellaires, simplifiant ainsi le diagnostic des problèmes et la recommandation de solutions, permettant des conseils plus efficaces, optimisant les pratiques agricoles et augmentant la productivité. FieldPad permet un suivi centralisé et en temps réel des activités agricoles des membres, simplifiant ainsi la planification des cultures, l'allocation des ressources et la gestion de la chaîne d'approvisionnement.</t>
+  </si>
+  <si>
+    <t>https://fieldpad.es/</t>
+  </si>
+  <si>
+    <t>DSSAT</t>
+  </si>
+  <si>
+    <t>Le Système d'appui au transfert de technologies agricoles (DSSAT) est un logiciel Windows comprenant des modèles de simulation dynamique de la croissance de plus de 45 espèces. DSSAT prend en charge divers utilitaires et applications pour les données météorologiques, pédologiques, génétiques, de gestion des cultures et expérimentales d'observation, et inclut des exemples de jeux de données pour tous les modèles de cultures. Les modèles de simulation des cultures simulent la croissance, le développement et le rendement en fonction de la dynamique sol-plante-atmosphère. DSSAT a été appliqué à de nombreux problèmes concrets, allant de la modélisation génétique à la gestion agricole et de précision, en passant par les évaluations régionales de l'impact de la variabilité et du changement climatiques, la durabilité économique et environnementale, et la sécurité alimentaire et nutritionnelle.</t>
+  </si>
+  <si>
+    <t>https://dssat.net/</t>
+  </si>
+  <si>
+    <t>AGRO360º</t>
+  </si>
+  <si>
+    <t>Agro360º est un système de services complet et innovant conçu pour répondre à tous les besoins des professionnels du secteur agroalimentaire. Agro360º propose une large gamme de solutions pour optimiser la gestion des coopératives et offre aux agriculteurs et aux éleveurs une gamme de services leur permettant de se concentrer sur le soin de leurs cultures et la garantie de la qualité de leurs produits.</t>
+  </si>
+  <si>
+    <t>https://faecagranada.com/servicios</t>
+  </si>
+  <si>
+    <t>AGROASESOR</t>
+  </si>
+  <si>
+    <t>AGROasesor intègre la gestion des opérations parcellaires au conseil aux cultures, grâce à des outils d'aide à la décision.</t>
+  </si>
+  <si>
+    <t>https://www.agrogestor.es/plataformas/plataforma-agroasesor/</t>
+  </si>
+  <si>
+    <t>ROPO</t>
+  </si>
+  <si>
+    <t>Registre officiel des producteurs et exploitants de produits phytopharmaceutiques (ROPO)</t>
+  </si>
+  <si>
+    <t>https://servicio.mapa.gob.es/ropowebwai/default.aspx</t>
+  </si>
+  <si>
+    <t>DIGIMAPA</t>
+  </si>
+  <si>
+    <t>L'application contient des informations catégorisées sur plus de 660 entreprises spécialisées dans l'offre de produits et services TIC, d'automatisation et de robotique à la chaîne de valeur agroalimentaire.</t>
+  </si>
+  <si>
+    <t>https://digimapa.akisplataforma.es/</t>
+  </si>
+  <si>
+    <t>Asesores Aragón</t>
+  </si>
+  <si>
+    <t>Outil de gestion des connaissances pour faciliter la diffusion d'informations et de documentation à divers groupes consultatifs, l'échange de membres et la coordination de tous types d'activités. Application de l' Alliance agroalimentaire d'Aragon pour la gestion et le transfert de connaissances entre scientifiques, techniciens et agriculteurs aragonais</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=me.chil.socialknowledge.aprogip&amp;h…</t>
+  </si>
+  <si>
+    <t>SGA@PP</t>
+  </si>
+  <si>
+    <t>Application mobile de consultation d'informations sur les dossiers et les candidatures dans le cadre des Candidatures Uniques</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.pac.sga.sgaapp</t>
+  </si>
+  <si>
+    <t>RETO</t>
+  </si>
+  <si>
+    <t>Registre électronique des transactions et opérations sur les produits phytosanitaires (RETO)</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/productos-fitosani…</t>
+  </si>
+  <si>
+    <t>Agreena Carbon</t>
+  </si>
+  <si>
+    <t>Calculateur de carbone qui estime les gains potentiels de la transition vers l'agriculture régénératrice</t>
+  </si>
+  <si>
+    <t>https://app.agreena.com/signup/farm</t>
+  </si>
+  <si>
+    <t>SERVIFAPA</t>
+  </si>
+  <si>
+    <t>Plateforme qui offre la possibilité de faire des demandes techniques liées aux activités agricoles et de pêche</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/asesoramiento…</t>
+  </si>
+  <si>
+    <t>DEMETRIA Agritech</t>
+  </si>
+  <si>
+    <t>Solution technologique pour répondre aux besoins du secteur agricole, contribuant à simplifier et optimiser la gestion des exploitations, la conformité réglementaire et l'accès des agriculteurs aux aides européennes.</t>
+  </si>
+  <si>
+    <t>https://demetriaagritech.com/</t>
+  </si>
+  <si>
+    <t>AgroCuaderno Cuaderno de campo</t>
+  </si>
+  <si>
+    <t>Outil qui vous permet de gérer les données de votre Coopérative/Huilerie</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=io.prosur.agrocuaderno</t>
+  </si>
+  <si>
+    <t>Cuaderno de campo agrícola</t>
+  </si>
+  <si>
+    <t>Agricolum est une application conçue par des agriculteurs, pour des agriculteurs, des conseillers et des coopératives. Nous sommes une équipe d'agriculteurs, d'ingénieurs agronomes et d'informaticiens qui souhaitent aider le secteur agricole à gérer les exploitations et à améliorer l'agriculture.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agricolum&amp;hl=es_419&amp;gl=US</t>
+  </si>
+  <si>
+    <t>oliCloud</t>
+  </si>
+  <si>
+    <t>Une application développée spécifiquement pour la gestion des oliveraies et des exploitations de fruits à coque vous permet de suivre la rentabilité de chaque exploitation, les produits phytosanitaires utilisés et de générer automatiquement votre journal de bord d'exploitation.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.app.inforcloudsca.olicloudapp…</t>
+  </si>
+  <si>
+    <t>INTIA SA</t>
+  </si>
+  <si>
+    <t>Il permet de recevoir les notifications d'alertes phytosanitaires publiées par INTIA SA et d'avoir une bonne prévention sur les cultures.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.intia.appnotificacionespush</t>
+  </si>
+  <si>
+    <t>REDAFEX</t>
+  </si>
+  <si>
+    <t>Plateforme logicielle gratuite de conseil en fertilisation des sols agricoles pour les agriculteurs d'Estrémadure.</t>
+  </si>
+  <si>
+    <t>https://www.redafex.es/</t>
+  </si>
+  <si>
+    <t>Sencrop</t>
+  </si>
+  <si>
+    <t>Gestion des risques et interventions sur les cultures grâce à des mesures et prévisions météorologiques spécifiques à votre région</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/search?q=sencrop&amp;c=apps&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Registros Autonómicos de Explotación Agrícola (REA) y Cuaderno Digital de Explotación Agrícola (CUE)</t>
+  </si>
+  <si>
+    <t>Page d'accès aux Services du Registre Autonome d'Exploitation Agricole (REA) et au Cahier Numérique d'Exploitation Agricole (CUE) des Communautés Autonomes</t>
+  </si>
+  <si>
+    <t>https://www.fega.gob.es/es/siex/acceso-a-a-rea-y-cue</t>
+  </si>
+  <si>
+    <t>AdapteCCa</t>
+  </si>
+  <si>
+    <t>Visionneuse de scénarios de changement climatique pour découvrir, visualiser et télécharger les projections les plus récentes concernant le climat futur de l'Espagne.</t>
+  </si>
+  <si>
+    <t>https://escenarios.adaptecca.es/</t>
+  </si>
+  <si>
+    <t>RETOAGUA</t>
+  </si>
+  <si>
+    <t>RETOAGUA Castilla-La Mancha est un outil numérique pour soutenir la prise de décision des agriculteurs en matière d'irrigation et de fertilisation.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.uclm.crea.retoagua&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Red de Alerta e Información Fitosanitaria de Andalucía (RAIF)</t>
+  </si>
+  <si>
+    <t>Informations actualisées sur l'état phytosanitaire des principales cultures d'Andalousie : ail, coton, amandes, riz, céréales d'hiver, agrumes, fraises, baies, légumes protégés, olives, pommes de terre, betteraves sucrières, tomates destinées à la transformation industrielle, raisins et carottes.</t>
+  </si>
+  <si>
+    <t>https://experience.arcgis.com/experience/8e11d646e1be4f75947f75be7b729981</t>
+  </si>
+  <si>
+    <t>FitoBot</t>
+  </si>
+  <si>
+    <t>Assistant IA pour le secteur de la santé des végétaux</t>
+  </si>
+  <si>
+    <t>https://tecfito.com/fitobot/</t>
+  </si>
+  <si>
+    <t>Agri IA: Smart Farming Advisor</t>
+  </si>
+  <si>
+    <t>Permet aux utilisateurs de poser toutes les questions liées à l'agriculture et aux meilleures pratiques agricoles</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=live.agriai&amp;hl=es</t>
+  </si>
+  <si>
+    <t>IG4 Agricultura Razonada</t>
+  </si>
+  <si>
+    <t>Application de suivi des paramètres fondamentaux d'une culture pour optimiser la qualité, la productivité et la durabilité.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.ig4.agronomia&amp;hl=es</t>
+  </si>
+  <si>
+    <t>AGRAI</t>
+  </si>
+  <si>
+    <t>Application d'agriculture de précision intelligente pour la surveillance et la prédiction des principaux paramètres agronomiques des cultures.</t>
+  </si>
+  <si>
+    <t>https://www.agrai.es/login/</t>
+  </si>
+  <si>
+    <t>KAAMPO Técnico de campo</t>
+  </si>
+  <si>
+    <t>Un outil rapide et simple pour rationaliser le travail des personnes chargées de conseiller et/ou d’auditer la conformité avec diverses certifications nationales et internationales.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.kaampo.tecnico&amp;hl=es</t>
+  </si>
+  <si>
+    <t>DOSAVIÑA</t>
+  </si>
+  <si>
+    <t>Outil permettant de déterminer le volume d'application optimal pour les traitements phytosanitaires en vignoble, en fonction des caractéristiques structurelles de la végétation et du type de matériel utilisé.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=edu.upc.deab.uma&amp;hl=es</t>
+  </si>
+  <si>
+    <t>ISAGRI AGROPTIMA</t>
+  </si>
+  <si>
+    <t>Gérez efficacement votre exploitation agricole grâce à l'application et au compte web de votre ordinateur (Carnet de gestion numérique de l'exploitation).</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agroptima.agroptima</t>
+  </si>
+  <si>
+    <t>ISAGRI PORC MOBILE</t>
+  </si>
+  <si>
+    <t>Une application mobile permettant aux éleveurs de porcs d'enregistrer en temps réel les événements de leur exploitation et d'accéder facilement aux données essentielles de leur troupeau. Les utilisateurs peuvent consigner les événements liés à la reproduction (inséminations, saillies, échographies, mises bas, sevrages), consulter les données des truies et suivre les délais d'attente avant la réforme. Il est également possible d'enregistrer l'état corporel des truies (épaisseur de lard dorsal) à différents stades. Vous pourrez créer vos lots post-sevrage et d'engraissement en saisissant les mouvements d'animaux et les interventions sanitaires.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.isagri.gestionporcine</t>
+  </si>
+  <si>
+    <t>ISAGRI GEOFOLIA</t>
+  </si>
+  <si>
+    <t>Cette application vous permet d'enregistrer et de consulter les rapports soumis depuis vos parcelles grâce à une interface tactile intuitive. Des contrôles relatifs aux produits phytosanitaires (mélanges interdits, dosages, etc.) ont été intégrés afin de vous alerter immédiatement en cas de non-respect des consignes d'utilisation.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=fr.icone.geofolia</t>
+  </si>
+  <si>
+    <t>Vacapop</t>
+  </si>
+  <si>
+    <t>Application pour rechercher, acheter et vendre du bétail directement entre éleveurs dans toute l'Espagne, vous offrant un site spécialisé où vous pouvez publier vos offres de bétail à vendre, ainsi que trouver une large offre de bétail à vendre (vaches, taureaux, chevaux, juments, chèvres et moutons), et où vous pouvez effectuer des transactions d'achat et de vente immédiatement et en toute sécurité.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=io.elprogramador.vacapop&amp;hl=es&amp;gl…</t>
+  </si>
+  <si>
+    <t>VACAPP</t>
+  </si>
+  <si>
+    <t>Application pour gérer vos vaches, taureaux et troupeaux qui vous permet d'avoir un contrôle exhaustif des veaux, du sevrage, de l'assainissement, des maladies et des divers événements qui peuvent arriver à un troupeau.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.mateuyabar.vacapp</t>
+  </si>
+  <si>
+    <t>Agrónic App 2.0</t>
+  </si>
+  <si>
+    <t>L'application Agrónic 2.0 est la nouvelle génération de l'application Agrónic. Entièrement repensée, plus visuelle, plus intuitive et évolutive, elle est conçue pour répondre aux besoins réels des agriculteurs d'aujourd'hui, en offrant un environnement de contrôle à distance plus complet, professionnel et convivial. Cette nouvelle version remplacera progressivement l'application précédente et marquera un tournant dans la gestion des programmes Agrónic.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.progres.agronicapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Vegga</t>
+  </si>
+  <si>
+    <t>Elle vous aide à gérer et à prendre des décisions éclairées. Vous pourrez ainsi optimiser les performances de votre exploitation grâce aux indicateurs générés par la plateforme, en utilisant les dernières technologies numériques et des conseils d'experts.</t>
+  </si>
+  <si>
+    <t>https://veggadigital.com/soluciones/</t>
+  </si>
+  <si>
+    <t>Cropwise Protector</t>
+  </si>
+  <si>
+    <t>Avec Cropwise Protector, les agriculteurs accèdent aux principaux indicateurs agronomiques directement depuis leur téléphone portable. Des outils d'analyse performants et des tableaux de bord visuels garantissent un accès immédiat aux informations collectées pour une prise de décision plus rapide et plus précise. Le tout est organisé en graphiques et cartes offrant une vue d'ensemble complète et détaillée de la pression des ravageurs.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=ag.strider.protector&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Efemis</t>
+  </si>
+  <si>
+    <t>Efemis est la plateforme agricole de gestion agronomique et économique des opérations de pré-récolte ; elle permet la planification, l'exécution et le contrôle de nombreux processus agricoles, sous les angles agronomique, économique et juridique ; elle permet une prise de décision optimale basée sur une analyse approfondie des données ; réduction des coûts et amélioration des performances ; traçabilité en matière de commercialisation.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/search?q=efemis&amp;c=apps&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Agrosales</t>
+  </si>
+  <si>
+    <t>Agrosales est une plateforme numérique d'analyse de données commerciales, agronomiques et techniques visant à améliorer la gestion stratégique des entreprises de production et de distribution d'intrants agricoles.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/en/productos/agrosales/?utm_source=chatgpt.com</t>
+  </si>
+  <si>
+    <t>Margaret</t>
+  </si>
+  <si>
+    <t>L'intelligence artificielle au service de l'agriculture : nous avons conçu la première plateforme d'intelligence artificielle agroalimentaire capable d'anticiper différents scénarios futurs, d'en décrire l'impact sur votre stratégie d'entreprise et de vous proposer la meilleure solution pour chaque objectif commercial. Margaret dispose d'un moteur de traitement qui analyse des données massives et authentiques du secteur agroalimentaire grâce à des algorithmes et des modèles d'IA afin de développer des applications sur mesure, adaptées aux besoins de chaque producteur, agrégateur ou industrie complémentaire.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/en/productos/margaret/</t>
+  </si>
+  <si>
+    <t>Agri Calc (android)</t>
+  </si>
+  <si>
+    <t>Un outil simple pour les calculs agricoles. Il permet actuellement de calculer la densité de peuplement, de calibrer un pulvérisateur à rampe de base, de calculer les rendements des cultures et les doses d'engrais NPK. D'autres fonctionnalités seront bientôt disponibles. Vous pouvez enregistrer vos calculs pour une utilisation ultérieure et les regrouper. Il prend en charge les unités métriques et impériales.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=co.za.tcei.agricalc&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Agri Calc (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/agricalc/id6753979056</t>
+  </si>
+  <si>
+    <t>Mi Granja</t>
+  </si>
+  <si>
+    <t>Application pour la gestion d'élevages ovins, caprins et bovins. Utilisant un lecteur d'identification électronique (bolus, boucle auriculaire électronique, micropuce), elle permet la création d'une base de données et d'un système de contrôle pour l'exploitation, assurant ainsi le suivi des différentes étapes et situations vécues par les animaux : identification, recensement, échographies, agnelage, pertes, prélèvements sanguins, enregistrement de la production laitière…</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.tecon.roiplascrotales</t>
+  </si>
+  <si>
+    <t>Reutivar</t>
+  </si>
+  <si>
+    <t>Cette application permet une planification optimale de la fertirrigation pour les oliveraies irriguées avec des eaux recyclées. La version 1.0.Beta de REUTIVAR-App, développée par l'Université de Cordoue, est une application bêta gratuite et open source.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.rafacode.reutivarapp&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Fitocampo</t>
+  </si>
+  <si>
+    <t>L'application Fitocampo est conçue pour permettre aux entreprises des secteurs de la protection des végétaux, de l'agriculture et de la phytosanitaire de compléter leur carnet de terrain depuis un appareil mobile. Fitocampo est une application mobile qui facilite le travail de différents profils professionnels et permet à toute entreprise de ces secteurs de compléter son carnet de terrain depuis un appareil mobile.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.sdi.fitocampo&amp;hl=es</t>
+  </si>
+  <si>
+    <t>FitoFarma</t>
+  </si>
+  <si>
+    <t>FitoFarma est votre outil indispensable pour la gestion de l'utilisation des produits phytosanitaires en agriculture. Conçu pour les agriculteurs, les agronomes et les passionnés de jardinage.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/fitosanitarios-agronomia-mapa/id6451338616</t>
+  </si>
+  <si>
+    <t>Agrobio Efectos Secundarios</t>
+  </si>
+  <si>
+    <t>Manuel des effets secondaires de l'utilisation intégrée en horticulture des produits phytosanitaires et des organismes de lutte biologique ou des pollinisateurs.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agrobio.efectos</t>
+  </si>
+  <si>
+    <t>Xarvio Field Manager</t>
+  </si>
+  <si>
+    <t>La plateforme numérique de référence pour l'optimisation et la prescription des cultures. Forte de 25 ans d'expérience, cette application intègre des modèles d'optimisation des cultures. Ses principaux composants vous permettent de prendre des décisions de gestion en temps réel grâce à des informations précises pour chacune de vos parcelles, facilitant ainsi l'optimisation du temps et des ressources.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.bayer.cs.xarviofieldmanager&amp;h…</t>
+  </si>
+  <si>
+    <t>Prismab</t>
+  </si>
+  <si>
+    <t>Nous avons créé le PRISMAB Link pour connecter les données de vos capteurs à Internet avec une simplicité légendaire. Il suffit de brancher un capteur à l'un de ses trois ports, et le Link commencera à transmettre les données toutes les heures. C'est aussi simple que cela. Gardez le contrôle total de votre installation et de votre réseau de capteurs, où que vous soyez. Installez, remplacez des capteurs, déplacez des émetteurs ou désinstallez du matériel aussi souvent que nécessaire, en toute autonomie et sans effort.</t>
+  </si>
+  <si>
+    <t>https://prismab.com/</t>
+  </si>
+  <si>
+    <t>PhytechPlant</t>
+  </si>
+  <si>
+    <t>Application végétale pour une irrigation optimisée</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.phytechplant</t>
+  </si>
+  <si>
+    <t>Cuaderno de Campo UAGN (android)</t>
+  </si>
+  <si>
+    <t>Outil indispensable pour les agriculteurs et éleveurs membres de l'UAGN, intégré au Carnet de gestion agricole, à l'application aGROSlab GIP Advisor et à la plateforme de distribution des produits phytosanitaires, le Carnet de terrain UAGN vous permet de planifier vos traitements, même hors ligne. Il vous fournit toutes les informations nécessaires et vous permet de recevoir les recommandations de l'assistant sur votre smartphone ou tablette.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.geoslab.agroslabagricultor.ua…</t>
+  </si>
+  <si>
+    <t>Cuaderno de Campo UAGN (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/cuaderno-de-campo-uagn/id1495651696</t>
+  </si>
+  <si>
+    <t>Hesperides</t>
+  </si>
+  <si>
+    <t>Cette application est conçue pour les conseillers et directeurs techniques utilisant Hesperides. Ses principales fonctionnalités sont : l’identification et la géolocalisation des parcelles et des producteurs ; un accès simplifié à l’historique des parcelles ; et la gestion des informations relatives aux pièges.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.efoodprint.hesperides</t>
+  </si>
+  <si>
+    <t>Plantae</t>
+  </si>
+  <si>
+    <t>Avec Plantae®, accédez à vos données de terrain à tout moment. Contrôlez l'humidité, la conductivité et la température du sol pour fournir à vos plantes exactement ce dont elles ont besoin. Collecte de données en temps réel. Graphiques d'humidité, de conductivité et de température. Mesures de débit sans avoir à vous déplacer sur le terrain.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.plantaeapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>agrocontrol</t>
+  </si>
+  <si>
+    <t>Générez votre registre de terrain en un clic et enregistrez les pointages obligatoires de vos employés. Attribuez des tâches, gérez vos finances, respectez la réglementation et évitez les pénalités sans paperasse.</t>
+  </si>
+  <si>
+    <t>https://www.agrocontrol.app/</t>
+  </si>
+  <si>
+    <t>FarmQA</t>
+  </si>
+  <si>
+    <t>FarmQA est votre assistant agronomique numérique pour le suivi des cultures, les recommandations de traitements, l'analyse d'images et l'analyse des parcelles. Astuce : FarmQA Advice simplifie le travail des agronomes en fournissant rapidement des recommandations de traitements numériques à vos agriculteurs. Personnalisez les recommandations et suivez les détails.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.farmqa.scouting&amp;hl=es</t>
+  </si>
+  <si>
+    <t>FitoAid</t>
+  </si>
+  <si>
+    <t>Trouvez rapidement tout produit phytosanitaire. Accédez facilement à tous les produits phytosanitaires enregistrés auprès du ministère espagnol de l'Agriculture, de la Pêche, de l'Alimentation et de l'Environnement (MAPAMA) grâce au moteur de recherche ou en filtrant par caractéristiques, avec un accès direct à la fiche d'enregistrement officielle du ministère.</t>
+  </si>
+  <si>
+    <t>https://www.adama.com/spain/es/fitoaid</t>
+  </si>
+  <si>
+    <t>Control Agropecuaria</t>
+  </si>
+  <si>
+    <t>Notre plateforme résout un problème majeur pour les gestionnaires et les techniciens du secteur agricole : l’enregistrement, le suivi, l’analyse et le reporting des données. S’ils ont jusqu’à présent consigné leurs informations sur papier ou dans des tableurs, ils risquent d’utiliser une méthode de collecte de données obsolète.</t>
+  </si>
+  <si>
+    <t>Climate Field view</t>
+  </si>
+  <si>
+    <t>Climate FieldView est un outil numérique intégré pour l'agriculture qui offre aux agriculteurs une suite complète et connectée d'outils numériques, leur permettant d'acquérir une connaissance plus approfondie de leurs champs afin de prendre des décisions opérationnelles plus éclairées qui leur permettent d'optimiser le rendement, de maximiser l'efficacité et de réduire les risques.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?hl=en&amp;id=com.climate.growers.android…</t>
+  </si>
+  <si>
+    <t>PickApp</t>
+  </si>
+  <si>
+    <t>Signalez toutes les activités de votre exploitation et associez chaque action à un lieu, une heure et un ouvrier agricole précis. PickApp télécharge et analyse automatiquement les données scannées en temps réel. Ce processus infaillible remplace les rapports manuels imprécis et permet aux exploitants agricoles de mettre en place un flux de travail stable et structuré, basé sur une intégrité des données irréprochable.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.pointer.farmwork</t>
+  </si>
+  <si>
+    <t>Agro</t>
+  </si>
+  <si>
+    <t>Développez votre réseau et multipliez vos opportunités d'affaires avec des professionnels du secteur primaire en Espagne et au Portugal.</t>
+  </si>
+  <si>
+    <t>https://appagro.es/</t>
+  </si>
+  <si>
+    <t>Sanzar</t>
+  </si>
+  <si>
+    <t>Plateforme web/mobile de recommandations d'irrigation intelligentes permettant de réduire la consommation d'eau grâce à l'analyse des données du sol et d'autres paramètres.</t>
+  </si>
+  <si>
+    <t>https://ai-land-software.sanzar-group.com/</t>
+  </si>
+  <si>
+    <t>Agroseguro Clientes</t>
+  </si>
+  <si>
+    <t>Application destinée à enregistrer les demandes d'indemnisation et les avis de retrait concernant l'élevage</t>
+  </si>
+  <si>
+    <t>https://agroseguro.es/clientes/aplicaciones/</t>
+  </si>
+  <si>
+    <t>AgriSat</t>
+  </si>
+  <si>
+    <t>Elle permet un suivi simple et intuitif des cultures tout au long de leur cycle de croissance, pour une gestion agronomique optimisée. L'état des cultures, leur activité photosynthétique et leur variabilité au sein de la parcelle sont visualisés. Ceci est rendu possible grâce à des séries temporelles denses d'images provenant des principaux satellites d'observation de la Terre de la NASA et de l'Agence spatiale européenne, avec une fréquence souvent proche d'une image par semaine. L'application affiche par défaut la dernière image disponible et facilite la navigation chronologique dans la séquence d'images.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.idrab.uclm.spiderwebgis.agrisa…</t>
+  </si>
+  <si>
+    <t>Herdly (android)</t>
+  </si>
+  <si>
+    <t>Herdly est une application de gestion du bétail qui vous permet d'enregistrer l'état de votre élevage avec votre voix, grâce à des rapports intelligents basés sur l'IA, et vous offre la possibilité d'écouter ces rapports à tout moment.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.herdly.farmer</t>
+  </si>
+  <si>
+    <t>Herdly (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/us/app/herdly-farmer/id6757684859</t>
+  </si>
+  <si>
+    <t>grupozas</t>
+  </si>
+  <si>
+    <t>Logiciel de gestion pour l'industrie agroalimentaire, ERP spécialisé intégrant HACCP et traçabilité. Ce logiciel assure le contrôle HACCP, la traçabilité des lots, la gestion des dates de péremption, le contrôle des allergènes et la conformité réglementaire.</t>
+  </si>
+  <si>
+    <t>https://grupozas.com/erp-industria-alimentaria/</t>
+  </si>
+  <si>
+    <t>Lims.science</t>
+  </si>
+  <si>
+    <t>Système de gestion de laboratoire pour l'alimentation et les boissons : Gérez efficacement les analyses des produits alimentaires et des boissons grâce à un LIMS conçu pour les laboratoires certifiés ISO 17025. Contrôlez la qualité des produits, la traçabilité et les tests par lots à partir d'un seul système.</t>
+  </si>
+  <si>
+    <t>https://lims.science/es/lims-alimentos/</t>
+  </si>
+  <si>
+    <t>ArcGIS Survey123</t>
+  </si>
+  <si>
+    <t>Transformez vos flux de travail quotidiens grâce aux formulaires intelligents. Concevez des formulaires et des enquêtes intelligents avec ArcGIS Survey123, un outil de création de formulaires dynamique. Accélérez la collecte de données et améliorez la qualité des résultats. Visualisez et analysez les informations sous un angle géographique pour mieux comprendre où et pourquoi les choses se produisent. Partagez les données via des cartes web, des applications et des tableaux de bord pour éclairer la prise de décision et optimiser les processus métier.</t>
+  </si>
+  <si>
+    <t>https://www.esri.com/es-es/arcgis/products/arcgis-survey123/overview?rsource=ht…</t>
+  </si>
+  <si>
+    <t>Peso Animal - Cerdos y ganado</t>
+  </si>
+  <si>
+    <t>Cette calculatrice a été conçue pour faciliter le calcul du poids des animaux vivants ou abattus sans utiliser de balance. - Porcs - Bovins - Buffles - Chevaux - Ovins et chèvres</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.pesoanimal&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Porcicultor: Gestor de cerdos</t>
+  </si>
+  <si>
+    <t>Porcicultor : votre meilleur allié pour la gestion de vos élevages porcins. Découvrez Porcicultor, le logiciel de gestion porcine 100 % gratuit qui vous aidera à contrôler efficacement et facilement les dépenses et les profits de vos élevages de porcs à l’engraissement.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.porcicultor&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Ganadero: control ganadero</t>
+  </si>
+  <si>
+    <t>Ganadero, l'outil idéal pour la gestion des élevages bovins (viande et lait). Gratuit et doté d'une base de données intégrée, il permet un contrôle efficace même sans connexion internet, idéal pour une utilisation sur le terrain. Enregistrez et suivez vos dépenses (alimentation, électricité, matériel, etc.) et bénéficiez d'une solution complète pour une gestion d'élevage performante et sans tracas.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.ganadero&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Avicultor: pollos y gallinas</t>
+  </si>
+  <si>
+    <t>Avicultor se distingue comme le meilleur outil gratuit pour une gestion complète de votre élevage de volailles. Il vous permet de suivre efficacement les revenus et les dépenses liés à vos élevages de poulets de chair. De plus, cette application facilite le suivi détaillé de vos poules pondeuses, contrôlant ainsi efficacement la production et la vente d'œufs. Une fonctionnalité clé d'Avicultor est son contrôle de l'incubation, qui vous permet de gérer le processus d'incubation des œufs avec précision et méthode. Grâce à sa base de données interne fonctionnant hors ligne, Avicultor est le choix idéal pour une utilisation dans</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.avicultor&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Ganges. Gestión ganadera</t>
+  </si>
+  <si>
+    <t>La philosophie de Ganges - Gestion du bétail est de proposer une application simple et complète aux éleveurs à un prix abordable. C'est pourquoi, pour rendre l'application accessible aux agriculteurs, nous avons opté pour la gratuité, en ne facturant que le stockage des données.</t>
+  </si>
+  <si>
+    <t>https://gestionganadera.es/</t>
+  </si>
+  <si>
+    <t>ForestMap</t>
+  </si>
+  <si>
+    <t>Forestmaps est un service web permettant le calcul automatique et quasi instantané des inventaires forestiers. Il utilise les données LiDAR du Plan national d'orthophotographie aérienne (PNOA) et des bases de données parcellaires internes et externes (issues de l'Inventaire forestier national). Ces données sont traitées par des modèles et des systèmes de calcul propriétaires afin de générer en continu des informations sur l'inventaire forestier. L'application permet aux utilisateurs de sélectionner une zone ou une parcelle spécifique pour l'inventaire. Ils doivent ensuite indiquer les essences et les produits forestiers. Le client reçoit les résultats de l'analyse par courriel, sous forme de document PDF, contenant un résumé de l'inventaire de la parcelle et une couche vectorielle shapefile regroupant tous les résultats à une résolution de 25 mètres. Actuellement, le service couvre les provinces d'Álava, des Asturies, de Burgos, de Gipuzkoa, de La Rioja, de Madrid, de Murcie, de Navarre, de Palencia, de Soria et de Biscaye, et son périmètre d'exploitation sera étendu en permanence.</t>
+  </si>
+  <si>
+    <t>https://datos.gob.es/es/aplicaciones/forestmap</t>
+  </si>
+  <si>
+    <t>albaibs</t>
+  </si>
+  <si>
+    <t>Logiciel ERP pour les fabricants et distributeurs de produits alimentaires</t>
+  </si>
+  <si>
+    <t>https://www.albaibs.es/erp-alimentacion/</t>
+  </si>
+  <si>
+    <t>Visor de buenas prácticas RedPac</t>
+  </si>
+  <si>
+    <t>Visionneuse de bonnes pratiques</t>
+  </si>
+  <si>
+    <t>https://redpac.es/visores_redpac/bbpp</t>
+  </si>
+  <si>
+    <t>Sistema Europeo de Información sobre Incendios Forestales
+EFFIS</t>
+  </si>
+  <si>
+    <t>Visionneuse de situation actuelle 2.0 La nouvelle version de la Visionneuse de situation actuelle, plus rapide et optimisée pour les appareils mobiles, offre une efficacité et une accessibilité accrues, grâce à des performances optimisées et une conception entièrement adaptative pour une utilisation fiable sur ordinateur et mobile. Elle affiche les informations les plus récentes sur la saison des feux en Europe et en Méditerranée. Cela inclut des cartes météorologiques des risques d'incendie pour aujourd'hui et des prévisions jusqu'à 6 jours, ainsi que des cartes mises à jour quotidiennement des zones à risque et des périmètres d'incendie.</t>
+  </si>
+  <si>
+    <t>https://forest-fire.emergency.copernicus.eu/apps/effis.csv/?c=1019567.88%2C5783…</t>
+  </si>
+  <si>
+    <t>Instituto Geográfico Nacional</t>
+  </si>
+  <si>
+    <t>Observation du territoire, cartographie et données géographiques</t>
+  </si>
+  <si>
+    <t>https://centrodedescargas.cnig.es/CentroDescargas/home</t>
+  </si>
+  <si>
+    <t>Catastro app</t>
+  </si>
+  <si>
+    <t>Catastro_app est une application mobile qui rassemble et personnalise sur votre téléphone portable, pour votre usage personnel uniquement, les informations de toutes vos propriétés puisque vous pouvez ajouter vos propres photos, croquis ou notes.</t>
+  </si>
+  <si>
+    <t>https://www.catastro.hacienda.gob.es/ayuda/appmovil/catastroapp.html</t>
+  </si>
+  <si>
+    <t>ArcGIS Field Maps</t>
+  </si>
+  <si>
+    <t>ArcGIS Field Maps est l'application cartographique phare d'Esri pour appareils mobiles. Utilisez Field Maps pour explorer les cartes que vous avez créées dans ArcGIS, collecter et mettre à jour vos données de référence et enregistrer vos déplacements, le tout depuis une seule application de géolocalisation.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.esri.fieldmaps</t>
+  </si>
+  <si>
+    <t>Kobotoolbox</t>
+  </si>
+  <si>
+    <t>Des outils de données intuitifs et adaptables pour maximiser votre impact. Une plateforme de collecte, de gestion et de visualisation des données utilisée dans le monde entier pour accélérer le changement social positif.</t>
+  </si>
+  <si>
+    <t>https://www.kobotoolbox.org/</t>
+  </si>
+  <si>
+    <t>ODK</t>
+  </si>
+  <si>
+    <t>ODK vous permet de créer des formulaires performants pour collecter les données dont vous avez besoin, où qu'elles se trouvent.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=org.odk.collect.android&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Windy</t>
+  </si>
+  <si>
+    <t>Outil doté d'une interface ou de ressources disponibles en espagnol, orienté météorologie, planification et gestion des risques</t>
+  </si>
+  <si>
+    <t>https://www.windy.com/es/-Men%C3%BA/menu?temp%2C32_622%2C13_493%2C5=</t>
+  </si>
+  <si>
+    <t>meteoblue</t>
+  </si>
+  <si>
+    <t>Outil doté d'une interface ou de ressources disponibles en espagnol, orienté météorologie, données historiques et planification.</t>
+  </si>
+  <si>
+    <t>https://www.meteoblue.com/es/tiempo/agriculture/meteogramagro/madrid_espa%c3%b1…</t>
+  </si>
+  <si>
+    <t>Globalforestwatch</t>
+  </si>
+  <si>
+    <t>Un outil doté d'une interface et de ressources en espagnol, conçu pour la surveillance, la lutte contre la déforestation et la télédétection. Il est utilisé en milieu professionnel pour améliorer le travail des forestiers et des conseillers grâce à la tenue de registres systématiques, l'automatisation des tâches, l'analyse des données et l'aide à la décision.</t>
+  </si>
+  <si>
+    <t>https://www.globalforestwatch.org/map/</t>
+  </si>
+  <si>
+    <t>OpenForis</t>
+  </si>
+  <si>
+    <t>Open Foris est une initiative qui propose des solutions libres et open source pour la surveillance des forêts et des terres. Développée avec la conviction qu'une surveillance forestière innovante, précise et transparente peut libérer le potentiel des forêts pour l'action climatique et d'autres avantages, elle constitue un accélérateur de transformation œuvrant à la mise en œuvre des biens publics numériques proposés par l'Organisation des Nations Unies pour l'alimentation et l'agriculture (FAO), rendant ainsi largement accessibles des capacités de pointe en matière de surveillance forestière.</t>
+  </si>
+  <si>
+    <t>https://www.openforis.org/</t>
+  </si>
+  <si>
+    <t>CropWat</t>
+  </si>
+  <si>
+    <t>CROPWAT 8.0 pour Windows est un programme informatique qui calcule les besoins en eau et en irrigation des cultures en fonction des données relatives au sol, au climat et aux cultures.</t>
+  </si>
+  <si>
+    <t>https://www.fao.org/land-water/databases-and-software/cropwat/en/</t>
+  </si>
+  <si>
+    <t>AquaCrop</t>
+  </si>
+  <si>
+    <t>AquaCrop est un modèle de croissance des cultures développé par la Division des terres, des sols et de l'eau de la FAO pour répondre aux enjeux de sécurité alimentaire et évaluer l'impact de l'environnement et des pratiques agricoles sur la production agricole. AquaCrop simule la réponse du rendement des cultures herbacées à l'eau et est particulièrement adapté aux situations où l'eau est un facteur limitant essentiel de la production agricole. AquaCrop allie précision, simplicité et robustesse. Afin de garantir sa large applicabilité, il utilise un nombre restreint de paramètres explicites et des variables d'entrée principalement intuitives, que les utilisateurs peuvent déterminer par des calculs simples.</t>
+  </si>
+  <si>
+    <t>https://www.fao.org/aquacrop/en/</t>
+  </si>
+  <si>
+    <t>BRCGS</t>
+  </si>
+  <si>
+    <t>Des outils pour vous aider à obtenir votre certification et à progresser en continu. L'intégrité des produits est plus que jamais une priorité pour les marques. La transparence permise par la technologie transforme la manière dont la confiance se gagne et se perd, tandis que les chaînes d'approvisionnement s'allongent et se complexifient, augmentant ainsi les risques. Pour répondre aux exigences accrues des clients en matière de garantie et se conformer aux exigences réglementaires croissantes, BRCGS a développé une suite d'outils numériques pour aider les sites à maintenir leur conformité, à atténuer les risques et à s'améliorer en continu.</t>
+  </si>
+  <si>
+    <t>https://www.brcgs.com/digital-solutions/overview/</t>
+  </si>
+  <si>
+    <t>IFS</t>
+  </si>
+  <si>
+    <t>La norme alimentaire IFS examine les produits et les processus de production afin d'évaluer la capacité d'un producteur alimentaire à fabriquer des produits sûrs, authentiques et de qualité, conformément aux exigences légales et aux spécifications des clients.</t>
+  </si>
+  <si>
+    <t>https://www.ifs-certification.com/en/ifs-portfolio/standards/food-standard</t>
+  </si>
+  <si>
+    <t>Rainforest Alliance</t>
+  </si>
+  <si>
+    <t>Notre grenouille verte, symbole de la certification Rainforest Alliance pour une agriculture durable, est reconnue mondialement pour son engagement à améliorer les conditions de vie des agriculteurs, à respecter les droits humains, à promouvoir des pratiques respectueuses de l'environnement et à renforcer la résilience climatique. Des millions d'exploitations agricoles et d'entreprises collaborent avec nous pour un impact durable sur l'ensemble de la chaîne d'approvisionnement. Vous aussi, vous pouvez nous rejoindre ! Devenez partenaire dès maintenant. Lancez-vous !</t>
+  </si>
+  <si>
+    <t>https://www.rainforest-alliance.org/es/para-negocios/</t>
+  </si>
+  <si>
+    <t>Technosylva</t>
+  </si>
+  <si>
+    <t>Les feux de forêt s'aggravent par manque de décisions. Il est crucial de prendre des décisions éclairées pour protéger les populations et l'environnement contre les feux de forêt et les intempéries, quel que soit le niveau de risque ou la situation géographique. Agissez plus rapidement grâce à la technologie de pointe de Technosylva.</t>
+  </si>
+  <si>
+    <t>https://technosylva.com/es/</t>
+  </si>
+  <si>
+    <t>Hispatec Conecta (android)</t>
+  </si>
+  <si>
+    <t>Application mobile développée par Hispatec pour la gestion des relations, d'un point de vue agronomique, économique, social et médiatique, que l'entreprise standardisée entretient avec ses agriculteurs associés.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.hispatec.appsocios&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Hispatec Conecta (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/iphone/search?term=hispatec%20conecta</t>
+  </si>
+  <si>
+    <t>Agro Tareo Beta</t>
+  </si>
+  <si>
+    <t>Il permet de contrôler les entrées et sorties des employés sur le terrain grâce à des méthodes telles que la vérification faciale, les codes QR, le NFC ou la sélection des employés à partir d'une liste.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.hispatec.agrotareobeta&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>ERPagro</t>
+  </si>
+  <si>
+    <t>Maîtrisez l'ensemble de vos opérations post-récolte avec ERPagro. De la récolte à la commercialisation, ERPagro est l'outil qui supervise, gère et optimise tous les processus de l'industrie agroalimentaire. Un système modulaire unique qui facilite la prise de décision grâce à une analyse complète et en temps réel des activités : des relations fournisseurs à l'exécution des commandes. Bénéficiez d'une visibilité et d'un contrôle en temps réel sur tous vos processus métier.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/productos/erpagro-software-agricultura/</t>
+  </si>
+  <si>
+    <t>maptiler</t>
+  </si>
+  <si>
+    <t>Ajoutez des visualisations météorologiques à vos cartes grâce à des calques de prévisions animés.</t>
+  </si>
+  <si>
+    <t>https://www.maptiler.com/weather/</t>
+  </si>
+  <si>
+    <t>SgaCex- Cuaderno de Explotación</t>
+  </si>
+  <si>
+    <t>Carnet de gestion agricole public fourni par le ministère de l'Agriculture, de la Pêche et de l'Alimentation (MAPA) aux agriculteurs pour la gestion de leurs exploitations. OBJECTIFS : - Promouvoir la numérisation du secteur et favoriser la durabilité économique et environnementale, ainsi que la simplification administrative, afin de se conformer aux objectifs du PEPAC (Plan européen pour une politique agricole commune) et du Pacte vert pour l'Europe. - Détailler la gestion des exploitations.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.pac.sga.sgacex.android&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>Farm to table</t>
+  </si>
+  <si>
+    <t>De la ferme à la table, nous mettons directement en relation les agriculteurs locaux et les consommateurs, pour vous offrir des produits frais, sains et locaux, directement de la ferme à votre porte. Sans intermédiaires. Sans compromis.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.zahedhasan.farmtotable&amp;hl=es</t>
+  </si>
+  <si>
+    <t>eAgronom</t>
+  </si>
+  <si>
+    <t>Une durabilité intelligente pour une industrie agroalimentaire plus forte et plus résiliente. Nous aidons les entreprises à atteindre leurs objectifs de durabilité tout en permettant aux agriculteurs d'accroître leurs revenus, d'améliorer la qualité de leurs sols et d'accéder à de meilleurs financements.</t>
+  </si>
+  <si>
+    <t>https://www.eagronom.com/es</t>
+  </si>
+  <si>
+    <t>Spherag (android)</t>
+  </si>
+  <si>
+    <t>SPHERAG est une combinaison innovante de matériel et de logiciel où une plateforme de gestion autonome et bidirectionnelle, équipée d'algorithmes d'intelligence et de recommandation, communique à distance et en temps réel avec les appareils déployés dans les installations agricoles, permettant la surveillance et l'exploitation de la ferme.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=spherag.spherag&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Spherag (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/iphone/search?term=Spherag</t>
+  </si>
+  <si>
+    <t>Uniforme (android)</t>
+  </si>
+  <si>
+    <t>Suivez vos indicateurs clés de performance (KPI) sur le tableau de bord. Enregistrez les événements et accédez à toutes les informations essentielles sur vos vaches en un clic. L'application UNIFORM est l'application mobile du logiciel de gestion de troupeau UNIFORM-Agri 5.0. Cette application conviviale offre une interface intuitive et de grands boutons pour une utilisation simplifiée.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.UNIFORM&amp;hl=en&amp;gl=…</t>
+  </si>
+  <si>
+    <t>Uniforme (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/nl/app/uniform/id906369824</t>
+  </si>
+  <si>
+    <t>Cabra UNIFORME (android)</t>
+  </si>
+  <si>
+    <t>Gérez votre élevage caprin en toute simplicité avec l'application ultra-rapide UNIFORM Goat-App ! Suivez vos indicateurs clés de performance (KPI) sur le tableau de bord. Enregistrez les événements et accédez à toutes les informations essentielles sur vos chèvres du bout des doigts. UNIFORM Goat-App est l'application mobile du logiciel de gestion de troupeau UNIFORM-Goat 5.0. Cette application intuitive offre une interface ergonomique avec de grands boutons faciles à utiliser.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.UNIFORMGOAT&amp;hl=en…</t>
+  </si>
+  <si>
+    <t>Cabra UNIFORME (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/uniform-goat/id1572660747</t>
+  </si>
+  <si>
+    <t>Mi manada</t>
+  </si>
+  <si>
+    <t>Gérez votre exploitation laitière avec MYHERD ! Suivez vos indicateurs clés de performance (KPI) sur le tableau de bord. Enregistrez les événements et accédez à toutes les informations essentielles sur vos vaches en un clic. MYHERD est l’application mobile de notre logiciel de gestion de troupeau. Cette application conviviale offre une interface intuitive et de grands boutons pour une utilisation simplifiée.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.myherd&amp;hl=en&amp;gl=US</t>
+  </si>
+  <si>
+    <t>Leche FarmTell (android)</t>
+  </si>
+  <si>
+    <t>Gérez votre exploitation laitière en un clin d'œil avec l'application FarmTell Milk ! Suivez vos indicateurs clés de performance (KPI) sur le tableau de bord. Enregistrez les événements et accédez à toutes les informations essentielles sur vos vaches du bout des doigts. L'application Smartmilk est l'application mobile du logiciel de gestion de troupeau FarmTell Milk. Cette application conviviale offre une interface intuitive et de grands boutons pour une utilisation simplifiée.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.FARMTELLMILK&amp;hl=e…</t>
+  </si>
+  <si>
+    <t>Leche FarmTell (IOS)</t>
+  </si>
+  <si>
+    <t>Gérez votre exploitation laitière en un clin d'œil avec l'application FarmTell Milk ! Suivez vos indicateurs clés de performance (KPI) sur le tableau de bord. Enregistrez les événements et accédez à toutes les informations essentielles sur vos vaches du bout des doigts. L'application Smartmilk est l'application mobile du logiciel de gestion de troupeau FarmTell Milk. Son interface intuitive et ses gros boutons facilitent son utilisation.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/farmtell-milk/id6468885082</t>
+  </si>
+  <si>
+    <t>afimilk</t>
+  </si>
+  <si>
+    <t>Automatisation des exploitations laitières</t>
+  </si>
+  <si>
+    <t>https://www.afimilk.com/</t>
+  </si>
+  <si>
+    <t>DeLaval</t>
+  </si>
+  <si>
+    <t>Tout pour votre ferme laitière</t>
+  </si>
+  <si>
+    <t>https://www.delaval.com/es/</t>
+  </si>
+  <si>
+    <t>Ideagen Sage Food</t>
+  </si>
+  <si>
+    <t>Une solution logicielle intégrée conçue pour répondre à vos besoins en matière de gestion de la sécurité alimentaire et de la qualité des fournisseurs</t>
+  </si>
+  <si>
+    <t>https://safefood360.com/</t>
+  </si>
+  <si>
+    <t>Traceone</t>
+  </si>
+  <si>
+    <t>Solutions logicielles PLM et de conformité pour les marques agroalimentaires, cosmétiques et chimiques. Accélérez votre innovation, proposez des produits de haute qualité et garantissez la conformité tout en favorisant un progrès durable.</t>
+  </si>
+  <si>
+    <t>https://www.traceone.com/</t>
+  </si>
+  <si>
+    <t>Ag Leader AgFiniti</t>
+  </si>
+  <si>
+    <t>La technologie Ag Leader offre des outils d'agriculture de précision de la plus haute qualité, disponibles toute l'année. Elle collecte des informations précieuses sur le terrain et connecte l'ensemble de l'exploitation, des opérateurs aux machines en passant par les appareils. Grâce à un accès rapide et pertinent à l'information, opérateurs et machines collaborent plus efficacement et gagnent en productivité. Ils prennent ainsi des décisions quotidiennes éclairées et sereines. L'agriculture devient une nouvelle approche.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agleader.agfinitiview&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trestima (android)</t>
+  </si>
+  <si>
+    <t>Avec l'application TRESTIMA, mesurez facilement la quantité et la valeur de vos arbres en prenant des photos de votre forêt. Les résultats sont exprimés en mètres cubes et en euros et enregistrés sur le service web TRESTIMA pour consultation ultérieure.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.trestima.androidapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Trestima (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/trestima/id1106886045</t>
+  </si>
+  <si>
+    <t>FSC Search (android)</t>
+  </si>
+  <si>
+    <t>L'application vous aidera à trouver toutes les informations relatives à un certificat spécifique : FM et CoC, certificat de projet, licence promotionnelle et évaluation FM, afin d'obtenir le label FSC ou de saisir le code de licence.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=org.fsc.search&amp;hl=es</t>
+  </si>
+  <si>
+    <t>FSC Search (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/fsc-search/id1673508721</t>
+  </si>
+  <si>
+    <t>osapiens EUDR</t>
+  </si>
+  <si>
+    <t>L'application EUDR d'osapiens permet aux agriculteurs d'enregistrer et de gérer les parcelles de terre d'où ils tirent leurs matières premières (soja, huile de palme, bois, café, cacao, bétail et caoutchouc) dans le HUB osapiens afin qu'EUDR favorise la conformité avec le règlement européen sur la déforestation.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.osapiens.operations.eudr&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trucker</t>
+  </si>
+  <si>
+    <t>Nemus® Trucker® est une application mobile intégrée à Nemus® qui assure une traçabilité complète des opérations, géoréférençant les points de récolte et de pesage du bois avec des images afin de garantir la conformité au règlement EUDR. Elle établit également la première norme du secteur pour un guide de transport numérique.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.cesefor.nemus_trucker&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trazamad</t>
+  </si>
+  <si>
+    <t>TRAZAMAD se présente comme la plateforme intégrée pour le transport et la traçabilité du bois, garantissant la conformité au règlement EUDR et apportant une valeur ajoutée à l'ensemble de la filière forestière. Axée sur la durabilité et l'efficacité opérationnelle, l'application ambitionne de devenir une référence dans le secteur, en étendant sa présence tant au niveau national qu'international.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.bahiasoftware.trazamad&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Visor de Andalucía</t>
+  </si>
+  <si>
+    <t>Visionneuse d'informations géographiques interopérable. Permet de visualiser et de superposer des cartes et des orthophotos provenant de diverses sources.</t>
+  </si>
+  <si>
+    <t>https://www.ideandalucia.es/visor/</t>
+  </si>
+  <si>
+    <t>SIOSE</t>
+  </si>
+  <si>
+    <t>Le SIOSE (Système espagnol d'information sur l'utilisation des sols) est un élément essentiel du Plan national d'observation de l'utilisation des sols (PNOT). Son principal objectif est de constituer une base de données harmonisée et détaillée sur l'utilisation des sols sur l'ensemble du territoire espagnol.</t>
+  </si>
+  <si>
+    <t>https://www.siose.es/</t>
+  </si>
+  <si>
+    <t>BS Agro</t>
+  </si>
+  <si>
+    <t>La nouvelle application BS Agro est gratuite et donnera accès à des contenus et des outils précieux pour soutenir la croissance des exploitations agricoles.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/bs-agro/id1465712568</t>
+  </si>
+  <si>
+    <t>Ganadero APP</t>
+  </si>
+  <si>
+    <t>Il gère les informations relatives à la population, la reproduction, l'alimentation, la génétique, etc., du bétail.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/ganadero-app/id1253203051</t>
+  </si>
+  <si>
+    <t>DroneDeploy - Mapping for DJI (android)</t>
+  </si>
+  <si>
+    <t>Téléchargez l'application DroneDeploy pour équiper votre drone de capacités de vol autonome et libre, et réaliser des prises de vue automatisées en quelques clics. Votre drone volera tout seul ! Avec DroneDeploy, tout le monde peut piloter.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.dronedeploy.beta&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>DroneDeploy - Mapping for DJI (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/dronedeploy/id971358101</t>
+  </si>
+  <si>
+    <t>FarmKeep: Farm &amp; Homestead App (android)</t>
+  </si>
+  <si>
+    <t>FarmKeep est la seule application dont vous avez besoin pour gérer facilement tous vos animaux, leur élevage, leur production, vos finances et bien plus encore. Que vous soyez un passionné d'élevage de poules en basse-cour, un agriculteur, un amateur ou une petite ou moyenne entreprise, FarmKeep répond à vos besoins et évolue avec vous. Nos fonctionnalités et services incluent :</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.farmkeep.farmkeep&amp;pcampaignid…</t>
+  </si>
+  <si>
+    <t>FarmKeep: Farm &amp; Homestead App (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/us/app/farmkeep/id6449797965</t>
+  </si>
+  <si>
+    <t>Farmbrite</t>
+  </si>
+  <si>
+    <t>Farmbrite est un logiciel complet de gestion agricole et d'élevage qui vous offre tout ce dont vous avez besoin pour une exploitation plus efficace et productive. Farmbrite fournit tous les outils de planification, de gestion, de suivi, de vente et de reporting nécessaires à la réussite de votre ferme ou de votre élevage. Élaborez des plans de culture, suivez et gérez votre bétail, contrôlez les intrants et les rendements, tenez des registres détaillés, gérez les ordres de travail, générez des rapports complets, suivez vos finances, gérez vos stocks, commercialisez et vendez en ligne, et bien plus encore – le tout depuis une plateforme sécurisée et intuitive, accessible sur tous vos appareils, où que vous soyez.</t>
+  </si>
+  <si>
+    <t>https://www.softwarereviews.com/products/farmbrite?c_id=386</t>
+  </si>
+  <si>
+    <t>agroex</t>
+  </si>
+  <si>
+    <t>Que vous soyez exploitant agricole, viticole ou consultant en agriculture, Agroex est là pour vous aider à réussir. Découvrez comment nous nous adaptons à vos besoins spécifiques et transformons la gestion de votre exploitation. Contactez-nous pour une démonstration personnalisée et franchissez le pas vers une gestion agricole efficace et rentable avec Agroex. Bienvenue dans l'agriculture du futur !</t>
+  </si>
+  <si>
+    <t>https://agroex.es/</t>
+  </si>
+  <si>
+    <t>agrovir</t>
+  </si>
+  <si>
+    <t>AgroVIR vous aide à planifier, agir, évaluer et améliorer en continu vos performances. Centralisez toutes les données et cartes de votre exploitation et profitez de nos interfaces de données avec les plus grandes marques.</t>
+  </si>
+  <si>
+    <t>https://www.agrovir.com/AR/index.html</t>
+  </si>
+  <si>
+    <t>AgroExact</t>
+  </si>
+  <si>
+    <t>Mesure locale : Avec un abonnement, AgroExact vous fournit gratuitement un pluviomètre de pointe à l’endroit de votre choix. Et c’est sans souci : la maintenance est incluse dans l’abonnement annuel. Dans la même application, vous trouverez des conseils d’irrigation faciles à utiliser, élaborés en collaboration avec des agriculteurs. Ces conseils s’appuient sur les capteurs d’humidité du sol SoilExact et CropExact, disponibles séparément. Vous pouvez ainsi connaître précisément les besoins en eau de vos cultures, en millimètres, à tout moment.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agroexact.app.twa</t>
+  </si>
+  <si>
     <t>ECOGAN</t>
   </si>
   <si>
     <t>Système du Ministère de l'Agriculture, de la Pêche et de l'Alimentation qui permet d'enregistrer les Meilleures Techniques Disponibles (MTD) appliquées dans l'exploitation, ainsi que d'estimer les émissions polluantes et de gaz à effet de serre et la consommation de ressources d'une exploitation spécifique tout au long du processus de production.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/ganaderia/temas/ganaderia-y-medio-ambiente/calculo-e…</t>
   </si>
   <si>
-    <t>Riego Citrus</t>
-[...398 lines deleted...]
-    <t>https://play.google.com/store/apps/details?id=com.mateuyabar.vacapp</t>
+    <t>Registro General de Operadores Ecológicos (REGOE)</t>
+  </si>
+  <si>
+    <t>Un outil de consultation contenant des informations fournies par les autorités compétentes des communautés autonomes pour identifier les exploitants biologiques en fonction de leur activité, de leur localisation et de leur production.</t>
+  </si>
+  <si>
+    <t>https://servicio.mapa.gob.es/regoepublico/Buscador.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1967,60 +2832,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D179"/>
+  <dimension ref="A1:D279"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D179"/>
+      <selection activeCell="A1" sqref="A1:D279"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="1205.563" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1296.398" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
@@ -3683,135 +4548,135 @@
         <v>358</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>359</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
         <v>365</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
         <v>368</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>369</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
         <v>380</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>381</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
         <v>386</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>387</v>
@@ -3823,79 +4688,79 @@
         <v>388</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
         <v>392</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>402</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
         <v>404</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>405</v>
@@ -3932,502 +4797,502 @@
         <v>6</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>414</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
         <v>416</v>
       </c>
       <c r="B140" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D140" s="1" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="B141" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="C141" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D141" s="1" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B142" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B142" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>430</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>431</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
         <v>442</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
         <v>451</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>452</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>461</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>31</v>
+        <v>137</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>466</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>467</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>469</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>137</v>
+        <v>6</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>472</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
         <v>475</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
         <v>478</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
         <v>481</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
         <v>493</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
         <v>496</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>497</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
         <v>505</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>508</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>511</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
         <v>514</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
         <v>517</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>518</v>
@@ -4481,54 +5346,1454 @@
         <v>528</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="1" t="s">
         <v>529</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="1" t="s">
         <v>532</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>534</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>822</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>