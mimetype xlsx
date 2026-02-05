--- v0 (2025-12-18)
+++ v1 (2026-02-05)
@@ -12,2789 +12,3164 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="913">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1038">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
     <t>Résolution, du 26/05/2025, du Vice-Ministère de la Politique Agricole Commune et des Politiques Agro-Environnementales, par laquelle est convoqué en 2025, par la procédure de traitement anticipé, l'incorporation d'aides pour l'intervention de conservation des races autochtones menacées d'érosion génétique en Castille-La Manche à travers le Fonds Européen Agricole pour le Développement Rural (FEADER), prévu dans le Plan Stratégique de la Politique Agricole Commune pour la période 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
     <t>Régional</t>
   </si>
   <si>
     <t>Castilla - La Mancha</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
+    <t>Résolution du Ministre de l'Économie, des Finances et de l'Innovation par laquelle est approuvé l'appel d'aide pour les années 2024 et 2025 pour les entrepreneurs et les entreprises ayant une activité aux Îles Baléares pour couvrir les commissions d'ouverture et d'étude.</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Résolution du 20/05/2025 de la Direction générale de l'agriculture et de l'élevage, qui convoque des demandes en 2025, par le biais de la procédure de traitement anticipé, pour l'inclusion d'aides à l'intervention en matière de bien-être animal en Castille-La Manche par le biais du Fonds européen agricole pour le développement rural (FEADER), prévues dans le Plan stratégique de la politique agricole commune pour la période 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Résolution, du 27/05/2025, du Vice-Ministère de la Politique Agricole Commune et des Politiques Agro-Environnementales, par laquelle est convoqué en 2025, par la procédure de traitement anticipé, l'incorporation d'aides pour l'intervention de l'apiculture pour la biodiversité en Castille-La Manche à travers le Fonds Européen Agricole pour le Développement Rural (FEADER), prévu dans le Plan Stratégique de la Politique Agricole Commune pour la période 2023-2027.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>Aide exceptionnelle pour 2025 aux exploitations de cerises touchées par des catastrophes naturelles, conformément au décret-loi 3/2025 du 27 mai</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU 14 juillet 2025, Aide à la souscription d'une assurance agricole combinée 2025</t>
+  </si>
+  <si>
+    <t>2025-07-03</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 juillet 2025 du Ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche, approuvant l'appel à propositions 2025 pour l'aide à l'intervention dans le secteur apicole de la Communauté Autonome de la Région de Murcie.</t>
+  </si>
+  <si>
+    <t>2025-07-27</t>
+  </si>
+  <si>
+    <t>2025-08-05</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847743</t>
+  </si>
+  <si>
+    <t>Approuver les bases réglementaires et l'appel à aides pour la campagne 2025-2026 pour la gestion durable des prairies de montagne en Navarre, incluse dans l'intervention 6881.1 Reboisement et systèmes agroforestiers du PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>2025-08-31</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847834</t>
+  </si>
+  <si>
+    <t>Arrêté du 25 juillet 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, portant appel à subventions 2026 pour des activités de promotion et de communication des produits vitivinicoles sur les marchés des pays tiers.</t>
+  </si>
+  <si>
+    <t>2025-07-30</t>
+  </si>
+  <si>
+    <t>2025-09-14</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848528</t>
+  </si>
+  <si>
+    <t>Aide de minimis pour les rizicultures utilisant des semences certifiées d'ici 2025</t>
+  </si>
+  <si>
+    <t>2025-07-29</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848632</t>
+  </si>
+  <si>
+    <t>2025/26 Subvention pour la promotion des produits agricoles et alimentaires dans le cadre de systèmes de qualité, conformément à la résolution du 22 juillet 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/849085</t>
+  </si>
+  <si>
+    <t>AIDE À L'INVESTISSEMENT DANS LES INFRASTRUCTURES AGRICOLES POUR FAVORISER LA COMPÉTITIVITÉ 2025</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849656</t>
+  </si>
+  <si>
+    <t>Accord du 25 septembre 2025 du Gouvernement Régional de Castille et León, autorisant l'octroi direct de subventions aux propriétaires d'exploitations agricoles endommagées situées dans les municipalités touchées par des incendies de forêt.</t>
+  </si>
+  <si>
+    <t>2025-09-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+  </si>
+  <si>
     <t>PLAN ANNUEL D'ASSURANCE AGRICOLE 2025</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
   </si>
   <si>
+    <t>Subventions du Centre de Développement Technologique et d'Innovation EPE pour le financement de projets de R&amp;D (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
     <t>Arrêté du 12 février 2025, portant organisation de subventions pour la souscription d'assurances agricoles dans le cadre du régime mixte d'assurances agricoles pour l'année 2025 et fixant les modalités relatives à ces subventions</t>
   </si>
   <si>
-    <t>2025-02-19</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
   </si>
   <si>
-    <t>Subventions du Centre de Développement Technologique et d'Innovation EPE pour le financement de projets de R&amp;D (2025)</t>
-[...5 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+    <t>Commandez la disponibilité du crédit ComerciO 2025 LIGNE 1. NOUVEL ÉTABLISSEMENT</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
   </si>
   <si>
     <t>Commande Disponibilité de crédit Commerce 2025 LIGNE 2 MANT. ÉTABLI.</t>
   </si>
   <si>
-    <t>2025-02-28</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
   </si>
   <si>
-    <t>Commandez la disponibilité du crédit ComerciO 2025 LIGNE 1. NOUVEL ÉTABLISSEMENT</t>
-[...137 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+    <t>Résolution du 29/12/2025 du ministère délégué à la Politique agricole commune et à la Politique agro-environnementale, demandant une aide au titre du régime de minimis, par le biais de la procédure de traitement anticipé, afin d'atténuer les dommages liés aux attaques de loboï</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>Résolution du 29/12/2025 du ministère délégué à la Politique agricole commune et à la Politique agro-environnementale, demandant une aide au titre du régime de minimis, par le biais de la procédure de traitement anticipé, afin d'atténuer les dommages causés en Castille-La Manche.</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Arrêté DES/37/2025 du 22 décembre 2025, portant sur l'inclusion des aides financées par le FEAGF (Fonds européen de garantie agricole) et le FEADER (Fonds européen agricole pour le développement rural) dans la demande unique pour l'année 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
   </si>
   <si>
     <t>Programmes de formation multirégionaux 2025</t>
   </si>
   <si>
     <t>2025-05-08</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
   </si>
   <si>
+    <t>Arrêté du 30 avril 2025, subventions visant à favoriser les processus d'intégration et de fusion des entités associatives agroalimentaires. Ligne 2 - Aides pour promouvoir et encourager la fusion des associations agroalimentaires en Andalousie</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Approuver les bases réglementaires et l'appel à propositions pour promouvoir l'innovation et la diffusion forestières, période 2025 et 2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>Résolution du 17 avril 2025, du directeur de l'Agence valencienne de développement et de garantie agricole (AVFGA), qui demande une aide pour les investissements dans la modernisation des infrastructures et des systèmes d'irrigation dans les communautés d'irrigation et les communautés</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025. Projets de garantie de revenu</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>Résolution du 21 avril 2025 du ministère de l'Environnement rural et de la Politique agricole, approuvant l'appel à subventions aux entités à but non lucratif, pour la tenue de concours de produits agroalimentaires</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Arrêté du 16/04/2025, du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche, 1er appel à subventions, intervention 7161 « Coop. Groupes opérationnels de l'Association européenne pour l'innovation agricole »</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Bases réglementaires et appel à candidatures pour 2025 pour les aides à l'investissement dans les exploitations agricoles (PEPAC 2023-2027)</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Bases réglementaires et appel à candidatures pour 2025 pour les aides aux investissements dans les exploitations agricoles (Objectif Environnemental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>AIDE À LA PRODUCTION ET À LA COMMERCIALISATION DU MIEL CAMPAGNE 2025 FEAGA</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
+  </si>
+  <si>
+    <t>Résolution du 22/04/2025, du Secrétariat général, par laquelle est lancé un appel à propositions, sous régime concurrentiel, pour l'année 2025, pour des aides aux organisations professionnelles agricoles et aux entités associatives à but non lucratif, pour</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Résolution du 17 avril 2025, de la Direction Générale de la Production Agricole et Élevage, demandant des aides pour améliorer la compétitivité et la durabilité des exploitations d'élevage de la Communauté Valencienne (CV) pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>AIDE À L'INVESTISSEMENT POUR LA MODERNISATION ET/OU L'AMÉLIORATION DES EXPLOITATIONS AGRICOLES 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du 21 avril 2025, approuvant l'appel à subventions pour les services de conseil dans les petites et moyennes exploitations agricoles de la Principauté des Asturies réalisés par ATRIAS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Résolution du Ministre de l'Agriculture, de la Pêche et de l'Environnement demandant des subventions publiques pour les activités d'éducation environnementale aux îles Baléares pour les organisations à but non lucratif pour l'exercice 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Résolution du 2 mai 2025 du SGIM, demandant des incitations à la transition équitable dans la province d'Almería pour le projet de tracteur « Innovation et durabilité dans l'industrie auxiliaire de l'agriculture d'Almería »</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Résolution du 5 mai 2025, du directeur de l'Agence valencienne de développement et de garantie agricole (AVFGA), qui demande l'aide prévue dans l'intervention 7119.02 LEADER du Plan stratégique de la PAC 2023-2027 dans la Communauté valencienne, "</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Résolution de la Direction générale de la production agricole et animale, pour l'année 2025, l'aide prévue par l'arrêté 6/2024, qui approuve les bases réglementaires de l'aide compensatoire pour l'éradication et le contrôle de la bactérie Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>Résolution du ministère de l'Agriculture, de l'Eau, de l'Élevage et de la Pêche, qui demande une aide pour la certification de la production biologique dans la Communauté valencienne pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>Résolution du 8 mai 2025, sollicitant des subventions aux organisations et entités représentant le secteur agricole et du développement rural en Andalousie</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Subventions pour promouvoir les activités des groupes de défense des forêts (ADF) d'ici 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>Arrêté du 7 mai 2025 du ministère de l'Industrie, du Commerce et de l'Emploi, annonçant les subventions du programme 2025 de soutien à la création et à l'emploi de coopératives et d'entreprises de travailleurs. Programme II.- Investissements</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour une aide à la production et à la commercialisation du miel, dans le cadre de la filière apicole.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Aide aux groupes de défense de la santé du bétail pour la mise en œuvre de programmes de santé visant à prévenir, contrôler et éradiquer les maladies animales, année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Appui à la promotion des produits agricoles par l’organisation de concours d’élevage, d’ici 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Arrêté du 6 mai 2025 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche, portant octroi de subventions aux Organisations Professionnelles Agricoles pour l'année 2025, en vue de promouvoir les activités de services dans le secteur agricole</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025 pour les projets de garantie de revenu</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025 pour les projets générateurs d'emplois stables</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>SUBVENTIONS POUR LE PROGRAMME DE PROMOTION DE L'EMPLOI AGRICOLE 2025, DP SEPE MURCIE</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>AIDE À LA PROMOTION, À LA TRANSFORMATION ET À LA COMMERCIALISATION DES PRODUITS DE LA PÊCHE</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
+  </si>
+  <si>
+    <t>Résolution du 15 mai 2025, du directeur de l'Agence valencienne de développement et de garantie agricole, appelant à une aide à la coopération dans le cadre des interventions de développement rural du Plan stratégique pour l'année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>Arrêté du 19 mai 2025 du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, portant octroi d'une aide au suivi du rendement laitier aux entités officiellement reconnues pour le suivi laitier.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Arrêté du 16 mai 2025 du Vice-président et Ministre de la Présidence, de l'Économie et de la Justice du Gouvernement d'Aragon, appelant à une aide aux petites et moyennes entreprises pour les activités de numérisation.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Résolution du 22 mai 2025 de la Présidence du Centre de Développement Technologique et d'Innovation (EPE) (CDTI), approuvant l'appel à subventions 2025 pour des projets de R&amp;D dans les Missions Science et Innovation.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l'Agriculture, de l'Élevage, de la Pêche et de la Souveraineté alimentaire portant, pour la campagne 2025, une aide à la surface en faveur des producteurs d'aloe vera et d'olives.</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>Appel à subventions pour la récupération, l'entretien et la consolidation de l'environnement agricole et de l'agrodiversité sur l'île d'Ibiza d'ici 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Arrêté du 20 mai 2025 portant approbation des bases réglementaires d'octroi des subventions, dans le cadre du régime de la concurrence, destinées aux propriétaires d'exploitations agricoles et d'élevage des communes concernées par les dommages du DANA 2024/2025.</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>Le FEADER aide à promouvoir le boisement des terres agricoles, Madrid 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
+  </si>
+  <si>
+    <t>AIDE AUX ENTREPRISES SEC AGR.GANAD.FOREST ET INDUSTRIE DÉVELOPPEMENT PROY INV 2025</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 mai 2025 du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, annonçant une aide à la promotion des races indigènes espagnoles.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Arrêté du 26 mai 2025 du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, portant subventions pour la souscription de polices d'assurance agricole incluses dans les Plans Annuels Combinés d'Assurance Agricole.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Arrêté du 28 mai 2025 du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, portant annonce de la campagne apicole 2025 pour les subventions d'intervention sectorielle apicole dans le cadre du programme PEPAC 2023-2027 en Castille-et-León.</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION DU 29 MAI 2025, LIGNE 4.2, inclusion de la société ordinaire. Minimis Agricola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Subventions pour la promotion des produits agricoles et alimentaires sous régime de qualité. appelle 2025</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Résolution, du 04/08/2025, de la Direction Générale de l'Agriculture et de l'Élevage, par laquelle est lancé l'appel à l'aide de l'Intervention Sectorielle Apicole dans le cadre du Plan Stratégique de la Politique Agricole Commune de Castille-La, pour la</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Résolution du 7 avril 2025 du ministère de l'Environnement rural et de la Politique agraire, approuvant les bases réglementaires et l'appel à interventions sous forme de paiements directs à l'agriculture et à l'élevage et les interventions</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>Arrêté du 8 avril 2025 du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, annonçant une aide à la vendange en vert des vignobles de la Communauté de Castille-et-León pour la récolte de raisins 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Résolution du 04/08/2025, du Directeur de l'Institut pour la Promotion de la Région de Murcie, par délégation, d'un appel à aides pluriannuel pour encourager la contractualisation de services d'innovation et de compétitivité. Vérification de l'internationalisation.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Résolution du 4/7/2025, de l'Agence Asturienne de la Science, de la Compétitivité des Entreprises et de l'Innovation, approuvant l'appel à subventions pour l'exécution de projets de R&amp;D dans la Principauté des Asturies pour l'exercice 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Aide au développement et à la validation de traitements innovants pour la gestion des effluents d'élevage correspondant à 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Appel à projets PME Innova 2025 – Chambre de commerce de Séville</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Ajustements de minimis à la diversification agricole associés au contrat global d'exploitation dans le cadre du PDR en Catalogne 2023-2027 pour toute l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Aides à l'amélioration des processus de transformation et de commercialisation des produits agroalimentaires correspondant à l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>LA RIOJA - AGENCE DE DÉVELOPPEMENT ÉCONOMIQUE DE LA RIOJA</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>Aides aux systèmes de qualité pour les produits agricoles et alimentaires, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>Résolution du 16 avril 2025, établissant les bases réglementaires des aides aux programmes de qualité élaborés par les conseils de régulation des appellations de qualité agroalimentaire et prévoyant 2025 (code de procédure)</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Résolution du 25 avril 2025 du Fonds espagnol de garantie agricole (FEGA), qui prévoit des aides aux investissements matériels ou immatériels dans la transformation, la commercialisation ou le développement des produits agroalimentaires du PEPAC.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Aides au secteur agricole professionnel des îles Baléares 2025.- 1.- FÉDÉRATIONS ET UNIONS COOPÉRATIVES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Aides au secteur agricole professionnel des îles Baléares 2025.- 2.- ORGANISATIONS PROFESSIONNELLES AGRICOLES (siège de Majorque)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Aides au secteur agricole professionnel des îles Baléares 2025.- 3.- ORGANISATIONS PROFESSIONNELLES AGRICOLES (siège de Minorque)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 avril 2025 portant subventions visant à favoriser les processus d'intégration et de fusion des associations agroalimentaires. Axe 1 - Aides à la promotion et à l'encouragement de l'intégration des associations agroalimentaires</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Subventions pour les chèques de compétitivité des entreprises : Innovation 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Subventions 2025 pour l'amélioration de la production et de la commercialisation des produits apicoles correspondant à l'intervention sectorielle apicole - MINORQUE</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>PROGRAMME DE PROMOTION DE L'EMPLOI AGRICOLE 2025 (Emploi stable)</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025 (Garantie de revenu)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>FEADER. AIDE À L'ÉLEVAGE AGRICOLE ET BIOLOGIQUE. PEPAC. PROGRAMME 2025-2029 ET ANNUEL</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 mai 2025 du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, portant octroi de subventions pour la promotion de l'élevage et l'inscription de chevaux de race pure castillane et léonienne dans les registres généalogiques.</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Appel à aides pour 2025 aux organisations professionnelles agricoles et aux coopératives agricoles de Cantabrie pour collaborer à l'élaboration des demandes d'appel à aides financées par le FEAGA et le FEADER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Subventions 2025 pour l'amélioration de la production et de la commercialisation des produits apicoles correspondant à l'intervention sectorielle apicole - EIVISSA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Subventions 2025 pour l'amélioration de la production et de la commercialisation des produits apicoles correspondant à l'intervention sectorielle apicole - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Subventions 2025 pour l'amélioration de la production et de la commercialisation des produits apicoles, correspondant à l'intervention sectorielle apicole - MAJORQUE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Aide à la conservation des ressources génétiques agricoles destinée aux entités de conservation, dans le cadre du Plan stratégique de la PAC 2023-2027 correspondant à 2025</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Résolution du 27/05/2025, de la Direction Générale de la Planification Agricole, établissant la convocation d'aides supplémentaires pour la souscription d'assurances agricoles en Castille-La Manche incluses dans le quarante-sixième Plan Combiné d'Assurances Agricoles (Plan 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Résolution du 30/05/2025, de la Direction Générale de la Production Agroalimentaire et des Coopératives, demandant, sous un régime de minimis, une aide en nature pour la participation groupée au stand que le Ministère de l'Agriculture, de l'Élevage et du Développement Rural contractera pour la participation à la foire agroalimentaire Fruit Attraction 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE, DE LA PÊCHE ET DE LA SOUVERAINETÉ ALIMENTAIRE, PORTANT POUR LA CAMPAGNE 2025 UNE AIDE À L'HECTARE POUR LE MAINTIEN DE LA CULTURE DE LA VIGNE POUR LA PRODUCTION DE VINS D'APPELLATION D'ORIGINE</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour 20 bourses d'inscription au cours d'été 2025 du Vice-Rectorat à la Culture, aux Sports et à l'Engagement Social de l'UCLM « Entrepreneuriat dans le Secteur Vétérinaire et Agricole : Opportunités et Défis » CV12CR</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Appel à candidatures 2025 pour la participation aux salons professionnels sous le régime de minimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>PROGRAMME EKINN+ 2025 : BASE DE PARTICIPATION AU PROGRAMME POUR PROMOUVOIR LA CRÉATION, LA CROISSANCE ET LA CONSOLIDATION DE NOUVELLES INITIATIVES COMMERCIALES INNOVANTES.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>Valorisation et transfert des résultats de la recherche aux entreprises. Sans aides d'État.</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>Actions complémentaires pour promouvoir et renforcer l'innovation. MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>Actions complémentaires pour promouvoir et renforcer l'innovation AUCUNE AIDE D'ÉTAT</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Assimilation des technologies avancées et leur diffusion dans le système d'innovation valencien REG (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>Subventions 2025 pour le financement de prêts aux propriétaires d'exploitations oléicoles et viticoles en zone sèche situées en Estrémadure s/ Décret 35/2025 du 6 mai qui les appelle</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Appel à projets 2025. Aides aux associations de producteurs agroalimentaires commercialisant en circuits courts et aux associations gestionnaires d'espaces TEST agricoles.</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Décret demandant des subventions pour 2025 afin de soutenir les associations professionnelles agricoles à but non lucratif</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Appel à aides 2025 pour les activités de contrôle et de certification des normes de qualité agroalimentaire en Navarre, reconnues comme AOP ou IGP, sous le régime de minimis.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>Appel à candidatures 2025 pour l'aide aux collectivités territoriales visant à promouvoir les circuits courts de commercialisation des produits agroalimentaires</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>SUBVENTIONS À L'INVESTISSEMENT DANS L'INNOVATION POUR LA FORMATION ET L'EMPLOI 2025</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>APPEL À PROPOSITIONS POUR DES PROJETS DE RECHERCHE POUR LES JEUNES - IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>Stimuler les marchés publics innovants (CPI) REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Stimuler les marchés publics innovants (CPI) RÉGIME 651</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Arrêté MAV/625/2025, du 12 juin, portant approbation des bases réglementaires et appelant à des subventions pour la numérisation des entreprises de première transformation du bois et d'autres produits du bois (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Arrêté MAV/624/2025, du 12 juin, portant approbation des bases réglementaires et appel à subventions pour les projets d'entrepreneuriat numérique et les startups forestières en Castille-et-León (RETECHFOR, PRTR, fonds Next Generation EU)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Résolution du 22 juin 2025, du Directeur de l'Institut pour la Promotion de la Région de Murcie, par délégation, appelant à des subventions visant à promouvoir l'innovation et l'entrepreneuriat. Incubateurs.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Résolution du XX du XXX 2025, qui appelle à des subventions compétitives pour les projets d'innovation développés par les centres technologiques. Article 5 de l'arrêté du 10 février 2025.</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>Résolution du 17 juin 2025, établissant les bases réglementaires des aides aux exploitations agricoles appartenant à l'indication géographique protégée Faba de Lourenzá et prévoyant l'année 2025 (code de procédure MR302)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Subvention 2025 destinée aux propriétaires d'exploitations agricoles pour encourager leur participation aux programmes de qualité alimentaire. Conformément à la résolution du 19 juin 2025.</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION DU XX XXXX 2025 DE LA DIRECTION GÉNÉRALE DE LA PROMOTION DE L'INNOVATION, QUI ANNONCE POUR L'ANNÉE 2025, EN CONCURRENCE COMPÉTITIVE, L'OCTROI DE SUBVENTIONS POUR DES PROJETS D'INNOVATION PAR LES PÔLES D'AIDE NON ÉTATIQUE DE LA LIGNE 2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION DU XX XXXX 2025 DE LA DG POUR LA PROMOTION DE L'INNOVATION, QUI ANNONCE POUR L'ANNÉE 2025, EN CONCURRENCE COMPÉTITIVE, L'OCTROI DE SUBVENTIONS POUR DES PROJETS D'INNOVATION PAR LES CLUSTERS DE LA LIGNE 2 R (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION DU XX XXXX 2025 DE LA DIRECTION GÉNÉRALE DE LA PROMOTION DE L'INNOVATION, QUI ANNONCE POUR L'ANNÉE 2025, PAR CONCOURS, L'OCTROI DE SUBVENTIONS POUR L'ACQUISITION D'ÉQUIPEMENTS VISANT À AMÉLIORER LES INFRASTRUCTURES DE LA LIGNE 6 DE LA TECHNOLOGIE CIVIQUE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>Arrêté du 11 juin 2025 établissant les bases réglementaires des aides aux jeunes agriculteurs, dans le cadre du Plan stratégique de la politique agricole commune de l'Espagne 2023-2027, cofinancé par le Fonds européen</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Arrêté du 19 juin 2025 de la Commission de l'industrie, du commerce et de l'emploi, portant octroi de subventions pour favoriser la transition vers l'emploi indépendant en Castille-et-León (Transition vers l'emploi indépendant). Année 2025.</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Arrêté du 19 juin 2025 de la Commission de l'Industrie, du Commerce et de l'Emploi, portant octroi de subventions pour favoriser l'entrepreneuriat afin d'assurer une relève productive par l'intermédiaire d'organismes représentatifs des travailleurs indépendants et de l'économie sociale.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Plan national de renouvellement du parc de machines agricoles (PLAN RENOVE) pour l'exercice 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>AIDE DU FEADER À L'INTÉGRATION DES JEUNES AGRICULTEURS, APPEL POUR 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
+  </si>
+  <si>
+    <t>ORDONNANCE AGA/685/2025, du 23 juin, portant approbation des bases réglementaires et de la demande d'aides pour les dommages causés à la production agricole et aux infrastructures suite aux pluies torrentielles de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole dans les zones rurales défavorisées 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>EXTRAIT DE L'ARRETE DU MINISTERE DE L'AGRICULTURE, DE L'ELEVAGE, DE LA PECHE ET DE LA SOUVERAINETE ALIMENTAIRE ANNONCANT, POUR LA CAMPAGNE 2025, UNE AIDE POUR L'ACTION III.2, SOUTIEN A LA FILIERE BOVINE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE, DE LA PÊCHE ET DE LA SOUVERAINETÉ ALIMENTAIRE ANNONCANT POUR LA CAMPAGNE 2025, L'AIDE DE L'ACTION III.6 AIDE À LA PRODUCTION LAITIÈRE LOCALE CAPRINE ET OVINE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE, DE LA PÊCHE ET DE LA SOUVERAINETÉ ALIMENTAIRE PORTANT, POUR LA CAMPAGNE 2025, UNE AIDE À L'ACTION III.4 AIDE À LA PRODUCTION LAITIÈRE DE VIANDE BOVINE LOCALE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole dans les zones rurales défavorisées (2025). Salamanque</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Bases réglementaires pour 2025-2027 et appel à candidatures pour l'aide à l'amélioration de la production et de la commercialisation des produits apicoles dans le cadre de l'Intervention Sectorielle Apicole, incluse dans le PEPAC, pour la campagne 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>Aides à l'adoption et au maintien de l'agriculture et de l'élevage biologiques (2025)</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-agricultura-ganaderia-ecologica-2</t>
+  </si>
+  <si>
+    <t>Aide à l'engagement en faveur de la santé et du bien-être animal dans l'élevage intensif de bovins laitiers (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-17</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/compromiso-sanidad-bienestar-animal</t>
+  </si>
+  <si>
+    <t>Aide à l'apiculture pour la biodiversité (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-apicultura-biodiversidad-1</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 juin 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, portant octroi de subventions pour l'amélioration des structures de production des exploitations agricoles, cofinancées par le FEADER.</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843224</t>
+  </si>
+  <si>
+    <t>Résolution du 30 juin 2025 du directeur de l'Agence valencienne de développement et de garantie agricole, qui demande une aide à l'installation de jeunes agriculteurs et de nouveaux agriculteurs dans la Communauté valencienne dans le cadre du Plan</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843261</t>
+  </si>
+  <si>
+    <t>Arrêté du 20 juin 2025 du Ministère de l'Agriculture, G et DR, portant aide au remplacement des bovins suite à leur abattage dans le cadre des programmes sanitaires officiels pour les maladies des ruminants.</t>
+  </si>
+  <si>
+    <t>2025-07-05</t>
+  </si>
+  <si>
+    <t>2025-08-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843595</t>
+  </si>
+  <si>
+    <t>Appel à l'aide 2025 aux producteurs agroalimentaires qui commercialisent en circuits courts, couverts par le régime de minimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843645</t>
+  </si>
+  <si>
+    <t>Aides pour les lignes du Plan d'assurance agricole 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843675</t>
+  </si>
+  <si>
+    <t>Aides pour perte de profits. Résolution du 03/07/2025 de la DG de la Planification Agricole prévoyant, sur une base concurrentielle, des aides pour compenser la perte de profits des exploitations d'élevage, sous réserve des conditions suivantes :</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>2025-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844123</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour une aide à l'investissement dans les énergies renouvelables pour les bâtiments agricoles en zone rurale pour 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844175</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 9/7/2025 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche, approuvant l'appel à subventions 2025 pour la promotion des races autochtones espagnoles.</t>
+  </si>
+  <si>
+    <t>2025-07-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845166</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 juin 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, portant appel à candidatures 2025 pour une aide à l'investissement destinée à la création, à l'amélioration ou à l'extension d'infrastructures sur les pâturages.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845265</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'EAU, DE L'AGRICULTURE, DE L'ÉLEVAGE ET DE LA PÊCHE. DU 10/07/2025. APPEL À AIDES POUR LA RECONSTITUTION DU POTENTIEL PRODUCTIF DES AMANDIERS DES ZONES ARIDES. PLAN STRATÉGIQUE DE LA POLITIQUE AGRICOLE COMMUNE, PÉRIODE 2023-2027, PAIEMENT ANNUEL 2025</t>
+  </si>
+  <si>
+    <t>2025-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845809</t>
+  </si>
+  <si>
+    <t>Résolution du 11 juillet 2025 approuvant l'appel à aides pour les services de conseil et la participation aux systèmes de certification des exploitations laitières</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846345</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846381</t>
+  </si>
+  <si>
+    <t>Aide en nature de minimis au secteur agricole sous forme de conseils et d'appui technique en matière de fertilisation durable, correspondant à l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>2025-08-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847044</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour des subventions aux associations agricoles pour collaborer à la fourniture de services de conseil, y compris la gestion technique et économique, aux exploitations agricoles de la Communauté autonome de Cantabrie d'ici 2025.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849207</t>
+  </si>
+  <si>
+    <t>Résolution n° 1.131/2025 du ministère de l'Agriculture, de l'Élevage, du Monde rural et de l'Environnement, approuvant l'appel public pour l'année 2025 d'aide aux exploitations d'élevage touchées par la tuberculose bovine</t>
+  </si>
+  <si>
+    <t>2025-08-02</t>
+  </si>
+  <si>
+    <t>2025-08-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849292</t>
+  </si>
+  <si>
+    <t>Résolution du 30 juillet 2025 du Directeur de l'Agence Valencienne de Promotion et de Garantie Agricole, qui demande une aide au secteur vitivinicole de la Communauté Valencienne pour la promotion et la communication sur les marchés des pays tiers.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849478</t>
+  </si>
+  <si>
+    <t>Arrêté de 2025 établissant les bases réglementaires des aides destinées à promouvoir l'utilisation de machines agricoles sous régime associatif en Galice, financées par l'Instrument de relance de l'Union européenne (EURI) dans le cadre</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849749</t>
+  </si>
+  <si>
+    <t>Résolution du 1er août 2025, du Directeur Général de l'Institut Technologique Agraire de Castille-et-León, par laquelle est convoquée l'aide aux activités promues par les Associations du Secteur Alimentaire pour le développement du secteur agricole pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850066</t>
+  </si>
+  <si>
+    <t>Appel à candidatures 2025 pour l'aide aux Groupements de Défense Sanitaire des Elevages et aux Groupements de Défense Sanitaire des Apicultures, conformément à la Résolution du 24 juillet 2025</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850149</t>
+  </si>
+  <si>
+    <t>Arrêté du 12/08/2025, du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, convoquant des subventions 2025 pour favoriser le développement des coopératives agroalimentaires dans la communauté autonome de Castille et León.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour des subventions pour aider les jeunes et nouveaux agriculteurs à établir leur entreprise en Cantabrie d'ici 2025.</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>Résolution du 04/08/2025, du Vice-Ministère de la Politique Agricole Commune et de la Politique Agro-Environnementale, demandant une aide, sous un régime de minimis, pour la possession et l'entretien de chiens de race mastiff pour la défense et la garde du cheptel ovin et caprin.</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>Arrêté IND/39/2025, du 20 août, approuvant l'appel à subventions pour les associations de commerçants et leurs fédérations, ainsi que les confédérations et coopératives de détaillants pour l'année 2025. Non soumis à la règle de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 août 2025 fixant les bases réglementaires des aides destinées à favoriser l'utilisation d'installations et d'équipements communs en régime associatif, dans le cadre du Plan stratégique de la Politique agricole commune</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Appel à propositions pour 2025 en faveur d'aides au soutien des groupes d'entreprises innovants pour améliorer leur compétitivité et contribuer à leur autonomie stratégique</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Subventions 2025 pour que les entreprises puissent participer au Salon des Ingrédients Alimentaires 2025, conformément à l'Accord du 26 août 2025 qui les prévoit.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>ORDONNANCE AGA/ /2025 du 26 août, portant octroi de subventions aux investissements dans la transformation, la commercialisation et le développement des produits agricoles (industries agroalimentaires), dans le cadre du PEPAC pour la période 2023-2027 pour l'année 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/XX/2025, du XX, portant octroi de subventions pour la souscription d'assurances agricoles dans la communauté autonome d'Aragon, pour l'année 2025, pour les lignes du quarante-sixième plan combiné d'assurances agricoles (plan 2025)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>Résolution 1280/2025 approuvant l'appel public pour 2025 de subventions aux organisations professionnelles agricoles et aux entités de conseil qui réalisent des activités de soutien aux exploitations agricoles de La Rioja.</t>
+  </si>
+  <si>
+    <t>2025-09-02</t>
+  </si>
+  <si>
+    <t>2025-09-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853953</t>
+  </si>
+  <si>
+    <t>Résolution du 29 août 2025, réglementant l'octroi d'aides pour couvrir les dommages subis par les établissements commerciaux, industriels, touristiques et d'affaires résultant d'incendies de forêt (IG100A)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854027</t>
+  </si>
+  <si>
+    <t>Arrêté du 29 août 2025 établissant les bases réglementaires des aides aux dommages causés aux exploitations forestières, agricoles ou d'élevage pour la réparation des dommages causés par les incendies de forêt qui ont touché la Galice pendant la période considérée.</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854093</t>
+  </si>
+  <si>
     <t>Accord du 28 août 2025 du Gouvernement régional de Castille et León, autorisant l'octroi direct de subventions aux propriétaires d'exploitations agricoles endommagées situées dans les municipalités touchées par les incendies de forêt de 2025.</t>
   </si>
   <si>
-    <t>2025-09-01</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854122</t>
   </si>
   <si>
+    <t>2025 Subventions aux personnes physiques ou morales privées pour la conservation des espèces protégées et des habitats d'intérêt dans les exploitations agricoles et d'élevage et premier appel s/ Décret 92/2025, du 29 juillet</t>
+  </si>
+  <si>
+    <t>2025-09-09</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854468</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du 1er septembre 2025 du Ministère de l'Environnement Rural et de la Politique Agricole approuvant un appel pluriannuel de subventions pour les investissements dans les produits agricoles et les investissements dans les technologies forestières.</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854595</t>
+  </si>
+  <si>
+    <t>Résolution du 4 septembre 2025 du directeur de l'Agence valencienne de promotion et de garantie agricole (AVFGA), qui demande des aides aux investissements dans la transformation, la commercialisation ou le développement de produits agroalimentaires dans le</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/855070</t>
+  </si>
+  <si>
+    <t>Résolution du 13 septembre 2025, demandant une aide pour l'exercice 2025 afin de soutenir la fourniture de services de conseil</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856481</t>
+  </si>
+  <si>
+    <t>Résolution 2025 approuvant l'appel à subventions pluriannuelles aux associations agricoles pour l'amélioration des exploitations agricoles de la Principauté des Asturies pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856648</t>
+  </si>
+  <si>
+    <t>Résolution du 15 septembre 2025 du Ministère de l'Environnement Rural et de la Politique Agraire, approuvant l'appel à subventions aux entités à but non lucratif pour la tenue de marchés dans le Paradis Naturel</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856649</t>
+  </si>
+  <si>
+    <t>Résolution du 15/09/2025, de la Direction Générale de la Gestion Agricole par laquelle, dans le cadre d'un régime concurrentiel, pour l'année 2025, une aide est demandée pour le repeuplement des exploitations bovines, ovines et caprines en cas de postes vacants</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856922</t>
+  </si>
+  <si>
+    <t>Arrêté du 15 septembre 2025 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche, portant appel à subventions pour les Conseils régulateurs des appellations d'origine, des indications géographiques protégées et le Conseil de l'agriculture biologique.</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/857081</t>
+  </si>
+  <si>
+    <t>Arrêté du 18 septembre 2025 fixant les bases réglementaires des aides aux organisations professionnelles agricoles et aux groupements agricoles pour l'exercice d'activités d'intérêt agricole et les prévoit pour l'année 2025 (code de</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ PORTANT, POUR 2025, DES AIDES AU TITRE DE LA MESURE III « SOUTIEN À LA PRODUCTION ANIMALE », ACTION III.7 « AIDE À LA PRODUCTION DE PORCS REPRODUCTEURS AUX ÎLES CANARIES » DU PROGRAMME COMMUNAUTAIRE DE SOUTIEN À LA PRODUCTION AGRICOLE AUX ÎLES CANARIES</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858992</t>
+  </si>
+  <si>
+    <t>Arrêté du 1er octobre 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, annonçant l'appel à aides 2027 pour la fourniture de services de conseil aux exploitations agricoles et le processus de sélection des entités.</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859544</t>
+  </si>
+  <si>
+    <t>Subventions Approche Leader 2025 pour les investissements dans la création et le développement d'entreprises et d'activités non agricoles en zones rurales (Intervention 7119 PEPAC), s/ II Appel (PEPAC 2023-2027) GAL ADIC-HURDES</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859858</t>
+  </si>
+  <si>
+    <t>Programme d'aide à la numérisation de la chaîne alimentaire et du bois 2025 REG(UE) 1408/2013</t>
+  </si>
+  <si>
+    <t>2025-09-18</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859873</t>
+  </si>
+  <si>
+    <t>Appel d'offres pour 2025 : Aide à l'investissement dans la modernisation de l'irrigation des exploitations agricoles (R247). PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>2025-11-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860380</t>
+  </si>
+  <si>
+    <t>Appel d'offres pour 2025 : Aide à l'investissement dans la transformation de l'irrigation des exploitations agricoles (R159). PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>2025-11-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860520</t>
+  </si>
+  <si>
+    <t>Arrêté du 3 octobre 2025 du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, annonçant des subventions aux organisations professionnelles agricoles les plus représentatives de la Communauté de Castille et León pour 2025.</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860805</t>
+  </si>
+  <si>
     <t>RÉSOLUTION du 13 octobre 2025, émise par le directeur de l'Agence Valencienne de Développement et de Garantie Agricole, demandant une aide à la distillation des sous-produits vitivinicoles pour la campagne 2025/2026.</t>
   </si>
   <si>
-    <t>Comunitat Valenciana</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862744</t>
   </si>
   <si>
     <t>ORDONNANCE AGA/xxxx/2025, du 17 octobre, bases réglementaires et appel à aides pour les dommages à la production et aux infrastructures des exploitations agricoles causés en Aragon à la suite des pluies torrentielles d'août-septembre 2025.</t>
   </si>
   <si>
-    <t>Aragón</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862758</t>
   </si>
   <si>
+    <t>Résolution du 17/10/2025 de la Direction générale de la planification agricole, portant appel à l'aide prévue par l'arrêté n° 115/2024 du 5 juillet du ministère de l'Agriculture, de l'Élevage et du Développement rural pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-10-25</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863301</t>
+  </si>
+  <si>
+    <t>Subventions pour la création d'entreprises par de jeunes agriculteurs. Appel à propositions 2025</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863851</t>
+  </si>
+  <si>
+    <t>DÉCRET AGA/XX/2025 DE , QUI PRÉVOIT DES SUBVENTIONS POUR LA SOUSCRIPTION D'ASSURANCES AGRICOLES DANS LA COMMUNAUTÉ AUTONOME D'ARAGON, POUR L'ANNÉE 2025 POUR LES LIGNES 45 (PLAN 2024) ET 46 (PLAN 2025) DES PLANS D'ASSURANCE AGRICOLE COMBINÉS, SOUSCRIT JUSQU'AU 31 AOÛT.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866048</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche de leadership en matière d’investissements dans la transformation et la commercialisation des produits agricoles. Aide d’État (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867758</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Pas d’aide d’État. (Interv., 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867759</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche prioritaire des investissements dans la transformation et la commercialisation des produits agricoles. Aide d’État (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868257</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Pas d’aide d’État. (Interv., 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868258</t>
+  </si>
+  <si>
+    <t>Subventions 2026 pour la fourniture de conseils techniques au secteur agricole en matière de protection des végétaux Résolution du 3 décembre 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Résolution du 07/01/2026 de la Direction générale de l'agriculture et de l'élevage, portant appel à candidatures pour l'année 2026 en vue d'obtenir des aides à la restructuration et à la conversion des vignobles de Castille-La Manche dans le cadre de l'intervention S.</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>Bases réglementaires pour Ticket Innova 2026, concurrence non concurrentielle, seuil de minimis agricole</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>Cadre réglementaire Reacciona 2026, cofinancé par le FEDER, non concurrentiel, agriculture de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>DÉCRET du 29 décembre 2025 établissant les bases réglementaires de l'aide à la promotion de la souscription d'assurances agricoles dans la Communauté autonome de Galice et convoquant pour l'année 2026 (Code de procédure MR443A)</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>Aides aux investissements dans la transformation et la commercialisation des produits agricoles cofinancées par le Fonds européen agricole pour le développement rural (FEADER)</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>Autoriser une dépense pluriannuelle de 2 100 000,00 euros imputée au poste budgétaire 720007 72300 4400 412108 'PDR EAFDER 2014-2022. Services de conseil via INTIA', du budget de dépenses 2024 et de son équivalent en 2025</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Résolution du 21/11/2024, de la Direction Générale de la Production Agroalimentaire et des Coopératives, par laquelle des aides sont appelées, dans un régime de concurrence concurrentielle, à travers la procédure de transformation anticipée, pour l'année 2025, à promouvoir</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Résolution du 22/11/2024, de la Direction Générale de la Production Agroalimentaire et des Coopératives, par laquelle est appelée l'aide à la coopération pour l'information et la promotion des produits, par la procédure de transformation anticipée, pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Aides aux exploitations agricoles pour la transition énergétique 2025. Règlement de la Commission 651/2014</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l'Agriculture, de l'Élevage, de la Pêche et de la Souveraineté alimentaire qui appelle à l'action I.5 « Aide aux producteurs traditionnels de tomates d'hiver » du Programme communautaire de soutien à la production agricole canarienne pour la campagne 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Aides aux exploitations agricoles pour la transition énergétique 2025. Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>ORDONNANCE IND/57/2024, du 4 décembre, qui approuve l'Appel d'aide à l'artisanat en Cantabrie pour l'année 2025 (Production primaire de produits agricoles.)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Aides à l'investissement pour la production et la commercialisation de produits vitivinicoles</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>Appel 2025-2026 d'aide à la Coopération pour la promotion des produits agricoles et alimentaires dans des régimes de qualité, dans le cadre du PEPAC, de la Communauté Forale de Navarre</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>Résolution du 10 du 12 de 2024 approuvant l'appel d'avance de dépenses pour l'octroi de subventions pour les services de conseil dans les petites et moyennes exploitations agricoles de l'AP dans le cadre du PEPAC 2023-2027 pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Aide pour améliorer la capacité d'innovation et le développement technologique des entreprises de Galice, programme «Ticket Innova» pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Résolution du 19 décembre 2024 du directeur de l'Agence valencienne de développement et de garantie agraire par laquelle est appelée par anticipation l'aide aux activités d'information et de promotion de régimes agroalimentaires de qualité pour l'exercice 2025</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Résolution, du Directeur Général de la Production Agricole et Élevage, par laquelle est faite l'appel anticipé, pour l'exercice 2025, de l'aide de minimis destinée à la replantation de parcelles fruitières dont la culture est ou a été détruite.</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Résolution du Directeur Général de la Production Agricole et Élevage par laquelle est lancé l'appel anticipé, pour l'année 2025, d'aides aux exploitations de cerises dans les zones touchées par les changements climatiques, environnementaux et</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>Résolution EMT//2024, du, qui ouvre l'appel anticipé pour l'année 2025 pour l'octroi de subventions pour promouvoir l'embauche avec formation dans le cadre des campagnes agricoles à Lleida (SOC - CAMPAGNE AGRICOLE EN</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/…/2024, du 19 décembre, qui demande des subventions pour la fourniture de services de conseil agricole, dans le cadre du Plan stratégique national de la PAC 2023-2027, pour l'Aragon, pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>appel à l'aide pour promouvoir l'emploi et améliorer la compétitivité des coopératives, microcoopératives et sociétés de travail des Îles Baléares pour les années 2025 et 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Appel à aide visant le fonctionnement de groupes d'entreprises innovants aux Îles Baléares 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Résolution du Directeur général de la production agricole et animale, qui établit l'appel anticipé, pour le Plan 2025, d'aides de la Communauté valencienne destinées à la souscription de l'assurance agricole incluse dans les plans de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l'Agriculture, de l'Elevage, de la Pêche et de la Souveraineté alimentaire demandant « une aide à la production de miel de qualité issu de la race indigène d'abeille noire » pour la campagne 2025.</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Résolution du 18/12/2024, de la Direction Générale de Gestion Agricole, par laquelle sont annoncées les subventions destinées à la promotion des races indigènes espagnoles, à travers la procédure de transformation anticipée, en 2025.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Résolution du 18/12/2024, de la Direction Générale de Gestion Agricole, par laquelle des subventions sont demandées pour l'année 2025 pour contrôler la production laitière en Castille-La Manche</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Aides à la réalisation de projets d'innovation dans des PME industrielles. Appelez 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Appel 2025 pour une aide à l’installation d’agriculteurs à temps partiel dans le cadre du PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Arrêté des bases de subvention pour les actions de formation aux compétences numériques, destinées de préférence aux femmes des zones rurales, Plan Nacion. Compétences numériques, du PRTR, financé par l'UE -Next Generation EU-, et appel 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>Aide à la création et à la consolidation d’entreprises technologiques innovantes en 2025 dans le cadre du Plan de relance, de transformation et de résilience – Financé par l’Union européenne – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Résolution du 17/12/2024, de la Direction Générale du Développement Rural, par laquelle, pour l'année 2025, à travers la procédure de traitement anticipé, des aides à l'implantation des jeunes dans l'agriculture et des investissements pour l'amélioration et</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Aide aux Groupements de Traitement Intégré en Agriculture (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>ORDONNANCE du 26 décembre 2024, établissant les bases réglementaires des aides à la promotion de la souscription d'assurance agricole dans la Communauté Autonome de Galice et convoquant pour l'année 2025 (Code de procédure MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>Arrêté du 13 janvier, qui établit le BBRR d'aides extraordinaires accordées pour le financement des coopératives agricoles aragonaises en difficulté économique en raison de la sécheresse et des problèmes actuels du secteur, et approuve son appel</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>Aide 2025 Approche Leader, NON COUVERTE par le Régime MINIMIS, pour les investissements dans la transformation et la commercialisation des produits agricoles (Sous-mesure 19.2.2 PDR), s/ XXIV Appel (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>ORDONNANCE DU 10 JANVIER 2025 de la Direction générale des productions agricoles et animales, qui demande une aide à l'exécution des programmes vétérinaires nationaux par les associations non compétitives de défense de la santé du bétail</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Aide 2025-26 pour l'installation de jeunes agriculteurs dans la Communauté autonome d'Estrémadure, premier appel incorporé dans le décret 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Aide 2025-26 Investissements dans la modernisation et/ou l'amélioration des exploitations agricoles dans lesquelles sont établis de jeunes agriculteurs, premier appel incorporé dans le décret 169/2024premier appel</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Arrêté du 27 janvier 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, appelant à des interventions sous forme de paiements directs, à des interventions de développement rural et à l'établissement d'exigences communes.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Résolution du 28 janvier 2025 du directeur de l'Agence valencienne de développement et de garantie agricole établissant l'appel à candidature et demandant le paiement annuel de l'aide incluse dans la demande unique dans le cadre du</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>ORDONNANCE du 23 janvier 2025, qui établit le BBRR d'aides extraordinaires accordées par la Communauté autonome pour apporter un soutien financier aux coopératives agricoles aragonaises et approuve son appel</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Aides aux associations de protection des végétaux pour prévenir les ravageurs des végétaux d'ici 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Aides PEPAC 2025. Aides complémentaires aux jeunes agriculteurs, conformément à la résolution du 27 janvier 2025 qui les appelle</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>Aides PEPAC 2025. Agriculture biologique, selon la résolution du 27 janvier 2025 qui les appelle</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Aide PEPAC 2025. Aides liées à l'agriculture, conformément à la résolution du 27 janvier 2025 qui les appelle</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>ORDONNANCE AGA/ /2025, du 20 janvier, pour la présentation de la demande unique d'aides de la Politique Agricole Commune pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>Aide au revenu complémentaire pour les jeunes agriculteurs 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Aider les agriculteurs de certaines cultures confrontés à des difficultés lors de la campagne 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>Arrêté du 27 janvier 2025, par lequel est lancé l'appel pour l'année 2025 aux subventions correspondant aux opérations d'Agriculture Biologique pour l'Entretien des Arbres Fruitiers Secs et des Arbres Fruitiers Irrigués (6503.2), correspondant aux Interventions</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Aide à la promotion de l'agriculture biologique, pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Arrêté du 28 janvier 2025, par lequel est lancé l'appel pour l'année 2025 pour la subvention de l'opération 10.1.14 Amendement calcaire du sol pour la prévention et le contrôle de la pourriture radicale dans les formations de pâturage de la mesure 10 : Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>Subventions 2025 pour la fourniture de conseils techniques au secteur agricole en matière de protection des végétaux Résolution du 20 décembre 2024.</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 3 février 2025 du ministère de l'Agriculture, de la Pêche et de l'Alimentation, qui annonce le prix « Alimentation d'Espagne, année 2025 »</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Subventions pour les engagements agroenvironnementaux sur les terres agricoles et les engagements et activités pour la conservation des ressources génétiques (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 janvier 2025 fixant les bases réglementaires pour l'octroi, à titre non concurrentiel, de subventions destinées à favoriser l'innovation et la pérennité du commerce local et artisanal</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Aides aux communes de la Communauté de Madrid pour le développement d'activités de promotion commerciale et de foires 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Aide au paiement des engagements agro-environnementaux pour les cultures durables utilisant de l'eau régénérée, pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Subventions Approche Leader 2025 pour les investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Sous-mesure 19.2.3 PDR), s/ IX Appel (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>Subventions Approche Leader 2025 pour les investissements dans la création et le développement d'entreprises et d'activités non agricoles dans les zones rurales (Sous-mesure 19.2.3 PDR), s/ IX Appel (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Arrêté du 17 février 2025 du Ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche approuvant l'appel à aides pour la restructuration et la reconversion des vignobles de la Région de Murcie, pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Arrêté DES/07/2025, du 24 février 2025, portant appel à l'aide financée par le FEAGA (Fonds européen agricole de garantie) et le FEADER (Fonds européen agricole pour le développement rural) incluse dans la demande unique pour l'année 2025 et recueillant</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Bourse 2025 Coopération pour la succession des exploitations agricoles</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>ORDONNANCE AGA/…../2025, du 6 mars, portant appel à subventions de coopération pour les groupes opérationnels du Partenariat européen d'innovation (PEI), dans le cadre du Plan stratégique national de la PAC 23-27, pour l'Aragon pour 2025</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour des subventions aux groupes reconnus de défense de la santé du bétail en Cantabrie pour 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 13 mars 2025 du ministère de l'Agriculture, de la Pêche et de l'Alimentation, portant attribution du prix « Alimentos de España Meilleurs Vins, 2025 ».</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 17 mars 2025 du ministère de l'Agriculture, de la Pêche et de l'Alimentation, portant attribution du « Prix Alimentos de España du meilleur spiritueux à indication géographique, 2025 »</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Arrêté du 18 mars 2025 du ministère de l'eau, de l'agriculture, de l'élevage et de la pêche portant approbation de l'appel à aides pour la vendange en vert de la campagne 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>PROFESSEURS D'AIDE ORGANISATIONNELLE. COOPÉRATIVE AGRICOLE ET SYNDICALE. AGRICOLE (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>COOPÉRATIVE UNIONAIRE. AIDE À L'AGRICULTURE (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 mars 2025 du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, demandant une aide pour la vaccination contre la salmonelle chez les volailles pondeuses de Castille-et-León.</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 mars 2025 du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, annonçant, pour l'année 2025, une aide à la restructuration et à la reconversion des vignobles de la communauté de Castille-et-León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Subventions 2025 pour la mise en œuvre de systèmes d'irrigation favorisant l'utilisation efficace de l'eau et de l'énergie dans les exploitations agricoles, conformément au décret 12/2025, du 11 mars, qui les prévoit.</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Résolution du 27 mars, portant sur l'exercice 2025, les subventions du programme Cultiva, relatives aux séjours de formation des jeunes agriculteurs dans des fermes modèles.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Ordonnance du 27 mars 2025, convoquée. 2025 d'aides destinées à l'exécution, à travers l'Agrup. Défense de la santé du bétail, des programmes de santé qui ne bénéficient pas de financement communautaire dans le cadre d'un régime concurrentiel</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Appel à subventions pour promouvoir l'entrepreneuriat innovant (Entrepreneur Check) pour 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Extremadura Avante accorde aux entreprises un soutien pour la participation groupée à la Foire Fruit Attraction 2025, conformément à l'accord du 27 mars 2025 qui les prévoit.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>Arrêté/AGA/284/2025, du 10 mars, du ministre de l'Agriculture, de l'Élevage et de l'Alimentation, portant octroi de subventions visant à améliorer la production et la commercialisation des produits apicoles, pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>Résolution du 24 mars 2025, établissant les bases réglementaires des aides destinées à soutenir la coopération dans les activités d'information et de promotion des produits agricoles et alimentaires galiciens couverts par les régimes de qualité menées par les groupements de producteurs, dans le cadre du Plan stratégique de la PAC 2023-2027, et convoquée pour l'exercice 2025</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Aide à l'intégration des nouveaux agriculteurs. Appel 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>Résolution du 01/04/2025 du Directeur de l'Institut pour la Promotion de la Région de Murcie, par délégation, convoquant des subventions pour la participation à des foires, événements et missions commerciales. Foire agricole saoudienne. Arabie Saoudite 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/ /2025, du 7 avril, approuvant l'appel à compléter en 2025, à charge de la convention FITE 2023, les subventions accordées au titre des arrêtés de l'industrie agroalimentaire 2022 et 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 7 avril 2025 du ministère de l'Agriculture, de la Pêche et de l'Alimentation, portant attribution du « Prix Aliments d'Espagne aux meilleurs jambons, 2025 ».</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Appel à aide aux communes pour réaliser de nouveaux travaux et améliorer les infrastructures agricoles 2024-2025, réglementé par l'arrêté DES/25/2024, du 14 août.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>Ordonnance AGA/ /2024, du 7 octobre, qui prévoit des subventions pour les investissements dans les installations de transformation et dans les infrastructures, structures et instruments de commercialisation du vin, pour l'année 2025 (exercice 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole en matière de santé des végétaux 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 destiné aux municipalités et aux petites entités locales pour financer des projets de revitalisation commerciale, selon le décret 130/2024 du 15 octobre 2024, qui appelle</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subv 2024-2025 destiné aux associations, fédérations et confédérations du secteur du commerce pour financer des projets de revitalisation commerciale, selon le décret 130/2024 du 15 octobre 2024, qui appelle</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Aides aux projets de recherche scientifique et de transfert technologique, cofinancées par le FEDER (2025-2029)</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Décret royal 905/2022, du 25 octobre, qui réglemente l'intervention dans le secteur vitivinicole dans le cadre du Plan stratégique de la politique agricole commune_Appel 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>Plan de rénovation du Parc National du Machinisme Agricole (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Approuver les bases réglementaires et l'appel à aide pour la campagne 2024-2025 pour la gestion durable des prairies montagnardes de Navarre, incluse dans l'intervention 6881.1 Systèmes de reboisement et d'agroforesterie PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Aide à la transformation de la coopérative agroalimentaire catalane et à la promotion de la compétitivité et de la durabilité environnementale, sociale et économique (IMPULS.COOP) correspondant aux années 2025, 2026 et 2027</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
     <t>Arrêté du Ministère de l'Agriculture, de l'Élevage, de la Pêche et de la Souveraineté Alimentaire prévoyant la campagne 2025 Action III.1 « Aide à l'approvisionnement en animaux reproducteurs de races pures ou de races commerciales originaires de la Communauté »</t>
   </si>
   <si>
-    <t>2024-12-01</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-15</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
   </si>
   <si>
-    <t>Aide à la transformation de la coopérative agroalimentaire catalane et à la promotion de la compétitivité et de la durabilité environnementale, sociale et économique (IMPULS.COOP) correspondant aux années 2025, 2026 et 2027</t>
-[...46 lines deleted...]
-  <si>
     <t>Arrêté du ministère de l'Agriculture, de l'Elevage, de la Pêche et de la Souveraineté alimentaire demandant l'aide de la sous-action III.2.4 « Aide à l'importation de veaux destinés à l'engraissement » pour la campagne 2025.</t>
   </si>
   <si>
     <t>2024-10-01</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
   </si>
   <si>
-    <t>Aides aux projets de recherche scientifique et de transfert technologique, cofinancées par le FEDER (2025-2029)</t>
-[...296 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+    <t>Résolution du 16 décembre 2025 de la FEGA, par laquelle les subventions pour les services de conseil à portée suprarégionale sont appelées par anticipation dans le cadre du PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>Aide aux lignes du Plan d'assurance agricole 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Arrêté du 12 décembre 2025 du ministère de l'Économie et des Finances lançant l'appel à projets pour l'année 2026 visant à développer et à améliorer les capacités de recherche et d'innovation du tissu économique par le biais de l'AAEEII de CyL</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Résolution du 11/12/2025 de la DG Agriculture et Élevage, portant appel à l'aide relative à l'Intervention 6505.2 Activités de conservation, d'utilisation et de développement durable des ressources génétiques animales en Castille-La Manche en 2025</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Subventions pour les investissements dans la transformation, la commercialisation et le développement des produits agroalimentaires. Appel à propositions 2025</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Subventions pour les investissements forestiers non productifs en matière de prévention des dommages aux forêts. Appel à propositions 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Aide exceptionnelle pour compenser les dommages causés aux infrastructures productives des exploitations agricoles touchées par la tempête DANA. Liste C.</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ AGA/…/2025 du 17 décembre, portant sur des subventions pour la fourniture de services de conseil agricole, dans le cadre du Plan stratégique national de la PAC 2023-2027, pour l’Aragon, pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>DÉCRET AGA/ /2025 DE , QUI PRÉVOIT DES SUBVENTIONS POUR UNE PARTIE DU COÛT DE LA SOUSCRIPTION D'UNE ASSURANCE AGRICOLE POUR L'ANNÉE 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>Arrêté du 22/04/2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, portant appel à subventions pour la transformation couverte par l'intervention 6842.1 (objectifs environnementaux) du PEPAC cofinancé par le FEADER - Ligne MA1</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>DÉCRET AGA/ /2025 du 22 octobre, qui prévoit des subventions pour les investissements dans les installations de transformation et dans les infrastructures, structures et instruments de commercialisation du vin, pour l'année 2026 (exercice financier 2027).</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/864842</t>
+  </si>
+  <si>
+    <t>Résolution du 6 novembre 2025 de la Direction générale de la production agricole et animale, annonçant par anticipation l'aide aux Groupements de défense sanitaire du bétail pour l'année 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868379</t>
+  </si>
+  <si>
+    <t>Aide aux investissements dans la production et la commercialisation de produits vitivins</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
+  </si>
+  <si>
+    <t>Bases réglementaires Galicia Exporta Intermediate Bodies 2026, cofinancées par le FEDER, non concurrentielles, agricoles de minimis</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>Résolution de l'ICCA, qui lance un appel à candidatures pour la campagne 2025 d'aide au titre des actions I.6 et I.7 du Programme communautaire d'appui à la production agricole des îles Canaries (POSEI)</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
+  </si>
+  <si>
+    <t>Aide financière pour 2026 : lutte contre le dépeuplement des centres ruraux confrontés à des difficultés démographiques particulières. Ligne 4 : Consolidation de l’activité agricole conformément aux dispositions complémentaires du décret 178/205.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876756</t>
+  </si>
+  <si>
+    <t>Résolution du 16/12/2025 de la Direction générale de la production agroalimentaire et des coopératives, portant appel, par un système d’appel d’offres concurrentiel, à l’aide à l’information et à la promotion des produits agricoles et alimentaires pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Résolution du 14 novembre 2025 de la Direction générale de la production agricole et d'élevage, qui lance des appels anticipés à l'aide pour l'amélioration de la compétitivité et de la durabilité des élevages dans la Communauté valencienne pour l'année 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>Résolution du 17 novembre 2025 de la FEGA, annonçant à l'avance des subventions pour la réalisation de projets de recherche appliquée dans le secteur apicole et ses produits au sein de l'ISA, dans le cadre du PEPAC.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Résolution du 4 décembre 2025 du ministère des Affaires rurales et de la Politique agricole, qui appelle à une aide aux investissements productifs dans les exploitations agricoles liés à la contribution à l'atténuation et à l'adaptation au changement climatique, ainsi qu'à une utilisation efficace des ressources.</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>Résolution du 4 décembre 2025 du ministère des Affaires rurales et de la Politique agricole, annonçant une aide aux investissements dans la modernisation et/ou l'amélioration des exploitations agricoles dans le cadre du plan stratégique de la Politique agricole commune espagnole</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Résolution du 4 décembre 2025 du ministère des Affaires rurales et de la Politique agricole, qui appelle à une aide pour les investissements non productifs dans les exploitations agricoles de la Principauté des Asturies liés à l'atténuation et à l'adaptation au changement climatique</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Accord du Conseil exécutif du 17 novembre 2025 relatif aux bases régissant l’octroi d’aides à la promotion de pratiques durables dans les exploitations agricoles de Minorque (CARB) et à l’appel à projets correspondant pour l’année 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche de leadership en matière d’investissements dans la transformation et la commercialisation des produits agricoles. Aide d’État (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Pas d’aide d’État. (Interv., 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 novembre 2025 établissant les bases réglementaires de l’aide visant à atténuer les dommages causés par les sangliers aux cultures agricoles et lançant un appel à candidatures pour l’année 2026 (code de procédure MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>DÉCRET PORTANT APPROBATION DE SUBVENTIONS POUR LE FINANCEMENT DE PROJETS INNOVANTS DE TRANSFORMATION TERRITORIALE ET DE LUTTE CONTRE LE DÉPOPULATION, PROMU PAR DES ORGANISMES À BUT NON LUCRATIF, AU COURS DE L'ANNÉE 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>Subvention 2026, Secteur agricole, pour l'insertion sociale et professionnelle des mineurs et des jeunes se conformant ou s'étant conformés à des mesures judiciaires, par résolution du 14 novembre 2025</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Appel à projets 2026 aux organismes de gestion des labels de qualité agroalimentaire</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879619</t>
+  </si>
+  <si>
+    <t>Arrêté du 12 décembre 2025 établissant le cadre réglementaire des aides aux entités reconnues comme groupes de défense sanitaire de l'élevage (GDSE) en Galice et lançant un appel à candidatures pour l'année 2026-2027 (Code de procédure MR2)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 décembre 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural annonçant des subventions pour des activités de formation, d'information et de démonstration dans le cadre du PEPAC espagnol 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Résolution du 19 décembre 2025 établissant le cadre réglementaire des aides destinées à soutenir la coopération dans les activités d'information et de promotion des produits agricoles et alimentaires galiciens couverts par des systèmes de qualité</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Aide exceptionnelle pour compenser les dommages causés aux infrastructures productives des exploitations agricoles touchées par la tempête DANA. Liste A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877136</t>
+  </si>
+  <si>
+    <t>Arrêté du 16 décembre 2025, qui lance un appel à candidatures pour l'année 2026 en vue de l'exécution, par l'intermédiaire des Groupements de défense sanitaire du bétail, de programmes de santé ne bénéficiant pas de financement communautaire.</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 décembre 2025 établissant le cadre réglementaire des subventions compétitives pour les investissements de reboisement avec des essences feuillues et/ou conifères, cofinancées par le Fonds européen agricole pour le développement</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>Aide 2026 destinée à l’amélioration de l’efficacité énergétique de l’irrigation (programme II) dont les promoteurs sont les communautés d’irrigation, s/Résolution du Secrétariat général en date du 18/12/2025 qui approuve l’appel à l’aide pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du 29 décembre 2025 approuvant l'appel pluriannuel de subventions pour la promotion de la contractualisation et de la régularisation de l'assurance agricole combinée au cours de l'exercice financier 2026, selon la modique modalité de dépenses anticipées</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>DÉCRET du 30 décembre 2025 établissant les bases réglementaires des aides, par appel d'offres concurrentiel, pour la promotion et le soutien des groupements forestiers de producteurs forestiers gérés conjointement, cofinancés par le Fonds de l'UE</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Aide 2025 pour les investissements visant la transformation et la commercialisation des produits agricoles, conformément à la résolution du 29 octobre 2025 qui lance un appel à candidatures</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Aide d’État. (Interv., 7119 PEPAC), s/ II Convo (PEPAC 2023-2027) GAL SOPRODEVAJE</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>Résolution du 18/11/2025 de la Direction générale de la production agroalimentaire et des coopératives, portant sur l'appel d'offres pour l'année 2026 dans le cadre d'un régime de concurrence, selon la procédure de traitement anticipé.</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Arrêté du 24 novembre 2025 approuvant l’appel à projets de collaboration public-privé 2025 (aide aux activités non économiques des organismes de recherche).</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Pas d’aide d’État. (Interv., 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
+  </si>
+  <si>
+    <t>2026-03-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
+  </si>
+  <si>
+    <t>Résolution du 23/12/2025 de la Direction générale du développement rural, portant sur l'aide à l'installation des jeunes dans l'agriculture et les investissements pour l'amélioration et/ou</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Résolution du 30 décembre 2025 approuvant les bases réglementaires pour l’octroi de l’aide IA360 visant à promouvoir l’innovation des entreprises dans un contexte de concurrence (IG408M)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Résolution du 30 décembre 2025 relative aux bases réglementaires de l'aide à l'amélioration de la capacité d'innovation des entreprises en Galice 2026-2027 dans le cadre d'un système d'appel d'offres concurrentiel (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Résolution du 16 décembre 2025 de l'Institut galicien de l'énergie approuvant le cadre réglementaire des aides aux projets d'économie d'énergie et d'efficacité énergétique dans les entreprises galiciennes</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Résolution du 19 décembre 2025 de la Direction générale des industries, de l'innovation et de la filière agroalimentaire, annonçant des subventions pour les investissements dans la transformation, la commercialisation et/ou le développement des produits agroalimentaires pour l'exercice 2026. Intervention 68422-01 PME</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Résolution du 19 décembre 2025 de la Direction générale des industries, de l'innovation et de la filière agroalimentaire, annonçant l'appel à candidatures pour 2026 en vue d'obtenir des aides aux investissements dans la transformation, la commercialisation et/ou le développement des produits agroalimentaires. FRUITS ET LÉGUMES. PME</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 décembre 2025 du ministère de l'Industrie, du Commerce et de l'Emploi, qui prévoit des subventions pour l'année 2026 destinées à l'acquisition de nouvelles machines industrielles dans les entreprises industrielles de Castille-et-León.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Aide 2025/2026 pour l’amélioration des capacités avancées des PME du secteur du commerce de détail, conformément à l’appel lancé par la résolution du 21 novembre 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>Subventions 2026 aux entreprises pour financer des projets favorisant la mise en œuvre de solutions d'intelligence artificielle dans la Communauté autonome d'Estrémadure - conformément au décret 173/2025 qui les prévoit</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
   </si>
   <si>
     <t>Stimuler les marchés publics innovants (CPI) L2 PAS D'AIDE D'ÉTAT</t>
   </si>
   <si>
     <t>2026-02-05</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
   </si>
   <si>
-    <t>Stimuler les marchés publics innovants (CPI) RÉGIME 651</t>
-[...2084 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+    <t>Résolution du 23 décembre 2025 du Directeur de l'Agence valencienne de développement et de garantie agricoles, portant appel anticipé à une demande d'aide pour l'exercice financier 2026 en faveur des activités d'information et de promotion des systèmes de qualité agroalimentaire.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3101,66 +3476,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H316"/>
+  <dimension ref="A1:H359"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H316"/>
+      <selection activeCell="A1" sqref="A1:H359"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="583.857" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="114.258" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -3211,8010 +3586,9136 @@
       <c r="G3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G5" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H5" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="1"/>
+      <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C9" s="1"/>
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C10" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C11" s="1"/>
+        <v>47</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C12" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G16" s="1"/>
       <c r="H16" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="C20" s="1"/>
+      <c r="D20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H20" s="1" t="s">
         <v>78</v>
-      </c>
-[...11 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B22" s="1"/>
-      <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H22" s="1" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B23" s="1"/>
-      <c r="C23" s="1"/>
+      <c r="C23" s="1" t="s">
+        <v>88</v>
+      </c>
       <c r="D23" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G23" s="1"/>
       <c r="H23" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H24" s="1" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H25" s="1" t="s">
         <v>97</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="H26" s="1" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G27" s="1"/>
+      <c r="H27" s="1" t="s">
         <v>105</v>
-      </c>
-[...13 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="H28" s="1" t="s">
         <v>109</v>
-      </c>
-[...13 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G33" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H33" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>129</v>
+        <v>19</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H36" s="1" t="s">
         <v>136</v>
-      </c>
-[...16 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B37" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H38" s="1" t="s">
         <v>142</v>
-      </c>
-[...19 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>144</v>
+        <v>84</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>58</v>
+        <v>100</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>154</v>
+        <v>104</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>158</v>
+        <v>107</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>38</v>
+        <v>151</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>161</v>
+        <v>107</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>61</v>
+        <v>156</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>167</v>
+        <v>126</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>93</v>
+        <v>49</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>174</v>
+        <v>151</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>175</v>
+        <v>156</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>45</v>
+        <v>156</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>175</v>
+        <v>19</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G52" s="1"/>
       <c r="H52" s="1" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G53" s="1"/>
       <c r="H53" s="1" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G54" s="1"/>
       <c r="H54" s="1" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>196</v>
+        <v>179</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>200</v>
+        <v>19</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>175</v>
+        <v>116</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>197</v>
+        <v>126</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>205</v>
+        <v>148</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>12</v>
+        <v>197</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>208</v>
+        <v>24</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G59" s="1"/>
       <c r="H59" s="1" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>197</v>
+        <v>120</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>12</v>
+        <v>203</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>174</v>
+        <v>202</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>186</v>
+        <v>19</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>218</v>
+        <v>133</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>171</v>
+        <v>96</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>221</v>
+        <v>133</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>78</v>
+        <v>126</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>225</v>
+        <v>112</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>226</v>
+        <v>44</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>226</v>
+        <v>44</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>234</v>
+        <v>9</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>235</v>
+        <v>180</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>236</v>
+        <v>225</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>237</v>
+        <v>226</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>239</v>
+        <v>228</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>241</v>
+        <v>230</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>242</v>
+        <v>87</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>243</v>
+        <v>232</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>244</v>
+        <v>233</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>246</v>
+        <v>145</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>247</v>
+        <v>235</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>248</v>
+        <v>233</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>222</v>
+        <v>145</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>249</v>
+        <v>236</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>222</v>
+        <v>145</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>251</v>
+        <v>237</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>252</v>
+        <v>233</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>222</v>
+        <v>145</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>253</v>
+        <v>238</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>254</v>
+        <v>233</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>222</v>
+        <v>145</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>255</v>
+        <v>239</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>256</v>
+        <v>233</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>186</v>
+        <v>234</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>257</v>
+        <v>145</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>226</v>
+        <v>108</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>258</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>259</v>
+        <v>233</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>260</v>
+        <v>234</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>222</v>
+        <v>145</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>58</v>
+        <v>108</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>261</v>
+        <v>241</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>262</v>
+        <v>242</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>260</v>
+        <v>243</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>222</v>
+        <v>123</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>263</v>
+        <v>244</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>264</v>
+        <v>245</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>266</v>
+        <v>112</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>267</v>
+        <v>246</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>268</v>
+        <v>247</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>269</v>
+        <v>248</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>270</v>
+        <v>222</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>271</v>
+        <v>249</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>272</v>
+        <v>250</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>273</v>
+        <v>248</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>26</v>
+        <v>156</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>274</v>
+        <v>251</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>275</v>
+        <v>252</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>276</v>
+        <v>253</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>191</v>
+        <v>254</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>277</v>
+        <v>29</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>279</v>
+        <v>256</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>280</v>
+        <v>257</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>281</v>
+        <v>111</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>282</v>
+        <v>258</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>283</v>
+        <v>259</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>284</v>
+        <v>260</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>281</v>
+        <v>261</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>285</v>
+        <v>262</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>286</v>
+        <v>263</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>284</v>
+        <v>264</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>20</v>
+        <v>265</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>287</v>
+        <v>266</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>288</v>
+        <v>267</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>284</v>
+        <v>264</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>281</v>
+        <v>145</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>27</v>
+        <v>163</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>289</v>
+        <v>268</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>290</v>
+        <v>269</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>284</v>
+        <v>270</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>281</v>
+        <v>140</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>27</v>
+        <v>271</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>291</v>
+        <v>272</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>292</v>
+        <v>273</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>284</v>
+        <v>111</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>281</v>
+        <v>126</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G88" s="1"/>
       <c r="H88" s="1" t="s">
-        <v>293</v>
+        <v>274</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>294</v>
+        <v>275</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>284</v>
+        <v>111</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>295</v>
+        <v>276</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>296</v>
+        <v>277</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>284</v>
+        <v>111</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>297</v>
+        <v>278</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>284</v>
+        <v>111</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>299</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>300</v>
+        <v>281</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>133</v>
+        <v>92</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>301</v>
+        <v>9</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>302</v>
+        <v>282</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>280</v>
+        <v>88</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>26</v>
+        <v>284</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>304</v>
+        <v>285</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>305</v>
+        <v>286</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>284</v>
+        <v>185</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>85</v>
+        <v>16</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>306</v>
+        <v>288</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>307</v>
+        <v>289</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>284</v>
+        <v>156</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>308</v>
+        <v>291</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>309</v>
+        <v>292</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>310</v>
+        <v>293</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>311</v>
+        <v>77</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>312</v>
+        <v>294</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>313</v>
+        <v>295</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>270</v>
+        <v>293</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>314</v>
+        <v>77</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G97" s="1"/>
       <c r="H97" s="1" t="s">
-        <v>315</v>
+        <v>296</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>316</v>
+        <v>297</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>317</v>
+        <v>298</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>318</v>
+        <v>299</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>319</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>320</v>
+        <v>301</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>321</v>
+        <v>302</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>322</v>
+        <v>287</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>277</v>
+        <v>44</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>323</v>
+        <v>303</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>324</v>
+        <v>304</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>325</v>
+        <v>222</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>326</v>
+        <v>28</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>93</v>
+        <v>63</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>327</v>
+        <v>305</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>328</v>
+        <v>306</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>329</v>
+        <v>302</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>330</v>
+        <v>307</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>331</v>
+        <v>308</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>329</v>
+        <v>302</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>333</v>
+        <v>309</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>334</v>
+        <v>310</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>335</v>
+        <v>302</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>336</v>
+        <v>287</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>337</v>
+        <v>311</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>338</v>
+        <v>312</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>335</v>
+        <v>170</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>339</v>
+        <v>313</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>340</v>
+        <v>314</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>341</v>
+        <v>315</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>342</v>
+        <v>302</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>281</v>
+        <v>77</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>343</v>
+        <v>316</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>344</v>
+        <v>317</v>
       </c>
       <c r="B106" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H106" s="1" t="s">
         <v>318</v>
-      </c>
-[...16 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>347</v>
+        <v>319</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>348</v>
+        <v>222</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>349</v>
+        <v>320</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>350</v>
+        <v>203</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>351</v>
+        <v>321</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>352</v>
+        <v>322</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>353</v>
+        <v>156</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>345</v>
+        <v>323</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>354</v>
+        <v>324</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>355</v>
+        <v>325</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>353</v>
+        <v>185</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>345</v>
+        <v>290</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>356</v>
+        <v>326</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>357</v>
+        <v>327</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>353</v>
+        <v>298</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>358</v>
+        <v>328</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>68</v>
+        <v>163</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>359</v>
+        <v>329</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>360</v>
+        <v>330</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>353</v>
+        <v>261</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>361</v>
+        <v>331</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G111" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H111" s="1" t="s">
-        <v>362</v>
+        <v>332</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>363</v>
+        <v>333</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>364</v>
+        <v>261</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>225</v>
+        <v>331</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>277</v>
+        <v>100</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>365</v>
+        <v>334</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>366</v>
+        <v>335</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>367</v>
+        <v>261</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>368</v>
+        <v>331</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>369</v>
+        <v>336</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>370</v>
+        <v>337</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>367</v>
+        <v>261</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>371</v>
+        <v>331</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>372</v>
+        <v>338</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>373</v>
+        <v>339</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>374</v>
+        <v>340</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>375</v>
+        <v>341</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>376</v>
+        <v>342</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>377</v>
+        <v>343</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>374</v>
+        <v>148</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>375</v>
+        <v>344</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>378</v>
+        <v>345</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>379</v>
+        <v>346</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>380</v>
+        <v>148</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>381</v>
+        <v>347</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>93</v>
+        <v>203</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>382</v>
+        <v>348</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>82</v>
+        <v>350</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>191</v>
+        <v>351</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G118" s="1"/>
+      <c r="G118" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H118" s="1" t="s">
-        <v>384</v>
+        <v>352</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>385</v>
+        <v>353</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>386</v>
+        <v>354</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>387</v>
+        <v>24</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G119" s="1"/>
+      <c r="G119" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H119" s="1" t="s">
-        <v>388</v>
+        <v>355</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>389</v>
+        <v>356</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>386</v>
+        <v>261</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>387</v>
+        <v>357</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G120" s="1"/>
+      <c r="G120" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H120" s="1" t="s">
-        <v>390</v>
+        <v>358</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>391</v>
+        <v>359</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>392</v>
+        <v>88</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>393</v>
+        <v>360</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G121" s="1"/>
+      <c r="G121" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H121" s="1" t="s">
-        <v>394</v>
+        <v>361</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>395</v>
+        <v>362</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>396</v>
+        <v>261</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>397</v>
+        <v>331</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G122" s="1"/>
+      <c r="G122" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H122" s="1" t="s">
-        <v>398</v>
+        <v>363</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>399</v>
+        <v>364</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>392</v>
+        <v>354</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>400</v>
+        <v>313</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G123" s="1"/>
+      <c r="G123" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H123" s="1" t="s">
-        <v>401</v>
+        <v>365</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>402</v>
+        <v>366</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>392</v>
+        <v>367</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>400</v>
+        <v>331</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G124" s="1"/>
+      <c r="G124" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H124" s="1" t="s">
-        <v>403</v>
+        <v>368</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>404</v>
+        <v>369</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>116</v>
+        <v>367</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>405</v>
+        <v>331</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>406</v>
+        <v>370</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>407</v>
+        <v>371</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>408</v>
+        <v>351</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>133</v>
+        <v>372</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F126" s="1"/>
       <c r="G126" s="1" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>409</v>
+        <v>373</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>410</v>
+        <v>374</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>408</v>
+        <v>344</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>411</v>
+        <v>375</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F127" s="1"/>
       <c r="G127" s="1" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>412</v>
+        <v>376</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>413</v>
+        <v>377</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>91</v>
+        <v>378</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>414</v>
+        <v>379</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F128" s="1"/>
       <c r="G128" s="1" t="s">
-        <v>12</v>
+        <v>271</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>415</v>
+        <v>380</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>416</v>
+        <v>381</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>414</v>
+        <v>382</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F129" s="1"/>
       <c r="G129" s="1" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>417</v>
+        <v>383</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>418</v>
+        <v>384</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>419</v>
+        <v>96</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>276</v>
+        <v>375</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F130" s="1"/>
       <c r="G130" s="1" t="s">
-        <v>277</v>
+        <v>29</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>420</v>
+        <v>385</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>421</v>
+        <v>386</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>132</v>
+        <v>96</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>61</v>
+        <v>375</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F131" s="1"/>
       <c r="G131" s="1" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>422</v>
+        <v>387</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>423</v>
+        <v>388</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>424</v>
+        <v>96</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>425</v>
+        <v>375</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F132" s="1"/>
       <c r="G132" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>426</v>
+        <v>389</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>427</v>
+        <v>390</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>428</v>
+        <v>24</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>429</v>
+        <v>55</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F133" s="1"/>
       <c r="G133" s="1" t="s">
-        <v>12</v>
+        <v>271</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>190</v>
+        <v>96</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>284</v>
+        <v>393</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F134" s="1"/>
       <c r="G134" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>432</v>
+        <v>394</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>433</v>
+        <v>395</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>367</v>
+        <v>96</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>339</v>
+        <v>396</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F135" s="1"/>
       <c r="G135" s="1" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>434</v>
+        <v>397</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>435</v>
+        <v>398</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>132</v>
+        <v>287</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>436</v>
+        <v>375</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G136" s="1"/>
       <c r="H136" s="1" t="s">
-        <v>437</v>
+        <v>399</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>438</v>
+        <v>400</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>405</v>
+        <v>24</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>280</v>
+        <v>55</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F137" s="1"/>
       <c r="G137" s="1" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>439</v>
+        <v>401</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>440</v>
+        <v>402</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>273</v>
+        <v>37</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F138" s="1"/>
       <c r="G138" s="1" t="s">
-        <v>12</v>
+        <v>197</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>442</v>
+        <v>403</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>443</v>
+        <v>404</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>273</v>
+        <v>37</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F139" s="1"/>
+      <c r="G139" s="1"/>
       <c r="H139" s="1" t="s">
-        <v>444</v>
+        <v>405</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>445</v>
+        <v>406</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>446</v>
+        <v>24</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>447</v>
+        <v>37</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F140" s="1"/>
       <c r="G140" s="1" t="s">
-        <v>93</v>
+        <v>203</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>448</v>
+        <v>407</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>449</v>
+        <v>408</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F141" s="1"/>
       <c r="G141" s="1" t="s">
-        <v>85</v>
+        <v>203</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>450</v>
+        <v>409</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>449</v>
+        <v>410</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F142" s="1"/>
       <c r="G142" s="1" t="s">
-        <v>85</v>
+        <v>203</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>451</v>
+        <v>411</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>452</v>
+        <v>412</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>190</v>
+        <v>290</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>453</v>
+        <v>32</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F143" s="1"/>
+      <c r="G143" s="1"/>
       <c r="H143" s="1" t="s">
-        <v>454</v>
+        <v>413</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>455</v>
+        <v>414</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>456</v>
+        <v>24</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F144" s="1"/>
       <c r="G144" s="1" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>457</v>
+        <v>415</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>458</v>
+        <v>416</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>459</v>
+        <v>298</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>88</v>
+        <v>56</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>460</v>
+        <v>417</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>461</v>
+        <v>418</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>462</v>
+        <v>419</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>463</v>
+        <v>420</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>464</v>
+        <v>421</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>132</v>
+        <v>261</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>105</v>
+        <v>422</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>465</v>
+        <v>423</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>466</v>
+        <v>424</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>132</v>
+        <v>287</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>105</v>
+        <v>425</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>467</v>
+        <v>426</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>468</v>
+        <v>427</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>469</v>
+        <v>331</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>133</v>
+        <v>428</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>470</v>
+        <v>429</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>471</v>
+        <v>430</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>472</v>
+        <v>431</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>473</v>
+        <v>432</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>277</v>
+        <v>44</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>474</v>
+        <v>433</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>475</v>
+        <v>434</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>476</v>
+        <v>313</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>301</v>
+        <v>379</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>477</v>
+        <v>435</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>478</v>
+        <v>436</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>479</v>
+        <v>331</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>205</v>
+        <v>437</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>480</v>
+        <v>438</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>481</v>
+        <v>439</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>482</v>
+        <v>440</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>483</v>
+        <v>441</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>350</v>
+        <v>12</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>484</v>
+        <v>442</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>485</v>
+        <v>443</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>326</v>
+        <v>444</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>486</v>
+        <v>445</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>487</v>
+        <v>446</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>472</v>
+        <v>299</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>488</v>
+        <v>447</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G155" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>34</v>
+      </c>
       <c r="H155" s="1" t="s">
-        <v>489</v>
+        <v>448</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>490</v>
+        <v>406</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>472</v>
+        <v>449</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>491</v>
+        <v>450</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F156" s="1"/>
       <c r="G156" s="1" t="s">
-        <v>42</v>
+        <v>203</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>492</v>
+        <v>407</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>493</v>
+        <v>451</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>494</v>
+        <v>382</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>495</v>
+        <v>452</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>496</v>
+        <v>453</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>494</v>
+        <v>454</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>497</v>
+        <v>43</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>498</v>
+        <v>455</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>499</v>
+        <v>456</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>500</v>
+        <v>422</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>497</v>
+        <v>444</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G159" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="H159" s="1" t="s">
-        <v>501</v>
+        <v>457</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>502</v>
+        <v>131</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>503</v>
+        <v>419</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>504</v>
+        <v>42</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>505</v>
+        <v>458</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>506</v>
+        <v>459</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>507</v>
+        <v>460</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>358</v>
+        <v>461</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>508</v>
+        <v>462</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>509</v>
+        <v>463</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>510</v>
+        <v>99</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>511</v>
+        <v>48</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>350</v>
+        <v>63</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>512</v>
+        <v>464</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>509</v>
+        <v>465</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>510</v>
+        <v>466</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>511</v>
+        <v>467</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>350</v>
+        <v>265</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>513</v>
+        <v>468</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>509</v>
+        <v>469</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>510</v>
+        <v>33</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>511</v>
+        <v>357</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>514</v>
+        <v>470</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>509</v>
+        <v>471</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>510</v>
+        <v>472</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>511</v>
+        <v>473</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>350</v>
+        <v>271</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>515</v>
+        <v>474</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>509</v>
+        <v>475</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>510</v>
+        <v>476</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>511</v>
+        <v>473</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>516</v>
+        <v>477</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>509</v>
+        <v>478</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>510</v>
+        <v>33</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>511</v>
+        <v>479</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>517</v>
+        <v>480</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>509</v>
+        <v>481</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>510</v>
+        <v>52</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>511</v>
+        <v>482</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>518</v>
+        <v>483</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>519</v>
+        <v>484</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>497</v>
+        <v>52</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>77</v>
+        <v>485</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>520</v>
+        <v>486</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>521</v>
+        <v>487</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>361</v>
+        <v>450</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>522</v>
+        <v>488</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G170" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H170" s="1" t="s">
-        <v>523</v>
+        <v>489</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>509</v>
+        <v>490</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>510</v>
+        <v>48</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>511</v>
+        <v>360</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>350</v>
+        <v>63</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>524</v>
+        <v>491</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>525</v>
+        <v>492</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>504</v>
+        <v>493</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>77</v>
+        <v>494</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>88</v>
+        <v>271</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>526</v>
+        <v>495</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>527</v>
+        <v>496</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>507</v>
+        <v>497</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>9</v>
+        <v>498</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G173" s="1"/>
       <c r="H173" s="1" t="s">
-        <v>528</v>
+        <v>499</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>529</v>
+        <v>500</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>497</v>
+        <v>450</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>511</v>
+        <v>488</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>530</v>
+        <v>501</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>531</v>
+        <v>502</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>482</v>
+        <v>503</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>361</v>
+        <v>393</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>20</v>
+        <v>197</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>532</v>
+        <v>504</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>533</v>
+        <v>502</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>534</v>
+        <v>503</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>196</v>
+        <v>393</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>54</v>
+        <v>197</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>535</v>
+        <v>505</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>536</v>
+        <v>502</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>534</v>
+        <v>503</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>143</v>
+        <v>393</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>350</v>
+        <v>197</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>537</v>
+        <v>506</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>538</v>
+        <v>507</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>507</v>
+        <v>166</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>144</v>
+        <v>77</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>68</v>
+        <v>197</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>539</v>
+        <v>508</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>540</v>
+        <v>509</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>488</v>
+        <v>510</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>9</v>
+        <v>511</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>541</v>
+        <v>265</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>542</v>
+        <v>512</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>543</v>
+        <v>513</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>326</v>
+        <v>38</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>221</v>
+        <v>360</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>54</v>
+        <v>271</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>544</v>
+        <v>514</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>545</v>
+        <v>515</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>284</v>
+        <v>166</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>281</v>
+        <v>516</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>54</v>
+        <v>271</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>546</v>
+        <v>517</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>547</v>
+        <v>518</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>548</v>
-[...3 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="C182" s="1"/>
       <c r="D182" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>549</v>
+        <v>519</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>550</v>
+        <v>520</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>548</v>
+        <v>521</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>9</v>
+        <v>522</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>551</v>
+        <v>523</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>552</v>
+        <v>524</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>553</v>
+        <v>521</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>154</v>
+        <v>525</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>554</v>
+        <v>526</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>555</v>
+        <v>527</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>556</v>
+        <v>521</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>38</v>
+        <v>396</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>557</v>
+        <v>528</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>558</v>
+        <v>529</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>151</v>
+        <v>522</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>559</v>
+        <v>530</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>560</v>
+        <v>531</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>38</v>
+        <v>396</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>561</v>
+        <v>532</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>562</v>
+        <v>533</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>563</v>
+        <v>375</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>167</v>
+        <v>396</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>564</v>
+        <v>534</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>565</v>
+        <v>535</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>566</v>
+        <v>511</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>567</v>
+        <v>516</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>568</v>
+        <v>536</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>569</v>
+        <v>537</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>281</v>
+        <v>538</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>144</v>
+        <v>488</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>570</v>
+        <v>539</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>571</v>
+        <v>540</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>572</v>
+        <v>541</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>349</v>
+        <v>542</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>350</v>
+        <v>271</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>573</v>
+        <v>543</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>574</v>
+        <v>544</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>572</v>
+        <v>545</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>575</v>
+        <v>425</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G192" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H192" s="1" t="s">
-        <v>576</v>
+        <v>546</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>577</v>
+        <v>547</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>578</v>
+        <v>548</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>393</v>
+        <v>549</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>579</v>
+        <v>550</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>580</v>
+        <v>551</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>77</v>
+        <v>428</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>581</v>
+        <v>552</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>582</v>
+        <v>553</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>583</v>
+        <v>554</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>584</v>
+        <v>555</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>158</v>
+        <v>556</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>63</v>
+        <v>163</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>585</v>
+        <v>557</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>586</v>
+        <v>558</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>9</v>
+        <v>560</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>587</v>
+        <v>561</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>588</v>
+        <v>562</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>9</v>
+        <v>564</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>589</v>
+        <v>565</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>590</v>
+        <v>566</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>281</v>
+        <v>525</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>9</v>
+        <v>567</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>591</v>
+        <v>568</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>592</v>
-[...6 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="B199" s="1"/>
+      <c r="C199" s="1"/>
       <c r="D199" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>593</v>
+        <v>570</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>594</v>
-[...6 lines deleted...]
-      </c>
+        <v>571</v>
+      </c>
+      <c r="B200" s="1"/>
+      <c r="C200" s="1"/>
       <c r="D200" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>33</v>
+        <v>197</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>595</v>
+        <v>572</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>596</v>
+        <v>573</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>281</v>
+        <v>574</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>151</v>
+        <v>575</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G201" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H201" s="1" t="s">
-        <v>597</v>
+        <v>576</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>598</v>
+        <v>577</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>599</v>
+        <v>579</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>277</v>
+        <v>16</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>600</v>
+        <v>580</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>601</v>
+        <v>581</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>488</v>
+        <v>166</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>511</v>
+        <v>77</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G203" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G203" s="1"/>
       <c r="H203" s="1" t="s">
-        <v>602</v>
+        <v>582</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>603</v>
+        <v>583</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>522</v>
+        <v>584</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>38</v>
+        <v>585</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G204" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G204" s="1"/>
       <c r="H204" s="1" t="s">
-        <v>604</v>
+        <v>586</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>605</v>
+        <v>587</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>522</v>
+        <v>584</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>196</v>
+        <v>585</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G205" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G205" s="1"/>
       <c r="H205" s="1" t="s">
-        <v>606</v>
+        <v>588</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>607</v>
+        <v>589</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>522</v>
+        <v>590</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>196</v>
+        <v>591</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G206" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G206" s="1"/>
       <c r="H206" s="1" t="s">
-        <v>608</v>
+        <v>592</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>609</v>
+        <v>593</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>610</v>
+        <v>590</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>170</v>
+        <v>591</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G207" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G207" s="1"/>
       <c r="H207" s="1" t="s">
-        <v>611</v>
+        <v>594</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>612</v>
+        <v>595</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>82</v>
+        <v>597</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>614</v>
+        <v>598</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>615</v>
+        <v>599</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>616</v>
+        <v>585</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>617</v>
+        <v>600</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>618</v>
+        <v>601</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>619</v>
+        <v>602</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>522</v>
+        <v>603</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>151</v>
+        <v>604</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>54</v>
+        <v>271</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>620</v>
+        <v>605</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>621</v>
+        <v>606</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>522</v>
+        <v>603</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>196</v>
+        <v>604</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>20</v>
+        <v>271</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>622</v>
+        <v>607</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>623</v>
+        <v>608</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>613</v>
+        <v>585</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>349</v>
+        <v>609</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>85</v>
+        <v>271</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>623</v>
+        <v>611</v>
       </c>
       <c r="B213" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C213" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="C213" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D213" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>85</v>
+        <v>271</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>625</v>
+        <v>614</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>626</v>
+        <v>615</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>575</v>
+        <v>616</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>238</v>
+        <v>617</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>627</v>
+        <v>618</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>511</v>
+        <v>620</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>599</v>
+        <v>620</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>632</v>
+        <v>621</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>633</v>
+        <v>624</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>631</v>
+        <v>625</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>599</v>
+        <v>626</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>632</v>
+        <v>627</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>634</v>
+        <v>628</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>88</v>
+        <v>203</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>637</v>
+        <v>630</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>638</v>
+        <v>631</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>639</v>
+        <v>632</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>151</v>
+        <v>633</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>38</v>
+        <v>227</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>567</v>
+        <v>37</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>642</v>
+        <v>636</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>643</v>
+        <v>637</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>645</v>
+        <v>639</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>27</v>
+        <v>271</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>646</v>
+        <v>640</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>647</v>
+        <v>641</v>
       </c>
       <c r="B222" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H222" s="1" t="s">
         <v>644</v>
-      </c>
-[...14 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>140</v>
+        <v>646</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G223" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="H223" s="1" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>140</v>
+        <v>360</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G224" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>271</v>
+      </c>
       <c r="H224" s="1" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E225" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H225" s="1" t="s">
         <v>653</v>
-      </c>
-[...17 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C226" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="B226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C226" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H226" s="1" t="s">
         <v>656</v>
-      </c>
-[...13 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H227" s="1" t="s">
         <v>658</v>
-      </c>
-[...17 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E228" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H228" s="1" t="s">
         <v>661</v>
-      </c>
-[...15 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="B229" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="B229" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="1" t="s">
-        <v>61</v>
+        <v>664</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F229" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G229" s="1" t="s">
-        <v>93</v>
+        <v>197</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>41</v>
+        <v>667</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>61</v>
+        <v>668</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F230" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G230" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>41</v>
+        <v>293</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>61</v>
+        <v>671</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F231" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G231" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>41</v>
+        <v>293</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="G232" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H232" s="1" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>158</v>
+        <v>293</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F233" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G233" s="1" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>41</v>
+        <v>677</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>71</v>
+        <v>678</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F234" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G234" s="1" t="s">
-        <v>27</v>
+        <v>203</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>175</v>
+        <v>681</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G235" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H235" s="1" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>158</v>
+        <v>681</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F236" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G236" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>158</v>
+        <v>633</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F237" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G237" s="1" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>41</v>
+        <v>227</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>71</v>
+        <v>690</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F238" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G238" s="1" t="s">
-        <v>277</v>
+        <v>39</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>158</v>
+        <v>642</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>676</v>
+        <v>693</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F239" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G239" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>158</v>
+        <v>293</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>676</v>
+        <v>257</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F240" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G240" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>158</v>
+        <v>698</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>676</v>
+        <v>668</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F241" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G241" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>41</v>
+        <v>701</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>659</v>
+        <v>702</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F242" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G242" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>695</v>
+        <v>639</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>696</v>
+        <v>77</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F243" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G243" s="1" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>242</v>
+        <v>682</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>676</v>
+        <v>72</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F244" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G244" s="1" t="s">
-        <v>20</v>
+        <v>197</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>235</v>
+        <v>709</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>701</v>
+        <v>710</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F245" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G245" s="1" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>702</v>
+        <v>711</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>260</v>
+        <v>713</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>221</v>
+        <v>717</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>707</v>
+        <v>609</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>187</v>
+        <v>717</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>710</v>
+        <v>609</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>711</v>
+        <v>720</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>712</v>
+        <v>721</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>175</v>
+        <v>257</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>713</v>
+        <v>111</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>716</v>
+        <v>257</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>717</v>
+        <v>111</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>222</v>
+        <v>687</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>720</v>
+        <v>72</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>54</v>
+        <v>197</v>
       </c>
       <c r="H251" s="1" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>171</v>
+        <v>228</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>696</v>
+        <v>728</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="H252" s="1" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>725</v>
+        <v>257</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>726</v>
+        <v>111</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H253" s="1" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>222</v>
+        <v>257</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>729</v>
+        <v>111</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="H254" s="1" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>175</v>
+        <v>257</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>381</v>
+        <v>111</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H255" s="1" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>667</v>
+        <v>736</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>733</v>
+        <v>257</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>734</v>
+        <v>111</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F256" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G256" s="1" t="s">
-        <v>93</v>
+        <v>197</v>
       </c>
       <c r="H256" s="1" t="s">
-        <v>668</v>
+        <v>737</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>736</v>
+        <v>257</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>737</v>
+        <v>111</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H257" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>552</v>
+        <v>740</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>704</v>
+        <v>257</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>48</v>
+        <v>111</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H258" s="1" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>707</v>
+        <v>257</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>713</v>
+        <v>111</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>350</v>
+        <v>29</v>
       </c>
       <c r="H259" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>743</v>
+        <v>257</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>57</v>
+        <v>111</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="H260" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>659</v>
+        <v>687</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>676</v>
+        <v>111</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="H261" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>67</v>
+        <v>710</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="H262" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>751</v>
+        <v>664</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>483</v>
+        <v>752</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>483</v>
+        <v>260</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>277</v>
+        <v>203</v>
       </c>
       <c r="H264" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>67</v>
+        <v>758</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>229</v>
+        <v>759</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>85</v>
+        <v>271</v>
       </c>
       <c r="H265" s="1" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>541</v>
+        <v>56</v>
       </c>
       <c r="H266" s="1" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>581</v>
+        <v>766</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>53</v>
+        <v>111</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G267" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H267" s="1" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>49</v>
+        <v>769</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>765</v>
+        <v>693</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H268" s="1" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>49</v>
+        <v>769</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H269" s="1" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>82</v>
+        <v>775</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>191</v>
+        <v>776</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="H270" s="1" t="s">
-        <v>771</v>
+        <v>777</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>682</v>
+        <v>111</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="H271" s="1" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>682</v>
+        <v>107</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="H272" s="1" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>772</v>
+        <v>783</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>682</v>
+        <v>784</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>88</v>
+        <v>197</v>
       </c>
       <c r="H273" s="1" t="s">
-        <v>776</v>
+        <v>785</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>734</v>
+        <v>787</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>778</v>
+        <v>788</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>782</v>
+        <v>231</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G275" s="1"/>
       <c r="H275" s="1" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>786</v>
+        <v>254</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G276" s="1"/>
       <c r="H276" s="1" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>53</v>
+        <v>794</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>225</v>
+        <v>123</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>734</v>
+        <v>794</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>679</v>
+        <v>784</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>796</v>
+        <v>231</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>799</v>
+        <v>123</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>82</v>
+        <v>808</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>277</v>
+        <v>25</v>
       </c>
       <c r="H282" s="1" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>62</v>
+        <v>808</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>225</v>
+        <v>264</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G283" s="1"/>
       <c r="H283" s="1" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>807</v>
+        <v>776</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>808</v>
+        <v>260</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>541</v>
+        <v>29</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>811</v>
+        <v>253</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>778</v>
+        <v>473</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>68</v>
+        <v>108</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>802</v>
+        <v>323</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>676</v>
+        <v>821</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>679</v>
+        <v>728</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>350</v>
+        <v>197</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>676</v>
+        <v>808</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>679</v>
+        <v>824</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>350</v>
+        <v>271</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>676</v>
+        <v>231</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>799</v>
+        <v>145</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>822</v>
+        <v>243</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>823</v>
+        <v>9</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>277</v>
+        <v>34</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>796</v>
+        <v>788</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>826</v>
+        <v>87</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>58</v>
+        <v>197</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>828</v>
+        <v>233</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>829</v>
+        <v>234</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>830</v>
+        <v>145</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="H292" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>833</v>
+        <v>254</v>
       </c>
       <c r="C293" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E293" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G293" s="1"/>
+      <c r="H293" s="1" t="s">
         <v>834</v>
-      </c>
-[...13 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="B294" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E294" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H294" s="1" t="s">
         <v>838</v>
-      </c>
-[...13 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="B295" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="B295" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E295" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H295" s="1" t="s">
         <v>841</v>
-      </c>
-[...13 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="B296" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="C296" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H296" s="1" t="s">
         <v>845</v>
-      </c>
-[...13 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="B297" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="C297" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H297" s="1" t="s">
         <v>848</v>
-      </c>
-[...14 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>853</v>
+        <v>37</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G298" s="1"/>
+      <c r="G298" s="1" t="s">
+        <v>25</v>
+      </c>
       <c r="H298" s="1" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>857</v>
+        <v>632</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H299" s="1" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H300" s="1" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>393</v>
+        <v>860</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G301" s="1"/>
       <c r="H301" s="1" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>867</v>
-[...3 lines deleted...]
-      </c>
+        <v>863</v>
+      </c>
+      <c r="C302" s="1"/>
       <c r="D302" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="G302" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F302" s="1"/>
+      <c r="G302" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H302" s="1" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G303" s="1"/>
+      <c r="G303" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="H303" s="1" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>874</v>
+        <v>620</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>393</v>
+        <v>870</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G304" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H304" s="1" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>191</v>
+        <v>870</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G305" s="1"/>
+      <c r="G305" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="H305" s="1" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>682</v>
+        <v>876</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="G306" s="1"/>
       <c r="H306" s="1" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>883</v>
+        <v>609</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G307" s="1"/>
+      <c r="G307" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="H307" s="1" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>861</v>
+        <v>579</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>393</v>
+        <v>883</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G308" s="1"/>
+      <c r="G308" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H308" s="1" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="C309" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="D309" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E309" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H309" s="1" t="s">
         <v>888</v>
-      </c>
-[...14 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>892</v>
+        <v>880</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G310" s="1"/>
+      <c r="G310" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H310" s="1" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>896</v>
+        <v>880</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G311" s="1"/>
+      <c r="G311" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H311" s="1" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>852</v>
+        <v>895</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>893</v>
+        <v>193</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="G312" s="1"/>
       <c r="H312" s="1" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>901</v>
-[...3 lines deleted...]
-      </c>
+        <v>886</v>
+      </c>
+      <c r="C313" s="1"/>
       <c r="D313" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G313" s="1"/>
+      <c r="G313" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H313" s="1" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>903</v>
+        <v>899</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>904</v>
+        <v>900</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>905</v>
+        <v>609</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G314" s="1"/>
+      <c r="G314" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="H314" s="1" t="s">
-        <v>906</v>
+        <v>901</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>907</v>
+        <v>902</v>
       </c>
       <c r="B315" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C315" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E315" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F315" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H315" s="1" t="s">
         <v>904</v>
-      </c>
-[...14 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E316" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H316" s="1" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E317" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G317" s="1"/>
+      <c r="H317" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="B316" s="1" t="s">
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="B318" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="D316" s="1" t="s">
+      <c r="C318" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E318" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H318" s="1" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D319" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="E316" s="1" t="s">
-[...7 lines deleted...]
-        <v>912</v>
+      <c r="E319" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H319" s="1" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E320" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G320" s="1"/>
+      <c r="H320" s="1" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E321" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H321" s="1" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E322" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H322" s="1" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H323" s="1" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E324" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G324" s="1"/>
+      <c r="H324" s="1" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E325" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H325" s="1" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E326" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H326" s="1" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E327" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H327" s="1" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E328" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H328" s="1" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H329" s="1" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H330" s="1" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H331" s="1" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G332" s="1"/>
+      <c r="H332" s="1" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E333" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H333" s="1" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="C334" s="1"/>
+      <c r="D334" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H334" s="1" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E335" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H335" s="1" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H336" s="1" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H337" s="1" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E338" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G338" s="1"/>
+      <c r="H338" s="1" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H339" s="1" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H340" s="1" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H341" s="1" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E342" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G342" s="1"/>
+      <c r="H342" s="1" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H343" s="1" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H344" s="1" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E345" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H345" s="1" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H346" s="1" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G347" s="1"/>
+      <c r="H347" s="1" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H348" s="1" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H349" s="1" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H350" s="1" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H351" s="1" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E352" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H352" s="1" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E353" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F353" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H353" s="1" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E354" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F354" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H354" s="1" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E355" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F355" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H355" s="1" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E356" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F356" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H356" s="1" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E357" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H357" s="1" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E358" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F358" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H358" s="1" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E359" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F359" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H359" s="1" t="s">
+        <v>1037</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>