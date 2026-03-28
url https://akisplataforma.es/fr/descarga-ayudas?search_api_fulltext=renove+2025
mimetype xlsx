--- v1 (2026-02-05)
+++ v2 (2026-03-28)
@@ -12,3164 +12,2636 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1038">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="862">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
-    <t>Résolution, du 26/05/2025, du Vice-Ministère de la Politique Agricole Commune et des Politiques Agro-Environnementales, par laquelle est convoqué en 2025, par la procédure de traitement anticipé, l'incorporation d'aides pour l'intervention de conservation des races autochtones menacées d'érosion génétique en Castille-La Manche à travers le Fonds Européen Agricole pour le Développement Rural (FEADER), prévu dans le Plan Stratégique de la Politique Agricole Commune pour la période 2023-2027.</t>
+    <t>Disponibilité du crédit à la commande Commerce 2025 LIGNE 1. NOUVEL ÉTABLISSEMENT</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Régional</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Disponibilité du crédit à la commande Commerce 2025 LIGNE 2 MANT. ÉTABLISSEMENT</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Résolution du ministre de l'Économie, des Finances et de l'Innovation approuvant l'appel à projets pour les années 2024 et 2025 en faveur des entrepreneurs et des entreprises exerçant une activité aux îles Baléares, afin de couvrir les commissions d'ouverture et d'étude.</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>Arrêté du 12 février 2025 portant instituant les subventions à la souscription d'assurance agricole dans le cadre du Plan combiné d'assurance agricole pour l'année 2025 et fixant les modalités relatives à ces subventions.</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>PLAN ANNUEL D'ASSURANCE AGRICOLE 2025</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>Arrêté DES/37/2025 du 22 décembre 2025, portant sur l'inclusion des aides financées par le FEAGF (Fonds européen de garantie agricole) et le FEADER (Fonds européen agricole pour le développement rural) dans la demande unique pour l'année 2026</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
+  </si>
+  <si>
+    <t>Résolution du 20/05/2025 de la Direction générale de l'agriculture et de l'élevage, qui lance en 2025, par la procédure de traitement anticipé, l'appel à projets pour l'intégration dans les aides à l'intervention en faveur du bien-être animal en Castille-La Manche par le biais du Fonds européen agricole pour le développement rural (FEADER), prévues dans le Plan stratégique de la politique agricole commune pour la période 2023-2027.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>Résolution du 26/05/2025 du Ministère délégué à la Politique agricole commune et aux Politiques agro-environnementales, lançant en 2025, par la procédure de traitement anticipé, l’appel à projets pour l’intégration, dans l’aide à la conservation des races indigènes menacées d’érosion génétique en Castille-La Manche, par le biais du Fonds européen agricole pour le développement rural (FEADER), prévue dans le Plan stratégique de la Politique agricole commune pour la période 2023-2027.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
-    <t>Résolution du Ministre de l'Économie, des Finances et de l'Innovation par laquelle est approuvé l'appel d'aide pour les années 2024 et 2025 pour les entrepreneurs et les entreprises ayant une activité aux Îles Baléares pour couvrir les commissions d'ouverture et d'étude.</t>
-[...20 lines deleted...]
-    <t>Résolution, du 27/05/2025, du Vice-Ministère de la Politique Agricole Commune et des Politiques Agro-Environnementales, par laquelle est convoqué en 2025, par la procédure de traitement anticipé, l'incorporation d'aides pour l'intervention de l'apiculture pour la biodiversité en Castille-La Manche à travers le Fonds Européen Agricole pour le Développement Rural (FEADER), prévu dans le Plan Stratégique de la Politique Agricole Commune pour la période 2023-2027.</t>
+    <t>Résolution du 27/05/2025 du Ministère délégué à la Politique agricole commune et aux Politiques agro-environnementales, lançant en 2025, par la procédure de traitement anticipé, l’intégration dans les aides à l’intervention de l’apiculture pour la biodiversité en Castille-La Manche par le biais du Fonds européen agricole pour le développement rural (FEADER), prévues dans le Plan stratégique de la Politique agricole commune pour la période 2023-2027.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
   </si>
   <si>
-    <t>Aide exceptionnelle pour 2025 aux exploitations de cerises touchées par des catastrophes naturelles, conformément au décret-loi 3/2025 du 27 mai</t>
+    <t>Résolution du 29/12/2025 du ministère délégué à la Politique agricole commune et à la Politique agro-environnementale, demandant une aide au titre du régime de minimis, par le biais de la procédure de traitement anticipé, afin d'atténuer les dommages causés en Castille-La Manche.</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>Résolution du 29/12/2025 du ministère délégué à la Politique agricole commune et à la Politique agro-environnementale, demandant une aide au titre du régime de minimis, par le biais de la procédure de traitement anticipé, afin d'atténuer les dommages liés aux attaques de loboï</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>Aide du Centre pour le développement technologique et l'innovation EPE pour le financement de projets de R&amp;D (2025)</t>
+  </si>
+  <si>
+    <t>National</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>Bases réglementaires 2025-2027 et appel à l’aide pour améliorer la production et la commercialisation des produits apicoles dans le cadre de l’Intervention sectorielle apicole, incluse dans le PEPAC, pour la campagne 2025.</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>AIDE AUX ENTREPRISES SEC AGR.GANAD.PROJET DE DÉVELOPPEMENT FORESTIER ET INDUSTRIEL 2025</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>Autoriser une dépense pluriannuelle de 2 100 000,00 euros imputée au poste budgétaire 720007 72300 4400 412108 « EAFRD PDR 2014-2022. Services de conseil par l’intermédiaire d’INTIA », du budget des dépenses de 2024 et son équivalent en 2025.</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>Appel à projets 2025 pour l'aide à la création d'agriculteurs à temps partiel dans le cadre du PEPAC</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Règlement et appel à candidatures pour 2025 concernant l’aide aux investissements dans les exploitations agricoles PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Cadre réglementaire et appel à candidatures pour 2025 concernant les aides aux investissements dans les exploitations agricoles (objectif environnemental) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>Aide aux groupes de défense sanitaire du bétail, pour la mise en œuvre de programmes de santé visant la prévention, le contrôle et l'éradication des maladies animales, année 2025</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Aide à la promotion des produits agricoles par l’organisation de salons de l’élevage, pour l’année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>Appel à candidatures 2025 pour la participation aux salons professionnels dans le cadre du régime de minimis</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>Appel à propositions 2025. Aide aux associations de producteurs agroalimentaires commercialisant leurs produits via des circuits courts et aux associations gérant des espaces d'expérimentation agricole.</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Appel à l’aide 2025 pour les activités de contrôle et de certification des chiffres de qualité agroalimentaires de Navarre, reconnus comme AOP ou IGP, couverts par le régime de minimis.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>Appel à l'aide 2025 aux entités locales pour promouvoir les circuits courts de commercialisation des produits agroalimentaires</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>Approuver le cadre réglementaire et l’appel à propositions pour la promotion de l’innovation et la diffusion des connaissances forestières, période 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>Approbation des bases réglementaires et de l’appel à l’aide pour la campagne 2024-2025 de gestion durable des pâturages de montagne en Navarre, incluse dans l’intervention 6881.1 Reboisement forestier et systèmes agroforestiers du PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>Appel à candidatures 2025-2026 pour une aide à la coopération en faveur de la promotion des produits agricoles et alimentaires sous des labels de qualité, dans le cadre du PEPAC, de la Communauté de Navarre</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>Aides aux exploitations agricoles pour la transition énergétique 2025. Règlement (CE) n° 651/2014 de la Commission</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Aide aux exploitations agricoles pour la transition énergétique 2025. Décret de minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Subventions pour les projets d'innovation dans les PME industrielles. Appel à propositions 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>Aide à la création et à la consolidation d’entreprises innovantes à vocation technologique en 2025 dans le cadre du plan de relance, de transformation et de résilience – financé par l’Union européenne – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>Résolution du 19 décembre 2024 du directeur de l'Agence valencienne de développement et de garantie agricoles, portant appel anticipé à candidatures pour l'exercice 2025 en faveur des activités d'information et de promotion des systèmes de qualité agroalimentaire.</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Résolution du 28 janvier 2025 du directeur de l'Agence valencienne de développement et de garantie agricoles, établissant l'appel à candidatures pour l'octroi et le versement annuel de l'aide incluse dans la demande unique au titre de</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>Résolution du 17 avril 2025 du directeur de l'Agence valencienne de développement et de garantie agricoles (AVFGA), annonçant un appel à l'aide pour les investissements dans la modernisation des infrastructures et des systèmes d'irrigation dans les communautés irriguées et les communes.</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Résolution du 5 mai 2025 du directeur de l'Agence valencienne de développement et de garantie agricoles (AVFGA), qui sollicite l'aide prévue par l'intervention 7119.02 LEADER du Plan stratégique 2023-2027 de la PAC dans la Communauté valencienne, «</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Résolution du 15 mai 2025 du directeur de l'Agence valencienne de développement et de garantie agricoles, annonçant l'appel à candidatures pour une aide à la coopération dans le cadre des interventions de développement rural du Plan stratégique pour l'année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>Résolution du 23 décembre 2025 du Directeur de l'Agence valencienne de développement et de garantie agricoles, portant appel anticipé à une demande d'aide pour l'exercice financier 2026 en faveur des activités d'information et de promotion des systèmes de qualité agroalimentaire.</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Résolution du ministère de l'Agriculture, de l'Eau, de l'Élevage et de la Pêche annonçant l'appel à candidatures pour l'aide à la certification de la production biologique dans la Communauté valencienne pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>Résolution du Directeur général de la Production agricole et d'élevage, établissant l'appel anticipé, pour le Plan 2025, de l'aide de la Communauté valencienne destinée à la souscription d'assurances agricoles incluses dans les plans à</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Résolution du 17 avril 2025 de la Direction générale de la production agricole et d'élevage, annonçant l'appel à candidatures pour l'exercice financier 2025 en vue d'améliorer la compétitivité et la durabilité des élevages dans la Communauté valencienne.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>Résolution de la DG Production agricole et d'élevage, pour l'année 2025, relative à l'aide prévue par l'arrêté 6/2024, qui approuve les bases réglementaires de l'aide compensatoire pour l'éradication et le contrôle de la bactérie Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>Résolution du 14 novembre 2025 de la Direction générale de la production agricole et d'élevage, qui lance des appels anticipés à l'aide pour l'amélioration de la compétitivité et de la durabilité des élevages dans la Communauté valencienne pour l'année 2026.</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>Résolution du directeur général de la production agricole et de l'élevage, lançant un appel anticipé, pour l'année 2025, d'aides minimales destinées au reboisement des vergers dont la récolte est ou a été détruite.</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Résolution du Directeur général de la Production agricole et de l'élevage lançant, pour l'année 2025, un appel anticipé à l'aide aux exploitations de cerises dans les zones touchées par des facteurs climatiques, environnementaux et…</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du 29 décembre 2025 approuvant l'appel pluriannuel de subventions pour la promotion de la contractualisation et de la régularisation de l'assurance agricole combinée au cours de l'exercice financier 2026, selon la modique modalité de dépenses anticipées</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>Subventions 2025 pour la fourniture de conseils techniques au secteur agricole en matière de protection des végétaux Résolution du 20 décembre 2024.</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
-[...2 lines deleted...]
-    <t>ARRÊTÉ DU 14 juillet 2025, Aide à la souscription d'une assurance agricole combinée 2025</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Subventions 2025 pour le financement de prêts aux propriétaires d'exploitations oléicoles et viticoles en sec situées en Estrémadure, conformément au décret 35/2025 du 6 mai, qui les annonce</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Subvention 2025 aux propriétaires d'exploitations agricoles pour promouvoir leur participation aux programmes de qualité alimentaire. s/ Résolution du 19 juin 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>Subventions 2026 pour la fourniture de conseils techniques au secteur agricole en matière de protection des végétaux Résolution du 3 décembre 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Aide à l’approche des leaders 2025, NON COUVERTE PAR LE RÉGIME MINIMIS, pour les investissements dans la transformation et la commercialisation des produits agricoles (Sous-mesure 19.2.2 du PDR), conformément au XXIVe appel (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>Approche du leader de l'aide 2025 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Sous-mesure 19.2.3 du PDR), s/ IXe appel (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>Approche du leader de l'aide 2025 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Sous-mesure 19.2.3 du PDR), s/ IXe appel (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Aide d’État. (Interv., 7119 PEPAC), s/ II Convo (PEPAC 2023-2027) GAL SOPRODEVAJE</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Pas d’aide d’État. (Interv., 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche de leadership en matière d’investissements dans la transformation et la commercialisation des produits agricoles. Aide d’État (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>Subventions 2026 aux entreprises pour financer des projets favorisant la mise en œuvre de solutions d'intelligence artificielle dans la Communauté autonome d'Estrémadure - conformément au décret 173/2025 qui les prévoit</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
+  </si>
+  <si>
+    <t>L’aide 2025 pour la mise en œuvre de systèmes d’irrigation favorisant l’utilisation efficace de l’eau et de l’énergie dans les exploitations agricoles, conformément au décret 12/2025 du 11 mars, qui les prévoit.</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Aide 2025-26 pour l'installation de jeunes agriculteurs dans la Communauté autonome d'Estrémadure, premier appel intégré au décret 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Aide 2025-26 Investissements dans la modernisation et/ou l’amélioration des exploitations agricoles où le jeune agriculteur est établi, premier appel intégré au décret 169/2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Aide PEPAC 2025. Aide complémentaire aux jeunes agriculteurs, conformément à la résolution du 27 janvier 2025 qui les y invite.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>Aide PEPAC 2025. Agriculture biologique, conformément à la résolution du 27 janvier 2025 qui les appelle à</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Aide PEPAC 2025. Aide liée à l'agriculture, conformément à la résolution du 27 janvier 2025 qui les prévoit.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>Aide 2025 pour les investissements visant la transformation et la commercialisation des produits agricoles, conformément à la résolution du 29 octobre 2025 qui lance un appel à candidatures</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Extremadura Avante accorde des subventions aux entreprises pour leur participation de groupe à la Foire Fruit Attraction 2025, conformément à l'accord du 27 mars 2025 qui les y oblige.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>Aide 2025 aux entreprises pour la participation de groupe au Salon des ingrédients alimentaires 2025, conformément à l'accord du 26 août 2025 qui les y oblige.</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>La subvention 2024-2025 destinée aux municipalités et aux petites collectivités locales pour financer des projets de revitalisation commerciale est prévue par le décret 130/2024 du 15 octobre 2024.</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subvention 2024-2025 destinée aux associations, fédérations et confédérations du secteur commercial pour financer des projets de revitalisation commerciale, conformément au décret 130/2024 du 15 octobre 2024 qui appelle</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Aide 2025/2026 pour l’amélioration des capacités avancées des PME du secteur du commerce de détail, conformément à l’appel lancé par la résolution du 21 novembre 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>Subvention 2026, Secteur agricole, pour l'insertion sociale et professionnelle des mineurs et des jeunes se conformant ou s'étant conformés à des mesures judiciaires, par résolution du 14 novembre 2025</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Résolution du 24 mars 2025 établissant le cadre réglementaire des aides destinées à soutenir la coopération en matière d'information et de promotion des produits agricoles et alimentaires galiciens couverts par des systèmes de qualité mis en œuvre par les groupements de producteurs, dans le cadre du Plan stratégique 2023-2027 de la PAC, et lançant un appel à candidatures pour l'exercice budgétaire 2025.</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Résolution du 16 avril 2025 établissant le cadre réglementaire des aides aux programmes de qualité élaborés par les conseils de réglementation des appellations d'origine agroalimentaire et annonçant l'appel à candidatures pour 2025 (code de procédure)</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Résolution du 17 juin 2025 établissant les bases réglementaires des aides aux exploitations agricoles appartenant à l’indication géographique protégée Faba de Lourenzá et lançant un appel à candidatures pour l’année 2025 (code de procédure MR302)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Résolution du 19 décembre 2025 établissant le cadre réglementaire des aides destinées à soutenir la coopération dans les activités d'information et de promotion des produits agricoles et alimentaires galiciens couverts par des systèmes de qualité</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 janvier 2025 établissant les bases réglementaires pour l'octroi, sur une base non concurrentielle, de subventions visant à promouvoir l'innovation et la durabilité du commerce local et artisanal</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 novembre 2025 établissant les bases réglementaires de l’aide visant à atténuer les dommages causés par les sangliers aux cultures agricoles et lançant un appel à candidatures pour l’année 2026 (code de procédure MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>DÉCRET du 26 décembre 2024, établissant les bases réglementaires des aides à la promotion de la souscription d'assurances agricoles dans la Communauté autonome de Galice et convoquant les bénéficiaires pour l'année 2025 (Code de procédure MR443A)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>Arrêté du 11 juin 2025 établissant le cadre réglementaire des aides destinées aux jeunes agriculteurs, dans le cadre du Plan stratégique de la Politique agricole commune espagnole 2023-2027, cofinancé par le Fonds européen</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 août 2025 établissant les bases réglementaires des aides destinées à promouvoir l'utilisation commune d'installations et de matériels dans le cadre d'un système associatif, au titre du Plan stratégique de la Politique agricole commune</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Arrêté du 18 septembre 2025 établissant le cadre réglementaire des aides aux organisations et associations agricoles professionnelles pour la réalisation d'activités d'intérêt agricole et lançant un appel à candidatures pour l'année 2025 (code de</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>Arrêté du 12 décembre 2025 établissant le cadre réglementaire des aides aux entités reconnues comme groupes de défense sanitaire de l'élevage (GDSE) en Galice et lançant un appel à candidatures pour l'année 2026-2027 (Code de procédure MR2)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>Arrêté du 29 décembre 2025, établissant les bases réglementaires des aides à la promotion de la souscription d'assurances agricoles dans la Communauté autonome de Galice et convoquant les sessions pour l'année 2026 (Code de procédure MR443A)</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 décembre 2025 établissant le cadre réglementaire des subventions compétitives pour les investissements de reboisement avec des essences feuillues et/ou conifères, cofinancées par le Fonds européen agricole pour le développement</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>DÉCRET du 30 décembre 2025 établissant les bases réglementaires des aides, par appel d'offres concurrentiel, pour la promotion et le soutien des groupements forestiers de producteurs forestiers gérés conjointement, cofinancés par le Fonds de l'UE</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Résolution du 16 décembre 2025 de l'Institut galicien de l'énergie approuvant le cadre réglementaire des aides aux projets d'économie d'énergie et d'efficacité énergétique dans les entreprises galiciennes</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Aide à l’amélioration des capacités d’innovation et au développement technologique des entreprises en Galice, programme « Ticket Innova » pour l’année 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Résolution du 30 décembre 2025 relative aux bases réglementaires de l'aide à l'amélioration de la capacité d'innovation des entreprises en Galice 2026-2027 dans le cadre d'un système d'appel d'offres concurrentiel (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Accord du Conseil exécutif du 17 novembre 2025 relatif aux bases régissant l’octroi d’aides à la promotion de pratiques durables dans les exploitations agricoles de Minorque (CARB) et à l’appel à projets correspondant pour l’année 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Appel à l’aide pour la restauration, le maintien et la consolidation de l’environnement agricole et de l’agrobiodiversité sur l’île d’Ibiza pour l’année 2025</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Appel à l’aide pour la promotion de l’emploi et l’amélioration de la compétitivité des coopératives, des micro-coopératives et des entreprises détenues par les travailleurs aux îles Baléares pour les années 2025 et 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Appel à l'aide destiné au fonctionnement de groupements d'entreprises innovants aux Îles Baléares 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Résolution du ministre de l'Agriculture, de la Pêche et de l'Environnement naturel relative à l'appel public à la demande de subventions pour les activités d'éducation à l'environnement aux îles Baléares en faveur des organismes sans but lucratif pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Subventions pour la promotion des produits agricoles et alimentaires dans le cadre de programmes de qualité. Appel à propositions 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Aide aux groupes de protection des végétaux pour prévenir les ravageurs d'ici à 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Aide destinée à promouvoir l'agriculture biologique, pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Aide destinée au paiement des engagements agroenvironnementaux pour des cultures durables grâce à l'utilisation d'eau recyclée, pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole professionnel des îles Baléares 2025.- 1.- FÉDÉRATIONS ET COOPÉRATIVES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole professionnel des îles Baléares 2025.- 2.-ORGANISATIONS AGRICOLES PROFESSIONNELLES (siège de Majorque)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole professionnel des îles Baléares 2025.- 3.-ORGANISATIONS AGRICOLES PROFESSIONNELLES (Siège social à Minorque)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Aide pour l’année 2025 destinée à l’amélioration de la production et de la commercialisation des produits apicoles, correspondant à l’Intervention sectorielle apicole – EIVISSA</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Aide pour l'année 2025 destinée à l'amélioration de la production et de la commercialisation des produits apicoles, conformément à l'intervention sectorielle apicole - MENORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>Aide pour l'année 2025 destinée à l'amélioration de la production et de la commercialisation des produits apicoles, dans le cadre de l'intervention sectorielle apicole FORMENTERA.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Aide pour l'année 2025 destinée à l'amélioration de la production et de la commercialisation des produits apicoles, dans le cadre de l'intervention sectorielle apicole - MAJORQUE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Subventions pour les investissements forestiers non productifs en matière de prévention des dommages aux forêts. Appel à propositions 2025</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Subventions pour les investissements dans la transformation, la commercialisation et le développement des produits agroalimentaires. Appel à propositions 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Aides aux programmes de qualité pour les produits agricoles et alimentaires, 2025</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>PROGRAMME EKINN+ 2025 : DIRECTIVES DE PARTICIPATION AU PROGRAMME VISANT À PROMOUVOIR LA CRÉATION, LA CROISSANCE ET LA CONSOLIDATION DE NOUVELLES INITIATIVES COMMERCIALES INNOVANTES.</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>APPEL À CANDIDATURES POUR LES JEUNES AUX PROJETS DE RECHERCHE - IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>SUBVENTIONS POUR L'INVESTISSEMENT DANS L'INNOVATION DES ENTITÉS, LA FORMATION ET L'EMPLOI 2025</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>Résolution du 7 avril 2025 de l'Agence asturienne pour la science, la compétitivité des entreprises et l'innovation, approuvant l'appel à projets pour l'octroi de subventions à la réalisation de projets de R&amp;D dans la Principauté des Asturies pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour les subventions visant à promouvoir l'entrepreneuriat innovant (Chèque Entrepreneur) pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Résolution du 10 décembre 2024 approuvant l'appel à projets de dépenses anticipées de subventions pour des services de conseil aux petites et moyennes exploitations agricoles de l'Autorité portuaire dans le cadre du PEPAC 2023-2027 pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Coopération par le biais de subventions 2025 pour la transmission des exploitations agricoles</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>Résolution du 7 avril 2025 du ministère des Affaires rurales et de la Politique agricole, approuvant les bases réglementaires et l'appel à interventions sous forme de paiements directs à l'agriculture et à l'élevage et des interventions</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du 21 avril 2025 approuvant l'appel à projets mené par ATRIAS pour des services de conseil aux petites et moyennes exploitations agricoles de la Principauté des Asturies</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Résolution du 21 avril 2025 du ministère des Affaires rurales et de la Politique agricole approuvant l'appel à subventions aux organismes sans but lucratif pour l'organisation de concours de produits agroalimentaires.</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Résolution du 4 décembre 2025 du ministère des Affaires rurales et de la Politique agricole, qui appelle à une aide pour les investissements non productifs dans les exploitations agricoles de la Principauté des Asturies liés à l'atténuation et à l'adaptation au changement climatique</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Résolution du 4 décembre 2025 du ministère des Affaires rurales et de la Politique agricole, annonçant une aide aux investissements dans la modernisation et/ou l'amélioration des exploitations agricoles dans le cadre du plan stratégique de la Politique agricole commune espagnole</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Résolution du 4 décembre 2025 du ministère des Affaires rurales et de la Politique agricole, qui appelle à une aide aux investissements productifs dans les exploitations agricoles liés à la contribution à l'atténuation et à l'adaptation au changement climatique, ainsi qu'à une utilisation efficace des ressources.</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>Arrêté du 17 février 2025 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche approuvant l'appel à l'aide pour la restructuration et la conversion des vignobles de la région de Murcie pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Arrêté du 18 mars 2025 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche approuvant l'appel à l'aide pour la campagne de récolte verte de 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>Arrêté du 16/04/2025 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche, 1er appel à propositions pour l'octroi de subventions, intervention 7161 « Groupes opérationnels coopératifs de l'Association européenne pour l'innovation agricole »</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Arrêté du 6 mai 2025 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche, annonçant des subventions aux organisations professionnelles agricoles pour l'année 2025, afin de promouvoir les activités fournissant des services au secteur agricole.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>Résolution du 1er avril 2025 du directeur de l'Institut pour la promotion de la région de Murcie, par délégation, relative à l'appel à candidatures pour une aide à la participation à des salons, événements et missions. Salon de l'agriculture saoudien. Arabie saoudite 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Résolution du 08/04/2025, du directeur de l'Institut pour la promotion de la région de Murcie, par délégation, relative à l'appel à projets pluriannuel visant à encourager la sous-traitance de services d'innovation et de compétitivité. Chèque internationalisation.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Résolution du 22 juin 2025 du directeur de l'Institut pour la promotion de la région de Murcie, par délégation, relative à l'appel à projets visant à promouvoir l'innovation et l'entrepreneuriat. Incubateurs.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Appel à propositions SME Innova 2025 - Chambre de commerce de Séville</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Décret royal 905/2022 du 25 octobre, régissant l’intervention dans le secteur vitivinicole dans le cadre du Plan stratégique de la politique agricole commune – Appel 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>Arrêté du 10 janvier 2025 de la Direction générale de la production agricole et animale, demandant une aide pour la mise en œuvre des programmes vétérinaires nationaux par les associations de défense sanitaire animale non concurrentielles.</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Arrêté du 27 janvier 2025, portant appel pour l'année 2025 de subventions correspondant aux opérations d'entretien des arbres fruitiers de zones arides et des arbres fruitiers irrigués en agriculture biologique (6503.2), correspondant aux interventions</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Arrêté du 28 janvier 2025 portant appel d'offres pour l'année 2025 concernant la subvention relative à l'opération 10.1.14 « Amendement calcaire du sol pour la prévention et le contrôle du pourrissement des racines dans les formations de dehesa » de la Mesure 10 : Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>L'arrêté du 27 mars 2025 lance un appel à l'aide pour la mise en œuvre, par l'intermédiaire des Groupes de défense de la santé animale, de programmes de santé ne bénéficiant pas d'un financement communautaire dans le cadre d'un système d'appel d'offres concurrentiel.</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 avril 2025 relatif aux subventions destinées à promouvoir les processus d'intégration et de fusion des associations agroalimentaires. Ligne 1 - Aide à la promotion et à l'encouragement de l'intégration des associations agroalimentaires</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 avril 2025 relatif aux subventions destinées à promouvoir les processus d'intégration et de fusion des associations agroalimentaires. Ligne 2 - Aide à la promotion et à l'encouragement de la fusion des associations agroalimentaires en Andalousie</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Résolution du 8 mai 2025 annonçant des subventions aux organisations et entités représentant le secteur du développement agricole et rural en Andalousie</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Arrêté du 20 mai 2025 approuvant les bases réglementaires pour l'octroi de subventions, par appel d'offres, destinées aux exploitants agricoles et d'élevage des communes touchées par les dommages de DANA 2024/2025</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>Arrêté du 16 décembre 2025, qui lance un appel à candidatures pour l'année 2026 en vue de l'exécution, par l'intermédiaire des Groupements de défense sanitaire du bétail, de programmes de santé ne bénéficiant pas de financement communautaire.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>Résolution du 19 décembre 2025 de la Direction générale des industries, de l'innovation et de la filière agroalimentaire, annonçant des subventions pour les investissements dans la transformation, la commercialisation et/ou le développement des produits agroalimentaires pour l'exercice 2026. Intervention 68422-01 PME</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Résolution du 19 décembre 2025 de la Direction générale des industries, de l'innovation et de la filière agroalimentaire, annonçant l'appel à candidatures pour 2026 en vue d'obtenir des aides aux investissements dans la transformation, la commercialisation et/ou le développement des produits agroalimentaires. FRUITS ET LÉGUMES. PME</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du 29 MAI 2025, LIGNE 4.2 inclusion de la société ordinaire Lab. De Minimis Agricultural</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Résolution du 2 mai 2025 du SGIM, portant sur les incitations à la transition juste dans la province d'Almería pour le projet de tracteurs « Innovation et durabilité dans l'industrie auxiliaire de l'agriculture d'Almería ».</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Résolution du XX de XXX de 2025 annonçant des subventions compétitives pour les projets d'innovation développés par les centres technologiques. Ligne 5 de l'arrêté du 10 février 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du XX de XXXX 2025 de la DG pour la PROMOTION DE L'INNOVATION, PORTANT APPEL À APPEL À PROJETS COMPÉTITIF, POUR L'EXERCICE 2025, L'OCTROI DE SUBVENTIONS AUX PROJETS D'INNOVATION PAR LES CLUSTERS (LIGNE 2 - AIDE NON PROPRE)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du XX de XXXX de 2025 de la DG PROMOTION DE L'INNOVATION, QUI PRÉVOIT, POUR L'EXERCICE 2025, DANS LE CADRE D'UNE CONCURRENCE, L'OCTROI DE SUBVENTIONS AUX PROJETS D'INNOVATION PAR LES CLUSTERS LINE 2 R (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du XX de XXXX 2025 de la DG PROMOTION DE L'INNOVATION, QUI PRÉVOIT, POUR L'EXERCICE 2025, DANS LE CADRE D'UN APPEL À PROJETS CONCURRENTIEL, L'OCTROI DE SUBVENTIONS POUR L'ACQUISITION D'ÉQUIPEMENTS ET L'AMÉLIORATION DES INFRASTRUCTURES DANS LA LIGNE 6 DE C.TECN.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/…/2024 du 19 décembre portant subvention pour la fourniture de services de conseil agricole, dans le cadre du Plan stratégique national de la PAC 2023-2027, pour l'Aragon, pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/268/2025 du 6 mars, portant sur l'octroi de subventions dans le domaine de la coopération aux groupes opérationnels du Partenariat européen d'innovation (PEI), dans le cadre du Plan stratégique national de la PAC 23-27, pour l'Aragon à l'horizon 2025</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>DÉCRET AGA/685/2025 du 23 juin approuvant les bases réglementaires et l’appel à l’aide concernant les dommages causés à la production et aux infrastructures des exploitations agricoles à la suite des pluies torrentielles de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/XX/2025 du XX portant subvention pour la souscription d'assurances agricoles dans la communauté autonome d'Aragon, pour l'année 2025, au titre du quarante-sixième plan combiné d'assurance agricole (plan 2025).</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>DÉCRET AGA/ /2025 de , QUI PRÉVOIT DES SUBVENTIONS POUR UNE PARTIE DU COÛT DE LA SOUSCRIPTION D'UNE ASSURANCE AGRICOLE POUR L'ANNÉE 2026</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ AGA/…/2025 du 17 décembre, portant sur des subventions pour la fourniture de services de conseil agricole, dans le cadre du Plan stratégique national de la PAC 2023-2027, pour l’Aragon, pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/ /2024 du 7 octobre, portant sur des subventions pour les investissements dans les installations de transformation et dans les infrastructures, structures et instruments de commercialisation du vin, pour l'année 2025 (exercice financier 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 janvier 2025 fixant les règles d'octroi d'une aide exceptionnelle par la Communauté autonome aux coopératives agricoles aragonaises et approuvant son appel à candidatures</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/ /2025 du 7 avril, approuvant l'appel à compléter en 2025, imputé à la convention FITE 2023, les subventions accordées au titre des arrêtés relatifs aux industries agroalimentaires de 2022 et 2023</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>DÉCRET AGA/ /2025 du 26 août, qui prévoit des subventions pour les investissements dans la transformation, la commercialisation et le développement des produits agricoles (industries agroalimentaires), dans le cadre du PEPAC pour la période 2023-2027 pour l'année 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>ORDONNANCE AGA/ /2025 du 20 janvier, relative à la soumission de la demande unique d’aide au titre de la Politique agricole commune pour l’année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/284/2025 du 10 mars du ministre de l'Agriculture, de l'Élevage et de l'Alimentation annonçant des subventions visant à améliorer la production et la commercialisation des produits apicoles pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>Arrêté du 16 mai 2025 du vice-président et ministre de la Présidence, de l'Économie et de la Justice du gouvernement d'Aragon, prévoyant une aide aux petites et moyennes entreprises pour leurs actions de numérisation.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l’Agriculture, de l’Élevage, de la Pêche et de la Souveraineté alimentaire convoquant l’action III.1 « Aide à la fourniture d’animaux reproducteurs de races pures ou de races commerciales originaires de la Communauté » pour la campagne 2025</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l'Agriculture, de l'Élevage, de la Pêche et de la Souveraineté alimentaire annonçant l'appel à candidatures pour la campagne 2025 d'aide au titre de la sous-action III.2.4 « Aide à l'importation de veaux destinés à l'engraissement »</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l’Agriculture, de l’Élevage, de la Pêche et de la Souveraineté alimentaire convoqué pour la campagne 2025 Action I.5 « Aide aux producteurs traditionnels de tomates d’hiver » du Programme de soutien communautaire à la production agricole des îles Canaries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l’Agriculture, de l’Élevage, de la Pêche et de la Souveraineté alimentaire annonçant l’appel à candidatures pour la campagne 2025 d’« aide à la production de miel de qualité issu de la race d’abeille noire indigène »</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l’Agriculture, de l’Élevage, de la Pêche et de la Souveraineté alimentaire annonçant, pour la campagne 2025, l’aide de surface aux producteurs d’aloès et d’olives.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE, DE LA PÊCHE ET DE LA SOUVERAINETÉ ALIMENTAIRE, PORTANT CAMPAGNE 2025 D'AIDE PAR HECTARE POUR L'ENTRETIEN DE LA CULTURE DE LA VIGNE DESTINÉE À LA PRODUCTION DE VINS D'APPEL D'ORIGINE</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du ministère de l'Agriculture, de l'Élevage, de la Pêche et de la Souveraineté alimentaire annonçant, pour la campagne 2025, l'aide de l'Action III.2, soutien au secteur bovin</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE, DE LA PÊCHE ET DE LA SOUVERAINETÉ ALIMENTAIRE ANNONÇANT L'AIDE À LA CAMPAGNE D'ACTION 2025 III.6 AIDE À LA PRODUCTION DE LAIT DE CHÈVRE ET DE BATTUE LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE, DE LA PÊCHE ET DE LA SOUVERAINETÉ ALIMENTAIRE ANNONÇANT L'AIDE À LA CAMPAGNE D'ACTION 2025 III.4 AIDE À LA PRODUCTION DE LAIT DE BOVINES LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>Subventions pour les engagements agroenvironnementaux sur les terres agricoles et les engagements et activités pour la conservation des ressources génétiques (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Ordonnance accordant des subventions pour 2025 afin de soutenir les associations professionnelles agricoles à but non lucratif.</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Appel à l’aide aux communes pour la construction de nouveaux ouvrages et l’amélioration des infrastructures agricoles 2024-2025, réglementé par l’arrêté DES/25/2024 du 14 août.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>L’arrêté DES/07/2025 du 24 février 2025, qui prévoit que les aides financées par le FEAGF (Fonds européen de garantie agricole) et le FEADER (Fonds européen agricole pour le développement rural) soient incluses dans la demande unique pour l’année 2025 et comprend</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour une aide aux groupes de défense sanitaire du bétail reconnus en Cantabrie pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour l'année 2025 auprès des organisations agricoles professionnelles et des coopératives agricoles de Cantabrie, afin de les aider à compléter leurs dossiers de candidature pour l'appel à candidatures financé par la FEAGA et le FEADER.</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...5 lines deleted...]
-    <t>Arrêté du 21 juillet 2025 du Ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche, approuvant l'appel à propositions 2025 pour l'aide à l'intervention dans le secteur apicole de la Communauté Autonome de la Région de Murcie.</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Appel à l'aide pour l'installation de jeunes et nouveaux agriculteurs en Cantabrie en 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>DÉCRET IND/57/2024 du 4 décembre approuvant l'appel à projets pour l'année 2025 en faveur de l'artisanat en Cantabrie (production primaire de produits agricoles).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Arrêté IND/39/2025 du 20 août approuvant l'appel à candidatures pour les subventions de 2025 destinées aux associations professionnelles, à leurs fédérations et confédérations, et aux coopératives de distribution. Non soumis au seuil de minimis.</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 décembre 2025 du ministère de l'Industrie, du Commerce et de l'Emploi, qui prévoit des subventions pour l'année 2026 destinées à l'acquisition de nouvelles machines industrielles dans les entreprises industrielles de Castille-et-León.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>Arrêté du 27 janvier 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, prévoyant des interventions sous forme de paiements directs, d'interventions en matière de développement rural et l'établissement de conditions communes.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 mars 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui demande une aide pour la vaccination contre la salmonelle chez les poules pondeuses en Castille-et-León.</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 mars 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui prévoit une aide à la restructuration et à la conversion des vignobles de la communauté de Castille-et-León pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Arrêté du 8 avril 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui appelle à une aide pour la récolte verte des vignobles dans la Communauté de Castille-et-León pour la récolte 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Arrêté du 22/04/2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural portant sur les subventions pour la transformation couvertes par l'intervention 6842.1 (objectifs environnementaux) du PEPAC cofinancée par le FEADER - Ligne MA1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>Arrêté du 19 mai 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui prévoit une aide destinée au contrôle de la production laitière aux entités officiellement reconnues pour effectuer ce contrôle.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 mai 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui appelle à une aide destinée à promouvoir les races indigènes espagnoles.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Arrêté du 26 mai 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, portant sur des subventions pour la souscription aux polices d'assurance agricole incluses dans les plans annuels combinés d'assurance agricole.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Arrêté du 28 mai 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural demandant l'aide de l'Intervention sectorielle apicole pour la campagne apicole 2025 dans le cadre du PEPAC 2023-2027 en Castille-et-León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 mai 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui appelle à une aide visant à promouvoir l'élevage et l'enregistrement de spécimens de race pure de Castille et León dans les livres généalogiques.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Arrêté du 12/08/2025 du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, qui prévoit pour l'année 2025 une aide à la promotion du dimensionnement des coopératives agroalimentaires dans la communauté autonome de Castille-et-León.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 décembre 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural annonçant des subventions pour des activités de formation, d'information et de démonstration dans le cadre du PEPAC espagnol 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Arrêté du 12 décembre 2025 du ministère de l'Économie et des Finances lançant l'appel à projets pour l'année 2026 visant à développer et à améliorer les capacités de recherche et d'innovation du tissu économique par le biais de l'AAEEII de CyL</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Arrêté du 7 mai 2025 du ministère de l'Industrie, du Commerce et de l'Emploi annonçant les subventions pour l'année 2025 du programme de soutien à la création et à l'emploi dans les coopératives et les entreprises détenues par les travailleurs. Programme II.- Investissements</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Arrêté du 19 juin 2025 du ministère de l'Industrie, du Commerce et de l'Emploi annonçant des subventions pour promouvoir la transmission d'entreprise dans le travail indépendant en Castille-et-León (Relevacyl Autoempleo). Année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Arrêté du 19 juin 2025 du Conseil de l'industrie, du commerce et de l'emploi, portant sur l'octroi de subventions destinées à promouvoir l'esprit d'entreprise afin de garantir le renouveau productif par le biais de l'organisation représentative des travailleurs indépendants et de l'économie sociale.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Arrêté MAV/625/2025 du 12 juin approuvant les bases réglementaires et prévoyant des subventions pour la numérisation des entreprises de première transformation du bois et autres produits dérivés (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Arrêté MAV/624/2025 du 12 juin approuvant le cadre réglementaire et annonçant des subventions pour les projets d'entrepreneuriat numérique et les jeunes entreprises forestières en Castille-et-León (RETECHFOR, PRTR, Fonds européens de nouvelle génération)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Soutien aux projets de recherche scientifique et au transfert de technologie, cofinancé par le FEDER (2025-2029)</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Résolution du 8 avril 2025 de la Direction générale de l'agriculture et de l'élevage, portant appel à l'aide de l'Intervention sectorielle apicole dans le cadre du Plan stratégique de la Politique agricole commune en Castille-La Manche, pour le</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Résolution du 11/12/2025 de la DG Agriculture et Élevage, portant appel à l'aide relative à l'Intervention 6505.2 Activités de conservation, d'utilisation et de développement durable des ressources génétiques animales en Castille-La Manche en 2025</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Résolution du 21/11/2024 de la Direction générale de la production agroalimentaire et des coopératives, portant appel, par voie d'appel d'offres concurrentiel, à l'aide à la promotion selon la procédure de traitement anticipé, pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Résolution du 22/11/2024 de la Direction générale de la production agroalimentaire et des coopératives, portant appel, par procédure accélérée, à l'aide à la coopération pour l'information et la promotion de la PR pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Résolution du 17/12/2024 de la Direction générale du développement rural, portant appel, pour l'année 2025, à une procédure de traitement anticipé, à l'aide à l'installation des jeunes dans l'agriculture et aux investissements pour l'amélioration de celle-ci.</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Cahier des charges pour l’attribution de subventions destinées à des actions de formation aux compétences numériques, ciblant de préférence les femmes en milieu rural, Plan national « Compétences numériques » du PRTR, financé par l’UE (Next Generation EU), et appel à projets 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>Résolution du 23/12/2025 de la Direction générale du développement rural, portant sur l'aide à l'installation des jeunes dans l'agriculture et les investissements pour l'amélioration et/ou</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Résolution du 18/12/2024 de la Direction générale de la planification agricole, portant demande, pour l'année 2025, le versement anticipé des subventions destinées à la promotion des races indigènes espagnoles.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Résolution du 18/12/2024 de la Direction générale de la planification agricole, portant demande de subventions pour le contrôle de la production laitière en Castille-La Manche pour l'année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Résolution du 27/05/2025 de la Direction générale de la planification agricole, établissant l'appel à une aide supplémentaire pour la souscription d'assurances agricoles en Castille-La Manche dans le cadre du quarante-sixième Plan combiné d'assurance agricole (Plan 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Résolution du 30/05/2025 de la Direction générale de la production agroalimentaire et des coopératives, qui lance, sous le régime de minimis, un appel à contributions en nature pour la participation de groupes au stand qui sera loué par le ministère de l'Agriculture, de l'Élevage et du Développement rural pour la participation au salon agroalimentaire Fruit Attraction 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>Résolution du 18/11/2025 de la Direction générale de la production agroalimentaire et des coopératives, portant sur l'appel d'offres pour l'année 2026 dans le cadre d'un régime de concurrence, selon la procédure de traitement anticipé.</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Résolution du 16/12/2025 de la Direction générale de la production agroalimentaire et des coopératives, portant appel, par un système d’appel d’offres concurrentiel, à l’aide à l’information et à la promotion des produits agricoles et alimentaires pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Résolution du 22/04/2025 du Secrétariat général, portant appel d'offres concurrentiel pour l'année 2025 en vue de solliciter une aide aux organisations agricoles professionnelles et aux entités associatives sans but lucratif.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour 20 bourses d'études en vue de l'inscription au cours d'été 2025 du Vice-Rectorat à la Culture, au Sport et à l'Engagement Social de l'UCLM « L'entrepreneuriat dans les secteurs vétérinaire et agricole : opportunités et défis » (CV12CR).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Résolution du 04/08/2025 du ministère délégué à la Politique agricole commune et à la Politique agro-environnementale, prévoyant une aide, au titre du régime de minimis, pour la possession et l'entretien de chiens mastiffs destinés à la défense et à la garde des moutons et des chèvres.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>Subventions pour les chèques de compétitivité des entreprises : Innovation 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Aide à la transformation des coopératives agroalimentaires catalanes et à la promotion de la compétitivité et de la durabilité environnementale, sociale et économique (IMPULS.COOP) correspondant aux années 2025, 2026 et 2027</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole dans le domaine de la santé des plantes 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Aide au développement et à la validation de traitements innovants pour la gestion des déjections animales à l’horizon 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Ajustements minimes à la diversification agricole liés au contrat d'exploitation global dans le cadre du PDR en Catalogne 2023-2027 pour toute année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Aide à l’amélioration des processus de transformation et de commercialisation des produits agroalimentaires correspondant à l’année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>Aide à la promotion des actions des groupes de défense des forêts (ADF) pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Aide à la conservation des ressources génétiques agricoles destinée aux organismes de conservation, dans le cadre du plan stratégique 2023-2027 de la PAC, correspondant à 2025</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Aide aux lignes du Plan d'assurance agricole 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Résolution EMT//2024 du , ouvrant l'appel d'offres anticipé pour l'année 2025 en vue de l'octroi de subventions pour promouvoir l'embauche avec formation dans le cadre des campagnes agricoles de Lleida (SOC - Campagne agricole de Lleida).</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Aide aux municipalités de la Communauté de Madrid pour le développement des activités de promotion commerciale et des salons professionnels 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Aide aux groupes de traitement intégrés en agriculture (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Soutien au revenu supplémentaire pour les jeunes agriculteurs 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Aide aux agriculteurs de certaines cultures confrontés à des difficultés durant la saison 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>AIDE AUX ORGANISATIONS PROFESSIONNELLES AGRICOLES ET AUX COOPÉRATIVES AGRICOLES (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AIDE AUX COOPÉRATIVES AGRICOLES (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Arrêté du 29 décembre 2025 établissant les bases réglementaires du programme Galicia Suma Talento: Empléate d'incitations à l'embauche dans les entreprises ordinaires, et procédant à son appel à candidatures pour l'année 2026</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885613</t>
+  </si>
+  <si>
+    <t>Arrêté du 29 décembre 2025 établissant les bases réglementaires de l'octroi de subventions publiques destinées au financement du programme Investigo pour l'embauche de jeunes demandeurs d'emploi.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885618</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 décembre 2025 établissant le cadre réglementaire du programme d'incitation pour les entreprises classées comme initiatives d'emploi à forte intensité technologique (IEBT) et annonçant son appel à candidatures pour l'année 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885416</t>
+  </si>
+  <si>
+    <t>Appel issu des bases réglementaires de l’aide au soutien de l’activité scientifique des groupes de recherche en Catalogne (SGR-Cat 2025)</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885631</t>
+  </si>
+  <si>
+    <t>Aide pour couvrir le prix du gazole consommé par les producteurs agricoles, articles 24 à 27 du décret-loi royal 20/2022. Année 2025</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2029-04-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888922</t>
+  </si>
+  <si>
+    <t>Arrêté du vice-président et ministre de la Présidence, de l'Économie et de la Justice du gouvernement d'Aragon, portant convocation d'une aide aux petites et moyennes entreprises pour des actions de numérisation</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890710</t>
+  </si>
+  <si>
+    <t>Arrêté IND/8/2026 du 25 février approuvant l’appel à propositions visant à promouvoir l’emploi et à améliorer la compétitivité des coopératives et des entreprises détenues par les travailleurs. Règlement (UE) n° 1408/2013 relatif aux mesures de minimis agricoles.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890199</t>
+  </si>
+  <si>
+    <t>Arrêté du 27 février 2025 du ministère de l'Industrie, du Commerce et de l'Emploi annonçant des subventions pour le financement des unités de soutien aux activités professionnelles dans les centres d'emploi spéciaux pour l'année 2026</t>
+  </si>
+  <si>
+    <t>2026-08-03</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890312</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ AGA/XXX/2026, du XX de xxxx, du Ministre de l'Agriculture, de l'Élevage et de l'Alimentation, par lequel des subventions sont demandées pour l'amélioration de la production et de la commercialisation des produits apicoles, pour l'année 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890670</t>
+  </si>
+  <si>
+    <t>Plan national de renouvellement du parc de machines agricoles (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 13 mars 2025 du ministère de l'Agriculture, de la Pêche et de l'Alimentation annonçant le prix « Produits alimentaires d'Espagne, meilleurs vins, année 2025 ».</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extrait de l’arrêté du 17 mars 2025 du ministère de l’Agriculture, de la Pêche et de l’Alimentation portant convocation du « Prix des produits alimentaires d’Espagne pour la meilleure boisson spiritueuse bénéficiant d’une indication géographique, année 2025 »</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 7 avril 2025 du ministère de l'Agriculture, de la Pêche et de l'Alimentation, qui annonce le prix « Produits alimentaires d'Espagne : Meilleurs jambons, année 2025 ».</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Résolution du 25 avril 2025 du Fonds espagnol de garantie agricole (FEGA), qui appelle à une aide pour les investissements matériels ou immatériels dans la transformation, la commercialisation ou le développement des produits agroalimentaires PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Programmes de formation multirégionaux 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
+  </si>
+  <si>
+    <t>Plan national de renouvellement du parc de machines agricoles (PLAN RENOVE) pour l'année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 3 février 2025 du ministère de l'Agriculture, de la Pêche et de l'Alimentation annonçant le prix « Produits alimentaires d'Espagne, année 2025 ».</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Résolution du 27 mars, qui lance un appel à candidatures pour l'exercice financier 2025 au titre du programme Cultiva, relatif aux séjours de formation pour jeunes agriculteurs dans des fermes modèles</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Résolution du 17 novembre 2025 de la FEGA, annonçant à l'avance des subventions pour la réalisation de projets de recherche appliquée dans le secteur apicole et ses produits au sein de l'ISA, dans le cadre du PEPAC.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Résolution du 16 décembre 2025 de la FEGA, par laquelle les subventions pour les services de conseil à portée suprarégionale sont appelées par anticipation dans le cadre du PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>Résolution du 22 mai 2025 de la Présidence du Centre pour le développement technologique et l'innovation EPE (CDTI), approuvant l'appel à projets pour l'année 2025 destiné aux projets de R&amp;D Missions scientifiques et d'innovation.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Arrêté du 24 novembre 2025 approuvant l’appel à projets de collaboration public-privé 2025 (aide aux activités non économiques des organismes de recherche).</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour 2025 pour une aide destinée à soutenir les groupements d'entreprises innovants afin d'améliorer leur compétitivité et leur contribution à l'autonomie stratégique</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025. Projets de garantie de revenu</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025 pour les projets de garantie de revenu</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025 pour les projets générateurs d'emplois stables</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>PROGRAMME DE SUBVENTIONS POUR LA PROMOTION DE L'EMPLOI AGRICOLE 2025 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025 (Emploi stable)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025 (Garantie de revenu)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole dans les zones rurales défavorisées 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>PROGRAMME DE PROMOTION DE L'EMPLOI AGRICOLE DANS LES ZONES RURALES DÉPLACÉES (2025). SALAMANQUE</t>
   </si>
   <si>
     <t>2025-07-27</t>
   </si>
   <si>
-    <t>2025-08-05</t>
-[...269 lines deleted...]
-    <t>2025-04-29</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>DÉCRET PORTANT APPROBATION DE SUBVENTIONS POUR LE FINANCEMENT DE PROJETS INNOVANTS DE TRANSFORMATION TERRITORIALE ET DE LUTTE CONTRE LE DÉPOPULATION, PROMU PAR DES ORGANISMES À BUT NON LUCRATIF, AU COURS DE L'ANNÉE 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>Aide à l'installation de nouveaux agriculteurs. Appel à candidatures 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>AIDE AUX INVESTISSEMENTS, À LA MODERNISATION ET/OU À L'AMÉLIORATION DES EXPLOITATIONS AGRICOLES 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>Aide à la production et à la commercialisation du miel, année 2025, FEAGA</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
   </si>
   <si>
-    <t>Résolution du 22/04/2025, du Secrétariat général, par laquelle est lancé un appel à propositions, sous régime concurrentiel, pour l'année 2025, pour des aides aux organisations professionnelles agricoles et aux entités associatives à but non lucratif, pour</t>
-[...254 lines deleted...]
-    <t>Le FEADER aide à promouvoir le boisement des terres agricoles, Madrid 2025</t>
+    <t>Aide du FEADER pour la promotion du reboisement des terres agricoles Communauté de Madrid 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
   </si>
   <si>
-    <t>AIDE AUX ENTREPRISES SEC AGR.GANAD.FOREST ET INDUSTRIE DÉVELOPPEMENT PROY INV 2025</t>
-[...257 lines deleted...]
-    <t>2025-06-10</t>
+    <t>FEADER.AID FOR ORGANIC AGRICULTURE AND LIVESTOCK.PEPAC.PROG 2025-29 AND ANNUAL</t>
   </si>
   <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
   </si>
   <si>
-    <t>Arrêté du 23 mai 2025 du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, portant octroi de subventions pour la promotion de l'élevage et l'inscription de chevaux de race pure castillane et léonienne dans les registres généalogiques.</t>
-[...296 lines deleted...]
-    <t>AIDE DU FEADER À L'INTÉGRATION DES JEUNES AGRICULTEURS, APPEL POUR 2025</t>
+    <t>AIDE DU FEADER AUX JEUNES AGRICULTEURS S'INSTALLANTIANT DANS L'EXPLOITATION AGRICOLE - APPEL À CANDIDATURES 2025</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
   </si>
   <si>
-    <t>ORDONNANCE AGA/685/2025, du 23 juin, portant approbation des bases réglementaires et de la demande d'aides pour les dommages causés à la production agricole et aux infrastructures suite aux pluies torrentielles de 2025.</t>
-[...1727 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+    <t>L’arrêté du 30 décembre 2025 établit les bases réglementaires de l’appel à candidatures pour l’année 2026 en vue d’obtenir des aides aux études et aux investissements liés à la conservation, à la restauration et à la réhabilitation du patrimoine naturel et culturel et des zones sensibles.</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886141</t>
+  </si>
+  <si>
+    <t>Résolution du 30 décembre 2025 portant sur l'aide à la valorisation, à la seconde transformation et à l'éco-innovation des produits forestiers, ainsi qu'à la numérisation de la seconde transformation et de l'éco-innovation des produits forestiers.</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886463</t>
+  </si>
+  <si>
+    <t>Résolution du 31 décembre 2025 portant création et annonce des subventions pour l'organisation d'activités de formation non réglementées et d'activités de diffusion favorisant les connaissances et la compétitivité de l'industrie forestière</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886478</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour 2026, au titre de l’exercice financier 2025, en vue de l’octroi de subventions au titre de la ligne 2 aux entreprises sociales pour la mise en œuvre d’actions visant à améliorer l’emploi et l’insertion professionnelle des groupes à risque d’exclusion sociale.</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889855</t>
+  </si>
+  <si>
+    <t>Résolution du 9 mars 2026 du ministère régional des Affaires rurales et de la Politique agricole, annonçant l'appel à candidatures pour les interventions sous forme de paiements directs et d'interventions de développement rural. Conv 2026</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892274</t>
+  </si>
+  <si>
+    <t>Appel à l’aide pour la production et la commercialisation du miel, dans le cadre de l’intervention sectorielle apicole pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892920</t>
+  </si>
+  <si>
+    <t>Résolution du 13 mars 2026, Arrêté de subvention du 9 avril 2025, Ligne 4.2. Subventions aux entreprises privées sur le marché du travail ordinaire pour chaque participant qu'elles embauchent au cours des trois mois suivant la fin de l'itinéraire agricole de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893190</t>
+  </si>
+  <si>
+    <t>Arrêté du 29 décembre 2025 établissant le cadre réglementaire du Programme d’aide visant à mettre en œuvre l’égalité au travail, l’équilibre entre vie professionnelle et vie personnelle et la responsabilité sociale des entreprises (RSE), et annonçant son appel à candidatures pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887236</t>
+  </si>
+  <si>
+    <t>Résolution du 30 décembre 2025 approuvant les bases réglementaires pour l’octroi de l’aide IA360 visant à promouvoir l’innovation des entreprises dans un contexte de concurrence (IG408M)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Résolution du 29 décembre 2025 de l'Institut galicien de la consommation et de la concurrence, demandant une aide aux associations pour mener des actions d'information, de médiation, de conseil et d'assistance au cours de l'année 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886042</t>
+  </si>
+  <si>
+    <t>Résolution du 9 mars 2026 du ministère des Affaires rurales et de la Politique agricole, portant sur l'aide aux interventions sous forme de paiements directs à l'agriculture et à l'élevage et aux interventions de développement rural au sein de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892275</t>
+  </si>
+  <si>
+    <t>Résolution du 30 décembre 2025 portant création de fonds pour les investissements dans les technologies forestières, la transformation, la mobilisation et la commercialisation des produits forestiers</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887954</t>
   </si>
   <si>
     <t>Aide 2026 destinée à l’amélioration de l’efficacité énergétique de l’irrigation (programme II) dont les promoteurs sont les communautés d’irrigation, s/Résolution du Secrétariat général en date du 18/12/2025 qui approuve l’appel à l’aide pour l’année 2026.</t>
   </si>
   <si>
     <t>2026-03-25</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
   </si>
   <si>
-    <t>RÉSOLUTION du 29 décembre 2025 approuvant l'appel pluriannuel de subventions pour la promotion de la contractualisation et de la régularisation de l'assurance agricole combinée au cours de l'exercice financier 2026, selon la modique modalité de dépenses anticipées</t>
-[...52 lines deleted...]
-  <si>
     <t>Aide 2025 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Pas d’aide d’État. (Interv., 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
   </si>
   <si>
     <t>2026-03-26</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
-  </si>
-[...103 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3476,66 +2948,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H359"/>
+  <dimension ref="A1:H293"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H359"/>
+      <selection activeCell="A1" sqref="A1:H293"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="583.857" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="575.574" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -3549,9173 +3021,7533 @@
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C7" s="1"/>
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C8" s="1" t="s">
         <v>33</v>
       </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G13" s="1"/>
       <c r="H13" s="1" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C14" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="D14" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="C15" s="1"/>
+        <v>56</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="D15" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C16" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="D16" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G16" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>62</v>
+      </c>
       <c r="H16" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H18" s="1" t="s">
         <v>71</v>
-      </c>
-[...17 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="1"/>
+      <c r="C20" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="D20" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="C21" s="1"/>
+        <v>77</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="D21" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H23" s="1" t="s">
         <v>89</v>
-      </c>
-[...8 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H25" s="1" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H26" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H27" s="1" t="s">
         <v>103</v>
-      </c>
-[...14 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H28" s="1" t="s">
         <v>107</v>
-      </c>
-[...13 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H29" s="1" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H30" s="1" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H31" s="1" t="s">
         <v>118</v>
-      </c>
-[...19 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H32" s="1" t="s">
         <v>122</v>
-      </c>
-[...19 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>126</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B34" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>56</v>
+        <v>126</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>92</v>
+        <v>136</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>145</v>
+        <v>120</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>84</v>
+        <v>45</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>148</v>
+        <v>45</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>107</v>
+        <v>33</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H45" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>161</v>
+        <v>65</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>163</v>
+        <v>126</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
         <v>165</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>151</v>
+        <v>65</v>
       </c>
       <c r="C47" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H47" s="1" t="s">
         <v>166</v>
-      </c>
-[...13 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>170</v>
-      </c>
-[...10 lines deleted...]
-        <v>63</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>156</v>
+        <v>179</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>155</v>
+        <v>51</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>34</v>
+        <v>175</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G52" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H52" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G53" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H53" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G54" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H54" s="1" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>19</v>
+        <v>198</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>116</v>
+        <v>199</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>100</v>
+        <v>175</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>126</v>
+        <v>203</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>148</v>
+        <v>203</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>197</v>
+        <v>175</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>126</v>
+        <v>185</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G59" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H59" s="1" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>120</v>
+        <v>212</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>203</v>
+        <v>175</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>37</v>
+        <v>169</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>19</v>
+        <v>215</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>208</v>
+        <v>169</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>29</v>
+        <v>175</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>213</v>
+        <v>129</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>112</v>
+        <v>231</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>9</v>
+        <v>234</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>180</v>
+        <v>235</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>29</v>
+        <v>175</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>226</v>
+        <v>237</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>229</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>87</v>
+        <v>239</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>12</v>
+        <v>175</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>145</v>
+        <v>245</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>145</v>
+        <v>249</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>233</v>
+        <v>251</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>234</v>
+        <v>211</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>145</v>
+        <v>252</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>237</v>
+        <v>254</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>233</v>
+        <v>255</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>234</v>
+        <v>256</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>145</v>
+        <v>257</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>238</v>
+        <v>258</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>233</v>
+        <v>259</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>234</v>
+        <v>260</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>145</v>
+        <v>261</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>239</v>
+        <v>262</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>233</v>
+        <v>263</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>234</v>
+        <v>45</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>145</v>
+        <v>160</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>240</v>
+        <v>264</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>233</v>
+        <v>265</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>234</v>
+        <v>266</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>145</v>
+        <v>267</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>241</v>
+        <v>268</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>242</v>
+        <v>269</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>243</v>
+        <v>270</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>123</v>
+        <v>271</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>244</v>
+        <v>272</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>245</v>
+        <v>273</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>243</v>
+        <v>274</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>112</v>
+        <v>45</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>246</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>247</v>
+        <v>276</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>248</v>
+        <v>51</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>222</v>
+        <v>277</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>249</v>
+        <v>278</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>250</v>
+        <v>279</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>248</v>
+        <v>280</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>156</v>
+        <v>281</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>251</v>
+        <v>282</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>252</v>
+        <v>283</v>
       </c>
       <c r="B82" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H82" s="1" t="s">
-        <v>255</v>
+        <v>286</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>256</v>
+        <v>287</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>257</v>
+        <v>169</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>111</v>
+        <v>160</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>258</v>
+        <v>288</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>259</v>
+        <v>289</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>260</v>
+        <v>290</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>261</v>
+        <v>169</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>262</v>
+        <v>291</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>263</v>
+        <v>292</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>264</v>
+        <v>293</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>9</v>
+        <v>294</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>265</v>
+        <v>253</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>266</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>267</v>
+        <v>296</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>264</v>
+        <v>297</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>145</v>
+        <v>298</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>163</v>
+        <v>253</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>268</v>
+        <v>299</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>269</v>
+        <v>300</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>270</v>
+        <v>160</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>140</v>
+        <v>301</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>273</v>
+        <v>303</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>111</v>
+        <v>304</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>126</v>
+        <v>305</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G88" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>253</v>
+      </c>
       <c r="H88" s="1" t="s">
-        <v>274</v>
+        <v>306</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>275</v>
+        <v>307</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>111</v>
+        <v>308</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>9</v>
+        <v>309</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>276</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>277</v>
+        <v>311</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>111</v>
+        <v>312</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>9</v>
+        <v>160</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>278</v>
+        <v>313</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>279</v>
+        <v>314</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>111</v>
+        <v>315</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>9</v>
+        <v>239</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>280</v>
+        <v>316</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>281</v>
+        <v>317</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>92</v>
+        <v>318</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>9</v>
+        <v>319</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>282</v>
+        <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>283</v>
+        <v>321</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>88</v>
+        <v>120</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>284</v>
+        <v>322</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>285</v>
+        <v>323</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>286</v>
+        <v>324</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>185</v>
+        <v>325</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>288</v>
+        <v>326</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>289</v>
+        <v>327</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>156</v>
+        <v>65</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>290</v>
+        <v>125</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>291</v>
+        <v>328</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>292</v>
+        <v>329</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>293</v>
+        <v>125</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>77</v>
+        <v>330</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G96" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="H96" s="1" t="s">
-        <v>294</v>
+        <v>331</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>295</v>
+        <v>332</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>293</v>
+        <v>121</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>77</v>
+        <v>129</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G97" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="H97" s="1" t="s">
-        <v>296</v>
+        <v>333</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>297</v>
+        <v>334</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>298</v>
+        <v>335</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>299</v>
+        <v>129</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>300</v>
+        <v>336</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>301</v>
+        <v>337</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>302</v>
+        <v>129</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>303</v>
+        <v>338</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>304</v>
+        <v>339</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>222</v>
+        <v>129</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>305</v>
+        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>306</v>
+        <v>341</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>302</v>
+        <v>129</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>287</v>
+        <v>37</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>307</v>
+        <v>342</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>308</v>
+        <v>343</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>302</v>
+        <v>344</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>287</v>
+        <v>345</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>309</v>
+        <v>346</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>310</v>
+        <v>347</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>302</v>
+        <v>83</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>287</v>
+        <v>345</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>311</v>
+        <v>348</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>312</v>
+        <v>349</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>170</v>
+        <v>344</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>313</v>
+        <v>345</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>314</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>315</v>
+        <v>351</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>302</v>
+        <v>344</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>77</v>
+        <v>345</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>316</v>
+        <v>352</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>317</v>
+        <v>353</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>156</v>
+        <v>354</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>290</v>
+        <v>199</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>318</v>
+        <v>355</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>319</v>
+        <v>356</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>222</v>
+        <v>354</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>320</v>
+        <v>199</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>203</v>
+        <v>18</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>321</v>
+        <v>357</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>322</v>
+        <v>358</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>156</v>
+        <v>359</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>323</v>
+        <v>136</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>12</v>
+        <v>360</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>324</v>
+        <v>361</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>325</v>
+        <v>362</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>185</v>
+        <v>363</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>290</v>
+        <v>364</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>39</v>
+        <v>360</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>326</v>
+        <v>365</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>327</v>
+        <v>366</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>298</v>
+        <v>367</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>328</v>
+        <v>305</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>163</v>
+        <v>360</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>329</v>
+        <v>368</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>330</v>
+        <v>369</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>261</v>
+        <v>370</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>331</v>
+        <v>371</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>332</v>
+        <v>372</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>333</v>
+        <v>373</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>261</v>
+        <v>374</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>331</v>
+        <v>375</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>334</v>
+        <v>376</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>335</v>
+        <v>377</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>261</v>
+        <v>378</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>331</v>
+        <v>379</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>336</v>
+        <v>380</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>337</v>
+        <v>381</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>261</v>
+        <v>105</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>331</v>
+        <v>382</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>338</v>
+        <v>383</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>339</v>
+        <v>384</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>340</v>
+        <v>385</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>341</v>
+        <v>146</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>342</v>
+        <v>386</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>343</v>
+        <v>387</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>148</v>
+        <v>388</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>344</v>
+        <v>136</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>345</v>
+        <v>389</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>346</v>
+        <v>387</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>148</v>
+        <v>388</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>347</v>
+        <v>136</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>203</v>
+        <v>170</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>348</v>
+        <v>390</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>349</v>
+        <v>387</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>350</v>
+        <v>388</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>351</v>
+        <v>136</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>352</v>
+        <v>391</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>353</v>
+        <v>387</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>354</v>
+        <v>388</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>24</v>
+        <v>136</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>355</v>
+        <v>392</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>356</v>
+        <v>387</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>261</v>
+        <v>388</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>357</v>
+        <v>136</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>358</v>
+        <v>393</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>359</v>
+        <v>387</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>88</v>
+        <v>388</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>360</v>
+        <v>136</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>361</v>
+        <v>394</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>362</v>
+        <v>387</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>261</v>
+        <v>388</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>331</v>
+        <v>136</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>363</v>
+        <v>395</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>364</v>
+        <v>387</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>354</v>
+        <v>388</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>313</v>
+        <v>136</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>365</v>
+        <v>396</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>366</v>
+        <v>397</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>367</v>
+        <v>325</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>331</v>
+        <v>37</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>44</v>
+        <v>170</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>368</v>
+        <v>398</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>369</v>
+        <v>399</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>367</v>
+        <v>400</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>331</v>
+        <v>146</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>44</v>
+        <v>170</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>370</v>
+        <v>401</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>371</v>
+        <v>402</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>351</v>
+        <v>248</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>372</v>
+        <v>403</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F126" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G126" s="1" t="s">
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>373</v>
+        <v>404</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>374</v>
+        <v>405</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>344</v>
+        <v>406</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>375</v>
+        <v>403</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F127" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G127" s="1" t="s">
-        <v>29</v>
+        <v>170</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>376</v>
+        <v>407</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>377</v>
+        <v>408</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>378</v>
+        <v>409</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>379</v>
+        <v>403</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F128" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G128" s="1" t="s">
-        <v>271</v>
+        <v>170</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>381</v>
+        <v>411</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>24</v>
+        <v>412</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>382</v>
+        <v>413</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F129" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G129" s="1" t="s">
-        <v>25</v>
+        <v>414</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>383</v>
+        <v>415</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>384</v>
+        <v>416</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>96</v>
+        <v>417</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>375</v>
+        <v>418</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F130" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G130" s="1" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>385</v>
+        <v>419</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>386</v>
+        <v>420</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>375</v>
+        <v>421</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F131" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G131" s="1" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>387</v>
+        <v>422</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>388</v>
+        <v>423</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>375</v>
+        <v>33</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F132" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G132" s="1" t="s">
-        <v>29</v>
+        <v>414</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>389</v>
+        <v>424</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>390</v>
+        <v>425</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>24</v>
+        <v>426</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F133" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G133" s="1" t="s">
-        <v>271</v>
+        <v>414</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>391</v>
+        <v>427</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>392</v>
+        <v>428</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>96</v>
+        <v>426</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>393</v>
+        <v>421</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F134" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G134" s="1" t="s">
-        <v>44</v>
+        <v>414</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>394</v>
+        <v>429</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>395</v>
+        <v>430</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>396</v>
+        <v>431</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F135" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G135" s="1" t="s">
-        <v>44</v>
+        <v>414</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>397</v>
+        <v>432</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>398</v>
+        <v>433</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>287</v>
+        <v>378</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>375</v>
+        <v>434</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G136" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H136" s="1" t="s">
-        <v>399</v>
+        <v>435</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>400</v>
+        <v>436</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>24</v>
+        <v>437</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>55</v>
+        <v>438</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F137" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G137" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>401</v>
+        <v>439</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>402</v>
+        <v>440</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>96</v>
+        <v>441</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>37</v>
+        <v>442</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F138" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G138" s="1" t="s">
-        <v>197</v>
+        <v>22</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>403</v>
+        <v>443</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>404</v>
+        <v>444</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G139" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H139" s="1" t="s">
-        <v>405</v>
+        <v>445</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>406</v>
+        <v>446</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F140" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G140" s="1" t="s">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>407</v>
+        <v>447</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>408</v>
+        <v>448</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>24</v>
+        <v>413</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>37</v>
+        <v>449</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F141" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G141" s="1" t="s">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>409</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>410</v>
+        <v>451</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>24</v>
+        <v>325</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F142" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G142" s="1" t="s">
-        <v>203</v>
+        <v>22</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>411</v>
+        <v>452</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>412</v>
+        <v>453</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>290</v>
+        <v>325</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G143" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H143" s="1" t="s">
-        <v>413</v>
+        <v>454</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>414</v>
+        <v>455</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>382</v>
+        <v>78</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F144" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G144" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>415</v>
+        <v>456</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>416</v>
+        <v>457</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>298</v>
+        <v>33</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>299</v>
+        <v>458</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>417</v>
+        <v>459</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>418</v>
+        <v>460</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>367</v>
+        <v>141</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>419</v>
+        <v>461</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>420</v>
+        <v>462</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>421</v>
+        <v>463</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>261</v>
+        <v>464</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>422</v>
+        <v>465</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>423</v>
+        <v>466</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>424</v>
+        <v>467</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>287</v>
+        <v>464</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>425</v>
+        <v>465</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>426</v>
+        <v>468</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>427</v>
+        <v>469</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>331</v>
+        <v>37</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>428</v>
+        <v>470</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>429</v>
+        <v>471</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>430</v>
+        <v>472</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>431</v>
+        <v>257</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>432</v>
+        <v>473</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>433</v>
+        <v>474</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>434</v>
+        <v>472</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>313</v>
+        <v>257</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>379</v>
+        <v>473</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>435</v>
+        <v>475</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>436</v>
+        <v>476</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>331</v>
+        <v>88</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>437</v>
+        <v>477</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>438</v>
+        <v>478</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>439</v>
+        <v>479</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>440</v>
+        <v>99</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>441</v>
+        <v>477</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>442</v>
+        <v>480</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>443</v>
+        <v>481</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>287</v>
+        <v>99</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>444</v>
+        <v>477</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>445</v>
+        <v>482</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>446</v>
+        <v>483</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>299</v>
+        <v>99</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>447</v>
+        <v>477</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>448</v>
+        <v>484</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>406</v>
+        <v>485</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>449</v>
+        <v>486</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>450</v>
+        <v>487</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F156" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G156" s="1" t="s">
-        <v>203</v>
+        <v>488</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>407</v>
+        <v>489</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>451</v>
+        <v>490</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>382</v>
+        <v>491</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>375</v>
+        <v>492</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>44</v>
+        <v>488</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>453</v>
+        <v>494</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>454</v>
+        <v>99</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>43</v>
+        <v>239</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>34</v>
+        <v>488</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>455</v>
+        <v>495</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>456</v>
+        <v>496</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>422</v>
+        <v>497</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>444</v>
+        <v>45</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>108</v>
+        <v>488</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>457</v>
+        <v>498</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>131</v>
+        <v>499</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>419</v>
+        <v>500</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>42</v>
+        <v>169</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>56</v>
+        <v>488</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>458</v>
+        <v>501</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>459</v>
+        <v>502</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>460</v>
-[...3 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="C161" s="1"/>
       <c r="D161" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>49</v>
+        <v>488</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>462</v>
+        <v>504</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>463</v>
+        <v>505</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>99</v>
+        <v>506</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>48</v>
+        <v>163</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>63</v>
+        <v>488</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>464</v>
+        <v>507</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>465</v>
+        <v>508</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>466</v>
+        <v>117</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>467</v>
+        <v>9</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>265</v>
+        <v>488</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>468</v>
+        <v>509</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>469</v>
+        <v>510</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>33</v>
+        <v>511</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>357</v>
+        <v>132</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>100</v>
+        <v>488</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>470</v>
+        <v>512</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>471</v>
+        <v>513</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>472</v>
+        <v>514</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>473</v>
+        <v>198</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>271</v>
+        <v>488</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>474</v>
+        <v>515</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>475</v>
+        <v>513</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>476</v>
+        <v>514</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>473</v>
+        <v>198</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>44</v>
+        <v>488</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>477</v>
+        <v>516</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>478</v>
+        <v>513</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>33</v>
+        <v>514</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>479</v>
+        <v>198</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>25</v>
+        <v>488</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>480</v>
+        <v>517</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>481</v>
+        <v>518</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>482</v>
+        <v>129</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>44</v>
+        <v>488</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>483</v>
+        <v>519</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>484</v>
+        <v>520</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>52</v>
+        <v>521</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>485</v>
+        <v>330</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>63</v>
+        <v>488</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>486</v>
+        <v>522</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>487</v>
+        <v>523</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>450</v>
+        <v>524</v>
       </c>
       <c r="C170" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G170" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H170" s="1" t="s">
-        <v>489</v>
+        <v>525</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>490</v>
+        <v>526</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>48</v>
+        <v>527</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>360</v>
+        <v>528</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>63</v>
+        <v>529</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>491</v>
+        <v>530</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>492</v>
+        <v>531</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>493</v>
+        <v>532</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>494</v>
+        <v>528</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>271</v>
+        <v>529</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>495</v>
+        <v>533</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>496</v>
+        <v>534</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>497</v>
+        <v>109</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>498</v>
+        <v>125</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G173" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>529</v>
+      </c>
       <c r="H173" s="1" t="s">
-        <v>499</v>
+        <v>535</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>500</v>
+        <v>536</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>450</v>
+        <v>537</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>488</v>
+        <v>538</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>25</v>
+        <v>529</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>501</v>
+        <v>539</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>502</v>
+        <v>540</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>503</v>
+        <v>315</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>393</v>
+        <v>74</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>197</v>
+        <v>529</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>504</v>
+        <v>541</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>502</v>
+        <v>542</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>503</v>
+        <v>375</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>393</v>
+        <v>543</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>197</v>
+        <v>529</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>505</v>
+        <v>544</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>502</v>
+        <v>545</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>503</v>
+        <v>546</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>393</v>
+        <v>234</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>197</v>
+        <v>529</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>506</v>
+        <v>547</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>507</v>
+        <v>548</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>166</v>
+        <v>51</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>77</v>
+        <v>239</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>197</v>
+        <v>529</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>508</v>
+        <v>549</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>509</v>
+        <v>550</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>510</v>
+        <v>51</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>511</v>
+        <v>239</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>265</v>
+        <v>529</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>512</v>
+        <v>551</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>513</v>
+        <v>552</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>38</v>
+        <v>553</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>360</v>
+        <v>449</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>271</v>
+        <v>529</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>514</v>
+        <v>554</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>515</v>
+        <v>555</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>516</v>
+        <v>556</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>271</v>
+        <v>529</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>517</v>
+        <v>557</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>518</v>
+        <v>558</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="C182" s="1"/>
+        <v>559</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>560</v>
+      </c>
       <c r="D182" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>519</v>
+        <v>561</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>520</v>
+        <v>562</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>521</v>
+        <v>412</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>522</v>
+        <v>129</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>523</v>
+        <v>563</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>524</v>
+        <v>564</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>521</v>
+        <v>565</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>525</v>
+        <v>511</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>526</v>
+        <v>566</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>527</v>
+        <v>567</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>521</v>
+        <v>375</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>396</v>
+        <v>568</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>100</v>
+        <v>26</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>528</v>
+        <v>569</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>529</v>
+        <v>570</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>375</v>
+        <v>571</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>522</v>
+        <v>572</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>530</v>
+        <v>573</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>531</v>
+        <v>574</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>375</v>
+        <v>65</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>396</v>
+        <v>239</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>532</v>
+        <v>575</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>533</v>
+        <v>576</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>375</v>
+        <v>577</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>396</v>
+        <v>305</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>534</v>
+        <v>578</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>535</v>
+        <v>579</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>511</v>
+        <v>580</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>516</v>
+        <v>581</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>12</v>
+        <v>582</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>536</v>
+        <v>583</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>537</v>
+        <v>584</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>538</v>
+        <v>121</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>488</v>
+        <v>129</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>34</v>
+        <v>582</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>539</v>
+        <v>585</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>540</v>
+        <v>586</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>541</v>
+        <v>587</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>542</v>
+        <v>588</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>271</v>
+        <v>582</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>543</v>
+        <v>589</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>544</v>
+        <v>590</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>545</v>
+        <v>587</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>203</v>
+        <v>582</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>546</v>
+        <v>591</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>547</v>
+        <v>592</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>548</v>
+        <v>426</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>549</v>
+        <v>418</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>44</v>
+        <v>582</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>550</v>
+        <v>593</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>551</v>
+        <v>594</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>428</v>
+        <v>256</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>552</v>
+        <v>160</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>25</v>
+        <v>582</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>553</v>
+        <v>595</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>554</v>
+        <v>596</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>555</v>
+        <v>597</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>556</v>
+        <v>598</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>163</v>
+        <v>582</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>557</v>
+        <v>599</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>558</v>
+        <v>600</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>559</v>
+        <v>598</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>560</v>
+        <v>421</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>39</v>
+        <v>582</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>561</v>
+        <v>601</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>562</v>
+        <v>602</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>563</v>
+        <v>603</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>564</v>
+        <v>245</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>39</v>
+        <v>582</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>565</v>
+        <v>604</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>566</v>
+        <v>605</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>525</v>
+        <v>375</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>567</v>
+        <v>421</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>44</v>
+        <v>582</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>568</v>
+        <v>606</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-      <c r="C199" s="1"/>
+        <v>607</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D199" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>100</v>
+        <v>582</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>570</v>
+        <v>608</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="B200" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="B200" s="1"/>
-      <c r="C200" s="1"/>
+      <c r="C200" s="1" t="s">
+        <v>610</v>
+      </c>
       <c r="D200" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>197</v>
+        <v>582</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>572</v>
+        <v>611</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>573</v>
+        <v>612</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>574</v>
+        <v>500</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>575</v>
+        <v>613</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>12</v>
+        <v>582</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>576</v>
+        <v>614</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>577</v>
+        <v>615</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>578</v>
+        <v>616</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>579</v>
+        <v>617</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>16</v>
+        <v>582</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>580</v>
+        <v>618</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>581</v>
+        <v>619</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>166</v>
+        <v>145</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>77</v>
+        <v>497</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G203" s="1"/>
+      <c r="G203" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H203" s="1" t="s">
-        <v>582</v>
+        <v>620</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>583</v>
+        <v>621</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>584</v>
+        <v>99</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>585</v>
+        <v>198</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G204" s="1"/>
+      <c r="G204" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H204" s="1" t="s">
-        <v>586</v>
+        <v>622</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>587</v>
+        <v>623</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>584</v>
+        <v>99</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>585</v>
+        <v>624</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G205" s="1"/>
+      <c r="G205" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H205" s="1" t="s">
-        <v>588</v>
+        <v>625</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>589</v>
+        <v>626</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>590</v>
+        <v>627</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>591</v>
+        <v>628</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G206" s="1"/>
+      <c r="G206" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H206" s="1" t="s">
-        <v>592</v>
+        <v>629</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>593</v>
+        <v>630</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>590</v>
+        <v>627</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>591</v>
+        <v>628</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G207" s="1"/>
+      <c r="G207" s="1" t="s">
+        <v>582</v>
+      </c>
       <c r="H207" s="1" t="s">
-        <v>594</v>
+        <v>631</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>595</v>
+        <v>632</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>596</v>
+        <v>633</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>597</v>
+        <v>113</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>598</v>
+        <v>634</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>599</v>
+        <v>635</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>600</v>
+        <v>132</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>601</v>
+        <v>636</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>602</v>
+        <v>637</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>603</v>
+        <v>503</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>604</v>
+        <v>638</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>605</v>
+        <v>639</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>606</v>
+        <v>640</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>603</v>
+        <v>527</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>604</v>
+        <v>641</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>607</v>
+        <v>642</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>608</v>
+        <v>643</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>585</v>
+        <v>527</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>609</v>
+        <v>641</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>610</v>
+        <v>644</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>611</v>
+        <v>645</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>612</v>
+        <v>646</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>613</v>
+        <v>319</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>614</v>
+        <v>647</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>615</v>
+        <v>648</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>616</v>
+        <v>105</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>617</v>
+        <v>192</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>618</v>
+        <v>649</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>619</v>
+        <v>650</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>620</v>
+        <v>651</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>621</v>
+        <v>652</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>622</v>
+        <v>653</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>623</v>
+        <v>654</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>620</v>
+        <v>655</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>621</v>
+        <v>656</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>624</v>
+        <v>657</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>625</v>
+        <v>658</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>626</v>
+        <v>655</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>627</v>
+        <v>656</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>628</v>
+        <v>659</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>629</v>
+        <v>660</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>626</v>
+        <v>344</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>228</v>
+        <v>45</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>203</v>
+        <v>34</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>630</v>
+        <v>661</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>631</v>
+        <v>662</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>632</v>
+        <v>78</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>633</v>
+        <v>84</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>634</v>
+        <v>663</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>635</v>
+        <v>664</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>227</v>
+        <v>665</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>636</v>
+        <v>666</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>637</v>
+        <v>667</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>638</v>
+        <v>668</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>639</v>
+        <v>669</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>640</v>
+        <v>670</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>641</v>
+        <v>671</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>642</v>
+        <v>418</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>643</v>
+        <v>598</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>644</v>
+        <v>672</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>645</v>
+        <v>673</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>642</v>
+        <v>78</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>646</v>
+        <v>231</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>647</v>
+        <v>674</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>648</v>
+        <v>675</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>649</v>
+        <v>234</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>360</v>
+        <v>235</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>650</v>
+        <v>676</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>651</v>
+        <v>677</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>652</v>
+        <v>367</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>228</v>
+        <v>678</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>100</v>
+        <v>679</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>653</v>
+        <v>680</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>654</v>
+        <v>681</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>227</v>
+        <v>682</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>655</v>
+        <v>683</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>100</v>
+        <v>679</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>656</v>
+        <v>684</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>657</v>
+        <v>685</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>227</v>
+        <v>686</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>655</v>
+        <v>687</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>100</v>
+        <v>679</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>658</v>
+        <v>688</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>659</v>
+        <v>689</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>649</v>
+        <v>374</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>660</v>
+        <v>78</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>49</v>
+        <v>679</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>661</v>
+        <v>690</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>662</v>
+        <v>691</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>663</v>
+        <v>121</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>664</v>
+        <v>129</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>197</v>
+        <v>679</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>665</v>
+        <v>692</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>666</v>
+        <v>693</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>667</v>
+        <v>449</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>668</v>
+        <v>370</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>16</v>
+        <v>679</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>669</v>
+        <v>694</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>670</v>
+        <v>695</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>293</v>
+        <v>77</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>671</v>
+        <v>598</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>16</v>
+        <v>679</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>672</v>
+        <v>696</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>673</v>
+        <v>697</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>293</v>
+        <v>698</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>77</v>
+        <v>699</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>100</v>
+        <v>679</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>674</v>
+        <v>700</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>673</v>
+        <v>701</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>293</v>
+        <v>354</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>77</v>
+        <v>169</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>100</v>
+        <v>679</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>675</v>
+        <v>702</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>676</v>
+        <v>703</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>677</v>
+        <v>304</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>678</v>
+        <v>704</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>203</v>
+        <v>679</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>679</v>
+        <v>705</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>680</v>
+        <v>706</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>681</v>
+        <v>707</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>682</v>
+        <v>491</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>683</v>
+        <v>708</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>684</v>
+        <v>709</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>681</v>
+        <v>710</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>682</v>
+        <v>711</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>685</v>
+        <v>712</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>686</v>
+        <v>713</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>633</v>
+        <v>121</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>687</v>
+        <v>129</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>688</v>
+        <v>714</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>689</v>
+        <v>715</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>227</v>
+        <v>121</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>690</v>
+        <v>129</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>691</v>
+        <v>716</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>692</v>
+        <v>717</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>642</v>
+        <v>417</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>693</v>
+        <v>492</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>694</v>
+        <v>718</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>695</v>
+        <v>719</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>293</v>
+        <v>417</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>257</v>
+        <v>492</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>696</v>
+        <v>720</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>697</v>
+        <v>721</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>698</v>
+        <v>309</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>668</v>
+        <v>722</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>12</v>
+        <v>253</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>699</v>
+        <v>723</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>700</v>
+        <v>724</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>701</v>
+        <v>309</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>702</v>
+        <v>294</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>56</v>
+        <v>253</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>703</v>
+        <v>725</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>704</v>
+        <v>726</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>639</v>
+        <v>309</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>77</v>
+        <v>722</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>705</v>
+        <v>727</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>706</v>
+        <v>728</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>682</v>
+        <v>729</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>72</v>
+        <v>294</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>197</v>
+        <v>679</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>707</v>
+        <v>730</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>708</v>
+        <v>731</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>709</v>
+        <v>732</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>710</v>
+        <v>733</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G245" s="1"/>
       <c r="H245" s="1" t="s">
-        <v>711</v>
+        <v>734</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>712</v>
+        <v>735</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>713</v>
+        <v>736</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>714</v>
+        <v>737</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>29</v>
+        <v>488</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>715</v>
+        <v>738</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>717</v>
+        <v>30</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>609</v>
+        <v>30</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>718</v>
+        <v>740</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>719</v>
+        <v>741</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>717</v>
+        <v>742</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>609</v>
+        <v>743</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>25</v>
+        <v>582</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>720</v>
+        <v>744</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>721</v>
+        <v>745</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>257</v>
+        <v>736</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>111</v>
+        <v>737</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>44</v>
+        <v>488</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>722</v>
+        <v>746</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>723</v>
+        <v>747</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>257</v>
+        <v>748</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>111</v>
+        <v>749</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G250" s="1"/>
       <c r="H250" s="1" t="s">
-        <v>724</v>
+        <v>750</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>725</v>
+        <v>751</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>687</v>
+        <v>752</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>72</v>
+        <v>588</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G251" s="1"/>
       <c r="H251" s="1" t="s">
-        <v>726</v>
+        <v>753</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>727</v>
+        <v>754</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>228</v>
+        <v>417</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>728</v>
+        <v>434</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G252" s="1"/>
       <c r="H252" s="1" t="s">
-        <v>729</v>
+        <v>755</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>730</v>
+        <v>756</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>257</v>
+        <v>434</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>111</v>
+        <v>77</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G253" s="1"/>
       <c r="H253" s="1" t="s">
-        <v>731</v>
+        <v>757</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>732</v>
+        <v>758</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>257</v>
+        <v>129</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>111</v>
+        <v>598</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G254" s="1"/>
       <c r="H254" s="1" t="s">
-        <v>733</v>
+        <v>759</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>734</v>
+        <v>760</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>257</v>
+        <v>132</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>111</v>
+        <v>367</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G255" s="1"/>
       <c r="H255" s="1" t="s">
-        <v>735</v>
+        <v>761</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>736</v>
+        <v>762</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>257</v>
+        <v>345</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>111</v>
+        <v>477</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G256" s="1"/>
       <c r="H256" s="1" t="s">
-        <v>737</v>
+        <v>763</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>738</v>
+        <v>764</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>257</v>
+        <v>487</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>111</v>
+        <v>765</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G257" s="1"/>
       <c r="H257" s="1" t="s">
-        <v>739</v>
+        <v>766</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>740</v>
+        <v>767</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>257</v>
+        <v>211</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>111</v>
+        <v>359</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G258" s="1"/>
       <c r="H258" s="1" t="s">
-        <v>741</v>
+        <v>768</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>742</v>
+        <v>769</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>257</v>
+        <v>770</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>111</v>
+        <v>354</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G259" s="1"/>
       <c r="H259" s="1" t="s">
-        <v>743</v>
+        <v>771</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>744</v>
+        <v>772</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>257</v>
+        <v>773</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>111</v>
+        <v>774</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G260" s="1"/>
       <c r="H260" s="1" t="s">
-        <v>745</v>
+        <v>775</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>746</v>
+        <v>776</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>687</v>
+        <v>598</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>111</v>
+        <v>51</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G261" s="1"/>
       <c r="H261" s="1" t="s">
-        <v>747</v>
+        <v>777</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>748</v>
+        <v>778</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>710</v>
+        <v>779</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>749</v>
+        <v>160</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G262" s="1"/>
       <c r="H262" s="1" t="s">
-        <v>750</v>
+        <v>780</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>751</v>
+        <v>781</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>664</v>
+        <v>782</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>753</v>
+        <v>784</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>754</v>
+        <v>785</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>755</v>
+        <v>400</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>260</v>
+        <v>155</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G264" s="1"/>
       <c r="H264" s="1" t="s">
-        <v>756</v>
+        <v>786</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>757</v>
+        <v>787</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>758</v>
+        <v>788</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>759</v>
+        <v>470</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G265" s="1"/>
       <c r="H265" s="1" t="s">
-        <v>760</v>
+        <v>789</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>761</v>
+        <v>790</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>762</v>
+        <v>788</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>763</v>
+        <v>470</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G266" s="1"/>
       <c r="H266" s="1" t="s">
-        <v>764</v>
+        <v>791</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>765</v>
+        <v>792</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>766</v>
+        <v>788</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G267" s="1"/>
       <c r="H267" s="1" t="s">
-        <v>767</v>
+        <v>793</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>768</v>
+        <v>794</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>769</v>
+        <v>120</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>693</v>
+        <v>45</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G268" s="1"/>
       <c r="H268" s="1" t="s">
-        <v>770</v>
+        <v>795</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>771</v>
+        <v>796</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>769</v>
+        <v>120</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>772</v>
+        <v>45</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G269" s="1"/>
       <c r="H269" s="1" t="s">
-        <v>773</v>
+        <v>797</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>774</v>
+        <v>798</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>775</v>
+        <v>51</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>776</v>
+        <v>239</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G270" s="1"/>
       <c r="H270" s="1" t="s">
-        <v>777</v>
+        <v>799</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>778</v>
+        <v>800</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>775</v>
+        <v>84</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>111</v>
+        <v>801</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G271" s="1"/>
       <c r="H271" s="1" t="s">
-        <v>779</v>
+        <v>802</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>780</v>
+        <v>803</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>781</v>
+        <v>78</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G272" s="1"/>
       <c r="H272" s="1" t="s">
-        <v>782</v>
+        <v>804</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>783</v>
+        <v>805</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>763</v>
+        <v>806</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>784</v>
+        <v>293</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G273" s="1"/>
       <c r="H273" s="1" t="s">
-        <v>785</v>
+        <v>807</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>786</v>
+        <v>808</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>787</v>
+        <v>588</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>788</v>
+        <v>136</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>790</v>
+        <v>810</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>791</v>
+        <v>811</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>231</v>
+        <v>56</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G275" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H275" s="1" t="s">
-        <v>792</v>
+        <v>812</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>793</v>
+        <v>813</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>794</v>
+        <v>418</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>254</v>
+        <v>33</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G276" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H276" s="1" t="s">
-        <v>795</v>
+        <v>814</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>794</v>
+        <v>56</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>123</v>
+        <v>99</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>797</v>
+        <v>816</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>798</v>
+        <v>817</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>794</v>
+        <v>363</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>784</v>
+        <v>818</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>799</v>
+        <v>819</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>800</v>
+        <v>820</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>794</v>
+        <v>51</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>784</v>
+        <v>277</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>801</v>
+        <v>821</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>802</v>
+        <v>822</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>803</v>
+        <v>581</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>231</v>
+        <v>823</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>804</v>
+        <v>824</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>805</v>
+        <v>825</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>803</v>
+        <v>826</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>123</v>
+        <v>827</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>806</v>
+        <v>828</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>807</v>
+        <v>829</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>808</v>
+        <v>826</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>809</v>
+        <v>827</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>25</v>
+        <v>253</v>
       </c>
       <c r="H282" s="1" t="s">
-        <v>810</v>
+        <v>830</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>811</v>
+        <v>831</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>808</v>
+        <v>294</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>264</v>
+        <v>832</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G283" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>679</v>
+      </c>
       <c r="H283" s="1" t="s">
-        <v>812</v>
+        <v>833</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>813</v>
+        <v>834</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>776</v>
+        <v>835</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>260</v>
+        <v>30</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>29</v>
+        <v>170</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>814</v>
+        <v>836</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>815</v>
+        <v>837</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>253</v>
+        <v>838</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>473</v>
+        <v>839</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>816</v>
+        <v>840</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>817</v>
+        <v>841</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>818</v>
+        <v>838</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>323</v>
+        <v>839</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>819</v>
+        <v>842</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>820</v>
+        <v>843</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>821</v>
+        <v>844</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>728</v>
+        <v>838</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>822</v>
+        <v>845</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>823</v>
+        <v>846</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>808</v>
+        <v>308</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>824</v>
+        <v>835</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>825</v>
+        <v>847</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>826</v>
+        <v>848</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>231</v>
+        <v>309</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>145</v>
+        <v>835</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>56</v>
+        <v>253</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>827</v>
+        <v>849</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>828</v>
+        <v>850</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>838</v>
+      </c>
+      <c r="C290" s="1"/>
       <c r="D290" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>829</v>
+        <v>851</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>788</v>
+        <v>853</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>87</v>
+        <v>854</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>831</v>
+        <v>855</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>233</v>
+        <v>856</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>234</v>
+        <v>168</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>145</v>
+        <v>857</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="H292" s="1" t="s">
-        <v>832</v>
+        <v>858</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>833</v>
+        <v>859</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>155</v>
+        <v>860</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G293" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H293" s="1" t="s">
-        <v>834</v>
-[...204 lines deleted...]
-      <c r="H301" s="1" t="s">
         <v>861</v>
-      </c>
-[...1480 lines deleted...]
-        <v>1037</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>