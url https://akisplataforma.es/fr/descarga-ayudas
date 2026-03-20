--- v0 (2026-03-19)
+++ v1 (2026-03-20)
@@ -1550,6366 +1550,6366 @@
   <si>
     <t>2024-12-28</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
   </si>
   <si>
     <t>Subventions pour les projets d'innovation dans les PME industrielles. Appel à propositions 2025</t>
   </si>
   <si>
     <t>2025-01-28</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
   </si>
   <si>
     <t>Aide à la création et à la consolidation d’entreprises innovantes à vocation technologique en 2025 dans le cadre du plan de relance, de transformation et de résilience – financé par l’Union européenne – Next Generation EU.</t>
   </si>
   <si>
     <t>2025-02-01</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
   </si>
   <si>
+    <t>Subventions pour le recrutement de doctorants par les entreprises, les centres de recherche et les centres technologiques : Doctorats industriels 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871426</t>
+  </si>
+  <si>
+    <t>Aide destinée au transfert de connaissances des centres technologiques, des centres de recherche et des universités PCTIN 2026</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876093</t>
+  </si>
+  <si>
+    <t>Aide exceptionnelle pour le prix du gazole agricole à compter d'octobre 2022</t>
+  </si>
+  <si>
+    <t>2023-03-31</t>
+  </si>
+  <si>
+    <t>2027-03-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/681411</t>
+  </si>
+  <si>
+    <t>Résolution du 15 février 2024 du directeur de l'Agence valencienne de développement et de garantie agricoles, annonçant une aide à la distillation des sous-produits de la vinification, campagne 2023/2024</t>
+  </si>
+  <si>
+    <t>2024-02-22</t>
+  </si>
+  <si>
+    <t>2024-07-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744366</t>
+  </si>
+  <si>
+    <t>Subvention pour la mise en œuvre de l'intervention dans le secteur vitivinicole dans le cadre du plan stratégique de la politique agricole commune</t>
+  </si>
+  <si>
+    <t>2024-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756272</t>
+  </si>
+  <si>
+    <t>Résolution du 22 avril 2024 du directeur de l'Agence valencienne de développement et de garantie agricoles, annonçant l'appel à l'aide pour l'intervention dans le secteur apicole pour l'année 2024 dans la Communauté valencienne.</t>
+  </si>
+  <si>
+    <t>2024-05-20</t>
+  </si>
+  <si>
+    <t>2024-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761038</t>
+  </si>
+  <si>
+    <t>Résolution du 22 juillet 2024 du directeur de l'Agence valencienne pour le développement et la garantie agricoles, annonçant l'aide au secteur vitivinicole de la Communauté valencienne pour la promotion et la communication sur les marchés des pays tiers.</t>
+  </si>
+  <si>
+    <t>2024-07-29</t>
+  </si>
+  <si>
+    <t>2024-09-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776438</t>
+  </si>
+  <si>
+    <t>Résolution du 2 septembre 2024 du directeur de l'AVFGA annonçant l'appel à projets pour les investissements dans la transformation, la commercialisation et/ou le développement des produits agroalimentaires dans le cadre du Plan stratégique de la Politique agricole commune</t>
+  </si>
+  <si>
+    <t>2024-09-06</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783462</t>
+  </si>
+  <si>
+    <t>Décret-loi 10/2024 du 24 septembre du Conseil, portant adoption de mesures d'aide d'urgence en matière agricole en réponse à la détérioration de la situation du secteur primaire résultant du conflit armé en Ukraine et des conditions climatiques</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-11-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788214</t>
+  </si>
+  <si>
+    <t>Résolution du 19 décembre 2024 du directeur de l'Agence valencienne de développement et de garantie agricoles, portant appel anticipé à candidatures pour l'exercice 2025 en faveur des activités d'information et de promotion des systèmes de qualité agroalimentaire.</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Résolution du 28 janvier 2025 du directeur de l'Agence valencienne de développement et de garantie agricoles, établissant l'appel à candidatures pour l'octroi et le versement annuel de l'aide incluse dans la demande unique au titre de</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>Résolution du 17 avril 2025 du directeur de l'Agence valencienne de développement et de garantie agricoles (AVFGA), annonçant un appel à l'aide pour les investissements dans la modernisation des infrastructures et des systèmes d'irrigation dans les communautés irriguées et les communes.</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>Résolution du 5 mai 2025 du directeur de l'Agence valencienne de développement et de garantie agricoles (AVFGA), qui sollicite l'aide prévue par l'intervention 7119.02 LEADER du Plan stratégique 2023-2027 de la PAC dans la Communauté valencienne, «</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Résolution du 15 mai 2025 du directeur de l'Agence valencienne de développement et de garantie agricoles, annonçant l'appel à candidatures pour une aide à la coopération dans le cadre des interventions de développement rural du Plan stratégique pour l'année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>Résolution du 23 décembre 2025 du Directeur de l'Agence valencienne de développement et de garantie agricoles, portant appel anticipé à une demande d'aide pour l'exercice financier 2026 en faveur des activités d'information et de promotion des systèmes de qualité agroalimentaire.</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Résolution du 8 mai 2024 du directeur de l'Agence valencienne de développement et de garantie agricoles, annonçant une aide aux plans de reconversion et de restructuration collective, dans le cadre du Programme de développement rural de la Communauté valencienne.</t>
+  </si>
+  <si>
+    <t>2024-05-16</t>
+  </si>
+  <si>
+    <t>2024-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760272</t>
+  </si>
+  <si>
+    <t>Actions complémentaires pour promouvoir et renforcer l'innovation. AUCUNE AIDE D'ÉTAT</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760275</t>
+  </si>
+  <si>
+    <t>Valorisation et transfert des résultats de la recherche aux entreprises. AUCUNE AIDE D'ÉTAT</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>Renforcement des marchés publics innovants (MPI) REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Renforcement des marchés publics innovants (MPI) RÉGIME 651</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>Stimuler les marchés publics innovants (MPI) L2 SANS AIDE D'ÉTAT</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
+  </si>
+  <si>
+    <t>Actions complémentaires pour promouvoir et renforcer l'innovation. MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Assimilation des technologies de pointe et leur diffusion dans le système d’innovation valencien REG (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>Résolution du ministère de l'Agriculture, de l'Eau, de l'Élevage et de la Pêche annonçant l'appel à candidatures pour l'aide à la certification de la production biologique dans la Communauté valencienne pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>2024-02-29</t>
+  </si>
+  <si>
+    <t>2024-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752940</t>
+  </si>
+  <si>
+    <t>Modalités de l’appel à projets innovants du programme d’accélération « AGRO·LAB TONOWASTE » promu par VALÈNCIA INNOVATION CAPITAL</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796042</t>
+  </si>
+  <si>
+    <t>Accord de collaboration entre la Generalitat, par l'intermédiaire de la Présidence, et l'Université d'Alicante, pour une collaboration dans le fonctionnement du commissaire de la Présidence de la Generalitat, pour la numérisation et la cybersécurité de la communauté</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704505</t>
+  </si>
+  <si>
+    <t>CONVENTION DE COLLABORATION ENTRE LABORA (SERVICE VALENCIEN DE L'EMPLOI ET DE LA FORMATION) ET AIMPLAS (ASSOCIATION POUR LA RECHERCHE SUR LES MATÉRIAUX PLASTIQUES ET LES PRODUITS CONNEXES) POUR LA MISE EN ŒUVRE D'ACTIONS DE FORMATION DESTINÉES PRINCIPALEMENT AUX PERSONNES SANS EMPLOI DU SECTEUR</t>
+  </si>
+  <si>
+    <t>2024-05-14</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759575</t>
+  </si>
+  <si>
+    <t>Résolution du 30 avril 2024 du Président de l'IVACE, appelant à une aide dans le domaine des énergies renouvelables, inscrite au budget 2024 et cofinancée par l'Union européenne via le Fonds européen de développement régional.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760235</t>
+  </si>
+  <si>
+    <t>Résolution du 2 février 2026 de la Présidence annonçant des subventions pour l'embauche de jeunes en vue de l'internationalisation des PME de la Communauté valencienne, financées par le programme Fonds social européen Plus, exercice 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>2026-05-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/884886</t>
+  </si>
+  <si>
+    <t>Accord entre le ministère de la Santé et PS et FRS pour le développement d'un projet d'innovation</t>
+  </si>
+  <si>
+    <t>2024-04-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751688</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du 19 août 2024 de la Direction générale de la production agricole et animale, portant demande une aide à la promotion des races indigènes menacées dans la Communauté valencienne pour l'année 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-04</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782898</t>
+  </si>
+  <si>
+    <t>Accord de collaboration entre le ministère de l'Agriculture, de l'Eau, de l'Élevage et de la Pêche et l'AINIA, pour l'étude de la gestion de l'azote dans les déjections animales par la technologie de la digestion anaérobie dans la Communauté valencienne</t>
+  </si>
+  <si>
+    <t>2024-01-02</t>
+  </si>
+  <si>
+    <t>2024-11-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784990</t>
+  </si>
+  <si>
+    <t>Résolution du Directeur général de la Production agricole et d'élevage, établissant l'appel anticipé, pour le Plan 2025, de l'aide de la Communauté valencienne destinée à la souscription d'assurances agricoles incluses dans les plans à</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>SUBVENTION À L'INTÉGRATION COOPÉRATIVE DANS LE CV</t>
+  </si>
+  <si>
+    <t>2025-04-02</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823340</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824993</t>
+  </si>
+  <si>
+    <t>Procédure d’octroi direct d’une aide supplémentaire aux propriétaires d’exploitations agricoles de cultures herbacées, fourragères et aromatiques, de cultures horticoles et de pépinières touchées par la catastrophe naturelle PDRCV (M23)</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825852</t>
+  </si>
+  <si>
+    <t>Résolution du 17 avril 2025 de la Direction générale de la production agricole et d'élevage, annonçant l'appel à candidatures pour l'exercice financier 2025 en vue d'améliorer la compétitivité et la durabilité des élevages dans la Communauté valencienne.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>Résolution de la DG Production agricole et d'élevage, pour l'année 2025, relative à l'aide prévue par l'arrêté 6/2024, qui approuve les bases réglementaires de l'aide compensatoire pour l'éradication et le contrôle de la bactérie Xylella fastidiosa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>SOUTIEN À LA PROMOTION DE L'INNOVATION TECHNOLOGIQUE PAR LE BIAIS DE COLLABORATIONS AGRICOLES</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832542</t>
+  </si>
+  <si>
+    <t>Résolution du 14 novembre 2025 de la Direction générale de la production agricole et d'élevage, qui lance des appels anticipés à l'aide pour l'amélioration de la compétitivité et de la durabilité des élevages dans la Communauté valencienne pour l'année 2026.</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION DE LA DG Production agricole et d'élevage, par laquelle l'aide prévue par l'arrêté 6/2024, qui approuve l'aide compensatoire pour «Xylella fastidiosa», est annoncée par anticipation pour l'année 2026.</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874765</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du ministère de l'Agriculture, de l'Eau, de l'Élevage et de la Pêche portant demande anticipée, pour l'année 2026, l'aide aux conseils de réglementation ou aux organismes de gestion des produits agroalimentaires de qualité différenciée.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880385</t>
+  </si>
+  <si>
+    <t>INSTITUT DE CONSERVATION, DE RESTAURATION ET DE RECHERCHE DE VALENCIÀ, POUR LE FINANCEMENT DES INVESTISSEMENTS ET DES OPÉRATIONS DE CAPITAL DE L'ENTITÉ</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764650</t>
+  </si>
+  <si>
+    <t>Résolution du 8 mai 2024 du président de l'IVACE annonçant des subventions pour la promotion des installations d'autoconsommation d'énergie électrique dans les communautés d'énergies renouvelables, imputée au budget 2024</t>
+  </si>
+  <si>
+    <t>2024-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758845</t>
+  </si>
+  <si>
+    <t>Résolution portant appel à candidatures pour l'exercice financier 2024, concernant les subventions prévues aux articles 16 et 17 de l'arrêté n° 2/2020 du 27 février du ministère de l'Économie durable, des Secteurs productifs, du Commerce et</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757349</t>
+  </si>
+  <si>
+    <t>Accord entre le ministère de l'Éducation, des Universités et de l'Emploi et l'Université Miguel Hernández, portant sur le soutien, pour l'année 2023-2024, à la construction et à la modernisation de bâtiments et d'infrastructures d'excellence pour la R&amp;D&amp;I – bâtiments de recherche d'excellence</t>
+  </si>
+  <si>
+    <t>2023-11-30</t>
+  </si>
+  <si>
+    <t>2024-12-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730747</t>
+  </si>
+  <si>
+    <t>Résolution du directeur général de la production agricole et de l'élevage, lançant un appel anticipé, pour l'année 2025, d'aides minimales destinées au reboisement des vergers dont la récolte est ou a été détruite.</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Résolution du Directeur général de la Production agricole et de l'élevage lançant, pour l'année 2025, un appel anticipé à l'aide aux exploitations de cerises dans les zones touchées par des facteurs climatiques, environnementaux et…</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>Aide aux conseils de réglementation ou aux organismes de gestion des produits agroalimentaires de qualité différenciée de la Communauté valencienne</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807564</t>
+  </si>
+  <si>
+    <t>Renforcer l’action climatique locale grâce au Plan d’action pour le climat et l’énergie (Convention des maires pour le climat et l’énergie) en 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761670</t>
+  </si>
+  <si>
+    <t>CONVENTION DE COOPÉRATION ÉDUCATIVE ENTRE LA GENERALITAT, PAR L'INTERMÉDIAIRE DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE ET DE LA PÊCHE ET L'UNIVERSITÉ CEU CARDENAL HERRERA, POUR LA MISE EN ŒUVRE DE STAGES DE FORMATION SUBVENTIONNÉS AU COURS DE L'ANNÉE 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761911</t>
+  </si>
+  <si>
+    <t>CONVENTION DE COOPÉRATION ÉDUCATIVE ENTRE LA GENERALITAT, PAR L'INTERMÉDIAIRE DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE ET DE LA PÊCHE ET L'UNIVERSITÉ MIGUEL HERNÁNDEZ D'ELCHE, POUR LA MISE EN ŒUVRE DE STAGES DE FORMATION SUBVENTIONNÉS AU COURS DE L'ANNÉE 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763059</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du 29 décembre 2025 approuvant l'appel pluriannuel de subventions pour la promotion de la contractualisation et de la régularisation de l'assurance agricole combinée au cours de l'exercice financier 2026, selon la modique modalité de dépenses anticipées</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>Subventions directes 2024 pour promouvoir la souscription de contrats d'assurance agricole combinés, conformément au décret 286/2023 du 19 décembre</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740265</t>
+  </si>
+  <si>
+    <t>Appel à candidatures 2024 pour l’aide aux groupes de défense sanitaire du bétail et aux groupes de défense sanitaire des apiculteurs</t>
+  </si>
+  <si>
+    <t>2024-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774687</t>
+  </si>
+  <si>
+    <t>L'aide 2024 est destinée à l'octroi de subventions pour les investissements dans la commercialisation conjointe du bétail, conformément au décret 132/2024 du 22 octobre qui les prévoit.</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797186</t>
+  </si>
+  <si>
+    <t>Subventions 2025 pour la fourniture de conseils techniques au secteur agricole en matière de protection des végétaux Résolution du 20 décembre 2024.</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Subventions 2025 pour le financement de prêts aux propriétaires d'exploitations oléicoles et viticoles en sec situées en Estrémadure, conformément au décret 35/2025 du 6 mai, qui les annonce</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>Subvention 2025 aux propriétaires d'exploitations agricoles pour promouvoir leur participation aux programmes de qualité alimentaire. s/ Résolution du 19 juin 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>Subventions 2026 pour la fourniture de conseils techniques au secteur agricole en matière de protection des végétaux Résolution du 3 décembre 2025.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>Résolution du 21 mars 2024 d'ICEX Spain Export and Investment, EPE, annonçant l'appel à candidatures pour les subventions de participation de groupe au salon OVUM 2024 - XXVIIIe Congrès latino-américain de l'aviculture - Punta del Este (URUGUAY) - 12-15 novembre 2024</t>
+  </si>
+  <si>
+    <t>2024-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754393</t>
+  </si>
+  <si>
+    <t>Aide d’approche leader 2024, au titre du régime de minimis, pour les investissements dans la transformation et la commercialisation des produits agricoles (sous-mesure 19.2.2 du PDR), conformément au XXIIe appel (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-04-20</t>
+  </si>
+  <si>
+    <t>2024-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754959</t>
+  </si>
+  <si>
+    <t>Aide à l’approche des leaders 2024, NON COUVERTE par le régime MINIMIS, pour les investissements dans la transformation et la commercialisation des produits agricoles (sous-mesure 19.2.2 du PDR), conformément au XIIe appel (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>2024-04-27</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755838</t>
+  </si>
+  <si>
+    <t>Approche du leader de l'aide 2024 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (sous-mesure 19.2.3 du PDR), conformément au XIIe appel (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755839</t>
+  </si>
+  <si>
+    <t>Approche du programme Aid Leader 2024 en matière d’investissements dans la création et le développement d’entreprises et d’activités non agricoles en milieu rural (Sous-mesure 19.2.3 du PDR), conformément au VIIIe appel (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755840</t>
+  </si>
+  <si>
+    <t>Approche du leader de l'aide 2024 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Sous-mesure 19.2.3 du PDR), s/ XXIIe appel (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2024-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756496</t>
+  </si>
+  <si>
+    <t>Aide d’approche leader 2024, au titre du régime de minimis, pour les investissements dans la transformation et la commercialisation des produits agricoles (sous-mesure 19.2.2 du PDR), conformément au XIIe appel (PDR 2014-2020) GAL APRODERVI</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756497</t>
+  </si>
+  <si>
+    <t>Aide d’approche leader 2024, au titre du régime de minimis, pour les investissements dans la transformation et la commercialisation des produits agricoles (sous-mesure 19.2.2 du PDR), conformément au 13e appel à propositions (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782270</t>
+  </si>
+  <si>
+    <t>Aide à l’approche des leaders 2024, NON COUVERTE par le régime MINIMIS, pour les investissements dans la transformation et la commercialisation des produits agricoles (sous-mesure 19.2.2 du PDR), conformément au XIIIe appel (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782271</t>
+  </si>
+  <si>
+    <t>Approche du leader de l'aide 2024 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Sous-mesure 19.2.3 du PDR), s/ XIIIe appel (PDR 2014-2020) GAL ADEME</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782273</t>
+  </si>
+  <si>
+    <t>Aide d’approche leader 2024, au titre du régime de minimis, pour les investissements dans la transformation et la commercialisation des produits agricoles (sous-mesure 19.2.2 du PDR), conformément au IXe appel à propositions (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782332</t>
+  </si>
+  <si>
+    <t>Aide à l’approche des leaders 2024, NON COUVERTE par le régime MINIMIS, pour les investissements dans la transformation et la commercialisation des produits agricoles (sous-mesure 19.2.2 du PDR), conformément au IXe appel (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782333</t>
+  </si>
+  <si>
+    <t>Approche des leaders de l'aide 2024 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Sous-mesure 19.2.3 du PDR), s/ IXe appel (PDR 2014-2020) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782334</t>
+  </si>
+  <si>
+    <t>Aide d’approche leader 2024, au titre du régime de minimis, pour les investissements dans la transformation et la commercialisation des produits agricoles (sous-mesure 19.2.2 du PDR), conformément au XIIe appel (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782491</t>
+  </si>
+  <si>
+    <t>Aide à l’approche des leaders 2024, NON COUVERTE PAR LE RÉGIME MINIMIS, pour les investissements dans la transformation et la commercialisation des produits agricoles (Sous-mesure 19.2.2 du PDR), conformément au XIIe appel (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782492</t>
+  </si>
+  <si>
+    <t>Approche du programme Aid Leader 2024 en matière d’investissements dans la création et le développement d’entreprises et d’activités non agricoles en milieu rural (Sous-mesure 19.2.3 du PDR), conformément au XIIe appel (PDR 2014-2020) GAL DIVA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782493</t>
+  </si>
+  <si>
+    <t>Aide d’approche leader 2024, au titre du régime de minimis, pour les investissements dans la transformation et la commercialisation des produits agricoles (sous-mesure 19.2.2 du PDR), conformément au XIVe appel à propositions (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2024-10-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784454</t>
+  </si>
+  <si>
+    <t>Aide à l’approche des leaders 2024, NON COUVERTE PAR LE RÉGIME MINIMIS, pour les investissements dans la transformation et la commercialisation des produits agricoles (Sous-mesure 19.2.2 du PDR), dans le cadre du XIVe appel (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784455</t>
+  </si>
+  <si>
+    <t>Approche du leader de l'aide 2024 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Sous-mesure 19.2.3 du PDR), s/ XXIIIe appel (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784515</t>
+  </si>
+  <si>
+    <t>Approche du leader de l'aide 2024 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Sous-mesure 19.2.3 du PDR), s/ IXe appel (PDR 2014-2020) GAL ADEVAG</t>
+  </si>
+  <si>
+    <t>2024-11-19</t>
+  </si>
+  <si>
+    <t>2024-11-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795884</t>
+  </si>
+  <si>
+    <t>Aide à l’approche des leaders 2025, NON COUVERTE PAR LE RÉGIME MINIMIS, pour les investissements dans la transformation et la commercialisation des produits agricoles (Sous-mesure 19.2.2 du PDR), conformément au XXIVe appel (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>Approche du leader de l'aide 2025 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Sous-mesure 19.2.3 du PDR), s/ IXe appel (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>Approche du leader de l'aide 2025 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Sous-mesure 19.2.3 du PDR), s/ IXe appel (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Aide d’État. (Interv., 7119 PEPAC), s/ II Convo (PEPAC 2023-2027) GAL SOPRODEVAJE</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Pas d’aide d’État. (Interv., 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-03-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Pas d’aide d’État. (Interv., 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>Aide 2025 : Approche de leadership en matière d’investissements dans la transformation et la commercialisation des produits agricoles. Aide d’État (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>Aide financière pour 2026 : mesures de lutte contre le dépeuplement des centres ruraux confrontés à des difficultés démographiques particulières. Ligne 4 : Consolidation de l’activité agricole conformément aux dispositions complémentaires du décret 178/205.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876756</t>
+  </si>
+  <si>
+    <t>Aide d’approche leader 2024, au titre du régime de minimis, pour les investissements dans la transformation et la commercialisation des produits agricoles (sous-mesure 19.2.2 du PDR), conformément au VIIIe appel à propositions (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2024-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763736</t>
+  </si>
+  <si>
+    <t>Aide à l’approche des leaders 2024, NON COUVERTE par le régime MINIMIS, pour les investissements dans la transformation et la commercialisation des produits agricoles (sous-mesure 19.2.2 du PDR), conformément au VIIIe appel (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763737</t>
+  </si>
+  <si>
+    <t>Approche du programme Aid Leader 2024 en matière d’investissements dans la création et le développement d’entreprises et d’activités non agricoles en milieu rural (sous-mesure 19.2.3 du PDR), conformément au VIIIe appel (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763739</t>
+  </si>
+  <si>
+    <t>Subventions « Approche leader 2024 » pour le soutien à l’innovation sociale, à la gouvernance multiniveaux et à la revitalisation socio-économique (sous-mesure 19.2.7 du PDR), conformément au XIVe appel à projets (PDR 2014-2020) du GAL TENTUDIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764490</t>
+  </si>
+  <si>
+    <t>Subventions 2024 aux entreprises pour l'accélération de l'entrepreneuriat et des écosystèmes d'innovation basés sur les jumeaux numériques (RETECH) conformément au décret 145/2024 du 19 novembre 2024, qui les appelle</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799672</t>
+  </si>
+  <si>
+    <t>Subventions 2026 aux entreprises pour financer des projets favorisant la mise en œuvre de solutions d'intelligence artificielle dans la Communauté autonome d'Estrémadure - conformément au décret 173/2025 qui les prévoit</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
+  </si>
+  <si>
+    <t>Actions d’aide 2024 pour la promotion et le développement des entreprises L1_Conseils, conformément au décret 65/2024 du 2 juillet qui les prévoit.</t>
+  </si>
+  <si>
+    <t>2024-08-02</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777945</t>
+  </si>
+  <si>
+    <t>L’aide 2025 pour la mise en œuvre de systèmes d’irrigation favorisant l’utilisation efficace de l’eau et de l’énergie dans les exploitations agricoles, conformément au décret 12/2025 du 11 mars, qui les prévoit.</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Aide 2026 destinée à l’amélioration de l’efficacité énergétique de l’irrigation (programme II) dont les promoteurs sont les communautés d’irrigation, s/Résolution du Secrétariat général en date du 18/12/2025 qui approuve l’appel à l’aide pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
+  </si>
+  <si>
+    <t>Approche du leader de l'aide 2024 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Sous-mesure 19.2.3 du PDR), s/ XIIIe appel (PDR 2014-2020) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759835</t>
+  </si>
+  <si>
+    <t>L’aide 2024 aux investissements dans les industries agroalimentaires, conformément au décret 87/2024 du 30 juillet, qui établit le cadre réglementaire d’octroi d’incitations agroalimentaires dans la Communauté autonome d’Estrémadure, vise à soutenir les investissements destinés à la transformation et à la commercialisation des produits agricoles et approuve son appel unique à projets.</t>
+  </si>
+  <si>
+    <t>2024-08-07</t>
+  </si>
+  <si>
+    <t>2024-09-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779544</t>
+  </si>
+  <si>
+    <t>Aide 2025-26 pour l'installation de jeunes agriculteurs dans la Communauté autonome d'Estrémadure, premier appel intégré au décret 169/2024</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>Aide 2025-26 Investissements dans la modernisation et/ou l’amélioration des exploitations agricoles où le jeune agriculteur est établi, premier appel intégré au décret 169/2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Aide PEPAC 2025. Aide complémentaire aux jeunes agriculteurs, conformément à la résolution du 27 janvier 2025 qui les y invite.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>Aide PEPAC 2025. Agriculture biologique, conformément à la résolution du 27 janvier 2025 qui les appelle à</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Aide PEPAC 2025. Aide liée à l'agriculture, conformément à la résolution du 27 janvier 2025 qui les prévoit.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>Aide 2025 pour les investissements visant la transformation et la commercialisation des produits agricoles, conformément à la résolution du 29 octobre 2025 qui lance un appel à candidatures</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Aide PEPAC 2026. Aide complémentaire aux jeunes agriculteurs, conformément à la résolution du 21 janvier 2026 qui les prévoit.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882885</t>
+  </si>
+  <si>
+    <t>Aide PEPAC 2026. Aide liée à l'agriculture, conformément à la résolution du 21 janvier 2026 qui la prévoit.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882886</t>
+  </si>
+  <si>
+    <t>Extremadura Avante accorde des subventions aux entreprises pour leur participation de groupe à la Foire Fruit Attraction 2025, conformément à l'accord du 27 mars 2025 qui les y oblige.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>Aide 2025 aux entreprises pour la participation de groupe au Salon des ingrédients alimentaires 2025, conformément à l'accord du 26 août 2025 qui les y oblige.</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>Subventions 2024 aux organismes de recherche publics du SECTI pour des projets de R&amp;D sur le stockage de l'énergie dans le cadre d'une collaboration public-privé, conformément à la résolution du 5 décembre 2024</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805280</t>
+  </si>
+  <si>
+    <t>Subventions 2024 aux entreprises pour des projets de R&amp;D sur le stockage de l'énergie dans le cadre d'accords de partenariat public-privé, conformément à la résolution du 5 décembre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805281</t>
+  </si>
+  <si>
+    <t>2024 Aide à l'internationalisation des entreprises d'Estrémadure et à l'amélioration des conditions de commercialisation à l'étranger, conformément à la résolution du 30 octobre 2023 qui les prévoit</t>
+  </si>
+  <si>
+    <t>2023-11-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726202</t>
+  </si>
+  <si>
+    <t>La subvention 2024-2025 destinée aux municipalités et aux petites collectivités locales pour financer des projets de revitalisation commerciale est prévue par le décret 130/2024 du 15 octobre 2024.</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>Subvention 2024-2025 destinée aux associations, fédérations et confédérations du secteur commercial pour financer des projets de revitalisation commerciale, conformément au décret 130/2024 du 15 octobre 2024 qui appelle</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Aide 2025/2026 pour l’amélioration des capacités avancées des PME du secteur du commerce de détail, conformément à l’appel lancé par la résolution du 21 novembre 2025</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>Subvention 2026, Secteur agricole, pour l'insertion sociale et professionnelle des mineurs et des jeunes se conformant ou s'étant conformés à des mesures judiciaires, par résolution du 14 novembre 2025</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>Subventions 2023 aux entreprises privées non agricoles pour l'embauche de personnes participant aux projets du programme d'emploi dual des écoles professionnelles (ligne ii), conformément à la résolution du 9 août 2023 qui les appelle</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>2024-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715998</t>
+  </si>
+  <si>
+    <t>Subventions 2023 aux entreprises agricoles privées pour l'embauche de personnes participant aux projets du programme des écoles professionnelles à double emploi (ligne ii), conformément à la résolution du 9 août 2023 qui les appelle</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/715999</t>
+  </si>
+  <si>
+    <t>Subvention 2023 aux entreprises agricoles privées pour l'embauche de personnes participant aux projets du programme de collaboration rurale (ligne ii), conformément à la résolution du 9 août 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716031</t>
+  </si>
+  <si>
+    <t>Subvention 2023 aux entreprises privées non agricoles pour l'embauche de personnes participant aux projets du programme de collaboration rurale (ligne ii), conformément à la résolution du 9 août 2023</t>
+  </si>
+  <si>
+    <t>2023-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/716032</t>
+  </si>
+  <si>
+    <t>Accord entre GAIN, le ministère de l'Éducation, l'UDC, l'USC, l'UVI et le CSIC visant à promouvoir l'activité de recherche des chercheurs finalistes dans le cadre des appels à projets ERC du programme Horizon Europe.</t>
+  </si>
+  <si>
+    <t>2023-10-26</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723850</t>
+  </si>
+  <si>
+    <t>Bases réglementaires pour l'octroi de l'aide VInnovate Galicia visant à promouvoir la coopération transnationale des acteurs du système galicien de R&amp;D par le biais de projets collaboratifs avec d'autres acteurs européens</t>
+  </si>
+  <si>
+    <t>2024-09-20</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785078</t>
+  </si>
+  <si>
+    <t>L’aide 2024 pour l’amélioration de la production et de la commercialisation des produits apicoles, conformément à la résolution du 6 mai 2024 qui les appelle à cet effet.</t>
+  </si>
+  <si>
+    <t>2024-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750241</t>
+  </si>
+  <si>
+    <t>Résolution du 24 mars 2025 établissant le cadre réglementaire des aides destinées à soutenir la coopération en matière d'information et de promotion des produits agricoles et alimentaires galiciens couverts par des systèmes de qualité mis en œuvre par les groupements de producteurs, dans le cadre du Plan stratégique 2023-2027 de la PAC, et lançant un appel à candidatures pour l'exercice budgétaire 2025.</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Résolution du 16 avril 2025 établissant le cadre réglementaire des aides aux programmes de qualité élaborés par les conseils de réglementation des appellations d'origine agroalimentaire et annonçant l'appel à candidatures pour 2025 (code de procédure)</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>Résolution du 17 juin 2025 établissant les bases réglementaires des aides aux exploitations agricoles appartenant à l’indication géographique protégée Faba de Lourenzá et lançant un appel à candidatures pour l’année 2025 (code de procédure MR302)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>Résolution du 19 décembre 2025 établissant le cadre réglementaire des aides destinées à soutenir la coopération dans les activités d'information et de promotion des produits agricoles et alimentaires galiciens couverts par des systèmes de qualité</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>Accord de collaboration entre le Département de la Culture, de l'Éducation, de la Formation professionnelle et des Universités et l'Université de Saint-Jacques-de-Compostelle (USC) pour finaliser les affectations des chercheurs principaux dans le cadre de deux programmes de subventions (ERC) 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/704943</t>
+  </si>
+  <si>
+    <t>Accord pour la mise en œuvre de l'infrastructure de recherche universitaire</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/721409</t>
+  </si>
+  <si>
+    <t>Convention de collaboration entre le ministère de la Culture, de l'Éducation, de la Formation professionnelle et des Universités et le Conseil supérieur de la recherche scientifique (Conseil supérieur de la recherche scientifique) pour le développement des activités de l'Institut d'études galiciennes Padre Sarmiento.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722242</t>
+  </si>
+  <si>
+    <t>Accord coa udc-usc-uvigo pour renforcer le personnel de gestion des transferts et l'innovation et la consolidation des structures de recherche</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/723129</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 janvier 2025 établissant les bases réglementaires pour l'octroi, sur une base non concurrentielle, de subventions visant à promouvoir l'innovation et la durabilité du commerce local et artisanal</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 novembre 2025 établissant les bases réglementaires de l’aide visant à atténuer les dommages causés par les sangliers aux cultures agricoles et lançant un appel à candidatures pour l’année 2026 (code de procédure MT809E)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>Arrêté du 19 décembre 2023 établissant les bases réglementaires de l’aide visant à atténuer les dommages causés par les sangliers aux cultures agricoles et lançant un appel à candidatures pour l’année 2024 (code de procédure mt809e).</t>
+  </si>
+  <si>
+    <t>2024-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739234</t>
+  </si>
+  <si>
+    <t>Accord entre le ministère de la Promotion de l'emploi et de l'Égalité et la Fédération des écoles agricoles familiales de Galice pour le développement d'un projet pilote d'intégration de la formation</t>
+  </si>
+  <si>
+    <t>2023-10-08</t>
+  </si>
+  <si>
+    <t>2024-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720425</t>
+  </si>
+  <si>
+    <t>Accord de collaboration entre le ministère de la Promotion de l'emploi et de l'Égalité et la Fédération galicienne du commerce pour la mise en œuvre d'actions de formation en vue de la qualification et de la requalification de la population active dans les secteurs stratégiques et du renforcement des capacités.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739663</t>
+  </si>
+  <si>
+    <t>Décrété le 25 juin 2024, le cadre réglementaire est établi pour l’octroi, dans un régime de concurrence, d’aides visant à promouvoir l’innovation, le progrès technologique et la compétitivité dans le secteur de l’aquaculture, cofinancées par le Fonds</t>
+  </si>
+  <si>
+    <t>2024-07-09</t>
+  </si>
+  <si>
+    <t>2024-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772185</t>
+  </si>
+  <si>
+    <t>L'arrêté du 15 décembre 2023 établit les bases réglementaires de l'aide à la promotion de la souscription d'assurances agricoles dans la communauté autonome de Galice et est convoqué pour l'année 2024 (code de procédure mr443a).</t>
+  </si>
+  <si>
+    <t>2024-01-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/737939</t>
+  </si>
+  <si>
+    <t>Arrêté du 15 octobre 2024 établissant les bases réglementaires de l'aide aux organisations agricoles professionnelles et aux associations agricoles pour la réalisation d'activités d'intérêt agricole et annonçant l'appel à candidatures pour l'année 2024 (Code de procédure)</t>
+  </si>
+  <si>
+    <t>2024-10-18</t>
+  </si>
+  <si>
+    <t>2024-11-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791659</t>
+  </si>
+  <si>
+    <t>Aide aux investissements dans la production et la commercialisation de produits vitivins</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>Arrêté du 20 décembre 2024 établissant les bases réglementaires des aides visant à promouvoir l'utilisation de machines agricoles dans le cadre d'un régime associatif en Galice, financé par l'Instrument de relance de l'Union européenne (EURI)</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808627</t>
+  </si>
+  <si>
+    <t>DÉCRET du 26 décembre 2024, établissant les bases réglementaires des aides à la promotion de la souscription d'assurances agricoles dans la Communauté autonome de Galice et convoquant les bénéficiaires pour l'année 2025 (Code de procédure MR443A)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>Arrêté du 11 juin 2025 établissant le cadre réglementaire des aides destinées aux jeunes agriculteurs, dans le cadre du Plan stratégique de la Politique agricole commune espagnole 2023-2027, cofinancé par le Fonds européen</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 août 2025 établissant les bases réglementaires des aides destinées à promouvoir l'utilisation commune d'installations et de matériels dans le cadre d'un système associatif, au titre du Plan stratégique de la Politique agricole commune</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>Arrêté du 18 septembre 2025 établissant le cadre réglementaire des aides aux organisations et associations agricoles professionnelles pour la réalisation d'activités d'intérêt agricole et lançant un appel à candidatures pour l'année 2025 (code de</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
+  </si>
+  <si>
+    <t>Arrêté du 12 décembre 2025 établissant le cadre réglementaire des aides aux entités reconnues comme groupes de défense sanitaire de l'élevage (GDSE) en Galice et lançant un appel à candidatures pour l'année 2026-2027 (Code de procédure MR2)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>Arrêté du 29 décembre 2025, établissant les bases réglementaires des aides à la promotion de la souscription d'assurances agricoles dans la Communauté autonome de Galice et convoquant les sessions pour l'année 2026 (Code de procédure MR443A)</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>Aides aux investissements dans la transformation et la commercialisation des produits agricoles cofinancées par le Fonds européen agricole pour le développement rural (FEADER)</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 décembre 2025 établissant le cadre réglementaire des subventions compétitives pour les investissements de reboisement avec des essences feuillues et/ou conifères, cofinancées par le Fonds européen agricole pour le développement</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>DÉCRET du 30 décembre 2025 établissant les bases réglementaires des aides, par appel d'offres concurrentiel, pour la promotion et le soutien des groupements forestiers de producteurs forestiers gérés conjointement, cofinancés par le Fonds de l'UE</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>Règlement régissant la procédure d'octroi d'aides aux projets d'amélioration énergétique, destinées aux travailleurs indépendants et aux PME, sur le territoire de la Communauté autonome de Galice</t>
+  </si>
+  <si>
+    <t>2024-01-10</t>
+  </si>
+  <si>
+    <t>2024-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729217</t>
+  </si>
+  <si>
+    <t>Cadre réglementaire et appel à candidatures pour 2024 pour des subventions destinées à des projets uniques visant à améliorer la durabilité énergétique des entreprises du secteur industriel de la province de La Corogne,</t>
+  </si>
+  <si>
+    <t>2024-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757169</t>
+  </si>
+  <si>
+    <t>Résolution du 18 mars 2024 établissant les bases réglementaires des aides à la nouvelle participation des agriculteurs aux systèmes de qualité, cofinancée par le Fonds européen agricole pour le développement rural (FEADER) dans le cadre du programme de développement</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761240</t>
+  </si>
+  <si>
+    <t>Cadre réglementaire et appel à projets pour les économies d'énergie et l'amélioration de l'efficacité énergétique dans les entreprises galiciennes pour l'année 2024</t>
+  </si>
+  <si>
+    <t>2024-07-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774451</t>
+  </si>
+  <si>
+    <t>Cadre réglementaire des subventions aux projets d'infrastructures de stockage d'énergie favorisant l'électrification de la demande énergétique, pour l'année 2024, cofinancé par le FEDER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783976</t>
+  </si>
+  <si>
+    <t>Résolution du 16 décembre 2025 de l'Institut galicien de l'énergie approuvant le cadre réglementaire des aides aux projets d'économie d'énergie et d'efficacité énergétique dans les entreprises galiciennes</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Résolution du 23 décembre 2026 de l'Institut galicien de l'énergie établissant le cadre réglementaire des aides aux projets d'énergie photovoltaïque</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-03-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881947</t>
+  </si>
+  <si>
+    <t>Aide à l’amélioration des capacités d’innovation et au développement technologique des entreprises en Galice, programme « Ticket Innova » pour l’année 2025</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Réglementation relative aux aides destinées à améliorer la capacité d’innovation des entreprises en Galice, par le biais du financement d’activités intégrées aux plans de conception et d’innovation (programme Igape Innova)</t>
+  </si>
+  <si>
+    <t>2025-01-21</t>
+  </si>
+  <si>
+    <t>2025-02-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808279</t>
+  </si>
+  <si>
+    <t>Appel à projets, dans le cadre d'un système d'appel d'offres concurrentiel, portant sur des équipements destinés à l'utilisation d'énergies renouvelables et à l'amélioration de l'efficacité énergétique dans les entreprises de production agricole primaire</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756070</t>
+  </si>
+  <si>
+    <t>ACCORD ENTRE L'INSTITUT GALICIEN DE PROMOTION ÉCONOMIQUE (IGAPE) ET L'ASSOCIATION POUR LA NUMÉRISATION DE L'INDUSTRIE EN GALICIENNE (DIHGIGAL), POUR LA CONTINUATION DU FINANCEMENT DES FRAIS DE GESTION ET DE COORDINATION DU PÔLE D'INNOVATION NUMÉRIQUE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837456</t>
+  </si>
+  <si>
+    <t>Bases réglementaires Galicia Exporta Intermediate Bodies 2026, cofinancées par le FEDER, non concurrentielles, agricoles de minimis</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>Bases réglementaires pour Ticket Innova 2026, concurrence non concurrentielle, seuil de minimis agricole</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>Résolution du 30 décembre 2025 relative aux bases réglementaires de l'aide à l'amélioration de la capacité d'innovation des entreprises en Galice 2026-2027 dans le cadre d'un système d'appel d'offres concurrentiel (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>Cadre réglementaire Reacciona 2026, cofinancé par le FEDER, non concurrentiel, agriculture de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>Accord de collaboration entre la première vice-présidence et le département de la présidence, de la justice et des sports et le conseil des organisations non gouvernementales, conformément à la première disposition transitoire du décret 168/2008 du 24 juillet, lequel est régi par l'agr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742493</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742503</t>
+  </si>
+  <si>
+    <t>Accord de collaboration entre le Département de l'Économie, de l'Industrie et de l'Innovation de la Xunta de Galicia et la Chambre Officielle de Commerce, d'Industrie, de Services et de Navigation de La Corogne pour l'élaboration d'un plan de formation pour le secteur commercial</t>
+  </si>
+  <si>
+    <t>2023-10-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/722071</t>
+  </si>
+  <si>
+    <t>L’arrêté du 11 janvier 2024 établit les bases réglementaires pour l’octroi, dans un régime de concurrence, de subventions à la transformation numérique, à l’innovation et à la modernisation du secteur commercial et artisanal, et prévoit les modalités suivantes :</t>
+  </si>
+  <si>
+    <t>2024-02-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741928</t>
+  </si>
+  <si>
+    <t>Subventions pour les investissements dans la transformation, la commercialisation et le développement des produits agroalimentaires. Appel à propositions 2026</t>
+  </si>
+  <si>
+    <t>2026-11-02</t>
+  </si>
+  <si>
+    <t>2027-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874463</t>
+  </si>
+  <si>
+    <t>Subventions pour le maintien des activités agricoles et maritimes destinées aux coopératives agricoles, aux associations de pêcheurs et aux conseils de réglementation des appellations d'origine protégées de la Serra de Tramuntana pour l'année 2024</t>
+  </si>
+  <si>
+    <t>2024-08-16</t>
+  </si>
+  <si>
+    <t>2024-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780222</t>
+  </si>
+  <si>
+    <t>Accord du Conseil exécutif du 18.11.2024, relatif à l'approbation des bases régissant l'octroi d'aides pour promouvoir des pratiques durables dans les exploitations agricoles de Minorque (CARB) et à l'appel correspondant pour l'année 2024.</t>
+  </si>
+  <si>
+    <t>2025-01-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801057</t>
+  </si>
+  <si>
+    <t>Accord du Conseil exécutif du Conseil insulaire de Minorque, en date du 21.10.2024, relatif à l'approbation de l'accord de collaboration avec la Coopérative insulaire d'élevage de Minorque (COINGA) pour la réalisation d'activités de promotion et de commercialisation - 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801202</t>
+  </si>
+  <si>
+    <t>Accord du Conseil exécutif du 17 novembre 2025 relatif aux bases régissant l’octroi d’aides à la promotion de pratiques durables dans les exploitations agricoles de Minorque (CARB) et à l’appel à projets correspondant pour l’année 2025</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Appel à l’aide pour la restauration, le maintien et la consolidation de l’environnement agricole et de l’agrobiodiversité sur l’île d’Ibiza pour l’année 2025</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Accord du conseil exécutif en session ordinaire du 23 septembre 2024, relatif à l’approbation des bases de l’aide du conseil insulaire de Minorque aux organisations agricoles professionnelles (OAP) et à l’appel à projets correspondant pour 2024</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789248</t>
+  </si>
+  <si>
+    <t>Accord du Conseil exécutif du 23 septembre 2024 concernant l’approbation des bases de l’aide du Conseil insulaire de Minorque aux Groupements de défense sanitaire de Minorque (ADS) et l’appel correspondant pour l’année 2024.</t>
+  </si>
+  <si>
+    <t>2024-11-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793092</t>
+  </si>
+  <si>
+    <t>Appel à l’aide pour la promotion de l’emploi et l’amélioration de la compétitivité des coopératives, des micro-coopératives et des entreprises détenues par les travailleurs aux îles Baléares pour les années 2025 et 2026</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Promotion des installations d'énergie solaire photovoltaïque et micro-éoliennes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822143</t>
+  </si>
+  <si>
+    <t>Subventions à l'autoconsommation et mesures d'efficacité énergétique dans les associations de propriétaires</t>
+  </si>
+  <si>
+    <t>2023-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736408</t>
+  </si>
+  <si>
+    <t>Promotion de l'autoconsommation d'énergies renouvelables et de l'efficacité énergétique pour les PME</t>
+  </si>
+  <si>
+    <t>2024-01-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736409</t>
+  </si>
+  <si>
+    <t>Subventions pour promouvoir les installations d'autoconsommation utilisant des sources d'énergie renouvelables/thermiques pour les particuliers</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736410</t>
+  </si>
+  <si>
+    <t>Cadre réglementaire pour la transformation numérique des PME à l'horizon 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750138</t>
+  </si>
+  <si>
+    <t>Appel à l'aide destiné au fonctionnement de groupements d'entreprises innovants aux îles Baléares 2023</t>
+  </si>
+  <si>
+    <t>2023-12-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736414</t>
+  </si>
+  <si>
+    <t>Appel à l'aide destiné au fonctionnement de groupements d'entreprises innovants aux Îles Baléares 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755640</t>
+  </si>
+  <si>
+    <t>Résolution du ministre de l'Agriculture, de la Pêche et de l'Environnement naturel relative à l'appel public à la demande de subventions pour les activités d'éducation à l'environnement aux îles Baléares en faveur des organismes sans but lucratif pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Résolution du ministre de l'Agriculture, de la Pêche et de l'Environnement naturel relative à l'appel public à subventions pour les activités d'éducation environnementale aux îles Baléares en faveur des organismes sans but lucratif pour l'année 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763152</t>
+  </si>
+  <si>
+    <t>Bourses pour les chercheurs prédoctoraux et postdoctoraux souhaitant effectuer de courts séjours hors des îles Baléares</t>
+  </si>
+  <si>
+    <t>2023-05-06</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/691310</t>
+  </si>
+  <si>
+    <t>Aide à la souscription d’assurances agricoles combinées dans la Communauté autonome des îles Baléares, conformément au 46e plan d’assurance agricole combinée.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804113</t>
+  </si>
+  <si>
+    <t>Aide aux groupements de coopération pour l'innovation agricole, pour l'année 2024</t>
+  </si>
+  <si>
+    <t>2024-12-14</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801728</t>
+  </si>
+  <si>
+    <t>Subventions aux investissements dans la transformation, la commercialisation et le développement des produits agroalimentaires pour l'année 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801756</t>
+  </si>
+  <si>
+    <t>Subventions pour la création d'entreprises par de jeunes agriculteurs. Appel à candidatures 2024</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>2024-11-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/732393</t>
+  </si>
+  <si>
+    <t>Aide à la souscription d'assurances agricoles combinées dans la communauté autonome des îles Baléares, conformément au 45e plan d'assurance agricole combinée</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735014</t>
+  </si>
+  <si>
+    <t>Subventions aux investissements dans les exploitations agricoles, correspondant à l'année 2024. Deuxième appel</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735212</t>
+  </si>
+  <si>
+    <t>Subventions pour la promotion des produits agricoles et alimentaires dans le cadre de programmes de qualité. Appel à propositions 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Subventions pour la promotion des produits agricoles et alimentaires dans le cadre de programmes de qualité. Appel à propositions 2026</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740795</t>
+  </si>
+  <si>
+    <t>Résolution du ministre de l'Agriculture, de la Pêche et de l'Environnement naturel approuvant l'appel public à projets pour les subventions aux établissements d'enseignement non universitaires des îles Baléares pour les activités d'éducation à l'environnement pour l'année scolaire 2023-2024.</t>
+  </si>
+  <si>
+    <t>2024-04-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755117</t>
+  </si>
+  <si>
+    <t>Aides aux investissements non productifs liés au respect des engagements agroenvironnementaux et climatiques, correspondant à l’année 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758259</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole pour nourrir le bétail et assurer la continuité des exploitations agricoles aux îles Baléares face à la sécheresse de 2024 : achat exceptionnel d’aliments pour animaux.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758260</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole pour nourrir le bétail et assurer la continuité des exploitations agricoles aux îles Baléares face à la sécheresse de 2024 - semis de certaines cultures</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762243</t>
+  </si>
+  <si>
+    <t>Aide à l’amélioration de l’efficacité énergétique dans la conception et le développement des procédés et systèmes d’emballage, de stockage, de logistique et de distribution des produits agricoles et agroalimentaires destinés au secteur HORECA, en 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778291</t>
+  </si>
+  <si>
+    <t>Accord approuvant les modalités de l'appel à projets pour le développement rural sur l'île de Minorque pour l'année 2024, lié à des projets dans les domaines agricole et/ou environnemental et s'inscrivant dans la Stratégie de développement local participatif 2014-2020 de Minorque</t>
+  </si>
+  <si>
+    <t>2024-07-21</t>
+  </si>
+  <si>
+    <t>2024-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778334</t>
+  </si>
+  <si>
+    <t>Accord approuvant les modalités de l’appel à l’aide au développement rural sur l’île de Minorque pour l’année 2024, lié à des projets dans les domaines agricole et/ou environnemental et inscrit dans la Stratégie locale de développement</t>
+  </si>
+  <si>
+    <t>2024-10-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793086</t>
+  </si>
+  <si>
+    <t>Aides aux foires agricoles et aux concours morphologiques et aides de minimis aux concours morphologiques organisés par des organismes ou des associations, pour l'année 2024 – CONCOURS MUNICIPAUX</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797801</t>
+  </si>
+  <si>
+    <t>Aides aux foires agricoles et aux concours morphologiques et aides de minimis aux concours morphologiques organisés par des organismes ou des associations, pour l'année 2024 – CONCOURS ORGANISATIONS/ASSOCIATIONS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797803</t>
+  </si>
+  <si>
+    <t>Aides aux foires agricoles et aux concours morphologiques et aides de minimis aux concours morphologiques organisés par des organismes ou des associations, pour l'année 2024 – FOIRES AGRICOLES d'INCA ET DE SINEU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797810</t>
+  </si>
+  <si>
+    <t>Aide aux groupes de protection des végétaux pour prévenir les ravageurs d'ici à 2025</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Aide destinée à promouvoir l'agriculture biologique, pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Aide destinée au paiement des engagements agroenvironnementaux pour des cultures durables grâce à l'utilisation d'eau recyclée, pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole professionnel des îles Baléares 2025.- 1.- FÉDÉRATIONS ET COOPÉRATIVES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole professionnel des îles Baléares 2025.- 2.-ORGANISATIONS AGRICOLES PROFESSIONNELLES (siège de Majorque)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole professionnel des îles Baléares 2025.- 3.-ORGANISATIONS AGRICOLES PROFESSIONNELLES (Siège social à Minorque)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour une aide aux entreprises sociales et aux centres d'emploi spécialisés, directement ou indirectement liés aux secteurs agricole et/ou environnemental. Aide LEADER pour Ibiza et Formentera.</t>
+  </si>
+  <si>
+    <t>2021-10-24</t>
+  </si>
+  <si>
+    <t>2021-11-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833820</t>
+  </si>
+  <si>
+    <t>Accord approuvant l’appel à l’aide pour les investissements dans les exploitations agricoles bénéficiant du projet : Conception et mise en œuvre de plans de gestion stratégique pour les propriétaires de jeunes exploitations agricoles et d’exploitations récemment créées</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833827</t>
+  </si>
+  <si>
+    <t>Aide pour l’année 2025 destinée à l’amélioration de la production et de la commercialisation des produits apicoles, correspondant à l’Intervention sectorielle apicole – EIVISSA</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>Aide pour l'année 2025 destinée à l'amélioration de la production et de la commercialisation des produits apicoles, conformément à l'intervention sectorielle apicole - MENORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>Aide pour l'année 2025 destinée à l'amélioration de la production et de la commercialisation des produits apicoles, dans le cadre de l'intervention sectorielle apicole FORMENTERA.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>Aide pour l'année 2025 destinée à l'amélioration de la production et de la commercialisation des produits apicoles, dans le cadre de l'intervention sectorielle apicole - MAJORQUE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Aide à la promotion de la production de produits agricoles de qualité pour la période 2026-2027 - APPEL À CANDIDATURES 2026</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870822</t>
+  </si>
+  <si>
+    <t>Aide à la promotion de la production de produits agricoles de qualité pour la période 2026-2027 - APPEL À CANDIDATURES 2027</t>
+  </si>
+  <si>
+    <t>2026-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870829</t>
+  </si>
+  <si>
+    <t>Aide aux groupes de protection des végétaux pour prévenir les ravageurs des plantes d'ici 2026</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871717</t>
+  </si>
+  <si>
+    <t>Subventions pour les investissements forestiers non productifs en matière de prévention des dommages aux forêts. Appel à propositions 2025</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Subventions pour les investissements forestiers non productifs en matière de prévention des dommages aux forêts. Appel à propositions 2026</t>
+  </si>
+  <si>
+    <t>2026-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874148</t>
+  </si>
+  <si>
+    <t>Subventions pour les investissements dans la transformation, la commercialisation et le développement des produits agroalimentaires. Appel à propositions 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Aide aux groupes de défense sanitaire du bétail pour le développement de programmes sanitaires correspondant à l'année 2026 - BLUETONGINE -</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876423</t>
+  </si>
+  <si>
+    <t>Aide aux groupes de défense sanitaire du bétail pour le développement de programmes sanitaires correspondant à l'année 2026 -AUTRES ACTIONS-</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876428</t>
+  </si>
+  <si>
+    <t>Aide à la souscription d'assurances agricoles combinées dans la Communauté autonome des îles Baléares, conformément au 47e régime d'assurance agricole combinée.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876459</t>
+  </si>
+  <si>
+    <t>Instruments financiers - PRÊTS D'INVESTISSEMENT LIÉS À L'INTERVENTION DE JEUNES AGRICULTEURS - 1.1</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876487</t>
+  </si>
+  <si>
+    <t>Instruments financiers - Prêts de fonds de roulement liés à l'intervention auprès des jeunes agriculteurs - 1.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876497</t>
+  </si>
+  <si>
+    <t>Instruments financiers - PRÊTS D'INVESTISSEMENT LIÉS À UNE INTERVENTION D'INVESTISSEMENT DANS LA TRANSFORMATION ET LA COMMERCIALISATION DES PRODUITS AGROALIMENTAIRES - 3.1</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876518</t>
+  </si>
+  <si>
+    <t>Instruments financiers - PRÊTS DE FONDS DE ROULEMENT LIÉS À DES INVESTISSEMENTS DANS LA TRANSFORMATION ET LA COMMERCIALISATION DE PRODUITS AGROALIMENTAIRES - 3.2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876529</t>
+  </si>
+  <si>
+    <t>INTERVENTIONS D'AIDE SOUS FORME DE PAIEMENTS DIRECTS 2026 -3 -Aide supplémentaire aux jeunes agriculteurs</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883940</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole professionnel des îles Baléares 2024.- 1.- SYNDICATS ET FÉDÉRATIONS COOPÉRATIVES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763018</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole professionnel des îles Baléares 2024.- 2.-ORGANISATIONS AGRICOLES PROFESSIONNELLES (siège de Majorque)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763043</t>
+  </si>
+  <si>
+    <t>Accord approuvant les modalités de l'appel à candidatures 2024 pour l'aide au développement rural sur l'île de Majorque, relatif à des projets dans les domaines agricole et/ou environnemental et s'inscrivant dans la Stratégie de développement local</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>2024-07-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/753458</t>
+  </si>
+  <si>
+    <t>Résolution approuvant l'appel à candidatures pour l'octroi de subventions destinées à la réalisation de projets de conseil aux travailleurs et aux entreprises, à l'élaboration d'études de charge de travail et à la préparation de procédures de bonnes pratiques</t>
+  </si>
+  <si>
+    <t>2024-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754538</t>
+  </si>
+  <si>
+    <t>PROG. EST. COMMERCE EXTÉRIEUR - MINIMIS2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776872</t>
+  </si>
+  <si>
+    <t>PROGRAMME STRATÉGIQUE POUR LE COMMERCE EXTÉRIEUR - MINIMIS - ACTIONS 2023</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776873</t>
+  </si>
+  <si>
+    <t>CONSOLIDATION DU TRAVAIL INDÉPENDANT (AUT) MINIMIS DANS LE SECTEUR AGRO-FORESTIER</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777113</t>
+  </si>
+  <si>
+    <t>Soutien à la revitalisation commerciale (DIN)</t>
+  </si>
+  <si>
+    <t>2024-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784900</t>
+  </si>
+  <si>
+    <t>Contrat global de conseil aux entreprises - Fédération des entreprises de La Rioja</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786044</t>
+  </si>
+  <si>
+    <t>TEC Econ.Circular et Trans.Energética (Reg.651/2014)</t>
+  </si>
+  <si>
+    <t>2024-10-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791171</t>
+  </si>
+  <si>
+    <t>TI4 Numérisation et industrie (Règlement Minimis 2023/2831)</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803400</t>
+  </si>
+  <si>
+    <t>LA RIOJA - AGENCE DE DÉVELOPPEMENT ÉCONOMIQUE DE LA RIOJA</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>Jumeaux numériques. Défi 1. Jumeau numérique d'irrigation</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836386</t>
+  </si>
+  <si>
+    <t>Afin de compenser les problèmes de marketing</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778143</t>
+  </si>
+  <si>
+    <t>Aide à la création du secteur agricole</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813183</t>
+  </si>
+  <si>
+    <t>Aides aux investissements dans les exploitations agricoles</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813186</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870764</t>
+  </si>
+  <si>
+    <t>Accord Apidit pour promouvoir l'activité commerciale innovante - secteur de la chaussure</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680946</t>
+  </si>
+  <si>
+    <t>L'association « Food+i Cluster » vise à stimuler la compétitivité et l'innovation.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680947</t>
+  </si>
+  <si>
+    <t>Les défis de l'informatique en matière de projets de développement expérimental et d'innovation</t>
+  </si>
+  <si>
+    <t>2024-10-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789228</t>
+  </si>
+  <si>
+    <t>Promotion des PME du secteur agroalimentaire (PAL) - Exonération réglementaire 2022/2472</t>
+  </si>
+  <si>
+    <t>2024-04-22</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761750</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>Aides aux programmes de qualité pour les produits agricoles et alimentaires, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>Programme CROISSANCE. Programme de subventions visant à soutenir la croissance de projets d'entreprises innovants à Saint-Sébastien.</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785894</t>
+  </si>
+  <si>
+    <t>PROGRAMME EKINN+ 2025 : DIRECTIVES DE PARTICIPATION AU PROGRAMME VISANT À PROMOUVOIR LA CRÉATION, LA CROISSANCE ET LA CONSOLIDATION DE NOUVELLES INITIATIVES COMMERCIALES INNOVANTES.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>PROGRAMME DE TALENTS EKINN. PROGRAMME D'AIDE VISANT À PROMOUVOIR L'EMBAUCHE DE PROFILS QUALIFIÉS POUR DÉVELOPPER DES PROJETS INNOVANTS AU SEIN DES ENTREPRISES ET ORGANISATIONS DE SAINT-SEBASTIEN</t>
+  </si>
+  <si>
+    <t>2025-06-21</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838797</t>
+  </si>
+  <si>
+    <t>PROGRAMME DE BONS D'ACHAT DE TECHNOLOGIE. PROGRAMME D'AIDE AU TRANSFERT DE TECHNOLOGIE VISANT À PROMOUVOIR ET À AMÉLIORER LA COMPÉTITIVITÉ DES PROJETS D'ENTREPRISES INNOVANTS À SAINT-SEBASTIEN.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838804</t>
+  </si>
+  <si>
+    <t>PROGRAMME STRATÉGIQUE. PROGRAMME DE SOUTIEN À LA CROISSANCE DES PROJETS COMMERCIAUX INNOVANTS À SAINT-SEBASTIEN.</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838807</t>
+  </si>
+  <si>
+    <t>APPEL À CANDIDATURES POUR LES JEUNES AUX PROJETS DE RECHERCHE - IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>SUBVENTIONS POUR L'INVESTISSEMENT DANS L'INNOVATION DES ENTITÉS, LA FORMATION ET L'EMPLOI 2025</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>AgrotecUV Innova s'adresse aux étudiants de licence, de master et de doctorat de l'Université de Valence pour l'année universitaire 2023-2024.</t>
+  </si>
+  <si>
+    <t>2024-05-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757328</t>
+  </si>
+  <si>
+    <t>Résolution du 25/04/2024 de l'Agence asturienne pour la science, la compétitivité des entreprises et l'innovation approuvant l'appel à projets pour le programme d'aide à la transformation numérique, année 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760451</t>
+  </si>
+  <si>
+    <t>Résolution du 7 avril 2025 de l'Agence asturienne pour la science, la compétitivité des entreprises et l'innovation, approuvant l'appel à projets pour l'octroi de subventions à la réalisation de projets de R&amp;D dans la Principauté des Asturies pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour les subventions visant à promouvoir l'entrepreneuriat innovant (Chèque Entrepreneur) pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Résolution du 3 mai 2024 du ministère des Affaires rurales et de la Politique agricole annonçant une aide aux Groupements de défense sanitaire du bétail (ADSG) reconnus dans la Principauté des Asturies pour l'année 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758265</t>
+  </si>
+  <si>
+    <t>Accord autorisant les subventions aux organisations professionnelles agricoles pour les aider à couvrir leurs frais de fonctionnement 2024</t>
+  </si>
+  <si>
+    <t>2024-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758806</t>
+  </si>
+  <si>
+    <t>Résolution du 17 juillet 2024, portant appel à candidatures pour les subventions aux collectivités locales du ministère des Affaires rurales et de la Politique agricole, pour l’année 2024</t>
+  </si>
+  <si>
+    <t>2024-07-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775563</t>
+  </si>
+  <si>
+    <t>Résolution du 10 décembre 2024 approuvant l'appel à projets de dépenses anticipées de subventions pour des services de conseil aux petites et moyennes exploitations agricoles de l'Autorité portuaire dans le cadre du PEPAC 2023-2027 pour l'année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Coopération par le biais de subventions 2025 pour la transmission des exploitations agricoles</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>Résolution du 7 avril 2025 du ministère des Affaires rurales et de la Politique agricole, approuvant les bases réglementaires et l'appel à interventions sous forme de paiements directs à l'agriculture et à l'élevage et des interventions</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du 21 avril 2025 approuvant l'appel à projets mené par ATRIAS pour des services de conseil aux petites et moyennes exploitations agricoles de la Principauté des Asturies</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Résolution du 21 avril 2025 du ministère des Affaires rurales et de la Politique agricole approuvant l'appel à subventions aux organismes sans but lucratif pour l'organisation de concours de produits agroalimentaires.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>Résolution du 4 décembre 2025 du ministère des Affaires rurales et de la Politique agricole, qui appelle à une aide pour les investissements non productifs dans les exploitations agricoles de la Principauté des Asturies liés à l'atténuation et à l'adaptation au changement climatique</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>Résolution du 4 décembre 2025 du ministère des Affaires rurales et de la Politique agricole, annonçant une aide aux investissements dans la modernisation et/ou l'amélioration des exploitations agricoles dans le cadre du plan stratégique de la Politique agricole commune espagnole</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>Résolution du 4 décembre 2025 du ministère des Affaires rurales et de la Politique agricole, qui appelle à une aide aux investissements productifs dans les exploitations agricoles liés à la contribution à l'atténuation et à l'adaptation au changement climatique, ainsi qu'à une utilisation efficace des ressources.</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>AIDE À LA FOURNITURE DE SERVICES DE REMPLACEMENT AUX PETITES ET MOYENNES EXPLOITATIONS AGRICOLES DE LA PRINCIPALITÉ DES ASTURIES 2026</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878436</t>
+  </si>
+  <si>
+    <t>Coopération financière 2026 pour la transmission des exploitations agricoles (avance sur dépenses)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879098</t>
+  </si>
+  <si>
+    <t>Résolution approuvant l'appel à l'aide pour la prestation de services de conseil, appel de 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881239</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du 27 mai 2024 approuvant l'appel à projets pour des services de conseil destinés aux petites et moyennes exploitations agricoles de la Principauté des Asturies, affectées à la production primaire de produits agricoles.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764185</t>
+  </si>
+  <si>
+    <t>Résolution du 15 février 2024 du ministère de la Transition écologique, de l'Industrie et du Développement économique approuvant l'appel à projets pour l'amélioration de la compétitivité, de l'innovation et de la numérisation des petites et moyennes entreprises</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744440</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche approuvant l'appel à projets destiné à l'investissement dans les exploitations agricoles, dans le cadre du plan stratégique de la PAC, période 2023-2027, année 2023</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730737</t>
+  </si>
+  <si>
+    <t>Résolution du 23 mars 2024 autorisant l'appel à subventions pour promouvoir et encourager la consommation dans les commerces de détail de la Principauté des Asturies par le biais du Chèque Commerce des Asturies</t>
+  </si>
+  <si>
+    <t>2024-04-25</t>
+  </si>
+  <si>
+    <t>2024-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755065</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU 16 AVRIL 2024 DU MINISTÈRE DE L'EAU, DE L'AGRICULTURE, DE L'ÉLEVAGE ET DE LA PÊCHE, CONVOQUANT, POUR L'ANNÉE 2024, L'AIDE AUX INVESTISSEMENTS DANS LA TRANSFORMATION, LA COMMERCIALISATION ET/OU LE DÉVELOPPEMENT DES PRODUITS AGROALIMENTAIRES DU PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2024-06-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761807</t>
+  </si>
+  <si>
+    <t>Arrêté du 31 juillet du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche annonçant une aide publique pour des projets relevant de la stratégie de développement local de Galpemur dans la région de Murcie, dans le cadre du programme FEMPA pour 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778425</t>
+  </si>
+  <si>
+    <t>SUBVENTIONS DESTINÉES AUX GROUPES DE DÉFENSE SANITAIRE DU BÉTAIL DE LA RÉGION DE MURCIE POUR L'ANNÉE 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783906</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 juin 2024 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche, annonçant des subventions aux conseils de réglementation des appellations d'origine, des indications géographiques protégées et au Conseil de l'agriculture biologique. 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784338</t>
+  </si>
+  <si>
+    <t>Décret royal 905/2022 du 25 octobre, portant réglementation de l’intervention dans le secteur vitivinicole dans le cadre du plan stratégique de la politique agricole commune.</t>
+  </si>
+  <si>
+    <t>2022-10-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795067</t>
+  </si>
+  <si>
+    <t>Appel à l’aide pour les activités d’échange de connaissances et d’information, par le biais d’activités de formation professionnelle et d’acquisition de compétences (7201), dans les secteurs agricole, agroalimentaire, forestier et rural, PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807479</t>
+  </si>
+  <si>
+    <t>Arrêté du 17 février 2025 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche approuvant l'appel à l'aide pour la restructuration et la conversion des vignobles de la région de Murcie pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>Arrêté du 18 mars 2025 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche approuvant l'appel à l'aide pour la campagne de récolte verte de 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>Appel à une aide destinée aux riziculteurs, conformément aux engagements de gestion environnementale et climatique du plan d'intervention de développement rural PEPAC 2023-2027. Protection des zones rizicoles de la région de Murcie.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827905</t>
+  </si>
+  <si>
+    <t>Arrêté du 16/04/2025 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche, 1er appel à propositions pour l'octroi de subventions, intervention 7161 « Groupes opérationnels coopératifs de l'Association européenne pour l'innovation agricole »</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Arrêté du 6 mai 2025 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche, annonçant des subventions aux organisations professionnelles agricoles pour l'année 2025, afin de promouvoir les activités fournissant des services au secteur agricole.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>Arrêté du 13 août 2024 du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche, approuvant l'appel à candidatures pour l'année 2024 en vue d'obtenir une aide à l'intervention dans le secteur apicole de la Communauté autonome de la région de Murcie.</t>
+  </si>
+  <si>
+    <t>2024-08-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780393</t>
+  </si>
+  <si>
+    <t>APPEL À CANDIDATURES POUR LA LIGNE D'AIDE CORRESPONDANT AUX ENGAGEMENTS DE GESTION ENVIRONNEMENTALE ET CLIMATIQUE DE L'INTERVENTION FEADER PEPAC (2023-2027), 6503 (AGRICULTURE BIOLOGIQUE), DANS LA RÉGION DE MURCIE.</t>
+  </si>
+  <si>
+    <t>2024-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763681</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour des subventions destinées à soutenir les séjours externes de chercheurs prédoctoraux dans des centres étrangers</t>
+  </si>
+  <si>
+    <t>2024-11-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747404</t>
+  </si>
+  <si>
+    <t>Résolution du 20/12/2024 du Directeur de l'Institut pour la Promotion de la Région de Murcie, par délégation, de l'appel à l'aide pour encourager l'innovation dans les domaines de la Défense, de la Sécurité et de la Reconstruction et du Développement, par les entreprises régionales.</t>
+  </si>
+  <si>
+    <t>2024-12-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805154</t>
+  </si>
+  <si>
+    <t>Résolution du 29/12/2023 du président de l'institut de développement de la région de Murcie concernant l'appel à l'aide pour les actions d'efficacité énergétique dans les PME et les grandes entreprises du secteur industriel.</t>
+  </si>
+  <si>
+    <t>2024-01-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736740</t>
+  </si>
+  <si>
+    <t>Résolution du 1er avril 2025 du directeur de l'Institut pour la promotion de la région de Murcie, par délégation, relative à l'appel à candidatures pour une aide à la participation à des salons, événements et missions. Salon de l'agriculture saoudien. Arabie saoudite 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>Résolution du 08/04/2025, du directeur de l'Institut pour la promotion de la région de Murcie, par délégation, relative à l'appel à projets pluriannuel visant à encourager la sous-traitance de services d'innovation et de compétitivité. Chèque internationalisation.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>Résolution du 22 juin 2025 du directeur de l'Institut pour la promotion de la région de Murcie, par délégation, relative à l'appel à projets visant à promouvoir l'innovation et l'entrepreneuriat. Incubateurs.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>Résolution du 24/05/2024 du Président de l'Institut pour la Promotion de la Région de Murcie, relative à l'appel à l'aide visant à l'entrée d'investisseurs privés dans des entreprises innovantes nouvellement créées.</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764403</t>
+  </si>
+  <si>
+    <t>Résolution du 24/05/2024 du Président de l'Institut pour la Promotion de la Région de Murcie, relative à l'appel à l'aide visant à promouvoir l'innovation et l'entrepreneuriat.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764444</t>
+  </si>
+  <si>
+    <t>Aide à la modernisation des hébergements touristiques dans la région de Murcie et à l’amélioration des domaines de la transition verte et durable, de l’efficacité énergétique et de la transition numérique dans le cadre du PRTR financé par l’UE-NextG (MRR C14.I1.2)</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783437</t>
+  </si>
+  <si>
+    <t>Subvention exceptionnelle 2023, Andalouse, pour la promotion sur les points de vente des produits agroalimentaires andalous à travers la marque de qualité et de promotion « saveur du Sud ».</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/718994</t>
+  </si>
+  <si>
+    <t>Appel à propositions SME Innova 2025 - Chambre de commerce de Séville</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>Arrêté du 18 avril 2024 relatif aux subventions destinées à promouvoir les processus d'intégration et de fusion des associations agroalimentaires. Ligne 1 - Aide à la promotion et à l'encouragement de l'intégration des associations agroalimentaires.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755805</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755806</t>
+  </si>
+  <si>
+    <t>Arrêté du 15 mai 2024 portant convocation de l'organisme d'aide aux plans de production et de commercialisation OPPcampaña 2024 - Organismes sans but lucratif</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758960</t>
+  </si>
+  <si>
+    <t>Arrêté du 18 avril 2024 relatif aux subventions destinées à promouvoir l’intégration et la fusion des associations agroalimentaires. Ligne 2 – Aide à la promotion et à l’encouragement de la fusion des associations agroalimentaires en Andalousie.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761489</t>
+  </si>
+  <si>
+    <t>Décret royal 905/2022 du 25 octobre, régissant l’intervention dans le secteur vitivinicole dans le cadre du Plan stratégique de la politique agricole commune – Appel 2025</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>Arrêté du 17 septembre 2024, conv. 2024-25, relatif à l'aide visant au transfert de connaissances et d'informations aux agriculteurs et aux éleveurs par l'organisation de manifestations agricoles et d'élevage liées aux oliveraies</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/785903</t>
+  </si>
+  <si>
+    <t>Arrêté du 24 septembre 2024, qui prévoit une aide pour 2024-25 visant le transfert de connaissances et d'informations aux agriculteurs et aux éleveurs par l'organisation d'ateliers techniques largement diffusés, PDRA 2014-22(Subm.1.2)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787192</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du ** du ** de 2024 portant désignation de l'aide pour l'année 2024 destinée à la coopération pour la promotion des produits agricoles et alimentaires dans le cadre de programmes de qualité (Intervention 7132)</t>
+  </si>
+  <si>
+    <t>2025-02-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807115</t>
+  </si>
+  <si>
+    <t>Arrêté du 10 janvier 2025 de la Direction générale de la production agricole et animale, demandant une aide pour la mise en œuvre des programmes vétérinaires nationaux par les associations de défense sanitaire animale non concurrentielles.</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Arrêté du 27 janvier 2025, portant appel pour l'année 2025 de subventions correspondant aux opérations d'entretien des arbres fruitiers de zones arides et des arbres fruitiers irrigués en agriculture biologique (6503.2), correspondant aux interventions</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Arrêté du 28 janvier 2025 portant appel d'offres pour l'année 2025 concernant la subvention relative à l'opération 10.1.14 « Amendement calcaire du sol pour la prévention et le contrôle du pourrissement des racines dans les formations de dehesa » de la Mesure 10 : Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>L'arrêté du 27 mars 2025 lance un appel à l'aide pour la mise en œuvre, par l'intermédiaire des Groupes de défense de la santé animale, de programmes de santé ne bénéficiant pas d'un financement communautaire dans le cadre d'un système d'appel d'offres concurrentiel.</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 avril 2025 relatif aux subventions destinées à promouvoir les processus d'intégration et de fusion des associations agroalimentaires. Ligne 1 - Aide à la promotion et à l'encouragement de l'intégration des associations agroalimentaires</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 avril 2025 relatif aux subventions destinées à promouvoir les processus d'intégration et de fusion des associations agroalimentaires. Ligne 2 - Aide à la promotion et à l'encouragement de la fusion des associations agroalimentaires en Andalousie</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Résolution du 8 mai 2025 annonçant des subventions aux organisations et entités représentant le secteur du développement agricole et rural en Andalousie</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Arrêté du 20 mai 2025 approuvant les bases réglementaires pour l'octroi de subventions, par appel d'offres, destinées aux exploitants agricoles et d'élevage des communes touchées par les dommages de DANA 2024/2025</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>Arrêté du 16 décembre 2025, qui lance un appel à candidatures pour l'année 2026 en vue de l'exécution, par l'intermédiaire des Groupements de défense sanitaire du bétail, de programmes de santé ne bénéficiant pas de financement communautaire.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>Résolution du 19 décembre 2025 de la Direction générale des industries, de l'innovation et de la filière agroalimentaire, annonçant des subventions pour les investissements dans la transformation, la commercialisation et/ou le développement des produits agroalimentaires pour l'exercice 2026. Intervention 68422-01 PME</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>Résolution du 19 décembre 2025 de la Direction générale des industries, de l'innovation et de la filière agroalimentaire, annonçant l'appel à candidatures pour 2026 en vue d'obtenir des aides aux investissements dans la transformation, la commercialisation et/ou le développement des produits agroalimentaires. FRUITS ET LÉGUMES. PME</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>DÉCRET DU 21 JANVIER 2026 Aide à la souscription d'assurance agricole Décret combiné 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883398</t>
+  </si>
+  <si>
+    <t>Résolution du 6 mai 2024, appel à propositions de subventions dans le cadre d'un règlement de concession non concurrentiel aux organisations et entités représentatives des secteurs du développement agricole et rural d'Andalousie.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759011</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du 29 MAI 2025, LIGNE 4.2 inclusion de la société ordinaire Lab. De Minimis Agricultural</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Résolution du 24 mai 2024 de la DG Travail, Sécurité et Santé au Travail portant appel d'offres 2024 sous le régime de la concurrence, portant sur des projets de prévention des risques professionnels, ligne 1 : minimi agriculture</t>
+  </si>
+  <si>
+    <t>2024-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763943</t>
+  </si>
+  <si>
+    <t>Résolution du 24 mai 2024 de la DG Travail, Sécurité et Santé au Travail portant lancement de l'appel à projets 2024 sous le régime de la concurrence, ligne 2 : minimi agriculture</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763980</t>
+  </si>
+  <si>
+    <t>Résolution du 2 mai 2025 du SGIM, portant sur les incitations à la transition juste dans la province d'Almería pour le projet de tracteurs « Innovation et durabilité dans l'industrie auxiliaire de l'agriculture d'Almería ».</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>Résolution du XX de XXX de 2025 annonçant des subventions compétitives pour les projets d'innovation développés par les centres technologiques. Ligne 5 de l'arrêté du 10 février 2025</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du XX de XXXX 2025 de la DG pour la PROMOTION DE L'INNOVATION, PORTANT APPEL À APPEL À PROJETS COMPÉTITIF, POUR L'EXERCICE 2025, L'OCTROI DE SUBVENTIONS AUX PROJETS D'INNOVATION PAR LES CLUSTERS (LIGNE 2 - AIDE NON PROPRE)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du XX de XXXX de 2025 de la DG PROMOTION DE L'INNOVATION, QUI PRÉVOIT, POUR L'EXERCICE 2025, DANS LE CADRE D'UNE CONCURRENCE, L'OCTROI DE SUBVENTIONS AUX PROJETS D'INNOVATION PAR LES CLUSTERS LINE 2 R (UE) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du XX de XXXX 2025 de la DG PROMOTION DE L'INNOVATION, QUI PRÉVOIT, POUR L'EXERCICE 2025, DANS LE CADRE D'UN APPEL À PROJETS CONCURRENTIEL, L'OCTROI DE SUBVENTIONS POUR L'ACQUISITION D'ÉQUIPEMENTS ET L'AMÉLIORATION DES INFRASTRUCTURES DANS LA LIGNE 6 DE C.TECN.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>Résolution du 6 mai 2024 de la DGComercio, Conv2024, Subv.en reg.conc.comp., visant à promouvoir l'association commerciale et artisanale, à promouvoir et revitaliser le petit commerce urbain et à promouvoir l'artisanat en Andalousie. - Secteur commercial</t>
+  </si>
+  <si>
+    <t>2024-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749917</t>
+  </si>
+  <si>
+    <t>Accord SATi - PME avec la Chambre de commerce, d'industrie et de services de Saragosse</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743242</t>
+  </si>
+  <si>
+    <t>Accord Satipymes avec la Chambre de commerce, d'industrie et de services de Huesca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743260</t>
+  </si>
+  <si>
+    <t>Accord Satipymes avec la Chambre de commerce, d'industrie et de services de Teruel</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743268</t>
+  </si>
+  <si>
+    <t>Résolution du 18 mars 2024, Appel à candidatures pour la XXe édition des Prix Blas Infante d'études et de recherches sur l'administration et la gestion publiques.</t>
+  </si>
+  <si>
+    <t>2024-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751853</t>
+  </si>
+  <si>
+    <t>DÉCRET EEI/319/2024 du 27 mars, qui prévoit une aide à l'investissement et à l'amélioration, ainsi qu'à la numérisation des petites entreprises.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762824</t>
+  </si>
+  <si>
+    <t>Arrêté EEI/2024 du 1er juillet, portant appel à candidatures pour l’aide correspondant au programme « VOLVEREMOS » de promotion du petit commerce de détail, en vue de la revitalisation commerciale des zones urbaines et rurales de la Communauté autonome d’Aragon</t>
+  </si>
+  <si>
+    <t>2024-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771873</t>
+  </si>
+  <si>
+    <t>Décret portant sur l’octroi de subventions pour la création de jeunes agriculteurs et pour la modernisation et/ou l’amélioration des exploitations agricoles, dans le cadre du plan stratégique de la PAC pour la période 2023-2027, pour l’année 2024.</t>
+  </si>
+  <si>
+    <t>2024-03-04</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746859</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ AGA/1365/2024 du 14 novembre approuvant les bases réglementaires et l’appel à l’aide concernant les dommages causés à la production et aux infrastructures des exploitations agricoles par les pluies torrentielles de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796799</t>
+  </si>
+  <si>
+    <t>DÉCRET AGA/…/2024 du 5 décembre, qui prévoit des subventions destinées à l’installation de jeunes agriculteurs et à la modernisation et/ou à l’amélioration des exploitations agricoles, dans le cadre du Plan stratégique de la PAC, pour la période 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801265</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/…/2024 du 19 décembre portant subvention pour la fourniture de services de conseil agricole, dans le cadre du Plan stratégique national de la PAC 2023-2027, pour l'Aragon, pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/268/2025 du 6 mars, portant sur l'octroi de subventions dans le domaine de la coopération aux groupes opérationnels du Partenariat européen d'innovation (PEI), dans le cadre du Plan stratégique national de la PAC 23-27, pour l'Aragon à l'horizon 2025</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>DÉCRET AGA/685/2025 du 23 juin approuvant les bases réglementaires et l’appel à l’aide concernant les dommages causés à la production et aux infrastructures des exploitations agricoles à la suite des pluies torrentielles de 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/XX/2025 du XX portant subvention pour la souscription d'assurances agricoles dans la communauté autonome d'Aragon, pour l'année 2025, au titre du quarante-sixième plan combiné d'assurance agricole (plan 2025).</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>DÉCRET AGA/ /2025 de , QUI PRÉVOIT DES SUBVENTIONS POUR UNE PARTIE DU COÛT DE LA SOUSCRIPTION D'UNE ASSURANCE AGRICOLE POUR L'ANNÉE 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ AGA/…/2025 du 17 décembre, portant sur des subventions pour la fourniture de services de conseil agricole, dans le cadre du Plan stratégique national de la PAC 2023-2027, pour l’Aragon, pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/…/2026 du 23 janvier, portant sur des subventions destinées à l'installation de jeunes agriculteurs et à la modernisation et/ou à l'amélioration des exploitations agricoles, pour l'année 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/883040</t>
+  </si>
+  <si>
+    <t>L’arrêté aga/1611/2023 du 7 novembre, qui fixe les modalités d’octroi d’une aide extraordinaire au financement des exploitations agricoles aragonaises en raison de la sécheresse et des difficultés actuelles du secteur, approuve son appel à candidatures pour 2023-2024.</t>
+  </si>
+  <si>
+    <t>2023-11-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/725778</t>
+  </si>
+  <si>
+    <t>DÉCRET EEI/ /2024 du 21 mai, qui prévoit une aide pour l'année 2024 pour la réalisation d'actions dans le domaine du commerce extérieur dans la Communauté autonome d'Aragon, menées par les PME aragonaises.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762378</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/ /2024 du 7 octobre, portant sur des subventions pour les investissements dans les installations de transformation et dans les infrastructures, structures et instruments de commercialisation du vin, pour l'année 2025 (exercice financier 2026).</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>L'arrêté du 13 janvier, qui fixe les règles d'octroi d'une aide exceptionnelle destinée au financement des coopératives agricoles aragonaises en difficulté économique du fait de la sécheresse et des problèmes conjoncturels du secteur, et approuve son appel à candidatures</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 janvier 2025 fixant les règles d'octroi d'une aide exceptionnelle par la Communauté autonome aux coopératives agricoles aragonaises et approuvant son appel à candidatures</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/ /2025 du 7 avril, approuvant l'appel à compléter en 2025, imputé à la convention FITE 2023, les subventions accordées au titre des arrêtés relatifs aux industries agroalimentaires de 2022 et 2023</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>DÉCRET AGA/ /2025 du 26 août, qui prévoit des subventions pour les investissements dans la transformation, la commercialisation et le développement des produits agricoles (industries agroalimentaires), dans le cadre du PEPAC pour la période 2023-2027 pour l'année 2026.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>Appel instrumental 2024. Direction générale de la science et de la recherche. Ministère de l'Éducation, des Sciences et des Universités. Subventions directes. Texte consolidé de la loi aragonaise relative aux subventions, approuvée par le décret législatif 2/2023 du 3 mai.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/739477</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/…/2024 du 20 mai, portant sur des subventions pour la promotion et le développement des ventes locales de produits agroalimentaires en Aragon, pour l'année 2024.</t>
+  </si>
+  <si>
+    <t>2024-05-07</t>
+  </si>
+  <si>
+    <t>2024-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/756782</t>
+  </si>
+  <si>
+    <t>ORDONNANCE AGA/ /2025 du 20 janvier, relative à la soumission de la demande unique d’aide au titre de la Politique agricole commune pour l’année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/284/2025 du 10 mars du ministre de l'Agriculture, de l'Élevage et de l'Alimentation annonçant des subventions visant à améliorer la production et la commercialisation des produits apicoles pour l'année 2025</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>DÉCRET AGA/ /2026 du 16 janvier relatif à la soumission de la candidature unique pour la Politique agricole commune pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882041</t>
+  </si>
+  <si>
+    <t>Arrêté AGA/xxx/2024 du 22 avril, portant sur des subventions destinées à améliorer la production et la commercialisation des produits apicoles pour l'année 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760928</t>
+  </si>
+  <si>
+    <t>Convention de collaboration entre le gouvernement d'Aragon et la Fondation Écologie et Développement pour la mise en œuvre du projet « Conseils énergétiques pour les ménages aragonais. Population générale »</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742510</t>
+  </si>
+  <si>
+    <t>Accord de collaboration entre le Gouvernement d'Aragon et le Conseil aragonais des chambres de commerce, d'industrie et de services (en tant qu'entité collaboratrice) pour la gestion des aides à la modernisation des entreprises privées de transport de voyageurs et de marchandises.</t>
+  </si>
+  <si>
+    <t>2023-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/698156</t>
+  </si>
+  <si>
+    <t>Contrat-cadre de programme entre le Gouvernement d'Aragon et l'Université de Saragosse, relatif à l'attribution et au financement de compléments de rémunération liés au mérite individuel du personnel enseignant et de recherche de l'Université de Saragosse</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/726133</t>
+  </si>
+  <si>
+    <t>Accord de collaboration signé entre l’institut aragonais de l’emploi et les chambres officielles de commerce, d’industrie et de services de Huesca, Teruel et Saragosse, pour la mise en œuvre du « programme 45+ ».</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735724</t>
+  </si>
+  <si>
+    <t>Décret du deuxième vice-président et ministre de l'Économie, de l'Emploi et de l'Industrie, accordant une subvention à l'Association des personnes sourdes de Saragosse et d'Aragon (ASZA) pour la mise en place d'un service de placement pour les personnes sourdes.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746608</t>
+  </si>
+  <si>
+    <t>Arrêté du vice-président et ministre de la Présidence, de l'Économie et de la Justice, annonçant des subventions pour des projets d'investissement d'entreprises favorisant la recherche, le développement et l'innovation industrielle dans la province de Teruel. FITE 2023</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801820</t>
+  </si>
+  <si>
+    <t>ACCORD DE COLLABORATION ENTRE LE GOUVERNEMENT D'ARAGON ET LES CHAMBRES OFFICIELLES DE COMMERCE, D'INDUSTRIE ET DE SERVICES DE HUESCA, TERUEL ET SARAGOZA, POUR L'EXÉCUTION D'ACTIONS EN FAVEUR DES PME DÉCOULANT DU PLAN DE COMPÉTITIVITÉ DE LA CHAMBRE D'ARAGON.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755341</t>
+  </si>
+  <si>
+    <t>DÉCRET du Vice-Président et Ministre de la Présidence, de l'Économie et de la Justice du Gouvernement d'Aragon, approuvant les orientations relatives aux subventions pour les projets d'innovation, dans le cadre de l'initiative « Techfablab », au titre du PRTR et de son appel à projets 2024</t>
+  </si>
+  <si>
+    <t>2024-09-27</t>
+  </si>
+  <si>
+    <t>2024-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786297</t>
+  </si>
+  <si>
+    <t>Arrêté du 16 mai 2025 du vice-président et ministre de la Présidence, de l'Économie et de la Justice du gouvernement d'Aragon, prévoyant une aide aux petites et moyennes entreprises pour leurs actions de numérisation.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>L'arrêté du vice-président et ministre de la Présidence, de l'Économie et de la Justice, en date du 4 février 2026, prévoit une aide aux projets d'investissement des PME inscrits dans le cadre du Fonds pour une transition juste (FTJ) pour la période 2021-2027 dans la province de Teruel.</t>
+  </si>
+  <si>
+    <t>2027-08-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885046</t>
+  </si>
+  <si>
+    <t>Arrêté du vice-président et ministre de la Présidence, de l'Économie et de la Justice du gouvernement d'Aragon, en date du 4 février 2026, annonçant des subventions pour attirer de nouvelles entreprises et soutenir la croissance des entreprises existantes dans la province de Teruel</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-05-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885270</t>
+  </si>
+  <si>
+    <t>Subventions pour les projets d'investissement d'entreprises favorisant la recherche, le développement et l'innovation industrielle dans la province de Teruel. FITE 2022</t>
+  </si>
+  <si>
+    <t>2024-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754793</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ du Ministère de l’Agriculture, de l’Élevage, de la Pêche et de la Souveraineté Alimentaire annonçant l’appel à candidatures pour la campagne 2026 de la Sous-Action I.4.1 « AIDE PAR ZONE », de l’Action I.4 « AIDE AUX PRODUCTEURS DE POMMES DE TERRE DE CONSOMMATION »</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869169</t>
+  </si>
+  <si>
+    <t>Arrêté convoquant l’action de campagne 2024 i.1. « aide à la commercialisation des fruits, légumes, racines et tubercules, fleurs et plantes vivantes récoltés aux îles Canaries »</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731203</t>
+  </si>
+  <si>
+    <t>CONVENTION DE COLLABORATION ENTRE LE MINISTÈRE DE L'ACTION SOCIALE ET DE LA FAMILLE ET L'UNIVERSITÉ DE SARAGOZA, POUR LA RÉALISATION D'UN PROJET DE RECHERCHE VISANT À ÉLABORER UN SYSTÈME DE MESURE DE L'INTÉGRATION PROFESSIONNELLE DES PERSONNES HANDICAPÉES 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759037</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l’Agriculture, de l’Élevage, de la Pêche et de la Souveraineté alimentaire annonçant l’appel à candidatures pour la campagne d’aide 2024 au titre de l’ACTION III.2 « SOUTIEN AU SECTEUR BOVIN », SOUS-ACTION III.2.5 « AIDE AU REMPLACEMENT DES BOVINS LAITIERS PAR DES GÉNISSES »</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779040</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l’Agriculture, de l’Élevage, de la Pêche et de la Souveraineté alimentaire convoquant l’action III.1 « Aide à la fourniture d’animaux reproducteurs de races pures ou de races commerciales originaires de la Communauté » pour la campagne 2025</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l'Agriculture, de l'Élevage, de la Pêche et de la Souveraineté alimentaire annonçant l'appel à candidatures pour la campagne 2025 d'aide au titre de la sous-action III.2.4 « Aide à l'importation de veaux destinés à l'engraissement »</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l’Agriculture, de l’Élevage, de la Pêche et de la Souveraineté alimentaire convoqué pour la campagne 2025 Action I.5 « Aide aux producteurs traditionnels de tomates d’hiver » du Programme de soutien communautaire à la production agricole des îles Canaries</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l’Agriculture, de l’Élevage, de la Pêche et de la Souveraineté alimentaire annonçant l’appel à candidatures pour la campagne d’aide 2024 au titre de l’Action III.11 « Aide à la production locale d’œufs de poule »</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798968</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l’Agriculture, de l’Élevage, de la Pêche et de la Souveraineté alimentaire qui appelle à la Campagne 2024, l’aide de l’Action III.5 « Aide à la consommation humaine de viande bovine, porcine, de lapin, de chèvre, de mouton et de poulet fraîche d’origine locale »</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798978</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l’Agriculture, de l’Élevage, de la Pêche et de la Souveraineté alimentaire annonçant l’appel à candidatures pour la campagne 2025 d’« aide à la production de miel de qualité issu de la race d’abeille noire indigène »</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l’Agriculture, de l’Élevage, de la Pêche et de la Souveraineté alimentaire annonçant, pour la campagne 2025, l’aide de surface aux producteurs d’aloès et d’olives.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE, DE LA PÊCHE ET DE LA SOUVERAINETÉ ALIMENTAIRE, PORTANT CAMPAGNE 2025 D'AIDE PAR HECTARE POUR L'ENTRETIEN DE LA CULTURE DE LA VIGNE DESTINÉE À LA PRODUCTION DE VINS D'APPEL D'ORIGINE</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du ministère de l'Agriculture, de l'Élevage, de la Pêche et de la Souveraineté alimentaire annonçant, pour la campagne 2025, l'aide de l'Action III.2, soutien au secteur bovin</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE, DE LA PÊCHE ET DE LA SOUVERAINETÉ ALIMENTAIRE ANNONÇANT L'AIDE À LA CAMPAGNE D'ACTION 2025 III.6 AIDE À LA PRODUCTION DE LAIT DE CHÈVRE ET DE BATTUE LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE, DE LA PÊCHE ET DE LA SOUVERAINETÉ ALIMENTAIRE ANNONÇANT L'AIDE À LA CAMPAGNE D'ACTION 2025 III.4 AIDE À LA PRODUCTION DE LAIT DE BOVINES LOCAL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L’AGRICULTURE, DE L’ÉLEVAGE, DE LA PÊCHE ET DE LA SOUVERAINETÉ ALIMENTAIRE PORTANT CONVOCATION DE L’« AIDE AUX PRODUCTEURS DE CERTAINES CULTURES FOURRAGÈRES » POUR LA CAMPAGNE 2026, ACTION III.12 DU PROGRAMME COMMUNAUTAIRE DE SOUTIEN À LA PRODUCTION</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869139</t>
+  </si>
+  <si>
+    <t>ORDONNANCE DE CANDIDATURE POUR LA CAMPAGNE DE 2026, POUR L'AIDE DE L'ACTION III.1 AIDE À LA FOURNITURE D'ANIMAUX REPRODUCTEURS DE RACES PURES OU COMMERCIALES ORIGINALES DE LA COMMUNAUTÉ</t>
+  </si>
+  <si>
+    <t>2005-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869672</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE, DE LA PÊCHE ET DE LA SOUVERAINETÉ ALIMENTAIRE ANNONÇANT L'AIDE AUX PRODUCTEURS DE BANANE IGP POUR LA CAMPAGNE 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869845</t>
+  </si>
+  <si>
+    <t>DÉCRET PORTANT CONVOCATION DE LA CAMPAGNE 2026 POUR L'ACTION I.1. AIDE À LA COMMERCIALISATION DES FRUITS, LÉGUMES, RACINES ET TUBERCULES, FLEURS ET PLANTES VIVANTES RÉCOLTÉES AUX ÎLES CANARIES ET LA SOUS-ACTION I.4.2. AIDE À LA COMMERCIALISATION DES POMMES DE TERRE DE CONSOMMATION</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873782</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE, DE LA PÊCHE ET DE LA SOUVERAINETÉ ALIMENTAIRE ANNONÇANT L'ACTION I.5 - AIDE AUX PRODUCTEURS TRADITIONNELS DE TOMATES D'HIVER POUR LA CAMPAGNE 2026</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874671</t>
+  </si>
+  <si>
+    <t>DÉCRET PORTANT CONVOCATION, POUR LA CAMPAGNE 2024, DE L'AIDE PAR SURFACE AUX PRODUCTEURS D'ALOE VERA ET D'OLIVE, PRÉVUE PAR L'ACTION I.8 DU PROGRAMME COMMUNAUTAIRE DE SOUTIEN AUX PRODUCTIONS AGRICOLES DES ÎLES CANARIES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755149</t>
+  </si>
+  <si>
+    <t>SUBVENTION POUR LA RECONSTRUCTION DU POTENTIEL AGRICOLE DU VOLCAN DE LA PALMA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760818</t>
+  </si>
+  <si>
+    <t>3. Arrêté du ministère de l'Agriculture accordant une aide directe pour les pertes de revenus dues au volcan, aux bananes et aux avocats</t>
+  </si>
+  <si>
+    <t>2024-07-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775255</t>
+  </si>
+  <si>
+    <t>Subventions aux associations agricoles professionnelles des îles Canaries</t>
+  </si>
+  <si>
+    <t>2024-10-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790773</t>
+  </si>
+  <si>
+    <t>Subventions pour les engagements agroenvironnementaux sur les terres agricoles et les engagements et activités pour la conservation des ressources génétiques (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Ordonnance accordant des subventions pour 2025 afin de soutenir les associations professionnelles agricoles à but non lucratif.</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour une aide à la mise en œuvre du programme d'émission d'obligations numériques destiné aux groupes vulnérables</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705928</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l'Agriculture, de l'Élevage, de la Pêche et de la Souveraineté alimentaire relatif à la souscription à l'assurance agricole</t>
+  </si>
+  <si>
+    <t>2024-06-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762320</t>
+  </si>
+  <si>
+    <t>PROJET D'AMÉLIORATION DES MARCHÉS TRADITIONNELS DES ÎLES CANARIES ET/OU DE SOUTIEN AU COMMERCE RURAL</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817279</t>
+  </si>
+  <si>
+    <t>Subvention pour un projet de base aérienne à consommation énergétique durable</t>
+  </si>
+  <si>
+    <t>2023-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730464</t>
+  </si>
+  <si>
+    <t>Subvention de la mairie de Fuencaliente - Projets innovants pour relever le défi démographique</t>
+  </si>
+  <si>
+    <t>2023-08-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/736660</t>
+  </si>
+  <si>
+    <t>Assistance et tutorat pour la transformation numérique du commerce à Gran Canaria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735854</t>
+  </si>
+  <si>
+    <t>Programme de soutien à la numérisation et au partage des connaissances dans le secteur commercial</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735858</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour des subventions visant à améliorer les compétences numériques de la population des îles Canaries 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742698</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour les bourses DIGINNOVA visant à intégrer de jeunes talents dans des entreprises et des centres de recherche des îles Canaries.</t>
+  </si>
+  <si>
+    <t>2024-09-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/772013</t>
+  </si>
+  <si>
+    <t>Plan de numérisation de la construction 2024 (subvention AECP)</t>
+  </si>
+  <si>
+    <t>2023-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783005</t>
+  </si>
+  <si>
+    <t>APPEL D'OFFRES POUR L'OCTROI DE SUBVENTIONS DE SOUTIEN AUX GROUPEMENTS OU PÔLES D'ENTREPRISES INNOVANTS MENANT DES ACTIVITÉS D'INNOVATION AUX ÎLES CANARIES, POUR L'ANNÉE 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784829</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour des subventions destinées aux projets de numérisation des entreprises</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839036</t>
+  </si>
+  <si>
+    <t>Décret n° 801/2024 du 17 décembre 2024 du vice-président convoquant l'Aide aux projets de travaux hydrauliques d'initiative privée et d'irrigation agricole pour l'année 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803873</t>
+  </si>
+  <si>
+    <t>SUBVENTION DU CONSEIL MUNICIPAL DE GARAFÍA POUR LE PLAN DE DÉVELOPPEMENT COMMERCIAL DE L'ÎLE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783054</t>
+  </si>
+  <si>
+    <t>Résolution de l'ICCA, qui lance un appel à candidatures pour la campagne 2024 d'aide au titre des actions I.6 et I.7 du Programme communautaire de soutien à la production agricole aux îles Canaries (POSEI)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799103</t>
+  </si>
+  <si>
+    <t>ENGAGEMENTS DE GESTION AGRO-ENVIRONNEMENTALE EN AGRICULTURE BIOLOGIQUE (6503) PRÉVUS DANS LE CADRE PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875227</t>
+  </si>
+  <si>
+    <t>Cadre réglementaire et appel à candidatures pour des subventions à la formation aux compétences numériques (MRRR)</t>
+  </si>
+  <si>
+    <t>2023-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/705981</t>
+  </si>
+  <si>
+    <t>Appel à l'aide pour l'installation de jeunes et nouveaux agriculteurs en Cantabrie en 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877067</t>
+  </si>
+  <si>
+    <t>Appel à propositions 2024 pour les PME numériques – Chambre de commerce de Cantabrie</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774251</t>
+  </si>
+  <si>
+    <t>Arrêté CTD/9/2024 du 25 novembre, bases réglementaires et appel à subventions pour les projets d'efficacité énergétique et d'économie circulaire des entreprises touristiques (C14.I4, axe d'action 2), du PRTR soumis au règlement (UE) 2023/2831</t>
+  </si>
+  <si>
+    <t>2024-11-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799217</t>
+  </si>
+  <si>
+    <t>Arrêté CTD/9/2024, bases réglementaires et appel à subventions pour les projets d’efficacité énergétique et d’économie circulaire des entreprises touristiques (C14.I4, axe d’action 2), du PRTR soumis au règlement (UE) n° 651/2014 de la Commission du 17/06/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799978</t>
+  </si>
+  <si>
+    <t>Appel à l'aide pour des investissements productifs contribuant à l'atténuation du changement climatique et à l'adaptation à celui-ci, à l'utilisation efficace des ressources naturelles et à la modernisation et/ou à l'amélioration des exploitations agricoles en Cantabrie.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751287</t>
+  </si>
+  <si>
+    <t>Appel à une aide d’urgence pour les projets d’investissement dans la transformation et la commercialisation des produits agricoles entrepris par l’industrie agroalimentaire et inclus dans le plan stratégique de la politique agricole commune de Cantabrie 2023-2027.</t>
+  </si>
+  <si>
+    <t>2024-05-08</t>
+  </si>
+  <si>
+    <t>2024-06-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757650</t>
+  </si>
+  <si>
+    <t>Résolution du conseiller au développement rural, à l’élevage, à la pêche et à l’alimentation, en date du 24 avril 2024, annonçant une aide à la production et à la commercialisation du miel, dans le cadre de l’intervention dans le secteur apicole.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757651</t>
+  </si>
+  <si>
+    <t>PLAN ANNUEL D'ASSURANCE AGRICOLE 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758013</t>
+  </si>
+  <si>
+    <t>Appel à l'aide pour l'installation de jeunes et nouveaux agriculteurs en Cantabrie en 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/783888</t>
+  </si>
+  <si>
+    <t>Appel à l’aide aux communes pour la construction de nouveaux ouvrages et l’amélioration des infrastructures agricoles 2024-2025, réglementé par l’arrêté DES/25/2024 du 14 août.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>L’arrêté DES/07/2025 du 24 février 2025, qui prévoit que les aides financées par le FEAGF (Fonds européen de garantie agricole) et le FEADER (Fonds européen agricole pour le développement rural) soient incluses dans la demande unique pour l’année 2025 et comprend</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour une aide aux groupes de défense sanitaire du bétail reconnus en Cantabrie pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Appel à l’aide pour la production et la commercialisation du miel, dans le cadre de l’intervention dans le secteur apicole.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour l'année 2025 auprès des organisations agricoles professionnelles et des coopératives agricoles de Cantabrie, afin de les aider à compléter leurs dossiers de candidature pour l'appel à candidatures financé par la FEAGA et le FEADER.</t>
+  </si>
+  <si>
+    <t>2025-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>Appel à l'aide pour l'installation de jeunes et nouveaux agriculteurs en Cantabrie en 2025.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>Appel à l’aide pour des investissements productifs liés à la contribution à l’atténuation du changement climatique et à l’adaptation à celui-ci, à l’utilisation efficace des ressources naturelles et à la modernisation et/ou à l’amélioration des exploitations agricoles en Cantabrie 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871752</t>
+  </si>
+  <si>
+    <t>Accord de collaboration entre le Gouvernement de Cantabrie, par l'intermédiaire du Ministère du Développement, de l'Aménagement du Territoire et de l'Environnement, et l'Université de Cantabrie pour la promotion de la recherche dans le domaine des transports</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/746615</t>
+  </si>
+  <si>
+    <t>Accord de collaboration entre le Gouvernement de Cantabrie, représenté par le Ministère de l'Industrie, du Tourisme, de l'Innovation, des Transports et du Commerce, et l'Université de Cantabrie pour la promotion de la recherche sur les questions de consommation.</t>
+  </si>
+  <si>
+    <t>2023-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/680768</t>
+  </si>
+  <si>
+    <t>Arrêté annonçant l'aide à l'artisanat en Cantabrie 2024 (production primaire de produits agricoles)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742427</t>
+  </si>
+  <si>
+    <t>Appel à l'aide aux associations agricoles pour une collaboration dans la fourniture de services de conseil, y compris la gestion technico-économique, aux exploitations agricoles de la Communauté autonome de Cantabrie pour l'année 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759713</t>
+  </si>
+  <si>
+    <t>DÉCRET IND/57/2024 du 4 décembre approuvant l'appel à projets pour l'année 2025 en faveur de l'artisanat en Cantabrie (production primaire de produits agricoles).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Arrêté IND/39/2025 du 20 août approuvant l'appel à candidatures pour les subventions de 2025 destinées aux associations professionnelles, à leurs fédérations et confédérations, et aux coopératives de distribution. Non soumis au seuil de minimis.</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Aide à l'artisanat en Cantabrie pour l'année 2026 (Production primaire de produits agricoles)</t>
+  </si>
+  <si>
+    <t>2026-07-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874558</t>
+  </si>
+  <si>
+    <t>Arrêté IND/19/2024 du 7 mai, qui lance un appel à candidatures pour l’année 2024 au titre du programme de subventions INNOVA.</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751394</t>
+  </si>
+  <si>
+    <t>Résolution SOD/EMPLEA/23/24 du 26 avril 2024 annonçant l'appel à candidatures pour le programme de subventions « EMPLEA » 2024. Règlement (UE) n° 1408/2013 de minimis, Agriculture</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751427</t>
+  </si>
+  <si>
+    <t>Résolution SOD/CERT/23/24 du 26 avril 2024 annonçant l'appel à candidatures 2024 pour le programme de subventions « CERTIFICATIONS POUR L'AMÉLIORATION DE LA COMPÉTITIVITÉ ET L'ACCÈS À DE NOUVEAUX MARCHÉS ». Règlement (UE) n° 1408/2013 de minimis, Agriculture</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755031</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION SOD/+TAL/23/24 du 20 MARS 2024 ANNONÇANT LE PROGRAMME DE SUBVENTIONS « + TALENTO. RECRUTEMENT DE PERSONNEL TECHNIQUE ET COMMERCIAL ». RÈGLEMENT (UE) 1408/2013 de minimis, Agriculture</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757638</t>
+  </si>
+  <si>
+    <t>Résolution SOD/TEC/23/24 du 20 mars 2024 annonçant l'appel à candidatures pour le programme de subventions 2024 destiné au « personnel technique de recherche et développement ». Règlement (UE) n° 1408/2013 de minimis, Agriculture</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757769</t>
+  </si>
+  <si>
+    <t>Résolution SOD/FER/23/24 du 11 avril 2024 annonçant l’appel à candidatures pour le programme de subventions 2024 relatif à l’« ORGANISATION DES SALONS ET CONGRÈS PROFESSIONNELS EN CANTABRIE ». Règlement (UE) n° 1408/2013 de minimis, Agriculture</t>
+  </si>
+  <si>
+    <t>2024-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761619</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 décembre 2025 du ministère de l'Industrie, du Commerce et de l'Emploi, qui prévoit des subventions pour l'année 2026 destinées à l'acquisition de nouvelles machines industrielles dans les entreprises industrielles de Castille-et-León.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>L'arrêté du 22 décembre 2023 du ministère de l'Agriculture, de l'Élevage et du Développement rural annonce des subventions pour la transformation et la commercialisation des produits agricoles, forestiers et alimentaires, cofinancées par le FEADER, ligne j01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/735391</t>
+  </si>
+  <si>
+    <t>Résolution SOD/PLAN/24/24 du 16 mai 2024 annonçant le programme de subventions 2024 pour la mise en œuvre de plans de promotion des entreprises en Cantabrie. Règlement (UE) n° 1408/2013 de minimis, Agriculture</t>
+  </si>
+  <si>
+    <t>2024-05-11</t>
+  </si>
+  <si>
+    <t>2024-06-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759470</t>
+  </si>
+  <si>
+    <t>Arrêté du 26 juin 2024 du ministère de l'Agriculture de Guantánamo et de RD demandant une aide pour le remplacement du cheptel bovin suite à son abattage dans le cadre des programmes sanitaires officiels relatifs aux maladies des ruminants.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/771905</t>
+  </si>
+  <si>
+    <t>Subventions pour la promotion du développement des coopératives agroalimentaires en Communauté de Castille-et-León pour l'année 2024. Arrêté général de minimis du 1er août 2024 du ministère de l'Agriculture, de l'Élevage et du Développement rural.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778898</t>
+  </si>
+  <si>
+    <t>Subventions pour la promotion de la croissance des coopératives agroalimentaires dans la Communauté de Castille-et-León pour l'année 2024. Agriculture de minimis. Arrêté du 1er août 2024 du Ministère de l'Agriculture, de l'Élevage et du Développement rural.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779075</t>
+  </si>
+  <si>
+    <t>Arrêté du 20 août 2024 du ministère de l'Agriculture, de l'Élevage et du Développement rural, portant appel à une aide destinée à promouvoir les races indigènes espagnoles.</t>
+  </si>
+  <si>
+    <t>2024-08-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781119</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 octobre 2024 du ministère de l'Agriculture, de l'Élevage et du Développement rural, prévoyant des subventions pour la réduction des taux d'intérêt des prêts subventionnés préférentiels formalisés par les propriétaires d'exploitations agricoles en CyL.</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792699</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 octobre 2024 du ministère de l'Agriculture, de l'Élevage et du Développement rural annonçant l'appel à candidatures pour l'année 2024 en vue de bénéficier d'une aide au titre de l'intervention visant à promouvoir la coopération pour la transmission des exploitations agricoles.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792900</t>
+  </si>
+  <si>
+    <t>Arrêté du 24 octobre 2024 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui prévoit des subventions pour l'année 2024 aux organisations agricoles professionnelles les plus représentatives de la Communauté de Castille-et-León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793183</t>
+  </si>
+  <si>
+    <t>Arrêté du 29 octobre 2024 du ministère de l'Agriculture, portant sur des subventions pour la construction, l'agrandissement ou l'adaptation de parcs d'engraissement ou de centres d'élevage de races pures bovines, ovines ou caprines.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793930</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l'Agriculture, de l'Élevage et du Développement rural du 5 novembre 2024 relatif à la modernisation de l'industrie agroalimentaire et à la transition juste, Programme de fonds pour une transition juste – PME</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795072</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l'Agriculture, de l'Élevage et du Développement rural du 8 novembre 2024 portant octroi de subventions aux investissements dans la commercialisation et la transformation des produits de la pêche et de l'aquaculture – Programme FEMPA – Ligne PA2</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795919</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 décembre 2024 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui sollicite une aide pour la réalisation d'actions de formation, d'information et de démonstration dans le cadre du Plan stratégique national de la PAC espagnole.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805217</t>
+  </si>
+  <si>
+    <t>Arrêté du 27 janvier 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, prévoyant des interventions sous forme de paiements directs, d'interventions en matière de développement rural et l'établissement de conditions communes.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 mars 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui demande une aide pour la vaccination contre la salmonelle chez les poules pondeuses en Castille-et-León.</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Arrêté du 21 mars 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui prévoit une aide à la restructuration et à la conversion des vignobles de la communauté de Castille-et-León pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>Arrêté du 8 avril 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui appelle à une aide pour la récolte verte des vignobles dans la Communauté de Castille-et-León pour la récolte 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>Arrêté du 22/04/2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural portant sur les subventions pour la transformation couvertes par l'intervention 6842.1 (objectifs environnementaux) du PEPAC cofinancée par le FEADER - Ligne MA1</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>Arrêté du 19 mai 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui prévoit une aide destinée au contrôle de la production laitière aux entités officiellement reconnues pour effectuer ce contrôle.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 mai 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui appelle à une aide destinée à promouvoir les races indigènes espagnoles.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>Arrêté du 26 mai 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, portant sur des subventions pour la souscription aux polices d'assurance agricole incluses dans les plans annuels combinés d'assurance agricole.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>Arrêté du 28 mai 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural demandant l'aide de l'Intervention sectorielle apicole pour la campagne apicole 2025 dans le cadre du PEPAC 2023-2027 en Castille-et-León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 mai 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui appelle à une aide visant à promouvoir l'élevage et l'enregistrement de spécimens de race pure de Castille et León dans les livres généalogiques.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>Arrêté du 12/08/2025 du Ministère de l'Agriculture, de l'Élevage et du Développement Rural, qui prévoit pour l'année 2025 une aide à la promotion du dimensionnement des coopératives agroalimentaires dans la communauté autonome de Castille-et-León.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 décembre 2025 du ministère de l'Agriculture, de l'Élevage et du Développement rural annonçant des subventions pour des activités de formation, d'information et de démonstration dans le cadre du PEPAC espagnol 2023/2027</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>Arrêté du 27 mai 2024 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui lance un appel à candidatures pour la campagne apicole 2024, pour l'aide à l'intervention dans le secteur apicole dans le cadre du PEPAC 2023-2027 en Castille-et-León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763714</t>
+  </si>
+  <si>
+    <t>Arrêté du 28 mai 2024 du ministère de l'Agriculture, de l'Élevage et du Développement rural annonçant l'appel à candidatures pour l'année 2024 en vue d'obtenir une aide destinée aux investissements dans des équipements collectifs de protection contre le gel.</t>
+  </si>
+  <si>
+    <t>2024-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764435</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 mai 2024 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui appelle à une aide visant à promouvoir l'élevage et l'enregistrement de spécimens de race pure de Castille et León dans les livres généalogiques.</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764801</t>
+  </si>
+  <si>
+    <t>Arrêté du 20 août 2024 du ministère de la Culture, du Tourisme et des Sports, prévoyant des subventions pour les projets d'efficacité énergétique et d'économie circulaire des entreprises touristiques, financés par les fonds européens next generation-eu MRR.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781223</t>
+  </si>
+  <si>
+    <t>Arrêté du 8 mai 2024 du ministère de l'Agriculture, de l'Élevage et du Développement rural, appelant à l'intégration des propriétaires d'exploitations agricoles dans les interventions en matière d'environnement et de climat pour le développement rural</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762548</t>
+  </si>
+  <si>
+    <t>Arrêté du 12 décembre 2025 du ministère de l'Économie et des Finances lançant l'appel à projets pour l'année 2026 visant à développer et à améliorer les capacités de recherche et d'innovation du tissu économique par le biais de l'AAEEII de CyL</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>Arrêté du 25 janvier 2024 du ministère de l'Industrie, du Commerce et de l'Emploi, portant sur des subventions destinées à financer les coûts salariaux des travailleurs handicapés dans les centres d'emploi spécialisés pour l'année 2024.</t>
+  </si>
+  <si>
+    <t>2024-02-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741343</t>
+  </si>
+  <si>
+    <t>Arrêté du 7 mai 2024 du ministère de l'Industrie, du Commerce et de l'Emploi annonçant des subventions destinées à la modernisation, à la numérisation et à l'amélioration de la gestion commerciale en Castille-et-León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/752127</t>
+  </si>
+  <si>
+    <t>Accord du 25 avril 2024 de la Junta de Castilla y León, autorisant l'octroi direct de subventions aux Groupements d'Entreprises Innovantes de Castilla y León VITARTIS et CYLSOLAR.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758759</t>
+  </si>
+  <si>
+    <t>Arrêté du 5 avril 2024 du ministère de l'Industrie, du Commerce et de l'Emploi, qui prévoit des subventions publiques pour l'année 2024 destinées à la mise en œuvre d'actions contribuant au bien-être au travail dans les entreprises de Castille-et-León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758785</t>
+  </si>
+  <si>
+    <t>Arrêté du 3 mai 2024 du ministère de l'Industrie, du Commerce et de l'Emploi annonçant les subventions pour 2024 au titre du programme de soutien à la création et à l'emploi dans les coopératives et les entreprises détenues par les travailleurs. PROGRAMME I. – CONSTITUTION DE MEMBRES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759362</t>
+  </si>
+  <si>
+    <t>Arrêté du 6 mai 2024 du ministère de l'Industrie, du Commerce et de l'Emploi, qui prévoit des subventions destinées à la modernisation des entreprises artisanales de Castille-et-León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759383</t>
+  </si>
+  <si>
+    <t>Arrêté du 11 juillet 2024 du ministère de l'Industrie, du Commerce et de l'Emploi annonçant des subventions pour l'organisation de salons professionnels en Castille-et-León</t>
+  </si>
+  <si>
+    <t>2027-07-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774370</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 décembre 2024 du ministère de l'Industrie, du Commerce et de l'Emploi, qui prévoit des subventions destinées à la réactivation du commerce de détail local en Castille-et-León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805078</t>
+  </si>
+  <si>
+    <t>Arrêté du 23 décembre 2024 du ministère de l'Industrie, du Commerce et de l'Emploi, qui prévoit des subventions destinées à promouvoir le secteur commercial de Castille-et-León.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805080</t>
+  </si>
+  <si>
+    <t>Arrêté du 7 mai 2025 du ministère de l'Industrie, du Commerce et de l'Emploi annonçant les subventions pour l'année 2025 du programme de soutien à la création et à l'emploi dans les coopératives et les entreprises détenues par les travailleurs. Programme II.- Investissements</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Arrêté du 19 juin 2025 du ministère de l'Industrie, du Commerce et de l'Emploi annonçant des subventions pour promouvoir la transmission d'entreprise dans le travail indépendant en Castille-et-León (Relevacyl Autoempleo). Année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>Arrêté du 19 juin 2025 du Conseil de l'industrie, du commerce et de l'emploi, portant sur l'octroi de subventions destinées à promouvoir l'esprit d'entreprise afin de garantir le renouveau productif par le biais de l'organisation représentative des travailleurs indépendants et de l'économie sociale.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Arrêté MAV/625/2025 du 12 juin approuvant les bases réglementaires et prévoyant des subventions pour la numérisation des entreprises de première transformation du bois et autres produits dérivés (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>Arrêté MAV/624/2025 du 12 juin approuvant le cadre réglementaire et annonçant des subventions pour les projets d'entrepreneuriat numérique et les jeunes entreprises forestières en Castille-et-León (RETECHFOR, PRTR, Fonds européens de nouvelle génération)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 mai 2023 du ministère de la Mobilité et de la Transformation numérique annonçant des subventions pour la modernisation des entreprises de transport de passagers et de marchandises, dans le cadre du PRTR – Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/699699</t>
+  </si>
+  <si>
+    <t>Arrêté MTD/879/2024 du 6 septembre, modifiant l'arrêté MTD/683/2023 du 23 mai, approuvant les bases réglementaires et le deuxième appel à projets pour l'émission d'obligations numériques collectives vulnérables en Castille-et-León financées par le programme MRR de l'UE (NextGen).</t>
+  </si>
+  <si>
+    <t>2024-09-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784696</t>
+  </si>
+  <si>
+    <t>Arrêté du 3 mai 2024 du ministère de l'Industrie, du Commerce et de l'Emploi annonçant les subventions pour 2024 au titre du programme de soutien à la création et à l'emploi dans les entreprises coopératives et les entreprises détenues par les travailleurs. PROGRAMME II.- INVESTISSEMENTS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761574</t>
+  </si>
+  <si>
+    <t>Subventions destinées à promouvoir le travail indépendant en Tierra de Campos. Agricultural de minimis. Reg.(EU)1408/2013. Résolution du 22/11/2024 du Président du Comité exécutif d'ancrage de la FAFECYL.</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798637</t>
+  </si>
+  <si>
+    <t>Appel à projets pour des projets PRODUCTIFS relevant de la mesure 7119.2, LEADER du PLAN STRATÉGIQUE de la POLITIQUE AGRICOLE COMMUNE 2023-2027, à gérer par l'ASSOCIATION GAL DE DÉVELOPPEMENT RURAL INTÉGRAL DE RIBERA DEL DUERO, BURGALESA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774615</t>
+  </si>
+  <si>
+    <t>Appel à l'aide pour les projets NON PRODUCTIFS de la mesure 7119.2 Leader du plan stratégique de la politique agricole commune 2023-2027 dans le CYL à gérer par l'Association GAL pour le développement rural et intégral ribera del duero burgalesa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774666</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour le financement de projets relevant de l’intervention 7119 LEADER du Plan stratégique national de la politique agricole commune (PEPAC) 2023-2027 de l’Espagne, sur la base de la stratégie de développement du groupe AGALSA.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/779251</t>
+  </si>
+  <si>
+    <t>Aides publiques pour les demandes relevant de la mesure 7119.3 LEADER du Plan stratégique de la Politique agricole commune 2023-2027 en Castille-et-León, gérées par le Groupement d'action locale de Segovia Sur</t>
+  </si>
+  <si>
+    <t>2029-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780572</t>
+  </si>
+  <si>
+    <t>Aides publiques pour les demandes relevant de la mesure 7119.4 LEADER du Plan stratégique de la Politique agricole commune 2023-2027 en Castille-et-León, gérées par le Groupement d'action locale de Segovia Sur</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/780621</t>
+  </si>
+  <si>
+    <t>Appel à projets pour financer des projets relevant de l’intervention 7119 LEADER du Plan stratégique national de la politique agricole commune (PEPAC) 2023-2027 de l’Espagne, sur la base de la stratégie de développement de l’association de GAL M.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784760</t>
+  </si>
+  <si>
+    <t>Résolution du 25 septembre 2023 du président du service public de l'emploi de Castille-et-León, par laquelle des subventions sont demandées pour le programme de formation des travailleurs employés dans les entreprises des secteurs agroalimentaires stratégiques 2023-2024.</t>
+  </si>
+  <si>
+    <t>2023-10-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720186</t>
+  </si>
+  <si>
+    <t>Soutien aux projets de recherche scientifique et au transfert de technologie, cofinancé par le FEDER (2025-2029)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>Subventions destinées au financement du programme de formation sur mesure dans les entreprises à double vocation (entreprises agricoles) pour l'année 2024. Règlement (UE) n° 1408/2013. Résolution du 15/05/2024 du Président du Comité exécutif pour la formation professionnelle de FAFECYL</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761278</t>
+  </si>
+  <si>
+    <t>Résolution du 10/05/2024 de la DG Agriculture et Élevage, portant appel à l'aide pour améliorer les conditions de production et de commercialisation du miel en Castille-La Manche, dans le cadre de la campagne apicole 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761790</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l'Agriculture, de l'Élevage et du Développement rural, établissant les dispositions relatives à l'application des interventions sous forme de paiements directs financés par le Fonds européen agricole (FEA), la demande unique et</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811967</t>
+  </si>
+  <si>
+    <t>Résolution du 8 avril 2025 de la Direction générale de l'agriculture et de l'élevage, portant appel à l'aide de l'Intervention sectorielle apicole dans le cadre du Plan stratégique de la Politique agricole commune en Castille-La Manche, pour le</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Résolution du 11/12/2025 de la DG Agriculture et Élevage, portant appel à l'aide relative à l'Intervention 6505.2 Activités de conservation, d'utilisation et de développement durable des ressources génétiques animales en Castille-La Manche en 2025</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Résolution du 07/01/2026 de la Direction générale de l'agriculture et de l'élevage, portant appel à candidatures pour l'année 2026 en vue d'obtenir des aides à la restructuration et à la conversion des vignobles de Castille-La Manche dans le cadre de l'intervention S.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>Arrêté du 28 janvier du ministère de l'Agriculture, de l'Élevage et du Développement rural, établissant les dispositions relatives à l'application des interventions sous forme de paiements directs financés par le Fonds européen agricole (FEA), l'application</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/884030</t>
+  </si>
+  <si>
+    <t>Arrêté xx/2024 du 14 février du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui réglemente l'obligation d'éliminer les sous-produits de la vinification et précise les bases réglementaires de l'aide à la distillation des sous-produits.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/744233</t>
+  </si>
+  <si>
+    <t>Résolution du 21/11/2024 de la Direction générale de la production agroalimentaire et des coopératives, portant appel, par voie d'appel d'offres concurrentiel, à l'aide à la promotion selon la procédure de traitement anticipé, pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>Résolution du 22/11/2024 de la Direction générale de la production agroalimentaire et des coopératives, portant appel, par procédure accélérée, à l'aide à la coopération pour l'information et la promotion de la PR pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Arrêté du 24/02/2023 du ministère de l'Agriculture, de l'Eau et du Développement rural, établissant le cadre réglementaire pour l'octroi d'aides à la modernisation et à la transformation des systèmes d'irrigation sur le territoire de Castille-La Manche</t>
+  </si>
+  <si>
+    <t>2024-03-02</t>
+  </si>
+  <si>
+    <t>2024-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/678726</t>
+  </si>
+  <si>
+    <t>Résolution du 16/05/2024 de la Direction générale de l'agriculture et de l'élevage, lançant, par la procédure de traitement anticipé, en 2024, l'extension des engagements d'incorporation de 2023 au titre de l'aide incluse dans le</t>
+  </si>
+  <si>
+    <t>2024-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/748843</t>
+  </si>
+  <si>
+    <t>Résolution du 12/03/2024, aide à l’amélioration et/ou à la modernisation des exploitations agricoles et d’élevage dans le cadre de l’intervention 6841.2 pour les jeunes qui sollicitent simultanément une aide au titre de l’intervention 6961.1 du Plan stratégique 2023-2027 de la PAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761037</t>
+  </si>
+  <si>
+    <t>Résolution du 17/12/2024 de la Direction générale du développement rural, portant appel, pour l'année 2025, à une procédure de traitement anticipé, à l'aide à l'installation des jeunes dans l'agriculture et aux investissements pour l'amélioration de celle-ci.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Résolution du 14/05/2024 du ministère délégué à la Politique agricole commune et à la Politique agro-environnementale, portant appel à une aide pour la réalisation d'activités de formation relatives aux sous-mesures en 2024, selon la procédure de traitement anticipé</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758057</t>
+  </si>
+  <si>
+    <t>Cahier des charges pour l’attribution de subventions destinées à des actions de formation aux compétences numériques, ciblant de préférence les femmes en milieu rural, Plan national « Compétences numériques » du PRTR, financé par l’UE (Next Generation EU), et appel à projets 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>DÉCRET DU MINISTÈRE DU DÉVELOPPEMENT DURABLE, ÉTABLIANT LES BASES RÉGLEMENTAIRES DE L'AIDE VISANT À PROMOUVOIR LA CRÉATION DE GROUPEMENTS DE PROPRIÉTAIRES FORESTIERS PRIVÉS POUR LA GESTION CONJOINTE DANS LE CADRE DU PLAN DE RELANCE,</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853699</t>
+  </si>
+  <si>
+    <t>Décret 44/2024 du 27 août, réglementant l'octroi direct de subventions à l'embauche de jeunes dans le cadre du programme « Mon premier emploi », cofinancé par le Fonds social européen Plus. REG (UE) 1408/2013 Agric.</t>
+  </si>
+  <si>
+    <t>2024-08-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782618</t>
+  </si>
+  <si>
+    <t>Résolution du 25 avril 2024 approuvant l'appel à subventions pour la mise en œuvre de projets de formation professionnelle et d'emploi au sein de l'entreprise (axe sectoriel 5), pour l'année 2024. Règlement (UE) n° 1408/2013 de minimis, Agriculture</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754248</t>
+  </si>
+  <si>
+    <t>Résolution du 05/03/2024 du ministère du Développement, demandant une aide pour des actions de rénovation énergétique dans les logements et les bâtiments résidentiels existants, dans le cadre du programme de rénovation énergétique des bâtiments et</t>
+  </si>
+  <si>
+    <t>2024-03-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/747678</t>
+  </si>
+  <si>
+    <t>Résolution du 23/12/2025 de la Direction générale du développement rural, portant sur l'aide à l'installation des jeunes dans l'agriculture et les investissements pour l'amélioration et/ou</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>Résolution du 21/08/2024 de la Direction générale de la planification agricole, portant demande de subventions pour le contrôle de la production laitière en Castille-La Manche pour l'année 2024</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782028</t>
+  </si>
+  <si>
+    <t>Résolution de la Direction générale de la planification agricole annonçant l'appel à candidatures pour l'aide aux groupes de défense sanitaire du bétail (ADSG) en Castille-La Manche pour l'année 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788064</t>
+  </si>
+  <si>
+    <t>Résolution du 18/12/2024 de la Direction générale de la planification agricole, portant demande, pour l'année 2025, le versement anticipé des subventions destinées à la promotion des races indigènes espagnoles.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>Résolution du 18/12/2024 de la Direction générale de la planification agricole, portant demande de subventions pour le contrôle de la production laitière en Castille-La Manche pour l'année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE ET DU DÉVELOPPEMENT RURAL, ÉTABLISSANT LES BASES RÉGLEMENTAIRES DE L'AIDE EXCEPTIONNELLE VISANT À ATTÉNUER LES RÉCUSSIONS SUR LES ÉLEVAGES TOUCHÉS PAR LE SÉROTYPE 3 DU VIRUS DE LA LANGUE</t>
+  </si>
+  <si>
+    <t>2025-05-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833692</t>
+  </si>
+  <si>
+    <t>Résolution du 27/05/2025 de la Direction générale de la planification agricole, établissant l'appel à une aide supplémentaire pour la souscription d'assurances agricoles en Castille-La Manche dans le cadre du quarante-sixième Plan combiné d'assurance agricole (Plan 2025).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>Résolution de la Direction générale de la planification agricole, qui prévoit des subventions pour le contrôle de la production laitière en Castille-La Manche pour l'année 2026.</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878072</t>
+  </si>
+  <si>
+    <t>Résolution du 30/05/2025 de la Direction générale de la production agroalimentaire et des coopératives, qui lance, sous le régime de minimis, un appel à contributions en nature pour la participation de groupes au stand qui sera loué par le ministère de l'Agriculture, de l'Élevage et du Développement rural pour la participation au salon agroalimentaire Fruit Attraction 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>Résolution du 18/11/2025 de la Direction générale de la production agroalimentaire et des coopératives, portant sur l'appel d'offres pour l'année 2026 dans le cadre d'un régime de concurrence, selon la procédure de traitement anticipé.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>Résolution du 16/12/2025 de la Direction générale de la production agroalimentaire et des coopératives, portant appel, par un système d’appel d’offres concurrentiel, à l’aide à l’information et à la promotion des produits agricoles et alimentaires pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>Arrêté xx/2024 du 26 mars du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui établit les bases réglementaires pour l'octroi direct d'une aide supplémentaire à la souscription d'une assurance agricole en Castille-La Manche.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750760</t>
+  </si>
+  <si>
+    <t>Résolution du 22/04/2025 du Secrétariat général, portant appel d'offres concurrentiel pour l'année 2025 en vue de solliciter une aide aux organisations agricoles professionnelles et aux entités associatives sans but lucratif.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour 20 bourses d'études en vue de l'inscription au cours d'été 2025 du Vice-Rectorat à la Culture, au Sport et à l'Engagement Social de l'UCLM « L'entrepreneuriat dans les secteurs vétérinaire et agricole : opportunités et défis » (CV12CR).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>Résolution du 04/08/2025 du ministère délégué à la Politique agricole commune et à la Politique agro-environnementale, prévoyant une aide, au titre du régime de minimis, pour la possession et l'entretien de chiens mastiffs destinés à la défense et à la garde des moutons et des chèvres.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>ACCORD DE COLLABORATION ENTRE LES COOPÉRATIVES AGROALIMENTAIRES DE CASTILLE-LA-MANCHE ET IPEX POUR LEUR INTERNATIONALISATION</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/754692</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour des subventions destinées à des projets visant à promouvoir l'impact social des connaissances issues des universités et autres acteurs du système de recherche, de développement et d'innovation de la Catalogne.</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803508</t>
+  </si>
+  <si>
+    <t>Subventions pour l'étude et la remise en état des sols vous appartenant qui présentent des signes de contamination localisée ou qui ont été touchés par des déversements de déchets industriels d'origine inconnue.</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795186</t>
+  </si>
+  <si>
+    <t>Subventions pour les projets d'innovation technologique Green 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775650</t>
+  </si>
+  <si>
+    <t>Subventions pour les chèques de compétitivité des entreprises : Innovation 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Résolution du ministère délégué à l'Environnement annonçant des subventions pour les investissements dans les technologies forestières et dans la transformation, la mobilisation et la commercialisation des produits forestiers dans le cadre du Programme de développement rural de Ca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757703</t>
+  </si>
+  <si>
+    <t>Aide aux lignes du régime d'assurance agricole (agroseguro)</t>
+  </si>
+  <si>
+    <t>2023-12-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/730188</t>
+  </si>
+  <si>
+    <t>Aide directe à l'agriculture et à l'élevage et autres programmes d'aide pour la campagne de 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745863</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION ouvrant l'appel à candidatures pour les subventions dans le domaine du commerce et des services pour l'année 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759066</t>
+  </si>
+  <si>
+    <t>Aide aux lignes du régime d'assurance agricole (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759101</t>
+  </si>
+  <si>
+    <t>Aide minimale aux exploitations rizicoles utilisant des semences certifiées d'ici 2024</t>
+  </si>
+  <si>
+    <t>2024-08-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776445</t>
+  </si>
+  <si>
+    <t>Aide de minimis pour la promotion des exportations des industries agroalimentaires</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/777902</t>
+  </si>
+  <si>
+    <t>Aide à la conservation des ressources génétiques agricoles destinée aux organismes de conservation, dans le cadre du Plan stratégique 2023-2027 de la PAC, correspondant à 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778767</t>
+  </si>
+  <si>
+    <t>Aides aux investissements dans les installations de transformation du vin, les infrastructures et la commercialisation 2024-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786168</t>
+  </si>
+  <si>
+    <t>Aide à la transformation des coopératives agroalimentaires catalanes et à la promotion de la compétitivité et de la durabilité environnementale, sociale et économique (IMPULS.COOP) correspondant aux années 2025, 2026 et 2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole dans le domaine de la santé des plantes 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>Aide destinée aux exploitations agricoles en réponse à la détérioration de la situation du secteur primaire résultant du conflit armé en Ukraine et de la sécheresse jusqu'en 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/793947</t>
+  </si>
+  <si>
+    <t>Aide pour encourager la recherche appliquée dans le domaine de la production agroalimentaire biologique</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/796155</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/791673</t>
+  </si>
+  <si>
+    <t>Aide à la promotion de la transformation du système agroalimentaire catalan, conformément au Plan stratégique alimentaire de Catalogne 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801726</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801729</t>
+  </si>
+  <si>
+    <t>Aide minimale au secteur agricole pour promouvoir la transformation du système agroalimentaire catalan, conformément au Plan stratégique alimentaire de Catalogne 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801733</t>
+  </si>
+  <si>
+    <t>Aide de minimis pour promouvoir la transformation du système agroalimentaire catalan, conformément au Plan stratégique alimentaire de Catalogne 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801742</t>
+  </si>
+  <si>
+    <t>Aide de minimis du secteur d'intérêt économique général pour promouvoir la transformation du système agroalimentaire catalan, conformément au Plan stratégique alimentaire de Catalogne 2021-2026</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801747</t>
+  </si>
+  <si>
+    <t>Aide minimale à la promotion et au marketing des ventes locales en Catalogne</t>
+  </si>
+  <si>
+    <t>2024-12-24</t>
+  </si>
+  <si>
+    <t>2025-01-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805707</t>
+  </si>
+  <si>
+    <t>Aide au développement et à la validation de traitements innovants pour la gestion des déjections animales à l’horizon 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Ajustements minimes à la diversification agricole liés au contrat d'exploitation global dans le cadre du PDR en Catalogne 2023-2027 pour toute année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>Aide à l’amélioration des processus de transformation et de commercialisation des produits agroalimentaires correspondant à l’année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>Aides aux investissements dans les installations de transformation et de commercialisation du vin 2023-2027</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828263</t>
+  </si>
+  <si>
+    <t>Aide à la promotion des actions des groupes de défense des forêts (ADF) pour l'année 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Aide à la conservation des ressources génétiques agricoles destinée aux organismes de conservation, dans le cadre du plan stratégique 2023-2027 de la PAC, correspondant à 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole dans le domaine de la santé des plantes 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871077</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871093</t>
+  </si>
+  <si>
+    <t>Aide aux entités locales pour l'élaboration du plan de délimitation et/ou du plan de prévention des incendies de forêt</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871847</t>
+  </si>
+  <si>
+    <t>2023-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872116</t>
+  </si>
+  <si>
+    <t>Aide aux lignes du Plan d'assurance agricole 2025 (Agroseguro)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>Aide à la ligne de financement pour les actions visant à améliorer les économies d'énergie dans les installations et les équipements et pour les projets d'économie circulaire dans les établissements fournissant des services d'hébergement touristique en Catalogne</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/795193</t>
+  </si>
+  <si>
+    <t>Prix du meilleur jeune artisan culinaire innovant de l'année 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757572</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour des subventions concernant la programmation de spectacles vivants et d'activités artistiques visuelles professionnelles lors d'événements d'intérêt agritouristique.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808974</t>
+  </si>
+  <si>
+    <t>Résolution EMT//2024 du , ouvrant l'appel d'offres anticipé pour l'année 2025 en vue de l'octroi de subventions pour promouvoir l'embauche avec formation dans le cadre des campagnes agricoles de Lleida (SOC - Campagne agricole de Lleida).</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Programme d'incitations à l'emploi PICE de la Chambre de commerce de Ceuta 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/774418</t>
+  </si>
+  <si>
+    <t>BASES RÉGLEMENTAIRES D'OCTROI DE SUBVENTIONS VISANT À FINANCER DES PROJETS D'EFFICACITÉ ÉNERGÉTIQUE ET D'ÉCONOMIE CIRCULAIRE DANS LES ENTREPRISES TOURISTIQUES DE LA VILLE AUTONOME DE CEUTA, DANS LE CADRE DU PLAN DE RELANCE, DE TRANSFORMATION ET DE RÉSILIENCE.</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832110</t>
+  </si>
+  <si>
+    <t>Transition énergétique des bureaux régionaux de phase II</t>
+  </si>
+  <si>
+    <t>Melilla</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751845</t>
+  </si>
+  <si>
+    <t>ACCORD DE COLLABORATION ENTRE LA VILLE DE MELILLA ET LA FONDATION INSTITUTO CAMERAL PARA LA CREACIÓN Y DESARROLLO de LA EMPRESA (INCYDE), POUR LE DÉVELOPPEMENT DE TROIS PROGRAMMES DE FORMATION ET D'APPUI AU SEIN DU PROJET « EMPRENde Y AVANZA ».</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/751876</t>
+  </si>
+  <si>
+    <t>Décret du 10 septembre 2024 du délégué du ministère de l'Économie, de l'Innovation et des Finances, approuvant l'appel public à candidatures pour l'octroi de subventions aux personnes relevant du régime spécial des travailleurs indépendants.</t>
+  </si>
+  <si>
+    <t>2024-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/784903</t>
+  </si>
+  <si>
+    <t>Soutien au revenu supplémentaire pour les jeunes agriculteurs 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882796</t>
+  </si>
+  <si>
+    <t>Prix des startups de solutions numériques de la Communauté de Madrid 2024</t>
+  </si>
+  <si>
+    <t>2024-11-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790165</t>
+  </si>
+  <si>
+    <t>Aide aux municipalités de la Communauté de Madrid pour le développement des activités de promotion commerciale et des salons professionnels 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Programme d'efficacité énergétique pour les PME et les grandes entreprises du secteur industriel</t>
+  </si>
+  <si>
+    <t>2023-09-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/694708</t>
+  </si>
+  <si>
+    <t>Aide complémentaire à l'assurance agricole à Madrid, polices du 01/01/24 au 31/10/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/733074</t>
+  </si>
+  <si>
+    <t>ACCORD DE COLLABORATION ENTRE LA VILLE DE MELILLA ET LA FONDATION CHAMBRE DE COMMERCE POUR LA CRÉATION ET LE DÉVELOPPEMENT DE L'ENTREPRISE (INCYDE), POUR LE DÉVELOPPEMENT DE TROIS PROGRAMMES DE FORMATION ET DE SOUTIEN DANS LE CADRE DU PROJET « RÉACTIVEZ VOTRE AVENIR ».</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/749903</t>
+  </si>
+  <si>
+    <t>AIDE AU COMITÉ DE L'AGRICULTURE BIOLOGIQUE 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/755377</t>
+  </si>
+  <si>
+    <t>Aide aux investissements à objectifs environnementaux dans le secteur agroalimentaire. De minimis</t>
+  </si>
+  <si>
+    <t>2024-08-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778390</t>
+  </si>
+  <si>
+    <t>Aide à la production et à la commercialisation du miel, année 2024, FEAGA</t>
+  </si>
+  <si>
+    <t>2024-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778690</t>
+  </si>
+  <si>
+    <t>Aides aux investissements à visée environnementale dans le secteur agroalimentaire, cofinancées par la FEADESR et AGE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778691</t>
+  </si>
+  <si>
+    <t>AIDE AUX GROUPES DE TRAITEMENT INTÉGRÉ EN AGRICULTURE (ATRIAS) 2024</t>
+  </si>
+  <si>
+    <t>2024-12-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/797854</t>
+  </si>
+  <si>
+    <t>Aide complémentaire à l'assurance agricole à Madrid. Polices du 01/11/24 au 31/12/24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798585</t>
+  </si>
+  <si>
+    <t>Aide complémentaire à l'assurance agricole à Madrid. Polices du 01/01/25 au 31/12/25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798586</t>
+  </si>
+  <si>
+    <t>Aide aux groupes de défense sanitaire du bétail - LIGNE A</t>
+  </si>
+  <si>
+    <t>2024-12-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799155</t>
+  </si>
+  <si>
+    <t>Aide aux groupes de défense sanitaire du bétail - LIGNE B</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799156</t>
+  </si>
+  <si>
+    <t>Aide aux groupes de traitement intégrés en agriculture (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Soutien au revenu supplémentaire pour les jeunes agriculteurs 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Aide aux agriculteurs de certaines cultures confrontés à des difficultés durant la saison 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>AIDE AUX ORGANISATIONS PROFESSIONNELLES AGRICOLES ET AUX COOPÉRATIVES AGRICOLES (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>AIDE AUX COOPÉRATIVES AGRICOLES (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Aide à la promotion des investissements dans la transformation de la production agricole et autres investissements minimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822389</t>
+  </si>
+  <si>
+    <t>Aide à la promotion des investissements dans la transformation de la production agricole par les organismes associés. De minimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822390</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822575</t>
+  </si>
+  <si>
+    <t>Aide à la promotion des investissements dans la transformation des produits agricoles. Entités associées</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822604</t>
+  </si>
+  <si>
+    <t>Résolution de la Direction de la Fondation pour la biodiversité publiant l'appel à subventions pour la réalisation de projets contribuant à l'amélioration de l'environnement dans le domaine agricole et forestier, et contribuant au développement territorial durable à Doñana.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803854</t>
+  </si>
+  <si>
+    <t>Résolution de la Direction de la Fondation pour la biodiversité, approuvant la publication d'un appel à subventions, pour soutenir les projets approuvés dans le cadre du programme LIFE dans le domaine de la biodiversité et de la promotion de la numérisation.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804448</t>
+  </si>
+  <si>
+    <t>Subventions pour l'assurance agricole, d'élevage et forestière incluses dans le 47e régime combiné d'assurance agricole</t>
+  </si>
+  <si>
+    <t>2027-07-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886334</t>
+  </si>
+  <si>
+    <t>Ligne de financement « ICO Growth Exporters » - Agriculture de minimis</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-07-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886390</t>
+  </si>
+  <si>
+    <t>Résolution du 5 février 2026 de la Présidence de l'IVACE annonçant l'appel à candidatures pour des subventions aux entreprises pour des projets de R&amp;D pour l'année 2026, avec un financement de l'UE via le FEDER.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885694</t>
+  </si>
+  <si>
+    <t>Arrêté du 29 décembre 2025 établissant les bases réglementaires du programme Galicia Suma Talento: Empléate d'incitations à l'embauche dans les entreprises ordinaires, et procédant à son appel à candidatures pour l'année 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885613</t>
+  </si>
+  <si>
+    <t>Arrêté du 29 décembre 2025 établissant les bases réglementaires de l'octroi de subventions publiques destinées au financement du programme Investigo pour l'embauche de jeunes demandeurs d'emploi.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885618</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 décembre 2025 établissant le cadre réglementaire du programme d'incitation pour les entreprises classées comme initiatives d'emploi à forte intensité technologique (IEBT) et annonçant son appel à candidatures pour l'année 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885416</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885510</t>
+  </si>
+  <si>
+    <t>Appel issu des bases réglementaires de l’aide au soutien de l’activité scientifique des groupes de recherche en Catalogne (SGR-Cat 2025)</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885631</t>
+  </si>
+  <si>
+    <t>Résolution du 10/02/2026 de la Direction générale de la production agroalimentaire et des coopératives, qui demande une aide pour la participation au salon agroalimentaire World Olive Oil Exhibition (WOOE) de l'année 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886495</t>
+  </si>
+  <si>
+    <t>Arrêté du 4 février 2026 de la CMAV et de l'OT portant sur la prime compensatoire pour l'année 2026, cofinancée par le FEADER dans le cadre du PEPAC Espagne 2023-2027, pour les dossiers de reboisement de terres agricoles (1993-1999, 2000-2006 et 2007-2013)</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887418</t>
+  </si>
+  <si>
+    <t>Paiements directs à l'agriculture 2023/2027</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888025</t>
+  </si>
+  <si>
+    <t>Aide aux éleveurs de moutons et de chèvres sans pâturage</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888029</t>
+  </si>
+  <si>
+    <t>Aide aux éleveurs extensifs de vaches allaitantes</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888038</t>
+  </si>
+  <si>
+    <t>Aide aux éleveurs de moutons et de chèvres pour la viande</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888040</t>
+  </si>
+  <si>
+    <t>Aide aux producteurs laitiers</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888045</t>
+  </si>
+  <si>
+    <t>Aide aux éleveurs de moutons et de chèvres laitières</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888058</t>
+  </si>
+  <si>
+    <t>Arrêté du 13 février 2026, qui réglemente l'application de deux paiements directs à l'agriculture et à l'élevage et de l'aide au développement rural soumis au système de gestion et de contrôle intégré (codes de procédure MR250A, MR239G, MR239K, MR2</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888126</t>
+  </si>
+  <si>
+    <t>Aide 2026 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Pas d’aide d’État. (Interv., 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADISMONTA</t>
+  </si>
+  <si>
+    <t>2026-05-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888167</t>
+  </si>
+  <si>
+    <t>Aide 2026 : Approche de leadership en matière d’investissements dans la transformation et la commercialisation des produits agricoles. Aide d’État (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2026-05-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888474</t>
+  </si>
+  <si>
+    <t>RÉSOLUTION du 19 février 2026 du Directeur de l'Agence valencienne de développement et de garantie agricoles, approuvant l'appel à l'aide pour la restructuration et la conversion des vignobles de la Communauté valencienne pour des opérations qui finalisent</t>
+  </si>
+  <si>
+    <t>2026-04-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888572</t>
+  </si>
+  <si>
+    <t>Aide pour couvrir le prix du gazole consommé par les producteurs agricoles, articles 24 à 27 du décret-loi royal 20/2022. Année 2025</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2029-04-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888922</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche approuvant l'appel à l'aide pour la restructuration et la conversion des vignobles de la région de Murcie, pour l'année 2026.</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888969</t>
+  </si>
+  <si>
+    <t>Résolution du 20/02/2026 de la Direction générale de la planification agricole, portant appel, par procédure accélérée, à l'aide destinée à la fourniture de services de conseil en gestion intégrée des ravageurs par l'Agence du développement agricole (ADA).</t>
+  </si>
+  <si>
+    <t>2026-03-23</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889012</t>
+  </si>
+  <si>
+    <t>Bases réglementaires et appel aux subventions pour la souscription à l'assurance agricole incluses dans le Plan d'assurance combiné de 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890287</t>
+  </si>
+  <si>
+    <t>Renforcement du programme de garantie pour les PME Année 2026 Règlement (UE) 2023/2831 de minimis, Généralités</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890292</t>
+  </si>
+  <si>
+    <t>Renforcement du programme de garantie pour les PME 2026 Règlement MRR (UE) 651/2014 SA.112149</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890304</t>
+  </si>
+  <si>
+    <t>Renforcement du programme de garantie pour les PME 2026, règlement (UE) n° 1408/2013 de minimis, agriculture</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890274</t>
+  </si>
+  <si>
+    <t>Renforcement du programme de garantie pour les PME 2026 REG (UE) 1408/2013 de minimis, Mécanisme agricole de relance et de résilience (RRF)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890279</t>
+  </si>
+  <si>
+    <t>Renforcement du programme de garantie pour les PME Année 2026 REG (UE) 2023/2831 de minimis, Généralités</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890291</t>
+  </si>
+  <si>
+    <t>Renforcement du programme de garantie pour les PME 2026 Règlement (UE) 651/2014 SA.112149</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890300</t>
+  </si>
+  <si>
+    <t>Arrêté du vice-président et ministre de la Présidence, de l'Économie et de la Justice du gouvernement d'Aragon, portant convocation d'une aide aux petites et moyennes entreprises pour des actions de numérisation</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890710</t>
+  </si>
+  <si>
+    <t>Subventions aux entités associatives du secteur agricole et alimentaire, pour la réalisation d'activités spécifiques présentant un intérêt particulier pour le secteur agroalimentaire espagnol, ainsi que pour leur intégration dans des entités de portée européenne.</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>2026-03-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890368</t>
+  </si>
+  <si>
+    <t>Aide 2026 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Pas d’aide d’État. (Interv., 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>2026-06-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891006</t>
+  </si>
+  <si>
+    <t>Approche du leader de l'aide 2026 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891007</t>
+  </si>
+  <si>
+    <t>Arrêté du 28 février 2026 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui demande une aide pour la vaccination contre la salmonelle chez les poules pondeuses en Castille-et-León.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890367</t>
+  </si>
+  <si>
+    <t>Arrêté du ministère de l'Eau, de l'Agriculture, de l'Élevage et de la Pêche approuvant l'appel à l'aide pour la création de jeunes agriculteurs, dans le cadre du plan stratégique de la politique agricole commune, période 2023-2027</t>
+  </si>
+  <si>
+    <t>2026-05-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891315</t>
+  </si>
+  <si>
+    <t>Aide 2026 : Approche LEADER pour les investissements dans la transformation et la commercialisation des produits agricoles. Pas d’aide d’État. (Interv., 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>2026-06-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889842</t>
+  </si>
+  <si>
+    <t>Approche du leader de l'aide 2026 en matière d'investissements dans la création et le développement d'entreprises et d'activités non agricoles en milieu rural (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889844</t>
+  </si>
+  <si>
+    <t>Résolution de la Direction générale de la planification agricole annonçant, par appel d'offres, pour l'année 2026, une aide destinée à compenser le manque à gagner des élevages ayant fait l'objet d'un ordre d'abattage.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890551</t>
+  </si>
+  <si>
+    <t>Arrêté IND/8/2026 du 25 février approuvant l’appel à propositions visant à promouvoir l’emploi et à améliorer la compétitivité des coopératives et des entreprises détenues par les travailleurs. Règlement (UE) n° 1408/2013 relatif aux mesures de minimis agricoles.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890199</t>
+  </si>
+  <si>
+    <t>Arrêté du 27 février 2025 du ministère de l'Industrie, du Commerce et de l'Emploi annonçant des subventions pour le financement des unités de soutien aux activités professionnelles dans les centres d'emploi spéciaux pour l'année 2026</t>
+  </si>
+  <si>
+    <t>2026-08-03</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890312</t>
+  </si>
+  <si>
+    <t>Aide 2026 : Approche de leadership en matière d’investissements dans la transformation et la commercialisation des produits agricoles. Aide d’État (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADESVAL</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891005</t>
+  </si>
+  <si>
+    <t>Aide 2026 : Approche de leadership pour les investissements dans la transformation et la commercialisation des produits agricoles. Aide d’État (Intervention 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL Zafra-Rio Bodión</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889841</t>
+  </si>
+  <si>
+    <t>Aides aux entreprises de Navarre dans le cadre du programme Europe+closer en 2026</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>2026-10-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889671</t>
+  </si>
+  <si>
+    <t>Aide aux syndicats de travailleurs du secteur agroalimentaire pour le développement de leurs activités de collaboration et de représentation auprès de l'Administration générale de l'État</t>
+  </si>
+  <si>
+    <t>2026-03-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890371</t>
+  </si>
+  <si>
+    <t>Aide aux actions visant à promouvoir le secteur forestier privé</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890417</t>
+  </si>
+  <si>
+    <t>Aide à l'amélioration énergétique des bâtiments destinés au service public municipal en milieu rural pour l'année 2026</t>
+  </si>
+  <si>
+    <t>2026-04-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890870</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour une aide aux municipalités en vue de la construction de nouveaux ouvrages et de l'amélioration des infrastructures agricoles en 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890665</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 27 février 2026 du ministère de l'Agriculture, de la Pêche et de l'Alimentation annonçant le prix « Produits alimentaires d'Espagne, meilleurs vins, année 2026 ».</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890573</t>
+  </si>
+  <si>
+    <t>ARRÊTÉ AGA/XXX/2026, du XX de xxxx, du Ministre de l'Agriculture, de l'Élevage et de l'Alimentation, par lequel des subventions sont demandées pour l'amélioration de la production et de la commercialisation des produits apicoles, pour l'année 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890670</t>
+  </si>
+  <si>
+    <t>Arrêté du 26 février 2026 établissant le cadre réglementaire des aides destinées aux jeunes agriculteurs, dans le cadre du Plan stratégique de la Politique agricole commune espagnole 2023-2027, cofinancé par le Fonds européen</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891035</t>
+  </si>
+  <si>
+    <t>Appel à candidatures 2024 pour une aide aux projets industriels du secteur agroalimentaire dans le cadre du Projet stratégique pour la relance et la transformation économique du secteur agroalimentaire, dans le cadre du Plan de relance, de transformation et de résilience.</t>
+  </si>
+  <si>
+    <t>2024-09-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/781371</t>
+  </si>
+  <si>
+    <t>SUBVENTIONS COMPÉTITIVES LIGNE A POUR LE DÉVELOPPEMENT D'ACTIVITÉS D'INTÉRÊT GÉNÉRAL CONSIDÉRÉES COMME ÉTANT D'INTÉRÊT SOCIAL, DANS LE DOMAINE DE LA RECHERCHE SCIENTIFIQUE ET TECHNIQUE ET DE LA PROTECTION DE L'ENVIRONNEMENT RELATIF À LA COMPÉTENCE DE L'ÉTAT. ANNUEL 2024.</t>
+  </si>
+  <si>
+    <t>2024-09-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/782254</t>
+  </si>
+  <si>
+    <t>Arrêté du 27 avril 2023 du ministère de l'Agriculture, de la Pêche et de l'Alimentation annonçant les octrois du décret royal 388/2021 du 1er juin, destinés à l'obtention de garanties SAEC dans le secteur agroalimentaire et de la pêche.</t>
+  </si>
+  <si>
+    <t>2023-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692318</t>
+  </si>
+  <si>
+    <t>Arrêté du 27 avril 2023 du ministère de l'Agriculture, de la Pêche et de l'Alimentation portant attribution des subventions instituées par le décret royal 388/2021 du 1er juin pour l'obtention de garanties SAEC dans le secteur agroalimentaire et de la pêche. Secteur de l'industrie agroalimentaire</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692320</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/692321</t>
+  </si>
+  <si>
+    <t>Les subventions pour l'assurance de l'aquaculture continentale incluses dans le régime d'assurance agricole combiné 44</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711773</t>
+  </si>
+  <si>
+    <t>Les subventions pour l'assurance de l'aquaculture marine incluses dans le régime d'assurance agricole combiné 44</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711778</t>
+  </si>
+  <si>
+    <t>Arrêté du 15 novembre 2023 relatif à la carte, par lequel les subventions du décret royal 388/2021 du 1er juin sont demandées pour l’obtention de garanties SAEC dans le secteur agroalimentaire et de la pêche.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727810</t>
+  </si>
+  <si>
+    <t>2023-11-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727815</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/727820</t>
+  </si>
+  <si>
+    <t>Les subventions pour l'assurance agricole, d'élevage et forestière incluses dans le 45e régime combiné d'assurance agricole</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/743600</t>
+  </si>
+  <si>
+    <t>CONVENTION DE COOPÉRATION ÉDUCATIVE ENTRE LA GENERALITAT, PAR L'INTERMÉDIAIRE DU MINISTÈRE DE L'AGRICULTURE, DE L'ÉLEVAGE ET DE LA PÊCHE ET L'UNIVERSITÉ D'ALICANTE, POUR LA MISE EN ŒUVRE DE STAGES DE FORMATION SUBVENTIONNÉS AU COURS DE L'ANNÉE 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/758161</t>
+  </si>
+  <si>
+    <t>Résolution du 14 mai 2024 de la (FEGA), par laquelle les subventions pour les services de conseil à portée suprarégionale, destinés au secteur agroalimentaire et forestier, dans le cadre du PEPAC, sont annoncées à l'avance.</t>
+  </si>
+  <si>
+    <t>2023-06-29</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/760755</t>
+  </si>
+  <si>
+    <t>Arrêté du 29 avril, portant appel à candidatures pour l’exercice financier 2024 au titre du programme Cultiva, relatif aux séjours de formation de jeunes agriculteurs dans des exploitations modèles</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761477</t>
+  </si>
+  <si>
+    <t>Plan national de renouvellement du parc de machines agricoles (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Arrêté du 30 octobre 2024 du MAPA, qui appelle aux subventions du décret royal 388/2021 du 1er juin, destinées à obtenir des garanties SAECA dans le secteur agroalimentaire et de la pêche.</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>2027-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803358</t>
+  </si>
+  <si>
+    <t>Aide extraordinaire au renouvellement du matériel agricole, approuvée par l'article 26 du décret-loi royal 7/2024</t>
+  </si>
+  <si>
+    <t>2024-12-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805575</t>
+  </si>
+  <si>
+    <t>Arrêté du 26 décembre 2024 du MAPA, par lequel les subventions de l'article 6 du décret-loi royal 4/2022 du 15 mars visaient à subventionner le principal des crédits aux propriétaires d'exploitations agricoles (DANA 2024).</t>
+  </si>
+  <si>
+    <t>2026-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805586</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 13 mars 2025 du ministère de l'Agriculture, de la Pêche et de l'Alimentation annonçant le prix « Produits alimentaires d'Espagne, meilleurs vins, année 2025 ».</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Extrait de l’arrêté du 17 mars 2025 du ministère de l’Agriculture, de la Pêche et de l’Alimentation portant convocation du « Prix des produits alimentaires d’Espagne pour la meilleure boisson spiritueuse bénéficiant d’une indication géographique, année 2025 »</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 7 avril 2025 du ministère de l'Agriculture, de la Pêche et de l'Alimentation, qui annonce le prix « Produits alimentaires d'Espagne : Meilleurs jambons, année 2025 ».</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Résolution du 25 avril 2025 du Fonds espagnol de garantie agricole (FEGA), qui appelle à une aide pour les investissements matériels ou immatériels dans la transformation, la commercialisation ou le développement des produits agroalimentaires PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Aide à la préparation et à la mise en œuvre de projets d’innovation d’intérêt général par les groupes opérationnels suprarégionaux du Partenariat européen d’innovation pour la productivité et la durabilité agricoles (PEI-Agri), dans le cadre du Plan stratégique de la PAC espagnole (PEPAC)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830482</t>
+  </si>
+  <si>
+    <t>Programmes de formation multirégionaux 2025</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
+  </si>
+  <si>
+    <t>Plan national de renouvellement du parc de machines agricoles (PLAN RENOVE) pour l'année 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842490</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 3 février 2025 du ministère de l'Agriculture, de la Pêche et de l'Alimentation annonçant le prix « Produits alimentaires d'Espagne, année 2025 ».</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Résolution du 27 mars, qui lance un appel à candidatures pour l'exercice financier 2025 au titre du programme Cultiva, relatif aux séjours de formation pour jeunes agriculteurs dans des fermes modèles</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>Extrait de l'arrêté du 13 janvier 2026 du ministère de l'Agriculture, de la Pêche et de l'Alimentation portant création du prix « Produits alimentaires d'Espagne, année 2026 ».</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881607</t>
+  </si>
+  <si>
+    <t>Résolution du 17 novembre 2025 de la FEGA, annonçant à l'avance des subventions pour la réalisation de projets de recherche appliquée dans le secteur apicole et ses produits au sein de l'ISA, dans le cadre du PEPAC.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>Résolution du 16 décembre 2025 de la FEGA, par laquelle les subventions pour les services de conseil à portée suprarégionale sont appelées par anticipation dans le cadre du PEPAC (PIV)</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>Aide exceptionnelle pour compenser les dommages causés aux infrastructures productives des exploitations agricoles touchées par la tempête DANA. Liste C.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>Aide exceptionnelle pour compenser les dommages causés aux infrastructures productives des exploitations agricoles touchées par la tempête DANA. Liste A</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877136</t>
+  </si>
+  <si>
+    <t>Subventions pour l'assurance agricole, d'élevage et forestière incluses dans le 46e régime combiné d'assurance agricole</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806457</t>
+  </si>
+  <si>
+    <t>Intervention agricole innovante dans le désert pour des moyens de subsistance résilients (idfrl)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711078</t>
+  </si>
+  <si>
+    <t>Philippines, 2023. Fourniture d'électricité à partir de sources renouvelables à Palawan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711192</t>
+  </si>
+  <si>
+    <t>Soutien aux politiques publiques créatrices d'emplois par l'entrepreneuriat, la recherche et l'innovation. Devenir un entrepreneur créatif, phase II</t>
+  </si>
+  <si>
+    <t>2023-07-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/711343</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour une subvention du ministère éthiopien de l'Agriculture</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/720798</t>
+  </si>
+  <si>
+    <t>Résolution du 22 mai 2025 de la Présidence du Centre pour le développement technologique et l'innovation EPE (CDTI), approuvant l'appel à projets pour l'année 2025 destiné aux projets de R&amp;D Missions scientifiques et d'innovation.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Arrêté du 24 novembre 2025 approuvant l’appel à projets de collaboration public-privé 2025 (aide aux activités non économiques des organismes de recherche).</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>Plan de réponse de l'ICO relatif aux garanties en cas de dommages causés par une dépression isolée à des niveaux élevés (DANA) - III -. Règlement (UE) 2022/2472 Investissement agricole</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802541</t>
+  </si>
+  <si>
+    <t>Plan de réponse de l'ICO relatif aux garanties en cas de dommages causés par une dépression isolée de niveau élevé (DANA) – IV – Règlement (UE) 2022/2472 – Catastrophe agricole</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802557</t>
+  </si>
+  <si>
+    <t>Plan de réponse de l'ICO en matière de garanties aux dommages causés par une dépression isolée de niveau élevé (DANA) - Règlement (UE) n° 1408/2013 – Secteur agricole de minimis</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/802590</t>
+  </si>
+  <si>
+    <t>« Premiers prix nationaux récompensant les expériences éducatives qui favorisent les compétences numériques des élèves »</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836676</t>
+  </si>
+  <si>
+    <t>Aucun intérêt de retard n'est appliqué pendant les six premiers mois en cas de report du paiement des impôts en vertu de l'article 8.2 du décret-loi royal 6/2024. Agriculture. Année 2024</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829172</t>
+  </si>
+  <si>
+    <t>Aide pour couvrir le prix du gazole consommé par les producteurs agricoles, articles 24 à 27 du décret-loi royal 20/2022. Année 2024</t>
+  </si>
+  <si>
+    <t>2028-04-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816995</t>
+  </si>
+  <si>
+    <t>Réduction en 2024 du revenu net calculé selon la méthode d'estimation objective de l'impôt sur le revenu des personnes physiques, conformément à l'article 11 du décret-loi royal 7/2024. Agriculture</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817145</t>
+  </si>
+  <si>
+    <t>Réduction en 2024 de la taxe due au titre des opérations courantes relevant du régime simplifié de la taxe sur la valeur ajoutée (TVA) prévu à l'article 11 du décret royal 7/2024. Agriculture</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817148</t>
+  </si>
+  <si>
+    <t>Renforcement du programme de garantie pour les PME agricoles 2024 mrr</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/742466</t>
+  </si>
+  <si>
+    <t>LIGNE DIRECTE D'INNOVATION LIÉE AUX SECTEURS DE POINTE DE L'AÉROSPATIALE ET DE LA SANTÉ, DANS LE CADRE DU PLAN DE RELANCE, DE TRANSFORMATION ET DE RÉSILIENCE, FINANCÉ PAR L'UNION EUROPÉENNE « NEXT GENERATION EU »</t>
+  </si>
+  <si>
+    <t>2024-05-18</t>
+  </si>
+  <si>
+    <t>2024-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761123</t>
+  </si>
+  <si>
+    <t>Appel à propositions de subventions visant à promouvoir l'innovation ouverte par le biais de l'initiative « Activa Startups », dans le cadre du Plan de relance, de transformation et de résilience</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787822</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour 2025 pour une aide destinée à soutenir les groupements d'entreprises innovants afin d'améliorer leur compétitivité et leur contribution à l'autonomie stratégique</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole en Andalousie et en Estrémadure. Projets pour la création d'emplois stables 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/759307</t>
+  </si>
+  <si>
+    <t>SUBVENTIONS DES CORPORATIONS LOCALES SEPE 2024 DU PROGRAMME DE PROMOTION DE L'EMPLOI AGRICOLE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761338</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2024 pour les projets de garantie de revenu</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/761339</t>
+  </si>
+  <si>
+    <t>Résolution du 30 avril 2024 de la Fondation EOI, FSP, qui sollicite une aide pour promouvoir l'écosystème entrepreneurial innovant national dans le cadre du Programme de promotion de l'écosystème entrepreneurial innovant, lui-même intégré au PRTR.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762052</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2024 pour les projets générateurs d'emplois stables</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762465</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole. Projets de garantie de revenu 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762466</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole en Andalousie et en Estrémadure 2024 (Cadix) - Projets générateurs d'emplois stables</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776966</t>
+  </si>
+  <si>
+    <t>ÉTAT - MINISTÈRE DU TRAVAIL ET DE L'ÉCONOMIE SOCIALE - DIRECTION PROVINCIALE DU SEPE DE CASTELLÓ/CASTELLÓN</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827164</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025. Projets de garantie de revenu</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025 pour les projets de garantie de revenu</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025 pour les projets générateurs d'emplois stables</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>PROGRAMME DE SUBVENTIONS POUR LA PROMOTION DE L'EMPLOI AGRICOLE 2025 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>PROGRAMME DE PROMOTION DE L'EMPLOI AGRICOLE DANS LES ZONES RURALES DÉPLACÉES</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833180</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025 (Emploi stable)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025 (Garantie de revenu)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole dans les zones rurales défavorisées 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>PROGRAMME DE PROMOTION DE L'EMPLOI AGRICOLE DANS LES ZONES RURALES DÉPLACÉES (2025). SALAMANQUE</t>
+  </si>
+  <si>
+    <t>2025-07-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>PROGRAMME DE PROMOTION DE L'EMPLOI AGRICOLE JAÉN 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764318</t>
+  </si>
+  <si>
+    <t>PROGRAMME DE SUBVENTIONS POUR LA PROMOTION DE L'EMPLOI AGRICOLE CCE 2024 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/763362</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764051</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/764127</t>
+  </si>
+  <si>
+    <t>Addendum à la résolution du 28 septembre 2023 d'ICEX Spain Export and Investment (EPE) annonçant l'appel à candidatures pour des subventions destinées à la participation de groupes au salon IWF 2024 à Atlanta (États-Unis), du 6 au 9 août 2024</t>
+  </si>
+  <si>
+    <t>2023-09-29</t>
+  </si>
+  <si>
+    <t>2024-07-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/719422</t>
+  </si>
+  <si>
+    <t>Résolution du 23 novembre 2023 d'ICEX Spain Export and Investment (EPE) annonçant l'appel à candidatures pour des subventions destinées à la participation de groupes au salon Kind &amp; Jugend 2024 - Cologne (Allemagne), du 3 au 5 septembre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/729256</t>
+  </si>
+  <si>
+    <t>Résolution du 25 janvier 2024 d'ICEX Spain Export and Investment, EPE, annonçant l'appel à candidatures pour des subventions de participation de groupe à IDEOBAIN-INTERCLIMA 2024 Paris (France) du 30 septembre 2024 au 3 octobre 2024</t>
+  </si>
+  <si>
+    <t>2024-01-25</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741213</t>
+  </si>
+  <si>
+    <t>Résolution du 25 janvier 2024 d'ICEX Spain Export and Investment, EPE, portant décision relative à l'octroi d'une aide à la participation de groupes à l'AMB (Salon international du travail des métaux) de Stuttgart (Allemagne), qui se tiendra du 10 au 14 septembre 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741219</t>
+  </si>
+  <si>
+    <t>Résolution du 25 janvier 2024 d'ICEX Spain Export and Investment, EPE, annonçant l'appel à candidatures pour des subventions destinées à la participation de groupes à l'IMTS (International Manufacturing Technology Show) de Chicago, États-Unis, du 9 au 14 septembre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741336</t>
+  </si>
+  <si>
+    <t>Résolution du 25 janvier 2024 d'ICEX Spain Export and Investment, EPE, portant octroi d'une aide à la participation de groupes au salon (International Sheet Metal Working Technology Exhibition) de Hanovre, qui se tiendra du 22 au 25 octobre 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/741338</t>
+  </si>
+  <si>
+    <t>Résolution du 21 mars 2024 d'ICEX Spain Export and Investment, EPE, portant octroi d'une aide à la participation de groupe au salon AGRIEXPO de Lima (Pérou), qui se tiendra du 23 au 25 octobre 2024.</t>
+  </si>
+  <si>
+    <t>2024-03-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750838</t>
+  </si>
+  <si>
+    <t>Résolution du 25 avril 2024 d'ICEX Spain Export and Investment, EPE, portant décision relative à l'octroi d'une aide pour la participation de groupes au salon INTERSOLAR 2024 à Munich (Allemagne), du 19 au 21 juin 2024.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750841</t>
+  </si>
+  <si>
+    <t>Résolution du 21 mars 2024 d'ICEX Spain Export and Investment, EPE, portant octroi d'une aide à la participation de groupes au Salon de l'agriculture saoudienne 2024 - Riyad (Arabie saoudite) - 21 au 24 octobre 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/750846</t>
+  </si>
+  <si>
+    <t>Programme de promotion de l'emploi agricole. Projets créateurs d'emplois stables 2024</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/757555</t>
+  </si>
+  <si>
+    <t>Résolution de epe red.es par laquelle une aide est demandée pour la numérisation des communautés de biens, des sociétés civiles à but commercial, des sociétés civiles professionnelles et des exploitations agricoles détenues conjointement des segments i, ii, iii.</t>
+  </si>
+  <si>
+    <t>2023-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/709378</t>
+  </si>
+  <si>
+    <t>Résolution epe red.es de l'appel à l'aide pour la numérisation des communautés de propriétaires conjoints, des sociétés civiles à but commercial, des sociétés civiles professionnelles et des exploitations agricoles en copropriété. Segments i, ii, iii. Secteur agricole.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713025</t>
+  </si>
+  <si>
+    <t>Résolution epe red.es de l'appel à l'aide pour la numérisation des copropriétés, des sociétés civiles à but commercial, des sociétés civiles professionnelles et des exploitations agricoles en copropriété. Segments i, ii, iii. Secteur de la pêche.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713031</t>
+  </si>
+  <si>
+    <t>Résolution de l'appel à candidatures EPE Red.es pour des subventions visant à numériser les copropriétés, les partenariats civils à but commercial, les partenariats civils professionnels et les exploitations agricoles en copropriété. Segments I, II et III. Secteur SIEG</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/713034</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour le programme de bons de connectivité « UNICO Demanda Bono PYME ». Secteur agricole.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776624</t>
+  </si>
+  <si>
+    <t>Résolution de l'EPE Red.es annonçant des subventions pour la numérisation des entreprises des segments IV (entre 50 et moins de 100 employés) et V (entre 100 et moins de 250 employés). Programme de kits numériques. Secteur agricole.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801151</t>
+  </si>
+  <si>
+    <t>Deuxième appel à candidatures pour le programme d'aide à la numérisation de l'irrigation dans le cadre du PRTR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790409</t>
+  </si>
+  <si>
+    <t>Accord de collaboration entre la Fondation pour la biodiversité et la Fondation Azti-Azti, pour la mise en œuvre des actions incluses dans le projet LIFE15 IPE/ES/012 « Gestion intégrée, innovante et participative du réseau Natura 2000 en milieu marin »</t>
+  </si>
+  <si>
+    <t>2021-03-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/674176</t>
+  </si>
+  <si>
+    <t>Accord entre le ministère de l'Agriculture, de l'Élevage, de la Pêche et du Développement durable et la Fondation pour la biodiversité, relatif à la mise en œuvre des actions prévues dans le cadre du projet LIFE15 IPE/ES/012 « Gestion intégrée, innovante et participative du réseau Natura 20 ».</t>
+  </si>
+  <si>
+    <t>2022-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731506</t>
+  </si>
+  <si>
+    <t>Accord de collaboration entre la fondation pour la biodiversité et le ministère de l'Agriculture, de l'Élevage, de la Pêche et du Développement durable pour la mise en œuvre des actions incluses dans le projet de conservation de la sarcelle marbrée (life19 nat/es/000906)</t>
+  </si>
+  <si>
+    <t>2022-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/731543</t>
+  </si>
+  <si>
+    <t>Programme 1 Projets innovants d’installations agrivoltaïques avec stockage (ÉNERGIES RENOUVELABLES INNOVANTES) dans le cadre du plan de relance, de transformation et de résilience, financé par l’Union européenne – Next Generation EU</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/778726</t>
+  </si>
+  <si>
+    <t>DÉCRET PORTANT APPROBATION DE SUBVENTIONS POUR LE FINANCEMENT DE PROJETS INNOVANTS DE TRANSFORMATION TERRITORIALE ET DE LUTTE CONTRE LE DÉPOPULATION, PROMU PAR DES ORGANISMES À BUT NON LUCRATIF, AU COURS DE L'ANNÉE 2025</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>AIDE À LA PROMOTION DES INVESTISSEMENTS DANS LA TRANSFORMATION DE LA PRODUCTION AGRICOLE ET AUTRES INVESTISSEMENTS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822605</t>
+  </si>
+  <si>
+    <t>AIDE À L'INVESTISSEMENT À OBJECTIFS ENVIRONNEMENTAUX INDUSTRIE AGROALIMENTAIRE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822609</t>
+  </si>
+  <si>
+    <t>Aide à l'installation de nouveaux agriculteurs. Appel à candidatures 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>AIDE AUX INVESTISSEMENTS, À LA MODERNISATION ET/OU À L'AMÉLIORATION DES EXPLOITATIONS AGRICOLES 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>Aide à la production et à la commercialisation du miel, année 2025, FEAGA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
+  </si>
+  <si>
+    <t>SOUTIEN À LA PROMOTION, À LA TRANSFORMATION ET À LA COMMERCIALISATION DES PRODUITS DE LA PÊCHE</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
+  </si>
+  <si>
+    <t>Aide du FEADER pour la promotion du reboisement des terres agricoles Communauté de Madrid 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
+  </si>
+  <si>
+    <t>FEADER.AID FOR ORGANIC AGRICULTURE AND LIVESTOCK.PEPAC.PROG 2025-29 AND ANNUAL</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
+  </si>
+  <si>
+    <t>AIDE DU FEADER AUX JEUNES AGRICULTEURS S'INSTALLANTIANT DANS L'EXPLOITATION AGRICOLE - APPEL À CANDIDATURES 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
+  </si>
+  <si>
+    <t>L’arrêté du 30 décembre 2025 établit les bases réglementaires de l’appel à candidatures pour l’année 2026 en vue d’obtenir des aides aux études et aux investissements liés à la conservation, à la restauration et à la réhabilitation du patrimoine naturel et culturel et des zones sensibles.</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886141</t>
+  </si>
+  <si>
+    <t>Reboisement des forêts, production de truffes et de pignons de pin.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886505</t>
+  </si>
+  <si>
+    <t>Résolution du 10/02/2026 de la Direction générale de la planification agricole, portant sur l'octroi de subventions pour l'année 2026 en faveur de la promotion des races indigènes espagnoles.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886491</t>
+  </si>
+  <si>
+    <t>Résolution du 9 février 2026 portant convocation pour l'année 2026 de l'aide destinée à soutenir la fourniture de services de conseil (Intervention 7202.06. Conseil aux jeunes agriculteurs) prévue par l'arrêté du 8 avril</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886458</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour une aide à la gestion durable des forêts sur les terres privées pour l'année 2026, correspondant à la restauration des dommages forestiers.</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886517</t>
+  </si>
+  <si>
+    <t>Promouvoir les services écosystémiques dans la gestion durable des forêts.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885626</t>
+  </si>
+  <si>
+    <t>Résolution du 05/02/2026 de la Direction générale de l'agriculture et de l'élevage, par laquelle l'appel à l'aide de l'Intervention sectorielle apicole est lancé dans le cadre du Plan stratégique de la Politique agricole commune (Pepac) en Castille-La Manche.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885714</t>
+  </si>
+  <si>
+    <t>Résolution du 30 décembre 2025 portant sur l'aide à la valorisation, à la seconde transformation et à l'éco-innovation des produits forestiers, ainsi qu'à la numérisation de la seconde transformation et de l'éco-innovation des produits forestiers.</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886463</t>
+  </si>
+  <si>
+    <t>Résolution du 31 décembre 2025 portant création et annonce des subventions pour l'organisation d'activités de formation non réglementées et d'activités de diffusion favorisant les connaissances et la compétitivité de l'industrie forestière</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886478</t>
+  </si>
+  <si>
+    <t>Aux éleveurs, privilégiez les sentiers de transhumance, notamment en pleine nature.</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885888</t>
+  </si>
+  <si>
+    <t>Aide aux projets de paysages agroforestiers résilients pour les années 2026-2028</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881088</t>
+  </si>
+  <si>
+    <t>Appel à candidatures pour 2026, au titre de l’exercice financier 2025, en vue de l’octroi de subventions au titre de la ligne 2 aux entreprises sociales pour la mise en œuvre d’actions visant à améliorer l’emploi et l’insertion professionnelle des groupes à risque d’exclusion sociale.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889855</t>
+  </si>
+  <si>
+    <t>Arrêté du 29 décembre 2025 établissant le cadre réglementaire du Programme d’aide visant à mettre en œuvre l’égalité au travail, l’équilibre entre vie professionnelle et vie personnelle et la responsabilité sociale des entreprises (RSE), et annonçant son appel à candidatures pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887236</t>
+  </si>
+  <si>
+    <t>Résolution du 30 décembre 2025 approuvant les bases réglementaires pour l’octroi de l’aide IA360 visant à promouvoir l’innovation des entreprises dans un contexte de concurrence (IG408M)</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>Résolution du 29 décembre 2025 de l'Institut galicien de la consommation et de la concurrence, demandant une aide aux associations pour mener des actions d'information, de médiation, de conseil et d'assistance au cours de l'année 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886042</t>
+  </si>
+  <si>
+    <t>Arrêté du 27 février 2026 du ministère de l'Agriculture, de l'Élevage et du Développement rural, qui lance un appel à candidatures pour l'année 2026 en vue d'obtenir une aide aux activités officielles de contrôle de la production laitière en Castille-et-León.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890132</t>
+  </si>
+  <si>
+    <t>Subventions pour les investissements dans les exploitations agricoles du secteur des noix. Appel à propositions 2027</t>
+  </si>
+  <si>
+    <t>2027-05-03</t>
+  </si>
+  <si>
+    <t>2027-06-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892725</t>
+  </si>
+  <si>
+    <t>Résolution du 9 mars 2026 du ministère des Affaires rurales et de la Politique agricole, portant sur l'aide aux interventions sous forme de paiements directs à l'agriculture et à l'élevage et aux interventions de développement rural au sein de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892275</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole professionnel des îles Baléares 2026 - ORGANISATIONS AGRICOLES PROFESSIONNELLES (Siège à Majorque)</t>
+  </si>
+  <si>
+    <t>2026-05-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891942</t>
+  </si>
+  <si>
+    <t>Aide au secteur agricole professionnel des îles Baléares 2026. - ORGANISATIONS AGRICOLES PROFESSIONNELLES (Siège à Minorque)</t>
+  </si>
+  <si>
+    <t>2026-05-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/891944</t>
+  </si>
+  <si>
+    <t>Extrait de l’arrêté du 9 mars 2026 du ministère de l’Agriculture, de la Pêche et de l’Alimentation annonçant le « Prix des produits alimentaires d’Espagne pour la meilleure boisson spiritueuse bénéficiant d’une indication géographique, année 2026 »</t>
+  </si>
+  <si>
+    <t>2026-04-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892012</t>
+  </si>
+  <si>
+    <t>Résolution du 9 mars 2026 du ministère régional des Affaires rurales et de la Politique agricole, annonçant l'appel à candidatures pour les interventions sous forme de paiements directs et d'interventions de développement rural. Conv 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892274</t>
+  </si>
+  <si>
+    <t>Aide à la promotion des investissements dans la transformation de la production agricole, autres investissements, minimis</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892711</t>
+  </si>
+  <si>
+    <t>Aide à la promotion des investissements dans les entités de transformation et de production agricoles. Association Minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892712</t>
+  </si>
+  <si>
+    <t>Subventions pour les investissements dans les exploitations agricoles du secteur des noix. Appel à propositions 2026</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892719</t>
+  </si>
+  <si>
+    <t>Appel à l’aide pour la production et la commercialisation du miel, dans le cadre de l’intervention sectorielle apicole pour l’année 2026.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892920</t>
+  </si>
+  <si>
+    <t>Appel à projets 2026 pour la ligne d’aide du Plan stratégique de la Politique agricole commune pour l’Espagne (PEPAC) 2023-2027 intitulée « 6501.4 - Apiculture pour la biodiversité dans la Communauté autonome de la région de Murcie ».</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892923</t>
+  </si>
+  <si>
+    <t>Résolution du 13 mars 2026, Arrêté de subvention du 9 avril 2025, Ligne 4.2. Subventions aux entreprises privées sur le marché du travail ordinaire pour chaque participant qu'elles embauchent au cours des trois mois suivant la fin de l'itinéraire agricole de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893190</t>
+  </si>
+  <si>
+    <t>Subventions pour les investissements dans des actifs physiques dans des activités non productives à réaliser dans les zones d'influence socio-économique des espaces naturels protégés d'Aragon, dans le cadre du Plan stratégique de la politique agricole commune, PEPAC 23-27</t>
+  </si>
+  <si>
+    <t>2026-04-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893201</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893304</t>
+  </si>
+  <si>
+    <t>Aide à la promotion des investissements dans la transformation de la production agricole et dans d'autres secteurs</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893306</t>
+  </si>
+  <si>
+    <t>Actions sylvicoles, amélioration du réseau routier forestier et actions agroforestières.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893360</t>
+  </si>
+  <si>
     <t>Aides à l'investissement pour les industries agroalimentaires. Appel à propositions 2026</t>
   </si>
   <si>
     <t>2026-03-20</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869026</t>
   </si>
   <si>
-    <t>Subventions pour le recrutement de doctorants par les entreprises, les centres de recherche et les centres technologiques : Doctorats industriels 2026</t>
-[...5023 lines deleted...]
-  <si>
     <t>Résolution du 30 décembre 2025 portant création de fonds pour les investissements dans les technologies forestières, la transformation, la mobilisation et la commercialisation des produits forestiers</t>
   </si>
   <si>
     <t>2026-02-20</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887954</t>
   </si>
   <si>
-    <t>Paiements directs à l'agriculture 2023/2027</t>
-[...139 lines deleted...]
-  <si>
     <t>Appel à projets pour améliorer la compétitivité des PME du secteur commercial à partir de 2026</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890314</t>
-  </si>
-[...1126 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893360</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -12290,4833 +12290,4833 @@
       </c>
       <c r="D166" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H166" s="1" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
         <v>512</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>459</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>513</v>
+        <v>214</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C168" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B168" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D168" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H168" s="1" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
         <v>517</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>275</v>
+        <v>518</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>525</v>
+        <v>481</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>526</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H171" s="1" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
         <v>528</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>481</v>
+        <v>529</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>548</v>
+        <v>510</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
         <v>551</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>510</v>
+        <v>552</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>556</v>
+        <v>214</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H179" s="1" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
         <v>558</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>559</v>
+        <v>239</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>214</v>
+        <v>417</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C181" s="1" t="s">
         <v>561</v>
-      </c>
-[...4 lines deleted...]
-        <v>417</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H181" s="1" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
         <v>563</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>445</v>
+        <v>564</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="B184" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="B184" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" s="1" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="C186" s="1" t="s">
         <v>576</v>
-      </c>
-[...4 lines deleted...]
-        <v>574</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H186" s="1" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
         <v>578</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>442</v>
+        <v>579</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>579</v>
+        <v>561</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H187" s="1" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
         <v>581</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>582</v>
+        <v>570</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>584</v>
+        <v>567</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B190" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="B190" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190" s="1" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B191" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="B191" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" s="1" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>591</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H192" s="1" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>597</v>
-[...3 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="C194" s="1"/>
       <c r="D194" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B195" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="B195" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C195" s="1"/>
+      <c r="C195" s="1" t="s">
+        <v>601</v>
+      </c>
       <c r="D195" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>603</v>
+        <v>143</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>604</v>
+        <v>387</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="B197" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="B197" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" s="1" t="s">
-        <v>387</v>
+        <v>607</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>610</v>
+        <v>402</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
         <v>612</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>402</v>
+        <v>614</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>620</v>
+        <v>99</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>621</v>
+        <v>259</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
         <v>623</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>99</v>
+        <v>624</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>259</v>
+        <v>625</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>626</v>
+        <v>36</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>627</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>628</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H204" s="1" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>36</v>
+        <v>630</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>631</v>
+        <v>549</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H205" s="1" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
         <v>633</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>634</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>552</v>
+        <v>239</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H206" s="1" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
         <v>636</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>637</v>
+        <v>628</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>239</v>
+        <v>434</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>639</v>
+        <v>586</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>631</v>
+        <v>587</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>434</v>
+        <v>588</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>589</v>
+        <v>639</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>590</v>
+        <v>556</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>591</v>
+        <v>640</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
         <v>642</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>559</v>
+        <v>643</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>647</v>
+        <v>606</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H211" s="1" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
         <v>649</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>650</v>
+        <v>445</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>609</v>
+        <v>561</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C213" s="1" t="s">
         <v>652</v>
-      </c>
-[...4 lines deleted...]
-        <v>564</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H213" s="1" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
         <v>654</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>63</v>
+        <v>600</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>655</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H214" s="1" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
         <v>657</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>603</v>
+        <v>63</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B216" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="B216" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C216" s="1" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>663</v>
+        <v>412</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>664</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H217" s="1" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
         <v>666</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="B219" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="B219" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C219" s="1" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>672</v>
+        <v>564</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>673</v>
+        <v>49</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>567</v>
+        <v>473</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>473</v>
+        <v>48</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B223" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="B223" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C223" s="1" t="s">
-        <v>49</v>
+        <v>276</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="H223" s="1" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
         <v>681</v>
       </c>
       <c r="B224" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E224" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G224" s="1" t="s">
         <v>682</v>
-      </c>
-[...13 lines deleted...]
-        <v>134</v>
       </c>
       <c r="H224" s="1" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
         <v>684</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>63</v>
+        <v>685</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>655</v>
+        <v>189</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H225" s="1" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
         <v>687</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>688</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>189</v>
+        <v>689</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>699</v>
+        <v>361</v>
       </c>
       <c r="C229" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H229" s="1" t="s">
         <v>700</v>
-      </c>
-[...13 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="B230" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="B230" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C230" s="1" t="s">
-        <v>362</v>
+        <v>703</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>706</v>
+        <v>530</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E231" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H231" s="1" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
         <v>708</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>709</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>533</v>
+        <v>710</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E232" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E233" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="C234" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H234" s="1" t="s">
         <v>717</v>
-      </c>
-[...13 lines deleted...]
-        <v>718</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E235" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H235" s="1" t="s">
         <v>719</v>
-      </c>
-[...19 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="C236" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="B236" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D236" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H236" s="1" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
         <v>723</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>383</v>
       </c>
       <c r="C237" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E237" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H237" s="1" t="s">
         <v>724</v>
-      </c>
-[...13 lines deleted...]
-        <v>725</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B238" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="B238" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C238" s="1" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E238" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="C239" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E239" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H239" s="1" t="s">
         <v>730</v>
-      </c>
-[...13 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E240" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H240" s="1" t="s">
         <v>732</v>
-      </c>
-[...19 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H241" s="1" t="s">
         <v>734</v>
-      </c>
-[...19 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E242" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H242" s="1" t="s">
         <v>736</v>
-      </c>
-[...19 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H243" s="1" t="s">
         <v>738</v>
-      </c>
-[...19 lines deleted...]
-        <v>739</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E244" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H244" s="1" t="s">
         <v>740</v>
-      </c>
-[...19 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E245" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H245" s="1" t="s">
         <v>742</v>
-      </c>
-[...19 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E246" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H246" s="1" t="s">
         <v>744</v>
-      </c>
-[...19 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="C247" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="B247" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D247" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E247" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H247" s="1" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
         <v>748</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C248" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E248" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H248" s="1" t="s">
         <v>749</v>
-      </c>
-[...13 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E249" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="B250" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="B250" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C250" s="1" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E250" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>757</v>
+        <v>692</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E251" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H251" s="1" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
         <v>759</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>760</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>695</v>
+        <v>761</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E252" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H252" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>764</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E253" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H253" s="1" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
         <v>766</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E254" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H254" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E255" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H255" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E256" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H256" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C257" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E257" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H257" s="1" t="s">
         <v>779</v>
-      </c>
-[...13 lines deleted...]
-        <v>780</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="B258" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="B258" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C258" s="1" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E258" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H258" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>785</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E259" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H259" s="1" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
         <v>787</v>
       </c>
       <c r="B260" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E260" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F260" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H260" s="1" t="s">
         <v>788</v>
-      </c>
-[...16 lines deleted...]
-        <v>789</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E261" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H261" s="1" t="s">
         <v>790</v>
-      </c>
-[...19 lines deleted...]
-        <v>791</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E262" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F262" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H262" s="1" t="s">
         <v>792</v>
-      </c>
-[...19 lines deleted...]
-        <v>793</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E263" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H263" s="1" t="s">
         <v>794</v>
-      </c>
-[...19 lines deleted...]
-        <v>795</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C264" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="B264" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D264" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E264" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H264" s="1" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
         <v>798</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>706</v>
+        <v>799</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E265" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H265" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E266" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H266" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>806</v>
+        <v>679</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>807</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E267" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H267" s="1" t="s">
         <v>808</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
         <v>809</v>
       </c>
       <c r="B268" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E268" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G268" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="C268" s="1" t="s">
+      <c r="H268" s="1" t="s">
         <v>810</v>
-      </c>
-[...13 lines deleted...]
-        <v>811</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="B269" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="B269" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C269" s="1" t="s">
-        <v>474</v>
+        <v>813</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E269" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H269" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>816</v>
+        <v>276</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E270" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H270" s="1" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
         <v>818</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E271" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H271" s="1" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E272" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F272" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H272" s="1" t="s">
         <v>821</v>
-      </c>
-[...19 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>510</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E273" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H273" s="1" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>510</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E274" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="C275" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="B275" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D275" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E275" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H275" s="1" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
         <v>829</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>774</v>
+        <v>213</v>
       </c>
       <c r="C276" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E276" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H276" s="1" t="s">
         <v>830</v>
-      </c>
-[...13 lines deleted...]
-        <v>831</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E277" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B278" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="B278" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C278" s="1" t="s">
-        <v>214</v>
+        <v>835</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E278" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E279" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E280" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="C281" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E281" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F281" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H281" s="1" t="s">
         <v>846</v>
-      </c>
-[...13 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B282" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="B282" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C282" s="1" t="s">
-        <v>846</v>
+        <v>727</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E282" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H282" s="1" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
         <v>850</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>851</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>730</v>
+        <v>380</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E283" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H283" s="1" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
         <v>853</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E284" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="B285" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="B285" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C285" s="1" t="s">
-        <v>380</v>
+        <v>857</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E285" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E286" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E287" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="C288" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E288" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F288" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H288" s="1" t="s">
         <v>868</v>
-      </c>
-[...13 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E289" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F289" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H289" s="1" t="s">
         <v>870</v>
-      </c>
-[...19 lines deleted...]
-        <v>871</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="B290" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="B290" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C290" s="1" t="s">
-        <v>868</v>
+        <v>466</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E290" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H290" s="1" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
         <v>874</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>875</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>466</v>
+        <v>876</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E291" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>685</v>
+        <v>77</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E292" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G292" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H292" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>883</v>
+        <v>714</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E293" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G293" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H293" s="1" t="s">
         <v>884</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
         <v>885</v>
       </c>
       <c r="B294" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="C294" s="1" t="s">
         <v>886</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E294" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G294" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H294" s="1" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
         <v>888</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>806</v>
+        <v>889</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E295" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H295" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E296" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G296" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H296" s="1" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>896</v>
+        <v>259</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>897</v>
+        <v>644</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E297" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H297" s="1" t="s">
-        <v>898</v>
+        <v>897</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>259</v>
+        <v>40</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>647</v>
+        <v>236</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E298" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G298" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H298" s="1" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>901</v>
+        <v>900</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>236</v>
+        <v>652</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E299" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G299" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H299" s="1" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>655</v>
+        <v>259</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E300" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H300" s="1" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E301" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H301" s="1" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="B302" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="B302" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C302" s="1" t="s">
-        <v>276</v>
+        <v>908</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E302" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G302" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H302" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E303" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G303" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H303" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>915</v>
+        <v>594</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E304" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G304" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H304" s="1" t="s">
         <v>916</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
         <v>917</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>918</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>597</v>
+        <v>919</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E305" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H305" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>921</v>
+        <v>617</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>922</v>
+        <v>652</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E306" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H306" s="1" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="B307" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="B307" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C307" s="1" t="s">
-        <v>655</v>
+        <v>925</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E307" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H307" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>928</v>
+        <v>652</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E308" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G308" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H308" s="1" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
         <v>930</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>931</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>655</v>
+        <v>932</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E309" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G309" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>935</v>
+        <v>324</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E310" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G310" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H310" s="1" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
         <v>937</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>938</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>324</v>
+        <v>939</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E311" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G311" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>941</v>
+        <v>324</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>942</v>
+        <v>259</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E312" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G312" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>943</v>
+        <v>942</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="C313" s="1" t="s">
         <v>944</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E313" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G313" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H313" s="1" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
         <v>946</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>361</v>
+        <v>947</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E314" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E315" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G315" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
-        <v>953</v>
+        <v>934</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>954</v>
+        <v>449</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>955</v>
+        <v>644</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E316" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G316" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1" t="s">
-        <v>937</v>
+        <v>955</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>449</v>
+        <v>276</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E317" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G317" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>957</v>
+        <v>956</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="B318" s="1" t="s">
         <v>958</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="C318" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="C318" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D318" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E318" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H318" s="1" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1" t="s">
         <v>960</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>961</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>276</v>
+        <v>962</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E319" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>965</v>
+        <v>279</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E320" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H320" s="1" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1" t="s">
         <v>967</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>968</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>279</v>
+        <v>969</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E321" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E322" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>976</v>
+        <v>384</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E323" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H323" s="1" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1" t="s">
         <v>978</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>979</v>
+        <v>401</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E324" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H324" s="1" t="s">
-        <v>980</v>
+        <v>979</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="B325" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="B325" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C325" s="1" t="s">
-        <v>392</v>
+        <v>235</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E325" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H325" s="1" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1" t="s">
         <v>983</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>984</v>
+        <v>485</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>235</v>
+        <v>932</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E326" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G326" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="C327" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="B327" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D327" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E327" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H327" s="1" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1" t="s">
         <v>988</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>647</v>
+        <v>989</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E328" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H328" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E329" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G329" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H329" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E330" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H330" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1000</v>
+        <v>365</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1001</v>
+        <v>714</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E331" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H331" s="1" t="s">
-        <v>1002</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>365</v>
+        <v>239</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>717</v>
+        <v>236</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E332" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H332" s="1" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="C333" s="1" t="s">
         <v>1005</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E333" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H333" s="1" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>992</v>
+        <v>679</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E334" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G334" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H334" s="1" t="s">
-        <v>1009</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B335" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="B335" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C335" s="1" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E335" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H335" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1013</v>
+        <v>679</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1014</v>
+        <v>1005</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E336" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G336" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H336" s="1" t="s">
-        <v>1015</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>682</v>
+        <v>63</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1008</v>
+        <v>652</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E337" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H337" s="1" t="s">
-        <v>1017</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E338" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G338" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H338" s="1" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>63</v>
+        <v>1019</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E339" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G339" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H339" s="1" t="s">
         <v>1020</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E340" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G340" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H340" s="1" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>655</v>
+        <v>1026</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E341" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="H341" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E342" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G342" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H342" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1032</v>
+        <v>935</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E343" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H343" s="1" t="s">
         <v>1034</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>938</v>
+        <v>1036</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1036</v>
+        <v>652</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E344" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G344" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H344" s="1" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>655</v>
+        <v>644</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E345" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G345" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H345" s="1" t="s">
         <v>1040</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>647</v>
+        <v>380</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E346" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G346" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H346" s="1" t="s">
         <v>1043</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="B347" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C347" s="1" t="s">
         <v>1045</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E347" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G347" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H347" s="1" t="s">
         <v>1046</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>492</v>
+        <v>1048</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1048</v>
+        <v>652</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E348" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G348" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H348" s="1" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>655</v>
+        <v>1052</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E349" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G349" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1055</v>
+        <v>549</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E350" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G350" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H350" s="1" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B351" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="B351" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C351" s="1" t="s">
-        <v>552</v>
+        <v>259</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E351" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H351" s="1" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="C352" s="1" t="s">
@@ -17124,16343 +17124,16343 @@
       </c>
       <c r="D352" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E352" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G352" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H352" s="1" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>259</v>
+        <v>374</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E353" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G353" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H353" s="1" t="s">
         <v>1064</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>374</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E354" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H354" s="1" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B355" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="B355" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C355" s="1" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E355" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H355" s="1" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="B356" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C356" s="1" t="s">
         <v>1071</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E356" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H356" s="1" t="s">
         <v>1072</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1" t="s">
-        <v>1073</v>
+        <v>1062</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>99</v>
+        <v>634</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1074</v>
+        <v>526</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E357" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G357" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H357" s="1" t="s">
-        <v>1075</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1" t="s">
-        <v>1065</v>
+        <v>1074</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>637</v>
+        <v>1075</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>529</v>
+        <v>251</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E358" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H358" s="1" t="s">
         <v>1076</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1078</v>
+        <v>48</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>251</v>
+        <v>49</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E359" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G359" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H359" s="1" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B360" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="B360" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C360" s="1" t="s">
-        <v>49</v>
+        <v>1081</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E360" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G360" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H360" s="1" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1083</v>
+        <v>99</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1084</v>
+        <v>664</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E361" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H361" s="1" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B362" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="B362" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C362" s="1" t="s">
-        <v>667</v>
+        <v>1087</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E362" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G362" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1089</v>
+        <v>935</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1090</v>
+        <v>504</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E363" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G363" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H363" s="1" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B364" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="B364" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C364" s="1" t="s">
-        <v>504</v>
+        <v>1093</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E364" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G364" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H364" s="1" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1095</v>
+        <v>63</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1096</v>
+        <v>652</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E365" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G365" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H365" s="1" t="s">
-        <v>1097</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>63</v>
+        <v>1092</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>655</v>
+        <v>1093</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E366" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G366" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1095</v>
+        <v>412</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1096</v>
+        <v>546</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E367" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G367" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C368" s="1" t="s">
         <v>1102</v>
-      </c>
-[...4 lines deleted...]
-        <v>549</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E368" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G368" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H368" s="1" t="s">
         <v>1103</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1042</v>
+        <v>1105</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1105</v>
+        <v>655</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E369" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G369" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H369" s="1" t="s">
         <v>1106</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1108</v>
+        <v>149</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>658</v>
+        <v>489</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E370" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G370" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1" t="s">
-        <v>1110</v>
+        <v>1109</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>489</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E371" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G371" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H371" s="1" t="s">
-        <v>1111</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>149</v>
+        <v>706</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>489</v>
+        <v>387</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E372" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G372" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>1113</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>709</v>
+        <v>799</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>387</v>
+        <v>358</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E373" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G373" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H373" s="1" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B374" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="B374" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C374" s="1" t="s">
-        <v>358</v>
+        <v>1117</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E374" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F374" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G374" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1120</v>
+        <v>49</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E375" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G375" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H375" s="1" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>49</v>
+        <v>1124</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E376" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G376" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E377" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G377" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1" t="s">
-        <v>1129</v>
+        <v>1128</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E378" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G378" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>1130</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="C379" s="1" t="s">
         <v>1131</v>
-      </c>
-[...4 lines deleted...]
-        <v>1127</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E379" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G379" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H379" s="1" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="B380" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C380" s="1" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>1134</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E380" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G380" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H380" s="1" t="s">
-        <v>1135</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B381" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="B381" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C381" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E381" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G381" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H381" s="1" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1139</v>
+        <v>549</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>552</v>
+        <v>251</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E382" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G382" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H382" s="1" t="s">
-        <v>1140</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1" t="s">
-        <v>1141</v>
+        <v>1140</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E383" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G383" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>1142</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1" t="s">
-        <v>1143</v>
+        <v>1142</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E384" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G384" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>1144</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B385" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="B385" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C385" s="1" t="s">
-        <v>251</v>
+        <v>1146</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E385" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G385" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1149</v>
+        <v>373</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E386" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G386" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H386" s="1" t="s">
         <v>1150</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>373</v>
+        <v>1153</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E387" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G387" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1155</v>
+        <v>430</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E388" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G388" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>430</v>
+        <v>1152</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E389" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G389" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H389" s="1" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1" t="s">
-        <v>1160</v>
+        <v>1159</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E390" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F390" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G390" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H390" s="1" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B391" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="B391" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C391" s="1" t="s">
-        <v>1156</v>
+        <v>644</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E391" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F391" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G391" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H391" s="1" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>647</v>
+        <v>1026</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E392" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G392" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H392" s="1" t="s">
         <v>1166</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="B393" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C393" s="1" t="s">
         <v>1168</v>
-      </c>
-[...1 lines deleted...]
-        <v>1029</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E393" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G393" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H393" s="1" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>210</v>
+        <v>1171</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1171</v>
+        <v>768</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E394" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F394" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G394" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H394" s="1" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>1174</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>771</v>
+        <v>861</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E395" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F395" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G395" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H395" s="1" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1177</v>
+        <v>1171</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>864</v>
+        <v>768</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E396" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F396" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G396" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H396" s="1" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C397" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="B397" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D397" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E397" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F397" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G397" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H397" s="1" t="s">
         <v>1180</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>259</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1182</v>
+        <v>1179</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E398" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>1183</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>259</v>
+        <v>275</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1182</v>
+        <v>276</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E399" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G399" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H399" s="1" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B400" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="B400" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C400" s="1" t="s">
-        <v>276</v>
+        <v>236</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E400" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F400" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G400" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H400" s="1" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E401" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G401" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H401" s="1" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1" t="s">
-        <v>1191</v>
+        <v>1190</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E402" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F402" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G402" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H402" s="1" t="s">
-        <v>1192</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1" t="s">
-        <v>1193</v>
+        <v>1192</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E403" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F403" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G403" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H403" s="1" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1189</v>
+        <v>213</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>236</v>
+        <v>214</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E404" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F404" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G404" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H404" s="1" t="s">
-        <v>1196</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>213</v>
+        <v>482</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>214</v>
+        <v>387</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E405" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G405" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H405" s="1" t="s">
-        <v>1198</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1" t="s">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E406" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F406" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G406" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H406" s="1" t="s">
-        <v>1200</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B407" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="B407" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C407" s="1" t="s">
-        <v>387</v>
+        <v>1202</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E407" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G407" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H407" s="1" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1205</v>
+        <v>935</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E408" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F408" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="H408" s="1" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1208</v>
+        <v>366</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E409" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G409" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>1209</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>938</v>
+        <v>727</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E410" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G410" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1" t="s">
-        <v>1212</v>
+        <v>1211</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>366</v>
+        <v>533</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>730</v>
+        <v>1117</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E411" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G411" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B412" s="1" t="s">
         <v>1214</v>
       </c>
-      <c r="B412" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C412" s="1" t="s">
-        <v>1120</v>
+        <v>931</v>
       </c>
       <c r="D412" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E412" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G412" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H412" s="1" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1217</v>
+        <v>63</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>934</v>
+        <v>652</v>
       </c>
       <c r="D413" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E413" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F413" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G413" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H413" s="1" t="s">
-        <v>1218</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B414" s="1" t="s">
         <v>1219</v>
       </c>
-      <c r="B414" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C414" s="1" t="s">
-        <v>655</v>
+        <v>935</v>
       </c>
       <c r="D414" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E414" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F414" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G414" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H414" s="1" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>1222</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>938</v>
+        <v>9</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E415" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F415" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G415" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H415" s="1" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>9</v>
+        <v>251</v>
       </c>
       <c r="D416" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E416" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F416" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G416" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H416" s="1" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1228</v>
+        <v>99</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E417" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G417" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H417" s="1" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1" t="s">
-        <v>1230</v>
+        <v>1229</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>99</v>
+        <v>533</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>259</v>
+        <v>799</v>
       </c>
       <c r="D418" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E418" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G418" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>1231</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1" t="s">
-        <v>1232</v>
+        <v>1231</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>536</v>
+        <v>843</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>802</v>
+        <v>761</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E419" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G419" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>1233</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1" t="s">
-        <v>1234</v>
+        <v>1233</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>764</v>
+        <v>9</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E420" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G420" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H420" s="1" t="s">
-        <v>1235</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1" t="s">
-        <v>1236</v>
+        <v>1233</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>846</v>
+        <v>767</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>9</v>
+        <v>1235</v>
       </c>
       <c r="D421" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E421" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G421" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H421" s="1" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>770</v>
+        <v>40</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E422" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G422" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H422" s="1" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1" t="s">
         <v>1240</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="D423" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E423" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F423" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G423" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H423" s="1" t="s">
-        <v>1242</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C424" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="B424" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D424" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E424" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F424" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G424" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H424" s="1" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1" t="s">
         <v>1245</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>617</v>
+        <v>1246</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="D425" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E425" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G425" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H425" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="D426" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E426" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F426" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="H426" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1253</v>
+        <v>1225</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1254</v>
+        <v>556</v>
       </c>
       <c r="D427" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E427" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F427" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G427" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H427" s="1" t="s">
-        <v>1255</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B428" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="B428" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C428" s="1" t="s">
-        <v>559</v>
+        <v>880</v>
       </c>
       <c r="D428" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E428" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G428" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H428" s="1" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1" t="s">
         <v>1258</v>
       </c>
       <c r="B429" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C429" s="1" t="s">
         <v>1259</v>
-      </c>
-[...1 lines deleted...]
-        <v>883</v>
       </c>
       <c r="D429" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E429" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G429" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H429" s="1" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1" t="s">
         <v>1261</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>582</v>
+        <v>1262</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="D430" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E430" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F430" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G430" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H430" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1265</v>
+        <v>1262</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1266</v>
+        <v>452</v>
       </c>
       <c r="D431" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E431" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F431" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G431" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H431" s="1" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C432" s="1" t="s">
         <v>1268</v>
-      </c>
-[...4 lines deleted...]
-        <v>452</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E432" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F432" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G432" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H432" s="1" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1" t="s">
         <v>1270</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1265</v>
+        <v>1271</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1271</v>
+        <v>994</v>
       </c>
       <c r="D433" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E433" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F433" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G433" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H433" s="1" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="B434" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="C434" s="1" t="s">
         <v>1274</v>
-      </c>
-[...1 lines deleted...]
-        <v>997</v>
       </c>
       <c r="D434" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E434" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F434" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G434" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H434" s="1" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>573</v>
+        <v>1277</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1277</v>
+        <v>655</v>
       </c>
       <c r="D435" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E435" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F435" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>105</v>
+        <v>134</v>
       </c>
       <c r="H435" s="1" t="s">
         <v>1278</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1" t="s">
         <v>1279</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1280</v>
+        <v>401</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>658</v>
+        <v>1202</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E436" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F436" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G436" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H436" s="1" t="s">
-        <v>1281</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B437" s="1" t="s">
         <v>1282</v>
       </c>
-      <c r="B437" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C437" s="1" t="s">
-        <v>1205</v>
+        <v>1283</v>
       </c>
       <c r="D437" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E437" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F437" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G437" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H437" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="D438" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E438" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F438" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G438" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H438" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1289</v>
+        <v>391</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1290</v>
+        <v>478</v>
       </c>
       <c r="D439" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E439" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F439" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G439" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H439" s="1" t="s">
-        <v>1291</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C440" s="1" t="s">
         <v>1292</v>
-      </c>
-[...4 lines deleted...]
-        <v>478</v>
       </c>
       <c r="D440" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E440" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F440" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G440" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H440" s="1" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>603</v>
+        <v>1295</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1295</v>
+        <v>1029</v>
       </c>
       <c r="D441" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E441" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F441" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G441" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H441" s="1" t="s">
         <v>1296</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1" t="s">
         <v>1297</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1298</v>
+        <v>469</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1032</v>
+        <v>1087</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E442" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F442" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G442" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H442" s="1" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B443" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="B443" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C443" s="1" t="s">
-        <v>1090</v>
+        <v>588</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E443" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F443" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G443" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H443" s="1" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>591</v>
+        <v>556</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E444" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F444" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G444" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H444" s="1" t="s">
         <v>1304</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="D445" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E445" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F445" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G445" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H445" s="1" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="D446" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E446" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F446" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G446" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H446" s="1" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="D447" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E447" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F447" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G447" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H447" s="1" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="D448" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E448" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F448" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G448" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H448" s="1" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="D449" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E449" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F449" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G449" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H449" s="1" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="D450" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E450" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G450" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="D451" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E451" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G451" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H451" s="1" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1306</v>
+        <v>1075</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>559</v>
+        <v>251</v>
       </c>
       <c r="D452" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E452" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G452" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H452" s="1" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1078</v>
+        <v>625</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>251</v>
+        <v>588</v>
       </c>
       <c r="D453" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E453" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F453" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G453" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H453" s="1" t="s">
-        <v>1316</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1" t="s">
-        <v>1317</v>
+        <v>1316</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>628</v>
+        <v>860</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>591</v>
+        <v>1168</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E454" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G454" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B455" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="B455" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C455" s="1" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="D455" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E455" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F455" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G455" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H455" s="1" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1" t="s">
         <v>1321</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="D456" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E456" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G456" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H456" s="1" t="s">
         <v>1323</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1171</v>
+        <v>1326</v>
       </c>
       <c r="D457" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E457" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G457" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H457" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1328</v>
+        <v>1186</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1329</v>
+        <v>607</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E458" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G458" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H458" s="1" t="s">
-        <v>1330</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1" t="s">
-        <v>1331</v>
+        <v>1330</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1189</v>
+        <v>968</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>610</v>
+        <v>703</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E459" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G459" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H459" s="1" t="s">
-        <v>1332</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>971</v>
+        <v>63</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>706</v>
+        <v>652</v>
       </c>
       <c r="D460" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E460" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G460" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H460" s="1" t="s">
-        <v>1334</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1" t="s">
-        <v>1335</v>
+        <v>1334</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>63</v>
+        <v>1036</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>655</v>
       </c>
       <c r="D461" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E461" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G461" s="1" t="s">
         <v>134</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>1336</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B462" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="B462" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C462" s="1" t="s">
-        <v>658</v>
+        <v>391</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E462" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>134</v>
+        <v>1338</v>
       </c>
       <c r="H462" s="1" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>391</v>
+        <v>1342</v>
       </c>
       <c r="D463" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E463" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F463" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H463" s="1" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1344</v>
+        <v>391</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>1345</v>
       </c>
       <c r="D464" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E464" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F464" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H464" s="1" t="s">
         <v>1346</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>391</v>
+        <v>812</v>
       </c>
       <c r="C465" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E465" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F465" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H465" s="1" t="s">
         <v>1348</v>
-      </c>
-[...13 lines deleted...]
-        <v>1349</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B466" s="1" t="s">
         <v>1350</v>
       </c>
-      <c r="B466" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C466" s="1" t="s">
-        <v>616</v>
+        <v>1030</v>
       </c>
       <c r="D466" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E466" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F466" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H466" s="1" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1" t="s">
         <v>1352</v>
       </c>
       <c r="B467" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E467" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F467" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H467" s="1" t="s">
         <v>1353</v>
-      </c>
-[...16 lines deleted...]
-        <v>1354</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B468" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="B468" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C468" s="1" t="s">
-        <v>882</v>
+        <v>236</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E468" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F468" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H468" s="1" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1" t="s">
         <v>1357</v>
       </c>
       <c r="B469" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E469" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F469" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H469" s="1" t="s">
         <v>1358</v>
-      </c>
-[...16 lines deleted...]
-        <v>1359</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B470" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="B470" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C470" s="1" t="s">
-        <v>1090</v>
+        <v>1361</v>
       </c>
       <c r="D470" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E470" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F470" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H470" s="1" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="D471" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E471" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F471" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H471" s="1" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1367</v>
+        <v>510</v>
       </c>
       <c r="C472" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E472" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F472" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H472" s="1" t="s">
         <v>1368</v>
-      </c>
-[...13 lines deleted...]
-        <v>1369</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E473" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F473" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H473" s="1" t="s">
         <v>1370</v>
-      </c>
-[...19 lines deleted...]
-        <v>1371</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E474" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F474" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H474" s="1" t="s">
         <v>1372</v>
-      </c>
-[...19 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B475" s="1" t="s">
         <v>1374</v>
       </c>
-      <c r="B475" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C475" s="1" t="s">
-        <v>239</v>
+        <v>1374</v>
       </c>
       <c r="D475" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E475" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F475" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H475" s="1" t="s">
         <v>1375</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1" t="s">
         <v>1376</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1377</v>
+        <v>1201</v>
       </c>
       <c r="C476" s="1" t="s">
         <v>1377</v>
       </c>
       <c r="D476" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E476" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F476" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H476" s="1" t="s">
         <v>1378</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1" t="s">
         <v>1379</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1204</v>
+        <v>243</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>1380</v>
       </c>
       <c r="D477" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E477" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F477" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H477" s="1" t="s">
         <v>1381</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1" t="s">
         <v>1382</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>243</v>
+        <v>1383</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1383</v>
+        <v>9</v>
       </c>
       <c r="D478" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E478" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F478" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H478" s="1" t="s">
         <v>1384</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1" t="s">
         <v>1385</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>9</v>
+        <v>387</v>
       </c>
       <c r="D479" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E479" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H479" s="1" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="B480" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C480" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E480" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F480" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H480" s="1" t="s">
         <v>1389</v>
-      </c>
-[...16 lines deleted...]
-        <v>1390</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E481" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F481" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H481" s="1" t="s">
         <v>1391</v>
-      </c>
-[...19 lines deleted...]
-        <v>1392</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B482" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C482" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="B482" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D482" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E482" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H482" s="1" t="s">
         <v>1394</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1" t="s">
         <v>1395</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>439</v>
+        <v>1396</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>1396</v>
       </c>
       <c r="D483" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E483" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H483" s="1" t="s">
         <v>1397</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1" t="s">
         <v>1398</v>
       </c>
       <c r="B484" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E484" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F484" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H484" s="1" t="s">
         <v>1399</v>
-      </c>
-[...16 lines deleted...]
-        <v>1400</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="C485" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="B485" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D485" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E485" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F485" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1341</v>
+        <v>1338</v>
       </c>
       <c r="H485" s="1" t="s">
         <v>1402</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1" t="s">
         <v>1403</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>540</v>
+        <v>1404</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1404</v>
+        <v>655</v>
       </c>
       <c r="D486" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E486" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F486" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1341</v>
+        <v>156</v>
       </c>
       <c r="H486" s="1" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1" t="s">
         <v>1406</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1407</v>
+        <v>1286</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>658</v>
+        <v>627</v>
       </c>
       <c r="D487" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E487" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F487" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G487" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H487" s="1" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1289</v>
+        <v>976</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>630</v>
+        <v>721</v>
       </c>
       <c r="D488" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E488" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G488" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H488" s="1" t="s">
-        <v>1410</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1" t="s">
-        <v>1411</v>
+        <v>1408</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D489" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E489" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F489" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G489" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H489" s="1" t="s">
-        <v>1412</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1" t="s">
         <v>1411</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>979</v>
+        <v>600</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>724</v>
+        <v>601</v>
       </c>
       <c r="D490" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E490" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F490" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G490" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H490" s="1" t="s">
-        <v>1413</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1" t="s">
-        <v>1414</v>
+        <v>1413</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>603</v>
+        <v>564</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>604</v>
+        <v>384</v>
       </c>
       <c r="D491" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E491" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F491" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G491" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H491" s="1" t="s">
-        <v>1415</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B492" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="B492" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C492" s="1" t="s">
-        <v>384</v>
+        <v>1417</v>
       </c>
       <c r="D492" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E492" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F492" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G492" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H492" s="1" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1419</v>
+        <v>879</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1420</v>
+        <v>1120</v>
       </c>
       <c r="D493" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E493" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F493" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G493" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H493" s="1" t="s">
-        <v>1421</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1" t="s">
-        <v>1422</v>
+        <v>1421</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>882</v>
+        <v>406</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1123</v>
+        <v>1243</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E494" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F494" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G494" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H494" s="1" t="s">
-        <v>1423</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B495" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="C495" s="1" t="s">
         <v>1424</v>
-      </c>
-[...4 lines deleted...]
-        <v>1246</v>
       </c>
       <c r="D495" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E495" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F495" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G495" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H495" s="1" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1" t="s">
         <v>1426</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>469</v>
+        <v>669</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>1427</v>
       </c>
       <c r="D496" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E496" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G496" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H496" s="1" t="s">
         <v>1428</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1" t="s">
         <v>1429</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>672</v>
+        <v>510</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1430</v>
+        <v>549</v>
       </c>
       <c r="D497" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E497" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G497" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H497" s="1" t="s">
-        <v>1431</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1" t="s">
-        <v>1432</v>
+        <v>1431</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="D498" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E498" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F498" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G498" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H498" s="1" t="s">
-        <v>1433</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C499" s="1" t="s">
         <v>1434</v>
-      </c>
-[...4 lines deleted...]
-        <v>552</v>
       </c>
       <c r="D499" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E499" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G499" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H499" s="1" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1" t="s">
         <v>1436</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1364</v>
+        <v>1075</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1437</v>
+        <v>251</v>
       </c>
       <c r="D500" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E500" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G500" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H500" s="1" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1" t="s">
-        <v>1439</v>
+        <v>1438</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D501" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E501" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F501" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G501" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H501" s="1" t="s">
-        <v>1440</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1" t="s">
-        <v>1441</v>
+        <v>1440</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1078</v>
+        <v>424</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>251</v>
+        <v>425</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E502" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G502" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H502" s="1" t="s">
-        <v>1442</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B503" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C503" s="1" t="s">
         <v>1443</v>
-      </c>
-[...4 lines deleted...]
-        <v>425</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E503" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G503" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H503" s="1" t="s">
         <v>1444</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1" t="s">
         <v>1445</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>239</v>
+        <v>445</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>1446</v>
       </c>
       <c r="D504" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E504" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F504" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G504" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H504" s="1" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>445</v>
+        <v>1449</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="D505" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E505" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F505" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G505" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H505" s="1" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1452</v>
+        <v>1449</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E506" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G506" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H506" s="1" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1" t="s">
-        <v>1455</v>
+        <v>1454</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1452</v>
+        <v>275</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1453</v>
+        <v>276</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E507" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F507" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G507" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H507" s="1" t="s">
-        <v>1456</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1" t="s">
-        <v>1457</v>
+        <v>1456</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>275</v>
+        <v>600</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>276</v>
+        <v>601</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E508" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F508" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G508" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H508" s="1" t="s">
-        <v>1458</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B509" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C509" s="1" t="s">
         <v>1459</v>
-      </c>
-[...4 lines deleted...]
-        <v>604</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E509" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F509" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G509" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H509" s="1" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="1" t="s">
         <v>1461</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>251</v>
+        <v>474</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>1462</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E510" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F510" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G510" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H510" s="1" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="1" t="s">
         <v>1464</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>474</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="D511" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E511" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F511" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G511" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H511" s="1" t="s">
-        <v>1466</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="C512" s="1" t="s">
         <v>1467</v>
-      </c>
-[...4 lines deleted...]
-        <v>1465</v>
       </c>
       <c r="D512" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E512" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F512" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G512" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H512" s="1" t="s">
         <v>1468</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" s="1" t="s">
-        <v>1469</v>
+        <v>1466</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
       <c r="D513" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E513" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F513" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G513" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H513" s="1" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" s="1" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>893</v>
+        <v>435</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E514" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F514" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G514" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H514" s="1" t="s">
         <v>1472</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" s="1" t="s">
         <v>1473</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>435</v>
+        <v>463</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="D515" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E515" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F515" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G515" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H515" s="1" t="s">
-        <v>1475</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" s="1" t="s">
-        <v>1476</v>
+        <v>1475</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>463</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="D516" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E516" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F516" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G516" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H516" s="1" t="s">
-        <v>1477</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" s="1" t="s">
-        <v>1478</v>
+        <v>1477</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>463</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="D517" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E517" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F517" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G517" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H517" s="1" t="s">
-        <v>1479</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B518" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="B518" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C518" s="1" t="s">
-        <v>1474</v>
+        <v>726</v>
       </c>
       <c r="D518" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E518" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F518" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G518" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H518" s="1" t="s">
         <v>1481</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" s="1" t="s">
         <v>1482</v>
       </c>
       <c r="B519" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C519" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D519" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E519" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F519" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H519" s="1" t="s">
         <v>1483</v>
-      </c>
-[...16 lines deleted...]
-        <v>1484</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" s="1" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D520" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E520" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G520" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H520" s="1" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" s="1" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D521" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E521" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F521" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G521" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H521" s="1" t="s">
-        <v>1488</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B522" s="1" t="s">
         <v>1489</v>
       </c>
-      <c r="B522" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C522" s="1" t="s">
-        <v>276</v>
+        <v>655</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E522" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F522" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G522" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H522" s="1" t="s">
         <v>1490</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" s="1" t="s">
         <v>1491</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>1492</v>
+        <v>23</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>658</v>
+        <v>485</v>
       </c>
       <c r="D523" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E523" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F523" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G523" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H523" s="1" t="s">
-        <v>1493</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B524" s="1" t="s">
         <v>1494</v>
       </c>
-      <c r="B524" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C524" s="1" t="s">
-        <v>485</v>
+        <v>652</v>
       </c>
       <c r="D524" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E524" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F524" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G524" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H524" s="1" t="s">
         <v>1495</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="1" t="s">
         <v>1496</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>1497</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>655</v>
+        <v>1498</v>
       </c>
       <c r="D525" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E525" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G525" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H525" s="1" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="1" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1500</v>
+        <v>591</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1501</v>
+        <v>374</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E526" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G526" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H526" s="1" t="s">
-        <v>1502</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B527" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="B527" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C527" s="1" t="s">
-        <v>374</v>
+        <v>1427</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E527" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G527" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H527" s="1" t="s">
         <v>1504</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="1" t="s">
         <v>1505</v>
       </c>
       <c r="B528" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="C528" s="1" t="s">
         <v>1506</v>
-      </c>
-[...1 lines deleted...]
-        <v>1430</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E528" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F528" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G528" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H528" s="1" t="s">
         <v>1507</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="1" t="s">
         <v>1508</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>941</v>
+        <v>1509</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E529" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F529" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G529" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H529" s="1" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="1" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1512</v>
+        <v>463</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1513</v>
+        <v>380</v>
       </c>
       <c r="D530" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E530" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F530" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G530" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H530" s="1" t="s">
-        <v>1514</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B531" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="B531" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C531" s="1" t="s">
-        <v>380</v>
+        <v>259</v>
       </c>
       <c r="D531" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E531" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F531" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G531" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H531" s="1" t="s">
         <v>1516</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="1" t="s">
         <v>1517</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1518</v>
+        <v>275</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E532" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F532" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G532" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H532" s="1" t="s">
-        <v>1519</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="1" t="s">
-        <v>1520</v>
+        <v>1519</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>1235</v>
+      </c>
+      <c r="C533" s="1"/>
       <c r="D533" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E533" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F533" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G533" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H533" s="1" t="s">
-        <v>1521</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="1" t="s">
-        <v>1522</v>
+        <v>1521</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1238</v>
-[...1 lines deleted...]
-      <c r="C534" s="1"/>
+        <v>1326</v>
+      </c>
+      <c r="C534" s="1" t="s">
+        <v>772</v>
+      </c>
       <c r="D534" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E534" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F534" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G534" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H534" s="1" t="s">
-        <v>1523</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B535" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="B535" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C535" s="1" t="s">
-        <v>775</v>
+        <v>652</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E535" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F535" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G535" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H535" s="1" t="s">
         <v>1525</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1" t="s">
         <v>1526</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1527</v>
+        <v>405</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>655</v>
+        <v>1345</v>
       </c>
       <c r="D536" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E536" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F536" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G536" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H536" s="1" t="s">
-        <v>1528</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B537" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="B537" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C537" s="1" t="s">
-        <v>1348</v>
+        <v>664</v>
       </c>
       <c r="D537" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E537" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F537" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G537" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H537" s="1" t="s">
         <v>1530</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1" t="s">
         <v>1531</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>1532</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>667</v>
+        <v>9</v>
       </c>
       <c r="D538" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E538" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F538" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G538" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H538" s="1" t="s">
         <v>1533</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1" t="s">
         <v>1534</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1535</v>
+        <v>507</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D539" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E539" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G539" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H539" s="1" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B540" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="B540" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C540" s="1" t="s">
-        <v>9</v>
+        <v>552</v>
       </c>
       <c r="D540" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E540" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G540" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H540" s="1" t="s">
         <v>1538</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1" t="s">
         <v>1539</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>1540</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>555</v>
+        <v>767</v>
       </c>
       <c r="D541" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E541" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F541" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G541" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H541" s="1" t="s">
         <v>1541</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="D542" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E542" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F542" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G542" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H542" s="1" t="s">
-        <v>1544</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="D543" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E543" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F543" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G543" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H543" s="1" t="s">
-        <v>1545</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>1543</v>
+        <v>63</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>770</v>
+        <v>652</v>
       </c>
       <c r="D544" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E544" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F544" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G544" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H544" s="1" t="s">
-        <v>1546</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B545" s="1" t="s">
         <v>1547</v>
       </c>
-      <c r="B545" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C545" s="1" t="s">
-        <v>655</v>
+        <v>1548</v>
       </c>
       <c r="D545" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E545" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F545" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G545" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H545" s="1" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>1550</v>
+        <v>510</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1551</v>
+        <v>549</v>
       </c>
       <c r="D546" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E546" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F546" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G546" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H546" s="1" t="s">
-        <v>1552</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B547" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="B547" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C547" s="1" t="s">
-        <v>552</v>
+        <v>1131</v>
       </c>
       <c r="D547" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E547" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F547" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G547" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H547" s="1" t="s">
         <v>1554</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1" t="s">
         <v>1555</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>1556</v>
+        <v>213</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>1134</v>
+        <v>214</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E548" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F548" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G548" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H548" s="1" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1" t="s">
-        <v>1558</v>
+        <v>1557</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>213</v>
+        <v>617</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>214</v>
+        <v>652</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E549" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F549" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G549" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H549" s="1" t="s">
-        <v>1559</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="1" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>620</v>
+        <v>63</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D550" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E550" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F550" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G550" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H550" s="1" t="s">
-        <v>1561</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B551" s="1" t="s">
         <v>1562</v>
       </c>
-      <c r="B551" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C551" s="1" t="s">
-        <v>655</v>
+        <v>1081</v>
       </c>
       <c r="D551" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E551" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F551" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G551" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H551" s="1" t="s">
         <v>1563</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="1" t="s">
         <v>1564</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>1565</v>
+        <v>63</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1084</v>
+        <v>276</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E552" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F552" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G552" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H552" s="1" t="s">
-        <v>1566</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="1" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>63</v>
+        <v>1416</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>276</v>
+        <v>669</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E553" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F553" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G553" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H553" s="1" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="1" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>1419</v>
+        <v>63</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>672</v>
+        <v>49</v>
       </c>
       <c r="D554" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E554" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F554" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G554" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H554" s="1" t="s">
-        <v>1570</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C555" s="1" t="s">
         <v>1571</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D555" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E555" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F555" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G555" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H555" s="1" t="s">
         <v>1572</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="1" t="s">
         <v>1573</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>1250</v>
+        <v>383</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>1574</v>
+        <v>482</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E556" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F556" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G556" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H556" s="1" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B557" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="B557" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C557" s="1" t="s">
-        <v>482</v>
+        <v>1577</v>
       </c>
       <c r="D557" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E557" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F557" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G557" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H557" s="1" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="1" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>1580</v>
+        <v>434</v>
       </c>
       <c r="D558" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E558" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F558" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G558" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H558" s="1" t="s">
         <v>1581</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="1" t="s">
         <v>1582</v>
       </c>
       <c r="B559" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C559" s="1" t="s">
         <v>1583</v>
       </c>
-      <c r="C559" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D559" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E559" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F559" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G559" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H559" s="1" t="s">
         <v>1584</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1" t="s">
         <v>1585</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>275</v>
+        <v>1586</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="D560" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E560" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F560" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G560" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H560" s="1" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>1590</v>
+        <v>652</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E561" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F561" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G561" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H561" s="1" t="s">
         <v>1591</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1" t="s">
         <v>1592</v>
       </c>
       <c r="B562" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="C562" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="C562" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D562" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E562" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F562" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
       <c r="H562" s="1" t="s">
         <v>1594</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1" t="s">
         <v>1595</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="C563" s="1" t="s">
         <v>1596</v>
       </c>
+      <c r="C563" s="1"/>
       <c r="D563" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E563" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F563" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G563" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H563" s="1" t="s">
         <v>1597</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1" t="s">
         <v>1598</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>1599</v>
-[...1 lines deleted...]
-      <c r="C564" s="1"/>
+        <v>1547</v>
+      </c>
+      <c r="C564" s="1" t="s">
+        <v>1548</v>
+      </c>
       <c r="D564" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E564" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F564" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G564" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H564" s="1" t="s">
-        <v>1600</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1" t="s">
-        <v>1601</v>
+        <v>1600</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>1550</v>
+        <v>746</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1551</v>
+        <v>1117</v>
       </c>
       <c r="D565" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E565" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F565" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G565" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H565" s="1" t="s">
-        <v>1602</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B566" s="1" t="s">
         <v>1603</v>
       </c>
-      <c r="B566" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C566" s="1" t="s">
-        <v>1120</v>
+        <v>1604</v>
       </c>
       <c r="D566" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E566" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F566" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G566" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H566" s="1" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>1606</v>
+        <v>1092</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1607</v>
+        <v>1604</v>
       </c>
       <c r="D567" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E567" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F567" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G567" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H567" s="1" t="s">
-        <v>1608</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1" t="s">
-        <v>1609</v>
+        <v>1608</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>1095</v>
+        <v>499</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>1607</v>
+        <v>546</v>
       </c>
       <c r="D568" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E568" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F568" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G568" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H568" s="1" t="s">
-        <v>1610</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1" t="s">
-        <v>1611</v>
+        <v>1610</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>499</v>
+        <v>669</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>549</v>
+        <v>664</v>
       </c>
       <c r="D569" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E569" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F569" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G569" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H569" s="1" t="s">
-        <v>1612</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1" t="s">
-        <v>1613</v>
+        <v>1612</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="D570" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E570" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F570" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G570" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H570" s="1" t="s">
-        <v>1614</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B571" s="1" t="s">
         <v>1615</v>
       </c>
-      <c r="B571" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C571" s="1" t="s">
-        <v>667</v>
+        <v>1616</v>
       </c>
       <c r="D571" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E571" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F571" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G571" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H571" s="1" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>1618</v>
+        <v>1042</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>1619</v>
+        <v>421</v>
       </c>
       <c r="D572" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E572" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F572" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G572" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H572" s="1" t="s">
-        <v>1620</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B573" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C573" s="1" t="s">
         <v>1621</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
       <c r="D573" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E573" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F573" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G573" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H573" s="1" t="s">
         <v>1622</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1" t="s">
         <v>1623</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>1286</v>
+        <v>1396</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>1624</v>
+        <v>838</v>
       </c>
       <c r="D574" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E574" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F574" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G574" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H574" s="1" t="s">
-        <v>1625</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1" t="s">
-        <v>1626</v>
+        <v>1625</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>1399</v>
+        <v>361</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>841</v>
+        <v>380</v>
       </c>
       <c r="D575" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E575" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F575" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G575" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H575" s="1" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1" t="s">
-        <v>1628</v>
+        <v>1627</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>361</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D576" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E576" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F576" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G576" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H576" s="1" t="s">
-        <v>1629</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B577" s="1" t="s">
         <v>1630</v>
       </c>
-      <c r="B577" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C577" s="1" t="s">
-        <v>380</v>
+        <v>1325</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E577" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F577" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G577" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H577" s="1" t="s">
         <v>1631</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1" t="s">
         <v>1632</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>1633</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>1328</v>
+        <v>1039</v>
       </c>
       <c r="D578" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E578" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F578" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G578" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H578" s="1" t="s">
         <v>1634</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1" t="s">
         <v>1635</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>1636</v>
+        <v>445</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>1042</v>
+        <v>446</v>
       </c>
       <c r="D579" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E579" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F579" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G579" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H579" s="1" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1" t="s">
-        <v>1638</v>
+        <v>1637</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>446</v>
+        <v>1326</v>
       </c>
       <c r="D580" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E580" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F580" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G580" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H580" s="1" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B581" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C581" s="1" t="s">
         <v>1640</v>
-      </c>
-[...4 lines deleted...]
-        <v>1329</v>
       </c>
       <c r="D581" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E581" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F581" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G581" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H581" s="1" t="s">
         <v>1641</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="1" t="s">
         <v>1642</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>108</v>
+        <v>1205</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>1643</v>
+        <v>652</v>
       </c>
       <c r="D582" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E582" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F582" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G582" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H582" s="1" t="s">
-        <v>1644</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="1" t="s">
-        <v>1645</v>
+        <v>1644</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>1208</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="C583" s="1"/>
       <c r="D583" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E583" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F583" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G583" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H583" s="1" t="s">
-        <v>1646</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B584" s="1" t="s">
         <v>1647</v>
       </c>
-      <c r="B584" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C584" s="1"/>
+      <c r="C584" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="D584" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E584" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F584" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G584" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H584" s="1" t="s">
         <v>1648</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="1" t="s">
         <v>1649</v>
       </c>
       <c r="B585" s="1" t="s">
         <v>1650</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>49</v>
+        <v>499</v>
       </c>
       <c r="D585" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E585" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F585" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G585" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H585" s="1" t="s">
         <v>1651</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="1" t="s">
         <v>1652</v>
       </c>
       <c r="B586" s="1" t="s">
         <v>1653</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>499</v>
+        <v>1434</v>
       </c>
       <c r="D586" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E586" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F586" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G586" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H586" s="1" t="s">
         <v>1654</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="1" t="s">
         <v>1655</v>
       </c>
       <c r="B587" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="C587" s="1" t="s">
         <v>1656</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437</v>
       </c>
       <c r="D587" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E587" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F587" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G587" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H587" s="1" t="s">
         <v>1657</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="1" t="s">
         <v>1658</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>434</v>
+        <v>99</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>1659</v>
+        <v>510</v>
       </c>
       <c r="D588" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E588" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F588" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G588" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H588" s="1" t="s">
-        <v>1660</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B589" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="C589" s="1" t="s">
         <v>1661</v>
-      </c>
-[...4 lines deleted...]
-        <v>510</v>
       </c>
       <c r="D589" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E589" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F589" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G589" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H589" s="1" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="1" t="s">
         <v>1663</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>532</v>
+        <v>1360</v>
       </c>
       <c r="C590" s="1" t="s">
         <v>1664</v>
       </c>
       <c r="D590" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E590" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F590" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G590" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H590" s="1" t="s">
         <v>1665</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="1" t="s">
         <v>1666</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>1363</v>
+        <v>1667</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>1667</v>
+        <v>1603</v>
       </c>
       <c r="D591" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E591" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F591" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G591" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H591" s="1" t="s">
         <v>1668</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="1" t="s">
         <v>1669</v>
       </c>
       <c r="B592" s="1" t="s">
         <v>1670</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>1606</v>
+        <v>652</v>
       </c>
       <c r="D592" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E592" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F592" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G592" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H592" s="1" t="s">
         <v>1671</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="1" t="s">
         <v>1672</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>1673</v>
+        <v>1524</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D593" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E593" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F593" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G593" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H593" s="1" t="s">
-        <v>1674</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B594" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="B594" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C594" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D594" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E594" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F594" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G594" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H594" s="1" t="s">
         <v>1676</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="1" t="s">
         <v>1677</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>1678</v>
+        <v>542</v>
       </c>
       <c r="C595" s="1" t="s">
         <v>655</v>
       </c>
       <c r="D595" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E595" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F595" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G595" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H595" s="1" t="s">
-        <v>1679</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B596" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="B596" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C596" s="1" t="s">
-        <v>658</v>
+        <v>1092</v>
       </c>
       <c r="D596" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E596" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F596" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G596" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H596" s="1" t="s">
         <v>1681</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1" t="s">
         <v>1682</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>1683</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>1095</v>
+        <v>652</v>
       </c>
       <c r="D597" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E597" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F597" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G597" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H597" s="1" t="s">
         <v>1684</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="1" t="s">
         <v>1685</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>1686</v>
+        <v>1092</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>655</v>
+        <v>1380</v>
       </c>
       <c r="D598" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E598" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F598" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G598" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H598" s="1" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="1" t="s">
-        <v>1688</v>
+        <v>1687</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>1095</v>
+        <v>579</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>1383</v>
+        <v>463</v>
       </c>
       <c r="D599" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E599" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F599" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G599" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H599" s="1" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="1" t="s">
-        <v>1690</v>
+        <v>1689</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>582</v>
+        <v>1615</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>463</v>
+        <v>1653</v>
       </c>
       <c r="D600" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E600" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F600" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G600" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H600" s="1" t="s">
-        <v>1691</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="1" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>1618</v>
+        <v>63</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>1656</v>
+        <v>652</v>
       </c>
       <c r="D601" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E601" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F601" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G601" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H601" s="1" t="s">
-        <v>1693</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="1" t="s">
-        <v>1694</v>
+        <v>1693</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="D602" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E602" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F602" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G602" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H602" s="1" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="1" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>99</v>
+        <v>968</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>667</v>
+        <v>679</v>
       </c>
       <c r="D603" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E603" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F603" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G603" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H603" s="1" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B604" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="B604" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C604" s="1" t="s">
-        <v>682</v>
+        <v>452</v>
       </c>
       <c r="D604" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E604" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F604" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G604" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H604" s="1" t="s">
         <v>1699</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="1" t="s">
         <v>1700</v>
       </c>
       <c r="B605" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C605" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D605" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E605" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F605" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H605" s="1" t="s">
         <v>1701</v>
-      </c>
-[...16 lines deleted...]
-        <v>1702</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1" t="s">
-        <v>1703</v>
+        <v>1702</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>213</v>
+        <v>466</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>214</v>
+        <v>358</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E606" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F606" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G606" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H606" s="1" t="s">
-        <v>1704</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B607" s="1" t="s">
         <v>1705</v>
       </c>
-      <c r="B607" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C607" s="1" t="s">
-        <v>358</v>
+        <v>1361</v>
       </c>
       <c r="D607" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E607" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F607" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G607" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H607" s="1" t="s">
         <v>1706</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1" t="s">
         <v>1707</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>1708</v>
+        <v>1093</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>1364</v>
+        <v>1361</v>
       </c>
       <c r="D608" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E608" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F608" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G608" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H608" s="1" t="s">
-        <v>1709</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>1096</v>
+        <v>30</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>1364</v>
+        <v>1361</v>
       </c>
       <c r="D609" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E609" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F609" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G609" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H609" s="1" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B610" s="1" t="s">
         <v>1712</v>
       </c>
-      <c r="B610" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C610" s="1" t="s">
-        <v>1364</v>
+        <v>1713</v>
       </c>
       <c r="D610" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E610" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F610" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G610" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H610" s="1" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>1715</v>
+        <v>1547</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>1716</v>
+        <v>714</v>
       </c>
       <c r="D611" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E611" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F611" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G611" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H611" s="1" t="s">
-        <v>1717</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1" t="s">
-        <v>1718</v>
+        <v>1717</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="D612" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E612" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F612" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G612" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H612" s="1" t="s">
-        <v>1719</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1" t="s">
-        <v>1720</v>
+        <v>1719</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>1550</v>
+        <v>1214</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>717</v>
+        <v>538</v>
       </c>
       <c r="D613" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E613" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F613" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G613" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H613" s="1" t="s">
-        <v>1721</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B614" s="1" t="s">
         <v>1722</v>
       </c>
-      <c r="B614" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C614" s="1" t="s">
-        <v>541</v>
+        <v>1723</v>
       </c>
       <c r="D614" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E614" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F614" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G614" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H614" s="1" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="1" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>1725</v>
+        <v>1360</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1726</v>
+        <v>549</v>
       </c>
       <c r="D615" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E615" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F615" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G615" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H615" s="1" t="s">
-        <v>1727</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B616" s="1" t="s">
         <v>1728</v>
       </c>
-      <c r="B616" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C616" s="1" t="s">
-        <v>552</v>
+        <v>1537</v>
       </c>
       <c r="D616" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E616" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F616" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G616" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H616" s="1" t="s">
         <v>1729</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="1" t="s">
         <v>1730</v>
       </c>
       <c r="B617" s="1" t="s">
         <v>1731</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>1540</v>
+        <v>1732</v>
       </c>
       <c r="D617" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E617" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F617" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G617" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H617" s="1" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="1" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>1734</v>
+        <v>1283</v>
       </c>
       <c r="C618" s="1" t="s">
         <v>1735</v>
       </c>
       <c r="D618" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E618" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F618" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G618" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H618" s="1" t="s">
         <v>1736</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" s="1" t="s">
         <v>1737</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>1286</v>
+        <v>1738</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="D619" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E619" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F619" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G619" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H619" s="1" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" s="1" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>1741</v>
+        <v>459</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1742</v>
+        <v>279</v>
       </c>
       <c r="D620" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E620" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F620" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G620" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H620" s="1" t="s">
-        <v>1743</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" s="1" t="s">
-        <v>1744</v>
+        <v>1743</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>459</v>
+        <v>63</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>279</v>
+        <v>377</v>
       </c>
       <c r="D621" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E621" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F621" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G621" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H621" s="1" t="s">
-        <v>1745</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B622" s="1" t="s">
         <v>1746</v>
       </c>
-      <c r="B622" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C622" s="1" t="s">
-        <v>377</v>
+        <v>721</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E622" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F622" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G622" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H622" s="1" t="s">
         <v>1747</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" s="1" t="s">
         <v>1748</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>1749</v>
+        <v>617</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>724</v>
+        <v>377</v>
       </c>
       <c r="D623" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E623" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F623" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G623" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H623" s="1" t="s">
-        <v>1750</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" s="1" t="s">
-        <v>1751</v>
+        <v>1750</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>620</v>
+        <v>564</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>377</v>
+        <v>981</v>
       </c>
       <c r="D624" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E624" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F624" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G624" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H624" s="1" t="s">
-        <v>1752</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" s="1" t="s">
-        <v>1753</v>
+        <v>1752</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>567</v>
+        <v>412</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>984</v>
+        <v>380</v>
       </c>
       <c r="D625" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E625" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F625" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G625" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H625" s="1" t="s">
-        <v>1754</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B626" s="1" t="s">
         <v>1755</v>
       </c>
-      <c r="B626" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C626" s="1" t="s">
-        <v>380</v>
+        <v>994</v>
       </c>
       <c r="D626" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E626" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F626" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G626" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H626" s="1" t="s">
         <v>1756</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" s="1" t="s">
         <v>1757</v>
       </c>
       <c r="B627" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="C627" s="1" t="s">
         <v>1758</v>
       </c>
-      <c r="C627" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D627" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E627" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F627" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G627" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H627" s="1" t="s">
         <v>1759</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" s="1" t="s">
         <v>1760</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>459</v>
+        <v>1761</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1761</v>
+        <v>924</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E628" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F628" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G628" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H628" s="1" t="s">
         <v>1762</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" s="1" t="s">
         <v>1763</v>
       </c>
       <c r="B629" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C629" s="1" t="s">
         <v>1764</v>
-      </c>
-[...1 lines deleted...]
-        <v>927</v>
       </c>
       <c r="D629" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E629" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F629" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G629" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H629" s="1" t="s">
         <v>1765</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" s="1" t="s">
         <v>1766</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>27</v>
+        <v>1341</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1767</v>
+        <v>1342</v>
       </c>
       <c r="D630" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E630" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F630" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G630" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H630" s="1" t="s">
-        <v>1768</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" s="1" t="s">
-        <v>1769</v>
+        <v>1768</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>1344</v>
+        <v>1547</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1345</v>
+        <v>813</v>
       </c>
       <c r="D631" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E631" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F631" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G631" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H631" s="1" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" s="1" t="s">
-        <v>1771</v>
+        <v>1770</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>816</v>
+        <v>1722</v>
       </c>
       <c r="D632" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E632" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F632" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G632" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H632" s="1" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B633" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C633" s="1" t="s">
         <v>1773</v>
-      </c>
-[...4 lines deleted...]
-        <v>1725</v>
       </c>
       <c r="D633" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E633" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F633" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G633" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H633" s="1" t="s">
         <v>1774</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" s="1" t="s">
         <v>1775</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>529</v>
+        <v>1776</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1776</v>
+        <v>1586</v>
       </c>
       <c r="D634" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E634" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F634" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>204</v>
+        <v>218</v>
       </c>
       <c r="H634" s="1" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" s="1" t="s">
         <v>1778</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>1779</v>
+        <v>1068</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1589</v>
+        <v>727</v>
       </c>
       <c r="D635" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E635" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F635" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G635" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H635" s="1" t="s">
-        <v>1780</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B636" s="1" t="s">
         <v>1781</v>
       </c>
-      <c r="B636" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C636" s="1" t="s">
-        <v>730</v>
+        <v>1782</v>
       </c>
       <c r="D636" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E636" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F636" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G636" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H636" s="1" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" s="1" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>1784</v>
+        <v>1713</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>1785</v>
+        <v>726</v>
       </c>
       <c r="D637" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E637" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F637" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G637" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H637" s="1" t="s">
-        <v>1786</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" s="1" t="s">
-        <v>1787</v>
+        <v>1786</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>1716</v>
+        <v>1764</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>729</v>
+        <v>409</v>
       </c>
       <c r="D638" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E638" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F638" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G638" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H638" s="1" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" s="1" t="s">
-        <v>1789</v>
+        <v>1788</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>1767</v>
+        <v>1764</v>
       </c>
       <c r="C639" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D639" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E639" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F639" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G639" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H639" s="1" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B640" s="1" t="s">
         <v>1791</v>
-      </c>
-[...1 lines deleted...]
-        <v>1767</v>
       </c>
       <c r="C640" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D640" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E640" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F640" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G640" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H640" s="1" t="s">
         <v>1792</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" s="1" t="s">
         <v>1793</v>
       </c>
       <c r="B641" s="1" t="s">
         <v>1794</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>409</v>
+        <v>499</v>
       </c>
       <c r="D641" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E641" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F641" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G641" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H641" s="1" t="s">
         <v>1795</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" s="1" t="s">
         <v>1796</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>1797</v>
+        <v>493</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>499</v>
+        <v>669</v>
       </c>
       <c r="D642" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E642" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F642" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G642" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H642" s="1" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" s="1" t="s">
-        <v>1799</v>
+        <v>1798</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>493</v>
+        <v>880</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>672</v>
+        <v>932</v>
       </c>
       <c r="D643" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E643" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F643" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G643" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H643" s="1" t="s">
-        <v>1800</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" s="1" t="s">
-        <v>1801</v>
+        <v>1800</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>883</v>
+        <v>1045</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>935</v>
+        <v>669</v>
       </c>
       <c r="D644" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E644" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F644" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G644" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H644" s="1" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B645" s="1" t="s">
         <v>1803</v>
       </c>
-      <c r="B645" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C645" s="1" t="s">
-        <v>672</v>
+        <v>549</v>
       </c>
       <c r="D645" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E645" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F645" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G645" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H645" s="1" t="s">
         <v>1804</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" s="1" t="s">
         <v>1805</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>1806</v>
+        <v>591</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="D646" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E646" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F646" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G646" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H646" s="1" t="s">
-        <v>1807</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" s="1" t="s">
-        <v>1808</v>
+        <v>1807</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>594</v>
+        <v>99</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>552</v>
+        <v>669</v>
       </c>
       <c r="D647" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E647" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F647" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G647" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H647" s="1" t="s">
-        <v>1809</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" s="1" t="s">
-        <v>1810</v>
+        <v>1809</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>99</v>
+        <v>510</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>672</v>
+        <v>549</v>
       </c>
       <c r="D648" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E648" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F648" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G648" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H648" s="1" t="s">
-        <v>1811</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B649" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C649" s="1" t="s">
         <v>1812</v>
-      </c>
-[...4 lines deleted...]
-        <v>552</v>
       </c>
       <c r="D649" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E649" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F649" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G649" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H649" s="1" t="s">
         <v>1813</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" s="1" t="s">
         <v>1814</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>1667</v>
+        <v>1664</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1815</v>
+        <v>1365</v>
       </c>
       <c r="D650" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E650" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F650" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G650" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H650" s="1" t="s">
-        <v>1816</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" s="1" t="s">
-        <v>1817</v>
+        <v>1816</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>1667</v>
+        <v>631</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="D651" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E651" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F651" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G651" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H651" s="1" t="s">
-        <v>1818</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" s="1" t="s">
-        <v>1819</v>
+        <v>1818</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>634</v>
+        <v>889</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>1368</v>
+        <v>644</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E652" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F652" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G652" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H652" s="1" t="s">
-        <v>1820</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B653" s="1" t="s">
         <v>1821</v>
       </c>
-      <c r="B653" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C653" s="1" t="s">
-        <v>647</v>
+        <v>1822</v>
       </c>
       <c r="D653" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E653" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F653" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G653" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H653" s="1" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" s="1" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>1824</v>
+        <v>1822</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>1825</v>
+        <v>1081</v>
       </c>
       <c r="D654" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E654" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F654" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G654" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H654" s="1" t="s">
-        <v>1826</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B655" s="1" t="s">
         <v>1827</v>
       </c>
-      <c r="B655" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C655" s="1" t="s">
-        <v>1084</v>
+        <v>857</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E655" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F655" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G655" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H655" s="1" t="s">
         <v>1828</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" s="1" t="s">
         <v>1829</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>1830</v>
+        <v>1283</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>860</v>
+        <v>1081</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E656" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F656" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G656" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H656" s="1" t="s">
-        <v>1831</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" s="1" t="s">
-        <v>1832</v>
+        <v>1831</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>1286</v>
+        <v>1152</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>1084</v>
+        <v>1153</v>
       </c>
       <c r="D657" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E657" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F657" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G657" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H657" s="1" t="s">
-        <v>1833</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B658" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C658" s="1" t="s">
         <v>1834</v>
-      </c>
-[...4 lines deleted...]
-        <v>1156</v>
       </c>
       <c r="D658" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E658" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F658" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G658" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H658" s="1" t="s">
         <v>1835</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" s="1" t="s">
         <v>1836</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>1741</v>
+        <v>275</v>
       </c>
       <c r="C659" s="1" t="s">
         <v>1837</v>
       </c>
       <c r="D659" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E659" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F659" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G659" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H659" s="1" t="s">
         <v>1838</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" s="1" t="s">
         <v>1839</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>275</v>
+        <v>655</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>1840</v>
+        <v>924</v>
       </c>
       <c r="D660" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E660" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F660" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G660" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H660" s="1" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B661" s="1" t="s">
         <v>1842</v>
       </c>
-      <c r="B661" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C661" s="1" t="s">
-        <v>927</v>
+        <v>466</v>
       </c>
       <c r="D661" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E661" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F661" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G661" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H661" s="1" t="s">
         <v>1843</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" s="1" t="s">
         <v>1844</v>
       </c>
       <c r="B662" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C662" s="1" t="s">
         <v>1845</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="D662" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E662" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F662" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G662" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H662" s="1" t="s">
         <v>1846</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" s="1" t="s">
         <v>1847</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>1501</v>
+        <v>1791</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>1848</v>
+        <v>1214</v>
       </c>
       <c r="D663" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E663" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F663" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G663" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H663" s="1" t="s">
-        <v>1849</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B664" s="1" t="s">
         <v>1850</v>
       </c>
-      <c r="B664" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C664" s="1" t="s">
-        <v>1217</v>
+        <v>652</v>
       </c>
       <c r="D664" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E664" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F664" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G664" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H664" s="1" t="s">
         <v>1851</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" s="1" t="s">
         <v>1852</v>
       </c>
       <c r="B665" s="1" t="s">
         <v>1853</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>655</v>
+        <v>1854</v>
       </c>
       <c r="D665" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E665" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F665" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G665" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H665" s="1" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" s="1" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>1857</v>
+        <v>595</v>
       </c>
       <c r="D666" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E666" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F666" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G666" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H666" s="1" t="s">
         <v>1858</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" s="1" t="s">
         <v>1859</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>1860</v>
+        <v>1489</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>598</v>
+        <v>377</v>
       </c>
       <c r="D667" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E667" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F667" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G667" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H667" s="1" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" s="1" t="s">
-        <v>1862</v>
+        <v>1861</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>1492</v>
+        <v>1712</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>377</v>
+        <v>1548</v>
       </c>
       <c r="D668" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E668" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F668" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G668" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H668" s="1" t="s">
-        <v>1863</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" s="1" t="s">
-        <v>1864</v>
+        <v>1863</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>1715</v>
+        <v>1712</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>1551</v>
+        <v>1680</v>
       </c>
       <c r="D669" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E669" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F669" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G669" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H669" s="1" t="s">
-        <v>1865</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" s="1" t="s">
-        <v>1866</v>
+        <v>1865</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>1715</v>
+        <v>714</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>1683</v>
+        <v>1548</v>
       </c>
       <c r="D670" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E670" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F670" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G670" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H670" s="1" t="s">
-        <v>1867</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" s="1" t="s">
-        <v>1868</v>
+        <v>1867</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
       <c r="D671" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E671" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F671" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G671" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H671" s="1" t="s">
-        <v>1869</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B672" s="1" t="s">
         <v>1870</v>
       </c>
-      <c r="B672" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C672" s="1" t="s">
-        <v>1551</v>
+        <v>377</v>
       </c>
       <c r="D672" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E672" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F672" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G672" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H672" s="1" t="s">
         <v>1871</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" s="1" t="s">
         <v>1872</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>1873</v>
+        <v>842</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>377</v>
+        <v>664</v>
       </c>
       <c r="D673" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E673" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F673" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G673" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H673" s="1" t="s">
-        <v>1874</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" s="1" t="s">
-        <v>1875</v>
+        <v>1874</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="D674" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E674" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F674" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G674" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H674" s="1" t="s">
-        <v>1876</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" s="1" t="s">
-        <v>1877</v>
+        <v>1876</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>845</v>
+        <v>587</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>667</v>
+        <v>1515</v>
       </c>
       <c r="D675" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E675" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F675" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G675" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H675" s="1" t="s">
-        <v>1878</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" s="1" t="s">
-        <v>1879</v>
+        <v>1878</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>590</v>
+        <v>463</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1518</v>
+        <v>767</v>
       </c>
       <c r="D676" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E676" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F676" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G676" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H676" s="1" t="s">
-        <v>1880</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" s="1" t="s">
-        <v>1881</v>
+        <v>1880</v>
       </c>
       <c r="B677" s="1" t="s">
         <v>463</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>770</v>
+        <v>1881</v>
       </c>
       <c r="D677" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E677" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F677" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G677" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H677" s="1" t="s">
         <v>1882</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" s="1" t="s">
         <v>1883</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>463</v>
+        <v>1884</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>1884</v>
+        <v>571</v>
       </c>
       <c r="D678" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E678" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F678" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G678" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H678" s="1" t="s">
         <v>1885</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" s="1" t="s">
         <v>1886</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>1887</v>
+        <v>1884</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="D679" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E679" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F679" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G679" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H679" s="1" t="s">
-        <v>1888</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B680" s="1" t="s">
         <v>1889</v>
       </c>
-      <c r="B680" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C680" s="1" t="s">
-        <v>574</v>
+        <v>721</v>
       </c>
       <c r="D680" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E680" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F680" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G680" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H680" s="1" t="s">
         <v>1890</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" s="1" t="s">
         <v>1891</v>
       </c>
       <c r="B681" s="1" t="s">
         <v>1892</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>724</v>
+        <v>538</v>
       </c>
       <c r="D681" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E681" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F681" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G681" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H681" s="1" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" s="1" t="s">
         <v>1894</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>1895</v>
+        <v>405</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>541</v>
+        <v>1117</v>
       </c>
       <c r="D682" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E682" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F682" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G682" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H682" s="1" t="s">
-        <v>1896</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" s="1" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B683" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="C683" s="1" t="s">
         <v>1897</v>
-      </c>
-[...4 lines deleted...]
-        <v>1120</v>
       </c>
       <c r="D683" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E683" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F683" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G683" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H683" s="1" t="s">
         <v>1898</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" s="1" t="s">
         <v>1899</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>757</v>
+        <v>1647</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1900</v>
+        <v>236</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E684" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F684" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G684" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H684" s="1" t="s">
-        <v>1901</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" s="1" t="s">
-        <v>1902</v>
+        <v>1901</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>1650</v>
+        <v>1647</v>
       </c>
       <c r="C685" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D685" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E685" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F685" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G685" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H685" s="1" t="s">
-        <v>1903</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" s="1" t="s">
-        <v>1904</v>
+        <v>1903</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>1650</v>
+        <v>189</v>
       </c>
       <c r="C686" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D686" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E686" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F686" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G686" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H686" s="1" t="s">
-        <v>1905</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B687" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C687" s="1" t="s">
         <v>1906</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D687" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E687" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F687" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G687" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H687" s="1" t="s">
         <v>1907</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" s="1" t="s">
         <v>1908</v>
       </c>
       <c r="B688" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>1909</v>
+        <v>1906</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E688" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F688" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G688" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H688" s="1" t="s">
-        <v>1910</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" s="1" t="s">
-        <v>1911</v>
+        <v>1910</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>63</v>
+        <v>1350</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>1909</v>
+        <v>236</v>
       </c>
       <c r="D689" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E689" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F689" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G689" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H689" s="1" t="s">
-        <v>1912</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" s="1" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B690" s="1" t="s">
         <v>1913</v>
       </c>
-      <c r="B690" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C690" s="1" t="s">
-        <v>236</v>
+        <v>655</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E690" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F690" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G690" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H690" s="1" t="s">
         <v>1914</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" s="1" t="s">
         <v>1915</v>
       </c>
       <c r="B691" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="C691" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D691" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E691" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F691" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G691" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H691" s="1" t="s">
         <v>1916</v>
-      </c>
-[...16 lines deleted...]
-        <v>1917</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" s="1" t="s">
-        <v>1918</v>
+        <v>1917</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>883</v>
+        <v>401</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>503</v>
+        <v>1782</v>
       </c>
       <c r="D692" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E692" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F692" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G692" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H692" s="1" t="s">
-        <v>1919</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" s="1" t="s">
-        <v>1920</v>
+        <v>1919</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>401</v>
+        <v>1201</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>1785</v>
+        <v>655</v>
       </c>
       <c r="D693" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E693" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F693" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G693" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H693" s="1" t="s">
-        <v>1921</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" s="1" t="s">
-        <v>1922</v>
+        <v>1921</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>1204</v>
+        <v>510</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>658</v>
+        <v>549</v>
       </c>
       <c r="D694" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E694" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F694" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G694" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H694" s="1" t="s">
-        <v>1923</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" s="1" t="s">
-        <v>1924</v>
+        <v>1923</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>510</v>
+        <v>1812</v>
       </c>
       <c r="C695" s="1" t="s">
         <v>552</v>
       </c>
       <c r="D695" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E695" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F695" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G695" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H695" s="1" t="s">
-        <v>1925</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B696" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C696" s="1" t="s">
         <v>1926</v>
-      </c>
-[...4 lines deleted...]
-        <v>555</v>
       </c>
       <c r="D696" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E696" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F696" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G696" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H696" s="1" t="s">
         <v>1927</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" s="1" t="s">
         <v>1928</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>1238</v>
+        <v>958</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>1929</v>
+        <v>1168</v>
       </c>
       <c r="D697" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E697" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F697" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G697" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H697" s="1" t="s">
-        <v>1930</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" s="1" t="s">
-        <v>1931</v>
+        <v>1930</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>961</v>
+        <v>213</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>1171</v>
+        <v>214</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E698" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F698" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G698" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H698" s="1" t="s">
-        <v>1932</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" s="1" t="s">
-        <v>1933</v>
+        <v>1932</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>213</v>
+        <v>248</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>214</v>
+        <v>523</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E699" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F699" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G699" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H699" s="1" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" s="1" t="s">
-        <v>1935</v>
+        <v>1934</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>248</v>
+        <v>1603</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>526</v>
+        <v>652</v>
       </c>
       <c r="D700" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E700" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F700" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G700" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H700" s="1" t="s">
-        <v>1936</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" s="1" t="s">
-        <v>1937</v>
+        <v>1936</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>1606</v>
+        <v>1603</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D701" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E701" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F701" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G701" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H701" s="1" t="s">
-        <v>1938</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" s="1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B702" s="1" t="s">
         <v>1939</v>
       </c>
-      <c r="B702" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C702" s="1" t="s">
-        <v>655</v>
+        <v>1940</v>
       </c>
       <c r="D702" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E702" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F702" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G702" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H702" s="1" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" s="1" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1943</v>
+        <v>1377</v>
       </c>
       <c r="D703" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E703" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F703" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G703" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H703" s="1" t="s">
         <v>1944</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" s="1" t="s">
         <v>1945</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>1946</v>
+        <v>401</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>1380</v>
+        <v>1377</v>
       </c>
       <c r="D704" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E704" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F704" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G704" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H704" s="1" t="s">
-        <v>1947</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" s="1" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>401</v>
+        <v>1124</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1380</v>
+        <v>1052</v>
       </c>
       <c r="D705" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E705" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F705" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G705" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H705" s="1" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" s="1" t="s">
-        <v>1950</v>
+        <v>1949</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>1127</v>
+        <v>383</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1055</v>
+        <v>1117</v>
       </c>
       <c r="D706" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E706" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F706" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G706" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H706" s="1" t="s">
-        <v>1951</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" s="1" t="s">
-        <v>1952</v>
+        <v>1951</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>383</v>
+        <v>469</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>1120</v>
+        <v>761</v>
       </c>
       <c r="D707" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E707" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F707" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G707" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H707" s="1" t="s">
-        <v>1953</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B708" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C708" s="1" t="s">
         <v>1954</v>
-      </c>
-[...4 lines deleted...]
-        <v>764</v>
       </c>
       <c r="D708" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E708" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F708" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G708" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H708" s="1" t="s">
         <v>1955</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" s="1" t="s">
         <v>1956</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>1758</v>
+        <v>1957</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>1957</v>
+        <v>879</v>
       </c>
       <c r="D709" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E709" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F709" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G709" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H709" s="1" t="s">
         <v>1958</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" s="1" t="s">
         <v>1959</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>1960</v>
+        <v>1489</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>882</v>
+        <v>727</v>
       </c>
       <c r="D710" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E710" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F710" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G710" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H710" s="1" t="s">
-        <v>1961</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B711" s="1" t="s">
         <v>1962</v>
       </c>
-      <c r="B711" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C711" s="1" t="s">
-        <v>730</v>
+        <v>377</v>
       </c>
       <c r="D711" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E711" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F711" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G711" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H711" s="1" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" s="1" t="s">
         <v>1964</v>
       </c>
       <c r="B712" s="1" t="s">
         <v>1965</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>377</v>
+        <v>1966</v>
       </c>
       <c r="D712" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E712" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F712" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G712" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H712" s="1" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" s="1" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>1968</v>
+        <v>726</v>
       </c>
       <c r="C713" s="1" t="s">
         <v>1969</v>
       </c>
       <c r="D713" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E713" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F713" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G713" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H713" s="1" t="s">
         <v>1970</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" s="1" t="s">
         <v>1971</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>1972</v>
+        <v>1117</v>
       </c>
       <c r="D714" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E714" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F714" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G714" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H714" s="1" t="s">
-        <v>1973</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B715" s="1" t="s">
         <v>1974</v>
       </c>
-      <c r="B715" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C715" s="1" t="s">
-        <v>1120</v>
+        <v>1532</v>
       </c>
       <c r="D715" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E715" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F715" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G715" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H715" s="1" t="s">
         <v>1975</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" s="1" t="s">
         <v>1976</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>1977</v>
+        <v>1974</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1535</v>
+        <v>1532</v>
       </c>
       <c r="D716" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E716" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F716" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G716" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H716" s="1" t="s">
-        <v>1978</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B717" s="1" t="s">
         <v>1979</v>
       </c>
-      <c r="B717" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C717" s="1" t="s">
-        <v>1535</v>
+        <v>251</v>
       </c>
       <c r="D717" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E717" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F717" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G717" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H717" s="1" t="s">
         <v>1980</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" s="1" t="s">
         <v>1981</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>1982</v>
+        <v>1152</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E718" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F718" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G718" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H718" s="1" t="s">
-        <v>1983</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" s="1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B719" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C719" s="1" t="s">
         <v>1984</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="D719" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E719" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F719" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G719" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H719" s="1" t="s">
         <v>1985</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" s="1" t="s">
         <v>1986</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>344</v>
+        <v>425</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>1987</v>
+        <v>431</v>
       </c>
       <c r="D720" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E720" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F720" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G720" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H720" s="1" t="s">
-        <v>1988</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" s="1" t="s">
-        <v>1989</v>
+        <v>1988</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>425</v>
+        <v>1162</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>431</v>
+        <v>259</v>
       </c>
       <c r="D721" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E721" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F721" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G721" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H721" s="1" t="s">
-        <v>1990</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B722" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="C722" s="1" t="s">
         <v>1991</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="D722" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E722" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F722" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G722" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H722" s="1" t="s">
         <v>1992</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" s="1" t="s">
         <v>1993</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>784</v>
+        <v>1497</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>1994</v>
+        <v>652</v>
       </c>
       <c r="D723" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E723" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F723" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G723" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H723" s="1" t="s">
-        <v>1995</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" s="1" t="s">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>1500</v>
+        <v>1365</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>655</v>
+        <v>1822</v>
       </c>
       <c r="D724" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E724" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F724" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G724" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H724" s="1" t="s">
-        <v>1997</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" s="1" t="s">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>1368</v>
+        <v>425</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>1825</v>
+        <v>835</v>
       </c>
       <c r="D725" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E725" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F725" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G725" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H725" s="1" t="s">
-        <v>1999</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" s="1" t="s">
-        <v>2000</v>
+        <v>1999</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>425</v>
+        <v>838</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D726" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E726" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F726" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G726" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H726" s="1" t="s">
-        <v>2001</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" s="1" t="s">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>841</v>
+        <v>1105</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>842</v>
+        <v>384</v>
       </c>
       <c r="D727" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E727" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F727" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G727" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H727" s="1" t="s">
-        <v>2003</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B728" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C728" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D728" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E728" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F728" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G728" s="1" t="s">
         <v>2004</v>
-      </c>
-[...16 lines deleted...]
-        <v>240</v>
       </c>
       <c r="H728" s="1" t="s">
         <v>2005</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" s="1" t="s">
         <v>2006</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>324</v>
+        <v>594</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>1363</v>
+        <v>2007</v>
       </c>
       <c r="D729" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E729" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F729" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="H729" s="1" t="s">
         <v>2008</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" s="1" t="s">
         <v>2009</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>597</v>
+        <v>357</v>
       </c>
       <c r="C730" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="D730" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E730" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F730" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G730" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H730" s="1" t="s">
         <v>2010</v>
-      </c>
-[...13 lines deleted...]
-        <v>2011</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B731" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C731" s="1" t="s">
         <v>2012</v>
       </c>
-      <c r="B731" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D731" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E731" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F731" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="H731" s="1" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" s="1" t="s">
         <v>2014</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>1274</v>
+        <v>1712</v>
       </c>
       <c r="C732" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D732" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E732" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F732" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H732" s="1" t="s">
         <v>2015</v>
-      </c>
-[...13 lines deleted...]
-        <v>2016</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B733" s="1" t="s">
         <v>2017</v>
       </c>
-      <c r="B733" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C733" s="1" t="s">
-        <v>655</v>
+        <v>49</v>
       </c>
       <c r="D733" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E733" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F733" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="H733" s="1" t="s">
         <v>2018</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" s="1" t="s">
         <v>2019</v>
       </c>
       <c r="B734" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C734" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D734" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E734" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F734" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H734" s="1" t="s">
         <v>2020</v>
-      </c>
-[...16 lines deleted...]
-        <v>2021</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B735" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C735" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D735" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E735" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F735" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G735" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H735" s="1" t="s">
         <v>2022</v>
-      </c>
-[...19 lines deleted...]
-        <v>2023</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" s="1" t="s">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B736" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>49</v>
+        <v>1782</v>
       </c>
       <c r="D736" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E736" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F736" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="H736" s="1" t="s">
-        <v>2025</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" s="1" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B737" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="C737" s="1" t="s">
         <v>2026</v>
       </c>
-      <c r="B737" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D737" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E737" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F737" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="H737" s="1" t="s">
         <v>2027</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" s="1" t="s">
         <v>2028</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>392</v>
+        <v>799</v>
       </c>
       <c r="C738" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D738" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E738" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F738" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H738" s="1" t="s">
         <v>2029</v>
-      </c>
-[...13 lines deleted...]
-        <v>2030</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" s="1" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B739" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="C739" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D739" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E739" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F739" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G739" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H739" s="1" t="s">
         <v>2031</v>
-      </c>
-[...19 lines deleted...]
-        <v>2032</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B740" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="C740" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="D740" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E740" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F740" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G740" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H740" s="1" t="s">
         <v>2033</v>
-      </c>
-[...19 lines deleted...]
-        <v>2034</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" s="1" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B741" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="C741" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D741" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E741" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F741" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G741" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H741" s="1" t="s">
         <v>2035</v>
-      </c>
-[...19 lines deleted...]
-        <v>2036</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" s="1" t="s">
+        <v>2036</v>
+      </c>
+      <c r="B742" s="1" t="s">
         <v>2037</v>
       </c>
-      <c r="B742" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C742" s="1" t="s">
-        <v>1797</v>
+        <v>1123</v>
       </c>
       <c r="D742" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E742" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F742" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="H742" s="1" t="s">
         <v>2038</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" s="1" t="s">
         <v>2039</v>
       </c>
       <c r="B743" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C743" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D743" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E743" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F743" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G743" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H743" s="1" t="s">
         <v>2040</v>
-      </c>
-[...16 lines deleted...]
-        <v>2041</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B744" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C744" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D744" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E744" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F744" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H744" s="1" t="s">
         <v>2042</v>
-      </c>
-[...19 lines deleted...]
-        <v>2043</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B745" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C745" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D745" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E745" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F745" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H745" s="1" t="s">
         <v>2044</v>
-      </c>
-[...19 lines deleted...]
-        <v>2045</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" s="1" t="s">
-        <v>2026</v>
+        <v>2045</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>466</v>
+        <v>1086</v>
       </c>
       <c r="C746" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D746" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E746" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F746" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G746" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H746" s="1" t="s">
         <v>2046</v>
-      </c>
-[...13 lines deleted...]
-        <v>2047</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" s="1" t="s">
-        <v>2048</v>
+        <v>2045</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
       <c r="D747" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E747" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F747" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="H747" s="1" t="s">
-        <v>2049</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" s="1" t="s">
         <v>2048</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
       <c r="D748" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E748" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F748" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="H748" s="1" t="s">
-        <v>2050</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" s="1" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B749" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C749" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D749" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E749" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F749" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H749" s="1" t="s">
         <v>2051</v>
-      </c>
-[...19 lines deleted...]
-        <v>2052</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" s="1" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B750" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C750" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D750" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E750" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F750" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G750" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H750" s="1" t="s">
         <v>2053</v>
-      </c>
-[...19 lines deleted...]
-        <v>2054</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" s="1" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B751" s="1" t="s">
         <v>2055</v>
       </c>
-      <c r="B751" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C751" s="1" t="s">
-        <v>1090</v>
+        <v>2056</v>
       </c>
       <c r="D751" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E751" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F751" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="H751" s="1" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" s="1" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>2058</v>
+        <v>1282</v>
       </c>
       <c r="C752" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D752" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E752" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F752" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G752" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H752" s="1" t="s">
         <v>2059</v>
-      </c>
-[...13 lines deleted...]
-        <v>2060</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" s="1" t="s">
+        <v>2060</v>
+      </c>
+      <c r="B753" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C753" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="D753" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E753" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F753" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G753" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H753" s="1" t="s">
         <v>2061</v>
-      </c>
-[...19 lines deleted...]
-        <v>2062</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B754" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C754" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D754" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E754" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F754" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G754" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H754" s="1" t="s">
         <v>2063</v>
-      </c>
-[...19 lines deleted...]
-        <v>2064</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" s="1" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B755" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C755" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D755" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E755" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F755" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G755" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H755" s="1" t="s">
         <v>2065</v>
-      </c>
-[...19 lines deleted...]
-        <v>2066</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B756" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C756" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D756" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E756" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F756" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G756" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H756" s="1" t="s">
         <v>2067</v>
-      </c>
-[...19 lines deleted...]
-        <v>2068</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B757" s="1" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C757" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D757" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E757" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F757" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G757" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H757" s="1" t="s">
         <v>2069</v>
-      </c>
-[...19 lines deleted...]
-        <v>2070</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" s="1" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B758" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="C758" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D758" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E758" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F758" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G758" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H758" s="1" t="s">
         <v>2071</v>
-      </c>
-[...19 lines deleted...]
-        <v>2072</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" s="1" t="s">
+        <v>2028</v>
+      </c>
+      <c r="B759" s="1" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C759" s="1" t="s">
         <v>2073</v>
       </c>
-      <c r="B759" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D759" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E759" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F759" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="H759" s="1" t="s">
         <v>2074</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" s="1" t="s">
-        <v>2031</v>
+        <v>2075</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>2075</v>
+        <v>1162</v>
       </c>
       <c r="C760" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D760" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E760" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F760" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G760" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H760" s="1" t="s">
         <v>2076</v>
-      </c>
-[...13 lines deleted...]
-        <v>2077</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B761" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="C761" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D761" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E761" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F761" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G761" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H761" s="1" t="s">
         <v>2078</v>
-      </c>
-[...19 lines deleted...]
-        <v>2079</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" s="1" t="s">
-        <v>2044</v>
+        <v>2079</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>863</v>
+        <v>1171</v>
       </c>
       <c r="C762" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D762" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E762" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F762" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G762" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H762" s="1" t="s">
         <v>2080</v>
-      </c>
-[...13 lines deleted...]
-        <v>2081</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" s="1" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B763" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C763" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D763" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E763" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F763" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G763" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H763" s="1" t="s">
         <v>2082</v>
-      </c>
-[...19 lines deleted...]
-        <v>2083</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B764" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C764" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="D764" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E764" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F764" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G764" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H764" s="1" t="s">
         <v>2084</v>
-      </c>
-[...19 lines deleted...]
-        <v>2085</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" s="1" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B765" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="C765" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D765" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E765" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F765" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G765" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H765" s="1" t="s">
         <v>2086</v>
-      </c>
-[...19 lines deleted...]
-        <v>2087</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" s="1" t="s">
+        <v>2087</v>
+      </c>
+      <c r="B766" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="C766" s="1" t="s">
         <v>2088</v>
       </c>
-      <c r="B766" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D766" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E766" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F766" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="H766" s="1" t="s">
         <v>2089</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" s="1" t="s">
         <v>2090</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>996</v>
+        <v>466</v>
       </c>
       <c r="C767" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D767" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E767" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F767" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G767" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H767" s="1" t="s">
         <v>2091</v>
-      </c>
-[...13 lines deleted...]
-        <v>2092</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" s="1" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B768" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C768" s="1" t="s">
         <v>2093</v>
-      </c>
-[...4 lines deleted...]
-        <v>655</v>
       </c>
       <c r="D768" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E768" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F768" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G768" s="1" t="s">
         <v>266</v>
       </c>
       <c r="H768" s="1" t="s">
         <v>2094</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" s="1" t="s">
         <v>2095</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>1396</v>
+        <v>63</v>
       </c>
       <c r="C769" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D769" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E769" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F769" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G769" s="1" t="s">
         <v>2096</v>
-      </c>
-[...10 lines deleted...]
-        <v>266</v>
       </c>
       <c r="H769" s="1" t="s">
         <v>2097</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" s="1" t="s">
         <v>2098</v>
       </c>
       <c r="B770" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D770" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E770" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F770" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G770" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="H770" s="1" t="s">
         <v>2099</v>
-      </c>
-[...1 lines deleted...]
-        <v>2100</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" s="1" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B771" s="1" t="s">
         <v>2101</v>
       </c>
-      <c r="B771" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C771" s="1" t="s">
-        <v>655</v>
+        <v>727</v>
       </c>
       <c r="D771" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E771" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F771" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>2099</v>
+        <v>12</v>
       </c>
       <c r="H771" s="1" t="s">
         <v>2102</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" s="1" t="s">
         <v>2103</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>2104</v>
+        <v>213</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>730</v>
+        <v>214</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E772" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F772" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G772" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H772" s="1" t="s">
-        <v>2105</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B773" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C773" s="1" t="s">
         <v>2106</v>
       </c>
-      <c r="B773" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D773" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E773" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F773" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G773" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H773" s="1" t="s">
         <v>2107</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" s="1" t="s">
         <v>2108</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>1580</v>
+        <v>2109</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2109</v>
+        <v>1509</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E774" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F774" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G774" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H774" s="1" t="s">
         <v>2110</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" s="1" t="s">
         <v>2111</v>
       </c>
       <c r="B775" s="1" t="s">
         <v>2112</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>1512</v>
+        <v>721</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E775" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F775" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G775" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H775" s="1" t="s">
         <v>2113</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" s="1" t="s">
         <v>2114</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>2115</v>
+        <v>63</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>724</v>
+        <v>1117</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E776" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F776" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G776" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H776" s="1" t="s">
-        <v>2116</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" s="1" t="s">
-        <v>2117</v>
+        <v>2116</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>63</v>
+        <v>1850</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>1120</v>
+        <v>1360</v>
       </c>
       <c r="D777" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E777" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F777" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G777" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H777" s="1" t="s">
-        <v>2118</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" s="1" t="s">
-        <v>2119</v>
+        <v>2118</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>1853</v>
+        <v>365</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>1363</v>
+        <v>1713</v>
       </c>
       <c r="D778" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E778" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F778" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G778" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H778" s="1" t="s">
-        <v>2120</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" s="1" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B779" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C779" s="1" t="s">
         <v>2121</v>
-      </c>
-[...4 lines deleted...]
-        <v>1716</v>
       </c>
       <c r="D779" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E779" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F779" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G779" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H779" s="1" t="s">
         <v>2122</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" s="1" t="s">
         <v>2123</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>377</v>
+        <v>2124</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>2124</v>
+        <v>2101</v>
       </c>
       <c r="D780" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E780" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F780" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G780" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H780" s="1" t="s">
         <v>2125</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" s="1" t="s">
         <v>2126</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>2127</v>
+        <v>2124</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>2104</v>
+        <v>2101</v>
       </c>
       <c r="D781" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E781" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F781" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G781" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H781" s="1" t="s">
-        <v>2128</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" s="1" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B782" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C782" s="1" t="s">
         <v>2129</v>
-      </c>
-[...4 lines deleted...]
-        <v>2104</v>
       </c>
       <c r="D782" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E782" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F782" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G782" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H782" s="1" t="s">
         <v>2130</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" s="1" t="s">
         <v>2131</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>1126</v>
+        <v>542</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2132</v>
+        <v>652</v>
       </c>
       <c r="D783" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E783" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F783" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G783" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H783" s="1" t="s">
-        <v>2133</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" s="1" t="s">
-        <v>2134</v>
+        <v>2133</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>545</v>
+        <v>99</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>655</v>
+        <v>259</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E784" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F784" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G784" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H784" s="1" t="s">
-        <v>2135</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B785" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C785" s="1" t="s">
         <v>2136</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="D785" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E785" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F785" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G785" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H785" s="1" t="s">
         <v>2137</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" s="1" t="s">
         <v>2138</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>1708</v>
+        <v>1705</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2139</v>
+        <v>2136</v>
       </c>
       <c r="D786" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E786" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F786" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G786" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H786" s="1" t="s">
-        <v>2140</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" s="1" t="s">
-        <v>2141</v>
+        <v>2140</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>1708</v>
+        <v>842</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2139</v>
+        <v>843</v>
       </c>
       <c r="D787" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E787" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F787" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G787" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H787" s="1" t="s">
-        <v>2142</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" s="1" t="s">
-        <v>2143</v>
+        <v>2142</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>845</v>
+        <v>510</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>846</v>
+        <v>549</v>
       </c>
       <c r="D788" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E788" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F788" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G788" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H788" s="1" t="s">
-        <v>2144</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" s="1" t="s">
-        <v>2145</v>
+        <v>2144</v>
       </c>
       <c r="B789" s="1" t="s">
         <v>510</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="D789" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E789" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F789" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G789" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H789" s="1" t="s">
-        <v>2146</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" s="1" t="s">
-        <v>2147</v>
+        <v>2146</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>510</v>
+        <v>1364</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>552</v>
+        <v>1510</v>
       </c>
       <c r="D790" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E790" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F790" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G790" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H790" s="1" t="s">
-        <v>2148</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" s="1" t="s">
-        <v>2149</v>
+        <v>2148</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>1367</v>
+        <v>1364</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>1513</v>
+        <v>1510</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E791" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F791" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G791" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H791" s="1" t="s">
-        <v>2150</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" s="1" t="s">
-        <v>2151</v>
+        <v>2150</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>1367</v>
+        <v>803</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>1513</v>
+        <v>804</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E792" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F792" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G792" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H792" s="1" t="s">
-        <v>2152</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" s="1" t="s">
-        <v>2153</v>
+        <v>2152</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="D793" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E793" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F793" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G793" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H793" s="1" t="s">
-        <v>2154</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" s="1" t="s">
-        <v>2155</v>
+        <v>2120</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>806</v>
+        <v>834</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>807</v>
+        <v>2154</v>
       </c>
       <c r="D794" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E794" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F794" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G794" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H794" s="1" t="s">
-        <v>2156</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" s="1" t="s">
-        <v>2123</v>
+        <v>2156</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>837</v>
+        <v>803</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>2157</v>
+        <v>804</v>
       </c>
       <c r="D795" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E795" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F795" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G795" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H795" s="1" t="s">
-        <v>2158</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B796" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C796" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D796" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E796" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F796" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G796" s="1"/>
+      <c r="H796" s="1" t="s">
         <v>2159</v>
-      </c>
-[...19 lines deleted...]
-        <v>2160</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" s="1" t="s">
-        <v>2161</v>
+        <v>2160</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>1225</v>
+        <v>500</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>470</v>
+        <v>693</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E797" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F797" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G797" s="1"/>
       <c r="H797" s="1" t="s">
-        <v>2162</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B798" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C798" s="1" t="s">
         <v>2163</v>
       </c>
-      <c r="B798" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D798" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E798" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F798" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G798" s="1"/>
       <c r="H798" s="1" t="s">
         <v>2164</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" s="1" t="s">
         <v>2165</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>275</v>
+        <v>2166</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E799" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F799" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G799" s="1"/>
       <c r="H799" s="1" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" s="1" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>2169</v>
+        <v>1586</v>
       </c>
       <c r="C800" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D800" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E800" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F800" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G800" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H800" s="1" t="s">
         <v>2170</v>
-      </c>
-[...11 lines deleted...]
-        <v>2171</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" s="1" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B801" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C801" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D801" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E801" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F801" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G801" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H801" s="1" t="s">
         <v>2172</v>
-      </c>
-[...19 lines deleted...]
-        <v>2173</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" s="1" t="s">
-        <v>2174</v>
+        <v>2173</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>1008</v>
+        <v>279</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E802" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F802" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G802" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H802" s="1" t="s">
-        <v>2175</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" s="1" t="s">
-        <v>2176</v>
+        <v>2175</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>279</v>
+        <v>1005</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E803" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F803" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G803" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H803" s="1" t="s">
-        <v>2177</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" s="1" t="s">
-        <v>2178</v>
+        <v>1231</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>1014</v>
+        <v>561</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>1008</v>
+        <v>1450</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E804" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F804" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="H804" s="1" t="s">
-        <v>2179</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" s="1" t="s">
-        <v>1234</v>
+        <v>2178</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>564</v>
+        <v>2179</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>1453</v>
+        <v>279</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E805" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F805" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>96</v>
+        <v>2004</v>
       </c>
       <c r="H805" s="1" t="s">
         <v>2180</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" s="1" t="s">
         <v>2181</v>
       </c>
       <c r="B806" s="1" t="s">
         <v>2182</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>279</v>
+        <v>768</v>
       </c>
       <c r="D806" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E806" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F806" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>2007</v>
+        <v>240</v>
       </c>
       <c r="H806" s="1" t="s">
         <v>2183</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" s="1" t="s">
         <v>2184</v>
       </c>
       <c r="B807" s="1" t="s">
         <v>2185</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>771</v>
+        <v>214</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E807" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F807" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>240</v>
+        <v>218</v>
       </c>
       <c r="H807" s="1" t="s">
         <v>2186</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" s="1" t="s">
         <v>2187</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>2188</v>
+        <v>213</v>
       </c>
       <c r="C808" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D808" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E808" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F808" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>218</v>
+        <v>96</v>
       </c>
       <c r="H808" s="1" t="s">
-        <v>2189</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" s="1" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B809" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C809" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D809" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E809" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F809" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G809" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H809" s="1" t="s">
         <v>2190</v>
-      </c>
-[...19 lines deleted...]
-        <v>2192</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" s="1" t="s">
-        <v>2193</v>
+        <v>2191</v>
       </c>
       <c r="B810" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C810" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E810" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F810" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G810" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H810" s="1" t="s">
-        <v>2194</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" s="1" t="s">
-        <v>2195</v>
+        <v>2193</v>
       </c>
       <c r="B811" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C811" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D811" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E811" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F811" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G811" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H811" s="1" t="s">
-        <v>2196</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" s="1" t="s">
-        <v>2197</v>
+        <v>2195</v>
       </c>
       <c r="B812" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C812" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D812" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E812" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F812" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G812" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H812" s="1" t="s">
-        <v>2198</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" s="1" t="s">
-        <v>2199</v>
+        <v>2197</v>
       </c>
       <c r="B813" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C813" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D813" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E813" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F813" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G813" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H813" s="1" t="s">
-        <v>2200</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" s="1" t="s">
-        <v>2201</v>
+        <v>2199</v>
       </c>
       <c r="B814" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C814" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D814" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E814" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F814" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="H814" s="1" t="s">
-        <v>2202</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" s="1" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B815" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="C815" s="1" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D815" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E815" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F815" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G815" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H815" s="1" t="s">
         <v>2203</v>
-      </c>
-[...19 lines deleted...]
-        <v>2204</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" s="1" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B816" s="1" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C816" s="1" t="s">
         <v>2205</v>
       </c>
-      <c r="B816" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D816" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E816" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F816" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>77</v>
+        <v>682</v>
       </c>
       <c r="H816" s="1" t="s">
         <v>2206</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" s="1" t="s">
         <v>2207</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>965</v>
+        <v>768</v>
       </c>
       <c r="C817" s="1" t="s">
         <v>2208</v>
       </c>
       <c r="D817" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E817" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F817" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>685</v>
+        <v>31</v>
       </c>
       <c r="H817" s="1" t="s">
         <v>2209</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" s="1" t="s">
         <v>2210</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>2188</v>
+        <v>2211</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="D818" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E818" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F818" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G818" s="1"/>
       <c r="H818" s="1" t="s">
-        <v>2212</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" s="1" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>771</v>
+        <v>2215</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>2214</v>
+        <v>1238</v>
       </c>
       <c r="D819" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E819" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F819" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>31</v>
+        <v>1338</v>
       </c>
       <c r="H819" s="1" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" s="1" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>2217</v>
+        <v>2215</v>
       </c>
       <c r="C820" s="1" t="s">
         <v>2218</v>
       </c>
       <c r="D820" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E820" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="G820" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G820" s="1" t="s">
+        <v>240</v>
+      </c>
       <c r="H820" s="1" t="s">
         <v>2219</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" s="1" t="s">
         <v>2220</v>
       </c>
       <c r="B821" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C821" s="1" t="s">
+        <v>2163</v>
+      </c>
+      <c r="D821" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E821" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F821" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G821" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H821" s="1" t="s">
         <v>2221</v>
-      </c>
-[...16 lines deleted...]
-        <v>2222</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" s="1" t="s">
+        <v>2222</v>
+      </c>
+      <c r="B822" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C822" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D822" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E822" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F822" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G822" s="1"/>
+      <c r="H822" s="1" t="s">
         <v>2223</v>
-      </c>
-[...19 lines deleted...]
-        <v>2225</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" s="1" t="s">
-        <v>2226</v>
+        <v>2224</v>
       </c>
       <c r="B823" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>2166</v>
+        <v>276</v>
       </c>
       <c r="D823" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E823" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F823" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G823" s="1"/>
       <c r="H823" s="1" t="s">
-        <v>2227</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" s="1" t="s">
-        <v>2228</v>
+        <v>2226</v>
       </c>
       <c r="B824" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C824" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D824" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E824" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F824" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G824" s="1"/>
       <c r="H824" s="1" t="s">
-        <v>2229</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" s="1" t="s">
-        <v>2230</v>
+        <v>2228</v>
       </c>
       <c r="B825" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C825" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D825" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E825" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F825" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G825" s="1"/>
       <c r="H825" s="1" t="s">
-        <v>2231</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" s="1" t="s">
-        <v>2232</v>
+        <v>2230</v>
       </c>
       <c r="B826" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C826" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D826" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E826" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F826" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G826" s="1"/>
       <c r="H826" s="1" t="s">
-        <v>2233</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" s="1" t="s">
-        <v>2234</v>
+        <v>2232</v>
       </c>
       <c r="B827" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C827" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D827" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E827" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F827" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G827" s="1"/>
       <c r="H827" s="1" t="s">
-        <v>2235</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B828" s="1" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C828" s="1" t="s">
         <v>2236</v>
       </c>
-      <c r="B828" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D828" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E828" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F828" s="1" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="G828" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G828" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="H828" s="1" t="s">
         <v>2237</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" s="1" t="s">
         <v>2238</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>275</v>
+        <v>2239</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>276</v>
+        <v>2240</v>
       </c>
       <c r="D829" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E829" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F829" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G829" s="1"/>
       <c r="H829" s="1" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" s="1" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>771</v>
+        <v>2239</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>513</v>
+        <v>2243</v>
       </c>
       <c r="D830" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E830" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F830" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>24</v>
+        <v>682</v>
       </c>
       <c r="H830" s="1" t="s">
-        <v>2241</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" s="1" t="s">
-        <v>2242</v>
+        <v>2245</v>
       </c>
       <c r="B831" s="1" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C831" s="1" t="s">
         <v>2243</v>
       </c>
-      <c r="C831" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D831" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E831" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F831" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>163</v>
+        <v>682</v>
       </c>
       <c r="H831" s="1" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" s="1" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>2247</v>
+        <v>1966</v>
       </c>
       <c r="C832" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D832" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E832" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F832" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G832" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H832" s="1" t="s">
         <v>2248</v>
-      </c>
-[...11 lines deleted...]
-        <v>2249</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" s="1" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B833" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C833" s="1" t="s">
         <v>2250</v>
       </c>
-      <c r="B833" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C833" s="1" t="s">
+      <c r="D833" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E833" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F833" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G833" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H833" s="1" t="s">
         <v>2251</v>
-      </c>
-[...13 lines deleted...]
-        <v>2252</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" s="1" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B834" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C834" s="1" t="s">
         <v>2253</v>
       </c>
-      <c r="B834" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D834" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E834" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F834" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H834" s="1" t="s">
         <v>2254</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" s="1" t="s">
         <v>2255</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>1969</v>
+        <v>1450</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>2248</v>
+        <v>2253</v>
       </c>
       <c r="D835" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E835" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F835" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>218</v>
+        <v>682</v>
       </c>
       <c r="H835" s="1" t="s">
         <v>2256</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" s="1" t="s">
         <v>2257</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>1969</v>
+        <v>990</v>
       </c>
       <c r="C836" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D836" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E836" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F836" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G836" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H836" s="1" t="s">
         <v>2258</v>
-      </c>
-[...13 lines deleted...]
-        <v>2259</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B837" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C837" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D837" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E837" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F837" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G837" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H837" s="1" t="s">
         <v>2260</v>
-      </c>
-[...19 lines deleted...]
-        <v>2262</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" s="1" t="s">
+        <v>2261</v>
+      </c>
+      <c r="B838" s="1" t="s">
+        <v>2262</v>
+      </c>
+      <c r="C838" s="1" t="s">
         <v>2263</v>
       </c>
-      <c r="B838" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D838" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E838" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F838" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>685</v>
+        <v>218</v>
       </c>
       <c r="H838" s="1" t="s">
         <v>2264</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" s="1" t="s">
         <v>2265</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>993</v>
+        <v>2239</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>214</v>
+        <v>2243</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E839" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F839" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>240</v>
+        <v>682</v>
       </c>
       <c r="H839" s="1" t="s">
         <v>2266</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" s="1" t="s">
         <v>2267</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>214</v>
+        <v>2239</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>214</v>
+        <v>2243</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E840" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F840" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>204</v>
+        <v>682</v>
       </c>
       <c r="H840" s="1" t="s">
         <v>2268</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" s="1" t="s">
         <v>2269</v>
       </c>
       <c r="B841" s="1" t="s">
         <v>2270</v>
       </c>
       <c r="C841" s="1" t="s">
         <v>2271</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E841" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F841" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>218</v>
+        <v>24</v>
       </c>
       <c r="H841" s="1" t="s">
         <v>2272</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" s="1" t="s">
         <v>2273</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>2247</v>
+        <v>279</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>2251</v>
+        <v>2274</v>
       </c>
       <c r="D842" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E842" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F842" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G842" s="1"/>
       <c r="H842" s="1" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" s="1" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>2247</v>
+        <v>279</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>2251</v>
+        <v>776</v>
       </c>
       <c r="D843" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E843" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F843" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>685</v>
+        <v>96</v>
       </c>
       <c r="H843" s="1" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" s="1" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
       <c r="B844" s="1" t="s">
-        <v>2278</v>
+        <v>2239</v>
       </c>
       <c r="C844" s="1" t="s">
         <v>2279</v>
       </c>
       <c r="D844" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E844" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F844" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>24</v>
+        <v>204</v>
       </c>
       <c r="H844" s="1" t="s">
         <v>2280</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" s="1" t="s">
         <v>2281</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>279</v>
+        <v>2235</v>
       </c>
       <c r="C845" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D845" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E845" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F845" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G845" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H845" s="1" t="s">
         <v>2282</v>
-      </c>
-[...11 lines deleted...]
-        <v>2283</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" s="1" t="s">
+        <v>2283</v>
+      </c>
+      <c r="B846" s="1" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C846" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D846" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E846" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F846" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G846" s="1"/>
+      <c r="H846" s="1" t="s">
         <v>2284</v>
-      </c>
-[...19 lines deleted...]
-        <v>2285</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" s="1" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B847" s="1" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C847" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D847" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E847" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F847" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G847" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H847" s="1" t="s">
         <v>2286</v>
-      </c>
-[...19 lines deleted...]
-        <v>2288</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" s="1" t="s">
-        <v>2289</v>
+        <v>2287</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>2243</v>
+        <v>2239</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>2244</v>
+        <v>2279</v>
       </c>
       <c r="D848" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E848" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F848" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>204</v>
+        <v>77</v>
       </c>
       <c r="H848" s="1" t="s">
-        <v>2290</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" s="1" t="s">
-        <v>2291</v>
+        <v>2289</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>2247</v>
+        <v>2290</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>2248</v>
+        <v>1219</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E849" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F849" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G849" s="1"/>
       <c r="H849" s="1" t="s">
-        <v>2292</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B850" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C850" s="1" t="s">
         <v>2293</v>
       </c>
-      <c r="B850" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D850" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E850" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F850" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G850" s="1"/>
       <c r="H850" s="1" t="s">
         <v>2294</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" s="1" t="s">
         <v>2295</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>2247</v>
+        <v>2296</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2287</v>
+        <v>235</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E851" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F851" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G851" s="1"/>
       <c r="H851" s="1" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" s="1" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>2298</v>
+        <v>2296</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>1222</v>
+        <v>235</v>
       </c>
       <c r="D852" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E852" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F852" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G852" s="1"/>
       <c r="H852" s="1" t="s">
         <v>2299</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" s="1" t="s">
-        <v>2300</v>
+        <v>2295</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>729</v>
+        <v>1080</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>2301</v>
+        <v>235</v>
       </c>
       <c r="D853" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E853" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F853" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G853" s="1"/>
       <c r="H853" s="1" t="s">
-        <v>2302</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" s="1" t="s">
-        <v>2303</v>
+        <v>2301</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>2304</v>
+        <v>217</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>235</v>
+        <v>655</v>
       </c>
       <c r="D854" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E854" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F854" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G854" s="1"/>
       <c r="H854" s="1" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" s="1" t="s">
-        <v>2306</v>
+        <v>2303</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>2304</v>
+        <v>217</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>235</v>
+        <v>655</v>
       </c>
       <c r="D855" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E855" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F855" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G855" s="1"/>
       <c r="H855" s="1" t="s">
-        <v>2307</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" s="1" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>1083</v>
+        <v>186</v>
       </c>
       <c r="C856" s="1" t="s">
         <v>235</v>
       </c>
       <c r="D856" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E856" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F856" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G856" s="1"/>
       <c r="H856" s="1" t="s">
-        <v>2308</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" s="1" t="s">
-        <v>2309</v>
+        <v>2305</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>217</v>
+        <v>2307</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>658</v>
+        <v>235</v>
       </c>
       <c r="D857" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E857" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F857" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G857" s="1"/>
       <c r="H857" s="1" t="s">
-        <v>2310</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" s="1" t="s">
-        <v>2311</v>
+        <v>2305</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>217</v>
+        <v>2307</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>658</v>
+        <v>235</v>
       </c>
       <c r="D858" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E858" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F858" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G858" s="1"/>
       <c r="H858" s="1" t="s">
-        <v>2312</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" s="1" t="s">
-        <v>2313</v>
+        <v>2310</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>186</v>
+        <v>63</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>235</v>
+        <v>380</v>
       </c>
       <c r="D859" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E859" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F859" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G859" s="1"/>
       <c r="H859" s="1" t="s">
-        <v>2314</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" s="1" t="s">
-        <v>2313</v>
+        <v>2312</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>2315</v>
+        <v>30</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>235</v>
+        <v>655</v>
       </c>
       <c r="D860" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E860" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F860" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G860" s="1"/>
       <c r="H860" s="1" t="s">
-        <v>2316</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" s="1" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
       <c r="B861" s="1" t="s">
         <v>2315</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>235</v>
+        <v>2316</v>
       </c>
       <c r="D861" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E861" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F861" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G861" s="1"/>
       <c r="H861" s="1" t="s">
         <v>2317</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" s="1" t="s">
         <v>2318</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>63</v>
+        <v>529</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>380</v>
+        <v>478</v>
       </c>
       <c r="D862" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E862" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F862" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G862" s="1"/>
       <c r="H862" s="1" t="s">
         <v>2319</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" s="1" t="s">
         <v>2320</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>30</v>
+        <v>1764</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>658</v>
+        <v>235</v>
       </c>
       <c r="D863" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E863" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F863" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G863" s="1"/>
       <c r="H863" s="1" t="s">
         <v>2321</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" s="1" t="s">
         <v>2322</v>
       </c>
       <c r="B864" s="1" t="s">
         <v>2323</v>
       </c>
       <c r="C864" s="1" t="s">
         <v>2324</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E864" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F864" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G864" s="1"/>
       <c r="H864" s="1" t="s">
         <v>2325</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" s="1" t="s">
         <v>2326</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>532</v>
+        <v>2327</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>478</v>
+        <v>760</v>
       </c>
       <c r="D865" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E865" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F865" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G865" s="1"/>
       <c r="H865" s="1" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" s="1" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>1767</v>
+        <v>938</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>235</v>
+        <v>2330</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E866" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F866" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G866" s="1"/>
       <c r="H866" s="1" t="s">
-        <v>2329</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" s="1" t="s">
-        <v>2330</v>
+        <v>2332</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>2331</v>
+        <v>2333</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>2332</v>
+        <v>1812</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E867" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F867" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G867" s="1"/>
       <c r="H867" s="1" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" s="1" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>2335</v>
+        <v>1364</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>763</v>
+        <v>627</v>
       </c>
       <c r="D868" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E868" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F868" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G868" s="1"/>
       <c r="H868" s="1" t="s">
         <v>2336</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" s="1" t="s">
         <v>2337</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>941</v>
+        <v>627</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>2338</v>
+        <v>424</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E869" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F869" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G869" s="1"/>
       <c r="H869" s="1" t="s">
-        <v>2339</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" s="1" t="s">
-        <v>2340</v>
+        <v>2339</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>2341</v>
+        <v>549</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>1815</v>
+        <v>1822</v>
       </c>
       <c r="D870" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E870" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F870" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G870" s="1"/>
       <c r="H870" s="1" t="s">
-        <v>2342</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" s="1" t="s">
-        <v>2343</v>
+        <v>2341</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>1367</v>
+        <v>552</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>630</v>
+        <v>640</v>
       </c>
       <c r="D871" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E871" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F871" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G871" s="1"/>
       <c r="H871" s="1" t="s">
-        <v>2344</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" s="1" t="s">
-        <v>2345</v>
+        <v>2343</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>630</v>
+        <v>552</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>424</v>
+        <v>1271</v>
       </c>
       <c r="D872" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E872" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F872" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G872" s="1"/>
       <c r="H872" s="1" t="s">
-        <v>2346</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" s="1" t="s">
-        <v>2347</v>
+        <v>2345</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>552</v>
+        <v>1153</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>1825</v>
+        <v>1471</v>
       </c>
       <c r="D873" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E873" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F873" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G873" s="1"/>
       <c r="H873" s="1" t="s">
-        <v>2348</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" s="1" t="s">
-        <v>2349</v>
+        <v>2238</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>555</v>
+        <v>1081</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>643</v>
+        <v>2347</v>
       </c>
       <c r="D874" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E874" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F874" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G874" s="1"/>
       <c r="H874" s="1" t="s">
-        <v>2350</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" s="1" t="s">
-        <v>2351</v>
+        <v>2349</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>555</v>
+        <v>1506</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>1274</v>
+        <v>2350</v>
       </c>
       <c r="D875" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E875" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F875" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G875" s="1"/>
       <c r="H875" s="1" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" s="1" t="s">
-        <v>2353</v>
+        <v>2352</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>1156</v>
+        <v>803</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>1474</v>
+        <v>1225</v>
       </c>
       <c r="D876" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E876" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F876" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G876" s="1"/>
       <c r="H876" s="1" t="s">
-        <v>2354</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" s="1" t="s">
-        <v>2246</v>
+        <v>2354</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>1084</v>
+        <v>1837</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2355</v>
+        <v>2235</v>
       </c>
       <c r="D877" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E877" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F877" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G877" s="1"/>
       <c r="H877" s="1" t="s">
-        <v>2356</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" s="1" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B878" s="1" t="s">
         <v>2357</v>
       </c>
-      <c r="B878" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C878" s="1" t="s">
-        <v>2358</v>
+        <v>1171</v>
       </c>
       <c r="D878" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E878" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F878" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G878" s="1"/>
       <c r="H878" s="1" t="s">
-        <v>2359</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" s="1" t="s">
+        <v>2359</v>
+      </c>
+      <c r="B879" s="1" t="s">
         <v>2360</v>
       </c>
-      <c r="B879" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C879" s="1" t="s">
-        <v>1228</v>
+        <v>2361</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E879" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F879" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G879" s="1"/>
       <c r="H879" s="1" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" s="1" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>1840</v>
+        <v>2154</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>2243</v>
+        <v>1821</v>
       </c>
       <c r="D880" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E880" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F880" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G880" s="1"/>
       <c r="H880" s="1" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" s="1" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>2365</v>
+        <v>2154</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>1174</v>
+        <v>1821</v>
       </c>
       <c r="D881" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E881" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F881" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G881" s="1"/>
       <c r="H881" s="1" t="s">
         <v>2366</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" s="1" t="s">
         <v>2367</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>2368</v>
+        <v>99</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2369</v>
+        <v>1758</v>
       </c>
       <c r="D882" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E882" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F882" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G882" s="1"/>
       <c r="H882" s="1" t="s">
-        <v>2370</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" s="1" t="s">
-        <v>2371</v>
+        <v>2369</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>2157</v>
+        <v>2315</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>1824</v>
+        <v>259</v>
       </c>
       <c r="D883" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E883" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F883" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G883" s="1"/>
       <c r="H883" s="1" t="s">
-        <v>2372</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" s="1" t="s">
-        <v>2373</v>
+        <v>2371</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>2157</v>
+        <v>40</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>1824</v>
+        <v>259</v>
       </c>
       <c r="D884" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E884" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F884" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G884" s="1"/>
       <c r="H884" s="1" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" s="1" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>99</v>
+        <v>2374</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>1761</v>
+        <v>259</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E885" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F885" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G885" s="1"/>
       <c r="H885" s="1" t="s">
-        <v>2376</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" s="1" t="s">
-        <v>2377</v>
+        <v>2376</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>2323</v>
+        <v>40</v>
       </c>
       <c r="C886" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D886" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E886" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F886" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G886" s="1"/>
       <c r="H886" s="1" t="s">
-        <v>2378</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" s="1" t="s">
-        <v>2379</v>
+        <v>2378</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>40</v>
+        <v>1822</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>259</v>
+        <v>361</v>
       </c>
       <c r="D887" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E887" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F887" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G887" s="1"/>
       <c r="H887" s="1" t="s">
-        <v>2380</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" s="1" t="s">
-        <v>2381</v>
+        <v>2380</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>2382</v>
+        <v>1325</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>259</v>
+        <v>644</v>
       </c>
       <c r="D888" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E888" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F888" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G888" s="1"/>
       <c r="H888" s="1" t="s">
-        <v>2383</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" s="1" t="s">
-        <v>2384</v>
+        <v>2382</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>40</v>
+        <v>493</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>259</v>
+        <v>1162</v>
       </c>
       <c r="D889" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E889" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F889" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G889" s="1"/>
       <c r="H889" s="1" t="s">
-        <v>2385</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" s="1" t="s">
-        <v>2386</v>
+        <v>2384</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>1825</v>
+        <v>493</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>361</v>
+        <v>1162</v>
       </c>
       <c r="D890" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E890" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F890" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G890" s="1"/>
       <c r="H890" s="1" t="s">
-        <v>2387</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" s="1" t="s">
-        <v>2388</v>
+        <v>2386</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>1328</v>
+        <v>493</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>647</v>
+        <v>1162</v>
       </c>
       <c r="D891" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E891" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F891" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G891" s="1"/>
       <c r="H891" s="1" t="s">
-        <v>2389</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" s="1" t="s">
-        <v>2390</v>
+        <v>2388</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>493</v>
+        <v>1515</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>1165</v>
+        <v>2389</v>
       </c>
       <c r="D892" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E892" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F892" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G892" s="1"/>
       <c r="H892" s="1" t="s">
-        <v>2391</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" s="1" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B893" s="1" t="s">
         <v>2392</v>
       </c>
-      <c r="B893" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C893" s="1" t="s">
-        <v>1165</v>
+        <v>380</v>
       </c>
       <c r="D893" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E893" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F893" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G893" s="1"/>
       <c r="H893" s="1" t="s">
         <v>2393</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" s="1" t="s">
         <v>2394</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>493</v>
+        <v>1063</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>1165</v>
+        <v>2395</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E894" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F894" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G894" s="1"/>
       <c r="H894" s="1" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" s="1" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>1518</v>
+        <v>2211</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>2397</v>
+        <v>1081</v>
       </c>
       <c r="D895" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E895" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F895" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G895" s="1"/>
       <c r="H895" s="1" t="s">
         <v>2398</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" s="1" t="s">
         <v>2399</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>2400</v>
+        <v>99</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>380</v>
+        <v>664</v>
       </c>
       <c r="D896" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E896" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F896" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G896" s="1"/>
       <c r="H896" s="1" t="s">
-        <v>2401</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" s="1" t="s">
-        <v>2402</v>
+        <v>2401</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>1066</v>
+        <v>63</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2403</v>
+        <v>652</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E897" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F897" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G897" s="1"/>
       <c r="H897" s="1" t="s">
-        <v>2404</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" s="1" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B898" s="1" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C898" s="1" t="s">
         <v>2405</v>
-      </c>
-[...4 lines deleted...]
-        <v>1084</v>
       </c>
       <c r="D898" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E898" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F898" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G898" s="1"/>
       <c r="H898" s="1" t="s">
         <v>2406</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" s="1" t="s">
         <v>2407</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>99</v>
+        <v>1092</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>667</v>
+        <v>1117</v>
       </c>
       <c r="D899" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E899" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F899" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G899" s="1"/>
       <c r="H899" s="1" t="s">
         <v>2408</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" s="1" t="s">
         <v>2409</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>63</v>
+        <v>2410</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>655</v>
+        <v>2411</v>
       </c>
       <c r="D900" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E900" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F900" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G900" s="1"/>
       <c r="H900" s="1" t="s">
-        <v>2410</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" s="1" t="s">
-        <v>2411</v>
+        <v>2413</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>2412</v>
+        <v>1105</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>2413</v>
+        <v>880</v>
       </c>
       <c r="D901" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E901" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F901" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G901" s="1"/>
       <c r="H901" s="1" t="s">
         <v>2414</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" s="1" t="s">
         <v>2415</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>1095</v>
+        <v>2404</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>1120</v>
+        <v>1661</v>
       </c>
       <c r="D902" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E902" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F902" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G902" s="1"/>
       <c r="H902" s="1" t="s">
         <v>2416</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" s="1" t="s">
         <v>2417</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>2418</v>
+        <v>2404</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>2419</v>
+        <v>1661</v>
       </c>
       <c r="D903" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E903" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F903" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G903" s="1"/>
       <c r="H903" s="1" t="s">
-        <v>2420</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" s="1" t="s">
-        <v>2421</v>
+        <v>2419</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>1108</v>
+        <v>405</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>883</v>
+        <v>474</v>
       </c>
       <c r="D904" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E904" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F904" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G904" s="1"/>
       <c r="H904" s="1" t="s">
-        <v>2422</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" s="1" t="s">
-        <v>2423</v>
+        <v>2421</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>2412</v>
+        <v>391</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>1664</v>
+        <v>1342</v>
       </c>
       <c r="D905" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E905" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F905" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G905" s="1"/>
       <c r="H905" s="1" t="s">
-        <v>2424</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" s="1" t="s">
-        <v>2425</v>
+        <v>2423</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>2412</v>
+        <v>391</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>1664</v>
+        <v>1342</v>
       </c>
       <c r="D906" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E906" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F906" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G906" s="1"/>
       <c r="H906" s="1" t="s">
-        <v>2426</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" s="1" t="s">
-        <v>2427</v>
+        <v>2425</v>
       </c>
       <c r="B907" s="1" t="s">
-        <v>405</v>
+        <v>366</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>474</v>
+        <v>2426</v>
       </c>
       <c r="D907" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E907" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F907" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G907" s="1"/>
       <c r="H907" s="1" t="s">
-        <v>2428</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" s="1" t="s">
-        <v>2429</v>
+        <v>2428</v>
       </c>
       <c r="B908" s="1" t="s">
-        <v>391</v>
+        <v>835</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>1345</v>
+        <v>1263</v>
       </c>
       <c r="D908" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E908" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F908" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G908" s="1"/>
       <c r="H908" s="1" t="s">
-        <v>2430</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" s="1" t="s">
-        <v>2431</v>
+        <v>2430</v>
       </c>
       <c r="B909" s="1" t="s">
-        <v>391</v>
+        <v>625</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>1345</v>
+        <v>628</v>
       </c>
       <c r="D909" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E909" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F909" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G909" s="1"/>
       <c r="H909" s="1" t="s">
-        <v>2432</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" s="1" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B910" s="1" t="s">
         <v>2433</v>
       </c>
-      <c r="B910" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C910" s="1" t="s">
-        <v>2434</v>
+        <v>1459</v>
       </c>
       <c r="D910" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E910" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F910" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G910" s="1"/>
       <c r="H910" s="1" t="s">
-        <v>2435</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" s="1" t="s">
-        <v>2436</v>
+        <v>2435</v>
       </c>
       <c r="B911" s="1" t="s">
-        <v>838</v>
+        <v>2433</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>1266</v>
+        <v>1459</v>
       </c>
       <c r="D911" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E911" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F911" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G911" s="1"/>
       <c r="H911" s="1" t="s">
-        <v>2437</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" s="1" t="s">
-        <v>2438</v>
+        <v>2437</v>
       </c>
       <c r="B912" s="1" t="s">
-        <v>628</v>
+        <v>2433</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>631</v>
+        <v>430</v>
       </c>
       <c r="D912" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E912" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F912" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G912" s="1"/>
       <c r="H912" s="1" t="s">
-        <v>2439</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" s="1" t="s">
-        <v>2440</v>
+        <v>2439</v>
       </c>
       <c r="B913" s="1" t="s">
-        <v>2441</v>
+        <v>631</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>1462</v>
+        <v>549</v>
       </c>
       <c r="D913" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E913" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F913" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G913" s="1"/>
       <c r="H913" s="1" t="s">
-        <v>2442</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" s="1" t="s">
-        <v>2443</v>
+        <v>2441</v>
       </c>
       <c r="B914" s="1" t="s">
-        <v>2441</v>
+        <v>99</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>1462</v>
+        <v>259</v>
       </c>
       <c r="D914" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E914" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F914" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G914" s="1"/>
       <c r="H914" s="1" t="s">
-        <v>2444</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" s="1" t="s">
-        <v>2445</v>
+        <v>2443</v>
       </c>
       <c r="B915" s="1" t="s">
-        <v>2441</v>
+        <v>99</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>430</v>
+        <v>259</v>
       </c>
       <c r="D915" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E915" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F915" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G915" s="1"/>
       <c r="H915" s="1" t="s">
-        <v>2446</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" s="1" t="s">
-        <v>2447</v>
+        <v>2445</v>
       </c>
       <c r="B916" s="1" t="s">
-        <v>634</v>
+        <v>361</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>552</v>
+        <v>380</v>
       </c>
       <c r="D916" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E916" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F916" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G916" s="1"/>
       <c r="H916" s="1" t="s">
-        <v>2448</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" s="1" t="s">
-        <v>2449</v>
+        <v>2447</v>
       </c>
       <c r="B917" s="1" t="s">
-        <v>99</v>
+        <v>431</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>259</v>
+        <v>2448</v>
       </c>
       <c r="D917" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E917" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F917" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G917" s="1"/>
       <c r="H917" s="1" t="s">
-        <v>2450</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" s="1" t="s">
-        <v>2451</v>
+        <v>2450</v>
       </c>
       <c r="B918" s="1" t="s">
-        <v>99</v>
+        <v>425</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>259</v>
+        <v>431</v>
       </c>
       <c r="D918" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E918" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F918" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G918" s="1"/>
       <c r="H918" s="1" t="s">
-        <v>2452</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" s="1" t="s">
-        <v>2453</v>
+        <v>2452</v>
       </c>
       <c r="B919" s="1" t="s">
-        <v>361</v>
+        <v>63</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>380</v>
+        <v>652</v>
       </c>
       <c r="D919" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E919" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F919" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G919" s="1"/>
       <c r="H919" s="1" t="s">
-        <v>2454</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" s="1" t="s">
-        <v>2455</v>
+        <v>2454</v>
       </c>
       <c r="B920" s="1" t="s">
-        <v>431</v>
+        <v>1661</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>2456</v>
+        <v>1661</v>
       </c>
       <c r="D920" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E920" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F920" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G920" s="1"/>
       <c r="H920" s="1" t="s">
-        <v>2457</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" s="1" t="s">
-        <v>2458</v>
+        <v>2456</v>
       </c>
       <c r="B921" s="1" t="s">
-        <v>425</v>
+        <v>474</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>431</v>
+        <v>1462</v>
       </c>
       <c r="D921" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E921" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F921" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G921" s="1"/>
       <c r="H921" s="1" t="s">
-        <v>2459</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" s="1" t="s">
-        <v>2460</v>
+        <v>2456</v>
       </c>
       <c r="B922" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D922" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E922" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F922" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G922" s="1"/>
       <c r="H922" s="1" t="s">
-        <v>2461</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" s="1" t="s">
-        <v>2462</v>
+        <v>2459</v>
       </c>
       <c r="B923" s="1" t="s">
-        <v>1664</v>
+        <v>2460</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>1664</v>
+        <v>2461</v>
       </c>
       <c r="D923" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E923" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F923" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G923" s="1"/>
       <c r="H923" s="1" t="s">
-        <v>2463</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" s="1" t="s">
-        <v>2464</v>
+        <v>2463</v>
       </c>
       <c r="B924" s="1" t="s">
-        <v>474</v>
+        <v>221</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>1465</v>
+        <v>721</v>
       </c>
       <c r="D924" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E924" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F924" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G924" s="1"/>
       <c r="H924" s="1" t="s">
-        <v>2465</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" s="1" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="B925" s="1" t="s">
-        <v>63</v>
+        <v>2466</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>655</v>
+        <v>2467</v>
       </c>
       <c r="D925" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E925" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F925" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G925" s="1"/>
       <c r="H925" s="1" t="s">
-        <v>2466</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" s="1" t="s">
-        <v>2467</v>
+        <v>2469</v>
       </c>
       <c r="B926" s="1" t="s">
-        <v>2468</v>
+        <v>1201</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>2469</v>
+        <v>1202</v>
       </c>
       <c r="D926" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E926" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F926" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G926" s="1"/>
       <c r="H926" s="1" t="s">
         <v>2470</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" s="1" t="s">
         <v>2471</v>
       </c>
       <c r="B927" s="1" t="s">
-        <v>221</v>
+        <v>1201</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>724</v>
+        <v>1202</v>
       </c>
       <c r="D927" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E927" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F927" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G927" s="1"/>
       <c r="H927" s="1" t="s">
         <v>2472</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" s="1" t="s">
         <v>2473</v>
       </c>
       <c r="B928" s="1" t="s">
-        <v>2474</v>
+        <v>1201</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>2475</v>
+        <v>1256</v>
       </c>
       <c r="D928" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E928" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F928" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G928" s="1"/>
       <c r="H928" s="1" t="s">
-        <v>2476</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" s="1" t="s">
-        <v>2477</v>
+        <v>2475</v>
       </c>
       <c r="B929" s="1" t="s">
-        <v>1204</v>
+        <v>2476</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>1205</v>
+        <v>1256</v>
       </c>
       <c r="D929" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E929" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F929" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G929" s="1"/>
       <c r="H929" s="1" t="s">
-        <v>2478</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" s="1" t="s">
-        <v>2479</v>
+        <v>2478</v>
       </c>
       <c r="B930" s="1" t="s">
-        <v>1204</v>
+        <v>2476</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>1205</v>
+        <v>193</v>
       </c>
       <c r="D930" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E930" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F930" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G930" s="1"/>
       <c r="H930" s="1" t="s">
-        <v>2480</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" s="1" t="s">
-        <v>2481</v>
+        <v>2480</v>
       </c>
       <c r="B931" s="1" t="s">
-        <v>1204</v>
+        <v>2476</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>1259</v>
+        <v>727</v>
       </c>
       <c r="D931" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E931" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F931" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G931" s="1"/>
       <c r="H931" s="1" t="s">
-        <v>2482</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" s="1" t="s">
-        <v>2483</v>
+        <v>2482</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>2484</v>
+        <v>365</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>1259</v>
+        <v>710</v>
       </c>
       <c r="D932" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E932" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F932" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G932" s="1"/>
       <c r="H932" s="1" t="s">
-        <v>2485</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" s="1" t="s">
-        <v>2486</v>
+        <v>2484</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>193</v>
+        <v>652</v>
       </c>
       <c r="D933" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E933" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F933" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G933" s="1"/>
       <c r="H933" s="1" t="s">
-        <v>2487</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" s="1" t="s">
-        <v>2488</v>
+        <v>2487</v>
       </c>
       <c r="B934" s="1" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>730</v>
+        <v>652</v>
       </c>
       <c r="D934" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E934" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F934" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G934" s="1"/>
       <c r="H934" s="1" t="s">
-        <v>2489</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" s="1" t="s">
-        <v>2490</v>
+        <v>2489</v>
       </c>
       <c r="B935" s="1" t="s">
-        <v>365</v>
+        <v>2485</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>713</v>
+        <v>652</v>
       </c>
       <c r="D935" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E935" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F935" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G935" s="1"/>
       <c r="H935" s="1" t="s">
-        <v>2491</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" s="1" t="s">
-        <v>2492</v>
+        <v>2491</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>2493</v>
+        <v>2485</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="D936" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E936" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F936" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G936" s="1"/>
       <c r="H936" s="1" t="s">
-        <v>2494</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" s="1" t="s">
-        <v>2495</v>
+        <v>2493</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>2493</v>
+        <v>1680</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>655</v>
+        <v>374</v>
       </c>
       <c r="D937" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E937" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F937" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G937" s="1"/>
       <c r="H937" s="1" t="s">
-        <v>2496</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" s="1" t="s">
-        <v>2497</v>
+        <v>2495</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>2493</v>
+        <v>689</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>655</v>
+        <v>1081</v>
       </c>
       <c r="D938" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E938" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F938" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G938" s="1"/>
       <c r="H938" s="1" t="s">
-        <v>2498</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" s="1" t="s">
-        <v>2499</v>
+        <v>2497</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>2493</v>
+        <v>1577</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>655</v>
+        <v>545</v>
       </c>
       <c r="D939" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E939" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F939" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G939" s="1"/>
       <c r="H939" s="1" t="s">
-        <v>2500</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" s="1" t="s">
-        <v>2501</v>
+        <v>2499</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>1683</v>
+        <v>2500</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>374</v>
+        <v>652</v>
       </c>
       <c r="D940" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E940" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F940" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G940" s="1"/>
       <c r="H940" s="1" t="s">
-        <v>2502</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B941" s="1" t="s">
         <v>2503</v>
       </c>
-      <c r="B941" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C941" s="1" t="s">
-        <v>1084</v>
+        <v>652</v>
       </c>
       <c r="D941" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E941" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F941" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G941" s="1"/>
       <c r="H941" s="1" t="s">
         <v>2504</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" s="1" t="s">
         <v>2505</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>1580</v>
+        <v>2506</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>548</v>
+        <v>259</v>
       </c>
       <c r="D942" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E942" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F942" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G942" s="1"/>
       <c r="H942" s="1" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" s="1" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>2508</v>
+        <v>727</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>655</v>
+        <v>932</v>
       </c>
       <c r="D943" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E943" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F943" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G943" s="1"/>
       <c r="H943" s="1" t="s">
         <v>2509</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" s="1" t="s">
         <v>2510</v>
       </c>
       <c r="B944" s="1" t="s">
         <v>2511</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>655</v>
+        <v>965</v>
       </c>
       <c r="D944" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E944" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F944" s="1" t="s">
         <v>283</v>
       </c>
       <c r="G944" s="1"/>
       <c r="H944" s="1" t="s">
         <v>2512</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" s="1" t="s">
         <v>2513</v>
       </c>
       <c r="B945" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="C945" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="D945" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E945" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F945" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G945" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H945" s="1" t="s">
         <v>2514</v>
-      </c>
-[...14 lines deleted...]
-        <v>2515</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="B946" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="C946" s="1" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D946" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E946" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F946" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G946" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H946" s="1" t="s">
         <v>2516</v>
-      </c>
-[...17 lines deleted...]
-        <v>2517</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" s="1" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B947" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C947" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D947" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E947" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F947" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G947" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H947" s="1" t="s">
         <v>2518</v>
-      </c>
-[...17 lines deleted...]
-        <v>2520</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" s="1" t="s">
-        <v>2521</v>
+        <v>2519</v>
       </c>
       <c r="B948" s="1" t="s">
-        <v>806</v>
+        <v>2520</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>807</v>
+        <v>369</v>
       </c>
       <c r="D948" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E948" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F948" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G948" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H948" s="1" t="s">
-        <v>2522</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" s="1" t="s">
-        <v>2523</v>
+        <v>2522</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>837</v>
+        <v>1365</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>2157</v>
+        <v>239</v>
       </c>
       <c r="D949" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E949" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F949" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G949" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H949" s="1" t="s">
-        <v>2524</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" s="1" t="s">
-        <v>2525</v>
+        <v>2524</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>1815</v>
+        <v>2433</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>559</v>
+        <v>640</v>
       </c>
       <c r="D950" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E950" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F950" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G950" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H950" s="1" t="s">
-        <v>2526</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" s="1" t="s">
-        <v>2527</v>
+        <v>2526</v>
       </c>
       <c r="B951" s="1" t="s">
-        <v>2528</v>
+        <v>369</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>369</v>
+        <v>463</v>
       </c>
       <c r="D951" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E951" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F951" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G951" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H951" s="1" t="s">
-        <v>2529</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" s="1" t="s">
-        <v>2530</v>
+        <v>2528</v>
       </c>
       <c r="B952" s="1" t="s">
-        <v>1368</v>
+        <v>579</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>239</v>
+        <v>2529</v>
       </c>
       <c r="D952" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E952" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F952" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G952" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H952" s="1" t="s">
-        <v>2531</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" s="1" t="s">
-        <v>2532</v>
+        <v>2531</v>
       </c>
       <c r="B953" s="1" t="s">
-        <v>2441</v>
+        <v>361</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>643</v>
+        <v>944</v>
       </c>
       <c r="D953" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E953" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F953" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G953" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H953" s="1" t="s">
-        <v>2533</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" s="1" t="s">
+        <v>2533</v>
+      </c>
+      <c r="B954" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C954" s="1" t="s">
         <v>2534</v>
       </c>
-      <c r="B954" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D954" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E954" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F954" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="H954" s="1" t="s">
         <v>2535</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" s="1" t="s">
         <v>2536</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>582</v>
+        <v>2182</v>
       </c>
       <c r="C955" s="1" t="s">
+        <v>2534</v>
+      </c>
+      <c r="D955" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E955" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F955" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G955" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H955" s="1" t="s">
         <v>2537</v>
-      </c>
-[...13 lines deleted...]
-        <v>2538</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" s="1" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B956" s="1" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C956" s="1" t="s">
+        <v>2534</v>
+      </c>
+      <c r="D956" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E956" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F956" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G956" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H956" s="1" t="s">
         <v>2539</v>
-      </c>
-[...19 lines deleted...]
-        <v>2540</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B957" s="1" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C957" s="1" t="s">
+        <v>2534</v>
+      </c>
+      <c r="D957" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E957" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F957" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G957" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H957" s="1" t="s">
         <v>2541</v>
-      </c>
-[...19 lines deleted...]
-        <v>2543</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B958" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C958" s="1" t="s">
+        <v>2543</v>
+      </c>
+      <c r="D958" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E958" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F958" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G958" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H958" s="1" t="s">
         <v>2544</v>
-      </c>
-[...19 lines deleted...]
-        <v>2545</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" s="1" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B959" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C959" s="1" t="s">
+        <v>2543</v>
+      </c>
+      <c r="D959" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E959" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F959" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G959" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H959" s="1" t="s">
         <v>2546</v>
-      </c>
-[...19 lines deleted...]
-        <v>2547</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" s="1" t="s">
+        <v>2547</v>
+      </c>
+      <c r="B960" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C960" s="1" t="s">
+        <v>2543</v>
+      </c>
+      <c r="D960" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E960" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F960" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G960" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H960" s="1" t="s">
         <v>2548</v>
-      </c>
-[...19 lines deleted...]
-        <v>2549</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" s="1" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B961" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C961" s="1" t="s">
         <v>2550</v>
       </c>
-      <c r="B961" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C961" s="1" t="s">
+      <c r="D961" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E961" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F961" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G961" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H961" s="1" t="s">
         <v>2551</v>
-      </c>
-[...13 lines deleted...]
-        <v>2552</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" s="1" t="s">
+        <v>2552</v>
+      </c>
+      <c r="B962" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C962" s="1" t="s">
+        <v>2550</v>
+      </c>
+      <c r="D962" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E962" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F962" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G962" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H962" s="1" t="s">
         <v>2553</v>
-      </c>
-[...19 lines deleted...]
-        <v>2554</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" s="1" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B963" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C963" s="1" t="s">
         <v>2555</v>
       </c>
-      <c r="B963" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D963" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E963" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F963" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G963" s="1" t="s">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="H963" s="1" t="s">
         <v>2556</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" s="1" t="s">
         <v>2557</v>
       </c>
       <c r="B964" s="1" t="s">
-        <v>2096</v>
+        <v>1837</v>
       </c>
       <c r="C964" s="1" t="s">
         <v>2558</v>
       </c>
       <c r="D964" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E964" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F964" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>77</v>
+        <v>2004</v>
       </c>
       <c r="H964" s="1" t="s">
         <v>2559</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" s="1" t="s">
         <v>2560</v>
       </c>
       <c r="B965" s="1" t="s">
-        <v>2096</v>
+        <v>279</v>
       </c>
       <c r="C965" s="1" t="s">
         <v>2558</v>
       </c>
       <c r="D965" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E965" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F965" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>77</v>
+        <v>2004</v>
       </c>
       <c r="H965" s="1" t="s">
         <v>2561</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" s="1" t="s">
         <v>2562</v>
       </c>
       <c r="B966" s="1" t="s">
-        <v>2096</v>
+        <v>2185</v>
       </c>
       <c r="C966" s="1" t="s">
         <v>2563</v>
       </c>
       <c r="D966" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E966" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F966" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G966" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="H966" s="1" t="s">
         <v>2564</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" s="1" t="s">
         <v>2565</v>
       </c>
       <c r="B967" s="1" t="s">
-        <v>1840</v>
+        <v>1010</v>
       </c>
       <c r="C967" s="1" t="s">
         <v>2566</v>
       </c>
       <c r="D967" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E967" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F967" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G967" s="1" t="s">
-        <v>2007</v>
+        <v>77</v>
       </c>
       <c r="H967" s="1" t="s">
         <v>2567</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" s="1" t="s">
         <v>2568</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>279</v>
+        <v>1011</v>
       </c>
       <c r="C968" s="1" t="s">
         <v>2566</v>
       </c>
       <c r="D968" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E968" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F968" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G968" s="1" t="s">
-        <v>2007</v>
+        <v>77</v>
       </c>
       <c r="H968" s="1" t="s">
         <v>2569</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" s="1" t="s">
         <v>2570</v>
       </c>
       <c r="B969" s="1" t="s">
-        <v>2188</v>
+        <v>2239</v>
       </c>
       <c r="C969" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D969" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E969" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F969" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G969" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H969" s="1" t="s">
         <v>2571</v>
-      </c>
-[...13 lines deleted...]
-        <v>2572</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B970" s="1" t="s">
         <v>2573</v>
-      </c>
-[...1 lines deleted...]
-        <v>1013</v>
       </c>
       <c r="C970" s="1" t="s">
         <v>2574</v>
       </c>
       <c r="D970" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E970" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F970" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="H970" s="1" t="s">
         <v>2575</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" s="1" t="s">
         <v>2576</v>
       </c>
       <c r="B971" s="1" t="s">
-        <v>1014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2563</v>
+      </c>
+      <c r="C971" s="1"/>
       <c r="D971" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E971" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F971" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G971" s="1" t="s">
-        <v>77</v>
+        <v>134</v>
       </c>
       <c r="H971" s="1" t="s">
         <v>2577</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" s="1" t="s">
         <v>2578</v>
       </c>
       <c r="B972" s="1" t="s">
-        <v>2247</v>
+        <v>2543</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2574</v>
+        <v>2579</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E972" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F972" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>218</v>
+        <v>84</v>
       </c>
       <c r="H972" s="1" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" s="1" t="s">
-        <v>2580</v>
+        <v>2581</v>
       </c>
       <c r="B973" s="1" t="s">
-        <v>2581</v>
+        <v>2550</v>
       </c>
       <c r="C973" s="1" t="s">
         <v>2582</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E973" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F973" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G973" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H973" s="1" t="s">
         <v>2583</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" s="1" t="s">
         <v>2584</v>
       </c>
       <c r="B974" s="1" t="s">
-        <v>2571</v>
-[...1 lines deleted...]
-      <c r="C974" s="1"/>
+        <v>2543</v>
+      </c>
+      <c r="C974" s="1" t="s">
+        <v>2585</v>
+      </c>
       <c r="D974" s="1" t="s">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="E974" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F974" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G974" s="1"/>
       <c r="H974" s="1" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" s="1" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
       <c r="B975" s="1" t="s">
-        <v>2551</v>
+        <v>2566</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>2587</v>
+        <v>214</v>
       </c>
       <c r="D975" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E975" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F975" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G975" s="1" t="s">
-        <v>84</v>
+        <v>134</v>
       </c>
       <c r="H975" s="1" t="s">
         <v>2588</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" s="1" t="s">
         <v>2589</v>
       </c>
       <c r="B976" s="1" t="s">
-        <v>2558</v>
+        <v>2563</v>
       </c>
       <c r="C976" s="1" t="s">
         <v>2590</v>
       </c>
       <c r="D976" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E976" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F976" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G976" s="1" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="H976" s="1" t="s">
         <v>2591</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" s="1" t="s">
         <v>2592</v>
       </c>
       <c r="B977" s="1" t="s">
-        <v>2551</v>
+        <v>2563</v>
       </c>
       <c r="C977" s="1" t="s">
+        <v>2590</v>
+      </c>
+      <c r="D977" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E977" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F977" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G977" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H977" s="1" t="s">
         <v>2593</v>
-      </c>
-[...11 lines deleted...]
-        <v>2594</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" s="1" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B978" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="C978" s="1" t="s">
+        <v>2579</v>
+      </c>
+      <c r="D978" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E978" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F978" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G978" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H978" s="1" t="s">
         <v>2595</v>
-      </c>
-[...19 lines deleted...]
-        <v>2596</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" s="1" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B979" s="1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="C979" s="1" t="s">
+        <v>2590</v>
+      </c>
+      <c r="D979" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E979" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F979" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G979" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H979" s="1" t="s">
         <v>2597</v>
-      </c>
-[...19 lines deleted...]
-        <v>2599</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" s="1" t="s">
-        <v>2600</v>
+        <v>2598</v>
       </c>
       <c r="B980" s="1" t="s">
-        <v>2571</v>
+        <v>213</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>2598</v>
+        <v>214</v>
       </c>
       <c r="D980" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E980" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F980" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G980" s="1" t="s">
-        <v>12</v>
+        <v>1338</v>
       </c>
       <c r="H980" s="1" t="s">
-        <v>2601</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" s="1" t="s">
-        <v>2602</v>
+        <v>2600</v>
       </c>
       <c r="B981" s="1" t="s">
-        <v>2574</v>
+        <v>2563</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>2587</v>
+        <v>2590</v>
       </c>
       <c r="D981" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E981" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F981" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G981" s="1" t="s">
-        <v>84</v>
+        <v>156</v>
       </c>
       <c r="H981" s="1" t="s">
-        <v>2603</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" s="1" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B982" s="1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="C982" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D982" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E982" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F982" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G982" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H982" s="1" t="s">
         <v>2604</v>
-      </c>
-[...19 lines deleted...]
-        <v>2605</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" s="1" t="s">
-        <v>2606</v>
+        <v>2156</v>
       </c>
       <c r="B983" s="1" t="s">
-        <v>213</v>
+        <v>2563</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>214</v>
+        <v>2590</v>
       </c>
       <c r="D983" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E983" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F983" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G983" s="1" t="s">
-        <v>1341</v>
+        <v>12</v>
       </c>
       <c r="H983" s="1" t="s">
-        <v>2607</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" s="1" t="s">
-        <v>2608</v>
+        <v>2606</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>2571</v>
+        <v>2563</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>2598</v>
+        <v>2590</v>
       </c>
       <c r="D984" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E984" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F984" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G984" s="1" t="s">
-        <v>156</v>
+        <v>12</v>
       </c>
       <c r="H984" s="1" t="s">
-        <v>2609</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" s="1" t="s">
-        <v>2610</v>
+        <v>2608</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>2571</v>
+        <v>2563</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2611</v>
+        <v>2590</v>
       </c>
       <c r="D985" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E985" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F985" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G985" s="1" t="s">
-        <v>163</v>
+        <v>2004</v>
       </c>
       <c r="H985" s="1" t="s">
-        <v>2612</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" s="1" t="s">
-        <v>2159</v>
+        <v>2610</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>2571</v>
+        <v>459</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2598</v>
+        <v>2611</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E986" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F986" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G986" s="1" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H986" s="1" t="s">
-        <v>2613</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" s="1" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B987" s="1" t="s">
         <v>2614</v>
       </c>
-      <c r="B987" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C987" s="1" t="s">
-        <v>2598</v>
+        <v>2611</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E987" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F987" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G987" s="1" t="s">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="H987" s="1" t="s">
         <v>2615</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" s="1" t="s">
         <v>2616</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>2571</v>
+        <v>768</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2598</v>
+        <v>2611</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="E988" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F988" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G988" s="1" t="s">
-        <v>2007</v>
+        <v>24</v>
       </c>
       <c r="H988" s="1" t="s">
         <v>2617</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>