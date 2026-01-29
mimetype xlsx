--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -4,154 +4,349 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Plataformas y redes" sheetId="1" r:id="rId4"/>
+    <sheet name="Plataformak eta sareak" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="472">
-[...10 lines deleted...]
-    <t>RAIA - Landa Berrikuntzaren Laguntza Sarea</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="505">
+  <si>
+    <t>Izena</t>
+  </si>
+  <si>
+    <t>Mutila</t>
+  </si>
+  <si>
+    <t>Deskribapena</t>
+  </si>
+  <si>
+    <t>CTA (Andaluziako Korporazio Teknologikoa)</t>
+  </si>
+  <si>
+    <t>Enpresa elkarteak, Plataforma, Hubak</t>
+  </si>
+  <si>
+    <t>CTA Andaluziako berrikuntza kluster multi-sektoriala da, jarduera nazionala eta nazioartekoa duena. Enpresei, administrazio publikoei eta unibertsitateei beren beharretara egokitutako I+G+B estrategia bat planifikatzen laguntzen die. I+G+B beharrak identifikatu eta horiei erantzuteko proiektuak formulatu, bazkideak eta finantzaketa aurkitu arte, enpresei laguntzen die beren berrikuntza proiektuetan zehar. Aliatu estrategikoa da emaitzak negozio aukera bihurtzeko eta nazioarteko berrikuntza proiektuetan bazkide arrakastatsua. 186 enpresa kide baino gehiago dituen fundazio pribatua da, jatorriz Andaluziako Juntak sustatua eta kudeaketa pribatua duena, berrikuntza teknologikoa sustatzera dedikatua. 186 enpresa baino gehiago dira CTAren parte. Nazioarteko korporazio handietatik hasi eta sektore ekonomiko guztietako ETE edo startup teknologikoetaraino.</t>
+  </si>
+  <si>
+    <t>FARMPEP</t>
+  </si>
+  <si>
+    <t>Plataforma</t>
+  </si>
+  <si>
+    <t>FarmPEP komunitatearen ekimen kolaboratibo bat da. 2020ko urtarrilean jarri zen abian Innovate UK proiektu baten bidez, ADAS, Agri-TechE, CCRI, Innovative Farmers, Open Coop eta The Farming Forum-ekin batera, COVID-19 osteko aroan nekazaritzan ezagutza partekatzea konektatzeko helburuarekin.</t>
+  </si>
+  <si>
+    <t>Erabilera Publikoko Basoen Sarea</t>
   </si>
   <si>
     <t>Sarea</t>
   </si>
   <si>
-    <t>RAIA proiektuak Alentejo-Algarve-Andaluzia eskualdean sare bat sortzea du helburu, administrazio publikoei, elkarte-ehunari, enpresei eta herritarrei landa-eremuetan nekazaritza-berrikuntza sustatzeko beharrezko tresnak eskainiko dizkiena, La Rayako mugaz gaindiko eremua negozio-aukera berriak dituen eta sortzen diren erronka eta aukera berriei aurre egiteko gai den lurralde bihurtuz. Berrikuntza landa-garapenaren motortzat hartzen da, abantaila lehiakorrak ezartzen dituena, eta, beraz, etorkizuneko sarearen ezaugarri nagusietako bat da.</t>
-[...68 lines deleted...]
-    <t>NBSOIL-ek (Nature-Based Solutions for Soil Management) lurzoru- aholkulariei lurzoruaren osasunaren ikuspegi holistikoa ezartzeko aukera ematen die Naturan Oinarritutako Soluzioak (NBS) erabiliz, eta denbora- eta espazio-eskala desberdinetan modu eraginkorrean lankidetzan aritzeko ikaskuntza-programa baten bidez. Helburu orokorra lurzoruaren ebaluatzaileei lurzoruaren osasunaren ikuspegi holistikoa ezartzeko aukera ematen dien ikaskuntza mistoko programa erakargarri bat diseinatzea da, Naturan Oinarritutako Soluzioen (NBS) bidez, eta denbora- eta espazio-eskala desberdinetan modu eraginkorrean lankidetzan aritzeko aukera ematen diena.</t>
+    <t>REMP, Baso Publikoen Estatuko Sarea, baso-ondare publikoaren ezagutza hobetzeko eta balioa areagotzeko sare gisa sortu da, Erabilera Publikoko basoak zein Toki Erakundeenak direnak barne.</t>
+  </si>
+  <si>
+    <t>Andaluziako Ingurumen Informazio Sarea</t>
+  </si>
+  <si>
+    <t>Andaluziako Gobernuko Iraunkortasun eta Ingurumen Ministerioa da Andaluzian ingurumen-informaziorako sarbide-eskubidea bermatzeaz arduratzen den organoa. Zehazki, abuztuaren 26ko 170/2024 Dekretuak, bere egitura antolatzailea ezartzen duenak, xedatzen du Ingurumen eta Klima Aldaketa Idazkaritza Nagusia dela Ingurumen Informazio Sarearen (REDIAM) antolaketa, kudeaketa, egituraketa eta funtzionamenduaz arduratzen dena. Sare honek Andaluziako ingurumenari buruzko informazio alfanumeriko, grafiko eta bestelako guztia integratzen eta zabaltzen du, Autonomia Erkidegoko ingurumen-informazioa ekoizten duten zentro mota guztiek sortua. Informazio hau kudeaketan, ikerketan, zabalkunde publikoan eta erabakiak hartzeko erabilerarako da, baita informazio estatistiko eta kartografikoa ekoizteko Ministerioaren jarduera-ildoak ezartzeko ere.</t>
+  </si>
+  <si>
+    <t>RECAN (Nekazaritza Kontabilitate Sare Nazionala)</t>
+  </si>
+  <si>
+    <t>Nekazaritza Kontabilitate Sare Nazionala tresna bat da, nekazaritza-errentak eta nekazaritza-politikak ustiategietan duen eragina ebaluatzeko aukera ematen duena. Europar Batasuneko araudi batek arautzen du, hau da, kontabilitate-printzipio berdinak aplikatzen dira estatu kide guztietan. Beraz, Espainiako mikrodatuen iturri integral bakarra da, EBko gainerakoekin harmonizatua.</t>
+  </si>
+  <si>
+    <t>RUENA Sarea</t>
+  </si>
+  <si>
+    <t>CICYTen hainbat proiektu onartu ondoren, nitrifikazio inhibitzaileak atmosferara eta uretara nitrogenoa galtzeko tresna gisa erabiltzearekin lotuta, eta Zientzia eta Teknologia Ministerioaren (MCyT) koordinaziorako proposamenarekin bat etorriz, lehen bilera bat egin zen Iruñean. Bilera honetan, "Nekazaritzan Nitrogenoaren Erabilera Eraginkorra" izeneko Sare Tematiko bat sortzeko ideia planteatu zen lehen aldiz. Ondorengo bilerak Lleidan eta Madrilen egin ziren, eta bertan MCyTren Ekintza Berezietarako Deialdira aurkeztea adostu zen. 2002ko urtarrilean, Sarea sortzeko proiektua aurkeztu zen bertaratutako gehienen babesarekin, eta azkenean 2002ko irailean onartu zen. Ulertzen dugu onarpen honek Zientzia eta Teknologia Ministerioak Sarearen existentzia ofizialki aitortzen duela. Argibideak: Sare tematikoa irabazi-asmorik gabekoa da. Ez du bileretan parte hartzeko funtsik; diru-laguntza txikiak baino ezin dira eman haien gauzatzea errazteko.</t>
+  </si>
+  <si>
+    <t>Emakume Abeltzainen Sarea</t>
+  </si>
+  <si>
+    <t>Proiektu hau abeltzaintza sektorean emakumeen lekua berreskuratzeko beharretik sortu zen. Taldeak abeltzaintza estentsiboaren irudi gizonezkoek menderatua hautsi eta jasaten duten diskriminazio soziala, instituzionala eta profesionala gainditu nahi du. "Bai Sierrara iritsi berri diren artzain ikasleek, bai belaunaldiz belaunaldiko artzain esperientzia duten abeltzain beteranoek hizkuntza bera erabiltzen dute, eta batez ere, argi dugu zer aldatu nahi dugun: ikusezintasun iraunkorretik lehen planora igaro nahi dugu, erabaki garrantzitsuak hartzen diren lekuetan ahotsa izan nahi dugu, abeltzaintza eta artzaintza estentsiboaren irudi guztiz gizonezkoek menderatua hautsi nahi dugu, emakume abeltzain gisa errespetatuak izan nahi dugu, jasaten dugun diskriminazio familiarra, soziala, administratiboa eta profesionala gainditu nahi dugu, burokrazia gehiegizkoa aldatu nahi dugu, etxeko lanak gizonekin partekatu nahi ditugu eta emakume gisa guztiok jasaten ditugun lan anitzeko derrigorrezkoak gainditu nahi ditugu. Aldaketa nahi dugu".</t>
+  </si>
+  <si>
+    <t>Udal Abeltzaintza eta Haragi Sarea</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ekoizpen nazionaleko sektore handienaren eta elikagai-industria nagusiaren defentsan. Sektore pribatuaren eta udalen arteko elkarrizketa-foro bihurtu nahi duen plataforma bat, ekintza eta lankidetza publiko-pribatua sustatuz, eta elikagai-hornikuntza-katearen funtsezko eginkizuna aitortuz nazio gisa ditugun erronka demografiko eta ekonomikoei aurre egiteko.</t>
+  </si>
+  <si>
+    <t>Baserri Tradizionalen Sare Nazionala</t>
+  </si>
+  <si>
+    <t>Abeltzaintza sektorearentzako informazio ekonomikorako sistemen beharrari erantzunez, ustiategi, eskualde, nazio eta nazioarteko mailan konparaketak egiteko aukera emango zutenak, Nekazaritza Ekoizpen eta Merkatuen Zuzendaritza Nagusiak Ustiategi Tipikoen Sare Nazionala (RENGRATI proiektua) abiarazi zuen 2003an, gaur egun REDES TECO sarearen parte dena. Proiektu honek Espainiako abeltzaintza sektore desberdinetarako informazio tekniko eta ekonomikoko sare iraunkorrak ezartzea eta mantentzea du helburu. Horretarako, erakunde eta pertsonen azpiegitura edo sare bat sortu da informazioa emateko, besteak beste, ekoizleen elkarte nagusiak, ikertzaileak, aholkulariak, ekoizleak eta gobernu agentziak. Sektoreko sare nazional hauek, aldi berean, Ustiategien Analisi Konparatiborako Nazioarteko Sareetan integratzen dira, eta horien artean munduko abeltzaintza ekoizten duten herrialde nagusiak daude. Nazioarteko Sare hauek etengabeko laguntza ematen diete beren kideei eta ekoizleek emandako informazioa balioztatzeko metodologia egokia aplikatzen laguntzen dute, baita sektoreko eta ekoizpen politikak eta estrategiak ebaluatzeko edo haien eragina maila guztietan simulatzeko ere. Esparru honetan erabilitako metodologia antzeko ezaugarriak dituzten benetako ustiategien kontabilitate-erregistroekin hasten da, eta hauek eskualdean ohikoena den ekoizpen-sistema ordezkatzeko sailkatzen dira, tamainari, kudeaketari eta errendimenduari dagokionez. Nazioarteko metodologiaren arabera egindako baliozkotzeez gain, ekoizleekin bilera nazionalak egiten dira, sarearen terminologian "panelak" deitzen direnak, emaitzak eztabaidatu eta balioztatzeko, ordezkaritza handiagoa bermatzeko. RENGRATIk tresna estrategiko gisa balio nahi du, ekoizpen-kostuei, errentagarritasunari, irabaziei eta berdinketa-puntuei buruzko informazio zehatza eta eguneratua emanez, sektoreei lagunduz eta erabaki praktikoak hartzeko erreferentzia gisa balioz, sektore horien etorkizun hurbila norabide egokian gidatzen lagunduz. Horretarako, atal honetan Ustiategi Tipikoen Sare Nazionalaren eta Nazioarteko Sareen funtzionamenduari buruzko informazio zehatzagoa, baita sektore bakoitzeko emaitzen txostenak ere, eskuragarri daude.</t>
+  </si>
+  <si>
+    <t>REDIGA</t>
+  </si>
+  <si>
+    <t>REDIGA ikertzaileen eta erakundeen arteko sinergiak indartzeko, ikerketaren ikusgarritasuna eta proiekzioa handitzeko eta abeltzaintza zehatzean ekosistema kolaboratibo bat eraikitzeko sortu zen.</t>
+  </si>
+  <si>
+    <t>Sareko artzaingintza</t>
+  </si>
+  <si>
+    <t>Gure filialak, Red Eléctrica-k, bultzatutako ekimen honek abereen bazkatze estentsiboaren bidez linea elektrikoen azpiko landaredia kudeatzea du helburu. Gure instalazioak naturarekin eta landa-ingurunean integratzeko dugun konpromisoa islatzen du, korridore ekologiko bihurtuz eta, horrela, habitataren zatikatzea murriztuz.</t>
+  </si>
+  <si>
+    <t>SiAR estazio meteorologikoen sarea</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioak, Ureztatze, Bide Natural eta Landa Azpiegituren Azpizuzendaritza Nagusiaren bidez, SiAR estazio meteorologikoen sarearen bidez bildutako informazio guztia doan jartzen du erabiltzaileen eskura.</t>
+  </si>
+  <si>
+    <t>Agroekologia Ekintzan Sarea</t>
+  </si>
+  <si>
+    <t>Agroekologia Martxan Sarea herrialde osoan garatzen ari diren hainbat agroekologia eta nekazari-oinarritutako proiektu lotzeko asmoarekin hasten da, sektorea koordinatzen laguntzeko, behar komunei irtenbideak proposatzeko eta proiektu horiek sendotzeko. Ekologistak Martxan, urteak daramatzagu agroekologia lanean landa-eremuek etorkizunean dituzten erronka ekologiko eta sozialei aurre egiteko ikuspegi baliozko eta potentzial handiko gisa, elikadura-sistema industrial eta globalizatuak sortuak. Gainera, agroekologiako ekintzaile eta aldeko askok mota honetako proiektuetan murgildu dira, batez ere nekazari-eskalako ereduetan, zailtasun askorekin horiek ezartzeko eta mantentzeko. Zaintza-oinarritutako proiektuen garapenak ez du behar bezalako laguntzarik jasotzen egungo eredu kapitalista eta patriarkalaren barruan. Zaintza erdigunean jartzeak —lurraren zaintza eta geure buruaren zaintza— zaildu egiten du gure proiektuak ezartzea. Urteetan zehar proiektu asko bertan behera geratu dira edo eraldatu egin dira, baina gero eta gehiago jaiotzen ari dira eta erresistentzia egiten ari dira, ingurumena, pertsonak eta planetaren etorkizuna errespetatzen duen beste garapen sozioekonomiko eredu bat nahi dugulako eta horren alde gaudelako.</t>
+  </si>
+  <si>
+    <t>Karbono-nekazaritzako nekazarien sarea</t>
+  </si>
+  <si>
+    <t>Elikagaiak ekoizteko modu berriak zabaltzen eta ulertzeko moduak zabaltzen laguntzeko nekazaritza-sare bat sustatzen ari gara. Ziur gaude lehen sektoreak lurzoruaren berreskurapena, auto-ugalkortasuna eta kontserbazioa faboratzen dituzten agronomia-estrategien aldaketa behar duela, aldi berean bideragarritasun ekonomikoa indartuz. Gure elkartearen helburua karbonoan oinarritutako nekazaritza biologiko deitzen dugunarekin lotutako prestakuntza eta ezagutza eta esperientzien trukea sustatzea da. 'Biologiko' terminoak dagoen biologiarik logikoena barne hartzen du: naturaren eredua. Badakigu dagoeneko gure herrialdean eta inguruko herrialdeetan lurzoruaren berreskurapena, auto-ugalkortasuna eta kontserbazioa sustatzen dituzten agronomia-teknikak esperimentatzen eta bilatzen ari diren hainbat ekimen pribatu daudela. Baserri hauek beren bideragarritasun ekonomikoa erakusten ari dira eta, beraz, erreferente bihurtzen ari dira beren arloan. Sare hau sortuz, sareko kideen arteko informazio, esperientzia eta zailtasunen trukea sustatzen dugu nekazaritzak dituen erronkei aurre egiteko: ingurumen, klima eta energia krisia, hornidura krisia (ongarriak, haziak, etab.) eta sektorearen biziraupena bera.</t>
+  </si>
+  <si>
+    <t>Andaluziako Belardi-Suteen Aurkako Eremuen Sarea (RAPCA)</t>
+  </si>
+  <si>
+    <t>Sareak abeltzaintzako erabileran zentratutako sarea, suteen aurkako eremuetatik erregai begetala kentzeko eta baso-suteak prebenitzeko azpiegiturak mantentzeko. Sare honen funtzionamenduaz talde tekniko bat arduratzen da, INFOCArekin koordinatuta eremu egokienak zehaztuz eta abeltzainak irizpide tekniko zorrotzen arabera hautatuz, ondoren haien errendimendua ebaluatzeko. RAPCAren onurak : Prebentzio-funtzioa Ezinbesteko lana da gure basoak suteetatik babesteko, ez bakarrik su-hesiak mantenduz, baita artzainen presentzia bermatuz ere. Material sukoien metaketa murrizten du Funtsezko zeregina du iristeko zailak diren eremuetan basogintza prebentiboan. Ingurumen-hobekuntzak Biodibertsitatea handitzen du, haziak sakabanatzen laguntzen du, lurzoruaren egitura hobetzen du eta higadura eta basamortutzea murrizten ditu. Landa-ingurunerako ekarpena Pastorearen lana aitortzen da Landa-garapen jasangarriari eta landa-biztanleriaren finkapenari laguntzen dio Bertako arrazen erabilera eta kalitatezko produktuen ekoizpena sustatzen ditu</t>
+  </si>
+  <si>
+    <t>LAURO</t>
+  </si>
+  <si>
+    <t>Europako baso-jabeen elkarteentzako laguntza-sarea, berrikuntza eta prestakuntza eskainiz haien langile teknikoei. Sareak honako hau eskaintzen du: Adituen Prestakuntza: Hartu parte SFH ezagutza eta esperientzia praktikoa transferituz zure ezagutza hobetzeko eta erabakiak hartzeko gaitasuna hobetzeko diseinatutako webinarretan. Aukera berritzaileak: Lortu zure baso-eragiketen errentagarritasuna eta iraunkortasuna hobetzen dituzten negozio-eredu, ideia eta aukera berrietarako sarbidea. Konexio baliotsuak: Konektatu zuzenean ikuspegi berritzaile hauek arrakastaz ezartzen ari diren kudeatzaileekin , komunitateak bultzatutako sare-lanaren eta laguntzaren bidez.</t>
+  </si>
+  <si>
+    <t>AFINET</t>
+  </si>
+  <si>
+    <t>AFINETek, agrobasogintza sektorean diharduten zientzialarien eta profesionalen arteko ezagutza trukea eta transferentzia sustatzeko diseinatutako sare tematikoa. Hainbat ikerketa-proiekturen emaitzak ezartzeko eta profesionalei erronkak eta arazoak gainditzen laguntzeko ideia berritzaileak sustatzeko Europa mailan jardungo du.</t>
+  </si>
+  <si>
+    <t>GOMENDATU</t>
+  </si>
+  <si>
+    <t>FORADVISE-k ezagutza-hutsuneak itxiko ditu eta tresnak emango ditu basogintzako aholkularitza-zerbitzuak modernoak, eraginkorrak eta Nekazaritza Ezagutza eta Berrikuntza Sistemetan (AKIS) ondo integratuta egon daitezen, bai estatu mailan bai EB mailan. Bere helburuak hauek dira: Europako Sareen Garapena Gaitasunen eraikuntza eta prestakuntza Basogintzako Ezagutza eta Berrikuntza Sistema (FOKIS) ulertzea eta modernizatzea</t>
+  </si>
+  <si>
+    <t>BBioNets</t>
+  </si>
+  <si>
+    <t>BBioNets EIP-AGRI Talde Operatiboek egindako lanean oinarritutako sare tematiko bat da, nekazaritza eta basogintzako biomasaren kudeaketarekin eta/edo prozesamenduarekin lotuta, Bio-Oinarritutako Teknologiak (BBT) erabiliz, hura sustatuz eta bultzatuz. BBioNetsek sei Eskualdeko Basogintza eta Nekazaritza Sare (FAN) ezartzea aurreikusten du, Irlandan, Espainian (CTA, Tepro), Italian, Grezian, Polonian eta Txekiar Errepublikan bazkideekin. Egin klik hemen liburuxka gaztelaniaz ikusteko.</t>
+  </si>
+  <si>
+    <t>PTI. SOSECOCIR CSIC</t>
+  </si>
+  <si>
+    <t>PTI SosEcoCir-en eginkizuna garapen jasangarria sustatzea da, lurraldearen hazkunde industriala eta sozioekonomikoa baliabide naturalen kontserbazioarekin konbinatuz. Plataformaren helburuak : Hiri-ingurunearen (hiri-komunitateak) jasangarritasunera bideratutako ekintzak eta azterketak aurrera eramatea. Berotze globalaren ondorioak arintzea; sektore-politikak (nekazaritza, basogintza, ingurumena) gidatzea. Baliabideen eta hondakinen kudeaketan irtenbide berritzaileak ezartzea. Karbono-aztarna murriztea eta energia modu eraginkorragoan erabiltzea erregai naturalak garatuz eta eraikinen energia-beharrak murriztuz. Nekazaritza jasangarriagoa lortzeko gobernantza sistemak ezartzea. Giza beharren, berrikuntzaren eta garapen sozioekonomikoaren arteko orekak ezartzea.</t>
+  </si>
+  <si>
+    <t>Inno4Grass</t>
+  </si>
+  <si>
+    <t>Inno4Grass "Shared Innovation Space for Sustainable Grassland Productivity in Europe" akronimoa da, nazioarteko proiektu anitzekoa, non zortzi EBko herrialdetako nekazari-erakunde nagusiak, hedapen-zerbitzuak, hezkuntza- eta ikerketa-erakundeak biltzen diren: Belgika, Frantzia, Alemania, Irlanda, Italia, Herbehereak, Polonia eta Suedia. Belardiek zeregin garrantzitsua dute nekazaritza-ekoizpenean, eta esneki, behi- eta ardi-haragiaren ekoizpena motor ekonomiko garrantzitsua da. Gainera, publiko orokorrari/gizarteari zuzentzen zaio mezu honekin: landa-eremuko biztanleek modu iraunkorrean kudeatutako basoak aberastasun-iturri handia direla, kortxoa, erretxinak, landare aromatiko eta sendagarriak eta fruitu lehorrak eta baia basatiak, perretxikoak eta trufak bezalako produktu jangarriak ematen dizkigutenak. Gure basoetako jarduera sozioekonomikoak ere baso-suteen prebentzioan laguntzen du.</t>
+  </si>
+  <si>
+    <t>EURAKNOS</t>
+  </si>
+  <si>
+    <t>EURAKNOSek EBko nekazaritzako ezagutza-basea indartzea du helburu, "sare tematiko guztiak konektatzeko sarea" elkarrekin sortuz eta hainbat sare tematikotako aurkikuntza erabilgarrien datu-base modular bat sortzeko bideragarritasuna aztertuz. Euraknosek praktikarako prest dagoen ezagutzaren bilketa handituko du nekazaritza- edo basogintza-sareen arteko elkarrekintza areagotuz, horrela profesionalentzako emaitzak maximizatuz. Herrialde, eskualde eta ekoizpen-sistema desberdinak hartzen dituzten sare tematikoen artean gurutzaketa-ongarritzea antolatuko da. Helburu nagusia dauden ikuspegi, metodologia eta tresnen trukea suspertzea da, profesionalen, nekazari eta basozainengan duten eragina maximizatzeko. Euraknosek azken erabiltzaileen beharrak ere aztertuko ditu, TNS guztiak konektatzeko Europako ezagutza eta berrikuntza-base bat ezartzeko aukera ebaluatzeko, datuen kudeaketaren alderdiak barne.</t>
+  </si>
+  <si>
+    <t>Basoen Gainbehera Jarraitzeko Espainiako Sarea (REDEC)</t>
+  </si>
+  <si>
+    <t>Basoen gainbehera aztertzen diharduten hainbat Espainiako erakundetako ikertzaile eta kudeatzaileen sarea. Sarearen helburu orokorrak hauek dira: landa-lana eta ikerketa egiten ari diren baso-sistemen inguruko ezagutza partekatzea, basoen gainbeheraren ezagutza aurreratzea, ikerketa-taldeen arteko loturak sendotzea lankidetza eta informazio-fluxua sustatzeko, eta baso-kudeatzaileei basoen gainbeheraren arazoari aurre egiten laguntzea.</t>
+  </si>
+  <si>
+    <t>PTI. Green Horizon CSIC</t>
+  </si>
+  <si>
+    <t>Plataformak klima-aldaketaren eraginaren aurrean nekazaritza- eta basogintza-sistemen etorkizuneko iraunkortasuna bermatzeko erronkari aurre egin behar dio.</t>
+  </si>
+  <si>
+    <t>AF4EU</t>
+  </si>
+  <si>
+    <t>Europan agrobasogintza sustatzen duen sarea, agrobasogintza sare interaktibo, berrikuntzan oinarritutako eta eragile anitzeko bat garatuz (Eskualdeko Agrobasogintza Berrikuntza Sareak (RAINs))</t>
+  </si>
+  <si>
+    <t>ResAlliance</t>
+  </si>
+  <si>
+    <t>Informazio eta ezagutzaren fluxua hobetzea eta basozainen eta nekazarien paisaiaren erresilientzian gaitasuna handitzea helburu duen sare tematikoa. ResAlliance-k bi mailatan sustatzen ditu hainbat alderdiren arteko ekimen interaktiboak: LandNet eta LandLab.</t>
+  </si>
+  <si>
+    <t>Aragoiko Berrikuntza eta Nekazaritza Elikagaien Transferentziarako Fundazioa (FITA)</t>
+  </si>
+  <si>
+    <t>Aragoiko Nekazaritza Elikagaien Berrikuntza eta Transferentziarako Fundazioak (FITA) nekazaritza elikagaien eta ingurumen sektoreetan berrikuntza eta ezagutza transferentzia indartzea du helburu, eragile publiko eta pribatuek, eta gizarteak oro har, dituzten ekonomia, ingurumen eta gizarte erronkei aurre egiteko. FITAk irtenbide zientifiko eta teknologikoak eskaintzen dizkie sektorearen erronkei, eta, gainera, aholkularitza administratiboa eta estrategikoa eskaintzen du nekazaritza, nekazaritza elikagaien eta basogintza sektoreetan berrikuntza kolaboratiborako sarbidea errazteko.</t>
+  </si>
+  <si>
+    <t>Nekazaritza Proba Espazioen Sarea (RETA)</t>
+  </si>
+  <si>
+    <t>Landa-munduko paradigma-aldaketa prozesuan liderra den sare bat, ikuspegi berritzaile, sortzaile eta zintzoekin konprometitutako komunitate-erakunde, publiko eta pribatuentzat, nekazaritza-sektorean eragile berriak pixkanaka txertatzea erraztuz. Nekazaritza-proba-espazio bat nekazaritza-sektorean eragile berrien integrazio progresiboa errazteko programa bat da, eragile guztiek adostutako gobernantza egituratuaren bidez koordinatuta. Bere helburua nekazaritza-esperientzia gutxi duten eta nekazaritza-, abeltzaintza- edo basogintza-proiektu bat proba-ingurune batean garatu nahi duten ekintzaileei laguntzea da . Nekazaritza-proba-espazioa laguntza juridikoarekin, laguntza fisikoarekin eta laguntza integralarekin egituratuta dago, probatzaileak jarduera-proba burutu ahal izan dezan bermatuz.</t>
+  </si>
+  <si>
+    <t>IZUGARRI - Kortxoaren, erretxinen eta janarien berrikuntza sareak Mediterraneoko arroan</t>
+  </si>
+  <si>
+    <t>INCREDIBLE-k Mediterraneoko NTFP-en zerbitzu-sistemetan dauden ikerketaren eta berrikuntzaren ezagutzaren arteko aldea konpontzen du. Zehazki, INCREDIBLE-k ezagutza lotzen du eta lankidetza sustatzen du interes-talde desberdinen artean, negozio-eredu berritzaileak garatuz eta landa-eskualdeetako espezializazioa hobetuz estrategia ekonomiko inklusiboak garatzeko. INCREDIBLE-k honako helburu hauek ditu: Eskualde arteko eta alde anitzeko berrikuntza-sareak (iNets) sortu eta suspertu. Ezagutza-fluxuak eta ezagutza-asimilazioa bizkortzea NTFP-etan berrikuntza sustatzeko. Gizarte eta enpresa berrikuntzan laguntzea, zabalkundearen eta jarduera selektiboen eta biderkatzaile espezifikoen bidez.</t>
   </si>
   <si>
     <t>Klima Aldaketa Egokitzeko Basogintza Sarea (SILVADAPTNET)</t>
   </si>
   <si>
     <t>Sarea ikerketa-talde ezberdinek lortutako emaitzak bateratzeko baliabide gisa sortu zen, klima-aldaketarekin lotutako asaldura eta arazoei erantzun argiak eman nahian, eta horrela basoa kudeatzeko irizpide berriak sortzen laguntzeko. Oinarrizko helburua klima-aldaketara egokitzen den basogintzako ikerketa-talde desberdinak integratzea da, ezagutza, metodologiak eta esperimentu-gune aktiboak eskainiz, penintsulako lurralde osora orokortu daitekeen baso-kudeaketa moldagarriaren esparru eko-hidrologiko bat garatzeko. Silvadapt.net Sareak guztira 34 lursail ditu klima-aldaketaren aurrean baso-eremu naturalak eta basogintza monitorizatzeko , Espainian dauden fitoklima-mota nagusien artean banatuta, baita gure ingurune naturaleko baso-eremu mota bereizgarrienen ordezkaritza ere. 
       Fuente: https://silvadaptnet.webs.upv.es/index.php/red-de-parcelas/</t>
   </si>
   <si>
+    <t>Madrilgo Hiri Lorategien Sarea</t>
+  </si>
+  <si>
+    <t>Madrilgo Hiri Baratzeen Sarea Madrilgo hiriko nekazaritza komunitarioan parte hartzen duten herritarrek bultzatutako ekimena da. Sarea Madrilgo hiri-nekazaritzaren profila handitzeko eta hiri-baratzeen beharrei erantzuteko sortu zen, elkarri laguntzeko eta ezagutza, esperientziak, hornigaiak eta gehiago partekatzeko. Sarearen helburuetako bat gure hiriko agroekologia komunitarioko ekimenen bilgune bat sortzea da eta hiri-eredu jasangarriago baterantz aurrera egitea, ingurumen-hezkuntza, elikadura-subiranotasuna, elikagaien banaketa-kanal zuzenak, kontsumo-taldeak, mugikortasun jasangarria eta konpostatzea bezalako gaiak jorratzen dituena.</t>
+  </si>
+  <si>
+    <t>EIP-AGRI</t>
+  </si>
+  <si>
+    <t>Europako sareak, proiektuak, ikerketak eta ekitaldien eta berrikuntzaren hedapena sustatzeko plataforma</t>
+  </si>
+  <si>
+    <t>Elikagaien Eskala Txikiko Prozesamendua Sustatzeko Sarea (RITA)</t>
+  </si>
+  <si>
+    <t>Berrikuntza eta birkokapena funtsezko alderdiak dira enpresa txiki eta ertainen (ETE) eta elikagaien prozesamenduan parte hartzen duten pertsonen bideragarritasunerako. Lantegi partekatuak, hiltegi eta ebaketa-gelak txikiak, eta artisau- eta eskala txikiko prozesuetara egokitutako beste instalazio batzuk berritzaileak dira, eta, kasu askotan, aitzindariak, ETE sektorearen garapen iraunkorrerako. Praktika berritzaile hauek alderdi tekniko garrantzitsuak jorratzen dituzte, baina baita alderdi sozialak, kudeaketakoak eta gobernantzakoak ere, besteak beste, elikagai osasungarriak eskaintzeko, prezio justuak lortzeko eta landa-enpleguan eragin positiboa izateko beharrezkoak direnak. Eskala Txikiko Elikagaien Prozesamendua Sustatzeko Sareak elikagaiak eskala txiki eta ertainean prozesatzen dituztenentzako ekosistema solidario bat sustatzea du helburu, eta biztanleriaren osasungarriak, kalitatezkoak, ingurumena errespetatzen dutenak eta ekoizten dituzten pertsonentzat bidezkoak diren elikagaietarako sarbidea hobetzea eta landa-eremuen garapen sozioekonomikoa sustatzea. RITA elikadura sistema territorializatuen garapenerako, prozesu kolektiboen artikulaziorako eta agroekologiaren sustapenerako ekimenetan esperientzia handia duten 6 entitatek sustatutako proiektua da: ARCA (Associació d'Initiatives Rurals i Marítimes de Catalunya), Germinando, Extremadura Alimenta, Sindicato Labrego, SEAE (Sociedad Española de Agricultura-Ucología y Agricultural Ecología y Instituto Galego) Estudios Campesinos – Grupo PAIDI SEJ 179 de la Universidad de Córdoba).</t>
+  </si>
+  <si>
+    <t>RAIA - Landa Berrikuntzaren Laguntza Sarea</t>
+  </si>
+  <si>
+    <t>RAIA proiektuak Alentejo-Algarve-Andaluzia eskualdean sare bat sortzea du helburu, administrazio publikoei, elkarte-ehunari, enpresei eta herritarrei landa-eremuetan nekazaritza-berrikuntza sustatzeko beharrezko tresnak eskainiko dizkiena, La Rayako mugaz gaindiko eremua negozio-aukera berriak dituen eta sortzen diren erronka eta aukera berriei aurre egiteko gai den lurralde bihurtuz. Berrikuntza landa-garapenaren motortzat hartzen da, abantaila lehiakorrak ezartzen dituena, eta, beraz, etorkizuneko sarearen ezaugarri nagusietako bat da.</t>
+  </si>
+  <si>
+    <t>Espainiako Nekazaritza Organikoaren/Agroekologiaren Elkartea (SEAE)</t>
+  </si>
+  <si>
+    <t>EAE irabazi-asmorik gabeko elkartea da, landa-garapen jasangarriaren pean agroekologian oinarritutako kalitatezko elikagaien ekoizpenari buruzko ezagutza hobetzea eta zabaltzea sustatzen duena.</t>
+  </si>
+  <si>
+    <t>Landare Gorri Mikro</t>
+  </si>
+  <si>
+    <t>Landareen eta mikroorganismoen arteko elkarrekintza onuragarriak ikertzera bideratutako ikerketa taldeen sare bat. Sareak hainbat unibertsitatetako 15 ikerketa talde ditu. Sarearen helburua landareen eta mikroorganismoen arteko elkarrekintzei buruzko ikerketan ezagutza, baliabideak eta ahaleginak batzea da, klima-aldaketak (batez ere lehorteak, tenperatura altuak eta gazitasuna) eragindako estres-egoerekiko laboreen tolerantzia hobetzeko eta nekazaritza-ekoizpen jasangarrian duten garrantziaren eta aplikagarritasunaren arabera, elikagaien segurtasuna bermatzeko, baliabideen eskaria eta lehia gero eta handiagoa izan arren.</t>
+  </si>
+  <si>
+    <t>Red PlasPain</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien eta biomedikuntzaren industrietarako plasma-teknologiaren ikerketan oinarritutako sare bat. Hainbat unibertsitatetako hamaika ikerketa-taldek parte hartzen dute sarean. Sarearen helburua plasma teknologiaren arloko ikerketa sendotzea eta hobetzea da, industria biomediko eta nekazaritzako elikagaien industrietan aplikatua. Helburu espezifikoak : Ideien truke aktiboa eta ikerketan lankidetzak ezartzea sustatzea; Sareko kide ez diren beste ikerketa-talde erlazionatuekin elkarreragina sustatzea, lurralde nazionalean zein kanpoan; Sareko talde bakoitzean ezarritako ekipamendu, zerbitzu eta teknologien erabilera sustatzea ikerketa bateratuaren garapenean; Sarea eta haren jarduerak gizarteari sustatzea; Emaitzen transferentzia eta ehun sozioproduktiboarekin elkarreragina sustatzea.</t>
+  </si>
+  <si>
+    <t>Espainiako Lekaleen Sarea (RELEG)</t>
+  </si>
+  <si>
+    <t>Sarea landare-oinarritutako elikagaien mundu mailako eskaria gero eta handiagoari, ingurumen-kezkei eta elikagaien segurtasunari erantzuteko sortu zen. Sarearen helburu nagusia lekaleek gizarteari eskaintzen dizkioten zerbitzu agronomiko, ekonomiko eta nutrizionalak optimizatzea da, eta horrela haien ezarpena sustatzea. Helburu zehatzak hauek dira: Lekaleei buruzko ikerketak koordinatu eta integratu hainbat diziplinatan, hala nola genetika, genomika, hazkuntza, agronomia, ekologia eta nutrizio-kalitatean. Lekaleetan oinarritutako nekazaritza-praktiken aurrerapenean lagundu, produktibitatea eta ingurumen-iraunkortasuna handitzeko. Hainbat arlotako ezagutza eta esperientzia integratzen dituen ikuspegi sintetikoa sustatzea. Nekazaritzaren jasangarritasuna hobetzea eta elikagaien eta pentsuen horniduraren segurtasuna indartzea. Lan-talde koordinatuen bidez, arlo ezberdinetako ikertzaileen arteko truke zientifikoa eta lankidetza sustatzea. Proteina gabezia murriztea lekaleen ikerketan eta berrikuntzan arreta jarriz. Lekaleen laboreen egokitzapena, produktibitatea, estresarekiko erresistentzia eta kalitatea zehazten dituzten ezaugarrien ulermena hobetzea. Lekaleen osaera eta nutrizio-kalitatea ikertzea eta sektoreko elikagaien berrikuntza sustatzea.</t>
+  </si>
+  <si>
+    <t>Espainiako Elikagaien Segurtasunerako Zereal Erresiliente eta Kalitatezkoen Ikerketa Sarea (CERES)</t>
+  </si>
+  <si>
+    <t>Zereal-laboreen fisiologia, genetika, fenotipatzea, biokimika eta bioteknologia arloetako Espainiako ikerketa publikoaren ahaleginak koordinatzea helburu duen sare bat, honako hauetarako: Klima-aldaketak zereal-ekoizpenean duen eragina arintzeko baliabide genetiko, genomiko eta fenomenikoen erabilera konbinatzea ahalbidetzen duten estrategiak proposatzea. Balio erantsiko zerealak ekoizteko eta Komunikazio-bideak indartu eta emaitzak lortu hazien, ongarrien eta nekazaritza-teknologiaren garapenaren sektorearekin. Horretarako, landare-baliabide genetikoetan, genetikan eta genomikan, aurre-hazkuntzan eta hobekuntzan, kalitate funtzional eta nutrizionalean, fisiologian, fenotipazioan, biokimikan eta zerealen biologia molekularrean zentratutako ikerketa-taldeak biltzen ditu.</t>
+  </si>
+  <si>
+    <t>PalmerNet</t>
+  </si>
+  <si>
+    <t>Amaranthus palmeri eta/edo herbiziden aurkako erresistentziarekin lan egiten duten 7 ikerketa-talde nazional , eta hura kontrolatzeko tresna berriak eman ditzaketen beste batzuk, integratzen dituen sarea. Helburua A. palmeriri buruzko ikerketa-lerro nazional bat sendotzea da, Espainian diziplina anitzeko talde ezberdinek egiten ari diren lana barne hartzen duena, orain arte lortutako lorpenak aprobetxatzeko eta haren egonkortasuna eta eragin zientifiko eta soziala bermatzeko. PalmerNETen helburu nagusia A. palmeriren sarrera eta hedapenaren arazoa Espainian definitzea eta konpontzea da, eta hura prebenitzeko eta kontrolatzeko irtenbideak bilatzea maila nazionalean.</t>
+  </si>
+  <si>
+    <t>SICURA OneHealth4Food Sarea</t>
+  </si>
+  <si>
+    <t>Sareak oinarri metodologiko bat ( Onehealth ) babestu eta sustatzeko helburua du, sektore anitzeko ikuspegia (gizakien, animalien eta ingurumenaren osasuna) Espainiako elikagaien segurtasunaren ebaluazioan eta kudeaketan integratzeko balio dezakeena. OneHealth4Food elikagaien segurtasunaren eta “OneHealth” ekimenarekin lotutako arloetako unibertsitate eta ikerketa-zentroetako ikertzaileek osatzen dute, elikagaien testuinguruan lankidetza eta sinergia esparru bat sortuz, elikagaien katean Arrisku Mikrobiologikoen Ebaluaziorako ikuspegi integratu baten oinarri metodologikoak ezarriko dituena. Kideak hemen klik eginez ikus ditzakezu</t>
+  </si>
+  <si>
+    <t>Azido Laktikoaren Bakterioen Espainiako Sarea (RedBal)</t>
+  </si>
+  <si>
+    <t>Gure eguneroko bizitzan (LAB) zeregin garrantzitsua duten azido laktikoaren bakterioak (LAB) aztertzera dedikatzen den ikerketa-sarea. Azido laktikoko bakterioak (LAB) glukosatik azido laktikoa sortzen duten bakterioak dira eta modu naturalean aurkitzen dira mantenugaietan aberatsak diren inguruneetan, hala nola barazkietan, fruituetan eta esnean, baita animalien hainbat kokapen anatomikotan ere, adibidez, hesteetan edo ugatz-guruinean, nondik bularreko esnera iristen diren. LAB batzuek propietate onuragarriak dituzte, eta probiotiko gisa kontsumitzeak gizakien eta animalien osasuna mantentzen laguntzen du. Sareak 4 ikerketa-lerrotarako hainbat ikerketa-erakundetako 51 talde integratzen ditu: GIZA ETA ANIMALIEN MIKROBIOTIKA. PROBIOTIKOAK; ELIKAGAIEN MIKROBIOTAK. TEKNOLOGIA; BIOTEKNOLOGIA; ELIKAGAIEN KALITATEA ETA SEGURTASUNA.</t>
+  </si>
+  <si>
+    <t>NutriCrop</t>
+  </si>
+  <si>
+    <t>Laborantza emergenteei buruzko ikerketa-sare nazionala, sektore publikoko 14 ikerketa-taldek osatua, agronomiarekin, elikagaien zientzia eta teknologiarekin eta immunonutrizioarekin lotutako zientzia-arlo desberdinetako enpresa pribatuekin lankidetzan. Sare honen helburu nagusia labore emergenteen ikerketaren koordinazioa eta sustapena da, agronomia, elikadura eta osasun diziplinetako taldeak integratuz, Espainian oso elikagai osasungarrietan haien laborantza eta erabilera sustatzeko. Sareko kideak hemen klik eginez ezagutu ditzakezu</t>
+  </si>
+  <si>
+    <t>VITIS CLIMADAPT Sarea</t>
+  </si>
+  <si>
+    <t>VITIS CLIMADAPT Sarea 15 autonomia erkidegotako I+G+B erakunde publikoek osatzen dute eta mintegien, upategien, jatorrizko izendapenen eta sektore pribatuaren ikuspegia laguntzen duten fundazio eta elkarteen lankidetza du, gai honetan lanean ari diren ikerketa talde nazional desberdinen arteko koordinazioa hobetzeko , eta horrela garatutako azterlanen, tresnen eta materialen eragina maximizatzeko, informazio hori guztia datu-base berean bilduz. VITIS CLIMADAPT Sarearen helburu orokorra mahastizaintzaren egokitzapena klima-aldaketara hobetzea da, mahatsondoaren material genetikoaren kontserbazioan eta hobekuntzan lan egiten duten I+G taldeen arteko elkarrekintza, komunikazioa eta sareak erraztuz. Helburu espezifikoak hauek dira: Sareko kideen arteko komunikazio eta lankidetza aktiboa erraztea; Klima-aldaketara egokitzeko mahatsondoaren baliabide genetikoen ikerketaren eta berrikuntzaren egoera diagnostikatzea; Oinarrizko ikerketaren eta baliabide genetiko berrien garapenaren arteko elkarrekintza sustatzea; Baliabide genetikoen errendimendu produktiboa, mahatsaren kalitatea eta potentzial enologikoa ebaluatzeko prozedura eta tresna komunak adostea.</t>
+  </si>
+  <si>
+    <t>NBSoil</t>
+  </si>
+  <si>
+    <t>NBSOIL-ek (Nature-Based Solutions for Soil Management) lurzoru- aholkulariei lurzoruaren osasunaren ikuspegi holistikoa ezartzeko aukera ematen die Naturan Oinarritutako Soluzioak (NBS) erabiliz, eta denbora- eta espazio-eskala desberdinetan modu eraginkorrean lankidetzan aritzeko ikaskuntza-programa baten bidez. Helburu orokorra lurzoruaren ebaluatzaileei lurzoruaren osasunaren ikuspegi holistikoa ezartzeko aukera ematen dien ikaskuntza mistoko programa erakargarri bat diseinatzea da, Naturan Oinarritutako Soluzioen (NBS) bidez, eta denbora- eta espazio-eskala desberdinetan modu eraginkorrean lankidetzan aritzeko aukera ematen diena.</t>
+  </si>
+  <si>
     <t>Abeltzaintza Zehaztasunaren eta Animalien Digitalizazioaren Ikerketa Sarea (REDIGA)</t>
   </si>
   <si>
     <t>REDIGA ikertzaileen eta erakundeen arteko sinergiak indartzeko , ikerketaren ikusgarritasuna eta irismena handitzeko eta abeltzaintza zehatzean ekosistema kolaboratibo bat eraikitzeko sortutako ikerketa-sare bat da. Zentzu honetan, REDIGAk ingeniaritza agronomikotik, albaitaritzatik, animalien zientziatik eta biologiatik datozen profil anitzak biltzen ditu, animalien monitorizaziorako ikuspegi teknologiko eta datuetan oinarritutakoekin. REDIGAk honako erakundeetako jendea hartzen du barne:  Helburu nagusia animalien digitalizazioan eta abeltzaintza zehatzean ikerketa integratzea eta sustatzea da, ikertzaile belaunaldi berriak trebatzea eta inplikatzea, eta Espainian garatutako proiektuak Europako testuinguruan komunikatzea. Sarea animalien ekoizpeneko arlo, sistema eta espezie guztiei zuzenduta dago, baita beste animalia espezie batzuei ere, non ezagutzaren aplikazioa, berrikuntza teknologikoa eta tresna digitalen erabilera ezinbestekoak diren animalien bizitza hobetzeko eta sistemaren kudeaketa tekniko-ekonomikoa optimizatzeko, erabaki objektiboak eta eraginkorrak hartzea erraztuz.</t>
   </si>
   <si>
     <t>Espainiako CO2 Teknologia Plataforma (PTECO2)</t>
   </si>
   <si>
     <t>PTECO2-k Espainiako garapen teknologikoa jorratu nahi du, berotegi-efektuko gasen isuriek eragindako ingurumen-, gizarte- eta ekonomia-inpaktua murrizten laguntzeko.</t>
   </si>
   <si>
     <t>AholkularitzaNekazaritzaGunea</t>
   </si>
   <si>
     <t>AgriHub aholkularitza plataforma nekazaritzan, basogintzan eta ingurumen-iraunkortasunean aholkularitza-zerbitzuak hobetzeko lankidetza-gune bat da. Plataforman aurki dezakezu: Bost sare espezializatuen (Stratus, AdvisoryNetPest, LiveNet, ForAdvise, Organic Advice Network) Ezagutza Inbentario Bateratua Prestakuntza baliabide aurreratuenak Lankidetza-sareak Gertaerak eta eguneraketak</t>
   </si>
   <si>
     <t>Epe Laburreko Marketinerako Berrikuntza eta Aholkularitza Sarea (RIA-CCC)</t>
   </si>
   <si>
     <t>Merkaturatze Kanal Laburren Berrikuntza eta Aholkularitza Sarea (CCC) Entretantos Fundazioak garatutako proiektu integrala da, eta nekazaritza-elikagaien aholkularitza-zerbitzuak CCC bihurtzea du helburu, sare nazional espezializatu bat sortuz. Kanal hauetako informazioa sakabanatuta dago, eta ez dago profesionalen artean partekatzeko tresna espezifikorik. Horregatik, behar duzun guztia zentralizatzen duen plataforma kolaboratibo bat sortu da: Marketin Laburrerako Kanal Berrikuntza eta Aholkularitza Sarea. Proiektu honek CCC aholkularitza profesionalizatu eta sinergiak sortu nahi ditu nekazaritza-elikagaien sistema nazionaleko eragile guztiekin, horrela elikadura-sistema jasangarriago eta erresilienteagoetarako trantsizioan lagunduz.</t>
   </si>
   <si>
     <t>Espainiako herririk ederrenak</t>
@@ -192,182 +387,92 @@
   <si>
     <t>SheepNet - Ardien produktibitatearen inguruko esperientzia eta espezializazioa partekatzea sare sozialen bidez</t>
   </si>
   <si>
     <t>SheepNet ardien produktibitatea (ardi eme bakoitzeko titia kentzen zaien bildots kopurua) hobetzeko berrikuntza praktikoari buruzko sare tematiko bat da, nekazarien diru-sarreren osagai kritikoa eta, beraz, ardi-hazkuntzaren iraunkortasunaren eta erakargarritasunarena. SheepNet-ek ezagutza zientifiko eta praktikoaren truke iraunkorra ezarriko du ikertzaileen, nekazaritza-nekazari eta aholkularien artean, eragile anitzeko eta diziplina arteko ikuspegi baten bidez, maila nazionalean eta internazionalean, eta Europako Nekazaritza Ezagutza eta Berrikuntza Sistemen parte-hartze zabalarekin. Horrek ardien produktibitatea hobetzeko teknologia eta praktika berritzaile eta optimoen ezarpena eta hedapena sustatuko ditu. Eragina maximizatzeko eta ekoizpen-sistema desberdinen estaldura zabala bermatzeko, SheepNet-ek EBko sei ardi-ekoizle herrialde nagusi, baita Turkia, Australia, Zeelanda Berria eta EBko sare garrantzitsu guztiak ere bilduko ditu. Helburuak : "Goitik behera eta behetik gora" ikuspegi konbinatu baten eta 45 ustiategi berritzaileren parte-hartze sendoaren bidez, ezagutza zientifiko, tekniko eta praktikoen stock bat sortzea. Nazio eta nazioarte mailan interesdun anitzeko tailerren bidez, ardi-komunitatearen parte-hartze zabal eta interaktiboa sare sozialen eta plataforma interaktibo baten bidez sustatzea gurutzaketa-ongarritasuna sustatzea. Komunikazio eta ikaskuntza materialak, web tresnak, zientzialariei zein interesdunei laguntzeko diseinatutako plataforma interaktibo bat eta EIP AGRI Zerbitzu Puntuarekin elkarreragin sendoa garatzeak SheepNet emaitzetarako sarbide zabala eta iraunkorra bermatuko du.</t>
   </si>
   <si>
     <t>R4D - Esnekientzako erresilientzia</t>
   </si>
   <si>
     <t>Esne-ustiategien estrategia komertzialak eta operatiboak hobetzeko sare bat, baita nekazaritza-komunitateen eta gizartearen arteko elkarrekintza positiboak sustatzeko ere. I+G-k 3 ezagutza-arlotan jarriko du arreta esne-ustiategien jasangarritasuna hobetzeko: Erresilientzia ekonomiko eta soziala Eraginkortasun teknikoa Ingurumena, animalien ongizatea eta sozialki onargarriak diren ekoizpen-sistemak Helburua nekazarien, aholkularien, ikertzaileen eta sektoreko eragile garrantzitsuen arteko harremana sendotzea da , parte-hartzaileen arteko ezagutza trukearen bidez irtenbide hobeak sortzeko asmoz. Proiektuko parte-hartzaileak elkarrekin ari dira lanean esne-ustiategietako negozio-estrategiak hobetzeko eta nekazaritza-komunitateen eta gizarte zabalagoaren arteko elkarrekintza positiboa sustatzeko. Animalien ongizatea hobetzearekin, biodibertsitatea handitzearekin, berotegi-efektuko gasen isurketak murriztearekin eta ingurumen-aztarna minimizatzearekin lotutako erronkei aurre egiteko teknika eraginkorrenak eta berritzaileenak aztertzen ari dira. Esne-hutsean ekoizteko sistemen erresilientzia eta sendotasuna handitzeko, R4D-k maila desberdinetan lan egingo du, ustiategi desberdinetarako neurrira egindako irtenbideak aurkitzetik hasi eta aurrez aurreko eta online prestakuntza eskaintzeraino. Belgika, Danimarka, Finlandia, Frantzia, Alemania, Hungaria, Irlanda, Italia, Lituania, Luxenburgo, Herbehereak, Ipar Irlanda, Polonia, Eslovenia eta Espainiako parte-hartzaileek elkarlanean arituko dira eredu desberdinak probatzeko eta irtenbide sorta bat garatzeko.</t>
   </si>
   <si>
     <t>PANACEA - Elikagaiak ez diren nekazaritza-laboreen Europako nekazaritzan sartzeko bidea diseinatzeko sare tematikoa</t>
   </si>
   <si>
     <t>Ikerketan eta garapenean inbertsio handia egin den arren, elikagai ez diren laboreak (NFC) ez daude oso hedatuta Europako nekazaritzan, batez ere hornidura-kateko zailtasunengatik eta politika-esparruan eta inbertsio-pizgarrietan dauden gabeziengatik. Beraz, bioindustriak hornitzeko lehengaien beharra gero eta handiagoa denez, ezinbestekoa da NFCak EBko nekazaritzan arrakastaz integratzea. Testuinguru honetan, PANACEA Sareak NFCak EBko nekazaritzan eta bioekonomian integratzea handitzeko erronkari heltzen dio. PANACEA Sareak elikagai ez diren laboreen adibide praktikoak zabaltzea eta ikerketaren, industriaren eta nekazaritza sektorearen arteko lankidetza sustatzea du helburu , labore horien ekarpena Europako Bioekonomia Estrategiari handitzeko. Elikagai ez diren laboreak (NFC) elikagai-katean sartzen ez direnak dira eta hainbat produktu biologiko ekoizteko erabiltzen direnak, hala nola polimeroak, lubrifikatzaileak, eraikuntza-materialak, botikak, bioenergia eta bioerregaiak. Hala ere, NFCak ez daude oso hedatuta Europako nekazaritzan, batez ere hornidura-kateko zailtasunengatik eta politika-gabeziengatik.</t>
   </si>
   <si>
     <t>HNV-Link - Natura-balio handiko nekazaritza: ikaskuntza, berrikuntza eta ezagutza</t>
   </si>
   <si>
     <t>HNV-Link sarea natura-balio handiko (HNV) nekazaritza-sistemak eta -komunitateak laguntzen dituzten berrikuntzak garatu eta partekatzera dedikatzen da. Sarearen helburua nekazaritza-sistemen eta komunitate-proiektuen barruan dauden 10 ikaskuntza-arlotako irtenbide berritzaileak biltzea da, izaera tekniko, komertzial, sozial, instituzional eta politikokoak. Arrakasta-istorio eta ikasgai hauek doan eskuragarri egongo dira balio handiko nekazaritzan parte hartzen duten guztientzat. Proiektuak berrikuntzak falta diren baina aldea eragin dezaketen egoerak ere identifikatuko ditu.</t>
   </si>
   <si>
-    <t>IZUGARRI - Kortxoaren, erretxinen eta janarien berrikuntza sareak Mediterraneoko arroan</t>
-[...4 lines deleted...]
-  <si>
     <t>HENNOVATION - Zientziak eta merkatuak bultzatutako eragileek lagundutako praktikan oinarritutako berrikuntza, oilo erruleen eta beste abeltzaintza sektore batzuetan.</t>
   </si>
   <si>
     <t>Hennovaciónek ekoizleek gidatutako berrikuntza eta industria-praktiken potentziala erakusten du (baserrian, garraioan eta hiltegian), negozioak eraginkorragoak eta iraunkorragoak izan daitezen ideia berriak proaktiboki bilatzen eta erabiltzen dituzten berrikuntza-sareak ezarriz. Proiektuak berrikuntza-sareetako parte-hartzaileen trebetasunak ere garatuko ditu eta sare bakoitzeko pertsonen arteko komunikazioa erraztuko du. Hauek dira espero diren helburuak: Praktikan oinarritutako berrikuntza-sareen potentziala erakustea, dauden zientzia- eta merkatu-eragileek lagunduta, iraunkortasun-erronkei aurre egiteko irtenbide praktiko eta kostu-eraginkorrak garatzeko. Oilo erruleen pikokatze kaltegarriari eta bizitzaren amaierako kudeaketari aurre egiteko berrikuntza teknikoak garatuko dituzten hainbat interesdunen sareak garatzea, praktikan, ekonomian eta informazio zientifikoan oinarrituta. Zientzialari eta merkatuko eragileei laguntzeko diseinatutako web komunikazio tresnak, erraztapen gidak eta online prestakuntza programak sortzea egongo da eskuragarri beste abeltzaintza sektore batzuetako praktikan oinarritutako berrikuntza sareak laguntzeko. Abeltzaintzako sektoreetako hainbat eragilek osatutako sareen bidez praktikan oinarritutako berrikuntzaren potentzial osoa gauzatzen laguntzen duten politika-gomendioak garatzea.</t>
   </si>
   <si>
     <t>EUROSHEEP - Ardien osasunari eta nutrizioari buruzko ezagutza elkarreragile eta berritzaileen trukerako Europako sarea</t>
   </si>
   <si>
     <t>EuroSheep-ek "ardien errentagarritasuna osasunaren eta nutrizioaren bidez" gaiari buruzko Europako eta nazioarteko sare autosufiziente bat sortzen du, hainbat eragileren arteko ezagutza trukea erraztuz eta jardunbide egokiak zabalduz. EuroSheep-ek adituak biltzen ditu "ardi-ekoizpenaren" ikuspegi transdiziplinarra lortzeko (animalien osasuna, animalien nutrizioa, larreen kudeaketa, abeltzaintza zehatza, hazkuntza eta genetika, baita soziologia eta ekonomia ere), eta horrek irtenbide praktikoetarako ikuspegi multifaktoriala eta ardi-ustiategietan berrikuntzak txertatzea ahalbidetuko du. EuroSheep proiektuaren helburu orokorra "ardien errentagarritasuna osasunaren eta nutrizioaren bidez" gaiari buruzko Europako eta nazioarteko Sare Tematiko autosufiziente bat sortzea da, ardi sektoreko eragile eta interesdun ugariren arteko ezagutza trukea eta lankidetza suspertzeko diseinatua, jardunbide eta berrikuntza egokienak eta erabiltzeko prest daudenak zabaltzeko, eta nekazarien arteko ekarpenak eta ezagutza trukea baloratzeko.</t>
   </si>
   <si>
     <t>EUFRUIT Sarea</t>
   </si>
   <si>
     <t>EUFRUITek, hainbat alderdiren arteko ikuspegi baten bidez, ikerketa-emaitzen ezarpena hobetzea du helburu, Europako fruta-sektoreari zuzenean mesede egingo dion ezagutza praktiko eta aplikagarri bihurtzeko. Proiektuaren helburuak hauek dira: 1. Fruta sektorean oinarritutako Europako sare bat sortu. 2. Dauden ezagutza zientifiko eta praktikoak aztertzeko eta sintetizatzeko ikuspegi sistematiko bat garatu eta ezartzea. 3. Elkarrizketa iraunkorra ezartzea dagokien EBko, estatuko eta eskualdeko erakunde politikoekin. 4. Lehentasunezko ikerketa-arlo berriak identifikatu eta babestu, dauden eta etorkizuneko ikerketa- eta berrikuntza-jardueren etengabeko monitorizazio eta analisi bidez.</t>
   </si>
   <si>
     <t>GAITZEA - Hazkunderako tokiko berrikuntza-sare bio-oinarrituetan ikuspegi berriak hobetzea</t>
   </si>
   <si>
     <t>ENABLINGek sustatutako sare tematikoak bultzada handia emango dio berrikuntzari biomasaren ekoizpenean, aurre-prozesamenduan eta hornikuntzan, Europa osoan, bioproduktu eta prozesu biologikoetarako. Proiektuak Europa osoko profesionalek adierazitako beharrari erantzutea du helburu, biomasa-fluxuak sortzen dituzten operadoreen (nekazariak) eta prozesatze eta eraldaketa industriaren (bio-oinarritutako industria - BBI) arteko lankidetza eta negozio-aukerak hobetzeko.</t>
   </si>
   <si>
     <t>CERERE - Zerealaren Pizkundea Europako landa-eremuetan</t>
   </si>
   <si>
     <t>CEREREk praktikarik onenak, ikerketa-emaitzak eta irtenbide ko-berritzaileak sintetizatzen, partekatzen eta zabaltzen ditu zereal-elikagaien sistemetan, ekologikoetan eta sarrera gutxikoetan, agrobiodibertsitatean eta kalitate eta osasun balioetan arreta berezia jarriz.</t>
   </si>
   <si>
     <t>4D4F - Datuetan oinarritutako esneki erabakiak 4 nekazari</t>
   </si>
   <si>
     <t>4D4F sare tematikoak esne-ekoizleentzako, esneki-industriarako sentsore-teknologia hornitzaileentzako, datu-enpresentzako, nekazaritza-aholkularientzako eta ikertzaileentzako sare bat garatzean jartzen du arreta, sentsoreek sortutako datuak erabiltzeko moduak aztertzeko, nekazarien erabakiak hartzeko prozesua hobetzeko.</t>
   </si>
   <si>
     <t>AgriSpin - Nekazaritza berrikuntzarako espazioa</t>
   </si>
   <si>
     <t>AgriSpin proiektuak jarraibideak eskaintzen dizkie bazkideei bilerak antolatzeko, beste sare eta proiektu tematikoekin bileretan parte hartzeko eta beren erakundearen barruan eragina sortzeko.</t>
   </si>
   <si>
-    <t>Nekazaritza Proba Espazioen Sarea (RETA)</t>
-[...82 lines deleted...]
-  <si>
     <t>Animalien Osasun Ikerketa Sarea (RISA)</t>
   </si>
   <si>
     <t>Sareak Espainiako animalien osasunean diharduten ikertzaileak biltzen ditu entomologia, epidemiologia eta animalien ongizatea bezalako diziplinetako animalien osasunaren ikerketa-talde desberdinen arteko sinergiak hobetzeko. Horren helburua baliabideen erabilera arrazionalagoa, arduratsuagoa eta optimizatuagoa lortzea da, animalien osasuna eta ongizatea bermatuz, eta, ondorioz, osasun publikoa. Sarearen helburuak hauek dira: Sinergiak indartzea: Gure herrialdeko animalien osasunaren ikerketa-taldeen arteko sinergiak indartzea, lurreko fauna basati eta etxekotuan adituak direnen eta animalien osasunaren diziplina desberdinetako profesionalen parte-hartzearekin, hala nola entomologia, epidemiologia, bakteriologia, birologia, immunologia, anatomia patologikoa, animalien ongizatea eta etologia, besteak beste. Nazioartekotzea sustatzea: Espainiako animalien osasunaren ikerketa sektorearen nazioartekotzea sustatzea. Balioak sustatzea: Baliabideen erabilera arrazionala, arduratsua eta optimizatua sustatzea, animalien osasuna eta ongizatea eta, ondorioz, osasun publikoa bermatzeko. Teknologiaren transferentzia eta hedapena sustatzea: Animalien osasunean teknologiaren transferentzia eta zientziaren hedapena sustatzea sektore mailan eta publiko orokorrarentzat. Jarduerak antolatzea: Animalien osasunaren ikerketarako garrantzi handiko gaiei buruzko jarduerak antolatzea, hala nola berrikuntza, segurtasun biologikoa, Osasun Bakarra ikuspegia, ingurumena, etab. Elkarlanean aritu: Animalien osasunaren ikerketa sektorearen ikusgarritasun eta komunikazio handiagoa sustatzeko lankidetzan aritu Espainian eta atzerrian.</t>
   </si>
   <si>
     <t>PTI. SUSPLAST CSIC</t>
   </si>
   <si>
     <t>SusPlastek plastikoak diseinatzeko, ekoizteko, erabiltzeko eta birziklatzeko modua eraldatu nahi du ekonomia zirkular baterantz aurrera egiteko, materialen zientzia eta bioteknologia barne hartzen dituen ikuspegi sinergiko baten bidez, ikerketa eta berrikuntza jarduerak garatuz, baita gizarte-hezkuntza estrategiak ere. Plataformaren helburuak hauek dira: Birziklapenerako estrategia kimiko eta bioteknologikoen garapena eta polimero iraunkor berrien garapena. Plastikoen kutsadurak osasunean eta ingurumenean dituen ondorioen azterketa. Ingurumen-inpaktu txikiagoa duten plastikoen erregulazioa eta ziurtapena. Plastikoen egungo egoerari eta aurrerapenei buruzko zabalkunde-, irakaskuntza- eta prestakuntza-jarduerak.</t>
   </si>
   <si>
     <t>PTI. TRANSENER+ CSIC</t>
   </si>
   <si>
     <t>Bost arlo estrategikotan biltzen dituen plataforma bat, bere jarduerak: energia berriztagarrien sorkuntza (biomasa, eguzki-energia termikoa eta fotovoltaikoa, haize-energia, etab.), energia-biltegiratze eraginkorra, industria-deskarbonizazioa, hidrogeno-teknologiak eta elektrifikazioa. Plataformaren helburuak hauek dira: Energia-zikloko funtsezko teknologien garapena sustatzea, energia-sistema merkeagoa, fidagarriagoa, lehiakorragoa eta jasangarriagoa lortzeko, bai sozialki bai ingurumen aldetik. CSICen gaitasunak, teknologiak eta ezagutzak integratzea, teknologikoki aurreratu diren proiektuei aurre egiteko eta industria sektorean azkar integratzeko.</t>
   </si>
   <si>
     <t>Elaia</t>
   </si>
   <si>
     <t>Iraunkortasun eta kalitate estandar gorenekin, azken teknologiak erabiliz, ureztatutako labore iraunkorren kudeaketan eta prozesamenduan espezializatutako nekazaritza plataforma.</t>
   </si>
   <si>
     <t>PTI. SOILBIO CSIC</t>
@@ -606,140 +711,134 @@
   <si>
     <t>Zuzeneko Sarea</t>
   </si>
   <si>
     <t>Proiektuak abeltzaintzako ekoizpenean espezializatutako EB osoko aholkularien sare batean oinarritzen da, abeltzaintzako sektoreko aholkularien eta interesdun nagusien arteko lankidetza irekia sustatzen duen EB osoko sare berri bat ezartzeko. Sareak nekazaritzaren hainbat alderdi hartuko ditu barne, besteak beste, jardunbide egokiak, aurrerapen teknologikoak, nekazaritzako produktuen balorizazioa, diru-sarreren iturrien dibertsifikazioa eta beste erronka kritiko batzuei aurre egitea. Proiektuaren helburuak hauek dira: EB osoan abeltzaintzako aholkularien sare bat sortu eta mantendu, praktika jasangarriei buruzko trebetasunak, gaitasuna eta epe luzerako ezagutza trukatzea hobetuz. Europako 29 herrialdetan abeltzaintza-ekoizpen jasangarrirako 100 aholkularitza-jardunbide berritzaile bildu, hautatu, ebaluatu, aztertu, egokitu eta itzultzea, hainbat alderdik osatzen duten ingurune batean. Abeltzaintza-ekoizpen jasangarrirako aholkularitza-jardunbide berritzaileak sustatzea, ezagutza espezifikoak trukatuz eta herrialde bakoitzera egokitutako jarduerak handituz.</t>
   </si>
   <si>
     <t>AholkularitzaSareaPEST</t>
   </si>
   <si>
     <t>Pestiziden erabileran eta arriskuen murrizketan (RURP) oinarritutako sare tematikoa, EBko estatu kide guztietan. Sareak hainbat eragileren ikuspegia hartuko du, nekazaritza, eskualde, nazio eta EB mailan lan egiten duten AKIS eragileen aniztasuna ordezkatzen duten 17 bazkide bilduz, EB osoan egokitu eta errepikatu daitezkeen ikuspegi berriak identifikatu, hautatu eta moldatzeko helburuarekin.</t>
   </si>
   <si>
     <t>ENRD</t>
   </si>
   <si>
     <t>Landa Garapenerako Europako Sarea (ENRD) landa garapenerako politikak, programak, proiektuak eta bestelako ekimenak praktikan nola funtzionatzen duten eta emaitza hobeak lortzeko nola hobetu daitezkeen informazioa trukatzeko gune gisa balio du. ENRD ez da kide-erakunde bat.</t>
   </si>
   <si>
     <t>Espainiako janaria</t>
   </si>
   <si>
     <t>Ministroen hedapen plataforma</t>
   </si>
   <si>
-    <t>EIP-AGRI</t>
-[...4 lines deleted...]
-  <si>
     <t>Navarrako Nekazaritza Elikagaien Kluster Elkartea (NAGRIFOOD)</t>
   </si>
   <si>
     <t>NAGRIFOOD , Navarrako Nekazaritza Elikagaien Klusterra, enpresen erakundea da.   zeinak bere kideen lehiakortasuna etengabe hobetzea helburu duen, elkarlanaren, berrikuntza irekiaren, barne-ekintzailetzaren eta nafar nekazaritza-elikagaien enpresen nazioartekotzearen bidez.</t>
   </si>
   <si>
     <t>Aragoiko aholkulariak.</t>
   </si>
   <si>
     <t>ASESORES ARAGÓN Ezagutza Nekazaritzako Fundazioak sustatutako plataforma bat da eta ikertzaileak, teknologoak, aholkulariak eta nekazariak hartzen dituen Sare Sozial Profesional bat osatzen du, horrela integratuz: ezagutza, haren transferentzia eta haren aplikazioa.</t>
   </si>
   <si>
     <t>Agroekologiarako Udalerrien Sarea</t>
   </si>
   <si>
     <t>Sarearen helburua da, esperientziak, ezagutzak, datuak, informazioa eta proiektuak trukatuz, ingurumena errespetatzen duten, iraunkorrak, inklusiboak, erresilienteak, seguruak eta dibertsifikatuak diren tokiko elikadura-sistemak eraikitzea, biztanleria osoarentzat elikagai osasuntsuak, iraunkorrak eta eskuragarriak bermatuz eta tokiko enplegua sustatuz, agroekologiaren eta elikadura-subiranotasunaren ikuspegiekin bat etorriz.</t>
   </si>
   <si>
     <t>SynergyNuts Plataforma</t>
   </si>
   <si>
     <t>Intxaur hesiekin lotutako alderdi guztietan prestakuntza, zabalkunde eta berrikuntzarako espazioa</t>
   </si>
   <si>
     <t>Estratua</t>
   </si>
   <si>
     <t>Ongarritze Berrikuntza Sarea (FIN) sare tekniko bat da, Mantenugaien Kudeaketa Jasangarrirako Plan bat sortzera eramaten duten erronka nagusiei aurre egiten dien ikuspegi berritzaile eta eraginkorretan oinarrituta. FIN hiru azpisare transnazionalez osatuta dago (FIN-zehaztasun nekazaritza, FIN-lurzoruaren kalitatea, FIN-ongarri biologikoak). Bertan, ebaluatzaile trebatuek ongarrien erabilera optimoari buruzko Praktika Onak (GP) eta Ikerketa Berrikuntzak (RI) bilduko dituzte, eta Praktika Onenak (BP) identifikatuko dituzte GP eta RIen bideragarritasun sistematikoaren ebaluazioaren ondorioz. Proiektuaren liburuxka ingelesez aurki daiteke hemen klik eginez.</t>
   </si>
   <si>
     <t>Esneki eta Elikagai Teknologien Ikasgelarako Plataforma Teknologikoa</t>
   </si>
   <si>
     <t>Prestakuntza espezializatua eta zerbitzu teknologiko aurreratuak esneki eta elikagaien sektoreko enpresa eta erakundeentzat</t>
   </si>
   <si>
     <t>Panel artekoa</t>
   </si>
   <si>
     <t>INTERPANEL oliba-olioaren balio-kate bakoitzeko erakunde desberdinen arteko plataforma kolaboratiboa da. Sistemaren garapenerako ezagutza eta gaitasun teknologikoa eskaintzen duten erakundeak ere barne hartzen ditu, baita emaitzak sektore osora zabaltzeko gaitasuna ere.</t>
   </si>
   <si>
+    <t>Bizitzarako Janaria</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien sektoreko eragile nagusien arteko lankidetza publiko-pribatuaren bidez ikerketa, aurrerapen zientifiko eta teknologikoen hedapena sustatzen duen plataforma bat. Plataforma honek I+G eta berrikuntzan jartzen du arreta, eta Gizarte Erronken arloko eskaera berriak identifikatzen ditu, Espainiako nekazaritza-elikagaien sektorearen lehiakortasuna eta hazkundea bermatuz.</t>
+  </si>
+  <si>
     <t>BIOVAL</t>
   </si>
   <si>
     <t>BIOVALek Bioteknologia, Biomedikuntza eta Bioekonomia hartzen ditu barne BIO sektore gisa, osasunari, nekazaritza-elikagaiei eta ingurumen-iraunkortasunari aplikatuta, Bioteknologia sektoreko enpresa-komunitatearen garapena eta lehiakortasuna sustatzeko eta bere kideak nazioarteko mapan kokatzeko helburuarekin.</t>
   </si>
   <si>
-    <t>Bizitzarako Janaria</t>
-[...2 lines deleted...]
-    <t>Nekazaritza-elikagaien sektoreko eragile nagusien arteko lankidetza publiko-pribatuaren bidez ikerketa, aurrerapen zientifiko eta teknologikoen hedapena sustatzen duen plataforma bat. Plataforma honek I+G eta berrikuntzan jartzen du arreta, eta Gizarte Erronken arloko eskaera berriak identifikatzen ditu, Espainiako nekazaritza-elikagaien sektorearen lehiakortasuna eta hazkundea bermatuz.</t>
+    <t>Agronet - Garagardogintza</t>
+  </si>
+  <si>
+    <t>Garagardotegientzako hornigaiak, informazioa eta aholkuak</t>
+  </si>
+  <si>
+    <t>Valentziako erkidegoko nekazaritza-elikagaien kooperatibak</t>
+  </si>
+  <si>
+    <t>Erakundeen ordezkaritzarako, kooperatiben sustapenerako, prestakuntzarako, komunikaziorako eta enpresen ordezkaritzarako plataforma</t>
   </si>
   <si>
     <t>INNOVAGRI</t>
   </si>
   <si>
     <t>Ikerketan berrikuntza, ekoizpen ezberdinetako esperientziak eta araudia eguneratzeko plataforma zabaltzeko</t>
   </si>
   <si>
     <t>LURRA Plataforma</t>
   </si>
   <si>
     <t>Plataforma Tierra ekoizleen, enpresen eta teknologia-garatzaileen komunitate irekia eta parte-hartzailea da.</t>
   </si>
   <si>
     <t>Baserri Tipikoen Sare Nazionala (RENGRATI)</t>
   </si>
   <si>
     <t>Ministroen informazio eta aholkularitza plataforma, sektoreko eta ekoizpeneko politika eta estrategiak ebaluatzeko eta haien eraginaren simulazioa maila guztietan egiteko.</t>
   </si>
   <si>
-    <t>Agronet - Garagardogintza</t>
-[...10 lines deleted...]
-  <si>
     <t>nekazaritza-elikagaien TEF</t>
   </si>
   <si>
     <t>agrifoodTEF Europako probak egiteko eta balioztatzeko azpiegituren sare bat da, nekazaritza-elikagaien teknologiako enpresei laguntzen diena benetako instalazioetan adimen artifiziala eta robotika irtenbideak dituzten produktuak garatzen.</t>
   </si>
   <si>
     <t>Kataluniako Uraren Lankidetza (CWP)</t>
   </si>
   <si>
     <t>Catalan Water Partnership (CWP) irabazi-asmorik gabeko kluster motako elkarte estrategiko bat da, uraren erabilera jasangarriaren sektorean jarduten duten enpresek eta ezagutza-zentroek osatua. CWP-k maila anitzeko proiektuak eta lankidetzak sustatzen ditu, munduko edozein lekutan kalitatezko uraren behar globalari irtenbide berritzaileak emateko, eta sektore anitzetan aplikagarriak direnak.</t>
   </si>
   <si>
     <t>Zinnae</t>
   </si>
   <si>
     <t>Zinnae, ura modu eraginkorrean erabiltzeko kluster bat, uraren segurtasunaren erronkei irtenbideak eskaintzen dizkie, ekonomia zirkularraren eta gizarte adimendunaren printzipioetan oinarritutako etorkizun iraunkor eta erresiliente bat eraikitzen lagunduz. Helburuak: Politika publikoetan laguntzea eta Aragoin erreferente bihurtzea uraren sektoreko ezagutza eta berrikuntza arloan. Prestakuntza beharrak eta gaitasunak identifikatzea eta talentua erakartzeko sistema bat garatzea. Proiektuen garapena babestea eta berrikuntzaren emaitzak aprobetxatzeko ibilgailu gisa balio izatea, irtenbide berritzaileen aplikazioa sustatuz. Lorpenen profila igotzea eta negozio aukerak sortzea.</t>
   </si>
   <si>
     <t>Avanis</t>
   </si>
   <si>
     <t>Nekazaritza-elikagaien sektoreko pertsonen arteko loturak sortzeko plataforma bat, ezagutza partekatzeko, ikasten jarraitzeko eta sektorea egunero hazteko, lehiakorragoa, jasangarriagoa eta berritzaileagoa izan dadin.</t>
   </si>
   <si>
     <t>EU4Advice</t>
@@ -918,125 +1017,125 @@
   <si>
     <t>Valentziako Landa Garapen Sarea</t>
   </si>
   <si>
     <t>Bere programei eta jarduerei buruzko informazioa zabaltzeko tresna bat, baita Valentziako landa-garapenarekin lotutako berriak eta ekitaldiak ezagutarazteko ere. Baliabideen atal bat ere badu, non eskualdeko landa-garapenerako material eta gida erabilgarriak aurki ditzakezun, eta Valentziako landa-eremuetako produktu eta zerbitzuen katalogo bat.</t>
   </si>
   <si>
     <t>Espainiako PAC Sarea</t>
   </si>
   <si>
     <t>Landa eremuei dagozkien gaiei buruzko lan taldeak sortzea sustatzen duen plataforma</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>Aholkularitza, auditoriak, analisiak eta prestakuntza nekazaritza-elikagaien sektorean</t>
   </si>
   <si>
     <t>Red-iCAT</t>
   </si>
   <si>
     <t>Kataluniako Nekazaritza Elikagaien eta Landa Berrikuntza Sarea</t>
   </si>
   <si>
+    <t>ANOVE</t>
+  </si>
+  <si>
+    <t>Landare-barietateen garatzaileak eta hedatzaileak</t>
+  </si>
+  <si>
     <t>BIOFRUTSATEA</t>
   </si>
   <si>
     <t>Proiektu honek pipa, hezur eta zitriko fruta ekologikoetan jartzen du arreta, eta Europako fruta-ekoizpen ekologikoaren lehiakortasuna indartzea du helburu.</t>
   </si>
   <si>
     <t>INNOSETA</t>
   </si>
   <si>
     <t>InnoSetaren helburu nagusia ihinztadura-ekipoetan, prestakuntzan eta aholkularitzan sare tematiko berritzaile eta autosufiziente bat ezartzea da, eskuragarri dauden laboreen babeserako irtenbide berri eta goi-mailakoen arteko aldea txikitzen laguntzeko —komertzialak izan edo ikerketa-emaitza aplikagarrietatik datozenak izan— eta eguneroko Europako nekazaritza-praktiketan aplikagarri direnen arteko aldea txikitzen laguntzeko. Horretarako, ideia eta informazio berrien truke eraginkorra sustatuko da ikerketaren, industriaren, hedapen-zerbitzuen eta nekazaritza-komunitatearen artean, dauden ikerketa- eta merkataritza-irtenbideak zabaldu ahal izateko, nekazaritza-komunitatearen oinarrizko beharrak eta ideia berritzaileak jasoz.</t>
   </si>
   <si>
     <t>OK-Net Arable</t>
   </si>
   <si>
     <t>Net Net Arable-k 10 herrialdetako 14 nekazari berrikuntza talderekin lan egin zuen. Taldeen datuek uzta sorta zabala erakutsi zuten. Horrek beharra adierazten du, baina baita hobekuntzak egiteko aukera argia ere. Literatura zientifikoan eta nekazariek egindako ekarpenetan oinarrituta, 100 material baino gehiago bildu dira irtenbide praktikoekin Net Net-en Arable Knowledge plataforman (Farmknowledge.org). Nekazari taldeek formatuak eta praktikako irtenbide batzuk ebaluatu zituzten. Haien esperientziak bideoetan eta praktiken laburpenetan dokumentatu dira. Nekazari taldeek eurei dagozkien materialak beren hizkuntzara itzuli zituzten. Online ikastaroak egin ziren, materialak nekazariei eta aholkulariei aurkeztuz.</t>
   </si>
   <si>
     <t>Palisandroa 4.0</t>
   </si>
   <si>
     <t>Rosewood 4.0-k jardunbide eta berrikuntza onenak (BP&amp;I) bildu eta egituratuko ditu, bost eskualde-gunetan egurraren mobilizazio-esparrua hobetzeko helburuarekin. Bost eskualde-bide-orri (eta eskualde arteko/transeskualdez gaindiko bat) garatuko dira, eskualde desberdinen behar/erronka identifikatuak betetzen dituzten BP&amp;I bilduen lehentasunen arabera. Proiektuak tailer eta ikasketa-bisita espezifikoak antolatuko ditu, BP&amp;Ien ezarpena errazten duten prestakuntza-material berriekin lotuta. BP&amp;Ien transferentziarako zabalkunde-ekintza intentsiboak tresna eta kanal desberdinak erabiliz egingo dira (adibidez, ezagutza-plataforma, praktiken laburpenak, bideo-ekoizpena, etab.).</t>
   </si>
   <si>
-    <t>ANOVE</t>
-[...2 lines deleted...]
-    <t>Landare-barietateen garatzaileak eta hedatzaileak</t>
+    <t>APROSE</t>
+  </si>
+  <si>
+    <t>Hazi hautatuak ekoizten dituzten enpresen irabazi-asmorik gabeko elkarte profesionala. Hazi espezieen arabera sor daitezkeen arazo ohikoenak aztertu, aztertu eta konpontzen ditu.</t>
   </si>
   <si>
     <t>BABESTU ADIMENDUA</t>
   </si>
   <si>
     <t>SmartProtect nekazari eta aholkularientzako Izurriteen Kudeaketa Integratuko (IPM) irtenbide adimendunen eskualde arteko ezagutza trukean oinarritzen den sare tematiko bat da. Helburua EB osoko eskualdeko Nekazaritza Ezagutza eta Berrikuntza Sistemetan (AKISS) ezagutza fluxuak suspertzea eta barazkien ekoizpenean IPM metodologia aurreratuen potentzial berritzailearekin konektatzea da, nekazaritza zehatzeko teknologiak eta datuen analisia integratuz.</t>
   </si>
   <si>
     <t>Oiloentzako Praktika Onenak - Arrautza Ekoizpen Sistemen Alternatiboetarako Praktika Onenei buruzko Pilotu Proiektua</t>
   </si>
   <si>
     <t>Praktika Onenen Oiloek (PBO) arrautza-ekoizleei laguntza praktikoa prestatu eta emango die, kaiolatik kaiolarik gabeko sistemetara igarotzera bultzatzeko. Honek oilo erruleen hazkuntzari eta ekoizpen-aldian oilo erruleen mantentzeari eragiten die. PBOk praktika onenen inguruan bildutako informazioa zabaltzen dela ziurtatuko du komunikazio-materialak (bideoak eta praktiken laburpenak) garatuz. PBOk kaiola-sistemen ehuneko handia duten estatu kideei zuzendutako zabalkunde-ekitaldiak antolatuko ditu, helburu diren estatu kideetan (Espainia, Polonia, Portugal eta Belgika) kaiolarik gabeko ostatu-sistemen ezarpena handitzeko.</t>
   </si>
   <si>
     <t>BIOSCHAMP - Perretxikoen industria jasangarri eta errentagarri baterako estalki alternatiboen biostimulatzailea</t>
   </si>
   <si>
     <t>Proiektu honetan, perretxikoen ekoizpenean dauden osasun-erronka nagusiei (onddo eta bakterio parasitoei) aurre egiteko ikuspegi integratu bat garatuko dugu. Mikrobiotaz aberastutako bilgarri-lurzoru bat garatuz, pestiziden beharra murriztuko dugu eta Europako perretxikoen sektorearen produktibitatea, iraunkortasuna eta errentagarritasuna hobetzen lagunduko dugu.</t>
   </si>
   <si>
     <t>Landa-bioekonomia sareak bultzatzea hainbat eragileren ikuspegiei jarraituz - ADARRAK</t>
   </si>
   <si>
     <t>Dauden jardunbide egokienak eta ikerketa-emaitzak identifikatu, laburbildu, partekatu eta aurkeztu; kostu-eraginkortasuneko teknologia berrien aplikazioa areagotzea, profesionalen eta ikertzaileen arteko ezagutza-transferentzia aktiboa hobetuz; biomasa gehiago mobilizatu eta negozio-aukera berriak sortu landa-eremuetan, praktikaren eta zientziaren arteko lotura hobetuz eta indartuz; diziplina anitzeko eta interes-talde anitzeko ikuspegia aplikatu; informazioaren, ideia berrien eta teknologiaren bi norabideko fluxurako kanal bat eskaintzea; profesionalentzat identifikatu diren beharrak eta negozio-elementu garrantzitsuak nabarmentzea; bioekonomia eta landa-garapena sustatzea, bio-oinarritutako ekimen berrien bidez.</t>
   </si>
   <si>
     <t>Sm@RT: Hausnarkari Txikien Teknologia - Abeltzaintza Zehatza eta Teknologia Digitala Hausnarkari Txikientzat</t>
   </si>
   <si>
     <t>Sm@RT-k jatorrizko ikuspegi interaktibo, transdiziplinar eta eragile anitzekoa erabiltzen du, hiru sare-mailatan oinarrituta: 1) ondo hornitutako erakustaldi-ustiategien sare bat (digifarms), 2) trukeak sustatzeko merkataritza-ustiategi berritzaileen sare bat, 3) herrialde bakoitzeko hausnarkari txikien industriarekin. Nekazarien beharrak/oztopoak teknologiaren erabilerari dagokionez ebaluatuko dira inkesta global baten eta tailer-sorta baten bidez. Behar horiei irtenbideak proposatuko dira tailerretan. Prestakuntza- eta erakustaldi-aukerak eskainiko dira digifarm sareen eta ustiategi berritzaileen bidez, testigantzak bilduz zabalkundea eta komunikazioa sustatzeko konfiantza-ingurune batean.</t>
   </si>
   <si>
     <t>AgriFoodTe Sarea: Teruelgo Nekazaritza Elikagaien Ezagutza eta Berrikuntza Sarea</t>
   </si>
   <si>
     <t>Teruel eskualdean trantsizio ekologikoa, digitala eta bioekonomia zirkularra sustatzeko nekazaritza-elikagaien sektoreko berrikuntza bizkortzeko sarea</t>
   </si>
   <si>
     <t>Navarrako Nekazaritza Elikagaien Klusterra (NAGRIFOOD) enpresa-erakunde bat da, eta bere helburua bere kideen lehiakortasuna etengabe hobetzea da, elkarlana, berrikuntza irekia, barne-ekintzailetza eta Navarrako nekazaritza-elikagaien enpresen nazioartekotzea garatuz.</t>
   </si>
   <si>
-    <t>APROSE</t>
-[...4 lines deleted...]
-  <si>
     <t>Espainiako Okindegi, Gozogintza eta Gozogintza Industriaren Elkartea (ASEMAC)</t>
   </si>
   <si>
     <t>Sektore-izaerako erakunde profesionala</t>
   </si>
   <si>
     <t>Gaztela eta Leongo Pentsu Konposatuen Fabrikatzaileen Elkartea (ASFACYL)</t>
   </si>
   <si>
     <t>Gaztela eta Leongo Pentsu Konposatuen Fabrikatzaileen Elkarte Profesionala</t>
   </si>
   <si>
     <t>Biozirkularitaterako Espainiako Teknologia eta Berrikuntza Plataforma (BIOPLAT)</t>
   </si>
   <si>
     <t>Biomasaren eta bioekonomiaren garapen jasangarria sustatzen duen irabazi-asmorik gabeko erakunde nazionala</t>
   </si>
   <si>
     <t>Landareen Bioteknologia Teknologia Plataforma (BIOVEGEN)</t>
   </si>
   <si>
     <t>Enpresa sektoreak gidatutako lankidetza publiko-pribatua, landareetan oinarritutako berrikuntzan interesa duten nekazaritza-elikagaien sektoreko erakundeak elkartzen dituena</t>
   </si>
   <si>
     <t>Espainiako Okindegi, Gozogintza, Gozogintza eta Antzeko Produktuen Konfederazioa (CEOPPAN)</t>
@@ -1227,98 +1326,98 @@
   <si>
     <t>Asturiasko Landa Garapen Sarea (READER)</t>
   </si>
   <si>
     <t>Bere programei eta jarduerei buruzko informazioa zabaltzeko tresna bat, baita Asturiasko landa-garapenarekin lotutako berriak eta ekitaldiak ezagutarazteko ere. Baliabideen atal bat ere badu, non eskualdeko landa-garapenerako material eta gida erabilgarriak aurki ditzakezun, eta Asturiasko landa-eremuetako produktu eta zerbitzuen katalogo bat.</t>
   </si>
   <si>
     <t>Kantauriko Landa Garapen Sarea</t>
   </si>
   <si>
     <t>Bere programei eta jarduerei buruzko informazioa zabaltzeko tresna bat, baita Kantabriako landa-garapenarekin lotutako berriak eta ekitaldiak ezagutarazteko ere. Baliabideen atal bat ere badu, non eskualdeko landa-garapenerako material eta gida erabilgarriak aurki ditzakezun, eta Kantabriako landa-eremuetako produktu eta zerbitzuen katalogo bat.</t>
   </si>
   <si>
     <t>Extremadurako Landa Garapen Sarea (REDEX)</t>
   </si>
   <si>
     <t>Informazio eta zerbitzuen plataforma, esperientziak trukatzeko eta lankidetzan aritzeko foroa, kideentzat interes orokorreko proiektuak garatzeko, eta, oro har, Extremadurako landa-eremuaren garapen sozial eta ekonomikoan eragina duen beste edozein jarduera.</t>
   </si>
   <si>
     <t>Elikagaien Segurtasuneko Arrisku Sortzaileen Galiziako Sarea (RISEGAL)</t>
   </si>
   <si>
     <t>Sarearen helburu eta jarduerei buruzko informazio zehatza eskaintzen du, baita elikagaien segurtasunarekin lotutako albisteak eta ekitaldiak ere. Gainera, hainbat tresna eta baliabidetarako sarbidea ematen du, hala nola datu-baseak eta argitalpen zientifikoak, elikagai-katean sortzen diren arriskuen ikerketa eta kudeaketa sustatzeko.</t>
   </si>
   <si>
+    <t>Espainiako Zereal Teknikarien Elkartea (AETC)</t>
+  </si>
+  <si>
+    <t>Irabazi-asmorik gabeko elkartea, zeinaren helburu nagusia zerealen eta haien deribatuen inguruko ikerketa zientifiko eta tekniko jarduera guztiak sustatzea, aztertzea eta laguntzea den.</t>
+  </si>
+  <si>
+    <t>Luxenburgoko PAC Sarea</t>
+  </si>
+  <si>
+    <t>Luxenburgon, landa-garapena maila nazionalean kudeatzen da Plan Estrategiko baten bidez, eta Plan hori Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) eta ekarpen nazionalen bidez finantzatzen da. Plan Estrategikoak ezartzen ditu erreferentzia egiten dion eremu geografikoaren beharrei erantzuteko hartu beharreko lehentasunezko estrategiak eta neurriak. LGENFren bidezko landa-garapenaren finantzaketa Europako Egitura eta Inbertsio Funtsen (EIE Funtsak) esparru orokorraren barruan sartzen da, eta horien artean daude Eskualde Garapenerako, Gizarte Funtsak, Kohesio Funtsak eta Arrantza Funtsak ere. Funts horiek guztiak maila nazionalean kudeatzen ditu EBko estatu kide bakoitzak, Lankidetza Akordioen arabera, eta akordio horiek herrialde bakoitzaren helburuak eta inbertsio lehentasunak deskribatzen dituzte plan estrategikoak dira.</t>
+  </si>
+  <si>
+    <t>Elikagaien arteko Foroa</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien katean jarduerak, proiektuak, sareak, balio-proposamenak eta berrikuntza zabaltzeko plataforma</t>
+  </si>
+  <si>
     <t>Elikagaien GISa</t>
   </si>
   <si>
     <t>Nekazaritza-elikagaien sektorearen jarduerak, proiektuak, sareak, araudiak eta balio eta berrikuntza proposamenak zabaltzeko plataforma</t>
   </si>
   <si>
     <t>Andaluziako Landa Garapenerako Elkartea (ARA)</t>
   </si>
   <si>
     <t>Lankidetza eta elkarrizketarako foro bat, non Andaluziako landa-garapeneko talde guztiak, jarduera eta enplegu-sorkuntzaren sustatzaileak, ordezkatuta dauden.</t>
   </si>
   <si>
-    <t>Espainiako Zereal Teknikarien Elkartea (AETC)</t>
-[...14 lines deleted...]
-    <t>Luxenburgon, landa-garapena maila nazionalean kudeatzen da Plan Estrategiko baten bidez, eta Plan hori Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) eta ekarpen nazionalen bidez finantzatzen da. Plan Estrategikoak ezartzen ditu erreferentzia egiten dion eremu geografikoaren beharrei erantzuteko hartu beharreko lehentasunezko estrategiak eta neurriak. LGENFren bidezko landa-garapenaren finantzaketa Europako Egitura eta Inbertsio Funtsen (EIE Funtsak) esparru orokorraren barruan sartzen da, eta horien artean daude Eskualde Garapenerako, Gizarte Funtsak, Kohesio Funtsak eta Arrantza Funtsak ere. Funts horiek guztiak maila nazionalean kudeatzen ditu EBko estatu kide bakoitzak, Lankidetza Akordioen arabera, eta akordio horiek herrialde bakoitzaren helburuak eta inbertsio lehentasunak deskribatzen dituzte plan estrategikoak dira.</t>
+    <t>EB - Nekazaritza Liburua</t>
+  </si>
+  <si>
+    <t>EU-FarmBook nekazari eta basozainentzako jardunbide egokien plataforma bat da. Bere liburutegiko eduki guztia Horizon ikerketa proiektuetatik dator.</t>
   </si>
   <si>
     <t>Gaztela eta Leongo Landa Garapen Sarea</t>
   </si>
   <si>
     <t>Gaztela eta Leonen landa-garapeneko programak —LEADER eta PRODER— kudeatzen dituzten talde kopuru esanguratsu bat biltzen eta koordinatzen duen elkartea.</t>
   </si>
   <si>
     <t>Espainiako Landa Garapen Sarea (REDR)</t>
   </si>
   <si>
     <t>Espainiako Landa Garapen Sarea (REDR) irabazi-asmorik gabeko elkarte bat da, eta bere eginkizun nagusia landa garapen eredu integral eta jasangarri bat sustatzea, landa biztanleriaren bizi-kalitatea hobetzea eta landa eremuen garrantzia gizarte osoarentzat azpimarratzea da. REDRk landa eremuentzat eta haien biztanleentzat espazio partekatu bat eskaintzen du, beren beharrak eta kezkak adierazi eta beren ahotsak entzunarazi ahal izateko leku bat.</t>
   </si>
   <si>
-    <t>EB - Nekazaritza Liburua</t>
-[...4 lines deleted...]
-  <si>
     <t>Ezagutza Transferentzia Bulegoen Sarea (OTC Sarea)</t>
   </si>
   <si>
     <t>Espainiako unibertsitateetako ikerketa-emaitzen transferentzia-bulegoen sarea.</t>
   </si>
   <si>
     <t>Abeltzaintzako Animalien Hazkuntza eta Ugalketa Teknologia Plataforma (FABRE TP)</t>
   </si>
   <si>
     <t>Europako Abeltzaintzako Animalien Hazkuntza eta Ugalketa Teknologia Plataforma (FABRE TP) ikerketa institutuek eta akademiak zuzendutako foro bat da, sektore pribatuarekin lankidetzan diharduena, animalien hazkuntzan, genetikan eta ugalketan ikerketa lehentasunak definitzeko plataforma bat eskaintzen duena, abeltzaintzako sistema guztien iraunkortasuna, lehiakortasuna eta erresilientzia sustatzeko helburuarekin.</t>
   </si>
   <si>
     <t>Agrochef</t>
   </si>
   <si>
     <t>Ostalaritza eta sukaldaritza sektore nazionaleko nekazaritza eta abeltzaintzako ekoizle txikiek ekoitzitako elikagaiak merkaturatzeko teknologiaren transferentzia eta zuzeneko merkaturatze prozesuen digitalizazioa.</t>
   </si>
   <si>
     <t>FERTINNOWA</t>
   </si>
   <si>
     <t>FERTINNOWA (FERTirrigazioaren Praktika Jasangarrirako Teknika Berritzaileen Transferentziaren akronimoa) ezagutza trukatzeko sare bat da, ongarritze-jardunbideak hobetzea errazteko diseinatua, Uraren Esparru Zuzentarauak jasotzen dituen ingurumen-eskakizunetara eta Europako araudietara egokituz, eta ongarriak erabiltzeagatik hondakin-isuriak saihestea bermatzen dutenetara egokituz, batez ere nitratoek akuiferoak kutsatzeko zaurgarritzat jotzen diren eremuetan.</t>
   </si>
   <si>
     <t>Behi-</t>
@@ -1329,96 +1428,96 @@
   <si>
     <t>EBko Txerria</t>
   </si>
   <si>
     <t>Sareak hainbat bazkide biltzen ditu, txerri-ekoizle taldeetatik hasi eta ikertzaile eta aholkulari ekonomikoetaraino, txerri-ekoizleak hazkuntza-zientzia, teknika eta teknologi berrienekin lotuz. Proiektuak lau gai nagusi ditu: Osasun Kudeaketa, Haragi Kalitatea, Animalien Ongizatea eta Zehaztasun Ekoizpena.</t>
   </si>
   <si>
     <t>OK-Net Ecofeed</t>
   </si>
   <si>
     <t>Proiektuak berrikuntza-klusterren Europako sare bat sortzea du helburu, nekazaritza-enpresen, ikertzaileen eta aholkularien arteko ezagutza-trukea eta baterako sorkuntza errazteko, azken erabiltzaileentzako materialak bilduz eta nekazarien eta enpresen beharretara egokitutako tresna berriak garatuz.</t>
   </si>
   <si>
     <t>EuroDairy</t>
   </si>
   <si>
     <t>EuroDairy-k esne-ekoizpenean praktikan oinarritutako berrikuntzaren garapena eta komunikazioa sustatzen du, bere jarduerak lau gai nagusi hauetan zentratuz: Animalien Zaintza; Erresilientzia Sozioekonomikoa; Baliabideen Eraginkortasuna; eta Esne-ekoizpena Biodibertsitate Helburuekin Integratzea.</t>
   </si>
   <si>
     <t>Lekaleak itzulita</t>
   </si>
   <si>
     <t>Proiektua nekazarien eta beste berritzaile eta zientzialari batzuen arteko sarean oinarritzen da, interes-taldeetan oinarritutako ikerketa-ezagutza garrantzitsua biltzeko eta balioztatzeko.</t>
   </si>
   <si>
+    <t>Errioxako Landa Garapen Sarea</t>
+  </si>
+  <si>
+    <t>Bere programei eta jarduerei buruzko informazioa zabaltzeko tresna bat, baita Errioxako landa-garapenarekin lotutako berriak eta ekitaldiak ezagutarazteko ere. Baliabideen atal bat ere badu, non eskualdeko landa-garapenerako material eta gida erabilgarriak aurki daitezkeen, eta Errioxako landa-eremuetako produktu eta zerbitzuen katalogo bat.</t>
+  </si>
+  <si>
+    <t>Maltako PAC Sarea</t>
+  </si>
+  <si>
+    <t>Maltan, landa-garapena maila nazionalean kudeatzen da Plan Estrategiko baten bidez, eta Plan hori Landa Garapenerako Europako Nekazaritza Funtsak (LGENF) eta ekarpen nazionalek finantzatzen dute. Plan Estrategikoak hartzen duen eremu geografiko espezifikoaren beharrei erantzuteko hartu beharreko lehentasunezko estrategiak eta neurriak ezartzen ditu. LGENFren bidezko landa-garapenaren finantzaketa Europako Egitura eta Inbertsio Funtsen (EIFI) esparru orokorraren barruan sartzen da, eta horien artean daude Eskualdeko Garapenerako, Gizarterako, Kohesiorako eta Arrantzarako Funtsak ere. Funts horiek guztiak maila nazionalean kudeatzen ditu EBko estatu kide bakoitzak, Lankidetza Akordioen arabera, eta akordio horiek herrialde bakoitzaren helburuak eta inbertsio lehentasunak zehazten dituzten plan estrategikoak dira.</t>
+  </si>
+  <si>
+    <t>Errumaniako PAC Sarea</t>
+  </si>
+  <si>
+    <t>Errumanian, landa-garapena maila nazionalean kudeatzen da Plan Estrategiko baten bidez, eta Plan hori Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) eta ekarpen nazionalen bidez finantzatzen da. Plan Estrategikoak hartzen den eremu geografiko espezifikoaren beharrei erantzuteko hartu beharreko lehentasunezko estrategiak eta neurriak ezartzen ditu. LGENFren bidezko landa-garapenaren finantzaketa Europako Egitura eta Inbertsio Funtsen (EIFI) esparru orokorraren barruan kokatzen da, eta horien artean daude Eskualdeko Garapenerako, Gizarte Funtsak, Kohesio Funtsak eta Arrantza Funtsak ere. Funts horiek guztiak maila nazionalean kudeatzen ditu EBko estatu kide bakoitzak, Lankidetza Akordioen arabera, eta akordio horiek herrialde bakoitzaren helburuak eta inbertsio lehentasunak deskribatzen dituzte plan estrategikoak dira.</t>
+  </si>
+  <si>
     <t>DESARMATU</t>
   </si>
   <si>
     <t>DISARM nekazaritza-enpresen, albaitarien, aholkularitza-zerbitzuen, akademikoen eta industriaren arteko lankidetza bat da, abeltzaintzan antibiotikoekiko erresistentzia kudeatzeko eta antibiotikoekiko erresistentziaren mehatxua arintzeko irtenbide berritzaileak zabaltzeko. Sareak industria eta herrialdeen artean ikuspegi berritzaileak trukatuko ditu abeltzaintza-sektoreko jardunbide egokienak partekatzeko.</t>
   </si>
   <si>
     <t>NUTRIMAN</t>
   </si>
   <si>
     <t>NUTRIMAN nitrogeno eta fosforoaren sare tematiko bat da, nekazaritza-profesionalen onurarako berreskuratutako eta erabiltzeko prest dauden ongarri biologikoen teknologiak, produktuak, aplikazioak eta praktikak ezagutzeko. Proiektuak heldutasun handiko ikerketa zientifiko aplikatuko programen eta industria-jardunbide arrunten emaitza berritzaileak, lehiakorrak eta komertzialki prest daudenak lotzean jartzen du arreta.</t>
   </si>
   <si>
     <t>SuWaNu Europa</t>
   </si>
   <si>
     <t>SUWANU EUROPEk uraren berrerabilpen proiektuetan jartzen du arreta Europan, tratatutako hondakin-urak nekazaritzan berrerabiliz.</t>
   </si>
   <si>
     <t>LUR ONENAK</t>
   </si>
   <si>
     <t>Lurzoruko gaixotasunen prebentzioari eta kontrolari buruzko ezagutza partekatzeko sortutako profesionalen sarea</t>
   </si>
   <si>
     <t>ARDO-SAREA</t>
   </si>
   <si>
     <t>Winetwork Europako ardogintza eskualdeen arteko ezagutza berritzailea trukatzeko eta transferitzeko Europako lankidetza proiektu bat da, sektorearen produktibitatea eta iraunkortasuna handitzeko. Hiru urtean zehar, zazpi herrialde europarretako 11 bazkidek mahastietako bi gaixotasun garrantzitsuri buruzko ezagutzak trukatuko dituzte: mahatsondoaren enborraren gaixotasunak eta flavesansence dorée. Proiektuaren ikuspegia sustatzaileen sare baten, eskualdeko lan-taldeen eta bi lan-talde zientifikoren arteko elkarrekintzetan oinarritzen da. Parte-hartze ikuspegi honek emaitza zientifikoak eta ezagutza praktikoak azken erabiltzaileei egokitutako materialetara transferitzea ahalbidetuko du.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Errumanian, landa-garapena maila nazionalean kudeatzen da Plan Estrategiko baten bidez, eta Plan hori Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) eta ekarpen nazionalen bidez finantzatzen da. Plan Estrategikoak hartzen den eremu geografiko espezifikoaren beharrei erantzuteko hartu beharreko lehentasunezko estrategiak eta neurriak ezartzen ditu. LGENFren bidezko landa-garapenaren finantzaketa Europako Egitura eta Inbertsio Funtsen (EIFI) esparru orokorraren barruan kokatzen da, eta horien artean daude Eskualdeko Garapenerako, Gizarte Funtsak, Kohesio Funtsak eta Arrantza Funtsak ere. Funts horiek guztiak maila nazionalean kudeatzen ditu EBko estatu kide bakoitzak, Lankidetza Akordioen arabera, eta akordio horiek herrialde bakoitzaren helburuak eta inbertsio lehentasunak deskribatzen dituzte plan estrategikoak dira.</t>
   </si>
   <si>
     <t>Adesa</t>
   </si>
   <si>
     <t>Elikagaien Segurtasun Sektoreko aholkularitza, auditoriak, analisiak eta prestakuntza</t>
   </si>
   <si>
     <t>AFLE</t>
   </si>
   <si>
     <t>Nutrizio eta osasunerako legamia, gozogintza eta hartzidura ekoizteko dedikatzen diren enpresek osatutako irabazi-asmorik gabeko erakunde profesionala</t>
   </si>
   <si>
     <t>CHIL.ORG</t>
   </si>
   <si>
     <t>Nekazaritza-elikagaien sektoreari lotutako ikerketa, ezagutza-transferentzia, ekitaldi eta albisteetarako plataforma</t>
   </si>
   <si>
     <t>Eivissa eta Formenterako Landa Garapen eta Arrantza GAL</t>
   </si>
   <si>
     <t>Taldearen zeregin nagusia tokiko landa eta arrantza garapeneko estrategiak eta proiektuak kudeatzea da, baliabide eta dedikazioari dagokionez zereginik garrantzitsuena Tokiko Landa eta Arrantza Garapeneko Parte-hartze Estrategiak izanik, Europako (FEADER eta EMFF) eta estatuko funtsek batera finantzatutakoak.</t>
   </si>
@@ -1779,2673 +1878,2849 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C235"/>
+  <dimension ref="A1:C251"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C235"/>
+      <selection activeCell="A1" sqref="A1:C251"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="195.667" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="2378.134" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="2599.937" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="s">
-        <v>199</v>
+        <v>324</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="s">
-        <v>356</v>
+        <v>232</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>504</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Plataformas y redes</vt:lpstr>
+      <vt:lpstr>Plataformak eta sareak</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>