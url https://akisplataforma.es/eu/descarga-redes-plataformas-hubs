--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -12,170 +12,284 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plataformak eta sareak" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="505">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="523">
   <si>
     <t>Izena</t>
   </si>
   <si>
     <t>Mutila</t>
   </si>
   <si>
     <t>Deskribapena</t>
   </si>
   <si>
+    <t>ATgro</t>
+  </si>
+  <si>
+    <t>Plataforma</t>
+  </si>
+  <si>
+    <t>ATGRO Atitlanen inbertsio eta nekazaritza proiektuen kudeaketa plataforma globala da, superelikagaien eta beste nekazaritza lerro osagarri batzuen garapenera dedikatua.</t>
+  </si>
+  <si>
+    <t>SiAR estazio meteorologikoen sarea</t>
+  </si>
+  <si>
+    <t>Sarea</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioak, Ureztatze, Bide Natural eta Landa Azpiegituren Azpizuzendaritza Nagusiaren bidez, SiAR estazio meteorologikoen sarearen bidez bildutako informazio guztia doan jartzen du erabiltzaileen eskura.</t>
+  </si>
+  <si>
+    <t>Baserri Tradizionalen Sare Nazionala</t>
+  </si>
+  <si>
+    <t>Abeltzaintza sektorearentzako informazio ekonomikorako sistemen beharrari erantzunez, ustiategi, eskualde, nazio eta nazioarteko mailan konparaketak egiteko aukera emango zutenak, Nekazaritza Ekoizpen eta Merkatuen Zuzendaritza Nagusiak Ustiategi Tipikoen Sare Nazionala (RENGRATI proiektua) abiarazi zuen 2003an, gaur egun REDES TECO sarearen parte dena. Proiektu honek Espainiako abeltzaintza sektore desberdinetarako informazio tekniko eta ekonomikoko sare iraunkorrak ezartzea eta mantentzea du helburu. Horretarako, erakunde eta pertsonen azpiegitura edo sare bat sortu da informazioa emateko, besteak beste, ekoizleen elkarte nagusiak, ikertzaileak, aholkulariak, ekoizleak eta gobernu agentziak. Sektoreko sare nazional hauek, aldi berean, Ustiategien Analisi Konparatiborako Nazioarteko Sareetan integratzen dira, eta horien artean munduko abeltzaintza ekoizten duten herrialde nagusiak daude. Nazioarteko Sare hauek etengabeko laguntza ematen diete beren kideei eta ekoizleek emandako informazioa balioztatzeko metodologia egokia aplikatzen laguntzen dute, baita sektoreko eta ekoizpen politikak eta estrategiak ebaluatzeko edo haien eragina maila guztietan simulatzeko ere. Esparru honetan erabilitako metodologia antzeko ezaugarriak dituzten benetako ustiategien kontabilitate-erregistroekin hasten da, eta hauek eskualdean ohikoena den ekoizpen-sistema ordezkatzeko sailkatzen dira, tamainari, kudeaketari eta errendimenduari dagokionez. Nazioarteko metodologiaren arabera egindako baliozkotzeez gain, ekoizleekin bilera nazionalak egiten dira, sarearen terminologian "panelak" deitzen direnak, emaitzak eztabaidatu eta balioztatzeko, ordezkaritza handiagoa bermatzeko. RENGRATIk tresna estrategiko gisa balio nahi du, ekoizpen-kostuei, errentagarritasunari, irabaziei eta berdinketa-puntuei buruzko informazio zehatza eta eguneratua emanez, sektoreei lagunduz eta erabaki praktikoak hartzeko erreferentzia gisa balioz, sektore horien etorkizun hurbila norabide egokian gidatzen lagunduz. Horretarako, atal honetan Ustiategi Tipikoen Sare Nazionalaren eta Nazioarteko Sareen funtzionamenduari buruzko informazio zehatzagoa, baita sektore bakoitzeko emaitzen txostenak ere, eskuragarri daude.</t>
+  </si>
+  <si>
+    <t>RECAN (Nekazaritza Kontabilitate Sare Nazionala)</t>
+  </si>
+  <si>
+    <t>Nekazaritza Kontabilitate Sare Nazionala tresna bat da, nekazaritza-errentak eta nekazaritza-politikak ustiategietan duen eragina ebaluatzeko aukera ematen duena. Europar Batasuneko araudi batek arautzen du, hau da, kontabilitate-printzipio berdinak aplikatzen dira estatu kide guztietan. Beraz, Espainiako mikrodatuen iturri integral bakarra da, EBko gainerakoekin harmonizatua.</t>
+  </si>
+  <si>
+    <t>Landare Gorri Mikro</t>
+  </si>
+  <si>
+    <t>Landareen eta mikroorganismoen arteko elkarrekintza onuragarriak ikertzera bideratutako ikerketa taldeen sare bat. Sareak hainbat unibertsitatetako 15 ikerketa talde ditu. Sarearen helburua landareen eta mikroorganismoen arteko elkarrekintzei buruzko ikerketan ezagutza, baliabideak eta ahaleginak batzea da, klima-aldaketak (batez ere lehorteak, tenperatura altuak eta gazitasuna) eragindako estres-egoerekiko laboreen tolerantzia hobetzeko eta nekazaritza-ekoizpen jasangarrian duten garrantziaren eta aplikagarritasunaren arabera, elikagaien segurtasuna bermatzeko, baliabideen eskaria eta lehia gero eta handiagoa izan arren.</t>
+  </si>
+  <si>
+    <t>ENRD</t>
+  </si>
+  <si>
+    <t>Landa Garapenerako Europako Sarea (ENRD) landa garapenerako politikak, programak, proiektuak eta bestelako ekimenak praktikan nola funtzionatzen duten eta emaitza hobeak lortzeko nola hobetu daitezkeen informazioa trukatzeko gune gisa balio du. ENRD ez da kide-erakunde bat.</t>
+  </si>
+  <si>
+    <t>Adimentsua</t>
+  </si>
+  <si>
+    <t>Abeltzaintza Zehaztasunaren (Abeltzaintza Zehatza) eta teknologia digitalen erabilera sustatzen duen sare tematikoa hausnarkari txikien sektorean</t>
+  </si>
+  <si>
+    <t>NUTRICHECK-NET</t>
+  </si>
+  <si>
+    <t>Ustiategi mailan mantenugaien kudeaketarako jardunbide egokien adopzioa sustatzeko autosufizientea den eta interes-talde anitzeko sare tematikoa.</t>
+  </si>
+  <si>
+    <t>Dehesa Aldaketa Agenteen Sarea</t>
+  </si>
+  <si>
+    <t>Lankidetzarako espazio bizia, etxaldearen errentagarritasuna eta iraunkortasuna hobetzeko konpromisoa duten pertsonak eta erakundeak biltzen dituena. Etorkizuneko Etxalde eredu batean sinesten duten profesional guztien bilgunea da: erresilientea, berritzailea eta gizarte, ekonomia eta ingurumen erronkei aurre egiteko gai dena.</t>
+  </si>
+  <si>
+    <t>Lurralde Berrikuntza Zentroen Sarea (CIT Sarea)</t>
+  </si>
+  <si>
+    <t>IKTak landa-eremuen gizarte- eta ekonomia-biziberritzean laguntzen duten esperientziak garatu eta partekatzeko ekosistema kolaboratiboak dira. Probintzia eta probintzia anitzeko mailan espazio estrategikoak dira , landa-eremu horietan jarduerak sortzea eta garatzea sustatzeko, baita espazio hauetan lan egiteko edo elkarlanean aritzeko modua birpentsatzeko ere. CITen helburu nagusia dauden proiektuak hobetzea eta ekimen berritzaileak abiaraztea da, lankidetzan, adimen kolektiboan eta gizarte-lurralde berrikuntzan oinarritutako "landa-eremu berri" kontzeptuan oinarrituta. CITen helburuak , Erronka Demografikorako estatu-politikarekin bat etorriz, hauek dira: Landa-ehun sozioekonomikoa sustatzea Erronka demografikoetan lanean, lurraldean dauden agenteak lagunduz Landa eremuetan bizi diren pertsonen bizi-kalitatea hobetzea Talentua atxiki eta erakarri Ekintzailetza garatu Lurralde-oreka bilatzen</t>
+  </si>
+  <si>
     <t>CTA (Andaluziako Korporazio Teknologikoa)</t>
   </si>
   <si>
-    <t>Enpresa elkarteak, Plataforma, Hubak</t>
+    <t>Enpresa elkarteak, Plataforma</t>
   </si>
   <si>
     <t>CTA Andaluziako berrikuntza kluster multi-sektoriala da, jarduera nazionala eta nazioartekoa duena. Enpresei, administrazio publikoei eta unibertsitateei beren beharretara egokitutako I+G+B estrategia bat planifikatzen laguntzen die. I+G+B beharrak identifikatu eta horiei erantzuteko proiektuak formulatu, bazkideak eta finantzaketa aurkitu arte, enpresei laguntzen die beren berrikuntza proiektuetan zehar. Aliatu estrategikoa da emaitzak negozio aukera bihurtzeko eta nazioarteko berrikuntza proiektuetan bazkide arrakastatsua. 186 enpresa kide baino gehiago dituen fundazio pribatua da, jatorriz Andaluziako Juntak sustatua eta kudeaketa pribatua duena, berrikuntza teknologikoa sustatzera dedikatua. 186 enpresa baino gehiago dira CTAren parte. Nazioarteko korporazio handietatik hasi eta sektore ekonomiko guztietako ETE edo startup teknologikoetaraino.</t>
   </si>
   <si>
+    <t>Erabilera Publikoko Basoen Sarea</t>
+  </si>
+  <si>
+    <t>REMP, Baso Publikoen Estatuko Sarea, baso-ondare publikoaren ezagutza hobetzeko eta balioa areagotzeko sare gisa sortu da, Erabilera Publikoko basoak zein Toki Erakundeenak direnak barne.</t>
+  </si>
+  <si>
     <t>FARMPEP</t>
   </si>
   <si>
-    <t>Plataforma</t>
-[...1 lines deleted...]
-  <si>
     <t>FarmPEP komunitatearen ekimen kolaboratibo bat da. 2020ko urtarrilean jarri zen abian Innovate UK proiektu baten bidez, ADAS, Agri-TechE, CCRI, Innovative Farmers, Open Coop eta The Farming Forum-ekin batera, COVID-19 osteko aroan nekazaritzan ezagutza partekatzea konektatzeko helburuarekin.</t>
   </si>
   <si>
-    <t>Erabilera Publikoko Basoen Sarea</t>
-[...5 lines deleted...]
-    <t>REMP, Baso Publikoen Estatuko Sarea, baso-ondare publikoaren ezagutza hobetzeko eta balioa areagotzeko sare gisa sortu da, Erabilera Publikoko basoak zein Toki Erakundeenak direnak barne.</t>
+    <t>EUFORGEN</t>
+  </si>
+  <si>
+    <t>EUFORGEN (Baso-Baliabide Genetikoen Europako Programa) nazioarteko lankidetza-programa bat da, baso-baliabide genetikoen kontserbazioa eta erabilera jasangarria sustatzen duena Europan, basoen kudeaketa jasangarriaren zati gisa. 1994an sortu zen, Forest Europe prozesuaren lehen Ministroen Konferentziak 1990ean onartutako ebazpen baten ondorioz.</t>
+  </si>
+  <si>
+    <t>RETECHFOR (Baso Teknologia Sarea)</t>
+  </si>
+  <si>
+    <t>RETECHFOR proiektua (Basoen monitorizaziorako eta ingurumen-hondamendien murrizketarako sare teknologiko eta territoriala, Basoen Bioekonomiaren garapenerako palanka gisa) Gaztela eta Leongo eta Kanariar Uharteetako Autonomia Erkidegoek sustatutako ekimen handinahia da.</t>
+  </si>
+  <si>
+    <t>PTFOR (Espainiako Basogintza Teknologia Plataforma eta haren Eratorri Industriak)</t>
+  </si>
+  <si>
+    <t>PTFOR basogintza sektorean eta hari lotutako industrietan I+G+B sustatzeko lankidetza sare nazionala da.</t>
+  </si>
+  <si>
+    <t>Nekazaritza Hedapen Digitala</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta abeltzaintza sistemen etengabeko ebaluazioak bultzatu du nekazaritza eta abeltzaintza digitalaren garapena.</t>
+  </si>
+  <si>
+    <t>Foresta Gorria</t>
+  </si>
+  <si>
+    <t>Plataformak bilgune gisa balio du, ekitaldi birtualak eta aurrez aurrekoak antolatuz, basoen plangintza, biodibertsitatearen kontserbazioa, suteen prebentzioa, teknologia berrien erabilera (droneak, sentsoreak, adimen artifiziala) eta klima-aldaketara egokitzapena bezalako gai garrantzitsuak eztabaidatzeko. Gainera, Basogintzako Ingeniari Teknikoen Elkargo Ofizialaren webgunearen bidez, prestakuntza-baliabideak, foro espezializatuak, talde tematikoak eta balio handiko eduki teknikoetarako sarbidea eskaintzen ditu, hala nola argitalpenak eta kasu-azterketak.</t>
+  </si>
+  <si>
+    <t>Espainiako Baso Zientzien Elkartea (SECF)</t>
+  </si>
+  <si>
+    <t>Espainiako Baso Zientzien Elkartea 1991n sortu zen Espainian baso-zientzien eta tekniken azterketa eta aurrerapena sustatzeko, bere kideen garapen zientifiko eta teknikoa sustatzeko, haien arteko lankidetza bultzatzeko eta beren arloetako erakundeen eta espezialisten arteko trukea sustatzeko, bai nazio mailan, bai nazioartean. Elkartearen kideen artean basogintzako eta antzeko arloetako ikertzaileak eta profesionalak daude, baita sektore pribatuan edo publikoan basogintzako lanak eta jarduerak egitea helburu duten enpresa eta erakundeak ere. Elkartean gehien ordezkatutako lanbide-titulazioen artean daude basogintzako ingeniariak, basogintzako teknikariak, nekazaritza-ingeniariak, biologoak, kimikariak, abokatuak, ekonomialariak, geologoak, farmazialariak eta beste batzuk.</t>
+  </si>
+  <si>
+    <t>CESEFOR</t>
+  </si>
+  <si>
+    <t>Basogintza sektoreak bioekonomia eta ekonomia zirkularreko estrategia berrietan duen funtsezko eginkizunaz konbentzituta gauden erakundea gara, eta sektore honen eta bere balio-kate guztien garapen integralerako gure ekarpena ezin hobeto egokitzen da, iraunkortasuna, berrikuntza eta ikerketa sustatuz bere ekoizpen-arlo guztietan.</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo Basogintza Ataria</t>
+  </si>
+  <si>
+    <t>Eman begirada bat Gaztela eta Leongo basogintza sektorearen leiho honi. Arakatu, bere atari tematikoen bidez, landa eremuak biziberritzen, biztanleria mantentzen eta enplegua sortzen duten tokiko baliabide batzuk. Ezagutu pertsonaia garrantzitsuenetako batzuk Basogintza Datuen Atariaren bidez, eta ez galdu datozen ekitaldi interesgarriak. Hori guztia, hemen bertan. Hemendik zuhaitza ikusten dugulako. Eta basoa.</t>
+  </si>
+  <si>
+    <t>PEFC</t>
+  </si>
+  <si>
+    <t>PEFC, Baso Ziurtagirien Onarpen Programa, baso-ziurtagirien sistema nazionalen arteko aliantza global liderra da. Nazioarteko gobernuz kanpoko eta irabazi-asmorik gabeko erakunde gisa, basoen kudeaketa jasangarria sustatzera dedikatzen gara hirugarrenen ziurtagiri independenteen bidez.</t>
+  </si>
+  <si>
+    <t>SIEX (Nekazaritza Ustiategien Informazio Sistema)</t>
+  </si>
+  <si>
+    <t>Nekazaritza Ustiategien Informazio Sistemak (SIEX) nekazaritza, abeltzaintza eta basogintza sektoreetako informazio iturri desberdinen arteko interoperabilitatea bilatuko du.</t>
+  </si>
+  <si>
+    <t>AFINET</t>
+  </si>
+  <si>
+    <t>AFINETek, agrobasogintza sektorean diharduten zientzialarien eta profesionalen arteko ezagutza trukea eta transferentzia sustatzeko diseinatutako sare tematikoa. Hainbat ikerketa-proiekturen emaitzak ezartzeko eta profesionalei erronkak eta arazoak gainditzen laguntzeko ideia berritzaileak sustatzeko Europa mailan jardungo du.</t>
+  </si>
+  <si>
+    <t>Espainiako Nekazaritza Organikoaren/Agroekologiaren Elkartea (SEAE)</t>
+  </si>
+  <si>
+    <t>EAE irabazi-asmorik gabeko elkartea da, landa-garapen jasangarriaren pean agroekologian oinarritutako kalitatezko elikagaien ekoizpenari buruzko ezagutza hobetzea eta zabaltzea sustatzen duena.</t>
+  </si>
+  <si>
+    <t>DATAGIA</t>
+  </si>
+  <si>
+    <t>DATAGIA Gaztela eta Leongo Nekazaritza Elikagaien Plataforma Digitala da, nekazaritza elikagaien sektorearen digitalizazioa bizkortzeko sortua, datuen erabilera aurreratua erraztuz eta teknologiak gaitzen tamaina eta heldutasun digital maila desberdinetako enpresetan. DATAGIA RETECH PAN proiektuaren esparruan sortutako ekimen bateratua da, sektoreko erabilera kasu errealetara bideratutako nekazaritza elikagaien datu espazio interoperagarri eta seguru bat eraikitzeko. Datu partekatuen plataforma - Enpresek, kooperatibek, teknologia-zentroek eta administrazioek nekazaritza-elikagaien kateko datuak konektatu, harmonizatu eta ustiatu ditzaketen ingurunea. Benetako munduko erabilera kasuak . - Trazabilitatean, optimizazioan, gauzen internetean, adimen artifizial azalgarrian, errealitate areagotuan eta datu espazioan oinarritutako moduluak, kateko puntu desberdinetan proiektu pilotuekin. Komunitatea eta ezagutzaren transferentzia . - Tailerrak, prestakuntza saioak eta proiektuaren ezagutza eta emaitzak partekatzen dituzten enpresa eta erakundeen komunitate aktiboa. RETECH PAN hainbat autonomia erkidegok —Gaztela eta Leonek, Gaztela-Mantxak, Errioxak eta Extremadurak— parte hartzen duten lankidetza-proiektu bat da, eta helburu du nekazaritza-elikagaien katearen digitalizazio aurreratua sustatzea, teknologia eta datu digitalen erabileraren bidez.</t>
   </si>
   <si>
     <t>Andaluziako Ingurumen Informazio Sarea</t>
   </si>
   <si>
     <t>Andaluziako Gobernuko Iraunkortasun eta Ingurumen Ministerioa da Andaluzian ingurumen-informaziorako sarbide-eskubidea bermatzeaz arduratzen den organoa. Zehazki, abuztuaren 26ko 170/2024 Dekretuak, bere egitura antolatzailea ezartzen duenak, xedatzen du Ingurumen eta Klima Aldaketa Idazkaritza Nagusia dela Ingurumen Informazio Sarearen (REDIAM) antolaketa, kudeaketa, egituraketa eta funtzionamenduaz arduratzen dena. Sare honek Andaluziako ingurumenari buruzko informazio alfanumeriko, grafiko eta bestelako guztia integratzen eta zabaltzen du, Autonomia Erkidegoko ingurumen-informazioa ekoizten duten zentro mota guztiek sortua. Informazio hau kudeaketan, ikerketan, zabalkunde publikoan eta erabakiak hartzeko erabilerarako da, baita informazio estatistiko eta kartografikoa ekoizteko Ministerioaren jarduera-ildoak ezartzeko ere.</t>
   </si>
   <si>
-    <t>RECAN (Nekazaritza Kontabilitate Sare Nazionala)</t>
-[...4 lines deleted...]
-  <si>
     <t>RUENA Sarea</t>
   </si>
   <si>
     <t>CICYTen hainbat proiektu onartu ondoren, nitrifikazio inhibitzaileak atmosferara eta uretara nitrogenoa galtzeko tresna gisa erabiltzearekin lotuta, eta Zientzia eta Teknologia Ministerioaren (MCyT) koordinaziorako proposamenarekin bat etorriz, lehen bilera bat egin zen Iruñean. Bilera honetan, "Nekazaritzan Nitrogenoaren Erabilera Eraginkorra" izeneko Sare Tematiko bat sortzeko ideia planteatu zen lehen aldiz. Ondorengo bilerak Lleidan eta Madrilen egin ziren, eta bertan MCyTren Ekintza Berezietarako Deialdira aurkeztea adostu zen. 2002ko urtarrilean, Sarea sortzeko proiektua aurkeztu zen bertaratutako gehienen babesarekin, eta azkenean 2002ko irailean onartu zen. Ulertzen dugu onarpen honek Zientzia eta Teknologia Ministerioak Sarearen existentzia ofizialki aitortzen duela. Argibideak: Sare tematikoa irabazi-asmorik gabekoa da. Ez du bileretan parte hartzeko funtsik; diru-laguntza txikiak baino ezin dira eman haien gauzatzea errazteko.</t>
   </si>
   <si>
     <t>Emakume Abeltzainen Sarea</t>
   </si>
   <si>
     <t>Proiektu hau abeltzaintza sektorean emakumeen lekua berreskuratzeko beharretik sortu zen. Taldeak abeltzaintza estentsiboaren irudi gizonezkoek menderatua hautsi eta jasaten duten diskriminazio soziala, instituzionala eta profesionala gainditu nahi du. "Bai Sierrara iritsi berri diren artzain ikasleek, bai belaunaldiz belaunaldiko artzain esperientzia duten abeltzain beteranoek hizkuntza bera erabiltzen dute, eta batez ere, argi dugu zer aldatu nahi dugun: ikusezintasun iraunkorretik lehen planora igaro nahi dugu, erabaki garrantzitsuak hartzen diren lekuetan ahotsa izan nahi dugu, abeltzaintza eta artzaintza estentsiboaren irudi guztiz gizonezkoek menderatua hautsi nahi dugu, emakume abeltzain gisa errespetatuak izan nahi dugu, jasaten dugun diskriminazio familiarra, soziala, administratiboa eta profesionala gainditu nahi dugu, burokrazia gehiegizkoa aldatu nahi dugu, etxeko lanak gizonekin partekatu nahi ditugu eta emakume gisa guztiok jasaten ditugun lan anitzeko derrigorrezkoak gainditu nahi ditugu. Aldaketa nahi dugu".</t>
   </si>
   <si>
     <t>Udal Abeltzaintza eta Haragi Sarea</t>
   </si>
   <si>
     <t>Nekazaritza-ekoizpen nazionaleko sektore handienaren eta elikagai-industria nagusiaren defentsan. Sektore pribatuaren eta udalen arteko elkarrizketa-foro bihurtu nahi duen plataforma bat, ekintza eta lankidetza publiko-pribatua sustatuz, eta elikagai-hornikuntza-katearen funtsezko eginkizuna aitortuz nazio gisa ditugun erronka demografiko eta ekonomikoei aurre egiteko.</t>
   </si>
   <si>
-    <t>Baserri Tradizionalen Sare Nazionala</t>
-[...4 lines deleted...]
-  <si>
     <t>REDIGA</t>
   </si>
   <si>
     <t>REDIGA ikertzaileen eta erakundeen arteko sinergiak indartzeko, ikerketaren ikusgarritasuna eta proiekzioa handitzeko eta abeltzaintza zehatzean ekosistema kolaboratibo bat eraikitzeko sortu zen.</t>
   </si>
   <si>
     <t>Sareko artzaingintza</t>
   </si>
   <si>
     <t>Gure filialak, Red Eléctrica-k, bultzatutako ekimen honek abereen bazkatze estentsiboaren bidez linea elektrikoen azpiko landaredia kudeatzea du helburu. Gure instalazioak naturarekin eta landa-ingurunean integratzeko dugun konpromisoa islatzen du, korridore ekologiko bihurtuz eta, horrela, habitataren zatikatzea murriztuz.</t>
   </si>
   <si>
-    <t>SiAR estazio meteorologikoen sarea</t>
-[...4 lines deleted...]
-  <si>
     <t>Agroekologia Ekintzan Sarea</t>
   </si>
   <si>
     <t>Agroekologia Martxan Sarea herrialde osoan garatzen ari diren hainbat agroekologia eta nekazari-oinarritutako proiektu lotzeko asmoarekin hasten da, sektorea koordinatzen laguntzeko, behar komunei irtenbideak proposatzeko eta proiektu horiek sendotzeko. Ekologistak Martxan, urteak daramatzagu agroekologia lanean landa-eremuek etorkizunean dituzten erronka ekologiko eta sozialei aurre egiteko ikuspegi baliozko eta potentzial handiko gisa, elikadura-sistema industrial eta globalizatuak sortuak. Gainera, agroekologiako ekintzaile eta aldeko askok mota honetako proiektuetan murgildu dira, batez ere nekazari-eskalako ereduetan, zailtasun askorekin horiek ezartzeko eta mantentzeko. Zaintza-oinarritutako proiektuen garapenak ez du behar bezalako laguntzarik jasotzen egungo eredu kapitalista eta patriarkalaren barruan. Zaintza erdigunean jartzeak —lurraren zaintza eta geure buruaren zaintza— zaildu egiten du gure proiektuak ezartzea. Urteetan zehar proiektu asko bertan behera geratu dira edo eraldatu egin dira, baina gero eta gehiago jaiotzen ari dira eta erresistentzia egiten ari dira, ingurumena, pertsonak eta planetaren etorkizuna errespetatzen duen beste garapen sozioekonomiko eredu bat nahi dugulako eta horren alde gaudelako.</t>
   </si>
   <si>
     <t>Karbono-nekazaritzako nekazarien sarea</t>
   </si>
   <si>
     <t>Elikagaiak ekoizteko modu berriak zabaltzen eta ulertzeko moduak zabaltzen laguntzeko nekazaritza-sare bat sustatzen ari gara. Ziur gaude lehen sektoreak lurzoruaren berreskurapena, auto-ugalkortasuna eta kontserbazioa faboratzen dituzten agronomia-estrategien aldaketa behar duela, aldi berean bideragarritasun ekonomikoa indartuz. Gure elkartearen helburua karbonoan oinarritutako nekazaritza biologiko deitzen dugunarekin lotutako prestakuntza eta ezagutza eta esperientzien trukea sustatzea da. 'Biologiko' terminoak dagoen biologiarik logikoena barne hartzen du: naturaren eredua. Badakigu dagoeneko gure herrialdean eta inguruko herrialdeetan lurzoruaren berreskurapena, auto-ugalkortasuna eta kontserbazioa sustatzen dituzten agronomia-teknikak esperimentatzen eta bilatzen ari diren hainbat ekimen pribatu daudela. Baserri hauek beren bideragarritasun ekonomikoa erakusten ari dira eta, beraz, erreferente bihurtzen ari dira beren arloan. Sare hau sortuz, sareko kideen arteko informazio, esperientzia eta zailtasunen trukea sustatzen dugu nekazaritzak dituen erronkei aurre egiteko: ingurumen, klima eta energia krisia, hornidura krisia (ongarriak, haziak, etab.) eta sektorearen biziraupena bera.</t>
   </si>
   <si>
     <t>Andaluziako Belardi-Suteen Aurkako Eremuen Sarea (RAPCA)</t>
   </si>
   <si>
     <t>Sareak abeltzaintzako erabileran zentratutako sarea, suteen aurkako eremuetatik erregai begetala kentzeko eta baso-suteak prebenitzeko azpiegiturak mantentzeko. Sare honen funtzionamenduaz talde tekniko bat arduratzen da, INFOCArekin koordinatuta eremu egokienak zehaztuz eta abeltzainak irizpide tekniko zorrotzen arabera hautatuz, ondoren haien errendimendua ebaluatzeko. RAPCAren onurak : Prebentzio-funtzioa Ezinbesteko lana da gure basoak suteetatik babesteko, ez bakarrik su-hesiak mantenduz, baita artzainen presentzia bermatuz ere. Material sukoien metaketa murrizten du Funtsezko zeregina du iristeko zailak diren eremuetan basogintza prebentiboan. Ingurumen-hobekuntzak Biodibertsitatea handitzen du, haziak sakabanatzen laguntzen du, lurzoruaren egitura hobetzen du eta higadura eta basamortutzea murrizten ditu. Landa-ingurunerako ekarpena Pastorearen lana aitortzen da Landa-garapen jasangarriari eta landa-biztanleriaren finkapenari laguntzen dio Bertako arrazen erabilera eta kalitatezko produktuen ekoizpena sustatzen ditu</t>
   </si>
   <si>
     <t>LAURO</t>
   </si>
   <si>
     <t>Europako baso-jabeen elkarteentzako laguntza-sarea, berrikuntza eta prestakuntza eskainiz haien langile teknikoei. Sareak honako hau eskaintzen du: Adituen Prestakuntza: Hartu parte SFH ezagutza eta esperientzia praktikoa transferituz zure ezagutza hobetzeko eta erabakiak hartzeko gaitasuna hobetzeko diseinatutako webinarretan. Aukera berritzaileak: Lortu zure baso-eragiketen errentagarritasuna eta iraunkortasuna hobetzen dituzten negozio-eredu, ideia eta aukera berrietarako sarbidea. Konexio baliotsuak: Konektatu zuzenean ikuspegi berritzaile hauek arrakastaz ezartzen ari diren kudeatzaileekin , komunitateak bultzatutako sare-lanaren eta laguntzaren bidez.</t>
-  </si>
-[...4 lines deleted...]
-    <t>AFINETek, agrobasogintza sektorean diharduten zientzialarien eta profesionalen arteko ezagutza trukea eta transferentzia sustatzeko diseinatutako sare tematikoa. Hainbat ikerketa-proiekturen emaitzak ezartzeko eta profesionalei erronkak eta arazoak gainditzen laguntzeko ideia berritzaileak sustatzeko Europa mailan jardungo du.</t>
   </si>
   <si>
     <t>GOMENDATU</t>
   </si>
   <si>
     <t>FORADVISE-k ezagutza-hutsuneak itxiko ditu eta tresnak emango ditu basogintzako aholkularitza-zerbitzuak modernoak, eraginkorrak eta Nekazaritza Ezagutza eta Berrikuntza Sistemetan (AKIS) ondo integratuta egon daitezen, bai estatu mailan bai EB mailan. Bere helburuak hauek dira: Europako Sareen Garapena Gaitasunen eraikuntza eta prestakuntza Basogintzako Ezagutza eta Berrikuntza Sistema (FOKIS) ulertzea eta modernizatzea</t>
   </si>
   <si>
     <t>BBioNets</t>
   </si>
   <si>
     <t>BBioNets EIP-AGRI Talde Operatiboek egindako lanean oinarritutako sare tematiko bat da, nekazaritza eta basogintzako biomasaren kudeaketarekin eta/edo prozesamenduarekin lotuta, Bio-Oinarritutako Teknologiak (BBT) erabiliz, hura sustatuz eta bultzatuz. BBioNetsek sei Eskualdeko Basogintza eta Nekazaritza Sare (FAN) ezartzea aurreikusten du, Irlandan, Espainian (CTA, Tepro), Italian, Grezian, Polonian eta Txekiar Errepublikan bazkideekin. Egin klik hemen liburuxka gaztelaniaz ikusteko.</t>
   </si>
   <si>
     <t>PTI. SOSECOCIR CSIC</t>
   </si>
   <si>
     <t>PTI SosEcoCir-en eginkizuna garapen jasangarria sustatzea da, lurraldearen hazkunde industriala eta sozioekonomikoa baliabide naturalen kontserbazioarekin konbinatuz. Plataformaren helburuak : Hiri-ingurunearen (hiri-komunitateak) jasangarritasunera bideratutako ekintzak eta azterketak aurrera eramatea. Berotze globalaren ondorioak arintzea; sektore-politikak (nekazaritza, basogintza, ingurumena) gidatzea. Baliabideen eta hondakinen kudeaketan irtenbide berritzaileak ezartzea. Karbono-aztarna murriztea eta energia modu eraginkorragoan erabiltzea erregai naturalak garatuz eta eraikinen energia-beharrak murriztuz. Nekazaritza jasangarriagoa lortzeko gobernantza sistemak ezartzea. Giza beharren, berrikuntzaren eta garapen sozioekonomikoaren arteko orekak ezartzea.</t>
   </si>
   <si>
     <t>Inno4Grass</t>
   </si>
   <si>
     <t>Inno4Grass "Shared Innovation Space for Sustainable Grassland Productivity in Europe" akronimoa da, nazioarteko proiektu anitzekoa, non zortzi EBko herrialdetako nekazari-erakunde nagusiak, hedapen-zerbitzuak, hezkuntza- eta ikerketa-erakundeak biltzen diren: Belgika, Frantzia, Alemania, Irlanda, Italia, Herbehereak, Polonia eta Suedia. Belardiek zeregin garrantzitsua dute nekazaritza-ekoizpenean, eta esneki, behi- eta ardi-haragiaren ekoizpena motor ekonomiko garrantzitsua da. Gainera, publiko orokorrari/gizarteari zuzentzen zaio mezu honekin: landa-eremuko biztanleek modu iraunkorrean kudeatutako basoak aberastasun-iturri handia direla, kortxoa, erretxinak, landare aromatiko eta sendagarriak eta fruitu lehorrak eta baia basatiak, perretxikoak eta trufak bezalako produktu jangarriak ematen dizkigutenak. Gure basoetako jarduera sozioekonomikoak ere baso-suteen prebentzioan laguntzen du.</t>
   </si>
@@ -237,62 +351,50 @@
   <si>
     <t>Madrilgo Hiri Lorategien Sarea</t>
   </si>
   <si>
     <t>Madrilgo Hiri Baratzeen Sarea Madrilgo hiriko nekazaritza komunitarioan parte hartzen duten herritarrek bultzatutako ekimena da. Sarea Madrilgo hiri-nekazaritzaren profila handitzeko eta hiri-baratzeen beharrei erantzuteko sortu zen, elkarri laguntzeko eta ezagutza, esperientziak, hornigaiak eta gehiago partekatzeko. Sarearen helburuetako bat gure hiriko agroekologia komunitarioko ekimenen bilgune bat sortzea da eta hiri-eredu jasangarriago baterantz aurrera egitea, ingurumen-hezkuntza, elikadura-subiranotasuna, elikagaien banaketa-kanal zuzenak, kontsumo-taldeak, mugikortasun jasangarria eta konpostatzea bezalako gaiak jorratzen dituena.</t>
   </si>
   <si>
     <t>EIP-AGRI</t>
   </si>
   <si>
     <t>Europako sareak, proiektuak, ikerketak eta ekitaldien eta berrikuntzaren hedapena sustatzeko plataforma</t>
   </si>
   <si>
     <t>Elikagaien Eskala Txikiko Prozesamendua Sustatzeko Sarea (RITA)</t>
   </si>
   <si>
     <t>Berrikuntza eta birkokapena funtsezko alderdiak dira enpresa txiki eta ertainen (ETE) eta elikagaien prozesamenduan parte hartzen duten pertsonen bideragarritasunerako. Lantegi partekatuak, hiltegi eta ebaketa-gelak txikiak, eta artisau- eta eskala txikiko prozesuetara egokitutako beste instalazio batzuk berritzaileak dira, eta, kasu askotan, aitzindariak, ETE sektorearen garapen iraunkorrerako. Praktika berritzaile hauek alderdi tekniko garrantzitsuak jorratzen dituzte, baina baita alderdi sozialak, kudeaketakoak eta gobernantzakoak ere, besteak beste, elikagai osasungarriak eskaintzeko, prezio justuak lortzeko eta landa-enpleguan eragin positiboa izateko beharrezkoak direnak. Eskala Txikiko Elikagaien Prozesamendua Sustatzeko Sareak elikagaiak eskala txiki eta ertainean prozesatzen dituztenentzako ekosistema solidario bat sustatzea du helburu, eta biztanleriaren osasungarriak, kalitatezkoak, ingurumena errespetatzen dutenak eta ekoizten dituzten pertsonentzat bidezkoak diren elikagaietarako sarbidea hobetzea eta landa-eremuen garapen sozioekonomikoa sustatzea. RITA elikadura sistema territorializatuen garapenerako, prozesu kolektiboen artikulaziorako eta agroekologiaren sustapenerako ekimenetan esperientzia handia duten 6 entitatek sustatutako proiektua da: ARCA (Associació d'Initiatives Rurals i Marítimes de Catalunya), Germinando, Extremadura Alimenta, Sindicato Labrego, SEAE (Sociedad Española de Agricultura-Ucología y Agricultural Ecología y Instituto Galego) Estudios Campesinos – Grupo PAIDI SEJ 179 de la Universidad de Córdoba).</t>
   </si>
   <si>
     <t>RAIA - Landa Berrikuntzaren Laguntza Sarea</t>
   </si>
   <si>
     <t>RAIA proiektuak Alentejo-Algarve-Andaluzia eskualdean sare bat sortzea du helburu, administrazio publikoei, elkarte-ehunari, enpresei eta herritarrei landa-eremuetan nekazaritza-berrikuntza sustatzeko beharrezko tresnak eskainiko dizkiena, La Rayako mugaz gaindiko eremua negozio-aukera berriak dituen eta sortzen diren erronka eta aukera berriei aurre egiteko gai den lurralde bihurtuz. Berrikuntza landa-garapenaren motortzat hartzen da, abantaila lehiakorrak ezartzen dituena, eta, beraz, etorkizuneko sarearen ezaugarri nagusietako bat da.</t>
   </si>
   <si>
-    <t>Espainiako Nekazaritza Organikoaren/Agroekologiaren Elkartea (SEAE)</t>
-[...10 lines deleted...]
-  <si>
     <t>Red PlasPain</t>
   </si>
   <si>
     <t>Nekazaritza-elikagaien eta biomedikuntzaren industrietarako plasma-teknologiaren ikerketan oinarritutako sare bat. Hainbat unibertsitatetako hamaika ikerketa-taldek parte hartzen dute sarean. Sarearen helburua plasma teknologiaren arloko ikerketa sendotzea eta hobetzea da, industria biomediko eta nekazaritzako elikagaien industrietan aplikatua. Helburu espezifikoak : Ideien truke aktiboa eta ikerketan lankidetzak ezartzea sustatzea; Sareko kide ez diren beste ikerketa-talde erlazionatuekin elkarreragina sustatzea, lurralde nazionalean zein kanpoan; Sareko talde bakoitzean ezarritako ekipamendu, zerbitzu eta teknologien erabilera sustatzea ikerketa bateratuaren garapenean; Sarea eta haren jarduerak gizarteari sustatzea; Emaitzen transferentzia eta ehun sozioproduktiboarekin elkarreragina sustatzea.</t>
   </si>
   <si>
     <t>Espainiako Lekaleen Sarea (RELEG)</t>
   </si>
   <si>
     <t>Sarea landare-oinarritutako elikagaien mundu mailako eskaria gero eta handiagoari, ingurumen-kezkei eta elikagaien segurtasunari erantzuteko sortu zen. Sarearen helburu nagusia lekaleek gizarteari eskaintzen dizkioten zerbitzu agronomiko, ekonomiko eta nutrizionalak optimizatzea da, eta horrela haien ezarpena sustatzea. Helburu zehatzak hauek dira: Lekaleei buruzko ikerketak koordinatu eta integratu hainbat diziplinatan, hala nola genetika, genomika, hazkuntza, agronomia, ekologia eta nutrizio-kalitatean. Lekaleetan oinarritutako nekazaritza-praktiken aurrerapenean lagundu, produktibitatea eta ingurumen-iraunkortasuna handitzeko. Hainbat arlotako ezagutza eta esperientzia integratzen dituen ikuspegi sintetikoa sustatzea. Nekazaritzaren jasangarritasuna hobetzea eta elikagaien eta pentsuen horniduraren segurtasuna indartzea. Lan-talde koordinatuen bidez, arlo ezberdinetako ikertzaileen arteko truke zientifikoa eta lankidetza sustatzea. Proteina gabezia murriztea lekaleen ikerketan eta berrikuntzan arreta jarriz. Lekaleen laboreen egokitzapena, produktibitatea, estresarekiko erresistentzia eta kalitatea zehazten dituzten ezaugarrien ulermena hobetzea. Lekaleen osaera eta nutrizio-kalitatea ikertzea eta sektoreko elikagaien berrikuntza sustatzea.</t>
   </si>
   <si>
     <t>Espainiako Elikagaien Segurtasunerako Zereal Erresiliente eta Kalitatezkoen Ikerketa Sarea (CERES)</t>
   </si>
   <si>
     <t>Zereal-laboreen fisiologia, genetika, fenotipatzea, biokimika eta bioteknologia arloetako Espainiako ikerketa publikoaren ahaleginak koordinatzea helburu duen sare bat, honako hauetarako: Klima-aldaketak zereal-ekoizpenean duen eragina arintzeko baliabide genetiko, genomiko eta fenomenikoen erabilera konbinatzea ahalbidetzen duten estrategiak proposatzea. Balio erantsiko zerealak ekoizteko eta Komunikazio-bideak indartu eta emaitzak lortu hazien, ongarrien eta nekazaritza-teknologiaren garapenaren sektorearekin. Horretarako, landare-baliabide genetikoetan, genetikan eta genomikan, aurre-hazkuntzan eta hobekuntzan, kalitate funtzional eta nutrizionalean, fisiologian, fenotipazioan, biokimikan eta zerealen biologia molekularrean zentratutako ikerketa-taldeak biltzen ditu.</t>
   </si>
   <si>
     <t>PalmerNet</t>
   </si>
   <si>
     <t>Amaranthus palmeri eta/edo herbiziden aurkako erresistentziarekin lan egiten duten 7 ikerketa-talde nazional , eta hura kontrolatzeko tresna berriak eman ditzaketen beste batzuk, integratzen dituen sarea. Helburua A. palmeriri buruzko ikerketa-lerro nazional bat sendotzea da, Espainian diziplina anitzeko talde ezberdinek egiten ari diren lana barne hartzen duena, orain arte lortutako lorpenak aprobetxatzeko eta haren egonkortasuna eta eragin zientifiko eta soziala bermatzeko. PalmerNETen helburu nagusia A. palmeriren sarrera eta hedapenaren arazoa Espainian definitzea eta konpontzea da, eta hura prebenitzeko eta kontrolatzeko irtenbideak bilatzea maila nazionalean.</t>
   </si>
   <si>
     <t>SICURA OneHealth4Food Sarea</t>
@@ -447,56 +549,50 @@
   <si>
     <t>AgriSpin - Nekazaritza berrikuntzarako espazioa</t>
   </si>
   <si>
     <t>AgriSpin proiektuak jarraibideak eskaintzen dizkie bazkideei bilerak antolatzeko, beste sare eta proiektu tematikoekin bileretan parte hartzeko eta beren erakundearen barruan eragina sortzeko.</t>
   </si>
   <si>
     <t>Animalien Osasun Ikerketa Sarea (RISA)</t>
   </si>
   <si>
     <t>Sareak Espainiako animalien osasunean diharduten ikertzaileak biltzen ditu entomologia, epidemiologia eta animalien ongizatea bezalako diziplinetako animalien osasunaren ikerketa-talde desberdinen arteko sinergiak hobetzeko. Horren helburua baliabideen erabilera arrazionalagoa, arduratsuagoa eta optimizatuagoa lortzea da, animalien osasuna eta ongizatea bermatuz, eta, ondorioz, osasun publikoa. Sarearen helburuak hauek dira: Sinergiak indartzea: Gure herrialdeko animalien osasunaren ikerketa-taldeen arteko sinergiak indartzea, lurreko fauna basati eta etxekotuan adituak direnen eta animalien osasunaren diziplina desberdinetako profesionalen parte-hartzearekin, hala nola entomologia, epidemiologia, bakteriologia, birologia, immunologia, anatomia patologikoa, animalien ongizatea eta etologia, besteak beste. Nazioartekotzea sustatzea: Espainiako animalien osasunaren ikerketa sektorearen nazioartekotzea sustatzea. Balioak sustatzea: Baliabideen erabilera arrazionala, arduratsua eta optimizatua sustatzea, animalien osasuna eta ongizatea eta, ondorioz, osasun publikoa bermatzeko. Teknologiaren transferentzia eta hedapena sustatzea: Animalien osasunean teknologiaren transferentzia eta zientziaren hedapena sustatzea sektore mailan eta publiko orokorrarentzat. Jarduerak antolatzea: Animalien osasunaren ikerketarako garrantzi handiko gaiei buruzko jarduerak antolatzea, hala nola berrikuntza, segurtasun biologikoa, Osasun Bakarra ikuspegia, ingurumena, etab. Elkarlanean aritu: Animalien osasunaren ikerketa sektorearen ikusgarritasun eta komunikazio handiagoa sustatzeko lankidetzan aritu Espainian eta atzerrian.</t>
   </si>
   <si>
     <t>PTI. SUSPLAST CSIC</t>
   </si>
   <si>
     <t>SusPlastek plastikoak diseinatzeko, ekoizteko, erabiltzeko eta birziklatzeko modua eraldatu nahi du ekonomia zirkular baterantz aurrera egiteko, materialen zientzia eta bioteknologia barne hartzen dituen ikuspegi sinergiko baten bidez, ikerketa eta berrikuntza jarduerak garatuz, baita gizarte-hezkuntza estrategiak ere. Plataformaren helburuak hauek dira: Birziklapenerako estrategia kimiko eta bioteknologikoen garapena eta polimero iraunkor berrien garapena. Plastikoen kutsadurak osasunean eta ingurumenean dituen ondorioen azterketa. Ingurumen-inpaktu txikiagoa duten plastikoen erregulazioa eta ziurtapena. Plastikoen egungo egoerari eta aurrerapenei buruzko zabalkunde-, irakaskuntza- eta prestakuntza-jarduerak.</t>
   </si>
   <si>
     <t>PTI. TRANSENER+ CSIC</t>
   </si>
   <si>
     <t>Bost arlo estrategikotan biltzen dituen plataforma bat, bere jarduerak: energia berriztagarrien sorkuntza (biomasa, eguzki-energia termikoa eta fotovoltaikoa, haize-energia, etab.), energia-biltegiratze eraginkorra, industria-deskarbonizazioa, hidrogeno-teknologiak eta elektrifikazioa. Plataformaren helburuak hauek dira: Energia-zikloko funtsezko teknologien garapena sustatzea, energia-sistema merkeagoa, fidagarriagoa, lehiakorragoa eta jasangarriagoa lortzeko, bai sozialki bai ingurumen aldetik. CSICen gaitasunak, teknologiak eta ezagutzak integratzea, teknologikoki aurreratu diren proiektuei aurre egiteko eta industria sektorean azkar integratzeko.</t>
   </si>
   <si>
-    <t>Elaia</t>
-[...4 lines deleted...]
-  <si>
     <t>PTI. SOILBIO CSIC</t>
   </si>
   <si>
     <t>CSICen Diziplina Anitzeko Plataforma Tematikoa (PTI), lurzorua oinarrizko baliabide natural gisa aztertu eta kontserbatzeko konpromisoa duena. PTIren helburua lurzoruekin lotutako ikerketa zientifiko eta teknikoaren eragina eta kalitatea hobetzea da, nekazaritza-zientzietan arreta jarriz, baina beste azpi-arlo batzuetako talde interesdunekin lankidetzan aritzeko aukera zabalik. Helburu espezifikoak hauek dira: Plataformako taldeen arteko komunikazioa eta lankidetza erraztu ohiko jardueren bidez. CSICen lurzoru-arloko lankidetza sustatzea enpresekin eta beste erakunde publiko batzuekin, diziplina eta biogeografia-arlo askotariko lurzoru-talde eta -espezialisten direktorio eguneratu eta koordinatu bat eskainiz. Parte hartzen duten taldeei laguntzea proposamen-deialdi nazional eta internazionaletan parte hartzen, sareko talde desberdinen arteko lankidetza koordinatua sustatuz. Lurzoruen arloan ekimen bikainak identifikatu eta sustatu, hala nola sarean erabil daitezkeen epe luzeko esperimentuak.</t>
   </si>
   <si>
     <t>PTI AGROFOR CSIC</t>
   </si>
   <si>
     <t>Diziplina ezberdinen ahaleginak nekazaritza eta elikadura produktibitatearen eta jasangarritasunaren gizarte erronkari erantzunak ematen dizkioten helburu eta jarduera espezifikoen inguruan batzen dituen plataforma.</t>
   </si>
   <si>
     <t>AGRIAMBIO CSICeko PTI</t>
   </si>
   <si>
     <t>Plataformak Espainiako Nekazaritza Politika Bateratuaren (NPB) eraginkortasun sozio-ingurumenekoaren hobekuntza egokitzailerako oinarri zientifikoa emango duen ezagutza sortzea du helburu.</t>
   </si>
   <si>
     <t>PTI. ELIKAGAIEN ALERGIA CSIC</t>
   </si>
   <si>
     <t>PTIren erronka eragin handia, hedapen zabala eta sentikortasun handia duten elikagai-alergenoen ezagutza eta detekzioa da.</t>
   </si>
   <si>
     <t>Klima OrganikoaNET</t>
@@ -573,98 +669,80 @@
   <si>
     <t>EUNetHorse</t>
   </si>
   <si>
     <t>Zaldi-sektoreko agenteen eta interesdunen artean ezagutza eta ikaskuntza trukatzea sustatzen duen sare batek, zaldi-ustiategien erresilientzia hobetzeko, zaldi-sektorea egituratzen eta lan-ohitura berriak sendotzen lagunduko du.</t>
   </si>
   <si>
     <t>FARMWELL</t>
   </si>
   <si>
     <t>Nekazarien ongizate mentala, fisikoa eta soziala hobetzea helburu duen sare bat, gizarte-erronka arruntei aurre egiteko gizarte-berrikuntzak eskuratzeko aukera emanez. FARMWELLek nekazariei eta haien familiei zuzendutako gizarte-berrikuntzak ezartzen laguntzea du helburu, testuinguru nazional eta lokal anitzetan.</t>
   </si>
   <si>
     <t>FOREST4EU</t>
   </si>
   <si>
     <t>Europako basogintza eta agrobasogintzaren berrikuntza eta sustapenerako Europako lankidetza-sare bat</t>
   </si>
   <si>
     <t>Grazing4AgroEcology</t>
   </si>
   <si>
     <t>Sare tematikoa, artzaintzan oinarritutako abere-ekoizpen sistema iraunkor eta integratuetarako irtenbideak eskaintzen dituena</t>
   </si>
   <si>
-    <t>NUTRICHECK-NET</t>
-[...4 lines deleted...]
-  <si>
     <t>NUTRI-JAKINTZA</t>
   </si>
   <si>
     <t>Nekazari eta profesionalentzako informazio praktikoaren bidez, EIP-AGRI talde operatiboen mantenugaien kudeaketaren arloko ezagutza baliatzen duen sare tematikoa.</t>
   </si>
   <si>
     <t>Oper8</t>
   </si>
   <si>
     <t>Sare tematikoa, parte-hartze prozesuak ezartzeko eta belar txarren kontrolerako metodo ez-kimikoen erabilera faltaren faktoreak, oztopoak eta erroko arrazoiak identifikatzeko.</t>
   </si>
   <si>
     <t>Hasiberria</t>
   </si>
   <si>
     <t>Deskribatu negozio eta sarrera eredu berrien egoera. Bildu Europa osoko jardunbide egokien adibideak. Garatu negozio eredu eta sarrera eredu berritzaileak identifikatu, garatu eta sustatuko dituzten sartu berrientzako laguntza sareak. Sareek gutxienez 50 kide izango dituzte herrialde bakoitzeko. Garatu tresna multzo praktiko bat (tresna sorta), interesdun talde espezifikoei zuzendutako gomendio eta jarraibideekin.</t>
   </si>
   <si>
     <t>BRILLA-SARETOA</t>
   </si>
   <si>
     <t>Europako hegazti-hazkuntza sektorearen erresilientzia eta iraunkortasuna hobetzea helburu duen sarea, zientziaren eta praktikaren arteko elkarrekintzarako espazio bat sortuz, baita Europako hegazti-hazkuntza ustiategietan praktika on berritzaile eta erabiltzeko prest daudenak batera sortuz ere.</t>
   </si>
   <si>
-    <t>Adimentsua</t>
-[...4 lines deleted...]
-  <si>
     <t>LAKTIS</t>
   </si>
   <si>
     <t>Esneki sektorearen deskarbonizazioa oinarritik sustatzen duen sare bat, baserriak, berrikuntza eta jasangarritasuna etorkizun partekatu baterako lotuz. Sarearen helburuak hauek dira: Parte-hartzaileei aholkuak eman eta informatu, Aktore anitzeko elkarrizketa bat sortu, Iritzien arteko elkarrekintza sustatu eta erraztu, Tresna teknologiko desberdinak aztertu, Araudia sortzea sustatzea, Lankidetza sare iraunkor bat sortu</t>
   </si>
   <si>
-    <t>Dehesa Aldaketa Agenteen Sarea</t>
-[...4 lines deleted...]
-  <si>
     <t>Baso Hedapenerako Europako Erakundeen Sarea (FOREXT)</t>
   </si>
   <si>
     <t>Baso-jabe pribatuen prestakuntzan eta hezkuntzan kideei gaitasunak garatzen laguntzen dien sarea. Sareak bere kideei aukera ematen die zabalkunde-gaitasuna garatzeko , honako hauen bidez: Esperientzien, adituen eta ezagutzaren trukea Hedapen tresnen garapena eta partekatzea Ikaskuntza plataforma bateratuen sorrera Praktika onenen trukea Europako proiektu garrantzitsuen garapena eta ezarpena</t>
   </si>
   <si>
     <t>Espainiako Konpostaje Sarea (REC)</t>
   </si>
   <si>
     <t>Espainiako Konpostaje Sareak (EES) unibertsitateek, ikerketa-erakunde publikoek, teknologia-zentroek eta enpresek ekonomia zirkularra garatzeko hondakin organikoen kudeaketa jasangarriarekin lotuta Espainian egiten dituzten jarduerak integratzen ditu. Zentzu honetan, EESk informazio eta topaketa gune komun gisa balio du hondakin organikoen kudeaketaren alderdi guztietan interesa duten hainbat eragilerentzat. REC-k hondakin organikoak kudeatzeko jardunbide egokien garapenean eragina duten ekintza guztiak integratzen ditu , bioenergia eta balio erantsiko produktuak lortzeko , ekoizpen-zikloetara itzuli eta karbono gutxiko ekonomia bat errazteko. Lan-ildoak hauek dira: Hondakin organikoen kudeaketa Konpostaje eta digestio anaerobioaren teknologiak Konpostatzea eta biorremediazioa Hondakin organikoen tratamendu prozesuen estandarizazioa eta kalitate kontrola Konposta eta digestato aplikazioak Lurzoruaren berreskurapena eta birsorkuntza Konpostaren antagonismoa eta gaitasun ezabatzailea.</t>
   </si>
   <si>
     <t>ClieNFarms</t>
   </si>
   <si>
     <t>ClieNFarms-ek nekazarien sare bat garatuko du alderdi teknikoak eztabaidatzeko, inguruko ekosistemaren parte-hartzea sustatzeko (finantzak, nekazaritza-ekipoak, etab.) ekipamendu espezifikoetan inbertsioa errazteko, aholkularitza-sistemak indartzeko eta babes politiko argia emateko, klima-neutraltasuneko nekazaritzarako trantsizio arrakastatsurako funtsezkoa dena. Sare honek erakustaldi sendoa eta ahalduntzea eskainiko die nekazariei. Proiektuaren kontzeptu nagusia Soluzio Sistemiko Berritzaileen (I3S) Espazioa izeneko erakustaldi-ikuspegi bat da. I3S hainbat osagai eta eragilek osatzen dute, hainbat interesdunek batera diseinatu eta egokitutako soluzio berritzaileak probatu eta zabalduko dituztenak, hornidura-katean eta tokiko geografian zehar klima-neutroa den ustiategiak lortzeko. ClieNFarms-ek tokiko irtenbide sistemiko garrantzitsuak (antolakuntzazkoak, finantzarioak, teknikoak) batera garatu eta eskalatzea du helburu , Europan zehar ustiategi jasangarriak, klima-neutralak eta klima-erresilienteak lortzeko, dauden irtenbideak modu interaktiboan integratuz eta hobetuz nekazaritza-sistemetan ekonomikoki bideragarriak diren negozio-ereduak lortzeko, nekazariak, hedapen-zerbitzuak, nekazaritzako elikagaien enpresak, politikariak, finantzak eta herritarrak inplikatuz.</t>
   </si>
   <si>
     <t>FAIRShare</t>
   </si>
   <si>
     <t>FAIRshare-k nekazaritza aholkularitza independenteko komunitatea inplikatzen, trebatzen eta ahalduntzen du tresna digitalak, zerbitzuak, espezializazioa eta motibazioak partekatuz. FAIRshare-k bazkide diren erakundeen sare sozial zabalago bat babestuko du nabigagarri den online interfaze baten bidez, eta tresna digitalen elkarreragin eta aplikaziorako laborategi dinamiko eta parte-hartzaile bat sortuko du. FAIRshare-k bi programa nagusi ditu. Lehenik eta behin, 1, 2 eta 3 lan-paketeek nazioartean erabiltzen diren tresna eta zerbitzu digitalen datu-base bat bilduko dute, EBko eta EBtik kanpoko herrialdeetako erakunde bazkideen sare sozialak aprobetxatuz. Tresnen inbentarioa azken erabiltzaileentzat eskuragarri egongo da online interfaze intuitibo eta nabigagarri baten bidez, alderdi anitzeko ikuspegi batekin batera diseinatua. Online inbentarioko tresnekin batera, informazio bat egongo da, hala nola, praktika onen laburpen laburrak, nola erabili edo egokitu azaltzen dutenak. Bigarrenik, 4, 5 eta 6 lan-paketeek parte-hartze laborategi bat sortuko eta baliabideak emango dizkiete, EBko aholkulari parekideei online inbentarioarekin elkarreragiteko eta, hainbat tailerren bidez, tresna digitalak trukatzeko, batera egokitzeko, batera diseinatzeko eta ezartzeko aukera emango diena. FAIRshare-ren helburu nagusia nekazaritza-aholkulariek eta haien erakundeek tresna eta zerbitzu digitalak eraginkortasunez erabiltzea da, nekazaritza emankorragoa eta iraunkorragoa sustatzeko.</t>
   </si>
   <si>
     <t>KlimaAdimentsukoAholkulariak</t>
@@ -675,128 +753,110 @@
   <si>
     <t>AgriLINK</t>
   </si>
   <si>
     <t>AgriLink-ek Europako nekazaritzan jasangarritasunerako trantsizioa bultzatu nahi du, nekazaritza-aholkularitzak nekazarien erabakiak hartzerakoan duen rola hobeto ulertuz. AgriLink-ek ikerketatik eta praktikatik lortutako ezagutza eta esperientzia erabiltzen ditu. Partzuergoa diziplina ezberdinetako ikertzaileek (erakundeen ekonomia, berrikuntza ikasketak, AKIS ikasketak, sare soziologia) eta EB osoko aholkulariek (erakunde publiko, pribatu eta nekazari erakundeetakoak) osatzen dute. AgriLink-ek nekazaritza-aholkularitza zerbitzuen eginkizuna aztertu eta hobetzea du helburu zortzi berrikuntza-arlotan, EBko Nekazaritza Ikerketa eta Berrikuntzarako Ikuspegi Estrategikoan identifikatutako erronkak konbinatzen dituztenak.</t>
   </si>
   <si>
     <t>thERBN</t>
   </si>
   <si>
     <t>thERNB Sareak landa-eremuetako nekazari txiki eta basozainentzat egokitutako bioekonomia zirkularreko (CB) irtenbide berritzaileei buruzko ezagutza eskuragarria partekatzea errazten du. thERNB-ren helburua EB mailan hainbat eragilek osatutako sare tematiko (SA) bat (RT) martxan jartzea da, nekazari txikiek eta basozain (profesionalek) tokiko mailan landa eremuetan aplika dezaketen bioekonomia zirkular (KB) iraunkor baterako irtenbide berritzaileei buruzko ezagutza trukatzeko.</t>
   </si>
   <si>
     <t>AKISConnect</t>
   </si>
   <si>
     <t>AKISConnect-ek Europa osoko nekazaritzako eragileak biltzen ditu nekazaritzako ezagutza eta berrikuntza sistemen indarra aprobetxatzeko. AKISConnect-ek EBk finantzatutako modernAKIS eta ATTRACTISS proiektuen munduak lotzen ditu. Bere helburuak hauek dira: Ezagutzaren integrazio holistikoa Tokiko komunitateak ahalduntzea Herrialdeen arteko lankidetza dinamikoa</t>
   </si>
   <si>
     <t>AKISConnect Sarea</t>
   </si>
   <si>
     <t>Sartu Europan zehar nekazaritza-garapen jasangarria eta ezagutza-trukea sustatzen dituzten ekimenen, proiektuen eta lankidetzaren mapa interaktibo batekin. AKISConnect-en helburuak hauek dira: Ezagutzaren integrazio holistikoa Tokiko komunitateak ahalduntzea Herrialdeen arteko lankidetza dinamikoa</t>
   </si>
   <si>
-    <t>Lurralde Berrikuntza Zentroen Sarea (CIT Sarea)</t>
-[...4 lines deleted...]
-  <si>
     <t>Aholkularitza Organikoaren Sarea</t>
   </si>
   <si>
     <t>Europako sare bat, aholkulari ekologiko esperientziadunak eta aholkularitza-zerbitzuak, lizentziatu gazteak eta aholkularitza ekologikoko trebetasunak eskuratu nahi dituzten etorri berriak biltzen dituena.</t>
   </si>
   <si>
     <t>Zuzeneko Sarea</t>
   </si>
   <si>
     <t>Proiektuak abeltzaintzako ekoizpenean espezializatutako EB osoko aholkularien sare batean oinarritzen da, abeltzaintzako sektoreko aholkularien eta interesdun nagusien arteko lankidetza irekia sustatzen duen EB osoko sare berri bat ezartzeko. Sareak nekazaritzaren hainbat alderdi hartuko ditu barne, besteak beste, jardunbide egokiak, aurrerapen teknologikoak, nekazaritzako produktuen balorizazioa, diru-sarreren iturrien dibertsifikazioa eta beste erronka kritiko batzuei aurre egitea. Proiektuaren helburuak hauek dira: EB osoan abeltzaintzako aholkularien sare bat sortu eta mantendu, praktika jasangarriei buruzko trebetasunak, gaitasuna eta epe luzerako ezagutza trukatzea hobetuz. Europako 29 herrialdetan abeltzaintza-ekoizpen jasangarrirako 100 aholkularitza-jardunbide berritzaile bildu, hautatu, ebaluatu, aztertu, egokitu eta itzultzea, hainbat alderdik osatzen duten ingurune batean. Abeltzaintza-ekoizpen jasangarrirako aholkularitza-jardunbide berritzaileak sustatzea, ezagutza espezifikoak trukatuz eta herrialde bakoitzera egokitutako jarduerak handituz.</t>
   </si>
   <si>
     <t>AholkularitzaSareaPEST</t>
   </si>
   <si>
     <t>Pestiziden erabileran eta arriskuen murrizketan (RURP) oinarritutako sare tematikoa, EBko estatu kide guztietan. Sareak hainbat eragileren ikuspegia hartuko du, nekazaritza, eskualde, nazio eta EB mailan lan egiten duten AKIS eragileen aniztasuna ordezkatzen duten 17 bazkide bilduz, EB osoan egokitu eta errepikatu daitezkeen ikuspegi berriak identifikatu, hautatu eta moldatzeko helburuarekin.</t>
   </si>
   <si>
-    <t>ENRD</t>
-[...4 lines deleted...]
-  <si>
     <t>Espainiako janaria</t>
   </si>
   <si>
     <t>Ministroen hedapen plataforma</t>
   </si>
   <si>
     <t>Navarrako Nekazaritza Elikagaien Kluster Elkartea (NAGRIFOOD)</t>
   </si>
   <si>
     <t>NAGRIFOOD , Navarrako Nekazaritza Elikagaien Klusterra, enpresen erakundea da.   zeinak bere kideen lehiakortasuna etengabe hobetzea helburu duen, elkarlanaren, berrikuntza irekiaren, barne-ekintzailetzaren eta nafar nekazaritza-elikagaien enpresen nazioartekotzearen bidez.</t>
   </si>
   <si>
     <t>Aragoiko aholkulariak.</t>
   </si>
   <si>
     <t>ASESORES ARAGÓN Ezagutza Nekazaritzako Fundazioak sustatutako plataforma bat da eta ikertzaileak, teknologoak, aholkulariak eta nekazariak hartzen dituen Sare Sozial Profesional bat osatzen du, horrela integratuz: ezagutza, haren transferentzia eta haren aplikazioa.</t>
   </si>
   <si>
     <t>Agroekologiarako Udalerrien Sarea</t>
   </si>
   <si>
     <t>Sarearen helburua da, esperientziak, ezagutzak, datuak, informazioa eta proiektuak trukatuz, ingurumena errespetatzen duten, iraunkorrak, inklusiboak, erresilienteak, seguruak eta dibertsifikatuak diren tokiko elikadura-sistemak eraikitzea, biztanleria osoarentzat elikagai osasuntsuak, iraunkorrak eta eskuragarriak bermatuz eta tokiko enplegua sustatuz, agroekologiaren eta elikadura-subiranotasunaren ikuspegiekin bat etorriz.</t>
   </si>
   <si>
     <t>SynergyNuts Plataforma</t>
   </si>
   <si>
     <t>Intxaur hesiekin lotutako alderdi guztietan prestakuntza, zabalkunde eta berrikuntzarako espazioa</t>
   </si>
   <si>
     <t>Estratua</t>
   </si>
   <si>
     <t>Ongarritze Berrikuntza Sarea (FIN) sare tekniko bat da, Mantenugaien Kudeaketa Jasangarrirako Plan bat sortzera eramaten duten erronka nagusiei aurre egiten dien ikuspegi berritzaile eta eraginkorretan oinarrituta. FIN hiru azpisare transnazionalez osatuta dago (FIN-zehaztasun nekazaritza, FIN-lurzoruaren kalitatea, FIN-ongarri biologikoak). Bertan, ebaluatzaile trebatuek ongarrien erabilera optimoari buruzko Praktika Onak (GP) eta Ikerketa Berrikuntzak (RI) bilduko dituzte, eta Praktika Onenak (BP) identifikatuko dituzte GP eta RIen bideragarritasun sistematikoaren ebaluazioaren ondorioz. Proiektuaren liburuxka ingelesez aurki daiteke hemen klik eginez.</t>
   </si>
   <si>
     <t>Esneki eta Elikagai Teknologien Ikasgelarako Plataforma Teknologikoa</t>
   </si>
   <si>
     <t>Prestakuntza espezializatua eta zerbitzu teknologiko aurreratuak esneki eta elikagaien sektoreko enpresa eta erakundeentzat</t>
   </si>
   <si>
-    <t>Panel artekoa</t>
-[...4 lines deleted...]
-  <si>
     <t>Bizitzarako Janaria</t>
   </si>
   <si>
     <t>Nekazaritza-elikagaien sektoreko eragile nagusien arteko lankidetza publiko-pribatuaren bidez ikerketa, aurrerapen zientifiko eta teknologikoen hedapena sustatzen duen plataforma bat. Plataforma honek I+G eta berrikuntzan jartzen du arreta, eta Gizarte Erronken arloko eskaera berriak identifikatzen ditu, Espainiako nekazaritza-elikagaien sektorearen lehiakortasuna eta hazkundea bermatuz.</t>
   </si>
   <si>
     <t>BIOVAL</t>
   </si>
   <si>
     <t>BIOVALek Bioteknologia, Biomedikuntza eta Bioekonomia hartzen ditu barne BIO sektore gisa, osasunari, nekazaritza-elikagaiei eta ingurumen-iraunkortasunari aplikatuta, Bioteknologia sektoreko enpresa-komunitatearen garapena eta lehiakortasuna sustatzeko eta bere kideak nazioarteko mapan kokatzeko helburuarekin.</t>
   </si>
   <si>
     <t>Agronet - Garagardogintza</t>
   </si>
   <si>
     <t>Garagardotegientzako hornigaiak, informazioa eta aholkuak</t>
   </si>
   <si>
     <t>Valentziako erkidegoko nekazaritza-elikagaien kooperatibak</t>
   </si>
   <si>
     <t>Erakundeen ordezkaritzarako, kooperatiben sustapenerako, prestakuntzarako, komunikaziorako eta enpresen ordezkaritzarako plataforma</t>
   </si>
   <si>
     <t>INNOVAGRI</t>
@@ -1017,191 +1077,185 @@
   <si>
     <t>Valentziako Landa Garapen Sarea</t>
   </si>
   <si>
     <t>Bere programei eta jarduerei buruzko informazioa zabaltzeko tresna bat, baita Valentziako landa-garapenarekin lotutako berriak eta ekitaldiak ezagutarazteko ere. Baliabideen atal bat ere badu, non eskualdeko landa-garapenerako material eta gida erabilgarriak aurki ditzakezun, eta Valentziako landa-eremuetako produktu eta zerbitzuen katalogo bat.</t>
   </si>
   <si>
     <t>Espainiako PAC Sarea</t>
   </si>
   <si>
     <t>Landa eremuei dagozkien gaiei buruzko lan taldeak sortzea sustatzen duen plataforma</t>
   </si>
   <si>
     <t>AINIA</t>
   </si>
   <si>
     <t>Aholkularitza, auditoriak, analisiak eta prestakuntza nekazaritza-elikagaien sektorean</t>
   </si>
   <si>
     <t>Red-iCAT</t>
   </si>
   <si>
     <t>Kataluniako Nekazaritza Elikagaien eta Landa Berrikuntza Sarea</t>
   </si>
   <si>
+    <t>BIOFRUTSATEA</t>
+  </si>
+  <si>
+    <t>Proiektu honek pipa, hezur eta zitriko fruta ekologikoetan jartzen du arreta, eta Europako fruta-ekoizpen ekologikoaren lehiakortasuna indartzea du helburu.</t>
+  </si>
+  <si>
+    <t>INNOSETA</t>
+  </si>
+  <si>
+    <t>InnoSetaren helburu nagusia ihinztadura-ekipoetan, prestakuntzan eta aholkularitzan sare tematiko berritzaile eta autosufiziente bat ezartzea da, eskuragarri dauden laboreen babeserako irtenbide berri eta goi-mailakoen arteko aldea txikitzen laguntzeko —komertzialak izan edo ikerketa-emaitza aplikagarrietatik datozenak izan— eta eguneroko Europako nekazaritza-praktiketan aplikagarri direnen arteko aldea txikitzen laguntzeko. Horretarako, ideia eta informazio berrien truke eraginkorra sustatuko da ikerketaren, industriaren, hedapen-zerbitzuen eta nekazaritza-komunitatearen artean, dauden ikerketa- eta merkataritza-irtenbideak zabaldu ahal izateko, nekazaritza-komunitatearen oinarrizko beharrak eta ideia berritzaileak jasoz.</t>
+  </si>
+  <si>
+    <t>OK-Net Arable</t>
+  </si>
+  <si>
+    <t>Net Net Arable-k 10 herrialdetako 14 nekazari berrikuntza talderekin lan egin zuen. Taldeen datuek uzta sorta zabala erakutsi zuten. Horrek beharra adierazten du, baina baita hobekuntzak egiteko aukera argia ere. Literatura zientifikoan eta nekazariek egindako ekarpenetan oinarrituta, 100 material baino gehiago bildu dira irtenbide praktikoekin Net Net-en Arable Knowledge plataforman (Farmknowledge.org). Nekazari taldeek formatuak eta praktikako irtenbide batzuk ebaluatu zituzten. Haien esperientziak bideoetan eta praktiken laburpenetan dokumentatu dira. Nekazari taldeek eurei dagozkien materialak beren hizkuntzara itzuli zituzten. Online ikastaroak egin ziren, materialak nekazariei eta aholkulariei aurkeztuz.</t>
+  </si>
+  <si>
+    <t>Palisandroa 4.0</t>
+  </si>
+  <si>
+    <t>Rosewood 4.0-k jardunbide eta berrikuntza onenak (BP&amp;I) bildu eta egituratuko ditu, bost eskualde-gunetan egurraren mobilizazio-esparrua hobetzeko helburuarekin. Bost eskualde-bide-orri (eta eskualde arteko/transeskualdez gaindiko bat) garatuko dira, eskualde desberdinen behar/erronka identifikatuak betetzen dituzten BP&amp;I bilduen lehentasunen arabera. Proiektuak tailer eta ikasketa-bisita espezifikoak antolatuko ditu, BP&amp;Ien ezarpena errazten duten prestakuntza-material berriekin lotuta. BP&amp;Ien transferentziarako zabalkunde-ekintza intentsiboak tresna eta kanal desberdinak erabiliz egingo dira (adibidez, ezagutza-plataforma, praktiken laburpenak, bideo-ekoizpena, etab.).</t>
+  </si>
+  <si>
     <t>ANOVE</t>
   </si>
   <si>
     <t>Landare-barietateen garatzaileak eta hedatzaileak</t>
   </si>
   <si>
-    <t>BIOFRUTSATEA</t>
-[...20 lines deleted...]
-    <t>Rosewood 4.0-k jardunbide eta berrikuntza onenak (BP&amp;I) bildu eta egituratuko ditu, bost eskualde-gunetan egurraren mobilizazio-esparrua hobetzeko helburuarekin. Bost eskualde-bide-orri (eta eskualde arteko/transeskualdez gaindiko bat) garatuko dira, eskualde desberdinen behar/erronka identifikatuak betetzen dituzten BP&amp;I bilduen lehentasunen arabera. Proiektuak tailer eta ikasketa-bisita espezifikoak antolatuko ditu, BP&amp;Ien ezarpena errazten duten prestakuntza-material berriekin lotuta. BP&amp;Ien transferentziarako zabalkunde-ekintza intentsiboak tresna eta kanal desberdinak erabiliz egingo dira (adibidez, ezagutza-plataforma, praktiken laburpenak, bideo-ekoizpena, etab.).</t>
+    <t>BABESTU ADIMENDUA</t>
+  </si>
+  <si>
+    <t>SmartProtect nekazari eta aholkularientzako Izurriteen Kudeaketa Integratuko (IPM) irtenbide adimendunen eskualde arteko ezagutza trukean oinarritzen den sare tematiko bat da. Helburua EB osoko eskualdeko Nekazaritza Ezagutza eta Berrikuntza Sistemetan (AKISS) ezagutza fluxuak suspertzea eta barazkien ekoizpenean IPM metodologia aurreratuen potentzial berritzailearekin konektatzea da, nekazaritza zehatzeko teknologiak eta datuen analisia integratuz.</t>
+  </si>
+  <si>
+    <t>Oiloentzako Praktika Onenak - Arrautza Ekoizpen Sistemen Alternatiboetarako Praktika Onenei buruzko Pilotu Proiektua</t>
+  </si>
+  <si>
+    <t>Praktika Onenen Oiloek (PBO) arrautza-ekoizleei laguntza praktikoa prestatu eta emango die, kaiolatik kaiolarik gabeko sistemetara igarotzera bultzatzeko. Honek oilo erruleen hazkuntzari eta ekoizpen-aldian oilo erruleen mantentzeari eragiten die. PBOk praktika onenen inguruan bildutako informazioa zabaltzen dela ziurtatuko du komunikazio-materialak (bideoak eta praktiken laburpenak) garatuz. PBOk kaiola-sistemen ehuneko handia duten estatu kideei zuzendutako zabalkunde-ekitaldiak antolatuko ditu, helburu diren estatu kideetan (Espainia, Polonia, Portugal eta Belgika) kaiolarik gabeko ostatu-sistemen ezarpena handitzeko.</t>
+  </si>
+  <si>
+    <t>BIOSCHAMP - Perretxikoen industria jasangarri eta errentagarri baterako estalki alternatiboen biostimulatzailea</t>
+  </si>
+  <si>
+    <t>Proiektu honetan, perretxikoen ekoizpenean dauden osasun-erronka nagusiei (onddo eta bakterio parasitoei) aurre egiteko ikuspegi integratu bat garatuko dugu. Mikrobiotaz aberastutako bilgarri-lurzoru bat garatuz, pestiziden beharra murriztuko dugu eta Europako perretxikoen sektorearen produktibitatea, iraunkortasuna eta errentagarritasuna hobetzen lagunduko dugu.</t>
+  </si>
+  <si>
+    <t>Landa-bioekonomia sareak bultzatzea hainbat eragileren ikuspegiei jarraituz - ADARRAK</t>
+  </si>
+  <si>
+    <t>Dauden jardunbide egokienak eta ikerketa-emaitzak identifikatu, laburbildu, partekatu eta aurkeztu; kostu-eraginkortasuneko teknologia berrien aplikazioa areagotzea, profesionalen eta ikertzaileen arteko ezagutza-transferentzia aktiboa hobetuz; biomasa gehiago mobilizatu eta negozio-aukera berriak sortu landa-eremuetan, praktikaren eta zientziaren arteko lotura hobetuz eta indartuz; diziplina anitzeko eta interes-talde anitzeko ikuspegia aplikatu; informazioaren, ideia berrien eta teknologiaren bi norabideko fluxurako kanal bat eskaintzea; profesionalentzat identifikatu diren beharrak eta negozio-elementu garrantzitsuak nabarmentzea; bioekonomia eta landa-garapena sustatzea, bio-oinarritutako ekimen berrien bidez.</t>
+  </si>
+  <si>
+    <t>AgriFoodTe Sarea: Teruelgo Nekazaritza Elikagaien Ezagutza eta Berrikuntza Sarea</t>
+  </si>
+  <si>
+    <t>Teruel eskualdean trantsizio ekologikoa, digitala eta bioekonomia zirkularra sustatzeko nekazaritza-elikagaien sektoreko berrikuntza bizkortzeko sarea</t>
+  </si>
+  <si>
+    <t>Navarrako Nekazaritza Elikagaien Klusterra (NAGRIFOOD) enpresa-erakunde bat da, eta bere helburua bere kideen lehiakortasuna etengabe hobetzea da, elkarlana, berrikuntza irekia, barne-ekintzailetza eta Navarrako nekazaritza-elikagaien enpresen nazioartekotzea garatuz.</t>
   </si>
   <si>
     <t>APROSE</t>
   </si>
   <si>
     <t>Hazi hautatuak ekoizten dituzten enpresen irabazi-asmorik gabeko elkarte profesionala. Hazi espezieen arabera sor daitezkeen arazo ohikoenak aztertu, aztertu eta konpontzen ditu.</t>
   </si>
   <si>
-    <t>BABESTU ADIMENDUA</t>
-[...37 lines deleted...]
-  <si>
     <t>Espainiako Okindegi, Gozogintza eta Gozogintza Industriaren Elkartea (ASEMAC)</t>
   </si>
   <si>
     <t>Sektore-izaerako erakunde profesionala</t>
   </si>
   <si>
     <t>Gaztela eta Leongo Pentsu Konposatuen Fabrikatzaileen Elkartea (ASFACYL)</t>
   </si>
   <si>
     <t>Gaztela eta Leongo Pentsu Konposatuen Fabrikatzaileen Elkarte Profesionala</t>
   </si>
   <si>
     <t>Biozirkularitaterako Espainiako Teknologia eta Berrikuntza Plataforma (BIOPLAT)</t>
   </si>
   <si>
     <t>Biomasaren eta bioekonomiaren garapen jasangarria sustatzen duen irabazi-asmorik gabeko erakunde nazionala</t>
   </si>
   <si>
     <t>Landareen Bioteknologia Teknologia Plataforma (BIOVEGEN)</t>
   </si>
   <si>
     <t>Enpresa sektoreak gidatutako lankidetza publiko-pribatua, landareetan oinarritutako berrikuntzan interesa duten nekazaritza-elikagaien sektoreko erakundeak elkartzen dituena</t>
   </si>
   <si>
     <t>Espainiako Okindegi, Gozogintza, Gozogintza eta Antzeko Produktuen Konfederazioa (CEOPPAN)</t>
   </si>
   <si>
     <t>Irabazi-asmorik gabeko enpresaburuen elkartea, ogi, gozogintza, labean egindako produktuak eta antzeko produktuak fabrikatzen eta txikizkarien elkarteak eta gremioak, probintziako eta tokiko eremu geografikoetakoak, baita herrialde osoko banakako enpresak ere.</t>
   </si>
   <si>
+    <t>Aragoiko Kontserbazio Nekazaritzaren Elkartea</t>
+  </si>
+  <si>
+    <t>Elkartea Kontserbazio Nekazaritzaren teknika sustatu eta zabaltzeko interesa duten nekazariak, teknikariak, ikertzaileak, prestakuntza zentroak eta enpresak biltzen dituen erakundea da.</t>
+  </si>
+  <si>
     <t>Espainiako Animalien Pentsu Konposatuen Fabrikatzaileen Konfederazioa (CESFAC)</t>
   </si>
   <si>
     <t>Animalien nutrizioan elikagaien segurtasuna batera kudeatzeko plataforma teknologikoa</t>
   </si>
   <si>
     <t>EKONOMIA ZIRKULARRA - Ekonomia Zirkularreko beste plataformak integratzen dituen plataforma</t>
   </si>
   <si>
     <t>Ekintza-ildoak dinamizatzea, Espainiako teknologia- eta berrikuntza-plataformen ekarpena definitzea ekonomia zirkular baterako trantsizioan, eta I+G+Bn lankidetza sustatzeko tresnak garatzea.</t>
   </si>
   <si>
     <t>EIT-JANARIA</t>
   </si>
   <si>
     <t>Berrikuntza, hezkuntza, ekintzailetza eta herritarren parte-hartzea sustatzen dituen HUB plataforma</t>
   </si>
   <si>
     <t>Elika</t>
   </si>
   <si>
     <t>Elikagaien segurtasunari, elikadura osasungarriari, elikadura jasangarriari, nekazaritzari, abeltzaintzari, arrantzari, animalien pentsuei eta elikagaien industriari buruzko ikerketak, ekitaldiak eta araudiak zabaltzeko plataforma.</t>
   </si>
   <si>
     <t>FEDIMA</t>
   </si>
   <si>
     <t>Okindegientzako interesgarria den informazioa zabaltzeko eta FEDIMAren eta bere bazkideen arteko harremanetarako plataforma</t>
   </si>
   <si>
-    <t>Aragoiko Kontserbazio Nekazaritzaren Elkartea</t>
-[...4 lines deleted...]
-  <si>
     <t>INASDE Nekazaritza-Elikagaiak</t>
   </si>
   <si>
     <t>Ikerketa-zentro pribatu bat, bere proiektuak gauzatzeko eta zerbitzuak emateko ikerketa-jardueretan espezializatutako profesional talde esperientziadun batekin, elikagai-kateko hainbat etapa hartzen dituena, lehen mailako ekoizpenetik hasi eta kontsumo-produktuen prozesamendu eta aurkezpeneraino.</t>
   </si>
   <si>
     <t>Logistop (Logistop) Logistika eta Mugikortasun Intermodalerako Espainiako Teknologia Plataforma</t>
   </si>
   <si>
     <t>Logistika berrikuntzaren arloko diziplina anitzeko eta lurralde arteko lan-espazio bat, hornikuntza-katean parte hartzen duten eragile guztiek, baita unibertsitateek, teknologia-zentroek, elkarteek eta aholkularitza-enpresa espezializatuek ere osatua.</t>
   </si>
   <si>
     <t>Espainiako Enbalaje Teknologia Plataforma (PACKNET)</t>
   </si>
   <si>
     <t>Ontziratze eta Evans kateko agenteen arteko lankidetza zientifiko eta teknologikorako sare gisa funtzionatzen duen plataforma</t>
   </si>
   <si>
     <t>Etorkizunerako Landareak</t>
   </si>
   <si>
     <t>Taldearen proiektuak, ikerketak, jarduerak, kolaboratzaileak eta lan-taldeak zabaltzeko plataforma</t>
   </si>
   <si>
     <t>Animalien Osasun Teknologia Plataforma, VET+I</t>
@@ -1374,150 +1428,150 @@
   <si>
     <t>Andaluziako Landa Garapenerako Elkartea (ARA)</t>
   </si>
   <si>
     <t>Lankidetza eta elkarrizketarako foro bat, non Andaluziako landa-garapeneko talde guztiak, jarduera eta enplegu-sorkuntzaren sustatzaileak, ordezkatuta dauden.</t>
   </si>
   <si>
     <t>EB - Nekazaritza Liburua</t>
   </si>
   <si>
     <t>EU-FarmBook nekazari eta basozainentzako jardunbide egokien plataforma bat da. Bere liburutegiko eduki guztia Horizon ikerketa proiektuetatik dator.</t>
   </si>
   <si>
     <t>Gaztela eta Leongo Landa Garapen Sarea</t>
   </si>
   <si>
     <t>Gaztela eta Leonen landa-garapeneko programak —LEADER eta PRODER— kudeatzen dituzten talde kopuru esanguratsu bat biltzen eta koordinatzen duen elkartea.</t>
   </si>
   <si>
     <t>Espainiako Landa Garapen Sarea (REDR)</t>
   </si>
   <si>
     <t>Espainiako Landa Garapen Sarea (REDR) irabazi-asmorik gabeko elkarte bat da, eta bere eginkizun nagusia landa garapen eredu integral eta jasangarri bat sustatzea, landa biztanleriaren bizi-kalitatea hobetzea eta landa eremuen garrantzia gizarte osoarentzat azpimarratzea da. REDRk landa eremuentzat eta haien biztanleentzat espazio partekatu bat eskaintzen du, beren beharrak eta kezkak adierazi eta beren ahotsak entzunarazi ahal izateko leku bat.</t>
   </si>
   <si>
+    <t>FERTINNOWA</t>
+  </si>
+  <si>
+    <t>FERTINNOWA (FERTirrigazioaren Praktika Jasangarrirako Teknika Berritzaileen Transferentziaren akronimoa) ezagutza trukatzeko sare bat da, ongarritze-jardunbideak hobetzea errazteko diseinatua, Uraren Esparru Zuzentarauak jasotzen dituen ingurumen-eskakizunetara eta Europako araudietara egokituz, eta ongarriak erabiltzeagatik hondakin-isuriak saihestea bermatzen dutenetara egokituz, batez ere nitratoek akuiferoak kutsatzeko zaurgarritzat jotzen diren eremuetan.</t>
+  </si>
+  <si>
     <t>Ezagutza Transferentzia Bulegoen Sarea (OTC Sarea)</t>
   </si>
   <si>
     <t>Espainiako unibertsitateetako ikerketa-emaitzen transferentzia-bulegoen sarea.</t>
   </si>
   <si>
     <t>Abeltzaintzako Animalien Hazkuntza eta Ugalketa Teknologia Plataforma (FABRE TP)</t>
   </si>
   <si>
     <t>Europako Abeltzaintzako Animalien Hazkuntza eta Ugalketa Teknologia Plataforma (FABRE TP) ikerketa institutuek eta akademiak zuzendutako foro bat da, sektore pribatuarekin lankidetzan diharduena, animalien hazkuntzan, genetikan eta ugalketan ikerketa lehentasunak definitzeko plataforma bat eskaintzen duena, abeltzaintzako sistema guztien iraunkortasuna, lehiakortasuna eta erresilientzia sustatzeko helburuarekin.</t>
   </si>
   <si>
     <t>Agrochef</t>
   </si>
   <si>
     <t>Ostalaritza eta sukaldaritza sektore nazionaleko nekazaritza eta abeltzaintzako ekoizle txikiek ekoitzitako elikagaiak merkaturatzeko teknologiaren transferentzia eta zuzeneko merkaturatze prozesuen digitalizazioa.</t>
   </si>
   <si>
-    <t>FERTINNOWA</t>
-[...2 lines deleted...]
-    <t>FERTINNOWA (FERTirrigazioaren Praktika Jasangarrirako Teknika Berritzaileen Transferentziaren akronimoa) ezagutza trukatzeko sare bat da, ongarritze-jardunbideak hobetzea errazteko diseinatua, Uraren Esparru Zuzentarauak jasotzen dituen ingurumen-eskakizunetara eta Europako araudietara egokituz, eta ongarriak erabiltzeagatik hondakin-isuriak saihestea bermatzen dutenetara egokituz, batez ere nitratoek akuiferoak kutsatzeko zaurgarritzat jotzen diren eremuetan.</t>
+    <t>EuroDairy</t>
+  </si>
+  <si>
+    <t>EuroDairy-k esne-ekoizpenean praktikan oinarritutako berrikuntzaren garapena eta komunikazioa sustatzen du, bere jarduerak lau gai nagusi hauetan zentratuz: Animalien Zaintza; Erresilientzia Sozioekonomikoa; Baliabideen Eraginkortasuna; eta Esne-ekoizpena Biodibertsitate Helburuekin Integratzea.</t>
+  </si>
+  <si>
+    <t>Lekaleak itzulita</t>
+  </si>
+  <si>
+    <t>Proiektua nekazarien eta beste berritzaile eta zientzialari batzuen arteko sarean oinarritzen da, interes-taldeetan oinarritutako ikerketa-ezagutza garrantzitsua biltzeko eta balioztatzeko.</t>
   </si>
   <si>
     <t>Behi-</t>
   </si>
   <si>
     <t>BovINEk (European Beef Innovation Network) behi-ekoizleek dituzten iraunkortasun-erronka premiazkoei aurre egin zien, nekazariak, abeltzaintzako erakundeak, aholkulariak eta ikertzaileak elkartuz, Europako ustiategietan ezar zitezkeen berrikuntza praktikoak elkarrekin garatzeko. BovINE 10 estatu kidetan sortu zen eta EBko behi-sektorea osatzen duten 255.000 ustiategien beharretan zentratu zen soilik.</t>
   </si>
   <si>
     <t>EBko Txerria</t>
   </si>
   <si>
     <t>Sareak hainbat bazkide biltzen ditu, txerri-ekoizle taldeetatik hasi eta ikertzaile eta aholkulari ekonomikoetaraino, txerri-ekoizleak hazkuntza-zientzia, teknika eta teknologi berrienekin lotuz. Proiektuak lau gai nagusi ditu: Osasun Kudeaketa, Haragi Kalitatea, Animalien Ongizatea eta Zehaztasun Ekoizpena.</t>
   </si>
   <si>
     <t>OK-Net Ecofeed</t>
   </si>
   <si>
     <t>Proiektuak berrikuntza-klusterren Europako sare bat sortzea du helburu, nekazaritza-enpresen, ikertzaileen eta aholkularien arteko ezagutza-trukea eta baterako sorkuntza errazteko, azken erabiltzaileentzako materialak bilduz eta nekazarien eta enpresen beharretara egokitutako tresna berriak garatuz.</t>
   </si>
   <si>
-    <t>EuroDairy</t>
-[...8 lines deleted...]
-    <t>Proiektua nekazarien eta beste berritzaile eta zientzialari batzuen arteko sarean oinarritzen da, interes-taldeetan oinarritutako ikerketa-ezagutza garrantzitsua biltzeko eta balioztatzeko.</t>
+    <t>LUR ONENAK</t>
+  </si>
+  <si>
+    <t>Lurzoruko gaixotasunen prebentzioari eta kontrolari buruzko ezagutza partekatzeko sortutako profesionalen sarea</t>
+  </si>
+  <si>
+    <t>ARDO-SAREA</t>
+  </si>
+  <si>
+    <t>Winetwork Europako ardogintza eskualdeen arteko ezagutza berritzailea trukatzeko eta transferitzeko Europako lankidetza proiektu bat da, sektorearen produktibitatea eta iraunkortasuna handitzeko. Hiru urtean zehar, zazpi herrialde europarretako 11 bazkidek mahastietako bi gaixotasun garrantzitsuri buruzko ezagutzak trukatuko dituzte: mahatsondoaren enborraren gaixotasunak eta flavesansence dorée. Proiektuaren ikuspegia sustatzaileen sare baten, eskualdeko lan-taldeen eta bi lan-talde zientifikoren arteko elkarrekintzetan oinarritzen da. Parte-hartze ikuspegi honek emaitza zientifikoak eta ezagutza praktikoak azken erabiltzaileei egokitutako materialetara transferitzea ahalbidetuko du.</t>
   </si>
   <si>
     <t>Errioxako Landa Garapen Sarea</t>
   </si>
   <si>
     <t>Bere programei eta jarduerei buruzko informazioa zabaltzeko tresna bat, baita Errioxako landa-garapenarekin lotutako berriak eta ekitaldiak ezagutarazteko ere. Baliabideen atal bat ere badu, non eskualdeko landa-garapenerako material eta gida erabilgarriak aurki daitezkeen, eta Errioxako landa-eremuetako produktu eta zerbitzuen katalogo bat.</t>
   </si>
   <si>
     <t>Maltako PAC Sarea</t>
   </si>
   <si>
     <t>Maltan, landa-garapena maila nazionalean kudeatzen da Plan Estrategiko baten bidez, eta Plan hori Landa Garapenerako Europako Nekazaritza Funtsak (LGENF) eta ekarpen nazionalek finantzatzen dute. Plan Estrategikoak hartzen duen eremu geografiko espezifikoaren beharrei erantzuteko hartu beharreko lehentasunezko estrategiak eta neurriak ezartzen ditu. LGENFren bidezko landa-garapenaren finantzaketa Europako Egitura eta Inbertsio Funtsen (EIFI) esparru orokorraren barruan sartzen da, eta horien artean daude Eskualdeko Garapenerako, Gizarterako, Kohesiorako eta Arrantzarako Funtsak ere. Funts horiek guztiak maila nazionalean kudeatzen ditu EBko estatu kide bakoitzak, Lankidetza Akordioen arabera, eta akordio horiek herrialde bakoitzaren helburuak eta inbertsio lehentasunak zehazten dituzten plan estrategikoak dira.</t>
   </si>
   <si>
     <t>Errumaniako PAC Sarea</t>
   </si>
   <si>
     <t>Errumanian, landa-garapena maila nazionalean kudeatzen da Plan Estrategiko baten bidez, eta Plan hori Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) eta ekarpen nazionalen bidez finantzatzen da. Plan Estrategikoak hartzen den eremu geografiko espezifikoaren beharrei erantzuteko hartu beharreko lehentasunezko estrategiak eta neurriak ezartzen ditu. LGENFren bidezko landa-garapenaren finantzaketa Europako Egitura eta Inbertsio Funtsen (EIFI) esparru orokorraren barruan kokatzen da, eta horien artean daude Eskualdeko Garapenerako, Gizarte Funtsak, Kohesio Funtsak eta Arrantza Funtsak ere. Funts horiek guztiak maila nazionalean kudeatzen ditu EBko estatu kide bakoitzak, Lankidetza Akordioen arabera, eta akordio horiek herrialde bakoitzaren helburuak eta inbertsio lehentasunak deskribatzen dituzte plan estrategikoak dira.</t>
   </si>
   <si>
     <t>DESARMATU</t>
   </si>
   <si>
     <t>DISARM nekazaritza-enpresen, albaitarien, aholkularitza-zerbitzuen, akademikoen eta industriaren arteko lankidetza bat da, abeltzaintzan antibiotikoekiko erresistentzia kudeatzeko eta antibiotikoekiko erresistentziaren mehatxua arintzeko irtenbide berritzaileak zabaltzeko. Sareak industria eta herrialdeen artean ikuspegi berritzaileak trukatuko ditu abeltzaintza-sektoreko jardunbide egokienak partekatzeko.</t>
   </si>
   <si>
     <t>NUTRIMAN</t>
   </si>
   <si>
     <t>NUTRIMAN nitrogeno eta fosforoaren sare tematiko bat da, nekazaritza-profesionalen onurarako berreskuratutako eta erabiltzeko prest dauden ongarri biologikoen teknologiak, produktuak, aplikazioak eta praktikak ezagutzeko. Proiektuak heldutasun handiko ikerketa zientifiko aplikatuko programen eta industria-jardunbide arrunten emaitza berritzaileak, lehiakorrak eta komertzialki prest daudenak lotzean jartzen du arreta.</t>
   </si>
   <si>
     <t>SuWaNu Europa</t>
   </si>
   <si>
     <t>SUWANU EUROPEk uraren berrerabilpen proiektuetan jartzen du arreta Europan, tratatutako hondakin-urak nekazaritzan berrerabiliz.</t>
-  </si>
-[...10 lines deleted...]
-    <t>Winetwork Europako ardogintza eskualdeen arteko ezagutza berritzailea trukatzeko eta transferitzeko Europako lankidetza proiektu bat da, sektorearen produktibitatea eta iraunkortasuna handitzeko. Hiru urtean zehar, zazpi herrialde europarretako 11 bazkidek mahastietako bi gaixotasun garrantzitsuri buruzko ezagutzak trukatuko dituzte: mahatsondoaren enborraren gaixotasunak eta flavesansence dorée. Proiektuaren ikuspegia sustatzaileen sare baten, eskualdeko lan-taldeen eta bi lan-talde zientifikoren arteko elkarrekintzetan oinarritzen da. Parte-hartze ikuspegi honek emaitza zientifikoak eta ezagutza praktikoak azken erabiltzaileei egokitutako materialetara transferitzea ahalbidetuko du.</t>
   </si>
   <si>
     <t>Adesa</t>
   </si>
   <si>
     <t>Elikagaien Segurtasun Sektoreko aholkularitza, auditoriak, analisiak eta prestakuntza</t>
   </si>
   <si>
     <t>AFLE</t>
   </si>
   <si>
     <t>Nutrizio eta osasunerako legamia, gozogintza eta hartzidura ekoizteko dedikatzen diren enpresek osatutako irabazi-asmorik gabeko erakunde profesionala</t>
   </si>
   <si>
     <t>CHIL.ORG</t>
   </si>
   <si>
     <t>Nekazaritza-elikagaien sektoreari lotutako ikerketa, ezagutza-transferentzia, ekitaldi eta albisteetarako plataforma</t>
   </si>
   <si>
     <t>Eivissa eta Formenterako Landa Garapen eta Arrantza GAL</t>
   </si>
   <si>
     <t>Taldearen zeregin nagusia tokiko landa eta arrantza garapeneko estrategiak eta proiektuak kudeatzea da, baliabide eta dedikazioari dagokionez zereginik garrantzitsuena Tokiko Landa eta Arrantza Garapeneko Parte-hartze Estrategiak izanik, Europako (FEADER eta EMFF) eta estatuko funtsek batera finantzatutakoak.</t>
   </si>
@@ -1878,828 +1932,828 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C251"/>
+  <dimension ref="A1:C260"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C251"/>
+      <selection activeCell="A1" sqref="A1:C260"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="195.667" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2599.937" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>147</v>
@@ -2721,1979 +2775,2078 @@
         <v>150</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="s">
         <v>266</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="s">
         <v>304</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="s">
         <v>312</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="s">
         <v>314</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="s">
         <v>316</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="s">
         <v>318</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="s">
         <v>320</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="s">
         <v>324</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="s">
         <v>348</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="s">
         <v>356</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="s">
-        <v>232</v>
+        <v>358</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="s">
-        <v>373</v>
+        <v>254</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="s">
         <v>375</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="s">
         <v>379</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="s">
         <v>385</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="s">
         <v>387</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="s">
         <v>391</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="s">
         <v>393</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="s">
         <v>397</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="s">
         <v>399</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="s">
         <v>405</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="s">
         <v>411</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="s">
         <v>415</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="s">
         <v>417</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="s">
         <v>419</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="s">
         <v>421</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="s">
         <v>423</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="s">
         <v>425</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="s">
         <v>429</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="s">
         <v>431</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="s">
         <v>435</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="s">
         <v>447</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="s">
         <v>449</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="s">
         <v>451</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="s">
         <v>453</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="s">
         <v>455</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="s">
         <v>459</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="s">
         <v>461</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="s">
         <v>465</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="s">
         <v>467</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="s">
         <v>469</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="s">
         <v>471</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="s">
         <v>473</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="s">
         <v>475</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="s">
         <v>477</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="s">
         <v>479</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="s">
         <v>481</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="s">
         <v>483</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="s">
         <v>485</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="s">
         <v>489</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="s">
         <v>491</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="s">
         <v>493</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="s">
         <v>495</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="s">
         <v>497</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="s">
         <v>501</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="s">
         <v>503</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>504</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>522</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>