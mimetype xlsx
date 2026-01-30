--- v0 (2025-12-14)
+++ v1 (2026-01-30)
@@ -12,62 +12,458 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Noticias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1462">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1594">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Fecha de publicación</t>
   </si>
   <si>
     <t>Url</t>
+  </si>
+  <si>
+    <t>Koniferoak+ Talde Operatiboak egurraren analisi eta lurzoruaren azterketetan egindako aurrerapenak</t>
+  </si>
+  <si>
+    <t>Koniferoak+ Talde Operatiboak bere ikerketa eta datuen bilketa aurrera eramaten jarraitzen du, mugarri garrantzitsuak lortuz bai zutik dagoen egurraren egitura-kalitatearen analisian , bai lurzoruaren laginketan, konifero gaixoen alternatibak identifikatzeko . Aurrerapen hauek proiektuaren oinarri zientifikoa indartzen dute eta informazio garrantzitsua ematen dute basoen kudeaketan erabakiak…</t>
+  </si>
+  <si>
+    <t>Az, 28/01/2026 - 12:06</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/koniferoak-talde-operatiboak-egurraren-analisi-eta-lurzoruaren-azterketetan-egindako</t>
+  </si>
+  <si>
+    <t>CDTIren Konferentzia “Bi Programen Artean, Horizon Europe”</t>
+  </si>
+  <si>
+    <t>CDTIk Europar Batasunaren Ikerketa eta Berrikuntzarako Esparru Programaren (EP) Konferentziaren hamahirugarren edizioa antolatzen ari da Espainian, "Bi Programen artean, Horizon Europe" lelopean. Ekainaren 16an, Kataluniako Biltzar Jauregian (Bartzelona). Ekitaldia Zientzia, Berrikuntza eta Unibertsitate Ministerioarekin, Europako Batzordearekin eta Acciorekin lankidetzan egingo da. 2007an lehen…</t>
+  </si>
+  <si>
+    <t>Az, 28/01/2026 - 11:19</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/cdtiren-konferentzia-bi-programen-artean-horizon-europe</t>
+  </si>
+  <si>
+    <t>APP-TRI: gari-landareetan hosto-laginketa lursaila “irakurtzeko” eta uztaren iragarpena hobetzeko</t>
+  </si>
+  <si>
+    <t>Iturria: APP-TRI APP-TRI Talde Operatiboak aurrera egiten ari da proiektuaren zutabe nagusietako batean: soroetako datu agronomikoak denbora errealean aplikazio digital batean itzultzea, gari-produktibitatea kalkulatzeko eta uztaren desbideratze potentzialak aurreikusteko gai dena . Tresna uzta-konbinen errendimendu-mapetatik eta urruneko sentsoreetatik (Sentinel-2) lortutako informazioa…</t>
+  </si>
+  <si>
+    <t>Ar, 27/01/2026 - 12:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/app-tri-gari-landareetan-hosto-laginketa-lursaila-irakurtzeko-eta-uztaren-iragarpena</t>
+  </si>
+  <si>
+    <t>Landa-turismoan digitalizazioari eta datuen erabilerari buruzko inkesta bat zabalik dago.</t>
+  </si>
+  <si>
+    <t>Data4Rural proiektuak landa-turismoko eragileei zuzendutako inkesta bat jarri du abian , digitalizazio-maila, datuen egungo erabilera eta sektorearen prestakuntza-behar nagusiak zehazteko. Emaitzak landa-erakundeen beharretara egokitutako tresna praktikoak, prestakuntza-programak eta laguntza-zerbitzuak diseinatzeko erabiliko dira. Inkesta laburra eta erraza da, 6 eta 8 minutu arteko erantzun-…</t>
+  </si>
+  <si>
+    <t>Or, 23/01/2026 - 13:20</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/landa-turismoan-digitalizazioari-eta-datuen-erabilerari-buruzko-inkesta-bat-zabalik-dago</t>
+  </si>
+  <si>
+    <t>Behi-hazkuntzaren osasunerako garrantzia, Provacuno Campuseko saio berri batean eztabaidatua</t>
+  </si>
+  <si>
+    <t>Egunean zehar, Juan Pascual albaitariak, zientzia-komunikatzaileak eta AnimalhealthEurope-ko presidenteordeak, ikuspegi zientifiko eta tekniko batetik, behien eginkizuna jasangarritasunean, nutrizioan eta giza osasunean jorratu zuen. Provacuno Campusa behi-hazkuntza sektorean interesa duten unibertsitateko ikasleentzako baliabide nagusi gisa finkatzen ari da. Urtarrilaren 21ean online egin zen…</t>
+  </si>
+  <si>
+    <t>Or, 23/01/2026 - 12:59</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/behi-hazkuntzaren-osasunerako-garrantzia-provacuno-campuseko-saio-berri-batean</t>
+  </si>
+  <si>
+    <t>Nekazaritzan uraren erresilientziari buruzko EBko PAC Sarearen konferentzian parte hartzeko epea zabalik dago.</t>
+  </si>
+  <si>
+    <t>EBko Nekazaritza Politikoko Sareak “Uraren erresilientzia nekazaritzan: berrikuntza praktikan” konferentzian parte hartzeko interes adierazpenen deialdia ireki du, berrikuntzan, ezagutza trukean eta EIP-AGRI ikuspegian oinarritutako Europako bilera batean. Otsailaren 9a da maiatzaren 19tik 21era bitartean Hanburgon (Alemania) egingo den bilera honetara joateko eskaerak aurkezteko epea.…</t>
+  </si>
+  <si>
+    <t>Az, 21/01/2026 - 22:44</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/nekazaritzan-uraren-erresilientziari-buruzko-ebko-pac-sarearen-konferentzian-parte</t>
+  </si>
+  <si>
+    <t>“Berrikuntza eta Transferentzia Ekosistemak 2025” izeneko CDTI diru-laguntzen deialdia otsailaren 12ra arte irekita dago.</t>
+  </si>
+  <si>
+    <t>2025eko Berrikuntza eta Transferentzia Ekosistemen deialdia 2026ko otsailaren 12ra arte egongo da zabalik, eskualdeen arteko ekosistemak indartzeko helburuarekin, ezagutzaren transferentzian, zabalkundean eta balioespenean oinarrituta, Nekazaritza Ezagutza eta Berrikuntza Sistemen (AKIS) ikuspegiarekin bat etorriz. Ekintza honek sistemako agente desberdinen artean —administrazio publikoak,…</t>
+  </si>
+  <si>
+    <t>Ar, 20/01/2026 - 17:45</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/berrikuntza-eta-transferentzia-ekosistemak-2025-izeneko-cdti-diru-laguntzen-deialdia</t>
+  </si>
+  <si>
+    <t>SECUESVACek aurrerapausoak eman ditu nekazaritza-lurzoruetan karbono organikoaren bahiketa kalkulatzeko prozesuan</t>
+  </si>
+  <si>
+    <t>GO SECUESVAC proiektuak beste urrats bat eman du lurzoruan karbono organikoaren bahiketa kalkulatzera bideratutako faseari hasiera emanez. Bigarren etapa hau hasi ondoren, Behi-ekoizpenarekin lotutako nekazaritza-lurzoruetan karbonoaren bahiketa optimizatzeko Talde Operatiboko kideak behi-haragi sektorea zehatz-mehatz irudikatzen duen bizi-zikloaren ebaluazio bat garatzeko beharrezkoak diren…</t>
+  </si>
+  <si>
+    <t>Ar, 20/01/2026 - 10:22</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/secuesvacek-aurrerapausoak-eman-ditu-nekazaritza-lurzoruetan-karbono-organikoaren</t>
+  </si>
+  <si>
+    <t>AgroBank Tech Digital INNovation-ek 2026ko Deialdi Irekia ireki du nekazaritza-elikagaien sektorearen digitalizazioa bultzatzeko</t>
+  </si>
+  <si>
+    <t>AgroBank Tech Digital INNovation-ek ofizialki abiarazi du 2026ko Deialdi Irekia , nekazaritza-elikagaien sektoreak dituen erronka nagusiei irtenbide berritzaileak eskaintzen dizkieten startup eta teknologia-proiektuei zuzenduta. Programak eraldaketa digitala bizkortzeko, iraunkortasuna hobetzeko eta sektorearen lehiakortasuna indartzeko gai diren ekimenak bilatzen ditu. AgroBank Tech Digital…</t>
+  </si>
+  <si>
+    <t>Al, 19/01/2026 - 16:47</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/agrobank-tech-digital-innovation-ek-2026ko-deialdi-irekia-ireki-du-nekazaritza-elikagaien</t>
+  </si>
+  <si>
+    <t>Landa-eremuaren digitalizazioa: Navako Ureztatze Komunitatean ureztatzearen etorkizunerako aliatua</t>
+  </si>
+  <si>
+    <t>Digitalizazioa XXI. mendeko nekazaritzak dituen erronka nagusiei aurre egiteko tresna gakoa bihurtu da: uraren eskasia, klima-aldaketa eta baliabide gutxiagorekin gehiago ekoizteko beharra. Testuinguru honetan, ureztapenean aplikatutako teknologia berriek, hala nola sentsoreek, datu-plataformek, automatizazioak eta urrutiko kudeaketak, nekazariek beren laboreak planifikatzeko eta kudeatzeko modua…</t>
+  </si>
+  <si>
+    <t>Or, 16/01/2026 - 11:33</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/landa-eremuaren-digitalizazioa-navako-ureztatze-komunitatean-ureztatzearen-etorkizunerako</t>
+  </si>
+  <si>
+    <t>GO Olivebiome proiektuaren bilakaera</t>
+  </si>
+  <si>
+    <t>Maslinak teknikoki koordinatutako GO Olivebiome proiektua aurrerapauso handiak ematen ari da animalien pentsuetarako probiotiko-irtenbide jasangarrien baliozkotze industrialaren bidean, AINIAren inplikazio osoari esker. Azken aurrerapenek hiru mugarri nagusitan jartzen dute arreta: Kultiboak optimizatzea : AINIAk probiotikoen hazkundea MRS medioan eta gazurarekin alderatzen ari da, sistema…</t>
+  </si>
+  <si>
+    <t>Or, 16/01/2026 - 11:06</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/go-olivebiome-proiektuaren-bilakaera</t>
+  </si>
+  <si>
+    <t>Tokiko Elikagai Aholkularien Bidaia 2026 kanpaina abian jarri da: hornidura-kate laburrei buruzko aholkularitza indartzeko Europako bide-orria</t>
+  </si>
+  <si>
+    <t>EU 4Advice eta COREnet ekimena, Local Food Advisors' Journey 2026, Elikagaien Hornikuntza Kate Laburretan Europako Aholkularien Sarea (EAN-SFSC) nabarmentzeko eta, aldi berean, aholkulariak haren eraikuntzan eta etengabeko hobekuntzan aktiboki inplikatzeko helburuarekin sortu zen. Ekimen hau COREnet eta EU4Advice sare partekatuaren parte diren aholkularientzako bide-orri malgu eta ebolutibo gisa…</t>
+  </si>
+  <si>
+    <t>Og, 15/01/2026 - 13:07</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/tokiko-elikagai-aholkularien-bidaia-2026-kanpaina-abian-jarri-da-hornidura-kate-laburrei</t>
+  </si>
+  <si>
+    <t>CDTI Innovation-ek Espainiako enpresa baten bila dabil Agritech-eko I+G proiektu baterako FAEDA-rekin (Senegal) batera.</t>
+  </si>
+  <si>
+    <t>CDTI Innovation-ek negozio-bazkide baten bilaketa argitaratu du, FAEDA enpresa senegaldarrarekin nazioarteko lankidetzan I+G proiektu bat garatu nahi duen enpresa espainiar bat identifikatzeko, Agritech arloan, zehazki IKTak hegazti-hazkuntzan aplikatzeko . Proposatutako lankidetzak Senegalen pilotu hegazti-ustiategi baten garapenean eta baliozkotzean oinarritzen da, eta horrek tokiko…</t>
+  </si>
+  <si>
+    <t>Ar, 13/01/2026 - 23:03</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/cdti-innovation-ek-espainiako-enpresa-baten-bila-dabil-agritech-eko-ig-proiektu-baterako</t>
+  </si>
+  <si>
+    <t>2026an, nekazaritza birsortzaile eta jasangarria sustatzeko planaren sektore-tailer teknikoen blokea hasiko da.</t>
+  </si>
+  <si>
+    <t>2026an, sektoreko tailer teknikoen blokea hasiko da "Nekazaritza birsortzaile eta jasangarria sustatzeko tailer eta mintegi teknikoak" programaren barruan, Juana de Vega Fundazioak eta Agroassessor enpresak 2025eko martxoan abiarazitako eta Nekazaritza, Arrantza eta Elikadura Ministerioak diruz lagundutako ekimena. Ia urte eta erdiz, bi erakundeek elkarrekin sustatu dute Galizia eta Kataluniaren…</t>
+  </si>
+  <si>
+    <t>Ar, 13/01/2026 - 20:26</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/2026an-nekazaritza-birsortzaile-eta-jasangarria-sustatzeko-planaren-sektore-tailer</t>
+  </si>
+  <si>
+    <t>Ur adimendunaren iraultza: Xinzo de Limia ureztatzearen digitalizazioarekin bat egiten du</t>
+  </si>
+  <si>
+    <t>Nekazaritzaren digitalizazioa etengabe aurrera doa, eta Galizia ez da salbuespena. A Limiako (Ourense) eskualdeko Laguna de Antela Ureztatzeko Komunitateak nekazaritzako uraren kudeaketan inflexio-puntu bat markatuko duten irtenbide teknologikoak ezartzen hasi da. Proiektu hau, Uraren Zikloaren Digitalizaziorako PERTE programaren bidez Europar Batasunaren Hurrengo Belaunaldiko funtsek finantzatua…</t>
+  </si>
+  <si>
+    <t>Al, 12/01/2026 - 16:40</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/ur-adimendunaren-iraultza-xinzo-limia-ureztatzearen-digitalizazioarekin-bat-egiten-du</t>
+  </si>
+  <si>
+    <t>Berrikuntza eta teknologia, elikagaien segurtasunaren eta subiranotasunaren zutabeak EBn</t>
+  </si>
+  <si>
+    <t>Europar Batasunaren elikagaien segurtasuna eta subiranotasuna bermatzea, ziurgabetasun geopolitiko, klimatiko eta ekonomikoak markatutako testuinguru globalean, lehentasun estrategiko bihurtu da. Hori argi geratu zen duela gutxi Bruselan egindako Europar Batasuneko Nekazaritza Ministroen aparteko bileran , urtarrilaren 7an Europako Batzordearen eta Zipreko Lehendakaritzaren ekimenez, non Europako…</t>
+  </si>
+  <si>
+    <t>Or, 09/01/2026 - 12:36</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/berrikuntza-eta-teknologia-elikagaien-segurtasunaren-eta-subiranotasunaren-zutabeak-ebn</t>
+  </si>
+  <si>
+    <t>Galiziako Gobernuak Xenética Fontaorekin koordinazioa areagotu du Galiziako abeltzaintza hobetzeko</t>
+  </si>
+  <si>
+    <t>ITURRIA: RFEAGAS José Balseiros Abeltzaintza, Nekazaritza eta Nekazaritza Elikagai Industrietako zuzendari nagusiek eta Juan José Cerviño PAC eta Elikagai Katearen Kontrolekoak San Caetanon bildu ziren Xenética Fontaoko arduradunekin, Xuntak duen eta Galiziako Animalien Eskolma eta Ugalketa Zentroa kudeatzeaz arduratzen den enpresa bat. Bilerak Galiziako Landa Eremuen Sailaren eta Xenética…</t>
+  </si>
+  <si>
+    <t>Az, 07/01/2026 - 15:52</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/galiziako-gobernuak-xenetica-fontaorekin-koordinazioa-areagotu-du-galiziako-abeltzaintza</t>
+  </si>
+  <si>
+    <t>Gobernuak karbono-nekazaritzari buruzko ezagutza sustatzen ari da, Espainiako Kontserbazio Nekazaritzarako Lurzoru Bizidunen Elkartearekin egindako akordio baten bidez.</t>
+  </si>
+  <si>
+    <t>Akordioak egungo lankidetza-esparrua jarraitzen du, kontserbazio-nekazaritzako praktikak eta ekoregioetan duten aplikazio zabalagoa hobeto ulertzen laguntzeko. Arreta berezia jarriko dio emakumeen prestakuntzari eta belaunaldien berritzea sustatzeari eta landa-eremuetako biztanleria atxikitzeari. Hitzarmenak gehienez 422.100 euroko aurrekontua du eta 2027ko abendura arte iraungo du. Nekazaritza,…</t>
+  </si>
+  <si>
+    <t>Ar, 23/12/2025 - 13:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/gobernuak-karbono-nekazaritzari-buruzko-ezagutza-sustatzen-ari-da-espainiako-kontserbazio</t>
+  </si>
+  <si>
+    <t>GO LIVLAB-IN: Nola intsektuen hondakinak iraultza eragiten ari diren baratzezaintzako laboreen ongarritzean</t>
+  </si>
+  <si>
+    <t>Hau da GO LIVLAB-IN proiektuaren oinarria, intsektuen hazkuntzan eta ekonomia zirkularrean oinarritzen den ekimen berritzaile bat, nekazaritza eta agroindustria eraldatzeko palanka gisa. LIVLAB-INek eredu aitzindari bat proposatzen du, intsektuen ekoizpena erabiltzen duena elikagai-kate osoan zehar sortutako azpiproduktuei, hondakinei eta landare-hondakinei balioa gehitzeko, hasierako prozesatze-…</t>
+  </si>
+  <si>
+    <t>Ar, 23/12/2025 - 12:51</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/go-livlab-nola-intsektuen-hondakinak-iraultza-eragiten-ari-diren-baratzezaintzako</t>
+  </si>
+  <si>
+    <t>I+G egonaldietarako eskaerak aurkezteko deialdia zabalik dago Administrazioan aholkularitza zientifikoa sustatzeko, nekazaritza-elikagaien eta basogintzaren sektoreari lotutako erronkekin.</t>
+  </si>
+  <si>
+    <t>I+G Egonaldien deialdiak aukera berri bat irekitzen dio Espainiako zientzialari komunitateari Estatuko Administrazio Orokorrean aholkularitza zientifikoa emanez politika publikoen diseinuan eta hobekuntzan zuzenean laguntzeko. Ekimen aitzindari honek, Zientzia Aholkularitzarako Bulego Nazionalak (ONAC) eta Zientzia eta Teknologiarako Espainiako Fundazioak (FECYT) sustatutakoak, 42 sei hilabeteko…</t>
+  </si>
+  <si>
+    <t>Al, 22/12/2025 - 18:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/ig-egonaldietarako-eskaerak-aurkezteko-deialdia-zabalik-dago-administrazioan</t>
+  </si>
+  <si>
+    <t>CITOLIVAk oliba-olioaren sektoreari azpiproduktuak eraldatzeko tresna teknologikoa eskaintzen dio</t>
+  </si>
+  <si>
+    <t>Andaluziako Juntak (PAIDI 2020) finantzatutako OLIVEVALUE-k sistema aitzindari bat eskaintzen die oliba-errotei eta patsak prozesatzeko lantegiei oliba-patsa, hezurrak, hostoak eta olibondo-hondakinak balorizatzeko biderik onena gomendatzen diena. CITOLIVAk arrakastaz burutu du OLIVEVALUE proiektua , oliba olioaren ekoizpen prozesuan sortutako azpiproduktuak erabiltzeko erabaki estrategikoak…</t>
+  </si>
+  <si>
+    <t>Al, 22/12/2025 - 15:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/citolivak-oliba-olioaren-sektoreari-azpiproduktuak-eraldatzeko-tresna-teknologikoa</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien eta basogintzaren sektorearen digitalizazioari buruzko aholkularitzarako laguntza-deialdi berria</t>
+  </si>
+  <si>
+    <t>Aholkularitza da berriro ere nekazaritza-elikagaien eta basogintzaren sektorearen eraldaketa digitalaren erdigunean . Nekazaritza, Arrantza eta Elikadura Ministerioak (MAPA) digitalizazio aholkularitza zerbitzuetarako proposamen deialdi berri bat abiarazi du, 4,7 milioi euroko aurrekontuarekin, 2023-2027 NEPB Plan Estrategikoaren (PEPAC) esparruan. Laguntza hau funtsezkoa da aholkularitza…</t>
+  </si>
+  <si>
+    <t>Al, 22/12/2025 - 11:25</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/nekazaritza-elikagaien-eta-basogintzaren-sektorearen-digitalizazioari-buruzko</t>
+  </si>
+  <si>
+    <t>SmartFarmRani aurrera egiten ari da kontserbazio genetikoan eta abeltzaintzako berrikuntzan Ávilan</t>
+  </si>
+  <si>
+    <t>SmartFarmRani proiektuak ekintza berriak garatzen jarraitzen du Ávila probintzian , berrikuntzarekiko, kontserbazio genetikoarekiko eta bertako arrazen abeltzaintza estentsiboaren iraunkortasunaren hobekuntzarekiko duen konpromisoa indartuz. Jarduera hauen barruan, proiektuko kideak Ávila Foru Aldundira joan ziren Avileña-Negra Ibérica arrazako bi Bociblanca zezen genetikoki hoberenen hazia…</t>
+  </si>
+  <si>
+    <t>Or, 19/12/2025 - 11:41</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/smartfarmrani-aurrera-egiten-ari-da-kontserbazio-genetikoan-eta-abeltzaintzako</t>
+  </si>
+  <si>
+    <t>OP BIOTECHek ur eskasiarekiko laboreen tolerantzia handitzeko irtenbide mikrobianoak sustatzen ditu</t>
+  </si>
+  <si>
+    <t>OP BIOTECH proiektuak bakterio onuragarrien erabileran oinarritutako estrategia berritzaileen garapena aurrera eramaten jarraitzen du, laboreen ur-estresarekiko erresistentzia indartzeko. Ikerketa-lerro honek lurzoruan eta errizosferan dauden mikroorganismo batzuen potentziala aprobetxatzean jartzen du arreta, lehorte-baldintzetan landareen portaera fisiologikoa hobetzeko. Klima-aldaketak eta ur-…</t>
+  </si>
+  <si>
+    <t>Or, 19/12/2025 - 09:56</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/op-biotechek-ur-eskasiarekiko-laboreen-tolerantzia-handitzeko-irtenbide-mikrobianoak</t>
+  </si>
+  <si>
+    <t>ASH4SOILek AF4EU Europako proiektuaren itxieran parte hartu zuen</t>
+  </si>
+  <si>
+    <t>FEUGAk koordinatutako ASH4SOIL Talde Operatiboak abenduaren 12an parte hartu zuen AF4EU Europako proiektuaren Eskualdeko Nekazaritza eta Basogintza Berrikuntza Sarearen (RAIN) eskualdeko bileran, Santiagoko Unibertsitateak (USC) zuzenduta. Ekitaldiak 10 herrialde europarretako erakundeen arteko hiru urteko lankidetza eta lan bateratua amaitu zuen, agrobasogintza sustatzeko helburuarekin sare…</t>
+  </si>
+  <si>
+    <t>Og, 18/12/2025 - 18:12</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/ash4soilek-af4eu-europako-proiektuaren-itxieran-parte-hartu-zuen</t>
+  </si>
+  <si>
+    <t>Hamasei sukaldari ospetsuk bat egin dute Provacunok antolatutako ongintzako bazkarian</t>
+  </si>
+  <si>
+    <t>Hamasei sukaldarik, horietako batzuk Michelin izarrekin, parte hartu dute aurten Madrilgo behartsuenen aldeko Gabonetako bazkari tradizional honetan, Behi Haragiaren Elkarte Interprofesionalak (PROVACUNO) antolatuta, hiriko alkate José Luis Martínez-Almeidaren laguntzarekin. Lau urtez egin den ekimenak Espainiako hainbat lekutatik etorritako hamasei sukaldari ospetsuk prestatutako 1.000 idi-…</t>
+  </si>
+  <si>
+    <t>Og, 18/12/2025 - 13:55</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/hamasei-sukaldari-ospetsuk-bat-egin-dute-provacunok-antolatutako-ongintzako-bazkarian</t>
+  </si>
+  <si>
+    <t>AGILE sarearen esparruan kromosoma biologiari buruzko MSCA doktorego postu bat iragarri da</t>
+  </si>
+  <si>
+    <t>Iturria: Red PlantMicro Marie Skłodowska-Curie “AGILE” doktorego sare europarrak doktorego postu bat eskatzeko deialdia ireki du 2026ko udaberrian hasiko dena, landareen kromosoma estandar eta supernumerarioetan kromatinaren analisi konparatiboan oinarrituta. Ikerketa Gaterslebeneko (Alemania) IPK- n egingo da eta kromosomen biologiaren, epigenetikaren eta transkripzio-erregulazioaren alderdi…</t>
+  </si>
+  <si>
+    <t>Og, 18/12/2025 - 13:43</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/agile-sarearen-esparruan-kromosoma-biologiari-buruzko-msca-doktorego-postu-bat-iragarri</t>
+  </si>
+  <si>
+    <t>GO e-LocalHub-ek bere lehen bideo-errezetak kaleratu ditu bertako arrazak nabarmentzeko</t>
+  </si>
+  <si>
+    <t>e-LocalHub Talde Operatiboak proiektuaren lehen bideo-errezetak argitaratu ditu, bertako arrazetako eta abeltzaintza estentsibo tradizionaleko produktuak azken kontsumitzaileari hurbiltzeko helburu duen ekimen gastronomiko bat. Produktuak proiektuan parte hartzen duten arrazetako osagaiekin egiten dira: txerri iberikoak , Castellana Negra hegaztiak , Avileña-Negra Ibérica behiak eta ardi merinoak…</t>
+  </si>
+  <si>
+    <t>Ar, 16/12/2025 - 15:13</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/go-e-localhub-ek-bere-lehen-bideo-errezetak-kaleratu-ditu-bertako-arrazak-nabarmentzeko</t>
+  </si>
+  <si>
+    <t>RFEAGAS 2025eko Jardunaldi Teknikoek hazkuntza selektiboaren koordinazioa eta etorkizuna indartzen dituzte.</t>
+  </si>
+  <si>
+    <t>RFEAGAS 2025eko Konferentzia Teknikoak Madrilen bildu zituen hazleen elkarteak, teknikariak eta sektoreko profesionalak , Espainiako arraza garbiko abeltzaintzaren erronka eta aukera nagusiak aztertu eta eguneratzeko helburuarekin. Programak, ikuspegi tekniko eta zeharkako batetik, gai gakoak jorratu zituen, hala nola animalien osasuna , hobekuntza genetikoa , digitalizazioa eta datuen kudeaketa…</t>
+  </si>
+  <si>
+    <t>Ar, 16/12/2025 - 14:15</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/rfeagas-2025eko-jardunaldi-teknikoek-hazkuntza-selektiboaren-koordinazioa-eta-etorkizuna</t>
+  </si>
+  <si>
+    <t>FutureFoodS-ek bere bigarren nazioarteko deialdi bateratua abiarazi du elikagaien jasangarritasuna bizkortzeko</t>
+  </si>
+  <si>
+    <t>FutureFoodS Europako lankidetzak bere Bigarren Transnazional Kofinantzatutako Proposamen Deialdiaren irekiera iragarri du, elikadura-sistema jasangarriago, osasungarriago, zirkularrago eta gardenagoetarako trantsizioa bultzatzen duten ikerketa eta berrikuntza proiektuak finantzatzeko helburuarekin. Deialdiak ikertzaileak, teknologia-zentroak, unibertsitateak, administrazio publikoak, GKEak eta…</t>
+  </si>
+  <si>
+    <t>Or, 12/12/2025 - 16:12</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/futurefoods-ek-bere-bigarren-nazioarteko-deialdi-bateratua-abiarazi-du-elikagaien</t>
+  </si>
+  <si>
+    <t>CDTI Berrikuntzak finantzatuko du Espainiako parte-hartzea Europako Agroekologia lankidetzaren hirugarren deialdian</t>
+  </si>
+  <si>
+    <t>Teknologia eta Berrikuntza Garatzeko Zentroak (CDTI Innovación) iragarri du Espainiako erakundeen parte-hartzea finantzatuko duela Europako Agroekologia Lankidetzaren hirugarren deialdi kofinantzatuan . Lankidetza hau duela gutxi abian jarri da , “Landare eta animalien dibertsitate genetikoa sustatzea eta nekazariei ahalduntzea trantsizio agroekologikoa bizkortzeko” izenburupean. Ekimen honek…</t>
+  </si>
+  <si>
+    <t>Or, 12/12/2025 - 15:10</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/cdti-berrikuntzak-finantzatuko-du-espainiako-parte-hartzea-europako-agroekologia</t>
+  </si>
+  <si>
+    <t>CONAFEk 2026ko Abeltzaintzako Ekoizpenean Aplikatutako Genetikako Munduko Kongresuan aurkeztutako zazpi artikulu zientifikotan parte hartu du</t>
+  </si>
+  <si>
+    <t>Espainiako Frisiar Elkarteen Konfederazioak (CONAFE) hainbat lan zientifikotan kolaboratzen du , Abeltzaintzako Ekoizpenean Aplikatutako Genetikako Munduko Kongresuan (WCGALP 2026) , 2026ko uztailaren 12tik 17ra Madisonen (Wisconsin, AEB) egingo dena. WCGALP animalien hobekuntza genetikoari buruzko nazioarteko foro nagusia da, eta lau urtean behin mundu osoko ikertzaileak eta profesionalak…</t>
+  </si>
+  <si>
+    <t>Az, 10/12/2025 - 16:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/conafek-2026ko-abeltzaintzako-ekoizpenean-aplikatutako-genetikako-munduko-kongresuan</t>
+  </si>
+  <si>
+    <t>GO PRERIVIDek parte hartu zuen “I+G+B: Mahastizaintza jasangarrirako irtenbide digitalak” mintegiaren grabazioa YouTuben dago eskuragarri.</t>
+  </si>
+  <si>
+    <t>Iturria: GO PREVID Urriaren 28an , “ I+G+B: Mahastizaintza jasangarrirako irtenbide digitalak” doako online mintegia egin zen, Ardoaren Teknologia Plataformak (PTV) antolatuta, Espainiako Ardoaren Erakunde Interprofesionalarekin (OIVE) eta AgroBank-ekin lankidetzan . Esparru honetan, Débora Francok, Monet Viticulturako zuzendariak, PRERIVID Talde Operatiboaren aurrerapena aurkeztu zuen ,…</t>
+  </si>
+  <si>
+    <t>Ar, 09/12/2025 - 10:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/go-prerividek-parte-hartu-zuen-igb-mahastizaintza-jasangarrirako-irtenbide-digitalak</t>
   </si>
   <si>
     <t>Talde Operatiboak: Nekazaritza-elikagaien berrikuntza Afrikako txerri-izurriaren aurkako borrokan</t>
   </si>
   <si>
     <t>Nekazaritza Politika Bateratuak (NPB) Berrikuntza Talde Operatibo ugari sustatu ditu azken urteotan, abeltzaintza sektoreko animalien osasuna eta ongizatea hobetzeko lanean. Europako funtsek finantzatutako eta nekazariek, ikertzaileek, gobernu agentziek eta enpresek elkarlanean garatu dituzten ekimen hauek helburu komun bat dute: zientzia eta teknologia sektorearen osasun erronka nagusiei…</t>
   </si>
   <si>
     <t>Or, 05/12/2025 - 21:14</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/talde-operatiboak-nekazaritza-elikagaien-berrikuntza-afrikako-txerri-izurriaren-aurkako</t>
   </si>
   <si>
     <t>GO CONTROLek bilera tekniko bat egin du Valentzian pilotuen aurrerapena ebaluatzeko</t>
   </si>
   <si>
     <t>GO CONTROLek bilera tekniko bat egin zuen Valentzia hirian, Valentziako Erkidegoan eta Gaztela eta Leonen ezartzen ari diren proiektu pilotuen garapen egoera eta aurrerapen maila zehatz-mehatz aztertzeko helburuarekin. Bilerak bi eskualdeetan proiektu pilotuak ezartzeaz arduratzen diren talde teknikoak bildu zituen, eta orain arte egindako lana koordinatzeko, monitorizatzeko eta partekatzeko foro…</t>
   </si>
   <si>
     <t>Or, 05/12/2025 - 10:53</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/go-controlek-bilera-tekniko-bat-egin-du-valentzian-pilotuen-aurrerapena-ebaluatzeko</t>
   </si>
@@ -4748,54 +5144,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D383"/>
+  <dimension ref="A1:D416"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D383"/>
+      <selection activeCell="A1" sqref="A1:D416"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="246.511" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="473.027" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -6292,513 +6688,513 @@
       <c r="C108" s="1" t="s">
         <v>430</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
         <v>432</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>434</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B110" s="1"/>
+      <c r="B110" s="1" t="s">
+        <v>437</v>
+      </c>
       <c r="C110" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
-        <v>567</v>
-[...1 lines deleted...]
-      <c r="B143" s="1" t="s">
         <v>568</v>
       </c>
+      <c r="B143" s="1"/>
       <c r="C143" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>571</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>575</v>
       </c>
@@ -8758,1412 +9154,1874 @@
         <v>1134</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="1" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="1" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="1" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="1" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1183</v>
+        <v>1189</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="1" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="1" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="1" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="1" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="1" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="1" t="s">
-        <v>1205</v>
+        <v>1211</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1206</v>
+        <v>1212</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="1" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1207</v>
+        <v>1217</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="1" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1207</v>
+        <v>1221</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>1214</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="1" t="s">
-        <v>1215</v>
+        <v>1223</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1207</v>
+        <v>1225</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="1" t="s">
-        <v>1218</v>
+        <v>1227</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1219</v>
+        <v>1228</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1207</v>
+        <v>1229</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>1220</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="1" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>1224</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="1" t="s">
-        <v>1225</v>
+        <v>1235</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1226</v>
+        <v>1236</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1223</v>
+        <v>1237</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>1227</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="1" t="s">
-        <v>1228</v>
+        <v>1239</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1229</v>
+        <v>1240</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1223</v>
+        <v>1241</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>1230</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="1" t="s">
-        <v>1231</v>
+        <v>1243</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1232</v>
+        <v>1244</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1223</v>
+        <v>1245</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>1233</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="1" t="s">
-        <v>1234</v>
+        <v>1247</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1235</v>
+        <v>1248</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1223</v>
+        <v>1249</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>1236</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="1" t="s">
-        <v>1237</v>
+        <v>1251</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1238</v>
+        <v>1252</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1223</v>
+        <v>1253</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>1239</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="1" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1223</v>
+        <v>1257</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>1242</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="1" t="s">
-        <v>1243</v>
+        <v>1259</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1244</v>
+        <v>1260</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1223</v>
+        <v>1261</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>1245</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="1" t="s">
-        <v>1246</v>
+        <v>1263</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1247</v>
+        <v>1264</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1223</v>
+        <v>1265</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>1248</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
-        <v>1249</v>
+        <v>1267</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1250</v>
+        <v>1268</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>1251</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
-        <v>1252</v>
+        <v>1271</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1253</v>
+        <v>1272</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1254</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>1255</v>
+        <v>1274</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1256</v>
+        <v>1275</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1223</v>
+        <v>1269</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>1257</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>1258</v>
+        <v>1277</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1259</v>
+        <v>1278</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1223</v>
+        <v>1279</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>1260</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>1261</v>
+        <v>1281</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1262</v>
+        <v>1282</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1223</v>
+        <v>1279</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1263</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>1264</v>
+        <v>1284</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1265</v>
+        <v>1285</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1223</v>
+        <v>1279</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1266</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>1267</v>
+        <v>1287</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1268</v>
+        <v>1288</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1223</v>
+        <v>1289</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1269</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>1270</v>
+        <v>1291</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1271</v>
+        <v>1292</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1223</v>
+        <v>1293</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1272</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>1273</v>
+        <v>1295</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1274</v>
+        <v>1296</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1223</v>
+        <v>1293</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1275</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>1276</v>
+        <v>1298</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1277</v>
+        <v>1299</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1223</v>
+        <v>1293</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1278</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>1279</v>
+        <v>1301</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1280</v>
+        <v>1302</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1223</v>
+        <v>1303</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1281</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>1282</v>
+        <v>1305</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1283</v>
+        <v>1306</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1223</v>
+        <v>1307</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1284</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>1285</v>
+        <v>1309</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1286</v>
+        <v>1310</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1223</v>
+        <v>1311</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1287</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>1288</v>
+        <v>1313</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1289</v>
+        <v>1314</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1223</v>
+        <v>1315</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1290</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>1291</v>
+        <v>1317</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1292</v>
+        <v>1318</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1223</v>
+        <v>1319</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1293</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>1294</v>
+        <v>1321</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1295</v>
+        <v>1322</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1223</v>
+        <v>1323</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1296</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>1297</v>
+        <v>1325</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1298</v>
+        <v>1326</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1223</v>
+        <v>1327</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1299</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>1300</v>
+        <v>1329</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1301</v>
+        <v>1330</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1223</v>
+        <v>1331</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1302</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>1303</v>
+        <v>1333</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1304</v>
+        <v>1334</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1223</v>
+        <v>1335</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1305</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1306</v>
+        <v>1337</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1307</v>
+        <v>1338</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1308</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1309</v>
+        <v>1341</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1310</v>
+        <v>1342</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1311</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1312</v>
+        <v>1344</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1313</v>
+        <v>1345</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1314</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1315</v>
+        <v>1347</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1316</v>
+        <v>1348</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1317</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1318</v>
+        <v>1350</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1319</v>
+        <v>1351</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1223</v>
+        <v>1339</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1320</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1321</v>
+        <v>1353</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1322</v>
+        <v>1354</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1323</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1324</v>
+        <v>1357</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1325</v>
+        <v>1358</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1326</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1327</v>
+        <v>1360</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1328</v>
+        <v>1361</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1329</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1330</v>
+        <v>1363</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1331</v>
+        <v>1364</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1332</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1333</v>
+        <v>1366</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1334</v>
+        <v>1367</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1335</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1336</v>
+        <v>1369</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1337</v>
+        <v>1370</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1338</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1339</v>
+        <v>1372</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1340</v>
+        <v>1373</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1341</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1342</v>
+        <v>1375</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1343</v>
+        <v>1376</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1344</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1345</v>
+        <v>1378</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1346</v>
+        <v>1379</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1347</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1348</v>
+        <v>1381</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1349</v>
+        <v>1382</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1350</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1351</v>
+        <v>1384</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1352</v>
+        <v>1385</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1223</v>
+        <v>1355</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1353</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1354</v>
+        <v>1387</v>
       </c>
       <c r="B353" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C353" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="C353" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D353" s="1" t="s">
-        <v>1357</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1358</v>
+        <v>1390</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1359</v>
+        <v>1391</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1360</v>
+        <v>1355</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1361</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1362</v>
+        <v>1393</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1363</v>
+        <v>1394</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1364</v>
+        <v>1355</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1365</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1366</v>
+        <v>1396</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1367</v>
+        <v>1397</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1368</v>
+        <v>1355</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1369</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1370</v>
+        <v>1399</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1371</v>
+        <v>1400</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1372</v>
+        <v>1355</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1373</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1374</v>
+        <v>1402</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1375</v>
+        <v>1403</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1376</v>
+        <v>1355</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1377</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1378</v>
+        <v>1405</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1379</v>
+        <v>1406</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1380</v>
+        <v>1355</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1381</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1382</v>
+        <v>1408</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1383</v>
+        <v>1409</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1384</v>
+        <v>1355</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1385</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1386</v>
+        <v>1411</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1387</v>
+        <v>1412</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1388</v>
+        <v>1355</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1389</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1390</v>
+        <v>1414</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1391</v>
+        <v>1415</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1392</v>
+        <v>1355</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1393</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1394</v>
+        <v>1417</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1395</v>
+        <v>1418</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1396</v>
+        <v>1355</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1397</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1398</v>
+        <v>1420</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1399</v>
+        <v>1421</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1401</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1402</v>
+        <v>1423</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1403</v>
+        <v>1424</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1404</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1405</v>
+        <v>1426</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1406</v>
+        <v>1427</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1407</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1408</v>
+        <v>1429</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1409</v>
+        <v>1430</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1410</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1411</v>
+        <v>1432</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1412</v>
+        <v>1433</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1413</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1414</v>
+        <v>1435</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1415</v>
+        <v>1436</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1416</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1417</v>
+        <v>1438</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1418</v>
+        <v>1439</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1400</v>
+        <v>1355</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1419</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1420</v>
+        <v>1441</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1421</v>
+        <v>1442</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1423</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1424</v>
+        <v>1444</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1425</v>
+        <v>1445</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1426</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1427</v>
+        <v>1447</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1428</v>
+        <v>1448</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1429</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1430</v>
+        <v>1450</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1431</v>
+        <v>1451</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1432</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1433</v>
+        <v>1453</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1434</v>
+        <v>1454</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1422</v>
+        <v>1355</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1435</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1436</v>
+        <v>1456</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1437</v>
+        <v>1457</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1438</v>
+        <v>1355</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1439</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1440</v>
+        <v>1459</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1441</v>
+        <v>1460</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1443</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1444</v>
+        <v>1462</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1445</v>
+        <v>1463</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1446</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1447</v>
+        <v>1465</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1448</v>
+        <v>1466</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1449</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1450</v>
+        <v>1468</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1451</v>
+        <v>1469</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1452</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1453</v>
+        <v>1471</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1454</v>
+        <v>1472</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1455</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1456</v>
+        <v>1474</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1457</v>
+        <v>1475</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1458</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1459</v>
+        <v>1477</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1460</v>
+        <v>1478</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1442</v>
+        <v>1355</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1461</v>
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>1593</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>