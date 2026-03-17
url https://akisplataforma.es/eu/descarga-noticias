--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -12,64 +12,328 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Noticias" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1594">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1702">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Fecha de publicación</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
+    <t>Andaluziako Eskualdeko Gobernuak Rondako Eskualdeko Nekazaritza Bulego (OCA) berria inauguratu du.</t>
+  </si>
+  <si>
+    <t>Andaluziako Eskualdeko Gobernuak Rondako Barrutiko Nekazaritza Bulego (OCA) berria inauguratu du, 1,7 milioi euroko inbertsioa izan duen azpiegitura proiektu bat, Landa Garapenerako Europako Nekazaritza Funtsak (LGENF ) finantzatutakoa neurri handi batean. Instalazio berriak barrutiko 5.000 baserri baino gehiagori zerbitzua emateko nahikoak ez ziren instalazio zaharrak ordezkatzen ditu, eta…</t>
+  </si>
+  <si>
+    <t>Og, 12/03/2026 - 09:54</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/andaluziako-eskualdeko-gobernuak-rondako-eskualdeko-nekazaritza-bulego-oca-berria</t>
+  </si>
+  <si>
+    <t>MujerForest proiektuak landa-eremuko emakumeak enplegagarritasun berderako trebatzen ditu</t>
+  </si>
+  <si>
+    <t>MujerForest doako prestakuntza berde eta enplegagarritasun proiektu bat da, Sevillako Sierra Morenako landa-eremuetako emakumeei zuzenduta, bioekonomiaren eta baso-kudeaketa jasangarriaren esparruan. Europako Gizarte Funts Plus-ek (EGIF+) % 85ean finantzatzen du, Empleaverde+ Programaren 2024ko deialdiaren barruan, Trantsizio Ekologiko eta Erronka Demografikorako Ministerioaren Biodibertsitate…</t>
+  </si>
+  <si>
+    <t>Al, 09/03/2026 - 12:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/mujerforest-proiektuak-landa-eremuko-emakumeak-enplegagarritasun-berderako-trebatzen-ditu</t>
+  </si>
+  <si>
+    <t>Batzordeak Andaluziako Nekazaritza Akademiaren sorrera onartu du</t>
+  </si>
+  <si>
+    <t>Iturria: Andaluziako Gobernua Entitatea Almerian izango du egoitza eta nekazaritza sektoreko ikerketa, berrikuntza eta ezagutzaren transferentzia sustatuko ditu. Gobernu Kontseiluak Andaluziako Nekazaritza Akademia sortzeko dekretua onartu du, Almeriako Zientzia eta Teknologia Parkean (PITA) egoitza duena, eta Andaluziako Akademien Institutuan integratzea. Erakunde berriaren helburuak…</t>
+  </si>
+  <si>
+    <t>Al, 09/03/2026 - 12:49</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/batzordeak-andaluziako-nekazaritza-akademiaren-sorrera-onartu-du</t>
+  </si>
+  <si>
+    <t>CIDAF eta lau berrikuntza zirkular proiektu: nekazaritzako elikagaien hondakinetatik hasi eta bio-sarrera eta osagai funtzionaletaraino</t>
+  </si>
+  <si>
+    <t>Bioekonomia zirkularrak bide berriak irekitzen dizkio nekazaritza-elikagaien sektoreari azpiproduktuak eta baliabide naturalak balio handiko irtenbide bihurtzeko: bioestimulatzaileak, osagai funtzionalak, animalien pentsu eraginkorragoak eta uztaren osasuna eta produktibitatea hobetzeko alternatiba naturalak. Elikagai Funtzionalen Berrikuntza eta Garapenerako Zentroaren (CIDAF) parte-hartze…</t>
+  </si>
+  <si>
+    <t>Al, 02/03/2026 - 18:21</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/cidaf-eta-lau-berrikuntza-zirkular-proiektu-nekazaritzako-elikagaien-hondakinetatik-hasi</t>
+  </si>
+  <si>
+    <t>CTAEXek ezagutzaren transferentzia eta lankidetza sustatzen ditu Transfiere 2026an</t>
+  </si>
+  <si>
+    <t>Extremadurako Nekazaritza eta Elikagaien Teknologia Zentro Nazionalak (CTAEX) Transfiere -n parte hartu zuen, Zientzia, Teknologia eta Berrikuntzarako Europako Foroan , nekazaritza eta elikagaien sektorean ezagutzaren transferentzia indartzeko eta lankidetzarako bide berriak irekitzeko helburuarekin. Ekitaldia 2016ko otsailaren 24tik 26ra egin zen, Málagako Azoka eta Kongresu Jauregian . Aurreko…</t>
+  </si>
+  <si>
+    <t>Al, 02/03/2026 - 16:05</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/ctaexek-ezagutzaren-transferentzia-eta-lankidetza-sustatzen-ditu-transfiere-2026an</t>
+  </si>
+  <si>
+    <t>CITOLIVA Mintegiak martxoan hasiko dira Cordoban: sei egun tekniko olibondo-soroen etorkizuna bultzatzeko</t>
+  </si>
+  <si>
+    <t>Kordoba izango da CITOLIVA Mintegien abiapuntua, zientzia, praktika eta lurraldea lotzen dituen aurrez aurreko prestakuntza proposamen bat, oliba olioaren sektorearen erronka handiei aurre egiteko: klima aldaketa, baliabideen urritasuna eta kalitatearen eskaria gero eta handiagoa . "Olibondo-soroa eraldatzen ari den ezagutza-sarearen parte izan" lelopean, CITOLIVAk ziklo hau sustatzen du espazio…</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 21:21</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/citoliva-mintegiak-martxoan-hasiko-dira-cordoban-sei-egun-tekniko-olibondo-soroen</t>
+  </si>
+  <si>
+    <t>Besemoslatierrak lurzoruaren osasuna hobetzeko gidak eta irtenbide berritzaileak biltzen ditu</t>
+  </si>
+  <si>
+    <t>Besemoslatierraren otsaileko alean lehen sektoreko profesionalentzat, aholkularientzat, teknikarientzat eta nekazaritza-berrikuntzan parte hartzen dutenentzat bereziki interesgarriak diren edukiak daude. Iraunkortasuna eta produktibitatea gero eta gehiago lurzoruaren kudeaketa onaren menpe dauden testuinguru batean, edizio honek nekazaritza-sistemak hobetzeko baliabide praktikoak eta ikuspegi…</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 18:40</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/besemoslatierrak-lurzoruaren-osasuna-hobetzeko-gidak-eta-irtenbide-berritzaileak-biltzen</t>
+  </si>
+  <si>
+    <t>Luis Planasek berrikuntza eta digitalizazioa Espainiako nekazaritza-elikagaien lidergoaren erdigunean kokatzen ditu</t>
+  </si>
+  <si>
+    <t>Ministroak gobernuak modernizazio teknologikoaren aldeko apustua defendatzen du, eta hori funtsezkoa da sektorearen lehiakortasuna eta iraunkortasuna indartzeko nazioarteko testuinguru konplexu batean. Azpimarratzen du Espainia nekazaritzako elikagaien potentzia dela eta Elikagaien Estrategia Nazionalak eta Nazioarteko Gastronomia Planak bere lidergoa bermatzeko bide-orri bat sendotzen dutela.…</t>
+  </si>
+  <si>
+    <t>Az, 25/02/2026 - 18:44</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/luis-planasek-berrikuntza-eta-digitalizazioa-espainiako-nekazaritza-elikagaien</t>
+  </si>
+  <si>
+    <t>CNTAk Food (Tech)² Challengers-en seigarren edizioa abiarazi du eta eskaerak egiteko epea martxoaren 13ra arte ireki du</t>
+  </si>
+  <si>
+    <t>Elikagaien Teknologia eta Segurtasunerako Zentro Nazionalak (CNTA) Food (Tech)² Challengers-en 6. edizioan parte hartzeko eskaerak aurkezteko epea ireki du. Nekazaritza, Arrantza eta Elikadura Ministerioak (MAPA) finantzatutako teknologia sustatzeko programa bat da, eta Espainiako elikagai-teknologiako startup-en garapena eta lehiakortasuna bizkortzea du helburu, merkatuarekin duten lotura…</t>
+  </si>
+  <si>
+    <t>Or, 20/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/cntak-food-tech2-challengers-seigarren-edizioa-abiarazi-du-eta-eskaerak-egiteko-epea</t>
+  </si>
+  <si>
+    <t>"Landa Eremu Digitalaren Erronka" ekimenerako eskaerak aurkezteko deialdi berria zabalik dago, landa eremuetan inklusio digitala sustatzeko doako prestakuntza eskainiz.</t>
+  </si>
+  <si>
+    <t>UNED Fundazioak Landa Eremuetako Erronka Digitalerako izen-emate epea ireki du – “Landa Eremuetako Inklusio Digitala: Aurrerapen Soziala”, landa eremuetako eta biztanle gutxiko komunitateetako bizilagunentzako doako prestakuntza digitalerako programa bat. Eskaerak aurkezteko 6. deialdia 2026ko martxoaren 9tik 27ra egongo da zabalik. Proiektua Europar Batasunak – Next Generation EU – diruz…</t>
+  </si>
+  <si>
+    <t>Az, 18/02/2026 - 16:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/landa-eremu-digitalaren-erronka-ekimenerako-eskaerak-aurkezteko-deialdi-berria-zabalik</t>
+  </si>
+  <si>
+    <t>EDIH Madrilgo Eskualdea 2.0-k bere fase berriari ekin dio madri+d Fundazioan egindako aurkezpen bilerarekin</t>
+  </si>
+  <si>
+    <t>madri+d Ezagutza Fundazioaren egoitzak EDIH Madril Eskualdea 2.0ren hasierako bilera hartu zuen 2026ko urtarrilaren 20an , Madrilgo Erkidegoko Europako Berrikuntza Digitalaren Gunearen fase berriaren hasiera formalki markatzen duen mugarri bat. Ekitaldiak partzuergoko bazkideak eta erakundeetako ordezkariak bildu zituen lankidetza indartzeko, lehentasunak partekatzeko eta hurrengo hiru…</t>
+  </si>
+  <si>
+    <t>Ar, 17/02/2026 - 11:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/edih-madrilgo-eskualdea-20-k-bere-fase-berriari-ekin-dio-madrid-fundazioan-egindako</t>
+  </si>
+  <si>
+    <t>Castillo de Canena izango da Espainiako lehen olibondo-soroa izurriteen kontrola intsektu onuragarriei emango diena</t>
+  </si>
+  <si>
+    <t>CITOLIVAk sustatutako ekimenak, bere AGRO·LIVE Natural Allies zerbitzuaren bidez, pestiziden erabilera murriztuko du eta laborearen oreka naturala indartuko du. Castillo de Canenako olibondo-soroetan, ez dira teknikariak eta traktoreak bakarrik lanean arituko. Denboraldi honetatik aurrera, intsektuak ere lanean arituko dira. Txikiak, diskretuak eta ia ikusezinak, biodibertsitatearen zaindari…</t>
+  </si>
+  <si>
+    <t>Ar, 17/02/2026 - 10:48</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/castillo-canena-izango-da-espainiako-lehen-olibondo-soroa-izurriteen-kontrola-intsektu</t>
+  </si>
+  <si>
+    <t>C Kongresuko Bulegoak nekazaritza gai interesgarriak sartu ditu datozen hiru txostenetako baten aldeko bozketa publikoan.</t>
+  </si>
+  <si>
+    <t>Espainiako Diputatuen Kongresuak bozketa publikoa ireki du herritarrek Zientzia eta Teknologia Bulegoak (C Bulegoa) 2026an prestatu eta aurkeztuko dituen hiru "C Txosten"etako baten gaia aukeratzeko. Parte hartzeko epea 2026ko otsailaren 23ra arte egongo da zabalik. Bozketa 20 gaiko zerrenda itxi batean oinarritzen da, C Bulegoak ( Zientzia eta Teknologiaren Kongresuko Bulegoa) hainbat…</t>
+  </si>
+  <si>
+    <t>Al, 16/02/2026 - 17:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/c-kongresuko-bulegoak-nekazaritza-gai-interesgarriak-sartu-ditu-datozen-hiru-txostenetako</t>
+  </si>
+  <si>
+    <t>GO VOLTAGROk hizlari gisa parte hartuko du CIES 2026ko nekazaritza-energiaren inguruko konferentzia teknikoan.</t>
+  </si>
+  <si>
+    <t>VOLTAGRO Talde Operatiboak hizlari gisa parte hartuko du "Agrivoltaika: kilowatt-ordutik haragoko eguzki-energia" jardunaldi teknikoan, CIESOLek eta AEDESek antolatutako XX. Iberiar Kongresuaren eta XVI. Iberoamerikar Eguzki Energiaren Kongresuaren (CIES 2026) jarduera paraleloen esparruan egingo den ekitaldi batean. Ekitaldia 2026ko martxoaren 25ean izango da, goizeko 9:30etik arratsaldeko 13:…</t>
+  </si>
+  <si>
+    <t>Og, 12/02/2026 - 11:08</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/go-voltagrok-hizlari-gisa-parte-hartuko-du-cies-2026ko-nekazaritza-energiaren-inguruko</t>
+  </si>
+  <si>
+    <t>Cajamar Innova Agrotechek nekazaritza-elikagaien arloko irtenbide berritzaileak bizkortzeko Erronka Teknologikoetarako deialdi berri bat ireki du</t>
+  </si>
+  <si>
+    <t>Cajamar Innova Agrotechek bere Erronka Teknologikoen edizio berri bat abiarazi du, nekazaritza-elikagaien sektoreko benetako beharrak konpontzeko tresnak eta aplikazioak garatu nahi dituzten startup, teknologia-enpresa, ikerketa-talde eta talde berritzaileei zuzendutako deialdia. Ekimen hau Andalucía Agrotech European Digital Innovation Hub (Agrotech EDIH) proiektuaren parte da eta talentu…</t>
+  </si>
+  <si>
+    <t>Az, 11/02/2026 - 12:07</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/cajamar-innova-agrotechek-nekazaritza-elikagaien-arloko-irtenbide-berritzaileak</t>
+  </si>
+  <si>
+    <t>Ia 830.000 euro etorkizuneko nekazaritza hurbiltzeko: Villadangos ubideak bere uraren eraldaketa sustatzen du PERTErekin</t>
+  </si>
+  <si>
+    <t>Probintziako PERTE inbertsio handienetako batekin, Villadangosko Kanaleko Ureztatze Komunitateak 7.000 hektarea digitalizatzen ari da eraginkortasun handiena eta autonomia teknologikoa lortzeko. Villadangoseko Ubideko Ureztatze Komunitateak digitalizazio proiektu integrala abiarazi du. Besteak beste, 6.000 hektarea arto, zereal eta erremolatxa landatzen dituenez, eta 800 nekazariren parte-…</t>
+  </si>
+  <si>
+    <t>Ar, 10/02/2026 - 18:27</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/ia-830000-euro-etorkizuneko-nekazaritza-hurbiltzeko-villadangos-ubideak-bere-uraren</t>
+  </si>
+  <si>
+    <t>GO FOTOPUR-ek bi egun teknikotan aurkeztuko ditu bere aurrerapenak txerri-hazkuntzaren berrikuntza, energia eta isuriei buruz.</t>
+  </si>
+  <si>
+    <t>GO FOTOPUR Talde Operatiboak otsailean bi ekitaldi garrantzitsutan parte hartuko du, berrikuntzan eta txerri-hazkuntza sektorearen eraginkortasuna eta iraunkortasuna hobetzean oinarrituta. Zaragozan eta Tausten egingo diren ekitaldi hauek aukera emango dute ezagutzak partekatzeko, esperientziak trukatzeko sektoreko profesionalekin eta proiektuaren partzuergoak egiten ari den lanaren berri emateko…</t>
+  </si>
+  <si>
+    <t>Ar, 10/02/2026 - 12:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/go-fotopur-ek-bi-egun-teknikotan-aurkeztuko-ditu-bere-aurrerapenak-txerri-hazkuntzaren</t>
+  </si>
+  <si>
+    <t>INMAko ikertzaileek elikagaietan dauden bakterio arriskutsuak detektatzeko sentsore azkar berri bat garatu dute, hala nola salmonella edo listeria.</t>
+  </si>
+  <si>
+    <t>Iturria: REFEAGAS Ikerketa, patogeno bat detektatzen dutenean "pizten" diren kristal likidoak erabiltzen dituena, Journal of the American Chemical Society aldizkari ospetsuan argitaratu da, eta agerraldiak saihesteko irtenbide eraginkorrak eta azkarrak aurkitzeko ateak irekitzen ditu. INMAko ikertzaile talde batek, Espainiako Ikerketa Zientifikoen Kontseilu Gorenaren (CSIC) eta Zaragozako…</t>
+  </si>
+  <si>
+    <t>Or, 06/02/2026 - 14:34</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/inmako-ikertzaileek-elikagaietan-dauden-bakterio-arriskutsuak-detektatzeko-sentsore-azkar</t>
+  </si>
+  <si>
+    <t>Espainiako ardogintza sektoreko Jasangarritasun Barometroaren aurretiazko txostena aurkeztu da.</t>
+  </si>
+  <si>
+    <t>Cajamar Caja Ruralek eta Espainiako Ardo Federazioak (FEV) Barcelona Wine Week -en aurkeztu zuten Espainiako ardo sektorearen Jasangarritasun Barometroaren lehen begirada bat, Klima Babesteko Upategi Jasangarrien zigiluari lotutako tresna bat (FEVek sustatua eta 148 upategi baino gehiago ziurtatuak dituena ). Barometroak upategien errendimenduaren argazki bat emango du jasangarritasunaren hainbat…</t>
+  </si>
+  <si>
+    <t>Or, 06/02/2026 - 14:16</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/espainiako-ardogintza-sektoreko-jasangarritasun-barometroaren-aurretiazko-txostena</t>
+  </si>
+  <si>
+    <t>EBko NPB Sareak 2026ko bisita gurutzatuetan parte hartzeko deialdia ireki du</t>
+  </si>
+  <si>
+    <t>EBko NEPB Sareak 2026ko bisita gurutzatuetan parte hartzeko interes-adierazpenen deialdia egin du; bisita gurutzatu sorta bat da, EIP-AGRIren esparruan berrikuntza, ezagutza partekatzea eta sareak sortzea sustatzeko helburuarekin. Eskaerak aurkezteko epea 2026ko otsailaren 20a da (23:59 CET) . Hiru gai 2026ko bisita gurutzatuetarako 2026ko bisitak arlo hauetako batean lan egiten duten Talde…</t>
+  </si>
+  <si>
+    <t>Or, 30/01/2026 - 19:20</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/ebko-npb-sareak-2026ko-bisita-gurutzatuetan-parte-hartzeko-deialdia-ireki-du</t>
+  </si>
+  <si>
+    <t>GO INGNUTSek almendraren jasangarritasuna sustatzen du CICYTEXen</t>
+  </si>
+  <si>
+    <t>Iturria: GO INGUTS Joan den abenduan, CICYTEX Extremadurako Agronomiari buruzko Biltzar Teknikoa egin zen, "Agroteknologia eta Jasangarritasuna: Extremadurako Nekazaritzaren Bultzada Berria" izenburupean, Méridako COFRUIT kooperatibaren instalazioetan. Bigarren aurkezpena " GO_INGNUTS " proiektuari buruzkoa izan zen: " Zehaztasun Nekazaritzaren Erabilera, Biodibertsitatea eta Lurzoruaren Osasuna…</t>
+  </si>
+  <si>
+    <t>Or, 30/01/2026 - 17:55</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/go-ingnutsek-almendraren-jasangarritasuna-sustatzen-du-cicytexen</t>
+  </si>
+  <si>
+    <t>AGROECOLOGY Europako Elkartearen hirugarren proposamen-deialdi kofinantzatua otsailaren 18an amaituko da.</t>
+  </si>
+  <si>
+    <t>AGROECOLOGY Europako elkarteak ofizialki ireki du ikerketa eta berrikuntza proiektuetarako 3. deialdi kofinantzatua , "Landare eta animalien dibertsitate genetikoa sustatzea eta nekazariei agroekologiaren trantsizioa bizkortzeko ahalmena ematea" lelopean. Deialdi honek agroekologiaren trantsizioaren bi zutabe nagusitan jartzen du arreta: dimentsio genetikoa eta dimentsio soziala , eta honako arlo…</t>
+  </si>
+  <si>
+    <t>Az, 28/01/2026 - 14:56</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/agroecology-europako-elkartearen-hirugarren-proposamen-deialdi-kofinantzatua-otsailaren</t>
+  </si>
+  <si>
     <t>Koniferoak+ Talde Operatiboak egurraren analisi eta lurzoruaren azterketetan egindako aurrerapenak</t>
   </si>
   <si>
     <t>Koniferoak+ Talde Operatiboak bere ikerketa eta datuen bilketa aurrera eramaten jarraitzen du, mugarri garrantzitsuak lortuz bai zutik dagoen egurraren egitura-kalitatearen analisian , bai lurzoruaren laginketan, konifero gaixoen alternatibak identifikatzeko . Aurrerapen hauek proiektuaren oinarri zientifikoa indartzen dute eta informazio garrantzitsua ematen dute basoen kudeaketan erabakiak…</t>
   </si>
   <si>
     <t>Az, 28/01/2026 - 12:06</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/koniferoak-talde-operatiboak-egurraren-analisi-eta-lurzoruaren-azterketetan-egindako</t>
   </si>
   <si>
     <t>CDTIren Konferentzia “Bi Programen Artean, Horizon Europe”</t>
   </si>
   <si>
     <t>CDTIk Europar Batasunaren Ikerketa eta Berrikuntzarako Esparru Programaren (EP) Konferentziaren hamahirugarren edizioa antolatzen ari da Espainian, "Bi Programen artean, Horizon Europe" lelopean. Ekainaren 16an, Kataluniako Biltzar Jauregian (Bartzelona). Ekitaldia Zientzia, Berrikuntza eta Unibertsitate Ministerioarekin, Europako Batzordearekin eta Acciorekin lankidetzan egingo da. 2007an lehen…</t>
   </si>
   <si>
     <t>Az, 28/01/2026 - 11:19</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/cdtiren-konferentzia-bi-programen-artean-horizon-europe</t>
   </si>
   <si>
     <t>APP-TRI: gari-landareetan hosto-laginketa lursaila “irakurtzeko” eta uztaren iragarpena hobetzeko</t>
@@ -86,50 +350,62 @@
   <si>
     <t>Landa-turismoan digitalizazioari eta datuen erabilerari buruzko inkesta bat zabalik dago.</t>
   </si>
   <si>
     <t>Data4Rural proiektuak landa-turismoko eragileei zuzendutako inkesta bat jarri du abian , digitalizazio-maila, datuen egungo erabilera eta sektorearen prestakuntza-behar nagusiak zehazteko. Emaitzak landa-erakundeen beharretara egokitutako tresna praktikoak, prestakuntza-programak eta laguntza-zerbitzuak diseinatzeko erabiliko dira. Inkesta laburra eta erraza da, 6 eta 8 minutu arteko erantzun-…</t>
   </si>
   <si>
     <t>Or, 23/01/2026 - 13:20</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/landa-turismoan-digitalizazioari-eta-datuen-erabilerari-buruzko-inkesta-bat-zabalik-dago</t>
   </si>
   <si>
     <t>Behi-hazkuntzaren osasunerako garrantzia, Provacuno Campuseko saio berri batean eztabaidatua</t>
   </si>
   <si>
     <t>Egunean zehar, Juan Pascual albaitariak, zientzia-komunikatzaileak eta AnimalhealthEurope-ko presidenteordeak, ikuspegi zientifiko eta tekniko batetik, behien eginkizuna jasangarritasunean, nutrizioan eta giza osasunean jorratu zuen. Provacuno Campusa behi-hazkuntza sektorean interesa duten unibertsitateko ikasleentzako baliabide nagusi gisa finkatzen ari da. Urtarrilaren 21ean online egin zen…</t>
   </si>
   <si>
     <t>Or, 23/01/2026 - 12:59</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/behi-hazkuntzaren-osasunerako-garrantzia-provacuno-campuseko-saio-berri-batean</t>
   </si>
   <si>
+    <t>GO FOTOPUR aurrerapena: ur gaineko fotovoltaikoak lohi-urtegietako isuriak murrizteko</t>
+  </si>
+  <si>
+    <t>FOTOPUR Talde Operatiboa aurrera egiten ari da txerri-haztegietako lohi-urmaeletatik datozen isuri kutsatzaileak murrizteko eta, aldi berean , autokontsumorako energia berriztagarria sortzeko, fotovoltaiko flotatzaileetan oinarritutako irtenbide berritzaileen garapenean eta baliozkotzean. Proiektuak, lohietan flotatzen ari diren plataformen gaineko energia fotovoltaikoan oinarrituta, amoniako…</t>
+  </si>
+  <si>
+    <t>Og, 22/01/2026 - 17:17</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/go-fotopur-aurrerapena-ur-gaineko-fotovoltaikoak-lohi-urtegietako-isuriak-murrizteko</t>
+  </si>
+  <si>
     <t>Nekazaritzan uraren erresilientziari buruzko EBko PAC Sarearen konferentzian parte hartzeko epea zabalik dago.</t>
   </si>
   <si>
     <t>EBko Nekazaritza Politikoko Sareak “Uraren erresilientzia nekazaritzan: berrikuntza praktikan” konferentzian parte hartzeko interes adierazpenen deialdia ireki du, berrikuntzan, ezagutza trukean eta EIP-AGRI ikuspegian oinarritutako Europako bilera batean. Otsailaren 9a da maiatzaren 19tik 21era bitartean Hanburgon (Alemania) egingo den bilera honetara joateko eskaerak aurkezteko epea.…</t>
   </si>
   <si>
     <t>Az, 21/01/2026 - 22:44</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/nekazaritzan-uraren-erresilientziari-buruzko-ebko-pac-sarearen-konferentzian-parte</t>
   </si>
   <si>
     <t>“Berrikuntza eta Transferentzia Ekosistemak 2025” izeneko CDTI diru-laguntzen deialdia otsailaren 12ra arte irekita dago.</t>
   </si>
   <si>
     <t>2025eko Berrikuntza eta Transferentzia Ekosistemen deialdia 2026ko otsailaren 12ra arte egongo da zabalik, eskualdeen arteko ekosistemak indartzeko helburuarekin, ezagutzaren transferentzian, zabalkundean eta balioespenean oinarrituta, Nekazaritza Ezagutza eta Berrikuntza Sistemen (AKIS) ikuspegiarekin bat etorriz. Ekintza honek sistemako agente desberdinen artean —administrazio publikoak,…</t>
   </si>
   <si>
     <t>Ar, 20/01/2026 - 17:45</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/berrikuntza-eta-transferentzia-ekosistemak-2025-izeneko-cdti-diru-laguntzen-deialdia</t>
   </si>
   <si>
     <t>SECUESVACek aurrerapausoak eman ditu nekazaritza-lurzoruetan karbono organikoaren bahiketa kalkulatzeko prozesuan</t>
@@ -170,50 +446,86 @@
   <si>
     <t>GO Olivebiome proiektuaren bilakaera</t>
   </si>
   <si>
     <t>Maslinak teknikoki koordinatutako GO Olivebiome proiektua aurrerapauso handiak ematen ari da animalien pentsuetarako probiotiko-irtenbide jasangarrien baliozkotze industrialaren bidean, AINIAren inplikazio osoari esker. Azken aurrerapenek hiru mugarri nagusitan jartzen dute arreta: Kultiboak optimizatzea : AINIAk probiotikoen hazkundea MRS medioan eta gazurarekin alderatzen ari da, sistema…</t>
   </si>
   <si>
     <t>Or, 16/01/2026 - 11:06</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/go-olivebiome-proiektuaren-bilakaera</t>
   </si>
   <si>
     <t>Tokiko Elikagai Aholkularien Bidaia 2026 kanpaina abian jarri da: hornidura-kate laburrei buruzko aholkularitza indartzeko Europako bide-orria</t>
   </si>
   <si>
     <t>EU 4Advice eta COREnet ekimena, Local Food Advisors' Journey 2026, Elikagaien Hornikuntza Kate Laburretan Europako Aholkularien Sarea (EAN-SFSC) nabarmentzeko eta, aldi berean, aholkulariak haren eraikuntzan eta etengabeko hobekuntzan aktiboki inplikatzeko helburuarekin sortu zen. Ekimen hau COREnet eta EU4Advice sare partekatuaren parte diren aholkularientzako bide-orri malgu eta ebolutibo gisa…</t>
   </si>
   <si>
     <t>Og, 15/01/2026 - 13:07</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/tokiko-elikagai-aholkularien-bidaia-2026-kanpaina-abian-jarri-da-hornidura-kate-laburrei</t>
   </si>
   <si>
+    <t>Ureztatze adimenduna Páramo Medio eskualdeko landa-eremuaren iraunkortasun-helburu gisa</t>
+  </si>
+  <si>
+    <t>Leongo komunitateak Barrios de Luna urtegiaren mendekotasun handiena duen eremuetako batean uraren erabilera kontrolatu eta optimizatzeko lehen irtenbide digitalak ezartzen ari da. Páramo Medioko Ureztatze Komunitateak , Bercianos del Páramon (León) kokatua, modernizazio teknologikoaren fase berri bati ekin dio Uraren Zikloaren Digitalizazio Proiektuaren (PERTE) esparruan, Europar Batasunak –…</t>
+  </si>
+  <si>
+    <t>Az, 14/01/2026 - 12:57</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/ureztatze-adimenduna-paramo-medio-eskualdeko-landa-eremuaren-iraunkortasun-helburu-gisa</t>
+  </si>
+  <si>
+    <t>GO SUPRA BIOLIVA: olibondoen azpiproduktuak balio erantsi eta iraunkortasunean eraldatzen</t>
+  </si>
+  <si>
+    <t>ITURRIA: GO SUPRA BIOLIVA Espainiako olibondo-soroen bihotzean paradoxa bat dago: oliba-olioa gure altxorrik ospetsuenetako bat den arren, milaka tona azpiproduktu galtzen dira egunero, hala nola oliba-patsa eta hostoak, haien benetako potentziala aprobetxatu gabe. Hondakin hau, tradizionalki ingurumen- eta ekonomia-arazotzat hartzen dena, balio handiko baliabide bihur daiteke berrikuntzari eta…</t>
+  </si>
+  <si>
+    <t>Az, 14/01/2026 - 12:01</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/go-supra-bioliva-olibondoen-azpiproduktuak-balio-erantsi-eta-iraunkortasunean-eraldatzen</t>
+  </si>
+  <si>
+    <t>Espainiako AKIS koordinazio-organoak 2026rako bide-orria onartu du eta zientziaren, berrikuntzaren eta nekazaritza-elikagaien sektorearen arteko lerrokatzea indartu du</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 17an , Nekazaritzako Ezagutza eta Berrikuntza Sistemaren Koordinazio Organoaren (SCIA-AKIS) bigarren osoko bilkura egin zen Madrilgo Nekazaritza, Arrantza eta Elikadura Ministerioaren egoitzan. Saioa aurrez aurre egin zen, eta Begoña García Bernal Nekazaritza eta Elikadura Estatu idazkariak eta Juan Cruz Cigudosa Zientzia, Berrikuntza eta Unibertsitate Estatu idazkariak zuzendu…</t>
+  </si>
+  <si>
+    <t>Ar, 13/01/2026 - 23:18</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/espainiako-akis-koordinazio-organoak-2026rako-bide-orria-onartu-du-eta-zientziaren</t>
+  </si>
+  <si>
     <t>CDTI Innovation-ek Espainiako enpresa baten bila dabil Agritech-eko I+G proiektu baterako FAEDA-rekin (Senegal) batera.</t>
   </si>
   <si>
     <t>CDTI Innovation-ek negozio-bazkide baten bilaketa argitaratu du, FAEDA enpresa senegaldarrarekin nazioarteko lankidetzan I+G proiektu bat garatu nahi duen enpresa espainiar bat identifikatzeko, Agritech arloan, zehazki IKTak hegazti-hazkuntzan aplikatzeko . Proposatutako lankidetzak Senegalen pilotu hegazti-ustiategi baten garapenean eta baliozkotzean oinarritzen da, eta horrek tokiko…</t>
   </si>
   <si>
     <t>Ar, 13/01/2026 - 23:03</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/cdti-innovation-ek-espainiako-enpresa-baten-bila-dabil-agritech-eko-ig-proiektu-baterako</t>
   </si>
   <si>
     <t>2026an, nekazaritza birsortzaile eta jasangarria sustatzeko planaren sektore-tailer teknikoen blokea hasiko da.</t>
   </si>
   <si>
     <t>2026an, sektoreko tailer teknikoen blokea hasiko da "Nekazaritza birsortzaile eta jasangarria sustatzeko tailer eta mintegi teknikoak" programaren barruan, Juana de Vega Fundazioak eta Agroassessor enpresak 2025eko martxoan abiarazitako eta Nekazaritza, Arrantza eta Elikadura Ministerioak diruz lagundutako ekimena. Ia urte eta erdiz, bi erakundeek elkarrekin sustatu dute Galizia eta Kataluniaren…</t>
   </si>
   <si>
     <t>Ar, 13/01/2026 - 20:26</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/2026an-nekazaritza-birsortzaile-eta-jasangarria-sustatzeko-planaren-sektore-tailer</t>
   </si>
   <si>
     <t>Ur adimendunaren iraultza: Xinzo de Limia ureztatzearen digitalizazioarekin bat egiten du</t>
@@ -350,50 +662,62 @@
   <si>
     <t>Hamasei sukaldari ospetsuk bat egin dute Provacunok antolatutako ongintzako bazkarian</t>
   </si>
   <si>
     <t>Hamasei sukaldarik, horietako batzuk Michelin izarrekin, parte hartu dute aurten Madrilgo behartsuenen aldeko Gabonetako bazkari tradizional honetan, Behi Haragiaren Elkarte Interprofesionalak (PROVACUNO) antolatuta, hiriko alkate José Luis Martínez-Almeidaren laguntzarekin. Lau urtez egin den ekimenak Espainiako hainbat lekutatik etorritako hamasei sukaldari ospetsuk prestatutako 1.000 idi-…</t>
   </si>
   <si>
     <t>Og, 18/12/2025 - 13:55</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/hamasei-sukaldari-ospetsuk-bat-egin-dute-provacunok-antolatutako-ongintzako-bazkarian</t>
   </si>
   <si>
     <t>AGILE sarearen esparruan kromosoma biologiari buruzko MSCA doktorego postu bat iragarri da</t>
   </si>
   <si>
     <t>Iturria: Red PlantMicro Marie Skłodowska-Curie “AGILE” doktorego sare europarrak doktorego postu bat eskatzeko deialdia ireki du 2026ko udaberrian hasiko dena, landareen kromosoma estandar eta supernumerarioetan kromatinaren analisi konparatiboan oinarrituta. Ikerketa Gaterslebeneko (Alemania) IPK- n egingo da eta kromosomen biologiaren, epigenetikaren eta transkripzio-erregulazioaren alderdi…</t>
   </si>
   <si>
     <t>Og, 18/12/2025 - 13:43</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/agile-sarearen-esparruan-kromosoma-biologiari-buruzko-msca-doktorego-postu-bat-iragarri</t>
   </si>
   <si>
+    <t>CITOLIVAk ikerketa-lerro aitzindari bat abiaraziko du 2026an, lipidomika teknika aurreratuetan oinarrituta.</t>
+  </si>
+  <si>
+    <t>Fundazioak Patronatuaren bilera egin zuen, eta bertan aurkeztu zen datorren urterako bide-orria. Berrikuntza nagusien artean, elikadura eta osasunaren arloan ikerketa-lerro berri baten abiarazpena nabarmendu zen, elikagai osasuntsuagoak eta funtzionalagoen garapenean aukera berriak irekiko dituena. Bileran, 2026rako Ekintza Plana onartu zen eta gobernu-organoetako karguak berritu ziren, orain…</t>
+  </si>
+  <si>
+    <t>Az, 17/12/2025 - 09:53</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/citolivak-ikerketa-lerro-aitzindari-bat-abiaraziko-du-2026an-lipidomika-teknika</t>
+  </si>
+  <si>
     <t>GO e-LocalHub-ek bere lehen bideo-errezetak kaleratu ditu bertako arrazak nabarmentzeko</t>
   </si>
   <si>
     <t>e-LocalHub Talde Operatiboak proiektuaren lehen bideo-errezetak argitaratu ditu, bertako arrazetako eta abeltzaintza estentsibo tradizionaleko produktuak azken kontsumitzaileari hurbiltzeko helburu duen ekimen gastronomiko bat. Produktuak proiektuan parte hartzen duten arrazetako osagaiekin egiten dira: txerri iberikoak , Castellana Negra hegaztiak , Avileña-Negra Ibérica behiak eta ardi merinoak…</t>
   </si>
   <si>
     <t>Ar, 16/12/2025 - 15:13</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/go-e-localhub-ek-bere-lehen-bideo-errezetak-kaleratu-ditu-bertako-arrazak-nabarmentzeko</t>
   </si>
   <si>
     <t>RFEAGAS 2025eko Jardunaldi Teknikoek hazkuntza selektiboaren koordinazioa eta etorkizuna indartzen dituzte.</t>
   </si>
   <si>
     <t>RFEAGAS 2025eko Konferentzia Teknikoak Madrilen bildu zituen hazleen elkarteak, teknikariak eta sektoreko profesionalak , Espainiako arraza garbiko abeltzaintzaren erronka eta aukera nagusiak aztertu eta eguneratzeko helburuarekin. Programak, ikuspegi tekniko eta zeharkako batetik, gai gakoak jorratu zituen, hala nola animalien osasuna , hobekuntza genetikoa , digitalizazioa eta datuen kudeaketa…</t>
   </si>
   <si>
     <t>Ar, 16/12/2025 - 14:15</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/rfeagas-2025eko-jardunaldi-teknikoek-hazkuntza-selektiboaren-koordinazioa-eta-etorkizuna</t>
   </si>
   <si>
     <t>FutureFoodS-ek bere bigarren nazioarteko deialdi bateratua abiarazi du elikagaien jasangarritasuna bizkortzeko</t>
@@ -3887,80 +4211,80 @@
   <si>
     <t>https://akisplataforma.es/eu/albisteak/europako-kontseiluak-europar-batasunaren-epe-luzerako-ikuspegia-landa-eremuetarako</t>
   </si>
   <si>
     <t>"Elkarrekin hazten gara" konbentzioak emakumezkoen ekintzailetzaren arrakasta-kasuak aurkezten ditu landa eremuetan</t>
   </si>
   <si>
     <t>Bultzada gehiago landa eremuei Landa-emakumeen estatuko bilera "Elkarrekin hazten gara-Rural Mentor Project"-ek landa-eremuetako biziberritzea sustatzeko landa-eremuko emakumeek zuzendutako ekintzailetza esperientzia arrakastatsuak aurkeztu zituen. Konbentzioan, abeltzaintza, nekazaritza, ehungintza eta arrantza arloko emakumeen lau arrakasta istorio dituen dokumentala estreinatu zen. Nekazaritza…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/elkarrekin-hazten-gara-konbentzioak-emakumezkoen-ekintzailetzaren-arrakasta-kasuak</t>
   </si>
   <si>
     <t>Nekazaritza eta Elikadura Idazkari Nagusiak ernalketak nekazaritza jasangarria lortzeko duen zeregina nabarmentzen du</t>
   </si>
   <si>
     <t>Nekazaritza eta Elikadura Idazkari Nagusi Fernando Mirandak gaur nabarmendu du ongarritzeak nekazaritza jasangarria lortzeko duen zeregina, laboreei mantenugaiak aplikatzea ezinbestekoa baita laboreen produktibitaterako eta haien errentagarritasuna eta iraunkortasuna eragiten baitu. Fernando Mirandak hitz egin zuen A groSceNa-up proiektuaren emaitzen aurkezpen jardunaldiaren amaieran , zeinak…</t>
   </si>
   <si>
     <t>Og, 30/11/2023 - 11:02</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/nekazaritza-eta-elikadura-idazkari-nagusiak-ernalketak-nekazaritza-jasangarria-lortzeko</t>
   </si>
   <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioak bi milioi euro inbertitzen ditu Valderredibleko (Kantabria) ureztatze jasangarrirako modernizazio lanetan.</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioak (MAPA), Nekazaritza Azpiegituren Estatuko Merkataritza Elkartearen (SEIASA) bitartez, bi lankidetza-hitzarmen formalizatu ditu gaur Ruijas-Ebro eta Villamoñicos-Revelillasko ureztatze mankomunitateekin, Valderredibleko Cantabro udalerrian. ureztatze sistema horietan modernizazio-ekintzak egitea 2.000.000 euroko balioarekin (BEZa barne).   Bi…</t>
+  </si>
+  <si>
+    <t>Al, 24/07/2023 - 09:28</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/nekazaritza-arrantza-eta-elikadura-ministerioak-bi-milioi-euro-inbertitzen-ditu</t>
+  </si>
+  <si>
+    <t>Luis Planas: Ikerketa eta berrikuntza tresna estrategikoak dira elikagaien ekoizpen eraginkorra lortzeko</t>
+  </si>
+  <si>
+    <t>Luis Planas Nekazaritza, Arrantza eta Elikadura ministroak gaur berretsi du ikerketa, berrikuntza eta teknologia berrien aplikazioa "ezinbesteko tresna estrategikoak" direla, elikagaien ekoizpen eraginkorragoa ahalbidetuko dutenak, baliabide gutxiago kontsumitzen dituztenak eta balio erantsi handiagoa sortzen dutenak. eta bizi-kalitate hobea landa-eremuetan.   Ministroak, gaur Bruselan, EBko…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/luis-planas-ikerketa-eta-berrikuntza-tresna-estrategikoak-dira-elikagaien-ekoizpen</t>
+  </si>
+  <si>
     <t>Nekazaritza Idazkari Nagusiak elikagaien eta ongarrien merkataritza-fluxuak berreskuratzearen garrantzia azpimarratzen du elikaduraren segurtasun globalerako.</t>
   </si>
   <si>
     <t>Nekazaritza eta Elikadura Idazkari Nagusi Fernando Mirandak gaur nabarmendu du elikadura eta ongarrien merkataritza-fluxuak berreskuratu beharra dagoela munduan elikadura-segurtasuna bermatzeko, Ukrainako gerra egoerak mehatxatuta, eta bereziki herrialde ahulenetan. . bereziki adieraziz beharrezkoa dela Itsaso Beltzeko Aleen Akordioari eustea, produktu horien merkataritza bermatzeko.   Ekainaren…</t>
   </si>
   <si>
-    <t>Al, 24/07/2023 - 09:28</t>
-[...1 lines deleted...]
-  <si>
     <t>https://akisplataforma.es/eu/albisteak/nekazaritza-idazkari-nagusiak-elikagaien-eta-ongarrien-merkataritza-fluxuak</t>
   </si>
   <si>
-    <t>Nekazaritza, Arrantza eta Elikadura Ministerioak bi milioi euro inbertitzen ditu Valderredibleko (Kantabria) ureztatze jasangarrirako modernizazio lanetan.</t>
-[...16 lines deleted...]
-  <si>
     <t>“Kultura eta Landaguneak” VI. Kongresuak kulturak herrien identitaterako duen garrantzian sakontzen du.</t>
   </si>
   <si>
     <t>Bultzada gehiago landa eremuei  Kultura eta Landaguneen Foroaren seigarren edizioa Cuencan ospatu zen uztailaren 4tik 7ra “Jarraitasunak-Etenaldiak. Arteak, sorkuntza eta landa garaikideek Europan”, foroak landa-tradizioak arte garaikidean izan duten eragina aztertu du. Edizio hau Europar Batasuneko Kontseiluaren Espainiako Lehendakaritza hasi zenarekin bat egin du, eta horregatik “Europa…</t>
   </si>
   <si>
     <t>Al, 17/07/2023 - 15:05</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/kultura-eta-landaguneak-vi-kongresuak-kulturak-herrien-identitaterako-duen-garrantzian</t>
   </si>
   <si>
     <t>FitoNet Talde Operatiboak landareen biodibertsitate genetikoari buruzko sare sozial baten garapena abiarazten du</t>
   </si>
   <si>
     <t>Bultzada gehiago landa eremuei GO FitoNet Talde Operatiboa barietate genetikoen eskaintza hobetzeko eta laboreen biodibertsitatearen erabilera sustatzeko sortu zen. Bere helburua landare-produktuen kalitatea hobetzen duen barietate genetiko handiagoaren erabilera sustatzeko informazioa eta baliabideak eskaintzea da. 2023/06/19 . “ Biodibertsitatea ” ez da kontzeptu huts bat, ezta animalien…</t>
   </si>
   <si>
     <t>Or, 07/07/2023 - 14:40</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/fitonet-talde-operatiboak-landareen-biodibertsitate-genetikoari-buruzko-sare-sozial-baten</t>
   </si>
   <si>
     <t>Ur-estresak hurrengo baratze kanpaina mehatxatzen du</t>
@@ -4310,86 +4634,158 @@
   <si>
     <t>Urte hasieran FAIRshare proiektuak Ebaluazio Tresna berri bat gehitu zuen FAIRshare DATS Inbentarioan. Ebaluazio tresnaren helburua da ustiategiko aholkulariei DATS egokienak ebaluatzen eta hautatzen laguntzea, haien beharrak asetzen laguntzeko. Tresnak aukeratutako tresnak ebaluatzen ditu irizpide-multzo uniforme baten bidez, Europako eskualde ezberdinetako ustiategietako aholkulariekin probatu…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/fairshare-dats-ebaluazio-tresnaren-lineako-bertsio-berria</t>
   </si>
   <si>
     <t>Landa Sare Nazionalak lankidetzaren bosgarren bilera egiten du 2023-2027 NPB Plan Estrategikoari buruzko albiste nagusiak aurkezteko.</t>
   </si>
   <si>
     <t>Landa Sare Nazionalak lankidetzaren bosgarren bilera egiten du 2023-2027 NPB Plan Estrategikoari buruzko albiste nagusiak aurkezteko asimon og., 2022/11/03 - 16:35 Lankidetzako kideak Espainiarako NPB 2023-2027 Plan Estrategikoari buruzko informazio eta eztabaida jardunaldi berri batera gonbidatu dituzte. Planaren lankidetzak interesa duten entitate eta elkarteak biltzen ditu eta bere helburu…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/landa-sare-nazionalak-lankidetzaren-bosgarren-bilera-egiten-du-2023-2027-npb-plan</t>
   </si>
   <si>
     <t>Landa Sare Nazionalak genero eta kontziliazio ikuspegiarekin lurraldeetan dauden proiektuak erakusten ditu</t>
   </si>
   <si>
     <t>Landa Sare Nazionalak genero eta kontziliazio ikuspegia duten lurraldeetan dauden proiektuak erakusten ditu asimon az., 2022/11/02 - 08:00 Landa Sare Nazionalak (RRN) “LEADER esperientzien trukea: landa-emakumeak kontziliazioa, erantzunkidetasuna, genero-ikuspegia, ekonomia soziala eta jasangarritasunaren arloetan” jardunaldia antolatzen du. Topaketa landa-emakumeen lana ikusarazteko xedez NRNren…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/landa-sare-nazionalak-genero-eta-kontziliazio-ikuspegiarekin-lurraldeetan-dauden</t>
   </si>
   <si>
+    <t>“European CAP Network” jaio da</t>
+  </si>
+  <si>
+    <t>"European CAP Network" jaio zen asimon . 2022/10/20 - 09:52 "European CAP Sarea" Landa Garapenerako Europako Sarearen (ENRD) jarraipena da PEPAC 23-27 berriaren esparruan. Europa mailan sare bakar baten pean bilduko ditu “CAP National Networks” berriak, orain arte landa garapeneko sare nazional izenez ezagutzen direnak. Horrela, nekazaritza garapenerako politika berriak gehitzen zaizkie landa…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/european-cap-network-jaio-da</t>
+  </si>
+  <si>
+    <t>Hungariako aholkularien bisita gurutzatua Alemanian (Niederalteich) i2connect proiektuaren esparruan</t>
+  </si>
+  <si>
+    <t>Zein da NAK-en eginkizuna i2connect-en? (NAK) i2connect H2020 nazioarteko proiektuko kide aktiboa izan da bi urte eta erdiz partzuergoko bazkide gisa. Proiektua , 2019ko azaroan hasi zena , nekazaritza aholkulariei zuzentzen zaie lehendik dauden aholkularitza-sareak eta gauzatutako arrakasta-istorioak oinarri hartuta , berrikuntza behetik gorako ekimena den ikuspegi batekin . Bereziki…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/hungariako-aholkularien-bisita-gurutzatua-alemanian-niederalteich-i2connect-proiektuaren</t>
+  </si>
+  <si>
+    <t>Ideia inspiratzaileak: Frantziako nekazariek tokiko balio katea ezartzen dute heskaietako egurrekin</t>
+  </si>
+  <si>
+    <t>Barbakoa denboraldia hurbiltzen ari da! Eta hori albiste ona da Frantziako Cévennes eskualdeko 'Association Bois Paysan'-eko nekazarientzat, beren nekazaritza-lurretako heskai zaharretatik enborrak, egur-txirbilak eta "barbakoa egurra" ekoizten dituen tokiko kolektibo bat sortu baitzuten. Egurra ekoizten duten kolektiboaren ideia duela urte batzuk sortu zen, Cevennes-eko nekazari eta hazle batzuk…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/ideia-inspiratzaileak-frantziako-nekazariek-tokiko-balio-katea-ezartzen-dute-heskaietako</t>
+  </si>
+  <si>
+    <t>Ideia inspiratzaileak: nekazaritza hobea lortzeko datuetan oinarritutako erabakiak</t>
+  </si>
+  <si>
+    <t>Nekazariek gero eta gehiago erabiltzen dituzte teknologia berriak datuak biltzeko eta prozesatzeko, ekonomiaren eta ingurumenaren inguruko ezagutzak emateko eta ustiategien errendimendua areagotzeko. Datuak biltzeko, kudeatzeko eta partekatzeko modu adimendunek nekazariek zehatzago, eraginkorrago eta iraunkorrago lan egiten lagun dezakete. 'Better decisions for cultivation strategy' Suediako…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/ideia-inspiratzaileak-nekazaritza-hobea-lortzeko-datuetan-oinarritutako-erabakiak</t>
+  </si>
+  <si>
+    <t>Ideia inspiratzaileak: otsoaren erasoak saihesteko teknologia mugikorra</t>
+  </si>
+  <si>
+    <t>Otso-populazioa gero eta gehiago ari da sortzen Espainiako abeltzain estentsiboei. GELOB Talde Operatiboak larretako animaliak kontrolatzen eta erasoetatik salbu mantentzen lagun dezakeen soluzio teknologiko bat garatu eta probatu du. Otsoen erasoek milioika euroko kaltea eragiten diote urtero espainiar abeltzaintzari. Batez ere urruneko mendi-eremuetan, abeltzain estentsiboek konponbideak behar…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/ideia-inspiratzaileak-otsoaren-erasoak-saihesteko-teknologia-mugikorra</t>
+  </si>
+  <si>
+    <t>Sortzen ari diren basoko izurrite eta gaixotasunak kudeatzea</t>
+  </si>
+  <si>
+    <t>Azken hamarkadetan, bertako eta bertakoak ez diren izurrite eta gaixotasunen kopuru gero eta handiagoak galera larriak eragin ditu Europako basoetan. Horizon 2020 aktore anitzeko proiektua HOMED zientzian oinarritutako metodo eta tresna praktikoak garatzen ari da basoko izurrite eta patogeno sortzen ari diren edo inbaditzaileak ebaluatzeko eta kontrolatzeko. "Intsektu izurriteek eta onddo…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/sortzen-ari-diren-basoko-izurrite-eta-gaixotasunak-kudeatzea</t>
+  </si>
+  <si>
+    <t>Ideia inspiratzaileak: urarekin lotutako ekosistemen zerbitzuetarako indarrak batzea</t>
+  </si>
+  <si>
+    <t>Italiako Veneto eskualdeko Brenta ibaiaren erdiko lautadak ekosistema aberatsa osatzen du, ingurumen, kultura, aisialdi eta nekazaritza balio duena. 'Parco Fiume Brenta' izenburupean, LIFE proiektu bat eta Talde Operatibo bat sinergia estuan ari dira lanean Brenta ur baliabideak modu iraunkorrean kudeatzeko. Brenta ibaiaren lautada biodibertsitaterako korridore ekologikoa da, Natura 2000 gune…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/ideia-inspiratzaileak-urarekin-lotutako-ekosistemen-zerbitzuetarako-indarrak-batzea</t>
+  </si>
+  <si>
+    <t>Elikadura sistemaren aldaketa positiboa bizkortzea</t>
+  </si>
+  <si>
+    <t>EIT Food Open Innovation Call berriak elikadura-sisteman aldaketa positiboak sortuko dituzten lankidetza-proiektuak finantzatuko ditu. Proposamenek produktu eta zerbitzu komertzialki bideragarriak izatea izan behar dute helburu, guztientzako elikadura-sistema osasuntsuagoa, bidezkoagoa, gardenagoa eta erresilienteagoa ziurtatzen laguntzen dutenak. Sartu web-mintegian informazioa jasotzeko…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/elikadura-sistemaren-aldaketa-positiboa-bizkortzea</t>
+  </si>
+  <si>
+    <t>IPM funtzionatzen duela frogatzea</t>
+  </si>
+  <si>
+    <t>IPMWORKS Horizon 2020 proiektu bat da, eta Europako nekazaritza-sektore guztietan pestizidak nabarmen murrizteko moduak erakustea du helburu. Nekazariei izurriteak kontrolatzeko eta izurriteen presioa murrizteko metodo ez-kimikoei buruzko ezagutzak trukatzeko aukera ematen dien erakustaldiko ustiategien sarea da. Gaur egun, 21 gune instalatu dira Europako 14 herrialdetan, Izurriteen Kudeaketa…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/albisteak/ipm-funtzionatzen-duela-frogatzea</t>
+  </si>
+  <si>
     <t>BIOFRUITNET Talde Operatiboak berrikuntza sustatzen du Europako fruta ekologikoen ekoizpenean</t>
   </si>
   <si>
     <t>BIOFRUITNET Talde Operatiboak berrikuntza sustatzen du Europako fruitu ekologikoen ekoizpenean asimon ots. BIOFRUITNET Talde Operatiboa (GO) proiektuak inplikatutako Europako eragile ezberdinen arteko sare berriak sendotu eta sortzea du helburu. Bere helburua fruta ekologikoen laborantzari buruzko ezagutza zabaltzea da, Europar Batasuneko (EB) herrialdeetan ezagutarazteko. Askotan, nekazaritza…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/biofruitnet-talde-operatiboak-berrikuntza-sustatzen-du-europako-fruta-ekologikoen</t>
   </si>
   <si>
     <t>Landako gazte elkarteek euren proiektuak aurkezten dituzte Presura azokan, Landa Sare Nazionalaren laguntzarekin</t>
   </si>
   <si>
     <t>Landa-gazte elkarteek euren proiektuak aurkeztu dituzte Presura azokan Landa Sare Nazionalaren laguntzarekin asimon og., 2022/10/27 - 11:11 Landa Sare Nazionalaren (RRN) “Gazteak REDada” ekimenak gazte elkarteak ikusgai jartzea du helburu, landa eremuetan eragina duten proiektuetan gazte elkarteak motibatzeko. ( RRN ) gazte elkarteko hainbat lan aukeratu ditu bere protagonistek Presura 2022 VI…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/landako-gazte-elkarteek-euren-proiektuak-aurkezten-dituzte-presura-azokan-landa-sare</t>
   </si>
   <si>
     <t>Landa Sare Nazionala NPB Sare Nazionala bihurtzen da</t>
   </si>
   <si>
     <t>Landa Sare Nazionala NPBren Sare Nazionala bihurtzen da asimon mar ., 2022/10/25 - 10:28 Landa Sare Nazionalak bere azken batzarra egiten du bihurtu aurretik NPB Plan Estrategiko berriek estatu kideetako landa-sare guztiak NPB sare nazional bihurtzen dituzte NPB Sare Nazionala landa garapenaren eta nekazaritza politiken aterki berri bihurtzen da Landa Sare Nazionalak (RRN) egin du gaur,…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/landa-sare-nazionala-npb-sare-nazionala-bihurtzen-da</t>
   </si>
   <si>
-    <t>“European CAP Network” jaio da</t>
-[...7 lines deleted...]
-  <si>
     <t>2022ko “European Rural Inspiration Awards”-ek landa-gazteek zuzendutako proiektuak aitortzen dituzte</t>
   </si>
   <si>
     <t>2022ko “European Rural Inspiration Awards”-ek landa-gazteek zuzendutako proiektuak aintzatesten dituzte asimon og., 2022/10/13 - 13:41 Landa Garapenerako Europako Sareak antolatutako “Rural Inspiration Awards 2022” sarien IV. edizioak 2014-2020 aldirako Landa Garapenerako Europako Nekazaritza Funtsaren (FEADER) laguntzen onuradun proiektuen berri ematen du. Aurten gazteei eskaini zaizkie sariak…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/2022ko-european-rural-inspiration-awards-ek-landa-gazteek-zuzendutako-proiektuak</t>
   </si>
   <si>
     <t>Nekazaritza, Arrantza eta Elikadura Ministerioak Zinema eta Landa Emakumeen Ziklo Nazionalaren bosgarren edizioa antolatu du.</t>
   </si>
   <si>
     <t>2022ko urriaren 10a Erakusketa 17 autonomia erkidegoetan banatutako 70 tokitara iritsiko da eta Erdialdeko Amerikako 8 herrialdetan sarean jarraitu ahal izango da. Nekazaritza, Arrantza eta Elikadura Ministerioak Zinema eta Landa Emakumeen Ziklo Nazionalaren bosgarren edizioa antolatzen du, urriaren 11tik azaroaren 24ra bitartean ospatuko dena, eta lurralde nazional osoko 70 tokitara iritsiko da…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/nekazaritza-arrantza-eta-elikadura-ministerioak-zinema-eta-landa-emakumeen-ziklo</t>
   </si>
   <si>
     <t>Europan berrikuntzari laguntzeko kasu praktiko onenaren lehiaketa</t>
   </si>
   <si>
     <t>Partekatzeko arrakasta-istorioa duten nekazaritza eta basogintzako aholkularien bila gabiltza! Garaiak aldatzen ari dira! Europa osoan, nekazaritza eta basogintzako enpresek erronka ekonomiko eta ingurumeneko erronka handiak dituzte, baita aurrekaririk gabeko aukerak ere. Berrikuntza funtsezko faktorea da erronka anitz eta batzuetan kontraesankor horietara etengabe egokitzeko eta aukera berriak…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/europan-berrikuntzari-laguntzeko-kasu-praktiko-onenaren-lehiaketa</t>
@@ -4398,122 +4794,50 @@
     <t>"Zinema eta Landa-Emakumeak" ziklo nazionalaren V. edizioak zinema Espainiako 70 landa-herritara eramaten du.</t>
   </si>
   <si>
     <t>"Zinema eta Landa-Emakumeak" ziklo nazionalaren V. edizioak zinema ekartzen du Espainiako 70 landa-herritara asimon O., 2022/10/07 - 10:13 Nekazaritza, Arrantza eta Elikadura Ministerioak Zinema eta Landa Emakumeen Ziklo Nazionalaren bosgarren edizioa antolatu du. Aurten urriaren 11tik azaroaren 24ra bitartean egingo da Erakusketak lurralde nazionalean banatutako 70 tokitara eramango du zinema…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/zinema-eta-landa-emakumeak-ziklo-nazionalaren-v-edizioak-zinema-espainiako-70-landa</t>
   </si>
   <si>
     <t>Nekazaritza, Arrantza eta Elikadura Ministerioak "Nekazaritzako Emakumeentzako Berrikuntzarako Bikaintasun Sariak" sarituen irabazleak aukeratzen ditu.</t>
   </si>
   <si>
     <t>Nekazaritza, Arrantza eta Elikadura Ministerioak "Nekazaritza-Emakumeentzako Berrikuntzarako Bikaintasun Sariak" sarituen irabazleak hautatzen ditu asimon ot., 2022/10/07 - 06:58 Landa-Emakumeentzako Berrikuntzarako Bikaintasun Sariak 13 ekimen ezberdin saritzen ditu landa-emakumeen lanari ikusgarritasuna emateko. Saritutako landa-emakumeen lanaren ondoriozko jarduera ekonomikoaren eta ekintza…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/nekazaritza-arrantza-eta-elikadura-ministerioak-nekazaritzako-emakumeentzako</t>
   </si>
   <si>
     <t>Eskatu EU Cap Network 'Ekintzaile gazteak – Landa eremuetan berrikuntza motorrak' tailerra.</t>
   </si>
   <si>
     <t>"Ekintzaile gazteak – Landa eremuetako berrikuntza-motorrak" EBko CAP Sareko tailerra egun eta erdiko ekitaldia da, Dublinen, Irlandan, 2022ko azaroaren 30ean, asteazkenean, eta abenduaren 1ean, ostegunean. Tailerra landa-eremuetako gazte ekintzailetza eta berrikuntza ekosistemak lagun ditzaketen ezagutzak trukatzea eta praktika berritzaileak eta inspiratzaileak partekatzean zentratuko da eta…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/eskatu-eu-cap-network-ekintzaile-gazteak-landa-eremuetan-berrikuntza-motorrak-tailerra</t>
-  </si>
-[...70 lines deleted...]
-    <t>https://akisplataforma.es/eu/albisteak/ipm-funtzionatzen-duela-frogatzea</t>
   </si>
   <si>
     <t>Europako Lidergo Akademiak "Landa Berrikuntzarako Emakumeen Akademia" sortzen du.</t>
   </si>
   <si>
     <t>Europako Lidergo Akademiak "Landa Berrikuntzarako Emakumeen Akademia" sortu du asimon 2022/09/19 - 12:54 Programak Europako landa-eremu ezberdinetako 15 emakume hartuko ditu, beren herrietatik negozio digitalak martxan jartzeko beharrezko gaitasunak eta tresnak eskuratzeko. Inaugurazioa Candeledan (Gaztela eta Leon) izango da, 2022ko urriaren 23tik 28ra. Eskaerak aurkezteko epea irailaren 27ra…</t>
   </si>
   <si>
     <t>Ar, 08/11/2022 - 13:16</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/europako-lidergo-akademiak-landa-berrikuntzarako-emakumeen-akademia-sortzen-du</t>
   </si>
   <si>
     <t>Garraioan zehar animalien ongizatea hobetzeko EFSAren gomendioak</t>
   </si>
   <si>
     <t>EFSAk argitaratutako gomendioen arabera, beharrezkoa da leku gehiago eskaintzea, tenperatura maximoak murriztea eta bidaia-denborak ahalik eta txikienak izatea baserriko animalien ongizatea hobetzeko garraioan zehar. EFSAk Europako Batzordeari bere gomendioak ematen dizkio bost irizpen zientifikotan, Europar Batasunean (EB) animalien ongizateari buruzko legedia etengabe berrikusten laguntzeko,…</t>
   </si>
   <si>
     <t>Al, 10/10/2022 - 15:50</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/albisteak/garraioan-zehar-animalien-ongizatea-hobetzeko-efsaren-gomendioak</t>
   </si>
@@ -5144,54 +5468,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D416"/>
+  <dimension ref="A1:D443"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D416"/>
+      <selection activeCell="A1" sqref="A1:D443"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="246.511" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="473.027" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -7150,429 +7474,429 @@
       <c r="C141" s="1" t="s">
         <v>562</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
         <v>564</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>565</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>566</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="B143" s="1"/>
+      <c r="B143" s="1" t="s">
+        <v>569</v>
+      </c>
       <c r="C143" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
-        <v>675</v>
-[...1 lines deleted...]
-      <c r="B170" s="1" t="s">
         <v>676</v>
       </c>
+      <c r="B170" s="1"/>
       <c r="C170" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>679</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>683</v>
       </c>
@@ -9616,1412 +9940,1790 @@
         <v>1266</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
         <v>1267</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1269</v>
+        <v>1277</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1279</v>
+        <v>1289</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1297</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1299</v>
+        <v>1304</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1293</v>
+        <v>1305</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1339</v>
+        <v>1353</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1346</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1347</v>
+        <v>1355</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1339</v>
+        <v>1357</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1349</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1350</v>
+        <v>1359</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1351</v>
+        <v>1360</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1339</v>
+        <v>1361</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1352</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1353</v>
+        <v>1363</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1354</v>
+        <v>1364</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1355</v>
+        <v>1365</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1356</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1357</v>
+        <v>1367</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1355</v>
+        <v>1369</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1359</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1360</v>
+        <v>1371</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1361</v>
+        <v>1372</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1355</v>
+        <v>1373</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1363</v>
+        <v>1375</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1364</v>
+        <v>1376</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1355</v>
+        <v>1377</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1365</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1366</v>
+        <v>1379</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1367</v>
+        <v>1380</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1355</v>
+        <v>1377</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1368</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1369</v>
+        <v>1382</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1370</v>
+        <v>1383</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1355</v>
+        <v>1377</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1355</v>
+        <v>1387</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1374</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1375</v>
+        <v>1389</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1376</v>
+        <v>1390</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1355</v>
+        <v>1387</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1377</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1378</v>
+        <v>1392</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1379</v>
+        <v>1393</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1355</v>
+        <v>1387</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1380</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1381</v>
+        <v>1395</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1382</v>
+        <v>1396</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1355</v>
+        <v>1397</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1383</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1384</v>
+        <v>1399</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1385</v>
+        <v>1400</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1355</v>
+        <v>1401</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1386</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1387</v>
+        <v>1403</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1388</v>
+        <v>1404</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1355</v>
+        <v>1401</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1389</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1390</v>
+        <v>1406</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1391</v>
+        <v>1407</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1355</v>
+        <v>1401</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1392</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1393</v>
+        <v>1409</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1394</v>
+        <v>1410</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1355</v>
+        <v>1411</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1396</v>
+        <v>1413</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1397</v>
+        <v>1414</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1355</v>
+        <v>1415</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1398</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1399</v>
+        <v>1417</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1400</v>
+        <v>1418</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1355</v>
+        <v>1419</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1401</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1402</v>
+        <v>1421</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1403</v>
+        <v>1422</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1355</v>
+        <v>1423</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1404</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1405</v>
+        <v>1425</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1406</v>
+        <v>1426</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1355</v>
+        <v>1427</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1407</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1408</v>
+        <v>1429</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1409</v>
+        <v>1430</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1355</v>
+        <v>1431</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1410</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1411</v>
+        <v>1433</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1412</v>
+        <v>1434</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1355</v>
+        <v>1435</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1413</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1414</v>
+        <v>1437</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1415</v>
+        <v>1438</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1355</v>
+        <v>1439</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1416</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1417</v>
+        <v>1441</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1418</v>
+        <v>1442</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1355</v>
+        <v>1443</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1419</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1420</v>
+        <v>1445</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1421</v>
+        <v>1446</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1422</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1423</v>
+        <v>1449</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1424</v>
+        <v>1450</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1425</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1426</v>
+        <v>1452</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1427</v>
+        <v>1453</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1428</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1429</v>
+        <v>1455</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1430</v>
+        <v>1456</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1431</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1432</v>
+        <v>1458</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1433</v>
+        <v>1459</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1355</v>
+        <v>1447</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1434</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1435</v>
+        <v>1461</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1436</v>
+        <v>1462</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1437</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1438</v>
+        <v>1465</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1439</v>
+        <v>1466</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1440</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1441</v>
+        <v>1468</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1442</v>
+        <v>1469</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1443</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1444</v>
+        <v>1471</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1445</v>
+        <v>1472</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1446</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1447</v>
+        <v>1474</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1448</v>
+        <v>1475</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1449</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1450</v>
+        <v>1477</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1451</v>
+        <v>1478</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1452</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1453</v>
+        <v>1480</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1454</v>
+        <v>1481</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1455</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1456</v>
+        <v>1483</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1457</v>
+        <v>1484</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1458</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1459</v>
+        <v>1486</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1460</v>
+        <v>1487</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1461</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1462</v>
+        <v>1489</v>
       </c>
       <c r="B378" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C378" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="C378" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D378" s="1" t="s">
-        <v>1464</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1465</v>
+        <v>1492</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1466</v>
+        <v>1493</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1467</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1468</v>
+        <v>1495</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1469</v>
+        <v>1496</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1470</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1471</v>
+        <v>1498</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1472</v>
+        <v>1499</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1473</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1474</v>
+        <v>1501</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1475</v>
+        <v>1502</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1476</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1477</v>
+        <v>1504</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1478</v>
+        <v>1505</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1479</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="1" t="s">
-        <v>1480</v>
+        <v>1507</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1481</v>
+        <v>1508</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1482</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="1" t="s">
-        <v>1483</v>
+        <v>1510</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1484</v>
+        <v>1511</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1355</v>
+        <v>1463</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1485</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="1" t="s">
-        <v>1486</v>
+        <v>1513</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1487</v>
+        <v>1514</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1488</v>
+        <v>1463</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1489</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="1" t="s">
-        <v>1490</v>
+        <v>1516</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1491</v>
+        <v>1517</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1492</v>
+        <v>1463</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1493</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="1" t="s">
-        <v>1494</v>
+        <v>1519</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1495</v>
+        <v>1520</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1496</v>
+        <v>1463</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1497</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="1" t="s">
-        <v>1498</v>
+        <v>1522</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1499</v>
+        <v>1523</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1500</v>
+        <v>1463</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1501</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="1" t="s">
-        <v>1502</v>
+        <v>1525</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1503</v>
+        <v>1526</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1504</v>
+        <v>1463</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1505</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="1" t="s">
-        <v>1506</v>
+        <v>1528</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1507</v>
+        <v>1529</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1508</v>
+        <v>1463</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1509</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="1" t="s">
-        <v>1510</v>
+        <v>1531</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1511</v>
+        <v>1532</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1512</v>
+        <v>1463</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1513</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
-        <v>1514</v>
+        <v>1534</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1515</v>
+        <v>1535</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1516</v>
+        <v>1463</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1517</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
-        <v>1518</v>
+        <v>1537</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1519</v>
+        <v>1538</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1520</v>
+        <v>1463</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1521</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
-        <v>1522</v>
+        <v>1540</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1523</v>
+        <v>1541</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1524</v>
+        <v>1463</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1525</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
-        <v>1526</v>
+        <v>1543</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1527</v>
+        <v>1544</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1528</v>
+        <v>1463</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1529</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="1" t="s">
-        <v>1530</v>
+        <v>1546</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1531</v>
+        <v>1547</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1533</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="1" t="s">
-        <v>1534</v>
+        <v>1549</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1535</v>
+        <v>1550</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1536</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="1" t="s">
-        <v>1537</v>
+        <v>1552</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1538</v>
+        <v>1553</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1539</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="1" t="s">
-        <v>1540</v>
+        <v>1555</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1541</v>
+        <v>1556</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1542</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
-        <v>1543</v>
+        <v>1558</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1544</v>
+        <v>1559</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1545</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
-        <v>1546</v>
+        <v>1561</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1547</v>
+        <v>1562</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1548</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
-        <v>1549</v>
+        <v>1564</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1550</v>
+        <v>1565</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1532</v>
+        <v>1463</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1551</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
-        <v>1552</v>
+        <v>1567</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1553</v>
+        <v>1568</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1555</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
-        <v>1556</v>
+        <v>1570</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1557</v>
+        <v>1571</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1558</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="1" t="s">
-        <v>1559</v>
+        <v>1573</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1560</v>
+        <v>1574</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1561</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="1" t="s">
-        <v>1562</v>
+        <v>1576</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1563</v>
+        <v>1577</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1564</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="1" t="s">
-        <v>1565</v>
+        <v>1579</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1566</v>
+        <v>1580</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1554</v>
+        <v>1463</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1567</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="1" t="s">
-        <v>1568</v>
+        <v>1582</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1569</v>
+        <v>1583</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1570</v>
+        <v>1463</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1571</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="1" t="s">
-        <v>1572</v>
+        <v>1585</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1573</v>
+        <v>1586</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1574</v>
+        <v>1463</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1575</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="1" t="s">
-        <v>1576</v>
+        <v>1588</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1577</v>
+        <v>1589</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1574</v>
+        <v>1463</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1578</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="1" t="s">
-        <v>1579</v>
+        <v>1591</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1580</v>
+        <v>1592</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1574</v>
+        <v>1463</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1581</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="1" t="s">
-        <v>1582</v>
+        <v>1594</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1583</v>
+        <v>1595</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1574</v>
+        <v>1596</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1584</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="1" t="s">
-        <v>1585</v>
+        <v>1598</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1586</v>
+        <v>1599</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1574</v>
+        <v>1600</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1587</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="1" t="s">
-        <v>1588</v>
+        <v>1602</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1589</v>
+        <v>1603</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1574</v>
+        <v>1604</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1590</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="1" t="s">
-        <v>1591</v>
+        <v>1606</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1592</v>
+        <v>1607</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1574</v>
+        <v>1608</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1593</v>
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>1701</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>