--- v0 (2026-01-16)
+++ v1 (2026-03-04)
@@ -12,124 +12,946 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mediateca" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3965">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4217">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Tipo de recurso</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Más información</t>
   </si>
   <si>
+    <t>EATren joerak 2025-2027</t>
+  </si>
+  <si>
+    <t>Argitalpenak</t>
+  </si>
+  <si>
+    <t>Janari joerak identifikatu Datozen urteetan berrikuntza eta negozio estrategia moldatuko duten faktore nagusiak, gizarte-balio berriei, kontsumitzaileen lehentasunei eta ingurune aldakor baten indarrei erreparatuta.</t>
+  </si>
+  <si>
+    <t>https://www.azti.es/productos/eatrends-2025-2027/</t>
+  </si>
+  <si>
+    <t>Behi-haragientzako ingurumen-jardunbide egokien kodea</t>
+  </si>
+  <si>
+    <t>Sektoreari bere isuriak murrizten laguntzeko, behi-hazkuntzarako ingurumen-jardunbide egokien kodea</t>
+  </si>
+  <si>
+    <t>https://www.gosecuesvac.com/wp-content/uploads/2024/10/CODIGO-BUENAS-PRACTICAS-MEDIOAMBIENTALES-GANADERIA.pdf</t>
+  </si>
+  <si>
+    <t>Iberiar txerriak larreetan kudeatzea</t>
+  </si>
+  <si>
+    <t>Dehesa edo larre sistema abeltzaintzako agroekosistema bat da, bi osagai nagusiz osatua: zuhaitza (normalean Quercus sp.) eta landare-estaldura (belarra eta sastraka). Abeltzaintza estentsiboak (behiak, ardiak eta txerri iberiarrak) haien produktuak aprobetxatzen ditu. Goian aipatutako abeltzaintzako espezieen artean, txerri iberiarra ezin hobeto lotuta eta integratuta dago larrearekin eta haren erabilerekin, tradizionalki "larrearen jauna" bezala ezagutzen dena. Horrela, txerri iberiarra eta larreak bikote banaezina osatzen dute, eta gaur egun erreferente bat da elikagaien kalitateari dagokionez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/58c3d7c9-5dde-46e5-9534-c8ec8d6632a1</t>
+  </si>
+  <si>
+    <t>Dehesako Kontserbazio Ekintza Desberdinen Eragina Andaluziako Sektorean eta Gizartean</t>
+  </si>
+  <si>
+    <t>LIFE+ Biodehesa Proiektuak Andaluzian egindako ekintzen eraginari buruz egindako ebaluazioaren emaitzak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2288d79a-72c1-4453-9ea7-9c93f994dd2b</t>
+  </si>
+  <si>
+    <t>Sagardo brandy egiteko eskuliburua</t>
+  </si>
+  <si>
+    <t>Edari alkoholdun bat egitearen helburu nagusia graduazio baxuko edari bat destilatuz graduazio altuko edari bat lortzea da. Beraz, hartzidura alkoholikoa jasan dezakeen edozein lehengai erabil daiteke edari alkoholdun bat ekoizteko.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Manual+de+elaboraci%C3%B3n+de+aguardiente+de+sidra.pdf/82e61477-2503-c91a-466e-e1512b10c351?t=1729770338719</t>
+  </si>
+  <si>
+    <t>INFOVI: Ardo Sektoreko Merkatu Informazio Sistema</t>
+  </si>
+  <si>
+    <t>Bideo eta sareko telebista katea</t>
+  </si>
+  <si>
+    <t>Ardo botila bakoitzaren atzean mahatsak eta mahastiak baino askoz gehiago dago. Tradizioak, ahaleginak eta etengabeko lanak eusten diote ardo sektoreari. Gaur egun, INFOVI sistemari esker, Espainiako ardoak gardentasun handiagoa eta denbora errealeko datuak ditu erabaki hobeak hartzeko.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=hVLxMmuBknM</t>
+  </si>
+  <si>
+    <t>Nekazaritza-eragiketa erregistro-liburua</t>
+  </si>
+  <si>
+    <t>Nekazaritza Erregistroko Liburu Digitala (NEK) nekazaritza-profesionalei zuzendutako tresnetako bat da, beren ekoizpena optimizatzeko eta nekazaritza-kudeaketa errazteko. Ohiko paperezko nekazaritza-erregistroko liburutik formatu digitalera aldatzea dakar, nekazariei sortzen duten informazioa hobeto erabiltzeko eta gobernu-agentziei elektronikoki transmititzeko aukera emanez. 2023-2027 NEPBko Plan Estrategikoaren azken aldaketen ondoren, bere erabilera borondatezkoa da, eta aplikazioak jarri dira eskuragarri sarrerak erraz egiteko, edonoiz, edonon eta malgutasunez. Autonomia-erkidegoetako Nekazaritza Sailek beharrezko informazioa ematen diete NEK nola ezarri ikasi nahi duten erabiltzaileei.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=MZ1SwK7T0nA</t>
+  </si>
+  <si>
+    <t>Nekazaritza jasangarria eta ekoerregimenak: landa-eremua zaintzen duten eta Europako laguntza jasotzen duten praktikak</t>
+  </si>
+  <si>
+    <t>Ba al zenekien ingurumena babestu eta laguntza zuzena jaso dezakezula? Eko-eskemak nekazaritzan ingurumen- eta klima-errendimendua hobetzen duten borondatezko praktikak dira. PAC Sareko bideo honetan, eko-eskemetan aplika daitezkeen praktika onen bi adibide erreal erakusten dizkizugu.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=j1hA5YwST8g</t>
+  </si>
+  <si>
+    <t>Scirtothrips aurantii-ren kontrol kimikorako intsektiziden erresistentziaren kudeaketa</t>
+  </si>
+  <si>
+    <t>Zitrikoetako trips berriei buruzko tailerra</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/manejo-de-resistencias-a-insecticidas-para-el-control-qu%C3%ADmico-de-scirtothrips-aurantii?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako kudeaketa araudia</t>
+  </si>
+  <si>
+    <t>Espainiako abeltzaintza gero eta estandarizatuagoak diren araudien menpe dago, Europako jarraibideekin bat etorriz. Bideo honek abeltzaintzako kudeaketa araudi hauen atzean dagoen arrazoia azaltzen du, abeltzaintzako profesionalentzako baldintza guztiak bateratzea, haien lana erraztea, eraginkortasuna handitzea eta jasangarritasuna bermatzea helburu dutenak. Elikagaien kalitatea eta segurtasuna sustatzen dituen, ingurumen-inpaktua murrizten duen eta animalien ongizatea hobetzen duen ikuspegi integrala hartzen dute.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=jlrBSPSNV9Y</t>
+  </si>
+  <si>
+    <t>Valentziako Komunitateko zitrikoetan Scirtothrips aurantii-ren kudeaketa estrategiak</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/estrategias-de-manejo-de-scirtothrips-aurantii-en-c%C3%ADtricos-de-la-comunitat-valenciana?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Scirtothrips aurantii-ren landare ostalari Valentziako Erkidegoan</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/plantas-hospederas-de-scirtothrips-aurantii-en-la-comunitat-valenciana-1?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Nekazaritza bertikala eta hidroponikoa: Cajamarren ikerketa gutxiagorekin gehiago ekoizteko</t>
+  </si>
+  <si>
+    <t>Cajamar Esperimentazio Zentroan (Paiporta, Valentzia), urteak daramatzate lurrik gabeko baratzezaintza ekoizpen sistemetan lanean. Oraingo honetan, Carlos Baixauli zuzendariak nekazaritza bertikala eta eraginkortasun handiko sistema hidroponikoak konbinatzen dituen ikerketa aurkezten du, espazio txikietan ekoizpena maximizatzea, kontsumoa murriztea eta jasangarritasuna hobetzea helburu duten bi teknologia.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/cultivo-vertical-hidroponico-investigacion-centro-experiencias-cajamar-producir-con-menos</t>
+  </si>
+  <si>
+    <t>Izurrite eta gaixotasunen kudeaketa estrategiak kakian</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/dra.-patricia-chueca-centro-de-agroingenier%C3%ADa-ivia-claves-para-tratamientos-fitosanitarios-eficientes-en-caqui-1?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Kiwi laborantzari buruzko tailerra</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/jornada-sobre-el-cultivo-del-kiwi?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Kaki-koskorren kudeaketa integratua</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/gesti%C3%B3n-integrada-de-cotonets?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Scirtothrips aurantii-ren kudeaketa integraturako lehen urratsak kakian</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/dr.-c%C3%A9sar-monz%C3%B3-centro-protecci%C3%B3n-vegetal-y-biotecnolog%C3%ADa-ivia-primeras-bases-para-la-gesti%C3%B3n-integrada-de-scirtothrips-aurantii?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Scirtothrips aurantii zitrikoetan biologia, ekologia eta kontrol metodoak</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/biolog%C3%ADa-ecolog%C3%ADa-y-m%C3%A9todos-de-control-de-scirtothrips-aurantii-en-c%C3%ADtricos?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Zitrikoetako trips berriei buruzko Konferentziaren aurkezpena, Eskualdeko idazkariak eta IVIAko zuzendariak egina</t>
+  </si>
+  <si>
+    <t>https://ivia.gva.es/es/-/presentaci%C3%B3n-de-la-jornada-nuevos-trips-en-c%C3%ADtricos-por-el-secretario-auton%C3%B3mico-y-el-director-del-ivia?redirect=/es/videoteca</t>
+  </si>
+  <si>
+    <t>Kontrol biologikoa kakian: Cajamarrek eta Agrobíok estrategia konbinatuak aukeratu dituzte laborantza jasangarrirako</t>
+  </si>
+  <si>
+    <t>Heskaiak, lur-estaldura eta intsektu onuragarrien askapena aliatu nagusiak bihurtzen dira labore honetako produktu kimikoen erabilera murrizteko eta biodibertsitatea babesteko.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/control-biologico-caqui-cajamar-agrobio-apuestan-estrategias-combinadas-cultivo-sostenible</t>
+  </si>
+  <si>
+    <t>Mahastizaintza Birsortzailea</t>
+  </si>
+  <si>
+    <t>Mikrobiologiaren garrantzia nekazaritza-lurzoruetan</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=jWwBA7NMK1Q</t>
+  </si>
+  <si>
+    <t>Legez moztutako egur-produktuen merkaturatzeko araudia: EUTR Erreg. - FLEGT</t>
+  </si>
+  <si>
+    <t>Europar Batasuneko egurraren araudiaren aplikazio esparruan inportatzaileen, jabeen eta enkante-saltzaileen betebeharrei buruzko informazioa, eta baso-soiltzearen aurkako borrokarako etorkizuneko esparrua.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=zF__omXNvik</t>
+  </si>
+  <si>
+    <t>Agroekologia, etorkizuneko nekazaritza</t>
+  </si>
+  <si>
+    <t>Miguel Altieriren hitzaldia. Agroekologia da egungo elikagaien krisi globalari aurre egiteko alternatiba bakarra. Talka dago nekazaritza industrialaren eta nekazari-nekazaritzaren artean. Nekazari-nekazaritza aukeratu behar dugu, gaur egun kontsumitzen dugun janariaren % 70 ekoizten duelako, jasangarria, erresilientea delako eta klima-aldaketa arintzen lagunduko duelako.</t>
+  </si>
+  <si>
+    <t>https://www.ecoagricultor.com/video-agroecologia-la-agricultura-del-futuro-miguel-altieri/</t>
+  </si>
+  <si>
+    <t>Nekazaritza Biodinamikoaren Konferentzia</t>
+  </si>
+  <si>
+    <t>Nekazaritza biodinamikoari buruzko hitzaldia Marisol Garrido andrearen eskutik, Demeter Certification Spain-eko zuzendariaren eskutik.</t>
+  </si>
+  <si>
+    <t>https://www.ecoagricultor.com/conferencia-de-agricultura-biodinamica//</t>
+  </si>
+  <si>
+    <t>Artadi ezkurrak ereiteko gida praktikoa</t>
+  </si>
+  <si>
+    <t>Artadien eta artelatzen kontserbazioa eta berritzea ezinbestekoa da Mediterraneoko baso esklerofiloaren biziraupenerako, hau baita Andaluzian baso-formazio ugariena.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7c258946-6e55-4f46-b92f-0d482607a9b0</t>
+  </si>
+  <si>
+    <t>Cartagenako landa-eremuan almendra-barietate berrien portaera</t>
+  </si>
+  <si>
+    <t>Azken urteotan almendraren prezioen igoerak, mundu mailako eskari sendoaren ondorioz, iraultza eragiten ari da labore honetan, Espainiako landutako azalera nabarmen handitu baita. Testuinguru honetan, eta eskualde hotzetara zabaltzeko helburuarekin, CEBAS (Murtzia), CITA (Aragoi), IRTA (Katalunia) eta INRA (Frantzia) ikerketa-zentroek almendra-barietate autobateragarri berriak jarri dituzte nekazariei eskuragarri, loraldi berantiarra edo oso berantiarra dutenak barne. Loraldi berantiarra ez da faktore esanguratsua Campo de Cartagena eskualdeko gure klima-baldintzetan, izozte-arriskua oso txikia baita. Hori dela eta, 'Peraleja', 'Ramillete', 'Colorada' eta 'Garrigues' bezalako barietate autobateragarriak lantzen jarraitu dira, haien gogortasunagatik eta almendra-kalitateagatik. Hala ere, polinizazio-arazoak maiz sortzen dira barietate tradizional hauekin ureztatutako baratzeetan, eta uste dugu horiek murriztuko liratekeela barietate autobateragarriak erabiliz.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/comportamiento-de-nuevas-variedades-de-almendro-en-el-campo-de-cartagena/</t>
+  </si>
+  <si>
+    <t>Cartagenako Campoko negutegi-baldintzetan koko-zuntzean tomate-barietate tradizionalen errendimendua</t>
+  </si>
+  <si>
+    <t>Ikerketa honen helburua Murtziako Nekazaritza eta Elikagaien Ikerketa eta Garapenerako Institutuaren (IMIDA), BAGERIM izenekoaren, eta Torre-Pachecoko Nekazaritza Prestakuntza eta Esperientzien Zentro Integratuaren (CIFEA de Torre-Pacheco) ernamuin-plasma bankutik lortutako tomate-barietate tradizional desberdinen errendimendua zehaztea da, kontsumo freskorako pentsatuak. Tomate hauek koko-zuntzetan hazi ziren berotegi berotu gabe batean urtarriletik uztailera bitartean. 25 tomate-barietate desberdinen errendimendua ebaluatu zen —gerezi, udare, kumato, potolo, leun eta ildaskatu— bost urtean zehar.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/comportamiento-de-variedades-tradicionales-de-tomate-en-fibra-de-coco-bajo-invernadero-en-el-campo-de-cartagena/</t>
+  </si>
+  <si>
+    <t>Mar Menor-eko 3/2020 Legearen landareen kontserbazio egiturak eta mantenugaien atxikipen gainazalak</t>
+  </si>
+  <si>
+    <t>Liburu honek Torre-Pachecoko CIFEA ikerketa zentroan gauzatutako hainbat erakustaldi-lursailen emaitzak aurkezten ditu. Lursail hauek bi landaredi motatan oinarritu ziren: Landare-hesi eta kontserbazio-egiturak (VBS) eta mantenugaiak atxikitzeko gainazalak (% 5), biak Mar Menor aintzira berreskuratzeko eta babesteko 3/2020 Legeak agintzen dituenak. Helburua gainazal eta VBS hauek ezartzeko erraztasuna edo zailtasuna ebaluatzea zen, baita haien instalazio- eta mantentze-kostuak ebaluatzea ere, VBS mota desberdinak eta landare-espezieak mantenugaiak atxikitzeko gainazaletan probatuz.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/las-estructuras-vegetales-de-conservacion-y-las-superficies-de-retencion-de-nutrientes-de-la-ley-3-2020-del-mar-menor/</t>
+  </si>
+  <si>
+    <t>Murtziako Huerta Eskualdeko Granada Barietate Desberdinen Portaera Agronomikoa eta Karakterizazioa</t>
+  </si>
+  <si>
+    <t>Zazpi granada barietate aztertzen ari dira Cabezo de Torres Murtziako barrutian kokatutako lankidetza-ustiategi batean, Huerta de Murtzia Eskualdeko Nekazaritza Bulegoaren jurisdikzioan. Argitalpen honek barietate hauen errendimendu agronomikoari eta ezaugarriei buruzko landa-datuak biltzen ditu, lortutako informazioa espezie hau lantzeko interesa duten teknikariei zein nekazariei zabaltzeko.</t>
+  </si>
+  <si>
+    <t>https://sftt.ndtg.es/publicaciones/comportamiento-agronomico-y-caracterizacion-de-distintas-variedades-de-granado-en-la-comarca-de-la-huerta-de-murcia/</t>
+  </si>
+  <si>
+    <t>Ardo sektoreko esku-hartzea</t>
+  </si>
+  <si>
+    <t>Ardogintza sektoreko esku-hartzea, NPB Plan Estrategikoaren esparruko esku-hartzeak</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/TRIPTICO_VITIVINICOLA.pdf</t>
+  </si>
+  <si>
+    <t>Landa eremuetako negozio-jardunbide onen eta nekazaritza-elikagaien proiektuen txostena</t>
+  </si>
+  <si>
+    <t>Komunikabide nagusiek jasangarritasunaz hitz egiten dutenean, askotan badirudi haren zutabeetako bat, ekonomikoa, ia ez dela aipatzen, beste bien kanpo-inpaktu handiagoak itzalpean utzita: ingurumenekoak eta sozialak. Hala ere, hiru osagaiak ezinbestekoak dira negozio-jarduera edo proiektu bat benetan arrakastatsua eta iraunkorra izan dadin denboran zehar —azken finean, haren bideragarritasuna zehaztuko duen aldagaia—.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_buenas_practicas_agroalimentarias.pdf</t>
+  </si>
+  <si>
+    <t>Fruta eta barazki ekoizleen erakundeen (OPFH) eta haien elkarteen (AOPFH) funtzionamendu-programei buruzko txostena</t>
+  </si>
+  <si>
+    <t>Fruta eta barazki ekoizleen erakundeak eta haien elkarteak (OPFH eta AOPFH) 2023-2027ko NEP laguntza-eskemaren oinarrizko elementua dira, Espainiako beren sektore-esku-hartzearen bidez (Fruta eta Barazki Sektoreko Esku-hartzea, ISFH). Gure herrialdea fruta eta barazkien Europako ekoizle nagusia da eta munduko laugarren esportatzaile handiena, eta ekoizpen eta merkaturatze-egutegi askotarikoekin egiten du hori. Sektorearen barruan duten barne-garrantziaren erakusgarri da ia 500 OPFHk eta haien elkarteek Espainiako fruta eta barazki ekoizpenaren % 50 baino gehiago merkaturatzen dutela.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_programas_operativos_de_opfh_y_aopfh.pdf</t>
+  </si>
+  <si>
+    <t>Landa eremuetako ingurumen-jardunbide onen txostena</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta ingurumena ez dira bakarrik elkarrekin bizi, baizik eta elkarren etorkizuna bermatzeko aliatu onenak dira. Hala ere, nekazaritza ingurumenaren kontura garatzen denean (baliabideak agortuz, biodibertsitatea aldatuz, hondakinak sortuz, etab.), edo klima-ikuspegietan jasanezina den energia-kontsumoarekin egiten duenean, degradatutako ingurune naturalak nekazaritzaren garapena bideraezina edo oso zaildu egiten du azkenean.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_buenas_practicas_medioambientales.pdf</t>
+  </si>
+  <si>
+    <t>Espainiako gazta sektorearen erronkak eta aukerak</t>
+  </si>
+  <si>
+    <t>Espainiako gazta sektorearen erronkak eta aukerak Cajamarrek sustatutako argitalpena da, Esnekien Lanbide Arteko Erakundearen (InLac) lankidetzarekin, gaztaren munduan interesa duen edonorentzat erreferentziazko testua izateko pentsatua, dela kontsumitzaile gisa ikuspegi sozialetik, dela ekoizle gisa ikuspegi teknologikotik, dela ekoizle edo merkaturatzaile gisa ikuspegi ekonomikotik, edo landa-garapena sustatzen duen eta balio erantsia sortzen duen elikagai gisa.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/retos-desafios-sector-quesero-espanol</t>
+  </si>
+  <si>
+    <t>Mundu osoko nekazaritza-elikagaien ikerketa eta berrikuntza sistemak</t>
+  </si>
+  <si>
+    <t>Cajamarrek nekazaritza-ikerketarekin duen 50 urteko konpromisoa ospatzen du, oroitzapen hutsa gainditzen duen lan bat argitaratuz, erreferentziazko tresna bihurtuz. Europako nekazaritza-ekonomialari errespetatuenetako batek, Tomás García Azcáratek, koordinatutako monografia honek nazioarteko adituak biltzen ditu munduko berrikuntza-gune nagusietan nekazaritza-elikagaien I+G+Bren egungo egoera mapatzeko. Liburua unibertsalki onartutako premisa batetik abiatzen da: munduko elikagai-sistemak elikagai gehiago eta hobeak ekoitzi behar ditu klima-aldaketa bizkortuaren eta baliabide natural gero eta mugatuagoen testuinguru batean. Berri ona, egileen arabera, erronka hau guztiz lor daitekeela da. Berri txarra da hori lortzeko oraindik lortu ez dugun eraginkortasun batekin funtzionatzen duten ikerketa- eta berrikuntza-sistemak behar direla.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/sistemas-investigacion-innovacion-agroalimentaria-mundo</t>
+  </si>
+  <si>
+    <t>Teknika mikrobiologikoak ardogintzaren industrian klima-aldaketari aurre egiteko</t>
+  </si>
+  <si>
+    <t>Azken hamarkadetan, argi geratu da egungo eta etorkizuneko uztako ardoek aldaketa kimiko eta mikrobiologikoak jasango dituztela klima-aldaketaren ondorioengatik. Mahatsaren heltze-prozesuan izandako aldaketek azukre-kontzentrazio handiagoak eta azidotasun txikiagoa duten muztioak sortzen ari dira, eta, ondorioz, alkohol-maila handiagoak eta ahogozamenean freskotasun gutxiago duten ardoak sortzen dira.</t>
+  </si>
+  <si>
+    <t>https://vitec.wine/wp-content/uploads/2025/02/Poster-lowph-def-2.pdf</t>
+  </si>
+  <si>
+    <t>ATR-FTIR espektroskopia ardoan polisakaridoak kalkulatzeko tresna gisa erabiltzearen bideragarritasun-azterketa</t>
+  </si>
+  <si>
+    <t>Polisakaridoak dira ardoan dauden makromolekula koloidal nagusiak. Konposatu hauek funtsezko zeregina dute beste molekula batzuk disoluzioan egonkortzeko, eta horrela ardoaren prozesamendua eta propietate organoleptikoak aldatzen dituzte. Hainbat analisi teknika proposatu dira haiek zehazteko. Hala ere, gehienak konplexuak eta denbora asko eskatzen dutenak dira. Desabantaila horiek gainditzeko, Fourier transformazioko infragorri espektroskopiak (FTIR) metodo azkar eta ez-suntsitzailea eskaintzen du ardoan polisakaridoak kalkulatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.sciencedirect.com/science/article/pii/S0144861722002697</t>
+  </si>
+  <si>
+    <t>'Verdejo' ardoa ekoizteko bertako legamia-anduien egokitasun enologikoa</t>
+  </si>
+  <si>
+    <t>Bertako legamien erabilera ardogintzan eskualde jakin baten tipikotasuna zaintzeko tresna bat da. Bertako legamia egokiak hautatzeak ezaugarri enologikoen mantentzea bermatzen du, hartzidura alkoholiko espontaneoa (AH) simulatuz, hartzidura gelditu edo motelen arriskuak saihestuz. Ikerketa honetan, bertako legamia hautatu, identifikatu eta karakterizatu dira Verdejo mahats muztiotik (Rueda Jatorrizko Deitura), lurraren ezaugarriak ustiatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.mdpi.com/2304-8158/12/9/1888</t>
+  </si>
+  <si>
+    <t>Lachancea thermotolerans barietate basatiaren hautaketa eta erabilera, ardogintzaren industrian klima-aldaketak dituen ondorioak arintzeko estrategia gisa, Rioja DOC-tik abiatuta.</t>
+  </si>
+  <si>
+    <t>Ardoa milaka urtez mundu osoan ekoitzi den produktu alkoholikoa da, eta azken mendera arte oso aldaketa gutxi izan dira ekoizpen-prozesuan. Azken hamarkadetan, mahatsondoak klima-aldaketaren eraginpean egon dira hainbat klima-labore gisa, eta, ondorioz, mahats-muztioaren eta azken ardoaren osaera aldatzen ari da. Tenperaturen igoeraren eta fenologia aurreratuaren efektu konbinatuak aleen osaerari eragiten dio, azukre-edukia handituz, azido organikoen kontzentrazioak gutxituz eta bigarren mailako metabolitoen eta aroma-aitzindarien osaera aldatuz. Beraz, klima-baldintza berri hauetan ekoitzitako ardoek azidotasun baxua, alkohol-eduki handia, pH altua eta hainbat parametrotan aldaketak izan ohi dituzte, hala nola kolorea eta konposatu fenolikoak.</t>
+  </si>
+  <si>
+    <t>https://www.mdpi.com/2306-5710/11/3/70</t>
+  </si>
+  <si>
+    <t>limoi-arbolaren ongarritzea</t>
+  </si>
+  <si>
+    <t>Ongarritzea ureztatzeko uretan disolbatutako ongarriak banatzeko aukera ematen duen teknika da. Hainbat ureztatze-sistemarekin erabil daitekeen teknika hau tantaka ureztatzean oso erabilia da.</t>
+  </si>
+  <si>
+    <t>https://www.carm.es/web/descarga?ARCHIVO=Publicacion_La%20fertirrigacion%20en%20el%20limonero.pdf&amp;ALIAS=ARCH&amp;IDCONTENIDO=156578&amp;IDTIPO=60&amp;RASTRO=c3039%24m64522%2C64556%2C64566%2C65559</t>
+  </si>
+  <si>
+    <t>Uzta-garaiak legamia basatien biodibertsitatean duen eragina eta ardoaren hartziduran duten eragina</t>
+  </si>
+  <si>
+    <t>Mahatsaren mikrobioma ardoaren konposizioan eta usainan eragina duen faktore gakoa da. Mahatsaren biodibertsitate natiboa eskualde bakoitzaren propietate enologiko bereizgarrien erantzule den sinadura mikrobianoarekin lotuta dago, "lurroir" mikrobianoa bezala ezagutzen dena. Mahatsaren mikrobiota hainbat faktoreren araberakoa da, besteak beste, klima, mahats barietatea, uzta, mahastiaren ezaugarriak, lurzorua eta mahastizaintzako praktikak. Testuinguru honetan, hartzidura espontaneoek arreta pizten ari dira ardoaren konplexutasun organoleptikoan izan ditzaketen eragin potentzialengatik.</t>
+  </si>
+  <si>
+    <t>https://www.mdpi.com/2076-2607/13/12/2836</t>
+  </si>
+  <si>
+    <t>Murtziako Eskualdean limoi eta pomeloen izurriteak eta gaixotasunak</t>
+  </si>
+  <si>
+    <t>Aldi kritikoa, estatu zaurgarrienak, jarraipen-metodoak, etab.</t>
+  </si>
+  <si>
+    <t>https://www.carm.es/web/descarga?ARCHIVO=Publicacion_Plagas%20y%20enfermedades%20de%20limon%20y%20%20pomelo%20en%20la%20Region%20de%20Murcia.pdf&amp;ALIAS=ARCH&amp;IDCONTENIDO=156579&amp;IDTIPO=60&amp;RASTRO=c3039%24m64522%2C64556%2C64566%2C65559</t>
+  </si>
+  <si>
+    <t>Nekazaritza nekazaririk gabe</t>
+  </si>
+  <si>
+    <t>Frantzia betidanik ikusi izan da tamaina txikiko eta ertaineko ustiategien herrialde gisa, jabeak eta haien familiak kudeatutakoak. Bigarren Mundu Gerraren ondorengo modernizazio garaian finkatu eta indartu zen familia-nekazaritza eredua aldaketa sakonak jasaten ari da orain, eta horrek nekazaritzako lanaren eta kapitalaren antolaketa modu berri eta anitzak sortzen ari dira.</t>
+  </si>
+  <si>
+    <t>https://www.plataformatierra.es/innovacion/agricultura-sin-agricultores</t>
+  </si>
+  <si>
+    <t>Harri-fruta eta almendra ekoizpenean araututako izurriteak (Berrogeialdia eta ONRQPS)</t>
+  </si>
+  <si>
+    <t>2016/2031 Erregelamendua indarrean sartzeak hainbat lege-aldaketa ekarri ditu. Horien artean, izurriteen sailkapena dago, berrogeialdiko, lehentasunezko eta berrogeialdikoak ez diren izurrite arautu gisa. Europar Batasunak ezarritako sailkapen honek babes-maila espezifikoak eta neurri desberdinen aplikazioa dakartza.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/95195654/3-2023+Informaci%C3%B3n+T%C3%A9cnica+.pdf/3dcfbaa6-c7a7-601e-fafa-e37a4d52766f?t=1698916023334</t>
+  </si>
+  <si>
+    <t>Eurytoma amygdali monitorizatzeko jarraibideak</t>
+  </si>
+  <si>
+    <t>Azken urteotan, Eurytoma amygdali Aragoiko Autonomia Erkidegoan zehar hedatu da, Espainiako beste leku batzuetan hedatu den modu berean, eta hedapen horrek jarraitzea espero da. Gaur egun, ez dago eskuragarri feromonetan oinarritutako erakargarririk edo bestelako semiokimikorik, almendra helduen populazioen jarraipen fidagarria ahalbidetuko lukeenik tratamendu-denbora optimoak zehazteko. Faktore erabakigarria da hau, izurria almendrondoetatik kanpo dagoen eta landare-babeseko produktuekin kontrolatzeko joera duen denbora laburra dela kontuan hartuta.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/d/guest/it-4-orientaciones-para-el-seguimiento-de-eurytoma-amygdali</t>
+  </si>
+  <si>
+    <t>Neguko zerealaren izurriak eta gaixotasunak</t>
+  </si>
+  <si>
+    <t>Zereal-laborantza gizateriaren historiarekin lotuta dago. Munduko nekazaritza-jarduerarik zaharrenetako eta zabalduenetako bat da. Zerealak, hala nola garia, garagarra eta zekalea, mundu osoko pertsona eta animalia askoren dietaren oinarria dira.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/d/guest/2024_01_informacion_tecnica_fitosanitaria</t>
+  </si>
+  <si>
+    <t>Ardo zuriko koloideetan argitzeko agente desberdinek duten eraginaren karakterizazioa, fluxu asimetrikoaren bidezko frakzionamenduaren bidez.</t>
+  </si>
+  <si>
+    <t>Argitzeko agenteak ardogintza prozesuan erabiltzen diren substantziak dira, ardoen gardentasuna eta egonkortasuna hobetzeko. Argitzeko agente desberdinek modu ezberdinetan alda dezakete kentzeko gaitasuna. Ikerketa honetan, hiru taldetan banatutako (argitzeko agente mineralak, argitzeko agente polimeriko sintetikoak eta landare-proteinen argitzeko agenteak) zazpi argitzeko agente ohikoen kentzeko eraginkortasuna aztertu da, frakzionamendu asimetrikoa (AF4) erabiliz. Gainera, kentzeko gaitasunaren eta hainbat propietate molekular eta makromolekularreko arteko erlazioa ebaluatu da.</t>
+  </si>
+  <si>
+    <t>https://www.sciencedirect.com/science/article/pii/S030881462200084X</t>
+  </si>
+  <si>
+    <t>Europar Batasunerako lehentasunezko izurriteak</t>
+  </si>
+  <si>
+    <t>Landareen Osasunari buruzko Oinarrizko Erregelamenduak landareekin, landare-produktuekin eta beste objektu batzuekin lotutako izurriteen sailkapen berri bat hartzen du. 2016/2031 (EB) Erregelamenduko II. eta III. kapituluetan garatu den sailkapen honek izurrite horien aurka hartu beharreko ekintzak eta neurriak hobeto lehenestea ahalbidetzen du, eta, beraz, baliabideen esleipen eraginkorragoa.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/Plagas+Prioritarias+I.T.+3_2020.pdf/5e1faf18-cbd3-230a-1475-31f7f97c5a22?t=1607083147926</t>
+  </si>
+  <si>
+    <t>Aragoiko landare-materialen ekoizpen eta merkataritza sektoreak bete behar dituen baldintzak</t>
+  </si>
+  <si>
+    <t>Operadore profesionalentzako legedia eta jarraibideak</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/95195654/1-2023+REQUISITOS+CUMPLIR+OPERADORES+PROFESIONALES.pdf/fb8ca64d-5c83-3c89-86df-e154dc13e1e6?t=1686040005898</t>
+  </si>
+  <si>
+    <t>Herbizidekiko erresistentzia, erresistentzia motak eta horiek saihesteko praktikak</t>
+  </si>
+  <si>
+    <t>Bi faktore nagusi behar dira belar erresistenteen populazio bat agertzeko: - Herbizida bateko osagai aktibo bat hainbat urtez jarraian aplikatzea - Belar espezie espezifikoak erresistentzia garatzeko joera izatea</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/201109_HERBICIDAS+DEFINITIVO+DIGITAL.pdf/4e008ef0-0bfb-f916-a0c2-6a8c3bf3c7d9?t=1604997330365</t>
+  </si>
+  <si>
+    <t>Diabrotica, Diabrotica virgifera virgifera LeConte</t>
+  </si>
+  <si>
+    <t>Diabrotica virgifera virgifera Chrysomelidae familiako kakalardo bat da, Mexikon sortua eta artoaren izurrite kaltegarrienetako bat bezala hartzen da.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/91544181/25-07-2022+Diabrotica+IT+1_2022.pdf/851211fb-3b18-3caf-bfd6-bd4c5c595641?t=1658749536532</t>
+  </si>
+  <si>
+    <t>Almendrondoaren izurriak eta gaixotasunak</t>
+  </si>
+  <si>
+    <t>Azken urteotan almendra-laborantzarako azalerak hazkunde handia izan du Aragoin; gaur egun, 83.800 hektarea almendrondo inguru lantzen dira.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/91544181/INFORMACIONES_TECNICAS_2_2022_Almendro_plagas.pdf/035d40fb-5e40-7459-df39-26011a60f81a?t=1660909624232</t>
+  </si>
+  <si>
+    <t>Herbiziden ekintza-moduak (Nomenklatura Berria)</t>
+  </si>
+  <si>
+    <t>Herbizidak haien ekintza-moduaren arabera sailkatzen dira, eta hau herbizida landarean sartzen denetik fitotoxikotasuna agertu arte gertatzen diren gertaera edo prozesuen sekuentzia gisa defini daiteke.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/93070343/IT+2-2023+MOAS+Diptico+A4+Web_definitivo.pdf/1fcba101-7b38-9a4c-50a3-642632f7a08f?t=1693551947880</t>
+  </si>
+  <si>
+    <t>Esne-behien ustiategi bat kudeatzeko eskuliburu praktikoa</t>
+  </si>
+  <si>
+    <t>Ustiategi baten errentagarritasun optimoa eraginkortasun tekniko eta produktiboaren araberakoa da, eta animaliaren produktibitatea, berriz, hiru zutaberen araberakoa da: genetika, nutrizioa eta kudeaketa. Genetikak, hautaketa-programen erabilera egokiaren bidez, ekoizpenaren ikuspuntutik desiragarrienak diren ezaugarriak hobetzea ahalbidetzen du. Ezaugarri horien adierazpen maximoa lortzeko, animaliek elikadura egokia jaso behar dute, bai kantitatean bai kalitatean, beren ekoizpen-etaparako egokia, eta ongizate-baldintza optimoetan hazi behar dira, beren potentzial produktibo osoa eta beren espeziearen ezaugarri etologikoak adierazteko aukera emanez.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1131977209076/Publicacion/1250170548860/Redaccion</t>
+  </si>
+  <si>
+    <t>Basoko Baliabide Genetikoen Kontserbaziorako Plan Nazionala 2024-2033</t>
+  </si>
+  <si>
+    <t>Basoko Baliabide Genetikoak Kontserbatzeko Plan Nazionalak martxoaren 1eko 159/2022 Errege Dekretuan, basoko baliabide genetikoen eta flora basatien kontserbazioari buruzkoan, aurreikusitako kontserbazio genetikoko jarduerak bideratzea du helburu, baita emaitzen jarraipena eta etengabeko ebaluazioa ere, kontserbazio-helburuekiko duten erantzun-maila kalkulatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/Plan%20Nacional%20de%20Conservacion%20de%20RGF.pdf</t>
+  </si>
+  <si>
+    <t>Dokumentu Teknikoa: Basoko Baliabide Genetikoen Kontserbazio eta Erabilera Jasangarrirako Espainiako Estrategia</t>
+  </si>
+  <si>
+    <t>Azken hamabost urteak erabakigarriak izan dira kontserbazio ekimenak eta politikak nazioartean aurrera eramateko, eta, ondorioz, baita estatu mailan ere, akordio global horiek islatuz. Planetaren biodibertsitatea mantentzearen garrantziaren kontzientzia gizarteko ia sektore guztietara zabaldu da, eta garapen iraunkorraren kontzeptua ekintza-plan ugaritan txertatzen da. Basogintza sektoreak, ingurumen-kudeaketaren bidez zuzenean lotuta, prozesu espezifikoak ere jasan ditu biodibertsitatearen kontserbazio-printzipioak bere kudeaketa-helburu eta -metodoetan txertatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/documento_tecnico_estrategia_tcm30-156101.pdf</t>
+  </si>
+  <si>
+    <t>Otsoen eta abeltzaintzaren arteko bizikidetza sustatzeko neurrien katalogoa</t>
+  </si>
+  <si>
+    <t>Azken urteotan pilatutako ebidentziak adierazten du iberiar otsoak (Canis lupus signatus) oso moldagarri den ekologia trofikoa duela, eta horrek etxeko abereen harraparitza eta sarraskia barne hartzen ditu. Beste testuinguru batzuetan bezala, harraparitzagatiko abere-galerak otsoaren presentziaren inguruko gatazken eragile nagusiak dira. Gainera, abereen harraparitza askotan espeziearen gaineko ehiza-presioaren azpian dagoen arrazoia da, eta baita interes-taldeek agintari eskudunen aurka kanidoen populazioen tamaina mugatzeko aurkeztutako auzien arrazoia ere. Espainiako ingurumen-agintariek Europako Batzordeari aurkeztutako 2018ko txostenak, EBko araudiaren arabera, iberiar otsoa kontserbazio-egoera txarrean dagoela uste du, batez ere abereekin aipatutako gatazkaren iraunkortasuna eta izaera kronikoa eta espezieak jasaten duen jazarpena direla eta.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/conservacion-de-especies/medidasproteccionlobo_tcm30-533588.pdf</t>
+  </si>
+  <si>
+    <t>Hidrologia-basogintza leheneratzeko fitxak</t>
+  </si>
+  <si>
+    <t>Hidrologiko-basogintzako leheneratzeak lurzorua higaduratik babesteko, lurraldea lehorte eta uholdeetatik defendatzeko, ur-hornikuntzaren gaitasuna handitzeko eta lurzoruaren funtzionaltasuna kontserbatzen eta hobetzen laguntzeko beharrezkoak diren ekintza multzoa hartzen du barne.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/es/biodiversidad/temas/desertificacion-restauracion/restauracion-hidrologico-forestal/index.html</t>
+  </si>
+  <si>
+    <t>Legezko egurra eta deforestaziorik gabeko produktuak</t>
+  </si>
+  <si>
+    <t>Basoek Lurraren gainazalaren % 30 baino ez duten arren estaltzen, ekosistema hauek planetaren biodibertsitatearen % 80 gordetzen dute, karbono dioxidoaren hustubide gisa jarduten dute, oxigenoa askatzen dute atmosferara eta bizitza forma ugari eta anitzen azpiegitura organikoa eskaintzen dute. Gainera, biztanleriaren % 25 ingururentzako diru-sarrera eta bizibide iturri dira, eta lurraldearen zati handi bat tradizionalki bertako herriek bizi izan dute.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/es/biodiversidad/temas/politica-forestal/madera-legal-productos-libres-defor.html</t>
+  </si>
+  <si>
+    <t>Basamortutzearen aurkako borrokaren sarrera</t>
+  </si>
+  <si>
+    <t>Basamortutzearen aurkako borrokak hainbat arlotan eta ikuspegi-maila desberdinetatik ekintzak garatzea eskatzen du, beti ere fenomenoaren dimentsio sozioekonomikoari arreta berezia jarriz.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/es/biodiversidad/temas/desertificacion-restauracion/lucha-contra-la-desertificacion/introduccion.html</t>
+  </si>
+  <si>
+    <t>Untxi-haztegietan higiene-jardunbide egokien gida</t>
+  </si>
+  <si>
+    <t>Ustiategietan gaixotasunen eta osasun-arriskuen presentzia kontrolatzeko, ezinbestekoa da sarrera eta hedapen puntu kritikoak jorratzea. Hau da Untxi-ustiategietako Higiene Praktika Onen Gida honen helburua: nekazariei laguntzea, untxi-ustiategietan gaixotasunak sartzeko arriskua minimizatzeko neurri sorta bat proposatuz. Gainera, ustiategiaren barruan eta beste ustiategi batzuetara infekzioa hedatzea saihesteko ezarri beharreko kontrolei buruzko jarraibideak ematen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/publicaciones/cbbpp_cunicultura-2011-web.pdf</t>
+  </si>
+  <si>
+    <t>Arroz-soroen babesa: Porphyrio porphyrio arruntaren elkarrekintzak</t>
+  </si>
+  <si>
+    <t>Oilo arrunta (Porphyrio porphyrio) Babes Bereziko Espezie Basatien Zerrendan sartutako espeziea da, Babes Bereziko Espezie Basatien Zerrenda eta Espezie Mehatxatuen Espainiako Katalogoa garatzeko otsailaren 4ko 139/2011 Errege Dekretuaren xedapenen arabera.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/conservacion-de-especies/ce_silvestres_resolucion_calamon_tcm30-201427.pdf</t>
+  </si>
+  <si>
+    <t>Baso-espezieen kontserbazio genetikoa</t>
+  </si>
+  <si>
+    <t>KONTSERBAZIO GENETIKOKO UNITATEAK Definizioa: Baso-espezie bereko banakoen talde batek osatzen duen populazioa, eremu geografiko zehatz bat okupatzen duena eta, neurri batean, beste taldeetatik genetikoki isolatuta dagoena.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/Monograf%C3%ADa%20de%20Divulgaci%C3%B3n.pdf</t>
+  </si>
+  <si>
+    <t>Basoko Baliabide Genetikoen Kontserbazio eta Erabilera Jasangarrirako Espainiako Estrategia. Informazio liburuxka</t>
+  </si>
+  <si>
+    <t>Baso-Baliabide Genetikoen Kontserbazio eta Erabilera Jasangarrirako Espainiako Estrategia basoen kontserbazio eta hobekuntza genetikorako jarduerak eta programak babesteko, garatzeko eta koordinatzeko esparru gisa diseinatuta dago, administrazio eta erakunde ezberdinek egindako ekimenen arteko lankidetza eta integrazioa erraztuz. Estrategiaren azken helburua Espainiako baso-baliabide genetikoen kontserbazioa eta erabilera jasangarria da, haien eboluzio-gaitasuna zainduz eta etorkizuneko belaunaldientzat eskuragarri egon daitezen bermatuz.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/recursos-geneticos/Tr%C3%ADptico_UCGs_publicaci%C3%B3n%20en%20l%C3%ADnea.pdf</t>
+  </si>
+  <si>
+    <t>Espezie inbaditzailearen deskribapena: Solanum elaeagnifolium cav.</t>
+  </si>
+  <si>
+    <t>Landare iraunkor sendoa da, teorian bi metroko sakonerara irits daitekeen sustrai-sistema duena, eta horizontalki jartzen ohi da, eta bertatik landare berriak erne daitezke.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/2759332/4_2018_SOLANUM.pdf/94d59843-97de-c2ad-7e4c-727044810803?t=1696423569324</t>
+  </si>
+  <si>
+    <t>Higienea lehen mailako nekazaritza-ekoizpenean, gida praktikoa baserrientzat</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategiek lehen mailako nekazaritza-ekoizpenean higieneari dagokionez bete behar dituzten baldintzak</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/I.T+Higiene+5-10-2020.pdf/efaa89c3-65b7-6b7e-51da-7e4797a6b38f?t=1601897256207</t>
+  </si>
+  <si>
+    <t>Europako fitosanitario-erregimen berria: landare-materialaren operadoreentzako ondorioak</t>
+  </si>
+  <si>
+    <t>2019ko abenduaren 14az geroztik, landare-osasunari buruzko xedapen berriak, landare-materialaren operadoreei eragiten dietenak eta animalien osasunari eta fitotoxikotasunari buruzko lege-paketearen barruan sartuta daudenak, guztiz aplikagarriak dira Europar Batasun osoan.</t>
+  </si>
+  <si>
+    <t>https://www.aragon.es/documents/20127/29673742/06-11-2020+I.T.+Viveros+N%C2%BA+2.pdf/5b00a4e6-44b7-0d30-c8d7-7720c593b0ab?t=1604656792905</t>
+  </si>
+  <si>
+    <t>Masusta-laborantza</t>
+  </si>
+  <si>
+    <t>Gaur egun, masusta-laborantza ia mundu osoan dago, nahiz eta merkatu freskorako eskala handiko ekoizpen komertziala egiten den herrialde gutxi batzuk egon.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/-/el-cultivo-de-la-zarzamora</t>
+  </si>
+  <si>
+    <t>Asturiasko Printzerriko mahatsondo-barietateen hautaketa klonala</t>
+  </si>
+  <si>
+    <t>Asturiasko mahastiak mendiko mahastizaintza tradizioaren parte dira. Mahatsondoen ezaugarriak adina, malda malkartsuetan duten kokapena eta mahats barietateen aniztasuna eta esklusibotasuna dira. 2001ean "Vinos de la Tierra de Cangas" izendapena aitortu zenetik, egungo Cangas Jatorrizko Izendapen Babestua (http://www.vinosdeasturias.es) bihurtu zenetik, mahastiak susperraldi bat bizi izan dute, etorkizunerako itxaropentsuak dituena. Asturiasko ardogileek nortasun bermatuko mahatsondo klonak izateko beharrak, kalitate handiko eta birusik gabeko mahatsondoak ekoizten dituztenak, mahastietan arrakasta berme handiagoa izateko, bultzatu zuen Klon Hautaketa Programa luze baina ezinbestekoa abiaraztea.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Selecci%C3%B3n+clonal+de+cultivares+de+vid+del+Principado+de+Asturias.pdf/fc9d7837-e9ae-43f7-bf1f-0e91dbc7b94e?t=1729770356226</t>
+  </si>
+  <si>
+    <t>Asturiasko mahats barietateen inausketa mota eta landaketa markoen azterketa</t>
+  </si>
+  <si>
+    <t>Asturiasko mahastiak malda malkartsuetan daude eta adina, barietateen aniztasuna, mekanizazio falta eta landaketa-dentsitate handiak dira ezaugarriak. Azken urteotan, labore hau hedatzen ari da, landaketa berriak terrazetan eta dentsitate txikiagoetan ezarriz mekanizazioa ahalbidetzeko. Royat Cordon inausketa-metodo sinpleagoa eta ekonomikoagoa sartzen ari da, eremuan erabiltzen diren inausketa-teknika tradizionalak ordezkatuz (Guyot Cangas del Narcea udalerrian, eta beste udalerri batzuetan kopa-inausketa).</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Estudio+de+tipos+de+poda+y+marcos+de+plantaci%C3%B3n+en+variedades+de+vid+de+Asturias.pdf/360a560e-1e68-5a71-92db-055acc126679?t=1729770307152</t>
+  </si>
+  <si>
+    <t>Erletegiaren Babesa: Europako Erle-jalearen (Merops apiaster) elkarrekintzak</t>
+  </si>
+  <si>
+    <t>Erle-jale europarra (Merops apiaster) Babes Bereziko Espezie Basatien Zerrendan sartutako espeziea da, Babes Bereziko Espezie Basatien Zerrenda eta Espezie Mehatxatuen Espainiako Katalogoa garatzeko otsailaren 4ko 139/2011 Errege Dekretuaren xedapenen arabera.</t>
+  </si>
+  <si>
+    <t>https://www.miteco.gob.es/content/dam/miteco/es/biodiversidad/temas/conservacion-de-especies/ce_silvestres_resolucion_abejaruco_tcm30-201421.pdf</t>
+  </si>
+  <si>
+    <t>Babarrunak hazteko jarraibideak</t>
+  </si>
+  <si>
+    <t>Babarrun-laborantzaren garapenean, ekoizleak erabaki sorta bati aurre egin behar dio, eta horiek uztaren azken arrakasta zehaztuko dute: noiz eta nola prestatu lurra?, noiz erein?, zer hazi erabili?, nola kontrolatu belar txarrak?, nola identifikatu eta borrokatu izurrite eta gaixotasun ohikoenei?, nola kudeatu uzta modu jasangarrian?, nola kudeatu uzta?, nola kontserbatu alea?, etab.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Orientaciones+para+el+cultivo+de+la+faba.pdf/a5130653-e636-2606-270a-4fe10b29f79d?t=1729770351013</t>
+  </si>
+  <si>
+    <t>Hurritza Asturiasen</t>
+  </si>
+  <si>
+    <t>Hurritz europarra (Corylus avellana L.) Asturiasko labore tradizionala da, eta haren garrantzia 1711n dokumentatu zuen Fray Toribio Santo Tomás y Pumaradak (2006). Hala ere, XX. mendearen amaieran, labore honek gainbehera egin zuen eskualdean, bere fruituaren prezio baxuaren eta landa-eremuetako beherakada demografikoaren ondorioz. Asturiasko landa-eremuak Autonomia Erkidegoko azaleraren % 80 hartzen badu ere, biztanleriaren % 82,2 inguru hiriguneetan kontzentratzen da gaur egun (Asturiasko Ingurumen Profila, 2015). Hala ere, fruitu lehor honek bere tokiko aitortza mantentzen du, non norberaren kontsumorako edo soberakinak tokiko merkatuetan saltzeko biltzen den, eta gero eta interes handiagoa pizten ari da.</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/El+avellano+en+Asturias.pdf/1fc5e939-30f2-31ff-92ad-14a04dac646d?t=1729770419422</t>
+  </si>
+  <si>
+    <t>Espainian deskribatutako landare-patogenoak</t>
+  </si>
+  <si>
+    <t>“Espainian Deskribatutako Landare Patogenoak” liburuaren bigarren edizio honek 1999an argitaratutako lehen edizioa eguneratzea du helburu, ordutik detektatutako patogeno berriekin, zerrenda, haien deskribapena, kaltetutako ostalari, eragiten dituzten gaixotasunak eta haien banaketa geografikoa osatuz, behar bezain egiaztatutako erreferentzietan oinarrituta.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/temas/sanidad-vegetal/publicaciones/patogenos-final.pdf</t>
+  </si>
+  <si>
+    <t>Irin eta semola fabriketan mikotoxinak prebenitzeko, kontrolatzeko eta monitorizatzeko gomendioak</t>
+  </si>
+  <si>
+    <t>Mikotoxinak zerealei eta haien eratorritako produktuei eragin diezaieketen osasun arriskuetako bat dira, eta horregatik izan ziren Europa mailan ebaluatu eta arautu ziren lehenengo kutsatzaileetako bat, kontsumitzaileek dietaren bidez toxina mota horren ingesta osoa murrizteko.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/publicaciones/textomicotoxinas18122015_completorev_nipo.pdf</t>
+  </si>
+  <si>
+    <t>Energia agroboltaikoaren egoerari buruzko txosten prospektiboa</t>
+  </si>
+  <si>
+    <t>Klima-aldaketa eta gure planetan eta sistema sozioekonomikoetan dituen ondorio negatiboak zientzia-komunitateak eta gizarteak oro har aitortzen dituzte orain [1]. Egoera hori arintzeko, ezinbestekoa da giza jarduerak eragindako berotegi-efektuko gasen isurketak murriztea, berotze globalaren kausa nagusia baitira. Zentzu honetan, Parisko COP21eko [2] parte-hartzaileek aurrerapen teknologiko eta finantzarioaren isurketa gutxiko eredu bat sustatzea adostu zuten, tenperatura globalaren igoera 2 °C-tik behera mantentzeko helburuarekin, eta ahal dela 1,5 °C-ra mugatzeko. Helburu horiek lortzeko bideragarritasunari dagokionez, Klima Aldaketari buruzko Gobernu Arteko Taldeak (IPCC), 2022ko txostenean, adierazten du gobernuek klima-anbizio handiagoarekin, posible dela tenperatura globalaren igoera 1,5 °C-tik behera mantentzea [2].</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/publicaciones/informeprospectivoagrivoltaica2023.pdf</t>
+  </si>
+  <si>
+    <t>Asturiasko mahats barietateen erro-proba</t>
+  </si>
+  <si>
+    <t>Antzinaroan, Estrabon geografo eta historialari greziarrak (K.a. 63 - K.o. 20) aipatzen du Asturiasko erromatarren aurreko biztanleek ardoaren berri bazutela, baina oso urria zela eta jai handietan bakarrik edaten zutela. Erromatarrak gaur egun Asturias den lekura iritsi zirenean, K.a. 29. urtean, ez zegoen mahastirik; erromatarren inbasioak ez zion bultzadarik eman labore honi, eta Cocolobis barietatea espaldera gainean lantzen jarraitu zen, ardo ekoizpen gutxirekin (Gómez, 1920).</t>
+  </si>
+  <si>
+    <t>https://serida.asturias.es/documents/99361/179941/Ensayo+de+portainjertos+en+variedades+de+vid+de+Asturias.pdf/d4ef19e8-6c62-bbdd-aeb1-97f0972435e8?t=1729770450155</t>
+  </si>
+  <si>
+    <t>Arrosen su-izurritea (Erwinia amylovora)</t>
+  </si>
+  <si>
+    <t>Su-izurria Erwinia amylovora (Burril) Winslow et al. bakterioak eragiten du, Europar Batasunean berrogeialdiko izurritetzat hartzen dena, eta horretarako sarrera eta hedapenaren aurkako prebentzio neurriei buruzko legeria espezifikoa dago (58/2005 ED), baita arrosazeoen su-izurria desagerrarazteko eta kontrolatzeko programa nazional bat ere (1201/1999 ED eta 1512/2005 ED).</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/dam/mapa/contenido/agricultura/temas/sanidad-vegetal/publicaciones/erwinia-baja.pdf</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo baratzezaintzako laboreak</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo baratzezaintzako laboreei buruzko fitxa multzo honek honako hauei buruzko informazioa dauka: Baratxuria. Aza. Tipula. Endibia. Esparragoa. Marrubia. Ilar berdeak. Babarrun berdeak. Letxuga. Piperra. Porrua. Tomatea. Azenarioa.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250168638/Publicacion/1284254644782/Redaccion</t>
+  </si>
+  <si>
+    <t>Maiz Egiten diren Galderen Eskuliburua. Ekoizpen Organikoaren Aholkularitza.</t>
+  </si>
+  <si>
+    <t>Zer da ekoizpen ekologikoa? Nekazaritza eta abeltzaintzako ekoizpen metodo bat da, ingurumena errespetatzen duten nekazaritza praktikak konbinatuz, animalien ongizateari buruzko estandar zorrotzak, biodibertsitate maila altuak mantentzeaz eta produktu kimiko sintetikoak ez aplikatzeagatik ezaugarritzen dena, guztia janari osasuntsu eta kalitatezkoa eskaintzeko.</t>
+  </si>
+  <si>
+    <t>https://www.ecoagricultor.com/manual-preguntas-frecuentes-en-la-produccion-ecologica/</t>
+  </si>
+  <si>
+    <t>Ardi eta ahuntz esnearen bakteriologia eta zelula somatikoen zenbaketa hobetzeko gakoak</t>
+  </si>
+  <si>
+    <t>Eskuliburu hau prestatzeko kontsultatutako albaitari eta ardi eta ahuntz aditu guztiek bat datoz animalia hauetan mastitisaren kontrol programa eraginkor bat arrakastaz ezartzeko gakoak funtsean kudeaketan oinarritzen direla.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250170901/Publicacion/1284254097035/Redaccion</t>
+  </si>
+  <si>
+    <t>Gaztela eta Leongo Ekoizpen Sistema Integratuan Trazabilitatea, Autokontrola eta Baldintzazkotasuna Aplikatzeko Gida Praktikoa</t>
+  </si>
+  <si>
+    <t>GIDA PRAKTIKO honen helburua Ekoizpen Integratuko sistema egiten duten erakundeek ezarri behar dituzten gutxieneko ekintzak gomendatzea da, batez ere egin beharreko kontrol motei, haien maiztasunari eta laginketa metodologiari dagokienez.</t>
+  </si>
+  <si>
+    <t>https://agriculturaganaderia.jcyl.es/web/jcyl/AgriculturaGanaderia/es/Plantilla100Detalle/1284250168638/Publicacion/1284253423680/Redaccion</t>
+  </si>
+  <si>
+    <t>Nekazaritza Podcasta</t>
+  </si>
+  <si>
+    <t>Podcasta</t>
+  </si>
+  <si>
+    <t>Ongi etorri Podcast Agriculturara, gaztelaniazko lehen nekazaritza podcastera. 2020ko urtarrilean abian jarri zenetik, nekazaritza munduko informazio iturri nagusi gisa finkatu da. Nire helburua nekazaritza sektoreko profesionalei eduki baliotsua eskaintzea da. Agronomo esperientziaduna edo graduatu berria izan, ezagutza ugari aurkituko duzu hemen. Nekazaritza gai orokorrak jorratzen ditut, guztiak nekazaritza-negozioekin eta nekazaritza-industriekin lotuta. Nire podcasta baliabide ezinbestekoa dela uste dut agronomia ikasi dutenentzat.</t>
+  </si>
+  <si>
+    <t>https://podimo.com/es/shows/podcast-agricultura?utm_source=chatgpt.com</t>
+  </si>
+  <si>
+    <t>Txabolen eta arroilen artean</t>
+  </si>
+  <si>
+    <t>Espainiako Abeltzaintza Hautatuen Elkarteen Errege Federazioaren (RFEAGAS) podcast honek tradizioa, iraunkortasuna eta punta-puntako teknologia uztartzen dituen sektore baten errealitatea erakusten du. Artzain transhumanteek erabiltzen dituzten bideetatik hasi eta gure arraza autoktonoen altxor genetikoak zaintzen diren laborategietaraino, programa honek abeltzaintzaren munduan zehar gidatzen gaitu, adituen gidaritzapean.</t>
+  </si>
+  <si>
+    <t>https://open.spotify.com/show/5ZE7poKYhtmSERTg7JOrS3</t>
+  </si>
+  <si>
+    <t>Lurra</t>
+  </si>
+  <si>
+    <t>LA TIERRA Podcast-aren atal honek gai liluragarri bat jorratzen du, publiko orokorrarentzat oraindik ezezaguna dena: janari-bilketa, eta batez ere hura biltzeko erabiltzen den makinaria. Juan Marugán elkarrizketatu dugu, New Holland-eko Uzta Lerroko Produktu Kudeatzailea.</t>
+  </si>
+  <si>
+    <t>https://www.upa.es/upa/noticias-upa/La-Tierra-Podcast-EP-6-recoleccion/2026/6857/</t>
+  </si>
+  <si>
+    <t>Baserria</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien sektoreak 7.000 milioi pertsona elikatzeko erronkari aurre egin behar dio, eta kopuru horrek hazten jarraituko du eta erronka teknologiko eta berrikuntzako larriak dakartza. elEconomistak iraultza horren lekuko izan nahi du, iraganera begira, tradizio onenak berreskuratzen saiatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/playlist?list=PLd1_lp3IlaH8jCOkjGVJWQyKnUoLV3wjT</t>
+  </si>
+  <si>
+    <t>Zitrikoak</t>
+  </si>
+  <si>
+    <t>Hamarkadetan zehar, Valentziako Erkidegoko zitrikoen ekoizpena Espainiako nekazaritzaren abangoardian egon da, sektorearen modernizazioaren erreferente eta tokiko garapenaren eredu izan da, bere merkataritza-egituraren indarragatik, neurri handi batean kooperatibetan oinarrituta, eta nazioarteko zitrikoen merkatuan duen lehiakortasun-posizioagatik. Laranja-ekonomiak merkataritza-sare paregabe baten garapena bultzatu zuen Espainian, esportatzaile pribatuak eta kooperatiba-enpresak barne hartzen dituena, eta horietako askok fruta eta barazkien merkaturatze-bideak zuzendu dituzte herrialdearen zati handi batean. Gainera, ekoizpenaren errentagarritasun ekonomikoaz harago, Valentziako laranjak belaunaldiz belaunaldi milaka familiaren bizimodua izan dira.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=7sQAk5l-Bmc</t>
+  </si>
+  <si>
+    <t>Savia Rural, CAP Sarearen aldizkaria</t>
+  </si>
+  <si>
+    <t>PAC Sarearen Aldizkaria</t>
+  </si>
+  <si>
+    <t>https://redpac.es/revista/2025otono/pdf/savia_rural_n8_otono_2025.pdf</t>
+  </si>
+  <si>
+    <t>Abeltzaintza estentsiboa eta ekoerregimenak: landa-eremua zaintzea Europako laguntzarekin</t>
+  </si>
+  <si>
+    <t>Nola babestu dezake abeltzaintza estentsiboak ingurumena eta nola lor dezake Europako diru-laguntzak? Eko-eskemak landa-eremuko ingurumen- eta klima-errendimendua hobetzen duten borondatezko praktikak dira. PAC Sareko bideo honetan, abeltzaintza estentsiboari aplika dakizkiokeen bi adibide erreal erakusten dizkizugu.</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/watch?v=AEKs0kxjxTE</t>
+  </si>
+  <si>
+    <t>Espainiako AKISaren ebaluazioa</t>
+  </si>
+  <si>
+    <t>MODERNAKIS online tailerra, Nekazaritza Ezagutza eta Berrikuntza Sistemaren (AKIS) ebaluazioa deskribatzen duten oinarriak ulertzen dituena, MAPAk sustatzen duen gobernantza aztertzen duena, berrikuntza interaktiboari begirada bat ematen duena eta, azkenik, pentsamendu sistemikoaren ikuspegia nekazaritza, abeltzaintza eta basogintzarekin lotutako testuinguru konplexuetan aplikatzen duena. Eguneko gai-zerrenda (2025/10/23): 11:00 Aurkezpena: Raúl Carbonell (MAPA). 11:10 ModernAKIS-en aurkezpena: Amalia Hafner (FEUGA). 11:20 Berrikuntza Interaktiboa: Nicolás Aranda (ATTRACTISS, Ceia3). 11:30 AKISen Gobernantza: Carmen Gil (MAP). 11:40 AKIS ba al dago CAP kanpoan?: Juan Pedro Romero (MAPA). 11:50 Mentimetroa: Galdera-txanda ModernAKIS-i buruz. 12:00 Kafe-atsedenaldia 12:15 Nola lagundu ebaluazio baten arrakastan zure kargutik: Mª Ascensión Barajas (CDTI). 13:00etan Galderak eta erantzunak. 13.15 Politika publikoen ebaluazioa: kasuen azterketak: Toni Mora. Politika ebaluazioko aditua publikoa. 14:00 Galderak eta erantzunak</t>
+  </si>
+  <si>
+    <t>https://youtu.be/LvJs1HmULnw</t>
+  </si>
+  <si>
+    <t>Ekologikoak gara.</t>
+  </si>
+  <si>
+    <t>Espainiako Ekoizpen Ekologikoaren Elkarte Profesionalaren podcasta.</t>
+  </si>
+  <si>
+    <t>https://open.spotify.com/show/1E13e4EaDB4kdHszyVFiTd</t>
+  </si>
+  <si>
+    <t>DigiMAPA: Nekazaritzako elikagaien sektorea animalien osasuneko Agrotecheo enpresekin lotzen duen tresna digitala</t>
+  </si>
+  <si>
+    <t>DigiMAPA: Nekazaritzako elikagaien sektorea Agrotech enpresekin lotzen duen tresna digitala.</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacion-digimapa_tcm30-690533.pdf</t>
+  </si>
+  <si>
+    <t>Autonomiaz gaindiko berrikuntza proiektuen espedientea</t>
+  </si>
+  <si>
+    <t>Landa Garapenerako Programa Nazionalaren (PNDR) 2014-2022 Nekazaritza Produktibitaterako eta Iraunkortasunerako Europako Berrikuntza Elkarteko autonomiaz gaindiko talde operatiboek gauzatutako proiektu berritzaileen inbentarioa, 16.2 azpineurria. Ingelesezko bertsioaren dokumentua: https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/dosier_proyectos_innovacion_eng_tcm30-673123.pdf</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/dosier_proyectos_innovacion_digital_esp_tcm30-671808.pdf</t>
+  </si>
+  <si>
+    <t>Uraren ahotsa.</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektoreko eragile nagusiak, jasangarritasunaren alde, uraren erabilera eraginkorragoaren alde lanean. Uraren Zikloaren Digitalizaziorako PERTEren lehen eta bigarren deialdietan ureztatze sistema eraldatzeko eta modernizatzeko irtenbide digitalak ezartzeko finantzaketa duten proiektuak, Europar Batasunaren laguntza ekonomikoarekin NextGenerationEU funtsen bidez eta Espainiako Gobernuaren Trantsizio Ekologiko eta Demografikorako Ministerioak kudeatuta, Berreskuratze, Eraldaketa eta Erresilientzia Planaren barruan.</t>
+  </si>
+  <si>
+    <t>https://open.spotify.com/show/1wI5kiw3IVxrhFF0VQ60Wy?si=b0f1f46be24d4460</t>
+  </si>
+  <si>
+    <t>PEPACeko ekoerregimenetako nekazaritza-praktikei buruzko txostena</t>
+  </si>
+  <si>
+    <t>2023-2027ko PEPAC (Nekazaritza eta Elikagai Politikarako Plan Berezia) ezarri eta bi urtera, klima, ingurumena eta animalien ongizatea sustatzen dituzten neurriek, eko-eskemak izenekoek, eskema horien onarpena sendotzen ari direla dirudi, garai honetako araudi-berrikuntza nagusietako bat izanik. Laguntza zuzen berri multzo hau, guztiz borondatezkoa dena, eskatzaileek aplikatu behar dituzten nekazaritza-jardunbide jakin batzuk ezartzeko urteko konpromisoetan oinarritzen da. Eta, praktika horietako batek ere ez du nekazaritza-profesionalek ezagutzen ez zituzten zereginik barne hartzen —edo beti egiten ez dituztenak ere—, batzuetan eszeptizismoz hartu ziren. Gure ohiturak aldatzen dituen edozein garapen berriren ohikoa den kezka natural hori (batez ere araudi-esparruei eragiten dienean) onarpen handiagoari bide ematen ari zaiola dirudi.</t>
+  </si>
+  <si>
+    <t>https://redpac.es/sites/default/files/documents/memoria_practicas_agrarias_en_los_ecorregimenes_del_pepac.pdf</t>
+  </si>
+  <si>
     <t>Basoen kudeaketan hobekuntzak. Talde operatiboak eta proiektu berritzaileak</t>
   </si>
   <si>
-    <t>Argitalpenak</t>
-[...1 lines deleted...]
-  <si>
     <t>Landa Garapeneko Programen, talde operatiboen eta basoen kudeaketa hobetzeko gaietan lantzen ari diren proiektu berritzaileen bidez garatutako proiektuen bilduma baten ingelesezko itzulpena.</t>
   </si>
   <si>
     <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Improvements%20in%20Forest%20Management.pdf</t>
   </si>
   <si>
     <t>i2Connect webinarra. 2024ko irailaren 18a</t>
   </si>
   <si>
-    <t>Bideo eta sareko telebista katea</t>
-[...1 lines deleted...]
-  <si>
     <t>Webinar honetan nekazaritzako elikagaien eta basogintzaren sektoreko aholkulari eta profesionalen prestakuntzarako garatutako tresnei buruz hitz egin zen. Horrez gain, Berrikuntzarako Laguntza Zerbitzuen bitartez proiektuak duen jarraipenaren garrantzia aipatuko da eta Espainian eta Europako beste herrialde batzuetan proiektua nola garatu den erakusten diren hainbat adibide erakutsiko dira.</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=aQXd1yulecA</t>
   </si>
   <si>
-    <t>Artadi ezkurrak ereiteko gida praktikoa</t>
-[...7 lines deleted...]
-  <si>
     <t>Merkaturatzea nekazaritza, abeltzaintza, basogintza eta nekazaritzako elikagaien industrietan. Talde Operatiboak eta Berritzaileak...</t>
   </si>
   <si>
     <t>FEADER funtsen, talde operatiboen eta nekazaritza, abeltzaintza, basogintza eta nekazaritzako elikagaien industrien sektoreetan merkaturatzean lan egiten duten proiektu berritzaileen bidez garatutako proiektuen bildumaren ingelesezko itzulpena.</t>
   </si>
   <si>
     <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Marketing.pdf</t>
   </si>
   <si>
     <t>Trazabilitatea nekazaritzako elikagaien, abeltzaintzako, nekazaritza eta basogintzako sektoreetan</t>
   </si>
   <si>
     <t>Landa Garapeneko Programen, talde operatiboen eta nekazaritzako elikagaien, abeltzaintzako, nekazaritza eta basogintzako sektoreetan trazabilitatea lantzen duten proiektu berritzaileen bidez garatutako proiektuen bildumaren ingelesezko itzulpena.</t>
   </si>
   <si>
     <t>https://redpac.gob.es/sites/default/files/documents/Dossier%20Traceability.pdf</t>
   </si>
   <si>
     <t>Prominifun. “Ustiategi txikiko eremuetan produktibitatea hobetzeko kudeaketa eredu berritzaileak”</t>
   </si>
   <si>
     <t>Landa-baso-inguruneko biztanleriaren eta lurzoruaren erabileraren aldaketak balizko azalera produktiboak alde batera uztea ekarri du, eta, horretarako, kudeaketa-eredu berriak eta horien birbalorizazio-proposamenak diseinatu behar dira.</t>
   </si>
   <si>
-    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/dosier_proyectos_innovacion_digital_esp_tcm30-671808.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Enbor zeltikoen zehaztasun-kudeaketa zabala baso hostogalkor iberoatlantikoetan (FORESCELTA)</t>
   </si>
   <si>
     <t>Landa-munduko berrikuntza uztartzea transferentzia teknologikoaren bidez eta zelta-saldaren txerri-ekoizpen autoktonorako silvo-arrantza-sistemak, nekazaritzako ingurunean eta ingurumena errespetatzen duten baliabide propioen erabileraren bidez kalitate ezberdineko produktuak sortzen dituztenak basogintza sektoreak klima-aldaketa arintzen duten jarduerak eginez.</t>
   </si>
   <si>
     <t>Kataluniako Talde Operatiboen Espedientea - 2016</t>
   </si>
   <si>
     <t>Nekazaritzako elikagaien eta basogintzaren sektorearen lehiakortasuna hobetzeko funtsezko faktoreetako bat berrikuntza sustatzea eta ikerketaren emaitzen kapitalizazioa da. Kataluniako Generalitateak Kataluniako Ikerketa, Berrikuntza eta Nekazaritzako Elikagaien Transferentziarako Plan Estrategikoa (PRITAC 2013-2020) onartu zuen. berrikuntza, 2014-2020 aldirako Europar Batasuneko berrikuntzarekin lotutako politika nagusiekin bat eginda.</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/9379558/DT108_web_CAST.pdf/e31f3ba8-cb8b-49fc-8cb4-de88a59d29cb</t>
   </si>
   <si>
     <t>Baso Zabalkunde Erakundeen Europako Sarearen (FOREXT) 2024ko urteko txostena</t>
   </si>
   <si>
     <t>Basogintza Hedapenerako Europako Erakundeen Sarearen (FOREXT) urteko txostena, baso pribatuen jabeentzako prestakuntza-jarduerei buruzko informazioa duena, Europa osoko basogintza-hedapen zerbitzuak hobetzeko.</t>
   </si>
   <si>
     <t>https://forext.eu/wp-content/uploads/2025/06/FOREXT-Annual-Report-2024.pdf</t>
   </si>
   <si>
     <t>i2Connect webinarra. 2024ko irailaren 18a.</t>
@@ -155,95 +977,77 @@
   <si>
     <t>"123 zk. Dosier Teknikoa: "Kataluniako Talde Operatiboak. Deialdia 2018" NPB Plan Estrategikoaren (PEPAC 2023-2027) esparruan garatutako Talde Operatiboei zuzenduta dago, eta Nekazaritzako Ezagutza eta Berrikuntza Sistemak kontuan hartuta, gainera. AKIS (Nekazaritza Ezagutza eta Berrikuntza Sistema) izenez ezagutzen dena. nekazaritzako produktibitate eta jasangarritasuneko Berrikuntzarako Europako Elkartearen (AEI-Agri) proiektuen idazketa eta exekuzioa. Horixe da espediente tekniko honetako lehen artikuluak “Kataluniako AEI-Agriren talde operatiboak” lantzen duena. : 2015-2023 aldia”. Jarraian, 2018ko Talde Operatiboen proiektu bakoitza azaltzen da, nekazaritza, basogintza, nekazaritzako elikagaien industriarekin eta abeltzaintzarekin lotutako proiektuetan banatuta. Bakoitzak zertaz ari den eta lortutako emaitzak eta ondorioak azaltzen ditu. Azkenik, Proiektuak garatu dituzten pertsonei eta euren esperientzia azaltzen duten bi elkarrizketarekin bukatzen da Dosierra. Lehenengoa, Rosana Garcian, IRTAko nekazaritza ingeniari teknikoa. Jarraian, Eloi Montcada INNOVIko agronomo eta kluster kudeatzaileari egindako elkarrizketa. Dosier Teknikoa Klima Ekintza, Elikadura eta Landa Agenda Sailaren argitalpen monografikoa da nekazaritza, abeltzaintza, elikadura, arrantza, basogintza eta landa jardueren alderdi garrantzitsuei buruzkoa, administrazioko, unibertsitateetako eta ikerketa zentroetako adituen lankidetzarekin egina. eta sektorea.</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/10397819/DT123_Cast+20_09_24.pdf/0eba81ef-0cbb-41f3-8d04-8948e1fa71d4</t>
   </si>
   <si>
     <t>Ur-fluxuak eta landare-estaldura modelatzea dehesan urrutiko detekzioaren bidez</t>
   </si>
   <si>
     <t>Argitalpen honek IFAPAk dehesa basoetako ur-fluxuen eta landare-estalduraren urrutiko detekzio bidezko modelizazioan egindako aurrerapenak deskribatzen ditu. Dokumentuaren atal desberdinek dehesa landarediaren zuhaitz-estalduraren frakzioa, ur-kontsumoa eta ur-estresa kalkulatzean lortutako emaitzak zehazten dituzte, baita informazio horren aplikazio potentzial batzuk sistema honen kudeaketan ere. Lan honek satelite bidezko urrutiko detekzio datuak eta informazio meteorologikoa integratzen ditu energia eta ur-balantze ereduetan, bereizmen espazial eta tenporal desberdinekin, dehesaren osasunaren jarraipen zehatza eta erregularra ahalbidetuz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a2197b5e-7849-4dff-bf2a-9b4f36e967f3</t>
   </si>
   <si>
     <t>Zenbat ordaintzeko prest dago Andaluziako gizartea nekazaritza-paisaiengatik eta zergatik? Dehesa eta olibondo-soroen kasua</t>
   </si>
   <si>
     <t>Nekazaritza-paisaietan, haien dimentsio estetikoak, ekologikoak eta kulturalak argi eta garbi integratuta daude, gizarteari eskaintzen dizkioten ekosistema-zerbitzu kulturalen eta beste ekosistema-zerbitzu batzuen arteko lotura sortuz, biodibertsitatearen kontserbazioa barne. Zentzu honetan, garrantzitsua da ulertzea nekazaritza-paisaiei buruzko lehentasun publikoak eta lehentasun horiek zehazten dituzten faktoreak, batez ere ustiategien kudeaketarekin lotutakoak, baita haien hobekuntzagatik ordaintzeko prestutasuna ere. Ebaluazio hau bereziki garrantzitsua da kontuan hartuta ebaluazio hau interes politikoa duten beste ekosistema-zerbitzu batzuekin lotuta dagoela, eta biztanleriaren ebaluazioak justifikatzen duela nekazaritza-politikaren bidez nekazariei laguntza publikoa ematea. Horretarako, Andaluziako dehesak eta maldetako olibondo-soroak erabiltzen dira kasu-azterketa gisa.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1b7530bc-3338-4fa3-b948-1ffb8e688301</t>
   </si>
   <si>
-    <t>Dehesako Kontserbazio Ekintza Desberdinen Eragina Andaluziako Sektorean eta Gizartean</t>
-[...7 lines deleted...]
-  <si>
     <t>Aurrerapenak Dehesan sustraien usteldura kontrolatzeko: Biofumigazioa</t>
   </si>
   <si>
     <t>Phytophthora cinnamomi espezieak Quercus zuhaitzetan eragindako sustraien usteldura da artadi eta artelatzen heriotzaren erantzule etxaldeetan. Brassica batzuk lurperatze berdez erabiliz biofumigazioa beste tresna bat izan daiteke gaixotasunen kontrol integraturako. Lan honek Brassica espezie batzuen (mostazak) egokitzapena aztertzen du etxaldeetako baldintzetara, haien sinigrina edukia, biomasaren ekoizpena, ekintza-modua eta espezie hauek biofumigante gisa nola erabili.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a0024046-8ddb-469f-86d3-5a2d1cab7415</t>
   </si>
   <si>
     <t>Kaltzio ongarritzeak Dehesako zuhaitzen sustraien usteldura kontrolatzeko</t>
   </si>
   <si>
     <t>Quercus-i eragiten dion sustraien usteldura, Phytophthora cinnamomi edo Pythium spiculum bezalako lurzoruko patogenoek eragindakoa, artadi eta artelatz askoren heriotzaren erantzule da etxaldeetan. Kaltzio ongarritzea gaixotasunen kontrol integraturako tresna bat da. Lan honek etxaldeetan kaltzio ongarriak aplikatzearekin lotutako hainbat alderdi aztertzen ditu, gaixotasun hau kontrolatu eta prebenitzeko tresna gisa, besteak beste, etxaldeen kudeaketa arruntean duen integrazioa, kaltzioaren eginkizuna landaredian, kaltzio ongarri ohikoenen ezaugarri nagusiak eta ongarri horien banaketarekin lotutako alderdi interesgarri batzuk, haien eraginkortasuna optimizatzeko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/91c09153-2409-4762-b073-4f4c892b34a9</t>
   </si>
   <si>
     <t>Sustraien usteldura: Deskribapena eta kontrola dehesa ekosistemetan</t>
   </si>
   <si>
     <t>Phytophthora cinnamomi Rands patogenoak eragindako sustraien usteldura mundu osoko Quercus zuhaitzei eragiten dieten gaixotasun kaltegarri eta hilgarrienetako bat bezala identifikatu da. Andaluzian, bere presentzia berretsi da dehesa basoen eremu esanguratsu batean laborategiko analisi bidez, eta horregatik arreta berezia eta ahalegin berezia behar ditu dehesan parte hartzen dutenen artean komunikazioan eta dibulgazioan. Eskuliburu honek patogenoaren infekzioa eta ugalketa errazten duten baldintzak ulertzen laguntzen duten alderdiei buruzko gida praktiko eta sinplea izan nahi du, baita diagnostikoa eta gaur egun eskuragarri dauden kontrol-metodoen ezarpena erraztea ere, kutsadura oztopatzeko eta gaixotasunaren hedapena saihesteko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2428d6aa-a359-49a7-8771-47bec46b1b2f</t>
   </si>
   <si>
-    <t>Iberiar txerriak larreetan kudeatzea</t>
-[...7 lines deleted...]
-  <si>
     <t>Artadiaren Ezkurren Ekoizpena Dehesan</t>
   </si>
   <si>
     <t>Ezkurrak funtsezko zeregina du larreetan (dehesan), landa-eremuan baliabide gutxi dauden urtaroetan lortzen baita, eta bere energia-balio handiak oso baliotsua bihurtzen du abereak eta ehiza-animaliak gizentzeko eta mantentzeko. Gaur egun, ezkurra ondasun preziatu eta urria bihurtu da, eta kasu askotan txerri iberiarrak osorik erabiltzen du, bertatik eratorritako kalitatezko produktuen eskaera handia dela eta. Ezkurra ere funtsezkoa da zuhaitzen birsorkuntzarako eta zuhaitzen indarraren adierazle garrantzitsua da. Artadiaren ezkurren ekoizpena aldakortasun handiagatik bereizten da, banakoen artean, eremuen artean eta urteen artean. Hainbat faktorek eragiten dute ezkurren ekoizpenean eta kalitatean, batzuetan zuhaitzari dagozkionak (txandakatze gehiago edo gutxiago, edo produktiboagoa edo gutxiago) eta beste batzuetan zerikusirik ez dutenak (eguraldia, ingurunearen ezaugarri ekologikoak, izurriteak eta gaixotasunak, inausketa, kortxoa kentzea, etab.). 1. eta 2. unitateek aldagai honetan eragina duten aldagai guztiak eta zuhaitzaren urteko zikloan duten eragina aztertzen dituzte. Gainera, ezkurren ekoizpenaren estimazioak izateak eremu batean onartzen den abereen edukiera, etxekoa edo basatia izan, hobeto ebaluatzeko aukera emango luke. Montanera iragarpena edukitzearen onura potentzialaren beste arrazoi bat da uzta ugariko urteetan birsorkuntza naturala sustatzen duten neurriak ezarri behar direla. 3. unitateak ezkurren ekoizpena ebaluatzeko erabil daitezkeen metodo nagusien berrikuspen laburra eskaintzen du, baita horiek dehesan ezartzeko jarraibide bat ere.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78a344c5-e2ed-45a0-9f3d-8d7ca17b11c9</t>
   </si>
   <si>
     <t>Lurzoruaren kudeaketa higaduraren aurka Dehesan</t>
   </si>
   <si>
     <t>Eskuliburu hau larre-ustiategietan higadura-arriskuak identifikatzeko erreferentzia-tresna gisa pentsatuta dago, eta ahal den neurrian horiei aurre egiteko ekintzak gomendatzen ditu. Zehazki, eskuliburuak lurzorua kudeatzeko praktika onak azaltzen ditu eta kapitulu bat eskaintzen dio sakanen kontrolari, zeinen agerpena higadura larriaren sintoma baita.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb16ecd1-14b9-43d4-b206-e95a6e8d6ba6</t>
   </si>
   <si>
     <t>Ardien kudeaketa dehesan</t>
   </si>
   <si>
     <t>Eskuliburu honek etxaldeko ardi-ekoizpenaren oinarriak, kudeaketa egokirako beharrezkoak diren gutxieneko instalazioak, etxaldeko larreen erabilgarritasunaren araberako elikadura, ugalketa-kudeaketa, osasuna, higienea eta animalien ongizatea jorratzen ditu, eta ekoizpen konbentzionalaren eta ekoizpen ekologiko eta integratuaren arteko bereizketa-faktoreak berrikusten ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0440c59f-9cfc-4b2c-b3d0-1515ca92c13c</t>
@@ -512,5492 +1316,5474 @@
   <si>
     <t>ETIOLOGIA. Hegazti-gripea oso gaixotasun biriko kutsakorra da, etxeko hegaztiei zein basatiei eragiten diena. Hegazti-gripearen birusak ere isolatu dira, nahiz eta maiztasun txikiagoarekin, ugaztun espezie batzuetatik, hala nola arratoietatik, saguetatik, erbinudeetatik, furetetatik, txerrietatik, katuetatik, tigreetatik, txakurretatik eta zaldietatik, baita gizakietatik ere. Andui batzuk oso zoonotikoak izan daitezke eta, kasu batzuetan, gaixotasun larriak eragin ditzakete gizakietan.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/dam/mapa/contenido/ganaderia/temas/sanidad-animal-e-higiene-ganadera/sanidad-animal/enfermedades/aves/influenza-aviar/influenzaaviarfichatecnica.pdf</t>
   </si>
   <si>
     <t>Nekazaritza birsortzailearen sarrera</t>
   </si>
   <si>
     <t>Larreak agortzea saihesteko abeltzaintzako kudeaketa zabala.</t>
   </si>
   <si>
     <t>https://redpac.es/sites/default/files/documents/4.%20Definiciones%20y%20herramientas%20de%20la%20agroganader%C3%ADa%20regenerativa_Javi%20Garc%C3%ADa%20Lacal.pdf</t>
   </si>
   <si>
     <t>Nekazaritza-lurzoruen egungo egoeraren azterketa</t>
   </si>
   <si>
     <t>Zer proposatzen du eredu birsortzaileak?</t>
   </si>
   <si>
     <t>https://redpac.es/sites/default/files/documents/2.%20An%C3%A1lisis%20de%20la%20situaci%C3%B3n%20actual%20de%20los%20suelos%20agr%C3%ADcolas_Alberto%20P%C3%A9rez%20Rold%C3%A1n.pdf</t>
   </si>
   <si>
-    <t>Espainiako AKISaren ebaluazioa</t>
-[...7 lines deleted...]
-  <si>
     <t>Nekazaritza eta Abeltzaintza Birsortzailea: Sarrera Laburra Iberiako eta Europan izandako Garapenaren inguruan</t>
   </si>
   <si>
     <t>Nekazaritza birsortzaileak elikagaiak ekoiztea proposatzen du, lurra, biodibertsitatea eta lurra lantzen dutenen ongizatea zainduz.</t>
   </si>
   <si>
     <t>https://redpac.es/sites/default/files/documents/1.%20Trayectoria%20y%20situaci%C3%B3n%20actual%20de%20la%20agroganader%C3%ADa%20regenerativa%20en%20la%20Pen%C3%ADnsula%20Ib%C3%A9rica%20y%20en%20Europa_Ana%20Dig%C3%B3n.pdf</t>
   </si>
   <si>
     <t>Nekazaritza Birsortzailearen sarrera tailerra, 3. saioa</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=NYXAeHi5GyU&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=4</t>
   </si>
   <si>
     <t>Nekazaritza Birsortzailearen sarrera tailerra, 2. saioa</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=qev1l6X1ZNs&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=3</t>
   </si>
   <si>
     <t>Nekazaritza Birsortzailearen sarrera tailerra, 1. saioa</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=MpV-I8KwS4Q&amp;list=PLSiWz5lk6UCeYbn0srgmTHlD3rlQ1os0d&amp;index=2</t>
   </si>
   <si>
     <t>Katalunian jarduten duten taldeak. 2018ko deialdia (katalana)</t>
   </si>
   <si>
     <t>Dosier Teknikoa. 123: “Grups operatius a Catalunya. Call 2018” NPB Plan Estrategikoaren (PEPAC 2023-2027) esparruan garatutako Talde Operazioei eskainia dago, eta Nekazaritza Ezagutza eta Berrikuntza Sistemak barne hartzen ditu, AKISekin (Nekazaritza Ezagutza eta Berrikuntza Sistema) ere lotuta. Talde Operatiboek Nekazaritzako Produktibitate eta Iraunkortasuneko Berrikuntzarako Europako Elkartearen (AEI-Agri) proiektuak idazteko eta gauzatzeko finantzaketa ematen dute. Honek espediente tekniko honen lehen artikulua jasotzen du “L'AEI-Agriren Kataluniako talde eragileak: 2015-2023 aldia”. Jarraian, 2018ko Talde Operatiboen proiektu bakoitza azalduko da, nekazaritza, basogintza, nekazaritzako elikagaien industria eta adar proiektuetan banatuta. Bakoitzerako, zertaz ari den azaltzen da, eta lortutako emaitzak eta ondorioak. Azkenik, Dosierra proiektuak garatu dituzten pertsonei egindako elkarrizketekin bukatzen da eta euren esperientzia azalduz. Lehenengoa, Rosana Garciari, IRTAko nekazaritza ingeniari teknikoari. Jarraian, Eloi Montcada INNOVIko agronomo eta kluster arduradunari egindako elkarrizketa. Espediente Teknikoa Klima Ekintza, Elikadura eta Landa Agenda Sailaren argitalpen monografikoa da, nekazaritza, adar, elikadura, arrantza, basogintza eta landa jardueren alderdi garrantzitsuei buruzkoa, administrazioaren, unibertsitateen eta adituen lankidetzaz egindakoa ikerketa zentroak eta sektorea.</t>
   </si>
   <si>
     <t>https://ruralcat.gencat.cat/documents/20181/10397814/02+DT123+12_09_23.pdf/5b1a344a-5586-4807-b64e-1de75637e861</t>
   </si>
   <si>
     <t>EIT Elikagaien Kontsumitzaileen Behatokia</t>
   </si>
   <si>
     <t>EIT Elikagaien Kontsumitzaileen Behatokiak aldizka ikerketa-txostenak eta azterketak egiten ditu kontsumitzaileek elikagaien inguruan duten pertzepzioari buruz.</t>
   </si>
   <si>
     <t>https://www.eitfood.eu/projects/consumerobservatory/consumer-observatory-reports</t>
   </si>
   <si>
-    <t>EATren joerak 2025-2027</t>
-[...7 lines deleted...]
-  <si>
     <t>SOILBIO proiektuaren lurzoruaren kudeaketari eta lurzoruaren osasunari buruzko gida praktikoa</t>
   </si>
   <si>
     <t>https://www.upa.es/_documentos/GUIA_SOILBIO_AGRICULTORES_digital.pdf</t>
   </si>
   <si>
     <t>Lurzoruaren kudeaketan biodibertsitatea kontuan hartuta jardunbide egokien gida</t>
   </si>
   <si>
     <t>Gida honek nekazariei lurzoruan biodibertsitatearekin lotuta gertatzen diren elkarrekintzei buruzko ezagutza ematen die, eta hauek nola eragiten dioten emankortasunean eta erresilientzian, nekazariak erabiltzen dituen nekazaritza-praktiken arabera.</t>
   </si>
   <si>
     <t>https://www.upa.es/_documentos/GUIA_SOILBIO_completa_digital.pdf</t>
   </si>
   <si>
+    <t>Ureztatzearen eta beste faktore batzuen eragina ekilore-laborearen errendimenduan</t>
+  </si>
+  <si>
+    <t>Tradizionalki, euripeko nekazaritza ez da soilik ureztatzeko uraren eskuragarritasun txikiagatik garatu, baita nekazariek uste dutelako gari edo ekilore bezalako laboreetan ura aplikatzea ez dela ekonomikoki bideragarria, ur hori irabazi handiagoak sor ditzaketen beste labore batzuetarako erabil baitaiteke. Azken urteotan, ureztatutako nekazaritzaren errentagarritasuna nabarmen jaitsi da, ureztatzeko uraren produktibitate-balioak errentagarritasunaren mugetatik oso gertu egonik. Dokumentu honek ekilore labore baten errendimenduari buruzko ikerketa baten emaitzak jorratzen ditu, neguan ereitean ureztatutako baldintzetan, nitrogeno ongarri dosi desberdinak eta landare-dentsitate desberdinak aplikatuta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7de5a60e-ad00-4f0c-af70-aa76d8239df9</t>
+  </si>
+  <si>
+    <t>Gatzunetan heldutako gazta egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Tradizionalki, gatzunezko gaztak Mediterraneoko herrialdeetan eta Balkanetako inguruko batzuetan ekoitzi izan dira. Gatzunetan murgilduta dagoen azken heltze eta kontserbazio etapa dute ezaugarri, eta horrek ematen die sendotasuna eta gatz eta azidotasun nota bereizgarriak. Ekoizpen eskualde hauek tenperatura altuak dituzte, eta horrek zaildu egiten du gaztaren heltzea hozkailu-ekiporik gabe. Horregatik, ekoiztu ondoren, gatzunetan murgilduta kontserbatzen dira, eta hori da bereizten dituen ezaugarri nagusia. Gainera, mendi-lurraldea dute, eta horrek hausnarkari txikiekin (ahuntzak eta ardiak) artzain-jarduera errazten du. Lan honek oinarrizko gomendioak ezartzen ditu ekoizpen-etapa desberdinetan, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3ff0411f-1c78-438b-8b00-a013010b5991</t>
+  </si>
+  <si>
+    <t>Kabuli txitxirio ekotipoen ebaluazio agronomikoa. 2023/2024 uzta denboraldia.</t>
+  </si>
+  <si>
+    <t>Kabuli txitxirio ekotipo multzo bat bi kokapen ezberdinetan ebaluatu zen loraldi data, landarearen altuera, lehen lekaren azaleratze data, ale lehorraren etekina, ale lehorraren hezetasun erlatiboa, saihes pisua eta 100 haziko pisua aldagaietarako. Diseinu esperimentala hiru errepikapeneko bloke ausazkoa izan zen. Egindako analisi estatistikoen emaitzak dokumentuan aurkezten dira. Errendimendu eta ale tamaina handiagoa zuten ekotipoak identifikatu ziren, eta probatutako baldintzetara egokitutako zikloak zituztenak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c89097c7-5422-4e61-a046-aa00bfdeaf35</t>
+  </si>
+  <si>
     <t>Desi txitxirio-germoi-plasmaren ebaluazioa animalien pentsuetan erabiltzeko</t>
   </si>
   <si>
     <t>IFAPA Lekaleen Germoplasma Bankuko Desi motako txitxirio-sarrera multzo bat bi kokapen ezberdinetan ebaluatu zen loraldi-data, landarearen altuera, lehen leka-sorrera-data, ale lehorraren etekina, ale lehorraren hezetasun erlatiboa, pisu sailkatua, 100 haziko pisua eta proteina-edukia aldagaietarako. Diseinu esperimentala hiru errepikapeneko bloke ausazkoa izan zen. Egindako analisi estatistikoen emaitzak dokumentuan aurkezten dira. Animalien elikaduran erabiltzeko ezaugarri optimoak dituzten ekotipoak identifikatu daitezke probatutako baldintza agroklimatikoetara egokitutako zikloekin.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f3d33a57-03b2-4e50-a910-550b555abb8f</t>
   </si>
   <si>
+    <t>Andaluzian neguko zerealetan dauden mikotoxinen azterketa</t>
+  </si>
+  <si>
+    <t>Hari-onddo sorta zabal batek mikotoxina mota desberdinak sortzeko gai dira zerealetan, eta horrek toxikotasun kronikoaren arrisku larria dakar gizakientzat eta animalientzat. Toxina hauek ekoizpen-ziklo osoan zehar sor daitezke, eta maila altuenak lehengaietan (zereal-aleetan) aurkitzen dira. Zuzeneko kontsumorako produktuetan, elikagaiak prozesatzeko prozesuak mikotoxinen kontzentrazioa diluitu egiten du, kutsatu gabeko beste osagai batzuk erabiliz. Dokumentu honek RAEA (Andaluziako Nekazaritza Esperimentazio Sarea) sarearen barruan probatutako kokapen desberdinetan hazitako neguko zereal-kontrol barietateetan (gari gogorra, gari arrunta eta garagarra) mikotoxinak (aflatoxinak, zearalenona eta okratoxina-A) dauden azterlan bat jasotzen du, 2019/2020 eta 2020/2021 kanpainetan kontuan hartutako agroklima-eremu desberdinetan duten intzidentziari dagokionez egungo egoera ulertzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c12e90a0-1676-4830-aaba-cfc3ad24b628</t>
+  </si>
+  <si>
+    <t>Aflatoxinak arto-alean. Fluxu-diagrama eta HACCP sistema soroan, harrera-prozesuan eta biltegiratzean.</t>
+  </si>
+  <si>
+    <t>Onddo sorta zabal batek mikotoxina mota desberdinak sortzeko gai da. Aflatoxinen kasuan, ekoizten duten onddo ezagunenak Aspergillus generokoak dira. Artoa da gehien kaltetutako laboreen artean. Dokumentu honek erreferentziazko fluxu-diagrama jasotzen du, kontrol-puntu kritikoak nabarmenduz eta laginketa-metodologia hobetuz soroan eta biltegiratzean, Aspergillus infekzioekiko barietateen sentikortasun-maila ebaluatzeko saiakuntzak eginez, eta nekazariei inkestak eginez arazoari buruzko kontzientziazio-maila zehazteko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/21e88bd2-806b-48c0-9f2b-945cf0e93346</t>
+  </si>
+  <si>
+    <t>Lorezaintzako hondakinak konpostatzeko gomendioak.</t>
+  </si>
+  <si>
+    <t>Landare-hondakinak kudeatzeko eta berreskuratzeko aukeretako bat konpostatzea da, garraio- eta prozesatze-kostuak minimizatuz, lurzoruaren propietate fisiko eta kimikoak hobetzen dituen produktu bat lortzeko. Konpostak ongarritzeko balio handia du eta lurzoruaren ura atxikitzeko gaitasuna hobetzen du. Gainera, lixibiatzea eta akuiferoetan duen ingurumen-inpaktua murrizten ditu. Dokumentu honek negutegietako baratzezaintzako landare-hondakinen konpostatze-prozesurako gomendioak ematen ditu, kalitatezko konposta lortzeko parametro desberdinak nola optimizatu behar diren ezarriz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/57bbac64-177a-47db-8e6b-f57b2aa1c1b9</t>
+  </si>
+  <si>
+    <t>Pistatxo barietate nagusien portaera</t>
+  </si>
+  <si>
+    <t>Laborantza arrakastatsu baten alderdi gakoetako bat barietateen hautaketa zuzena da. Argitalpen honek IFAPAko Mediterraneoko Fruta Hazkuntza taldeak egindako pistatxo barietate nagusien errendimenduari buruzko ikerketa baten hasierako emaitzak aurkezten ditu. Barietate bat aukeratzerakoan kontuan hartu beharreko alderdiei buruzko informazioa dauka, hala nola: tamaina eta adarkadura; loraldi eta heltze aldiak; ekoizpen goiztiarra; eta fruituaren ezaugarriak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fdcc0d9e-d1ac-4567-9e71-a7e85bcca327</t>
+  </si>
+  <si>
+    <t>Zitrikoen zuhaitzen lurzoru-estalkien gida</t>
+  </si>
+  <si>
+    <t>Ekoizpen-sistema jasangarrien oinarrizko helburuetako bat lurzoruaren higadura hidrikoaren kontrola izan behar da, eta horrek lurzoruaren kudeaketa eta kontserbazio teknika egokiak eskatzen ditu. Ildo horretatik, landaketa-bideetan landare-estaldura ezartzea produktu fitosanitarioen erabilerak eragindako higadura saihesteko eta kutsadura minimizatzeko neurririk onenetako bat bezala hartzen da, baita nekazaritza jasangarria sustatzeko gomendatutako praktiketako bat ere.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aa0532aa-eede-450d-b799-6ff1648c391b</t>
+  </si>
+  <si>
     <t>Marrubi Barietate Desberdinetan Konposatu Funtzionalen Karakterizazioa</t>
   </si>
   <si>
     <t>Hainbat ikerketek erakutsi dute barietate hauek antioxidatzaileen kantitatean eta motan desberdinak direla. Izaera multibarietal hau kontuan hartuta, interesgarria da denboraldi bakoitzean landatzen diren barietateen antioxidatzaile mailak ezagutzea. Izan ere, antioxidatzaile hauek alda daitezke uztaren fase fenologikoaren eta udazkenetik udaberri amaierara arteko denboraldiko eguraldi baldintzen arabera.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e4987db0-ef98-41bb-8ac1-079bc2f5b8c7</t>
   </si>
   <si>
-    <t>Ureztatzearen eta beste faktore batzuen eragina ekilore-laborearen errendimenduan</t>
-[...68 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c12e90a0-1676-4830-aaba-cfc3ad24b628</t>
+    <t>Fruitu Gorrien Ureztatzeko Programazio Eskuliburua</t>
+  </si>
+  <si>
+    <t>Huelvako probintziako fruta bigunen ureztatze programazioaren berrikuspen zehatza aurkezten da, eguraldi iragarpenak erabiliz. Programazioa laboreen ur beharrak kalkulatzeko FAOren metodologian oinarritzen da. Berotegi-efektuko ETo kalkulatzeko prozedura deskribatzen da, eta Huelvako probintziako fruta bigunen Kc balio espezifikoak proposatzen dira. Huelvako probintziako marrubi-labore baten ureztatze-denboraren kalkulua ilustratzen duen adibide praktiko bat sartzen da. "Riego Berry" aplikazioa aurkezten da, Huelvako probintziako marrubi, mugurdi eta ahabi-laboreetarako ureztatze-gomendio pertsonalizatuak eskaintzen dituen tresna digitala. Azkenik, programazio-metodo honen ustiategi komertzialetan baliozkotzearen emaitzak aurkezten dira, ureztatze-errendimenduaren adierazleekin batera, hala nola ureztatze-uraren eraginkortasuna eta fruta bigunen produktibitatea.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dcf255d3-71ea-47b5-aab4-5656e3694452</t>
   </si>
   <si>
     <t>Hamar urte alperujo konposta olibondoetan aplikatzen</t>
   </si>
   <si>
     <t>Hamar urteko ikerketa baten emaitzak aurkezten dira, non oliba-olio konpost nahasketa desberdinak aplikatu ziren olibondo-soroetan. Lurzoruaren emankortasunaren eta fruitu-olioaren etekinaren hobekuntzan duen eragina ebaluatu zen.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14de70dd-4551-4a95-b842-11982791d69c</t>
   </si>
   <si>
+    <t>Pistatxoaren konposatu bioosasungarriak</t>
+  </si>
+  <si>
+    <t>2019 eta 2020 denboraldietan Andaluzian hazitako 11 pistatxo barietateen ikerketa baten emaitzak aurkezten dira, konposatu fenolikoen edukia, antioxidatzaileen jarduera, karotenoideen edukia eta klorofila edukia ebaluatuz. Oskolaren kolorea, estalkia eta fruituaren barnealdea ere aztertzen dira.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/61f83cc7-451d-47d7-be17-e3ec8ffecb53</t>
+  </si>
+  <si>
+    <t>Marrubiaren ekoizpen- eta kalitate-emaitzen aurrerapena, ohiko laborantzan 2015eko abenduaren 31ra arte lortua</t>
+  </si>
+  <si>
+    <t>Aztergai diren hamar barietateen ekoizpen-datuak erakusten dira, entseguak egiten diren hiru laborantza-eremu konbentzionaletan lortuak, 2015eko otsailaren 28ra eta martxoaren 31ra arte. Horrez gain, kalitate organoleptikoari, sendotasunari eta solido disolbagarrien edukiari buruzko datuak, martxoaren 31ra arte, ordura arte egindako hiru laginen batez besteko gisa adierazten dira.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9777b86b-6641-4f71-92cd-1b0765e1d071</t>
+  </si>
+  <si>
+    <t>Klima-aldaketaren eragina Andaluzian gari-laborantzan</t>
+  </si>
+  <si>
+    <t>Aurreikuspenen arabera, Europako hegoaldea nabarmen kaltetuko du klima-baldintzen aldaketak, eta, beraz, Andaluziako nekazaritza-sistemek eragin handia izan dezakete. Horrela, tenperaturaren igoera eta prezipitazioen jaitsiera izango dira ondorio ikusgarrienak eta eragin negatiboa izan dezakete gari-laborantzan. Espero den eragina uzta murriztea izango litzateke, uztaren transpirazioaren jaitsierak eta prezipitazioen jaitsierak eta loraldi- eta ale-betetze faseetan bero-boladek eragindako kalteek eragindakoak. Eragin potentzial horiek gorabehera, garia, beste laboreekin alderatuta, ez da bereziki zaurgarria klima-aldaketaren aurrean, ingurune erdi-idorretan ondo egokitzen delako. Labore honek egokitzapen-neurri kopuru mugatua baina oso eraginkorra du, hala nola ereiteko datak aurreratzea, ureztatze-estrategia lagungarriak erabiltzea eta lurzoruaren kudeaketa eraginkorra.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b78ba2be-481e-4893-9ff0-3e0be1810420</t>
+  </si>
+  <si>
+    <t>Berotegiko baratzezaintzako laboreak: higienearen eta profilaxiaren garrantzia</t>
+  </si>
+  <si>
+    <t>Delphi metodoari jarraituz, aditu talde bat eratu zen eta berotegiko baratzezaintzako laboreen higiene egoerari buruzko kontsultak egin ziren, sarreren eta laboreen kudeaketaren ondoriozko arazoei arreta berezia jarriz. Galdetegian oinarrituta, berotegiko baratzezaintzako laboreetan hazietatik, haziek eragindako birusetatik eta/edo kontaktutik etor daitezkeen arazoei buruzko iritziak jaso genituen, eta arazo horien etiologia nola baieztatzen den. Arazo hauekin lotuta egon daitezkeen laboreen kudeaketa praktikei buruz galdetu genuen; kontaktu bidezko gaixotasunen profilaxia eta kontrola; eta berotegien desinfekzio produktu eta teknikei buruz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c2689db4-e120-4a97-bd6a-fd002e3e85be</t>
+  </si>
+  <si>
+    <t>Sinapis flexuosa, glukosinolato eduki handia duen mostaza bat eta Sinapis alba-ren alternatiba biofumigaziorako.</t>
+  </si>
+  <si>
+    <t>Sinapis flexuosa Espainiako hego-ekialdean, Almeria, Murtzia eta Jaéngo probintzietan aurkitzen den gurutziferoen mostaza espezie autoktonoa da, eta noizean behin iparralderago dauden beste probintzia batzuetan naturalizatu da (Bartzelona, Coruña eta Pontevedra). Lan honek Andaluziako baldintzetan Sinapis flexuosa-ren erabilgarritasuna ebaluatzen duten saiakuntzen emaitzak eta Sinapis alba-rekin alderaketa aurkezten ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d6d885a1-473e-4fac-89b0-2c41ce3dca3d</t>
+  </si>
+  <si>
     <t>Laborantza Sistema Nekazaritza-Ingurumen Iraunkorrak</t>
   </si>
   <si>
     <t>Nekazaritza eta Ingurumen Konpromisoen Ordainketak Nekazaritza Industriako Laborantza Sistema Jasangarriak 10.1 azpineurrian sartzen dira. Nekazaritza eta Ingurumen Konpromisoen Ordainketak. Horrek esan nahi du laguntza honen onuradunak konpentsazio ekonomikoa jasoko duela ingurumenarentzat ez ezik, laboreentzat ere onuragarriak diren nekazaritza-jardunbide sorta bat egiteagatik. Gainera, ez da beharrezkoa labore horien balioa eta errentagarritasuna bilatzea bakarrik, baizik eta hauek ingurumena errespetatzen duten nekazaritza-jardunbideen bidez lortzen direla ziurtatzea ere, baliabide naturalen kudeaketa eraginkorraz gain.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1fd76489-e670-4d3a-aee4-3d28620fcb88</t>
   </si>
   <si>
-    <t>Marrubiaren ekoizpen- eta kalitate-emaitzen aurrerapena, ohiko laborantzan 2015eko abenduaren 31ra arte lortua</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9777b86b-6641-4f71-92cd-1b0765e1d071</t>
+    <t>Enologia Laborategiko Oinarrizko Eskuliburua</t>
+  </si>
+  <si>
+    <t>Upategi handiek zein kooperatibek mahatsaren, muztioaren eta ardoaren kontrol kimiko enologikoan diharduten langile oso kualifikatuak dituzte. Hala ere, upategi eta prentsa txiki eta familiarretan, espezializazio hau ez da hain ohikoa. Eskuliburu honek laguntza eta erreferentzia gisa balio dezake guztientzat, baita kimikan gutxiago ezagutzen direnentzat ere, ekoizpen-prozesuak behar bezala kontrolatzeko aukera ematen dieten oinarrizko lan-metodoak emanez, uzta-dataren hautaketatik hasi eta botilatze-prozesuraino, hartzidura-prozesua barne.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9ea0a90e-f147-4020-bcd5-d34fcf787547</t>
   </si>
   <si>
     <t>Picual barietatearen olibondo ekologikoetan hosto-orbanen kontrolean hosto-ongarri komertzialen eraginaren ebaluazioa</t>
   </si>
   <si>
     <t>Tradizionalki, olibondo-soroen gaixotasun larrienetako bat den Fusicladium oleagineum onddoak eragindako olibondo-hosto-orbanaren kontrola hosto-fungiziden, batez ere kobrezko konposatuen, erabilera ez-eraginkorrean oinarritu izan da. Praktika hauek ingurumenean eragindako kalteak gobernuei haien erabilera mugatzera eraman ditu. Nekazaritza ekologikoan, non kobrezko produktuak diren aukerarik erabiliena, egungo mugek kobre-sarrera murrizten duten produktu alternatiboak bilatzea beharrezko egiten dute. Lan honek, Picual barietatearentzat, olibondo-hosto-orbana kontrolatzeko egindako proben emaitzak aurkezten ditu, gaixotasunen intzidentzia murrizten dutela uste den ongarri komertzialen aplikazio hostoen bidez. Emaitzek oxikloruroarekin egindako tratamenduaren eta hosto-ongarrien arteko desberdintasun nabarmenak erakusten dituzte, azken hauek gaixotasunaren intzidentzia handiagoa baitute.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0638d87-e773-4604-9e0f-888479354b98</t>
   </si>
   <si>
-    <t>Sinapis flexuosa, glukosinolato eduki handia duen mostaza bat eta Sinapis alba-ren alternatiba biofumigaziorako.</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9ea0a90e-f147-4020-bcd5-d34fcf787547</t>
+    <t>Baia ureztatzea. Baia ureztatzea programatzeko tresna. Erabiltzailearen gida.</t>
+  </si>
+  <si>
+    <t>Riego Berry IFAPAren (Andaluziako Gobernuaren Nekazaritza Garapen Agentzia) mugikorretarako aplikazio bat da, Huelvako probintziako marrubi, mugurdi eta ahabientzako ureztatze gomendio azkar eta intuitiboak egiteko aukera ematen duena. 10 urteko ikerketa eta esperimentazio emaitzetan oinarritzen da, eta IFAPAk eskala komertzialean aplikatzea ahalbidetzen du. Aplikazioak baia laboreentzako ureztatze gomendioak lursail bakoitzerako pertsonalizatzea ahalbidetzen du. Ureztatze-tasak ekoizpen maximoa lortzera bideratuta daude, uraren kontsumoa ahalik eta gehien optimizatuz, laboreak inoiz ez duela ur-estresik jasango ziurtatuz. Ureztatze-programazio metodologia hau ustiategi komertzialetan aplikatzeak % 40ko ur aurrezpena ekarri du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6203f89e-0ac8-4d9d-8ee8-0d0b930893af</t>
+  </si>
+  <si>
+    <t>Olibondo-ustiategi txiki tradizional txikien ekoizpen-kostuen azterketa</t>
+  </si>
+  <si>
+    <t>Olibondo-ustiategi txikien ekoizpen-kostuak aztertzen dira, familia-lanaren garrantzia haien errentagarritasunean erakusteko eta NPBko diru-laguntzen garrantzia azpimarratzeko. Horrez gain, ekoizpen-kostuak murriztu eta, horrela, errentagarritasuna handituko luketen ekoizpen-estrategia berritzaileak proposatzen dira.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a66f3449-5911-4a0e-a71b-d5546a47797f</t>
+  </si>
+  <si>
+    <t>Lekaleentzako aukerak NEP berriaren pean (2014-2020)</t>
+  </si>
+  <si>
+    <t>Lekaleen garrantzia nekazaritzan eta labore hauek Nekazaritza Politika Bateratuaren erreforma berriaren argitan betetzen duten eginkizuna deskribatzen dira. Dokumentuak lekaleetan belar txarrak kontrolatzeko zailtasunetan eta Andaluzian hazten diren lekale nagusiak diren baba zabalak eta txitxirioak lantzearen alderdi garrantzitsuenetan jartzen du arreta. Labore hauen muga nagusiak nabarmentzen dira, hala nola, belar txarrak kontrolatzeko herbizida onartuen falta, izurriak eta gaixotasunak, lehortea eta etekin txikiak, besteak beste. Hainbat estrategia proposatzen dira Espainiako nekazaritzan lekaleen lantzea handitzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e2756f07-f178-49ea-937b-d1e047c9c021</t>
+  </si>
+  <si>
+    <t>Teilatu berdeak instalatzeko metodoak: oinarriak, aplikazioak eta kudeaketa</t>
+  </si>
+  <si>
+    <t>Landare espezieen arteko lehiaren eta interferentziaren oinarriak deskribatzen dira. Lehenengo asteak funtsezkoak dira. Estalki-laboreak landatzeko estrategiak, landaketa-garaia, hazien egokitzapena eta kudeaketa azaldu dira. Sistema arretaz hautatu behar da estalki-laboreen ezarpen arrakastatsua bermatzeko eta dirua xahutzea saihesteko, bizirauteko aukera gutxi edo batere ez duten espezieak landatuz edo kudeaketa zaila delako.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/172d955f-170a-4e1b-8347-c71e9c6401f9</t>
+  </si>
+  <si>
+    <t>Beba eta Mantúo de Pilas Andaluziako barietate autoktonoen potentzial enologikoa</t>
+  </si>
+  <si>
+    <t>Bi mahats-barietate andaluziarren, Beba eta Mantúo de Pilasen, ardogintzarako potentziala ebaluatzen ari dira. Ikerketa Jerez de la Fronteran egin zen lau denboraldi jarraian. Palomino Fino ere erreferentziazko barietate gisa sartu zen, Jerezen gehien landutako barietatea baita (% 95).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d82ab46c-0b6e-4cd4-9cbc-8e8fe8c92f5f</t>
   </si>
   <si>
     <t>Ahuntz esne-behietan mastitisa diagnostikatzeko termografia</t>
   </si>
   <si>
     <t>PR.TRA23.TRA2023.002 (SOSDEGAN) Andaluziako Dehesas eta Sistema Erdi-Estensiboetan Larre eta Abeltzaintzako Baliabideen Kudeaketa Jasangarrirako Berrikuntzak izeneko Transforma Proiektuaren esparruan, abeltzaintza moduluan, egindako saiakuntza esperimental baten emaitzak aurkezten dira. Helburua ahuntzen mastitisa goiz diagnostikatzeko termografiaren erabilera potentziala probatzea zen, teknika ez-inbaditzaile eta emaitza azkarreko gisa duen erabilera aprobetxatuz. Hala ere, ez da emaitza nahiko zehatzak lortu erabilera zabaltzeko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99c72850-a05e-4159-9c3c-601c85ea1061</t>
   </si>
   <si>
-    <t>Baia ureztatzea. Baia ureztatzea programatzeko tresna. Erabiltzailearen gida.</t>
-[...16 lines deleted...]
-  <si>
     <t>Citrus Irrigation aplikazioaren instalazio eta erabiltzailearen gida</t>
   </si>
   <si>
     <t>Tresna digital hau zitrikoen laboreen ureztatzea programatu eta optimizatzeko diseinatuta dago, lurzoruaren ur-balantzea erabiliz, datu meteorologikoak, lurzorukoak eta landaketa-datuak kontuan hartuta. Android, iOS eta web bertsioetarako eskuragarri dagoen aplikazioak teknikariei eta nekazariei lursailak informazio zehatzarekin konfiguratzeko aukera ematen die, ureztatze-gomendio pertsonalizatuak (optimoa, defizit kontrolatua edo biziraupena) jasotzeko, baita txostenak, jakinarazpenak eta ureztatze-analisi historikoak eskuratzeko ere. Gida honek aplikazioaren instalazioa, konfigurazioa eta erabilera zehazten ditu, klima-aldaketaren testuinguruan uraren kudeaketa eraginkorra sustatuz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b37c6067-98aa-4915-b4e3-418b4cb0d6c9</t>
   </si>
   <si>
-    <t>Beba eta Mantúo de Pilas Andaluziako barietate autoktonoen potentzial enologikoa</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a66f3449-5911-4a0e-a71b-d5546a47797f</t>
+    <t>Clementina de Nules-en errendimendu agronomikoa zitrikoen erro-material desberdinetan Málagan. 2013/14 eta 2014/15 uzta-denboraldiak.</t>
+  </si>
+  <si>
+    <t>Malagako probintziako kostaldeko baldintza agroklimatikoetan 2013/14 eta 2014/15 kanpainetan egindako erro-material konbentzional eta hibrido (erdi-nano) berrien errendimendu agronomikoa ebaluatzen duen ikerketa baten emaitzak, landaketen kudeaketa agronomikoa eta, beraz, haien errentagarritasuna optimizatzeko informazio koherentea lortzeko helburuarekin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/56235250-bea1-4fed-a377-bbdfdb6317bc</t>
+  </si>
+  <si>
+    <t>Lurzoruan oinarritutako onddo patogenoen aurka hareazko laboreetan eguzkiztatzearen eta biosolarizazioaren eraginkortasuna</t>
+  </si>
+  <si>
+    <t>Lurzoruaren eguzkitzearen eta biosolarizazioaren eraginkortasuna patogenoak kontrolatzeko probatzeko egindako ikerketa baten emaitzak. Aztertutako patogenoak hauek izan ziren: Fusarium oxysporum f. sp. melonis, Fusarium oxysporum f. sp. lycopersici, Pythium aphanidermatum, Pythium solare, Phytophthora capsici eta Phytophthora nicotianae var. parasitica.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/37699b0f-ddc9-4dcf-b5b1-863d3623fe6b</t>
+  </si>
+  <si>
+    <t>Bertako baba zabalen barietateen ebaluazioa. 2019/2020 kanpaina.</t>
+  </si>
+  <si>
+    <t>Andaluziako hamahiru baba-barietate lokalen Orobanche crenata landare parasitoarekiko erantzun agronomikoaren emaitzak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/21c8bbb2-1835-404d-a244-e4124fcb7439</t>
+  </si>
+  <si>
+    <t>Nekazaritza ekologikoak hamahiru aranondo barietateen osasunerako konposatuen edukian duen eragina</t>
+  </si>
+  <si>
+    <t>Sevillako probintzian 2012 eta 2013 urteetan modu organikoan eta konbentzionalean hazitako 13 aran-barietateren fruituan antioxidatzaileen konposatuen edukia ebaluatzearen emaitzak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2fda3051-e892-41f1-a6c7-75b8c49bfbf1</t>
   </si>
   <si>
     <t>Biofumigazio eta eguzkitze teknikak, Huelvako marrubi hazkuntza-baldintzetara egokituak</t>
   </si>
   <si>
     <t>2016/2017 kanpainan Huelvan marrubi-laborantzan biofumigazio eta eguzkitze teknikak erabiltzeari buruz egindako erakustaldi-entsegu batetik lortutako emaitzak, lankidetza-ustiategi batean eta "Rociera" barietatean egina.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1d94d2ad-922f-455d-af41-0e03204df42d</t>
   </si>
   <si>
-    <t>Lurzoruan oinarritutako onddo patogenoen aurka hareazko laboreetan eguzkiztatzearen eta biosolarizazioaren eraginkortasuna</t>
-[...25 lines deleted...]
-  <si>
     <t>Andaluzian abeltzaintza ekologikoaren egoera eta bere proiekzioa</t>
   </si>
   <si>
     <t>Andaluziako hainbat erakunde arautzaile baimenduk 2013 eta 2014 artean emandako estatistiken laburpena, abeltzaintza ekologikoaren joera potentzialak eta 2015-2020 NEP esparru berrirako dituzten itxaropenak behatu eta aztertzeko. Dokumentu hau "Nekazaritza Enpresan Sartzea" moduluko irakaskuntza-materialaren parte da, lehorreko abeltzaintzaren sektore produktiboan. M-2: Animalien ingurumen-beharrak. Instalazioen ezaugarriak animalien zikloaren eta egoera produktiboaren arabera. Instalazioen kudeaketa. Klima- eta lurzoru-alderdiak. Ekoizpen ekologikoa. Animalien ongizatea. Indarrean dagoen araudia.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/373ad0ca-65c7-4c79-969c-65b5d3d67ad9</t>
   </si>
   <si>
-    <t>Nekazaritza ekologikoak hamahiru aranondo barietateen osasunerako konposatuen edukian duen eragina</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2fda3051-e892-41f1-a6c7-75b8c49bfbf1</t>
+    <t>Tokiko Durum Gari Barietateen Azterketa Agronomikoa</t>
+  </si>
+  <si>
+    <t>Tokiko bederatzi durum gari barietateren ebaluazio-proben emaitzak lau erreferentziazko barietate modernorekin alderatuta, haien produktibitate-potentziala aztertzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f20573b9-6619-4439-a5e1-9ce00831e7ae</t>
+  </si>
+  <si>
+    <t>Ekilore-proben emaitzak Andaluzian. 2016ko kanpaina</t>
+  </si>
+  <si>
+    <t>2016ko kanpainan Andaluzian egindako ekilore barietate berrien proben emaitzak</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e35770cd-33b6-451a-a798-17151f771dbe</t>
+  </si>
+  <si>
+    <t>Berotegiko piper-laboreetan ur gazikara eta gatzgabetuaren nahasteekin ureztatzea</t>
+  </si>
+  <si>
+    <t>IFAPA La Mojonera Zentroan (Almería) egindako entseguen emaitzak, negutegiko piper labore bateko lau ur-nahaste eta bi ureztatze-aktibazio-jarraibideren ekoizpenean, uraren produktibitatean eta lurzoruaren egoeran duten eragina ebaluatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/73c0d41e-895c-47e9-8e99-876702b12dbd</t>
+  </si>
+  <si>
+    <t>Andaluziako nekazaritzan ureztatze eta ongarritze kudeaketa praktiken azterketa esploratzailea</t>
+  </si>
+  <si>
+    <t>IFAPAk antolatutako ikastaro eta hitzaldietara joan ziren nekazariei egindako inkestetatik bildutako informazioa erabiliz 2022an egindako azterketa esploratzaile baten emaitzak, ureztatze kudeaketarako eta nitrogeno ongarritzeko nekazaritza praktiken egungo egoerari buruz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3cef4fcc-3865-4120-a4b3-f6c2701feb03</t>
+  </si>
+  <si>
+    <t>Bederatzi fungizida formulazioren in vitro efektua piper eta kuiatxoetako Phytophthora capsici lokalean</t>
+  </si>
+  <si>
+    <t>Almeríako probintziako negutegietan hazitako kuiatxo eta piper landareetatik lortutako Phytophthora capsici isolatuen aurkako bederatzi fungizida formulazio komertzialen in vitro eraginkortasuna aztertzen duen entsegu baten emaitzak. Isolatuen kolonien hazkunde erradialaren inhibizioa (RGI) ebaluatu zen fungizida bakoitzaren gomendatutako gutxieneko eta gehieneko dosietarako, bereizita. Zoospora mugikorrak dituzten esporangioak sortzeko duten gaitasuna eta zoosporen gaineko duten ekintza zuzena ere aztertu ziren.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/347d1c88-ffc4-4da4-b9e9-83c67a5e4840</t>
   </si>
   <si>
     <t>Huelvako probintzian ahabi-labore baten ureztatzeari emandako erantzuna</t>
   </si>
   <si>
     <t>Huelvako probintzian ureztatzeak ahabien uztaren gainean duen eragina zehazteko 2017 eta 2019 artean egindako entsegu baten emaitzak.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fbec6bc2-ec53-4d0e-8df4-db6d1f88018f</t>
   </si>
   <si>
-    <t>Bederatzi fungizida formulazioren in vitro efektua piper eta kuiatxoetako Phytophthora capsici lokalean</t>
-[...7 lines deleted...]
-  <si>
     <t>Gazitasun maila desberdinen eragina marrubi fruituaren kalitatean</t>
   </si>
   <si>
     <t>2013/2014ko esperimentu baten emaitzak, bi marrubi barietateren (cv. 'Primoris' eta cv. 'Albion') fruituaren kalitatean mantenugai-soluzioaren gazitasun-maila desberdinek duten eraginari buruz, lixibiatuen berrerabilpen-sistemak erabiliz negutegietan hazitakoak. Proposatutako estrategiak, marrubi-laboreak gazitasunpean jartzeak, fruituaren garapen- eta gizentze-fasean, marrubi-fruituaren kalitatean eragin positiboa du, ebaluatutako bi barietateen errendimenduan eragin gabe.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab14335d-93d7-485f-9d55-17d8bf6968da</t>
   </si>
   <si>
-    <t>Tokiko Durum Gari Barietateen Azterketa Agronomikoa</t>
-[...7 lines deleted...]
-  <si>
     <t>Eutrofizazioa eta Ekotoxikotasuna Marrubi Laborantzan</t>
   </si>
   <si>
     <t>Marrubi-hazkuntzan eutrofizazioaren eta ekotoxikotasunaren ingurumen-inpaktuak kuantifikatu eta ebaluatzeko helburuarekin egindako ikerketa baten emaitzak, ekoizpen-sistema desberdinen bizi-ziklo osoa kontuan hartuta. Emaitzek nekazariek beren ustiategien iraunkortasuna hobetzeko eta marrubi-ekoizpen sektorearen lehiakortasuna handitzeko ezarritako nekazaritza-jardunbideak optimizatzeko estrategiak iradokitzen dituzte.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ddd250b4-934e-47b1-a6c7-bfee69eb760f</t>
   </si>
   <si>
-    <t>Andaluziako nekazaritzan ureztatze eta ongarritze kudeaketa praktiken azterketa esploratzailea</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e35770cd-33b6-451a-a798-17151f771dbe</t>
+    <t>Bakterioen erabilera marrubi-hazkuntzan. Aurretiazko eremu-emaitzak.</t>
+  </si>
+  <si>
+    <t>2017/18 kanpainan marrubi-laboreetan hazkuntza sustatzen duten hiru bakterio erabiltzeari buruz egindako aurretiazko proben emaitzak. Ikerketa honen helburua da hazkuntza sustatzen duten bakterioekin inokulatzeak, neurri batean, produktu sintetikoen erabilera murriztu dezakeen probatzea, Andaluziako landa-eremuan marrubi bezain garrantzitsua den labore batean.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/349abc8b-0511-4e2a-a5e6-6721ec10b51c</t>
+  </si>
+  <si>
+    <t>Almendrondoetan defizit-ureztatzearen aurretiazko azterketa</t>
+  </si>
+  <si>
+    <t>2013ko eta 2014ko kanpainetan almendra-laborantzako ureztatze defizitarioko estrategia desberdinei buruzko proben emaitzak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ef23c898-ac38-43a8-9eae-f632b1983fc0</t>
   </si>
   <si>
     <t>Artoaren laborantza Andaluzian klima-aldaketaren eraginpean</t>
   </si>
   <si>
     <t>Klima-aldaketak Andaluzian ureztatutako arto-laborantzan izan ditzakeen eraginei buruzko ikerketen emaitzak eta horiek mugatzeko ebaluatutako egokitzapen-neurriak.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0fb65255-04b4-48fb-95aa-09e9ab613ec2</t>
   </si>
   <si>
     <t>Ureztatze-banaketa desberdinen eragina aguakatearen laborantzan. 2016/2017 denboraldia</t>
   </si>
   <si>
     <t>Andaluziako kostaldeko ahuakate-ustiategi komertzialetan egindako 2016/17 ureztatze-proben kanpainaren emaitzak.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3f18bb1f-9001-491f-8578-be213b1b55a1</t>
   </si>
   <si>
-    <t>Bakterioen erabilera marrubi-hazkuntzan. Aurretiazko eremu-emaitzak.</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/349abc8b-0511-4e2a-a5e6-6721ec10b51c</t>
+    <t>Gari-landareetan ongarritzeko praktikak zuzenean ereitean: urea erabiltzeko alternatibak</t>
+  </si>
+  <si>
+    <t>Urea erabiliz ongarritzeko metodologia alternatibo desberdinak aztertu zituen ikerketa-proiektu baten emaitzak. Horien artean, nitrifikazio-inhibitzaileen eta ureasaren erabilera nabarmentzen da. Emaitzak onura agronomikoen (uzta, N aleetan, etab.) eta ingurumen-onuren (nitratoen lixibiazioa eta N02 isuriak murriztea) arabera aurkeztu ziren.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76fb3e4e-8484-4fa4-865a-fdcab95eaaf4</t>
   </si>
   <si>
     <t>Bost aranondo-uzta berantiarreko barietateen fruitu-ekoizpenaren eta kalitatearen azterketa konparatiboa, kudeaketa ekologiko eta konbentzionalaren pean.</t>
   </si>
   <si>
     <t>2009tik 2013ra bitarteko emaitzak, uzta berantiarreko aran japoniarraren bost kultibar komertzialen ekoizpenari eta kalitateari buruzkoak, bi kudeaketa agronomiko sistema desberdinen pean landu direnak: ekologikoa eta konbentzionala.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d109d527-1abd-438d-a3e1-12e169313572</t>
   </si>
   <si>
-    <t>Almendrondoetan defizit-ureztatzearen aurretiazko azterketa</t>
-[...7 lines deleted...]
-  <si>
     <t>Jopo (O. cumana) erresistenteak diren ekilore barietateen entseguak Andaluzian. 2024ko kanpaina</t>
   </si>
   <si>
     <t>2024ko kanpainan Andaluzian jopo (O. Cumana) erresistenteak diren ekilore barietateen bost saiakuntzen emaitzak. Hazien eta olioaren etekinen datuak, gaixotasun desberdinen datuak eta etekinen laburpen-taula aurkezten dira saiakuntza bakoitzerako.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d35cebaa-01bd-46fd-8c49-6c776c3f3969</t>
   </si>
   <si>
-    <t>Gari-landareetan ongarritzeko praktikak zuzenean ereitean: urea erabiltzeko alternatibak</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76fb3e4e-8484-4fa4-865a-fdcab95eaaf4</t>
+    <t>Tentsiometro manual eta elektronikoen erabilera ureztatze kudeaketarako</t>
+  </si>
+  <si>
+    <t>Tentsiometroak lurzoruaren matrize-potentziala edo matrize-tentsioa neurtzen duten tresnak dira. Lurzoruaren hezetasunaren zeharkako neurria da eta kapilarretan eta lurzoruko partikuletan ura atxikitzen duten indarrek eragiten dute.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/341bbbd5-9403-4e30-bf4f-855945132330</t>
   </si>
   <si>
     <t>Animalien Ongizatea Hegazti-Ustiategietan</t>
   </si>
   <si>
     <t>Hegazti-ustiategietako Animalien Ongizateari buruzko ikastaroetan erabiltzeko pentsatutako eskuliburua. Ikastaroek gutxienez 20 orduko iraupena izango dute eta jabeentzat eta hegazti-ustiategietan lan egiten dutenentzat dira. IFAPAk egokitzat jo du Hegazti-ustiategietako Animalien Ongizateari buruzko irakaskuntza-material espezifiko hau garatu eta argitaratzea, bai sektoreari bai arlo honetako hezitzaileei Animalien Ongizatearen prestakuntza arautzen duten araudietan jasotako gaiak jorratzen dituzten eduki egokiak eskaintzeko helburuarekin.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4effe209-78ac-40b0-8f2f-f6f243c394c4</t>
   </si>
   <si>
+    <t>Ekilore-laborantzan ureztatzea eta ongarritzea optimizatzea</t>
+  </si>
+  <si>
+    <t>Ekilore-laborantzan uraren eta ongarrien beharren arteko elkarrekintza hobeto ulertzen laguntzeko, hiru urteko esperimentu bat egin zen, ureztatze-bolumen desberdinak, ongarritze-estrategia desberdinak eta hazi-errendimenduan, olio-edukian eta beste errendimendu-osagai batzuetan izan ditzaketen elkarrekintza potentzialak probatuz. Dokumentu honek esperimentuaren emaitzak aurkezten ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff8af041-9d03-48b7-ae84-7436d05fa364</t>
+  </si>
+  <si>
+    <t>Zein da baserri baten aktiboen balioa?</t>
+  </si>
+  <si>
+    <t>Nekazaritza-lurren balorazio justu bat egiteko, ustiategi bat kudeatzeko kostu osoak kontuan hartu behar dira, zenbait kasutan nekazaritza-kontabilitatean eta, beraz, hasierako balio gisa kontuan hartu beharreko diru-sarreretan alde nabarmenak sortzen dituzten faktoreak alde batera utzi gabe. Ikerketa honek lurzoruaren zatikatzeak eta sakabanaketak Jaéngo probintziako olibondo-soro tradizionalen kasuan ustiategien errentagarritasunean eta, ondorioz, landa-finken aktiboen balorazioan duten eragina azpimarratzen du. Emaitzek adierazten dute lurzoruaren zatikatzea murriztea ezinbestekoa dela lurraren aktiboen balioa mantentzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/33fa9470-9142-4312-b776-b8f2ed64ead3</t>
+  </si>
+  <si>
+    <t>Huelvan marrubi laborantzaren arazo fitopatologikoak</t>
+  </si>
+  <si>
+    <t>Landare-patologiako arazoek marrubietan duten eragina eta landare-babeseko produktuen eraginkortasun hautemangarria ebaluatzeko, Huelvako marrubi-laboreen arduradun diren landare-osasuneko teknikarien artean inkesta bat egin zen. Hiru galdera-talde zituen galdetegi bat garatu zen: (i) elkarrizketatuak gainbegiratzen dituen lursailen ezaugarri geografiko eta agronomikoak, (ii) gaixotasun zabalduenak eta kaltegarrienak, eta (iii) erabilitako kontrol-metodoak. Galdetegiak Huelvako marrubi-ekoizpen eskualdeetako kooperatiben artean banatu ziren, eta erantzunak 2017an labore honen osasunaz arduratzen ziren teknikariekin egindako elkarrizketa pertsonalen bidez bildu ziren.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3cb5558a-df1a-4326-8c90-921a870af6bb</t>
+  </si>
+  <si>
     <t>Barazki ekologikoen kanal laburrak Almerian eta Granadan: marketin esperientzien azterketa</t>
   </si>
   <si>
     <t>Kanal laburreko marketin esperientziek elikagaien ekoizpenean, banaketan eta kontsumoan oinarritutako ekimen multzo bati egiten diote erreferentzia. Ekimen hauek, kasu gehienetan, jarduera horien forma zabalduagoen alternatiba gisa garatzen dira. Ikerketa honen helburua Almería eta Granada probintzietan barazki ekologikoen merkaturatzean ekimen hauen egungo egoera aztertzea da. Horretarako, kanal hauen egitura komertziala, produktuen eskaintza, jatorria, produktuen mota eta sorta, salmenta metodoak eta beste alderdi batzuk karakterizatu dira. Ikerketa honetan erabilitako informazioa 2015ean Almería eta Granada probintzietako metropoli-eremuko eta inguruko eremuetako 37 establezimendutan egindako inkesta batetik dator; ia establezimendu ekologiko guztiak inkestatu ziren. Ikerketa honen emaitzek erakusten dute elikagai ekologikoak, beren ekoizpen-sistemen izaeragatik, tokiko loturagatik eta normalean zerbitzatzen dituzten merkatu-nitxo motagatik, bereziki egokiak direla kanal laburreko marketinerako.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/15dcde6f-2a55-4310-a226-84fd84f0e602</t>
   </si>
   <si>
-    <t>Huelvan marrubi laborantzaren arazo fitopatologikoak</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/341bbbd5-9403-4e30-bf4f-855945132330</t>
+    <t>Sinapis alba subsp. Mairei landarearen inplantazioa eta kudeaketa landare-estalkirako eta biofumigaziorako</t>
+  </si>
+  <si>
+    <t>Sinapis alba subsp. mairei landare-estalki bat behar bezala ezartzeko eta kudeatzeko prozedura eta biofumigaziorako erabiltzea</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e635cb6a-a041-47e8-a7f9-4d24bdbda418</t>
   </si>
   <si>
     <t>Olibondo Sistema Jasangarriak.</t>
   </si>
   <si>
     <t>Bertan zehazten dira eragiketa honen onuradun guztiek bete beharreko konpromisoak, olibondoaren laborantzarekin batera dauden baliabide naturalak modu jasangarrian erabiliz agroingurumeneko praktika onak ezartzeko helburuarekin, ekonomikoki zein ingurumen aldetik labore errentagarria bihurtuz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/09e2dbfb-ba33-4432-84a8-16f828cd68b0</t>
   </si>
   <si>
-    <t>Sinapis alba subsp. Mairei landarearen inplantazioa eta kudeaketa landare-estalkirako eta biofumigaziorako</t>
-[...7 lines deleted...]
-  <si>
     <t>2022-2023 kanpainan olibondo-soroetarako ureztatze-gomendioak</t>
   </si>
   <si>
     <t>Prezipitazio gutxiko urteetan olibondo-soroetarako ureztatze-gomendioak, ur-estresak oliba- eta olio-ekoizpenean dituen ondorioak ahalik eta gehien arintzeko estrategiak eskainiz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7257cf50-7f90-4212-b8e8-adbf02e922c2</t>
   </si>
   <si>
+    <t>Andaluzian olibondo-laborantzaren ingurumen-inpaktua</t>
+  </si>
+  <si>
+    <t>Ikerketa honen helburuak hauek izan ziren: Andaluzian dauden oliba-ekoizpen sistemen ingurumen-inpaktuak aztertzea, ingurumen-arazo esanguratsuenak eragiten dituzten prozesuak identifikatzeko nekazaritza-praktikak hautatzea eta hobetzea, eta oliba-ekoizpenaren kudeaketa-sistema eraginkorragoa eta ingurumena errespetatzen duena diseinatzea. Espainian egindako lehen ikerketa da oliba-ekoizpen sistema askotarikoen ingurumen-inpaktuak erakusteko, bizi-zikloaren ebaluazioa erabiliz, ekoizpen-sistema integratuak barne.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c55e8e17-e72f-44cd-82f3-1c5f3503cc1d</t>
+  </si>
+  <si>
+    <t>Andaluziako olibondo-ustiategien multifuntzionaltasuna, ezarritako nekazaritza-tekniketan oinarrituta</t>
+  </si>
+  <si>
+    <t>Ikerketa honen helburuak hauek dira, lehenik eta behin, Andaluziako olibondo-soroen multifuntzionaltasuna ebaluatzeko eredu integratu bat garatzea ANP teknikan oinarrituta, eta bigarrenik, eredu hau aplikatzea multifuntzionaltasunean oinarritutako nekazaritza-ingurumen politiken diseinua hobetzeko, olibondo-soroen errendimendu multifuntzionalean eragiteko potentzial handiena duten nekazaritza-praktikak eta alternatiba tekniko onenak definituz. Praktika horien azken urteotan izandako bilakaera ere aztertuko da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6930c778-22c5-4393-a7f6-70dd870e4a5d</t>
+  </si>
+  <si>
+    <t>Kobrea gordetzen duten landareen erabilera nekazaritza-lurzoruen fitoremediaziorako. Phytobac sisteman aplikatzea.</t>
+  </si>
+  <si>
+    <t>Lan honen helburu nagusiak hauek dira: 1) metal astunak aireko ataletan metatu eta immobilizatzeko gai diren landareen hautaketa (fitoremediazioa), metal astunek, batez ere kobrez, kutsatutako lurzoruetan erabiltzeko, oraindik ere nekazaritzan erabiltzea baimenduta baitago, eta 2) ondoren Phytobac sistema ezartzea. Horretarako, bi saiakuntza egin dira, bat hazkuntza-ganbera batean eta bestea negutegi batean, landare-espezie desberdinekin eta garapen-etapa desberdinetan kobre-kontzentrazio desberdinen eraginpean jarrita.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/da00b2f3-1a92-4c6c-9f9d-1b1ec2326096</t>
+  </si>
+  <si>
     <t>Azal lizundudun gazta biguna egiteko gomendioak</t>
   </si>
   <si>
     <t>Kanpotik lizundutako gazta bigunek kanpoko estaldura zuri bat dute ezaugarri, gainazalean Penicillium lizunen hazkuntzak eraginda. Lizun honen presentziak itxura, usain eta zapore bereizgarria ematen die gazta hauei. Gazta hauek Frantzian sortu ziren eta gero eta ezagunagoak dira kontsumitzaileen artean, haien eskaria handitzen ari baita. Lan honek oinarrizko gomendioak ezartzen ditu ekoizpen-etapa desberdinetan, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cd2e0621-6d5d-4307-bba9-05791dec2e60</t>
   </si>
   <si>
-    <t>Kobrea gordetzen duten landareen erabilera nekazaritza-lurzoruen fitoremediaziorako. Phytobac sisteman aplikatzea.</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6930c778-22c5-4393-a7f6-70dd870e4a5d</t>
+    <t>Behi gazta prentsatua egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Behi-esnearekin egindako gaztak Iberiar penintsularen iparraldeko ohikoak dira, non behiak hazten diren gehienbat. Produktu honen ekoizpena, ahuntz eta ardi-esnearekin gertatzen den bezala, lehengaiaren, esnearen, balioa hobetzeko eta abeltzaintzako ustiategietatik etekin handiagoak lortzeko helburuarekin jaio zen. Gaur egun, behi-esnearekin egindako gazta mota ugari dago estatu osoan. Lan honek oinarrizko gomendioak ezartzen ditu ekoizpen-etapa desberdinetan, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/88a2129a-76aa-4aca-add5-3fb7c0600412</t>
+  </si>
+  <si>
+    <t>Laktikozko koagulazio gazta egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Laktuaren koagulazio bidez egindako gaztak Frantzian sortu ziren, eta han, batez ere, ahuntz-esnearekin egiten dira, herrialdeko ahuntz-aziendaren produktibitate-potentziala dela eta. Gazta mota honen hasiera XVIII. mendean kokatzen da, musulmanen hedapenak ahuntzak Frantzian sartu zituenean, eta haien esnea esneki hau ekoizteko erabiltzen zenean. Lan honek oinarrizko gomendioak ezartzen ditu ekoizpen-etapa desberdinetan, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b8b53265-24d8-4a51-b0ac-f52c12cae787</t>
   </si>
   <si>
     <t>Arrozaren erantzun agronomikoa ureztatze gaziarekiko laborantza fase desberdinetan</t>
   </si>
   <si>
     <t>Hemen aurkezten diren emaitzak "Arrozaren erantzun agronomikoa ureztatze gaziari labore-fase desberdinetan" ikerketa-proiektuaren barruan egindako lanetik eratorriak dira. Proiektu hori Hisparroz SA-k hasi eta definitu zuen, IFAPArekin lankidetzan, Arrozaren Laborantzaren Jasangarritasunari buruzko lan-ildoaren barruan. Saiakuntza honen emaitzek erakusten dute labore-fase bakoitzean gazitasunak batez ere dagokion errendimendu-osagaian eragiten zuela: panikulen kopurua/m2 eta ale beteen kopurua/panikulu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6667c7f8-1905-4671-aaf9-5d2122b621d6</t>
   </si>
   <si>
-    <t>Laktikozko koagulazio gazta egiteko gomendioak</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c55e8e17-e72f-44cd-82f3-1c5f3503cc1d</t>
+    <t>Bilatu herbizida-osagai aktiboen bilaketa lekaleetan. Baba zabaletan aurre-sorrera herbizidak.</t>
+  </si>
+  <si>
+    <t>Lekaleak tradizionalki Andaluziako lehorreko lurretan landu izan dira, batez ere gizakien eta animalien kontsumorako landare-proteina ekoizteko. Laborantza gisa uzteko arrazoi nagusietako bat izan da onartutako aurre- eta ondoren-lasterketa herbiziden falta, batez ere dikotiledoneen aurka. Dokumentu honetan, baba zabaletan egindako aurre-lasterketa herbiziden proben emaitzak aurkezten ditugu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/79303531-9810-412c-a0ab-91c243acc4f2</t>
+  </si>
+  <si>
+    <t>Labekatzeko tenperaturaren eragina kontsumorako prest dauden piper deshidratatu eta birsortuen kalitate fisiko-kimikoan eta nutrizionalean.</t>
+  </si>
+  <si>
+    <t>Jateko prest dauden jakiak oso eskatuak dira gaur egungo gizartean, herrialde garatuetan, azken hamarkadetan izandako bizimodu aldaketen ondorioz. Barazki egosiak nabarmentzen dira elikagai horien artean. Jasaten dituzten tratamendu termikoek karakterizatu beharreko aldaketa fisiko, kimiko eta nutrizionalak sortzen dituzte. Gainera, produktu hauek normalean iraupen laburra izaten dute. Egosi ondoren partzialki deshidratatzeak iraupena luzatzen du eta errazago maneiatzen dira. Formatu honetan, erraz berrhidratatu daitezke kontsumitzeko unean.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a4094ba-54c9-4621-b6dd-c23ce9f8a0a8</t>
+  </si>
+  <si>
+    <t>Tomate freskoen kalitate-parametroak</t>
+  </si>
+  <si>
+    <t>Kanpoko alderdiak (aurkezpena, itxura, uniformetasuna, heldutasuna, freskotasuna) dira tomateak fresko kontsumitzeko erosteko erabakiaren osagai nagusiak. Barneko kalitatea (zaporea, usaina, ehundura, balio nutrizionala, kutsatzaile biotiko eta abiotikoen gabezia) oro har hautemanezinak diren baina kontsumitzaileentzat garrantzi gutxiago duten alderdiekin lotuta dago. Dokumentu honek laburki deskribatzen ditu tomateen kalitate-kontrola egiteko prozedurak, araudia eta merkatuaren eskakizunak betetzen direla ziurtatuz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5804cf66-79fc-499a-811b-d7f03e00cd17</t>
+  </si>
+  <si>
+    <t>Albaitaritza higienerako bioziden aplikazioa</t>
+  </si>
+  <si>
+    <t>Araudian izandako aldaketek eta edukia egokitu eta eguneratzeko beharrak justifikatzen dute Albaitaritza Higienerako Bioziden Aplikazioari buruzko Liburuaren edizio berria. Irakaskuntza-material honen garapenak sektorearen eskaera bati erantzuten dio eta ikasleentzako lan-tresna erabilgarria eskaintzea du helburu, IFAPAk eta erakunde kolaboratzaileek ematen dituzten ikastaroetan parte hartzen duten irakasleentzako laguntza eta erreferentzia gisa balioko baitu. Aurkibidea: 1. unitatea: Albaitaritza higienerako biozidak; 2. unitatea: Segurtasun-gomendioak eta -arauak. Lehen sorospenak; 3. unitatea: Ingurumenaren babesa. Lege-araudia; 4. unitatea: Osasun publikoa. Albaitaritza-sendagaiak; 5. unitatea: Izurriak. Horiei aurre egiteko metodoak; 6. unitatea: Agente infekziosoak. Garraio-ibilgailuen instalazioen desinfekzioa; 7. unitatea: Animalien babesa eta zaintza.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/24b63d9d-a943-4476-8a34-e0856efb92e8</t>
+  </si>
+  <si>
+    <t>Kuiatxo barietateen aniztasun fisiko-kimikoa</t>
+  </si>
+  <si>
+    <t>Kuiatxo barietate komertzialek oinarri genetiko estua dute, eta horrek barietate berrien garapena mugatzen du. Aldakortasun genetikoaren iturri berriak dibertsifikatzea eta sartzea lehentasuna da baratzezaintzako laboreek behar duten lehiakortasuna mantentzeko. Almeriako ekoizpena liderra da laboreen dibertsifikazioan, barazki hauen merkaturatzea eta ekoizpena bultzatzeko berritu eta onartu diren labore eta barietate berrien tradizio luzea kontuan hartuta. Ikerketa honen helburua IFAPA La Mojonera Zentroko germen-plasma bankuan eskuragarri dauden kuiatxo eta kuiatxo barietate tradizionalen kalitate fisiko eta kimikoa aztertzea izan zen, baita barietate hibrido komertzial batzuk ere, informazio hori kontsumitzaileei, nekazariei, teknikariei eta nekazaritza-elikagaien enpresei emateko helburuarekin. Aldakortasun handia aurkitu zen aztertutako barietate tradizionalen kalitate fisiko, kimiko eta nutrizionaleko osagaietan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d628afe7-63a0-4cf6-91ab-2cd28da4c462</t>
+  </si>
+  <si>
+    <t>Babestutako laborantzan dauden 13 pipermin motaren portaeraren azterketa</t>
+  </si>
+  <si>
+    <t>Pipermin mokadu barietateak desberdinak dira babestutako laboreetan ohikoak diren pipermin barietateetatik, eta ez dira oso ezagunak sektorean, beraz, merkatu-kuota txikia izaten jarraitzen dute. Ikerketa honek merkatuan dauden pipermin mokadu barietateak aztertzen ditu, emaitzak sektorera transferitzeko helburuarekin, eta horrela, Almeriako baratzezaintza-ekoizpenaren beharrezko dibertsifikazioari laguntzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/18ca5e15-687f-43e5-9d32-e347937a8200</t>
+  </si>
+  <si>
+    <t>Hazkuntza Gidak. Laborantza Berrien Seriea: Alforfón</t>
+  </si>
+  <si>
+    <t>Laborantza emergenteak azalera nabarmen hazten ari direnak dira, etekin potentzial handia dutelako, agroklima-baldintzetara egokitze ona dutelako eta eskariaren eta prezioaren etengabeko hazkundea dutelako. Alforfóna pseudozerealtzat hartzen da bere aleen itxuragatik; hala ere, ez du glutenik, eta, beraz, zeliakoen dietak alternatiba baliagarria da bere proteinen kalitate handiagatik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ef0982c1-b5f7-4f5c-864d-6f7402704e0f</t>
+  </si>
+  <si>
+    <t>Ureztatze-zintaren uniformetasuna ebaluatzea landa-baldintzetan. Ureztatze-unerik egokiena hautatzea.</t>
+  </si>
+  <si>
+    <t>Marrubi-hazkuntzan ur-kontsumoa murrizteko ahaleginak ureztatze-egutegiak optimizatzera eta ureztatze-sistemak ura garaiz eta modu egokian aplikatzeko duen gaitasuna ulertzera bideratu behar dira. Dokumentu honek landa-ebaluazioen emaitzak aurkezten ditu, ureztatze-zintak emari nominal eta ureztatze-pultsuen iraupen desberdinekin erabiliz lortutako ureztatze-banaketaren uniformetasuna alderatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7e54e5d4-49ad-420c-a3f2-dc09212f5dd8</t>
   </si>
   <si>
     <t>Letxugaren ongarritze-uren programazio dinamikoa simulazio-ereduak erabiliz</t>
   </si>
   <si>
     <t>EU-Rotate_N eta CropSyst simulazio-ereduak kanpoko letxuga-laborantzarako ebaluatu ziren. Ereduen errendimendua honako hauei dagokienez ebaluatu zen: i) materia lehorraren ekoizpena, ii) laborearen nitrogeno-absortzioa, iii) ekoizpen komertziala, iv) lurzoruko ur-edukia, eta v) lurzoruko N mineral-edukia. Nitrogeno (N) dosi desberdinekin hiru urteko datuak erabili ziren. Oro har, EU-Rotate_N ereduak CropSyst ereduak baino errendimendu hobea erakutsi zuen aztertutako labore eta lurzoru aldagaietarako, ongarritze-ureztatzearekin egindako letxugan. CropSyst egokitu beharko litzateke ongarritutako baratzezaintzako laboreetarako. Letxugan nitrogeno-ongarritzea optimizatu zen KNS sistema EU-Rotate_N-rekin konbinatuz. Metodologia hau tresna erabilgarria eta erraz ezartzeko modukoa izan zen letxugarentzako ongarritze-ureztatze programaren diseinua optimizatzeko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a9d27339-f511-4409-b22f-396418ca9009</t>
   </si>
   <si>
-    <t>Ureztatze-zintaren uniformetasuna ebaluatzea landa-baldintzetan. Ureztatze-unerik egokiena hautatzea.</t>
-[...68 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d628afe7-63a0-4cf6-91ab-2cd28da4c462</t>
+    <t>Herbizidekiko erresistenteak diren ekilore barietateen probak. 2024ko uzta kanpaina</t>
+  </si>
+  <si>
+    <t>Herbizida tratamendu batzuei erresistentzia genetikoa ematen dieten ekilore barietateak (Clearfield eta Sulfo barietateak) pixkanaka-pixkanaka indarra hartzen ari dira. Barietate hauek hosto zabaleko eta estuko belar txarren kontrol onargarria eskaintzen dute, baita Orobanche cumana ere. Barietate hauen landaketa otsailaren hasierara eta urtarrilaren amaierara ere aurreratu daiteke, landare dikotiledonoak herbizida tratamenduekin kontrola daitezkeelako, eta horrek laboreak neguko eta udaberriko euriak hobeto aprobetxatzea ahalbidetzen du. Dokumentu honek informazio agronomikoa ematen du El Puerto de Santa Marían eta Carmonan egindako bi entsegutan 19 barietateren errendimenduari buruz, eta herbizida tratamenduek belar txarrengan duten eraginkortasunari buruz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3dcddb78-e1b0-4189-b6a5-f1f2b3fcade3</t>
   </si>
   <si>
     <t>Clearfield eta Sulfo ekilore barietateen entseguak Andaluzian. 2022ko uzta denboraldia.</t>
   </si>
   <si>
     <t>Herbizida tratamendu batzuei erresistentzia genetikoa ematen dieten ekilore barietateak (Clearfield eta Sulfo barietateak) pixkanaka-pixkanaka indarra hartzen ari dira. Barietate hauek hosto zabaleko eta estuko belar txarren kontrol onargarria eskaintzen dute, baita Orobanche cumana ere. Barietate hauen landaketa otsailaren hasierara eta urtarrilaren amaierara ere aurreratu daiteke, landare dikotiledonoak herbizida tratamenduekin kontrola daitezkeelako, eta horrek laboreak neguko eta udaberriko euriak hobeto aprobetxatzea ahalbidetzen du. Dokumentu honek informazio agronomikoa eskaintzen du 20 barietateren errendimenduari buruz, Écijan eta Carmonan egindako bi entsegutan, eta herbizida tratamenduek belar txarrengan duten eraginkortasunari buruz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3b80a17d-99ab-419e-b0ab-9e2fcad8922c</t>
   </si>
   <si>
+    <t>Clearfield eta Sulfo ekilore barietateen proben emaitzak Andaluzian. 2020ko uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Herbizida tratamendu batzuei erresistentzia genetikoa ematen dieten ekilore barietateak (Clearfield eta Sulfo barietateak) pixkanaka-pixkanaka lurra irabazten ari dira. Barietate hauek hosto zabaleko eta estuko belar txarren kontrol onargarria eskaintzen dute, baita Orobanche cumana ere. Barietate hauen landaketa otsailaren hasierara eta urtarrilaren amaierara ere aurreratu daiteke, belar dikotiledonoak herbizida tratamenduekin kontrola daitezkeelako, eta horrek laboreak neguko eta udaberriko euriak hobeto aprobetxatzea ahalbidetzen du. Dokumentu honek informazio agronomikoa ematen du Écijan egindako entsegu batean 21 barietateren errendimenduari buruz eta bertan dauden belar txarren gaineko herbizida tratamenduen eraginkortasunari buruz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/642bf056-6a35-4053-ba0d-538921e9419a</t>
+  </si>
+  <si>
+    <t>Mahatsondo barietateen identifikazioa mikrosateliteen karakterizazio genetikoaren bidez.</t>
+  </si>
+  <si>
+    <t>Bertako mahats barietateak gero eta garrantzitsuagoak dira kalitate eta tipikotasun baldintzak betetzen dituzten ardoak ekoizteko. Mahats barietateak berreskuratzeko, katalogatzeko eta baimentzeko prozedurak oso luzeak eta korapilatsuak dira. IFAPAk, bere ezagutza eta baliabide teknikoekin, tresna baliotsua da barietateak behar bezala identifikatzeko eta erabakiak hartzeko aholkuak emateko, prozedura horiek ahalik eta gehien bizkortzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5fd71d1e-7945-4a4c-b310-f9ec5f2fdfd8</t>
+  </si>
+  <si>
+    <t>Andaluziako baba zabalen ekotipoen ebaluazioa. 2020/2021 kanpaina</t>
+  </si>
+  <si>
+    <t>Tokiko barietateak edo ekotipoak nekazariek landatzeko haziak ereiteko eta hautatzeko egiten duten prozesu errepikatuaren emaitza dira, eta horiek sortzen dute labore bakoitzerako, erabilera bakoitzerako eta eskualde bakoitzerako mota eta formen aniztasun gehiena. Aniztasun horren zati bat gaur egun germen-plasma bankuetan kontserbatzen da, eta IFAPA da Lekale Bankuaren kontserbazioaz eta kudeaketaz arduratzen dena, besteak beste. Banku honek Andaluziako baba zabalen ekotipoen bilduma garrantzitsu bat mantentzen du, eta horien erabilera sustatzeko aztertu behar da. Lan honen azken helburua hau da: jatorri andaluziarra duten txitxirio-ekotipo sorta baten errendimendu agronomikoa ebaluatzea, horrela haien potentziala erakutsiz. Ikerketak etekin interesgarriak dituzten hainbat lerro identifikatzen ditu talde botaniko nagusi, equina eta txikietatik, eta horrek nabarmentzen du tokiko ekotipo edo barietateen erabilera komertzialerako potentzial handia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/17224da5-2ec8-4e4e-8a22-36be9abf7948</t>
+  </si>
+  <si>
+    <t>Udaberriko txitxirio ekotipoen ebaluazio agronomikoa. 2022/2023 uzta denboraldia.</t>
+  </si>
+  <si>
+    <t>Tokiko barietateak edo ekotipoak nekazariek landatzeko haziak ereiteko eta hautatzeko egiten duten prozesu errepikatuaren emaitza dira, eta horiek sortzen dute labore bakoitzerako, erabilera bakoitzerako eta eskualde bakoitzerako mota eta formen aniztasun gehiena. Aniztasun horren zati bat gaur egun germen-plasma bankuetan kontserbatzen da, eta IFAPA da Lekaleen Bankuaren kontserbazioaz eta kudeaketaz arduratzen dena, besteak beste. Banku honek Andaluziako txitxirioen ekotipoen bilduma garrantzitsu bat mantentzen du, eta haien erabilera sustatzeko aztertu behar da. Lan honen azken helburua hau da: jatorri andaluziarra duten txitxirioen ekotipo sorta baten errendimendu agronomikoa ebaluatzea, Alto Guadalquivir-en, lekaleak ekoizten dituen eremu batean, kokatutako lursail batean. Ikerketak Castellano, Pedrosillano eta Blanco Lechoso motako ekotipoak identifikatzen ditu, errendimendu erakargarriekin, eta horrek erabilera komertzialerako egokiak bihurtzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/13aa670e-4e0c-4297-a7d0-73e12f2ecb95</t>
+  </si>
+  <si>
+    <t>Andaluziako txitxirio ekotipoen ebaluazioa. 2020/2021 kanpaina.</t>
+  </si>
+  <si>
+    <t>Tokiko barietateak edo ekotipoak nekazariek landatzeko haziak ereiteko eta hautatzeko egiten duten prozesu errepikatuaren emaitza dira, eta horiek sortzen dute labore bakoitzerako, erabilera bakoitzerako eta eskualde bakoitzerako espezifiko diren mota eta formen aniztasun gehiena. Aniztasun horren zati bat gaur egun germen-plasma bankuetan kontserbatzen da, eta IFAPAk, besteak beste, Lekaleen Bankuaren kontserbazioaz eta kudeaketaz arduratzen da. Banku honek Andaluziako txitxirio ekotipoen bilduma garrantzitsu bat mantentzen du, eta haien erabilera sustatzeko aztertu behar da. Lan honen azken helburua hau da: jatorri andaluziarra duten txitxirio ekotipo sorta baten errendimendu agronomikoa ebaluatzea, horrela haien potentziala erakutsiz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9ca0d71f-f6b3-4eb3-938e-323ecf5b4f26</t>
+  </si>
+  <si>
+    <t>Andaluziako txitxirio ekotipoen produktibitate potentziala. 2021/2022 uzta denboraldia.</t>
+  </si>
+  <si>
+    <t>Tokiko barietateak edo ekotipoak nekazariek landatzeko haziak ereiteko eta hautatzeko egiten duten prozesu errepikatuaren emaitza dira, eta horiek sortzen dute labore bakoitzerako, erabilera bakoitzerako eta eskualde bakoitzerako espezifiko diren mota eta formen aniztasun gehiena. Aniztasun horren zati bat gaur egun germen-plasma bankuetan kontserbatzen da, eta IFAPA da Lekaleen Bankuaren kontserbazioaz eta kudeaketaz arduratzen dena, besteak beste. Banku honek Andaluziako txitxirio ekotipoen bilduma garrantzitsu bat mantentzen du, eta haien erabilera sustatzeko aztertu behar da. Lan honen azken helburua hau da: jatorri andaluziarra duten txitxirio ekotipo sorta baten errendimendu agronomikoa ebaluatzea, Alto Guadalquivir-en, lekale honen ekoizpen-eremuan, kokatutako lursail batean.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e9b4417c-f88d-429d-b7d0-30feb6b955b1</t>
+  </si>
+  <si>
     <t>Espainiako oliba barietate lokal berrien identifikazioa eta berreskurapena</t>
   </si>
   <si>
     <t>Oliba barietate gutxiengoek intereseko ezaugarri agronomiko batzuk izan ditzakete etorkizuneko erronka biotiko eta abiotiko berriei aurre egiteko, edo laborantza edo merkatu eskaera berriei erantzuteko. Beraz, haien berreskurapena, kontserbazioa eta azterketa ezinbestekoak dira, eta Kordobako Munduko Oliba Germoplasma Bankuak (BGMO-ESP046) funtsezko zeregina du horretan. Azken hamarkadan, inkesta kanpaina berri bat jarri da abian Espainian, lehenago ezezagunak ziren barietate gutxiengo berriak identifikatu, berreskuratu eta karakterizatzeko. Erakunde anitzeko ahaleginei eta punta-puntako markatzaile molekular multzo bat erabiltzeari esker, Espainian dokumentatutako oliba barietateen kopurua (427 barietate desberdin) % 62 baino gehiago handitu da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b1fcd5ac-d8e1-4d1c-b1ca-5986052174c3</t>
   </si>
   <si>
-    <t>Mahatsondo barietateen identifikazioa mikrosateliteen karakterizazio genetikoaren bidez.</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e9b4417c-f88d-429d-b7d0-30feb6b955b1</t>
+    <t>Laborantza agroindustrial jasangarriaren sistema. 10.1.5 eragiketa</t>
+  </si>
+  <si>
+    <t>Nekazaritza-Ingurumen eta Klima Prestakuntza Tailerrak Andaluziako Landa Garapen Programaren 2014-2020ko 10. Neurrian sartutako eragiketa batzuetan hartutako nekazaritza-ingurumen konpromisoak behar bezala betetzea bermatzeko ekimenen parte dira. Tailer hauen helburua diru-laguntza hauen onuradunen trebetasunak hobetzea da, baita nekazaritza-biztanleria ingurumenaren kontserbazioarekin eta animalien ongizatearekin eta higienearekin bateragarriak diren ekoizpen-sistemen erabilerari buruzko sentsibilizazioa areagotzea ere.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/01a4fed3-d822-4533-bde5-37fdee0f1545</t>
+  </si>
+  <si>
+    <t>Lehorreko Belar Laborantza Sistema Jasangarriak. 10.1.4 Eragiketaren 2. Jarraipen Saioa.</t>
+  </si>
+  <si>
+    <t>Ingurumen eta Klima Lantegiak ekimenen parte dira, lehenik eta behin, Andaluziako Landa Garapen Programaren 2014-2020ko "Ingurumen eta Klima" 10. Neurrian sartutako eragiketa batzuetan hartutako ingurumen-konpromisoak behar bezala betetzea bermatzeko eta, aldi berean, sektorean nekazaritza jasangarriaren beharraz sentsibilizatzea helburu dutenak. Lantegi hauen helburua diru-laguntza hauen onuradunen trebetasunak eta ingurumenaren kontserbazioarekin bateragarriak diren ekoizpen-sistemen erabilera hobetzea da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8d9ecd02-ddff-4ca8-b477-0f8877ccc020</t>
   </si>
   <si>
     <t>Andaluzian dilista barietateen ebaluazio agronomikoa</t>
   </si>
   <si>
     <t>Lekaleak proteina eta mantenugai iturri garrantzitsua dira gizakientzat eta animalientzat. Gainera, Mediterraneoko dietaren oinarrizko elikagai osoa dira, zuntz, karbohidrato, bitamina eta mineralen (burdina eta potasioa) ekarpenagatik.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/018a5d40-16de-466d-913b-a0cf066c055c</t>
   </si>
   <si>
+    <t>8 elur-ilar barietateren negutegi-laborantza organikoa</t>
+  </si>
+  <si>
+    <t>Lekaleak alternatiba izan daitezke babestutako baratzezaintzako laboreen dibertsifikaziorako, batez ere elur-ilarra (Pisum sativum L. spp. macrocarpon), bere ezaugarri eta kalitateagatik, oso produktu erakargarria baita, osorik kontsumitzen baita: leka eta hazia. Esperimentu honen helburu nagusia zortzi elur-ilar barietateren negutegiko eta ekoizpen ekologikoa ebaluatzea izan zen. Probatu diren elur-ilar barietateak ezin hobeto egokitu dira negutegiko laborantzara, entseguak egin diren baldintzetan. Oro har, esan dezakegu espalderadun eta espaldera ertaineko elur-ilar barietateetatik lortutako ekoizpena zuhaixka baxuko barietatetik lortutakoa baino handiagoa dela.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39d8c844-4f79-4a8e-a9a4-32fa75d6ed78</t>
+  </si>
+  <si>
+    <t>Baba zabalak, animalien pentsurako proteina alternatibo bat</t>
+  </si>
+  <si>
+    <t>Lekaleak ezinbestekoak dira munduko elikagaien segurtasunerako eta ekosistemen erresilientziarako. Landare-jatorriko proteinen eskaria handitzen ari da, eta babarrunak (Vicia faba L.) hautagai ona dira behar hori asetzeko. Proteina edukia genotipo x ingurune elkarrekintza argi baten menpe dago. Hazien garapenean nitrogeno kontzentrazioa aldatu egiten da genotipoen, urteen eta kokapenen arabera, batez ere ingurumen-faktoreen ondorioz. Ikerketa honetan, proteina edukia kokapen eta urte desberdinetako 400 babarrun aleren bilduma batean zehaztu zen. Lan honen emaitzek % 30 baino gehiagoko proteina duten 79 genotipo egonkor identifikatzea ahalbidetu ziguten inguruneetan. Hautatutako material honek nekazaritza-elikagaien industriako merkatu-nitxo desberdinak estali ditzake eta soja-inportazioen alternatiba izan daiteke.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5d9ecf0-5b71-48a6-be4f-ed6b1ad9ba4b</t>
+  </si>
+  <si>
     <t>Almeriako negutegietan hazitako masusta barietateen profil fisiko-kimikoa eta nutrizionala</t>
   </si>
   <si>
     <t>Rubus espezie batzuen ezaugarri bereziak erabil litezke kontsumitzaileentzat eskuragarri dauden produktu nutrizionalki onenen aniztasuna handitzeko; hala ere, ez dago txosten erabakigarririk Almerian (Espainia) negutegietan hazitako masusta barietateen propietate fisiko-kimiko eta nutrizionalei buruz. Ikerketa honen helburua hiru masusta barietateren analisi fisiko-kimiko eta nutrizionalean zentratu zen. Laborantza 2014ko udaberrian egin zen Almerian (IFAPA La Mojonera zentroa) dagoen negutegi batean, tokiko praktika agronomikoak jarraituz. Hautatutako hiru barietateak Arapaho, Apache eta Tupi izan ziren. Kanpoko eta barneko kalitatea (fruituaren pisua, tamaina, sendotasuna, kolorea, materia lehorra, solido disolbagarriak, pHa, azidotasun totala) eta nutrizio-edukia (karotenoide eta fenol eduki totala) aztertu ziren.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ace7726c-0283-4e28-8ab4-721f1b4dfc02</t>
   </si>
   <si>
+    <t>Olibondo-soroetan landare-estalduraren gida</t>
+  </si>
+  <si>
+    <t>Olibondo-soroen laborantza-praktikek errentagarritasun handia eta kalitatezko ekoizpena lortzea izan behar dute helburu, bai organoleptikoki bai sanitarioki, eta, aldi berean, ingurumenaren aldetik iraunkorrak izan behar dute. Lurzoruaren kudeaketa oso garrantzitsua da lurzoruaren galera saihesteko, higadura baita olibondo-soroek dituzten arazo nagusietako bat.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/26479626-ed74-411b-9ac8-0da05770418c</t>
+  </si>
+  <si>
     <t>Olibondoen Inausketa: Berritze Inausketa.</t>
   </si>
   <si>
     <t>Denborarekin, olibondo helduaren adar nagusiek nekearen zantzuak erakusten hasten dira, hazkunde begetatiboa murriztuz, batez ere garapenean zehar aurkituko duten argi eta espazio faltagatik.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/07640e63-0216-48fb-a42c-dcf576290be9</t>
   </si>
   <si>
-    <t>8 elur-ilar barietateren negutegi-laborantza organikoa</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39d8c844-4f79-4a8e-a9a4-32fa75d6ed78</t>
+    <t>Mahastietan landare-estalduraren gida</t>
+  </si>
+  <si>
+    <t>Lurzorua mantentzeko teknikak lurzoruaren fase solido, gaseoso eta likidoen arteko oreka onuragarria lortu eta mantentzea helburu duten kultura-eragiketa multzo bat dira. Horrek, aldi berean, landareen eta haien sustrai-sistemen garapen egokia sustatzen du, lurzoruaren materia organikoaren edukia eta emankortasuna hobetzen ditu, landaretza espontaneoa kontrolatzen du eta ura atxikitzeko gaitasuna hobetzen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/406aee3d-31f0-4f40-8415-9526cf178cf3</t>
   </si>
   <si>
     <t>Clearfield eta Sulfo ekilore barietateen entsegu-emaitzak Andaluzian. 2021eko uzta-denboraldia.</t>
   </si>
   <si>
     <t>Herbizida tratamendu batzuei erresistentzia genetikoa ematen dieten ekilore barietateak (Clearfield eta Sulfo barietateak) pixkanaka-pixkanaka lurra irabazten ari dira. Barietate hauek hosto zabaleko eta estuko belar txarren kontrol onargarria eskaintzen dute, baita Orobanche cumana ere. Barietate hauen landaketa otsailaren hasierara eta urtarrilaren amaierara ere aurreratu daiteke, belar dikotiledonoak herbizida tratamenduekin kontrola daitezkeelako, eta horrek laboreak neguko eta udaberriko euriak hobeto aprobetxatzea ahalbidetzen du. Dokumentu honek informazio agronomikoa ematen du Écijan eta Carmonan egindako bi entsegutan 21 barietateren errendimenduari buruz, eta bi entseguetan dauden belar txarren gaineko herbizida tratamenduen eraginkortasunari buruz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5d1d63e9-c627-4d83-ac3f-da5a5cbb2154</t>
   </si>
   <si>
-    <t>Olibondo-soroetan landare-estalduraren gida</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8d9ecd02-ddff-4ca8-b477-0f8877ccc020</t>
+    <t>TIF plastikoen erabilera lurzoruaren desinfekzioan 1,3 dikloropropenoa + kloropikrina erabiliz marrubi-hazkuntzan. 2018/2019 uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Lurzoruan zehar transmititzen diren patogenoek eragindako gaixotasunak marrubi-laboreen produktibitatea mugatzen duten faktoreak dira. Gaur egun, batez ere kontrol kimikoko estrategien bidez kontrolatzen dira, fumiganteak salbuespenezko erabilera-baimenen menpe daudenak. Agrokimiko fumigante hauen erabilera murriztea eta alternatiba jasangarriagoak ezartzea lehentasunezko helburuak dira Europako eta estatuko nekazaritza-politiketan. Ikerketa honek fumigante hauen dosi txikien patogenoen kontrol-eraginkortasuna ebaluatzen du, guztiz gas-iragazgaitza den plastikozko (TIF) zigilatzea erabiliz eta produktibitatean duten eragina.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/972d918f-5dff-495d-afb1-241837ddec3e</t>
   </si>
   <si>
     <t>Lankidetza olibondo-soro tradizionalen errentagarritasuna handitzeko negozio-estrategia gisa.</t>
   </si>
   <si>
     <t>Estatistika eta literatura ofizialek beren analisiak oinarritzen dituzte jabetza dela jabearen nekazaritza-ekoizpenaren iturri bakarra, kontuan hartu gabe bestelako akordioak, formalak edo informalak izan, lan-eremua eta, beraz, ustiategien errentagarritasuna aldatzen dutenak. Lan honen helburu nagusia Jaéngo probintziako olibondo-soroetan indarrean dauden lankidetza-hitzarmen informal lagunduak aztertzea da, haien alderdi nagusietako batzuk argitzeko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/743de0bc-ac54-48e1-ac55-fcdaa3d8bc1c</t>
   </si>
   <si>
+    <t>Uzta osteko ezaugarrien aldakortasuna marrubi genotipo desberdinetan</t>
+  </si>
+  <si>
+    <t>Marrubiak oso galkorrak diren fruituak dira; haien azal delikatua erraz hondatu daiteke uzta biltzean eta garraioan, eta horrek onddoen erasoekiko oso sentikorrak bihurtzen ditu. Gainera, fruituaren arnasketa-tasa handiak azkar heltzea eragiten du, ura eta turgorra galduz. Uzta osteko kudeaketa ona ezinbestekoa da kontsumitzaileek fruitua onar dezaten. Gaur egun, hainbat metodo daude marrubiak freskoago mantentzeko denbora gehiagoz, eta osagarri gisa, hobekuntza genetikoko programak erabiltzea da, iraupen luzeagoa duten barietateak lortzeko. Ikerketa honen helburua 11 marrubi genotipo desberdinen hautaketa batean uzta osteko kalitatearekin lotutako ezaugarriak ebaluatzea da, iraupen luzeagoa duten barietate berriak garatzeko helburuarekin sortutako hazkuntza-programetan guraso-abeltza gisa erabil daitezkeenak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c9d6006-625a-41d9-a63e-fa1047a6d641</t>
+  </si>
+  <si>
+    <t>Antozianinen eginkizuna marrubien osasun-propietateetan.</t>
+  </si>
+  <si>
+    <t>Marrubiak, zaporeagatik oso baloratuak izateaz gain, fruta osasungarritzat hartzen dira, konposatu bioaktiboak baitituzte errezeptakuluan bai akenioetan, osasunerako onura anitzekin lotuta. Marrubiek dituzten konposatu bioaktiboen artean, antioxidatzaileak nabarmentzen dira, eta horien artean, konposatu fenolikoak dira garrantzitsuenetakoak, duten ekintza antioxidatzaile eta antiinflamatorioagatik, eta propietate antimikrobianoak, antialergikoak eta antihipertentsiboak dituztelako. Marrubietako polifenol klase nagusia flavonoideak dira, eta horien artean, antozianinak nabarmentzen dira, marrubien kolore gorri biziaren erantzule diren uretan disolbagarri diren flavonoide klase bat. Ikerketa honek antozianinen parte-hartzea ebaluatu du zelulen estres oxidatiboaren hobekuntzan, marrubiei egozten zaien efektu osasungarrian duten zeregina zehazteko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c20e8bcb-68db-428c-b492-ac2d7df20e9c</t>
+  </si>
+  <si>
     <t>Barazki fresko txikien salmenta-denda osasungarria kontsumitzaile gazte eta eskola-umeentzat</t>
   </si>
   <si>
     <t>Mini barazkiak, "snack" izenez ere ezagunak, Espainian lantzen hasi ziren dibertsifikazio alternatiba eta baratzezaintza sektorearen balio-katea garatzeko estrategia gisa. Merkatu-kuota txikia duten arren, barazki hauek merkatu-nitxo potentzialak sor ditzakete balio erantsi handiagoa lortzeko eta haien laborantza errentagarriagoa egiteko. Lan honek pepinoa, piperra eta tomatea bezalako espezie ezagunen mokadu-barietate berri hauen merkatu-aukerak aztertzen ditu, eskaintza ez bakarrik barazki-banaketa eta salmenta-puntu handien ohiko eta ohiko kanaletara egokitzea bilatuz, baita beste marketin eta banaketa kanal berritzaile batzuetara ere, baita formatu, gama eta produktuen ontziratze berrietara ere. Zentzu honetan, merkatu-nitxo potentzialak bilatzeko eta barazki gordin mota hauen kontsumoa gehiago sozializatzeko helburuarekin, ikerketa honek kontsumitzaile gazteen jarrerak eta iritziak aztertzen ditu mokadu-barazkien kontsumoarekiko, eta "salmenta-makina osasungarrien" bidez erosteko duten prestutasuna.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e09fef96-39d2-49b2-ab5b-17f3e096416e</t>
   </si>
   <si>
     <t>Kontrol Gida, Olibondo Sistema Jasangarriak.</t>
   </si>
   <si>
     <t>Ingurumen eta Klima Prestakuntza Jardunaldiak 10. Neurrian sartutako eragiketa batzuetan hartutako ingurumen-konpromisoak behar bezala betetzera bideratutako ekintzen parte dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/81b3ec0d-602a-4b3a-94df-c2006234d29d</t>
   </si>
   <si>
-    <t>Uzta osteko ezaugarrien aldakortasuna marrubi genotipo desberdinetan</t>
-[...25 lines deleted...]
-  <si>
     <t>Nekazaritza-industriako laborantza-sistema jasangarria. 10.1.5 eragiketa - 2022ko eguneraketa -</t>
   </si>
   <si>
     <t>Nekazaritza-Ingurumen eta Klima Prestakuntza Tailerrak Andaluziako Landa Garapen Programaren 2014-2022ko 10. Neurrian sartutako eragiketa batzuetan hartutako nekazaritza-ingurumen konpromisoak behar bezala betetzea bermatzeko ekimenen parte dira. Tailer hauen helburua diru-laguntza hauen onuradunen trebetasunak hobetzea da, baita nekazaritza-biztanleria ingurumenaren kontserbazioarekin eta animalien ongizatearekin eta higienearekin bateragarriak diren ekoizpen-sistemen erabilerari buruzko sentsibilizazioa areagotzea ere.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4244cde5-c6fc-4ac7-9edc-d92375fb8714</t>
   </si>
   <si>
+    <t>Uzta mekanikoak Syrah mahats eta ardo beltzen kalitatean duen eragina</t>
+  </si>
+  <si>
+    <t>Azken hamarkadetan, makineria mota honetara egokitutako Andaluziako mahasti gehienetan gero eta nagusiagoa bihurtu da uzta mekanikoa. Hala ere, teknika honek beti sortu ditu kezkak lortutako produktuen azken kalitateari buruz, eta baita ustiapenaren errentagarritasunari buruz ere, gerta daitezkeen galerak direla eta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eb964975-575f-44dd-8385-7ac5cf1f4d99</t>
+  </si>
+  <si>
+    <t>Baba zabaletan erabilitako herbizida-proben emaitzak</t>
+  </si>
+  <si>
+    <t>Aurre- eta ondoren emergentziako herbizida onartuen falta, batez ere dikotiledonen aurkakoa, Andaluziako lehorretan baba zabalak landatzeko oztopo nagusietako bat da, belar txarren aniztasun eta ugaritasun handiagatik, espezie handi oso lehiakorrak barne. Hori dela eta, lekaleekiko gero eta interes handiagoa ikusita, saiakuntza sorta bat proposatu da dikotiledonen aurkako aurre- eta ondoren emergentziako herbizida desberdinak ebaluatzeko. 2015ean aurre-emaitzak argitaratu ondoren, argitalpen honek zazpi herbiziden ondorengo emergentziako emaitzak aurkezten ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c366a3d6-34fc-4383-b3bd-eafaa58f5a89</t>
+  </si>
+  <si>
     <t>Lurzoruaren eguzkiztatzearen optimizazioa hareazko laboreetan</t>
   </si>
   <si>
     <t>Solarizazioa lurzoruaren desinfekzio sistema bat da, eta lur hezea plastiko mehe eta garden batekin estaltzea dakar 4-6 astez, tenperatura eta eguzki-erradiazio goreneko aldietan. Ikerketa honek eragin dezaketen faktoreak aztertzen ditu, hala nola erabilitako plastiko mota, solarizazio-aldirik egokiena eta ureztatze-kudeaketa, lurzoruko patogenoak ezabatzeko ahalik eta tenperatura altuena lortzea helburu hartuta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/53159818-2774-4108-8a92-f18457f26788</t>
   </si>
   <si>
-    <t>Baba zabaletan erabilitako herbizida-proben emaitzak</t>
-[...7 lines deleted...]
-  <si>
     <t>Babestutako Baratzezaintzako Aniztasunaren Azterketa: Larba-hegalak (Biodibertsitatea III)</t>
   </si>
   <si>
     <t>Kripsak laboreen izurriteen harrapakin diren artropodo onuragarrien konplexuaren parte diren intsektuak dira. Aniztasuna funtsezko tresna dela frogatu da artropodo fauna onuragarri hau mantentzeko eta laboreak izurriteen erasoetatik babesteko. Lan hau ikerketa handiago baten parte da, eta bere helburu nagusia Almeriako baratzezaintza babestuan dauden artropodo erabilgarrien biodibertsitatea dokumentatzea da. Gainera, dokumentu bakoitzak aztertutako espezieak identifikatzeko modu azkar eta erraz bat eskaintzen du. Kasu honetan, baratzezaintza babestuan aurkitzen diren krips espezie desberdinak aztertu dira, azken atal batekin krips ugarienak identifikatzea errazten duena.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ee743e98-d6e4-4fac-8684-ca1eeafc2561</t>
   </si>
   <si>
     <t>Zohikatz beltz naturaletik eratorritako substratuen ebaluazioa erabilera komertzialerako</t>
   </si>
   <si>
     <t>Zohikatz beltzaren ezaugarriak ez dira egokienak substratu gisa bakarrik erabiltzeko. Bere pH baxua eta trinkotzeko joera hobetzen saiatu ginen, barazki-landareekin mintegietan erabiltzeko nahasketa optimoak zehaztuz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/45353856-1d5e-4da3-ae52-43378e69a047</t>
   </si>
   <si>
-    <t>Uzta mekanikoak Syrah mahats eta ardo beltzen kalitatean duen eragina</t>
-[...7 lines deleted...]
-  <si>
     <t>TIF plastikoen erabilera lurzorua desinfektatzeko 1,3 dikloropropenoa + kloropikrina erabiliz marrubi-hazkuntzan. 2020/2021 kanpaina</t>
   </si>
   <si>
     <t>Lurzoruan zehar transmititzen diren patogenoek eragindako gaixotasunak mugatzaileak dira marrubi-laboreen produktibitatean. Gaur egun, batez ere kontrol kimikoko estrategien bidez kontrolatzen dira, fumiganteak salbuespenezko erabilera-baimenen menpe daudenak. Agrokimiko fumigante hauen erabilera murriztea eta alternatiba jasangarriagoak ezartzea lehentasunezko helburuak dira Europako eta estatuko nekazaritza-politiketan. Ikerketa honek fumigante hauen dosi txikien patogenoen kontrol-eraginkortasuna ebaluatzen du, guztiz gas-iragazgaitza den plastikozko (TIF) zigilatzea erabiliz, eta 2020-2021eko uzta-urtean produktibitatean duten eragina.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a9a25188-5698-4823-b705-fad3427e87a6</t>
   </si>
   <si>
     <t>TIF plastikoen erabilera lurzorua desinfektatzeko 1,3 dikloropropenoa + kloropikrina erabiliz marrubi-hazkuntzan. 2019/2020 kanpaina</t>
   </si>
   <si>
     <t>Lurzoruan zehar transmititzen diren patogenoek eragindako gaixotasunak marrubi-laboreen produktibitatea mugatzen duten faktoreak dira. Gaur egun, batez ere kontrol kimikoko estrategien bidez kontrolatzen dira, fumiganteak salbuespenezko erabilera-baimenen menpe daudenak. Agrokimiko fumigante hauen erabilera murriztea eta alternatiba jasangarriagoak ezartzea lehentasunezko helburuak dira Europako eta estatuko nekazaritza-politiketan. Ikerketa honek fumigante hauen dosi txikien patogenoen kontrol-eraginkortasuna ebaluatzen du, guztiz gas-iragazgaitza den plastikozko (TIF) zigilatzea erabiliz, eta produktibitatean duten eragina 2019-2020 uzta-urtean.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b33ae86-99e9-477c-92ff-a9738372c170</t>
   </si>
   <si>
+    <t>Andaluzian 2016/2017 kanpainan garagar barietate berrien proben emaitzak</t>
+  </si>
+  <si>
+    <t>Andaluziako landutako azalerak aldaketa nabarmena izan du azken urteotan, Nekazaritza Politika Bateratutik diru-laguntzen deskonektatzearen ondorioz. NPB berria indarrean sartzearekin batera, ustiategien jasangarritasuna nabarmen hobetzen da, laboreen txandakatzea faboratuz, lekaleak bereziki aipatuz. Horrela, Andaluziako lehorreko lurzoruetan neguko zerealak, ekiloreak eta lekaleak txandakatuko dira. Argitalpen honetan jorratzen den laborearen, garagarraren, ezagutza hobetua merkatuan saltzen diren hazietan txertatutako berrikuntzetan oinarritzen da. Espainian edo Europan erregistratutako barietate berriei buruzko informazioa sortzea, honako alderdi hauei dagokienez: agronomia, ekoizpena, gaixotasunekiko erresistentzia, baita haien kalitate-parametroak ere, ezinbestekoak dira nekazariei. Argitalpen honek interes-elementu bat txertatu nahi du nekazarien erabakiak hartzerakoan, barietateen egokitzapenaren eta portaeraren ezagutza erabakigarria baita zer erein jakiteko, uztaren erabileraren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e3cc49ee-3fa5-4d12-92b6-92838400ca3c</t>
+  </si>
+  <si>
+    <t>Andaluzian garagar barietate berriekin egindako entsegu-emaitzak 2017/2018 kanpainan</t>
+  </si>
+  <si>
+    <t>Andaluziako landutako azalerak aldaketa nabarmena izan du azken urteotan, Nekazaritza Politika Bateratutik diru-laguntzen deskonektatzearen ondorioz. NPB berria indarrean sartzearekin batera, ustiategien jasangarritasuna nabarmen hobetzen da, laboreen txandakatzea faboratuz, lekaleak bereziki aipatuz. Horrela, Andaluziako lehorreko lurzoruetan neguko zerealak, ekiloreak eta lekaleak txandakatuko dira. Argitalpen honetan jorratzen den laborearen, garagarraren, ezagutza hobetua merkatuan saltzen diren hazietan txertatutako berrikuntzetan oinarritzen da. Espainian edo Europan erregistratutako barietate berriei buruzko informazioa sortzea, honako alderdi hauei dagokienez: agronomia, ekoizpena, gaixotasunekiko erresistentzia, baita haien kalitate-parametroak ere, ezinbestekoa da nekazarientzat. Argitalpen honek interes-elementu bat txertatu nahi du nekazarien erabakiak hartzerakoan, barietateen egokitzapenaren eta portaeraren ezagutza erabakigarria baita zer erein jakiteko, uztaren erabileraren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c2fdb782-fa6f-4aeb-a151-402aa8057e69</t>
+  </si>
+  <si>
+    <t>Andaluzian Triticale barietate berriekin egindako entsegu-emaitzak, 2016/2017 kanpaina</t>
+  </si>
+  <si>
+    <t>Andaluziako landutako azalerak aldaketa nabarmenak izan ditu azken urteotan, Nekazaritza Politika Bateratutik diru-laguntzen deskonektatzearen ondorioz. NPB berria indarrean sartzearekin batera, nekazaritza-jasangarritasuna nabarmen hobetzen da, laboreen txandakatzea faboratuz, lekaleei arreta berezia jarriz. Horrela, Andaluziako lehorreko lurzoruetan neguko zerealak, ekiloreak eta lekaleak txandakatuko dira. Argitalpen honetan jorratzen den laborearen, tritikalearen, ezagutza hobetua merkatuan saltzen diren hazietan txertatutako berrikuntzei esker dator. Espainian edo Europan erregistratutako barietate berriei buruzko informazioa sortzea, agronomia, produktibitate, gaixotasunekiko erresistentzia eta kalitate parametroei dagokienez, oso garrantzitsua da nekazarientzat. Argitalpen honek interes-elementu bat txertatu nahi du nekazarien erabakiak hartzerakoan, barietateen egokitzapenaren eta portaeraren ezagutza erabakigarria baita zer erein jakiteko, uztaren erabileraren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8cacd07e-b204-4925-a079-08d27f46e1ab</t>
+  </si>
+  <si>
+    <t>Andaluzian Triticale barietate berriekin egindako entsegu-emaitzak, 2017/2018 kanpaina</t>
+  </si>
+  <si>
+    <t>Andaluziako landutako azalerak aldaketa handia izan du azken urteotan, Nekazaritza Politika Bateratutik diru-laguntzen deskonektatzearen ondorioz. NPB berria indarrean sartzearekin batera, ustiategien jasangarritasuna nabarmen hobetzen da, laboreen txandakatzea faboratuz, lekaleak bereziki aipatuz. Horrela, Andaluziako lehorreko lurretan, neguko zerealak, ekiloreak eta lekaleak txandakatuko dira. Argitalpen honetan jorratzen den laborearen, tritikalearen, ezagutzaren hobekuntza merkatuan saltzen diren hazietan txertatutako berrikuntzetan oinarritzen da. Espainian edo Europan erregistratutako barietate berriei buruzko informazioa sortzea, honako alderdi hauei dagokienez: agronomia, ekoizpena, gaixotasunekiko erresistentzia, baita haien kalitate-parametroak ere, ezinbestekoa da nekazariei. Argitalpen honek interes-elementu bat txertatu nahi du nekazarien erabakiak hartzerakoan, barietateen egokitzapenaren eta portaeraren ezagutza erabakigarria baita zer erein jakiteko, uztaren erabileraren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db9e07e9-47f5-49b7-8961-cdf131eb4977</t>
+  </si>
+  <si>
+    <t>Pasta freskoa Filada gazta egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Pasta Hilada Gazta Teknologiak erreologia ezaugarri tipikoak dituzten gazta sorta bat hartzen du barne, nahiz eta heltze-aldi berantiarragoa dutenak eta freskoak eta iraupen laburra dutenak (Pasta Hilada Freskoa) bereiz ditzakegun, bi motak hartzidura laktikoa jasaten duten ala ez kontuan hartu gabe. Dokumentu honek oinarrizko gomendioak ezartzen ditu ekoizpen-fase desberdinetan produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8935f464-9238-4501-ae7c-2eda72c5e591</t>
+  </si>
+  <si>
+    <t>Lurzoruaren gazitasunaren jarraipena B-XII sektorean</t>
+  </si>
+  <si>
+    <t>Gazitzeko joera duten inguruneetan nekazaritza-kudeaketa erabakiek lurzoruaren gazitasuna monitorizatzeko metodo eraginkorrak behar dituzte. Lebrijako (Sevilla) B-XII sektorea berreskuratutako padura bat da, non sakonera txikiko eta intentsiboki ureztatutako ur-maila gazi batek oreka hauskorra sortzen duen gatz-metaketaren eta sustrai-eremutik lixibiatzearen artean, eta oreka hori alda daiteke labore berriak sartzeak eta klima-aldaerak. Lurzoruaren gazitasuna monitorizatzeko indukzio elektromagnetikoaren (EMI) potentziala ebaluatu dugu, baita tomate-kotoi-erremala txandaketa baten pean laboreetan gazitasunak dituen ondorioak ere, Landaredi Indizea (NDVI) adierazle gisa erabiliz. Gure emaitzek EMIren potentziala agerian uzten dute B-XIII sektoreko lurzoruaren gazitasuna mapatzeko eta monitorizatzeko, lurzoruaren gazitasun-ereduak laboreetan dituen eragin negatiboak islatzen dituzte eta gatzaren lixibiazioa bermatzearen garrantzia azpimarratzen dute.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b4c469fb-de22-46b3-8693-6a5ccdd59a49</t>
+  </si>
+  <si>
     <t>Barazkietan trazabilitatea</t>
   </si>
   <si>
     <t>Trazabilitatea "elikagai baten arrastoa aurkitu eta jarraitzeko gaitasuna" bezala definitzen da, ekoizpen, prozesamendu eta banaketa etapa guztietan zehar. Lan honek barazkien trazabilitate sistema bat ezartzeko jarraibideak eskaintzen ditu, eta piper landaketa bateko adibide bat ere erakusten du.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0925b9f7-d92f-4017-992c-e69501768455</t>
   </si>
   <si>
+    <t>Doñana Parke Nazionalean (Huelva) marrubi-laboreetan ureztatzearen uniformetasunaren azterketa</t>
+  </si>
+  <si>
+    <t>Ureztatze-banaketaren uniformetasunak (UD) adierazten du ureztatutako lursail baten atal ezberdinek ura modu berean jasotzen duten ala ez. Dokumentu honek Almonteko Nekazaritza eta Basogintza Barrutiko (Huelva) lursail komertzialetan 2014/15 uzta-urtean marrubi-labore baterako egindako ureztatze-ebaluazio lokalizatuen emaitzak aurkezten ditu. Hiru ureztatze-zerrenda ezberdinekin ureztatutako hamabi ureztatze-azpiunitate ebaluatu ziren, eta horietako bakoitzean bi ebaluazio egin ziren ureztatze-denboraldi osoan zehar.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/29e6a0fe-b392-476b-b8a3-bbd0b620cfc1</t>
+  </si>
+  <si>
     <t>Kalabaza-Brassica labore alternatiboa Granadako haranean. Aldaera azterketa</t>
   </si>
   <si>
     <t>Granadako lautada hiriaren ondoan dagoen 1.500 km2-ko nekazaritza-eremua da, gutxi gorabehera, eta 47 udalerri hartzen ditu barne. Lur emankor hauek, gainazaleko eta lurpeko urekin, gutxiegi erabiltzen dira eta metropoli-eremuaren hazkundeak mehatxatzen ditu. Hori dela eta, premiazkoa da errentagarritasuna lortzea eta enplegua sortzea haien mantentzerako. Ikerketa honek hiru kalabaza barietaterekin (Orange Summer, Havana eta Jacqueline) proposatutako urteko alternatibaren bideragarritasuna egiaztatu zuen, hiru brasika barietate baliotsuren osagarri gisa: azalore morea (Izpilikua), azalore berdea (Vitaverde) eta Romaneskoa (Puntoverde). Ekoizpena 10.000 kg/ha-ko Jaqueline kalabazara eta 12.200 eta 14.000 kg/ha arteko brasikara iritsi zen, uzta mailakatuekin eta ekoizpen-kalitate handiarekin bi kasuetan, antioxidatzaileen edukia eta solido disolbagarri gisa neurtuta, batez ere Jaqueline kalabaza barietatea eta Izpiliku brasika.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ed1fbeae-fd40-4b29-ac20-acad43627fe2</t>
   </si>
   <si>
-    <t>Doñana Parke Nazionalean (Huelva) marrubi-laboreetan ureztatzearen uniformetasunaren azterketa</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c2fdb782-fa6f-4aeb-a151-402aa8057e69</t>
+    <t>Produktu fitosanitarioen aplikazioa. Oinarrizko maila</t>
+  </si>
+  <si>
+    <t>Irakaskuntza-material honen garapenak sektorearen eskaera bati erantzuten dio eta Oinarrizko Mailako Produktu Fitosanitarioen Aplikazio ikastaroetako ikasleentzako lan-tresna erabilgarria eskaintzea du helburu, baita ikastaro hauetan parte hartzen duten irakasleentzako laguntza eta erreferentzia ere. Aurkibidea: 1. unitatea: Laboreen izurriak: deskribapena eta sailkapena; 2. unitatea: Produktu fitosanitarioak. Etiketak eta segurtasun-fitxak; 3. unitatea: Produktu fitosanitarioen erabileratik eratorritako ingurumen-arriskuak. Ingurumen-jardunbide onak; 4. unitatea: Produktu fitosanitarioen arriskuak. Lehen sorospenak; 5. unitatea: Produktu fitosanitarioek eta haien hondakinek osasunean dituzten arriskuak murrizteko neurriak; 6. unitatea: Produktu fitosanitarioen garraioa, biltegiratzea eta manipulazioa; 7. unitatea: Izurriteen kontrol-metodoak. Tratamendu fitosanitarioak: prestaketa, nahasketa eta aplikazioa; 8. unitatea: Produktu fitosanitarioak aplikatzeko metodoak; 9. unitatea: Aplikazio-ekipoak: deskribapena eta funtzionamendua; 10. unitatea: Tratamendu-ekipoen garbiketa, mantentze-lanak eta aldizkako ikuskapenak; 11. unitatea: Lan-osasun harremana. Laneko arriskuen prebentzioari buruzko araudia; 12. unitatea: Legez kanpoko produktu fitosanitarioak: haien erabilerarekin lotutako identifikazioa eta arriskuak; Eranskina: Produktu fitosanitarioen erabilerari eragiten dioten araudia. Arau-hausteak eta zigorrak. Nekazaritza – Pestizidak – Izurriteen aurkako metodoak</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e715398e-6050-4f7e-8216-b1bb6f48d97e</t>
+  </si>
+  <si>
+    <t>Produktu fitosanitarioen aplikazioa. Maila kualifikatua. 2020ko edizioa</t>
+  </si>
+  <si>
+    <t>Irakaskuntza-material honen garapenak sektorearen eskaera bati erantzuten dio eta Produktu Fitosanitarioen Aplikazioko Mailako Ikasleentzako lan-tresna erabilgarria eskaintzea du helburu, parte hartzen duten irakasleentzat laguntza eta erreferentzia gisa balioko duena. 1. unitatea: Uztaren etsaiak. Eragiten dituzten kalteak; 2. unitatea: Izurriteen kontrol metodoak; 3. unitatea: Izurriteen kudeaketa integraturako estrategiak eta teknikak; 4. unitatea: Ekoizpen integratua eta ekoizpen ekologikoa; 5. unitatea: Produktu fitosanitarioak. Etiketak eta segurtasun-fitxak; 6. unitatea: Produktu fitosanitarioen erabileratik eratorritako ingurumen-arriskuak. Ingurumen-jardunbide onak; 7. unitatea: Produktu fitosanitarioen arriskuak. Lehen sorospenak; 8. unitatea: Produktu fitosanitarioek eta haien hondakinek osasunean dituzten arriskuak murrizteko neurriak; 9. unitatea: Produktu fitosanitarioen garraioa, biltegiratzea eta manipulazioa; 10. unitatea: Tratamendu fitosanitarioak: Prestaketa, nahasketa eta aplikazioa; ...</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/59e26550-313a-4f01-98bf-8fcfb30e9c57</t>
+  </si>
+  <si>
+    <t>Albaitaritza Higienerako Biozida Aplikazioa. Maila Kualifikatua. Txakur-taldeetarako espezifikoa.</t>
+  </si>
+  <si>
+    <t>Rehala paketeetarako bereziki albaitaritzarako Biozidei buruzko irakaskuntza-material honen ekoizpena 2012ko ekainaren 12ko Aginduari erantzuten dio, zeinak 2008ko apirilaren 3ko Agindua aldatzen duen, zeinak ekainaren 5eko 161/2007 Dekretua garatzen duen, produktu fitosanitarioen eta bioziden erabilerarekin lotutako jardueretarako txartela jaulkitzeko araudia ezartzen duena, non Rehala paketeetarako espezifikoki kualifikatutako Albaitaritza Higienerako Biozidei buruzko ikastaroa espezialitate gisa agertzen den. AURKIBIDEA 1. IRAKASKUNTZA UNITATEA: ALBATEGIRATZAKO HIGIENERAKO BIOZIDAK: DESKRIPZIOA, OROKORRAK. ARRISKUEN SAILKAPENA. IBILGAILUEN GARBIKETA ETA DESINFEKZIOA. 1.1 Deskribapena eta informazio orokorra. 1.2 Bioziden sailkapena. 1.3 Bioziden ontzietako etiketa. 1.4 Segurtasun datuen fitxa. 1.5 Ibilgailuen garbiketa eta desinfekzioa. 2. IRAKASKUNTZA UNITATEA: ANIMALIEN BABESA ETA ONGIZATEA. 2.1 Txakurren anatomia eta fisiologia. Janari eta ur beharrak. 2.2 Animalien ongizatea. AUTOEBALUAZIO ERANTZUNAK. GLOSARIOA. BIBLIOGRAFIA.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b7373fd-926b-4874-9900-17cbd0ef1e42</t>
+  </si>
+  <si>
+    <t>Andaluzian egindako arroz-barietate komertzialen entsegu-emaitzak. 2016ko uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>1984az geroztik, Andaluziako Nekazaritza Esperimentazio Sareak urtero argitaratzen ditu arroz barietate ugariren, bai Indica bai Japonica motak, errendimendu agronomikoaren emaitzak, baita zereal honen laborantza teknikei buruzko hainbat esperimentu ere.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1f4eb0db-83d0-405b-ab7e-5bc714fba216</t>
   </si>
   <si>
     <t>Berreskuratutako hiri-hondakin-urekin ureztatze-igorle lokalizatuen emari txikiko portaera</t>
   </si>
   <si>
     <t>Ureztatzeko berreskuratutako hiri-hondakin-urak berrerabiltzea akuiferoetako ura ustiatzeko alternatiba bat da, nahiz eta isurgailuetan dauden buxaduren ondorioz emari-uniformetasun arazoak sor ditzakeen. Ikerketa honen helburu nagusia isurgailu komertzial eredu desberdinen errendimendua ebaluatzea da, hodian duten txertatze motaren eta emari-konpentsazioaren arabera, berreskuratutako hiri-hondakin-urekin. Ebaluatutako isurgailuek, oro har, hasierako errendimendu ona erakutsi zuten. Berreskuratutako ura aplikatuz eta instalazioaren mantentze-lanik gabe, eredu gehienek buxadurak izaten dituzte. Bi kanpainetan lortutako datuek erakusten dute, ur mota honekin, isurgailu integratuek funtzionatu zutela hobekien (emari-uniformetasun handiagoa eta buxadura-ehuneko txikiagoa). Aitzitik, konpentsazio-pin motako isurgailuek funtzionatu zuten okerrago. Berreskuratutako uraren kalitatea hobetu ahala, isurgailu mota guztiek funtzionatu zuten hobeto ureztatze-kanpainan zehar. Aipagarria da konpentsazio-ereduek garbiketa-ahalmen bat erakutsi zutela, buxadura-ehunekoa murriztu baitzen bigarren kanpainan lehenengoarekin alderatuta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f33ed2b2-5e07-43b7-8e2c-9f05d2d82557</t>
   </si>
   <si>
-    <t>Albaitaritza Higienerako Biozida Aplikazioa. Maila Kualifikatua. Txakur-taldeetarako espezifikoa.</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b7373fd-926b-4874-9900-17cbd0ef1e42</t>
+    <t>Zurtoin-herdoilaren intzidentzia Andaluzian</t>
+  </si>
+  <si>
+    <t>Gari-zurtoinaren herdoila, edo herdoil beltza, gari gogorrari eta gari bigunari edo ogi-gariari eragiten dion gaixotasuna da. Antzinaroan zereal honen gaixotasun oso garrantzitsua zen, baina gure herrialdean ia desagerrarazitzat jotzen zen 1970eko hamarkadatik aurrera. Hala ere, 60 urte inguru behatu gabe egon ondoren, zurtoinaren herdoilaren agerraldi txikiak detektatzen hasi dira Espainiako hainbat eremutan. Andaluzian, 2019/20 denboraldian agertu zen modu nabarmenagoan, eta azken denboraldietan kezkagarri bihurtu da haren presentzia. Lan honek gari gogor eta bigunaren hainbat barietate landuk gaixotasun honi emandako erantzuna deskribatzen du gure agroklima-baldintzetan, erresistentzia-iturriak deskribatuz. Gainera, patogeno honen arrazen bilakaera aztertzen du gure herrialdean azken 5 urteetan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bd193abf-3947-4624-b5d6-a9ee73ddeaaa</t>
+  </si>
+  <si>
+    <t>Hareazko leherketaren eragina berotegietan eguzkiztatzean eta biosolarizazioan lortutako tenperaturetan</t>
+  </si>
+  <si>
+    <t>Eguzki-energia eta bio-energia bi alternatiba garrantzitsu ez-kimiko dira berotegi-laboreetan lurzorua desinfektatzeko. Egindako ikerketak hareazko estaldurak (Almeriako berotegi-laboreetan erabiltzen den teknika arrunta) bi desinfekzio motekin lortutako lurzoruaren tenperaturetan duen eragina ulertzen laguntzen digu. Erabilitako teknikak erabiliz berotegi-lurzoruetan lortutako tenperatura-datuek informazio baliotsua ematen dute, parametro honi buruzko informazio gutxi baitago literaturan, batez ere Andaluziako Mediterraneoko kostaldeko berotegi-baldintzei dagokienez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/da7cfcc3-6bc9-4b2a-8666-d00abaf8eb38</t>
+  </si>
+  <si>
+    <t>Andaluzian olo-barietate berriekin egindako entsegu-emaitzak 2016/2017 kanpainan</t>
+  </si>
+  <si>
+    <t>Andaluziako landutako azalerak aldaketa nabarmena izan du azken urteotan, Nekazaritza Politika Bateratutik diru-laguntzen deskonektatzearen ondorioz. NPB berria indarrean sartzearekin batera, ustiategien jasangarritasuna nabarmen hobetzen da, laboreen txandakatzea faboratuz, lekaleak bereziki aipatuz. Horrela, Andaluziako lehorreko lurzoruetan neguko zerealak, ekiloreak eta lekaleak txandakatuko dira. Argitalpen honetan jorratzen den laborearen, oloaren, ezagutzaren hobekuntza merkatuan saltzen diren hazietan txertatutako berrikuntzen parte da. Espainian edo Europan erregistratutako barietate berriei buruzko informazioa sortzea, honako alderdi hauei dagokienez: agronomia, ekoizpena, gaixotasunekiko erresistentzia, baita haien kalitate-parametroak ere, ezinbestekoa da nekazarientzat. Argitalpen honek interes-elementu bat txertatu nahi du nekazarien erabakiak hartzerakoan, barietateen egokitzapenaren eta portaeraren ezagutza erabakigarria baita zer erein jakiteko, uztaren erabileraren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eb12b879-3215-424f-8443-2cc567f83d62</t>
   </si>
   <si>
     <t>Andaluzian olo-barietate berriekin egindako entsegu-emaitzak 2017/2018 kanpainan</t>
   </si>
   <si>
     <t>Andaluziako landutako azalerak aldaketa nabarmena izan du azken urteotan, Nekazaritza Politika Bateratutik diru-laguntzen deskonektatzearen ondorioz. NPB berria indarrean sartzearekin batera, ustiategien jasangarritasuna nabarmen hobetzen da, laboreen txandakatzea faboratuz, lekaleak bereziki aipatuz. Horrela, Andaluziako lehorreko lurzoruetan neguko zerealak, ekiloreak eta lekaleak txandakatuko dira. Argitalpen honetan jorratzen den olo-laborearen ezagutzaren hobekuntza merkatuan saltzen diren hazietan txertatutako berrikuntzetan oinarritzen da. Espainian edo Europan erregistratutako barietate berriei buruzko informazioa sortzea, honako alderdi hauei dagokienez: agronomia, ekoizpena, gaixotasunekiko erresistentzia, baita haien kalitate-parametroak ere, ezinbestekoa da nekazarientzat. Argitalpen honek interes-elementu bat txertatu nahi du nekazarien erabakiak hartzerakoan, barietateen egokitzapenaren eta portaeraren ezagutza erabakigarria baita zer erein jakiteko, uztaren erabileraren arabera.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04117c4d-aafe-48cc-ac98-d9bba158b97a</t>
   </si>
   <si>
-    <t>Produktu fitosanitarioen aplikazioa. Oinarrizko maila</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1f4eb0db-83d0-405b-ab7e-5bc714fba216</t>
+    <t>Alanbre-zizarearen (Agriotes spp.) izurritea Andaluziako ekonomikoki garrantzitsuak diren laboreetan.</t>
+  </si>
+  <si>
+    <t>Alanbre-zizarearen izurria izurri txiki edo bigarren mailakotzat hartzen zen Andaluzian. Hala ere, azken urteotan areagotu egin da eguraldi-baldintza onuragarriagoak direla eta, kalteak areagotu eta nekazariei galera ekonomiko handiak eraginez. Gainera, produktu fitosanitario eraginkorren eskasiak, intsektuaren portaera biologikoarekin batera, zaildu egiten du haren kontrola, eta beharrezkoa da izurriaren intzidentzia murrizten laguntzen duten prebentzio-estrategietara jotzea. Nekazaritza Erakunde Profesionalen eskaerari eta sektorearen izurri hau kudeatzeko kezkari erantzuteko, Malagako IFAPAko Nekazaritza Entomologia Laborategiak dokumentu tekniko hau prestatu du, alanbre-zizareari buruzko informazio zehatza eta haren kontrola laguntzen duten gomendio batzuk biltzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7c318373-c2e2-414a-82e2-03383ac84ddd</t>
+  </si>
+  <si>
+    <t>Andaluziako kostaldeko aguakatearen sustrai-usteldura nagusiak</t>
+  </si>
+  <si>
+    <t>Phytophthora cinnamomi Rands-ek eragindako sustraien usteldura eta Rosellinia necatrix Prill-ek eragindako sustraien usteldura zuria ahuakateei eragiten dieten gaixotasun garrantzitsuenen artean daude. Gida honek informazio praktikoa eman nahi du landan horiek identifikatzeko eta prebentziorako eta/edo tratamendurako gomendio orokor multzo gako bat emateko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/93d30215-c1f3-4b76-b992-0830c8d650b6</t>
+  </si>
+  <si>
+    <t>New Delhiko tomate hosto kizkurren birusa</t>
+  </si>
+  <si>
+    <t>ToLCNDV-ren (Tomato New Delhi leaf curl virus) presentzia ofizialki deklaratu zen Espainian Almeria eta Murtzia probintzietan 2013ko udan. Dokumentu honek eragiten dizkien laboreetan dituen sintomak deskribatzen ditu eta kontrol neurriak iradokitzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/23df4563-cf8f-44b7-89e8-cb1b56d81546</t>
+  </si>
+  <si>
+    <t>Kontsumitzaileak eta Andaluziako gaztak</t>
+  </si>
+  <si>
+    <t>Argitalpen honek IFAPAk koordinatutako hainbat ikerketa eta esperimentazio proiektutan egindako ikerketa jarduera batzuk biltzen ditu. Helburua, alde batetik, Andaluzian gaur egun ekoizten diren gaztei buruzko kontsumitzaileen balorazioak ulertzea da, eta, bestetik, gaztagileei beren gazten merkaturatzea hobetzeko tresnak ematea (gaztaren erabilerak sukaldaritzan, beste nekazaritza produktu batzuekin uztartzea, etab.). Hori guztia hizkuntza kolokialean aurkezten da, edozein publikorentzat eskuragarria, ez nahitaez espezializatua. Gaztagileak, jatetxeetako langileak, Andaluzian gaztagintzaren industrian hasteko interesa duten pertsonak eta kontsumitzaileak berak dira testu honen xede-publikoak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/28281aa4-d892-489e-93bf-62f1f3219176</t>
+  </si>
+  <si>
+    <t>Kimigrazio teknikak. Fitosanitario produktuen aplikazioa tantaka ureztatze bidez berotegiko barazkietan.</t>
+  </si>
+  <si>
+    <t>Kimigazioa produktu hauek ureztatzeko uretan disolbatuta gehitzean datzan aplikazio fitosanitarioko teknika bat da. Edozein ureztatze sistemarekin erabil daiteke: tantaka, ihinztadura bidezko ureztatzea eta baita gainazaleko edo oin bidezko ureztatzea ere, baina, oro har, ureztatze sistemetan erabiltzen da. Espainiako hego-ekialdeko negutegietan kimigazioa tantaka ureztatzearen bidez egiten da, produktu fitosanitarioak urari gehituz, ongarritze bidezko ureztatzearen antzera. Dokumentu honek aplikazio teknika hau erabiliz produktu fitosanitarioak eraginkortasunez erabiltzeko gomendio sorta bat eskaintzen du, baita aurrekoa hobeto ulertzeko adibide praktikoak ere.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e1b52be2-15f2-489a-bdcc-6b244fd94154</t>
   </si>
   <si>
     <t>Animalien Ongizatea Garraioan</t>
   </si>
   <si>
     <t>Irakaskuntza-material honen garapenak sektorearen eskaera bati erantzuten dio eta Andaluzian egiten diren garraio-ikastaroetan animalien ongizateari buruzko ikasleentzako lan-tresna erabilgarria eskaintzea du helburu. Eskuliburu honek 2008an argitaratutako aurreko edizioa eguneratzen du eta irakaskuntza-unitate berriak aurkezten ditu, edukiak Andaluzian animalien ongizateari buruzko prestakuntza arautzen duen apirilaren 12ko 80/2011 Dekretura (82 zk., 2011ko apirilaren 28koa) egokitu behar izanaren ondorioz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4a4df0e6-03ce-420b-99e1-7ca50c26450b</t>
   </si>
   <si>
-    <t>Kimigrazio teknikak. Fitosanitario produktuen aplikazioa tantaka ureztatze bidez berotegiko barazkietan.</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/23df4563-cf8f-44b7-89e8-cb1b56d81546</t>
+    <t>Ahuntz gazta eta Andaluziako eztia uztartzea: kontsumitzaileen lehentasunak</t>
+  </si>
+  <si>
+    <t>Merkaturatzea hobetzea da prozesatutako elikagaien etorkizuneko erronketako bat, beste nekazaritza-produktu batzuekin batera merkaturatzeko potentziala duena. Ikerketa honen helburua Andaluziako kontsumitzaileen lehentasunak ebaluatzea izan zen gazta eta ezti konbinazio desberdinetarako. Kordoba, Sevilla eta Granadako 88 azken kontsumitzaileren ebaluazioetan oinarrituta, haien lehentasunak lortu ziren gazta konbinazioei dagokienez: Ahuntz Gazta Freskoa, Ahuntz Gazta Erdi-Ondotua eta Olioan Ondotutako Ahuntz Gazta; hiru eztirekin konbinatuta: Laranja Lorea, Eukaliptoa eta Gaztaina. Emaitzek erakusten dute ahuntz gaztak oso estimatuak direla eztiarekin konbinatuta, eta kontsumitzaileek hasieran Gazta Freskoa nahiago duten arren, dastatze sentsorialean, gazta hobetsia Gazta Erdi-Ondotua izan zela.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f5147c52-8ee0-4d7f-b6a6-fb79ab0d776d</t>
+  </si>
+  <si>
+    <t>Andaluziako gaztak eta ardo beltzak uztartzea: kontsumitzaileen lehentasunak</t>
+  </si>
+  <si>
+    <t>Merkaturatzea hobetzea da prozesatutako elikagaien etorkizuneko erronketako bat, beste nekazaritza-produktu batzuekin batera merkaturatzeko potentziala duena. Ikerketa honen helburua Andaluziako kontsumitzaileen lehentasunak ebaluatzea izan zen gazta eta ardo beltzen uztarketa desberdinetarako. Kordoba, Sevilla eta Granadako 130 azken kontsumitzaileren ebaluazioetan oinarrituta, haien lehentasun teorikoak eta sentsorialak lortu ziren gazta-konbinazio berrietarako: ahuntz gazta erdi-ondua, ardi gazta ondua (kontrol gisa erabilia) eta esne gordineko oliotan ondutako ahuntz gazta; hiru ardo beltzekin konbinatuta: gaztea, ondua eta erreserba. Emaitzek erakusten dute ahuntz gazta onduak (gastronomia-gomendio batzuek iradokitzen dutenaren aurka, ardi gaztaren alde egiten baitute) ardo beltzarekin uztartzeko erabil daitezkeela, eta kontsumitzaileek oso estimatzen dituztela.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1750173f-9a70-4ce4-956e-f1e694195bce</t>
+  </si>
+  <si>
+    <t>Andaluziako gaztak eta ardo zuriak uztartzea: kontsumitzaileen lehentasunak</t>
+  </si>
+  <si>
+    <t>Merkaturatzea hobetzea da prozesatutako elikagaien etorkizuneko erronketako bat, beste nekazaritza-produktu batzuekin batera merkaturatzeko potentziala duena. Ikerketa honen helburua Andaluziako kontsumitzaileen lehentasunak ebaluatzea izan zen gazta eta ardo zurien uztarketa desberdinetarako. Kordoba, Sevilla eta Granadako 116 azken kontsumitzaileren ebaluazioetan oinarrituta, haien lehentasun teorikoak eta sentsorialak lortu ziren gazta-konbinazio berrietarako: ahuntz gazta erdi-ondua, esnetik heldutako ahuntz gazta eta esne gordineko oliotan ondutako ahuntz gazta; hiru ardo zurirekin konbinatuta: gaztea, aparduna eta fina. Emaitzek erakusten dute ahuntz gaztak oso estimatuak direla ardo zuriekin uztartzean, eta teorian ardo aparduna erabili ohi den arren, ardo zuri gaztea dela ahuntz gaztarekin uztartzeko aukera hobetsia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9e633da6-1686-4a4f-b307-3b3978e311d2</t>
+  </si>
+  <si>
+    <t>Andaluziako gaztak eta ardo gozoak uztartzea: kontsumitzaileen lehentasunak</t>
+  </si>
+  <si>
+    <t>Merkaturatzea hobetzea da prozesatutako elikagaien etorkizuneko erronketako bat, beste nekazaritza-produktu batzuekin batera merkaturatzeko potentziala duena. Ikerketa honen helburua Andaluziako kontsumitzaileen lehentasunak ebaluatzea izan zen gazta eta ardo gozoen uztarketa desberdinetarako. Kordoba, Sevilla eta Granadako 119 azken kontsumitzaileren iritzietan oinarrituta, haien lehentasunak lortu ziren gazta-konbinazioetarako: Ahuntz Gazta Erdi-ondua, Ahuntz Gazta Urdina eta Olioan Ondutako Ahuntz Gazta; eta hiru ardo gozorekin uztartu ziren: Moskatel Naturala, Moskatel Natural Onduarekin eta Pedro Ximénez. Emaitzek erakusten dute ahuntz gaztak oso estimatuak direla ardo gozoekin uztartzen direnean, eta hasieran kontsumitzaileek gazta erdi-ondua nahiago duten arren, dastatze sentsorialean, gazta hobetsia Ahuntz Gazta Urdina izan zela.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0e54859f-52ed-4e49-bd72-30679999901f</t>
+  </si>
+  <si>
+    <t>Andaluzian gari bigun barietate berrien proben emaitzak, 2017/2018 kanpaina</t>
+  </si>
+  <si>
+    <t>Argitalpen honetan jorratzen den laborearen, gari bigunaren, ezagutza hobetzea merkatuan saltzen diren hazietan txertatutako berrikuntzetatik dator. Espainian edo Europan erregistratutako barietate berriei buruzko informazioa sortzea, honako alderdi hauei dagokienez: agronomia, ekoizpena, gaixotasunekiko erresistentzia, baita haien kalitate-parametroak ere, ezinbestekoa da nekazarientzat. Argitalpen honek interes-elementu bat txertatu nahi du nekazarien erabakiak hartzerakoan, barietateen egokitzapenaren eta portaeraren ezagutza erabakigarria baita zer erein jakiteko, uztaren erabileraren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4642931a-3d71-48d4-a1b5-62338b916f6e</t>
+  </si>
+  <si>
+    <t>Andaluzian gari arruntaren aldaera berriekin egindako entsegu-emaitzak. 2016/2017 uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Argitalpen honetan jorratzen den laborearen, gari bigunaren, ezagutza hobetzea merkatuan saltzen diren hazietan txertatutako berrikuntzetatik dator. Espainian edo Europan erregistratutako barietate berriei buruzko informazioa sortzea, agronomia, ekoizpen, gaixotasunen aurkako erresistentzia eta kalitate parametroei dagokienez, ezinbestekoa da nekazarientzat.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9156d637-57a5-4edf-8b32-b24c47cc3365</t>
+  </si>
+  <si>
+    <t>Andaluzian gari gogor barietate berrien proben emaitzak, 2017/2018 kanpaina</t>
+  </si>
+  <si>
+    <t>Argitalpen honetan jorratzen den durum gari laborearen ezagutza hobetzea merkaturatzen diren hazietan txertatutako berrikuntzei esker lortzen da. Espainian edo Europan erregistratutako barietate berriei buruzko informazioa sortzea, agronomia, ekoizpen, gaixotasunekiko erresistentzia eta kalitate parametroei dagokienez, oso garrantzitsua da nekazarientzat. Argitalpen honek interes elementu bat txertatu nahi du nekazariei erabakiak hartzerakoan, barietateen egokitzapenaren eta portaeraren ezagutza funtsezkoa baita uztaren erabileraren arabera zer erein jakiteko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c8900535-83b1-4840-bfcf-787395a14556</t>
+  </si>
+  <si>
+    <t>Andaluzian egindako olo-barietate berrien entsegu-emaitzak. 2018/2019ko uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Dokumentu honetan jorratzen den olo-laborantzaren ezagutzaren hobekuntzak abiapuntu gisa merkatuan dauden hazietan txertatutako berrikuntzak hartzen ditu. Hemen aurkezten diren emaitzek Espainian eta Europan erregistratutako barietate berriak ebaluatzea dute helburu, haien agronomia, produktibitate, gaixotasunekiko erresistentzia eta kalitate parametroei dagokienez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f3fffacd-760e-49ef-b0af-8bcba50b9411</t>
+  </si>
+  <si>
+    <t>Andaluzian garagar barietate berriekin egindako entsegu-emaitzak. 2018/2019ko uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Dokumentu honetan eskaintzen den garagarraren laborantzaren ezagutza hobetua merkatuan saltzen diren hazietan txertatutako berrikuntzei esker dator. Espainian eta Europan erregistratutako barietate berriei buruzko informazioa ematen da, agronomia, ekoizpen, gaixotasunekiko erresistentzia eta kalitate parametroei dagokienez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51a6b7ea-a29f-40d0-8bd2-a4c211c904cf</t>
   </si>
   <si>
     <t>Andaluzian Triticale barietate berriekin egindako entsegu-emaitzak. 2018/2019ko uzta-denboraldia</t>
   </si>
   <si>
     <t>Dokumentu honetan eskaintzen den tritikalearen laborantzaren ezagutza hobetua merkatuan dauden hazietan txertatutako berrikuntzei esker lortu da. Espainian eta Europan erregistratutako barietate berriei buruzko informazioa ematen da, agronomia, ekoizpen, gaixotasunekiko erresistentzia eta kalitate parametroei dagokienez.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/84b28e55-89ff-4ece-9b25-7cc53b60a79d</t>
   </si>
   <si>
-    <t>Andaluzian gari gogor barietate berrien proben emaitzak, 2017/2018 kanpaina</t>
-[...77 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51a6b7ea-a29f-40d0-8bd2-a4c211c904cf</t>
+    <t>Hondakin Ez-organikoen Kudeaketa Baratzezaintza Intentsiboan</t>
+  </si>
+  <si>
+    <t>Andaluziako hego-ekialdeko baratzezaintzak 31.173 hektareako azalera hartzen du (Andaluziako Junta, 2020), eta horrek nekazaritzako hondakin kopuru handi baten sorrera sakabanatua dakar.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d3328bb1-734b-4c84-9183-72016cf2c2e6</t>
+  </si>
+  <si>
+    <t>Andaluzian egindako koltza-proben emaitzak. 2016-17 kanpaina</t>
+  </si>
+  <si>
+    <t>Koltzaren (Brassica napus) laborantzak Andaluzian hartu duen garrantziak, landutako azalera 2014an 1.000 hektarea baino gehiagotik 2017an 30.000 hektarea baino gehiagora igaro baita, IFAPAk, labore honen garrantziaz eta koltza gure eskualdeko alternatiben artean etorkizuna duen labore gisa sendotu daitekeela jakitun izanik, RAEAren barruan entsegu-sare bat abiaraztea erabaki du, nekazariari erantzun ahal izateko laborantza-teknikei, barietate berrien portaerari (Clearfield), herbizida berriei aurre egiteko tratamenduei eta erantzunari, gaixotasun berriei aurre egiteko erresistentziari eta horiei aurre egiteko tratamenduei eta landare honekin lotutako beste praktika agronomiko batzuei buruzko hainbat alderdiri buruz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/745032b7-cfc0-448b-adc9-81a1c15c28ec</t>
+  </si>
+  <si>
+    <t>Marrubi-hazkuntzarako lurzoruaren desinfekzio-teknika ez-kimikoak</t>
+  </si>
+  <si>
+    <t>Marrubi-hazkuntzarako lurzoruaren desinfekzioan erabiltzen diren osagai aktibo nagusien egoera juridikoaren inguruko ziurgabetasunak nekazariei gaur egun erabiltzen diren aukeren erabilera debekatu edo mugatuz gero lan-tresna potentzialak emango dizkieten alternatiba fisiko eta biologikoei buruzko ikerketa jarraitua eskatzen du. Ikerketa honek onddo-patogenoak eta nematodoak kontrolatzeko ozonoaren erabilera eta dosi txikiko biosolarizazioan oinarritutako tratamenduen eraginkortasun agronomikoa eta eraginkortasuna ebaluatzea du helburu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/48e31c87-0ae1-4db6-b62a-f3b65baec173</t>
+  </si>
+  <si>
+    <t>Bero-akumulatzaile pasibo baten eragina negutegi bateko mikrokliman eta bioproduktibitatean</t>
+  </si>
+  <si>
+    <t>Berotegian bero-metatzaile gisa urez betetako plastikozko mahukak erabiltzea berokuntza-sistema pasibo bat da, urtaro hotzean airearen eta landareen tenperatura handitzen duena eta piperren fruitu-ekoizpena handitzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/17c380d9-cd75-4036-a72b-27f59bdea821</t>
+  </si>
+  <si>
+    <t>Esnearen analisi-determinazioak</t>
+  </si>
+  <si>
+    <t>Esneak osaera anitza du (proteinak, gantzak, karbohidratoak, bitaminak eta mineralak), oso digerigarria eta erabilgarria da giza gorputzak, eta oso egokia da beste elikagai batzuk ekoizteko. Dokumentu hau 1. moduluko laborategiko praktiketarako irakaskuntza-materiala da: "Esnearen harrera eta biltegiratzea", "Gaztagintzako espezialista" Prestakuntza Programari dagokiona. Esnearen kalitatea kontrolatzeko egin beharreko analisi-determinazioak deskribatzen ditu, animalia-jatorriko elikagaien higieneari buruzko oinarrizko araudia (853/2004 Erregelamendua) eta esne-sektoreko operadoreek bete behar dituzten kontrol-eskakizunak (1728/2007 Errege Dekretua behi-esnearentzat eta 752/2011 Errege Dekretua ardi eta ahuntz-esnearentzat) betetzen direla ziurtatzeko. Prozesu teknologikoen kontrolerako oso erabilgarriak diren beste determinazio batzuk ere sartzen dira.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4c126b0-f732-480d-930e-2bb9b406f553</t>
+  </si>
+  <si>
+    <t>Gurina egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Behi, ahuntz eta ardi gurina artisaua balio handiko produktua da, eta gero eta gehiago ekoizten dute esneki-enpresek, esne gaingabetutik lortutako krema edo esnekiak ekoizteko erabiltzen den gazura erabiliz, edo hirugarrenen enpresei krema erosiz. Lan honek gurina artisau-egiterako oinarrizko gomendio sorta bat ezartzen du, kalitate teknologiko eta sentsorial handiko produktua bermatuz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7cb5a7bc-f596-49c3-9713-b0ffcb4a2f69</t>
   </si>
   <si>
     <t>Lurrik gabeko laborantzan erabiltzen diren sistemen desinfekziorako eguzki-argiztapenaren erabilera</t>
   </si>
   <si>
     <t>Lurzorutik transmititzen diren patogeno gehienak lurrik gabeko kulturetan erabiltzen diren hazkuntza-euskarrietan irauten dute, eta desinfektatu edo ordezkatu egin behar dira. Solarizazioa desinfekzio-sistema bat da, eta hazkuntza-euskarri hezea plastiko mehe eta garden batekin estaltzea dakar 4-8 astez, tenperatura eta eguzki-erradiazio altueneko aldietan. Ikerketaren helburu nagusia teknika honen eraginkortasuna ebaluatzea izan zen hazkuntza-euskarrietatik hainbat patogeno ezabatzeko, solarizazio bidezko desinfekziorako egokiak diren sistema iraunkorrak hautatzeko. Lortutako emaitzek hiru patogenoak ezabatzeko duen eraginkortasuna adierazten dute probatutako lau sistemetan.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1b466f94-e2fe-4f4d-93bc-ebc2f0f23690</t>
   </si>
   <si>
-    <t>Gurina egiteko gomendioak</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/745032b7-cfc0-448b-adc9-81a1c15c28ec</t>
+    <t>Olibondo-erroten hondakin-uren aplikazioaren ondorioak nekazaritza-lurzoruetan</t>
+  </si>
+  <si>
+    <t>Oliba-olioa metodo fisikoen bidez erauzteak oliba eta olio garbitzeko ur kantitate handiak sortzen ditu. Ur hori lurruntzeko urmael handietan gordetzen da, eta ez da berrerabiltzen. Zentzu honetan, olibondo-soroetan eta lur lasaietan ureztatzeko erabiltzearen nekazaritza-, ingurumen- eta negozio-onurei eta mugei buruzko ikerketa bat egin zen. Zehazki, ikerketak bi alderdi izan zituen. Lehenik eta behin, oliba-errotetan olibak eta olioak garbitzean lortutako likidoen osaera eta aldakortasunaren karakterizazio osoa egin zuen. Bigarrenik, ureztatzearen ondorioak aztertzea izan zuen helburu, nekazaritza-erabilgarritasuna ebaluatuz, baita lurzoruan, landareetan eta, oro har, ingurumenean hondakin-urak sortzeko potentziala ere. Ikerketan zehar bildutako emaitzetan oinarrituta, ondorio sorta bat atera zen nekazariek hondakin-urarekin ureztatzeak lor ditzakeen onurei buruz, hezetasunaren ekarpen nabarmenaz gain, euri gutxiko garaietan. Horri esker, hondakin-urarekin noiz ureztatu behar den gomendioak egin daitezke.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2e8ecd58-de53-45ac-b0a9-066b253d1856</t>
+  </si>
+  <si>
+    <t>Ongarritzea laboreen beharretara egokituta: mantenugaien xurgapen kurbak</t>
+  </si>
+  <si>
+    <t>Maiztasun handiko ureztatze lokalizatuaren bidezko ongarritzeak landareen mantenugaien erabileraren eraginkortasuna hobetzen du. Ongarritzearen abantailak mantenugaiak zuzenean sustraien eremuan eta landarearen nutrizio-eskariaren arabera aplikatzeko gaitasunean datza. Horrek denboran zehar mantenugaien xurgapen-kurbak ulertzea eskatzen du. Xurgapen-kurbek landareen fenologiaren araberako nutrizio-aldaketak islatzen dituzte. Lan honen helburua nekazaritza-teknikariei eta ekoizleei oinarrizko kontzeptuei (eguneko xurgapen-tasa, xurgapen-kontzentrazioa) buruzko informazio eguneratua eta laburtua ematea da, baita laboreen mantenugaien xurgapen-kurbak zehaztea eta Andaluziako kostalde mediterraneoan negutegi-baldintzetan hazitako tomate, piper, pepino eta meloientzako N, P eta K xurgapen-kurben adibideak ere.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9699ca21-f82d-40d8-a483-f9f0890e1eff</t>
+  </si>
+  <si>
+    <t>Harrizko Fruituen Gaixotasunen Kudeaketa Integratuaren Gida</t>
+  </si>
+  <si>
+    <t>"Harri-fruta-arbolen gaixotasunak eta haien kudeaketa ekoizpen integratuan" irakaskuntza-material honen helburua nekazariei eta aholkulariei gaixotasunen kudeaketa integratuaren printzipioak ezartzeko laguntzea eta gidatzea da, Produktu Fitosanitarioen Erabilera Jasangarrirako Ekintza Plan Nazionala jarraituz, eta Nekazaritza, Arrantza eta Ingurumen Ministerioak (MAGRAMA) prestatutako harri-fruta-arbolen izurriteen kudeaketa integratuaren gida osatzea.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8c9d036b-dc0e-4988-86a7-3f831c2d5220</t>
+  </si>
+  <si>
+    <t>Marrubietan C bitamina edukia hobetzeko analisi genetikoa</t>
+  </si>
+  <si>
+    <t>Marrubia garrantzi ekonomiko handiko laborea da, eta bere fruitua oso estimatua eta kontsumitua da bere zapore, usain eta balio nutrizional delikatuagatik. Kontsumitzaileen eskaria gero eta handiagoa dela eta, fruituaren kalitate organoleptikoa eta nutrizionala handitzea hobekuntza genetikoaren helburu nagusi bihurtzen ari da, C bitamina (edo azido askorbikoa) edukia bezalako ezaugarriak funtsezkoak izanik. Markatzaileen bidezko hautaketa oso tresna erabilgarria da hazkuntza-programen eraginkortasuna handitzeko. Artikulu honetan, KASP markatzaileen saiakuntza bat nola egin azaltzen dugu fruituan % 12 C bitamina gehiago duten marrubiak hautatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db2af06b-d8d5-422c-a1fd-795ba998fd15</t>
+  </si>
+  <si>
+    <t>Marrubi fruituaren sendotasuna hobetzeko proba genetikoa</t>
+  </si>
+  <si>
+    <t>Marrubia oso kontsumitzen den fruta da bere kolore gorri biziagatik, zapore eta usain bereizgarriengatik eta balio nutrizionalagatik. Ezaugarri horiei esker, interes handia dago ezaugarri horiek hobetzen dituzten barietate berriak garatzeko. Testuinguru honetan, fruituaren irmotasuna ezaugarri gakotzat hartzen da, kalitate organoleptikoan, uzta osteko bizitzan eta balio komertzialean zuzenean eragiten baitu, distantzia luzeko garraiorako funtsezkoa izateaz gain. Lan honetan, % 50eraino fruitu irmoagoa duten marrubi barietateak hautatzeko diseinatutako DNA proba bat aurkezten dugu. Proba hau erraz aplika daiteke markatzaileen bidezko hobekuntza programetan, haien eraginkortasuna nabarmen handituz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5e82464a-68b9-4068-9ee6-ac03db3d7c6e</t>
+  </si>
+  <si>
+    <t>Landare-hondakinen kudeaketa, txikitu eta negutegiko lurzoruan sartuz</t>
+  </si>
+  <si>
+    <t>Landare-hondakinen sorrera konpondu gabeko ingurumen- eta gizarte-arazoa da plastikozko lorezaintzan. Udaberrian eta udazkenean sortzen den kopuru kontzentratuak, baita espazioan sakabanatzeak ere, zaildu egiten dute haren kudeaketa. Landare-hondakinak ustiategian bertan ongarri organiko gisa erabiltzea, lurzoruan material fresko eta txikitua (ongarri berdea) sartuz, irtenbide bideragarria da, ekonomia zirkularraren printzipioekin bat datorrena, eta laboreei berai eta ustiategiaren errentagarritasunari ere mesede egiten die. Dokumentu honek landare-hondakin freskoak txikitu eta negutegiko lurzoruan sartzeko teknika desberdinak aurkezten ditu, eta nola konbinatu daitezkeen eguzkitze-teknikarekin lurzoruaren biodesinfekzioa lortzeko, biosolarizazio izeneko prozesu bat.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/185efbc7-923d-4235-aec4-2b74afaa2c08</t>
+  </si>
+  <si>
+    <t>Muscat, Palomino Fino eta Pedro Ximénez mahats barietateetatik patata-edari alkoholdunak lortzea.</t>
+  </si>
+  <si>
+    <t>Upategietan ardo-hondakinen eta azpiproduktuen kudeaketak erronka ekonomiko eta ingurumeneko garrantzitsuak sortzen ditu. Ingurumen-lege murriztaileagoen garapenak, gero eta kontzientziazio publiko handiagoarekin batera, ekonomia zirkularrarekin bat datorren negozio-estrategia berri baten ezarpena sustatzen ari da, baliabideen optimizazioa, lehengaien kontsumoa murriztea eta hondakinak birziklatuz edo produktu berrietan berrerabiliz erabiltzea sustatzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b94f5624-84c2-4d91-abac-93bf7cee9f58</t>
   </si>
   <si>
     <t>Animalien ongizatea abeltzaintzako ustiategietan. Ikasketa-plan komuna</t>
   </si>
   <si>
     <t>Dauden abeltzaintza-ustiategien aniztasun zabalak bultzatu du abeltzaintza-ustiategietako animalien ongizate programaren curriculuma komun hau garatzea. Curriculum hau erabil daiteke espezie horretarako argitaratutako materialik ez dagoenean. Irakaskuntza-material honen garapenak sektorearen eskaera bati erantzuten dio eta Andaluzian ematen diren animalien ongizate ikastaroetako ikasle eta irakasleentzako lan-tresna erabilgarria eskaintzea du helburu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3523218c-fad6-4e9a-a96c-a82db216ad59</t>
   </si>
   <si>
-    <t>Harrizko Fruituen Gaixotasunen Kudeaketa Integratuaren Gida</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db2af06b-d8d5-422c-a1fd-795ba998fd15</t>
+    <t>Nitrogeno ongarritze jasangarrirako estrategiak</t>
+  </si>
+  <si>
+    <t>Nekazaritza-jardueretatik eratorritako nitratoen kutsadura barreiatua identifikatu da gainazaleko eta barnealdeko ur-masen egoera txarraren arrazoi nagusietako bat bezala, baita lurpeko uren ere. 1991n, Europar Batasunak nekazaritzan nitratoek eragindako kutsaduraren aurka urak babesteko Zuzentaraua argitaratu zuen, eragindako kutsadura murrizteko eta kutsadura gehiago saihesteko helburuarekin. Erregelamendu honek estatu kideei eskatzen die kutsatutako eremuen zerrenda bat osatzea, edo kutsatzeko arriskuan daudenenak (eremu zaurgarriak), eta nekazaritza-jardunbide onen kode bat eta eremu zaurgarrietan nitrato-mailak murrizteko neurriak dituen ekintza-plan bat argitaratzea. Eskuliburu honek arazoaren inguruko sentsibilizazioa areagotzeko eta nekazariei zein teknikariei nitrogeno-ongarritzearen kudeaketari buruzko erabakiak hartzeko tresnak emateko tresnak ematea du helburu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2cec7e32-5309-4027-9915-ef95b3025e00</t>
+  </si>
+  <si>
+    <t>Kontaktuz transmititzen diren birusak: lan-tresnen desinfekzioa</t>
+  </si>
+  <si>
+    <t>Oso garrantzitsua da soro-tresnen desinfekzio egokia egitea, hainbat gaixotasun biriko uzta osora transmititzea saihesteko. Sektorearen eskaerari erantzunez, tresnen desinfekzioan erabiltzen diren produktuei buruzko ikerketa zientifikoen laburpena aurkezten dugu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e3aae10-70e2-41fe-af40-cfb423e8c75c</t>
+  </si>
+  <si>
+    <t>Mamia egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Mamia esnearen koagulazio entzimatiko bidez lortzen den esneki bat da. Batez ere Espainiako iparraldean postre gisa kontsumitzen da eta esne mota desberdinekin (ahuntz, ardi edo behi) egin daiteke, baita azukrearekin edo eztiarekin, fruitu lehorrekin edo fruta zatiekin konbinatuta ere. Esneki honek izan ditzakeen izen desberdinak, besteak beste, bere osaeraren arabera, 1070/2007 Errege Dekretuak arautzen ditu, mamiaren kalitate estandarra onartzen duena. Lan honek oinarrizko gomendioak ezartzen ditu ekoizpen fase desberdinetan zehar, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/312fde8b-4374-4376-857f-b6fe12ee8a9d</t>
+  </si>
+  <si>
+    <t>Almendrondoetan lurzoruaren estalduraren gida</t>
+  </si>
+  <si>
+    <t>Landaredi bizidunaren estaldura lurzoruaren kudeaketa sistemarik egokiena dela uste da, kontrol egokia ezinezkoa den kasuetan izan ezik. Lurzoruaren kudeaketa sistema batzuekin alderatuta, landaredi bizidunaren estaldurak abantaila hauek ditu, besteak beste: lurzoruaren egitura hobea eta materia organikoaren edukia handiagoa lortzen ditu; uraren iragazketa-tasa hobetzen du lurzoruan eta lurrunketaren bidezko ur-galera murrizten du; makineriaren joan-etorria errazten du; eta higaduraren kalteak gehien murrizten dituen sistema da. Kontrol kimikoa ezartzen ez bada, ingurumen-kalteen arriskurik gabeko sistema da eta biodibertsitatearen kontserbazioari eta agroekosistemaren hobekuntzari gehien laguntzen diona.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78cbd014-6939-452d-b996-56478b48210f</t>
+  </si>
+  <si>
+    <t>Vicia faba Nukleo Bilduma: Karakterizazioa eta Aurretiazko Ebaluazioa</t>
+  </si>
+  <si>
+    <t>Gaur egungo dibertsitate biologikoa da etorkizuneko nekazaritza- eta elikadura-iraunkortasunaren oinarria, eta landare-baliabide genetikoak dira haren osagai nagusia. Haien kontserbazioa funtsezkoa da oraingo eta etorkizuneko erabilerarako, bai zuzenean kontserbatutako aleak erabiliz, bai dituzten gene espezifikoak landareen hazkuntza-programetan sartuz. Material hau erabili ahal izateko, ulertu egin behar da, eta horrek deskriptoreen azterketaren bidez karakterizatzera eta ebaluatzera garamatza. Dokumentu honek IFAPA Germoplasma Bankuan kontserbatutako Vicia faba Oinarrizko Bildumaren aleetatik ezaugarri erabilgarriak kontsultatzeko eta bilatzeko aukera eskaintzen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/924447fb-a4ce-4aa6-ac2e-b7c4f83788e9</t>
   </si>
   <si>
     <t>Andaluzian ET0 kalkulatzeko datu meteorologiko eta urrutiko detekzio datuak erabiltzea</t>
   </si>
   <si>
     <t>Erreferentziazko ebapotranspirazioa (ETo) lursail, ureztatze-eremu, arro hidrografiko eta eskualde mailan ebaluatzea erronka bat da nekazaritza eta hidrologia ikerketarako; horrek eremu handiak karakterizatzea eskatzen du, aldagai meteorologiko zehatzak lortzeaz gain. Horri aurre egiteko, metodologia berri bat garatu zen, Meteosat (MSG) satelitearen eguzki-erradiazioaren datuak LSA SAF plataformaren bidez ECMWF plataformaren 2 metroko batez besteko airearen tenperaturaren datuekin konbinatuz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8de69ea1-693a-4715-a83b-f3b091ecf841</t>
   </si>
   <si>
-    <t>Vicia faba Nukleo Bilduma: Karakterizazioa eta Aurretiazko Ebaluazioa</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78cbd014-6939-452d-b996-56478b48210f</t>
+    <t>Gaztainondo-liztorra (Dryocosmus kuriphlilus) Andaluzian</t>
+  </si>
+  <si>
+    <t>Gaztainondo-liztorra (Dryocosmus kuriphilus) gaztainondo-laboreen izurrite garrantzitsua da, eta haien errentagarritasuna larriki arriskuan jartzen du. Dokumentu honek bere banaketari, biologiari, eragiten dituen kalteei eta dauden kontrol-neurriei buruzko informazioa ematen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f58818c2-dfd5-4c1d-8046-68c785749173</t>
+  </si>
+  <si>
+    <t>Andaluzian gaztainondo-liztorraren parasitoide natiboak</t>
+  </si>
+  <si>
+    <t>Gaztainondo-liztorra (Dryocosmus kuriphilus) gaztainondo-laboreen izurrite garrantzitsua da, eta haien errentagarritasuna larriki arriskuan jartzen du. Dokumentu honek, liztor hauen ezaugarri nagusiak deskribatzeaz gain, gaztainondo-liztor izurritea bertako parasitoideen bidez kontrolatzeko informazioa ematen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/394bb10a-55f5-495b-8118-029273d8ee00</t>
+  </si>
+  <si>
+    <t>Olibondo Sistema Jasangarriak. 10.1.7 Eragiketa</t>
+  </si>
+  <si>
+    <t>Olibondo-soroei lotutako nekazaritza-ingurumen laguntza 10.1.7 Operazioa. Olibondo Sistema Jasangarriak bezala ezagutzen da. Sektore honetarako laguntza-neurri hau Andaluziako Landa Garapen Programaren (AGP) 2014-2020 Komunitatearen Esparru Estrategikoaren (ELE) parte da, zehazki 10. Neurria: Nekazaritza-ingurumena eta Klima. Bete nahi dituen helburuen artean, olibondo-soroei eragiten diena eta labore honetarako eragiketa espezifiko hau garatu dena "Lurzoruaren higadura prebenitzea eta lurzoruaren kudeaketa hobetzea" da. Era berean, 1. irudiari erreparatzen badiogu, 10.1.7 Operazioa. Olibondo Sistema Jasangarriak 10.1 Azpineurriaren barruan sartzen da. Nekazaritza eta Ingurumen Konpromisoen Ordainketak, hau da, laguntza honen onuradunak konpentsazio ekonomikoa jasoko du ingurumenarentzat ez ezik, laborearentzat ere onuragarriak diren nekazaritza-jardunbide sorta bat egiteagatik, ez baitugu ahaztu behar olibondo-soroa agroekosistema gisa ikusi eta kudeatu behar dugula, hau baita...</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/78a0d01f-c174-49d3-b916-0f8987dd90d3</t>
+  </si>
+  <si>
+    <t>Marrubi-barietatearen eta lantze-sistemaren eragina kalitate-ezaugarrietan. 2023/2024 uzta-denboraldia.</t>
+  </si>
+  <si>
+    <t>Marrubi freskoen eta uzta ondorengoen kalitatea faktore garrantzitsua da haien arrakasta komertzialarentzat. Hori dela eta, lan honetan, hiru laborantza-sistematan 11 hazkuntza-programa ezberdinetako 16 marrubi barietateren hautaketa baten kalitate organoleptikoa, funtzionala eta uzta ondorengoa ebaluatzea izan dugu helburu. Ikerketa honek laborantza-sistema bakoitzean barietate bakoitzaren errendimenduari buruzko informazio objektiboa sortzea du helburu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/298cb4ca-2eff-4dcd-bf23-503289e512bb</t>
+  </si>
+  <si>
+    <t>Zitrikoen Kalitatea Laborategian Zehaztea</t>
+  </si>
+  <si>
+    <t>Produktuaren kalitatea eta kontsumitzaileen gogobetetasuna lehentasunezko elementuak dira zitrikoen ekoizleentzat. Hori dela eta, lan honek zitrikoen kalitate morfologikoa eta organoleptikoa definitzen duten parametroak aurkezten ditu. Era berean, laburki deskribatzen ditu kalitate-parametro horiek zehazteko prozedurak, araudia betetzen dela bermatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5938a086-c82e-465a-94f9-2729428527b4</t>
   </si>
   <si>
     <t>DNA probak marrubi fruituaren kolorea aurreikusteko</t>
   </si>
   <si>
     <t>Marrubi helduen kolore bereizgarria antozianinen metaketaren ondoriozkoa da. Pigmentu hauek, fruituaren erakargarritasuna handitzeaz gain, osasunerako onura ugari dituzte beren propietate antioxidatzaileengatik. Marrubi barietate eta espezie ezberdinek fruituaren kolorean aldakortasun deigarria erakusten dute, eta hori ezaugarri garrantzitsua da hazleentzat. Malagako IFAPA zentroan, beste ikerketa talde batzuekin lankidetzan, bi DNA proba garatu ditugu pigmentu horien presentzia/absentzia eta banaketa aurreikusteko fruituan, landarea hazteko beharra saihestuz fenotipoa behatzeko. Erabilitako markatzaileek FaMYB10 genearen alelo desberdinak detektatzen dituzte, eta gene hori da ezaugarri horien aldakuntza kualitatiboaren arduraduna. Dokumentu honek bi proben xehetasunak aurkezten ditu, eta eskala handian, ekonomikoki eta erraz erabil daitezke hazkuntza programetan.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43c6c366-16fa-48b3-8a4a-27e64d4eb8c7</t>
   </si>
   <si>
+    <t>Mangoaren Ezkata Zuriaren Kudeaketa Integratua</t>
+  </si>
+  <si>
+    <t>Aulacaspis tubercularis, txori zuria, Espainiako hegoaldeko mangoen izurriterik garrantzitsuena da eta mundu osoan kaltegarrienetakoa. Hemen proposatzen da haren kudeaketa integratuaren oinarria. Izurritearen deskribapena ematen da, bere biologiari, sintomei eta kalteei buruzko datuekin batera. Parafina-olioak erabiltzea ere iradokitzen da hura kontrolatzeko, landa-entseguetan eraginkorrak direla frogatu baitute. Kontrol biologikoa, harrapari bat (Cybocephalus nipponicus) eta parasitoide bat (Encarsia citrina) erabiliz, etorkizuneko aukera bat da, nahiz eta izurriteentzako babesleku eta elikagai alternatibo gisa balio duen landare-estalkiarekin ezartzea aztertu beharko den.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/75445e35-017a-4226-ac49-21909e6b1ea0</t>
+  </si>
+  <si>
     <t>Mangoaren ezkata zuriaren (Aulacaspis tubercularis) kontrol kimiko iraunkorra</t>
   </si>
   <si>
     <t>Kotxin zuria Andaluziako mango laboreen izurrite garrantzitsua da, ekoizpen handia baititu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/00e4a59b-506d-4124-8141-1ba34dbcc970</t>
   </si>
   <si>
-    <t>Marrubi-barietatearen eta lantze-sistemaren eragina kalitate-ezaugarrietan. 2023/2024 uzta-denboraldia.</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5938a086-c82e-465a-94f9-2729428527b4</t>
+    <t>Torymus sinensis. Gaztainondo liztorraren parasitoide exotikoa.</t>
+  </si>
+  <si>
+    <t>Gaztainondo-liztorra (Dryocosmus kuriphilus) gaztainondo-laboreen izurrite garrantzitsua da, eta haien errentagarritasuna larriki arriskuan jartzen du. Dokumentu honek Torymus sinensis parasito espezifikoa aztertzen du, orain arte egindako askapen esperimentalen eta laborean finkatzea bermatzeko beharrezkoak diren neurrien berri ematen du, eta ingurumenean askatzeak ekar ditzakeen ingurumen-arrisku potentzialen berri ematen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b04618d6-67ec-45ef-88e6-cfc097275f61</t>
+  </si>
+  <si>
+    <t>Andaluzian gari gogor aldaera berriekin egindako entsegu emaitzak. 2016/2017 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Andaluzian dauden gari gogor barietate berriei, haien errendimendu agronomiko eta produktiboari eta Andaluziako ekoizpen-eremu nagusietako kalitate-parametroei buruzko informazio eguneratua. Dokumentuaren ikuspegi orokor azkar batek orientabideak emango ditu landatuko den gari gogor barietateari buruzko erabaki egokiak eta garaiz hartzeko, lurzoru motaren, klimaren eta baserriaren ezaugarrien arabera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c810a78a-ef3b-4fa4-8941-cc4d878bc3b9</t>
+  </si>
+  <si>
+    <t>Andaluzian gari gogor aldaera berriekin egindako entsegu emaitzak. 2015/2016 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5f2645e9-bb2d-4714-9da8-4ff1cb988acd</t>
+  </si>
+  <si>
+    <t>Andaluzian gari gogor aldaera berriekin egindako entsegu emaitzak. 2014/2015 kanpaina</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4b873bb-cb2f-46d2-813c-ed87e00bb7bb</t>
+  </si>
+  <si>
+    <t>Andaluzian egindako Triticale barietate berrien entsegu-emaitzak. 2015/2016 kanpaina</t>
+  </si>
+  <si>
+    <t>Andaluzian dauden tritikale barietate berriei, haien errendimendu agronomiko eta produktiboari eta Andaluziako hazkuntza-eremu nagusietako kalitate-parametroei buruzko informazio eguneratua. Dokumentuaren ikuspegi orokor azkar batek orientabideak emango ditu landatuko den tritikale barietateari buruzko erabaki egokiak eta garaiz hartzeko, lurzoru motaren, klimaren eta baserriaren ezaugarrien arabera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bd5c7821-0819-4c7d-8257-c7404e688ac8</t>
+  </si>
+  <si>
+    <t>Udaberriko zikloan negutegian kuiatxoen izurriteen kontrol integratua</t>
+  </si>
+  <si>
+    <t>Bemisa tabaci euli zuri espezieak transmititzen duen New Delhi birusak (ToLCNDV) kuiatxoen laboreetan sortzen ari den arazoa ekoizpen-galera handiak eragiten ari da. Intsektizidak neurri bakar gisa behin eta berriz aplikatzeak ez du izurrite honen kontrol egokia lortzen. Lan honek Amblyseius swirskii harrapariaren erabilera eta polena elikagai osagarri gisa ematea ebaluatzen ditu, udaberriko zikloko kuiatxoen labore batean instalazioa hobetzeko, kontrol-estrategia integratu baten barruan. Emaitzek erakusten dute hermetikotasun eta laboreen babes neurri prebentiboek, harrapariaren instalazio egokiarekin batera, izurritearen presentzia eta garapena murrizten dutela laborean, New Delhi birusaren intzidentzia minimizatuz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/123fd5ed-5132-469b-aa53-7ffcc0b63cb6</t>
+  </si>
+  <si>
+    <t>Gazta garbitua egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Gazta egitean ura gehitzeari "gazta garbitzea" deitzen zaio. Oinarrizko eragiketa honen helburua gazta mota honen ezaugarri organoleptiko tipikoak lortzea da: koherentzia krematsua eta zapore eta usain leuna. Lan honek gazta egiteko etapa desberdinetan oinarrizko gomendioak ezartzen ditu, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1a7dcabf-1fc1-4d7e-ac9b-b021da9b2e35</t>
   </si>
   <si>
     <t>Lurzoruaren ur-balantzea: marrubi-ureztatzea programatzeko metodo eraginkorra</t>
   </si>
   <si>
     <t>Ureztatzea ezinbestekoa da eskualde idor eta erdi-idorretan laboreen kalitatea eta ekoizpena bermatzeko. Ureztatze programazio arrazional baten faltak eraginkortasun potentzial handiko ureztatze sistemen kudeaketa ez-eraginkorra ekar dezake. Ureztatze programaziorako lurzoruaren ur-balantze metodoa erraza da ezartzeko eta SIAR Sarearen ezarpenak bultzatu du, Nekazaritza, Arrantza eta Elikadura Ministerioaren sare publikoa, 450 estazio meteorologiko automatiko baino gehiagok osatua, eta erreferentziako ebapotranspirazioa kalkulatzeko informazioa ematen duena. Ureztatze programazioan erabiltzeak % 40ko ur aurrezpena ekar dezake nekazariek erabiltzen duten ureztatze tradizionalarekin alderatuta. Lan honek metodo hau Huelvako probintzian marrubi laborantzan aplikatzearen emaitzak aurkezten ditu eta erakusten du bere aplikazioak batez beste % 40tik gorako ur aurrezpena ekarri duela.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/335f970b-b5d5-4843-9442-483b54e1daec</t>
   </si>
   <si>
-    <t>Gazta garbitua egiteko gomendioak</t>
-[...25 lines deleted...]
-  <si>
     <t>Baba zabalen auto-ugalkortasunaren azterketa. Hazkuntzan aplikazioak</t>
   </si>
   <si>
     <t>Autoernalkortasuna landareek loreak aldez aurretik manipulatu gabe fruituak ekoizteko duten gaitasuna da (intsektuen bidezko polinizazioaren bidez edo eskuz). Polinizazioa ezinbestekoa da lore-landareen % 90aren ugalketarako eta gure laboreen heren baten ugalketarako. Polinizatzaileen populazioen beherakadak arriskua ekar dezake labore horien ekoizpenerako, eta horrek autoernaltzeko gai diren barietate berriak garatzeko beharra areagotzen du. Hala ere, autoernaltzeko gaitasuna sustatzen duten ezaugarriak gutxi aztertu dira. Ikerketa honek baba zabaletan autoernalkortasunarekin lotutako lore-ezaugarriak aurkitzea du helburu, etorkizunean hazkuntza-programak bizkortuko dituzten hautagai-geneen azterketak egiteko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/191669fb-76d3-41eb-af6f-1929fce9f2f6</t>
   </si>
   <si>
-    <t>Andaluzian egindako Triticale barietate berrien entsegu-emaitzak. 2015/2016 kanpaina</t>
-[...26 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4b873bb-cb2f-46d2-813c-ed87e00bb7bb</t>
+    <t>Andaluziako baba zabalen ekotipoak. 2021/2022 uzta denboraldia.</t>
+  </si>
+  <si>
+    <t>IFAPAk Andaluziako baba zabalen ekotipoen bilduma baliotsua gordetzen du. Haien erabilera sustatzeko helburuarekin, hainbat analisi esperimental egin dira haien portaera agronomikoa eta ingurune espezifikoetara egokitzea ulertzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e877d4ee-c162-43d4-8892-29677bf4a329</t>
+  </si>
+  <si>
+    <t>Produktu fitosanitarioen aplikazioa pilotu aplikatzaile mailan: Prestakuntzaren edukiaren eguneraketa</t>
+  </si>
+  <si>
+    <t>Edukien taula: 1. unitatea: Landareen babesaren alderdi orokorrak; 2. unitatea: Produktu fitosanitarioak: sailkapena eta ezaugarriak; 3. unitatea: Produktu fitosanitarioen formulazioak: izaera eta ezaugarriak. 4. unitatea: Ingurumen-arriskuak, honako hauetatik eratorritakoak:</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3544a1c5-6883-4026-943a-eb8e6223b899</t>
+  </si>
+  <si>
+    <t>Andaluzian gari gogorraren eta bigunaren fungiziden eraginkortasunaren ebaluazioa. 2014-2015eko uzta denboraldia.</t>
+  </si>
+  <si>
+    <t>Durum eta ogi-garian onddoen gaixotasunak kontrolatzeko hurrengo belaunaldiko fungizidak erabiltzearen eraginkortasunaren ebaluazioari buruzko informazio eguneratua, kostu-eraginkortasun eta ingurumen-iraunkortasun irizpideak kontuan hartuta. Argitalpen honek 2014/2015eko uzta-urtean egindako proben emaitzak aurkezten ditu. Uzta-urte bakarreko emaitzak dira, eta proiektua aurrera doan heinean, datu berriak lortuko dira, teknikariei eta nekazariei informazio osoagoa emanez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dc757c9a-196b-4dab-b462-2dc8d6da00ca</t>
+  </si>
+  <si>
+    <t>Andaluzian egindako olo-barietate berrien entsegu-emaitzak. 2015/2016 uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Andaluzian dauden olo-barietate berriei, haien errendimendu agronomiko eta produktiboari eta Andaluziako ekoizpen-eremu nagusietako kalitate-parametroei buruzko informazio eguneratua. Dokumentuaren ikuspegi orokor azkar batek orientabideak emango ditu landatuko den olo-barietateari buruzko erabaki egokiak eta garaiz hartzeko, lurzoru motaren, klimaren eta baserriaren ezaugarrien arabera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b302728d-8cfb-40c0-9d4f-4357c97307e4</t>
+  </si>
+  <si>
+    <t>Garagar barietate berrien entseguak Andaluzian. 2015/2016 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Andaluziako garagar barietate berriei, haien errendimendu agronomiko eta produktiboari eta Andaluziako ekoizpen-eremu nagusietako kalitate-parametroei buruzko informazio eguneratua. Dokumentuaren ikuspegi orokor azkar batek orientabideak emango ditu landatuko den garagar barietateari buruzko erabaki egokiak eta garaiz hartzeko, lurzoru motaren, klimaren eta baserriaren ezaugarrien arabera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14deffe6-29af-4126-8eb1-6d5f22ad3a23</t>
   </si>
   <si>
     <t>Garagar, olo eta tritiklien barietate berrien entsegu-emaitzak Andaluzian. 2014/2015 uzta-urtea.</t>
   </si>
   <si>
     <t>Andaluzian garagar, olo eta tritikale barietate berriei buruzko informazio eguneratua, baita Andaluziako ekoizpen-eremu nagusietan duten errendimendu agronomiko eta produktiboa eta kalitate-parametroak ere. Dokumentuaren ikuspegi orokor azkar batek orientabideak emango ditu garagar, olo edo tritikale barietateari buruzko erabaki egokiak eta garaiz hartzeko, lurzoru motaren, klimaren eta baserriaren ezaugarrien arabera.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cb310841-88c9-47e2-aa6e-29a15398f390</t>
   </si>
   <si>
-    <t>Andaluzian egindako olo-barietate berrien entsegu-emaitzak. 2015/2016 uzta-denboraldia</t>
-[...43 lines deleted...]
-  <si>
     <t>Andaluzian gari arruntaren aldaera berrien entsegu-emaitzak. 2015/2016 uzta-denboraldia</t>
   </si>
   <si>
     <t>Andaluzian dauden gari bigun barietate berriei, haien errendimendu agronomiko eta produktiboari eta Andaluziako ekoizpen-eremu nagusietako kalitate-parametroei buruzko informazio eguneratua. Dokumentuaren ikuspegi orokor azkar batek orientabideak emango ditu landatuko den gari bigun barietateari buruzko erabaki egokiak eta garaiz hartzeko, lurzoru motaren, klimaren eta baserriaren ezaugarrien arabera.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b6c4bc7e-44f7-4f64-ba33-62c991ebccc7</t>
   </si>
   <si>
     <t>Andaluzian gari arruntaren aldaera berriekin egindako entsegu-emaitzak. 2014/2015eko uzta-denboraldia.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/406bd0c5-bf48-4361-b82e-9f82843debf3</t>
   </si>
   <si>
+    <t>Andaluzian Triticale barietate berriekin egindako entsegu-emaitzak. 2019/2020 uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Merkatuan abian jartzen diren tritikale barietate berriak ebaluatu eta karakterizatu behar dira etengabe, ekoizpen sektoreari aholku egokiak emateko eta, horrela, haren profesionalizazio handiagoa eragiteko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e2316820-18b3-4bff-badf-a533a893b83b</t>
+  </si>
+  <si>
     <t>Olibondo-ekoizleen lehentasunak agroingurumen-programei dagokienez.</t>
   </si>
   <si>
     <t>Ingurumen- eta nekazaritza-politikari buruzko erabakiak hartzen laguntzeko analisi bat behar da. Ikerketa honek Andaluziako olibondo-ekoizleen lehentasunak aztertzen ditu politika honi dagokionez, batez ere interes ekologikoko eremuak (IFE) eta ingurumen-jardunbideak hartzeari dagokionez. Emaitzek erakusten dute lehentasun horiek aldatu egiten direla olibondo-soro sistemaren arabera. Horrela, landa-eremuan lehorreko olibondo-soroak dituzten nekazariek nahiago dute ez parte hartu lantzea baimenduta ez dagoen landare-estaldura barne hartzen duten programetan. Ureztatutako landa-eremua dutenek prestago daude parte hartzeko, nahiz eta landare-estaldura moderatua eskatzen duen eta IEFren gutxieneko eskakizuna betetzea ez den eskatzen aukera nahiago duten. Bien bitartean, mendikoek IEF programa zorrotzenean parte hartzea nahiago dute, ziurrenik haren eskakizunak hobeto bete ditzaketelako eta ordainketa handiagoa merezi duelako.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/477415d5-55e0-4e40-b53f-bb71c48f4db3</t>
   </si>
   <si>
+    <t>Verticillium dahliae-k kutsatutako urarekin olibondoen ureztatzea.</t>
+  </si>
+  <si>
+    <t>Verticillium dahliae-ren foliazio-defoliatzaile patotipoaren inokulu mota eta kontzentrazioa ureztatzean, olibondoaren sustraien zauriak eta ureztatze-kanpainen kopurua bezalako faktoreak kontuan hartzen dira 'Picual' barietatearen Verticillium-en ihartzean eta onddoaren lurzoruko inokulu hondarraren dentsitatean duten eraginari dagokionez. Aipatutako faktore guztiek eragin handiagoa edo txikiagoa izan zuten gaixotasunaren garapenean. Inokulu-kontzentrazioaren eta zuhaitzaren sustraien zaurien efektu konbinatuak beharrezkoak izan ziren epidemiak garatzeko ur kutsatuaren ureztatzean.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/97e9d731-a926-4001-94fb-6d02b214390f</t>
+  </si>
+  <si>
+    <t>Txitxirioen dosi eta landaketa-data desberdinei buruzko ikerketa Kordobako landa-eremuan</t>
+  </si>
+  <si>
+    <t>Ereiteko data eta tasa uzta handiagoak lortzeko kontuan hartu beharreko bi parametro dira. Ikerketa honen helburua amorruarekiko erresistentzia duten txitxirio-lerroen egokitzapena ebaluatzea izan zen, bi ereiteko data (abendua eta urtarrila) eta bi dosi (24 landare/m² eta 17 landare/m²) kontuan hartuta. Bi ereiteko datak eta dosiak lau denboraldi agronomikotan ebaluatu ondoren, ikusi zen bi ereiteko datek eta dosiek ez dutela haziaren tamainan eragiten. Hala ere, ereiteko datak eragina du labore-zikloan, abenduan luzeagoa baita. Errendimenduari dagokionez, 24 hazi/m²-ko dosia 17 hazi/m²-ko dosia baino hobea izan zen bi ereiteko datetan. Ereiteko datei dagokienez, ez zen alde nabarmenik ikusi lehenengo bi denboraldietan. Beraz, dosirik altuena erabiltzea gomendatzen da, urtarrileko ereiteko data barne. Horri esker, nekazariak zeregin gehigarri batzuk egin ahal izango lituzke eta, horrela, belar txarrez garbitu, txitxirioei eragiten dien arazoa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bc799465-2d98-417d-9d18-fa91b44e7305</t>
+  </si>
+  <si>
     <t>Drosophila suzukii (Matsumura, 1931) marrubi gainean: Kalteen gida bisuala</t>
   </si>
   <si>
     <t>D. suzukii-k marrubietan eragindako kalteen irudiekin egindako gida</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8ef4866c-0523-44b6-8c4f-6fe2933850ae</t>
   </si>
   <si>
     <t>Industriarako tomateen ureztapen ongarritua planifikatzeko gida</t>
   </si>
   <si>
     <t>Tomateak industria-laboreetan ongarritzeko gida, tomate-ekoizpen integraturako araudian ezarritako muga kontuan hartuta. Gida honek ez du kontuan hartzen lurzorutik edo ureztatzeko uretatik datozen mantenugaien ekarpena, beraz, haren erabilera egokitu egin behar da, sarrera horiek murriztuz eta landareen nutrizio-egoera hosto-analisi bidez kontrolatuz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a55ecf23-825e-4a2b-b445-c2352bf18f54</t>
   </si>
   <si>
+    <t>Ureztatze-maiztasunaren eragina ureztatze-eraginkortasunean eta marrubi-laborearen ekoizpenean</t>
+  </si>
+  <si>
+    <t>Duela gutxi arte, ziurgabetasun handia egon da ureztatze-pultsuen iraupenak eta kopuruak Huelvako probintzian ureztatze-eraginkortasunean eta marrubi-laborearen ekoizpenean duten eraginari buruz. Dokumentu honek Almonteko TM-n kokatutako ustiategi komertzial batean helburu horretarako egindako ikerketa baten emaitzak aurkezten ditu, 5, 10 eta 15 minutuko ureztatze-pultsuak aplikatuz. Datu meteorologikoetan, labore-koefizienteetan eta lurzoruaren hezetasunaren monitorizazioan oinarritutako ureztatze-egutegi bat erabili zen.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/55df7aa9-dc4b-4764-a832-fec8c1dc6ca3</t>
+  </si>
+  <si>
+    <t>Klima beroetan hazitako mahatsetan ardoaren azpiproduktuen erauzkinak hostoetan aplikatzea: hasierako emaitzak</t>
+  </si>
+  <si>
+    <t>Gaur egun, nekazaritza sektorearen eskaerak klima epeletan bezalako baldintza desegokietan hazitako laboreak babesteko edo suspertzeko substantzia aktibo ez-toxikoak, naturalak eta erabilgarriak bilatzea dira. Espainia da munduko liderra landutako mahasti kopuruari dagokionez. Sortzen diren ardogintzako hondakinak askotan botatzen dira, beraz, ingurumen-inpaktua murrizteko berrerabiltzea balio erantsia izango litzateke. Ikerketa honen helburua ardoaren azpiproduktuen laburpenen hosto bidezko aplikazioak klima epeletako mahats-laborantzan duen eragina ebaluatzea da, mahatsaren eta horietatik lortutako ardoen kalitatea hobetzeko asmoz. Horretarako, zurtoin, pats eta hondar-laburpenen hosto bidezko aplikazioa probatu zen benetako garaian 2020 eta 2022 artean, laburpenik gabeko kontrol batekin alderatuta, Tempranillo eta Palomino Fino mahatsetan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/471ef3e7-80d8-4f01-a949-5eaa16621130</t>
+  </si>
+  <si>
+    <t>Gazta prozesatu zabalgarria egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Gaur egun, produktu berrien kontsumitzaileen eskaria gero eta handiagoa dela eta, esneki sektorearen garapenerako ikerketak bultzatzen ari dira, esnekien dibertsifikazioa handitzeko helburuarekin. Baliabideen optimizazioa bilatzeaz gain, zabaltzeko gazta prozesatuaren ekoizpena sortzen ari da. Gazta hau gazta mota desberdinak konbinatuz egiten da, kalitate bermatuko azken produktua lortzeko. Lan honek oinarrizko gomendioak ezartzen ditu ekoizpenaren etapa desberdinetan, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/31c78d9c-d4c9-4689-8a01-38c5bf59b051</t>
+  </si>
+  <si>
     <t>Zitrikoen izurrite berriak</t>
   </si>
   <si>
     <t>Gaur egun, oraindik ere badaude munduko beste eskualde batzuetan zitrikoen izurrite garrantzitsu gisa jokatzen duten artropodo espezieak, baina ez daude gure hazkuntza-eremuan. Organismo hauek gure Autonomia Erkidegoan sartzeak mehatxu fitosanitario larria dakar gure landaketentzat, ez bakarrik eragiten dituzten kalte zuzenengatik, baita gure zitrikoen merkaturatzea mugatu dezaketelako ere. Egoera hau ikusita, oso garrantzitsua da organismo exotiko kaltegarri hauek goiz detektatzeko mekanismo bat ezartzea. Horretarako, Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiak (Nekazaritza, Arrantza eta Landa Garapen Ministerioa, Andaluziako Gobernua) duela gutxi garatu du "Zitrikoen Andaluziako Zaintza Fitosanitarioaren Plana". Dokumentu honek laburki aurkezten ditu bertan jasotzen diren izurrite eta gaixotasun berriei buruzko datu garrantzitsuenak.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/68265e68-39f4-47d6-a6c9-4ed356bcf025</t>
   </si>
   <si>
-    <t>Gazta prozesatu zabalgarria egiteko gomendioak</t>
-[...52 lines deleted...]
-  <si>
     <t>Potasioaren biofortifikazioaren efektuak uzta eta uzta osteko ekoizpenean eta gerezi tomateen kalitatean hozkailuan gorde ondoren</t>
   </si>
   <si>
     <t>Ikerketa honen helburua KCl moduan potasio dosi desberdinekin biofortifikazio programa batek gerezi tomateen ekoizpenean, fruituaren kalitatean, heltze abiaduran eta hozkailuan duen eragina ebaluatzea da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b3e64622-428e-40d2-8707-a90ffe71d094</t>
   </si>
   <si>
+    <t>Almerian negutegiko barazkietan produktu fitosanitarioak aplikatzeko ekipoak ikuskatzeko eta mantentzeko gomendioak</t>
+  </si>
+  <si>
+    <t>Ikerketa honek Almeríako probintziako negutegi-eremu nagusietan pestizidak aplikatzeko ekipoen funtzionamendu, ikuskapen eta mantentze egokirako gomendioak proposatzea du helburu. Hemen aurkezten diren emaitzak Bajo Andarax eta Campo de Dalías eskualdeetan aplikazio-ekipoen egoera zehazteko egindako inkestak dira.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c199498c-ae6f-4870-be59-2528fccb1975</t>
+  </si>
+  <si>
     <t>Lehorreko belar-laboreen biodibertsitatea handitzea ertz multifuntzionalen ezarpenaren bidez</t>
   </si>
   <si>
     <t>Sevillako landa-eremuko lau baserritan biodibertsitatean duen eraginari buruzko ikerketa bat, non lau motatako ertz multifuntzional ezarri diren zereal-ekilore-lekale txandaketak dituzten baserrietan Guadalquivir Beheko haranean. Arreta berezia jartzen zaio lurzoruko artropodoen faunari eta polinizatzaileei. Landare-espezieen ezarpenaren alderdiak ere kontrolatu dira, ereiteko tasekin eta nahi ez den flora agertzean duten eraginarekin lotuta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bda26a4c-30b6-4804-9201-12aa51d0c344</t>
   </si>
   <si>
+    <t>Andaluzian baba zabalen hobekuntza programetarako germoplasma berria.</t>
+  </si>
+  <si>
+    <t>Europak landare-oinarritutako proteinak ekoizteko erronka etengabeari aurre egin behar dio. Babak hautagai bikainak dira, baina garapen gehiago behar dute, ezaugarri agronomiko eta egokitzapen desberdinak izanik herrialde eta eskualde agroklimatiko desberdinetara. Europako EUCLEG proiektuaren esparruan, 400 baba-eskualderen bilduma bat ebaluatu da mundu osoan, eta informazioa eman da honako hauei buruz: pasaporteko datuak, loreen kolorea, hazien kolorea, talde botanikoa (major, equina, minor, paucijuga), landarearen altuera, alearen pisua eta gure baldintza agroekologikoetan izan dezakeen etekin potentziala. Emaitza hauek IFAPA Lekaleen Germoplasma Bankuaren dibertsitate genetikoa handituko dute eta gure baldintzetara egokitutako material berriak identifikatuko dituzte Andaluzian martxan dauden hazkuntza-programetan erabiltzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6d5b0f99-6414-4f75-813b-0ba6a3245c3b</t>
+  </si>
+  <si>
     <t>Andaluzian gari bigun barietate berrien proben emaitzak, 2018/2019 kanpaina</t>
   </si>
   <si>
     <t>Zereal-ekoizpena hobetu beharra dago elikagaien eskaria gero eta handiagoari erantzuteko. 2050erako, ekoizpena % 60 handituko dela kalkulatzen da. Zerealak —artoa, arroza eta garia— gizakien kaloria guztien % 42,5 dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b360fbe1-e7b1-4a78-907b-d8e6a4e50ae1</t>
   </si>
   <si>
     <t>Andaluzian 2018/2019 kanpainan egindako durum gari barietate berrien proben emaitzak</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c08333e-275e-4303-9b6a-4f6edf96f185</t>
   </si>
   <si>
-    <t>Almerian negutegiko barazkietan produktu fitosanitarioak aplikatzeko ekipoak ikuskatzeko eta mantentzeko gomendioak</t>
-[...16 lines deleted...]
-  <si>
     <t>Alpapa barietate komertzialen ebaluazioaren emaitzen aurrerapena. 2016/2017 uzta denboraldia</t>
   </si>
   <si>
     <t>Nekazariek bazka gisa erabiltzeko alpapa (Medicago sativa) barietate komertzial ugari dituzte eskuragarri. Ekoizpen-ingurune jakin baterako zein barietate edo barietate diren egokienak zehazteko, barietateen ebaluazio-probak egin behar dira. Ikerketa honen helburua alpapa barietate komertzial talde baten bazka berdearen errendimendua ingurune jakin batean ebaluatzen duen lehen kanpainaren emaitzak aurkeztea da. Dagokion emaitzak ondorengo kanpainetan gehituko dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40eed973-9d4b-467f-8b53-7c917c88d481</t>
   </si>
   <si>
+    <t>Scirtothrips aurantii Andaluzian zitrikoetan: Aitortza, biologia, kudeaketa eta kontrol estrategiak</t>
+  </si>
+  <si>
+    <t>Material hau Scirtothrips aurantii izurritearen ikuspegi zehatza emateko garatu da. Bere banaketa geografikoa, bizi-zikloa, detekzio eta jarraipen metodoak eta egungo kudeaketa integratuko estrategiak bezalako alderdiak biltzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ec105aa5-6d9e-475b-9133-a5f99858244b</t>
+  </si>
+  <si>
     <t>Kalitate Ziurtatuko Oliba Olioen Ezagutza, Kontsumoa eta Kontsumitzaileen Lehentasunak</t>
   </si>
   <si>
     <t>Lan honek Andaluzian ziurtagiridun kalitateko oliba-olioen eskaria aztertzen du, Andaluziako kontsumitzaileentzat eskuragarri dauden Kalitate Ziurtatutako Sistema desberdinetan arreta jarriz: ekoizpen integratua, nekazaritza ekologikoa, karbono-aztarna, prezio justua, ISO 9001, ISO 14001, Globalgap, besteak beste. Helburua Andaluziako oliba-olio kontsumitzaileen artean kalitate-atributu eta KZ desberdinengatik ordaintzeko prestutasun maila, kontsumoa eta ordaintzeko borondatea zehaztea da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f18089d2-2d62-45a0-a92c-6da8c5f3036b</t>
   </si>
   <si>
+    <t>Macrophomina phaseolina-ren kontrol biologikoa marrubi-laboreetan landa-baldintzetan</t>
+  </si>
+  <si>
+    <t>Lan hau aurreko ikerketen jarraipena da, non egileek hainbat bakterio isolaturen eraginkortasuna probatu zuten Macrophomina phaseolina onddoaren biokontrolean in vitro, negutegi eta landa-baldintzetan. Ikerketa hauetan, Hvs8 izeneko bakterioa hautatu zen landa-baldintzetan biokontrol agente potentzial gisa. Ikerketa honek bi kanpaina jarrairen landa-emaitzak aurkezten ditu, proposamen hau babesten duten emaitzekin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/48d04121-a9db-4a42-abf3-76be2d863150</t>
+  </si>
+  <si>
+    <t>Bakterioen erabilera Esparagus Fusarium Wilt-en biokontrolean</t>
+  </si>
+  <si>
+    <t>Artikulu honek Fusarium oxysporum, F. solani eta F. proliferatum onddo patogenoen biokontrolerako bakterioak zainzurien landareetan aplikatzearen eraginaren ikerketa bat aurkezten du. Ikerketak Grande barietatearekin egin ziren Alcalá del Ríoko (Sevilla) IFAPA Las Torres y Tomejil Zentroan. Emaitzek tratamendu hauen eraginkortasuna erakusten dute eta aukera irekitzen dute produktu kimiko sintetikoak ordezkatzeko nekazaritza-testuinguru jasangarri batean erabiltzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/604eb087-43c4-4241-8ef2-e5e5446aa00f</t>
+  </si>
+  <si>
+    <t>Nekazaritzan ur baliabideen kudeaketarako infragorri termografia</t>
+  </si>
+  <si>
+    <t>Artikulu honek infragorri termografiaren oinarri teknikoaren berrikuspen orokorra aurkezten du, baita bere potentziala, aplikagarritasuna, abantailak eta desabantailak ere, ur baliabideen kudeaketarako eta laboreen ur egoera estres egoeretan monitorizatzeko erabiltzen denean.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51277665-b330-405b-accc-5b87e3869c5f</t>
+  </si>
+  <si>
     <t>Txitxirioen estaldura-aldakortasuna</t>
   </si>
   <si>
     <t>Ikerketa honen helburua 21 txitxirio ekotiporen bilduma batean landaretza berdearen aldakortasuna dagoen zehaztea izan zen. Esperimentua El Carpio udalerriko (Kordoba) baserri batean egin zen, 2021/2022 nekazaritza denboraldian. Saiakuntzaren diseinu estatistikoa hiru errepikapeneko bloke ausazkoetan egin zen. Estalduraren ehunekoa metro koadro bateko lursail batean kalkulatu zen zazpi data ezberdinetan, horrela balio absolutuak eta ezaugarriaren bilakaera lortuz. Hau GoPro kamera bat eta Canopeo irudiak prozesatzeko softwarea erabiliz zehaztu zen. Emaitzek aztertutako populazioaren barruan estalduraren ezaugarriaren aldakortasuna erakusten dute, ehuneko handiena duten ekotipoak identifikatu eta hautatzea ahalbidetuz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7fa59432-937c-49c2-b80d-718e0fb08f07</t>
   </si>
   <si>
-    <t>Nekazaritzan ur baliabideen kudeaketarako infragorri termografia</t>
-[...34 lines deleted...]
-  <si>
     <t>Marrubi-akenioak antioxidatzaileen iturri gisa eta hazkuntza-programetan duten erabilera potentziala</t>
   </si>
   <si>
     <t>Dokumentu honek marrubietan dauden antioxidatzaileen edukiaren ezagutza, fruituaren atal desberdinetan duten banaketa eta informazio horren erabilera posiblea jorratzen ditu hobekuntza genetikoko programetan.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/32916c44-a20b-46c1-b250-9c66f4368d96</t>
   </si>
   <si>
     <t>Andaluziako olibondo-soroen eraldaketa digitalerako ezagutza-transferentzia sarea</t>
   </si>
   <si>
     <t>Ikerketa honek Andaluziako oliba sektorearen eraldaketa digitalerako ezagutza transferentzia sarea aztertzen du, Sare Sozialen Analisia (SNA) metodologia erabiliz. Horri esker, inplikatutako agenteen garrantzia eta posizioa, haien arteko harremanen esanahia eta intentsitatea zehaz ditzakegu, baita osatzen duten sarearen egitura deskribatu ere, haien egungo egoera eta funtzionamendua ulertzeko eta haren funtzionamendu eraginkorragoa errazten duten lerro estrategikoak proposatzeko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5e31a6c-6310-4331-a770-91f8f29988d4</t>
   </si>
   <si>
     <t>Prestakuntza eskuliburua: Olibondoen inausketa</t>
   </si>
   <si>
     <t>Olibondoen inausketari eskainitako eskuliburu honek olibondoen laborantza teknika honekin lotutako alderdiak jorratzen ditu, praktika honen kudeaketa optimoa lortzeko beharrezkoak diren erabakiak hartzen olibondo-hazleak trebatzeko helburuarekin. Edukien taula: 1. unitatea: Olibondoen inausketaren alderdi orokorrak; 2. unitatea: Olibondo-sastraken inausketa; 3. unitatea: Olibondo-heskaien inausketa. Eskuliburu hau ikastaroetako ikasleentzat tresna erabilgarria izatea espero dugu, haien ikaskuntza-prozesua erraztuz. Lan honetan esperientzia zabala eskaini duen pertsona-talde baten lanaren emaitza da, eta sektoreko prestakuntza hobetzen laguntzen badu, asko sarituko dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5778c9f-41bd-4ec1-a1c7-2331a3215933</t>
   </si>
   <si>
     <t>Mediterraneoko landareak, zeinen kontsumoak ugalketa arazoak sor ditzakeen hausnarkari txikietan</t>
   </si>
   <si>
     <t>Material honek Andaluzian ohikoenak diren Mediterraneoko landareen laburpena eskaintzen du, hausnarkari txikien ugalketan eragina izan dezaketenak. Haien identifikazioa errazteko, abeltzaintzako prebentzio neurriak proposatzen dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/85716fe9-b69a-4694-b609-5a6ed293ce5d</t>
   </si>
   <si>
+    <t>Lekaleen landare-baliabide genetikoak Vicia faba bilduma nuklearra: pasaporte-datuak</t>
+  </si>
+  <si>
+    <t>Dokumentu honek IFAPA Lekaleen Germoplasma Bankuko Vicia faba Oinarrizko Bildumako sarrera desberdinen pasaporte-datuak aurkezten ditu. Helburua germoplasma honen informazioa ematea da hazkuntza-talde publiko eta pribatuei.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d4dc9cf4-b88c-42f7-b0a2-4b81212ad647</t>
+  </si>
+  <si>
+    <t>Hazkuntza sustatzen duten bakterioen erabilera marrubi-hazkuntzan produktu sintetikoen erabileraren ordezko gisa</t>
+  </si>
+  <si>
+    <t>Dokumentu honek PGP bakterioak marrubi landareetan aplikatzearen ondorioen azterketa bat aurkezten du, helburu bikoitzarekin: lehenik, sustraien garapena eta, beraz, landareen hazkundea handitzea auxina ekoizten duten bakterioak erabiliz, eta bigarrenik, M. phaseolina onddo patogenoari aurre egitea, bakterioak biokontrol gisa erabiliz. Ikerketak Candonga eta Camarosa barietateetan egin ziren IFAPA Las Torres y Tomejil Zentroan, Alcalá del Ríon (Sevilla). Emaitzek tratamendu hauen eraginkortasuna erakusten dute eta nekazaritza jasangarriaren testuinguruan produktu sintetikoen ordezko gisa erabiltzeko aukera irekitzen dute.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/301846d1-fae6-4637-8e60-5a5371c3d081</t>
+  </si>
+  <si>
+    <t>Huelvako marrubi-laborantzan barietateen banaketaren estimazioa - 2020/2021 kanpaina</t>
+  </si>
+  <si>
+    <t>Dokumentu honek Huelvako probintziako marrubi-laboreen barietate-konposizioaren estimazioa aurkezten du, 2020-2021 uzta-urte honetan, ekoizpenean dauden barietate bakoitzeko landareen ehuneko gisa adierazita. Hazkuntza-programa nagusien parte-hartzea ere erakusten du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/70822b55-2cac-41d5-ba25-95aede7852bd</t>
+  </si>
+  <si>
     <t>Huelvan marrubi-laborantzan barietateen banaketaren estimazioa - 2021-2022 kanpaina</t>
   </si>
   <si>
     <t>Dokumentu honek Huelvako probintziako marrubi-laboreen barietate-konposizioaren estimazioa aurkezten du, 2021-2022 denboraldi honetan, ekoizpenean jarritako barietate bakoitzeko landareen ehuneko gisa adierazita. Hazkuntza-programa nagusien parte-hartzea ere erakusten du. IFAPA Marrubi Taldeak egindako lan hau batez ere hazkuntza-enpresek edo programa desberdinen pean lizentzia duten enpresek emandako informazioan oinarritzen da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43f4f44f-f701-44f6-b1a4-2e4c229eb8cd</t>
   </si>
   <si>
+    <t>Payoya arrazaren hobekuntza genetikorako jarduerak. 2014ko kanpaina.</t>
+  </si>
+  <si>
+    <t>Dokumentu honek IFAPA Hinojosa del Duque esperma bilketa zentroak 2014an zehar egindako jardueren txostena aurkezten du, Payoya Ahuntz Hazleen Elkartearekin (ACAPA) egindako ikerketa-kontratu baten bidez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/44ab38bc-3759-42d0-a93d-4ec57798ea58</t>
+  </si>
+  <si>
     <t>Marrubi Ama Landareak Lortzeko Prozesua</t>
   </si>
   <si>
     <t>Dokumentu honek hasierako marrubi ama landareak lortzeko prozesua deskribatzen du, eta prozesu horietatik, eta Fruta Haztegietako Landareen Kontrol eta Ziurtapenerako Erregelamendu Teknikoan (1995eko ekainaren 9ko 929/95 Errege Dekretua) deskribatutako prozesuaren arabera, gure herrialdean fruta ekoizteko ziurtatutako marrubi landareak lortzen dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5b17c75a-5046-4d5e-b6c3-612a1ef6e266</t>
   </si>
   <si>
+    <t>Hiru masusta barietateren (Rubus fruticosus) negutegietan lantzea</t>
+  </si>
+  <si>
+    <t>Dokumentu honek hiru masusta (Rubus fruticosus) barietateren negutegiko laborantzan egindako saiakuntza esperimentalaren emaitzak aurkezten ditu, ohiko baratzezaintzako laboreen alternatiba gisa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/018f1ec0-a3d6-499a-8e89-2e7a366cd3eb</t>
+  </si>
+  <si>
     <t>Ultrasoinuak ugalketa-kudeaketan hausnarkari txikien ustiategietan</t>
   </si>
   <si>
     <t>Dokumentu honek hausnarkari txikien ustiategien ugalketa-kudeaketan ultrasoinuak erabiltzearen abantailak eta desabantailak aztertzea du helburu, IFAPAk Ardien RAEAren bidez duen esperientzian oinarrituta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d7b6c0f8-232e-4264-8136-b8644fd1d4eb</t>
   </si>
   <si>
-    <t>Lekaleen landare-baliabide genetikoak Vicia faba bilduma nuklearra: pasaporte-datuak</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/70822b55-2cac-41d5-ba25-95aede7852bd</t>
+    <t>Produktu fitosanitarioen aplikazioa. Fumigatzaile maila. 2020ko edizioa.</t>
+  </si>
+  <si>
+    <t>Fitosanitario Produktuak Fumigatzaile Mailan Aplikatzeko Eskuliburuaren bigarren edizio honek 2017an argitaratutakoarekin alderatuta, edukia eta hitzak aldatu ditu, bai erakunde akreditatuek bai IFAPAk ematen duten prestakuntzaren kalitatea eguneratu eta hobetzeko helburuarekin. 1. unitatea: Fitosanitario Arazoak; 2. unitatea: Fumiganteen Ezaugarriak, Moduak eta Ekintza Espektroa; 3. unitatea: Fumiganteen Aplikazioa: Plangintza eta Kontuan Hartu Beharreko Alderdiak; 4. unitatea: Fumigazio Teknikak eta Ekipamendua; 5. unitatea: Aplikazio Ekipamenduen Mantentze-lanak, Erregulazioa, Kalibrazioa, Berrikuspena eta Ikuskapena; 6. unitatea: Fumigazio Praktika. Kasu Azterketa Ariketak; 7. unitatea: Nekazaritzako Lurzoruak Desinfektatzeko Alternatiba Ez-kimikoak; 8. unitatea: Fumigante Produktuak. Etiketak eta Segurtasun Datuen Fitxak; 9. unitatea: Gas Detektagailuak, Maskarak, Iragazkiak eta Beste Segurtasun Elementu Batzuk. Segurtasun Elementuen eta Ekipamenduen Mantentze-lanak; 10. unitatea: Osasun Arrisku eta Arrisku Espezifikoak...</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/322d5de5-c1b3-48ba-817d-c4c9355cf16f</t>
+  </si>
+  <si>
+    <t>Ardi Gazta Prentsatua Egiteko Gomendioak</t>
+  </si>
+  <si>
+    <t>Gazta mota hau Mantxako Gaztelako eskualdean du jatorria, ardi-talde transhumanteen helmuga nagusia dena. Eremu hau neguan eta udaberrian bazkatzeko erabiltzen da, jezteko garaiak ohikoenak direnean, esne-ekoizpen handiena eta, beraz, gazta egiteko garairik ohikoena denean. Bertako ardi-arraza nagusia Mantxakoa da, bere gogortasun handiagatik eta eskualdeko tenperatura muturrekoei aurre egiteko gai dena. Lan honek oinarrizko gomendioak ezartzen ditu ekoizpen-etapa desberdinetan, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/605c5341-361a-4813-a190-55b78f08841c</t>
+  </si>
+  <si>
+    <t>Andaluzian nekazaritza-ekoizpena dibertsifikatzeko labore potentzialak</t>
+  </si>
+  <si>
+    <t>Dokumentu honek Andaluzian garapen potentziala duten hainbat labore biltzen ditu, lurzoru eta klima eskakizunen eta merkatu aukeren arabera eskualde jakin batzuetara egokitzeko duten gaitasunagatik. Nazioarteko eskaera duten industria-laboreak, beste eskualde edo herrialde batzuetako giza kontsumorako fresko edo prozesatu diren laboreak, gure eguneroko dietan sartzen ari direnak, eta erabilerarik gabe geratu diren edo gutxiegi erabiltzen diren eta giza kontsumorako nutrizio-balio handia eskaintzen duten laboreak barne hartzen ditu. Labore bakoitzaren egungo egoera aurkezten da, eskain ditzaketen aukera potentzialak, lurzoru eta klima eskakizunak, deskribapen botanikoa eta hazkuntza-baldintza berrietara egokitu behar diren ohiko laborantza-teknikak barne.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/18b6465a-d369-424f-adc1-7f35934ae624</t>
+  </si>
+  <si>
+    <t>Gaztaren Determinazio Analitikoak</t>
+  </si>
+  <si>
+    <t>Dokumentu hau 8. moduluko "Kalitate Kontrola" laborategiko ariketak egiteko irakaskuntza-materiala da, "Gazta Espezialista" Prestakuntza Programari dagokiona. Gazta barietateak hainbat ezaugarri fisiko-kimiko, erreologiko, mikrobiologiko eta sentsorialengatik bereizten dira, eta horiek neurri handi batean haien ekoizpenean erabilitako esnearen kalitatearen araberakoak dira. Gaur egun, Espainian ekoizten diren gazta guztiek 1113/2006 Errege Dekretuan eta 818/2015 Errege Dekretuan ezarritako gazta kalitate-arauaren xedapenak bete behar dituzte, zeinak aurrekoaren I. eta II. eranskinak aldatzen dituen. Araudi-eskakizun horiez gain, gaztak atzerriko merkatuan merkaturatzeko beharrak, tokiko merkatuan beste produktu batzuekiko lehiak eta kontsumitzaileen eskaera berriei erantzuteko gero eta behar handiagoak ekoitzitako produktuen kalitate-kontrola eskatzen dute. Dokumentu honek gaztaren kalitate fisiko-kimikoaren kontrolerako (gantz-edukia, materia lehorra, pH-a eta gatza) analisi-determinazioak deskribatzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/038cf633-8f8b-4692-aad6-45637fcbbede</t>
   </si>
   <si>
     <t>Olibondoen Inausketa: Ekoizpen Inausketa</t>
   </si>
   <si>
     <t>Dokumentu honek olibondo-sailak inausteko praktikei buruzko gomendio sorta bat deskribatzen eta ezartzen du, landaketa ekoizpen-aldira iritsi ondoren egin beharrekoak.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0e496cd1-2448-4898-a1c7-998a71d87a6e</t>
   </si>
   <si>
+    <t>Babestutako baratzezaintzako laboreetan sortzen ari diren eta sortzen ari diren izurrite berriak</t>
+  </si>
+  <si>
+    <t>Dokumentu honek bigarren mailako espezieen eta espezie berrien alderdi orokorrak biltzen ditu, haien biologiari, espezie bakoitzak gehien kaltetzen dituen laboreei, baita eragiten dituzten kalteei eta gaur egun eskuragarri dauden kontrol kimiko eta biologiko neurriei buruzko informazioa emanez ere. Espezie desberdinak erraz identifikatzeko aukera ematen duen argazki-materiala ere badu, baita haien fase desberdinak eta laboreei eragiten dizkieten kalteak ere.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6b2fe5dd-428c-4887-be0a-a488e503a216</t>
+  </si>
+  <si>
+    <t>Amblyseius swriskii pepino-laboreetan kontrol biologikoaren estrategia</t>
+  </si>
+  <si>
+    <t>Dokumentu honek Amblyseius swirskii akaro harrapariak pepino-laboreetan sartzeko estrategia berri bat garatzeko helburu duten saiakuntza-sail baten emaitzak aurkezten ditu. Saiakuntzak definitzen dituzten ildo estrategikoak hauek dira: harrapariaren askapen-tasa murriztea, laborearen hasieratik organismo onuragarriak instalatzea eta Typha latiifolia polena erabiltzea akaroen populazioak aldi baterako mantentzeko elikagai osagarri gisa. Bi saiakuntza egin ziren: bat laborategian eta bestea bi fasetan banatuta: erdi-zelaian eta zelaian. Lehenengoak harrapariarentzako askapen-tasa optimoa zehaztea zuen helburu; bigarrenak tasa horren aplikazioa ebaluatzea zuen helburu erdi-zelaian eta zelaian, baita Typha latiifolia polena ematearen eraginkortasuna ebaluatzea ere, harrapakinen urritasun eta tenperatura baxuen baldintzetan akaroen populazioak mantentzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff3010dc-cf57-4046-957f-b60f86d23a60</t>
+  </si>
+  <si>
     <t>Zitrikoen Superintentsiboko Nekazaritza Sistemaren Gida</t>
   </si>
   <si>
     <t>Dokumentu honek zitrikoen laborantza sistemaren eredu berri bat aurkezten du, Superintentsiboa izenekoa, hau da, indar gutxiko zuhaitzekin egindako dentsitate handiko landaketak, gutxi gorabehera 2.200 landare/hektareakoak, landaketa-marko estuagoak eta inausketa mekanizatuaren bidezko heskaiak eratzea, mahats-biltzaile baten antzera hostoak astintzen dituen gurdi-ekipo batekin uzta mekanizatua lortzeko helburuarekin.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8c7891d0-ab2b-4bff-ab77-aaa9b29c78a4</t>
   </si>
   <si>
-    <t>Gaztaren Determinazio Analitikoak</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff3010dc-cf57-4046-957f-b60f86d23a60</t>
+    <t>Urrutiko detekzioa erabiliz laboreen ur-beharrak kalkulatzea</t>
+  </si>
+  <si>
+    <t>Argitalpen honek laboreen ur-beharrak kalkulatzeko ikuspegi bat deskribatzen du, urrutiko detekzio bidezko informazioa FAOren 56. eskuliburuan jasotako jarraibideetan integratuz. Laborantza-uraren kontsumoaren edo ebapotranspirazioaren (ET) kalkulazio zehatzak ureztatze-sarrerak landareen benetako beharretara egokitzea ahalbidetzen du. Horrek uraren erabilera optimizatuko luke, ureztatzeak ingurumenean duen eragina murriztuz. Dokumentu honek gida gisa balio du eta urratsez urrats azaltzen du ikuspegi hau aplikatzeko kalkulu-prozedura, datuak biltzetik ET kalkulatzeraino, bistaratzeko eta prozesatzeko tresna desberdinak zerrendatuz. Azkenik, nekazaritza- eta landaredi naturaleko eremuetan aplikazio praktikoen hainbat adibide aurkezten dira.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9d8c96ec-5a22-4a55-a4c0-581dada82c13</t>
+  </si>
+  <si>
+    <t>Urruneko detekzioa nekazaritzarako</t>
+  </si>
+  <si>
+    <t>Argitalpen honek nekazaritza sektorean oinarritutako urrutiko detekzioari buruzko oinarrizko kontzeptu sorta bat eskaintzen du. Dokumentuaren atal desberdinek urrutiko sentsoreek emandako datuen oinarrizko ezaugarriak eta bereizmena zehazten dituzte, baita nekazaritza aplikazioetarako gaur egun eskuragarri dauden satelite nagusiak ere. Dokumentuak irudien ezaugarriak ere deskribatzen ditu, erabili aurretiko informazioa prozesatzeari arreta berezia jarriz. Azkenik, sentsoreak nekazaritza arloan erabiltzearen adibide batzuk aurkezten dira, hala nola, laboreen osasunaren jarraipen zehatza, biomasa ekoizpenaren estimazioa eta ur estresaren jarraipena, besteak beste.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bdac6055-21a9-4dd7-8cba-06a3e9d67873</t>
   </si>
   <si>
     <t>Andaluzian egindako olo-barietate berrien entsegu-emaitzak 2019/2020 kanpainan</t>
   </si>
   <si>
     <t>Argitalpen honek interes elementu bat txertatu nahi du nekazarien erabakiak hartzerakoan, barietateen egokitzapenaren eta portaeraren ezagutza funtsezkoa baita uztaren erabileraren arabera zer erein jakiteko. Merkatuan abian jartzen diren olo barietate berriak ebaluatu eta karakterizatzeko etengabeko beharra ezinbestekoa da ekoizpen sektoreari aholku egokiak emateko, eta horrela haren profesionalizazio handiagoa eragiteko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/21c42c4a-83aa-43f1-82a1-13771ee18e14</t>
   </si>
   <si>
-    <t>Urrutiko detekzioa erabiliz laboreen ur-beharrak kalkulatzea</t>
-[...16 lines deleted...]
-  <si>
     <t>Andaluziako oliba-olioaren industrian ISO 9001 arauaren adopzioa eta industria- eta marketin-praktikak</t>
   </si>
   <si>
     <t>Espainia eta Andaluzia dira munduko oliba olio esportatzaile nagusiak, eta azken urteotan hazkunde handia izan dute. Horrek nazioartean aitortutako kalitate estandarren eskaera handitu du, eta garrantzitsuenetako bat ISO 9001 da. Ikerketa honen helburuak hauek dira: Andaluziako oliba olioaren industrian ISO 9001 araua onartzeko eragina izan duten faktoreak definitzea; industriek ISO 9001 araua onartzea industria eta marketin praktika bereizien erabilerarekin lotuta dagoen aztertzea; eta sektorean araua onartzea sustatzeko eta lotutako industria eta marketin praktikak hobetzeko politika publikoak diseinatzeko ezagutza sortzea.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3466a464-29d1-4f3e-a0e7-23aa5cc53186</t>
   </si>
   <si>
+    <t>Almendra mingotsaren detekzioa infragorri hurbileko espektroskopiaren bidez (NIRS)</t>
+  </si>
+  <si>
+    <t>Infragorri Hurbileko Espektroskopia (NIRS) analisi teknika ez-suntsitzailea da, 5 mg/g amigdalina baino gehiago duten almendra mingotsak almendra ez-mingotsetatik bereizteko aukera ematen duena.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/81594322-fb67-4ad4-9289-e7b022528c73</t>
+  </si>
+  <si>
+    <t>Kanpoko sandia hazteko gida</t>
+  </si>
+  <si>
+    <t>Hazkuntza gida honek sandia (Citrullus lanatus) aire zabalean lantzeko metodoari buruzko informazioa ematea du helburu. Laborantza honek munduko barazki-laborantza azaleraren % 9 hartzen du. Andaluzia da eskualde nagusia bai landutako azalerari bai ekoizpenari dagokionez. Dokumentu honek landarearen deskribapen botanikoa, landaketa teknikak, lantzeko baldintzak eta kudeaketa, izurriteak eta gaixotasunak, baita sandia mota eta barietate nagusiak ere eskaintzen ditu. Azkenik, ekoizpen kostuak aurkezten dira, erabilitako ureztatze sistema kontuan hartuta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/10fe84b7-8254-463c-9909-40e9b159cc1c</t>
+  </si>
+  <si>
+    <t>Ekilore Hazteko Gida</t>
+  </si>
+  <si>
+    <t>Laborantza gida honek ekilore landareen garapenari, laborantza tekniken egungo joerei, landaketa metodo eta urtaro desberdinei eta Andaluzian ohikoenak diren gaixotasun eta izurriteei buruzko informazioa ematea du helburu. Dokumentuak azken urteotan arantza-"F" arraza erresistenteak diren barietateen eta herbiziden aurkako material genetiko berriaren entseguetatik lortutako emaitzen informazioa ematen du. Neguan ereindako ekilore-entseguetatik lortutako errendimenduak ere kontsulta daitezke.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c8516ca-e9d5-4783-aec3-34c450712550</t>
+  </si>
+  <si>
     <t>Zalka gozoaren hazkuntza gida</t>
   </si>
   <si>
     <t>Gida honek Lathyrus sativus arrakastaz lantzeko beharrezko informazioa dauka lehorreko baldintzetan, ekoizpen-eredu konbentzionalak, integratuak edo organikoak erabiliz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cfce4075-b1d9-4fc6-ab1c-cc01f8644449</t>
   </si>
   <si>
-    <t>Ekilore Hazteko Gida</t>
-[...25 lines deleted...]
-  <si>
     <t>Belar-laborantza sistema iraunkorrak, euripean ureztatzekoak. 10.1.4 eragiketa</t>
   </si>
   <si>
     <t>"Nekazaritza-Ingurumena eta Klima" Prestakuntza Jardunaldi hau Andaluziako Landa Garapen Programaren (PDRA) 10. Neurrian sartutako eragiketa batzuetan hartutako nekazaritza-ingurumen konpromisoak behar bezala betetzera bideratutako ekintzen parte da. Tailer hauekin lortu nahi den helburua laguntzaren onuradunen gaitasunak hobetzea eta nekazaritza-biztanleria ingurumenaren kontserbazioarekin bateragarriak diren ekoizpen-sistemen erabileran sentsibilizatzea da, baita PDRAri eta sinatutako konpromisoei buruz informatzea ere. Nekazaritza, Arrantza, Elikadura eta Ekoizpen Ekologikoko Ikerketa eta Prestakuntzarako Andaluziako Institutuak (IFAPA) bere helburuen artean nekazaritza, elikadura eta arrantza sektoreetako langileak, teknikariak eta profesionalak prestatzera bideratutako ekintzak diseinatzea eta garatzea du. Eskuliburu hauen garapena IFAPAk garatutako jardueren parte da, ...</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/08bf06d6-20e0-45f5-bd39-0533d1a6861a</t>
   </si>
   <si>
+    <t>Huelvako marrubi-laborantzaren barietateen banaketa. 2017-2018ko uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Dokumentu honek 2017/2018ko uzta denboraldiko barietateen osaera aurkezten du, barietate bakoitzeko landareen ehunekotan adierazita, baita hazkuntza programa bakoitzaren parte-hartzea ere. Lan hau hazkuntza enpresek edo marrubi hazkuntza programa nagusien lizentziadunek emandako informazioan oinarritzen da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/50c3aaf9-4fd3-4bce-9947-ed28ede3aed6</t>
+  </si>
+  <si>
+    <t>Marrubi barietateen banaketa Huelvan. 2018-2019 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Dokumentu honek 2018/2019ko uzta denboraldiko barietateen osaera aurkezten du, barietate bakoitzeko landareen ehunekotan adierazita, baita hazkuntza programa bakoitzaren parte-hartzea ere. Lan hau batez ere hazkuntza enpresek edo marrubi hazkuntza programa nagusien lizentziadunek emandako informazioan oinarritzen da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6dd741e8-f54a-498e-a5a5-aa62dcaaf637</t>
+  </si>
+  <si>
+    <t>Marrubi barietateen ikuspegi orokorra Huelvan. 2012-2015 aldia</t>
+  </si>
+  <si>
+    <t>Txosten tekniko honek azken hiru hazkuntza-denboraldietan (2012-2013, 2013-2014 eta 2014-2015) lortutako informazioa aurkezten du, Huelvan ekoizpenean dauden landareen ehunekoari dagokionez kalkulatutako barietateen banaketari dagokionez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4a000e7f-9bfa-43e2-a774-f69339bccaaa</t>
+  </si>
+  <si>
+    <t>Huelvako marrubi-laborantzaren barietateen banaketa. 2016-2017ko kanpaina</t>
+  </si>
+  <si>
+    <t>Txosten Tekniko honek 2016/2017 uzta denboraldiko barietateen osaera aurkezten du, barietate bakoitzeko landareen ehunekotan adierazita, baita hazkuntza programa bakoitzaren parte-hartzea ere. Lan hau hazkuntza enpresek edo marrubi hazkuntza programa nagusien lizentziadunek emandako informazioan oinarritzen da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/afba06cb-6b01-4756-bce9-13efa5ed31c9</t>
+  </si>
+  <si>
+    <t>Laborantza Sistemaren Eragina Marrubi Barietateetan. 2021/2022 Uzta Denboraldia. II Kalitatea</t>
+  </si>
+  <si>
+    <t>Marrubi-hazkuntza programetan kontuan hartzen diren ezaugarrien artean, laboreen produktibitatearekin lotutakoez gain, kalitate organoleptikoa ematen dutenak daude. Eta kontsumitzaileen artean, zalantzarik gabe, kalitate hori da arreta gehien jasotzen duena. Ikerketa honek hamasei marrubi barietateren kalitate organoleptikoari eta uzta ostekoari buruzko emaitzak aurkezten ditu, hiru laborantza sistemetan probatuak: konbentzionala, lurrik gabekoa eta organikoa, 2021-2022 uzta urtean.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/508613f0-08e0-4496-8d50-b3e8f11cc907</t>
+  </si>
+  <si>
+    <t>Tomateen laborantzan baratzezaintzako hondakin-konpostaren erabileraren ebaluazioa</t>
+  </si>
+  <si>
+    <t>Berotegi-ekoizpen sistemak sortzen dituen eta haren iraunkortasuna mugatu dezaketen arazoen artean, uzta-hondakinen urteko ekoizpen handia (1.751.242 t/urte-1) nabarmentzen da, eta horien metaketak ingurumen-arazo larria osatzen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1fd13a86-6012-41f6-baa6-9e233c1f052a</t>
+  </si>
+  <si>
+    <t>Zitrikoen marra-teknika: oinarriak eta zelaiko praktika</t>
+  </si>
+  <si>
+    <t>Artikulu honen helburua zitrikoen laborantzan urratze teknikaren erabilerak eskaintzen dituen aukerak aurkeztea da, oinarriak eta landan ezartzeko metodo zuzena deskribatzeaz gain.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1561b273-0cbb-4159-ad4c-2ce6236961ed</t>
+  </si>
+  <si>
     <t>`Powell Summer Navel`-en ezarpena eta produktibitatea hobetzea jarduera hormonala duten alga-estraktuak urratuz eta/edo hostoetan aplikatuz</t>
   </si>
   <si>
     <t>Artikulu honen helburua zitrikoen laborantzan teknika eta produktu desberdinen erabilerak eskaintzen duen potentziala aurkeztea da. Ildo horretatik, eta IFAPAren etengabeko ikerketaren barruan, Navel Powell-en fruitu-lorapena hobetzeko birrintzea eta landareen hazkuntza-erregulatzaile naturalen erabilera ebaluatzen duen saiakuntza esperimental baten emaitzak aurkezten ditugu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/928d8a63-0b2f-455f-bd18-dd638bf9e42d</t>
   </si>
   <si>
-    <t>Zitrikoen marra-teknika: oinarriak eta zelaiko praktika</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/afba06cb-6b01-4756-bce9-13efa5ed31c9</t>
+    <t>Andaluziako olibondo-soroa errentagarria al da? Ekoizpen-sistemaren araberako azterketa.</t>
+  </si>
+  <si>
+    <t>Azken hamarkadan, eztabaida bizia izan da Andaluziako olibondo-soroen iraunkortasun ekonomikoari buruz, non mendiko eta sistema tradizionalak intentsiboekin batera bizi diren. Ikerketa honek haien errentagarritasunari buruzko ezagutza handitzen laguntzea du helburu. Horretarako, olibondo-ustiategien inkesta multietapa bat egin zen haien kostuen egitura ezartzeko. Emaitzek erakusten dute oliba-olio kilogramo bat ekoizteko unitate-kostua nabarmen handiagoa dela mendiko eta sistema tradizionaletan intentsiboetan baino. Hainbeste ezen sistema horiek diru-laguntzen menpe daude neurri handi batean, eta hauek finkatu egin dira haien bideragarritasun ekonomikoa bermatzen duten tresna gisa. Olibondo-soroen bihurketa aukera bideragarria da, kokapen jakin batzuetan, eskualdeko administrazioak sustatu dezakeena, nekazariek batera jorratu ahal izan dezaten, ustiategien kudeaketa unitateak sortzea sustatuz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7ca5ff9a-0e6a-46d7-85d0-9c3b56f78ab3</t>
+  </si>
+  <si>
+    <t>Dehesan zuhaitzen birsorkuntza</t>
+  </si>
+  <si>
+    <t>1. unitateak zehatz-mehatz deskribatzen du zuhaitzen eginkizuna sistema honetan, zuhaitzen birsorkuntza naturalaren prozesua azaltzen du, baita dehesan hura sustatzen eta oztopatzen duten faktoreak ere, eta Andaluziako dehesan zuhaitzen birsorkuntzaren egoera ezaugarritzen du. 2. unitateak hasierako egoeraren arabera erabil daitezkeen estrategia batzuk aurkezten ditu, eta haien arrakasta maximizatzeko hartu behar diren neurriak. 3. unitateak landare-formazio hauen kontserbazioa hobetu dezaketen estrategia batzuk aurkezten ditu, jabetzaren beste erabilera batzuekin bateragarria den moduan. Eskuliburua aurkeztutako ezagutza nagusiak finkatzea bilatzen duen ariketa praktiko batekin amaitzen da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/61335217-8519-4e73-83df-b100ad9b0004</t>
+  </si>
+  <si>
+    <t>Centaurea dilutaren aurkako herbizida-emergentzia osteko saiakuntza gari gogorraren landareetan</t>
+  </si>
+  <si>
+    <t>Centaurea dilutaren infestazioak gero eta maizagoak eta esanguratsuagoak dira Andaluziako landa eremuan. Espezie hau Compositae familiakoa da eta Espainiako hegoaldean udazkeneko lehen eurietatik udaberrira arte mailakatutako agerpena izaten du, eta horregatik aurkitzen da alternatiba askotan, ia guztietan. Gainera, azkar hazten da eta landutako landareak gainditzen ditu altueran, 2 m baino gehiagoko altuera lortuz baldintza onetan, oso lehiakorra bihurtuz. Espezie hau argi eta garbi hedatzen ari da gaur egun. Nahiko tolerantea da baimendutako herbizida askorekin. Aurreko urteetan, bi saiakuntza egin ziren aurre-lasterketa herbizidekin, baina arrakasta gutxirekin, produktu onenak duela gutxi kendu baitziren Espainian (Alcántara et al., 2016 eta Saavedra et al., 2017). Hala ere, baimendutako hainbat ondoren-lasterketa herbizidak C. dilutaren aurkako kontrol ona ematen dute.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7448c104-d746-40b8-86bb-797223c47afe</t>
   </si>
   <si>
     <t>Ridolfia segetum eta Centaurea dilutaren aurkako herbizida-saiakera garagarrean</t>
   </si>
   <si>
     <t>Kordobako landa-eremuko baldintzetan, laboreen eta belar txarren garapenerako eguraldi egokia izan zen urte batean, garagarra maltatzekoak oso lehiakorra izan zen belar txarrekin, garia baino gehiago, aurreko entseguetan ikusi zen bezala.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a59defed-a900-4525-9048-b9ffbfb6481c</t>
   </si>
   <si>
+    <t>Sulfonilurearen hondakinek ekiloreari eragindako kalteen ebaluazioa eta ur defizitaren eragina</t>
+  </si>
+  <si>
+    <t>2015eko eta 2016ko udaberrietan, ekilore-laboreetan fitotoxikotasun-kalteak ikusi ziren, aurreko gari-laborean aplikatutako sulfonilurearen herbiziden hondakinei egotzita. Ikerketa honek aurreko ikerketak zabaltzeko saiakuntza berriak proposatzen ditu. Zehazki, lurzoruko ur-eduki txikiagoak herbizidaren eragina areagotzen duen ala ez zehaztea du helburu, lurzoru berean landareak hainbat hazkuntza-ziklo egin ondoren herbizidaren eragina gutxitzen den ala ez, eta sustraien garapena hobeto behatzeko aukera ematen duen ingurune hidroponiko likido batean hazitako landareetan herbizidak eragindako sintomak aztertzea.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0213067d-cb8d-4c1a-827d-e64edab32c4c</t>
+  </si>
+  <si>
+    <t>Andaluzian lehorte-baldintzetan almendra-hazkuntzarako ureztatze-gomendioak</t>
+  </si>
+  <si>
+    <t>Azken urteotan, almendra-laborantza eremu lehor eta emankorretara mugatzetik, nekazaritza-eremu oso emankorretan beste labore tradizionalen alternatiba argi bat bihurtu da, ureztatzea intentsiboki erabiliz.</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1ln</t>
+  </si>
+  <si>
+    <t>Clearfield eta Sulfo ekilore barietateen entseguak Andaluzian egin ziren. 2019ko uzta denboraldia.</t>
+  </si>
+  <si>
+    <t>Azken urteotan, ekilore barietate berriak agertu dira merkatuan. Barietate hauek herbizida tratamendu batzuei erresistentzia genetikoa dutela ezaugarritzen da, eta horrek hosto zabaleko eta estuko belar txarren eta babarrun arruntaren (Orobanche cumana) kontrol onargarria eskaintzen du. Barietate hauek, horietako askok oleiko (HO) ezaugarri altuak dituztenak, gero eta landatutako eremu gehiago hartzen dituzte urtero. Barietate hauek lehenago landatu daitezke, dikotiledonen kontrola herbizida tratamenduekin lor baitaiteke, eta horrek laboreak neguko eta udaberriko euriak hobeto aprobetxatzea ahalbidetzen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d73d15a6-2498-42e6-80c7-adcaf70c8516</t>
+  </si>
+  <si>
     <t>Ureztatze-pultsuen iraupenaren eragina iceberg letxugaren ekoizpenean eta kalitatean</t>
   </si>
   <si>
     <t>Maiztasun handiko ureztatze lokalizatuan, lursail baten barruko ureztatze-banaketa gehien eragiten duen faktorea ureztatze-pultsuaren iraupena da. Ikerketa honek ureztatze-pultsuaren iraupenak malda duen lursail batean hazitako izotz-mendiko letxuga-labore baten ekoizpenean eta kalitatean duen eragina ebaluatzen du. Saiakuntza Huénejan (Granada) egindako uda-ziklo labur batean egin zen. Lursailaren azalera faktore erabakigarria izan zen bai lortutako errendimenduan, bai kalitate goreneko letxugaren ehunekoan.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04408a5e-908b-4bc4-8db1-708e052dcdd4</t>
   </si>
   <si>
-    <t>Clearfield eta Sulfo ekilore barietateen entseguak Andaluzian egin ziren. 2019ko uzta denboraldia.</t>
-[...52 lines deleted...]
-  <si>
     <t>Andaluziako hego-ekialdeko plastikoz estalitako piper-laboreen lurzoruko gaixotasunak</t>
   </si>
   <si>
     <t>Artikulu honek Andaluziako hego-ekialdean plastikozko azpian hazitako piper-laboreetan detektatu diren lurzorutik transmititutako gaixotasunak deskribatzen ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/451f75a4-007c-4365-b68a-8b0d1fc87063</t>
   </si>
   <si>
     <t>Andaluziako hego-ekialdeko plastikoz estalitako berenjena-laboreetan lurzoruko onddoek eragindako gaixotasunak</t>
   </si>
   <si>
     <t>Artikulu honek Andaluziako hego-ekialdean plastikozko azpian hazitako berenjena-laboreetan detektatutako lurzoruko onddoek eragindako gaixotasunak deskribatzen ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b5d2e52-f13c-4061-9bcc-4b6cf7e9fa3f</t>
   </si>
   <si>
+    <t>Sare Beltzeko Mulching-aren Efektua Clementina de Nules landarean gazitasun baldintzetan. Almería, 2015-2016ko uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Ikerketa honek sare-estalduraren eragina aztertzea du helburu hazkuntza-baldintza hauetan. Ikerketa honen helburua sare beltzezko estalduraren eta bi ur-erregimenen (% 100 ETc eta % 66,6 ETc) Clementina de Nules barietatean Almeriako probintziako ureztatze-ur gaziaren (kalitate baxuko eta eroankortasun handiko ura) eta lurzati-lurzoruaren baldintzen pean ebaluatzea da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4dc7b098-73ef-440b-a5fb-f8c345b2c2ec</t>
+  </si>
+  <si>
+    <t>Sei pepino gozo motaren (Solanum muricatum) laborantza babestua</t>
+  </si>
+  <si>
+    <t>Ohiko negutegietan hazitako barazkientzako alternatibak bilatzeko, ikerketa honek pepino gozoaren (Solanum muricatum) sei barietateen negutegiko ekoizpena ebaluatu zuen. Entseguak 2015ean egin ziren. Barietate guztiak arrakastaz garatu ziren, etekin handiak lortuz, eta Valentziako barietatea nabarmendu zen emankorrena eta goiztiarrena bezala. Pepino gozoa haztea Almerian negutegietan ohiko barazki-laboreen alternatiba interesgarria izan daiteke.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/24272c37-5b6d-48e1-8e45-3ff66e2a54f2</t>
+  </si>
+  <si>
+    <t>Andaluzian egindako koltza-proben emaitzak. 2018-19 kanpaina</t>
+  </si>
+  <si>
+    <t>2018-19 kanpainan, RAEA koltza barietateen bi entsegu egin ziren, Dos Hermanas baserrian (Montemayor) eta Villaverde Alta baserrian (Kordoba).</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/71dcf051-4392-41e3-83a6-9cee65c7e26a</t>
+  </si>
+  <si>
+    <t>Glifosatoarekin formulatutako produktuen probak</t>
+  </si>
+  <si>
+    <t>2014-2015eko uzta denboraldian, negu amaieran edo udaberri hasieran landatutako ekiloreen hasierako faseetan fitotoxikotasun kalte larriak ikusi ziren. Ondorioak larriak izan ziren baserri batzuetan, ia uzta osoa galduz, eta beste batzuetan, berriz, kaltea arinagoa izan zen, eta uzta heldutasunera iristea lortu zuen. Kalteak Andaluzian eta Gaztela-Mantxan eta Gaztela-Leon bezalako beste eskualde batzuetan gertatu ziren. Nekazari batzuek jakinarazi zuten sintoma berdinak aurreko denboraldietan ikusi zirela jada, hiru edo lau urte lehenago. Kalte hau, nekazariek eta teknikariek soroan ikusitako zeinuetan eta landareetan zeuden sintomen arabera ikusi zutena, sulfonilurean oinarritutako herbiziden hondakinen ondoriozkoa zela susmatzen zen, zereal uztari 12-14 hilabete lehenago aplikatu zitzaizkionak. Dokumentu honetan aurkeztutako ikerketak 21 ekilore barietateren suszeptibilitatea ebaluatzen du Metsulfuron-metilarekiko, zerealetan gehien erabiltzen den herbizida bat eta gari-ekilore errotazioan ekiloreetan ikusitako kalteetan parte hartzen duela susmagarriena dena.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/17437e19-90e7-4418-ab0e-fedb3ba18605</t>
+  </si>
+  <si>
     <t>Azenario Morearen Konposatu Bioosasungarrien Karakterizazioa</t>
   </si>
   <si>
     <t>Cuevas Bajas herrian (Málaga), "Zanahoria Morá" izeneko azenario morearen barietate autoktonoa hazten da. Barietate hau kanpoalde more bizia, erdiko geruza laranja eta nukleo more bereizgarria ditu ezaugarri. Barnealdeko kolore morea hazkuntza-eremuaren eragina duela dirudi, beste leku batzuetan hazitako barietate honek ez duela kolore hori garatzen ikusi baita. Ikerketa honetan, azenario honen konposatu funtzionalak uzta-fasean karakterizatzen dira, uzta-aldiaren, azenarioaren tamainaren eta nukleoaren kolorearen arabera.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1f27cf1f-5d21-4473-bfd4-444015092c7d</t>
   </si>
   <si>
-    <t>Glifosatoarekin formulatutako produktuen probak</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/71dcf051-4392-41e3-83a6-9cee65c7e26a</t>
+    <t>Landare-estalkien erabilerak mahasti ekologiko baten errendimendu agronomikoan duen eragina</t>
+  </si>
+  <si>
+    <t>Artikulu honek Kordoba hegoaldean modu organikoan hazitako Pedro Ximénez mahasti batean 2013 eta 2018 artean lortutako emaitzak aurkezten ditu. Lurzoruaren kudeaketako hiru tratamendu ebaluatu ziren: lur-lanketa tradizionala (TTT), landare-estaldura espontaneoa (SVC) eta landare-estaldura ereindakoa (SVC). Tratamendu desberdinek mahats-fisiologiarekin, errendimenduarekin eta kalitatearekin lotutako parametroetan dituzten eraginak alderatu ziren.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b12aafc-11fc-437b-92e0-46abbf20ff09</t>
+  </si>
+  <si>
+    <t>Marrubi barietateen ebaluazioa lurzoru biosolarizatua erabiliz laborantza konbentzionalean. 2018/2019ko uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Artikulu honek 2018-2019 uzta-urtean hamabi barietaterekin lortutako emaitzak aurkezten ditu, ohiko laborantza-baldintzetan baina lurzoru biosolarizatua erabiliz. Teknika honek bi elementu konbinatzen ditu: materia organiko biofumigantea sartzea (biofumigazioa) eta lurzoruaren aldibereko eguzkiztatzea. Lurzorua desinfestatzeko teknika hau gutxitan erabiltzen den arren, IFAPAk uste du kontuan hartzeko alternatiba bat dela, osagai aktiboen erabileran dauden murrizketak kontuan hartuta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d58c4bd3-d307-46d4-b383-3595f174fe14</t>
+  </si>
+  <si>
+    <t>Bi bakterio probiotikoren gaitasuna laranja antioxidatzaileak metabolizatzeko</t>
+  </si>
+  <si>
+    <t>Lan honek in vitro ikerketa baten emaitzak aurkezten ditu, heste-traktuan ohikoak diren eta elikagai-osagarri gisa ere erabiltzen diren bi bakterio probiotikoren (Bifodobacteria longum eta Lactobacillus rhamnosus) gaitasunari buruzkoa. Bakterio horiek laranja-konposatu fenoliko gehienak laranja honen edo haren zukuen kontsumoari egozten zaizkion efektu onuragarrien erantzule diren beste konposatu batzuetan eraldatzeko edo metabolizatzeko duten gaitasunari buruzkoa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f263d5bd-982c-4400-b4ac-fb50c1f3f1df</t>
   </si>
   <si>
     <t>Sufre dioxidorik gabeko ardoak: mahastizaintza jasangarriago eta zirkularrago baterantz</t>
   </si>
   <si>
     <t>Artikulu honek SO2-aren erabilerari buruzko egoeraren ikuspegi orokorra eskaintzea du helburu ardogintzan. Mahatsaren eta Ardoaren Nazioarteko Erakundeak (OIV) SO2 dosiak ardogintzaren etapa desberdinetan murrizteko hartutako gomendioak zehazten ditu, ardoaren kalitatea arriskuan jarri gabe. Orain arte aztertutako SO2-aren alternatibak ere zehazten ditu, azkenik IFAPAk garatzen ari den alternatiban arreta jarriz, hau da, ST99 izeneko estilbeno-estraktu puru baten aplikazioan.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b41ad4b3-ba60-46bf-b9f3-db386bf42139</t>
   </si>
   <si>
+    <t>Clementina de Nules-en errendimendu agronomikoaren ebaluazioa sare beltzez estaltzeko baldintzetan. Málaga, 2016-2016 kanpaina</t>
+  </si>
+  <si>
+    <t>Ikerketa honen helburua sare beltzez estaltzeak Clementina de Nules barietatean duen eragina ebaluatzea da, bi ur-erregimenetan (% 100 ETc eta % 66,6 ETc), Malagako probintziako kostaldeko eremuko agroklima-baldintzetan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a5ea5a77-14c6-4d5a-981b-a5d300394474</t>
+  </si>
+  <si>
     <t>Ahuakatearen laborantzan ureztatze kudeaketa jasangarria</t>
   </si>
   <si>
     <t>Artikulu honek Andaluziako ahuakatearen laborantzan ureztatze kudeaketa hobetzeko zenbait ikuspegi gako ematea du helburu. Ureztatzea eta ur baliabideen kudeaketa egokia funtsezko faktoreak dira laboreen bideragarritasuna eta epe luzerako iraunkortasuna mantentzeko, egungo ur eskasiaren eta etorkizuneko klima aldaketaren aurreikuspenen aurrean.</t>
   </si>
   <si>
     <t>https://lajunta.es/5u1l5</t>
   </si>
   <si>
     <t>Almeriako probintziako baratzezaintza-ekoizpen sistema</t>
   </si>
   <si>
     <t>Lan honek berotegi-lorategien deskribapen osoa eskaintzen du, Andaluziako Gobernuko Nekazaritza, Arrantza eta Landa Garapen Ministerioak Almeriako lorezaintza sektorearen bilakaera teknologikoa ulertzeko duen interesaren ondorioz. Cajamar Fundazioaren eta bi erakundeek lehenago sustatutako antzeko ikerketen laguntzari esker, Almeriako probintziako babestutako lorezaintza-ekoizpen sistemaren azken garapen teknologikoak eta joerak dokumentatu dira. Argitalpen hau "TRANSFORMA - Babestutako Lorezaintzako Laborezaintzako Garapen Iraunkorra" proiektuaren parte da, eta proiektu hori Nekazaritza, Arrantza eta Ekoizpen Ekologikoko Ikerketa eta Prestakuntzarako Institutuak gauzatzen ari da, sektoreko profesionalei ezagutza eta teknologia transferitzeko tresna gisa. Argitalpena bost kapitulutan egituratuta dago. Lehenengoak ikerketa honetan erabilitako ekoizpen-prozesua eta metodologia aurkezten ditu; bigarrenak lorezaintza-ustiategien eta haien jabeen karakterizazioa jorratzen du. Berotegiekin lotutako gaiak hirugarren kapituluan garatzen dira, klima-kontrolerako eta ureztatzeko ekipamenduak barne. Laugarren atalak laboreen babes neurriak, lana eta makineria jorratzen ditu, eta azkenik, probintziako negutegiko ekoizpen sistemaren ordezkari diren baratzezaintzako laboreak aztertzen ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/05ca752a-b1ff-4e6a-8c77-d706f90f20bc</t>
   </si>
   <si>
-    <t>Bi bakterio probiotikoren gaitasuna laranja antioxidatzaileak metabolizatzeko</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a5ea5a77-14c6-4d5a-981b-a5d300394474</t>
+    <t>Huelvako mugurdi-labore baten nitrogeno-ongarritzearen eraginkortasuna</t>
+  </si>
+  <si>
+    <t>Artikulu honek Huelvako probintzian mugurdi birmuntatzaile batean egindako ongarritze-proba baten emaitzak aurkezten ditu. Nitrogeno (N) dosi desberdinek uztaren gainean duten eragina ebaluatu zen, eta landareek eta fruituek nitrogenoa xurgatzea karakterizatu zen. Bi uztako kanpaina batean aplikatutako nitrogenoa, ureztatze-uretan eta ongarrietan zegoena barne, 213 eta 346 FU ha-1 artean egon zen. Nitrogeno ongarritzea % 25 murriztu zen, ongarriketa konbentzionalarekin alderatuta, eta horrek ez zuen uzta gutxitzea ekarri. Ez zen desberdintasunik ikusi tratamenduen artean landareen eta fruituen nitrogenoa erauzteari dagokionez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/30efee3c-99ec-4c78-b1ff-c68b43e4ed75</t>
+  </si>
+  <si>
+    <t>Marrubi-labore batean ongarritze-ureztatzea optimizatzea</t>
+  </si>
+  <si>
+    <t>Artikulu honek Huelvako probintzian marrubi-labore batean egindako ongarritze-proba baten emaitzak aurkezten ditu. Hiru ongarritze-tratamendu eman ziren: lehenengo tratamendu programatua eremu horretako estandartzat har daiteke; bigarren tratamendua landarearen ongarritze-beharrak labore-ziklo osoan zehar zehaztean oinarritu zen; eta hirugarren tratamenduak landarearen ongarritzearen % 75 aplikatu zuen. Lurzoruaren disoluzioaren, ureztatzeko uraren eta landarearen mantenugaien edukia kontrolatzea (2. tratamendua) tresna baliozkoa izan zen marrubi-laboreetan ongarritze-uren erabilera jasangarriago bat lortzeko. Nitrogeno-ongarrien ekarpena % 25 murrizteak ere, jarraipen honetan oinarritutakoarekin alderatuta, ez zuen eragin nabarmenik izan ekoizpenean.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7f37b1a5-d30d-43b9-a889-ea47c354b091</t>
   </si>
   <si>
     <t>Ahabia ureztatzea hobetzea lurzoruaren uraren oreka erabiliz</t>
   </si>
   <si>
     <t>Artikulu honek ahabi-labore baten ureztatze-erantzun-proba baten emaitzak aurkezten ditu, landaketaren lehen hiru urteetan. Hiru ureztatze-tratamenduk beharrezko ureztatzearen % 100, % 80 eta % 120 aplikatu zuten, FAOren metodologiaren arabera kalkulatuta, eta laugarren kontrol-tratamendu bat ureztatu zuen hazleak. Laborearen ur-beharrak neurtu ziren, eta ureztatze-aplikazioaren eraginkortasuna drainatze-lisimetroak erabiliz zehaztu zen. Ureztatze-produktibitatea ere kalkulatu zen tratamendu bakoitzerako. Ureztatze tradizionalarekin alderatutako ur-aurrezpena % 28tik (lehen denboraldia) % 16ra (hirugarren denboraldia) bitartekoa izan zen, etekin-galerarik gabe. Ureztatze-uraren produktibitatea 2,3 kg/m3-tik (lehen urtean) 6 kg/m3-ra igo zen. Probaren emaitzek ahabi-ureztatzeko gomendioak garatzera eraman dute, eta SERVIFAPA plataforman kontsulta daitezke.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1d7b3ee0-f4ae-4861-affc-b3c364281d8d</t>
   </si>
   <si>
-    <t>Marrubi-labore batean ongarritze-ureztatzea optimizatzea</t>
-[...16 lines deleted...]
-  <si>
     <t>Bost ahabia barietateen ekoizpena eta kalitatearen ebaluazioa. 2020ko uzta denboraldia</t>
   </si>
   <si>
     <t>Artikulu honek 2020ko uzta-urtean ekoizpen-profil desberdinak dituzten bost ahabi-barietateren ekoizpena eta kalitatea ebaluatzean lortutako emaitzak aurkezten ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f1d855de-96ed-4dad-9cfd-a3dec0b7b263</t>
   </si>
   <si>
+    <t>Marrubi barietateen ebaluazioa: lurzoru biosolarizatua erabiliz ohiko laborantzan lortutako emaitzak. 2017/2018 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Artikulu honek 2017/2018ko uzta-denboraldian lortutako datuak aurkezten ditu, eta bertan guztira 12 barietate karakterizatu ziren, merkatuan daudenetatik hautatuta. Zehazki, ikerketa hau El Cebollar Esperimentazio Baserrian egin zen (IFAPAren parte), non ohiko laborantza-teknikak erabili ziren, lurzorua landatu aurretik desinfektatzeko biosolarizazioa izan ezik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f2132b28-eb5b-47ff-b020-a1c39a8f88bd</t>
+  </si>
+  <si>
+    <t>Marrubi barietateen ebaluazioa: lurrik gabeko laborantzan lortutako emaitzak. 2017/2018 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Lan honek 2017/2018 kanpainan lortutako datuak aurkezten ditu, eta kanpaina horretan merkatuan daudenetatik hautatutako 12 barietate lurrik gabeko laborantzan karakterizatu ziren.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c1bfedfe-0af8-4c08-bcdb-a35f1d22e893</t>
+  </si>
+  <si>
+    <t>Huelvako gaztainondo-lehortearekin lotutako gaixotasunak</t>
+  </si>
+  <si>
+    <t>Artikulu honek Sierra de Aracena eta Picos de Aroche mendietan gaztainondoen gainbeheraren intzidentzia eta kausak aztertuz lortutako emaitza nagusiak aurkezten ditu. Kaltetutako eremua deskribatzen da, baita eremuan dauden sintomak eta gaixotasun nagusiak ere. Azkenik, detektatutako patologia nagusien intzidentzia eta hedapena murrizteko ekintzen proposamena egiten da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ff070672-7214-4f3b-8e19-7f375f44c3fd</t>
+  </si>
+  <si>
+    <t>Konposatu osasungarrietan aberatsa den baratxuri-estraktuaren prestaketa</t>
+  </si>
+  <si>
+    <t>Lan honek baratxuri bi barietatetan (zuria eta morea) nutrizio eta osasun intereseko konposatuak erauzteko hainbat metodoren emaitzak aurkezten ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e057cb85-3f06-48a9-a6b3-1eaba717951a</t>
+  </si>
+  <si>
     <t>Andaluzian landatzen diren Doradilla eta Vijiriega mahats barietateen potentzial enologikoa</t>
   </si>
   <si>
     <t>Lan honek bi barietate gutxiturekin egindako ardogintzaren emaitzak aurkezten ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43f97be1-e121-4d81-aacf-78b9373caff7</t>
   </si>
   <si>
-    <t>Konposatu osasungarrietan aberatsa den baratxuri-estraktuaren prestaketa</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c1bfedfe-0af8-4c08-bcdb-a35f1d22e893</t>
+    <t>Andaluziako labore zabalen eta fruta-arbolen landare-hondakinen konpostajea</t>
+  </si>
+  <si>
+    <t>Artikulu honek "CompostAnd" proiektuaren hasierako emaitzak aurkezten ditu, Mendebaldeko Andaluziako ohikoak diren landare-hondakinen kudeaketa jasangarria jorratzen duena. Konpostajearen beharra justifikatzen du nekazaritza-sektoreak dituen hainbat arazori erantzunez, aukera ekonomiko eta ingurumeneko bihurtuz. IFAPAk Mendebaldeko Andaluziako ohikoak diren landare-hondakinen konpostajean egindako hasierako esperientziak aurkezten ditu, hala nola lastoa, zitrikoen hondakinak eta inausketa-hondakinak. Era berean, neurtu beharreko parametroak eta konpostaren maneiua zehazten ditu, bere egonkortasuna eta azken kalitatea bermatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/45083272-d36a-4111-a0a8-d6b01c9e4bc1</t>
+  </si>
+  <si>
+    <t>Eguzkiaren Esposizioaren Eragina Marrubi Barietate Desberdinen Fruituaren Kalitatean</t>
+  </si>
+  <si>
+    <t>Ikerketa honen helburua marrubi fruituaren kalitatean argi-esposizio mailak duen eragina probatzea eta barietateen artean ikusitako desberdintasunak barietate bakoitzaren arkitekturaren edo biokimikaren ondorio diren ebaluatzea izan zen. 2015-16 kanpainan zehar lau barietate adierazgarrienak aztertu ziren, argiaren eraginpean egon diren eta ez diren fruituak bereiziz. Emaitza nagusiek erakutsi zuten argiaren eraginpean egoteak fruituaren kalitatea eragiten duela, bai zaporeari bai antioxidatzaileen kontzentrazioari dagokionez. Beraz, laborantza gidatzeko kontuan hartu beharreko faktorea da, nahiz eta efektuaren magnitudea barietatearen araberakoa izan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5bd1cb6b-186f-43d3-9b7a-6b32e6cdff3e</t>
+  </si>
+  <si>
+    <t>Marrubi-hazkuntzan lurzorua desinfektatzeko teknika kimiko desberdinen eraginkortasuna. 2017-18 uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Artikulu honek agronomiaren ebaluazioaren emaitzak eta kimikoki eratorritako osagai aktiboen konbinazio garrantzitsuen eta aplikazio teknika berrien eraginkortasuna aurkezten ditu onddo patogenoak eta nematodoak kontrolatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3d8d6ae2-b68e-474d-85a3-ddf0fb59a967</t>
+  </si>
+  <si>
+    <t>Marrubi-konposatu antioxidatzaileen bioerabilgarritasunaren zehaztapena hazkuntza-programetan erabiltzeko</t>
+  </si>
+  <si>
+    <t>Lan honek marrubi-hazkuntza programetan fruituaren antioxidatzaileen kuantifikazioa ez ezik, fruituaren antioxidatzaile bioaktibo potentzialen kuantifikazioa ere barne hartzearen beharra planteatzen du, hau da, gizakien osasunean eragin onuragarria izan dezaketenak. Horretarako, gizakien digestio tipikoa simulatzen duen in vitro metodo bat aurkezten dugu, eta marrubi barietate osasuntsuak garatzeko tresna gisa erabil daitekeena.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5eaba83-0b97-4c86-933a-a29a50e07c4d</t>
+  </si>
+  <si>
+    <t>Bost marrubi barietateen karakterizazio organoleptikoa eta nutrazeutikoa</t>
+  </si>
+  <si>
+    <t>Artikulu honek Espainian 2010 eta 2011 urteetan bost marrubi barietateren ezaugarri nutrizionalak, organoleptikoak eta funtzionalak aurkezten ditu: Fuentepina, Amiga, Camarosa, Candonga eta Primoris.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/76051c55-042c-4404-8063-263985f38319</t>
+  </si>
+  <si>
+    <t>Mugurdi ureztatze ordutegiak eguraldi datu historikoetan oinarrituta</t>
+  </si>
+  <si>
+    <t>Artikulu honek Huelvako probintzian mugurdi-laborantzarako ureztatze-egutegi desberdinen proba bat aurkezten du. T1 tratamenduak zeru garbiko baldintzetan ETo kalkulutik lortutako ureztatzea aplikatu zuen. T2 tratamenduak AEMETen eguraldi-iragarpenean oinarritutako ordutegi bat aplikatu zuen astero. T3 tratamenduak azken 20 urteetako ETo batez besteko historikoan oinarritutako ordutegi bat aplikatu zuen. Azkenik, kontrol-tratamenduak (T4) soroaren gainerako zatian aplikatutako ureztatzea jaso zuen. Mugurdi-laborantzarako ureztatze-egutegia erabiltzeak, datu meteorologikoen serie historikoetan oinarrituta ETo kalkulatzeko, AEMETen eguraldi-iragarpenean edo zeru garbiko baldintzetan oinarritutako ureztatze-egutegi bat erabiliz lortutakoen antzeko uztak ahalbidetu zituen, denboraldiaren hasieran ordutegi finko bat izatearen abantailarekin, denboraldi batetik bestera erabil daitekeena.</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1l9</t>
   </si>
   <si>
     <t>Laranja zuku organiko eta konbentzionalaren (cb. Salustiana) ezaugarri hegazkorrak</t>
   </si>
   <si>
     <t>Artikulu honek laranja-espazioko substantzia lurrunkorrak aztertzeko metodo bat aurkezten du, teknika azkar, garbi eta ingurumena errespetatzen duen bat erabiliz (fase solidoko mikroerauzketa gas-kromatografia-masa-espektrometriarekin batera), laranja-usainari laguntzen dioten substantzia lurrunkorrak zehazteko. Metodo hau ez da soilik laranjak karakterizatzeko erabilgarria, baita laborantza-sistema organikoen eta konbentzionalen artean bereizteko ere, analisi estatistikoa erabiliz. Hala ere, teknika hau laranja-laborantza-sistemen artean bereizteko aplikatzeak azterketa gehigarriak behar ditu, barietate eta neurketa-urte gehiagorekin, baita desberdintasun horien arrazoiak sakonago ulertzeko ere.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34cff86a-dae1-40b1-a80f-adb18b3b2b69</t>
   </si>
   <si>
-    <t>Mugurdi ureztatze ordutegiak eguraldi datu historikoetan oinarrituta</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5bd1cb6b-186f-43d3-9b7a-6b32e6cdff3e</t>
+    <t>Txitxirioetan hibridoak DNA probak erabiliz baieztatzea</t>
+  </si>
+  <si>
+    <t>Artikulu honek bi kasu aurkezten ditu (Orobanche eta Fusarium-entzat), Córdobako txitxirioen hazkuntza programan zuzendutako gurutzaketetatik lortutako F1 landareen izaera hibridoa baieztatzen dutenak. Egiaztapena gurutzaketaren gurasoen arteko polimorfismoan oinarrituta hautatutako markatzaile molekularrak erabiliz egin zen, eta hori ezinbesteko baldintza da haiek erabiltzeko. Gurutzaketen izaera hibridoa baieztatzea oso garrantzitsua da, egiaztapena plantulen fasean egiten baita, eta horrek nahi den gurutzaketatik datozen F1 haziak baztertzea ahalbidetzen digu, denbora, espazioa, ahalegina eta, beraz, dirua aurreztuz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f7361391-8b46-4dd3-a0f4-0328ee879add</t>
   </si>
   <si>
     <t>Babarrun eta txitxirioen aldakortasun morfologikoa</t>
   </si>
   <si>
     <t>Artikulu honek Kordobako IFAPA Lekaleen Germoplasma Bankuan bildutako baba zabalen eta txitxirioen aldakortasun morfologikoa aurkezten du. Aldakortasun hau Kordobako bi laboreen hazkuntza-programetan erabiltzen ari da, barietate berriak lortzeko eta interes agronomikoko ezaugarriekin lotutako markatzaile molekularrak garatzeko, material berrien hautaketa eraginkorragoa eta efizienteagoa ahalbidetzen dutenak. Bi laboreak Andaluzian lekale garrantzitsuak dira eta proteina-eduki handia eta N2 atmosferikoa finkatzeko gaitasuna dute ezaugarri. Gainera, osasunerako onuragarriak diren makro eta mikroelementuen iturri garrantzitsua dira, eta horrek interes handiko laboreak bihurtzen ditu bai gizakien kontsumorako bai animalien elikadurarako.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5588b038-45eb-44e9-803e-0209459c89a8</t>
   </si>
   <si>
-    <t>Txitxirioetan hibridoak DNA probak erabiliz baieztatzea</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/45083272-d36a-4111-a0a8-d6b01c9e4bc1</t>
+    <t>Harrizko fruta-arbolen izurriteen kudeaketa integrala.</t>
+  </si>
+  <si>
+    <t>Irakaskuntza-material honek gure eskualdeko fruta-arbolen izurrite nagusiei aurre egiteko baliagarriak izan daitezkeen alderdi teoriko eta praktiko nagusiak berrikusten ditu, Andaluziako Mertxika, Aranondo eta Abrikot Arbolen Ekoizpen Integraturako Araudian (BOJA, 2013) aurreikusitako Ekoizpen Integratuko Programaren esparruan. Argitalpen honen helburua nekazariei eta sektoreko teknikariei tresna erabilgarri eta erraz eskuragarri bat eskaintzea da, gure fruta-arbolei erasotzen dieten izurriteen kudeaketa integratua praktikatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ebd9bd7-a32d-40e6-af2e-de54c93a4576</t>
+  </si>
+  <si>
+    <t>Kalitate handiko gari gogorraren ekoizpena ureztatze-baldintzetan</t>
+  </si>
+  <si>
+    <t>Ikerketa honetan, kalitate handiko gari gogor barietateak erabiliz, bi kokapenetan egin zen ikerketa bat: Santaella (Kordoba) eta Jerez de la Frontera (Cádiz). Ureztatze estrategia desberdinak probatu ziren, azken ureztatzearen uneari arreta berezia jarriz. Ur kantitate handiagoak aplikatzeak eta azken ureztatze data atzeratzeak probatu ziren barietate guztietan uzta handiagoa ekarri zuen, alearen kalitatea eragin gabe, barietate guztiak 1. taldean sailkatuz. Horrez gain, hazkuntza-erregulatzaile baten erabilera aztertu zen, landareen lehen internodoen altuera murriztuko duena, ohetzea oztopatuz. Frogatu da hazkuntza-erregulatzaile bat aplikatzeak ez duela galerarik eragiten aztertutako gari gogor barietateen uztan edo alearen kalitatean; beraz, haren erabilerak ureztatze dosi handiagoak aplikatzea ahalbidetuko du, landarearen altuera handitzeko eta ondorioz ohetzea eragozteko arriskurik gabe.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/efc09b3f-8826-4c19-be69-127cb53e23e3</t>
   </si>
   <si>
     <t>Gari-alean berehalako proteinen analisia NIR tresna eramangarri bat erabiliz</t>
   </si>
   <si>
     <t>Lan honetan, iragarpen-ereduak garatzen dira NIRS tresna eramangarri bat erabiliz gari osoko aleen proteina-edukia berehala eta in situ zehazteko. Lortutako ereduek iragarpen-ahalmen egokia dute.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c6e66cc-870b-41b3-84ed-01f4916d7ab3</t>
   </si>
   <si>
     <t>NIRS teknologiaren aplikazioa gari osoko aleen kalitatea ebaluatzeko</t>
   </si>
   <si>
     <t>Lan honetan, iragarpen-ereduak garatzen dira gari osoko aleetan hainbat kalitate-parametro (hezetasuna, proteina, hektolitroko pisua, mila aleko pisua, etab.) berehala zehazteko, laborategiko NIRS tresna bat erabiliz. Lortutako ereduek iragarpen-ahalmen egokia dute.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cbde0c4f-ede5-49b7-8926-0bdcbd7073fc</t>
   </si>
   <si>
     <t>Jaéngo probintziako olibondo-soroetan NPBren erreforma</t>
   </si>
   <si>
     <t>Artikulu honek NPB erreformak ekarritako aldaketa nagusiak deskribatzen ditu eta Jaéngo probintziako olibondo-soroetarako hektarea bakoitzeko jasotzen den kantitatean duten eragina aztertzen du, Jaéngo eskualdeetako barne-konbergentziaren ondorioak definituz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/790a7cad-b46f-4fb2-a5f8-4972b945e409</t>
   </si>
   <si>
     <t>Bi marrubi barietatetan konposatu antioxidatzaileen bioerabilgarritasunaren karakterizazioa. 2016/2017 uzta denboraldia.</t>
   </si>
   <si>
     <t>Artikulu honek 2016-2017ko kanpainaren emaitzak zehazten ditu, Primoris eta Fortuna marrubi barietateetan konposatu antioxidatzaileen bioerabilgarritasuna aztertzeko, barietate horien karakterizazio bioosasungarri nabarmena eskaintzeko helburuarekin.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/10284c05-e32b-401e-b174-aa3082a6168a</t>
   </si>
   <si>
     <t>Uraren murrizketaren eragina mugurdiaren kalitate organoleptiko eta funtzionalean</t>
   </si>
   <si>
     <t>Artikulu honek Huelvan 2017ko kanpainan mugurdi barietate batekin egindako ur-ebaketa saiakuntza baten kalitate organoleptiko eta funtzionalari buruzko emaitzak zehazten ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9c7792b9-5689-4f1c-96e0-b934d9703301</t>
   </si>
   <si>
+    <t>Mikrozulatutako plastikoen erabilerak marrubien kalitatean eta iraupenean dituen ondorioak</t>
+  </si>
+  <si>
+    <t>Ikerketa honek marrubi barietate desberdinen uzta osteko portaera aztertzen du hozkailuan eta txikizkako salmenta-baldintza simulatuetan, marrubi-ontzien ontzietan plastiko mikrozulatu mota desberdinak erabiliz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5c6de9d6-d7de-4704-91ba-89c787e8092a</t>
+  </si>
+  <si>
+    <t>Aran-barietate desberdinen antioxidatzaile-edukia, laborantza konbentzional eta organikoan</t>
+  </si>
+  <si>
+    <t>Lan honek 8 aran barietateren antioxidatzaileen edukia (antozianinak, flabanolak, flavonolak eta azido klorogenikoak) aztertzen du, bai laborantza konbentzionalean bai ekologikoan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dd91ea83-84d5-4d37-9142-0e9bb0a242d3</t>
+  </si>
+  <si>
     <t>Nitrogeno Isotopo Egonkorrak Erabiliz Ogi-gariaren Ziurtagiri Organikoa</t>
   </si>
   <si>
     <t>Artikulu honek aztertzen du landarearen zein atal diren egokienak d15N aztertzeko gari-laboreen ongarritze-azterketetan, bai konbentzionalak bai organikoak.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/09e3a47a-65ce-4fb1-b5cd-b248a9cc8837</t>
   </si>
   <si>
-    <t>Aran-barietate desberdinen antioxidatzaile-edukia, laborantza konbentzional eta organikoan</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ebd9bd7-a32d-40e6-af2e-de54c93a4576</t>
+    <t>Montepila: Barietate baten izen nagusia ala sinonimoa?</t>
+  </si>
+  <si>
+    <t>Txosten honek Montepila mahats-barietatea den edo beste barietate baten sinonimoa edo homonimoa den argitzeko egindako lana aurkezten du. Horretarako, landare-materiala bildu zen Montilla-Moriles eremuko zortzi lursailetatik, non hazten den, eta karakterizazio morfologikoa, identifikazio genetikoa eta birusen detekzioa egin ziren. Lortutako emaitzen arabera, denak adierazten du Montepila Zalemaren sinonimoa dela, eta tokiko sinonimo hori aitortzeko prozesua abiaraztea beharrezkoa da. Gainera, bi andui birusik gabeko detektatu ziren, eta horien materiala erabil daiteke tokiko klon ziurtatu bat lortzeko, eta, sinonimia onartu ondoren, merkaturatu ahal izango da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1bf204b5-6912-4ae6-9e50-5a4e6cfbdb0c</t>
   </si>
   <si>
     <t>Enpresa Harremanak eta Laneko Arriskuen Prebentzioa. VIII. Modulua</t>
   </si>
   <si>
     <t>"VII. Modulua. Enpresa Harremanak eta Laneko Arriskuen Prebentzioa" izeneko irakaskuntza-eskuliburu honek nekazari eta abeltzainen errealitate fiskal, sozial eta laboralarekin lotutako alderdiak jorratzen ditu, beren erabakiak ulertu eta optimizatu ahal izateko, beren burua ezartzea aukeratzen duten nekazaritza-sektorearen esparru juridikoan. Enpresa-harremanez gain, eskuliburu honek egokitzat jo du laneko segurtasuna ustiategietan sartzea. Zentzu honetan, Laneko Arriskuen Prebentziorako Legeak ikuspegi berri bat ezartzen du laneko segurtasunaren gaian, istripuak eta gaixotasunak aurreikustea, horiek prebenitzeko edo haien intzidentzia minimizatzeko neurriak ezartzea ardatz hartuta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/25d79599-81a6-4176-bf9f-2e1124272a87</t>
   </si>
   <si>
+    <t>Larreen kudeaketa dehesan</t>
+  </si>
+  <si>
+    <t>Eskuliburu honek larre mota nagusiei, haien potentzial produktiboari eta haien paper ekologiko garrantzitsuari buruzko gaiak jorratzen ditu. 1. unitateak larre belartsuen ezaugarriak eta kudeaketa egokia lantzen ditu etxaldeko larreetan, baita gaur egun eskuragarri dauden hobekuntza-ikuspegiak eta erabakiak hartzeko laguntza lantzeko jarraibideak ere. 2. unitateak etxaldean dauden eta potentzial produktiboa duten zuhaitz eta zuhaixka espezie desberdinak aztertzen ditu eta kudeaketa jasangarrirako jarraibide batzuk deskribatzen ditu. Horrez gain, beste espezie batzuk sartzen dira, eta horien sartzea onuragarria izan daiteke larre-baliabideak dibertsifikatzeko eta etxaldean ingurune desberdinak sortzeko. Azkenik, 3. unitatea etxalderako interesgarriak diren bazka-labore batzuen karakterizazioari, baldintza eta erabilera desberdinetara egokitzeari eta behar bezala ezartzeko eta kontserbatzeko jarraitu beharreko praktika onenak aztertzeari eskainita dago.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2435ac09-e7c4-406d-8004-256ab1a87c38</t>
+  </si>
+  <si>
+    <t>Txitxirioetan zuzendutako gurutzaketa</t>
+  </si>
+  <si>
+    <t>Eskuliburu honek txitxirioetan gurutzaketa zuzenduak egiteko urratsak zehazten ditu, interesa duen edonork amaitutakoan egin ahal izan ditzan. Txitxirioetako gurutzaketetan oinarritzen den arren, eskuliburu hau beste lekale espezie batzuetarako erabilgarria izango da, familia honetako loreek morfologia antzekoa baitute. Txitxirio loreen tamaina txikiak gurutzaketak beste lekaleenak baino konplexuagoak egiten ditu, % 10 inguruko arrakasta-tasarekin. Trebetasuna, arreta eta esperientzia handia behar dira arazo hauek gainditzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d182d31e-caa0-4a05-9eb2-2b72aefca324</t>
+  </si>
+  <si>
+    <t>Bi txitxirio barietate berriren garapena: Kaveri eta Veleka</t>
+  </si>
+  <si>
+    <t>Eskuizkribu honek Kordobako txitxirioen hobekuntza programaren bidez lortutako bi txitxirio barietate berriren garapena aurkezten du, IFAPAko eta Kordobako Unibertsitateko ikertzaileek osatutako programa baten bidez. Bi barietate berriek, Kaveri eta Veleka izenarekin erregistratuta, erresistentzia maila onak erakusten dituzte amorruaren aurrean, Espainian oso gaixotasun garrantzitsua dena, eta neguan ereitea ahalbidetzen dute. Kaveri hazi tamaina onagatik ere bereizten da, merkatuan oso baloratzen den ezaugarria, eta Veleka errendimendu onagatik. Eskuizkribu honen helburua sektorearentzat interes handikoak diren barietate berri hauek sustatzea da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aea8972e-2d03-446a-8945-5d113ba91cd0</t>
+  </si>
+  <si>
+    <t>Harrizko fruta-arboletan izurriteen kontrol biologikoa.</t>
+  </si>
+  <si>
+    <t>Hezkuntza-material honek Andaluziako fruta-hazien landaketetan berez agertzen diren fauna laguntzaileko talde nagusiak kudeatzeko informazio baliagarriena dauka. Zehazki, haien ezagupen morfologikorako jarraibideak, fruta-soroetan duten elikadura-ohiturei eta banaketari buruzko datuak, izurrite espezifikoak kontrolatzeko duten garrantzia eta eraginkortasunari buruzko informazioa, baita haien laginketa-metodoei, pestizidekiko sentikortasunari, egitura ekologikoen kudeaketari (heskaiak, lur-estalkiak, labore-ertzak, lore-zerrendak, etab.) eta merkataritza-erabilgarritasunari buruzko informazioa ere ematen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0bbcb039-608f-41f4-b2d2-22348a742be5</t>
+  </si>
+  <si>
+    <t>Zitrikoen Izurriteen Kontrol Biologikoa</t>
+  </si>
+  <si>
+    <t>Hezkuntza-material honek gure autonomia erkidegoko zitrikoen laboreen izurriteen kontrol biologikoaren alderdi garrantzitsuenak jorratzen ditu. Zehazki, izurrite bakoitzaren ezaugarri aipagarrienak, gure landaketetan eraginkorrenak eta ugarienak diren haien etsai naturalak (bertakoak edo iraganean ezarritako kontrol biologiko tradizionaleko programen bidez sartuak) eta, azkenik, haien populazioak kontserbatzeko eta handitzeko erabiltzen diren teknikak aztertzen ditu, haien harrapakinek/ostalariak eragindako kalte-mailak atalase ekonomikoaren azpitik mantentzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab98c73a-0f9e-4b35-bda6-ec5478687e16</t>
+  </si>
+  <si>
     <t>Zitrikoen Izurriteen Kudeaketa Integratua</t>
   </si>
   <si>
     <t>Hezkuntza-material honek Andaluziako zitrikoen izurrite garrantzitsuenak ezagutzeko alderdi garrantzitsuenak jorratzen ditu, baita eragiten dituzten kalteak ere. Gainera, ikuspegi integratu batetik, gaur egun eskuragarri dauden kontrol-metodo desberdinak aztertzen ditu, zehazki: neurri kulturalak, kontrol biologikoa, kontrol teknologikoa eta kontrol kimikoa. Kontrol kimikorako, Andaluziako Zitrikoen Ekoizpen Integraturako Araudi Espezifikoan (2015eko otsailaren 10eko Agindua, BOJA 34 zk., 30. orrialdea) aurreikusitako laginketa-metodoak, atalaseak eta osagai aktiboak sartzen dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/df8d2bb6-876a-4eea-ada4-ea4eb8cb18d1</t>
   </si>
   <si>
-    <t>Txitxirioetan zuzendutako gurutzaketa</t>
-[...52 lines deleted...]
-  <si>
     <t>Drosophila suzukii Fruitu Gorrietan: Kudeaketa Teknikak</t>
   </si>
   <si>
     <t>Dokumentu honek D. suzukii kontrolatzeko tekniken ikuspegi orokorra aurkezten du, ulertuta horietako batek ere ez duela kalterik ez egotea bermatzen. D. suzukiiren aurkako borroka metodoen konbinazio batean oinarritu behar da, babestu beharreko laborearen araberako kudeaketa sistema integratu batean, labore horretarako baimendutako osagai aktiboetan eta haren errentagarritasunean oinarrituta, eta horrek deskribatutako teknika bat edo gehiago erabiltzea ahalbidetuko du, edo ez.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/81f2cf3c-498c-486e-80e5-303b21ff204c</t>
   </si>
   <si>
+    <t>Hazi-oheen kudeaketa ekoizpen integratuan</t>
+  </si>
+  <si>
+    <t>Dokumentu honek barazki-hazitegi baten eskakizun espezifikoak erakustea du helburu, Ekoizpen Integratuko sistema bat ezartzeko, kontuan hartuta hazitegi baten azken helburua sustrai sendoak dituzten landare sendo eta osasuntsuak ekoiztea eta erabilitako haziak ahalik eta gehien aprobetxatzea dela. Irakaskuntza-material hau "Aterpepeko Barazki-Ekoizpen Integratua" ikastaroan erabiltzen da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2393f9bf-b897-4156-b633-28fa4cd4f305</t>
+  </si>
+  <si>
+    <t>Huelvako marrubi-laborantzaren barietateen banaketa 2015-2016 kanpainan</t>
+  </si>
+  <si>
+    <t>Dokumentu honek 2015/2016 kanpainan Huelvan landatutako marrubi barietateen ehuneko banaketa erakusten du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/18b9d44f-2888-4ef0-bb58-2829b1c2e715</t>
+  </si>
+  <si>
+    <t>Mugurdi birmoldatuak ez direnen laborantzan uraren kontsumoaren eta ureztatze adierazleen aurrerapena</t>
+  </si>
+  <si>
+    <t>Dokumentu honek IFAPAk birmontatzen ez diren mugurdi barietateen ur-kontsumoari buruz lortutako lehen emaitzak biltzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c32128e5-ce13-44ad-9c8f-2b00d539e90f</t>
+  </si>
+  <si>
+    <t>Nola murriztu marrubi fruituen deformazioaren intzidentzia</t>
+  </si>
+  <si>
+    <t>Dokumentu honek marrubi fruituaren deformazioan eragina duten faktore nagusiak nola kudeatu behar diren azaltzen du, laborean duen intzidentzia murrizteko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb537199-3596-4fa4-a950-3501e02b5a9e</t>
+  </si>
+  <si>
+    <t>Mediterraneoko eremuko gerezi tomateen ekoizpen sistemen bizi-zikloaren azterketa</t>
+  </si>
+  <si>
+    <t>Ikerketa honek Mediterraneoko eskualdeko tomate gereziaren laborantza-sistema desberdinei egotz dakizkiekeen ingurumen-arazo nagusiak identifikatu eta aztertu zituen, haien bizi-zikloan zehar. Plastikozko negutegi-sistemak izan zuen ingurumen-inpaktu handiena ebaluatutako kategoria guztietan, bere azpiegitura osatzen duten materialek eragin handiagoa zutelako.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b32b41e4-5ac0-4d7b-b39b-56f2f7ded9fa</t>
+  </si>
+  <si>
     <t>Aran-usainak, laborantza konbentzional eta organikotik etorritakoak</t>
   </si>
   <si>
     <t>Txosten honek Sevillako probintzian 2012 eta 2013an modu organikoan eta konbentzionalean hazitako sei aran-barietatetan konposatu lurrunkorren edukiaren ebaluazioaren emaitzak aurkezten ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cd2145e6-42b6-47de-a2bc-43017e7426d8</t>
   </si>
   <si>
-    <t>Mediterraneoko eremuko gerezi tomateen ekoizpen sistemen bizi-zikloaren azterketa</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/18b9d44f-2888-4ef0-bb58-2829b1c2e715</t>
+    <t>Tipula Beltzaren Ekoizpen Prozesuan Konposatu Nutrizional eta Bioaktiboen Profilaren Aldaketak</t>
+  </si>
+  <si>
+    <t>Dokumentu honek tipula freskoetan dauden konposatu bioosasungarrien profilean dauden aldaketen ikerketa baten emaitzak aurkezten ditu, tipula beltz bihurtzen direnean. Hiru tipula barietateren konposatu bioaktiboen profila aztertzen da, hala nola konposatu fenolikoak, konposatu organosulfuratuak, azukreak, azido organikoak eta antioxidatzaile gaitasuna: txalota, tipula laua eta ekalioia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/990128a3-a03c-4509-aa17-842801011e1b</t>
+  </si>
+  <si>
+    <t>Presio hidrostatiko altuen aplikazioa Cornezuelo olibetan</t>
+  </si>
+  <si>
+    <t>Dokumentu honek cornezuelo barietatearen mahaiko olibak presio hidrostatiko altuekin ekoizpen tradizionalean tratatzearen ondorioz lortutako emaitzak aurkezten ditu, produktuaren iraupenari eta ezaugarri organoleptikoei dagokienez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04413678-1a7d-4b12-bf6e-a0a295924a27</t>
   </si>
   <si>
     <t>Irasagarraren astringentzia murrizteko uzta osteko tratamendu baten ebaluazioa</t>
   </si>
   <si>
     <t>Dokumentu honek fruta karbono dioxidoarekin tratatzearen ondorioz lortutako emaitzak aurkezten ditu, produktuaren kontsumo freskorako iraupenari eta ezaugarri organoleptikoei dagokienez.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2a948622-efc5-49f3-9333-48b99ac29afb</t>
   </si>
   <si>
     <t>Pepinoaren Ziurtagiri Organikoa Nitrogeno Isotopo Egonkorrak Erabiliz</t>
   </si>
   <si>
     <t>Dokumentu honek Andaluzian hazitako pepino barietate desberdinak sistema konbentzional eta organikoak erabiliz bereizteko entsegu batean lortutako emaitzak aurkezten ditu, isotopo-erlazioen masa-espektrometriaren teknika analitikoa erabiliz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f5101bb6-4623-4eee-8d95-a859a3981172</t>
   </si>
   <si>
-    <t>Tipula Beltzaren Ekoizpen Prozesuan Konposatu Nutrizional eta Bioaktiboen Profilaren Aldaketak</t>
-[...7 lines deleted...]
-  <si>
     <t>Txitxirioen Ziurtagiri Organikoa Nitrogeno Isotopo Egonkorrak Erabiliz</t>
   </si>
   <si>
     <t>Dokumentu honek Fardón barietateko txitxirioak isotopo-erlazioen masa-espektrometriaren (IRMS) bidez bereizteko lortutako emaitzak aurkezten ditu, bi lurzoru ezberdinetan eta ongarri mota ezberdinekin hazitakoak, batzuk ohiko laborantzarako egokiak eta beste batzuk laborantza ekologikorako.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/88cd2601-97d3-4833-a11d-4f6dd243817b</t>
   </si>
   <si>
-    <t>Presio hidrostatiko altuen aplikazioa Cornezuelo olibetan</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04413678-1a7d-4b12-bf6e-a0a295924a27</t>
+    <t>Izurriteen Kudeaketa Integratuaren Gida</t>
+  </si>
+  <si>
+    <t>Dokumentu honek gure erkidegoko fruta-arbolen izurrite nagusiei aurre egiteko baliagarriak izan daitezkeen alderdi teoriko eta praktiko nagusiak berrikusten ditu, Andaluziako mertxika, aranondo eta abricot arbolen Ekoizpen Integraturako Araudian (BOJA, 2013) aurreikusitako Ekoizpen Integratuko Programaren barruan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3c216cb3-5d8b-4586-80ab-d7cea8443a69</t>
   </si>
   <si>
     <t>Ureztatzeko uraren eroankortasun elektrikoaren eta karbono ongarritzearen eragina Raf tomatearen kontserbazioan</t>
   </si>
   <si>
     <t>Dokumentu honek Raf tomatearen (Delizia barietatea) kalitatean eta iraupenean mantenugai-soluzioaren eroankortasun elektrikoak (EC) eta CO2-a berotegian gehituz egindako karbono dioxidozko ongarritzeak duen eragina ebaluatzen duen ikerketa baten emaitzak aurkezten ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c11ea844-a941-427f-99e7-7e65008b164d</t>
   </si>
   <si>
+    <t>Inokulazio Protokoloa Fusarium oxysporum f. sp. ciceris txitxirioan</t>
+  </si>
+  <si>
+    <t>Dokumentu honek Fusarium oxysporum f.sp. ciceris lurzoruan bizi den onddoa txitxirioetan txertatzeko prozedura aurkezten du, baldintza kontrolatuetan. Prozedura honek interesa duen edonori prozesu hau egiteko aukera ematen dio. Fusarium oxysporum-en zentratuta egon arren, eskuliburu hau erabilgarria izango da sustraian sartzen diren beste onddo espezie batzuetarako, baita modu berean infektatuta dauden beste espezie sentikor batzuetarako ere. Genotipoaren hautaketa zuzena ezinbestekoa da edozein hazkuntza programatan, beraz, oso garrantzitsua da hautaketa fidagarria ahalbidetzen duten protokolo egokiak izatea.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ef635d93-2dfb-4068-b76a-35665ec2bad7</t>
+  </si>
+  <si>
+    <t>Berotegiko tomate-laboreetan eskuzko ihinztadura-lantza erabiliz egindako aplikazio fitosanitarioetan lan-presioak duen eraginaren ebaluazio teknikoa.</t>
+  </si>
+  <si>
+    <t>Dokumentu honek hiru aplikazio fitosanitarioren ebaluazio teknikoa aurkezten du, eskuzko ihinztagailu batekin egindakoak, lan-presio desberdinetan (20 bar, 15 bar eta 10 bar), landare-masaren gainean erortzen den ihinztatutako produktuaren kantitatea, landarean aplikatutako produktuaren banaketaren uniformetasuna eta sortutako ihinztatutako produktuaren lurzorurako galerak zehaztuz, "lan-presioa" funtzionamendu-parametroa optimizatzeko helburuarekin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c35a3b24-4dc3-49d5-a473-f1af85821d51</t>
+  </si>
+  <si>
+    <t>Laranja ekologikoak eta konbentzionalak. Kalitate orokorra eta sentsorialak</t>
+  </si>
+  <si>
+    <t>Dokumentu honek Guadalquivir haranean oso landatzen diren bi laranja barietateren, Navelina eta Salustiana, kalitate fisiko-kimiko eta sentsorialaren emaitzak aurkezten ditu, laborantza konbentzional eta ekologikoan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a9432afc-949b-436f-a9a6-bbf2ff8eb78c</t>
+  </si>
+  <si>
     <t>Piperren 110 kultibarren (Capsicum annuum L.) piperminaren analisia</t>
   </si>
   <si>
     <t>Lan honek Andaluziako enpresa batek garatutako 110 piper barietate berriren bilduma baten kapsaizinaren edukiaren emaitzak aurkezten ditu, 200 eta 250.000 Scoville unitate arteko balioak aurkituz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0cdab447-e0d9-4969-9731-b15a5c129398</t>
   </si>
   <si>
-    <t>Laranja ekologikoak eta konbentzionalak. Kalitate orokorra eta sentsorialak</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3c216cb3-5d8b-4586-80ab-d7cea8443a69</t>
+    <t>Lehorteak zitrikoengan duen eragina murrizteko gomendioak</t>
+  </si>
+  <si>
+    <t>Dokumentu honek zitrikoen laborantzan uraren kudeaketa eraginkorrerako gomendio egokienak eskaintzen ditu, ur eskasia dagoen egoeretan eta erabilgarritasun-eszenatoki desberdinetan. Horretarako, garrantzitsua da ekintza-talde desberdinak bereiztea kanpainarako baimendutako ur-esleipenaren arabera, eta kasu bakoitzean jarraitu beharreko gomendioak edo estrategiak egingo dira:</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3b58e877-2b7a-4164-a98c-c4becb4302c3</t>
+  </si>
+  <si>
+    <t>Andaluzian ureztatze sistema tradizionalak: definizioa, ezaugarritzea, balioak eta arazoak</t>
+  </si>
+  <si>
+    <t>Dokumentu honek ureztatze-sistema historikoak edo tradizionalak definitzen ditu, ezaugarritzen ditu, haien balioak zerrendatzen ditu eta egungo arazoei heltzen die. Ureztatze-sistema tradizionalek, hazkunde ekonomikoa eta enplegua sortzen duen balio produktiboa eskaintzeaz gain, ekosistema-zerbitzu garrantzitsuak eskaintzen dituzte eta garrantzi berezia dute gizarteari, ondareari, paisaiari eta historikoari dagokienez. Sistema hauen biziraupena nekazaritza-jarduera ekonomikoki jasangarriaren mende dago, merkatu-ekonomian beste ekoizpen-sistemekin lehiatu behar baitute. Horretarako, produktuen bereizketa (adibidez, nekazaritza eta abeltzaintza ekologikoa), produktibitatearen igoera (dibertsifikazioa, labore berriak) eta merkaturatze-kanal eta merkatu berrien bilaketa bilatu behar dira, besteak beste.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e584da2e-6277-43f8-9956-9849bf20d65a</t>
   </si>
   <si>
     <t>Irasagar kontserbak egitea</t>
   </si>
   <si>
     <t>Dokumentu honek irasagar fruituarekin eta irasagar hosto infusioarekin egindako bederatzi kontserba motaren ekoizpen prozesua deskribatzen du. Prozesuaren fluxu diagramak, produktuaren ezaugarri analitikoak, etekina eta ebaluazio sentsorialak aurkezten dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39cb01b8-b27a-4952-bdd6-505750a17cb8</t>
   </si>
   <si>
     <t>Aza hartzitua (txukruta) egitea</t>
   </si>
   <si>
     <t>Dokumentu honek aza hartzituaren ekoizpen prozesua deskribatzen du. Prozesu hori arautzen duten legezko araudiak zehazten ditu, baita prozesuan zehar gerta daitezkeen eta bere kalitatea kaltetu dezaketen aldaketa nagusiak ere. Gatz dosiaren eta lactobacillus inokuluaren eragina aztertu zuen saiakuntza baten emaitzak ere aurkezten ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bd545e15-9383-4aae-9fbc-0f12bd6b4572</t>
   </si>
   <si>
+    <t>DNA proba marrubietan mesifuranoa eta gamma-dekalaktona aurreikusteko</t>
+  </si>
+  <si>
+    <t>Dokumentu honek marrubi fruituen zaporean zuzenean parte hartzen duten bi konposatu aromatiko (mesifuranoa eta gamma-dekalaktona) identifikatzeko jarraitu beharreko metodologia deskribatzen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8b7ba1d8-52b8-439f-93ba-61c296576466</t>
+  </si>
+  <si>
+    <t>Klima-sentsoreen erabilera negutegiko laboreetan</t>
+  </si>
+  <si>
+    <t>Dokumentu honek modu sinplean deskribatzen ditu negutegietako baratzezaintzan txerta daitezkeen klima-sentsore nagusiak neurtzeko oinarri teknikoak, laboreen hazkuntza eta garapena zehazten duten faktoreak ulertzeko eta horiei erantzuteko. Gainera, zuzen erabiltzeko gomendio batzuk ematen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/41f6a9a8-4717-4a99-806b-5b79c6006694</t>
+  </si>
+  <si>
+    <t>Elikagaien ontziratze aktiboa</t>
+  </si>
+  <si>
+    <t>Dokumentu honek merkatuan dauden elikagai-ontzi aktiboen mekanismo eta mota desberdinak deskribatzen ditu, eta ontzi adimendunen, estaldura jangarrien, ontzi biodegradagarrien eta nanoteknologiari esker propietate berriak dituzten materialen joera berriak aztertzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1edaa00f-fbf6-4d26-bf13-2ff4375abcd9</t>
+  </si>
+  <si>
     <t>Lurrik gabeko pepinoen birzirkulazioa Almerian</t>
   </si>
   <si>
     <t>Artikulu honek birzirkulazio-sistema baten uraren eta ongarrien erabileraren eraginkortasuna ebaluatzen du, perlita substratu batean hazitako pepino-labore bateko lixibiatu-soluzio osoa berrerabiliz bi hazkuntza-ziklotan zehar, urtaro desberdinekin: udaberria eta udazken-negua. Emaitzek erakusten dute birzirkulazio-sistemarekin uraren eta ongarrien erabilera nabarmen handitu dela, azken fruitu-ekoizpenari eragin gabe.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b4868d04-b122-4fa0-9c8c-d60ca49b51f3</t>
   </si>
   <si>
-    <t>Elikagaien ontziratze aktiboa</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e584da2e-6277-43f8-9956-9849bf20d65a</t>
+    <t>'Clementina de Nules'-en errendimendu agronomikoa Almerian zitrikoen erro-material desberdinetan. 2013/2014 eta 2014/2015 uzta-denboraldiak</t>
+  </si>
+  <si>
+    <t>Artikulu honek Almeriako probintziako kostaldeko eremuaren baldintza agroklimatikoetan ohiko eta hibrido (erdi-nano) erro-materialen errendimendu agronomikoaren ebaluazioaren emaitzak aurkezten ditu, 2013/14 eta 2014/15 kanpainetan zehar egina, landaketen kudeaketa agronomikoa eta, beraz, haien errentagarritasuna optimizatzeko aukera ematen duen informazioa lortzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/00d00be7-3e86-4ba9-9e33-bf7f482ba136</t>
+  </si>
+  <si>
+    <t>Clementina de Nules-en errendimendu agronomikoaren ebaluazioa erro-material desberdinetan. Málaga, 2015-2016 kanpaina</t>
+  </si>
+  <si>
+    <t>Lan honen helburua hiru erro-material konbentzional eta hiru hibrido berri (erdi-nano) errendimendu agronomikoa ebaluatzea da, Malagako probintziako kostaldeko eremuaren baldintza agroklimatikoetan. Horri esker, informazio koherentea lortuko da, landaketen kudeaketa agronomikoa eta, ondorioz, haien errentagarritasuna optimizatzeko aukera emango duena.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bc91b0d9-5e59-4967-b77e-128e3a7a77ed</t>
+  </si>
+  <si>
+    <t>Clementina de Nules-en errendimendu agronomikoaren ebaluazioa erro-material desberdinetan gazitasun-baldintzetan. Almería, 2015-2016 uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Lan honen helburua hiru erro-material konbentzional eta hiru hibrido berri (azpi-estandarrak eta erdi-nanoak) Almeriako probintzian ureztatzeko uraren gazitasun-baldintzetan (eroankortasun elektriko handiko ura kalitate baxukoa) ebaluatzea da, landaketen kudeaketa agronomikoa eta, beraz, haien errentagarritasuna optimizatzeko aukera emango duen informazio koherentea lortzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/67dd3b89-92d0-4f7f-8980-62190ce2ad4a</t>
   </si>
   <si>
     <t>Ureztatzea negutegi batean gatzgabetutako itsasoko uraren eta lurpeko uren nahasketa batekin. Tomatea.</t>
   </si>
   <si>
     <t>Andaluziako hego-ekialdean munduko berotegi-eremu handienetako bat dago. Baratzezaintza intentsiboko eredu hau lurpeko urak ureztatzeko erabiltzean oinarritu da, eta horrek akuiferoen gehiegizko ustiapena eta uraren kalitatea hondatzea ekarri du. Egoera honen aurrean, ur-baliabide ez-konbentzionalak sartu dira sisteman, besteak beste, itsasoko ura gatzgabetua (GGE). Espainian GGErekin izandako lehen esperientziek erakutsi dute GGEren nekazaritza-erabilerak erronka agronomiko, ekonomiko eta ingurumeneko berriak dakartzala, eta horrek ikerketa-ikuspegi berritzaileak eta uraren kudeaketa-estrategia berriak behar dituela. Dokumentu honek pepino-laboreekin egindako entsegu batean lortutako emaitza nagusiak aurkezten ditu, jatorriaren arabera gazitasun-maila desberdineko urez ureztatutako pepino-laboreekin (GGE, GGE eta bi ur moten nahasketak) egindako entsegu batean lortutako emaitza nagusiak, non bi ureztatze-kudeaketa-estrategia ere erabili ziren.</t>
   </si>
   <si>
     <t>https://lajunta.es/5u1lg</t>
   </si>
   <si>
+    <t>Zitrikoen hazkuntzan molusku izurriteak ezagutu eta kontrolatzeko gida</t>
+  </si>
+  <si>
+    <t>Gida honek zitrikoen hazkuntzan moluskuen izurriteei buruzko informazio guztia dauka: ezagutza eta kontrola.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a08abc76-600b-45ae-aafb-f15cd458f906</t>
+  </si>
+  <si>
     <t>Gutxieneko laborantza unitatearen arabera neurtutako lur zatikatzea</t>
   </si>
   <si>
     <t>Aurkezpen honek Jaéneko olibondo-soroetako Gutxieneko Laborantza Unitatea (GMU) aztertzen du, bere eragina ebaluatzeko eta gehiegizko zatiketa mugatzeko araudi-esparruan aldaketak proposatzen ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e2d0a09a-0610-454c-8aca-694e87bf04c1</t>
   </si>
   <si>
-    <t>Zitrikoen hazkuntzan molusku izurriteak ezagutu eta kontrolatzeko gida</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bc91b0d9-5e59-4967-b77e-128e3a7a77ed</t>
+    <t>Presio hidrostatiko altuen aplikazioa elikagaien industrian</t>
+  </si>
+  <si>
+    <t>Dokumentu honek presio hidrostatiko handia elikagaietan aplikatzeak dituen ondorioak deskribatzen ditu, osagai nutrizionalen, propietate organoleptikoen eta kontserbazioaren aldaketari dagokionez. Teknologia honek jateko prest dauden produktu berritzaile ugari ekarri ditu merkatura. Produktu hauek iraupen luzeagoa eskaintzen dute, beste kontserbazio-tratamendu batzuekin alderatuta kalitate sentsorial hobea, balio erantsi handia, eduki mikrobiano txikia eta aukera komertzial garrantzitsuak, produktu freskoen antzeko ezaugarri organoleptikoak dituzten produktu seguruekiko kontsumitzaileen interes gero eta handiagoa dela eta. Hala ere, teknologia hau ezartzerakoan, kontuz ibili behar da eta alderdi ekonomikoak ebaluatu behar dira, kutsadura biologikoaren arriskuak kontrolatzeko ondo finkatutako, ekonomikoki bideragarriak eta eraginkor diren teknologia termikoekin lehiatzen baita.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e73772df-c03a-4e56-84a8-a8ce3143a8b2</t>
+  </si>
+  <si>
+    <t>Laranja Organikoaren Ziurtagiria Nitrogeno eta Karbono Isotopo Egonkorrak Erabiliz</t>
+  </si>
+  <si>
+    <t>Dokumentu honek d15N isotopo egonkorraren analisi-teknikaren egokitasuna aztertzen du modu organikoan ekoitzitako eta konbentzionalki ekoitzitako laranjen arteko bereizketa egiteko. Fruituaren zein atalek identifikatzen duen hobekien desberdintasun hori ere aztertzen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/53adebb7-888e-40ea-9d61-57cf6c232d60</t>
+  </si>
+  <si>
+    <t>Landare-produktu organikoen kalitatea: berrikuspen eguneratua.</t>
+  </si>
+  <si>
+    <t>Dokumentu honek produktu ekologikoen kalitateari eta konbentzionalki hazitako produktuen kalitateari buruzko argitaratutako informazio zientifikoa aztertzen du osasunaren ikuspegitik, bereziki Andaluzian gehien hazitako fruta eta barazkien antioxidatzaile eta bitamina edukian hazkuntza-sistemak duen eraginari erreparatuz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6f18cb05-fc31-47fa-a4f4-18abcf092013</t>
   </si>
   <si>
     <t>Oliba olio birjina kontsumitzearen osasun onurak</t>
   </si>
   <si>
     <t>Dokumentu honek oliba-olioaren presentzia aztertzen du landare-koipeen merkatu globalean, haren osaera eta haren osagaien eta propietate organoleptiko, nutrizional eta osasungarrien arteko erlazioa. Oliba-olio birjinak, edo haren osagai batzuek, zenbait patologia garatzeko edo prebenitzeko duten eraginari buruzko aurrerapen zientifikoak berrikusten ditu, eta elikagaien nutrizio- eta osasun-adierazpenei buruzko Europako araudiak aztertzen ditu, kasu honetan zer baimentzen duten barne.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04436a85-0e53-4bbd-b948-b3431faaa8d3</t>
   </si>
   <si>
-    <t>Landare-produktu organikoen kalitatea: berrikuspen eguneratua.</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e73772df-c03a-4e56-84a8-a8ce3143a8b2</t>
+    <t>Marrubi barietateen ebaluazioa: Laborantza ekologikoan lortutako emaitzak. 2016/2017 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Dokumentu honek Almonte udalerriko Flor de Doñana bazkide den baserrian hamabi marrubi barietateen ebaluazio agronomikotik lortutako emaitzak aurkezten ditu, nekazaritza ekologikoko teknikak erabiliz (834/2007 EE Erregelamendua). Lan hau adierazitako baldintzetan aztertutako barietateen errendimenduari buruzko informazio objektiboa sortzeko egin zen. Dokumentu hau nekazari eta teknikarientzako tresna gisa eskaintzen da, barietateen hautaketa errazteko, eskuragarri dauden barietateen aukera zabala kontuan hartuta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04efd11e-e806-45dd-823c-b2879ba72ec7</t>
+  </si>
+  <si>
+    <t>Marrubi barietateen ebaluazioa. Biosolarizatutako lurzoruarekin ohiko laborantzan lortutako emaitzak. 2016/2017 uzta denboraldia.</t>
+  </si>
+  <si>
+    <t>Dokumentu honek 'El Cebollar' Esperimentazio Baserrian hamabi marrubi barietateen ebaluazio agronomikoan lortutako emaitzak aurkezten ditu, ohiko laborantza teknikak erabiliz, lurzorua landatu aurretik desinfektatzeko biosolarizazioa erabili izana izan ezik. Lan hau adierazitako baldintzetan aztertutako barietateen errendimenduari buruzko informazio objektiboa sortzeko egin zen. Dokumentu hau nekazari eta teknikarientzako tresna gisa eskaintzen da, barietateen hautaketa errazteko, gaur egun eskuragarri dauden barietateen aukera zabala kontuan hartuta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/05efd1f5-71a5-4b8e-9f31-b1125532e44b</t>
+  </si>
+  <si>
+    <t>Marrubi barietateen ebaluazioa: lur kimikoki desinfektatuarekin ohiko laborantzan lortutako emaitzak. 2016/2017 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Dokumentu honek 'Fresperiquito' baserri kolaboratzailean hamabi marrubi barietateen ebaluazio agronomikoaren emaitzak aurkezten ditu, ohiko laborantza teknikak erabiliz (lurzoruaren desinfekzio kimikoa 1,3 dikloropropenoarekin eta kloropikrinarekin). Lan hau adierazitako baldintzetan aztertutako barietateen errendimenduari buruzko informazio objektiboa sortzeko egin zen. Dokumentu hau nekazari eta teknikarientzako tresna gisa eskaintzen da, barietateen hautaketa errazteko, eskuragarri dauden barietateen aukera zabala kontuan hartuta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9a4575a4-087a-4d64-afd3-0164a7b8a957</t>
+  </si>
+  <si>
+    <t>Almeriako eta Granadako kostaldeko berotegi ekologikoen teknologia</t>
+  </si>
+  <si>
+    <t>Ikerketa honek Almeriako eta Granadako kostaldean kokatutako negutegi ekologikoen ezaugarri nagusiak deskribatzen ditu, ikerketa-eremuko 150 barazki-ekoizle ekologikori egindako inkesta batean oinarrituta. Zehazki, ekoizleek beren negutegietan erabiltzen dituzten teknologia nagusiak deskribatzen ditu, eta azkenik, ekoizpen-sistema ekologikoak eta konbentzionalak alderatzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99edb4cb-7ac9-4833-ada7-bf1aad3e8078</t>
   </si>
   <si>
     <t>Andaluzian olibondo baliabide genetiko berrien bilaketa</t>
   </si>
   <si>
     <t>Proiektu honek Munduko Oliba Germoplasma Bankua Andaluziako material berriarekin (bertako barietateekin) aberastea eta Kordobako IFAPA Zentroan dagoen oliba basatien bilduman Andaluziako populazio basatien ordezkaritza handitzea du helburu. Material honen identifikazio eta dibertsitate azterketa DNA markatzaile molekularrak erabiliz egin da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14b52297-0270-42a3-af97-6691bd34d19f</t>
   </si>
   <si>
     <t>Marrubiaren kalitatea eta ekoizpena hobetzea birzirkulazio bidezko hidroponia-laborantzan, ongarritze-estrategia desberdinak erabiliz.</t>
   </si>
   <si>
     <t>Lan honetan (Gradu Tesia), hiru marrubi barietate aztertu ziren, bi egun laburrekoak, 'Primoris' eta 'Festival', eta bat egun neutrokoa, 'Albion', bakoitza landaketa data desberdinarekin. Gazitasunaren igoerak fruituaren ekoizpenean eta kalitatean fase sortzailean duen eragina ebaluatu zen, mantenugai-soluzioan NaCl kontzentrazioa 8 mmol/L-tik 12 mmol/L-ra handituz tratamendu batean, eta 19 mmol/L-ra bestean. Hori egin zen fruituaren garapenaren hasierako fasean gazitasuna gehitzeak, efektu negatiboak sortu beharrean, onura batzuk sortzen dituela baieztatzeko, jasaten dituen fruituen propietateak hobetzen baititu. Hiru barietate hauek ziklo osoan aztertu ziren, eta ondorio hauek lortu ziren: Baieztatu zen gazitasunaren igoerak ez duela frutaren ekoizpenean eragiten. Landaketa oso goiztiarretan, ez da ekoizpen goiztiarrean igoerarik egon muturreko eguraldi baldintzak direla eta. Kalitateari dagokionez, gazitasunaren igoerak fruituaren kalitatea mesedetu zuen, solido disolbagarrien edukia, azidotasun titragarria eta sendotasuna handituz. Solido disolbagarrien edukia, °Brix-etan neurtua, handitu egin zen aplikatutako gazitasun-mailarekin, eta erantzun hau nabarmenagoa izan zen landareak gatz-estresaren menpe egon ziren denbora (egunak) handitu ahala, eguzki-erradiazioaren intentsitatearen eta tenperaturaren igoerarekin bat etorriz. Osagai nutrizionalei dagokienez, gazitasunak C bitaminaren edukia gutxitu zuen, eta polifenolen igoera edo jaitsiera gazitasunarekin batera barietatearen araberakoa izan zen. Ebaluazio sentsorialean, dastatzaileek ez zituzten azidotasunari eta °Brix-ari buruzko emaitza analitikoetan lortutako desberdintasunak antzeman. 'Festival' eta 'Albion' barietateetan, aurkitutako desberdintasunek gazitasun handiagoa zuen tratamenduaren alde egin zuten. 'Primoris' barietatean, desberdintasunak gazitasun gutxiago zuen tratamenduaren alde egin zuten.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/434b09a5-95ee-47cb-a6fa-2e3c5f87d5ac</t>
   </si>
   <si>
-    <t>Marrubi barietateen ebaluazioa: Laborantza ekologikoan lortutako emaitzak. 2016/2017 uzta denboraldia</t>
-[...25 lines deleted...]
-  <si>
     <t>Guadalquivir Haraneko Blancas Taldeko Hiru Zitriko Barietateen Kalitate Orokorra (Morfologikoa, Organoleptikoa eta Funtzional) eta Ekoizpena</t>
   </si>
   <si>
     <t>Artikulu honek Hornachuelos-eko (Kordoba-Andaluzia) lursail batean hiru ikerketa-kanpainatan zehar, 2016/2017, 2017/2018 eta 2018/2019an, egindako entsegu esperimental batean lortutako emaitzak aurkezten ditu. Blancas taldeko hiru laranja gozo barietateen, `Barberina´, `Valencia Midknight´ eta `Valencia Delta Seedless´, fruituaren kalitate orokorrari, morfologikoari, organoleptikoari eta funtzionalari buruzko datuak eta ekoizpenari buruzko datuak aurkezten dira, Forner-Alcaide 5. zenbakiko erro-materialean txertatuta. Entseguan erabilitako metodologia, baita lortutako emaitzak eta ondorioak ere aurkezten dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2c642587-97af-44ad-971e-92e663df6452</t>
   </si>
   <si>
-    <t>Almeriako eta Granadako kostaldeko berotegi ekologikoen teknologia</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99edb4cb-7ac9-4833-ada7-bf1aad3e8078</t>
+    <t>Mahats-mordo meheen erabilera estilbeno bioaktiboekin aberastutako erauzkin bat ekoizteko</t>
+  </si>
+  <si>
+    <t>Mahats-hazkuntzan, azpiproduktuen erabilera faktore garrantzitsua da ekoizpen jasangarrirako. Azpiproduktu horietako bat mahats beltzen mordoen mehetzetik lortzen diren mahatsak dira, normalean baztertzen direnak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2513b221-50c5-4e7e-ac8f-0cd399c1d28c</t>
   </si>
   <si>
     <t>Nekazarien iritziak olibondo-soroen landare-estaldurari buruz</t>
   </si>
   <si>
     <t>Olibondoen laborantzan, landare-estalkien erabilera praktika kultural gisa ezarri eta hedatu da azken hamarkadan.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/41f3665a-d9a2-4486-910f-f7cf216c5b39</t>
   </si>
   <si>
+    <t>Almendra ureztatzeko aplikazioa: almendra-arboletan ureztatzea kudeatzeko tresna bat</t>
+  </si>
+  <si>
+    <t>Dokumentuak Almond Irrigation App-aren onurak deskribatzen eta erakusten ditu, ureztatzeko almendra sektoreko nekazari eta teknikarientzako erabakiak hartzeko tresna bat. Tresnak lurzoruaren ur-balantzea, Andaluziako Agroklima Informazio Sareko informazio meteorologikora sartzeko sistema automatikoa eta ureztatze-programazio modulua konbinatzen ditu, eskuragarri dauden ur-baliabideak optimizatzen dituena, uzta-aldi kritikoetan gehiegizko ur-estresik saihesteko.</t>
+  </si>
+  <si>
+    <t>https://lajunta.es/5u1lc</t>
+  </si>
+  <si>
+    <t>Aguakatearen izurriteen eta haien etsai naturalen gida bisuala</t>
+  </si>
+  <si>
+    <t>Dokumentu honek laburki deskribatzen ditu gure inguruko aguakate-laboreen lau izurrite-espezie garrantzitsuenen (bi tetranikido akaro eta bi irina-kotxintxo) ezaugarriak eta haien etsai natural nagusiak (akaro harrapariak, neuropteroak eta kokzinelidoak). Deskribapenarekin batera argazki batzuk datoz, identifikazio azkarra lortzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f9fd31f8-132d-4192-a14b-8b8fe518aef5</t>
+  </si>
+  <si>
     <t>Meloidogyne kuiatxoan: gaixotasunaren karakterizazioa</t>
   </si>
   <si>
     <t>Dokumentuak gaixotasunaren garapenean eragina duten faktoreak eta bi nematodo espeziek, Meloidogyne incognita eta Meloidogyne javanica, kuiatxoen laboreei eragiten dieten ekoizpenean duten eragina ebaluatzen ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7bba48f4-e430-49d4-b576-3c358070a452</t>
   </si>
   <si>
     <t>Andaluziako zitriko-ustiategien ezaugarriak</t>
   </si>
   <si>
     <t>Dokumentu honek Andaluziako zitriko-ustiategien ezaugarri nagusiak aztertzen ditu, besteak beste, ustiategi-azalera, labore nagusiak, batez besteko errendimenduak eta landaketa-eredu erabilienak. Ikerketan erabilitako datuak Andaluziako hazkuntza-eremu nagusietako 203 zitriko-ekoizleri egindako inkesta batetik datoz. Emaitza aipagarrienak labore adierazgarrienetarako (laranjak, mandarinak eta limoiak) aurkezten dira, probintziaren arabera taldekatuta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/83c8c49f-c8bd-41c2-a222-4dea15ed3d5e</t>
   </si>
   <si>
-    <t>Aguakatearen izurriteen eta haien etsai naturalen gida bisuala</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2513b221-50c5-4e7e-ac8f-0cd399c1d28c</t>
+    <t>Letxuga klorosiaren birusa babarrun-laboreetan</t>
+  </si>
+  <si>
+    <t>Letxugaren klorosiaren birusa-Sp (LCV-SP) LCVren andui berri bat da, babarrun berdeei (Phaseolus vulgaris L.) eragiten diena eta hosto ertain eta baxuen horitzea eta zain arteko orbanak bezalako sintomak eragiten dituena, eta horrek hauskorragoak bihurtzea ere eragiten du. Lehen aldiz Granada eta Almeriako probintzietako negutegi komertzialetan deskribatu zen, eta kaltetutako landareak Bemisia tabaci zuten negutegietan ikusi ziren. LCV lehenago Kalifornian (AEB) deskribatu zen letxuga landareei eragiten zien; hala ere, Espainiako anduiak (LCV-SP) lekaleen familiako landareei bakarrik eragin diezaieke.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/315b8ba5-4495-4deb-857e-9819a3e362ba</t>
+  </si>
+  <si>
+    <t>CGMMV goiz detektatzea ImmunoStrip® erabiliz</t>
+  </si>
+  <si>
+    <t>Pepino berde orbandun mosaikoaren birusa (CGMMV) Tobamovirus generoko kidea da, erraz transmititzen da kontaktu bidez eta kukurbitazeo espezie asko infektatzen ditu, pepinoa barne. Bere presentzia Andaluziako hego-ekialdean handitu egin da azken bost urteetan, neurri batean jatorri asiarreko birusaren andui berri bat lehenago deskribatu ez zen eremuetan egoteagatik. Beraz, diagnostiko goiztiarra ezinbestekoa da kontrol estrategia egoki bat ezartzeko. Dokumentu honetan, CGMMV arraza bakoitzaren detekzio goiztiarraren sentikortasuna ebaluatuko dugu immunostrip teknika erabiliz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9fdd2bc7-a957-4055-817f-0a86923e08b0</t>
   </si>
   <si>
     <t>Jogurta egiteko gomendioak</t>
   </si>
   <si>
     <t>Ahuntz, ardi eta behi artisau jogurta Andaluziako gero eta esneki-enpresa txiki eta ertain gehiagok egunero ekoizten duten esnekia da. Bere ekoizpenak normalean produktu natural eta lokalak erabiltzen ditu. Txosten honek oinarrizko gomendioak ezartzen ditu ekoizpen-etapa desberdinetan, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c86a44c4-8f15-4d11-874e-6587f9dba2c4</t>
   </si>
   <si>
+    <t>Pasteurizazioaren eragina Aloreña olibetan</t>
+  </si>
+  <si>
+    <t>2009an, Aloreña de Málaga Oliba Jatorrizko Deitura Babestuaren (JDB) araudia onartu zen, Espainian bereizgarri hori lortzen lehena izanik. Bere ekoizpena Málaga probintziaren hego-ekialdean kokatzen da. Aloreña mahaiko olibak gatzunean ondutako olibak dira, guztiz edo partzialki hartzitu eta gatzarekin, azido organikoekin eta espeziekin kontserba daitezkeenak. Ekoizpen-prozesuak ez du berorik erabiltzen azken produktuan, beraz, informazio gutxi dago pasteurizazio-tenperaturek oliba hauen propietate fisiko eta kimikoetan duten eraginari buruz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5a04191e-2f1a-4913-b795-51272caff323</t>
+  </si>
+  <si>
+    <t>Olibondo-soro maldatsuetan kudeaketa-sistemak tximeleten dibertsitatean dituen eraginak</t>
+  </si>
+  <si>
+    <t>Andaluzian, 20tik gorako malda duten olibondo-soroek olibondo-azalera osoaren 26,8 hartzen dute, altitudea eta malda bezalako faktoreen konbinazioagatik lurzoruaren erabilera mugatua duten eremuak barne, eta errentagarriak ez direnak, eta horrek labore hau Andaluzian uzteko arrisku handia dakar. Zentzu honetan, olibondo-soro honen bideragarritasunak nahitaez ekarriko luke agroekosistema hauek sortutako ekosistema-zerbitzuen hobekuntza eta balorizazioa, eta horietako bat biodibertsitatea sustatzetik eratorritako zerbitzuak dira, olibondo-soro hauetan egiten den kudeaketa agronomiko motak eragin dezakeen zerbitzu bat. Biodibertsitatea ebaluatzeko erabiltzen den adierazle bat "erhalocero lepidoptero" izeneko eguneko tximeletaren populazioen estimazioa da, ekosistemen aldaketekiko oso sentikorrak direnak. Olibondo-soro organikoak eta abandonatuak dira tximeletaren aniztasun handiena dutenak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/174d1ee7-591f-4ef3-80b1-6205f1d0fcb9</t>
+  </si>
+  <si>
+    <t>Izurriteen kontrol biologikoa neguan pepino-laboreetan: Amblyseius swirskii Athias-Henriot versus Transeius montdorensis (Schicha).</t>
+  </si>
+  <si>
+    <t>Pepino-laboreetan, kontrol biologikoa batez ere Amblyseius swirskii akaro harrapariaren askapenean oinarritzen da euli zuriak eta lore-tripak kontrolatzeko. Hala ere, bere erabilera mugatua izan daiteke udazken-negu amaierako zikloetan hainbat arrazoirengatik. Beste akaro harrapari bat, Transeius montdorensis, gaur egun komertzialki eskuragarri dago eta izurrite horiez ere elikatu daiteke. Ikerketa honen helburua bi harrapari espezieen arteko saiakuntza konparatiboa egitea izan zen, tenperatura baxuko baldintzetan duten portaera eta udazken-neguko pepino-labore bateko izurriteen kontrolean duten eraginkortasuna ebaluatzeko. Emaitzek oso antzeko portaera erakusten dute bai akaro harraparien populazioen garapenean, bai euli zurien eta tripen gainean egiten duten kontrolaren arloan. Hala ere, T. montdorensis-ek ugalketa-tasa handiagoa erakutsi zuen une jakin batzuetan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39e30fe6-8209-4758-b00e-1e530d585839</t>
+  </si>
+  <si>
     <t>Babestutako Baratzezaintzako Aniztasunaren Azterketa: Libelulak (I)</t>
   </si>
   <si>
     <t>2015eko abenduan, IFAPA La Mojonera Zentroko (Almería) hainbat negutegiren inguruan bertako zuhaixka-landareekin osatutako heskai-sare bat ezarri zen. Landaketa hauek baratzezaintza intentsiboko paisaian biodibertsitatea hobetzeko neurriak dira. Esku-hartze hauetatik etekina atera dezaketen intsektu-taldeetako bat sorgin-orratzak dira, landare hauetan berez agertzen baitira eta harrapariak baitira. Dokumentu honek instalatutako heskai desberdinetan aurkitutako odonatoak behatzeko erabilitako metodologia eta identifikatutako espezieen inbentarioa jasotzen ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fda616b0-9b6c-4fb2-8c47-bd5ef31d7703</t>
   </si>
   <si>
-    <t>Olibondo-soro maldatsuetan kudeaketa-sistemak tximeleten dibertsitatean dituen eraginak</t>
-[...43 lines deleted...]
-  <si>
     <t>Bi ekilore barietateren hiru sulfonilurea herbizidekiko suszeptibilitate probak</t>
   </si>
   <si>
     <t>2015ean, ekiloreen fitotoxikotasun kalte larriak ikusi ziren Andaluzian eta Gaztelan negu amaieran eta udaberrian. Argitalpen honek aurreko uztan ekiloreei aplikatutako herbiziden fitotoxikotasunari buruzko kezkak konpontzeko egindako sentikortasun-proben emaitzak aurkezten ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cffd69a1-6114-4c65-9c64-7185057a421b</t>
   </si>
   <si>
+    <t>Ureztatze-banaketa desberdinen eragina Huelvan lau marrubi-barietateen ekoizpenean eta kalitatean: 2016/17 kanpaina</t>
+  </si>
+  <si>
+    <t>Ikerketak lau ureztatze-tratamendu ezarriei aplikatutako marrubi-barietate desberdinen ekoizpena eta kalitatea alderatu zituen, 'Sabrina' barietatearen (ETc Sab) labore-koefizienteak erreferentzia gisa erabiliz 2016-2017 denboraldian. Aztertutako barietateak 'Sabrina', 'Fortuna', 'Splendor' eta 'Primoris' izan ziren. Emaitzek erakutsi zuten barietateek ur-behar desberdinak dituztela eta, beraz, ez zaiela berdin eragiten ur-murrizketaren eraginpean. Emaitza horien arabera, barietate bat edo beste erabiltzeak % 25 inguruko ur-aurrezpena ekar dezake.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6b834061-75d7-441b-8bd5-eb4f4abd0519</t>
+  </si>
+  <si>
+    <t>Bertako txitxirio barietateen ebaluazioa. 2019/2020 kanpaina.</t>
+  </si>
+  <si>
+    <t>Lan honen helburua jatorri andaluziarra duten txitxirioen tokiko barietate edo ekotipo desberdinen potentziala ulertzea da. Lerroak hazkuntza-ingurune desberdinetan karakterizatu eta ebaluatu dira. Dokumentuak karakterizazioaren emaitzak aurkezten ditu, baita ekotipo bakoitzaren batez besteko etekin-balioak ere, ebaluatu diren inguruneetarako, kontrol-barietate konbentzional batekin alderatuta. Ondorio orokorra aztertutako txitxirioen ekotipoen potentzial handia azpimarratzea da, bai landareen hazkuntza-programetarako gene-emaile guraso gisa, bai kontserbazio-barietate gisa zuzenean erabiltzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b6f099b1-9153-4fc7-a9a1-f6bc1ad67c60</t>
+  </si>
+  <si>
     <t>Bertako barietateen potentziala gari gogorra hobetzeko</t>
   </si>
   <si>
     <t>Andaluzian garia batez ere Mediterraneoko ingurune batean hazten da, euri sasoikoak, zikloaren amaieran lehorte probabilitate handia eta alearen garapenean lehortasuna ezaugarri dituena. Baldintza hauek arrisku handia dakarte, lehorteak eta beroak errendimenduaren murrizketa nabarmenak eragin baitezakete. Klima-aldaketaren iragarpen-ereduek iradokitzen dute tenperatura altuen maiztasuna handitzea loraldian Europan, eta horrek belarrien emankortasuna gutxitzea eta hostoen seneszentzia bizkortzea ekar dezake, eta ondorioz, errendimenduan eragina izango du. Testuinguru honetan, tokiko barietateek zeregin garrantzitsua izan dezakete, belaunaldiz belaunaldi tokiko baldintzetan hautatu baitira eta ingurune horietara egokitzen diren ezaugarriak izan ditzaketelako.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8adb8c66-bb41-479b-8e17-c969b134d18e</t>
   </si>
   <si>
-    <t>Ureztatze-banaketa desberdinen eragina Huelvan lau marrubi-barietateen ekoizpenean eta kalitatean: 2016/17 kanpaina</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6b834061-75d7-441b-8bd5-eb4f4abd0519</t>
+    <t>Gari gogorraren kanario-belarraren (Phalaris spp.) aurka herbizida-aplikazio goiztiar eta berantiar ondorengo emergentzian</t>
+  </si>
+  <si>
+    <t>Gari gogorra labore garrantzitsua da Andaluzian (Espainia), non 300.000 hektarea inguru ereiten diren udazkenean. Bere zikloa prezipitazio-aldiarekin bat dator, batez beste 500 eta 700 mm artekoa izanik. Eskualde honetako neguak normalean epelak dira, baina izozte batzuk ere gertatzen dira neguan eta noizean behin udaberrian. Laborreko belar txar garrantzitsuenen artean hainbat belar daude, batez ere kanario-belarrak Phalaris brachystachys, Phalaris minor eta Phalaris paradoxa, Avena sterilis subsp. sterilis, Lolium rigidum eta, duela gutxi, Bromus diandrus eta Vulpia spp.-ren sarrerarekin batera. Kontrolatzen zailenetako bat P. paradoxa da, beste bi kanario-belar espezieekin nahastuta aurkitzen dena maiz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7730b31a-4614-4a32-9c78-52aa053786e0</t>
   </si>
   <si>
     <t>Centaurea dilutaren aurkako lehorte-baldintzetako herbizida-proba gari gogorraren gainean</t>
   </si>
   <si>
     <t>Gari gogorrak 300.000 hektarea inguru hartzen ditu Andaluzian (Espainia), batez ere Cádiz, Kordoba eta Sevillako probintzietan kokatuta. Labore hauek azaroaren 15etik abenduaren 15era ereiten dira, eta noizean behin azaroaren 1etik urtarrilaren 7ra. Eskualde honetako neguak, oro har, epelak dira, baina izozte batzuk ere gertatzen dira abenduan eta urtarrilean (gutxitan azaroan, eta baita otsailean edo martxoan ere), eta batez besteko prezipitazioa 500-700 mm ingurukoa da. Prezipitazio hau irregularra da, eta erein ondoren, ugaria izan daiteke edo, aitzitik, aste batzuk, hilabeteak ere, irauten duten lehorteak gerta daitezke. Eskualde horietako belar txar garrantzitsu eta kontrolatzen zailak direnen artean, Centaurea diluta familia konposatuko espeziea nabarmentzen da, bere tamaina handiagatik eta azken urteotan izan duen hedapen azkarragatik. Espezie honek agerpen oso mailakatua du (1. irudia), udazkeneko lehen eurietatik udaberri ondo sartu arte (Royo-Esnal et al., 2017), eta horregatik neguko laboreak (adibidez, zerealak eta babak, 2A irudia), udaberriko laboreak (adibidez, ekilore eta txitxirioak, 2. irudia, 2C bidez), eta egurrezko laboreak (olibondoa, almendra eta mahatsondoa) infestatzen ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/800b5b89-9742-4f73-ab38-223f0d11552c</t>
   </si>
   <si>
-    <t>Gari gogorraren kanario-belarraren (Phalaris spp.) aurka herbizida-aplikazio goiztiar eta berantiar ondorengo emergentzian</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7730b31a-4614-4a32-9c78-52aa053786e0</t>
+    <t>Mikrouhinen aplikazioa ardo beltzen kalitatea hobetzeko</t>
+  </si>
+  <si>
+    <t>Mikrouhinen erabilera elikagaien industrian sortzen ari den teknologia bat da. IFAPA Rancho de la Merced taldeak teknologia hau ardo beltzen ekoizpen prozesuan aplikatu du hartzidura alkoholikoaren fasean mazerazioa hobetzeko. Honek klima epeletan hazten direnean kolorea lortzeko zailak diren mahats barietateekin egindako ardo beltzen kalitatea hobetzeko alternatiba gisa duen erabilgarritasuna ezagutarazi nahi du, hala nola Garnatxarekin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0afe6b0f-4cf8-45b8-a2d3-5ac3be76bd4a</t>
   </si>
   <si>
     <t>Ozpina: Motak, Prestaketak eta Erabilerak</t>
   </si>
   <si>
     <t>Ozpina ardoa bezain zaharra den produktua da eta etxe gehienetan aurkitzen da, baina horri buruzko ezagutza urria eta gaizki zabaldua dago.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/759a1d9b-d25c-4937-b59b-83ba54464d65</t>
   </si>
   <si>
-    <t>Mikrouhinen aplikazioa ardo beltzen kalitatea hobetzeko</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b6f099b1-9153-4fc7-a9a1-f6bc1ad67c60</t>
+    <t>Pedroches gazta egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Pedroches gazta Espainiako gazten katalogoan sartutako Andaluziako ardi-esneko bost gazta tradizionaletako bat da. Merino ardi-esne gordinarekin egiten da eta gatzagia gehituz koagulatzen da, Cynara cardunculus karduaren lore lehorretatik eratorritako landare-oinarritutako koagulatzailea. Lan honek oinarrizko gomendioak ezartzen ditu ekoizpen-etapa desberdinetan zehar, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e385964-a440-41be-aae5-4158bef17f50</t>
+  </si>
+  <si>
+    <t>Ardi gazta biguna egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Ardi-esneko gazta biguna tradizionalki gazta ondutzat hartzen da, entzimatikoki koagulatutako esne gordinarekin egina, Cynara cardunculus karduaren lore lehorretatik eratorritako landare-oinarritutako koagulatzaile batekin koagulatua eta gutxienez 60 egunez ontzen dena. Hasieran, artzainek gazta mota honi "avería" deitzen zioten (azal mehea eta barrualde krematsua zuen gazta, gazta tradizionalen aldean). Gaur egun, gazta mota honi "tortak" deitzen zaio, eta nazioartean ospetsuak dira beren esklusibotasunagatik eta kalitateagatik. Lan honek oinarrizko gomendioak ezartzen ditu ekoizpen-etapa desberdinetan, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f0db88e0-9080-4cc1-b964-14066a2575e3</t>
   </si>
   <si>
     <t>Gazta freskoa auto-xukatzeko gomendioak</t>
   </si>
   <si>
     <t>Autoxukatzen den gazta freskoa Espainiako iparraldean sortutako gazta mota bat da. Ohiko gazta freskotik bereizten da hezetasun eduki handiagoa duelako, eta horrek energia eduki txikiena duten esnekietako bat bihurtzen du. Lan honek oinarrizko gomendioak ezartzen ditu ekoizpen fase desberdinetan, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aa30cc9f-284a-4419-930e-9a5bef5bd1f9</t>
   </si>
   <si>
+    <t>Malagako gazta freskoa egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Malagako gazta freskoa Espainiako Gazta Katalogoan sartutako Andaluziako hamar ahuntz-esneko gazta tradizionaletako bat da. Gaur egun, Malagako probintziako artisau-gaztandegi askok esneki mota honetan oinarritzen dute beren ekoizpena. Dokumentu honek oinarrizko gomendioak eskaintzen ditu ekoizpen-etapa desberdinetan, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7552eb17-55c3-4a5a-ad65-d0e5fe81a034</t>
+  </si>
+  <si>
+    <t>Azido edo mineralen desestabilizazio bidez gazta egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Mató gazta hainbat ekoizpen-teknikaren bidez lor daitekeen gazta mota bat da: mineralen desestabilizazioaren bidez (kaltzio kloruroa) edo azidoaren bidez (limoi-zukua edo ozpina), edo esnea landare-entzimekin koagulatuz, hala nola kardu basatiaren (Cynara cardunculus) lorearekin. Gazura xukatuz, astiro prentsatuz (auto-prentsatuz) eta aldian-aldian buelta emanez lortzen da. Gazta freskoa da, heldu gabea, eta ekoizpenaren ondoren kontsumitu daiteke.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b8643113-4bd1-478c-b3fb-23b617685470</t>
+  </si>
+  <si>
+    <t>Gazta freskoa egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Gazta freskoa gazta egiteko prozesuan lortutako gazurarekin lortzen den esneki bat da. Gazura berotuz egiten da, eta horrek gazur-proteinak prezipitatzea eragiten du. Lan honek gazta egiteko etapa desberdinetan oinarrizko gomendioak ezartzen ditu, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c81531ee-ecf7-4c39-a22a-b77d4416ced7</t>
+  </si>
+  <si>
+    <t>Hartzidura-gatzunak prozesu- eta garbiketa-ur gisa berrerabiltzearen bideragarritasuna</t>
+  </si>
+  <si>
+    <t>Espainiako mahaiko oliben sektorea hazi egin da azken urteotan, azken hamarkadan bere ekoizpena bikoiztu egin baitu, 800.000 tona baino gehiagoko zifrak lortuz. Andaluziako mahaiko oliben ekoizpena bereziki nabarmena da, Espainiako ekoizpenaren % 80 inguru hartzen baitu, eta horren barruan, Sevillako probintziak ekoizpen nazionalaren % 58 hartzen du. Industria sektore hau modernizazio prozesu batean murgilduta dago, dinamikoa da eta mahaiko oliben prestaketa eta prozesamenduaren fase guztiak egiteko prestatuta dago. Goian emandako datuek sektorearen dinamismoa partzialki erakusten dute, eta horrek aukera ematen dio aurre egiteko dituen erronkei, hala nola industriaren ingurumen hobekuntzei, beste ekoizle herrialdeen lehiaren hazkundeari eta etengabeko berrikuntzaren beharrari.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bcc42289-1763-40fe-83a7-ebbc5554c9bd</t>
+  </si>
+  <si>
     <t>Jaéngo olibondo-soroaren zatikatzeak eragindako ertz-efektuagatik eraginkortasun eza</t>
   </si>
   <si>
     <t>Ustiategien tamaina, zatikatzeak eta sakabanaketak eragina dute errentagarritasunean. Hala ere, ez dago aldagai hauek batera aztertzen dituen ikerketarik; ia denak ustiategien tamainan jartzen dute arreta. Ustiategien kudeaketan erabiltzen den makineriarako kostu finkoen proportzio optimoa ustiategiek gutxieneko tamaina jakin batera iristen direnean bakarrik lor daiteke. Gertakari hau ertz efektuaren bidez aztertzen da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e5d4750-3daa-4735-8ce4-ef71a3c09c6c</t>
   </si>
   <si>
-    <t>Hartzidura-gatzunak prozesu- eta garbiketa-ur gisa berrerabiltzearen bideragarritasuna</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f0db88e0-9080-4cc1-b964-14066a2575e3</t>
+    <t>Sinapis alba subsp. Mairei-ren garapena eta glukosinolatoaren ekoizpena ereiteko tasa eta ongarri mota desberdinekin</t>
+  </si>
+  <si>
+    <t>Lan honek Sinapis alba ereiteko dosi desberdinak eta ongarritze-estrategia egokiak ebaluatzen ditu landareen garapena eta espezie honen glukosinolato-edukia maximizatzeko, biofumigaziorako landare-estalki gisa erabiltzean eraginkorra izan dadin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c3d7e278-d868-409a-9806-16b7001cc936</t>
+  </si>
+  <si>
+    <t>Espainiako labore berri bat den pepino gozoaren kalitate fisiko-kimikoaren aniztasuna</t>
+  </si>
+  <si>
+    <t>Ikerketa honen helburu nagusia Almerian negutegietan hazitako pepino gozo barietateen kalitate fisiko eta kimikoa aztertzea izan zen. Informazio hau kontsumitzaileei, nekazariei, teknikariei eta nekazaritza-elikagaien enpresei kontsumoa eta ekoizpena dibertsifikatu eta bultzatzeko helburuarekin eskaintzea da. Aztertutako sei barietateetan kalitate fisiko eta kimikoaren osagai ugari aurkitu ziren.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b48fc5e7-6e3b-4b08-8fd0-14dc0d3cd46a</t>
+  </si>
+  <si>
+    <t>Olibondo-lurzoruen kudeaketaren azterketa ekonomiko konparatiboa, agroingurumen-laguntzarekin eta gabe</t>
+  </si>
+  <si>
+    <t>Andaluziako 2014-2020 Landa Garapen Programak 10. neurria, "Nekazaritza-ingurumena eta Klima", eta azpineurri sorta bat barne hartu ditu; zehazki, 10.1 azpineurria. Nekazaritza-ingurumen eta klima konpromisoetarako ordainketak, abandonuaren arriskuaren aurrean ingurumenarentzat onuragarriak diren jarduerak mantentzea, baliabide naturalen erabilera jasangarriagoa ahalbidetzen duten ekoizpen-sistemak ezartzea eta nekazaritzan baliabide genetikoen garapen jasangarria bultzatzea helburu duten eragiketak definitzen ditu. 2015eko maiatzaren 26ko 102. Aginduak, Andaluziako Autonomia Erkidegoko Aldizkari Ofizialean argitaratuak, Andaluziako Autonomia Erkidegoan 10. neurrirako "Nekazaritza-ingurumena eta Klima" diru-laguntzak emateko oinarri arautzaileak onartzen ditu. I. eranskinean, "Konpromiso-aldi osoan bete beharreko baldintzak eta 10. neurriko eragiketa desberdinen konpromisoak: Nekazaritza-ingurumena eta Klima" izenekoan, 10.1.4 eragiketarako konpromiso gisa ezartzen du. "Landare-laborantza sistema jasangarriak"</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/db97df28-4975-45ac-a7fa-42652a1d39f6</t>
+  </si>
+  <si>
+    <t>Nekazaritza Enpresa. I. Modulua.</t>
+  </si>
+  <si>
+    <t>Prestakuntza Programak lau modulu generiko ditu, ekoizpen-arlo guztietan komunak. Gainerako lau moduluak ekoizpen-arlo bakoitzerako espezifikoak dira eta nekazaritza- eta abeltzaintza-ekoizpenaren alderdi tekniko espezifikoetan oinarritzen dira. 1. moduluak, Nekazaritza Negozioak, ustiategien kudeaketarekin lotutako alderdi orokorrak jorratzen ditu. Horien artean daude inbertsioen errentagarritasun ekonomikoa, sektorean lehen aldiz sartzen diren nekazari gazteentzako negozioak abiarazteko laguntza, ustiategien modernizaziorako laguntza eta lehentasunezko ustiategiak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e09d92b-ffdc-46fb-b42b-84bdae77e3ad</t>
+  </si>
+  <si>
+    <t>Malagako laborantza ekologikoan Clementina de Nulesen errendimendu agronomikoan erro-materialaren eragina. 2022/2023 denboraldia.</t>
+  </si>
+  <si>
+    <t>TRANSFORMA Cítricos proiektuak, Andaluzian egiten diren esperimentu-sare baten bidez, zitrikoen nekazaritza jasangarriagoa eta errentagarriagoa sustatzea du helburu, batez ere ekoizpen ekologikoan. Malagako IFAPA Zentroak landare-materiala eta laborantza-praktika berritzaileak ebaluatuz laguntzen du. Ikerketa honek 'Clementina de Nules' mandarinaren errendimendu agronomikoan jartzen du arreta Malagako bost zitriko-errota ekologikotan 2022/2023 kanpainan zehar, ekoizpena, heltzea eta fruituaren kalitatea ebaluatuz, kudeaketa agronomikoa optimizatzeko eta landaketa ekologikoen errentagarritasuna hobetzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e7348afa-5c56-4668-a96b-ee7918125c0f</t>
+  </si>
+  <si>
+    <t>Gazta urdina egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Gazta urdina gazta kategoria orokor bat da, behi, ahuntz, ardi edo esne nahasiarekin egindakoa, Penicillium roqueforti lizunaren barne-hazkuntzak ezaugarritzen duena, eta horrek ematen dio bere kolore urdin-berde bereizgarria. Tradizionalki, gazta hauek kobazuloetan ontzen ziren, eta han lizunak ezartzen ziren, eta horrek baldintza idealak eskaintzen zituen haren garapenerako. Lan honek oinarrizko gomendioak ezartzen ditu ekoizpen-etapa desberdinetan zehar, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bac23b35-3909-4cb0-b9db-40efc053cd6f</t>
   </si>
   <si>
     <t>Jatorrizko Deitura Babestua Andaluziako Oliba Olioaren Industrian Kalitate Sistema Ziurtatu gisa: Adopzio Faktoreak eta Kudeaketa Praktikak</t>
   </si>
   <si>
     <t>Lan honek Andaluziako oliba-industrian DOParen onarpena eragin duten faktoreak aztertzea du helburu, baita onarpen horrek industrian ezarritako industria- eta merkataritza-praktiketan izan duen eragina ere. Honen helburua DOParen sektorean hedapena indartzen duten politika publikoak diseinatzen laguntzea da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/607e3013-a7a1-4a10-81dc-7a0d746fe198</t>
   </si>
   <si>
-    <t>Olibondo-lurzoruen kudeaketaren azterketa ekonomiko konparatiboa, agroingurumen-laguntzarekin eta gabe</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bac23b35-3909-4cb0-b9db-40efc053cd6f</t>
+    <t>Lore-fenologia eta loreen kalitatea olibondoan</t>
+  </si>
+  <si>
+    <t>Ikerketa honek Andaluzian olibondoen loraldiaren eta loreen kalitatearen aldakortasun genetikoa eta ingurumenekoa erakusten du. Halaber, tenperaturak urteko ekoizpenerako funtsezko parametro hauetan izan dezakeen eragin potentziala azpimarratzen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e19b443d-088a-4c4f-bf04-850b23a8ec88</t>
   </si>
   <si>
     <t>Brachypodium distachyon lurzoru-estalki bat sortzeko olibondo-soroetan herbizida selektiboen entseguak</t>
   </si>
   <si>
     <t>Artikulu honek olibondo-soro batean egindako landa-proba baten emaitzak aurkezten ditu, non hiru herbizida-tratamendu aplikatu ziren Brachypodium distachyon landare-estalki finkatu batean belar txarrak kontrolatzeko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40e6331c-28bc-4cb1-97e4-c6ca6d1babf8</t>
   </si>
   <si>
+    <t>Olibondoetan burdinaren klorosiaren zuzenketa kelatoak erabiliz</t>
+  </si>
+  <si>
+    <t>Artikulu honek 2003tik 2006ra bitartean olibondo mota desberdinen burdin kelatoen edo Fe EDDHAren aplikazioarekiko erantzun produktiboa ebaluatu den ikerketa baten emaitzak erakusten ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5aa92a17-01b1-4a8a-bf8f-4c577f0ca450</t>
+  </si>
+  <si>
+    <t>Verticilliumen kontrola olibondoetan. Desinfektatzaileen erabilera ureztatze sistemetan.</t>
+  </si>
+  <si>
+    <t>Artikulu honek ureztatze-sistemetan desinfektatzaile produktu desberdinak aplikatu diren hainbat esperimenturen emaitzak aurkezten ditu, ureztatze-uretan Verticillium dahliae-ren presentzia murrizteko edo ezabatzeko helburuarekin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d1c41227-fdf5-48c6-ac93-70caae310d72</t>
+  </si>
+  <si>
     <t>Brachypodium distachyon landare-estaldura duten olibondo-soroetan dikotiledoneo espezieen aurkako herbizida-proba</t>
   </si>
   <si>
     <t>Lan honen helburua olibondo-soro batean Brachypodium distachyon landare-estaldura inbaditzen eta harekin lehiatzen diren dikotiledono espezieen herbiziden kontrolaren eragina ebaluatzea da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/02c04dc0-58f1-4da1-9b53-74d3da5df84d</t>
   </si>
   <si>
+    <t>Lane Late barietatearen portaera agronomikoa zitrikoen hainbat erro-materialetan Sevillan. 2014/2015 kanpaina.</t>
+  </si>
+  <si>
+    <t>Lan honen helburua da ohiko eta hibrido (erdi-nano) erro-materialen egokitzapena ebaluatzea Sevillako probintziako agroklima-baldintzetan 2014/15 uzta-urtean. Ikerketa honen helburua haien errendimendu agronomikoa zehaztea eta landaketen kudeaketa agronomikoa eta, ondorioz, haien errentagarritasuna optimizatzea ahalbidetuko duen informazio koherentea lortzea.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/44cd2656-e37e-4b2f-9661-3dbcd9200da2</t>
+  </si>
+  <si>
     <t>Marrubi barietateen ebaluazioa: lurrik gabeko laborantzan lortutako emaitzak. 2016/2017 uzta denboraldia</t>
   </si>
   <si>
     <t>Ikerketa honen helburua lurrik gabeko (koko-zuntzezko) laborantza-baldintzetan aztertutako hamabi marrubi-barietateen errendimendu agronomikoari buruzko informazio objektiboa sortzea izan zen. Dokumentu hau nekazari eta teknikarientzako tresna gisa eskaintzen da, barietateen hautaketa errazteko, gaur egun eskuragarri dauden barietateen aukera zabalaren aurrean.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c812504f-6564-4b9b-bbe0-31325bc90461</t>
   </si>
   <si>
-    <t>Lane Late barietatearen portaera agronomikoa zitrikoen hainbat erro-materialetan Sevillan. 2014/2015 kanpaina.</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e19b443d-088a-4c4f-bf04-850b23a8ec88</t>
+    <t>Zurezko laborantza sistema iraunkorrak. Mahatsondoen laborantza. 10.1 eragiketa</t>
+  </si>
+  <si>
+    <t>Dokumentu hau Nekazaritza Ingurumen eta Klima neurriaren laguntzak jasotzen dituzten mahastiak dituztenei zuzenduta dago. Bere helburua bete beharreko nahitaezko baldintzei buruz informatzea eta heztea da, baita laguntza honen arrazoiak eta aurreikusitako helburua nola azaldu ere, baldintza eta konpromiso zehatz horien arrazoiak ulertzeko. Estatu mailan, 2014-2020 aldirako Landa Garapenerako Esparru Nazionalak aplikazio baldintzak harmonizatzen ditu eta landa garapenerako neurri batzuetarako elementu komunak definitzen ditu programa nazional eta erregionaletan, eta horiek ezartzeko baldintzak ezartzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb4abf68-dee3-4734-b5bc-b5fab167f1f7</t>
   </si>
   <si>
     <t>RAEA OVINO. Ekoizpen eta Ugalketa Kudeaketa Sistema Desberdinak dituzten Haragi Ardien Adierazle Tekniko-Ekonomikoak. 2018ko Kanpaina.</t>
   </si>
   <si>
     <t>Ikerketa honek 2018ko datuak aurkezten ditu, bi ardi-haragi ekoizpen sistema estentsibotan. Bi ugalketa kudeaketa sistema barne hartzen ditu, bi kasuen errentagarritasun ekonomikoaren datuekin batera.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0eb9154e-3e40-4fe7-8c68-beae3a07d78d</t>
   </si>
   <si>
     <t>RAEA OBINO 2019. Adierazle tekniko-ekonomikoak ardi-haragietan, ekoizpen eta ugalketa kudeaketa sistema desberdinekin</t>
   </si>
   <si>
     <t>Ikerketa honek 2019ko datuak aurkezten ditu, bi ardi-hazkuntza sistema estentsibo erabiliz, bi ugalketa-kudeaketa sistema eta bi kasuen errentagarritasunari buruzko datu ekonomikoak erakusteko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c5226c6f-7ccd-46b5-a5d1-71f265c2205f</t>
   </si>
   <si>
+    <t>Ugalketa-desestazionalizazioa ardi-haragietan. Adierazle tekniko eta ekonomikoak.</t>
+  </si>
+  <si>
+    <t>Ikerketa honek 2013ko datuak aurkezten ditu, bi ardi-haragi ekoizpen sistema estentsibo erabiliz. Bi artalde-ugalketa kudeaketa sistema erabili ziren, bi kasuetan errentagarritasunari buruzko datu ekonomikoekin batera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cd30967b-3d47-4a2c-923f-25b13514d39d</t>
+  </si>
+  <si>
+    <t>RAEA OVINO. 2015eko kanpaina</t>
+  </si>
+  <si>
+    <t>Ikerketa honek 2015eko datuak aurkezten ditu, bi ardi-haragi ekoizpen sistema estentsibo erabiliz. Bi artalde-ugalketa kudeaketa sistema erabili ziren, bi kasuetan errentagarritasunari buruzko datu ekonomikoekin batera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2f5e0858-f2b9-410d-886a-cd042abd8b7b</t>
+  </si>
+  <si>
+    <t>Ugalketa-desestazionalizazioa ardi-haragietan. Adierazle tekniko-ekonomikoak. 2016ko kanpaina.</t>
+  </si>
+  <si>
+    <t>Ikerketa honek 2016ko datuak aurkezten ditu, bi ardi-haragi ekoizpen sistema estentsibo erabiliz. Bi artalde-ugalketa kudeaketa sistema erabili ziren, bi kasuetan errentagarritasunari buruzko datu ekonomikoekin batera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/31249ff2-b555-4656-819a-c8f8b2608ba9</t>
+  </si>
+  <si>
+    <t>Ugalketa-desestazionalizazioa ardi-haragietan. Adierazle tekniko-ekonomikoak. 2017ko kanpaina.</t>
+  </si>
+  <si>
+    <t>Ikerketa honek 2017ko datuak aurkezten ditu, bi ardi-ekoizpen sistema estentsibotan. Bi artalde-ugalketa kudeaketa sistema erabili ziren, bi kasuetan errentagarritasunari buruzko datu ekonomikoekin batera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ede4f23-931f-453a-83e9-06c2ec17b25c</t>
+  </si>
+  <si>
+    <t>Ehiza-faunaren presentziaren eta larreetako beste erabileren arteko bateragarritasuna</t>
+  </si>
+  <si>
+    <t>Eskuliburu honek Andaluziako dehesa formazioetan ehizarako diren fauna espezie nagusien deskribapen laburra eskaintzen du, eta dehesa baserrietan nekazaritza, abeltzaintza eta ehiza jardueren arteko bateragarritasuna sustatzeko nola egin daitezkeen deskribatzen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d0294477-7f02-484e-abde-38a8afd85310</t>
+  </si>
+  <si>
     <t>Cádizko probintziako mahasti gazteen analisia eta egoera</t>
   </si>
   <si>
     <t>Lan honek Cádizko probintziako mahasti gazteen egoera aztertzen du, Andaluziako Mahastizaintza Erregistrotik lortutako probintziako datuetan oinarrituta. Erregistro honetatik lortutako datuen analisi zehatza egin zen, mahasti gazteen egitura, azaleraren banaketa, erro mota, barietateak eta mintegiak aztertuz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/69c6984f-e609-42f0-ab45-e6bd6ea6dfa4</t>
   </si>
   <si>
-    <t>Ehiza-faunaren presentziaren eta larreetako beste erabileren arteko bateragarritasuna</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb4abf68-dee3-4734-b5bc-b5fab167f1f7</t>
+    <t>Chrysanthemum segetum-en aurkako herbizida proba</t>
+  </si>
+  <si>
+    <t>Dokumentu honek Chrysantemum segetum kontrolatzeko hainbat osagai aktibo probatu zituen landa-entsegu baten emaitzak aurkezten ditu. Espezie hori herbizidekiko tolerantea da eta belar- eta egurrezko laboreetan arazoak sortzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3930ac9d-2a12-4ad2-a910-7b224a8a9e98</t>
+  </si>
+  <si>
+    <t>Brachypodium distachyon belarraren ezaugarriak lurzoru-estalki gisa</t>
+  </si>
+  <si>
+    <t>Dokumentu honek Brachypodium distachyon belarra lur-estalki gisa erabiltzeari buruzko informazio guztia eta landa-proben emaitzak biltzen ditu, bere ezaugarri nagusiak, garapena, ingurumenerako egokitzapena, izurriteak eta gaixotasunak, eta higaduraren aurkako eraginkortasuna barne.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04206e91-804a-4176-b1ae-b1ac1047cc9f</t>
+  </si>
+  <si>
+    <t>Olibondo-soroetan hostoen ongarritzea. Elikadura-gabeziak zuzentzea</t>
+  </si>
+  <si>
+    <t>Dokumentu honek olibondo-soroetan hostoen bidezko ongarritzea behar bezala egiteko informazio eguneratua biltzen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6379c212-eb77-4251-9e9a-db6665f3b4ba</t>
   </si>
   <si>
     <t>Zurezko laborantza sistema iraunkorrak. Almendra laborantza. 10.1.6 eragiketa</t>
   </si>
   <si>
     <t>Dokumentu hau Nekazaritza, Ingurumen eta Klima neurriaren arabera laguntzen onuradun diren almendra-ustiategien jabeei zuzenduta dago, bete beharreko nahitaezko baldintzen berri emateko helburuarekin, baita laguntza honen arrazoiak eta lortu nahi duen helburua argudiatzeko ere, eskatutako konpromisoak ulertzeko. Europako Erkidegoaren barruan, landa-garapenerako laguntzetarako eta funts horren parte-hartzerako arau orokorrak, hainbat neurri finantzatzera bideratuta daude, besteak beste, Nekazaritza, Ingurumen eta Klima neurria, dokumentu honetan garatzen dena. Europako Parlamentuaren eta Kontseiluaren 2013ko abenduaren 17ko 1305/2013 (EB) Erregelamenduan definitzen dira, Landa Garapenerako Europako Nekazaritza Funtsak (LGENF) landa-garapenerako laguntza emateari buruzkoa. Estatu mailan, 2014-2020 aldirako Landa Garapenerako Esparru Nazionalak aplikazio-baldintzak harmonizatzen ditu eta elementuak definitzen ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/14163078-d512-414d-bef9-896b55a8b325</t>
   </si>
   <si>
     <t>Zurezko Laborantza Sistema Jasangarriak. Almendra Laborantza. 10.1.6 Eragiketaren 2. Jarraipen Saioa.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/96032a66-142b-488a-91fd-941bfc6bc85b</t>
   </si>
   <si>
-    <t>Olibondo-soroetan hostoen ongarritzea. Elikadura-gabeziak zuzentzea</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04206e91-804a-4176-b1ae-b1ac1047cc9f</t>
+    <t>Esneki Industriako Lehengai Laguntzaileak</t>
+  </si>
+  <si>
+    <t>Dokumentu hau "Gazta Espezialista" Prestakuntza Programaren bigarren modulua (Lehengai lagungarrien harrera eta biltegiratzea) osatzen duen irakaskuntza-materiala da. Esneki-ekoizpenean, esneaz gain lehengai lagungarriak sartzea beharrezkoa da ekoizpen-prozesuaren garapena errazteko. Haien gehikuntzak aurreko oinarrizko eragiketen ondoren esnearen ezaugarriak berreskuratzea, ekoizpen-prozesuari egokitzea, produktua kontserbatzea edo haren ezaugarri organoleptikoak aldatzea du helburu. Nolanahi ere, kalitate-kontrol zorrotza beharrezkoa da, zuzenean edo zeharka azken produktuan eragiten baitute.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/89658127-f194-4fa4-8202-7513057040ae</t>
+  </si>
+  <si>
+    <t>Landare-hondakinetatik kalitatezko konposta lortzea. "CompostAnd" proiektuarekin izandako esperientzia</t>
+  </si>
+  <si>
+    <t>Dokumentu honek konpostajea lurzoruaren osasuna hobetzeko eta nekazaritzako hondakinak kudeatzeko irtenbide iraunkor gisa deskribatzen du. Prozesua azaltzen du, materialen nahasketa egokitik hasi eta konpostaren heltzeraino, karbono/nitrogeno orekaren, aireztapenaren eta hezetasunaren eta tenperaturaren kontrolaren garrantzia azpimarratuz. CompostAnd proiektuaren esperientzian oinarrituta, nekazarientzako gomendio praktikoak eskaintzen ditu beren baserrietan kalitatezko konposta ekoizteko, jasangarritasuna eta ekonomia zirkularra sustatuz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6543a30e-3045-4207-81eb-74bf7c082dc9</t>
+  </si>
+  <si>
+    <t>Sinapis alba subsp. Mairei-ren ezaugarriak landare-estalki gisa eta biofumigaziorako</t>
+  </si>
+  <si>
+    <t>Dokumentu hau Sinapis alba subsp. mairei lur-estalki gisa erabiltzeari buruz eskuragarri dagoen informazio guztiaren laburpena da: espeziearen deskribapena eta ezaugarriak, lur-estalki mota honen ezarpen eta kudeaketa teknikak, ingurunera egokitzea eta biofumigazioan erabiltzea.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e5c327a-0236-445e-bf36-b47de8ee7930</t>
   </si>
   <si>
     <t>Olibondo ekologikoetan belar txarren aurkako produktu ekologikoen lehen probak</t>
   </si>
   <si>
     <t>Dokumentu honek olibondo ekologikoetan belar txarrak kontrolatzeko efektu fitotoxiko potentzialak dituzten produktu ekologikoak erabiliz egindako lehen proben emaitzak aurkezten ditu. Olibondo mota honetan belar txarrak kontrolatzeko alternatiba ekologiko bat aurkitzeko helburuarekin sakonago aztertu eta ebaluatu beharko liratekeen alternatiba batzuk aurkezten ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8420be65-8399-42f6-83f0-f1040fb28e2d</t>
   </si>
   <si>
-    <t>Landare-hondakinetatik kalitatezko konposta lortzea. "CompostAnd" proiektuarekin izandako esperientzia</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6543a30e-3045-4207-81eb-74bf7c082dc9</t>
+    <t>Olibondoen bertizilio-zimeltzea eragiten duten ureztatze-erantzunak</t>
+  </si>
+  <si>
+    <t>Dokumentu honek epe luzeko entsegu baten emaitzak aurkezten ditu, non hainbat parametro morfologiko eta fisiologiko ebaluatu ziren ureztatzeak olibondoetan Verticillium ihartzearen garapenean duen eragina zehazteko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d4d5ab11-85da-4b56-9123-18b7c96fb00c</t>
   </si>
   <si>
     <t>Uraren estresa eta oliba olioaren eraketa</t>
   </si>
   <si>
     <t>Dokumentu honek 2016an egindako saiakuntza baten emaitzak aurkezten ditu, eta bertan olibondoek ur-estres maila desberdinei ematen dieten erantzuna aztertu da. Estres mailek olioaren eraketan eta azken ekoizpenean duten eragina egiaztatu da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/42d48eaf-fc3c-469b-977f-408c850bb4bd</t>
   </si>
   <si>
     <t>Ugalketa-desestazionalizazioa ardi-haragietan. Adierazle tekniko-ekonomikoak. 2014ko kanpaina.</t>
   </si>
   <si>
     <t>Dokumentu honek haragi-ekoizpenerako bi ardi-ekoizpen sistema estentsiboren 2014ko datu tekniko eta ekonomikoak aurkezten ditu. Aztertutako bi ugalketa-kudeaketa sistemak hauek dira: urtean hiru erditze-ukuilu dituen sistema tradizionala eta bost erditze-ukuilu eta tratamendu hormonala dituen Star sistema.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5cca9a1b-d901-4d77-a0ad-9528659ec219</t>
   </si>
   <si>
-    <t>Olibondoen bertizilio-zimeltzea eragiten duten ureztatze-erantzunak</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/89658127-f194-4fa4-8202-7513057040ae</t>
+    <t>Andaluziako mendiko olibondo-soroen karakterizazioa olibondo-hazkuntza ekologikora bihurtzeko</t>
+  </si>
+  <si>
+    <t>Andaluziako olibondo-soroak krisi larri bat jasaten ari da, eta horrek laborearen jarraipena mehatxatzen du, batez ere ekoizpen-eremu marjinaletan. Olibondo-laborantza uzteak ondorio negatibo ugari eragingo lituzke, ez bakarrik ikuspegi ekonomikotik, baita ikuspegi sozial, ingurumen eta kulturaletik ere. Lan honek nekazaritza ekologikoa Andaluziako mendiko olibondo-soroetan zabaltzea proposatzen du, landa-lurraldeko kontratuen bidez, ustiategien errentagarritasuna handitzeko tresna gisa, ingurumenaren kontserbazioarekin bateragarria izanik. Horretarako, Andaluziako mendiko olibondo-soroa ikuspegi produktibo, sozial eta ingurumeneko batetik karakterizatzen da, olibondo ekologikoen ezarpenak gizarteari onura handienak ekarriko lizkiokeen eremuak zehazteko, eta, beraz, diru-laguntzei lehentasuna eman behar zaien eremuak zehazteko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6686e2e4-1e7e-4dc2-882a-38cb302f3abf</t>
+  </si>
+  <si>
+    <t>Olibondo-soroetako lurzoruaren kudeaketa teknikak eta haien ingurumen-funtzioa: adituen iritzia</t>
+  </si>
+  <si>
+    <t>Olibondo-soroek ingurumen-funtzio bat betetzen dute, eta hori alda daiteke erabilitako laborantza-teknikek. Horien artean, belar txarren landaredia kontrolatzeko erabiltzen den kudeaketa motak eragin handia izan dezake funtzio horren errendimenduan eta, beraz, ingurumen-ondasun publikoen horniduran. Analytic Hierarchy Process (AHP) teknika multicriteriala erabiliz, aditu-talde batek gaur egun erabiltzen diren lurzoruaren kudeaketa-teknika ohikoenak sailkatu zituen, zeinek ematen dituen ondasun publiko horiek hobekien ebaluatzeko helburuarekin. Lortutako emaitzek, oro har, adaburu-estaldura mantentzeak, eta bereziki, garbituz kontrolatzeak, ingurumenean dituen eragin positiboak erakusten dituzte.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4eae455b-eb37-4160-a015-04195830e332</t>
+  </si>
+  <si>
+    <t>Kotoi-laborantzan hiru nitrogeno-ongarritze estrategien konparaketa</t>
+  </si>
+  <si>
+    <t>Kotoi-laboreentzako nekazaritza-ingurumen laguntzarako eskubidea izateko nitrogeno-ongarritzearen murrizketa-eskemak nitrogeno-dosi maximo bat proposatzen du. Dokumentu honek kotoi-laboreetan nitrogeno-ongarritzeari buruzko pilotu-azterketa baten emaitzak ebaluatzen ditu, helburu hauekin: - Ohiko ongarritze-estrategiak askapen moteleko ongarri-teknologia berriekin alderatzea eta kudeaketa egokitzea lixibiazioaren bidezko nitrogeno-galerak saihesteko. - Aplikazio-denbora egokitzea kotoi-laboreek nitrogenoa aprobetxatzea hobetzeko. Emaitzek askapen moteleko nitrogeno-ongarrien teknologien eraginkortasuna erakusten dute probatutako egoera desberdinetan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6771b0da-67e7-4bb7-80b8-7573a8182de9</t>
+  </si>
+  <si>
+    <t>Olio-hazien eta lekaleen ekoizpen integratua</t>
+  </si>
+  <si>
+    <t>Dokumentu hau, irakaskuntza-material gisa katalogatua, Oleaginondoen eta Lekaleen Ekoizpen Integratuko ikastaroetan erabili beharreko erreferentzia-eskuliburua da. Bost irakaskuntza-unitatetan egituratutako dokumentu honek Oleaginondoen eta Lekaleen Ekoizpen Integratuko Teknikari gisa titulua lortzeko beharrezkoak diren gutxieneko ezagutzak jorratzen ditu. 1. unitatea: Ekoizpen integratua. Kontzeptua, jatorria, izaera, araudi-garapena eta egungo egoera; 2. unitatea: Oleaginondoen eta Lekaleen Ekoizpen Integratuko araudi espezifikoa; 3. unitatea: Laboreen alderdi espezifikoak; 4. unitatea: Oleaginondoen haziak. Erregelamenduan jasotako orokorrak eta espezieak; 5. unitatea: Lekaleen aleak. Erregelamenduan jasotako orokorrak eta espezieak</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9bf41e68-6680-4d31-8d4a-ca369f840790</t>
+  </si>
+  <si>
+    <t>Esneki Industriako Instalazioak eta Makineria</t>
+  </si>
+  <si>
+    <t>Dokumentu hau "Gazta Espezialista" Prestakuntza Proiektuko "Esneki Industriako Instalazioak eta Makineria" modulurako irakaskuntza-materiala da. Atal desberdinek esneki industriaren diseinuarekin lotutako hainbat kontzeptu azaltzea dute helburu, baita gazta ekoizteko etapa bakoitzean gazta egiteko teknologia osatzen duten ekipamendu eta instalazioak ere, produktu gastronomiko tradizionala dena. Esneki industria baten diseinuak eta ezarpenak etorkizuneko garapena zehaztuko duten faktore batzuk kontuan hartzea eskatzen du. Inbertsioren bat egin aurretik, beharrezkoa da araudi-esparrua ulertzea, zeinak plantaren eraikuntzan eta diseinuan eragina izango duten hainbat baldintza ezartzen dituen, jarduera abiarazteko atzerapenak eta galera ekonomikoak saihesteko. Gainera, plantaren diseinua elikagaien industriaren funtzionaltasunerako optimizatuta egon behar da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bb5b94e6-fdd1-4c06-8585-1ca55e4117d5</t>
   </si>
   <si>
     <t>Laneko Arriskuen Prebentzioa eta Esneki Industriako Ingurumen Eragina</t>
   </si>
   <si>
     <t>Dokumentu hau "Gazta Espezialista" Prestakuntza Proiektuaren hirugarren modulurako, "Laneko Arriskuen Prebentzioa eta Ingurumen Eragina Esneki Industrian", irakaskuntza-materiala da. Esnekiak prozesatzeko enpresa baten kudeaketa, txikia bada ere, nabarmen eboluzionatu da azken urteotan, diziplina askoren ezagutza behar duen jarduera konplexu bihurtuz, besteak beste, Laneko Arriskuen Prebentzioa eta Ingurumen Kudeaketa. Atal desberdinek, alde batetik, esneki industriako arrisku-faktore eta egoera ohikoenak eta haien ondorioak identifikatzea dute helburu, baita arriskuen prebentziorako eta laneko osasunerako arau orokorrak ulertzea ere. Gainera, egindako industria-jardueren ondorioz hondakinek ingurumenean dituzten eragin-faktoreak eta ingurumen-ondorioak ere aztertu behar dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e999b004-caef-4ffb-a921-5842172e88cd</t>
   </si>
   <si>
     <t>Esnea. Konposizioa eta ezaugarriak</t>
   </si>
   <si>
     <t>Dokumentu hau "Gaztagintzako Espezialista" Prestakuntza Programaren lehen modulua (Esnea Jasotzea eta Biltegiratzea) osatzen duen irakaskuntza-materiala da. Atal desberdinek esnearen osagai nagusiak, haren ezaugarri fisiko eta kimikoak, osagai desberdinek ekoizpen-prozesuan eta esneki desberdinen kalitatean duten eragin kualitatiboa eta kuantitatiboa, eta esneak prozesatu aurretik jasaten dituen aldaketa nagusiak identifikatu eta ezagutzea dute helburu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/436502c6-f47c-42ab-a053-f3ab26dee712</t>
   </si>
   <si>
-    <t>Esneki Industriako Instalazioak eta Makineria</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6771b0da-67e7-4bb7-80b8-7573a8182de9</t>
+    <t>Estepako hegazti populazioentzat eta Andaluziako arroz-soroetako hegaztientzat interes bereziko nekazaritza-sistemak.</t>
+  </si>
+  <si>
+    <t>10.1.8 Eragiketaren helburua ingurumen-intereseko eremuei, ZEPAn (Natura 2000 Sarea) sartutako nekazaritza-ustiategiei, RAMSAR Hitzarmeneko hezeguneen zerrendan daudenei edo Doñanako Biosfera Erreserban daudenei laguntza ekonomikoa ematea da, hegazti-espezie ugari hartzen dituztenei.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/73f9c87d-9053-4a23-9fcc-70c8b3ba5322</t>
+  </si>
+  <si>
+    <t>Ureztatze-kanalizazio sistema desberdinekin lotutako polinizazio zerbitzua</t>
+  </si>
+  <si>
+    <t>Helburua ureztatze-kanalen sistemek polinizatzaileen ugaritasunean duten eragina ebaluatzea zen. Intsektuen ugaritasuna eta polinizazioa ureztatze-lubaki tradizionaletan izan ziren handienak, baina pixkanaka gutxitu ziren tarteko eta hodien bidezko ureztatze-lubakietan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4f6c20f9-8530-4879-af54-38d5541f4ba9</t>
   </si>
   <si>
     <t>Andaluzian hausnarkariekin abeltzaintza estentsibo tradizionalen mantentzea. 10.1.13 eragiketa</t>
   </si>
   <si>
     <t>Eragiketa honen helburu orokorra abeltzaintza estentsiboko eredua mantentzea, abeltzaintzaren kudeaketa jasangarria eta nekazaritza-jarduera honetatik eratorritako ingurumen-onurak sustatzea eta hausnarkari-ustiategien estentsifikazio-maila handiagoa bultzatzea da. Honako hauek sustatzen dira: ? Larre-larruak eta larre naturalak. ? Larre-presioa murriztea. ? Baliabide naturalen erabilera. ? Biodibertsitatea, lurralde osoan haziak zabaltzea erraztuz. ? Animalien elikaduran autosufizientzia-maila handiagoa.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/456c92fc-bf96-4a97-989a-d03c4790e710</t>
   </si>
   <si>
+    <t>Andaluzian hausnarkariekin abeltzaintza-sistema estentsibo tradizionalak mantentzea. 2013ko urtarrilaren 10eko eragiketa - 2022ko eguneraketa -</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d93d49a4-31ad-4138-95ec-662eac901839</t>
+  </si>
+  <si>
+    <t>Sinapis alba subsp. Mairei estalki-labore bat ongarritzeko estrategiak olibondo-soroetan biofumigaziorako</t>
+  </si>
+  <si>
+    <t>Helburua Sinapis alba (mostaza) olibondo gazte batean eta olibondo tradizional batean hiru ongarritze estrategia ebaluatzea zen. N beharrak 80-85 kg/ha direla kalkulatzen da adaburu eta biomasa on bat eratzeko. S ere beharrezkoa da glukosinolatoak eratzeko. Olibondo helduetan, gabezia sintomak agertu ziren errenkaden erdian, ongarritutakoen artean ere, eta ertz efektu nabarmena nabaria zen adaburu-zerrendan. Hori errenkaden erdian baino, adaburuaren azpian lurra ongarritzen jarraitu izanari zor zaio. P eta K gehitzeak, N-z gain, emaitzak hobetu zituen N bakarrik ongarritzearekin alderatuta. Nitrogeno ongarritzeko gomendioak lurzoruaren emankortasunaren arabera ematen dira.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a48b43e-6594-44dc-aa87-970b88c16505</t>
+  </si>
+  <si>
+    <t>IFAPAN kontserbatutako landare-baliabide genetikoetarako sarbidea</t>
+  </si>
+  <si>
+    <t>Helburua martxoaren 3ko 429/2020 Errege Dekretuan ezarritako moduan, IFAPa-n ex situ kontserbatutako landare-baliabide genetikoetara sartzeko prozedura desberdinak erraztea da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3cf3421e-4b9f-456c-a6b9-31e884690aba</t>
+  </si>
+  <si>
+    <t>Berotegi baten azpian berogailu pasiboko sistema baten ingurumen-ebaluazioa</t>
+  </si>
+  <si>
+    <t>Ikerketa honen helburu nagusia Andaluziako ekoizpen-eremuaren ordezkari den berotegi batean berokuntza-sistema pasibo baten ingurumen-inpaktua kalkulatzea eta ebaluatzea izan zen. Horretarako, berokuntza-sistema hori duen berotegi batean (bero-metagailu sinpleak (ur-mahuka) erabiliz) hazitako piper-labore baten ingurumen-inpaktuak alderatu genituen, berogailurik gabeko berotegi batean.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d1fcc8c1-fe0c-42dc-9853-18aed4af58a0</t>
+  </si>
+  <si>
+    <t>S. Thermophilus eta L. Bulgaricus-en hiru hasierako kultura komertzialekin egindako ahuntz jogurt naturalaren ebaluazio sentsoriala</t>
+  </si>
+  <si>
+    <t>Lan honen helburu nagusia esneki produktuen, hala nola jogurtaren, ekoizpenean dibertsifikazio aukerak aztertzea da, hartzidura komertzial desberdinak (YO-MIX 496 LYO 100 DCU eta YO-MIX 885 LYO 50 DCU) ohikoarekin (YO-MIX 300 LYO 50 DCU, Danisco) alderatuz, eta ondorengo ebaluazio sentsorialaren bidez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/83923c00-8401-4ef8-86bf-3ee70d3066ab</t>
+  </si>
+  <si>
     <t>Mango hauts-oilaskoa</t>
   </si>
   <si>
     <t>Oilar hautsa, nekrosi bakterianoarekin eta loreen malformazioarekin batera, Andaluziako mango landaketetan aurkitzen diren gaixotasun kaltegarri eta ohikoenetako bat da. Sintomak nabariak eta erraz ezagutzen dira, baina behar bezala kontrolatzen ez badira, uzta galerak eragin ditzakete eta, kasu batzuetan, uztaren kalitatean eragina izan dezakete. Gainera, behin agertzen denean, oso litekeena da urtero berriro agertzea, edo baita urtebeteko epean ere, garatzeko baldintzak egokiak badira. Dokumentu honek gaixotasuna ezagutzeko beharrezko jarraibideak ematea du helburu, baita hura kontrolatzeko gomendio sorta bat ere.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ac7ac967-ab95-4e40-8210-3cf107c01e15</t>
   </si>
   <si>
-    <t>S. Thermophilus eta L. Bulgaricus-en hiru hasierako kultura komertzialekin egindako ahuntz jogurt naturalaren ebaluazio sentsoriala</t>
-[...56 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d93d49a4-31ad-4138-95ec-662eac901839</t>
+    <t>Jopo-rekiko erresistenteak diren ekilore barietateekin (Orobanche Cumana) egindako entsegu-emaitzak Andaluzian. 2021eko uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua urtero informazioa ematea da, hainbat ingurunetan erraboilaren aurkako erresistentzia duten ekilore barietate berrien ezaugarri begetatiboak, hazien ekoizpena eta olio-edukia aztertzeko, baita Andaluzian oso hedatuta dauden zenbait gaixotasunekiko duten erresistentzia ere. Dokumentuaren ikuspegi orokor azkar batek nekazariei lagunduko die zein barietate landatu erabakitzen, beren baserriaren agroklima-baldintzetan oinarrituta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e3df436b-e40a-4614-a144-700fbacfa2b5</t>
+  </si>
+  <si>
+    <t>Ultrasoinuen aplikazioa ardo beltzean</t>
+  </si>
+  <si>
+    <t>Dokumentu honen helburua Rancho de la Merced Zentroan egiten diren ultrasoinu-proben ikuspegi orokorra eta enologian duten aplikazioa ematea da industriari. Dokumentuak klima epeletan kolore-ezegonkortasuna duten barietate beltzak erabiliz, hala nola Tempranillo, ardo beltzaren ekoizpena hobetzeko duten aplikazioari buruzko informazioa ematea du helburu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab35ab93-9b83-474f-8eb1-3896e1315f31</t>
+  </si>
+  <si>
+    <t>Karbono-aztarna gerezi-tomateetan</t>
+  </si>
+  <si>
+    <t>Ikerketa honen helburua Mediterraneoko eskualdeko tomate gereziaren laborantza-sistema desberdinen karbono-aztarna zehaztea izan zen, haien bizi-ziklo osoan zehar. Plastikozko negutegi-sistemak izan zuen karbono-aztarna handiena. Eragin handia, batez ere, perlita substratu gisa erabiltzeagatik, plastikozko material kopuru handiagatik eta ureztatze-sistemaren elektrizitate-kontsumoagatik izan zen. Ekipamendu osagarrien eragina murriztea lehentasuntzat hartu beharko litzateke Mediterraneoko eskualdeko tomate gereziaren ekoizpen-sistemetan, bizitza luzeagoa duten birziklatutako materialak erabiliz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6e54d531-60b8-4b84-ae4f-ade2275e80a9</t>
+  </si>
+  <si>
+    <t>Andaluziako oliba sektoreko eraldaketa digitalaren faktore nagusien azterketa</t>
+  </si>
+  <si>
+    <t>Ikerketa honen helburua Andaluziako oliba sektorearen eraldaketa digitalaren prozesua epe labur eta ertainean baldintzatzen duten faktoreak zehaztea da. Faktore hauek indargune, ahulgune, aukera eta mehatxu (SWOT) eta politiko, ekonomiko, sozial, teknologiko, legal eta ingurumeneko (PESTLE) gisa sailka daitezke. Faktore garrantzitsuenetan oinarrituta, hainbat politika publikoren estrategia definitzen dira eraldaketa digitalaren prozesu hau hobetzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/613c19f6-403e-45fd-8229-e12be659e3aa</t>
   </si>
   <si>
     <t>12 Tomate Kultibar Tradizionalen Laborantza Organiko Babestua</t>
   </si>
   <si>
     <t>Ikerketa honen helburua 12 tomate barietate ertain-handi tradizionalren negutegiko errendimendua ebaluatzea da, ekoizpen ekologikoaren estandarren arabera. Bigarren mailako helburuen artean, uztaren azterketa, lurzoruaren parametro kimikoak landu aurretik eta ondoren, eta ureztapen ongarritzean pH doikuntza daude.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/31cbefd4-be88-4a26-a6d5-13fba0f5db7d</t>
   </si>
   <si>
+    <t>Artoaren biostimulatzaileak</t>
+  </si>
+  <si>
+    <t>Ikerketa honen helburua Green Factor® biostimulatzaile produktu batek arto-laboreen ale-errendimenduan duen eragina ebaluatzea da. Dokumentuak 2016-17 uzta-denboraldian egindako entsegu baten emaitzak aurkezten ditu. Produktu hau laboreetan nitrogeno organikoaren ordezko gisa merkaturatzen da. Zehazki, artoan ongarri gisa duen erantzuna ebaluatzen da, ohiko laborantza-teknikak jarraituz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6742f57e-b96a-4b1f-ae9c-e75098e41770</t>
+  </si>
+  <si>
+    <t>Nola egin letxuga ekoizpen integratua kanpoan</t>
+  </si>
+  <si>
+    <t>Dokumentu honen helburua letxuga Ekoizpen Integraturako nahitaezko eta debekatutako eskakizunak azaltzea da, horrela arau hau bete nahi duten teknikarien eta nekazarien lana erraztuz. Era berean, Ekoizpen Integraturako konpromisoak eta honek dakartzan onurak azaltzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d0b333d5-439f-4293-bf2e-7b24e4247bc8</t>
+  </si>
+  <si>
+    <t>Ardien sexu-estimulaziorako metodo naturalak, hormonen erabileraren alternatiba gisa</t>
+  </si>
+  <si>
+    <t>Ikerketa honen helburua udazkenean jaiotako Merino ardietan egun luze artifizialen eraginpean egoteak edo sexualki aktibatutako ahari helduen aurrean hazteak udaberrian dituen efektuak ebaluatzea izan zen, sexu-jardueran, barrabilen garapenean eta udaberriko testosterona-kontzentrazioetan. Irailean jaiotako berrogei bildots, 6 hilabeteko adinarekin, lau talde hauetako bati esleitu zitzaizkion: DL (n = 10), 2 hilabeteko egun luzeen eraginpean egon zena (16 argi ordu/egun; otsailaren 1etik martxoaren 31ra); MAA (n = 10), apirilaren 1etik aurrera fotoperiodo artifizialaren bidez sexualki aktibatutako bi ahari heldurekin ostatu hartua; MAC (n = 10), bi ahari heldu ez-aktibatuekin; eta A (n = 10), esperimentu osoan zehar ahari helduetatik isolatua. Ondorioz, udazkenean jaiotako, beste arrengandik isolatuta hazitako Merino ardiek, udaberrian sexu-jardueraren zantzu nabarmenagoak erakusten dituzte ar helduen aurrean hazitako bildotsek baino, udaberrian sexualki aktibo egon edo ez izan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/47f60896-c4f3-4a34-b4b3-1f78f0277a13</t>
+  </si>
+  <si>
     <t>Olibondoen tolerantzia herbizidekiko</t>
   </si>
   <si>
     <t>Lan honen helburua 19ren eragina ezagutzea izan da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e74728d2-2d60-4918-af1f-7de3a4ed2cfd</t>
   </si>
   <si>
-    <t>Ardien sexu-estimulaziorako metodo naturalak, hormonen erabileraren alternatiba gisa</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e3df436b-e40a-4614-a144-700fbacfa2b5</t>
+    <t>Andaluzian egindako baba zabalen barietateen entsegu-emaitzak. 2015/2016 uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua nekazaritza sektoreari Andaluzia mendebaldean probatutako baba zabalen landare-materialari, haren errendimendu agronomiko eta produktiboari eta kalitate-parametroei buruzko informazio eguneratua ematea da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8e98eefe-86e6-4b49-b8e5-bbf136756810</t>
+  </si>
+  <si>
+    <t>RAEAren baba zabalen emaitzak 2014-2015</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/37d4d136-e654-4e4c-a587-dea7ad944cba</t>
+  </si>
+  <si>
+    <t>Ekilore-proben emaitzak Andaluzian - 2018ko kanpaina</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua nekazaritza sektoreari ekilore barietate berrien ezaugarri begetatiboak, hazi-ekoizpena eta olio-edukia ingurune desberdinetan urtero ematea da, baita Andaluzian oso hedatuta dauden zenbait gaixotasunekiko duten erresistentzia ere. Dokumentuaren ikuspegi orokor azkar batek nekazariei lagunduko die zein barietate landatzeko erabakiak hartzerakoan, beren baserriaren agroklima-baldintzetan oinarrituta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7d0fe268-f882-4740-9ac0-3545d3f0caaf</t>
+  </si>
+  <si>
+    <t>Ekilore-proben emaitzak Andaluzian. 2017ko kanpaina</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua nekazaritza sektoreari ekilore barietate berrien ezaugarri begetatiboak, hazi-ekoizpena eta olio-edukia ingurune desberdinetan urtero ematea da, baita Andaluzian oso hedatuta dauden zenbait gaixotasunekiko duten erresistentzia ere. Dokumentuaren ikuspegi orokor azkar batek nekazariei lagunduko die zein barietate landatuko duten erabakiak hartzerakoan, beren baserriaren agroklima-baldintzen arabera. IFAPAk belar-labore estentsiboekin lotutako proiektuetan duen parte-hartzeak Andaluzian lehorreko laboreen alternatibetarako garrantzi handiko hainbat alderdi tekniko jorratzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f15b8ac4-8a60-4906-bba4-4ec2e66b3d89</t>
+  </si>
+  <si>
+    <t>Ekilore-proben emaitzak Andaluzian. 2015eko kanpaina</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/479cde97-470b-421d-acb8-7d0ca2051d65</t>
+  </si>
+  <si>
+    <t>Joporen aurkako erresistentzia duten ekilore barietateen entseguak Andaluzian. 2022ko kanpaina</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3f1cef8a-7a75-4623-acb5-b1214239b267</t>
+  </si>
+  <si>
+    <t>Andaluzian Jopo-ri (Orobanche cumana) erresistenteak diren ekilore barietateekin egindako entsegu-emaitzak. 2019ko kanpaina</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/aef7ce6f-30d0-4edb-b747-ab710d0eb0cd</t>
   </si>
   <si>
     <t>Jopo-rekiko erresistenteak diren ekilore barietateekin (Orobanche cumana) egindako entsegu-emaitzak Andaluzian. 2020ko kanpaina</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7d62dd40-b042-4554-9d97-2567767dce8a</t>
   </si>
   <si>
-    <t>Joporen aurkako erresistentzia duten ekilore barietateen entseguak Andaluzian. 2022ko kanpaina</t>
-[...47 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/37d4d136-e654-4e4c-a587-dea7ad944cba</t>
+    <t>Andaluzian potentzial handiko gari gogor eta gari bigun barietateekin egindako entsegu-emaitzak. 2013/2014 uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua nekazaritza sektoreari informazio eguneratua ematea da, kalitate handiko eremuetan kalitaterako potentzial genetiko handiko durum eta gari bigunen barietateen ebaluazioari buruz. Argitalpen honek datuak eskaintzen ditu, teknikari eta nekazariek potentzial handiko garia hazteko bide tekniko bat aurkitzeko aukera emango dietenak, baita hobekien egokitu diren barietateak ere, errendimenduari, fenologiari, gaixotasunekiko sentikortasunari eta kalitateari buruzko informazioa barne.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7dea5ae0-21e8-48d8-bbf2-415f57a106ed</t>
   </si>
   <si>
     <t>Andaluzian egindako arroz barietate komertzialen entsegu-emaitzak. 2014ko kanpaina.</t>
   </si>
   <si>
     <t>Argitalpen honen helburua nekazaritza sektoreari Andaluziako arroz barietateei, haien errendimendu agronomiko eta produktiboari eta Andaluziako ekoizpen eremu nagusietako kalitate parametroei buruzko informazio eguneratua ematea da. Horrela, dokumentuaren ikuspegi orokor azkar batek orientabide ona emango du landu beharreko arroz barietateari buruzko erabaki egokiak eta garaiz hartzeko, lur motaren, klimaren eta baserriaren ezaugarrien arabera.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/32aae31f-1d09-4d13-a96d-1b88157fe792</t>
   </si>
   <si>
+    <t>Andaluzian egindako arroz-barietate komertzialen entsegu-emaitzak. 2015eko uzta-denboraldia.</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua nekazaritza sektoreari Andaluziako arroz barietateei, haien errendimendu agronomiko eta produktiboari eta Andaluziako ekoizpen eremu nagusietako kalitate parametroei buruzko informazio eguneratua ematea da. Dokumentuaren ikuspegi orokor azkar batek orientabideak emango ditu landatuko den arto barietateari buruzko erabaki egokiak eta garaiz hartzeko, lur motaren, klimaren eta baserriaren ezaugarrien arabera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ac7d034b-9ab6-4aa1-8de7-18f92524de6d</t>
+  </si>
+  <si>
+    <t>Arto barietate komertzialen RAEA. 2016ko kanpaina</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua nekazaritza sektoreari Andaluziako arto barietateei, haien errendimendu agronomiko eta produktiboari eta Andaluziako ekoizpen eremu nagusietako kalitate parametroei buruzko informazio eguneratua ematea da. Dokumentuaren ikuspegi orokor azkar batek orientabideak emango ditu landatuko den arto barietateari buruzko erabaki egokiak eta garaiz hartzeko, lur motaren, klimaren eta baserriaren ezaugarrien arabera.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f05c2db1-aaf0-4edc-a273-62f55092c1d3</t>
+  </si>
+  <si>
     <t>Andaluzian arto-barietate komertzialen entsegu-emaitzak. 2015eko kanpaina.</t>
   </si>
   <si>
-    <t>Argitalpen honen helburua nekazaritza sektoreari Andaluziako arto barietateei, haien errendimendu agronomiko eta produktiboari eta Andaluziako ekoizpen eremu nagusietako kalitate parametroei buruzko informazio eguneratua ematea da. Dokumentuaren ikuspegi orokor azkar batek orientabideak emango ditu landatuko den arto barietateari buruzko erabaki egokiak eta garaiz hartzeko, lur motaren, klimaren eta baserriaren ezaugarrien arabera.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/46df5869-1af8-4551-807b-3c364477b675</t>
   </si>
   <si>
-    <t>Andaluzian potentzial handiko gari gogor eta gari bigun barietateekin egindako entsegu-emaitzak. 2013/2014 uzta-denboraldia</t>
-[...20 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f05c2db1-aaf0-4edc-a273-62f55092c1d3</t>
+    <t>Andaluzian txitxirio barietate eta lerro aurreratuekin egindako entsegu emaitzak. 2015/2016 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua nekazaritza sektoreari Andaluzia mendebaldean probatutako txitxirio landare-materialari, haren errendimendu agronomiko eta produktiboari eta haren kalitate-parametroei buruzko informazio eguneratua ematea da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ce1009aa-2672-4c7d-aebc-560789f8cfe8</t>
+  </si>
+  <si>
+    <t>Andaluzian txitxirio barietate eta lerro aurreratuekin egindako entsegu emaitzak. 2014/2015 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/302633c2-6b50-42cd-8453-9b45d6d7be51</t>
   </si>
   <si>
     <t>Proteina-ilarren barietateen probaren emaitzak. 2015/2016 uzta denboraldia</t>
   </si>
   <si>
     <t>Argitalpen honen helburua nekazaritza sektoreari Andaluzia mendebaldean probatutako ilar landare-materialari, haren errendimendu agronomiko eta produktiboari eta kalitate-parametroei buruzko informazio eguneratua ematea da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5e72989d-8d72-457c-969e-7d0e12a7a7b5</t>
   </si>
   <si>
     <t>Proteina-ilarren barietateen proben emaitzak. 2014/2015eko uzta-denboraldia</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bbdd5f20-f6b1-41cf-b37d-7358b3dae861</t>
   </si>
   <si>
-    <t>Andaluzian txitxirio barietate eta lerro aurreratuekin egindako entsegu emaitzak. 2015/2016 uzta denboraldia</t>
-[...11 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/302633c2-6b50-42cd-8453-9b45d6d7be51</t>
+    <t>Alfalfa hazteko gida</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua teknikariei eta nekazariei informazio baliagarria ematea da, beren baserrien hobekuntzan eta iraunkortasunean laguntzeko, ekoizpen-sistema desberdinetan alfalfa laborantza ezartzeko eta kudeatzeko aukera ematen duen ekintza-plan baten bidez. Horretarako, modu sinplean aurkezten du erabilera mota desberdinei, kultura-teknikei, lurzoruaren eta klimaren eskakizunei, ekoizpen-potentzialari eta mugatzaileei buruzko informazioa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ea7315e9-cf12-411c-bc20-7f0adad66b0e</t>
+  </si>
+  <si>
+    <t>Babarrun zabalak hazteko gida</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua teknikariei eta nekazariei informazio baliagarria ematea da, beren baserrien hobekuntzan eta iraunkortasunean laguntzeko, ekoizpen-sistema desberdinetan baba zabalen laborantza ezartzeko eta kudeatzeko aukera ematen duen ekintza-plan baten bidez. Horretarako, modu sinplean aurkezten du erabilitako labore mota desberdinei, kultura-teknikei, lurzoruaren eta klimaren eskakizunei, ekoizpen-potentzialari eta mugatzaileei buruzko informazioa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9a7c3d25-ce0e-4b14-8c98-4355cb72123e</t>
+  </si>
+  <si>
+    <t>Proteina-ilarrak hazteko gida</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua teknikariei eta nekazariei informazio baliagarria ematea da, beren baserrien hobekuntzan eta iraunkortasunean laguntzeko, ekoizpen-sistema desberdinetan ilar-laborantza ezartzea eta kudeatzea errazten duen ekintza-plan baten bidez. Horretarako, modu sinplean aurkezten du ilar-laborantza mota desberdinei, kultura-teknikei, lurzoruaren eta klimaren eskakizunei, ekoizpen-potentzialari eta mugatzaileei buruzko informazioa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4265fd1f-07b7-402a-8e19-9af5ff530ec5</t>
+  </si>
+  <si>
+    <t>Hazkuntza gidak: Lekaleen seriea. Zalka arrunta</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua teknikari eta nekazariei informazio baliagarria ematea da, beren baserrien hobekuntzan eta iraunkortasunean laguntzeko, ekoizpen-sistema desberdinetan zaldi-belarra lantzeko ezarpena eta kudeaketa errazten duen ekintza-plan baten bidez. Horretarako, erabilera mota desberdinei, kultura-teknikei, lurzoruaren eta klimaren eskakizunei, ekoizpen-potentzialari eta mugatzaileei buruzko informazioa modu sinplean aurkezten da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2bb22daa-2a64-4c08-ab8e-f77529d57498</t>
+  </si>
+  <si>
+    <t>Andaluzian egindako arto-barietate komertzialen entsegu-emaitzak. 2017ko uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua da nekazariei merkatuan dauden arto barietateen errendimendu agronomikoari buruzko informazio zehatza ematea.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0b4fbed4-a4c8-4dc1-b288-ad342083445f</t>
+  </si>
+  <si>
+    <t>Andaluzian egindako arto-barietate komertzialen entsegu-emaitzak. 2018ko uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua nekazariei merkatuan dauden arto barietateen errendimendu agronomikoari buruzko informazio zehatza ematea da. Andaluzian artoa lantzeko azalera berriro jaitsi da 2018ko denboraldi honetan. Artoarekin landatutako azalera 11.436 hektarea izan zen, aurreko denboraldian baino ia % 30 gutxiago. Zereal honen ohiko lantze eremua Guadalquivir haranean dago, non 7.193 hektarea landatu diren aurten, Andaluziako guztizkoaren % 62,9 ordezkatuz. Guadalquivir haranean, artoarekin landatutako azalera handiena duen probintzia Sevilla da, 4.939 hektarea dituela, hau da, haraneko guztizkoaren % 43,2.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/864eb801-1c3b-43f3-befc-ac6eb734c3db</t>
+  </si>
+  <si>
+    <t>Andaluzian egindako Proteina Ilar Barietateen Proben Emaitzak - 2017/2018 eta 2018/2019 Kanpainak</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua nekazaritza sektoreari Andaluzia mendebaldean probatutako proteina-ilar landare-materialari buruzko informazio eguneratua ematea da, bere errendimendu agronomikoa eta produktiboa barne. Dokumentuaren ikuspegi orokor azkar batek nekazariei barietate hauei buruzko orientazioa emango die.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1deb91c5-4f3f-4787-a683-36b7bbef2899</t>
+  </si>
+  <si>
+    <t>Andaluzian lekale barietate eta lerro aurreratuekin egindako entsegu emaitzak. 2016/2017 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua nekazaritza sektoreari Andaluzia mendebaldean probatutako lekale landare-materialari buruzko informazio eguneratua ematea da, bere errendimendu agronomikoa eta produktiboa barne. Dokumentuaren ikuspegi orokor azkar batek nekazariei material honi buruzko orientazioa emango die.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ed941c7b-a0b2-4c92-a566-542ef80abe0f</t>
   </si>
   <si>
     <t>Andaluzian potentzial handiko gari gogor eta gari bigun barietateekin egindako entsegu-emaitzak. 2014/2015eko uzta-denboraldia.</t>
   </si>
   <si>
     <t>Argitalpen honen helburua nekazaritza sektoreari informazio eguneratua ematea da, kalitate handiko hazkuntza-eremuetan kalitaterako potentzial genetiko handiko durum eta gari bigunen barietateen ebaluazioari buruz. Argitalpen honek datuak eskaintzen ditu, teknikariek eta nekazariek potentzial handiko garia hazteko bide teknikoa ulertzeko aukera emango dietenak, baita ondoen egokitutako barietateak ere, errendimenduari, fenologiari, gaixotasunekiko sentikortasunari eta kalitateari buruzko informazioa barne.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f27ba9d0-4a8a-4ab9-a74f-478d1d68610b</t>
   </si>
   <si>
-    <t>Andaluzian lekale barietate eta lerro aurreratuekin egindako entsegu emaitzak. 2016/2017 uzta denboraldia</t>
-[...68 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ea7315e9-cf12-411c-bc20-7f0adad66b0e</t>
+    <t>Aza (Brassica oleracea convar. acephala) laborantza-probak Andaluzian ekialdean</t>
+  </si>
+  <si>
+    <t>Aza brasika-ren azpiespezie bat da, bururik garatzen ez duena (Brassica oleracea convar. acephala), morfologia desberdineko hainbat kultibar dituena, bere nutrizio-konposizioagatik (USDAren arabera) super-elikagai gisa hartzen da, besteak beste, A eta C bitaminak, kaltzioa eta burdina dituena.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/045a42d0-f30d-4615-8eaa-fb21fea96103</t>
+  </si>
+  <si>
+    <t>Kefirra egiteko gomendioak</t>
+  </si>
+  <si>
+    <t>Kefirra Ekialdeko Europan sortutako esneki bat da, azkenaldian balio handia lortu duena bere ezaugarri organoleptiko bereizgarriengatik eta osasunerako onuragarriengatik. Dokumentu honek bi kefir mota artisau-ekoizpenerako oinarrizko gomendio sorta bat ezartzen du: tradizionala eta modernoa, eta esnekiak fabrikatzeko egokitzapenak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/42454887-cc92-4dca-a269-5716e0c6cae9</t>
+  </si>
+  <si>
+    <t>Labanen prestaketarako gomendioak</t>
+  </si>
+  <si>
+    <t>Laban Libanon jatorria duen eta Ekialde Hurbileko herrialde askotan asko kontsumitzen den esneki tradizionala da. Dokumentu honek laban industriala ekoizteko oinarrizko gomendio sorta bat ezartzen du, fabrikazio-metodo tradizionalak esneki-industria modernora egokituz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3ea16986-41e6-465f-a8f1-3a74d28cb047</t>
+  </si>
+  <si>
+    <t>Lupuluaren laborantzaren bideragarritasuna Andaluzian: ekoizpena eta kalitatea</t>
+  </si>
+  <si>
+    <t>Lupulua (Humulus lupulus L.) labore eskasa da Espainian, garagardoaren osagai ezinbestekoa da, eta aplikazio sendagarriak eta kosmetikoak ditu. Gaur egun, beharrezko ekoizpen guztia inportatzen da, eta 550 hektarea inguru baino ez dira landatzen Leonen. Hiru saiakuntza egin ziren bere bideragarritasuna zehazteko, barietate bakarra erabiliz, Nugget, iparraldean ohikoena dena. Horietako bi Granadako IFAPA zentroko baserri esperimentalean kokatu ziren, bat kanpoan eta bestea sare-estalki baten azpian (PAR erradiazioaren % 40ko murrizketarekin). Hirugarren saiakuntza bat egin zen Malagako Campanilla Zentroko baserrian, sare-estalki baten azpian, PAR erradiazioaren % 50eko murrizketarekin. Emaitzek Granadan kanpoan zuen bideragarritasuna zehaztu zuten, baina emaitza oso itxaropentsuak erakutsi zituen sare-estalki baten azpian, are gehiago hobetuz Malagako klima epelagoan, non alfa azido edukian neurtutako kalitatea ere handiagoa zen. Beste barietate batzuekin saiakuntza gehiago behar dira, baita laborantza teknika eta egutegi berriak ere.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/82e0a7ea-705b-4f76-8144-12cebf19348c</t>
+  </si>
+  <si>
+    <t>Dehesan biodibertsitatea sustatzeko eskuliburua</t>
+  </si>
+  <si>
+    <t>Etxaldeak kudeatzea konplexua da. Prestakuntzaren eta esperientziaren bidez bakarrik eskura daitezkeen ezagutzak eta trebetasunak behar ditu. Biodibertsitatearen sustapena etxaldeetan txertatzea erabakiak hartzerakoan erabilitako irizpidea izan beharko litzateke, kudeaketa hobetzeko eta jasangarriagoak egiteko. Jakina, biodibertsitatearen kontzeptua oso zabala dela ulertzen da eta helburua ez dela hain lausoa izan behar, balizko espezieren bat lehenestea bezainbeste. Funtzio ekologiko garrantzitsuak betetzen dituzten edo balio existentziala besterik ez duten espezieak daude, eta, gainera, gure esperientziak elikatzen dituzte eta gure paisaia emozionalen parte dira, gure flora eta faunako espezie ugariren eta sistema produktiboaren arteko bizikidetzarako aukera zabala eskainiz. Gure etxaldeetan biodibertsitatea sustatzeko arrazoiak, laburbilduz, batzuetan uste duguna baino askoz ugariagoak dira. Eskuliburu honetan zehar ikusiko dugun bezala, ez da zaila etxaldeen biodibertsitatea hobetzea. Aukera asko ditugu: batzuek gure kudeaketa-praktiken alderdi batzuk aldatzea baino ez dute dakarte; beste batzuek ikuspegi espezifiko bat ezartzea eskatzen dute, baina gure ekoizpen-sisteman ere eragin positiboak izan ditzakeena. Oro har, ikusiko dugunez, dehesa egituraren gehiegizko sinplifikazioa eta homogeneizazioa saihesten duen edozerk bere flora eta fauna mantentzen eta, askotan, aberasten laguntzen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/adfadeed-6cc5-4e31-bf28-cf0bc9789eeb</t>
   </si>
   <si>
     <t>Mangoaren laborantzan defizit bidezko ureztatze iraunkorraren bideragarritasuna</t>
   </si>
   <si>
     <t>Mangoa mundu osoko fruta exotiko preziatuenetako bat da. Andaluzian, Granada eta Málaga probintzietan lantzen da komertzialki, eremuaren mikroklima bereizgarriari esker. Defizit bidezko ureztatzea optimizazio estrategia bat da, non laboreak estres hidriko maila kontrolatu baten menpe jartzen diren, laborearen eskaera garbiaren arabera uraren sarrera murriztearen ondorioz. Lan honek hiru urtez jarraian defizit bidezko ureztatze iraunkorrak mango ekoizpenean dituen ondorioei buruzko ikerketa baten emaitza garrantzitsuenak aurkezten ditu. Ikerketa honen esparruan lortutako emaitzen arabera, laboreen eskaeraren % 50eko murrizketan oinarritutako defizit bidezko ureztatze estrategia neurri iraunkor gisa har daiteke ura aurreztea lortzeko eta ekoizpena maximizatzeko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c981437e-0ed5-4c35-9244-171fb4380e5a</t>
   </si>
   <si>
-    <t>Dehesan biodibertsitatea sustatzeko eskuliburua</t>
-[...7 lines deleted...]
-  <si>
     <t>Gari-eltxoa Andaluzian (Mayetiola destructor Say). Bizitza-zikloa eta kontrol-neurriak</t>
   </si>
   <si>
     <t>Gari-eltxoia Andaluziako gari-izurritea da, denboraldi guztietan agertzen dena, normalean bigarren mailako paperean. Hala ere, azken denboraldietan gora egin du bere intzidentzian. Argitalpen honek intsektuaren bizi-zikloa eta Andaluziako zereal-sektorean zabaltzeko dauden kontrol-neurriak aztertzen ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/40e66ac0-e230-4a80-a27f-33f0bbfb184e</t>
   </si>
   <si>
-    <t>Lupuluaren laborantzaren bideragarritasuna Andaluzian: ekoizpena eta kalitatea</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/045a42d0-f30d-4615-8eaa-fb21fea96103</t>
+    <t>Bakterioek ohe biologiko batetik produktu fitosanitarioen biodegradazioa egitea</t>
+  </si>
+  <si>
+    <t>Munduko biztanleriaren hazkunde azkarrak elikagaien eskaria handia dakar. Horrek nekazaritzan erabiltzeko teknika eta konposatu berriak garatzea eskatzen du, eta horrek ingurumen-arazo ugari sortzen ditu. Horien artean, izurriteen kontrola egiteko produktu fitosanitarioen eta pestiziden erabilera nabarmentzen da. Bai haien aplikazioa bai prestaketa ingurumen-kutsaduraren iturriak dira. Kutsadura hori murrizteko gai diren sistemen garapena ezinbestekoa da haren kontserbaziorako. Ikerketa honetan, herbizida, fungizida eta intsektizida bat degradatzeko gai diren hiru bakterio-populazio isolatu ziren. Haien eraginkortasuna ondoren egiaztatu zen in vivo probetan aza-landareetan, onddo batean (Monilinia fructicola) eta intsektu-larba batean (Chrysopea carnea), hurrenez hurren, ohe biologiko batean (Phytobac) oinarritutako efluenteen biodegradazio-sistema eraginkorragoa egiteko helburuarekin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/af308a3f-e277-4c69-b17d-3bdb005defc1</t>
+  </si>
+  <si>
+    <t>Almendrondoko buru handiko harra</t>
+  </si>
+  <si>
+    <t>Almendra-harra (Capnodis tenebrionis L) almendra-laboreei eragiten dien izurrite nagusia bihurtu da, landarea hil eta landaketak sustraitik ateratzea eragin dezakeen punturaino. Hainbat faktorek, hala nola azken urteetako lehorteak, helduen populazioa kontrolatzeko eraginkorrak ziren osagai aktiboak erabiltzearen debekuak eta landaketak uzteak, intsektuaren populazioa nabarmen handitzea eragin dute.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d8e14eef-46c6-4ef3-a708-de456ead2c7d</t>
+  </si>
+  <si>
+    <t>HLB edo Zitrikoen Berdetzea eta haren Intsektu Bektoreak Identifikatzeko eta Kudeatzeko Gida</t>
+  </si>
+  <si>
+    <t>Zitrikoen HLB mundu osoko zitrikoen laboreei eragiten dien gaixotasun suntsitzaileena dela uste da gaur egun, baina oraindik ez dago Mediterraneoko eremuan. Bi intsektu bektorek transmititzen duten gaixotasun bakterianoa da: Asiako zitrikoen psilidoa (Diaphorina citri) eta Afrikako zitrikoen psilidoa (Trioza erytreae). Azken hori Galiziako limoi-arboletan 2014ko udan detektatzeak kezka handia sortu du, Espainiako zitrikoetan HLB sartzeko eta ezartzeko arriskua handitzen baitu. Gida honek gaixotasuna eta hura transmititzen duten intsektuak identifikatu eta kudeatzeko alderdi garrantzitsuenak biltzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/84e84cbf-7acb-4697-a43c-5733b8192187</t>
+  </si>
+  <si>
+    <t>Fusarium solaniren detekzio molekularra lurzoruan eta marrubi landareetan</t>
+  </si>
+  <si>
+    <t>Fusarium solani lurzoruan transmititzen den onddoa marrubi landareen patogeno gisa aipatu da. Onddoak landareen sustraiak infektatzen ditu, ihartze, hazkuntza-atzerapen eta sustraien ekoizpen eskasaren sintomak eraginez, eta ondorioz, uzta galtzea. Lan honetan, teknika molekular bat garatu da Fusarium solani onddoa PCR bidez azkar eta fidagarriki detektatzeko, lurzoruko eta landare-laginetan detektatu eta kuantifikatzeko aukera ematen duena. Gainera, teknika hau aplikatu da lurzoruaren desinfekzioak onddoen populazioan duen eragina ebaluatzeko, biosolarizazioa tratamendu kimikoaren alternatiba gisa erabiliz, marrubi-labore esperimental batean.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f807dcf0-f992-419f-8b34-ebe163f1303f</t>
   </si>
   <si>
     <t>Andaluziako Eskualde Gobernuen ekintzak oliba sektorean</t>
   </si>
   <si>
     <t>IFAPAk ikerketa-lerro bat garatzen ari da Andaluziako oliba-sektorearen eskakizun teknologiko eta instituzionalak identifikatu eta ebaluatzeko, Transforma (Olibategia eta Olioa) izeneko proiektu baten barruan. Dokumentu honek 2013ko hasieran Andaluziako oliba-probintzia garrantzitsuenetan (Jaén, Kordoba eta Granada) Landa Garapen Taldeetako (LG) 18 kudeatzaile eta ordezkarirekin egindako aurrez aurreko elkarrizketen emaitzak aurkezten ditu: galdetegi erdi-itxi batean oinarrituta. Elkarrizketa honen helburua Landa Garapen Taldeek (LG) egindako oliba-ekimenak identifikatzea izan zen. Lortutako informazioak nekazaritza-politikaren eta landa-garapenaren arduradunek eta LGPko kudeatzaileek beren ekintza-programetan neurri osagarriak hartzen laguntzea edo sektoreari ematen dioten laguntza indartzea du helburu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4d0e677-0a95-476c-bbde-49a2298763e6</t>
   </si>
   <si>
-    <t>Fusarium solaniren detekzio molekularra lurzoruan eta marrubi landareetan</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/af308a3f-e277-4c69-b17d-3bdb005defc1</t>
+    <t>Andaluzian ureztatze programazioa datu meteorologiko eta sateliteekin</t>
+  </si>
+  <si>
+    <t>IFAPAk metodo berriak lantzen ari da ureztatze-programazio egokia garatzeko gertuko estazio meteorologikorik ez duten eremuetan edo dagoen estazioa azterketa-eremuaren ordezkari ez den eremuetan. Dokumentu honek Andaluziako eskualde osoan uztaren eta uraren produktibitatearen kalkulu zehatzak egiteko aukera ematen duen metodo bat aurkezten du, bai lursail mailan bai arro mailan, datu eskuragarriak, fidagarriak eta doakoak erabiliz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ab0d44f5-b1c8-4fb3-b0d4-11566707a47e</t>
   </si>
   <si>
     <t>Tomate-errota-materialak erro-korapiloen nematodoen aurka babesteko</t>
   </si>
   <si>
     <t>Tomatean txertatzea batez ere honetarako erabiltzen da: i) uzta-aldia eta negutegiko ekoizpena luzatzea; ii) lurzoruko patogenoek eragindako ekoizpen-galerei aurre egitea; eta iii) landareen indarra handitzea, fruituaren tamainari edo kantitateari eragin gabe. Dokumentu honek Meloidogyne generoko nematodoekiko erresistenteak diren erro-materialetan tomatea txertatzearen abantailak eta mugak laburbiltzen ditu. Nematodoen populazioak murrizteko eta tomateen produktibitatea handitzeko erresistente eta sentikorrak diren barietateekin duen eraginkortasuna alderatzen duten hainbat saiakuntzaren emaitzak aurkezten dira. Meloidogyne generoko nematodo parasitoek eragindako gaixotasunak kontrol-neurri gisa erabiltzeko gomendioak ematen dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/26504cb4-77a4-4ae5-9361-31137970b17e</t>
   </si>
   <si>
+    <t>Granadako goi-lautadan landatutako Blanca Gordal barietatearen ikerketa agronomiko eta enologikoa. 2013-2018ko emaitzak</t>
+  </si>
+  <si>
+    <t>Gordal mahatsondo barietatea bezalako tokiko baliabide bat kontserbatzeko eta hobeto erabiltzeko interesa izan da garapen sozioekonomikorako proiektu baten oinarria, eta proiektu horrek ikerketa-erakunde publiko bat, Nekazaritza eta Arrantza Ikerketa eta Prestakuntzarako Institutua (IFAPA), Granadako Altiplanoko Landa Garapen Taldea (GDR), baita eskualdeko mahastizain eta ardogileak ere bildu ditu, guztiak norabide berean arraun eginez Granadako Altiplanoko eskualdeko ardogintza sektorearen ezaugarri izan daitekeen tokiko barietate hau berreskuratzeko, kontserbatzeko eta hobetzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c07d038e-f151-4eaf-bb92-5bf51e1db7d4</t>
+  </si>
+  <si>
     <t>Pedro Ximénez barietatetik beste barietate aromatiko batzuekin konbinatuta egindako ardo apardunen ekoizpena.</t>
   </si>
   <si>
     <t>Andaluziako ardogintza eskualdeetan, dibertsifikazio bide gisa metodo tradizionala erabiliz ardo apardunak ekoizteko interesa gero eta handiagoa da. 2013az geroztik, Cabrako IFAPAk (Ardo eta Edarien Espainiako Institutua) ardo apardunaren ekoizpenarekin esperimentatzen ari da, batez ere Pedro Ximénez barietate tradizionalarekin, zeinak, bere neutraltasun erlatiboari esker, emaitza bikainak eman baititu gutxienez urtebetez ontzen diren ardoetan. Zahartze nota gutxiago eta fruta eta lore nota gehiago dituzten ardo apardunak lortzeko helburuarekin, saiakuntza hau proposatu zen. Pedro Ximénez oinarrizko ardoetatik abiatutako ardo apardunen ekoizpena aztertzen du, Chardonnay eta Muscat de grano txiki bezalako beste barietate aromatikoagoekin egindako nahasketetan. Emaitza diren ardoak dastatze panel handi batek positiboki ebaluatu ditu, usaimen, dastamen eta inpresio orokorreko faseetan puntuazioak hobetuz barietate bakarreko ardoekin alderatuta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/39d4610b-90f5-4b24-8eb0-4356a3e69284</t>
   </si>
   <si>
-    <t>Granadako goi-lautadan landatutako Blanca Gordal barietatearen ikerketa agronomiko eta enologikoa. 2013-2018ko emaitzak</t>
-[...16 lines deleted...]
-  <si>
     <t>Dodder Kontrol Integratua</t>
   </si>
   <si>
     <t>Dokumentuak landare parasito honen kontrol integraturako informazio baliagarria dauka, bere morfologia, bizi-zikloa, prebentzio-neurriak eta abar jorratuz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9f43329f-d7f4-45a9-a1b3-1d43bf2efc3f</t>
   </si>
   <si>
     <t>Jopo-ren kontrol integratua lekaleetan</t>
   </si>
   <si>
     <t>Dokumentuak ekoizpen integratuko laborantza-sistemen pean ale-lekadunetan jopo patogenoa (Orobanche creata Forsk.) kontrolatzeko aukeren inguruko informazioa biltzen du.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b417cbec-0003-4d8c-8075-905651e006d6</t>
   </si>
   <si>
+    <t>Artisau gazta ekoizpenaren dibertsifikazioa: Ahuntz gazta ardo gozoarekin</t>
+  </si>
+  <si>
+    <t>Hemen aurkezten den saiakera ahuntz gazta ekoizteko prozesuan ardo gozoen erabilera potentziala ebaluatzeko lehen urratsa da. Horien artean, bost urtez ontutako Pedro Ximénez ardoa nabarmentzen da, kontsumitzailearen ikuspuntutik ahuntz gazta ekoizteko gehigarri gisa erabiltzeko potentzial sentsorial eta, beraz, komertziala erakusten baitu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/193ad8a9-b12b-48f9-a53f-5a1228b76614</t>
+  </si>
+  <si>
+    <t>Babestutako baratzezaintzako aniztasunaren azterketa: armiarmak eta kontrol biologikoa (II)</t>
+  </si>
+  <si>
+    <t>Bertako landaredia etsai naturalen habitat egoki gisa ezartzeak haien ugaritasuna eta aniztasuna hobetzen ditu. Aniztasun handiagoa hori bereziki erabilgarria da nekazaritza-paisaia oso sinplifikatuetan, hala nola negutegi-laboreak dituztenetan. Armiarmak agroekosistemetako harrapari orokor ugarienetako eta nonahi daudenetako bat dira. Beraz, izurriteen agente biologiko garrantzitsua izan daitezke, baina gremio barruko harraparitzan ere parte har dezakete. Ikerketa honetan, armiarmaren eta bi lorezaintzako izurrite nagusien, Bemisia tabaci eta Frankliniella occidentalis, ugaritasuna aztertu zen lorezaintza-sistema oso sinplifikatu batean habitataren kudeaketarako hautatutako 21 zuhaixka berriren nahasketa batean, urtebetez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bf8b3432-7fe4-44e4-8e53-4a41400f635c</t>
+  </si>
+  <si>
+    <t>Lorezaintza eta Generoa 2020</t>
+  </si>
+  <si>
+    <t>"Lorezaintza eta Generoa 2020" ikerketak emakume nekazarien bizi-kalitatea hobetzen laguntzeko tresna erabilgarria izan nahi du, behar edo gabezia potentzialak identifikatuz. 2006an egindako antzeko ikerketa batetik lortutako emaitzetan oinarritutako egungo joera aztertzen du. Horretarako, bi helburu bereizi lortu ziren: (i) erakunde publiko eta pribatuek emakumeen alde egindako ekintza positiboen bilketa; eta (ii) emakume nekazarien egoeraren azterketa beren baratzezaintza-ustiategi babestuetan. Ekintza positiboko planak proiektu, ikastaro, tailer eta abarri buruzko informazioa bildu zuen galdetegi baten bidez bildu ziren. Eremu-ikerketak Campo de Níjar-Bajo Andarax eta Campo de Dalías eskualdeak hartu zituen barne, Almeríako probintziako negu-pasa eremuaren % 96 (30.729 ha) eta La Costa eskualdea (Granada) hartzen zituztenak, azken honek 2.863 ha-ko azalera baitu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4c3e8a3c-ee52-4490-b877-57ef65faacd1</t>
+  </si>
+  <si>
+    <t>Nematodoen Kudeaketa Integraturako Estrategiak Babestutako Baratzezaintzan</t>
+  </si>
+  <si>
+    <t>Berotegi-babespeko baratzezaintzako laborantzaren faktore gakoa estalkiaren azpiko klima da, laboreen garapena eta goiztiartasuna errazten dituena, baina baita izurriteen eta gaixotasunen garapena ere sustatzen duena, landare-parasito nematodoak barne. Laborantza-laborantzaren intentsitateak eta laboreen arteko lugorri-aldi laburrek nematodoen populazioen hilkortasun naturala eragozten dute neurri handi batean, landare ostalari baten faltagatik. Beraz, nematodoen gaixotasunen kudeaketa integratua nekazaritza-denboraldi osora bideratu behar da, labore bakar batera baino, labore bati aplikatzen zaion neurriak txandakako hurrengo laboreari eragingo baitio ziurrenik. Nematodoek eragindako barazki-gaixotasunetan eragina duten faktore biologiko eta epidemiologikoak aurkezten dira, eta gaixotasun horien kudeaketa-estrategiak gomendatzen dira, Almeriako kostaldean plastikoz babestutako baratzezaintzako laboreetan nematodoari buruzko ezagutza zientifikoan oinarrituta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/35aedf68-eded-4881-9409-374485980f3e</t>
+  </si>
+  <si>
+    <t>Lurren bateratzea: Jaénen olibondoa lantzeko eremu idealak zehaztea</t>
+  </si>
+  <si>
+    <t>Jabetza-banaketa oinordekoen artean ondasunak banatzea sustatzen duen oinordetza-sistema baten aplikazioaren eta prozesu hori geldiarazteko neurrien porrotaren ondorioa da. Lurzoruaren kudeaketa eraginkorra oztopatzen du, eta eraginkortasun ekonomiko, sozial eta ingurumeneko inefizientziak sortzen ditu. Lan honek Jaéngo probintziako olibondo-eremuak mugatzen ditu, lurzoruaren bateratzerako potentzialki egokienak direnak, emandako lurzoruaren kalitate desberdinengatiko konpentsazio ekonomikoen transakzioak minimizatuz, administrazio-prozesua arintzeko eta bizkortzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f117c147-f78f-4e66-9c18-a2e0d2c15ca4</t>
+  </si>
+  <si>
     <t>Hazkuntza gidak. Lekaleen seriea: Txitxirioak</t>
   </si>
   <si>
     <t>Txitxirioak Mediterraneo arro osoan zehar labore tradizionala izan dira, zerealekin batera lehorreko nekazaritza alternatiben parte bihurtuz. Beren gogortasuna, lurzoruan duten hobekuntza efektua eta gizakiek alea elikatzeko erabiltzea izan dira horren arrazoi nagusiak.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5f1ea0de-ebcf-404a-aa1c-6fd94f1b91d0</t>
   </si>
   <si>
-    <t>Lurren bateratzea: Jaénen olibondoa lantzeko eremu idealak zehaztea</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/193ad8a9-b12b-48f9-a53f-5a1228b76614</t>
+    <t>IFAPA Lekaleen Germoplasma Bankua</t>
+  </si>
+  <si>
+    <t>Dokumentu honek IFAPA Lekaleen Germoplasma Bankua, bere helburuak, funtzioak, izaera eta informazioa eta germoplasma eskatzeko prozedurak aurkezten ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/01e2d493-8f74-4269-8709-0addd9d39274</t>
+  </si>
+  <si>
+    <t>Aldaera tradizionalen erregistroa eta ekoizpena</t>
+  </si>
+  <si>
+    <t>Dokumentuak kontserbazio-barietateen kontzeptua aurkezten du barietate eta ekotipo tradizionalen erregistroa jorratzeko tresna gisa, horrela agrosistemen aniztasunari lagunduz, ingurumenarekiko eta gizartearekiko arduratsuagoak diren ekoizpen-ereduen pean.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0788677-ff18-46c5-9431-f88676ee9f82</t>
+  </si>
+  <si>
+    <t>Andaluziako txitxirioen ekotipoen erakusleihoak. 2021-2022 kanpaina.</t>
+  </si>
+  <si>
+    <t>Dokumentuak erakustaldi-proba baten emaitzak aurkezten ditu, non egokitzapen eta errendimenduagatik hautatutako Andaluziako txitxirio-ekotipo desberdinak El Carpio herrian (Kordoba) landatu ziren. Lursail hauek izan ziren maiatzaren 20an egindako Bisita Teknikoaren xede, eta bertan nekazariek eta teknikariek material hauen ezaugarriak lehen eskutik ezagutu ahal izan zituzten.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/746bafbf-627b-45df-a1ef-923ec6360d08</t>
   </si>
   <si>
     <t>Ugalketa-desestazionalizazioa ardi-haragietan. Adierazle tekniko-ekonomikoak. 2012ko kanpaina.</t>
   </si>
   <si>
     <t>Dokumentuak 2012an hiru ardi-haztegi estentsibotan lortutako emaitzak aurkezten ditu, kudeaketa-sistema desberdinak erabiliz egindako ugalketa-datuak eta dagokien datu ekonomikoak barne.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b040bfa-2a58-4e93-98e3-49a7a1c5eecb</t>
   </si>
   <si>
     <t>Huelvako marrubi-laborantzaren barietateen banaketa estimatua. 2022-2023 uzta-denboraldia</t>
   </si>
   <si>
     <t>Dokumentuak Huelvako probintziako marrubi-laboreen barietate-konposizioaren estimazioa aurkezten du, 2022-2023 denboraldi honetan, ekoizpenean jarritako barietate bakoitzeko landareen ehuneko gisa adierazita. Hobekuntza genetikoko programa nagusien parte-hartzea ere erakusten du. IFAPA Marrubi Taldeak egindako lan hau batez ere hazkuntza-enpresek edo programa desberdinen pean lizentzia duten enpresek emandako informazioan oinarritzen da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c28b057d-828c-4bc9-b3c7-b17154a3b020</t>
   </si>
   <si>
     <t>Huelvako marrubi-laborantzaren barietateen banaketa estimatua. 2023/2024 uzta-denboraldia</t>
   </si>
   <si>
     <t>Dokumentuak Huelvako probintziako marrubi-laboreen barietate-konposizioaren estimazioa aurkezten du, 2023-2024 denboraldi honetan, ekoizpenean jarritako barietate bakoitzeko landareen ehuneko gisa adierazita. Hobekuntza genetikoko programa nagusien parte-hartzea ere erakusten du. IFAPA Marrubi Taldeak egindako lan hau batez ere hazkuntza-enpresek edo programa ezberdinek lizentziatutako enpresek emandako informazioan oinarritzen da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d5379322-e391-485c-90fc-2aa970e23082</t>
   </si>
   <si>
     <t>Huelvako marrubi-laborantzaren barietate-banaketaren estimazioa. 2024-2025eko uzta-denboraldia.</t>
   </si>
   <si>
     <t>Dokumentuak Huelvako probintziako marrubi-laboreen barietate-konposizioaren estimazioa aurkezten du, 2024-2025eko kanpaina honetan, ekoizpenean jarritako barietate bakoitzeko landareen ehuneko gisa adierazita. Hobekuntza genetikoko programa nagusien parte-hartzea ere erakusten du. IFAPA Marrubi Taldeak egindako lan hau batez ere hazkuntza-enpresek edo programa ezberdinek lizentziatutako enpresek emandako informazioan oinarritzen da.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/7f47f4b7-9cf3-4539-8fa1-c0cd4ecfa36a</t>
   </si>
   <si>
     <t>Indukzio elektromagnetikoko sentsoreen erabilera nekazaritzan</t>
   </si>
   <si>
     <t>Dokumentuak lurzoruaren eroankortasun elektriko itxurazkoa eskala espazial desberdinetan neurtzeko indukzio elektromagnetikoaren teknikaren sarrera bat eskaintzen du, eta nekazaritzan hainbat aplikazio praktikotarako duen erabilgarritasuna erakusten du.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/caf3eb03-2ef3-45ff-a7e7-624202cfc434</t>
   </si>
   <si>
-    <t>IFAPA Lekaleen Germoplasma Bankua</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b0788677-ff18-46c5-9431-f88676ee9f82</t>
+    <t>Zitrikoen txertaketa inausketa</t>
+  </si>
+  <si>
+    <t>Laborantza-teknika berrien garapena, edo dauden ezagutzak berritzea, Andaluziako eta Espainiako zitrikoen hazkuntzaren garapenean funtsezko eta estrategikoak diren elementuak dira. Horrela, zitrikoen laborantzan inausketa eta txertaketa teknikak ezagutzea oso garrantzitsua da zitrikoen hazkuntzaren lehiakortasuna sustatzeko, zitrikoen ekoizleek zuhaitz uniformeekin eta errendimendu goiztiar, optimo eta erregularrekin landaketa orekatuak izan ditzaten bermatuz. Teknika horien ezarpena optimizatzeko helburuarekin, dokumentu hau IFAPAk eskaintzen dituen zitrikoen prestakuntza ikastaroetako ikasleentzako erreferentzia eta laguntza tresna gisa prestatu da, zehazki "Zitrikoen Inausketa" eta "Zitrikoen Txertaketa" ikastaroetakoak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0dd49f47-1402-4dc0-8c43-a4c449469df9</t>
+  </si>
+  <si>
+    <t>Artoaren laborantzari buruzko agroekonomia azterketa</t>
+  </si>
+  <si>
+    <t>Artoa lantzeko sistema jasangarri bat garatzeak, ikerketa agronomikoaz gain, laborearen bideragarritasun ekonomikoari buruzko ikerketak ere behar ditu, gaur egun urriak direnak. Dokumentu honen helburua 2018ko kanpainan oinarritutako finantza-informazio zehatza (uztaren kostuak eta diru-sarrerak) ematea da, zehazki: • Laborantza-zereginak eta -eragiketak deskribatzea (erabilitako tresnak, aplikatutako agrokimikoen mota eta kantitatea, enplegatutako lana, etab.). • Zeregin eta -eragiketa horiei dagozkien laborantza-kostuak kalkulatzea. • Artoaren merkatu-prezioen horizonte desberdinetan oinarritutako errentagarritasun-eszenatoki desberdinak aurreikustea. • Sektorearen kanpoko ekonomiak kalkulatzea, finantza-azterketaren emaitzak erabiliz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/332be124-8bf0-4803-88c9-8433efdc0eeb</t>
+  </si>
+  <si>
+    <t>Jaéngo probintziako olibondo-soroetan espazio-zatiketaren eta sakabanaketaren karakterizazioa</t>
+  </si>
+  <si>
+    <t>Dokumentuak Jaéngo probintziako olibondo sektorearen egitura produktiboa ezaugarritzen du Informazio Geografikoko Sistemak (GIS) erabiliz, nekazaritza-lursailen tamaina, zatikatzea eta sakabanaketa barne. Ondoren, nekazaritza-kudeaketaren eraginkortasun-neurriak proposatzen ditu, laborantza-sistemetan eta partekatuetan oinarrituta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5fb0117f-8b24-4928-8fbc-dddb6871395b</t>
+  </si>
+  <si>
+    <t>Jerez eskualdeko mahastietan inpaktu-indizearen kalkulua</t>
+  </si>
+  <si>
+    <t>Dokumentuak Jerez eskualdeko mahastietan gaixotasunen indizea prospekzioan eta kalkulatzean erabiltzen den metodologia deskribatzen du, arazoaren magnitudea eta egurraren gaixotasunekin lotutako sintomen bilakaera kuantifikatzeko helburuarekin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fe259bf5-9618-4133-b74e-63f1bed184b8</t>
+  </si>
+  <si>
+    <t>Gest-Cover aplikazioa: Zurezko laboreen landare-estaldura kontrolatzeko tresna</t>
+  </si>
+  <si>
+    <t>Dokumentuak Gest-Cubierta aplikazioaren ezaugarriak, erabilgarritasunak eta erabiltzeko argibideak deskribatzen ditu. IFAPAk Andaluziako egurrezko laboreen landaketetan landare-estaldura monitorizatu eta kudeatzeko garatutako doako eta aitzindari tresna da. Tresna honek Andaluziako Agroklima Informazio Sareko 100 estazio meteorologiko baino gehiagoren eguneroko denbora errealeko informazio meteorologikoa, Sentinel 2 sateliteetatik lortutako 10 metroko bereizmeneko landaredi-indizeen mapak eta eguneroko ur-balantze eredua integratzen ditu, guztiak interfaze eroso eta intuitibo batean.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b33a84bd-5f1c-4da7-ad87-ea5a28dd23ec</t>
   </si>
   <si>
     <t>Landare-baliabide genetikoen ex situ kontserbazioa</t>
   </si>
   <si>
     <t>Dokumentuak Espainiako ex situ landare-baliabide genetikoen kontserbazioari buruzko politika zientifikoaren ikuspegi orokorra eta IFAPAk duela gutxi onartutako estrategia eskaintzen ditu. Gai hau garrantzitsua da, IFAPA baita olibondo, marrubi, lekale, mahatsondo eta zainzurien bilduma aktiboen zaindaria bilduma nazionalen sarean, eta beharrezkoa baita bere estrategia propioa izatea kontserbatutako germoplasma babesteko, kudeatzeko eta sustatzeko beharrezko ekintzak bermatzeko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2ba11781-e5aa-4093-95ac-def01de2bd40</t>
   </si>
   <si>
-    <t>Gest-Cover aplikazioa: Zurezko laboreen landare-estaldura kontrolatzeko tresna</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0dd49f47-1402-4dc0-8c43-a4c449469df9</t>
+    <t>Hazkuntza Gidak Lekaleen Seriea: Saninfoina</t>
+  </si>
+  <si>
+    <t>Dokumentua Sanfoinaren Laborantza Gida bat da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1971991c-2de1-4c22-83f6-9077f4a6f844</t>
   </si>
   <si>
     <t>Nekazaritza-industriako labore-sistemetan ongarri organikoak</t>
   </si>
   <si>
     <t>Dokumentu hau Andaluziako 1014-2020 PRD-ko 10.1.5 Operaziorako gida bat da. Dokumentu honek praktika honen agronomia eta ingurumen-onurei buruzko informazioa ematea du helburu, baita behar bezala ezartzeko jarraitu beharreko gomendio tekniko sorta bat eskaintzea ere.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3bfa31af-a9ed-4739-8d73-46f2d662e66f</t>
   </si>
   <si>
-    <t>Hazkuntza Gidak Lekaleen Seriea: Saninfoina</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1971991c-2de1-4c22-83f6-9077f4a6f844</t>
+    <t>Animalien Ongizatea Txerri-haztegietan</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako kudeaketa-printzipio gisa animalien ongizatea azken urteotan aktiboki garatu den kontzeptua da. Animalien tratamendu egokia antzinatik praktikatu izan da, nahiz eta ez den araudietan sartu. Zentzu honetan, Europar Batasuna aitzindaria da animalien babesa eta ongizatea garatzen eta bermatzen. Animalien ongizatea osasun mental eta fisiko osoaren egoera gisa definitzen da, non animalia inguruko ingurunearekin harmonia perfektuan dagoen (Hughes, 1976). Animalien portaera bere ingurunean eta ustiategian aztertuz kuantifikatu daiteke. Horretarako, beharrezkoa da animalien portaera normala beren habitat naturalean ulertzea eta hazkuntza-sistemetan erakusten denarekin alderatzea. Ongizate-galerak arazo sorta bat sortzen du, eta horrek eragina izango du bai ustiategiaren funtzionamenduan bai bere emaitza ekonomikoetan. Ingurunera egokitutako animalia bat portaera naturalak garatu ditzakeen animalia da, eta, beraz, bere ekoizpen-maila egokia izango da eta lortutako produktuak kalitatezkoak izango dira. Edukien taula: 1. unitatea: Animalien ongizatearen alderdi sozialak eta legalak. Produktuen kalitatean duen eragina; 2. unitatea: Animalien ongizatea eguneroko praktikan; 3. unitatea: Txerrien anatomia, fisiologia eta portaera; 4. unitatea: Txerri-haztegietako osasuna; 5. unitatea: Txerri-haztegietako animalien ongizateari buruzko legedia; 6. unitatea: Txerri-haztegietako egiturak eta ekipamendua; 7. unitatea: Araututako tratamendu eta praktika kirurgikoak; Eranskina: Aipatutako legedia</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9e002dfa-f7fd-4f91-9551-86b11b99adb5</t>
+  </si>
+  <si>
+    <t>Kimu-erkametzen intzidentzia aranondo japoniarrean: barietateen erantzuna eta kudeaketa organikoaren eragina.</t>
+  </si>
+  <si>
+    <t>Japoniako aranondoak (Prunus salicina Lindl) aukera zabalak eskaintzen ditu laborantza ekologikorako Guadalquivir haranean; hala ere, izurriteen eta gaixotasunen kontrola da ekoizpen sistema honen erronka garrantzitsuenetako bat. Acalitus phloecoptes (Nalepa) eriofidoak eragindako kimu-erkametza laborearen izurrite garrantzitsua da, kalte larriak eragiten baititu begetatibo eta fruitu-kimuen morfologian eta fisiologian. Ikerketa honek kimu-erkametzaren intzidentzia erakusten du 14 japoniar aranondo barietateetan, modu organikoan eta konbentzionalean kudeatutako bi lursailetan, hurrenez hurren. Ikerketaren emaitzek berresten dute aranondo barietateen arteko sentikortasun-alde nabarmena A. phloeocoptes-arekiko. Ikerketa honek, gainera, erkametzen intzidentzia handiagoa agerian uzten du modu konbentzionalean kudeatutako lursailean, eta frogatzen du erabilitako tratamendu kimikoak ez direla behar bezain eraginkorrak izan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5976df0a-03b1-4d99-ba7a-4e07e43a5c33</t>
   </si>
   <si>
     <t>Lurrik gabeko laborantzan ahabia barietateen ebaluazioa. 2021/2022 kanpaina.</t>
   </si>
   <si>
     <t>Ahabiaren laborantzak indarra hartu zuen Huelvako probintzian mende honen hasieran, marrubi-ekoizleek beste baia batzuekin ekoizpena dibertsifikatzen hasi zirenean. Gainera, oso preziatua den fruta bihurtzen ari da Espainian eta Europa osoan, gero eta kontsumitzaile gehiagok ezagutzen baitituzte produktu mota honek eskain ditzakeen osasunerako onuren berri. Lan honek 14 ahabi barietateren ekoizpen eta kalitate ezaugarriei buruzko emaitzak aurkezten ditu: lau barietate goiztiar, sei barietate sasoiko eta lau barietate berantiar. Lan honek 2021/2022 denboraldian egindako entsegu batean lortutakoak.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/751da974-6d88-48c8-b8b7-2f88ae5d1e3f</t>
   </si>
   <si>
+    <t>Marrubi barietateen ebaluazioa lurzoru biosolarizatua erabiliz laborantza konbentzionalean. 2019/2020 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Marrubi-laborantza, beste fruta bigun batzuekin batera, etengabe garatzen ari da eta Huelvako probintzian funtsezko eragile ekonomiko eta soziala da. Talde honek prestatutako Huelvako denboraldi honetako marrubi-laborantzan barietateen banaketari buruzko txosten teknikoak islatzen du hainbat enpresak I+Gan inbertitzen jarraitzen dutela, ekoizpen-eremuen tenperaturetara eta fotoperiodora egokitutako barietate berriak lortzeko helburuarekin egindako hazkuntza-programak garatuz. Zalantzarik gabe, barietateen hautaketa labore honen alderdirik garrantzitsuenetako bat da. Lan honetan, Huelvako probintzian intzidentzia handia duten hainbat hazkuntza-programaren ordezkari diren marrubi-barietate desberdinekin egindako ikerketa baten emaitzak aurkezten ditugu, haien ezaugarri produktiboak, kalitate organoleptikoak eta uzta osteko kalitatea zehazteko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0ba120c9-826d-43b5-a886-2c047397c6c8</t>
+  </si>
+  <si>
+    <t>Baba zabalen hobekuntza genetikorako lehortearekiko erresistentzia iturrien identifikazioa eta karakterizazioa</t>
+  </si>
+  <si>
+    <t>Baba (Vicia faba L.) lekale garrantzitsua da, proteina-eduki handikoa, klima-baldintza askotarikoetara egokitua eta laborantza-sistemen iraunkortasun orokorrerako onura ugari eskaintzen dituena. Landare-jatorriko proteinen eskaria handitzen ari da, eta babarrunak hautagai ona dira behar hori asetzeko. Hala ere, laborea oso sentikorra da estres abiotikoarekiko, batez ere lehortearekiko, eta horrek mundu osoko babarrunaren errendimenduan eta garapenean eragiten du larriki. Ikerketa honetan, jatorri desberdinetako 100 babarrun-atzipen bilduma bat aztertu da lehorte-estresari erantzunez. Lan honen emaitzek babarrun-bilduma aztertuan lehorte-erresistenteenak diren genotipoak identifikatzen lagundu digute, eta horiek labore honen lehorte-erresistenteen hazkuntza-programetan erabil daitezke.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b154a1a8-7446-46a8-8969-a1d92a5cb0f2</t>
+  </si>
+  <si>
+    <t>Piku-kultibar tradizionalen karakterizazioa sare-berotegi batean</t>
+  </si>
+  <si>
+    <t>Pikuondoaren laborantza (Ficus carica L.) Mediterraneoko labore tradizionaletako bat da, goraka doana, ez bakarrik bere zapore bereziagatik eta balio nutrizionalagatik, zuntzetan, potasioan, proteinetan, mineraletan eta bitaminetan aberatsa baita, baita hazkuntza-eremu desberdinetako baldintzetara duen erresilientzia eta egokitzapenagatik ere. Lan honen helburua Almeriako La Mojonerako IFAPA Zentroan dagoen in vivo bildumako piku-barietate tradizionalen karakterizazioa da. Entseguan, Pajarera, Gota de miel, Negra Rabo Largo Alpujarra, Verdal eta Brevera Muleria barietateen hainbat txertaketa egin ziren San Antonio barietatearen lau erro-zuhaitz erabiliz, sare-negutegi batean landatuta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/898aaff4-a7b7-4678-8cb8-cf1db1852853</t>
+  </si>
+  <si>
     <t>7 ilar-barietateren negutegi ekologikoan lantzea</t>
   </si>
   <si>
     <t>Ilar ekologikoaren laborantza berotegi-baldintzetan alternatiba interesgarria izan daiteke ohiko babes-lorategiko laboreen aldean, Espainiako hego-ekialdeko negutegietan gutxiengoa den laborea baita, batez ere laborantza ekologikoan. Esperimentu honen helburu nagusia zazpi ilar barietateen ekoizpena eta egokitzapena ebaluatzea izan zen, ziurtatutako negutegi-laborantza ekologikora. Probatutako ilar barietateak ezin hobeto egokituta daude negutegi-laborantzara, laborantza ekologikoko araudia jarraituz. Oro har, probatutako barietate guztiak ondo egokitzen dira gure klima-baldintzetara, Mediterraneoko negutegi-egituretan hazteko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5a657349-5e62-4b7b-a892-3503150e8ae6</t>
   </si>
   <si>
-    <t>Marrubi barietateen ebaluazioa lurzoru biosolarizatua erabiliz laborantza konbentzionalean. 2019/2020 uzta denboraldia</t>
-[...7 lines deleted...]
-  <si>
     <t>Fruta eta barazki inperfektuen galera eta xahuketa</t>
   </si>
   <si>
     <t>Fruta eta barazkien txikizkako espezifikazioen betetzea, batez ere kontsumitzaileen estandarren araberako erakargarritasun estetikoari dagokionez, Elikagai Galeren eta Xahuketaren (FLW) eragile larrienetako bat bihurtzen ari da. Europan ekoizten diren fruta eta barazki guztien ia herena baztertzen da urtero itxuragatik. Kalkulatzen da 51 milioi tona fruta eta barazki itsusi alferrik galtzen direla urtero Europan, batez ere itxura estetikoa kontsumitzaileentzako kalitate-estandar nagusi gisa gehiegi azpimarratzen delako. Espainian, enpresa batzuk ekoizpen-galeren ustiapenean oinarritutako negozio-eredu batekin ari dira sortzen (ohiko kanalen bidez saldu ezin diren soberakinak eta txikizkako saltzaileek baztertutako produktu inperfektuak).</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3a691af8-03af-4fe2-8541-42bb95dd2fb7</t>
   </si>
   <si>
-    <t>Piku-kultibar tradizionalen karakterizazioa sare-berotegi batean</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9e002dfa-f7fd-4f91-9551-86b11b99adb5</t>
+    <t>Urdaiazpikoarekin gazta egitea</t>
+  </si>
+  <si>
+    <t>Azken urteotan, merkatuan aldaketa bat egon da kalitate handiagoko produktuetarantz, askotan artisau-ekoizpen sistemetatik datozenak. Hala ere, arreta ez dago kalitatean bakarrik, baita barietatean ere, eta kontsumitzaileak erakartzen dituzten produktu berritzaileak merkaturatzean. Artikulu honek produktu berri baten garapena proposatzen du, gazta eta urdaiazpiko konbinazio bat, eta artisau-mailan ekoizteko aukera. Ikerketak urdaiazpiko zuria eta iberiar txerri-urdaiazpikoa gehituz lortutako ezaugarri sentsorialak eta kontrol-gazta (urdaiazpikoa gehitu gabe) alderatzen ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f78b4a2a-9c4b-486b-a5b7-70905c625c7e</t>
+  </si>
+  <si>
+    <t>Andaluzian egindako baba zabalen barietateen entsegu-emaitzak. 2017/2018ko uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua nekazaritza sektoreari Andaluzia mendebaldean probatutako baba zabalen landare-materialari buruzko informazio eguneratua ematea da, bere errendimendu agronomikoa eta produktiboa barne. Dokumentuaren ikuspegi orokor azkar batek nekazariei barietate hauei buruzko orientabideak emango dizkie.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b9a612a7-f52a-4312-a751-50067f318a5f</t>
+  </si>
+  <si>
+    <t>Andaluzian txitxirio barietate eta lerro aurreratuekin egindako entsegu emaitzak. 2017/2018 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Argitalpen honen helburua nekazaritza sektoreari Andaluzia mendebaldean probatutako txitxirio landare-materialari buruzko informazio eguneratua ematea da, bere errendimendu agronomikoa eta produktiboa barne. Dokumentuaren ikuspegi orokor azkar batek nekazariei barietate hauei buruzko orientabideak emango dizkie.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0d598781-013d-443d-be8c-3a1bbb27ff5e</t>
   </si>
   <si>
     <t>Andaluzian egindako kotoi-barietateen proben emaitzak. 2021eko kanpaina</t>
   </si>
   <si>
     <t>Kotoia mundu osoan gehien saltzen den elikagai ez den nekazaritza-produktua da. Oso ekoitzi eta kontsumitzen da, eta horrek munduko labore landuenetako bat bihurtzen du. Andaluziako nekazaritza eta abeltzaintzako industriako labore garrantzitsuenetako bat da, Espainiako lur landuen ia %100 kontzentratzen baita bertan. Horregatik, proiektu honetan barietateen ebaluazio proiektu bat egiten ari gara sektoreko nekazariei eta teknikariei aholkuak emateko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/553b7a52-d179-4582-b32d-f821bdb2752a</t>
   </si>
   <si>
-    <t>Andaluzian egindako baba zabalen barietateen entsegu-emaitzak. 2017/2018ko uzta-denboraldia</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f78b4a2a-9c4b-486b-a5b7-70905c625c7e</t>
+    <t>Almendra-hazkuntzan ureztatze-kudeaketarako oinarrizko puntu potentzialen aplikazioa</t>
+  </si>
+  <si>
+    <t>Azken urteotan, almendrak pixkanaka sartu dira Guadalquivir haranean ureztatzeko baldintzetan, errentagarritasun txikiagoa duten beste labore tradizional batzuen alternatiba gisa. Hori dela eta, labore honetarako ureztatze estrategia egokienak ezagutzeko eskaria handia da, batez ere uraren erabilgarritasuna laborearen optimoaren azpitik dagoenean. Ikerketa honek Guadalquivir haranean oso ordezkatuta dauden hiru almendra barietate tradizionaletan ureztatze kudeaketarako oinarrizko puntu potentzialei buruzko emaitza garrantzitsuenak aurkezten ditu. Oinarri potentzial horiei esker, barietate bakoitzerako hostoen ur potentzialaren atalase-balioak eta tarte optimoa definitzea posible izan da, baita hostoen ur potentzialaren atalase-balioak ere, dauden uraren erabilgarritasunaren arabera, erabaki egokiak hartzeko aukera emanez, batez ere ur eskasia dagoen egoeretan, ekoizpen-galerak minimizatuz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e6dd1ccd-c563-428a-817f-bee848345e75</t>
+  </si>
+  <si>
+    <t>Almendra-hazkuntza ekologikoa ureztapenean</t>
+  </si>
+  <si>
+    <t>Almendrondoa, Prunus dulcis (Mill.) DA Webb, Espainiako labore garrantzitsuenetako bat da, gehienbat euri-baldintzetan eta sarrerak oso urriak diren eremu marjinaletan hazten dena. Gaur egun, laboreak eraldaketa sakona jasan du azken urteotan landaketa intentsiboago eta teknologikoki aurreratuagoekin, barietate berrien erabilerarekin eta, batez ere, ureztatzearen sarrerarekin, horrek guztiak bere produktibotasun potentziala hobetu baitu. Hala ere, ureztapen bidezko almendra-laborantza ekologikoaren alderdi asko ezezagunak dira oraindik. Ongarritze organikoa eta, batez ere, izurriteen eta gaixotasunen kontrola produktu ekologiko homologatuak erabiliz erronka bat da nekazarientzat. Ikerketa honek garapen fenologikoa, foliazio-galera eta beste parametro fisiologiko batzuk alderatzen ditu, hala nola indarra eta hazkundea, baita bost almendra-barietateren ekoizpena ere, Guadalquivir haranean ureztatutako kudeaketa ekologiko eta konbentzionalaren pean.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/60ad7efc-ac91-433b-bff0-f0dc858536d5</t>
+  </si>
+  <si>
+    <t>Pestizidak negutegietan aplikatzeko aire-ur lainoztatze sistema finko baten ebaluazio teknikoa</t>
+  </si>
+  <si>
+    <t>Lainoztatze-sistemen kostu handiak eta hazkuntza-garaian klima-kontrolerako aldi baterako soilik erabiltzeak ez dute inbertsioaren itzulera optimoa ahalbidetzen, eta horregatik hasi dira produktu fitosanitarioak aplikatzeko ekipamendu gisa erabiltzen. Ikerketa honen helburua, ikuspegi tekniko batetik, negutegietan produktu fitosanitarioak aplikatzeko aire-ur lainoztatze-sistema finko bat ebaluatzea da.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8de3078f-36f6-4058-89e7-f9e6a729a1e9</t>
   </si>
   <si>
     <t>Animalien Ongizatea Hausnarkarien Ustiategietan</t>
   </si>
   <si>
     <t>Abeltzaintzaren kudeaketaren printzipio gisa animalien ongizatea azken urteotan aktiboki garatu den kontzeptua da. Animalien tratamendu egokia antzinatik praktikatu izan da, nahiz eta ez den araudietan sartu. Zentzu honetan, Europar Batasuna aitzindaria da animalien babesa eta ongizatea garatzen eta bermatzen. Animalien ongizatea osasun mental eta fisiko osoaren egoera gisa definitzen da, non animalia inguruko ingurunearekin harmonia perfektuan dagoen (Hughes, 1976). Animalien portaera bere ingurunean eta ustiategian aztertuz kuantifikatu daiteke. Horretarako, beharrezkoa da animalien portaera normala beren habitat naturalean ulertzea eta hazkuntza-sistemetan erakusten denarekin alderatzea. Ongizatearen galerak arazo sorta bat sortzen du, eta horrek eragina izango du bai ustiategiaren funtzionamenduan bai bere emaitza ekonomikoetan. Ingurunera egokitutako animalia bat portaera naturalak garatu ditzakeen animalia da, eta, beraz, bere ekoizpen-maila egokia izango da eta lortutako produktuak kalitatezkoak izango dira. Edukien taula: 1. unitatea: Animalien ongizatearen alderdi sozialak eta legalak. Produktuen kalitatean duen eragina; 2. unitatea: Animalien ongizatea eguneroko praktikan; 3. unitatea: Hausnarkarien ongizatea zehazten duten ezaugarri anatomiko, fisiologiko eta portaerazkoak; 4. unitatea: Osasuna hausnarkarien haztegietan. Haztegian gorde behar diren kontrolak eta erregistroak; 5. unitatea: Hausnarkarien haztegietako animalien ongizateari buruzko legeria; 6. unitatea: Haztegien egiturak eta ekipamendua. Animalien identifikazioa; 7. unitatea: Animalien maneiua motaren eta haztegi-sistemaren arabera. Hausnarkarien garraioaren eta hilketaren ezaugarriak.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/007c8f3d-15dc-4834-a08d-b7a0fa2ce2d8</t>
   </si>
   <si>
-    <t>Pestizidak negutegietan aplikatzeko aire-ur lainoztatze sistema finko baten ebaluazio teknikoa</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0d598781-013d-443d-be8c-3a1bbb27ff5e</t>
+    <t>Lurraren maldak ureztatzeko gerriko lokalizatuetan emari-banaketaren uniformetasunean duen eragina</t>
+  </si>
+  <si>
+    <t>Artikulu honek lur-maldak eta ureztatze-zinta lokalizatuen karga eta deskargak ureztatze-banaketaren uniformetasunean (DU) duten eragina ebaluatzen duen esperimentu baten emaitzak aurkezten ditu. Horretarako, malda desberdinetan instalatutako bi ureztatze-zinta, emari-konpentsazioarekin eta gabe, ebaluatu ziren, baita ureztatze-pultsu osoa edo ureztatze-pultsuaren zati bat neurtzean DUan duten eragina ere.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/72583fc1-0180-4b58-8d7c-b2cd6493471e</t>
+  </si>
+  <si>
+    <t>Olibondoen laborantza klima aldaketaren aurrean</t>
+  </si>
+  <si>
+    <t>Andaluziako olibondo-soroetan klima-aldaketak izan ditzakeen eragin potentzialei buruz egindako ikerketen emaitzak eta etorkizuneko olibondo-soroen iraunkortasuna bermatzeko gomendatutako egokitzapen-neurriak biltzen dituen dokumentua.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/fbba12f6-d2c9-4425-a7fc-5611619efbe2</t>
+  </si>
+  <si>
+    <t>Artoaren laborantzarako klima-aldaketarako egokitzapen neurriak</t>
+  </si>
+  <si>
+    <t>Arto-laborantza etorkizuneko klima-aldaketaren baldintzetara egokitzeko neurriei buruzko dokumentu teknikoa, ur-baliabideen murrizketari aurre egiteko, muturreko tenperatura-gertaeren eragina saihesteko eta arto-laborantza atmosferan aurreikusitako karbono dioxidoaren igoerara egokitzeko aukera aztertzeko helburuarekin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2023189a-1415-4972-b323-29bfe73f10ae</t>
+  </si>
+  <si>
+    <t>Ereintza zuzena, klima-aldaketa arintzen duen nekazaritza-praktika bat</t>
+  </si>
+  <si>
+    <t>Dokumentu teknikoa lantze gabeko nekazaritza ezartzeko metodologiari eta klima-aldaketa arintzeko, atmosferako karbonoa bahitzeko eta atmosferako isuriak murrizteko praktika gisa duen eraginari buruz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/06409323-1599-426d-ab50-45360a55c279</t>
+  </si>
+  <si>
+    <t>Laborantza Sistemaren Eragina Marrubi Barietateen Ekoizpenean. 2020/2021 Uzta Denboraldia. I. Ekoizpen Parametroak</t>
+  </si>
+  <si>
+    <t>2020/2021 uzta-urtean, IFAPAk merkatuan dauden barietateen artean hautatutako 12 barietateren talde baten produktibitatea karakterizatu zuen. Ikerketa honen helburua probatutako barietateen arteko ekoizpen-parametroen arteko desberdintasunak aztertzea eta erakustea da. Sortutako informazioa tresna gisa eskaintzen zaie nekazariei, teknikariei eta esportatzaileei, barietateen hautaketa errazteko, gaur egun eskuragarri dauden barietateen aukera zabala kontuan hartuta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/04ee09e8-29ae-4720-b8c6-24969e21a657</t>
+  </si>
+  <si>
+    <t>Ahabia barietateen ebaluazioa. 2020/2021 kanpaina</t>
+  </si>
+  <si>
+    <t>2020/2021 kanpainan zehar, merkatuan daudenetatik hautatutako 14 barietatez osatutako talde bat karakterizatu zen. Lan honetan ebaluatu eta aurkeztutako parametroak barietate desberdinen ekoizpenarekin eta kalitatearekin lotuta daude. Sortutako informazioa tresna gisa eskaintzen zaie nekazari, teknikari eta esportatzaileei barietateen hautaketa errazteko, eskuragarri dauden barietateen aukera zabala kontuan hartuta. Jarduera hau TRA2019.004 Sektore Transferentzia Proiektuaren "Ahabia barietateak agroingurune desberdinetan hazitako ezaugarritzea" 2. Helburuaren parte da: "Marrubi eta beste baia batzuen laborantzan ekoizpen jasangarria". Helburu hori lortzeko, bi saiakuntza egin ziren: lehenengoa lurrik gabeko laborantzan Moguerren, eta bigarrena laborantza ekologikoan Almonten, biak Huelvako probintziako kokapenetan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/91f47311-fc8b-4ff0-a41a-397a6542aad5</t>
   </si>
   <si>
     <t>Barietatearen eta laborantza-sistemaren eragina marrubietan errendimenduarekin lotutako ezaugarrietan. 2023/2024 uzta-denboraldia</t>
   </si>
   <si>
     <t>2023/2024 uzta-urtean, Huelvako eskualdeko lau laborantza-sistemetan hazitako 16 marrubi-barietateren errendimenduarekin lotutako ezaugarriak aztertu ziren: laborantza konbentzionala, lurzoruaren desinfekziorik gabeko laborantza, lurrik gabeko laborantza eta laborantza ekologikoa. Lortutako emaitzak artikulu honetan aurkezten dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a4d0ec4f-b650-4f31-8971-f21312a6fcf4</t>
   </si>
   <si>
     <t>Sandia erro-materialak Bahetze Birus Berriaren (MNSV-W-SP) aurka</t>
   </si>
   <si>
     <t>2014ko udaberrian, Almeriako probintzian kokatutako negutegi bateko sandia landareek Meloi necrotic spot birusak (MNSV) eragindakoen antzeko sintomak erakutsi zituzten, hala nola fruituen, hostoen eta zurtoinen nekrosia. Sandia landare sintomatikoak laborategian meloi, pepino, kalabaza, kuiatxo, kuiatxo eta sandian mekanikoki txertatzeak sandiaren kasuan bakarrik sortu zituen landan ikusitakoen antzeko sintomak, inokulatutako gainerako kukurbitazeoak asintomatiko mantendu ziren bitartean. Sekuentziazio handiko teknika molekularrak erabiliz, zehaztu zen sandiaren sintomak MNSV-W-SP izeneko MNSV-ren andui berri eta lehenago deskribatu gabeko bati egozten zitzaizkiola. Baieztatu dugu sandia hazteko merkataritzan eskuragarri dauden erro-material nagusiak birusarekiko erresistenteak direla.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a52f9cb-ec34-4d2a-9bd6-ef9ac78b4462</t>
   </si>
   <si>
-    <t>Ahabia barietateen ebaluazioa. 2020/2021 kanpaina</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/72583fc1-0180-4b58-8d7c-b2cd6493471e</t>
+    <t>11 tomate ekologiko tradizionalen berezko ezaugarrien azterketa</t>
+  </si>
+  <si>
+    <t>Probatutako tomate barietate tradizionalen berezko atributu adierazgarrienen onarpenari eta lehentasunei buruzko kontsumitzaileen iritzien emaitzak erakusten dituen dokumentua, haien zapore-kalitatea ebaluatuz. Dastatze-saioetan, erantzuleek berezko atributu hauek ebaluatu zituzten: sendotasuna, mamitsutasuna, gozotasuna, azidotasuna eta iraunkortasuna.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b6bd11d-3095-470d-94f3-3f44c413a1d4</t>
+  </si>
+  <si>
+    <t>Klima epeletan hazitako ardo beltz barietateen portaera agronomiko eta enologikoan inausketa mekanizatuaren eragina</t>
+  </si>
+  <si>
+    <t>Montilla mendilerroan hazitako bi mahats beltz barietateren eskuzko inausketak eta inausketa mekanikoak haien errendimendu agronomikoan eta potentzial enologikoan dituen ondorioak alderatzen dituen hiru urteko entsegu baten emaitzak erakusten dituen dokumentua.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1296fb92-a4b8-4a2e-a3c1-198d8a97d560</t>
+  </si>
+  <si>
+    <t>Meloi barietatearen potentziala ardo arrosak ekoizteko</t>
+  </si>
+  <si>
+    <t>Melonera barietatetik ardo arrosa bat lortzeko beratze-denbora optimizatzeko helburu duen ikerketa baten emaitzak erakusten dituen dokumentua. Bertan, lau kanpaina jarraian (2011-2014) barietate honekin ardo arrosen ekoizpena eta lortutako emaitzak zehazten dira.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9bd19952-5136-4d2d-9d8d-188409d917fa</t>
   </si>
   <si>
     <t>Andaluziako mendebaldeko almendrondo gazteen laborantza-koefizienteak: gomendioak</t>
   </si>
   <si>
     <t>Mendebaldeko Andaluziako almendrondoen laborantza-koefizientearen (Kc) kalkuluaren emaitzak erakusten dituen dokumentua, Kordoba eta Sevillako hiru eremutan ureztatzeko uraren dosia gomendatzen duena.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e83b4a6b-775d-4a4a-adf7-6803c19285ae</t>
   </si>
   <si>
+    <t>Mahatsen Mekanizazioa: Mahastizaintzaren Eredu Berri eta Errentagarriago Bat</t>
+  </si>
+  <si>
+    <t>IFAPA Rancho de la Merced zentroan kokatutako mahasti batean lau denboraldi jarraian egindako ikerketaren emaitzak erakusten dituen dokumentua. Helburu nagusiak hauek izan ziren: uztaren errentagarritasuna hobetzea, laborantza-praktika eta teknika mekanizatu berriak aplikatuz, eta mahastizaintza-eredu berriek landareen fisiologian eta mahatsaren eta ardoaren kalitatean duten eragina aztertzea.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/13cad6fa-b2b9-4989-98f4-a30f6ec392be</t>
+  </si>
+  <si>
     <t>Oliba eta oliba olio sektorearen pertzepzioa Landa Garapen Taldeetan</t>
   </si>
   <si>
     <t>Dokumentu honek Jaén, Kordoba eta Granadako probintzietako Landa Garapen Taldeek egindako lanaren inguruko oliba eta oliba olio sektoreak duen pertzepzioa aurkezten du. Lana Transforma Oliba eta Oliba Olio Proiektuaren barruan egin zen. Aztertzen du ea oliba eta oliba olio sektorea pozik dagoen Landa Garapen Taldeek nekazaritza eskualdeen garapen endogenorako oliba-proiektu berritzaileak kudeatzeko egiten duten lanarekin.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5dabc61b-1fe2-43f1-aa86-f893b71a814f</t>
   </si>
   <si>
-    <t>11 tomate ekologiko tradizionalen berezko ezaugarrien azterketa</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9b6bd11d-3095-470d-94f3-3f44c413a1d4</t>
+    <t>Ardo Zurien Desalkoholizazio Partziala Alderantzizko Osmosiaren bidez</t>
+  </si>
+  <si>
+    <t>Palomino Fino ardo zuri gazteen desalkoholizazio partzialaren emaitza analitiko eta sentsorialak erakusten dituen dokumentua. Ardoak Rancho de la Merced upategi esperimentalean ekoitzi eta ondoren desalkoholizatu ziren. Erabilitako mahatsak Cádizko probintziako hiru kostaldeko herritatik zetozen.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/990955ef-05c8-4e05-b325-ece16f4aa7f0</t>
   </si>
   <si>
     <t>Vitis viniferaren portaera agronomiko eta enologikoa ureztatze moderatupean</t>
   </si>
   <si>
     <t>2011 eta 2013 artean egindako entseguak erakusten dituen dokumentua, Mediterraneoko kliman hazitako Vitis vinifera cv. Syrah eta cv. Cabernet Sauvignon barietateetan ureztatze moderatuak dituen efektu agronomiko, fisiologiko eta kualitatiboak aztertzeko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/086a630b-fe6a-417a-a8e2-4cf8bc38625e</t>
   </si>
   <si>
-    <t>Ardo Zurien Desalkoholizazio Partziala Alderantzizko Osmosiaren bidez</t>
-[...32 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9bd19952-5136-4d2d-9d8d-188409d917fa</t>
+    <t>Pedro Ximénez ardo ozpinen zahartze bizkortua</t>
+  </si>
+  <si>
+    <t>Pedro Ximénez ardo ozpinarekin mikrooxigenazioa eta haritz txirbilak erabiliz zahartze bizkortuaren esperientzia deskribatzen duen dokumentua.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/43ab9d37-d254-4f43-8250-3c1fa1346f8e</t>
+  </si>
+  <si>
+    <t>Sufrea ardogintzan. Alternatibak</t>
+  </si>
+  <si>
+    <t>Dokumentu honek sufre dioxidozko kontserbagarrien erabileraren egungo egoera aurkezten du ardogintzan. Kontserbagarri honek nola funtzionatzen duen, bere propietateak eta ardoaren kalitatean eta kontsumitzaileen osasunean dituen ondorioak deskribatzen ditu. Bere zehaztapenerako metodologia analitikoak, bere erabilerari buruzko nazioarteko egungo araudia eta nazioarteko komunitate zientifikoak ordezkatzeko proposatutako alternatibak laburbiltzen ditu. Azkenik, IFAPAN sufre dioxidoaren alternatibak bilatzeko egindako proiektutik eratorritako ondorio nagusiak aurkezten ditu, eta sufre dioxidoaren eta bere alternatiben etorkizuna azaltzen du upategietan eta ikerketan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0fbb0bb4-261a-4c19-97d4-6e8ba8dafeb4</t>
+  </si>
+  <si>
+    <t>Andaluzian mahastizaintza ekologikoaren sarrera</t>
+  </si>
+  <si>
+    <t>Dokumentu honek mahastizaintza ekologikoaren egungo egoera aurkezten du estatu mailan eta Andaluziako autonomia erkidegoan. Nekazaritza ekologikoari buruzko araudia ere jasotzen du, bihurketa prozesuari eta ziurtagiriaren garrantziari arreta berezia jarriz. Azkenik, aplikagarri diren laguntza eta diru-laguntzen analisi bat barne hartzen du.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eafed293-d927-49f5-a55d-991483765307</t>
+  </si>
+  <si>
+    <t>Mahastiaren mekanizazioaren eragina muztioaren eta ardoaren kalitatean</t>
+  </si>
+  <si>
+    <t>Mahatsen mekanizazioak muztio eta ardoen kalitatean dituen ondorioak erakusten dituen dokumentua. Saiakuntza osorik egin zen IFAPA Rancho de la Merceden, mahats-hazkuntzatik hasi eta ardogintzaraino, lau denboraldi jarraian zehar.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ca8eeb90-8a27-4e93-92f4-b932c8646ac6</t>
+  </si>
+  <si>
+    <t>Klima mediterraneoan hazitako Vitis vinifera cv. Syrah mahatsondoan ureztatze mota desberdinen eragina</t>
+  </si>
+  <si>
+    <t>Klima mediterraneoan hazitako Vitis vinifera cv. Syrah-en bi ureztatze lokalizatu motaren efektu agronomikoak, fisiologikoak eta kualitatiboak erakusten dituen dokumentua.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a01335f2-b574-4fe4-b3f1-ebdc8d25d206</t>
   </si>
   <si>
     <t>Pedro Ximénez eta Tempranillo barietateekin egindako ardo apardun ekologikoen ekoizpena</t>
   </si>
   <si>
     <t>Pedro Ximénez eta Tempranillo mahatsetatik ardo apardun ekologikoak ekoizteko aukera ebaluatzen duen entsegu baten hasierako emaitzak erakusten dituen dokumentua, ardo apardunak egiteko metodo tradizionalak erabiliz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0a594ce9-9a24-4b21-b390-736ef6b3bc74</t>
   </si>
   <si>
-    <t>Klima mediterraneoan hazitako Vitis vinifera cv. Syrah mahatsondoan ureztatze mota desberdinen eragina</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eafed293-d927-49f5-a55d-991483765307</t>
+    <t>Mahatsetan hosto-azalera kalkulatzea metodo zuzen ez-suntsitzaile bat erabiliz</t>
+  </si>
+  <si>
+    <t>Mahats baten hosto-azalera zehazteko metodo zuzen eta ez-suntsitzaile baten garapena deskribatzen duen dokumentua. Metodo hau Montilla-Moriles eskualdeko ardogileek erabil dezakete beren mahastien hazkunde begetatiboaren indizeak kalkulatzeko erreferentzia-metodo gisa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/07b73a4f-29b3-425d-bad3-c3e9c0d423c7</t>
   </si>
   <si>
     <t>Granadako goi-ordokian landutako bertako eta kanpoko barietateen azterketa. 2015eko emaitzak</t>
   </si>
   <si>
     <t>Dokumentu honek 2015eko kanpainaren emaitzak deskribatzen ditu bertako Gordal barietatearen potentzial produktiboari buruz. Ardogintzako teknika desberdinak aztertzen ditu eta ardoen ezaugarri fisiko, kimiko eta sentsorialetan duten eragina ebaluatzen du. Gainera, Granadako goi-ordokian hazten diren bertako eta kanpoko barietateen deskribapen agronomiko eta enologikoa eskaintzen du.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/19f319c3-6a05-4014-85ee-f5eecb197429</t>
   </si>
   <si>
+    <t>Pedro Ximénez barietatearen ardo apardun ekologikoen kontserbazioa</t>
+  </si>
+  <si>
+    <t>Pedro Ximénez barietatearen ardo apardun ekologikoen kontserbazio-proba bat deskribatzen duen dokumentua, ardoak kontserbagarri desberdinak erabiliz desgorgeatu ondoren.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/800d018a-4608-43b6-9bed-39a33a43a78f</t>
+  </si>
+  <si>
     <t>Andaluzian zahartze estatikoko ozpinen dibertsifikazioa</t>
   </si>
   <si>
     <t>Bi ozpin motaren zahartze estatiko baten proba deskribatzen duen dokumentua, haritz amerikar eta frantsesezko upel berri eta erabilietan.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ecafe6d2-1eba-4401-8be7-6515129c8791</t>
   </si>
   <si>
-    <t>Pedro Ximénez barietatearen ardo apardun ekologikoen kontserbazioa</t>
-[...14 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/07b73a4f-29b3-425d-bad3-c3e9c0d423c7</t>
+    <t>Cabernet Sauvignon barietatearen potentziala ardo arrosak ekoizteko</t>
+  </si>
+  <si>
+    <t>Lau kanpaina jarraian (2011-2014) Cabernet Sauvignon barietatearekin lortutako emaitzak eta rosé ardoen ekoizpena zehazten dituen dokumentua, beratze denbora barne.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b7f010a2-1cbd-4dfc-9a7a-81196e3e682d</t>
+  </si>
+  <si>
+    <t>Merlot barietatearen potentziala ardo arrosak ekoizteko</t>
+  </si>
+  <si>
+    <t>Lau kanpaina jarraian (2011-2014) Merlot barietatearekin lortutako emaitzak eta rosé ardoen ekoizpena zehazten dituen dokumentua, beratze-denbora barne.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/618c0086-73af-422b-a4bc-41a9669fd8d8</t>
+  </si>
+  <si>
+    <t>Tempranillo barietatearen potentziala ardo arrosak ekoizteko</t>
+  </si>
+  <si>
+    <t>Lau kanpaina jarraian (2011-2014) ardo arrosen ekoizpena eta Tempranillo barietatearekin lortutako emaitzak zehazten dituen dokumentua, beratze-denbora barne.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/892acd73-30bc-4f16-aa1d-a0cf5d4bf96a</t>
+  </si>
+  <si>
+    <t>Pinot Noir barietatearen potentziala ardo arrosak ekoizteko</t>
+  </si>
+  <si>
+    <t>Pinot Noir barietatetik ardo arrosa bat ekoizteko beratze-denbora optimizatzen duen dokumentua. Bertan, lau uzta jarraian (2012-2015) barietate honekin ardo arrosen ekoizpena eta lortutako emaitzak azaltzen dira.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/3d111187-d977-47f1-a912-d8fd132bcdab</t>
+  </si>
+  <si>
+    <t>Syrah barietatearen potentziala ardo arrosak ekoizteko</t>
+  </si>
+  <si>
+    <t>Syrah barietatetik arrosa ardo bat ekoizteko beratze-denbora optimizatzen duen dokumentua. Bertan, lau uzta jarraian (2012-2015) barietate honekin lortutako arrosa ardoen ekoizpena eta emaitzak azaltzen dira.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/de1458fe-6d3c-40f9-a4e9-aa5b72dd8777</t>
+  </si>
+  <si>
+    <t>Maldak ureztatze lokalizatuaren kalitatean duen eragina</t>
+  </si>
+  <si>
+    <t>Marrubi-laborantza komertzialean malda duten lursailetarako ureztatze-sistema lokalizatuak ebaluatzeko eredu bat proposatzen duen dokumentua.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4e1ce7a9-caf1-49ea-821d-5233ae618b47</t>
+  </si>
+  <si>
+    <t>Maldak ureztatze kalitatean eta mugurdi uztaren errendimenduan duen eragina</t>
+  </si>
+  <si>
+    <t>Huelvako probintziako baserri komertzial bateko mugurdi-uztai batean lur-maldak ureztatze-uniformetasunean eta errendimenduan duen eragina ulertzeko helburuarekin egindako 2017ko saiakuntza baten emaitzak eskaintzen dituen dokumentua.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4f28ca7c-9a0c-4cef-9a9a-2fee0691bdc4</t>
   </si>
   <si>
     <t>Olibondoen ureztatzea negu lehorreko urte batean. 2015eko kanpaina</t>
   </si>
   <si>
     <t>Dokumentu honek olibondo-soroen ureztatzea programatzeko jarraibide orokorrak eskaintzen ditu 2015eko ureztatze-denboraldiko hainbat prezipitazio-egoeratan. Andaluziako olibondo-soroetan egungo nekazaritza-urtean, 2015eko martxora arte, urteko batez bestekoaren azpitik egon da, oro har. Kasu batzuetan, prezipitazioak urte normal baten parekoak edo are handiagoak izan dira, nahiz eta negu lehor honek lurzoruko ur-biltegiratze maila baxuak eragin dituen beste egoera asko ere badauden.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5dcf8732-30b5-4835-97cb-8120dd66a2e0</t>
   </si>
   <si>
-    <t>Maldak ureztatze kalitatean eta mugurdi uztaren errendimenduan duen eragina</t>
-[...59 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b7f010a2-1cbd-4dfc-9a7a-81196e3e682d</t>
+    <t>Andaluzian prospekatutako mahats barietate gutxiengoen genotipo eta osasun ezaugarritzea</t>
+  </si>
+  <si>
+    <t>Bere aniztasuna eta lurralde-hedadura direla eta, Andaluzian barietate gutxiengo ugari daude, eta horrek tokiko mahastizaintzari aukera ematen dio ardo-ekoizpena dibertsifikatzeko. 2020 eta 2022 artean, bost ardogintza-eremu tradizionaletako 66 aleren identifikazio molekularra egin zen. Hamahiru mikrosatelite markatzaile erabili ziren, OIVek gomendatutako bederatziak barne. Hogeita hamaika genotipo desberdin lortu ziren, 19 aurretik deskribatutako barietateen profilei dagozkienak eta beste 12 aurretik identifikatu gabeak. Profilak "Rancho de la Merced" mahatsondo-germoplasma bankuaren datu-basean integratu ziren. Aniztasun genetikoaren analisi bidez, identifikatutako genotipo berrien talde ekogeografikoak zehaztu ziren. Birusen presentzia aztertu zen ELISA probak erabiliz, klon ziurtagarriak lortzeko, etorkizunean barietate horiek lantzeko baimena izanez gero.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99ff40d0-016b-4dda-8219-32032a95a716</t>
+  </si>
+  <si>
+    <t>Neguan ekilore ereitea: errentagarritasuna handitzea eta klima-aldaketara egokitzea</t>
+  </si>
+  <si>
+    <t>Klima-aldaketaren ondorioz, berotze nabarmena espero da Hego Europan, udako batez besteko tenperaturen igoera nabarmenekin (mende amaierako tenperaturekin alderatuta 6 °C gehiago) eta udaberriko eta udako prezipitazioen jaitsiera nabarmenarekin. Bero-boladak, lehorteak, eurite uholdeak eta ekaitzak (muturreko gertaerak) maizago gertatuko dira (IPCC 2014). Hori dela eta, nekazariek gero eta gehiago aurreratzen dute ereitea 45 egun inguru (martxoan beharrean urtarrilean) errendimenduak eta errentagarritasuna handitzeko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/2feb123e-515d-477f-af74-358c9d57dad4</t>
+  </si>
+  <si>
+    <t>Marrubi barietateen ebaluazioa: lur kimikoki desinfektatuarekin ohiko laborantzan lortutako emaitzak. 2017/2018 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Andaluziako Nekazaritza Esperimentazio Sarearen (RAEA) barruan, 2017/2018 kanpainan, IFAPAk 12 barietatez osatutako talde bat karakterizatu zuen, bai maila agronomikoan bai kalitate mailan, hainbat hobekuntza programatatik merkatuan daudenetatik hautatuta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6ae95124-1e60-4f63-ad14-d3d39d16ec28</t>
+  </si>
+  <si>
+    <t>Marrubi barietateen ebaluazioa lurzoru kimikoki desinfektatuarekin laborantza konbentzionalean. 2018/2019ko uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Andaluziako Nekazaritza Esperimentazio Sarearen (RAEA) barruan, 2018/2019 kanpainan, IFAPAk 12 barietatez osatutako talde bat karakterizatu zuen, bai maila agronomikoan bai kalitate mailan, hainbat hobekuntza programatatik merkatuan daudenetatik hautatuta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/82a719b4-e436-4916-ab33-d1c0de87a014</t>
+  </si>
+  <si>
+    <t>Asoziazionismoa eta Marketina. VI. Modulua.</t>
+  </si>
+  <si>
+    <t>Gazteak Nekazaritza Enpresetan Sartzeko Programaren barruan, "VI. Modulua: Elkarteak eta Marketina"ri dagokion irakaskuntza-eskuliburu honek nekazaritza sektoreko elkarte-formei lotutako alderdiak jorratzen ditu, hala nola kooperatiba-sozietateak, nekazaritza-eraldaketa sozietateak eta beste enpresa mota batzuk. Bereziki kooperatibei erreparatzen die, Andaluzian duten garrantzi handia kontuan hartuta. Gainera, ikasleak elikagai-kateko produktuen merkaturatze- eta salmenta-prozesuak aurkezten ditu, profesionalizazioa sustatzeko eta gaur egungo gizartearen elikagaien segurtasun-eskakizunak bermatzeko helburuarekin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c08af92-cc09-4f8a-a167-912342d6ef4c</t>
+  </si>
+  <si>
+    <t>Brachypodium distachyon landaketa bidezko hazkunde moteleko lurzoru-estalki baten ezarpena eta kudeaketa</t>
+  </si>
+  <si>
+    <t>Olibondo-soro batean hazkunde moteleko lur-estalki bat ezartzeko teknikaren deskribapena. Urte anitzeko lur-estalki gisa erabiltzen diren hazkunde moteleko urteko espezieak errazago landatu daitezke zerrenda estuetan ereinda, bi aldeetatik hazkunde azkarragoko espezieen zerrendekin babestuta, horrela lurzoruaren babes hobea eta higadura gutxiago lortuz lehenengo hilabeteetan. Zerrendatan ereitearen teknika sinplea da, oso ekonomikoa nekazariarentzat, eta nabarmen murrizten du hazkunde moteleko espezieak galtzeko arriskua eurite handien kasuan, landareen higadura eta sustraiak erauztea eragin baitezakete.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/c4a3e4c5-56a9-4675-9859-5ae0a1445b57</t>
+  </si>
+  <si>
+    <t>Rosellinia necatrix infekzio prozesua aguakatean</t>
+  </si>
+  <si>
+    <t>Roselinia necatrix-en infekzio-prozesuaren eta kontrol-neurrien deskribapena, aguakate-laboreetan sustrai zuriaren ustelduraren eragilea.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/843a257a-c6c9-4641-b341-1941b6dbbf19</t>
   </si>
   <si>
     <t>Txitxirioen kalitatea</t>
   </si>
   <si>
     <t>Antzinatik landu izan dira txitxirio mota eta kalitate desberdinak (Cicer arietinum L.) Mediterraneo arroan, gizakien kontsumorako lekale lehor gisa erabiltzeko. "Kalitatea" terminoa subjektiboa da eta hainbat parametroren araberakoa da. Dokumentu honek kalitatearen hurbilketa bat eskaintzen du, hazian interesa duen operadorearen edo interesdunaren arabera. Azken helburua kalitatea definitzen duten ezaugarri garrantzitsuenak identifikatzea da, hazkuntza aurreko irizpide gisa ezarriz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/65395456-5e71-4f53-a752-2cdc3b7750b8</t>
   </si>
   <si>
-    <t>Marrubi barietateen ebaluazioa: lur kimikoki desinfektatuarekin ohiko laborantzan lortutako emaitzak. 2017/2018 uzta denboraldia</t>
-[...16 lines deleted...]
-  <si>
     <t>Garnatxa barietatearen potentziala ardo arrosak ekoizteko</t>
   </si>
   <si>
     <t>Garnatxa barietatearekin egindako ardo arrosen ekoizpenaren xehetasunak dituen dokumentua. Lau kanpaina jarraian (2011-2014) barietate honekin lortutako emaitzak erakusten ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/36dac92f-6d76-4336-acbf-b2a9d8a60e33</t>
   </si>
   <si>
-    <t>Rosellinia necatrix infekzio prozesua aguakatean</t>
-[...41 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/99ff40d0-016b-4dda-8219-32032a95a716</t>
+    <t>Ahuakate landaketen nutrizio-diagnostikorako hostoen analisia. Laginketa</t>
+  </si>
+  <si>
+    <t>Hostoen analisiaren garrantzia eta arrazoibidea ulertzea baliagarria da ongarritze programa egokia ezartzeko. Hartutako laginaren unea eta ezaugarriak ezinbestekoak dira diagnostiko zuzen bat egiteko, landareen nutrizio-aldakortasuna espeziearen araberakoa izango baita, baita hostoaren adinaren eta posizioaren araberakoa ere.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/173568a2-8844-49a7-a873-da0f7139fbe0</t>
   </si>
   <si>
     <t>Mango landaketen nutrizio-diagnostikorako hostoen analisia. Laginketa</t>
   </si>
   <si>
     <t>Hostoen analisiaren garrantzia eta arrazoibidea ulertzea erabilgarria da ongarritze programa egokia ezartzeko. Hartutako laginaren denbora eta ezaugarriak ezinbestekoak dira diagnostiko zuzen bat egiteko, landarearen nutrizio-aldakortasuna espeziearen araberakoa baita, baita hostoaren adinaren eta posizioaren araberakoa ere. Horrela, dokumentu honek aguakate landaketen nutrizio-diagnostikorako hostoen laginak hartzean jarraitu beharreko metodologia ezartzen du.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b1ae7623-e5f1-438d-bb86-2626b6260b32</t>
   </si>
   <si>
-    <t>Ahuakate landaketen nutrizio-diagnostikorako hostoen analisia. Laginketa</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/173568a2-8844-49a7-a873-da0f7139fbe0</t>
+    <t>Gariaren hobekuntza genetiko bizkortuko sistema baten hasiera</t>
+  </si>
+  <si>
+    <t>Urtean landare-belaunaldi anitz lortzea da hazkuntza-programak bizkortzeko eta hazkuntza-baldintza aldakorretara egokitutako barietate berriak lortzeko denbora laburtzeko erabiltzen diren metodoetako bat. "Hobekuntza Genetikoa eta Landare Belartsu Zabalen Kudeaketa Jasangarria Klima Aldaketaren Eszenatoki batean" (AVA23.INV2023.003) proiektuak, besteak beste, herdoil horiaren aurkako erresistentzia-geneak ogi-gari barietateetan sartzea eta klima-ganbera batean behartutako laborantza erabiliz hazkuntza-estrategia bizkortu bat garatzea proposatzen du. Lan honek Kordobako IFAPA-n (Nekazaritza eta Nekazaritza Ikerketa Institutua) dagoeneko eskuragarri dagoen azpiegitura erabiliz gari-hazkuntza sistema bizkortu bat garatzeko aukera ebaluatu du, urtean gutxienez hiru belaunaldi lortzeko helburuarekin, eta horrek hazkuntza-programan aurrerapen azkarragoa ahalbidetuko luke.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1fc6f986-807e-4727-865e-af529afef891</t>
+  </si>
+  <si>
+    <t>Kolza hazteko gida</t>
+  </si>
+  <si>
+    <t>Koltzaren (Brassica napus) laborantzak Andaluzian izan duen hedapena kontuan hartuta, non landutako azalera 2014an 1.000 hektarea ingurutik 2017an 17.000 hektarea baino gehiagora igo den, IFAPAk Kordobako IFAPA Zentroko ikertzaileek 2009an egindako "Koltzaren Laborantza Gida"ren eguneratzea berriro argitaratzea aztertu du. Helburua ongarriei eta ereiteko dentsitateei buruz egindako ikerketak biltzea da, baita azken urteotan RAEAren koltza-entseguetan lortutako emaitzak ere, Clearfield sistemarekin egindako barietate berrien kasuan. Barietate horiek imidazolinona familiako herbiziden aurkako erresistentzia dute ezaugarri, eta etorkizun berri bat irekitzen diote labore honi, post-tratamenduekin, belarrak eta hosto zabaleko belar txarrak kontrolatzea ahalbidetzen baitute.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/60f346e5-f6ed-4eb2-8fb9-f5ba633457b6</t>
   </si>
   <si>
     <t>Marrubi barietateen proben emaitzak. Ohiko laborantza sistema. 2014/2015 uzta urtea.</t>
   </si>
   <si>
     <t>2007ko kanpainan hasitako proiektu sorta jarraituz, saiakuntza-sare honek Huelvan gehien erabiltzen diren marrubi-barietate komertzialen ebaluazio agronomikoa egiten ari da. Barietate hauek ohiko laborantza-sistemak erabiliz hazten dira eta bi datatan landatzen dira: goiztiarra (urriak 9) eta estandarra (urriak 23). Landaketa-datak nekazarientzat garrantzitsuenak diren parametroetan duen eragina aztertu da, bai ekoizpenarekin bai kalitatearekin lotutakoak.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b385d791-936c-411b-9f6c-18546dfe1d29</t>
   </si>
   <si>
     <t>Marrubi barietateen probaren emaitzak. Lurrik gabeko laborantza sistema. 2014-2015eko uzta denboraldia.</t>
   </si>
   <si>
     <t>2007ko kanpainan hasitako proiektu sorta jarraituz, saiakuntza-sare honek Huelvan gehien erabiltzen diren marrubi-barietate komertzialen ebaluazio agronomikoa egiten ari da. Barietate hauek lurrik gabeko laborantza-sistemekin hazten dira eta bi datatan landatzen dira: goiztiarra (urriak 10) eta estandarra (urriak 22). Landaketa-datak nekazarientzat garrantzitsuenak diren parametroetan duen eragina aztertu da, bai ekoizpenarekin bai kalitatearekin lotutakoak.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b554969d-0506-4908-9911-d9ac6b08fd94</t>
   </si>
   <si>
+    <t>Olio-metatze eredua hiru oliba barietateetan</t>
+  </si>
+  <si>
+    <t>Nekazariek oliba biltzeko unerik egokiena zein den jakitea garrantzitsua dela kontuan hartuta, olio-ekoizpen handiena eta kalitate onena lortzeko, artikulu honek Kordobako probintziako olibondo-soro batean egindako ikerketa bat deskribatzen du, non hiru oliba-barietateren olio-metatze-portaera ebaluatu den: Hojiblanca, Arbequina eta Koroneiki.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1c14087b-0e04-4c43-b6e5-288e13f0f8b8</t>
+  </si>
+  <si>
     <t>Guadalquivir ibaiaren beheko paduretako baldintzetan industriarako egokiak diren zitrikoen erro-material eta barietate desberdinen portaera agronomikoaren ebaluazioa</t>
   </si>
   <si>
     <t>NEPBren jarraibide berrien ondorioz, Guadalquivir ibaiaren beheko zenbait labore tradizional zalantzan jartzen ari dira. Hori dela eta, beharrezkoa da eremura egokitutako eta produktibitate eta errentagarritasun maila altuak lortzeko gai diren beste labore batzuk sartzea. Gaur egun, ez dago esperientziarik eremuan zitrikoen laborantzan, sustraiak itotzeko arazo larriak dituzten paduran. Ikerketa honen azken helburua zitrikoen laborantzaren bideragarritasuna ezartzea izan zen, buztin lurzoruaren baldintzetan eta urez betetzeko arriskuan.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/33603278-e96a-4a24-b1c8-60ac35029e31</t>
   </si>
   <si>
-    <t>Olio-metatze eredua hiru oliba barietateetan</t>
-[...23 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1fc6f986-807e-4727-865e-af529afef891</t>
+    <t>Centaurea dilutaren aurkako herbizida aurre-sorrera proba gari gogorraren landareetan</t>
+  </si>
+  <si>
+    <t>Centaurea diluta Aiton, erratza bezala ezagutzen dena, Compositae familiako espezie bat da, eta gero eta arazo gehiago sortzen ari da Andaluziako landa-eremuko belar-laboreetan. Sorrera osteko herbizidekin kontrolatzea arazo bat da, hain zuzen ere, bere sorrera mailakatua eta hazkunde azkarra direla eta. Argitalpen honen helburua gari gogorrean Centaurea dilutaren aurka egindako 15 herbizida-tratamenduren eraginkortasuna ebaluatzea izan zen.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b390f233-184a-4831-a1ff-9502ee32a9e4</t>
+  </si>
+  <si>
+    <t>Kotoizko Hondakinen Kudeaketa Zizare Arrosa Kontrolatzeko (Pectinophora gossypiella)</t>
+  </si>
+  <si>
+    <t>Zerealak, olio-haziak eta proteina-laboreak</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f4bb76f1-58ad-4599-b345-dd2e86d6435d</t>
+  </si>
+  <si>
+    <t>Laborantza Sistemaren Eragina Marrubi Barietateen Ekoizpenean. 2020/2021 Uzta Denboraldia. II Kalitatea</t>
+  </si>
+  <si>
+    <t>Hazkuntza-programa gero eta gehiagoren ezarpen eraginkorraren ondorioz, marrubi-barietate ugari dago eskuragarri. Eskaintza zabal hau kontuan hartuta, fruituen produktibitatea eta kalitatea funtsezko parametroak dira ekoizle eta teknikarientzat hazteko barietateak hautatzerakoan, kalitatea izanik kontsumitzaileentzat parametro nagusia. Lan honek laborantza-sistema desberdinetan hazitako hamabi marrubi-barietateren emaitza organoleptikoak eta uzta osteko kalitatea aurkezten ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/759d0914-a699-4ac7-afe3-e1e0f94bf356</t>
+  </si>
+  <si>
+    <t>Berotegiko tomate-hazkuntzan tratamendu fitosanitarioen aplikazio-bolumena kalkulatzeko gomendioak</t>
+  </si>
+  <si>
+    <t>Fitosanitario nahasketaren bolumena laboreen garapenera egokitzeko, hainbat tresna (taulak eta grafikoak) garatu dira berotegi-tomateetarako kalkulatzeko, landare-masaren eta erabilitako tratamendu-ekipoen parametro geometriko erraz neurgarrietan oinarrituta. Dokumentu honek tresna horiek aurkezten ditu eta haien erabilera azaltzen du. Kalkulua errazten duen software aplikazio bat ere eskuragarri dago eta SERVIFAPA atari honetako "Lorezaintza" sektoreko "Prestakuntza Baliabideak" atalean aurki daiteke, "GreenRate Aplikazioa" izenekoa.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f7444bca-78ca-474f-975f-5671d686034a</t>
+  </si>
+  <si>
+    <t>Andaluzian egindako kotoi barietateen proben emaitzak. 2020/21eko uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Andaluzian kotoiaren laborantzari buruzko ikerketa sustatzeko eta kotoi sektoreak nekazarien interes gehiengoari egokitutako barietateen ezagutza aurrera eramateko duen nahiari erantzunez, Andaluziako Nekazaritza, Arrantza, Elikadura eta Ekoizpen Ekologikoko Ikerketa eta Prestakuntza Institutuak (IFAPA), Hego Andaluziako Kotoi Nekazarien Kolektiboarekin (COALSA SL), Landareen Babes eta Teknologiarekin (FITESA) eta Semillas del Guadalquivir-ekin (GUADALSEM) batera, indarrak batu dituzte "Andaluziako kotoi barietateen egokitzapen agroklimatikoaren ezagutza hobetzea" izeneko garapen esperimentalaren proiektua aurrera eramateko.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/62a7f19e-294e-4adf-8334-5d37ebae9cef</t>
+  </si>
+  <si>
+    <t>Ahabia barietateen ebaluazioa laborantza konbentzionalean</t>
+  </si>
+  <si>
+    <t>Ahabia barietate libreak ulertu eta alderatzeko, lan-lerro hau proposatzen da, "Ahabia barietate libreen prospekzioa. Ebaluazio agronomikoa Huelvako probintziako hazkuntza-baldintzetan", "TRA201600.5: Esperimentazioa eta transferentzia marrubi eta beste fruta gorri batzuen laborantzan". Lan honek IFAPA ikerketa-lerro berri honetatik lortutako hasierako datuak aurkezten ditu, eta merkatuan libre daudenetatik hautatutako bost barietate guztira karakterizatu ditu.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/eefa83a8-4622-408e-b057-4f4b633aee0e</t>
   </si>
   <si>
     <t>Belar-laboreen biomasaren eta errendimenduaren estimazioa urrutiko detekzio bidez</t>
   </si>
   <si>
     <t>Laborantza baten biomasa eta errendimendua ezagutzea oso erabilgarria da nekazaritza-lursailetan kudeaketa-praktika desberdinak ebaluatzeko, hala nola ongarrien aplikazioa, ureztatzea edo pestiziden erabilera. Berotze globalak laboreen garapenean eta uztan duen eragina kuantifikatzeko ere balio du, edo laboreen hobekuntza-programetan genotipo optimoak identifikatzeko. Biomasa hori kalkulatzeko metodo bat landareen argiaren erabilera-eraginkortasunean oinarritzen da, materia lehorraren ekoizpena erradiazio intzidentearekin erlazionatzen duena, eta landarediaren eraginkortasunean energia hori erabiltzeko.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/50a7bf19-b3bb-4b12-b5c0-1058001bcdb0</t>
   </si>
   <si>
-    <t>Ahabia barietateen ebaluazioa laborantza konbentzionalean</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/62a7f19e-294e-4adf-8334-5d37ebae9cef</t>
+    <t>2 ekilore-saiakuntzen emaitzak neguan ereitean, landare-dentsitate handiarekin. 2015eko kanpaina</t>
+  </si>
+  <si>
+    <t>Neguan ereitean, landaketa-dentsitate handiko bi ekilore-proben emaitzen aurrerapena, imidazolinonarekiko erresistenteak diren (IMI) ekilore-barietateak eta ExpressSun™ teknologia duten barietateak erabiliz dentsitate handiko ereite goiztiarraren eraginkortasunari buruz, "tribunuron-metil" herbizidarekiko tolerantzia duten barietateak erabiliz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0d3524be-e687-47fb-b590-b7d7edf2375b</t>
+  </si>
+  <si>
+    <t>Andaluzian gari arruntaren aldaera berriekin egindako proben emaitzak 2019/2020 kanpainan</t>
+  </si>
+  <si>
+    <t>Urtero gari bigunaren barietate berriak gehitzen dira barietateen Erregistrora, bai bidez</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0cf36485-bcec-48bb-ba53-72f3984e3ae1</t>
+  </si>
+  <si>
+    <t>Andaluzian 2019/2020 kanpainako gari gogor aldaera berriekin egindako proben emaitzak</t>
+  </si>
+  <si>
+    <t>Urtero gari gogor barietate berriak gehitzen dira barietateen erregistrora, bai</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ba3c1866-a84c-4f45-ba35-3ccbf3d74213</t>
+  </si>
+  <si>
+    <t>Marrubi barietateen ebaluazioa: Laborantza ekologikoan lortutako emaitzak. 2017/2018 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Urtero, IFAPAk, Andaluziako Nekazaritza Esperimentazio Sarearen (RAEA) barruan, marrubi barietate desberdinen agronomia eta kalitate karakterizazioa egiten du laborantza sistema desberdinetan. Ikerketa honen helburua barietateen hautaketa errazteko baliagarria izan daitekeen informazioa sortzea da, gaur egun eskuragarri dauden barietateen aukera zabala kontuan hartuta. Lan honek 2017/2018 kanpainan lortutako emaitzak aurkezten ditu, non hamabi barietate karakterizatu ziren laborantza baldintza ekologikoetan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/6bc6dd92-e363-4b1c-8497-0ea612f82e05</t>
+  </si>
+  <si>
+    <t>Marrubi barietateen ebaluazioa: Laborantza ekologikoan lortutako emaitzak. 2018/2019 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Urtero, IFAPAk, Andaluziako Nekazaritza Esperimentazio Sarearen (RAEA) barruan, marrubi barietate desberdinen ezaugarri agronomiko eta kalitatezkoak egiten ditu laborantza sistema desberdinetan. Horren helburua da barietateen aukeraketa errazteko baliagarria izan daitekeen informazioa sortzea, gaur egun eskuragarri dauden barietateen aukera zabala kontuan hartuta.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9314bad7-caa7-4d9e-8069-ff458d7c0c55</t>
+  </si>
+  <si>
+    <t>Marrubi barietateen ebaluazioa labore ekologiko eta konbentzionaletan. 2019/2020 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>Urtero, Nekazaritza Ikerketa eta Prestakuntza Institutuak (Nekazaritza, Abeltzaintza, Arrantza eta Garapen Jasangarriko Ministerioa, Andaluziako Gobernua) Andaluziako Nekazaritza Esperimentazio Sarearen barruan, marrubi barietate desberdinen ezaugarri agronomiko eta kalitatezko ezaugarriak egiten ditu laborantza sistema desberdinetan. Lan honen helburua, barietateen aukeraketa errazteko baliagarria izan daitekeen informazioa sortzea da, gaur egun eskuragarri dauden barietateen aukera zabala kontuan hartuta. Lan honek 2019/2020 kanpainan hamabi barietaterekin lortutako emaitzak aurkezten ditu, lurzorutik kanpoko laborantza baldintzetan, bai ekologikoki bai konbentzionalki, kimikoki desinfektatutako lurzoruarekin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/742cbbec-4298-4195-be0c-e97d3a834ee6</t>
   </si>
   <si>
     <t>Laborantza Sistemaren Eragina Marrubi Barietateetan. 2021/2022 Uzta Denboraldia. I. Ekoizpen Parametroak.</t>
   </si>
   <si>
     <t>Gero eta enpresa gehiagok garatzen ari dira hobekuntza programak marrubi barietateak Huelvako probintzian eta antzeko ezaugarriak dituzten beste eremu batzuetan ekoizteko lortzeko. Aurreko urteetan bezala, 2021-22 kanpaina honetan, Nekazaritza, Arrantza eta Ekoizpen Ekologikoko Ikerketa eta Prestakuntzarako Andaluziako Institutuak (Ifapa) proba bat egin du marrubi barietate desberdinak laborantza sistema desberdinetara egokitzea ebaluatzeko. 16 barietateren ekoizpenarekin lotutako ezaugarriak ebaluatu dira. Lan honen helburuak hauek dira: 1. Probatutako barietateen artean ekoizpenarekin lotutako parametroak alderatzea. 2. Lau laborantza sistemen eragina aztertzea: lur kimikoki desinfektatutako laborantza konbentzionala, lurrik gabeko laborantza, desinfektatu gabeko laborantza eta laborantza ekologikoa. 3. Barietateen hautaketa errazteko informazioa sortzea, egungo eskaintza zabala eta merkatu nazional eta nazioartekoen eskaerak kontuan hartuta.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/b3a04f44-5b15-42ab-8e45-1eacce6c3924</t>
   </si>
   <si>
-    <t>Marrubi barietateen ebaluazioa labore ekologiko eta konbentzionaletan. 2019/2020 uzta denboraldia</t>
-[...50 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/9314bad7-caa7-4d9e-8069-ff458d7c0c55</t>
+    <t>Marrubi laboreetan eguzkiztatze eta biofumigazio tekniken aplikazioa</t>
+  </si>
+  <si>
+    <t>Marrubientzako lurzoruaren desinfektatzaile gisa erabiltzen diren osagai aktibo kimikoen egoera juridiko kritikoa ikusita, beharrezkoa da desinfestazio fisiko/biologikoko teknikak (biosolarizazioa/biofumigazioa, adibidez) garatzen jarraitzea, nekazariei laborearen alderdi honetarako tresna potentzialak emango dizkietenak, gaur egun erabiltzen diren aukeren erabilera debekatu edo mugatuz gero. Hain zuzen ere, horixe da lan-ildo honen helburu nagusia, eta aipatutako teknikak zuzenean labore-gandorrean erabiltzean jartzen du arreta berezia.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e2bf89a-d401-41fb-9cf7-a3b36b80f28f</t>
   </si>
   <si>
     <t>Lurzoruaren desinfestazio kimikoaren eta biosolarizazio tekniken eraginkortasuna marrubi patogenoen populazioak eta gaixotasunen intzidentzia kontrolatzeko. Tratamenduen eragina laboreen errendimenduan.</t>
   </si>
   <si>
     <t>Marrubi-ekoizpenean lurzoruaren desinfektatzaile gisa erabiltzen diren osagai aktiboei buruzko egoera juridiko kritikoa ikusita, beharrezkoa da lurzorua modu eraginkorrean desinfektatzeko beste tresna kimiko batzuk ebaluatu eta sustatzea, edo dagoeneko ezagutzen diren batzuen aplikazioan berrikuntzak egitea haien eraginkortasuna handitzeko. Erakusten diren emaitzak 2016/2017 uzta-urtean egindako entseguekin bat datoz.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/8535f915-334e-4ccd-a438-344bc6005641</t>
   </si>
   <si>
+    <t>Andaluzian egindako koltza-proben emaitzak. 2020-2021eko uzta-denboraldia</t>
+  </si>
+  <si>
+    <t>Andaluziako landa-eremurako alternatiba bideragarrien beharra ikusita, IFAPAk koltza (Brassica napus) barietateen saiakuntza-sarea jarraitzen du, nekazariei laborantza-teknikei, Clearfield barietate berrien errendimenduari, herbizida berrien eraginkortasunari, gaixotasunen aurkako erresistentziari eta gaixotasunak kontrolatzeko tratamenduei buruzko hainbat alderdiri buruzko erantzunak emateko helburuarekin. 2020-2021 kanpainan zehar Kordoba eta Montemayor (Kordoba) herrietan egindako bederatzi koltza barietate komertzialen saiakuntzen emaitzak.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/bf40c1f8-c578-403b-8ac2-c2b56fef660b</t>
+  </si>
+  <si>
+    <t>Andaluzian egindako koltza-proben emaitzak. 2019-2020 kanpaina</t>
+  </si>
+  <si>
+    <t>Andaluziako nekazariek alternatiba bideragarrien beharrari erantzunez, IFAPAk koltza (Brassica napus) probatzeko sarearekin jarraitzen du, nekazariei laborantza teknikekin, barietate berrien errendimenduarekin (Clearfield), herbizida berrien eraginkortasunarekin, gaixotasunen aurkako erresistentziarekin eta gaixotasunak kontrolatzeko tratamenduekin lotutako hainbat alderdiri buruzko erantzunak emateko helburuarekin.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/e8f90107-c1bf-406d-a139-d6c12120a975</t>
+  </si>
+  <si>
     <t>Kolza barietateen probak Andaluzian. 2021/22 uzta denboraldia</t>
   </si>
   <si>
-    <t>Andaluziako nekazariek alternatiba bideragarrien beharrari erantzunez, IFAPAk koltza (Brassica napus) probatzeko sarearekin jarraitzen du, nekazariei laborantza teknikekin, barietate berrien errendimenduarekin (Clearfield), herbizida berrien eraginkortasunarekin, gaixotasunen aurkako erresistentziarekin eta gaixotasunak kontrolatzeko tratamenduekin lotutako hainbat alderdiri buruzko erantzunak emateko helburuarekin.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/dfb3f120-3430-4d24-b906-7f5830dbf275</t>
   </si>
   <si>
-    <t>Andaluzian egindako koltza-proben emaitzak. 2020-2021eko uzta-denboraldia</t>
-[...13 lines deleted...]
-  <si>
     <t>Ahuakate landaketa bat ezartzeko irizpide orokorrak</t>
   </si>
   <si>
     <t>Aguakate landaketa bat ezarri aurretik, ezinbestekoa da lurzoruaren eta klimaren beharrak ulertzea eta lursailaren ezaugarriek baldintza horiek betetzen dituztela ziurtatzea, uzta errentagarria izan dadin. Landatzeko barietatearen aukeraketa, baita landaketaren diseinua (landaketa-markoak, polinizatzaileen kokapena, etab.) ere, hainbat irizpideren araberakoak dira, eta irizpide horiek kontuan hartu behar dira landaketa arrakastaz ezartzeko. Era berean, landatu aurretik lurzoruaren prestaketa, landaketa-garaia eta hasierako laboreen kudeaketa dokumentu honetan deskribatutako alderdi nagusiak dira.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/0c96eb60-dbf8-46a4-b089-02445da7432e</t>
   </si>
   <si>
-    <t>Marrubi laboreetan eguzkiztatze eta biofumigazio tekniken aplikazioa</t>
-[...5 lines deleted...]
-    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1e2bf89a-d401-41fb-9cf7-a3b36b80f28f</t>
+    <t>Olibondoentzako uzta biltzeko garairik egokiena zehaztea</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/5b1d21be-6929-4153-a443-8791ed15e90f</t>
+  </si>
+  <si>
+    <t>Agroingurunearen eragina marrubi barietateen ekoizpenarekin lotutako ezaugarrietan. 2022/2023 uzta denboraldia</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f2aee712-9385-4db5-ac42-c7bcde86e4db</t>
+  </si>
+  <si>
+    <t>Zitrikoen jatorriko merkaturatzea Andaluzian</t>
+  </si>
+  <si>
+    <t>Andaluziako 203 zitriko-ekoizleri egindako inkesta batean oinarrituta, kanal nagusiak eta</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a89442cc-ee1d-4ad3-9217-0157e1d95f65</t>
+  </si>
+  <si>
+    <t>Ureztatzaileak prest egongo lirateke ureztatzeko uraren horniduraren bermea hobetzeko ordaintzeko?</t>
+  </si>
+  <si>
+    <t>Ureztatzaileen ordaintzeko prestutasunaren azterketa ureztatzeko uraren horniduraren segurtasuna hobetzeko. Erabilitako metodologia aukera esperimentuen balorazio teknika da Santaella Ureztatze Komunitatearen (Genil-Cabra) kasu-azterketarako. Emaitzek erakusten dute ureztatzaileen erdiak baino gehiagok ordaintzeko prest daudela berme hori hobetzeko, hiru klase argi identifikatuz: ordaintzeko prest ez daudenak, ordaintzeko prestutasun txikia dutenak (batez ere jasotako ureztatzeko uraren horniduraren aldakortasunaren murrizketaren ondorioz) eta ordaintzeko prestutasun handia dutenak (bai aldakortasuna murrizteko, bai batez besteko hornidura handitzeko). Gainera, klase bakoitzeko kide izatea zehazten duten baserri eta nekazarien ezaugarriekin lotutako faktoreak identifikatzen dira. Lortutako emaitzak garrantzitsuak dira politikarien ikuspuntutik, klima-aldaketaren egungo testuinguruan tresna eraginkorrak diseinatzeko aukera emanez.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/cac43e9d-0276-4da1-9b32-1e1642577300</t>
+  </si>
+  <si>
+    <t>Emaitzetan oinarritutako agroingurumen-programak: olibondo-ekoizleen parte hartzeko borondatea.</t>
+  </si>
+  <si>
+    <t>Malda handiko olibondo-soroetako olibondo-ekoizleek emaitzetan oinarritutako nekazaritza-ingurumen-programetan parte hartzeko duten prestutasunaren azterketa, ia esklusiboki satelite bidezko informazioan oinarritutako jarraipena barne, Los Pedroches, Sierra de Córdoba, Penibética, Montefrío eta Sierra Sur nekazaritza-eskualdeetan.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/455ae087-4e77-4715-aabe-dd91781aa141</t>
+  </si>
+  <si>
+    <t>Oliba olio birjina estraren ezagutza eta kontsumoa</t>
+  </si>
+  <si>
+    <t>Oliba olio birjina estrari buruzko ezagutza mailaren azterketa eta kontsumoarekin duen harremana.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34db5b78-2aed-410a-a27c-4086f00e031a</t>
   </si>
   <si>
     <t>Andaluziako ahuntz gazta egiteko gomendioak</t>
   </si>
   <si>
     <t>Andaluzia da Espainiako ahuntz esnearen ekoizle nagusia eta Mediterraneo arro osoko handienetako bat. Esnea nekazaritza estentsibo eta erdi-estentsibo ereduekin estuki lotuta dauden bertako arrazetatik dator (Payoya, Malaga, Murciano-Granadina eta Florida). Esne honetatik lortzen den gazta ondua produktu bereizgarria da, bere kalitatetik eratorritako balio erantsia duena, gourmet elikagaien segmentuan kokatzen duena. Lan honek oinarrizko gomendioak ezartzen ditu ekoizpen-etapa desberdinetan zehar, produktu optimoa lortzeko ikuspegi teknologiko, nutrizional eta sentsorial batetik.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/a756a99c-b8a1-4563-b8db-ec932f7f7eaf</t>
   </si>
   <si>
-    <t>Zitrikoen jatorriko merkaturatzea Andaluzian</t>
-[...46 lines deleted...]
-  <si>
     <t>Aurrerapenak marrubi-hazkuntzan lurzorua desinfektatzeko alternatiba ez-kimikoen garapenean</t>
   </si>
   <si>
     <t>Marrubi-laborantzan lurzoruaren desinfektatzaile gisa erabiltzen diren kimikoki eratorritako osagai aktiboen inguruko lege-egoera kritikoa ikusita, beharrezkoa da nekazariei laborearen alderdi honetarako tresna potentzialak emango dizkieten desinfestazio fisiko/biologiko alternatibak ikertzen jarraitzea, gaur egun erabiltzen diren aukeren erabilera debekatu edo mugatuz gero. Dokumentuak El Cebollar baserrian (Moguer, Huelva) egindako entseguetatik lortutako 2016-2017 kanpainaren emaitzak aurkezten ditu.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/4f42c482-3acb-4e4f-ba31-a30e36dc5613</t>
   </si>
   <si>
+    <t>Almendra-egurraren gaixotasunak: Botryosphaeria usteltzea</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/1d329c8b-3161-4640-b8e1-fc60042778bf</t>
+  </si>
+  <si>
+    <t>Almendrondoetako egurraren gaixotasunen kudeaketa jasangarria</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/ecb04f2d-dc76-405e-b0e2-a87c034078c5</t>
+  </si>
+  <si>
+    <t>Botryosphaeriaceae familiako onddoek eragindako almendra-gaixotasunen kontrol jasangarrirantz.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/f21f6890-576f-4af9-9bee-70a686df9b84</t>
+  </si>
+  <si>
+    <t>Onddoen egurraren gaixotasunak, ekonomikoki garrantzitsuak diren laboreentzako mehatxua.</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/837af9a0-9266-4f73-a770-4e3cf5077570</t>
+  </si>
+  <si>
     <t>Huelvako marrubi-laborantzaren barietateen banaketa estimatua. 2019/2020 uzta-denboraldia</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/d48ac270-b013-4ff9-b8db-678256040557</t>
   </si>
   <si>
     <t>Oliba-olioaren oxidazio-egonkortasunaren eta azidotasun-konposizioaren zehaztapena NIRS erabiliz</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/34e9a62f-934a-480b-8e71-e3d430c04fc7</t>
   </si>
   <si>
     <t>Agroingurumenaren eragina marrubi barietateen kalitate-ezaugarrietan. 2022/2023 uzta-denboraldia</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/registro-servifapa/51c950ee-7143-4b0e-95bb-9ae3c23ed0bf</t>
   </si>
   <si>
-    <t>Almendra-egurraren gaixotasunak: Botryosphaeria usteltzea</t>
-[...22 lines deleted...]
-  <si>
     <t>AKISPlataforma.es-ek GO SIMBIOLIVA gomendatzen du</t>
   </si>
   <si>
     <t>Berrikuntza nekazaritza-elikagaien katean GO SIMBIOLIVArekin @akisplataforma-tik, nekazaritza-elikagaien berrikuntzako azken berriekin harremanetan jartzen jarraitzen dugu. Aste honetan SIMBIOLIVA Talde Operatiboa nabarmentzen dugu, #bioteknologiaren aldeko apustua egin duen proiektu bat, oliba-olioaren industrian funtsezko azpiproduktua den alperujoaren tratamenduan ekonomia zirkularraren bultzatzaile gisa. Ezagutu haien aurrerapenak eta nola eraldatzen ari diren sektoreko jasangarritasuna. Ez galdu haien edukia haien YouTube kanalean! https://www.youtube.com/@GOSIMBIOLIVA eta proiektuaren web informazioa: https://simbioliva.grupooperativo.es/ #EkonomiaZirkularra #NekazaritzaElikagaienBerrikuntza #Bioteknologia</t>
   </si>
   <si>
     <t>https://youtu.be/GAp5pO3YDyg</t>
   </si>
   <si>
     <t>AKISPlataforma.es-ek GO VITICAST gomendatzen du</t>
   </si>
   <si>
     <t>Gaur, mahatsondoetan onddoen gaixotasunak aurreikusteko irtenbide berritzaileak aurkitzeko VITICAST Talde Operatiboaren emaitzekin egindako Webinar-aren bideoa gomendatzen dizuegu. Bideo honetan, proiektuaren xehetasunak deskribatzen dituen hasierako aurkezpena ikus dezakezue. Bideoaren gainerakoa esteka honetan dago eskuragarri, @Monetviticultura kanalean argitaratua: https://youtu.be/VNiuC6uOXVQ Proiektu honi buruzko informazio guztia GO VITICAST webgunean ere eskura dezakezue: https://ctaex.com/transferencia-tecnologica/GOS-vitinnat Eta AKIS Aholkularitza Plataformaren Talde Operatiboen eta Proiektu Berritzaileen zerrendaren bidez: https://akisplataforma.es/proyectos #innovation #agriculture #agriculturalinnovation #gropecuaryinnovation #sustainableagricultura</t>
   </si>
   <si>
     <t>https://youtu.be/4iMdtwuQPhE</t>
   </si>
   <si>
     <t>AKIS plataformak GO MICOALGA FEED gomendatzen du</t>
   </si>
   <si>
     <t>@akisplataforma-tik, nekazaritza, abeltzaintza eta agroelikagaien #berrikuntzaren arloko proiektu berritzaileei buruzko eduki gehiago ekartzen dizkizuegu. Gaur, MICOALGA FEED proiektua nabarmentzen dugu, alga eta onddoetan oinarritutako pentsu naturalaren bidez abeltzaintzan antibiotikoen erabilera murriztea helburu duena. Proiektu honi buruz gehiago jakiteko, bisitatu https://micoalga-feed.es/ eta YouTube kanala: https://www.youtube.com/channel/UCEPXuaGChsgStoluL8tHMeQ</t>
   </si>
   <si>
     <t>https://youtu.be/SxQRvUfX0iU</t>
@@ -6554,68 +7340,56 @@
   <si>
     <t>Landa Garapenerako Programa Nazionalaren (PNDR) 2014-2022 Nekazaritza Ekoizkortasunerako eta Iraunkortasunerako Berrikuntzarako Europako Elkarteko talde operatibo autonomoen gainetik egindako proiektu berritzaileen inbentarioa, 16.2 azpineurria.</t>
   </si>
   <si>
     <t>Landareen izurrite eta gaixotasunei buruzko oharrak, Cydalima perspectalis presentzia, Buxus spp. generoarekin lotutako lepidoptero defoliatzaile bat; Ezpel aleak (Buxus sempervirens) kaltetzen ari dira Asturiasen</t>
   </si>
   <si>
     <t>Beldar defoliatzaile oso jatorra, kaltetutako landareen lehortzea eta heriotza eragin dezakeena.</t>
   </si>
   <si>
     <t>https://www.asturias.es/documents/217090/1859119/Articulo-plaga-buxus-pen-iberica.pdf/5c8e5568-3691-be9b-dfb0-47f0a943dfed?t=1667479003151</t>
   </si>
   <si>
     <t>2023ko urteko txostena</t>
   </si>
   <si>
     <t>Sevillako Baliabide Naturalen eta Agrobiologiaren Institutua (IRNAS) Nekazaritza Zientzien eta Baliabide Naturalen arloetako ikerketa-zentro esperimentala da.</t>
   </si>
   <si>
     <t>https://www.irnas.csic.es/wp-content/uploads/2024/06/MEMORIA_IRNAS_2023.pdf</t>
   </si>
   <si>
     <t>Lurra goldatzen</t>
   </si>
   <si>
-    <t>Podcasta</t>
-[...1 lines deleted...]
-  <si>
     <t>Nekazaritza, abeltzaintza eta egungo nekazaritza-elikagaien programa.</t>
   </si>
   <si>
     <t>https://www.ivoox.com/podcast-arada_sq_f1308280_1.html</t>
   </si>
   <si>
-    <t>Ekologikoak gara.</t>
-[...7 lines deleted...]
-  <si>
     <t>EFE-Agro Mundo Rural</t>
   </si>
   <si>
     <t>Nekazaritza eta abeltzaintzarekin lotutako audioak.</t>
   </si>
   <si>
     <t>https://www.ivoox.com/podcast-mundo-rural_sq_f174949_1.html</t>
   </si>
   <si>
     <t>Lekaleen gaixotasunak. Lekaleen herdoila</t>
   </si>
   <si>
     <t>ERAGILEA: Lekaleen herdoila Uromyces generoko onddoek eragindako hainbat gaixotasuni egiten die erreferentzia. Parasito behartuak dira, gehienak espezializatuak, espezie edo azpiespezie bakoitzak labore desberdin bat erasotzen du (babarrun herdoila, ilar herdoila, baba zabalen herdoila, alpapa herdoila, etab.). Baba zabalen herdoilak ilarrak, dilistak, zaldi-belarrak eta beste batzuk ere eragiten ditu. Landarearen aireko aldea orban biribil eta herdoilduz estaltzen da hostoetan, zurtoinetan eta pedunkuluetan luzangak, eta gainean pustula hautsak sortzen dira. Pustuluek eguzki-erradiazioaren xurgapena eta gas-trukea eragozten dituzte estaltzen dituzten hosto-zatietan, uzta murriztuz. Infekzioa hasteko, hostoetan ura gutxienez 8-10 orduz eta 17-23ºC-ko tenperaturak egon behar dira. Haizeak, urak, intsektuek eta hegaztiek esporak barreiatzen dituzte, gaixotasuna zabalduz. Herdoil bakoitzaren ziklo biologikoa espezie bakarrean osatzen da eta konplexua da, bost espora-forma desberdin barne hartzen baititu. ZIKLOA, SINTOMAK ETA KALTEAK: Sintomak lehenik hosto basaletan agertzen dira eta gero goiko hostoetara, zurtoinetara eta baita leketara ere hedatzen dira. Normalean euriaren ondoren agertzen dira. Orban klorotiko txikiak dira, okre kolorekoak, halo hori edo berde batez inguratuta, eta gainean urediosporak sortzen dituzten pustula laranja-marroiak sortzen dira. Baldintza onetan, urediosporek landarea berriro infektatzen dute hazkuntza-sasoiaren amaierara arte errepikatzen den ziklo batean. Infekzio larriek zurtoinaren deshidratazioa, hostoen erorketa eta loreen abortua eragiten dituzte. Laborearen hazkundea amaitzen denean edo ingurumen-baldintzak kaltegarriak direnean, pustula beltz luzeagoak sortzen dira, teliosporak sortzen dituztenak, udaberrira arte bizirauteko gai diren espora erresistenteak.</t>
   </si>
   <si>
     <t>https://plagas.itacyl.es/documents/109511/301887/LE-E-04+ROYA+EN+LEGUMINOSAS-W.pdf/60ef4e9e-87d3-a718-8964-6efb8d73eacb?t=1560241555771</t>
   </si>
   <si>
     <t>Izurriak ekilorean. Jopo ekilorean</t>
   </si>
   <si>
     <t>Ekilore-landare oleaginosoa da, eta bertatik kalitate handiko olioa ateratzen da gizakien kontsumorako. Hazien ehoketaren hondakinak animalien pentsurako eta industria-erabilerako deribatuetan erabiltzen dira. Landare gogorra eta moldagarria da, lurzoruaren baliabideak bikain aprobetxatzen dituena eta lehorte-aldien ondoren erraz suspertzen dena. Ezaugarri hauek neguko zerealen alternatiba nagusia bihurtzen dute bere laborantza Gaztela eta Leongo Komunitatean. Ekilore-landarearen gogortasunak, oro har, arazo fitopatologikorik ez egotea bermatzen du, baina noizean behin nabarmenak izan daitezke: lur-zizareen jardueragatik ernetzean huts egitea, euri-sasoietako onddoen gaixotasunak eta lehorteak ahuldutako landareen parasitoen kalteak. Gaztela eta Leongo Izurriteen Behatokiak ekilore-landarearen Izurriteen Zaintza eta Kontrol Sisteman sartzen du gaixotasun horien agerpena detektatzeko, dagokien abisuak emateko eta haien intzidentzia murrizteko praktika egokiak gomendatzeko.</t>
   </si>
   <si>
     <t>https://plagas.itacyl.es/documents/109511/2035963/GI-P-01_JOPO+EN+GIRASOL_2022-W.pdf/a6d79a91-381d-0081-22df-8245b183949d?t=1669363902320</t>
@@ -7247,53 +8021,50 @@
   <si>
     <t>https://plagas.itacyl.es/documents/109511/2033001/VI-E-04_FLAVESCENCIA+DORADA_2022-W.pdf/df74320f-2783-cbd6-1f65-68475c953488?t=1641900135853</t>
   </si>
   <si>
     <t>Mahastietako gaixotasunak. Egurraren gaixotasunak</t>
   </si>
   <si>
     <t>https://plagas.itacyl.es/documents/109511/921714/VI-E-03+YESCA+20-W.pptx.pdf/93c57353-a097-e5f1-8daf-3dc7960c464a?t=1586253574594</t>
   </si>
   <si>
     <t>Abeltzaintzako GPS lepokoak. Larratze-portaeraren funtzioa eta azterketa.</t>
   </si>
   <si>
     <t>Informazio eta Komunikazio Teknologia Berriek (IKT) aurrerapen handia dakarte abeltzaintzako ustiategien kudeaketan, abeltzainen produktibitatea eta bizi-kalitatea hobetzen lagunduz. Zehaztasun handiko abeltzaintzak, hainbat sentsore-gailu erabiliz, animalien jarraipen automatizatua, jarraitua eta indibiduala ahalbidetzen du, haien ekoizpenari, osasunari eta ongizateari buruzko informazio garrantzitsua emanez. Berrikuntza hauek gero eta gehiago ezartzen ari dira abeltzaintza intentsiboagoan (batez ere esne-behiak eta txerriak), baina ez hainbeste nekazaritza estentsiboan, non animaliak bazkatzen diren, askotan libreki, eremu nahiko handietan, hala nola portuetan. Kasu hauetan, GPS (Global Positioning System) gailuek animalien kokapena eta mugimendua ia denbora errealean kontrolatzea ahalbidetzen dute, abeltzaintzako jarraipen-ahaleginak asko erraztuz.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/159334/8446.pdf/9ef2b650-9c8b-0cf4-be54-0e7bc77666d4?t=1715863524285</t>
   </si>
   <si>
     <t>Asturiasko mahats barietateen erro-probak</t>
   </si>
   <si>
     <t>Asturiasko mahastizaintzaren gorakada 1997an hasi zen, mahastizaintza sustatzeko eta beren ardoen kalitatea hobetzeko interesa zuten ardogile talde batek Cangas Ardoaren Ekoizle eta Egileen Elkartea (APROVICAN) sortu zuenean, pixkanaka teknologia berriak txertatuz laborantzan eta ekoizpenean. 2001ean, Asturiasko hego-mendebaldeko upategiak lehen aldiz sartu ziren Espainiako mahastiak bihurtzeko Europar Batasunaren funtsen banaketan (Feo, 2004). Urte bereko erdialdean, "Vino de la Tierra de Cangas" adierazpen geografikoa eman zitzaion, eta 2008an, eskualde jakin batzuetan ekoitzitako kalitatezko ardoaren babes maila (vcprd), "Vino de Calidad de Cangas" (BOPA, 2001; 2008). Cangas Jatorrizko Deituraren eskaera Komunitateko Erregistroan aurkeztu da izapidetzeko.</t>
   </si>
   <si>
-    <t>https://serida.asturias.es/documents/99361/179941/Ensayo+de+portainjertos+en+variedades+de+vid+de+Asturias.pdf/d4ef19e8-6c62-bbdd-aeb1-97f0972435e8?t=1729770450155</t>
-[...1 lines deleted...]
-  <si>
     <t>Asturiasko mahatsondo barietateak</t>
   </si>
   <si>
     <t>Liburu honek Asturiasko ardo-ondarearen ezagutza aurrera eramateko helburu duen lan-plan bizi baten lehen emaitzak aurkezten ditu.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Variedades+de+Vid+en+Asturias.pdf/d56c8713-23ab-5cd0-66a0-39b39cfa2aed?t=1729770395974</t>
   </si>
   <si>
     <t>Animalien tuberkulosia: Ikerketa eta kontrola Espainian</t>
   </si>
   <si>
     <t>Animalien tuberkulosia gaixotasun infekzioso granulomatoso kroniko bat da, hainbat ugaztun etxeko eta basatiri eragiten diena, eta oso gutxitan, hegaztiei. Mycobacterium tuberculosis konplexuko (MTC) espezieek eragiten dute, batez ere M. bovis eta M. caprae (Grange et al. 1990). Mycobacterium bovis-ek patogeno guztien ostalari-eremu zabalenetako bat konbinatzen du gizakien, etxeko animalien eta faunaren arteko elkarrekintzak hartzen dituen eredu epidemiologiko konplexu batekin (Galagan 2014).</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Tuberculosis+animal.pdf/42834f1a-505d-b993-2f8e-210099d9b828?t=1729770366791</t>
   </si>
   <si>
     <t>Aurkezpena "Euri-uren bidezko ureztatze-sistema estentsiboetan zuzenean ereitearen eragina lurzoruaren kalitatearen adierazleetan"</t>
   </si>
   <si>
     <t>Ikastaroa: Ereintza zuzena euri-uren bidezko laboreetan. NPBko ekoerregimenen esparruan ezartzeko eta garatzeko gakoak. "Ereintza zuzenaren eragina lurzoruaren kalitatearen adierazleetan euri-uren bidezko sistema estentsiboetan"</t>
   </si>
   <si>
     <t>https://sossuelo-cita.es/wp-content/uploads/2024/02/PresentacionCurso_13Mayo_RamonIsla.pdf</t>
@@ -7304,56 +8075,50 @@
   <si>
     <t>Txerria, bere forma rustikoenean eta hazkuntza zabalenean, tradizionalki gizakiek basoko baliabideak ustiatzeko eta familiaren kontsumorako behar duten janaria sortzeko gehien erabili duten etxeko animalietako bat izan da. Asturiasek, bertako abeltzaintza arraza askoren sorlekuak, bere bertako txerri arraza ere badu: Gochu Asturcelta, antzinako egileek Asturiasko txerria bezala ezagutzen dutena, urte askotan Asturiasko nekazaritzaren familia ekonomiarekin lotuta egon dena.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/179941/Manual+del+Gochu+Asturcelta.pdf/5798cc3e-ad14-36d2-36ac-3a77389da033?t=1729770346602</t>
   </si>
   <si>
     <t>Magaya irina gorria gailetetan osagai gisa</t>
   </si>
   <si>
     <t>Ekonomia Zirkularrak hondakinak minimizatzea du helburu industria-prozesuetan, baliabideak modu eraginkorragoan erabiliz. Erauzi, ekoiztu, kontsumitu eta botatzean oinarritutako ereduen aldean, Ekonomia Zirkularrak berrerabilpena, birziklapena eta berritzea sustatzen ditu ekoizpen-sistema itxi baten barruan.</t>
   </si>
   <si>
     <t>https://serida.asturias.es/documents/99361/0/Harina+roxa+de+magaya+como+ingrediente+de+galletas.pdf/fdd53c28-988b-b130-641e-404c4f14d62e?t=1748604980716</t>
   </si>
   <si>
     <t>Gazta Hiztegia</t>
   </si>
   <si>
     <t>Gaztaz hitz egitea 10.000 urte baino gehiagoko historia duen janari bati buruz hitz egitea da, idazketa baino lehenagokoa ere, eta zeinaren jatorria kondairaz jositako misterio bat den. Lehenengo gaztak Neolito garaian agertu ziren, gizakiak artzain lanetan hasi eta animaliak etxekotzen ikasi zutenean (lehen ardiak K.a. 8000 eta K.a. 3000 artean agertu ziren), gure arbasoek antzinako janari hau prestatzen hasi ziren garaian.</t>
   </si>
   <si>
     <t>https://www.itacyl.es/documents/20143/235841/Diccionario+del+queso_prueba+maquetaci%C3%B3n.pdf/dcda7e14-59b1-fce7-d509-faf109fefdbc?t=1733386537036</t>
   </si>
   <si>
-    <t>Autonomiaz gaindiko berrikuntza proiektuen espedientea</t>
-[...4 lines deleted...]
-  <si>
     <t>CONAFE TUTORIALAK</t>
   </si>
   <si>
     <t>Frisiar arrazako abeltzaintzari buruzko bideo-kanal espezializatua, kudeaketa, genetika eta abarrei buruzko tutorialekin.</t>
   </si>
   <si>
     <t>https://www.youtube.com/playlist?list=PLw3H0LRHH720buTI7Eulqg5PWNqJ2AyOh</t>
   </si>
   <si>
     <t>Murtziako eskualdean mahatsondoak lantzeko praktika onen eskuliburua. Sozioekonomia eta ingurumen ebaluazioa</t>
   </si>
   <si>
     <t>Eskuliburuaren helburua eskualdeko ardo-katean parte hartzen duten ardogileei eta teknikariei laborantza iraunkorrerako jarraibideak modu zuzen eta errazean helaraztea da, bai lehorreko zuhaixka-mahatsondoetarako, bai ureztatutako espaldera-mahatsondoetarako.</t>
   </si>
   <si>
     <t>https://www.imida.es/web/imida/-/manual-de-buenas-practicas-para-el-cultivo-de-la-vina-en-la-region-de-murcia-evaluacion-socioeconomica-y-ambient-1</t>
   </si>
   <si>
     <t>Murtziako Eskualdeko nekazaritza-ekoizpen eremuen kostuen egitura: aire zabaleko eta negutegiko baratzezaintza</t>
   </si>
   <si>
     <t>Eskualdeko baratzezaintzako laboreei eskainitako argitalpena, bai aire zabalean, bai babes-baldintzetan eta negutegietan.</t>
   </si>
   <si>
     <t>https://www.imida.es/web/imida/-/estructura-de-costes-de-las-orientaciones-productivas-agricolas-de-la-region-de-murcia-horticultura-al-aire-libre-y-bajo-invernadero</t>
@@ -9380,60 +10145,51 @@
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacionestudio-6_tcm30-685717.pdf</t>
   </si>
   <si>
     <t>Zehaztasun handiko Izurriteen Kontrolerako Sistema Automatizatuak</t>
   </si>
   <si>
     <t>Nola eragiten du digitalizazioak negutegietako laboreetako izurriteen eta gaixotasunen kontrolan?</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/high-tech-patsc-trap-eye-josepedro-sanchez_tcm30-690560.pdf</t>
   </si>
   <si>
     <t>Nekazaritzan tresna digitalak garatzea</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/desarrollo-herramientas-digitales-shawn-carlisle_tcm30-690558.pdf</t>
   </si>
   <si>
     <t>Webinarra - Nola eragiten du digitalizazioak negutegietako laboreetako izurriteen eta gaixotasunen kontrolan?</t>
   </si>
   <si>
     <t>Webinar - DigiMAPA: Nekazaritzako elikagaien sektorea Agrotech enpresekin lotzen duen tresna digitala</t>
   </si>
   <si>
-    <t>DigiMAPA: Nekazaritzako elikagaien sektorea Agrotech enpresekin lotzen duen tresna digitala.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.youtube.com/watch?v=jdXXgHEqdoM</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.mapa.gob.es/es/desarrollo-rural/temas/innovacion-medio-rural/presentacion-digimapa_tcm30-690533.pdf</t>
   </si>
   <si>
     <t>Webinarra - Adimen artifizialaren aplikazioa animalien osasunaren monitorizazioan</t>
   </si>
   <si>
     <t>Adimen artifizialaren aplikazioa animalien osasunaren monitorizazioan.</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=ce7kztbSi9s</t>
   </si>
   <si>
     <t>Webinarra - I. saioa - Robotizazioa kanpoko nekazaritzan</t>
   </si>
   <si>
     <t>I. saioa: Robotizazioa kanpoko nekazaritzan</t>
   </si>
   <si>
     <t>https://www.youtube.com/watch?v=S-cFcBWs-gY</t>
   </si>
   <si>
     <t>ModernAKIS Gaztelaniaz indartzea AKIS</t>
   </si>
   <si>
     <t>Espainiako AKIS indartzea: Nekazaritzako etorkizuneko erronkak sistemikoak", @heuropemodernakis proiektu europarraren esparruan. Helburu nagusia Nekazaritzako Ezagutza eta Berrikuntza Sistema (AKIS) deskribatzen duten oinarriak sakonago ezagutzea eta AKIS ikusaraztea izan zen. Nekazaritzako elikagaien sektorearen eta landa-ingurunearen barruan dauden hainbat konexio, eta "pentsamendu sistemikoa" aplikatzea nekazaritza, abeltzaintza eta basogintza #nekazaritzari lotutako testuinguru konplexuetan. #nekazaritzaberrikuntza #nekazaritzaberrikuntza</t>
   </si>
@@ -12257,8137 +13013,8137 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1400"/>
+  <dimension ref="A1:D1487"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D1400"/>
+      <selection activeCell="A1" sqref="A1:D1487"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="297.213" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="2234.312" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="1014.467" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="1" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="1" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="1" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="1" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="1" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="1" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="1" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="1" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="1" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="1" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="1" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="1" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="1" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="1" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>23</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="1" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="1" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="1" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="1" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="1" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="1" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="1" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="1" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="1" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="1" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="1" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="1" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>118</v>
+        <v>5</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="1" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="1" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="1" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="1" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="1" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="1" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="1" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="1" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="1" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="1" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="1" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="1" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="1" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="1" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="1" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D65" s="1" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D66" s="1" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D67" s="1" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D68" s="1" t="s">
         <v>198</v>
-      </c>
-[...7 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D69" s="1" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>207</v>
-      </c>
-[...7 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>210</v>
-      </c>
-[...7 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>213</v>
-      </c>
-[...7 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>216</v>
-      </c>
-[...7 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>219</v>
-      </c>
-[...7 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D76" s="1" t="s">
         <v>222</v>
-      </c>
-[...7 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>225</v>
-      </c>
-[...7 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>228</v>
-      </c>
-[...7 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D79" s="1" t="s">
         <v>231</v>
-      </c>
-[...7 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D80" s="1" t="s">
         <v>234</v>
-      </c>
-[...7 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D81" s="1" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D82" s="1" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D83" s="1" t="s">
         <v>243</v>
-      </c>
-[...7 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C84" s="1" t="s">
+      <c r="D84" s="1" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="1" t="s">
+      <c r="D85" s="1" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="B86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C86" s="1" t="s">
+      <c r="D86" s="1" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="1" t="s">
+      <c r="D87" s="1" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="B88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C88" s="1" t="s">
+      <c r="D88" s="1" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="B89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C89" s="1" t="s">
+      <c r="D89" s="1" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="B90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C90" s="1" t="s">
+      <c r="D90" s="1" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="B91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C91" s="1" t="s">
+      <c r="D91" s="1" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="B92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C92" s="1" t="s">
+      <c r="D92" s="1" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="B93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C93" s="1" t="s">
+      <c r="D93" s="1" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="B94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C94" s="1" t="s">
+      <c r="D94" s="1" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="B95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C95" s="1" t="s">
+      <c r="D95" s="1" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C96" s="1" t="s">
+      <c r="D96" s="1" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="B97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C97" s="1" t="s">
+      <c r="D97" s="1" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="B98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C98" s="1" t="s">
+      <c r="D98" s="1" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="B99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C99" s="1" t="s">
+      <c r="D99" s="1" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C100" s="1" t="s">
+      <c r="D100" s="1" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="B101" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D101" s="1" t="s">
-        <v>299</v>
+        <v>277</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="1" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>302</v>
+        <v>277</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="1" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="1" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="1" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>356</v>
+        <v>277</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>359</v>
+        <v>277</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="1" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>5</v>
+        <v>386</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="1" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>448</v>
+        <v>435</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>470</v>
+        <v>462</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>475</v>
+        <v>467</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>493</v>
+        <v>485</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>494</v>
+        <v>486</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>497</v>
+        <v>489</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="1" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="1" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="1" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="1" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="1" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>532</v>
+        <v>524</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="1" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="1" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>538</v>
+        <v>530</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>539</v>
+        <v>531</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="1" t="s">
-        <v>540</v>
+        <v>532</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="1" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="1" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="1" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="1" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="1" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="1" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="1" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="1" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="1" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="1" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="1" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="1" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="1" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="1" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="1" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="1" t="s">
-        <v>588</v>
+        <v>580</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>590</v>
+        <v>582</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="1" t="s">
-        <v>591</v>
+        <v>583</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>592</v>
+        <v>584</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="1" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="1" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="1" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>601</v>
+        <v>593</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>602</v>
+        <v>594</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="1" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="1" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="1" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="1" t="s">
-        <v>612</v>
+        <v>604</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>613</v>
+        <v>605</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>614</v>
+        <v>606</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="1" t="s">
-        <v>615</v>
+        <v>607</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="1" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="1" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="1" t="s">
-        <v>624</v>
+        <v>616</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="1" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="1" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="1" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>635</v>
+        <v>627</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="1" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="1" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>640</v>
+        <v>632</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="1" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="1" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>647</v>
+        <v>639</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="1" t="s">
-        <v>648</v>
+        <v>640</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="1" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>653</v>
+        <v>645</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="1" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="1" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="1" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="1" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>665</v>
+        <v>657</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="1" t="s">
-        <v>666</v>
+        <v>658</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>668</v>
+        <v>660</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="1" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="1" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="1" t="s">
-        <v>675</v>
+        <v>667</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>676</v>
+        <v>668</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>677</v>
+        <v>669</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="1" t="s">
-        <v>678</v>
+        <v>670</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>679</v>
+        <v>671</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="1" t="s">
-        <v>681</v>
+        <v>673</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>682</v>
+        <v>674</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>683</v>
+        <v>675</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="1" t="s">
-        <v>684</v>
+        <v>676</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>685</v>
+        <v>677</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>686</v>
+        <v>678</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="1" t="s">
-        <v>687</v>
+        <v>679</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>688</v>
+        <v>680</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>689</v>
+        <v>681</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="1" t="s">
-        <v>690</v>
+        <v>682</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>691</v>
+        <v>683</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>692</v>
+        <v>684</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" s="1" t="s">
-        <v>693</v>
+        <v>685</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>694</v>
+        <v>686</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>695</v>
+        <v>687</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" s="1" t="s">
-        <v>696</v>
+        <v>688</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>698</v>
+        <v>690</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" s="1" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>700</v>
+        <v>692</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>701</v>
+        <v>693</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" s="1" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>703</v>
+        <v>695</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>704</v>
+        <v>696</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" s="1" t="s">
-        <v>705</v>
+        <v>697</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>706</v>
+        <v>698</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" s="1" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" s="1" t="s">
-        <v>711</v>
+        <v>703</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>712</v>
+        <v>704</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>713</v>
+        <v>705</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" s="1" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>715</v>
+        <v>707</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" s="1" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" s="1" t="s">
-        <v>720</v>
+        <v>712</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" s="1" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>723</v>
+        <v>717</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" s="1" t="s">
-        <v>724</v>
+        <v>718</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>726</v>
+        <v>720</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" s="1" t="s">
-        <v>727</v>
+        <v>721</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>728</v>
+        <v>722</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>729</v>
+        <v>723</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" s="1" t="s">
-        <v>730</v>
+        <v>724</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>731</v>
+        <v>725</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>732</v>
+        <v>726</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" s="1" t="s">
-        <v>733</v>
+        <v>727</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" s="1" t="s">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>737</v>
+        <v>731</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>738</v>
+        <v>732</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="1" t="s">
-        <v>739</v>
+        <v>733</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>740</v>
+        <v>734</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>741</v>
+        <v>735</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" s="1" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>743</v>
+        <v>737</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>744</v>
+        <v>738</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" s="1" t="s">
-        <v>745</v>
+        <v>739</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" s="1" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" s="1" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" s="1" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" s="1" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" s="1" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" s="1" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" s="1" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" s="1" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" s="1" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" s="1" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" s="1" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" s="1" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" s="1" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" s="1" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" s="1" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" s="1" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" s="1" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" s="1" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" s="1" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" s="1" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" s="1" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" s="1" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" s="1" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" s="1" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" s="1" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" s="1" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" s="1" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" s="1" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" s="1" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" s="1" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" s="1" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" s="1" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" s="1" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>844</v>
+        <v>840</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="1" t="s">
-        <v>845</v>
+        <v>841</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>847</v>
+        <v>843</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="1" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="1" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="1" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="1" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="1" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="1" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
-        <v>881</v>
+        <v>877</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>882</v>
+        <v>878</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="1" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="1" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="1" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="1" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="1" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="1" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="1" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>903</v>
+        <v>899</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>904</v>
+        <v>900</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="1" t="s">
-        <v>905</v>
+        <v>901</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="1" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="1" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="1" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="1" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="1" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" s="1" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" s="1" t="s">
-        <v>926</v>
+        <v>922</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" s="1" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" s="1" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" s="1" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" s="1" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>939</v>
+        <v>935</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" s="1" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" s="1" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>953</v>
+        <v>949</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>957</v>
+        <v>953</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" s="1" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" s="1" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" s="1" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" s="1" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>972</v>
+        <v>965</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" s="1" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>975</v>
+        <v>965</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>976</v>
+        <v>970</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" s="1" t="s">
-        <v>977</v>
+        <v>971</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>978</v>
+        <v>972</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>979</v>
+        <v>973</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" s="1" t="s">
-        <v>980</v>
+        <v>974</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>981</v>
+        <v>975</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>982</v>
+        <v>976</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" s="1" t="s">
-        <v>983</v>
+        <v>977</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>984</v>
+        <v>978</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>985</v>
+        <v>979</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" s="1" t="s">
-        <v>986</v>
+        <v>980</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>987</v>
+        <v>981</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>988</v>
+        <v>982</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" s="1" t="s">
-        <v>989</v>
+        <v>983</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>990</v>
+        <v>984</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>991</v>
+        <v>985</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" s="1" t="s">
-        <v>992</v>
+        <v>986</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>993</v>
+        <v>987</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>994</v>
+        <v>988</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" s="1" t="s">
-        <v>995</v>
+        <v>989</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>996</v>
+        <v>990</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>997</v>
+        <v>991</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" s="1" t="s">
-        <v>998</v>
+        <v>992</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>999</v>
+        <v>993</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1000</v>
+        <v>994</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" s="1" t="s">
-        <v>1001</v>
+        <v>995</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1002</v>
+        <v>996</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1003</v>
+        <v>997</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" s="1" t="s">
-        <v>1004</v>
+        <v>998</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1005</v>
+        <v>999</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1006</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" s="1" t="s">
-        <v>1007</v>
+        <v>1001</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1008</v>
+        <v>1002</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1009</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" s="1" t="s">
-        <v>1010</v>
+        <v>1004</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1011</v>
+        <v>1005</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1012</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" s="1" t="s">
-        <v>1013</v>
+        <v>1007</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1014</v>
+        <v>1005</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1015</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" s="1" t="s">
-        <v>1016</v>
+        <v>1009</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1017</v>
+        <v>1010</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" s="1" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1020</v>
+        <v>1013</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1021</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" s="1" t="s">
-        <v>1022</v>
+        <v>1015</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1023</v>
+        <v>1016</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1024</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" s="1" t="s">
-        <v>1025</v>
+        <v>1018</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1027</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" s="1" t="s">
-        <v>1028</v>
+        <v>1021</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1029</v>
+        <v>1022</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1030</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" s="1" t="s">
-        <v>1031</v>
+        <v>1024</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1032</v>
+        <v>1025</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1033</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" s="1" t="s">
-        <v>1034</v>
+        <v>1027</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>1036</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" s="1" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1038</v>
+        <v>1031</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1039</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" s="1" t="s">
-        <v>1040</v>
+        <v>1033</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1041</v>
+        <v>1034</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1042</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" s="1" t="s">
-        <v>1043</v>
+        <v>1036</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1044</v>
+        <v>1037</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1045</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" s="1" t="s">
-        <v>1046</v>
+        <v>1039</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1047</v>
+        <v>1040</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1048</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" s="1" t="s">
-        <v>1049</v>
+        <v>1042</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1050</v>
+        <v>1043</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1051</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" s="1" t="s">
-        <v>1052</v>
+        <v>1045</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1053</v>
+        <v>1046</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" s="1" t="s">
-        <v>1055</v>
+        <v>1048</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1056</v>
+        <v>1049</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1057</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" s="1" t="s">
-        <v>1058</v>
+        <v>1051</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1059</v>
+        <v>1052</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1060</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" s="1" t="s">
-        <v>1061</v>
+        <v>1054</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1062</v>
+        <v>1052</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" s="1" t="s">
-        <v>1064</v>
+        <v>1056</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1065</v>
+        <v>1057</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1066</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" s="1" t="s">
-        <v>1067</v>
+        <v>1059</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1068</v>
+        <v>1060</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1069</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" s="1" t="s">
-        <v>1070</v>
+        <v>1062</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1071</v>
+        <v>1063</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>1072</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" s="1" t="s">
-        <v>1073</v>
+        <v>1065</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1074</v>
+        <v>1066</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1075</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" s="1" t="s">
-        <v>1076</v>
+        <v>1068</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1077</v>
+        <v>1069</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1078</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" s="1" t="s">
-        <v>1079</v>
+        <v>1071</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1080</v>
+        <v>1072</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1081</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" s="1" t="s">
-        <v>1082</v>
+        <v>1074</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1083</v>
+        <v>1075</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1084</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" s="1" t="s">
-        <v>1085</v>
+        <v>1077</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1086</v>
+        <v>1078</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1087</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" s="1" t="s">
-        <v>1088</v>
+        <v>1080</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1089</v>
+        <v>1081</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1090</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" s="1" t="s">
-        <v>1091</v>
+        <v>1083</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1092</v>
+        <v>1084</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1093</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" s="1" t="s">
-        <v>1094</v>
+        <v>1086</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" s="1" t="s">
-        <v>1097</v>
+        <v>1089</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1098</v>
+        <v>1090</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1099</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" s="1" t="s">
-        <v>1100</v>
+        <v>1092</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1101</v>
+        <v>1093</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1102</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" s="1" t="s">
-        <v>1103</v>
+        <v>1095</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1104</v>
+        <v>1096</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1105</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" s="1" t="s">
-        <v>1106</v>
+        <v>1098</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1107</v>
+        <v>1099</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1108</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" s="1" t="s">
-        <v>1109</v>
+        <v>1101</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1110</v>
+        <v>1102</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1111</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" s="1" t="s">
-        <v>1112</v>
+        <v>1104</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1113</v>
+        <v>1105</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1114</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
-        <v>1115</v>
+        <v>1107</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1116</v>
+        <v>1108</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1117</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
-        <v>1118</v>
+        <v>1110</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1119</v>
+        <v>1111</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1120</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
-        <v>1121</v>
+        <v>1113</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1122</v>
+        <v>1114</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1123</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
-        <v>1124</v>
+        <v>1116</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1125</v>
+        <v>1117</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1126</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" s="1" t="s">
-        <v>1127</v>
+        <v>1119</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1128</v>
+        <v>1120</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1129</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" s="1" t="s">
-        <v>1130</v>
+        <v>1122</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1131</v>
+        <v>1123</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1132</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" s="1" t="s">
-        <v>1133</v>
+        <v>1125</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1134</v>
+        <v>1126</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1135</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" s="1" t="s">
-        <v>1136</v>
+        <v>1128</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1137</v>
+        <v>1129</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1138</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" s="1" t="s">
-        <v>1139</v>
+        <v>1131</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1140</v>
+        <v>1132</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1141</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" s="1" t="s">
-        <v>1142</v>
+        <v>1134</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1143</v>
+        <v>1135</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1144</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" s="1" t="s">
-        <v>1145</v>
+        <v>1137</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1146</v>
+        <v>1138</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1147</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" s="1" t="s">
-        <v>1148</v>
+        <v>1140</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1149</v>
+        <v>1141</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1150</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" s="1" t="s">
-        <v>1151</v>
+        <v>1143</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1152</v>
+        <v>1144</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1153</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" s="1" t="s">
-        <v>1154</v>
+        <v>1146</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1155</v>
+        <v>1147</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1156</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" s="1" t="s">
-        <v>1157</v>
+        <v>1149</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1158</v>
+        <v>1150</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1159</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" s="1" t="s">
-        <v>1160</v>
+        <v>1152</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1161</v>
+        <v>1153</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1162</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" s="1" t="s">
-        <v>1163</v>
+        <v>1155</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1164</v>
+        <v>1156</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1165</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" s="1" t="s">
-        <v>1166</v>
+        <v>1158</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1167</v>
+        <v>1159</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1168</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
-        <v>1169</v>
+        <v>1161</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1170</v>
+        <v>1162</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1171</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
-        <v>1172</v>
+        <v>1164</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1173</v>
+        <v>1165</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1174</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
-        <v>1175</v>
+        <v>1167</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1176</v>
+        <v>1168</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1177</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
-        <v>1178</v>
+        <v>1170</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1179</v>
+        <v>1171</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1180</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" s="1" t="s">
-        <v>1181</v>
+        <v>1173</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1182</v>
+        <v>1174</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1183</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" s="1" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1185</v>
+        <v>1177</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1186</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" s="1" t="s">
-        <v>1187</v>
+        <v>1179</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1188</v>
+        <v>1180</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1189</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" s="1" t="s">
-        <v>1190</v>
+        <v>1182</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1191</v>
+        <v>1183</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1192</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
-        <v>1193</v>
+        <v>1185</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1194</v>
+        <v>1186</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1197</v>
+        <v>1189</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1198</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
-        <v>1199</v>
+        <v>1191</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1200</v>
+        <v>1192</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1201</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
-        <v>1202</v>
+        <v>1194</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1203</v>
+        <v>1195</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1204</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
-        <v>1205</v>
+        <v>1197</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1206</v>
+        <v>1198</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" s="1" t="s">
-        <v>1208</v>
+        <v>1200</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1209</v>
+        <v>1201</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1210</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" s="1" t="s">
-        <v>1211</v>
+        <v>1203</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1212</v>
+        <v>1204</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1213</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" s="1" t="s">
-        <v>1214</v>
+        <v>1206</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1215</v>
+        <v>1207</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1216</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" s="1" t="s">
-        <v>1217</v>
+        <v>1209</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1218</v>
+        <v>1210</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1219</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" s="1" t="s">
-        <v>1220</v>
+        <v>1212</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1221</v>
+        <v>1213</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1222</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" s="1" t="s">
-        <v>1223</v>
+        <v>1215</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1224</v>
+        <v>1216</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1225</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" s="1" t="s">
-        <v>1226</v>
+        <v>1218</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1227</v>
+        <v>1219</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1228</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" s="1" t="s">
-        <v>1229</v>
+        <v>1221</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1230</v>
+        <v>1222</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>1231</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" s="1" t="s">
-        <v>1232</v>
+        <v>1224</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1233</v>
+        <v>1225</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1234</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" s="1" t="s">
-        <v>1235</v>
+        <v>1227</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1236</v>
+        <v>1228</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1237</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" s="1" t="s">
-        <v>1238</v>
+        <v>1230</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1239</v>
+        <v>1231</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1240</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" s="1" t="s">
-        <v>1241</v>
+        <v>1233</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1242</v>
+        <v>1234</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1243</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" s="1" t="s">
-        <v>1244</v>
+        <v>1236</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1245</v>
+        <v>1237</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>1246</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" s="1" t="s">
-        <v>1247</v>
+        <v>1239</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1248</v>
+        <v>1240</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1249</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" s="1" t="s">
-        <v>1250</v>
+        <v>1242</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1251</v>
+        <v>1243</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>1252</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" s="1" t="s">
-        <v>1253</v>
+        <v>1245</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1254</v>
+        <v>1246</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>1255</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" s="1" t="s">
-        <v>1256</v>
+        <v>1248</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1257</v>
+        <v>1249</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>1258</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" s="1" t="s">
-        <v>1259</v>
+        <v>1251</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1260</v>
+        <v>1252</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>1261</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" s="1" t="s">
-        <v>1262</v>
+        <v>1254</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1263</v>
+        <v>1255</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>1264</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" s="1" t="s">
-        <v>1265</v>
+        <v>1257</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1266</v>
+        <v>1258</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>1267</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" s="1" t="s">
-        <v>1268</v>
+        <v>1260</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1269</v>
+        <v>1261</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>1270</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" s="1" t="s">
-        <v>1271</v>
+        <v>1263</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1272</v>
+        <v>1264</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>1273</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" s="1" t="s">
-        <v>1274</v>
+        <v>1266</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1275</v>
+        <v>1267</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>1276</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" s="1" t="s">
-        <v>1277</v>
+        <v>1269</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1278</v>
+        <v>1270</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>1279</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" s="1" t="s">
-        <v>1280</v>
+        <v>1272</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>1282</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" s="1" t="s">
-        <v>1283</v>
+        <v>1275</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1284</v>
+        <v>1276</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>1285</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" s="1" t="s">
-        <v>1286</v>
+        <v>1278</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1287</v>
+        <v>1279</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>1288</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" s="1" t="s">
-        <v>1289</v>
+        <v>1281</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1290</v>
+        <v>1282</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>1291</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" s="1" t="s">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1293</v>
+        <v>1285</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>1294</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" s="1" t="s">
-        <v>1295</v>
+        <v>1287</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1296</v>
+        <v>1288</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>1297</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" s="1" t="s">
-        <v>1298</v>
+        <v>1290</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1299</v>
+        <v>1291</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>1300</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" s="1" t="s">
-        <v>1301</v>
+        <v>1293</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1302</v>
+        <v>1294</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>1303</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" s="1" t="s">
-        <v>1304</v>
+        <v>1296</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1305</v>
+        <v>1297</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>1306</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" s="1" t="s">
-        <v>1307</v>
+        <v>1299</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1308</v>
+        <v>1300</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>1309</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" s="1" t="s">
-        <v>1310</v>
+        <v>1302</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1311</v>
+        <v>1303</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>1312</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" s="1" t="s">
-        <v>1313</v>
+        <v>1305</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1314</v>
+        <v>1306</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>1315</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" s="1" t="s">
-        <v>1316</v>
+        <v>1308</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1317</v>
+        <v>1309</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>1318</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" s="1" t="s">
-        <v>1319</v>
+        <v>1311</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1320</v>
+        <v>1312</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>1321</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" s="1" t="s">
-        <v>1322</v>
+        <v>1314</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1323</v>
+        <v>1315</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>1324</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" s="1" t="s">
-        <v>1325</v>
+        <v>1317</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1326</v>
+        <v>1318</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>1327</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" s="1" t="s">
-        <v>1328</v>
+        <v>1320</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1329</v>
+        <v>1321</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>1330</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" s="1" t="s">
-        <v>1331</v>
+        <v>1323</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1332</v>
+        <v>1324</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>1333</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" s="1" t="s">
-        <v>1334</v>
+        <v>1326</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1335</v>
+        <v>1327</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>1336</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" s="1" t="s">
-        <v>1337</v>
+        <v>1329</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1338</v>
+        <v>1330</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>1339</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" s="1" t="s">
-        <v>1340</v>
+        <v>1332</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1341</v>
+        <v>1333</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>1342</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" s="1" t="s">
-        <v>1343</v>
+        <v>1335</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1344</v>
+        <v>1336</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>1345</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" s="1" t="s">
-        <v>1346</v>
+        <v>1338</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1347</v>
+        <v>1339</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>1348</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" s="1" t="s">
-        <v>1349</v>
+        <v>1341</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1350</v>
+        <v>1342</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>1351</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" s="1" t="s">
-        <v>1352</v>
+        <v>1344</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1353</v>
+        <v>1345</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>1354</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" s="1" t="s">
-        <v>1355</v>
+        <v>1347</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1356</v>
+        <v>1348</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>1357</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" s="1" t="s">
-        <v>1358</v>
+        <v>1350</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1359</v>
+        <v>1351</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>1360</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" s="1" t="s">
-        <v>1361</v>
+        <v>1353</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1362</v>
+        <v>1354</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>1363</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" s="1" t="s">
-        <v>1364</v>
+        <v>1356</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1365</v>
+        <v>1357</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>1366</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" s="1" t="s">
-        <v>1367</v>
+        <v>1359</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1368</v>
+        <v>1360</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>1369</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" s="1" t="s">
-        <v>1370</v>
+        <v>1362</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1371</v>
+        <v>1363</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>1372</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" s="1" t="s">
-        <v>1373</v>
+        <v>1365</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1374</v>
+        <v>1366</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>1375</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" s="1" t="s">
-        <v>1376</v>
+        <v>1368</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1377</v>
+        <v>1369</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>1378</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" s="1" t="s">
-        <v>1379</v>
+        <v>1371</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1380</v>
+        <v>1372</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>1381</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" s="1" t="s">
-        <v>1382</v>
+        <v>1374</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1383</v>
+        <v>1375</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>1384</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" s="1" t="s">
-        <v>1385</v>
+        <v>1377</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1386</v>
+        <v>1378</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>1387</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" s="1" t="s">
-        <v>1388</v>
+        <v>1380</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1386</v>
+        <v>1381</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>1389</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" s="1" t="s">
-        <v>1390</v>
+        <v>1383</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1391</v>
+        <v>1384</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>1392</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" s="1" t="s">
-        <v>1393</v>
+        <v>1386</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1394</v>
+        <v>1387</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>1395</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" s="1" t="s">
-        <v>1396</v>
+        <v>1389</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1397</v>
+        <v>1390</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>1398</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" s="1" t="s">
-        <v>1399</v>
+        <v>1392</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1400</v>
+        <v>1393</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>1401</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" s="1" t="s">
-        <v>1402</v>
+        <v>1395</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1403</v>
+        <v>1396</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>1404</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" s="1" t="s">
-        <v>1405</v>
+        <v>1398</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1406</v>
+        <v>1399</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>1407</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" s="1" t="s">
-        <v>1408</v>
+        <v>1401</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1409</v>
+        <v>1402</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>1410</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" s="1" t="s">
-        <v>1411</v>
+        <v>1404</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1412</v>
+        <v>1405</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>1413</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" s="1" t="s">
-        <v>1414</v>
+        <v>1407</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1415</v>
+        <v>1408</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>1416</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" s="1" t="s">
-        <v>1417</v>
+        <v>1410</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1418</v>
+        <v>1411</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>1419</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" s="1" t="s">
-        <v>1420</v>
+        <v>1413</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1421</v>
+        <v>1414</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>1422</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" s="1" t="s">
-        <v>1423</v>
+        <v>1416</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1424</v>
+        <v>1417</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>1425</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" s="1" t="s">
-        <v>1426</v>
+        <v>1419</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1427</v>
+        <v>1420</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>1428</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" s="1" t="s">
-        <v>1429</v>
+        <v>1422</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1430</v>
+        <v>1423</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>1431</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" s="1" t="s">
-        <v>1432</v>
+        <v>1425</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1433</v>
+        <v>1426</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>1434</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" s="1" t="s">
-        <v>1435</v>
+        <v>1428</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1436</v>
+        <v>1429</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>1437</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" s="1" t="s">
-        <v>1438</v>
+        <v>1431</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1439</v>
+        <v>1432</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>1440</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" s="1" t="s">
-        <v>1441</v>
+        <v>1434</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1442</v>
+        <v>1435</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>1443</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" s="1" t="s">
-        <v>1444</v>
+        <v>1437</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1445</v>
+        <v>1438</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>1446</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" s="1" t="s">
-        <v>1447</v>
+        <v>1440</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1448</v>
+        <v>1441</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>1449</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" s="1" t="s">
-        <v>1450</v>
+        <v>1443</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1451</v>
+        <v>1444</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>1452</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" s="1" t="s">
-        <v>1453</v>
+        <v>1446</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1454</v>
+        <v>1447</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>1455</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" s="1" t="s">
-        <v>1456</v>
+        <v>1449</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1457</v>
+        <v>1450</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>1458</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" s="1" t="s">
-        <v>1459</v>
+        <v>1452</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1460</v>
+        <v>1453</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>1461</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" s="1" t="s">
-        <v>1462</v>
+        <v>1455</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1463</v>
+        <v>1456</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>1464</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" s="1" t="s">
-        <v>1465</v>
+        <v>1458</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1442</v>
+        <v>1459</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>1466</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" s="1" t="s">
-        <v>1467</v>
+        <v>1461</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1468</v>
+        <v>1462</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>1469</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" s="1" t="s">
-        <v>1470</v>
+        <v>1464</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1471</v>
+        <v>1465</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>1472</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" s="1" t="s">
-        <v>1473</v>
+        <v>1467</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1474</v>
+        <v>1468</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>1475</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" s="1" t="s">
-        <v>1476</v>
+        <v>1470</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1477</v>
+        <v>1471</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>1478</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" s="1" t="s">
-        <v>1479</v>
+        <v>1473</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1480</v>
+        <v>1474</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" s="1" t="s">
-        <v>1482</v>
+        <v>1476</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1483</v>
+        <v>1477</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>1484</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" s="1" t="s">
-        <v>1485</v>
+        <v>1479</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1486</v>
+        <v>1480</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>1487</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" s="1" t="s">
-        <v>1488</v>
+        <v>1482</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1489</v>
+        <v>1483</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>1490</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" s="1" t="s">
-        <v>1491</v>
+        <v>1485</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1492</v>
+        <v>1486</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>1493</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" s="1" t="s">
-        <v>1494</v>
+        <v>1488</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>1495</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" s="1" t="s">
-        <v>1496</v>
+        <v>1491</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>1492</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>1497</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" s="1" t="s">
-        <v>1498</v>
+        <v>1494</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1499</v>
+        <v>1495</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>1500</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" s="1" t="s">
-        <v>1501</v>
+        <v>1497</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>1503</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" s="1" t="s">
-        <v>1504</v>
+        <v>1500</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C506" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D506" s="1" t="s">
         <v>1502</v>
-      </c>
-[...1 lines deleted...]
-        <v>1505</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" s="1" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1492</v>
+        <v>1504</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>1507</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C508" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D508" s="1" t="s">
         <v>1508</v>
-      </c>
-[...7 lines deleted...]
-        <v>1510</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B509" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C509" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D509" s="1" t="s">
         <v>1511</v>
-      </c>
-[...7 lines deleted...]
-        <v>1512</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C510" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="B510" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C510" s="1" t="s">
+      <c r="D510" s="1" t="s">
         <v>1514</v>
-      </c>
-[...1 lines deleted...]
-        <v>1515</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C511" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="B511" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C511" s="1" t="s">
+      <c r="D511" s="1" t="s">
         <v>1517</v>
-      </c>
-[...1 lines deleted...]
-        <v>1518</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C512" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="B512" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C512" s="1" t="s">
+      <c r="D512" s="1" t="s">
         <v>1520</v>
-      </c>
-[...1 lines deleted...]
-        <v>1521</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B513" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C513" s="1" t="s">
         <v>1522</v>
       </c>
-      <c r="B513" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C513" s="1" t="s">
+      <c r="D513" s="1" t="s">
         <v>1523</v>
-      </c>
-[...1 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C514" s="1" t="s">
         <v>1525</v>
-      </c>
-[...4 lines deleted...]
-        <v>1517</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>1526</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" s="1" t="s">
         <v>1527</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>1528</v>
       </c>
       <c r="D515" s="1" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" s="1" t="s">
         <v>1530</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" s="1" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" s="1" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" s="1" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" s="1" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" s="1" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" s="1" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" s="1" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" s="1" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" s="1" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" s="1" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" s="1" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" s="1" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" s="1" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" s="1" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" s="1" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" s="1" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" s="1" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" s="1" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" s="1" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" s="1" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" s="1" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" s="1" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" s="1" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" s="1" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" s="1" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" s="1" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" s="1" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" s="1" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" s="1" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" s="1" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" s="1" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" s="1" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" s="1" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" s="1" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" s="1" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" s="1" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" s="1" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" s="1" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" s="1" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" s="1" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" s="1" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" s="1" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C559" s="1" t="s">
         <v>1657</v>
       </c>
-      <c r="B559" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D559" s="1" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" s="1" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" s="1" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" s="1" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563" s="1" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564" s="1" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" s="1" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" s="1" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" s="1" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" s="1" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569" s="1" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570" s="1" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571" s="1" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572" s="1" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573" s="1" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574" s="1" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575" s="1" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" s="1" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" s="1" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>1712</v>
+        <v>1710</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>1713</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" s="1" t="s">
         <v>1714</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>1715</v>
       </c>
       <c r="D578" s="1" t="s">
         <v>1716</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579" s="1" t="s">
         <v>1717</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>5</v>
@@ -20567,7048 +21323,7052 @@
         <v>1755</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592" s="1" t="s">
         <v>1756</v>
       </c>
       <c r="B592" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C592" s="1" t="s">
         <v>1757</v>
       </c>
       <c r="D592" s="1" t="s">
         <v>1758</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" s="1" t="s">
         <v>1759</v>
       </c>
       <c r="B593" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C593" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D593" s="1" t="s">
         <v>1760</v>
-      </c>
-[...1 lines deleted...]
-        <v>1761</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B594" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C594" s="1" t="s">
         <v>1762</v>
       </c>
-      <c r="B594" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C594" s="1" t="s">
+      <c r="D594" s="1" t="s">
         <v>1763</v>
-      </c>
-[...1 lines deleted...]
-        <v>1764</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B595" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C595" s="1" t="s">
         <v>1765</v>
       </c>
-      <c r="B595" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C595" s="1" t="s">
+      <c r="D595" s="1" t="s">
         <v>1766</v>
-      </c>
-[...1 lines deleted...]
-        <v>1767</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B596" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C596" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D596" s="1" t="s">
         <v>1768</v>
-      </c>
-[...7 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" s="1" t="s">
-        <v>1771</v>
+        <v>1769</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>1772</v>
+        <v>1730</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>1773</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" s="1" t="s">
-        <v>1774</v>
+        <v>1771</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>1775</v>
+        <v>1730</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>1776</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" s="1" t="s">
-        <v>1777</v>
+        <v>1773</v>
       </c>
       <c r="B599" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>1778</v>
+        <v>1730</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>1779</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" s="1" t="s">
-        <v>1780</v>
+        <v>1775</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>1781</v>
+        <v>1776</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>1782</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" s="1" t="s">
-        <v>1783</v>
+        <v>1778</v>
       </c>
       <c r="B601" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>1784</v>
+        <v>1779</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>1785</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" s="1" t="s">
-        <v>1786</v>
+        <v>1781</v>
       </c>
       <c r="B602" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>1787</v>
+        <v>1782</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>1788</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" s="1" t="s">
-        <v>1789</v>
+        <v>1784</v>
       </c>
       <c r="B603" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>1790</v>
+        <v>1785</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>1791</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" s="1" t="s">
-        <v>1792</v>
+        <v>1787</v>
       </c>
       <c r="B604" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>1793</v>
+        <v>1785</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>1794</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" s="1" t="s">
-        <v>1795</v>
+        <v>1789</v>
       </c>
       <c r="B605" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>1796</v>
+        <v>1790</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" s="1" t="s">
-        <v>1798</v>
+        <v>1792</v>
       </c>
       <c r="B606" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>1799</v>
+        <v>1790</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>1800</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607" s="1" t="s">
-        <v>1801</v>
+        <v>1794</v>
       </c>
       <c r="B607" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>1802</v>
+        <v>1795</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>1803</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" s="1" t="s">
-        <v>1804</v>
+        <v>1797</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>1805</v>
+        <v>1795</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>1806</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" s="1" t="s">
-        <v>1807</v>
+        <v>1799</v>
       </c>
       <c r="B609" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>1808</v>
+        <v>1800</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>1809</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" s="1" t="s">
-        <v>1810</v>
+        <v>1802</v>
       </c>
       <c r="B610" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>1812</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" s="1" t="s">
-        <v>1813</v>
+        <v>1805</v>
       </c>
       <c r="B611" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>1814</v>
+        <v>1806</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>1815</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" s="1" t="s">
-        <v>1816</v>
+        <v>1808</v>
       </c>
       <c r="B612" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>1817</v>
+        <v>1809</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>1818</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" s="1" t="s">
-        <v>1819</v>
+        <v>1811</v>
       </c>
       <c r="B613" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>1820</v>
+        <v>1812</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>1821</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" s="1" t="s">
-        <v>1822</v>
+        <v>1814</v>
       </c>
       <c r="B614" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1823</v>
+        <v>1815</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>1824</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" s="1" t="s">
-        <v>1825</v>
+        <v>1817</v>
       </c>
       <c r="B615" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1826</v>
+        <v>1818</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>1827</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" s="1" t="s">
-        <v>1828</v>
+        <v>1820</v>
       </c>
       <c r="B616" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>1829</v>
+        <v>1821</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>1830</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" s="1" t="s">
-        <v>1831</v>
+        <v>1823</v>
       </c>
       <c r="B617" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>1832</v>
+        <v>1824</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>1833</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" s="1" t="s">
-        <v>1834</v>
+        <v>1826</v>
       </c>
       <c r="B618" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>1835</v>
+        <v>1827</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>1836</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" s="1" t="s">
-        <v>1837</v>
+        <v>1829</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>1838</v>
+        <v>1830</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>1839</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" s="1" t="s">
-        <v>1840</v>
+        <v>1832</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1841</v>
+        <v>1833</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>1842</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" s="1" t="s">
-        <v>1843</v>
+        <v>1835</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1844</v>
+        <v>1836</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>1845</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" s="1" t="s">
-        <v>1846</v>
+        <v>1838</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>1847</v>
+        <v>1839</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>1848</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" s="1" t="s">
-        <v>1849</v>
+        <v>1841</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>1850</v>
+        <v>1842</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>1851</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" s="1" t="s">
-        <v>1852</v>
+        <v>1844</v>
       </c>
       <c r="B624" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1853</v>
+        <v>1845</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>1854</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" s="1" t="s">
-        <v>1855</v>
+        <v>1847</v>
       </c>
       <c r="B625" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1856</v>
+        <v>1848</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>1857</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" s="1" t="s">
-        <v>1858</v>
+        <v>1850</v>
       </c>
       <c r="B626" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1859</v>
+        <v>1851</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>1860</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" s="1" t="s">
-        <v>1861</v>
+        <v>1853</v>
       </c>
       <c r="B627" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1862</v>
+        <v>1854</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>1863</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" s="1" t="s">
-        <v>1864</v>
+        <v>1856</v>
       </c>
       <c r="B628" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1865</v>
+        <v>1857</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>1866</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" s="1" t="s">
-        <v>1867</v>
+        <v>1859</v>
       </c>
       <c r="B629" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1868</v>
+        <v>1860</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>1869</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" s="1" t="s">
-        <v>1870</v>
+        <v>1862</v>
       </c>
       <c r="B630" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1871</v>
+        <v>1863</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>1872</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" s="1" t="s">
-        <v>1873</v>
+        <v>1865</v>
       </c>
       <c r="B631" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1874</v>
+        <v>1866</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>1875</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" s="1" t="s">
-        <v>1876</v>
+        <v>1868</v>
       </c>
       <c r="B632" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1877</v>
+        <v>1869</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>1878</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" s="1" t="s">
-        <v>1879</v>
+        <v>1871</v>
       </c>
       <c r="B633" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1880</v>
+        <v>1872</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>1881</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" s="1" t="s">
-        <v>1882</v>
+        <v>1874</v>
       </c>
       <c r="B634" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1883</v>
+        <v>1875</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>1884</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" s="1" t="s">
-        <v>1885</v>
+        <v>1877</v>
       </c>
       <c r="B635" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1886</v>
+        <v>1878</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>1887</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" s="1" t="s">
-        <v>1888</v>
+        <v>1880</v>
       </c>
       <c r="B636" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1889</v>
+        <v>1881</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>1890</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" s="1" t="s">
-        <v>1891</v>
+        <v>1883</v>
       </c>
       <c r="B637" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>1892</v>
+        <v>1884</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>1893</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" s="1" t="s">
-        <v>1894</v>
+        <v>1886</v>
       </c>
       <c r="B638" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1895</v>
+        <v>1887</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>1896</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" s="1" t="s">
-        <v>1897</v>
+        <v>1889</v>
       </c>
       <c r="B639" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1898</v>
+        <v>1890</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>1899</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" s="1" t="s">
-        <v>1900</v>
+        <v>1892</v>
       </c>
       <c r="B640" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1901</v>
+        <v>1893</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>1902</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" s="1" t="s">
-        <v>1903</v>
+        <v>1895</v>
       </c>
       <c r="B641" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1904</v>
+        <v>1896</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>1905</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" s="1" t="s">
-        <v>1906</v>
+        <v>1898</v>
       </c>
       <c r="B642" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>1907</v>
+        <v>1899</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>1908</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" s="1" t="s">
-        <v>1909</v>
+        <v>1901</v>
       </c>
       <c r="B643" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>1910</v>
+        <v>1902</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>1911</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644" s="1" t="s">
-        <v>1912</v>
+        <v>1904</v>
       </c>
       <c r="B644" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>1913</v>
+        <v>1905</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>1914</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" s="1" t="s">
-        <v>1915</v>
+        <v>1907</v>
       </c>
       <c r="B645" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1916</v>
+        <v>1908</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>1917</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" s="1" t="s">
-        <v>1918</v>
+        <v>1910</v>
       </c>
       <c r="B646" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1919</v>
+        <v>1911</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>1920</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" s="1" t="s">
-        <v>1921</v>
+        <v>1913</v>
       </c>
       <c r="B647" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1922</v>
+        <v>1914</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>1923</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" s="1" t="s">
-        <v>1924</v>
+        <v>1916</v>
       </c>
       <c r="B648" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1925</v>
+        <v>1917</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>1926</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="649" spans="1:4">
       <c r="A649" s="1" t="s">
-        <v>1927</v>
+        <v>1919</v>
       </c>
       <c r="B649" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>1928</v>
+        <v>1920</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>1929</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650" s="1" t="s">
-        <v>1930</v>
+        <v>1922</v>
       </c>
       <c r="B650" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1931</v>
+        <v>1923</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>1932</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" s="1" t="s">
-        <v>1933</v>
+        <v>1925</v>
       </c>
       <c r="B651" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>1934</v>
+        <v>1926</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>1935</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652" s="1" t="s">
-        <v>1936</v>
+        <v>1928</v>
       </c>
       <c r="B652" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>1931</v>
+        <v>1929</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>1937</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" s="1" t="s">
-        <v>1938</v>
+        <v>1931</v>
       </c>
       <c r="B653" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>1939</v>
+        <v>1932</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>1940</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654" s="1" t="s">
-        <v>1941</v>
+        <v>1934</v>
       </c>
       <c r="B654" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>1942</v>
+        <v>1935</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>1943</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" s="1" t="s">
-        <v>1944</v>
+        <v>1937</v>
       </c>
       <c r="B655" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>1945</v>
+        <v>1938</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>1946</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656" s="1" t="s">
-        <v>1947</v>
+        <v>1940</v>
       </c>
       <c r="B656" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>1948</v>
+        <v>1941</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>1949</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657" s="1" t="s">
-        <v>1950</v>
+        <v>1943</v>
       </c>
       <c r="B657" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>1951</v>
+        <v>1944</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>1952</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" s="1" t="s">
-        <v>1953</v>
+        <v>1946</v>
       </c>
       <c r="B658" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>1954</v>
+        <v>1947</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>1955</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659" s="1" t="s">
-        <v>1956</v>
+        <v>1949</v>
       </c>
       <c r="B659" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>1957</v>
+        <v>1950</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>1958</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660" s="1" t="s">
-        <v>1959</v>
+        <v>1952</v>
       </c>
       <c r="B660" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C660" s="1"/>
+      <c r="C660" s="1" t="s">
+        <v>1953</v>
+      </c>
       <c r="D660" s="1" t="s">
-        <v>1960</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661" s="1" t="s">
-        <v>1961</v>
+        <v>1955</v>
       </c>
       <c r="B661" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C661" s="1"/>
+      <c r="C661" s="1" t="s">
+        <v>1956</v>
+      </c>
       <c r="D661" s="1" t="s">
-        <v>1962</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" s="1" t="s">
-        <v>1963</v>
+        <v>1958</v>
       </c>
       <c r="B662" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>1964</v>
+        <v>1959</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>1965</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" s="1" t="s">
-        <v>1966</v>
+        <v>1961</v>
       </c>
       <c r="B663" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C663" s="1"/>
+      <c r="C663" s="1" t="s">
+        <v>1962</v>
+      </c>
       <c r="D663" s="1" t="s">
-        <v>1967</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" s="1" t="s">
-        <v>1968</v>
+        <v>1964</v>
       </c>
       <c r="B664" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C664" s="1"/>
+      <c r="C664" s="1" t="s">
+        <v>1965</v>
+      </c>
       <c r="D664" s="1" t="s">
-        <v>1969</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" s="1" t="s">
-        <v>1970</v>
+        <v>1967</v>
       </c>
       <c r="B665" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C665" s="1"/>
+      <c r="C665" s="1" t="s">
+        <v>1968</v>
+      </c>
       <c r="D665" s="1" t="s">
-        <v>1971</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B666" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C666" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D666" s="1" t="s">
         <v>1972</v>
-      </c>
-[...5 lines deleted...]
-        <v>1973</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B667" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C667" s="1" t="s">
         <v>1974</v>
       </c>
-      <c r="B667" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C667" s="1"/>
       <c r="D667" s="1" t="s">
         <v>1975</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668" s="1" t="s">
         <v>1976</v>
       </c>
       <c r="B668" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C668" s="1"/>
+      <c r="C668" s="1" t="s">
+        <v>1977</v>
+      </c>
       <c r="D668" s="1" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" s="1" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="B669" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C669" s="1"/>
+      <c r="C669" s="1" t="s">
+        <v>1980</v>
+      </c>
       <c r="D669" s="1" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" s="1" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" s="1" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" s="1" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" s="1" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" s="1" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" s="1" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" s="1" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" s="1" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678" s="1" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" s="1" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="B679" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" s="1" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="B680" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" s="1" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="B681" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" s="1" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B682" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" s="1" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B683" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" s="1" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B684" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685" s="1" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="B685" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" s="1" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" s="1" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" s="1" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="B688" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" s="1" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="B689" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" s="1" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="B690" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>2042</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" s="1" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="B691" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>2045</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" s="1" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
       <c r="B692" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" s="1" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="B693" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>2047</v>
+        <v>2052</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>2050</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" s="1" t="s">
-        <v>2051</v>
+        <v>2054</v>
       </c>
       <c r="B694" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>2047</v>
+        <v>2055</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>2052</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" s="1" t="s">
-        <v>2053</v>
+        <v>2057</v>
       </c>
       <c r="B695" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>2054</v>
+        <v>2058</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>2055</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" s="1" t="s">
-        <v>2056</v>
+        <v>2060</v>
       </c>
       <c r="B696" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>2057</v>
+        <v>2061</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>2058</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" s="1" t="s">
-        <v>2059</v>
+        <v>2063</v>
       </c>
       <c r="B697" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>2060</v>
+        <v>2064</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>2061</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" s="1" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="B698" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>2064</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699" s="1" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="B699" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>2067</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="700" spans="1:4">
       <c r="A700" s="1" t="s">
-        <v>2068</v>
+        <v>2072</v>
       </c>
       <c r="B700" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>2069</v>
+        <v>2073</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>2070</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" s="1" t="s">
-        <v>2071</v>
+        <v>2075</v>
       </c>
       <c r="B701" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>2047</v>
+        <v>2076</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>2072</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" s="1" t="s">
-        <v>2073</v>
+        <v>2078</v>
       </c>
       <c r="B702" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>2047</v>
+        <v>2079</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>2074</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703" s="1" t="s">
-        <v>2075</v>
+        <v>2081</v>
       </c>
       <c r="B703" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>2047</v>
+        <v>2082</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>2076</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" s="1" t="s">
-        <v>2077</v>
+        <v>2084</v>
       </c>
       <c r="B704" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>2078</v>
+        <v>2085</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>2079</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705" s="1" t="s">
-        <v>2080</v>
+        <v>2087</v>
       </c>
       <c r="B705" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>2081</v>
+        <v>2088</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>2082</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706" s="1" t="s">
-        <v>2083</v>
+        <v>2090</v>
       </c>
       <c r="B706" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>2081</v>
+        <v>2091</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>2084</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" s="1" t="s">
-        <v>2085</v>
+        <v>2093</v>
       </c>
       <c r="B707" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>2086</v>
+        <v>2094</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>2087</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708" s="1" t="s">
-        <v>2088</v>
+        <v>2096</v>
       </c>
       <c r="B708" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>2089</v>
+        <v>2097</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>2090</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709" s="1" t="s">
-        <v>2091</v>
+        <v>2099</v>
       </c>
       <c r="B709" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>2081</v>
+        <v>2100</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>2092</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" s="1" t="s">
-        <v>2093</v>
+        <v>2102</v>
       </c>
       <c r="B710" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>2081</v>
+        <v>2103</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>2094</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711" s="1" t="s">
-        <v>2095</v>
+        <v>2105</v>
       </c>
       <c r="B711" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>2081</v>
+        <v>2106</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>2096</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" s="1" t="s">
-        <v>2097</v>
+        <v>2108</v>
       </c>
       <c r="B712" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>2098</v>
+        <v>2109</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>2099</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" s="1" t="s">
-        <v>2100</v>
+        <v>2111</v>
       </c>
       <c r="B713" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>2101</v>
+        <v>2112</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>2102</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" s="1" t="s">
-        <v>2103</v>
+        <v>2114</v>
       </c>
       <c r="B714" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>2104</v>
+        <v>2115</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>2105</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715" s="1" t="s">
-        <v>2106</v>
+        <v>2117</v>
       </c>
       <c r="B715" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>2081</v>
+        <v>2118</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>2107</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" s="1" t="s">
-        <v>2108</v>
+        <v>2120</v>
       </c>
       <c r="B716" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>2081</v>
+        <v>2121</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>2109</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717" s="1" t="s">
-        <v>2110</v>
+        <v>2123</v>
       </c>
       <c r="B717" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>2081</v>
+        <v>2124</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>2111</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718" s="1" t="s">
-        <v>2112</v>
+        <v>2126</v>
       </c>
       <c r="B718" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>2113</v>
+        <v>2127</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>2114</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" s="1" t="s">
-        <v>2115</v>
+        <v>2129</v>
       </c>
       <c r="B719" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>2081</v>
+        <v>2130</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>2116</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720" s="1" t="s">
-        <v>2117</v>
+        <v>2132</v>
       </c>
       <c r="B720" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>2081</v>
+        <v>2133</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>2118</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" s="1" t="s">
-        <v>2119</v>
+        <v>2135</v>
       </c>
       <c r="B721" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>2120</v>
+        <v>2136</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>2121</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" s="1" t="s">
-        <v>2122</v>
+        <v>2138</v>
       </c>
       <c r="B722" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>2123</v>
+        <v>2139</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>2124</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" s="1" t="s">
-        <v>2125</v>
+        <v>2141</v>
       </c>
       <c r="B723" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>2126</v>
+        <v>2142</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>2127</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" s="1" t="s">
-        <v>2128</v>
+        <v>2144</v>
       </c>
       <c r="B724" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>2129</v>
+        <v>2145</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>2130</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" s="1" t="s">
-        <v>2131</v>
+        <v>2147</v>
       </c>
       <c r="B725" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>2132</v>
+        <v>2148</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>2133</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" s="1" t="s">
-        <v>2134</v>
+        <v>2150</v>
       </c>
       <c r="B726" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>2135</v>
+        <v>2151</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>2136</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" s="1" t="s">
-        <v>2137</v>
+        <v>2153</v>
       </c>
       <c r="B727" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>2138</v>
+        <v>2154</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>2139</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" s="1" t="s">
-        <v>2140</v>
+        <v>2156</v>
       </c>
       <c r="B728" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>2141</v>
+        <v>2157</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>2142</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="A729" s="1" t="s">
-        <v>2143</v>
+        <v>2159</v>
       </c>
       <c r="B729" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>2081</v>
+        <v>2160</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>2144</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730" s="1" t="s">
-        <v>2145</v>
+        <v>2162</v>
       </c>
       <c r="B730" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>2146</v>
+        <v>2163</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>2147</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" s="1" t="s">
-        <v>2148</v>
+        <v>2165</v>
       </c>
       <c r="B731" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>2149</v>
+        <v>2166</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>2150</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732" s="1" t="s">
-        <v>2151</v>
+        <v>2168</v>
       </c>
       <c r="B732" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>2146</v>
+        <v>2169</v>
       </c>
       <c r="D732" s="1" t="s">
-        <v>2152</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" s="1" t="s">
-        <v>2153</v>
+        <v>2171</v>
       </c>
       <c r="B733" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>2146</v>
+        <v>2172</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>2154</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" s="1" t="s">
-        <v>2155</v>
+        <v>2174</v>
       </c>
       <c r="B734" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>2156</v>
+        <v>2175</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>2157</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" s="1" t="s">
-        <v>2158</v>
+        <v>2177</v>
       </c>
       <c r="B735" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>2159</v>
+        <v>2178</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>2160</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736" s="1" t="s">
-        <v>2161</v>
+        <v>2180</v>
       </c>
       <c r="B736" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>2159</v>
+        <v>2181</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>2162</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737" s="1" t="s">
-        <v>2163</v>
+        <v>2183</v>
       </c>
       <c r="B737" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>2164</v>
+        <v>2184</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>2165</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738" s="1" t="s">
-        <v>2166</v>
+        <v>2186</v>
       </c>
       <c r="B738" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>2167</v>
+        <v>2187</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>2168</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="A739" s="1" t="s">
-        <v>2169</v>
+        <v>2189</v>
       </c>
       <c r="B739" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>2146</v>
+        <v>2190</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>2170</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="A740" s="1" t="s">
-        <v>2171</v>
+        <v>2192</v>
       </c>
       <c r="B740" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>2172</v>
+        <v>2193</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>23</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="A741" s="1" t="s">
-        <v>2173</v>
+        <v>2195</v>
       </c>
       <c r="B741" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>2174</v>
+        <v>2196</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>2175</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742" s="1" t="s">
-        <v>2176</v>
+        <v>2198</v>
       </c>
       <c r="B742" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>2177</v>
+        <v>2199</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>2178</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="A743" s="1" t="s">
-        <v>2179</v>
+        <v>2201</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>2181</v>
+        <v>2199</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>2182</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744" s="1" t="s">
-        <v>2183</v>
+        <v>2203</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>2184</v>
+        <v>2204</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>2185</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745" s="1" t="s">
-        <v>2186</v>
+        <v>2206</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>2180</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="C745" s="1"/>
       <c r="D745" s="1" t="s">
-        <v>2188</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746" s="1" t="s">
-        <v>2189</v>
+        <v>2208</v>
       </c>
       <c r="B746" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C746" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C746" s="1"/>
       <c r="D746" s="1" t="s">
-        <v>2191</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="A747" s="1" t="s">
-        <v>2192</v>
+        <v>2210</v>
       </c>
       <c r="B747" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>2193</v>
+        <v>2211</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>2194</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748" s="1" t="s">
-        <v>2195</v>
+        <v>2213</v>
       </c>
       <c r="B748" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>2159</v>
+        <v>2214</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>2196</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="A749" s="1" t="s">
-        <v>2197</v>
+        <v>2216</v>
       </c>
       <c r="B749" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>2159</v>
+        <v>2217</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>2198</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="A750" s="1" t="s">
-        <v>2199</v>
+        <v>2219</v>
       </c>
       <c r="B750" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>2159</v>
+        <v>2220</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>2200</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="A751" s="1" t="s">
-        <v>2201</v>
+        <v>2222</v>
       </c>
       <c r="B751" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>2159</v>
+        <v>2223</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>2202</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="A752" s="1" t="s">
-        <v>2203</v>
+        <v>2225</v>
       </c>
       <c r="B752" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>2159</v>
+        <v>2226</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>2204</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753" s="1" t="s">
-        <v>2205</v>
+        <v>2228</v>
       </c>
       <c r="B753" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C753" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C753" s="1"/>
       <c r="D753" s="1" t="s">
-        <v>2206</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754" s="1" t="s">
-        <v>2207</v>
+        <v>2230</v>
       </c>
       <c r="B754" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C754" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C754" s="1"/>
       <c r="D754" s="1" t="s">
-        <v>2209</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="A755" s="1" t="s">
-        <v>2210</v>
+        <v>2232</v>
       </c>
       <c r="B755" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C755" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C755" s="1"/>
       <c r="D755" s="1" t="s">
-        <v>2211</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756" s="1" t="s">
-        <v>2212</v>
+        <v>2234</v>
       </c>
       <c r="B756" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C756" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C756" s="1"/>
       <c r="D756" s="1" t="s">
-        <v>2213</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757" s="1" t="s">
-        <v>2214</v>
+        <v>2236</v>
       </c>
       <c r="B757" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C757" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C757" s="1"/>
       <c r="D757" s="1" t="s">
-        <v>2215</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="758" spans="1:4">
       <c r="A758" s="1" t="s">
-        <v>2216</v>
+        <v>2238</v>
       </c>
       <c r="B758" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C758" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C758" s="1"/>
       <c r="D758" s="1" t="s">
-        <v>2217</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="759" spans="1:4">
       <c r="A759" s="1" t="s">
-        <v>2218</v>
+        <v>2240</v>
       </c>
       <c r="B759" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C759" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C759" s="1"/>
       <c r="D759" s="1" t="s">
-        <v>2219</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="A760" s="1" t="s">
-        <v>2220</v>
+        <v>2242</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>2193</v>
+        <v>2243</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>2221</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761" s="1" t="s">
-        <v>2222</v>
+        <v>2245</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>2208</v>
+        <v>2246</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>2223</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762" s="1" t="s">
-        <v>2224</v>
+        <v>2248</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>2193</v>
+        <v>2249</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>2225</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763" s="1" t="s">
-        <v>2226</v>
+        <v>2251</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>2193</v>
+        <v>2252</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>2227</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="A764" s="1" t="s">
-        <v>2228</v>
+        <v>2254</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>2193</v>
+        <v>2255</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>2229</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="A765" s="1" t="s">
-        <v>2230</v>
+        <v>2257</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>2193</v>
+        <v>2258</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>2231</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766" s="1" t="s">
-        <v>2232</v>
+        <v>2260</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>2193</v>
+        <v>2261</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>2233</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767" s="1" t="s">
-        <v>2234</v>
+        <v>2263</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>2193</v>
+        <v>2264</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>2235</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="A768" s="1" t="s">
-        <v>2236</v>
+        <v>2266</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>2193</v>
+        <v>2267</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>2237</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" s="1" t="s">
-        <v>2238</v>
+        <v>2269</v>
       </c>
       <c r="B769" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>2193</v>
+        <v>2270</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>2239</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770" s="1" t="s">
-        <v>2240</v>
+        <v>2272</v>
       </c>
       <c r="B770" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>2241</v>
+        <v>2273</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>2242</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771" s="1" t="s">
-        <v>2243</v>
+        <v>2275</v>
       </c>
       <c r="B771" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>2241</v>
+        <v>2276</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>2244</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="772" spans="1:4">
       <c r="A772" s="1" t="s">
-        <v>2245</v>
+        <v>2278</v>
       </c>
       <c r="B772" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>2241</v>
+        <v>2279</v>
       </c>
       <c r="D772" s="1" t="s">
-        <v>2246</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="A773" s="1" t="s">
-        <v>2247</v>
+        <v>2281</v>
       </c>
       <c r="B773" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>2241</v>
+        <v>2282</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>2248</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="774" spans="1:4">
       <c r="A774" s="1" t="s">
-        <v>2249</v>
+        <v>2284</v>
       </c>
       <c r="B774" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>2250</v>
+        <v>2285</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>2251</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775" s="1" t="s">
-        <v>2252</v>
+        <v>2287</v>
       </c>
       <c r="B775" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>2253</v>
+        <v>2288</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>2254</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776" s="1" t="s">
-        <v>2255</v>
+        <v>2290</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>2256</v>
+        <v>2291</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>2257</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777" s="1" t="s">
-        <v>2258</v>
+        <v>2293</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>2259</v>
+        <v>2294</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>2260</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778" s="1" t="s">
-        <v>2261</v>
+        <v>2296</v>
       </c>
       <c r="B778" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>2241</v>
+        <v>2297</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>2262</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="779" spans="1:4">
       <c r="A779" s="1" t="s">
-        <v>2263</v>
+        <v>2299</v>
       </c>
       <c r="B779" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>2241</v>
+        <v>2300</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>2264</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="780" spans="1:4">
       <c r="A780" s="1" t="s">
-        <v>2265</v>
+        <v>2302</v>
       </c>
       <c r="B780" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>2250</v>
+        <v>2303</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>2266</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="781" spans="1:4">
       <c r="A781" s="1" t="s">
-        <v>2267</v>
+        <v>2305</v>
       </c>
       <c r="B781" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>2250</v>
+        <v>2306</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>2268</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782" s="1" t="s">
-        <v>2269</v>
+        <v>2308</v>
       </c>
       <c r="B782" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>2250</v>
+        <v>2309</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>2270</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783" s="1" t="s">
-        <v>2271</v>
+        <v>2311</v>
       </c>
       <c r="B783" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>2250</v>
+        <v>2309</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>2272</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784" s="1" t="s">
-        <v>2273</v>
+        <v>2313</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>2274</v>
+        <v>2309</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>2275</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" s="1" t="s">
-        <v>2276</v>
+        <v>2315</v>
       </c>
       <c r="B785" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>2250</v>
+        <v>2316</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>2277</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786" s="1" t="s">
-        <v>2278</v>
+        <v>2318</v>
       </c>
       <c r="B786" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>2250</v>
+        <v>2319</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>2279</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="787" spans="1:4">
       <c r="A787" s="1" t="s">
-        <v>2280</v>
+        <v>2321</v>
       </c>
       <c r="B787" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2250</v>
+        <v>2322</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>2281</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="788" spans="1:4">
       <c r="A788" s="1" t="s">
-        <v>2282</v>
+        <v>2324</v>
       </c>
       <c r="B788" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2250</v>
+        <v>2325</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>2283</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="789" spans="1:4">
       <c r="A789" s="1" t="s">
-        <v>2284</v>
+        <v>2327</v>
       </c>
       <c r="B789" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>2285</v>
+        <v>2328</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>2286</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="790" spans="1:4">
       <c r="A790" s="1" t="s">
-        <v>2287</v>
+        <v>2330</v>
       </c>
       <c r="B790" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C790" s="1"/>
+      <c r="C790" s="1" t="s">
+        <v>2331</v>
+      </c>
       <c r="D790" s="1" t="s">
-        <v>2288</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791" s="1" t="s">
-        <v>2289</v>
+        <v>2333</v>
       </c>
       <c r="B791" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>2250</v>
+        <v>2309</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>2290</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792" s="1" t="s">
-        <v>2291</v>
+        <v>2335</v>
       </c>
       <c r="B792" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C792" s="1"/>
+      <c r="C792" s="1" t="s">
+        <v>2309</v>
+      </c>
       <c r="D792" s="1" t="s">
-        <v>2292</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793" s="1" t="s">
-        <v>2293</v>
+        <v>2337</v>
       </c>
       <c r="B793" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>2250</v>
+        <v>2309</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>2294</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="794" spans="1:4">
       <c r="A794" s="1" t="s">
-        <v>2295</v>
+        <v>2339</v>
       </c>
       <c r="B794" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>2250</v>
+        <v>2340</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>2296</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795" s="1" t="s">
-        <v>2297</v>
+        <v>2342</v>
       </c>
       <c r="B795" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>2250</v>
+        <v>2343</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>2298</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796" s="1" t="s">
-        <v>2299</v>
+        <v>2345</v>
       </c>
       <c r="B796" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>2250</v>
+        <v>2343</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>2300</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797" s="1" t="s">
-        <v>2301</v>
+        <v>2347</v>
       </c>
       <c r="B797" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>2302</v>
+        <v>2348</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>2303</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798" s="1" t="s">
-        <v>2304</v>
+        <v>2350</v>
       </c>
       <c r="B798" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>2305</v>
+        <v>2351</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>2306</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="799" spans="1:4">
       <c r="A799" s="1" t="s">
-        <v>2307</v>
+        <v>2353</v>
       </c>
       <c r="B799" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>2302</v>
+        <v>2343</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>2308</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="800" spans="1:4">
       <c r="A800" s="1" t="s">
-        <v>2309</v>
+        <v>2355</v>
       </c>
       <c r="B800" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>2302</v>
+        <v>2343</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>2310</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="801" spans="1:4">
       <c r="A801" s="1" t="s">
-        <v>2311</v>
+        <v>2357</v>
       </c>
       <c r="B801" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>2302</v>
+        <v>2343</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>2312</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802" s="1" t="s">
-        <v>2313</v>
+        <v>2359</v>
       </c>
       <c r="B802" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>2302</v>
+        <v>2360</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>2314</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803" s="1" t="s">
-        <v>2315</v>
+        <v>2362</v>
       </c>
       <c r="B803" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2302</v>
+        <v>2363</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>2316</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804" s="1" t="s">
-        <v>2317</v>
+        <v>2365</v>
       </c>
       <c r="B804" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>2302</v>
+        <v>2366</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>2318</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805" s="1" t="s">
-        <v>2319</v>
+        <v>2368</v>
       </c>
       <c r="B805" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C805" s="1"/>
+      <c r="C805" s="1" t="s">
+        <v>2343</v>
+      </c>
       <c r="D805" s="1" t="s">
-        <v>2320</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="806" spans="1:4">
       <c r="A806" s="1" t="s">
-        <v>2321</v>
+        <v>2370</v>
       </c>
       <c r="B806" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>2322</v>
+        <v>2343</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>2323</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807" s="1" t="s">
-        <v>2324</v>
+        <v>2372</v>
       </c>
       <c r="B807" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>2325</v>
+        <v>2343</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>2326</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" s="1" t="s">
-        <v>2327</v>
+        <v>2374</v>
       </c>
       <c r="B808" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>2328</v>
+        <v>2375</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>2329</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" s="1" t="s">
-        <v>2330</v>
+        <v>2377</v>
       </c>
       <c r="B809" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>2302</v>
+        <v>2343</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>2331</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" s="1" t="s">
-        <v>2332</v>
+        <v>2379</v>
       </c>
       <c r="B810" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>2302</v>
+        <v>2343</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>2333</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="811" spans="1:4">
       <c r="A811" s="1" t="s">
-        <v>2334</v>
+        <v>2381</v>
       </c>
       <c r="B811" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>2335</v>
+        <v>2382</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>2336</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812" s="1" t="s">
-        <v>2337</v>
+        <v>2384</v>
       </c>
       <c r="B812" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>2338</v>
+        <v>2385</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>2339</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" s="1" t="s">
-        <v>2340</v>
+        <v>2387</v>
       </c>
       <c r="B813" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>2341</v>
+        <v>2388</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>2342</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814" s="1" t="s">
-        <v>2343</v>
+        <v>2390</v>
       </c>
       <c r="B814" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>2344</v>
+        <v>2391</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>2345</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815" s="1" t="s">
-        <v>2346</v>
+        <v>2393</v>
       </c>
       <c r="B815" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>2347</v>
+        <v>2394</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>2348</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="816" spans="1:4">
       <c r="A816" s="1" t="s">
-        <v>2349</v>
+        <v>2396</v>
       </c>
       <c r="B816" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>2350</v>
+        <v>2397</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>2351</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817" s="1" t="s">
-        <v>2352</v>
+        <v>2399</v>
       </c>
       <c r="B817" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>2353</v>
+        <v>2400</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>2354</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818" s="1" t="s">
-        <v>2355</v>
+        <v>2402</v>
       </c>
       <c r="B818" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>2356</v>
+        <v>2403</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>2357</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" s="1" t="s">
-        <v>2358</v>
+        <v>2405</v>
       </c>
       <c r="B819" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>2047</v>
+        <v>2343</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>2359</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820" s="1" t="s">
-        <v>2360</v>
+        <v>2407</v>
       </c>
       <c r="B820" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>2047</v>
+        <v>2408</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>2361</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821" s="1" t="s">
-        <v>2362</v>
+        <v>2410</v>
       </c>
       <c r="B821" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>2047</v>
+        <v>2411</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>2363</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822" s="1" t="s">
-        <v>2364</v>
+        <v>2413</v>
       </c>
       <c r="B822" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>2365</v>
+        <v>2408</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>2366</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823" s="1" t="s">
-        <v>2367</v>
+        <v>2415</v>
       </c>
       <c r="B823" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>2368</v>
+        <v>2408</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>2369</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="824" spans="1:4">
       <c r="A824" s="1" t="s">
-        <v>2370</v>
+        <v>2417</v>
       </c>
       <c r="B824" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>2371</v>
+        <v>2418</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>2372</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825" s="1" t="s">
-        <v>2373</v>
+        <v>2420</v>
       </c>
       <c r="B825" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>2374</v>
+        <v>2421</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>2375</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="826" spans="1:4">
       <c r="A826" s="1" t="s">
-        <v>2376</v>
+        <v>2423</v>
       </c>
       <c r="B826" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>2377</v>
+        <v>2421</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>2378</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="827" spans="1:4">
       <c r="A827" s="1" t="s">
-        <v>2379</v>
+        <v>2425</v>
       </c>
       <c r="B827" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>2380</v>
+        <v>2426</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>2381</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828" s="1" t="s">
-        <v>2382</v>
+        <v>2428</v>
       </c>
       <c r="B828" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>2380</v>
+        <v>2429</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>2383</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="829" spans="1:4">
       <c r="A829" s="1" t="s">
-        <v>2384</v>
+        <v>2431</v>
       </c>
       <c r="B829" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>2380</v>
+        <v>2408</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>2385</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="830" spans="1:4">
       <c r="A830" s="1" t="s">
-        <v>2386</v>
+        <v>2433</v>
       </c>
       <c r="B830" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>2380</v>
+        <v>2434</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>2387</v>
+        <v>277</v>
       </c>
     </row>
     <row r="831" spans="1:4">
       <c r="A831" s="1" t="s">
-        <v>2388</v>
+        <v>2435</v>
       </c>
       <c r="B831" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>2380</v>
+        <v>2436</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>2389</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="832" spans="1:4">
       <c r="A832" s="1" t="s">
-        <v>2390</v>
+        <v>2438</v>
       </c>
       <c r="B832" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>2380</v>
+        <v>2439</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>2391</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="833" spans="1:4">
       <c r="A833" s="1" t="s">
-        <v>2392</v>
+        <v>2441</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>2380</v>
+        <v>2442</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>2393</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834" s="1" t="s">
-        <v>2394</v>
+        <v>2444</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>2380</v>
+        <v>2445</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>2395</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="835" spans="1:4">
       <c r="A835" s="1" t="s">
-        <v>2396</v>
+        <v>2447</v>
       </c>
       <c r="B835" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>2380</v>
+        <v>2448</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>2397</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="836" spans="1:4">
       <c r="A836" s="1" t="s">
-        <v>2398</v>
+        <v>2450</v>
       </c>
       <c r="B836" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>2380</v>
+        <v>2451</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>2399</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="837" spans="1:4">
       <c r="A837" s="1" t="s">
-        <v>2400</v>
+        <v>2453</v>
       </c>
       <c r="B837" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>2380</v>
+        <v>2421</v>
       </c>
       <c r="D837" s="1" t="s">
-        <v>2401</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="838" spans="1:4">
       <c r="A838" s="1" t="s">
-        <v>2402</v>
+        <v>2455</v>
       </c>
       <c r="B838" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>2380</v>
+        <v>2421</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>2403</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="839" spans="1:4">
       <c r="A839" s="1" t="s">
-        <v>2404</v>
+        <v>2457</v>
       </c>
       <c r="B839" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>2380</v>
+        <v>2421</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>2405</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="840" spans="1:4">
       <c r="A840" s="1" t="s">
-        <v>2406</v>
+        <v>2459</v>
       </c>
       <c r="B840" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>2407</v>
+        <v>2421</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>2408</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="841" spans="1:4">
       <c r="A841" s="1" t="s">
-        <v>2409</v>
+        <v>2461</v>
       </c>
       <c r="B841" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>2410</v>
+        <v>2421</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>2411</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="842" spans="1:4">
       <c r="A842" s="1" t="s">
-        <v>2412</v>
+        <v>2463</v>
       </c>
       <c r="B842" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>2413</v>
+        <v>2451</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>2414</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="843" spans="1:4">
       <c r="A843" s="1" t="s">
-        <v>2415</v>
+        <v>2465</v>
       </c>
       <c r="B843" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>2416</v>
+        <v>2466</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>2417</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="844" spans="1:4">
       <c r="A844" s="1" t="s">
-        <v>2418</v>
+        <v>2468</v>
       </c>
       <c r="B844" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>2419</v>
+        <v>2451</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>2420</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="845" spans="1:4">
       <c r="A845" s="1" t="s">
-        <v>2421</v>
+        <v>2470</v>
       </c>
       <c r="B845" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>2422</v>
+        <v>2466</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>2423</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="846" spans="1:4">
       <c r="A846" s="1" t="s">
-        <v>2424</v>
+        <v>2472</v>
       </c>
       <c r="B846" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>2425</v>
+        <v>2451</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>2426</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847" s="1" t="s">
-        <v>2427</v>
+        <v>2474</v>
       </c>
       <c r="B847" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>2428</v>
+        <v>2451</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>2429</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="848" spans="1:4">
       <c r="A848" s="1" t="s">
-        <v>2430</v>
+        <v>2476</v>
       </c>
       <c r="B848" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>2431</v>
+        <v>2451</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>23</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="849" spans="1:4">
       <c r="A849" s="1" t="s">
-        <v>2432</v>
+        <v>2478</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>2433</v>
+        <v>2451</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>2434</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="850" spans="1:4">
       <c r="A850" s="1" t="s">
-        <v>2435</v>
+        <v>2480</v>
       </c>
       <c r="B850" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>2436</v>
+        <v>2466</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>2437</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851" s="1" t="s">
-        <v>2438</v>
+        <v>2482</v>
       </c>
       <c r="B851" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>2439</v>
+        <v>2451</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>2440</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="852" spans="1:4">
       <c r="A852" s="1" t="s">
-        <v>2441</v>
+        <v>2484</v>
       </c>
       <c r="B852" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>2442</v>
+        <v>2451</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>2443</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853" s="1" t="s">
-        <v>2444</v>
+        <v>2486</v>
       </c>
       <c r="B853" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>2445</v>
+        <v>2451</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>2446</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="854" spans="1:4">
       <c r="A854" s="1" t="s">
-        <v>2447</v>
+        <v>2488</v>
       </c>
       <c r="B854" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>2448</v>
+        <v>2451</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>2449</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="855" spans="1:4">
       <c r="A855" s="1" t="s">
-        <v>2450</v>
+        <v>2490</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C855" s="1" t="s">
         <v>2451</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>2452</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="856" spans="1:4">
       <c r="A856" s="1" t="s">
-        <v>2453</v>
+        <v>2492</v>
       </c>
       <c r="B856" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>2454</v>
+        <v>2451</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>2455</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="857" spans="1:4">
       <c r="A857" s="1" t="s">
-        <v>2456</v>
+        <v>2494</v>
       </c>
       <c r="B857" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>2457</v>
+        <v>2451</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>2458</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="858" spans="1:4">
       <c r="A858" s="1" t="s">
-        <v>2459</v>
+        <v>2496</v>
       </c>
       <c r="B858" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>2460</v>
+        <v>2451</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>2461</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="859" spans="1:4">
       <c r="A859" s="1" t="s">
-        <v>2462</v>
+        <v>2498</v>
       </c>
       <c r="B859" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>2463</v>
+        <v>2499</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>2464</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="860" spans="1:4">
       <c r="A860" s="1" t="s">
-        <v>2465</v>
+        <v>2501</v>
       </c>
       <c r="B860" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>2466</v>
+        <v>2499</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>2467</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="861" spans="1:4">
       <c r="A861" s="1" t="s">
-        <v>2468</v>
+        <v>2503</v>
       </c>
       <c r="B861" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>2469</v>
+        <v>2499</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>2470</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="862" spans="1:4">
       <c r="A862" s="1" t="s">
-        <v>2471</v>
+        <v>2505</v>
       </c>
       <c r="B862" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>2472</v>
+        <v>2499</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>2473</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="863" spans="1:4">
       <c r="A863" s="1" t="s">
-        <v>2474</v>
+        <v>2507</v>
       </c>
       <c r="B863" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>2475</v>
+        <v>2508</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>2476</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="864" spans="1:4">
       <c r="A864" s="1" t="s">
-        <v>2477</v>
+        <v>2510</v>
       </c>
       <c r="B864" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>2478</v>
+        <v>2511</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>2479</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="865" spans="1:4">
       <c r="A865" s="1" t="s">
-        <v>2480</v>
+        <v>2513</v>
       </c>
       <c r="B865" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>2481</v>
+        <v>2514</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>2482</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="866" spans="1:4">
       <c r="A866" s="1" t="s">
-        <v>2483</v>
+        <v>2516</v>
       </c>
       <c r="B866" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>2484</v>
+        <v>2517</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>2485</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="867" spans="1:4">
       <c r="A867" s="1" t="s">
-        <v>2486</v>
+        <v>2519</v>
       </c>
       <c r="B867" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>2487</v>
+        <v>2499</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>2488</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="868" spans="1:4">
       <c r="A868" s="1" t="s">
-        <v>2489</v>
+        <v>2521</v>
       </c>
       <c r="B868" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>2487</v>
+        <v>2499</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>2490</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="869" spans="1:4">
       <c r="A869" s="1" t="s">
-        <v>2491</v>
+        <v>2523</v>
       </c>
       <c r="B869" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>2492</v>
+        <v>2508</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>2493</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="870" spans="1:4">
       <c r="A870" s="1" t="s">
-        <v>2494</v>
+        <v>2525</v>
       </c>
       <c r="B870" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>2495</v>
+        <v>2508</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>2496</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="871" spans="1:4">
       <c r="A871" s="1" t="s">
-        <v>2497</v>
+        <v>2527</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>2498</v>
+        <v>2508</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>2499</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872" s="1" t="s">
-        <v>2500</v>
+        <v>2529</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>2501</v>
+        <v>2508</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>2502</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="873" spans="1:4">
       <c r="A873" s="1" t="s">
-        <v>2503</v>
+        <v>2531</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>2504</v>
+        <v>2532</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>2505</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="874" spans="1:4">
       <c r="A874" s="1" t="s">
-        <v>2506</v>
+        <v>2534</v>
       </c>
       <c r="B874" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>2508</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="875" spans="1:4">
       <c r="A875" s="1" t="s">
-        <v>2509</v>
+        <v>2536</v>
       </c>
       <c r="B875" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>2510</v>
+        <v>2508</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>2511</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="876" spans="1:4">
       <c r="A876" s="1" t="s">
-        <v>2512</v>
+        <v>2538</v>
       </c>
       <c r="B876" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>2513</v>
+        <v>2508</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>2514</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="877" spans="1:4">
       <c r="A877" s="1" t="s">
-        <v>2515</v>
+        <v>2540</v>
       </c>
       <c r="B877" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>2516</v>
+        <v>2508</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>2517</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="878" spans="1:4">
       <c r="A878" s="1" t="s">
-        <v>2518</v>
+        <v>2542</v>
       </c>
       <c r="B878" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>2519</v>
+        <v>2543</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>2520</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="879" spans="1:4">
       <c r="A879" s="1" t="s">
-        <v>2521</v>
+        <v>2545</v>
       </c>
       <c r="B879" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C879" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C879" s="1"/>
       <c r="D879" s="1" t="s">
-        <v>2523</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="880" spans="1:4">
       <c r="A880" s="1" t="s">
-        <v>2524</v>
+        <v>2547</v>
       </c>
       <c r="B880" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>2525</v>
+        <v>2508</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>2526</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="881" spans="1:4">
       <c r="A881" s="1" t="s">
-        <v>2527</v>
+        <v>2549</v>
       </c>
       <c r="B881" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C881" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C881" s="1"/>
       <c r="D881" s="1" t="s">
-        <v>2529</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="882" spans="1:4">
       <c r="A882" s="1" t="s">
-        <v>2530</v>
+        <v>2551</v>
       </c>
       <c r="B882" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>2531</v>
+        <v>2508</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>2532</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="883" spans="1:4">
       <c r="A883" s="1" t="s">
-        <v>2533</v>
+        <v>2553</v>
       </c>
       <c r="B883" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>2534</v>
+        <v>2508</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>2535</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="884" spans="1:4">
       <c r="A884" s="1" t="s">
-        <v>2536</v>
+        <v>2555</v>
       </c>
       <c r="B884" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>2537</v>
+        <v>2508</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>2538</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="885" spans="1:4">
       <c r="A885" s="1" t="s">
-        <v>2539</v>
+        <v>2557</v>
       </c>
       <c r="B885" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>2540</v>
+        <v>2508</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>2541</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="886" spans="1:4">
       <c r="A886" s="1" t="s">
-        <v>2542</v>
+        <v>2559</v>
       </c>
       <c r="B886" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>2543</v>
+        <v>2560</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>2544</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="887" spans="1:4">
       <c r="A887" s="1" t="s">
-        <v>2545</v>
+        <v>2562</v>
       </c>
       <c r="B887" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>2546</v>
+        <v>2563</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>2547</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="888" spans="1:4">
       <c r="A888" s="1" t="s">
-        <v>2548</v>
+        <v>2565</v>
       </c>
       <c r="B888" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>2549</v>
+        <v>2560</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>2550</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="889" spans="1:4">
       <c r="A889" s="1" t="s">
-        <v>2551</v>
+        <v>2567</v>
       </c>
       <c r="B889" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>2552</v>
+        <v>2560</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>2553</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="890" spans="1:4">
       <c r="A890" s="1" t="s">
-        <v>2554</v>
+        <v>2569</v>
       </c>
       <c r="B890" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>2555</v>
+        <v>2560</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>2556</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="891" spans="1:4">
       <c r="A891" s="1" t="s">
-        <v>2557</v>
+        <v>2571</v>
       </c>
       <c r="B891" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>2558</v>
+        <v>2560</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>2559</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="892" spans="1:4">
       <c r="A892" s="1" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B892" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C892" s="1" t="s">
         <v>2560</v>
       </c>
-      <c r="B892" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D892" s="1" t="s">
-        <v>2562</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="893" spans="1:4">
       <c r="A893" s="1" t="s">
-        <v>2563</v>
+        <v>2575</v>
       </c>
       <c r="B893" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2564</v>
+        <v>2560</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>2565</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="894" spans="1:4">
       <c r="A894" s="1" t="s">
-        <v>2566</v>
+        <v>2577</v>
       </c>
       <c r="B894" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C894" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C894" s="1"/>
       <c r="D894" s="1" t="s">
-        <v>2568</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="895" spans="1:4">
       <c r="A895" s="1" t="s">
-        <v>2569</v>
+        <v>2579</v>
       </c>
       <c r="B895" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>2570</v>
+        <v>2580</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>2571</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="896" spans="1:4">
       <c r="A896" s="1" t="s">
-        <v>2572</v>
+        <v>2582</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>2573</v>
+        <v>2583</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>2574</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="897" spans="1:4">
       <c r="A897" s="1" t="s">
-        <v>2575</v>
+        <v>2585</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>2576</v>
+        <v>2586</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>2577</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="898" spans="1:4">
       <c r="A898" s="1" t="s">
-        <v>2578</v>
+        <v>2588</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>2579</v>
+        <v>2560</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>2580</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="899" spans="1:4">
       <c r="A899" s="1" t="s">
-        <v>2581</v>
+        <v>2590</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2582</v>
+        <v>2560</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>2583</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="900" spans="1:4">
       <c r="A900" s="1" t="s">
-        <v>2584</v>
+        <v>2592</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>2585</v>
+        <v>2593</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>2586</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="901" spans="1:4">
       <c r="A901" s="1" t="s">
-        <v>2587</v>
+        <v>2595</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>2588</v>
+        <v>2596</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>2589</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="902" spans="1:4">
       <c r="A902" s="1" t="s">
-        <v>2590</v>
+        <v>2598</v>
       </c>
       <c r="B902" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>2591</v>
+        <v>2599</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>2592</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="903" spans="1:4">
       <c r="A903" s="1" t="s">
-        <v>2593</v>
+        <v>2601</v>
       </c>
       <c r="B903" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>2594</v>
+        <v>2602</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>2595</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="904" spans="1:4">
       <c r="A904" s="1" t="s">
-        <v>2596</v>
+        <v>2604</v>
       </c>
       <c r="B904" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>2597</v>
+        <v>2605</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>2598</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="905" spans="1:4">
       <c r="A905" s="1" t="s">
-        <v>2599</v>
+        <v>2607</v>
       </c>
       <c r="B905" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>2600</v>
+        <v>2608</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>2601</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="906" spans="1:4">
       <c r="A906" s="1" t="s">
-        <v>2602</v>
+        <v>2610</v>
       </c>
       <c r="B906" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>2603</v>
+        <v>2611</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>2604</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="907" spans="1:4">
       <c r="A907" s="1" t="s">
-        <v>2605</v>
+        <v>2613</v>
       </c>
       <c r="B907" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>2606</v>
+        <v>2614</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>2607</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="908" spans="1:4">
       <c r="A908" s="1" t="s">
-        <v>2608</v>
+        <v>2616</v>
       </c>
       <c r="B908" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>2609</v>
+        <v>2309</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>2610</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="909" spans="1:4">
       <c r="A909" s="1" t="s">
-        <v>2611</v>
+        <v>2618</v>
       </c>
       <c r="B909" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>2612</v>
+        <v>2309</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>2613</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="910" spans="1:4">
       <c r="A910" s="1" t="s">
-        <v>2614</v>
+        <v>2620</v>
       </c>
       <c r="B910" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>2615</v>
+        <v>2309</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>2616</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="911" spans="1:4">
       <c r="A911" s="1" t="s">
-        <v>2617</v>
+        <v>2622</v>
       </c>
       <c r="B911" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>2618</v>
+        <v>2623</v>
       </c>
       <c r="D911" s="1" t="s">
-        <v>2619</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="912" spans="1:4">
       <c r="A912" s="1" t="s">
-        <v>2620</v>
+        <v>2625</v>
       </c>
       <c r="B912" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>2621</v>
+        <v>2626</v>
       </c>
       <c r="D912" s="1" t="s">
-        <v>2622</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="913" spans="1:4">
       <c r="A913" s="1" t="s">
-        <v>2623</v>
+        <v>2628</v>
       </c>
       <c r="B913" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>2624</v>
+        <v>2629</v>
       </c>
       <c r="D913" s="1" t="s">
-        <v>2625</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="914" spans="1:4">
       <c r="A914" s="1" t="s">
-        <v>2626</v>
+        <v>2631</v>
       </c>
       <c r="B914" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>2627</v>
+        <v>2632</v>
       </c>
       <c r="D914" s="1" t="s">
-        <v>2628</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="915" spans="1:4">
       <c r="A915" s="1" t="s">
-        <v>2629</v>
+        <v>2634</v>
       </c>
       <c r="B915" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>2629</v>
+        <v>2635</v>
       </c>
       <c r="D915" s="1" t="s">
-        <v>2630</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="916" spans="1:4">
       <c r="A916" s="1" t="s">
-        <v>2631</v>
+        <v>2637</v>
       </c>
       <c r="B916" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>2631</v>
+        <v>2638</v>
       </c>
       <c r="D916" s="1" t="s">
-        <v>2632</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="917" spans="1:4">
       <c r="A917" s="1" t="s">
-        <v>2633</v>
+        <v>2640</v>
       </c>
       <c r="B917" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>2634</v>
+        <v>2638</v>
       </c>
       <c r="D917" s="1" t="s">
-        <v>2635</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="918" spans="1:4">
       <c r="A918" s="1" t="s">
-        <v>2636</v>
+        <v>2642</v>
       </c>
       <c r="B918" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="D918" s="1" t="s">
-        <v>2638</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="919" spans="1:4">
       <c r="A919" s="1" t="s">
-        <v>2639</v>
+        <v>2644</v>
       </c>
       <c r="B919" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>2640</v>
+        <v>2638</v>
       </c>
       <c r="D919" s="1" t="s">
-        <v>2641</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="920" spans="1:4">
       <c r="A920" s="1" t="s">
-        <v>2642</v>
+        <v>2646</v>
       </c>
       <c r="B920" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>2643</v>
+        <v>2638</v>
       </c>
       <c r="D920" s="1" t="s">
-        <v>2644</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="921" spans="1:4">
       <c r="A921" s="1" t="s">
-        <v>2645</v>
+        <v>2648</v>
       </c>
       <c r="B921" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>2646</v>
+        <v>2638</v>
       </c>
       <c r="D921" s="1" t="s">
-        <v>2647</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="922" spans="1:4">
       <c r="A922" s="1" t="s">
-        <v>2648</v>
+        <v>2650</v>
       </c>
       <c r="B922" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>2649</v>
+        <v>2638</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="923" spans="1:4">
       <c r="A923" s="1" t="s">
-        <v>2651</v>
+        <v>2652</v>
       </c>
       <c r="B923" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>2652</v>
+        <v>2638</v>
       </c>
       <c r="D923" s="1" t="s">
         <v>2653</v>
       </c>
     </row>
     <row r="924" spans="1:4">
       <c r="A924" s="1" t="s">
         <v>2654</v>
       </c>
       <c r="B924" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C924" s="1" t="s">
+        <v>2638</v>
+      </c>
+      <c r="D924" s="1" t="s">
         <v>2655</v>
-      </c>
-[...1 lines deleted...]
-        <v>2656</v>
       </c>
     </row>
     <row r="925" spans="1:4">
       <c r="A925" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B925" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C925" s="1" t="s">
+        <v>2638</v>
+      </c>
+      <c r="D925" s="1" t="s">
         <v>2657</v>
-      </c>
-[...7 lines deleted...]
-        <v>2659</v>
       </c>
     </row>
     <row r="926" spans="1:4">
       <c r="A926" s="1" t="s">
-        <v>2660</v>
+        <v>2658</v>
       </c>
       <c r="B926" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>2661</v>
+        <v>2638</v>
       </c>
       <c r="D926" s="1" t="s">
-        <v>2662</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="927" spans="1:4">
       <c r="A927" s="1" t="s">
-        <v>2663</v>
+        <v>2660</v>
       </c>
       <c r="B927" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>2664</v>
+        <v>2638</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>2665</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="928" spans="1:4">
       <c r="A928" s="1" t="s">
-        <v>2666</v>
+        <v>2662</v>
       </c>
       <c r="B928" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>2667</v>
+        <v>2638</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>2668</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="929" spans="1:4">
       <c r="A929" s="1" t="s">
-        <v>2669</v>
+        <v>2664</v>
       </c>
       <c r="B929" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>2670</v>
+        <v>2665</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>2671</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="930" spans="1:4">
       <c r="A930" s="1" t="s">
-        <v>2672</v>
+        <v>2667</v>
       </c>
       <c r="B930" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>2673</v>
+        <v>2668</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>2674</v>
+        <v>228</v>
       </c>
     </row>
     <row r="931" spans="1:4">
       <c r="A931" s="1" t="s">
-        <v>2675</v>
+        <v>2669</v>
       </c>
       <c r="B931" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>2676</v>
+        <v>2670</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>2677</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="932" spans="1:4">
       <c r="A932" s="1" t="s">
-        <v>2678</v>
+        <v>2672</v>
       </c>
       <c r="B932" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>2679</v>
+        <v>2673</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>2680</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="933" spans="1:4">
       <c r="A933" s="1" t="s">
-        <v>2681</v>
+        <v>2675</v>
       </c>
       <c r="B933" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2682</v>
+        <v>2676</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>2683</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="934" spans="1:4">
       <c r="A934" s="1" t="s">
-        <v>2684</v>
+        <v>2678</v>
       </c>
       <c r="B934" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2685</v>
+        <v>2679</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>2686</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="935" spans="1:4">
       <c r="A935" s="1" t="s">
-        <v>2687</v>
+        <v>2681</v>
       </c>
       <c r="B935" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2688</v>
+        <v>2682</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>2689</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="936" spans="1:4">
       <c r="A936" s="1" t="s">
-        <v>2690</v>
+        <v>2684</v>
       </c>
       <c r="B936" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>2691</v>
+        <v>2685</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>2692</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="937" spans="1:4">
       <c r="A937" s="1" t="s">
-        <v>2693</v>
+        <v>2687</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2694</v>
+        <v>2688</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>2695</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="938" spans="1:4">
       <c r="A938" s="1" t="s">
-        <v>2696</v>
+        <v>2690</v>
       </c>
       <c r="B938" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2697</v>
+        <v>2691</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>2698</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="939" spans="1:4">
       <c r="A939" s="1" t="s">
-        <v>2699</v>
+        <v>2693</v>
       </c>
       <c r="B939" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>2700</v>
+        <v>2694</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>2701</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="940" spans="1:4">
       <c r="A940" s="1" t="s">
-        <v>2702</v>
+        <v>2696</v>
       </c>
       <c r="B940" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2703</v>
+        <v>2697</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>2704</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="941" spans="1:4">
       <c r="A941" s="1" t="s">
-        <v>2705</v>
+        <v>2699</v>
       </c>
       <c r="B941" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>2706</v>
+        <v>2700</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>2707</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="942" spans="1:4">
       <c r="A942" s="1" t="s">
-        <v>2708</v>
+        <v>2702</v>
       </c>
       <c r="B942" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>2709</v>
+        <v>2703</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>2710</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="943" spans="1:4">
       <c r="A943" s="1" t="s">
-        <v>2711</v>
+        <v>2705</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>2712</v>
+        <v>2706</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>2713</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="944" spans="1:4">
       <c r="A944" s="1" t="s">
-        <v>2714</v>
+        <v>2708</v>
       </c>
       <c r="B944" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>2715</v>
+        <v>2709</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>2716</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="945" spans="1:4">
       <c r="A945" s="1" t="s">
-        <v>2717</v>
+        <v>2711</v>
       </c>
       <c r="B945" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>2718</v>
+        <v>2712</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>2719</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="946" spans="1:4">
       <c r="A946" s="1" t="s">
-        <v>2720</v>
+        <v>2714</v>
       </c>
       <c r="B946" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>2721</v>
+        <v>2715</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>2722</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="947" spans="1:4">
       <c r="A947" s="1" t="s">
-        <v>2723</v>
+        <v>2717</v>
       </c>
       <c r="B947" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>2724</v>
+        <v>2718</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>2725</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="948" spans="1:4">
       <c r="A948" s="1" t="s">
-        <v>2726</v>
+        <v>2720</v>
       </c>
       <c r="B948" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>2727</v>
+        <v>2721</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>2728</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="949" spans="1:4">
       <c r="A949" s="1" t="s">
-        <v>2729</v>
+        <v>2723</v>
       </c>
       <c r="B949" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>2730</v>
+        <v>2724</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>2731</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="950" spans="1:4">
       <c r="A950" s="1" t="s">
-        <v>2732</v>
+        <v>2726</v>
       </c>
       <c r="B950" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>2733</v>
+        <v>2727</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>2734</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="951" spans="1:4">
       <c r="A951" s="1" t="s">
-        <v>2735</v>
+        <v>2729</v>
       </c>
       <c r="B951" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>2736</v>
+        <v>2730</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>2737</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="952" spans="1:4">
       <c r="A952" s="1" t="s">
-        <v>2738</v>
+        <v>2732</v>
       </c>
       <c r="B952" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>2739</v>
+        <v>2733</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>2740</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="953" spans="1:4">
       <c r="A953" s="1" t="s">
-        <v>2741</v>
+        <v>2735</v>
       </c>
       <c r="B953" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>2742</v>
+        <v>2736</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>2743</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="954" spans="1:4">
       <c r="A954" s="1" t="s">
-        <v>2744</v>
+        <v>2738</v>
       </c>
       <c r="B954" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>2745</v>
+        <v>2739</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>2746</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="955" spans="1:4">
       <c r="A955" s="1" t="s">
-        <v>2747</v>
+        <v>2741</v>
       </c>
       <c r="B955" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>2748</v>
+        <v>2742</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>2749</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="956" spans="1:4">
       <c r="A956" s="1" t="s">
-        <v>2750</v>
+        <v>2744</v>
       </c>
       <c r="B956" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>2751</v>
+        <v>2742</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>2752</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="957" spans="1:4">
       <c r="A957" s="1" t="s">
-        <v>2753</v>
+        <v>2746</v>
       </c>
       <c r="B957" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>2754</v>
+        <v>2747</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>2755</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="958" spans="1:4">
       <c r="A958" s="1" t="s">
-        <v>2756</v>
+        <v>2749</v>
       </c>
       <c r="B958" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>2757</v>
+        <v>2750</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>2758</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="959" spans="1:4">
       <c r="A959" s="1" t="s">
-        <v>2759</v>
+        <v>2752</v>
       </c>
       <c r="B959" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>2760</v>
+        <v>2753</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>2761</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="960" spans="1:4">
       <c r="A960" s="1" t="s">
-        <v>2762</v>
+        <v>2755</v>
       </c>
       <c r="B960" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>2763</v>
+        <v>2756</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>2764</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="961" spans="1:4">
       <c r="A961" s="1" t="s">
-        <v>2765</v>
+        <v>2758</v>
       </c>
       <c r="B961" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>2766</v>
+        <v>2759</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>2767</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="962" spans="1:4">
       <c r="A962" s="1" t="s">
-        <v>2768</v>
+        <v>2761</v>
       </c>
       <c r="B962" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>2769</v>
+        <v>2762</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>2770</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="963" spans="1:4">
       <c r="A963" s="1" t="s">
-        <v>2771</v>
+        <v>2764</v>
       </c>
       <c r="B963" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>2772</v>
+        <v>2765</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>2773</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="964" spans="1:4">
       <c r="A964" s="1" t="s">
-        <v>2774</v>
+        <v>2767</v>
       </c>
       <c r="B964" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>2775</v>
+        <v>2768</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>2776</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="965" spans="1:4">
       <c r="A965" s="1" t="s">
-        <v>2777</v>
+        <v>2770</v>
       </c>
       <c r="B965" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>2778</v>
+        <v>2771</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>2779</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="966" spans="1:4">
       <c r="A966" s="1" t="s">
-        <v>2780</v>
+        <v>2773</v>
       </c>
       <c r="B966" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>2781</v>
+        <v>2774</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>2782</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="967" spans="1:4">
       <c r="A967" s="1" t="s">
-        <v>2783</v>
+        <v>2776</v>
       </c>
       <c r="B967" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>2784</v>
+        <v>2777</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>2785</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="968" spans="1:4">
       <c r="A968" s="1" t="s">
-        <v>2786</v>
+        <v>2779</v>
       </c>
       <c r="B968" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>2787</v>
+        <v>2780</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>2788</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="969" spans="1:4">
       <c r="A969" s="1" t="s">
-        <v>2789</v>
+        <v>2782</v>
       </c>
       <c r="B969" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>2790</v>
+        <v>2783</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>2791</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="970" spans="1:4">
       <c r="A970" s="1" t="s">
-        <v>2792</v>
+        <v>2785</v>
       </c>
       <c r="B970" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>2793</v>
+        <v>2786</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>2794</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="971" spans="1:4">
       <c r="A971" s="1" t="s">
-        <v>2795</v>
+        <v>2788</v>
       </c>
       <c r="B971" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>2796</v>
+        <v>2789</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>2797</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="972" spans="1:4">
       <c r="A972" s="1" t="s">
-        <v>2798</v>
+        <v>2791</v>
       </c>
       <c r="B972" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>2799</v>
+        <v>2792</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>2800</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="973" spans="1:4">
       <c r="A973" s="1" t="s">
-        <v>2801</v>
+        <v>2794</v>
       </c>
       <c r="B973" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>2802</v>
+        <v>2795</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>2803</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="974" spans="1:4">
       <c r="A974" s="1" t="s">
-        <v>2804</v>
+        <v>2797</v>
       </c>
       <c r="B974" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>2805</v>
+        <v>2798</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>2806</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="975" spans="1:4">
       <c r="A975" s="1" t="s">
-        <v>2807</v>
+        <v>2800</v>
       </c>
       <c r="B975" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>2808</v>
+        <v>2801</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>2809</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="976" spans="1:4">
       <c r="A976" s="1" t="s">
-        <v>2810</v>
+        <v>2803</v>
       </c>
       <c r="B976" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>2811</v>
+        <v>2804</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>2812</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="977" spans="1:4">
       <c r="A977" s="1" t="s">
-        <v>2813</v>
+        <v>2806</v>
       </c>
       <c r="B977" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>2814</v>
+        <v>2807</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>2815</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="978" spans="1:4">
       <c r="A978" s="1" t="s">
-        <v>2816</v>
+        <v>2809</v>
       </c>
       <c r="B978" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>2817</v>
+        <v>2810</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>2818</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="979" spans="1:4">
       <c r="A979" s="1" t="s">
-        <v>2819</v>
+        <v>2812</v>
       </c>
       <c r="B979" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>2820</v>
+        <v>2813</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>2821</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="980" spans="1:4">
       <c r="A980" s="1" t="s">
-        <v>2822</v>
+        <v>2815</v>
       </c>
       <c r="B980" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>2823</v>
+        <v>2816</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>2824</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="981" spans="1:4">
       <c r="A981" s="1" t="s">
-        <v>2825</v>
+        <v>2818</v>
       </c>
       <c r="B981" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>2826</v>
+        <v>2819</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>2827</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="982" spans="1:4">
       <c r="A982" s="1" t="s">
-        <v>2828</v>
+        <v>2821</v>
       </c>
       <c r="B982" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>2829</v>
+        <v>2822</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>2830</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="983" spans="1:4">
       <c r="A983" s="1" t="s">
-        <v>2831</v>
+        <v>2824</v>
       </c>
       <c r="B983" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>2832</v>
+        <v>2825</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>2833</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="984" spans="1:4">
       <c r="A984" s="1" t="s">
-        <v>2834</v>
+        <v>2827</v>
       </c>
       <c r="B984" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>2835</v>
+        <v>2828</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>2836</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="985" spans="1:4">
       <c r="A985" s="1" t="s">
-        <v>2837</v>
+        <v>2830</v>
       </c>
       <c r="B985" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>2838</v>
+        <v>2831</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>2839</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="986" spans="1:4">
       <c r="A986" s="1" t="s">
-        <v>2840</v>
+        <v>2833</v>
       </c>
       <c r="B986" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>2841</v>
+        <v>2834</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>2842</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="987" spans="1:4">
       <c r="A987" s="1" t="s">
-        <v>2843</v>
+        <v>2836</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>2844</v>
+        <v>2837</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>2845</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="988" spans="1:4">
       <c r="A988" s="1" t="s">
-        <v>2846</v>
+        <v>2839</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>2847</v>
+        <v>2840</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>2848</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="989" spans="1:4">
       <c r="A989" s="1" t="s">
-        <v>2849</v>
+        <v>2842</v>
       </c>
       <c r="B989" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>2850</v>
+        <v>2843</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>2851</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="990" spans="1:4">
       <c r="A990" s="1" t="s">
-        <v>2852</v>
+        <v>2845</v>
       </c>
       <c r="B990" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>2853</v>
+        <v>2846</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>2854</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="991" spans="1:4">
       <c r="A991" s="1" t="s">
-        <v>2855</v>
+        <v>2848</v>
       </c>
       <c r="B991" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>2856</v>
+        <v>2849</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>2857</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="992" spans="1:4">
       <c r="A992" s="1" t="s">
-        <v>2858</v>
+        <v>2851</v>
       </c>
       <c r="B992" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>2859</v>
+        <v>2852</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>2860</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="993" spans="1:4">
       <c r="A993" s="1" t="s">
-        <v>2861</v>
+        <v>2854</v>
       </c>
       <c r="B993" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>2862</v>
+        <v>2855</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>2863</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="994" spans="1:4">
       <c r="A994" s="1" t="s">
-        <v>2864</v>
+        <v>2857</v>
       </c>
       <c r="B994" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>2865</v>
+        <v>2858</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>2866</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="995" spans="1:4">
       <c r="A995" s="1" t="s">
-        <v>2867</v>
+        <v>2860</v>
       </c>
       <c r="B995" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>2868</v>
+        <v>2861</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>2869</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="996" spans="1:4">
       <c r="A996" s="1" t="s">
-        <v>2870</v>
+        <v>2863</v>
       </c>
       <c r="B996" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>2871</v>
+        <v>2864</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>2872</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="997" spans="1:4">
       <c r="A997" s="1" t="s">
-        <v>2873</v>
+        <v>2866</v>
       </c>
       <c r="B997" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>2874</v>
+        <v>2867</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>2875</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="998" spans="1:4">
       <c r="A998" s="1" t="s">
-        <v>2876</v>
+        <v>2869</v>
       </c>
       <c r="B998" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>2877</v>
+        <v>2870</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>2878</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="999" spans="1:4">
       <c r="A999" s="1" t="s">
-        <v>2879</v>
+        <v>2872</v>
       </c>
       <c r="B999" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>2880</v>
+        <v>2873</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>2881</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1000" spans="1:4">
       <c r="A1000" s="1" t="s">
-        <v>2882</v>
+        <v>2875</v>
       </c>
       <c r="B1000" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>2883</v>
+        <v>2876</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>2884</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="1001" spans="1:4">
       <c r="A1001" s="1" t="s">
-        <v>2885</v>
+        <v>2878</v>
       </c>
       <c r="B1001" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>2886</v>
+        <v>2879</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>2887</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="1002" spans="1:4">
       <c r="A1002" s="1" t="s">
-        <v>2888</v>
+        <v>2881</v>
       </c>
       <c r="B1002" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>2889</v>
+        <v>2882</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>2890</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="1003" spans="1:4">
       <c r="A1003" s="1" t="s">
-        <v>2891</v>
+        <v>2884</v>
       </c>
       <c r="B1003" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>2892</v>
+        <v>2884</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>2893</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="1004" spans="1:4">
       <c r="A1004" s="1" t="s">
-        <v>2894</v>
+        <v>2886</v>
       </c>
       <c r="B1004" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>2895</v>
+        <v>2886</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>2896</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="1005" spans="1:4">
       <c r="A1005" s="1" t="s">
-        <v>2897</v>
+        <v>2888</v>
       </c>
       <c r="B1005" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>2898</v>
+        <v>2889</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>2899</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="1006" spans="1:4">
       <c r="A1006" s="1" t="s">
-        <v>2900</v>
+        <v>2891</v>
       </c>
       <c r="B1006" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>2901</v>
+        <v>2892</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>2902</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="1007" spans="1:4">
       <c r="A1007" s="1" t="s">
-        <v>2903</v>
+        <v>2894</v>
       </c>
       <c r="B1007" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>2904</v>
+        <v>2895</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>2905</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="1008" spans="1:4">
       <c r="A1008" s="1" t="s">
-        <v>2906</v>
+        <v>2897</v>
       </c>
       <c r="B1008" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>2907</v>
+        <v>2898</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>2908</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="1009" spans="1:4">
       <c r="A1009" s="1" t="s">
-        <v>2909</v>
+        <v>2900</v>
       </c>
       <c r="B1009" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>2910</v>
+        <v>2901</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>2911</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="1010" spans="1:4">
       <c r="A1010" s="1" t="s">
-        <v>2912</v>
+        <v>2903</v>
       </c>
       <c r="B1010" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>2913</v>
+        <v>2904</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>2914</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="1011" spans="1:4">
       <c r="A1011" s="1" t="s">
-        <v>2915</v>
+        <v>2906</v>
       </c>
       <c r="B1011" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>2916</v>
+        <v>2907</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>2917</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="1012" spans="1:4">
       <c r="A1012" s="1" t="s">
-        <v>2918</v>
+        <v>2909</v>
       </c>
       <c r="B1012" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>2919</v>
+        <v>2910</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>2920</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="1013" spans="1:4">
       <c r="A1013" s="1" t="s">
-        <v>2921</v>
+        <v>2912</v>
       </c>
       <c r="B1013" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>2922</v>
+        <v>2913</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>2923</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="1014" spans="1:4">
       <c r="A1014" s="1" t="s">
-        <v>2924</v>
+        <v>2915</v>
       </c>
       <c r="B1014" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>2925</v>
+        <v>2916</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>2926</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="1015" spans="1:4">
       <c r="A1015" s="1" t="s">
-        <v>2927</v>
+        <v>2918</v>
       </c>
       <c r="B1015" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>2928</v>
+        <v>2919</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>2929</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="1016" spans="1:4">
       <c r="A1016" s="1" t="s">
-        <v>2930</v>
+        <v>2921</v>
       </c>
       <c r="B1016" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>2931</v>
+        <v>2922</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>2932</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="1017" spans="1:4">
       <c r="A1017" s="1" t="s">
-        <v>2933</v>
+        <v>2924</v>
       </c>
       <c r="B1017" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>2934</v>
+        <v>2925</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>2935</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="1018" spans="1:4">
       <c r="A1018" s="1" t="s">
-        <v>2936</v>
+        <v>2927</v>
       </c>
       <c r="B1018" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>2937</v>
+        <v>2928</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>2938</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="1019" spans="1:4">
       <c r="A1019" s="1" t="s">
-        <v>2939</v>
+        <v>2930</v>
       </c>
       <c r="B1019" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>2940</v>
+        <v>2931</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>2941</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1020" spans="1:4">
       <c r="A1020" s="1" t="s">
-        <v>2942</v>
+        <v>2933</v>
       </c>
       <c r="B1020" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>2943</v>
+        <v>2934</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>2944</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="1021" spans="1:4">
       <c r="A1021" s="1" t="s">
-        <v>2945</v>
+        <v>2936</v>
       </c>
       <c r="B1021" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>2946</v>
+        <v>2937</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>2947</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="1022" spans="1:4">
       <c r="A1022" s="1" t="s">
-        <v>2948</v>
+        <v>2939</v>
       </c>
       <c r="B1022" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>2949</v>
+        <v>2940</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>2950</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="1023" spans="1:4">
       <c r="A1023" s="1" t="s">
-        <v>2951</v>
+        <v>2942</v>
       </c>
       <c r="B1023" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>2952</v>
+        <v>2943</v>
       </c>
       <c r="D1023" s="1" t="s">
-        <v>2953</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="1024" spans="1:4">
       <c r="A1024" s="1" t="s">
-        <v>2954</v>
+        <v>2945</v>
       </c>
       <c r="B1024" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>2955</v>
+        <v>2946</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>2956</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="1025" spans="1:4">
       <c r="A1025" s="1" t="s">
-        <v>2957</v>
+        <v>2948</v>
       </c>
       <c r="B1025" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>2958</v>
+        <v>2949</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>2959</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="1026" spans="1:4">
       <c r="A1026" s="1" t="s">
-        <v>2960</v>
+        <v>2951</v>
       </c>
       <c r="B1026" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>2961</v>
+        <v>2952</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>2962</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="1027" spans="1:4">
       <c r="A1027" s="1" t="s">
-        <v>2963</v>
+        <v>2954</v>
       </c>
       <c r="B1027" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>2964</v>
+        <v>2955</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>2965</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="1028" spans="1:4">
       <c r="A1028" s="1" t="s">
-        <v>2966</v>
+        <v>2957</v>
       </c>
       <c r="B1028" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>2967</v>
+        <v>2958</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>2968</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="1029" spans="1:4">
       <c r="A1029" s="1" t="s">
-        <v>2969</v>
+        <v>2960</v>
       </c>
       <c r="B1029" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>2970</v>
+        <v>2961</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>2971</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="1030" spans="1:4">
       <c r="A1030" s="1" t="s">
-        <v>2972</v>
+        <v>2963</v>
       </c>
       <c r="B1030" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>2973</v>
+        <v>2964</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>2974</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="1031" spans="1:4">
       <c r="A1031" s="1" t="s">
-        <v>2975</v>
+        <v>2966</v>
       </c>
       <c r="B1031" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>2976</v>
+        <v>2967</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>2977</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="1032" spans="1:4">
       <c r="A1032" s="1" t="s">
-        <v>2978</v>
+        <v>2969</v>
       </c>
       <c r="B1032" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>2979</v>
+        <v>2970</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>2980</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="1033" spans="1:4">
       <c r="A1033" s="1" t="s">
-        <v>2981</v>
+        <v>2972</v>
       </c>
       <c r="B1033" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>2982</v>
+        <v>2973</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>2983</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="1034" spans="1:4">
       <c r="A1034" s="1" t="s">
-        <v>2984</v>
+        <v>2975</v>
       </c>
       <c r="B1034" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>2985</v>
+        <v>2976</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>2986</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="1035" spans="1:4">
       <c r="A1035" s="1" t="s">
-        <v>2987</v>
+        <v>2978</v>
       </c>
       <c r="B1035" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>2988</v>
+        <v>2979</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>2989</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="1036" spans="1:4">
       <c r="A1036" s="1" t="s">
-        <v>2990</v>
+        <v>2981</v>
       </c>
       <c r="B1036" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>2991</v>
+        <v>2982</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>2992</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="1037" spans="1:4">
       <c r="A1037" s="1" t="s">
-        <v>2993</v>
+        <v>2984</v>
       </c>
       <c r="B1037" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>2994</v>
+        <v>2985</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>2995</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1038" spans="1:4">
       <c r="A1038" s="1" t="s">
-        <v>2996</v>
+        <v>2987</v>
       </c>
       <c r="B1038" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>2997</v>
+        <v>2988</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>2998</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="1039" spans="1:4">
       <c r="A1039" s="1" t="s">
-        <v>2999</v>
+        <v>2990</v>
       </c>
       <c r="B1039" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>3000</v>
+        <v>2991</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>3001</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1040" spans="1:4">
       <c r="A1040" s="1" t="s">
-        <v>3002</v>
+        <v>2993</v>
       </c>
       <c r="B1040" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>3003</v>
+        <v>2994</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>3004</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1041" spans="1:4">
       <c r="A1041" s="1" t="s">
-        <v>3005</v>
+        <v>2996</v>
       </c>
       <c r="B1041" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>3006</v>
+        <v>2997</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>3007</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="1042" spans="1:4">
       <c r="A1042" s="1" t="s">
-        <v>3008</v>
+        <v>2999</v>
       </c>
       <c r="B1042" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>3009</v>
+        <v>3000</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>3010</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="1043" spans="1:4">
       <c r="A1043" s="1" t="s">
-        <v>3011</v>
+        <v>3002</v>
       </c>
       <c r="B1043" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>3012</v>
+        <v>3003</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>3013</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="1044" spans="1:4">
       <c r="A1044" s="1" t="s">
-        <v>3014</v>
+        <v>3005</v>
       </c>
       <c r="B1044" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>3015</v>
+        <v>3006</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>3016</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="1045" spans="1:4">
       <c r="A1045" s="1" t="s">
-        <v>3017</v>
+        <v>3008</v>
       </c>
       <c r="B1045" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>3018</v>
+        <v>3009</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>3019</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="1046" spans="1:4">
       <c r="A1046" s="1" t="s">
-        <v>3020</v>
+        <v>3011</v>
       </c>
       <c r="B1046" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>3021</v>
+        <v>3012</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>3022</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="1047" spans="1:4">
       <c r="A1047" s="1" t="s">
-        <v>3023</v>
+        <v>3014</v>
       </c>
       <c r="B1047" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>3024</v>
+        <v>3015</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>3025</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="1048" spans="1:4">
       <c r="A1048" s="1" t="s">
-        <v>3026</v>
+        <v>3017</v>
       </c>
       <c r="B1048" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>3027</v>
+        <v>3018</v>
       </c>
       <c r="D1048" s="1" t="s">
-        <v>3028</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="1049" spans="1:4">
       <c r="A1049" s="1" t="s">
-        <v>3029</v>
+        <v>3020</v>
       </c>
       <c r="B1049" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>3030</v>
+        <v>3021</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>3031</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="1050" spans="1:4">
       <c r="A1050" s="1" t="s">
-        <v>3032</v>
+        <v>3023</v>
       </c>
       <c r="B1050" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>3033</v>
+        <v>3024</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>3034</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1051" spans="1:4">
       <c r="A1051" s="1" t="s">
-        <v>3035</v>
+        <v>3026</v>
       </c>
       <c r="B1051" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>3036</v>
+        <v>3027</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>3037</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="1052" spans="1:4">
       <c r="A1052" s="1" t="s">
-        <v>3038</v>
+        <v>3029</v>
       </c>
       <c r="B1052" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>3039</v>
+        <v>3030</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>3040</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="1053" spans="1:4">
       <c r="A1053" s="1" t="s">
-        <v>3041</v>
+        <v>3032</v>
       </c>
       <c r="B1053" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>3042</v>
+        <v>3033</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>3043</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="1054" spans="1:4">
       <c r="A1054" s="1" t="s">
-        <v>3044</v>
+        <v>3035</v>
       </c>
       <c r="B1054" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>3045</v>
+        <v>3036</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>3046</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="1055" spans="1:4">
       <c r="A1055" s="1" t="s">
-        <v>3047</v>
+        <v>3038</v>
       </c>
       <c r="B1055" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1055" s="1" t="s">
-        <v>3048</v>
+        <v>3039</v>
       </c>
       <c r="D1055" s="1" t="s">
-        <v>3049</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="1056" spans="1:4">
       <c r="A1056" s="1" t="s">
-        <v>3050</v>
+        <v>3041</v>
       </c>
       <c r="B1056" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>3051</v>
+        <v>3042</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>3052</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="1057" spans="1:4">
       <c r="A1057" s="1" t="s">
-        <v>3053</v>
+        <v>3044</v>
       </c>
       <c r="B1057" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>3054</v>
+        <v>3045</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>3055</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="1058" spans="1:4">
       <c r="A1058" s="1" t="s">
-        <v>3056</v>
+        <v>3047</v>
       </c>
       <c r="B1058" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>3057</v>
+        <v>3048</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>3058</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="1059" spans="1:4">
       <c r="A1059" s="1" t="s">
-        <v>3059</v>
+        <v>3050</v>
       </c>
       <c r="B1059" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>3060</v>
+        <v>3051</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>3061</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="1060" spans="1:4">
       <c r="A1060" s="1" t="s">
-        <v>3062</v>
+        <v>3053</v>
       </c>
       <c r="B1060" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>3063</v>
+        <v>3054</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>3064</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="1061" spans="1:4">
       <c r="A1061" s="1" t="s">
-        <v>3065</v>
+        <v>3056</v>
       </c>
       <c r="B1061" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1061" s="1" t="s">
-        <v>3066</v>
+        <v>3057</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>3067</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="1062" spans="1:4">
       <c r="A1062" s="1" t="s">
-        <v>3068</v>
+        <v>3059</v>
       </c>
       <c r="B1062" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>3069</v>
+        <v>3060</v>
       </c>
       <c r="D1062" s="1" t="s">
-        <v>3070</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="1063" spans="1:4">
       <c r="A1063" s="1" t="s">
-        <v>3071</v>
+        <v>3062</v>
       </c>
       <c r="B1063" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1063" s="1" t="s">
-        <v>3072</v>
+        <v>3063</v>
       </c>
       <c r="D1063" s="1" t="s">
-        <v>3073</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="1064" spans="1:4">
       <c r="A1064" s="1" t="s">
-        <v>3074</v>
+        <v>3065</v>
       </c>
       <c r="B1064" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>3075</v>
+        <v>3066</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>3076</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="1065" spans="1:4">
       <c r="A1065" s="1" t="s">
-        <v>3077</v>
+        <v>3068</v>
       </c>
       <c r="B1065" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1065" s="1" t="s">
-        <v>3078</v>
+        <v>3069</v>
       </c>
       <c r="D1065" s="1" t="s">
-        <v>3079</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="1066" spans="1:4">
       <c r="A1066" s="1" t="s">
-        <v>3080</v>
+        <v>3071</v>
       </c>
       <c r="B1066" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1066" s="1" t="s">
-        <v>3081</v>
+        <v>3072</v>
       </c>
       <c r="D1066" s="1" t="s">
-        <v>3082</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="1067" spans="1:4">
       <c r="A1067" s="1" t="s">
-        <v>3083</v>
+        <v>3074</v>
       </c>
       <c r="B1067" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1067" s="1" t="s">
-        <v>3084</v>
+        <v>3075</v>
       </c>
       <c r="D1067" s="1" t="s">
-        <v>3085</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="1068" spans="1:4">
       <c r="A1068" s="1" t="s">
-        <v>3086</v>
+        <v>3077</v>
       </c>
       <c r="B1068" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1068" s="1" t="s">
-        <v>3087</v>
+        <v>3078</v>
       </c>
       <c r="D1068" s="1" t="s">
-        <v>3088</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="1069" spans="1:4">
       <c r="A1069" s="1" t="s">
-        <v>3089</v>
+        <v>3080</v>
       </c>
       <c r="B1069" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1069" s="1" t="s">
-        <v>3090</v>
+        <v>3081</v>
       </c>
       <c r="D1069" s="1" t="s">
-        <v>3091</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="1070" spans="1:4">
       <c r="A1070" s="1" t="s">
-        <v>3092</v>
+        <v>3083</v>
       </c>
       <c r="B1070" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1070" s="1" t="s">
-        <v>3093</v>
+        <v>3084</v>
       </c>
       <c r="D1070" s="1" t="s">
-        <v>3094</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="1071" spans="1:4">
       <c r="A1071" s="1" t="s">
-        <v>3095</v>
+        <v>3086</v>
       </c>
       <c r="B1071" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1071" s="1" t="s">
-        <v>3096</v>
+        <v>3087</v>
       </c>
       <c r="D1071" s="1" t="s">
-        <v>3097</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="1072" spans="1:4">
       <c r="A1072" s="1" t="s">
-        <v>3095</v>
+        <v>3089</v>
       </c>
       <c r="B1072" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1072" s="1" t="s">
-        <v>3098</v>
+        <v>3090</v>
       </c>
       <c r="D1072" s="1" t="s">
-        <v>3099</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="1073" spans="1:4">
       <c r="A1073" s="1" t="s">
-        <v>3100</v>
+        <v>3092</v>
       </c>
       <c r="B1073" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>3101</v>
+        <v>3093</v>
       </c>
       <c r="D1073" s="1" t="s">
-        <v>3102</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1074" spans="1:4">
       <c r="A1074" s="1" t="s">
-        <v>3103</v>
+        <v>3095</v>
       </c>
       <c r="B1074" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1074" s="1" t="s">
-        <v>3101</v>
+        <v>3096</v>
       </c>
       <c r="D1074" s="1" t="s">
-        <v>3104</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="1075" spans="1:4">
       <c r="A1075" s="1" t="s">
-        <v>3105</v>
+        <v>3098</v>
       </c>
       <c r="B1075" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1075" s="1" t="s">
-        <v>2973</v>
+        <v>3099</v>
       </c>
       <c r="D1075" s="1" t="s">
-        <v>3106</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="1076" spans="1:4">
       <c r="A1076" s="1" t="s">
-        <v>3107</v>
-[...1 lines deleted...]
-      <c r="B1076" s="1"/>
+        <v>3101</v>
+      </c>
+      <c r="B1076" s="1" t="s">
+        <v>5</v>
+      </c>
       <c r="C1076" s="1" t="s">
-        <v>3108</v>
+        <v>3102</v>
       </c>
       <c r="D1076" s="1" t="s">
-        <v>3109</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="1077" spans="1:4">
       <c r="A1077" s="1" t="s">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="B1077" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1077" s="1" t="s">
-        <v>3108</v>
+        <v>3105</v>
       </c>
       <c r="D1077" s="1" t="s">
-        <v>3111</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="1078" spans="1:4">
       <c r="A1078" s="1" t="s">
-        <v>3112</v>
+        <v>3107</v>
       </c>
       <c r="B1078" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1078" s="1" t="s">
-        <v>3113</v>
+        <v>3108</v>
       </c>
       <c r="D1078" s="1" t="s">
-        <v>3114</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="1079" spans="1:4">
       <c r="A1079" s="1" t="s">
-        <v>3115</v>
+        <v>3110</v>
       </c>
       <c r="B1079" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1079" s="1" t="s">
-        <v>3116</v>
+        <v>3111</v>
       </c>
       <c r="D1079" s="1" t="s">
-        <v>3117</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="1080" spans="1:4">
       <c r="A1080" s="1" t="s">
-        <v>3118</v>
+        <v>3113</v>
       </c>
       <c r="B1080" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1080" s="1" t="s">
-        <v>3116</v>
+        <v>3114</v>
       </c>
       <c r="D1080" s="1" t="s">
-        <v>3119</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="1081" spans="1:4">
       <c r="A1081" s="1" t="s">
-        <v>3120</v>
+        <v>3116</v>
       </c>
       <c r="B1081" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1081" s="1" t="s">
-        <v>3116</v>
+        <v>3117</v>
       </c>
       <c r="D1081" s="1" t="s">
-        <v>3119</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="1082" spans="1:4">
       <c r="A1082" s="1" t="s">
+        <v>3119</v>
+      </c>
+      <c r="B1082" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1082" s="1" t="s">
+        <v>3120</v>
+      </c>
+      <c r="D1082" s="1" t="s">
         <v>3121</v>
-      </c>
-[...7 lines deleted...]
-        <v>3123</v>
       </c>
     </row>
     <row r="1083" spans="1:4">
       <c r="A1083" s="1" t="s">
+        <v>3122</v>
+      </c>
+      <c r="B1083" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1083" s="1" t="s">
+        <v>3123</v>
+      </c>
+      <c r="D1083" s="1" t="s">
         <v>3124</v>
-      </c>
-[...7 lines deleted...]
-        <v>3125</v>
       </c>
     </row>
     <row r="1084" spans="1:4">
       <c r="A1084" s="1" t="s">
+        <v>3125</v>
+      </c>
+      <c r="B1084" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1084" s="1" t="s">
         <v>3126</v>
       </c>
-      <c r="B1084" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1084" s="1" t="s">
+      <c r="D1084" s="1" t="s">
         <v>3127</v>
-      </c>
-[...1 lines deleted...]
-        <v>3128</v>
       </c>
     </row>
     <row r="1085" spans="1:4">
       <c r="A1085" s="1" t="s">
+        <v>3128</v>
+      </c>
+      <c r="B1085" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1085" s="1" t="s">
         <v>3129</v>
       </c>
-      <c r="B1085" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1085" s="1" t="s">
+      <c r="D1085" s="1" t="s">
         <v>3130</v>
-      </c>
-[...1 lines deleted...]
-        <v>3131</v>
       </c>
     </row>
     <row r="1086" spans="1:4">
       <c r="A1086" s="1" t="s">
+        <v>3131</v>
+      </c>
+      <c r="B1086" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1086" s="1" t="s">
         <v>3132</v>
       </c>
-      <c r="B1086" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1086" s="1" t="s">
+      <c r="D1086" s="1" t="s">
         <v>3133</v>
-      </c>
-[...1 lines deleted...]
-        <v>3134</v>
       </c>
     </row>
     <row r="1087" spans="1:4">
       <c r="A1087" s="1" t="s">
+        <v>3134</v>
+      </c>
+      <c r="B1087" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1087" s="1" t="s">
         <v>3135</v>
       </c>
-      <c r="B1087" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1087" s="1" t="s">
+      <c r="D1087" s="1" t="s">
         <v>3136</v>
-      </c>
-[...1 lines deleted...]
-        <v>3137</v>
       </c>
     </row>
     <row r="1088" spans="1:4">
       <c r="A1088" s="1" t="s">
+        <v>3137</v>
+      </c>
+      <c r="B1088" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1088" s="1" t="s">
         <v>3138</v>
       </c>
-      <c r="B1088" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1088" s="1"/>
       <c r="D1088" s="1" t="s">
         <v>3139</v>
       </c>
     </row>
     <row r="1089" spans="1:4">
       <c r="A1089" s="1" t="s">
         <v>3140</v>
       </c>
       <c r="B1089" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1089" s="1" t="s">
         <v>3141</v>
       </c>
       <c r="D1089" s="1" t="s">
         <v>3142</v>
       </c>
     </row>
     <row r="1090" spans="1:4">
       <c r="A1090" s="1" t="s">
         <v>3143</v>
       </c>
       <c r="B1090" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1090" s="1" t="s">
         <v>3144</v>
       </c>
       <c r="D1090" s="1" t="s">
         <v>3145</v>
       </c>
     </row>
     <row r="1091" spans="1:4">
       <c r="A1091" s="1" t="s">
         <v>3146</v>
       </c>
       <c r="B1091" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1091" s="1" t="s">
         <v>3147</v>
       </c>
       <c r="D1091" s="1" t="s">
         <v>3148</v>
       </c>
     </row>
     <row r="1092" spans="1:4">
       <c r="A1092" s="1" t="s">
         <v>3149</v>
       </c>
       <c r="B1092" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1092" s="1" t="s">
         <v>3150</v>
       </c>
       <c r="D1092" s="1" t="s">
         <v>3151</v>
       </c>
     </row>
     <row r="1093" spans="1:4">
       <c r="A1093" s="1" t="s">
         <v>3152</v>
       </c>
       <c r="B1093" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1093" s="1" t="s">
         <v>3153</v>
       </c>
       <c r="D1093" s="1" t="s">
         <v>3154</v>
       </c>
     </row>
     <row r="1094" spans="1:4">
       <c r="A1094" s="1" t="s">
         <v>3155</v>
       </c>
       <c r="B1094" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1094" s="1" t="s">
         <v>3156</v>
       </c>
       <c r="D1094" s="1" t="s">
         <v>3157</v>
       </c>
     </row>
     <row r="1095" spans="1:4">
       <c r="A1095" s="1" t="s">
         <v>3158</v>
       </c>
       <c r="B1095" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1095" s="1" t="s">
         <v>3159</v>
       </c>
       <c r="D1095" s="1" t="s">
         <v>3160</v>
       </c>
     </row>
     <row r="1096" spans="1:4">
       <c r="A1096" s="1" t="s">
         <v>3161</v>
       </c>
       <c r="B1096" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1096" s="1" t="s">
         <v>3162</v>
       </c>
       <c r="D1096" s="1" t="s">
         <v>3163</v>
       </c>
     </row>
     <row r="1097" spans="1:4">
       <c r="A1097" s="1" t="s">
         <v>3164</v>
@@ -27830,4059 +28590,5273 @@
         <v>3210</v>
       </c>
       <c r="D1112" s="1" t="s">
         <v>3211</v>
       </c>
     </row>
     <row r="1113" spans="1:4">
       <c r="A1113" s="1" t="s">
         <v>3212</v>
       </c>
       <c r="B1113" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1113" s="1" t="s">
         <v>3213</v>
       </c>
       <c r="D1113" s="1" t="s">
         <v>3214</v>
       </c>
     </row>
     <row r="1114" spans="1:4">
       <c r="A1114" s="1" t="s">
         <v>3215</v>
       </c>
       <c r="B1114" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1114" s="1" t="s">
         <v>3216</v>
       </c>
       <c r="D1114" s="1" t="s">
         <v>3217</v>
       </c>
     </row>
     <row r="1115" spans="1:4">
       <c r="A1115" s="1" t="s">
         <v>3218</v>
       </c>
       <c r="B1115" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1115" s="1" t="s">
         <v>3219</v>
       </c>
       <c r="D1115" s="1" t="s">
         <v>3220</v>
       </c>
     </row>
     <row r="1116" spans="1:4">
       <c r="A1116" s="1" t="s">
         <v>3221</v>
       </c>
       <c r="B1116" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1116" s="1" t="s">
         <v>3222</v>
       </c>
       <c r="D1116" s="1" t="s">
         <v>3223</v>
       </c>
     </row>
     <row r="1117" spans="1:4">
       <c r="A1117" s="1" t="s">
         <v>3224</v>
       </c>
       <c r="B1117" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1117" s="1" t="s">
         <v>3225</v>
       </c>
       <c r="D1117" s="1" t="s">
         <v>3226</v>
       </c>
     </row>
     <row r="1118" spans="1:4">
       <c r="A1118" s="1" t="s">
         <v>3227</v>
       </c>
       <c r="B1118" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1118" s="1" t="s">
         <v>3228</v>
       </c>
       <c r="D1118" s="1" t="s">
         <v>3229</v>
       </c>
     </row>
     <row r="1119" spans="1:4">
       <c r="A1119" s="1" t="s">
         <v>3230</v>
       </c>
       <c r="B1119" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1119" s="1" t="s">
         <v>3231</v>
       </c>
       <c r="D1119" s="1" t="s">
         <v>3232</v>
       </c>
     </row>
     <row r="1120" spans="1:4">
       <c r="A1120" s="1" t="s">
         <v>3233</v>
       </c>
       <c r="B1120" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1120" s="1" t="s">
         <v>3234</v>
       </c>
       <c r="D1120" s="1" t="s">
         <v>3235</v>
       </c>
     </row>
     <row r="1121" spans="1:4">
       <c r="A1121" s="1" t="s">
         <v>3236</v>
       </c>
       <c r="B1121" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1121" s="1" t="s">
         <v>3237</v>
       </c>
       <c r="D1121" s="1" t="s">
         <v>3238</v>
       </c>
     </row>
     <row r="1122" spans="1:4">
       <c r="A1122" s="1" t="s">
         <v>3239</v>
       </c>
       <c r="B1122" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1122" s="1" t="s">
         <v>3240</v>
       </c>
       <c r="D1122" s="1" t="s">
         <v>3241</v>
       </c>
     </row>
     <row r="1123" spans="1:4">
       <c r="A1123" s="1" t="s">
         <v>3242</v>
       </c>
       <c r="B1123" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>2187</v>
+        <v>3243</v>
       </c>
       <c r="D1123" s="1" t="s">
-        <v>3243</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="1124" spans="1:4">
       <c r="A1124" s="1" t="s">
-        <v>3244</v>
+        <v>3245</v>
       </c>
       <c r="B1124" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>3245</v>
+        <v>3246</v>
       </c>
       <c r="D1124" s="1" t="s">
-        <v>3246</v>
+        <v>3247</v>
       </c>
     </row>
     <row r="1125" spans="1:4">
       <c r="A1125" s="1" t="s">
-        <v>3247</v>
+        <v>3248</v>
       </c>
       <c r="B1125" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>3248</v>
+        <v>3249</v>
       </c>
       <c r="D1125" s="1" t="s">
-        <v>3249</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="1126" spans="1:4">
       <c r="A1126" s="1" t="s">
-        <v>3250</v>
+        <v>3251</v>
       </c>
       <c r="B1126" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>3251</v>
+        <v>3252</v>
       </c>
       <c r="D1126" s="1" t="s">
-        <v>3252</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="1127" spans="1:4">
       <c r="A1127" s="1" t="s">
-        <v>3253</v>
+        <v>3254</v>
       </c>
       <c r="B1127" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>3254</v>
+        <v>3255</v>
       </c>
       <c r="D1127" s="1" t="s">
-        <v>3255</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="1128" spans="1:4">
       <c r="A1128" s="1" t="s">
-        <v>3256</v>
+        <v>3257</v>
       </c>
       <c r="B1128" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>3257</v>
+        <v>3258</v>
       </c>
       <c r="D1128" s="1" t="s">
-        <v>3258</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="1129" spans="1:4">
       <c r="A1129" s="1" t="s">
-        <v>3259</v>
+        <v>3260</v>
       </c>
       <c r="B1129" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>3260</v>
+        <v>3261</v>
       </c>
       <c r="D1129" s="1" t="s">
-        <v>3261</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="1130" spans="1:4">
       <c r="A1130" s="1" t="s">
-        <v>3262</v>
+        <v>3263</v>
       </c>
       <c r="B1130" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>3263</v>
+        <v>3264</v>
       </c>
       <c r="D1130" s="1" t="s">
-        <v>3264</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="1131" spans="1:4">
       <c r="A1131" s="1" t="s">
-        <v>3265</v>
+        <v>3266</v>
       </c>
       <c r="B1131" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>3266</v>
+        <v>3267</v>
       </c>
       <c r="D1131" s="1" t="s">
-        <v>3267</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="1132" spans="1:4">
       <c r="A1132" s="1" t="s">
-        <v>3268</v>
+        <v>3269</v>
       </c>
       <c r="B1132" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>3269</v>
+        <v>3270</v>
       </c>
       <c r="D1132" s="1" t="s">
-        <v>3270</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="1133" spans="1:4">
       <c r="A1133" s="1" t="s">
-        <v>3271</v>
+        <v>3272</v>
       </c>
       <c r="B1133" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>3272</v>
+        <v>3273</v>
       </c>
       <c r="D1133" s="1" t="s">
-        <v>3273</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="1134" spans="1:4">
       <c r="A1134" s="1" t="s">
-        <v>3274</v>
+        <v>3275</v>
       </c>
       <c r="B1134" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1134" s="1" t="s">
-        <v>3275</v>
+        <v>3276</v>
       </c>
       <c r="D1134" s="1" t="s">
-        <v>3276</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="1135" spans="1:4">
       <c r="A1135" s="1" t="s">
-        <v>3277</v>
+        <v>3278</v>
       </c>
       <c r="B1135" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1135" s="1" t="s">
-        <v>3278</v>
+        <v>3279</v>
       </c>
       <c r="D1135" s="1" t="s">
-        <v>3279</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="1136" spans="1:4">
       <c r="A1136" s="1" t="s">
-        <v>3280</v>
+        <v>3281</v>
       </c>
       <c r="B1136" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1136" s="1" t="s">
-        <v>3281</v>
+        <v>3282</v>
       </c>
       <c r="D1136" s="1" t="s">
-        <v>3282</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="1137" spans="1:4">
       <c r="A1137" s="1" t="s">
-        <v>3283</v>
+        <v>3284</v>
       </c>
       <c r="B1137" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1137" s="1" t="s">
-        <v>3284</v>
+        <v>3285</v>
       </c>
       <c r="D1137" s="1" t="s">
-        <v>3285</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="1138" spans="1:4">
       <c r="A1138" s="1" t="s">
-        <v>3286</v>
+        <v>3287</v>
       </c>
       <c r="B1138" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>3287</v>
+        <v>3288</v>
       </c>
       <c r="D1138" s="1" t="s">
-        <v>3288</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="1139" spans="1:4">
       <c r="A1139" s="1" t="s">
-        <v>3289</v>
+        <v>3290</v>
       </c>
       <c r="B1139" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>3290</v>
+        <v>3291</v>
       </c>
       <c r="D1139" s="1" t="s">
-        <v>3291</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="1140" spans="1:4">
       <c r="A1140" s="1" t="s">
-        <v>3292</v>
+        <v>3293</v>
       </c>
       <c r="B1140" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1140" s="1" t="s">
-        <v>3293</v>
+        <v>3294</v>
       </c>
       <c r="D1140" s="1" t="s">
-        <v>3294</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="1141" spans="1:4">
       <c r="A1141" s="1" t="s">
-        <v>3295</v>
+        <v>3296</v>
       </c>
       <c r="B1141" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1141" s="1" t="s">
-        <v>3296</v>
+        <v>3297</v>
       </c>
       <c r="D1141" s="1" t="s">
-        <v>3297</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="1142" spans="1:4">
       <c r="A1142" s="1" t="s">
-        <v>3298</v>
+        <v>3299</v>
       </c>
       <c r="B1142" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1142" s="1" t="s">
-        <v>3299</v>
+        <v>3300</v>
       </c>
       <c r="D1142" s="1" t="s">
-        <v>3300</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="1143" spans="1:4">
       <c r="A1143" s="1" t="s">
-        <v>3301</v>
+        <v>3302</v>
       </c>
       <c r="B1143" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1143" s="1" t="s">
-        <v>3302</v>
+        <v>3303</v>
       </c>
       <c r="D1143" s="1" t="s">
-        <v>3303</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="1144" spans="1:4">
       <c r="A1144" s="1" t="s">
-        <v>3304</v>
+        <v>3305</v>
       </c>
       <c r="B1144" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>3305</v>
+        <v>3306</v>
       </c>
       <c r="D1144" s="1" t="s">
-        <v>3306</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="1145" spans="1:4">
       <c r="A1145" s="1" t="s">
-        <v>3307</v>
+        <v>3308</v>
       </c>
       <c r="B1145" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1145" s="1" t="s">
-        <v>3308</v>
+        <v>3309</v>
       </c>
       <c r="D1145" s="1" t="s">
-        <v>3309</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="1146" spans="1:4">
       <c r="A1146" s="1" t="s">
-        <v>3310</v>
+        <v>3311</v>
       </c>
       <c r="B1146" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>3311</v>
+        <v>3312</v>
       </c>
       <c r="D1146" s="1" t="s">
-        <v>3312</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="1147" spans="1:4">
       <c r="A1147" s="1" t="s">
-        <v>3313</v>
+        <v>3314</v>
       </c>
       <c r="B1147" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>3314</v>
+        <v>3315</v>
       </c>
       <c r="D1147" s="1" t="s">
-        <v>3315</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="1148" spans="1:4">
       <c r="A1148" s="1" t="s">
-        <v>3316</v>
+        <v>3317</v>
       </c>
       <c r="B1148" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>3317</v>
+        <v>3318</v>
       </c>
       <c r="D1148" s="1" t="s">
-        <v>3318</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="1149" spans="1:4">
       <c r="A1149" s="1" t="s">
-        <v>3319</v>
+        <v>3320</v>
       </c>
       <c r="B1149" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>3320</v>
+        <v>3321</v>
       </c>
       <c r="D1149" s="1" t="s">
-        <v>3321</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="1150" spans="1:4">
       <c r="A1150" s="1" t="s">
-        <v>3322</v>
+        <v>3323</v>
       </c>
       <c r="B1150" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1150" s="1" t="s">
-        <v>3323</v>
+        <v>3324</v>
       </c>
       <c r="D1150" s="1" t="s">
-        <v>3324</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="1151" spans="1:4">
       <c r="A1151" s="1" t="s">
-        <v>3325</v>
+        <v>3326</v>
       </c>
       <c r="B1151" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1151" s="1" t="s">
-        <v>3326</v>
+        <v>3327</v>
       </c>
       <c r="D1151" s="1" t="s">
-        <v>3327</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="1152" spans="1:4">
       <c r="A1152" s="1" t="s">
-        <v>3328</v>
+        <v>3329</v>
       </c>
       <c r="B1152" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>3329</v>
+        <v>3330</v>
       </c>
       <c r="D1152" s="1" t="s">
-        <v>3330</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="1153" spans="1:4">
       <c r="A1153" s="1" t="s">
-        <v>3331</v>
+        <v>3332</v>
       </c>
       <c r="B1153" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>3332</v>
+        <v>3333</v>
       </c>
       <c r="D1153" s="1" t="s">
-        <v>3333</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="1154" spans="1:4">
       <c r="A1154" s="1" t="s">
-        <v>3334</v>
+        <v>3335</v>
       </c>
       <c r="B1154" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>3335</v>
+        <v>3336</v>
       </c>
       <c r="D1154" s="1" t="s">
-        <v>3336</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="1155" spans="1:4">
       <c r="A1155" s="1" t="s">
-        <v>3337</v>
+        <v>3338</v>
       </c>
       <c r="B1155" s="1" t="s">
-        <v>2180</v>
+        <v>21</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>3338</v>
+        <v>3339</v>
       </c>
       <c r="D1155" s="1" t="s">
-        <v>3339</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="1156" spans="1:4">
       <c r="A1156" s="1" t="s">
-        <v>3340</v>
+        <v>3341</v>
       </c>
       <c r="B1156" s="1" t="s">
-        <v>2180</v>
+        <v>245</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>3341</v>
+        <v>3342</v>
       </c>
       <c r="D1156" s="1" t="s">
-        <v>3342</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="1157" spans="1:4">
       <c r="A1157" s="1" t="s">
-        <v>3343</v>
+        <v>3344</v>
       </c>
       <c r="B1157" s="1" t="s">
-        <v>2180</v>
+        <v>5</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>3344</v>
+        <v>3345</v>
       </c>
       <c r="D1157" s="1" t="s">
-        <v>3345</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="1158" spans="1:4">
       <c r="A1158" s="1" t="s">
-        <v>3346</v>
+        <v>3347</v>
       </c>
       <c r="B1158" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>3347</v>
+        <v>3348</v>
       </c>
       <c r="D1158" s="1" t="s">
-        <v>3348</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="1159" spans="1:4">
       <c r="A1159" s="1" t="s">
-        <v>3349</v>
+        <v>3350</v>
       </c>
       <c r="B1159" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>3350</v>
+        <v>3351</v>
       </c>
       <c r="D1159" s="1" t="s">
-        <v>3351</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="1160" spans="1:4">
       <c r="A1160" s="1" t="s">
-        <v>3352</v>
+        <v>3350</v>
       </c>
       <c r="B1160" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1160" s="1" t="s">
         <v>3353</v>
       </c>
       <c r="D1160" s="1" t="s">
         <v>3354</v>
       </c>
     </row>
     <row r="1161" spans="1:4">
       <c r="A1161" s="1" t="s">
         <v>3355</v>
       </c>
       <c r="B1161" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1161" s="1" t="s">
         <v>3356</v>
       </c>
       <c r="D1161" s="1" t="s">
         <v>3357</v>
       </c>
     </row>
     <row r="1162" spans="1:4">
       <c r="A1162" s="1" t="s">
         <v>3358</v>
       </c>
       <c r="B1162" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1162" s="1" t="s">
+        <v>3356</v>
+      </c>
+      <c r="D1162" s="1" t="s">
         <v>3359</v>
-      </c>
-[...1 lines deleted...]
-        <v>3360</v>
       </c>
     </row>
     <row r="1163" spans="1:4">
       <c r="A1163" s="1" t="s">
+        <v>3360</v>
+      </c>
+      <c r="B1163" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1163" s="1" t="s">
+        <v>3228</v>
+      </c>
+      <c r="D1163" s="1" t="s">
         <v>3361</v>
-      </c>
-[...7 lines deleted...]
-        <v>3363</v>
       </c>
     </row>
     <row r="1164" spans="1:4">
       <c r="A1164" s="1" t="s">
+        <v>3362</v>
+      </c>
+      <c r="B1164" s="1"/>
+      <c r="C1164" s="1" t="s">
+        <v>3363</v>
+      </c>
+      <c r="D1164" s="1" t="s">
         <v>3364</v>
-      </c>
-[...7 lines deleted...]
-        <v>3366</v>
       </c>
     </row>
     <row r="1165" spans="1:4">
       <c r="A1165" s="1" t="s">
-        <v>3367</v>
+        <v>3365</v>
       </c>
       <c r="B1165" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1165" s="1" t="s">
-        <v>3368</v>
+        <v>3363</v>
       </c>
       <c r="D1165" s="1" t="s">
-        <v>3369</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="1166" spans="1:4">
       <c r="A1166" s="1" t="s">
-        <v>3370</v>
+        <v>3367</v>
       </c>
       <c r="B1166" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1166" s="1" t="s">
-        <v>3371</v>
+        <v>3368</v>
       </c>
       <c r="D1166" s="1" t="s">
-        <v>3372</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="1167" spans="1:4">
       <c r="A1167" s="1" t="s">
-        <v>3373</v>
+        <v>3370</v>
       </c>
       <c r="B1167" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1167" s="1" t="s">
-        <v>3374</v>
+        <v>3371</v>
       </c>
       <c r="D1167" s="1" t="s">
-        <v>3375</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="1168" spans="1:4">
       <c r="A1168" s="1" t="s">
-        <v>3376</v>
+        <v>3373</v>
       </c>
       <c r="B1168" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>3377</v>
+        <v>3371</v>
       </c>
       <c r="D1168" s="1" t="s">
-        <v>3378</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="1169" spans="1:4">
       <c r="A1169" s="1" t="s">
-        <v>3379</v>
+        <v>3375</v>
       </c>
       <c r="B1169" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>3380</v>
+        <v>3371</v>
       </c>
       <c r="D1169" s="1" t="s">
-        <v>3381</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="1170" spans="1:4">
       <c r="A1170" s="1" t="s">
-        <v>3382</v>
+        <v>3376</v>
       </c>
       <c r="B1170" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>3383</v>
+        <v>273</v>
       </c>
       <c r="D1170" s="1" t="s">
-        <v>3384</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="1171" spans="1:4">
       <c r="A1171" s="1" t="s">
-        <v>3385</v>
+        <v>3378</v>
       </c>
       <c r="B1171" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>3386</v>
+        <v>3379</v>
       </c>
       <c r="D1171" s="1" t="s">
-        <v>3387</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="1172" spans="1:4">
       <c r="A1172" s="1" t="s">
-        <v>3388</v>
+        <v>3381</v>
       </c>
       <c r="B1172" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>3389</v>
+        <v>3382</v>
       </c>
       <c r="D1172" s="1" t="s">
-        <v>3390</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="1173" spans="1:4">
       <c r="A1173" s="1" t="s">
-        <v>3391</v>
+        <v>3384</v>
       </c>
       <c r="B1173" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>3392</v>
+        <v>3385</v>
       </c>
       <c r="D1173" s="1" t="s">
-        <v>3393</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="1174" spans="1:4">
       <c r="A1174" s="1" t="s">
-        <v>3394</v>
+        <v>3387</v>
       </c>
       <c r="B1174" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1174" s="1" t="s">
-        <v>3395</v>
+        <v>3388</v>
       </c>
       <c r="D1174" s="1" t="s">
-        <v>3396</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="1175" spans="1:4">
       <c r="A1175" s="1" t="s">
-        <v>3397</v>
+        <v>3390</v>
       </c>
       <c r="B1175" s="1" t="s">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C1175" s="1"/>
       <c r="D1175" s="1" t="s">
-        <v>3399</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="1176" spans="1:4">
       <c r="A1176" s="1" t="s">
-        <v>3400</v>
+        <v>3392</v>
       </c>
       <c r="B1176" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1176" s="1" t="s">
-        <v>3401</v>
+        <v>3393</v>
       </c>
       <c r="D1176" s="1" t="s">
-        <v>3402</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="1177" spans="1:4">
       <c r="A1177" s="1" t="s">
-        <v>3403</v>
+        <v>3395</v>
       </c>
       <c r="B1177" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1177" s="1" t="s">
-        <v>3404</v>
+        <v>3396</v>
       </c>
       <c r="D1177" s="1" t="s">
-        <v>3405</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="1178" spans="1:4">
       <c r="A1178" s="1" t="s">
-        <v>3406</v>
+        <v>3398</v>
       </c>
       <c r="B1178" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1178" s="1" t="s">
-        <v>3407</v>
+        <v>3399</v>
       </c>
       <c r="D1178" s="1" t="s">
-        <v>3408</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1179" spans="1:4">
       <c r="A1179" s="1" t="s">
-        <v>3409</v>
+        <v>3401</v>
       </c>
       <c r="B1179" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1179" s="1" t="s">
-        <v>3410</v>
+        <v>3402</v>
       </c>
       <c r="D1179" s="1" t="s">
-        <v>3411</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="1180" spans="1:4">
       <c r="A1180" s="1" t="s">
-        <v>3412</v>
+        <v>3404</v>
       </c>
       <c r="B1180" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1180" s="1" t="s">
-        <v>3413</v>
+        <v>3405</v>
       </c>
       <c r="D1180" s="1" t="s">
-        <v>3414</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="1181" spans="1:4">
       <c r="A1181" s="1" t="s">
-        <v>3415</v>
+        <v>3407</v>
       </c>
       <c r="B1181" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1181" s="1" t="s">
-        <v>3416</v>
+        <v>3408</v>
       </c>
       <c r="D1181" s="1" t="s">
-        <v>3417</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="1182" spans="1:4">
       <c r="A1182" s="1" t="s">
-        <v>3418</v>
+        <v>3410</v>
       </c>
       <c r="B1182" s="1" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C1182" s="1" t="s">
-        <v>3419</v>
+        <v>3411</v>
       </c>
       <c r="D1182" s="1" t="s">
-        <v>3420</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="1183" spans="1:4">
       <c r="A1183" s="1" t="s">
-        <v>3421</v>
+        <v>3413</v>
       </c>
       <c r="B1183" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1183" s="1" t="s">
-        <v>3422</v>
+        <v>3414</v>
       </c>
       <c r="D1183" s="1" t="s">
-        <v>3423</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="1184" spans="1:4">
       <c r="A1184" s="1" t="s">
-        <v>3424</v>
+        <v>3416</v>
       </c>
       <c r="B1184" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1184" s="1" t="s">
-        <v>3425</v>
+        <v>3417</v>
       </c>
       <c r="D1184" s="1" t="s">
-        <v>3426</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="1185" spans="1:4">
       <c r="A1185" s="1" t="s">
-        <v>3427</v>
+        <v>3419</v>
       </c>
       <c r="B1185" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1185" s="1" t="s">
-        <v>3428</v>
+        <v>3420</v>
       </c>
       <c r="D1185" s="1" t="s">
-        <v>3429</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="1186" spans="1:4">
       <c r="A1186" s="1" t="s">
-        <v>3430</v>
+        <v>3422</v>
       </c>
       <c r="B1186" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1186" s="1" t="s">
-        <v>3431</v>
+        <v>3423</v>
       </c>
       <c r="D1186" s="1" t="s">
-        <v>3432</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="1187" spans="1:4">
       <c r="A1187" s="1" t="s">
-        <v>3433</v>
+        <v>3425</v>
       </c>
       <c r="B1187" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1187" s="1" t="s">
-        <v>3434</v>
+        <v>3426</v>
       </c>
       <c r="D1187" s="1" t="s">
-        <v>3435</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="1188" spans="1:4">
       <c r="A1188" s="1" t="s">
-        <v>3436</v>
+        <v>3428</v>
       </c>
       <c r="B1188" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1188" s="1" t="s">
-        <v>3437</v>
+        <v>3429</v>
       </c>
       <c r="D1188" s="1" t="s">
-        <v>3438</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="1189" spans="1:4">
       <c r="A1189" s="1" t="s">
-        <v>3439</v>
+        <v>3431</v>
       </c>
       <c r="B1189" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1189" s="1" t="s">
-        <v>3440</v>
+        <v>3432</v>
       </c>
       <c r="D1189" s="1" t="s">
-        <v>3441</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="1190" spans="1:4">
       <c r="A1190" s="1" t="s">
-        <v>3442</v>
+        <v>3434</v>
       </c>
       <c r="B1190" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1190" s="1" t="s">
-        <v>3443</v>
+        <v>3435</v>
       </c>
       <c r="D1190" s="1" t="s">
-        <v>3444</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="1191" spans="1:4">
       <c r="A1191" s="1" t="s">
-        <v>3445</v>
+        <v>3437</v>
       </c>
       <c r="B1191" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1191" s="1" t="s">
-        <v>3446</v>
+        <v>3438</v>
       </c>
       <c r="D1191" s="1" t="s">
-        <v>3447</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="1192" spans="1:4">
       <c r="A1192" s="1" t="s">
-        <v>3448</v>
+        <v>3440</v>
       </c>
       <c r="B1192" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1192" s="1" t="s">
-        <v>3449</v>
+        <v>3441</v>
       </c>
       <c r="D1192" s="1" t="s">
-        <v>3450</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="1193" spans="1:4">
       <c r="A1193" s="1" t="s">
-        <v>3451</v>
+        <v>3443</v>
       </c>
       <c r="B1193" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1193" s="1" t="s">
-        <v>3449</v>
+        <v>3444</v>
       </c>
       <c r="D1193" s="1" t="s">
-        <v>3452</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="1194" spans="1:4">
       <c r="A1194" s="1" t="s">
-        <v>3453</v>
+        <v>3446</v>
       </c>
       <c r="B1194" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1194" s="1" t="s">
-        <v>3454</v>
+        <v>3447</v>
       </c>
       <c r="D1194" s="1" t="s">
-        <v>3455</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="1195" spans="1:4">
       <c r="A1195" s="1" t="s">
-        <v>3456</v>
+        <v>3449</v>
       </c>
       <c r="B1195" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1195" s="1" t="s">
-        <v>3457</v>
+        <v>3450</v>
       </c>
       <c r="D1195" s="1" t="s">
-        <v>3458</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="1196" spans="1:4">
       <c r="A1196" s="1" t="s">
-        <v>3459</v>
+        <v>3452</v>
       </c>
       <c r="B1196" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C1196" s="1"/>
+      <c r="C1196" s="1" t="s">
+        <v>3453</v>
+      </c>
       <c r="D1196" s="1" t="s">
-        <v>3460</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="1197" spans="1:4">
       <c r="A1197" s="1" t="s">
-        <v>3461</v>
+        <v>3455</v>
       </c>
       <c r="B1197" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1197" s="1" t="s">
+        <v>3456</v>
+      </c>
+      <c r="D1197" s="1" t="s">
         <v>3457</v>
-      </c>
-[...1 lines deleted...]
-        <v>3462</v>
       </c>
     </row>
     <row r="1198" spans="1:4">
       <c r="A1198" s="1" t="s">
-        <v>3463</v>
+        <v>3458</v>
       </c>
       <c r="B1198" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1198" s="1" t="s">
-        <v>3464</v>
+        <v>3459</v>
       </c>
       <c r="D1198" s="1" t="s">
-        <v>3465</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="1199" spans="1:4">
       <c r="A1199" s="1" t="s">
-        <v>3466</v>
+        <v>3461</v>
       </c>
       <c r="B1199" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1199" s="1" t="s">
-        <v>3467</v>
+        <v>3462</v>
       </c>
       <c r="D1199" s="1" t="s">
-        <v>3468</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="1200" spans="1:4">
       <c r="A1200" s="1" t="s">
-        <v>3469</v>
+        <v>3464</v>
       </c>
       <c r="B1200" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1200" s="1" t="s">
-        <v>3470</v>
+        <v>3465</v>
       </c>
       <c r="D1200" s="1" t="s">
-        <v>3471</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="1201" spans="1:4">
       <c r="A1201" s="1" t="s">
-        <v>3472</v>
+        <v>3467</v>
       </c>
       <c r="B1201" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1201" s="1" t="s">
-        <v>3473</v>
+        <v>3468</v>
       </c>
       <c r="D1201" s="1" t="s">
-        <v>3474</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="1202" spans="1:4">
       <c r="A1202" s="1" t="s">
-        <v>3475</v>
+        <v>3470</v>
       </c>
       <c r="B1202" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1202" s="1" t="s">
-        <v>3476</v>
+        <v>3471</v>
       </c>
       <c r="D1202" s="1" t="s">
-        <v>3477</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="1203" spans="1:4">
       <c r="A1203" s="1" t="s">
-        <v>3478</v>
+        <v>3473</v>
       </c>
       <c r="B1203" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1203" s="1" t="s">
-        <v>3479</v>
+        <v>3474</v>
       </c>
       <c r="D1203" s="1" t="s">
-        <v>3480</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="1204" spans="1:4">
       <c r="A1204" s="1" t="s">
-        <v>3481</v>
+        <v>3476</v>
       </c>
       <c r="B1204" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1204" s="1" t="s">
-        <v>3482</v>
+        <v>3477</v>
       </c>
       <c r="D1204" s="1" t="s">
-        <v>3483</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="1205" spans="1:4">
       <c r="A1205" s="1" t="s">
-        <v>3484</v>
+        <v>3479</v>
       </c>
       <c r="B1205" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1205" s="1" t="s">
-        <v>3485</v>
+        <v>3480</v>
       </c>
       <c r="D1205" s="1" t="s">
-        <v>3486</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="1206" spans="1:4">
       <c r="A1206" s="1" t="s">
-        <v>3487</v>
+        <v>3482</v>
       </c>
       <c r="B1206" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1206" s="1" t="s">
-        <v>3488</v>
+        <v>3483</v>
       </c>
       <c r="D1206" s="1" t="s">
-        <v>3489</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="1207" spans="1:4">
       <c r="A1207" s="1" t="s">
-        <v>3490</v>
+        <v>3485</v>
       </c>
       <c r="B1207" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1207" s="1" t="s">
-        <v>3491</v>
+        <v>3486</v>
       </c>
       <c r="D1207" s="1" t="s">
-        <v>3492</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="1208" spans="1:4">
       <c r="A1208" s="1" t="s">
-        <v>3493</v>
+        <v>3488</v>
       </c>
       <c r="B1208" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1208" s="1" t="s">
-        <v>3494</v>
+        <v>3489</v>
       </c>
       <c r="D1208" s="1" t="s">
-        <v>3495</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="1209" spans="1:4">
       <c r="A1209" s="1" t="s">
-        <v>3496</v>
+        <v>3491</v>
       </c>
       <c r="B1209" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1209" s="1" t="s">
-        <v>3497</v>
+        <v>3492</v>
       </c>
       <c r="D1209" s="1" t="s">
-        <v>3498</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="1210" spans="1:4">
       <c r="A1210" s="1" t="s">
-        <v>3499</v>
+        <v>3494</v>
       </c>
       <c r="B1210" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1210" s="1" t="s">
-        <v>3500</v>
+        <v>2445</v>
       </c>
       <c r="D1210" s="1" t="s">
-        <v>3501</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="1211" spans="1:4">
       <c r="A1211" s="1" t="s">
-        <v>3502</v>
+        <v>3496</v>
       </c>
       <c r="B1211" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1211" s="1" t="s">
-        <v>3503</v>
+        <v>3497</v>
       </c>
       <c r="D1211" s="1" t="s">
-        <v>3504</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="1212" spans="1:4">
       <c r="A1212" s="1" t="s">
-        <v>3505</v>
+        <v>3499</v>
       </c>
       <c r="B1212" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1212" s="1" t="s">
-        <v>3506</v>
+        <v>3500</v>
       </c>
       <c r="D1212" s="1" t="s">
-        <v>3507</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="1213" spans="1:4">
       <c r="A1213" s="1" t="s">
-        <v>3508</v>
+        <v>3502</v>
       </c>
       <c r="B1213" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1213" s="1" t="s">
-        <v>3509</v>
+        <v>3503</v>
       </c>
       <c r="D1213" s="1" t="s">
-        <v>3510</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="1214" spans="1:4">
       <c r="A1214" s="1" t="s">
-        <v>3511</v>
+        <v>3505</v>
       </c>
       <c r="B1214" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1214" s="1" t="s">
-        <v>3512</v>
+        <v>3506</v>
       </c>
       <c r="D1214" s="1" t="s">
-        <v>3513</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="1215" spans="1:4">
       <c r="A1215" s="1" t="s">
-        <v>3514</v>
+        <v>3508</v>
       </c>
       <c r="B1215" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1215" s="1" t="s">
-        <v>3515</v>
+        <v>3509</v>
       </c>
       <c r="D1215" s="1" t="s">
-        <v>3516</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="1216" spans="1:4">
       <c r="A1216" s="1" t="s">
-        <v>3517</v>
+        <v>3511</v>
       </c>
       <c r="B1216" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1216" s="1" t="s">
-        <v>3518</v>
+        <v>3512</v>
       </c>
       <c r="D1216" s="1" t="s">
-        <v>3519</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="1217" spans="1:4">
       <c r="A1217" s="1" t="s">
-        <v>3520</v>
+        <v>3514</v>
       </c>
       <c r="B1217" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1217" s="1" t="s">
-        <v>3521</v>
+        <v>3515</v>
       </c>
       <c r="D1217" s="1" t="s">
-        <v>3522</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="1218" spans="1:4">
       <c r="A1218" s="1" t="s">
-        <v>3523</v>
+        <v>3517</v>
       </c>
       <c r="B1218" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1218" s="1" t="s">
-        <v>3524</v>
+        <v>3518</v>
       </c>
       <c r="D1218" s="1" t="s">
-        <v>3525</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="1219" spans="1:4">
       <c r="A1219" s="1" t="s">
-        <v>3526</v>
+        <v>3520</v>
       </c>
       <c r="B1219" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1219" s="1" t="s">
-        <v>3527</v>
+        <v>3521</v>
       </c>
       <c r="D1219" s="1" t="s">
-        <v>3528</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="1220" spans="1:4">
       <c r="A1220" s="1" t="s">
-        <v>3529</v>
+        <v>3523</v>
       </c>
       <c r="B1220" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1220" s="1" t="s">
-        <v>3530</v>
+        <v>3524</v>
       </c>
       <c r="D1220" s="1" t="s">
-        <v>3531</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="1221" spans="1:4">
       <c r="A1221" s="1" t="s">
-        <v>3532</v>
+        <v>3526</v>
       </c>
       <c r="B1221" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1221" s="1" t="s">
-        <v>3533</v>
+        <v>3527</v>
       </c>
       <c r="D1221" s="1" t="s">
-        <v>3534</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="1222" spans="1:4">
       <c r="A1222" s="1" t="s">
-        <v>3535</v>
+        <v>3529</v>
       </c>
       <c r="B1222" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1222" s="1" t="s">
-        <v>3536</v>
+        <v>3530</v>
       </c>
       <c r="D1222" s="1" t="s">
-        <v>3537</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="1223" spans="1:4">
       <c r="A1223" s="1" t="s">
-        <v>3538</v>
+        <v>3532</v>
       </c>
       <c r="B1223" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1223" s="1" t="s">
-        <v>3539</v>
+        <v>3533</v>
       </c>
       <c r="D1223" s="1" t="s">
-        <v>3540</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="1224" spans="1:4">
       <c r="A1224" s="1" t="s">
-        <v>3541</v>
+        <v>3535</v>
       </c>
       <c r="B1224" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1224" s="1" t="s">
-        <v>3542</v>
+        <v>3536</v>
       </c>
       <c r="D1224" s="1" t="s">
-        <v>3543</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="1225" spans="1:4">
       <c r="A1225" s="1" t="s">
-        <v>3544</v>
+        <v>3538</v>
       </c>
       <c r="B1225" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1225" s="1" t="s">
-        <v>3545</v>
+        <v>3539</v>
       </c>
       <c r="D1225" s="1" t="s">
-        <v>3546</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="1226" spans="1:4">
       <c r="A1226" s="1" t="s">
-        <v>3547</v>
+        <v>3541</v>
       </c>
       <c r="B1226" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1226" s="1" t="s">
-        <v>3548</v>
+        <v>3542</v>
       </c>
       <c r="D1226" s="1" t="s">
-        <v>3549</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="1227" spans="1:4">
       <c r="A1227" s="1" t="s">
-        <v>3550</v>
+        <v>3544</v>
       </c>
       <c r="B1227" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1227" s="1" t="s">
-        <v>3551</v>
+        <v>3545</v>
       </c>
       <c r="D1227" s="1" t="s">
-        <v>3552</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="1228" spans="1:4">
       <c r="A1228" s="1" t="s">
-        <v>3553</v>
+        <v>3547</v>
       </c>
       <c r="B1228" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1228" s="1" t="s">
-        <v>3554</v>
+        <v>3548</v>
       </c>
       <c r="D1228" s="1" t="s">
-        <v>3555</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="1229" spans="1:4">
       <c r="A1229" s="1" t="s">
-        <v>3556</v>
+        <v>3550</v>
       </c>
       <c r="B1229" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1229" s="1" t="s">
-        <v>3557</v>
+        <v>3551</v>
       </c>
       <c r="D1229" s="1" t="s">
-        <v>3558</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="1230" spans="1:4">
       <c r="A1230" s="1" t="s">
-        <v>3559</v>
+        <v>3553</v>
       </c>
       <c r="B1230" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1230" s="1" t="s">
-        <v>3560</v>
+        <v>3554</v>
       </c>
       <c r="D1230" s="1" t="s">
-        <v>3561</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="1231" spans="1:4">
       <c r="A1231" s="1" t="s">
-        <v>3562</v>
+        <v>3556</v>
       </c>
       <c r="B1231" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1231" s="1" t="s">
-        <v>3563</v>
+        <v>3557</v>
       </c>
       <c r="D1231" s="1" t="s">
-        <v>3564</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="1232" spans="1:4">
       <c r="A1232" s="1" t="s">
-        <v>3565</v>
+        <v>3559</v>
       </c>
       <c r="B1232" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1232" s="1" t="s">
-        <v>3566</v>
+        <v>3560</v>
       </c>
       <c r="D1232" s="1" t="s">
-        <v>3567</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="1233" spans="1:4">
       <c r="A1233" s="1" t="s">
-        <v>3568</v>
+        <v>3562</v>
       </c>
       <c r="B1233" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1233" s="1" t="s">
-        <v>3569</v>
+        <v>3563</v>
       </c>
       <c r="D1233" s="1" t="s">
-        <v>3570</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="1234" spans="1:4">
       <c r="A1234" s="1" t="s">
-        <v>3571</v>
+        <v>3565</v>
       </c>
       <c r="B1234" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1234" s="1" t="s">
-        <v>3572</v>
+        <v>3566</v>
       </c>
       <c r="D1234" s="1" t="s">
-        <v>3573</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="1235" spans="1:4">
       <c r="A1235" s="1" t="s">
-        <v>3574</v>
+        <v>3568</v>
       </c>
       <c r="B1235" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1235" s="1" t="s">
-        <v>3575</v>
+        <v>3569</v>
       </c>
       <c r="D1235" s="1" t="s">
-        <v>3576</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="1236" spans="1:4">
       <c r="A1236" s="1" t="s">
-        <v>3577</v>
+        <v>3571</v>
       </c>
       <c r="B1236" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1236" s="1" t="s">
-        <v>3578</v>
+        <v>3572</v>
       </c>
       <c r="D1236" s="1" t="s">
-        <v>3579</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="1237" spans="1:4">
       <c r="A1237" s="1" t="s">
-        <v>3580</v>
+        <v>3574</v>
       </c>
       <c r="B1237" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1237" s="1" t="s">
-        <v>3581</v>
+        <v>3575</v>
       </c>
       <c r="D1237" s="1" t="s">
-        <v>23</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="1238" spans="1:4">
       <c r="A1238" s="1" t="s">
-        <v>3582</v>
+        <v>3577</v>
       </c>
       <c r="B1238" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1238" s="1" t="s">
-        <v>3583</v>
+        <v>3578</v>
       </c>
       <c r="D1238" s="1" t="s">
-        <v>23</v>
+        <v>3579</v>
       </c>
     </row>
     <row r="1239" spans="1:4">
       <c r="A1239" s="1" t="s">
-        <v>3584</v>
+        <v>3580</v>
       </c>
       <c r="B1239" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1239" s="1" t="s">
-        <v>3585</v>
+        <v>3581</v>
       </c>
       <c r="D1239" s="1" t="s">
-        <v>23</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="1240" spans="1:4">
       <c r="A1240" s="1" t="s">
-        <v>3586</v>
+        <v>3583</v>
       </c>
       <c r="B1240" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1240" s="1" t="s">
-        <v>3587</v>
+        <v>3584</v>
       </c>
       <c r="D1240" s="1" t="s">
-        <v>23</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="1241" spans="1:4">
       <c r="A1241" s="1" t="s">
+        <v>3586</v>
+      </c>
+      <c r="B1241" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1241" s="1" t="s">
+        <v>3587</v>
+      </c>
+      <c r="D1241" s="1" t="s">
         <v>3588</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="1242" spans="1:4">
       <c r="A1242" s="1" t="s">
+        <v>3589</v>
+      </c>
+      <c r="B1242" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C1242" s="1" t="s">
         <v>3590</v>
       </c>
-      <c r="B1242" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C1242" s="1" t="s">
+      <c r="D1242" s="1" t="s">
         <v>3591</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="1243" spans="1:4">
       <c r="A1243" s="1" t="s">
         <v>3592</v>
       </c>
       <c r="B1243" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1243" s="1" t="s">
         <v>3593</v>
       </c>
       <c r="D1243" s="1" t="s">
-        <v>23</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="1244" spans="1:4">
       <c r="A1244" s="1" t="s">
-        <v>3594</v>
+        <v>3595</v>
       </c>
       <c r="B1244" s="1" t="s">
-        <v>5</v>
+        <v>245</v>
       </c>
       <c r="C1244" s="1" t="s">
-        <v>3595</v>
+        <v>3596</v>
       </c>
       <c r="D1244" s="1" t="s">
-        <v>23</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="1245" spans="1:4">
       <c r="A1245" s="1" t="s">
-        <v>3596</v>
+        <v>3598</v>
       </c>
       <c r="B1245" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1245" s="1" t="s">
-        <v>3597</v>
+        <v>3599</v>
       </c>
       <c r="D1245" s="1" t="s">
-        <v>23</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="1246" spans="1:4">
       <c r="A1246" s="1" t="s">
-        <v>3598</v>
+        <v>3601</v>
       </c>
       <c r="B1246" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1246" s="1" t="s">
-        <v>3599</v>
+        <v>3602</v>
       </c>
       <c r="D1246" s="1" t="s">
-        <v>23</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="1247" spans="1:4">
       <c r="A1247" s="1" t="s">
-        <v>3600</v>
+        <v>3604</v>
       </c>
       <c r="B1247" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1247" s="1" t="s">
-        <v>3601</v>
+        <v>3605</v>
       </c>
       <c r="D1247" s="1" t="s">
-        <v>23</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="1248" spans="1:4">
       <c r="A1248" s="1" t="s">
-        <v>3602</v>
+        <v>3607</v>
       </c>
       <c r="B1248" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1248" s="1" t="s">
-        <v>3603</v>
+        <v>3608</v>
       </c>
       <c r="D1248" s="1" t="s">
-        <v>23</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="1249" spans="1:4">
       <c r="A1249" s="1" t="s">
-        <v>3604</v>
+        <v>3610</v>
       </c>
       <c r="B1249" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1249" s="1" t="s">
-        <v>3605</v>
+        <v>3611</v>
       </c>
       <c r="D1249" s="1" t="s">
-        <v>23</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="1250" spans="1:4">
       <c r="A1250" s="1" t="s">
-        <v>3606</v>
+        <v>3613</v>
       </c>
       <c r="B1250" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1250" s="1" t="s">
-        <v>3607</v>
+        <v>3614</v>
       </c>
       <c r="D1250" s="1" t="s">
-        <v>23</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="1251" spans="1:4">
       <c r="A1251" s="1" t="s">
-        <v>3608</v>
+        <v>3616</v>
       </c>
       <c r="B1251" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1251" s="1" t="s">
-        <v>3609</v>
+        <v>3617</v>
       </c>
       <c r="D1251" s="1" t="s">
-        <v>23</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="1252" spans="1:4">
       <c r="A1252" s="1" t="s">
-        <v>3610</v>
+        <v>3619</v>
       </c>
       <c r="B1252" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1252" s="1" t="s">
-        <v>3611</v>
+        <v>3620</v>
       </c>
       <c r="D1252" s="1" t="s">
-        <v>23</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="1253" spans="1:4">
       <c r="A1253" s="1" t="s">
-        <v>3612</v>
+        <v>3622</v>
       </c>
       <c r="B1253" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1253" s="1" t="s">
-        <v>3613</v>
+        <v>3623</v>
       </c>
       <c r="D1253" s="1" t="s">
-        <v>23</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="1254" spans="1:4">
       <c r="A1254" s="1" t="s">
-        <v>3614</v>
+        <v>3625</v>
       </c>
       <c r="B1254" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1254" s="1" t="s">
-        <v>3615</v>
+        <v>3626</v>
       </c>
       <c r="D1254" s="1" t="s">
-        <v>23</v>
+        <v>3627</v>
       </c>
     </row>
     <row r="1255" spans="1:4">
       <c r="A1255" s="1" t="s">
-        <v>3616</v>
+        <v>3628</v>
       </c>
       <c r="B1255" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1255" s="1" t="s">
-        <v>3617</v>
+        <v>3629</v>
       </c>
       <c r="D1255" s="1" t="s">
-        <v>23</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="1256" spans="1:4">
       <c r="A1256" s="1" t="s">
-        <v>3618</v>
+        <v>3631</v>
       </c>
       <c r="B1256" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1256" s="1" t="s">
-        <v>3619</v>
+        <v>3632</v>
       </c>
       <c r="D1256" s="1" t="s">
-        <v>23</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="1257" spans="1:4">
       <c r="A1257" s="1" t="s">
-        <v>3620</v>
+        <v>3634</v>
       </c>
       <c r="B1257" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1257" s="1" t="s">
-        <v>3621</v>
+        <v>3635</v>
       </c>
       <c r="D1257" s="1" t="s">
-        <v>23</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="1258" spans="1:4">
       <c r="A1258" s="1" t="s">
-        <v>3622</v>
+        <v>3637</v>
       </c>
       <c r="B1258" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1258" s="1" t="s">
-        <v>3623</v>
+        <v>3638</v>
       </c>
       <c r="D1258" s="1" t="s">
-        <v>23</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="1259" spans="1:4">
       <c r="A1259" s="1" t="s">
-        <v>3624</v>
+        <v>3640</v>
       </c>
       <c r="B1259" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1259" s="1" t="s">
-        <v>3625</v>
+        <v>3641</v>
       </c>
       <c r="D1259" s="1" t="s">
-        <v>23</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="1260" spans="1:4">
       <c r="A1260" s="1" t="s">
-        <v>3626</v>
+        <v>3643</v>
       </c>
       <c r="B1260" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1260" s="1" t="s">
-        <v>3627</v>
+        <v>3644</v>
       </c>
       <c r="D1260" s="1" t="s">
-        <v>23</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="1261" spans="1:4">
       <c r="A1261" s="1" t="s">
-        <v>3628</v>
+        <v>3646</v>
       </c>
       <c r="B1261" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1261" s="1" t="s">
-        <v>3629</v>
+        <v>3647</v>
       </c>
       <c r="D1261" s="1" t="s">
-        <v>23</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="1262" spans="1:4">
       <c r="A1262" s="1" t="s">
-        <v>3630</v>
+        <v>3649</v>
       </c>
       <c r="B1262" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1262" s="1" t="s">
-        <v>3631</v>
+        <v>3650</v>
       </c>
       <c r="D1262" s="1" t="s">
-        <v>23</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="1263" spans="1:4">
       <c r="A1263" s="1" t="s">
-        <v>3632</v>
+        <v>3652</v>
       </c>
       <c r="B1263" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1263" s="1" t="s">
-        <v>3633</v>
+        <v>3653</v>
       </c>
       <c r="D1263" s="1" t="s">
-        <v>23</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="1264" spans="1:4">
       <c r="A1264" s="1" t="s">
-        <v>3634</v>
+        <v>3655</v>
       </c>
       <c r="B1264" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1264" s="1" t="s">
-        <v>3635</v>
+        <v>3656</v>
       </c>
       <c r="D1264" s="1" t="s">
-        <v>23</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="1265" spans="1:4">
       <c r="A1265" s="1" t="s">
-        <v>3636</v>
+        <v>3658</v>
       </c>
       <c r="B1265" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1265" s="1" t="s">
-        <v>3637</v>
+        <v>3659</v>
       </c>
       <c r="D1265" s="1" t="s">
-        <v>23</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="1266" spans="1:4">
       <c r="A1266" s="1" t="s">
-        <v>3638</v>
+        <v>3661</v>
       </c>
       <c r="B1266" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1266" s="1" t="s">
-        <v>3639</v>
+        <v>3662</v>
       </c>
       <c r="D1266" s="1" t="s">
-        <v>23</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="1267" spans="1:4">
       <c r="A1267" s="1" t="s">
-        <v>3640</v>
+        <v>3664</v>
       </c>
       <c r="B1267" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1267" s="1" t="s">
-        <v>3641</v>
+        <v>3665</v>
       </c>
       <c r="D1267" s="1" t="s">
-        <v>23</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="1268" spans="1:4">
       <c r="A1268" s="1" t="s">
-        <v>3642</v>
+        <v>3667</v>
       </c>
       <c r="B1268" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1268" s="1" t="s">
-        <v>3643</v>
+        <v>3668</v>
       </c>
       <c r="D1268" s="1" t="s">
-        <v>23</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="1269" spans="1:4">
       <c r="A1269" s="1" t="s">
-        <v>3644</v>
+        <v>3670</v>
       </c>
       <c r="B1269" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1269" s="1" t="s">
-        <v>3645</v>
+        <v>3671</v>
       </c>
       <c r="D1269" s="1" t="s">
-        <v>23</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="1270" spans="1:4">
       <c r="A1270" s="1" t="s">
-        <v>3646</v>
+        <v>3673</v>
       </c>
       <c r="B1270" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1270" s="1" t="s">
-        <v>3647</v>
+        <v>3674</v>
       </c>
       <c r="D1270" s="1" t="s">
-        <v>23</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="1271" spans="1:4">
       <c r="A1271" s="1" t="s">
-        <v>3648</v>
+        <v>3676</v>
       </c>
       <c r="B1271" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1271" s="1" t="s">
-        <v>3649</v>
+        <v>3677</v>
       </c>
       <c r="D1271" s="1" t="s">
-        <v>23</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="1272" spans="1:4">
       <c r="A1272" s="1" t="s">
-        <v>3650</v>
+        <v>3679</v>
       </c>
       <c r="B1272" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1272" s="1" t="s">
-        <v>3651</v>
+        <v>3680</v>
       </c>
       <c r="D1272" s="1" t="s">
-        <v>23</v>
+        <v>3681</v>
       </c>
     </row>
     <row r="1273" spans="1:4">
       <c r="A1273" s="1" t="s">
-        <v>3652</v>
+        <v>3682</v>
       </c>
       <c r="B1273" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1273" s="1" t="s">
-        <v>3653</v>
+        <v>3683</v>
       </c>
       <c r="D1273" s="1" t="s">
-        <v>23</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="1274" spans="1:4">
       <c r="A1274" s="1" t="s">
-        <v>3654</v>
+        <v>3685</v>
       </c>
       <c r="B1274" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1274" s="1" t="s">
-        <v>3655</v>
+        <v>3686</v>
       </c>
       <c r="D1274" s="1" t="s">
-        <v>23</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="1275" spans="1:4">
       <c r="A1275" s="1" t="s">
-        <v>3656</v>
+        <v>3688</v>
       </c>
       <c r="B1275" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1275" s="1" t="s">
-        <v>3657</v>
+        <v>3689</v>
       </c>
       <c r="D1275" s="1" t="s">
-        <v>23</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="1276" spans="1:4">
       <c r="A1276" s="1" t="s">
-        <v>3658</v>
+        <v>3691</v>
       </c>
       <c r="B1276" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1276" s="1" t="s">
-        <v>3659</v>
+        <v>3692</v>
       </c>
       <c r="D1276" s="1" t="s">
-        <v>23</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="1277" spans="1:4">
       <c r="A1277" s="1" t="s">
-        <v>3660</v>
+        <v>3694</v>
       </c>
       <c r="B1277" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1277" s="1" t="s">
-        <v>3661</v>
+        <v>3695</v>
       </c>
       <c r="D1277" s="1" t="s">
-        <v>23</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="1278" spans="1:4">
       <c r="A1278" s="1" t="s">
-        <v>3662</v>
+        <v>3697</v>
       </c>
       <c r="B1278" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1278" s="1" t="s">
-        <v>3663</v>
+        <v>3698</v>
       </c>
       <c r="D1278" s="1" t="s">
-        <v>23</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="1279" spans="1:4">
       <c r="A1279" s="1" t="s">
-        <v>3664</v>
+        <v>3700</v>
       </c>
       <c r="B1279" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1279" s="1" t="s">
-        <v>3665</v>
+        <v>3701</v>
       </c>
       <c r="D1279" s="1" t="s">
-        <v>23</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="1280" spans="1:4">
       <c r="A1280" s="1" t="s">
-        <v>3666</v>
+        <v>3703</v>
       </c>
       <c r="B1280" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1280" s="1" t="s">
-        <v>3667</v>
+        <v>3701</v>
       </c>
       <c r="D1280" s="1" t="s">
-        <v>23</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="1281" spans="1:4">
       <c r="A1281" s="1" t="s">
-        <v>3668</v>
+        <v>3705</v>
       </c>
       <c r="B1281" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1281" s="1" t="s">
-        <v>3669</v>
+        <v>3706</v>
       </c>
       <c r="D1281" s="1" t="s">
-        <v>23</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="1282" spans="1:4">
       <c r="A1282" s="1" t="s">
-        <v>3670</v>
+        <v>3708</v>
       </c>
       <c r="B1282" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1282" s="1" t="s">
-        <v>3671</v>
+        <v>3709</v>
       </c>
       <c r="D1282" s="1" t="s">
-        <v>23</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="1283" spans="1:4">
       <c r="A1283" s="1" t="s">
-        <v>3672</v>
+        <v>3711</v>
       </c>
       <c r="B1283" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C1283" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C1283" s="1"/>
       <c r="D1283" s="1" t="s">
-        <v>23</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="1284" spans="1:4">
       <c r="A1284" s="1" t="s">
-        <v>3674</v>
+        <v>3713</v>
       </c>
       <c r="B1284" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1284" s="1" t="s">
-        <v>3675</v>
+        <v>3709</v>
       </c>
       <c r="D1284" s="1" t="s">
-        <v>23</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="1285" spans="1:4">
       <c r="A1285" s="1" t="s">
-        <v>3676</v>
+        <v>3715</v>
       </c>
       <c r="B1285" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1285" s="1" t="s">
-        <v>3677</v>
+        <v>3716</v>
       </c>
       <c r="D1285" s="1" t="s">
-        <v>23</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="1286" spans="1:4">
       <c r="A1286" s="1" t="s">
-        <v>3678</v>
+        <v>3718</v>
       </c>
       <c r="B1286" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1286" s="1" t="s">
-        <v>3679</v>
+        <v>3719</v>
       </c>
       <c r="D1286" s="1" t="s">
-        <v>23</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="1287" spans="1:4">
       <c r="A1287" s="1" t="s">
-        <v>3680</v>
+        <v>3721</v>
       </c>
       <c r="B1287" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1287" s="1" t="s">
-        <v>3681</v>
+        <v>3722</v>
       </c>
       <c r="D1287" s="1" t="s">
-        <v>23</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="1288" spans="1:4">
       <c r="A1288" s="1" t="s">
-        <v>3682</v>
+        <v>3724</v>
       </c>
       <c r="B1288" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1288" s="1" t="s">
-        <v>3683</v>
+        <v>3725</v>
       </c>
       <c r="D1288" s="1" t="s">
-        <v>23</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="1289" spans="1:4">
       <c r="A1289" s="1" t="s">
-        <v>3684</v>
+        <v>3727</v>
       </c>
       <c r="B1289" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1289" s="1" t="s">
-        <v>3685</v>
+        <v>3728</v>
       </c>
       <c r="D1289" s="1" t="s">
-        <v>23</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="1290" spans="1:4">
       <c r="A1290" s="1" t="s">
-        <v>3686</v>
+        <v>3730</v>
       </c>
       <c r="B1290" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1290" s="1" t="s">
-        <v>3687</v>
+        <v>3731</v>
       </c>
       <c r="D1290" s="1" t="s">
-        <v>23</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="1291" spans="1:4">
       <c r="A1291" s="1" t="s">
-        <v>3688</v>
+        <v>3733</v>
       </c>
       <c r="B1291" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1291" s="1" t="s">
-        <v>3689</v>
+        <v>3734</v>
       </c>
       <c r="D1291" s="1" t="s">
-        <v>23</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="1292" spans="1:4">
       <c r="A1292" s="1" t="s">
-        <v>3690</v>
+        <v>3736</v>
       </c>
       <c r="B1292" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1292" s="1" t="s">
-        <v>3691</v>
+        <v>3737</v>
       </c>
       <c r="D1292" s="1" t="s">
-        <v>23</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="1293" spans="1:4">
       <c r="A1293" s="1" t="s">
-        <v>3692</v>
+        <v>3739</v>
       </c>
       <c r="B1293" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1293" s="1" t="s">
-        <v>3693</v>
+        <v>3740</v>
       </c>
       <c r="D1293" s="1" t="s">
-        <v>23</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="1294" spans="1:4">
       <c r="A1294" s="1" t="s">
-        <v>3694</v>
+        <v>3742</v>
       </c>
       <c r="B1294" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1294" s="1" t="s">
-        <v>3695</v>
+        <v>3743</v>
       </c>
       <c r="D1294" s="1" t="s">
-        <v>23</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="1295" spans="1:4">
       <c r="A1295" s="1" t="s">
-        <v>3696</v>
+        <v>3745</v>
       </c>
       <c r="B1295" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1295" s="1" t="s">
-        <v>3697</v>
+        <v>3746</v>
       </c>
       <c r="D1295" s="1" t="s">
-        <v>23</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="1296" spans="1:4">
       <c r="A1296" s="1" t="s">
-        <v>3698</v>
+        <v>3748</v>
       </c>
       <c r="B1296" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1296" s="1" t="s">
-        <v>3699</v>
+        <v>3749</v>
       </c>
       <c r="D1296" s="1" t="s">
-        <v>23</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="1297" spans="1:4">
       <c r="A1297" s="1" t="s">
-        <v>3700</v>
+        <v>3751</v>
       </c>
       <c r="B1297" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1297" s="1" t="s">
-        <v>3701</v>
+        <v>3752</v>
       </c>
       <c r="D1297" s="1" t="s">
-        <v>23</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="1298" spans="1:4">
       <c r="A1298" s="1" t="s">
-        <v>3702</v>
+        <v>3754</v>
       </c>
       <c r="B1298" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1298" s="1" t="s">
-        <v>3703</v>
+        <v>3755</v>
       </c>
       <c r="D1298" s="1" t="s">
-        <v>23</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="1299" spans="1:4">
       <c r="A1299" s="1" t="s">
-        <v>3704</v>
+        <v>3757</v>
       </c>
       <c r="B1299" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1299" s="1" t="s">
-        <v>3705</v>
+        <v>3758</v>
       </c>
       <c r="D1299" s="1" t="s">
-        <v>23</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="1300" spans="1:4">
       <c r="A1300" s="1" t="s">
-        <v>3706</v>
+        <v>3760</v>
       </c>
       <c r="B1300" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1300" s="1" t="s">
-        <v>3707</v>
+        <v>3761</v>
       </c>
       <c r="D1300" s="1" t="s">
-        <v>23</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="1301" spans="1:4">
       <c r="A1301" s="1" t="s">
-        <v>3708</v>
+        <v>3763</v>
       </c>
       <c r="B1301" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1301" s="1" t="s">
-        <v>3709</v>
+        <v>3764</v>
       </c>
       <c r="D1301" s="1" t="s">
-        <v>23</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="1302" spans="1:4">
       <c r="A1302" s="1" t="s">
-        <v>3710</v>
+        <v>3766</v>
       </c>
       <c r="B1302" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1302" s="1" t="s">
-        <v>3711</v>
+        <v>3767</v>
       </c>
       <c r="D1302" s="1" t="s">
-        <v>23</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="1303" spans="1:4">
       <c r="A1303" s="1" t="s">
-        <v>3712</v>
+        <v>3769</v>
       </c>
       <c r="B1303" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1303" s="1" t="s">
-        <v>3713</v>
+        <v>3770</v>
       </c>
       <c r="D1303" s="1" t="s">
-        <v>23</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="1304" spans="1:4">
       <c r="A1304" s="1" t="s">
-        <v>3714</v>
+        <v>3772</v>
       </c>
       <c r="B1304" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1304" s="1" t="s">
-        <v>3715</v>
+        <v>3773</v>
       </c>
       <c r="D1304" s="1" t="s">
-        <v>23</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="1305" spans="1:4">
       <c r="A1305" s="1" t="s">
-        <v>3716</v>
+        <v>3775</v>
       </c>
       <c r="B1305" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1305" s="1" t="s">
-        <v>3717</v>
+        <v>3776</v>
       </c>
       <c r="D1305" s="1" t="s">
-        <v>23</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="1306" spans="1:4">
       <c r="A1306" s="1" t="s">
-        <v>3718</v>
+        <v>3778</v>
       </c>
       <c r="B1306" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1306" s="1" t="s">
-        <v>3719</v>
+        <v>3779</v>
       </c>
       <c r="D1306" s="1" t="s">
-        <v>23</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="1307" spans="1:4">
       <c r="A1307" s="1" t="s">
-        <v>3720</v>
+        <v>3781</v>
       </c>
       <c r="B1307" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1307" s="1" t="s">
-        <v>3721</v>
+        <v>3782</v>
       </c>
       <c r="D1307" s="1" t="s">
-        <v>23</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="1308" spans="1:4">
       <c r="A1308" s="1" t="s">
-        <v>3722</v>
+        <v>3784</v>
       </c>
       <c r="B1308" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1308" s="1" t="s">
-        <v>3723</v>
+        <v>3785</v>
       </c>
       <c r="D1308" s="1" t="s">
-        <v>23</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="1309" spans="1:4">
       <c r="A1309" s="1" t="s">
-        <v>3724</v>
+        <v>3787</v>
       </c>
       <c r="B1309" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1309" s="1" t="s">
-        <v>3725</v>
+        <v>3788</v>
       </c>
       <c r="D1309" s="1" t="s">
-        <v>23</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="1310" spans="1:4">
       <c r="A1310" s="1" t="s">
-        <v>3726</v>
+        <v>3790</v>
       </c>
       <c r="B1310" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1310" s="1" t="s">
-        <v>3727</v>
+        <v>3791</v>
       </c>
       <c r="D1310" s="1" t="s">
-        <v>23</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="1311" spans="1:4">
       <c r="A1311" s="1" t="s">
-        <v>3728</v>
+        <v>3793</v>
       </c>
       <c r="B1311" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1311" s="1" t="s">
-        <v>3729</v>
+        <v>3794</v>
       </c>
       <c r="D1311" s="1" t="s">
-        <v>23</v>
+        <v>3795</v>
       </c>
     </row>
     <row r="1312" spans="1:4">
       <c r="A1312" s="1" t="s">
-        <v>3730</v>
+        <v>3796</v>
       </c>
       <c r="B1312" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1312" s="1" t="s">
-        <v>3731</v>
+        <v>3797</v>
       </c>
       <c r="D1312" s="1" t="s">
-        <v>23</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="1313" spans="1:4">
       <c r="A1313" s="1" t="s">
-        <v>3732</v>
+        <v>3799</v>
       </c>
       <c r="B1313" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1313" s="1" t="s">
-        <v>3733</v>
+        <v>3800</v>
       </c>
       <c r="D1313" s="1" t="s">
-        <v>23</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="1314" spans="1:4">
       <c r="A1314" s="1" t="s">
-        <v>3734</v>
+        <v>3802</v>
       </c>
       <c r="B1314" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1314" s="1" t="s">
-        <v>3735</v>
+        <v>3803</v>
       </c>
       <c r="D1314" s="1" t="s">
-        <v>23</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="1315" spans="1:4">
       <c r="A1315" s="1" t="s">
-        <v>3736</v>
+        <v>3805</v>
       </c>
       <c r="B1315" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1315" s="1" t="s">
-        <v>3737</v>
+        <v>3806</v>
       </c>
       <c r="D1315" s="1" t="s">
-        <v>23</v>
+        <v>3807</v>
       </c>
     </row>
     <row r="1316" spans="1:4">
       <c r="A1316" s="1" t="s">
-        <v>3738</v>
+        <v>3808</v>
       </c>
       <c r="B1316" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1316" s="1" t="s">
-        <v>3739</v>
+        <v>3809</v>
       </c>
       <c r="D1316" s="1" t="s">
-        <v>23</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="1317" spans="1:4">
       <c r="A1317" s="1" t="s">
-        <v>3740</v>
+        <v>3811</v>
       </c>
       <c r="B1317" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1317" s="1" t="s">
-        <v>3741</v>
+        <v>3812</v>
       </c>
       <c r="D1317" s="1" t="s">
-        <v>23</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="1318" spans="1:4">
       <c r="A1318" s="1" t="s">
-        <v>3742</v>
+        <v>3814</v>
       </c>
       <c r="B1318" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1318" s="1" t="s">
-        <v>3743</v>
+        <v>3815</v>
       </c>
       <c r="D1318" s="1" t="s">
-        <v>23</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="1319" spans="1:4">
       <c r="A1319" s="1" t="s">
-        <v>3744</v>
+        <v>3817</v>
       </c>
       <c r="B1319" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1319" s="1" t="s">
-        <v>3745</v>
+        <v>3818</v>
       </c>
       <c r="D1319" s="1" t="s">
-        <v>23</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="1320" spans="1:4">
       <c r="A1320" s="1" t="s">
-        <v>3746</v>
+        <v>3820</v>
       </c>
       <c r="B1320" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1320" s="1" t="s">
-        <v>3747</v>
+        <v>3821</v>
       </c>
       <c r="D1320" s="1" t="s">
-        <v>23</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="1321" spans="1:4">
       <c r="A1321" s="1" t="s">
-        <v>3748</v>
+        <v>3823</v>
       </c>
       <c r="B1321" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1321" s="1" t="s">
-        <v>3749</v>
+        <v>3824</v>
       </c>
       <c r="D1321" s="1" t="s">
-        <v>23</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="1322" spans="1:4">
       <c r="A1322" s="1" t="s">
-        <v>3750</v>
+        <v>3826</v>
       </c>
       <c r="B1322" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1322" s="1" t="s">
-        <v>3751</v>
+        <v>3827</v>
       </c>
       <c r="D1322" s="1" t="s">
-        <v>23</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="1323" spans="1:4">
       <c r="A1323" s="1" t="s">
-        <v>3752</v>
+        <v>3829</v>
       </c>
       <c r="B1323" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1323" s="1" t="s">
-        <v>3753</v>
+        <v>3830</v>
       </c>
       <c r="D1323" s="1" t="s">
-        <v>23</v>
+        <v>3831</v>
       </c>
     </row>
     <row r="1324" spans="1:4">
       <c r="A1324" s="1" t="s">
-        <v>3754</v>
+        <v>3832</v>
       </c>
       <c r="B1324" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1324" s="1" t="s">
-        <v>3755</v>
+        <v>3833</v>
       </c>
       <c r="D1324" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1325" spans="1:4">
       <c r="A1325" s="1" t="s">
-        <v>3756</v>
+        <v>3834</v>
       </c>
       <c r="B1325" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1325" s="1" t="s">
-        <v>3757</v>
+        <v>3835</v>
       </c>
       <c r="D1325" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1326" spans="1:4">
       <c r="A1326" s="1" t="s">
-        <v>3758</v>
+        <v>3836</v>
       </c>
       <c r="B1326" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1326" s="1" t="s">
-        <v>3759</v>
+        <v>3837</v>
       </c>
       <c r="D1326" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1327" spans="1:4">
       <c r="A1327" s="1" t="s">
-        <v>3760</v>
+        <v>3838</v>
       </c>
       <c r="B1327" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1327" s="1" t="s">
-        <v>3761</v>
+        <v>3839</v>
       </c>
       <c r="D1327" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1328" spans="1:4">
       <c r="A1328" s="1" t="s">
-        <v>3762</v>
+        <v>3840</v>
       </c>
       <c r="B1328" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1328" s="1" t="s">
-        <v>3763</v>
+        <v>3841</v>
       </c>
       <c r="D1328" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1329" spans="1:4">
       <c r="A1329" s="1" t="s">
-        <v>3764</v>
+        <v>3842</v>
       </c>
       <c r="B1329" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1329" s="1" t="s">
-        <v>3765</v>
+        <v>3843</v>
       </c>
       <c r="D1329" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1330" spans="1:4">
       <c r="A1330" s="1" t="s">
-        <v>3766</v>
+        <v>3844</v>
       </c>
       <c r="B1330" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1330" s="1" t="s">
-        <v>3767</v>
+        <v>3845</v>
       </c>
       <c r="D1330" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1331" spans="1:4">
       <c r="A1331" s="1" t="s">
-        <v>3768</v>
+        <v>3846</v>
       </c>
       <c r="B1331" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1331" s="1" t="s">
-        <v>3769</v>
+        <v>3847</v>
       </c>
       <c r="D1331" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1332" spans="1:4">
       <c r="A1332" s="1" t="s">
-        <v>3770</v>
+        <v>3848</v>
       </c>
       <c r="B1332" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1332" s="1" t="s">
-        <v>3771</v>
+        <v>3849</v>
       </c>
       <c r="D1332" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1333" spans="1:4">
       <c r="A1333" s="1" t="s">
-        <v>3772</v>
+        <v>3850</v>
       </c>
       <c r="B1333" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1333" s="1" t="s">
-        <v>3773</v>
+        <v>3851</v>
       </c>
       <c r="D1333" s="1" t="s">
-        <v>23</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1334" spans="1:4">
       <c r="A1334" s="1" t="s">
-        <v>3774</v>
+        <v>3852</v>
       </c>
       <c r="B1334" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1334" s="1" t="s">
-        <v>3775</v>
+        <v>3853</v>
       </c>
       <c r="D1334" s="1" t="s">
-        <v>3776</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1335" spans="1:4">
       <c r="A1335" s="1" t="s">
-        <v>3777</v>
+        <v>3854</v>
       </c>
       <c r="B1335" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1335" s="1" t="s">
-        <v>3778</v>
+        <v>3855</v>
       </c>
       <c r="D1335" s="1" t="s">
-        <v>3779</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1336" spans="1:4">
       <c r="A1336" s="1" t="s">
-        <v>3780</v>
+        <v>3856</v>
       </c>
       <c r="B1336" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1336" s="1" t="s">
-        <v>3781</v>
+        <v>3857</v>
       </c>
       <c r="D1336" s="1" t="s">
-        <v>3782</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1337" spans="1:4">
       <c r="A1337" s="1" t="s">
-        <v>3783</v>
+        <v>3858</v>
       </c>
       <c r="B1337" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1337" s="1" t="s">
-        <v>3784</v>
+        <v>3859</v>
       </c>
       <c r="D1337" s="1" t="s">
-        <v>3785</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1338" spans="1:4">
       <c r="A1338" s="1" t="s">
-        <v>3786</v>
+        <v>3860</v>
       </c>
       <c r="B1338" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1338" s="1" t="s">
-        <v>3787</v>
+        <v>3861</v>
       </c>
       <c r="D1338" s="1" t="s">
-        <v>3788</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1339" spans="1:4">
       <c r="A1339" s="1" t="s">
-        <v>3789</v>
+        <v>3862</v>
       </c>
       <c r="B1339" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1339" s="1" t="s">
-        <v>3790</v>
+        <v>3863</v>
       </c>
       <c r="D1339" s="1" t="s">
-        <v>3791</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1340" spans="1:4">
       <c r="A1340" s="1" t="s">
-        <v>3792</v>
+        <v>3864</v>
       </c>
       <c r="B1340" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1340" s="1" t="s">
-        <v>3793</v>
+        <v>3865</v>
       </c>
       <c r="D1340" s="1" t="s">
-        <v>3794</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1341" spans="1:4">
       <c r="A1341" s="1" t="s">
-        <v>3795</v>
+        <v>3866</v>
       </c>
       <c r="B1341" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1341" s="1" t="s">
-        <v>3796</v>
+        <v>3867</v>
       </c>
       <c r="D1341" s="1" t="s">
-        <v>3797</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1342" spans="1:4">
       <c r="A1342" s="1" t="s">
-        <v>3798</v>
+        <v>3868</v>
       </c>
       <c r="B1342" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1342" s="1" t="s">
-        <v>3799</v>
+        <v>3869</v>
       </c>
       <c r="D1342" s="1" t="s">
-        <v>3800</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1343" spans="1:4">
       <c r="A1343" s="1" t="s">
-        <v>3801</v>
+        <v>3870</v>
       </c>
       <c r="B1343" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1343" s="1" t="s">
-        <v>3802</v>
+        <v>3871</v>
       </c>
       <c r="D1343" s="1" t="s">
-        <v>3803</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1344" spans="1:4">
       <c r="A1344" s="1" t="s">
-        <v>3804</v>
+        <v>3872</v>
       </c>
       <c r="B1344" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1344" s="1" t="s">
-        <v>3805</v>
+        <v>3873</v>
       </c>
       <c r="D1344" s="1" t="s">
-        <v>3806</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1345" spans="1:4">
       <c r="A1345" s="1" t="s">
-        <v>3807</v>
+        <v>3874</v>
       </c>
       <c r="B1345" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1345" s="1" t="s">
-        <v>3808</v>
+        <v>3875</v>
       </c>
       <c r="D1345" s="1" t="s">
-        <v>3809</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1346" spans="1:4">
       <c r="A1346" s="1" t="s">
-        <v>3810</v>
+        <v>3876</v>
       </c>
       <c r="B1346" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1346" s="1" t="s">
-        <v>3811</v>
+        <v>3877</v>
       </c>
       <c r="D1346" s="1" t="s">
-        <v>3812</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1347" spans="1:4">
       <c r="A1347" s="1" t="s">
-        <v>3813</v>
+        <v>3878</v>
       </c>
       <c r="B1347" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1347" s="1" t="s">
-        <v>3814</v>
+        <v>3879</v>
       </c>
       <c r="D1347" s="1" t="s">
-        <v>3815</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1348" spans="1:4">
       <c r="A1348" s="1" t="s">
-        <v>3816</v>
+        <v>3880</v>
       </c>
       <c r="B1348" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1348" s="1" t="s">
-        <v>3817</v>
+        <v>3881</v>
       </c>
       <c r="D1348" s="1" t="s">
-        <v>3818</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1349" spans="1:4">
       <c r="A1349" s="1" t="s">
-        <v>3819</v>
+        <v>3882</v>
       </c>
       <c r="B1349" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1349" s="1" t="s">
-        <v>3820</v>
+        <v>3883</v>
       </c>
       <c r="D1349" s="1" t="s">
-        <v>3821</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1350" spans="1:4">
       <c r="A1350" s="1" t="s">
-        <v>3822</v>
+        <v>3884</v>
       </c>
       <c r="B1350" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1350" s="1" t="s">
-        <v>3823</v>
+        <v>3885</v>
       </c>
       <c r="D1350" s="1" t="s">
-        <v>3824</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1351" spans="1:4">
       <c r="A1351" s="1" t="s">
-        <v>3825</v>
+        <v>3886</v>
       </c>
       <c r="B1351" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1351" s="1" t="s">
-        <v>3826</v>
+        <v>3887</v>
       </c>
       <c r="D1351" s="1" t="s">
-        <v>3827</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1352" spans="1:4">
       <c r="A1352" s="1" t="s">
-        <v>3828</v>
+        <v>3888</v>
       </c>
       <c r="B1352" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1352" s="1" t="s">
-        <v>3829</v>
+        <v>3889</v>
       </c>
       <c r="D1352" s="1" t="s">
-        <v>3830</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1353" spans="1:4">
       <c r="A1353" s="1" t="s">
-        <v>3831</v>
+        <v>3890</v>
       </c>
       <c r="B1353" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1353" s="1" t="s">
-        <v>3832</v>
+        <v>3891</v>
       </c>
       <c r="D1353" s="1" t="s">
-        <v>3833</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1354" spans="1:4">
       <c r="A1354" s="1" t="s">
-        <v>3834</v>
+        <v>3892</v>
       </c>
       <c r="B1354" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1354" s="1" t="s">
-        <v>3835</v>
+        <v>3893</v>
       </c>
       <c r="D1354" s="1" t="s">
-        <v>3836</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1355" spans="1:4">
       <c r="A1355" s="1" t="s">
-        <v>3837</v>
+        <v>3894</v>
       </c>
       <c r="B1355" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1355" s="1" t="s">
-        <v>3838</v>
+        <v>3895</v>
       </c>
       <c r="D1355" s="1" t="s">
-        <v>3839</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1356" spans="1:4">
       <c r="A1356" s="1" t="s">
-        <v>3840</v>
+        <v>3896</v>
       </c>
       <c r="B1356" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1356" s="1" t="s">
-        <v>3841</v>
+        <v>3897</v>
       </c>
       <c r="D1356" s="1" t="s">
-        <v>3842</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1357" spans="1:4">
       <c r="A1357" s="1" t="s">
-        <v>3843</v>
+        <v>3898</v>
       </c>
       <c r="B1357" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1357" s="1" t="s">
-        <v>3844</v>
+        <v>3899</v>
       </c>
       <c r="D1357" s="1" t="s">
-        <v>3845</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1358" spans="1:4">
       <c r="A1358" s="1" t="s">
-        <v>3846</v>
+        <v>3900</v>
       </c>
       <c r="B1358" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1358" s="1" t="s">
-        <v>3847</v>
+        <v>3901</v>
       </c>
       <c r="D1358" s="1" t="s">
-        <v>3848</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1359" spans="1:4">
       <c r="A1359" s="1" t="s">
-        <v>3849</v>
+        <v>3902</v>
       </c>
       <c r="B1359" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1359" s="1" t="s">
-        <v>3850</v>
+        <v>3903</v>
       </c>
       <c r="D1359" s="1" t="s">
-        <v>3851</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1360" spans="1:4">
       <c r="A1360" s="1" t="s">
-        <v>3852</v>
+        <v>3904</v>
       </c>
       <c r="B1360" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1360" s="1" t="s">
-        <v>3853</v>
+        <v>3905</v>
       </c>
       <c r="D1360" s="1" t="s">
-        <v>3854</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1361" spans="1:4">
       <c r="A1361" s="1" t="s">
-        <v>3855</v>
+        <v>3906</v>
       </c>
       <c r="B1361" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1361" s="1" t="s">
-        <v>3856</v>
+        <v>3907</v>
       </c>
       <c r="D1361" s="1" t="s">
-        <v>3857</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1362" spans="1:4">
       <c r="A1362" s="1" t="s">
-        <v>3858</v>
+        <v>3908</v>
       </c>
       <c r="B1362" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1362" s="1" t="s">
-        <v>3859</v>
+        <v>3909</v>
       </c>
       <c r="D1362" s="1" t="s">
-        <v>3860</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1363" spans="1:4">
       <c r="A1363" s="1" t="s">
-        <v>3861</v>
+        <v>3910</v>
       </c>
       <c r="B1363" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1363" s="1" t="s">
-        <v>3805</v>
+        <v>3911</v>
       </c>
       <c r="D1363" s="1" t="s">
-        <v>3862</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1364" spans="1:4">
       <c r="A1364" s="1" t="s">
-        <v>3863</v>
+        <v>3912</v>
       </c>
       <c r="B1364" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1364" s="1" t="s">
-        <v>3864</v>
+        <v>3913</v>
       </c>
       <c r="D1364" s="1" t="s">
-        <v>3865</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1365" spans="1:4">
       <c r="A1365" s="1" t="s">
-        <v>3866</v>
+        <v>3914</v>
       </c>
       <c r="B1365" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1365" s="1" t="s">
-        <v>3867</v>
+        <v>3915</v>
       </c>
       <c r="D1365" s="1" t="s">
-        <v>3868</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1366" spans="1:4">
       <c r="A1366" s="1" t="s">
-        <v>3869</v>
+        <v>3916</v>
       </c>
       <c r="B1366" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1366" s="1" t="s">
-        <v>3870</v>
+        <v>3917</v>
       </c>
       <c r="D1366" s="1" t="s">
-        <v>3871</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1367" spans="1:4">
       <c r="A1367" s="1" t="s">
-        <v>3872</v>
+        <v>3918</v>
       </c>
       <c r="B1367" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1367" s="1" t="s">
-        <v>3873</v>
+        <v>3919</v>
       </c>
       <c r="D1367" s="1" t="s">
-        <v>3874</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1368" spans="1:4">
       <c r="A1368" s="1" t="s">
-        <v>3875</v>
+        <v>3920</v>
       </c>
       <c r="B1368" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1368" s="1" t="s">
-        <v>3876</v>
+        <v>3921</v>
       </c>
       <c r="D1368" s="1" t="s">
-        <v>3877</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1369" spans="1:4">
       <c r="A1369" s="1" t="s">
-        <v>3878</v>
+        <v>3922</v>
       </c>
       <c r="B1369" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1369" s="1" t="s">
-        <v>3879</v>
+        <v>3923</v>
       </c>
       <c r="D1369" s="1" t="s">
-        <v>3880</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1370" spans="1:4">
       <c r="A1370" s="1" t="s">
-        <v>3881</v>
+        <v>3924</v>
       </c>
       <c r="B1370" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1370" s="1" t="s">
-        <v>3882</v>
+        <v>3925</v>
       </c>
       <c r="D1370" s="1" t="s">
-        <v>3883</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1371" spans="1:4">
       <c r="A1371" s="1" t="s">
-        <v>3884</v>
+        <v>3926</v>
       </c>
       <c r="B1371" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1371" s="1" t="s">
-        <v>3885</v>
+        <v>3927</v>
       </c>
       <c r="D1371" s="1" t="s">
-        <v>3886</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1372" spans="1:4">
       <c r="A1372" s="1" t="s">
-        <v>3887</v>
+        <v>3928</v>
       </c>
       <c r="B1372" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1372" s="1" t="s">
-        <v>3888</v>
+        <v>3929</v>
       </c>
       <c r="D1372" s="1" t="s">
-        <v>3889</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1373" spans="1:4">
       <c r="A1373" s="1" t="s">
-        <v>3890</v>
+        <v>3930</v>
       </c>
       <c r="B1373" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1373" s="1" t="s">
-        <v>3891</v>
+        <v>3931</v>
       </c>
       <c r="D1373" s="1" t="s">
-        <v>3892</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1374" spans="1:4">
       <c r="A1374" s="1" t="s">
-        <v>3893</v>
+        <v>3932</v>
       </c>
       <c r="B1374" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1374" s="1" t="s">
-        <v>3894</v>
+        <v>3933</v>
       </c>
       <c r="D1374" s="1" t="s">
-        <v>3895</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1375" spans="1:4">
       <c r="A1375" s="1" t="s">
-        <v>3896</v>
+        <v>3934</v>
       </c>
       <c r="B1375" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1375" s="1" t="s">
-        <v>3897</v>
+        <v>3935</v>
       </c>
       <c r="D1375" s="1" t="s">
-        <v>3898</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1376" spans="1:4">
       <c r="A1376" s="1" t="s">
-        <v>3899</v>
+        <v>3936</v>
       </c>
       <c r="B1376" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1376" s="1" t="s">
-        <v>3900</v>
+        <v>3937</v>
       </c>
       <c r="D1376" s="1" t="s">
-        <v>3901</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1377" spans="1:4">
       <c r="A1377" s="1" t="s">
-        <v>3902</v>
+        <v>3938</v>
       </c>
       <c r="B1377" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1377" s="1" t="s">
-        <v>3903</v>
+        <v>3939</v>
       </c>
       <c r="D1377" s="1" t="s">
-        <v>3904</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1378" spans="1:4">
       <c r="A1378" s="1" t="s">
-        <v>3905</v>
+        <v>3940</v>
       </c>
       <c r="B1378" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1378" s="1" t="s">
-        <v>3906</v>
+        <v>3941</v>
       </c>
       <c r="D1378" s="1" t="s">
-        <v>3907</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1379" spans="1:4">
       <c r="A1379" s="1" t="s">
-        <v>3908</v>
+        <v>3942</v>
       </c>
       <c r="B1379" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1379" s="1" t="s">
-        <v>3909</v>
+        <v>3943</v>
       </c>
       <c r="D1379" s="1" t="s">
-        <v>3910</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1380" spans="1:4">
       <c r="A1380" s="1" t="s">
-        <v>3911</v>
+        <v>3944</v>
       </c>
       <c r="B1380" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1380" s="1" t="s">
-        <v>3912</v>
+        <v>3945</v>
       </c>
       <c r="D1380" s="1" t="s">
-        <v>3913</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1381" spans="1:4">
       <c r="A1381" s="1" t="s">
-        <v>3914</v>
+        <v>3946</v>
       </c>
       <c r="B1381" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1381" s="1" t="s">
-        <v>3915</v>
+        <v>3947</v>
       </c>
       <c r="D1381" s="1" t="s">
-        <v>3916</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1382" spans="1:4">
       <c r="A1382" s="1" t="s">
-        <v>3917</v>
+        <v>3948</v>
       </c>
       <c r="B1382" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1382" s="1" t="s">
-        <v>3918</v>
+        <v>3949</v>
       </c>
       <c r="D1382" s="1" t="s">
-        <v>3919</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1383" spans="1:4">
       <c r="A1383" s="1" t="s">
-        <v>3920</v>
+        <v>3950</v>
       </c>
       <c r="B1383" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1383" s="1" t="s">
-        <v>3882</v>
+        <v>3951</v>
       </c>
       <c r="D1383" s="1" t="s">
-        <v>3921</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1384" spans="1:4">
       <c r="A1384" s="1" t="s">
-        <v>3922</v>
+        <v>3952</v>
       </c>
       <c r="B1384" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1384" s="1" t="s">
-        <v>3923</v>
+        <v>3953</v>
       </c>
       <c r="D1384" s="1" t="s">
-        <v>3924</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1385" spans="1:4">
       <c r="A1385" s="1" t="s">
-        <v>3925</v>
+        <v>3954</v>
       </c>
       <c r="B1385" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1385" s="1" t="s">
-        <v>3926</v>
+        <v>3955</v>
       </c>
       <c r="D1385" s="1" t="s">
-        <v>3927</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1386" spans="1:4">
       <c r="A1386" s="1" t="s">
-        <v>3928</v>
+        <v>3956</v>
       </c>
       <c r="B1386" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1386" s="1" t="s">
-        <v>3929</v>
+        <v>3957</v>
       </c>
       <c r="D1386" s="1" t="s">
-        <v>3930</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1387" spans="1:4">
       <c r="A1387" s="1" t="s">
-        <v>3931</v>
+        <v>3958</v>
       </c>
       <c r="B1387" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1387" s="1" t="s">
-        <v>3932</v>
+        <v>3959</v>
       </c>
       <c r="D1387" s="1" t="s">
-        <v>3933</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1388" spans="1:4">
       <c r="A1388" s="1" t="s">
-        <v>3934</v>
+        <v>3960</v>
       </c>
       <c r="B1388" s="1" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C1388" s="1" t="s">
-        <v>3935</v>
+        <v>3961</v>
       </c>
       <c r="D1388" s="1" t="s">
-        <v>3936</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1389" spans="1:4">
       <c r="A1389" s="1" t="s">
-        <v>3937</v>
+        <v>3962</v>
       </c>
       <c r="B1389" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1389" s="1" t="s">
-        <v>3938</v>
+        <v>3963</v>
       </c>
       <c r="D1389" s="1" t="s">
-        <v>3939</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1390" spans="1:4">
       <c r="A1390" s="1" t="s">
-        <v>3940</v>
+        <v>3964</v>
       </c>
       <c r="B1390" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1390" s="1" t="s">
-        <v>3941</v>
+        <v>3965</v>
       </c>
       <c r="D1390" s="1" t="s">
-        <v>3942</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1391" spans="1:4">
       <c r="A1391" s="1" t="s">
-        <v>3943</v>
+        <v>3966</v>
       </c>
       <c r="B1391" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1391" s="1" t="s">
-        <v>3941</v>
+        <v>3967</v>
       </c>
       <c r="D1391" s="1" t="s">
-        <v>3944</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1392" spans="1:4">
       <c r="A1392" s="1" t="s">
-        <v>3945</v>
+        <v>3968</v>
       </c>
       <c r="B1392" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1392" s="1" t="s">
-        <v>3941</v>
+        <v>3969</v>
       </c>
       <c r="D1392" s="1" t="s">
-        <v>3946</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1393" spans="1:4">
       <c r="A1393" s="1" t="s">
-        <v>3947</v>
+        <v>3970</v>
       </c>
       <c r="B1393" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1393" s="1" t="s">
-        <v>3941</v>
+        <v>3971</v>
       </c>
       <c r="D1393" s="1" t="s">
-        <v>3948</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1394" spans="1:4">
       <c r="A1394" s="1" t="s">
-        <v>3949</v>
+        <v>3972</v>
       </c>
       <c r="B1394" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1394" s="1" t="s">
-        <v>3941</v>
+        <v>3973</v>
       </c>
       <c r="D1394" s="1" t="s">
-        <v>3950</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1395" spans="1:4">
       <c r="A1395" s="1" t="s">
-        <v>3951</v>
+        <v>3974</v>
       </c>
       <c r="B1395" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1395" s="1" t="s">
-        <v>3941</v>
+        <v>3975</v>
       </c>
       <c r="D1395" s="1" t="s">
-        <v>3952</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1396" spans="1:4">
       <c r="A1396" s="1" t="s">
-        <v>3953</v>
+        <v>3976</v>
       </c>
       <c r="B1396" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1396" s="1" t="s">
-        <v>3954</v>
+        <v>3977</v>
       </c>
       <c r="D1396" s="1" t="s">
-        <v>3955</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1397" spans="1:4">
       <c r="A1397" s="1" t="s">
-        <v>3956</v>
+        <v>3978</v>
       </c>
       <c r="B1397" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1397" s="1" t="s">
-        <v>3941</v>
+        <v>3979</v>
       </c>
       <c r="D1397" s="1" t="s">
-        <v>3957</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1398" spans="1:4">
       <c r="A1398" s="1" t="s">
-        <v>3958</v>
+        <v>3980</v>
       </c>
       <c r="B1398" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1398" s="1" t="s">
-        <v>3941</v>
+        <v>3981</v>
       </c>
       <c r="D1398" s="1" t="s">
-        <v>3959</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1399" spans="1:4">
       <c r="A1399" s="1" t="s">
-        <v>3960</v>
+        <v>3982</v>
       </c>
       <c r="B1399" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1399" s="1" t="s">
-        <v>3941</v>
+        <v>3983</v>
       </c>
       <c r="D1399" s="1" t="s">
-        <v>3961</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1400" spans="1:4">
       <c r="A1400" s="1" t="s">
-        <v>3962</v>
+        <v>3984</v>
       </c>
       <c r="B1400" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1400" s="1" t="s">
-        <v>3963</v>
+        <v>3985</v>
       </c>
       <c r="D1400" s="1" t="s">
-        <v>3964</v>
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:4">
+      <c r="A1401" s="1" t="s">
+        <v>3986</v>
+      </c>
+      <c r="B1401" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1401" s="1" t="s">
+        <v>3987</v>
+      </c>
+      <c r="D1401" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:4">
+      <c r="A1402" s="1" t="s">
+        <v>3988</v>
+      </c>
+      <c r="B1402" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1402" s="1" t="s">
+        <v>3989</v>
+      </c>
+      <c r="D1402" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:4">
+      <c r="A1403" s="1" t="s">
+        <v>3990</v>
+      </c>
+      <c r="B1403" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1403" s="1" t="s">
+        <v>3991</v>
+      </c>
+      <c r="D1403" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:4">
+      <c r="A1404" s="1" t="s">
+        <v>3992</v>
+      </c>
+      <c r="B1404" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1404" s="1" t="s">
+        <v>3993</v>
+      </c>
+      <c r="D1404" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:4">
+      <c r="A1405" s="1" t="s">
+        <v>3994</v>
+      </c>
+      <c r="B1405" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1405" s="1" t="s">
+        <v>3995</v>
+      </c>
+      <c r="D1405" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:4">
+      <c r="A1406" s="1" t="s">
+        <v>3996</v>
+      </c>
+      <c r="B1406" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1406" s="1" t="s">
+        <v>3997</v>
+      </c>
+      <c r="D1406" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:4">
+      <c r="A1407" s="1" t="s">
+        <v>3998</v>
+      </c>
+      <c r="B1407" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1407" s="1" t="s">
+        <v>3999</v>
+      </c>
+      <c r="D1407" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:4">
+      <c r="A1408" s="1" t="s">
+        <v>4000</v>
+      </c>
+      <c r="B1408" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1408" s="1" t="s">
+        <v>4001</v>
+      </c>
+      <c r="D1408" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1409" spans="1:4">
+      <c r="A1409" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="B1409" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1409" s="1" t="s">
+        <v>4003</v>
+      </c>
+      <c r="D1409" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:4">
+      <c r="A1410" s="1" t="s">
+        <v>4004</v>
+      </c>
+      <c r="B1410" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1410" s="1" t="s">
+        <v>4005</v>
+      </c>
+      <c r="D1410" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:4">
+      <c r="A1411" s="1" t="s">
+        <v>4006</v>
+      </c>
+      <c r="B1411" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1411" s="1" t="s">
+        <v>4007</v>
+      </c>
+      <c r="D1411" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:4">
+      <c r="A1412" s="1" t="s">
+        <v>4008</v>
+      </c>
+      <c r="B1412" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1412" s="1" t="s">
+        <v>4009</v>
+      </c>
+      <c r="D1412" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:4">
+      <c r="A1413" s="1" t="s">
+        <v>4010</v>
+      </c>
+      <c r="B1413" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1413" s="1" t="s">
+        <v>4011</v>
+      </c>
+      <c r="D1413" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:4">
+      <c r="A1414" s="1" t="s">
+        <v>4012</v>
+      </c>
+      <c r="B1414" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1414" s="1" t="s">
+        <v>4013</v>
+      </c>
+      <c r="D1414" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:4">
+      <c r="A1415" s="1" t="s">
+        <v>4014</v>
+      </c>
+      <c r="B1415" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1415" s="1" t="s">
+        <v>4015</v>
+      </c>
+      <c r="D1415" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:4">
+      <c r="A1416" s="1" t="s">
+        <v>4016</v>
+      </c>
+      <c r="B1416" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1416" s="1" t="s">
+        <v>4017</v>
+      </c>
+      <c r="D1416" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:4">
+      <c r="A1417" s="1" t="s">
+        <v>4018</v>
+      </c>
+      <c r="B1417" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1417" s="1" t="s">
+        <v>4019</v>
+      </c>
+      <c r="D1417" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:4">
+      <c r="A1418" s="1" t="s">
+        <v>4020</v>
+      </c>
+      <c r="B1418" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1418" s="1" t="s">
+        <v>4021</v>
+      </c>
+      <c r="D1418" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:4">
+      <c r="A1419" s="1" t="s">
+        <v>4022</v>
+      </c>
+      <c r="B1419" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1419" s="1" t="s">
+        <v>4023</v>
+      </c>
+      <c r="D1419" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:4">
+      <c r="A1420" s="1" t="s">
+        <v>4024</v>
+      </c>
+      <c r="B1420" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1420" s="1" t="s">
+        <v>4025</v>
+      </c>
+      <c r="D1420" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:4">
+      <c r="A1421" s="1" t="s">
+        <v>4026</v>
+      </c>
+      <c r="B1421" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1421" s="1" t="s">
+        <v>4027</v>
+      </c>
+      <c r="D1421" s="1" t="s">
+        <v>4028</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:4">
+      <c r="A1422" s="1" t="s">
+        <v>4029</v>
+      </c>
+      <c r="B1422" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1422" s="1" t="s">
+        <v>4030</v>
+      </c>
+      <c r="D1422" s="1" t="s">
+        <v>4031</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:4">
+      <c r="A1423" s="1" t="s">
+        <v>4032</v>
+      </c>
+      <c r="B1423" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1423" s="1" t="s">
+        <v>4033</v>
+      </c>
+      <c r="D1423" s="1" t="s">
+        <v>4034</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:4">
+      <c r="A1424" s="1" t="s">
+        <v>4035</v>
+      </c>
+      <c r="B1424" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1424" s="1" t="s">
+        <v>4036</v>
+      </c>
+      <c r="D1424" s="1" t="s">
+        <v>4037</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:4">
+      <c r="A1425" s="1" t="s">
+        <v>4038</v>
+      </c>
+      <c r="B1425" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1425" s="1" t="s">
+        <v>4039</v>
+      </c>
+      <c r="D1425" s="1" t="s">
+        <v>4040</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:4">
+      <c r="A1426" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="B1426" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1426" s="1" t="s">
+        <v>4042</v>
+      </c>
+      <c r="D1426" s="1" t="s">
+        <v>4043</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:4">
+      <c r="A1427" s="1" t="s">
+        <v>4044</v>
+      </c>
+      <c r="B1427" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1427" s="1" t="s">
+        <v>4045</v>
+      </c>
+      <c r="D1427" s="1" t="s">
+        <v>4046</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:4">
+      <c r="A1428" s="1" t="s">
+        <v>4047</v>
+      </c>
+      <c r="B1428" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1428" s="1" t="s">
+        <v>4048</v>
+      </c>
+      <c r="D1428" s="1" t="s">
+        <v>4049</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:4">
+      <c r="A1429" s="1" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B1429" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1429" s="1" t="s">
+        <v>4051</v>
+      </c>
+      <c r="D1429" s="1" t="s">
+        <v>4052</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:4">
+      <c r="A1430" s="1" t="s">
+        <v>4053</v>
+      </c>
+      <c r="B1430" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1430" s="1" t="s">
+        <v>4054</v>
+      </c>
+      <c r="D1430" s="1" t="s">
+        <v>4055</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:4">
+      <c r="A1431" s="1" t="s">
+        <v>4056</v>
+      </c>
+      <c r="B1431" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1431" s="1" t="s">
+        <v>4057</v>
+      </c>
+      <c r="D1431" s="1" t="s">
+        <v>4058</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:4">
+      <c r="A1432" s="1" t="s">
+        <v>4059</v>
+      </c>
+      <c r="B1432" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1432" s="1" t="s">
+        <v>4060</v>
+      </c>
+      <c r="D1432" s="1" t="s">
+        <v>4061</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:4">
+      <c r="A1433" s="1" t="s">
+        <v>4062</v>
+      </c>
+      <c r="B1433" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1433" s="1" t="s">
+        <v>4063</v>
+      </c>
+      <c r="D1433" s="1" t="s">
+        <v>4064</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:4">
+      <c r="A1434" s="1" t="s">
+        <v>4065</v>
+      </c>
+      <c r="B1434" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1434" s="1" t="s">
+        <v>4066</v>
+      </c>
+      <c r="D1434" s="1" t="s">
+        <v>4067</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:4">
+      <c r="A1435" s="1" t="s">
+        <v>4068</v>
+      </c>
+      <c r="B1435" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1435" s="1" t="s">
+        <v>4069</v>
+      </c>
+      <c r="D1435" s="1" t="s">
+        <v>4070</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:4">
+      <c r="A1436" s="1" t="s">
+        <v>4071</v>
+      </c>
+      <c r="B1436" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1436" s="1" t="s">
+        <v>4072</v>
+      </c>
+      <c r="D1436" s="1" t="s">
+        <v>4073</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:4">
+      <c r="A1437" s="1" t="s">
+        <v>4074</v>
+      </c>
+      <c r="B1437" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1437" s="1" t="s">
+        <v>4075</v>
+      </c>
+      <c r="D1437" s="1" t="s">
+        <v>4076</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:4">
+      <c r="A1438" s="1" t="s">
+        <v>4077</v>
+      </c>
+      <c r="B1438" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1438" s="1" t="s">
+        <v>4078</v>
+      </c>
+      <c r="D1438" s="1" t="s">
+        <v>4079</v>
+      </c>
+    </row>
+    <row r="1439" spans="1:4">
+      <c r="A1439" s="1" t="s">
+        <v>4080</v>
+      </c>
+      <c r="B1439" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1439" s="1" t="s">
+        <v>4081</v>
+      </c>
+      <c r="D1439" s="1" t="s">
+        <v>4082</v>
+      </c>
+    </row>
+    <row r="1440" spans="1:4">
+      <c r="A1440" s="1" t="s">
+        <v>4083</v>
+      </c>
+      <c r="B1440" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1440" s="1" t="s">
+        <v>4084</v>
+      </c>
+      <c r="D1440" s="1" t="s">
+        <v>4085</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:4">
+      <c r="A1441" s="1" t="s">
+        <v>4086</v>
+      </c>
+      <c r="B1441" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1441" s="1" t="s">
+        <v>4087</v>
+      </c>
+      <c r="D1441" s="1" t="s">
+        <v>4088</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:4">
+      <c r="A1442" s="1" t="s">
+        <v>4089</v>
+      </c>
+      <c r="B1442" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1442" s="1" t="s">
+        <v>4090</v>
+      </c>
+      <c r="D1442" s="1" t="s">
+        <v>4091</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:4">
+      <c r="A1443" s="1" t="s">
+        <v>4092</v>
+      </c>
+      <c r="B1443" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1443" s="1" t="s">
+        <v>4093</v>
+      </c>
+      <c r="D1443" s="1" t="s">
+        <v>4094</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:4">
+      <c r="A1444" s="1" t="s">
+        <v>4095</v>
+      </c>
+      <c r="B1444" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1444" s="1" t="s">
+        <v>4096</v>
+      </c>
+      <c r="D1444" s="1" t="s">
+        <v>4097</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:4">
+      <c r="A1445" s="1" t="s">
+        <v>4098</v>
+      </c>
+      <c r="B1445" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1445" s="1" t="s">
+        <v>4099</v>
+      </c>
+      <c r="D1445" s="1" t="s">
+        <v>4100</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:4">
+      <c r="A1446" s="1" t="s">
+        <v>4101</v>
+      </c>
+      <c r="B1446" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1446" s="1" t="s">
+        <v>4102</v>
+      </c>
+      <c r="D1446" s="1" t="s">
+        <v>4103</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:4">
+      <c r="A1447" s="1" t="s">
+        <v>4104</v>
+      </c>
+      <c r="B1447" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1447" s="1" t="s">
+        <v>4105</v>
+      </c>
+      <c r="D1447" s="1" t="s">
+        <v>4106</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:4">
+      <c r="A1448" s="1" t="s">
+        <v>4107</v>
+      </c>
+      <c r="B1448" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1448" s="1" t="s">
+        <v>4108</v>
+      </c>
+      <c r="D1448" s="1" t="s">
+        <v>4109</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:4">
+      <c r="A1449" s="1" t="s">
+        <v>4110</v>
+      </c>
+      <c r="B1449" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1449" s="1" t="s">
+        <v>4111</v>
+      </c>
+      <c r="D1449" s="1" t="s">
+        <v>4112</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:4">
+      <c r="A1450" s="1" t="s">
+        <v>4113</v>
+      </c>
+      <c r="B1450" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1450" s="1" t="s">
+        <v>4057</v>
+      </c>
+      <c r="D1450" s="1" t="s">
+        <v>4114</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:4">
+      <c r="A1451" s="1" t="s">
+        <v>4115</v>
+      </c>
+      <c r="B1451" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1451" s="1" t="s">
+        <v>4116</v>
+      </c>
+      <c r="D1451" s="1" t="s">
+        <v>4117</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:4">
+      <c r="A1452" s="1" t="s">
+        <v>4118</v>
+      </c>
+      <c r="B1452" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1452" s="1" t="s">
+        <v>4119</v>
+      </c>
+      <c r="D1452" s="1" t="s">
+        <v>4120</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:4">
+      <c r="A1453" s="1" t="s">
+        <v>4121</v>
+      </c>
+      <c r="B1453" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1453" s="1" t="s">
+        <v>4122</v>
+      </c>
+      <c r="D1453" s="1" t="s">
+        <v>4123</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:4">
+      <c r="A1454" s="1" t="s">
+        <v>4124</v>
+      </c>
+      <c r="B1454" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1454" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="D1454" s="1" t="s">
+        <v>4126</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:4">
+      <c r="A1455" s="1" t="s">
+        <v>4127</v>
+      </c>
+      <c r="B1455" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1455" s="1" t="s">
+        <v>4128</v>
+      </c>
+      <c r="D1455" s="1" t="s">
+        <v>4129</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:4">
+      <c r="A1456" s="1" t="s">
+        <v>4130</v>
+      </c>
+      <c r="B1456" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1456" s="1" t="s">
+        <v>4131</v>
+      </c>
+      <c r="D1456" s="1" t="s">
+        <v>4132</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:4">
+      <c r="A1457" s="1" t="s">
+        <v>4133</v>
+      </c>
+      <c r="B1457" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1457" s="1" t="s">
+        <v>4134</v>
+      </c>
+      <c r="D1457" s="1" t="s">
+        <v>4135</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:4">
+      <c r="A1458" s="1" t="s">
+        <v>4136</v>
+      </c>
+      <c r="B1458" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1458" s="1" t="s">
+        <v>4137</v>
+      </c>
+      <c r="D1458" s="1" t="s">
+        <v>4138</v>
+      </c>
+    </row>
+    <row r="1459" spans="1:4">
+      <c r="A1459" s="1" t="s">
+        <v>4139</v>
+      </c>
+      <c r="B1459" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1459" s="1" t="s">
+        <v>4140</v>
+      </c>
+      <c r="D1459" s="1" t="s">
+        <v>4141</v>
+      </c>
+    </row>
+    <row r="1460" spans="1:4">
+      <c r="A1460" s="1" t="s">
+        <v>4142</v>
+      </c>
+      <c r="B1460" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1460" s="1" t="s">
+        <v>4143</v>
+      </c>
+      <c r="D1460" s="1" t="s">
+        <v>4144</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:4">
+      <c r="A1461" s="1" t="s">
+        <v>4145</v>
+      </c>
+      <c r="B1461" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1461" s="1" t="s">
+        <v>4146</v>
+      </c>
+      <c r="D1461" s="1" t="s">
+        <v>4147</v>
+      </c>
+    </row>
+    <row r="1462" spans="1:4">
+      <c r="A1462" s="1" t="s">
+        <v>4148</v>
+      </c>
+      <c r="B1462" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1462" s="1" t="s">
+        <v>4149</v>
+      </c>
+      <c r="D1462" s="1" t="s">
+        <v>4150</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:4">
+      <c r="A1463" s="1" t="s">
+        <v>4151</v>
+      </c>
+      <c r="B1463" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1463" s="1" t="s">
+        <v>4152</v>
+      </c>
+      <c r="D1463" s="1" t="s">
+        <v>4153</v>
+      </c>
+    </row>
+    <row r="1464" spans="1:4">
+      <c r="A1464" s="1" t="s">
+        <v>4154</v>
+      </c>
+      <c r="B1464" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1464" s="1" t="s">
+        <v>4155</v>
+      </c>
+      <c r="D1464" s="1" t="s">
+        <v>4156</v>
+      </c>
+    </row>
+    <row r="1465" spans="1:4">
+      <c r="A1465" s="1" t="s">
+        <v>4157</v>
+      </c>
+      <c r="B1465" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1465" s="1" t="s">
+        <v>4158</v>
+      </c>
+      <c r="D1465" s="1" t="s">
+        <v>4159</v>
+      </c>
+    </row>
+    <row r="1466" spans="1:4">
+      <c r="A1466" s="1" t="s">
+        <v>4160</v>
+      </c>
+      <c r="B1466" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1466" s="1" t="s">
+        <v>4161</v>
+      </c>
+      <c r="D1466" s="1" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="1467" spans="1:4">
+      <c r="A1467" s="1" t="s">
+        <v>4163</v>
+      </c>
+      <c r="B1467" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1467" s="1" t="s">
+        <v>4164</v>
+      </c>
+      <c r="D1467" s="1" t="s">
+        <v>4165</v>
+      </c>
+    </row>
+    <row r="1468" spans="1:4">
+      <c r="A1468" s="1" t="s">
+        <v>4166</v>
+      </c>
+      <c r="B1468" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1468" s="1" t="s">
+        <v>4167</v>
+      </c>
+      <c r="D1468" s="1" t="s">
+        <v>4168</v>
+      </c>
+    </row>
+    <row r="1469" spans="1:4">
+      <c r="A1469" s="1" t="s">
+        <v>4169</v>
+      </c>
+      <c r="B1469" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1469" s="1" t="s">
+        <v>4170</v>
+      </c>
+      <c r="D1469" s="1" t="s">
+        <v>4171</v>
+      </c>
+    </row>
+    <row r="1470" spans="1:4">
+      <c r="A1470" s="1" t="s">
+        <v>4172</v>
+      </c>
+      <c r="B1470" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1470" s="1" t="s">
+        <v>4134</v>
+      </c>
+      <c r="D1470" s="1" t="s">
+        <v>4173</v>
+      </c>
+    </row>
+    <row r="1471" spans="1:4">
+      <c r="A1471" s="1" t="s">
+        <v>4174</v>
+      </c>
+      <c r="B1471" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1471" s="1" t="s">
+        <v>4175</v>
+      </c>
+      <c r="D1471" s="1" t="s">
+        <v>4176</v>
+      </c>
+    </row>
+    <row r="1472" spans="1:4">
+      <c r="A1472" s="1" t="s">
+        <v>4177</v>
+      </c>
+      <c r="B1472" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1472" s="1" t="s">
+        <v>4178</v>
+      </c>
+      <c r="D1472" s="1" t="s">
+        <v>4179</v>
+      </c>
+    </row>
+    <row r="1473" spans="1:4">
+      <c r="A1473" s="1" t="s">
+        <v>4180</v>
+      </c>
+      <c r="B1473" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1473" s="1" t="s">
+        <v>4181</v>
+      </c>
+      <c r="D1473" s="1" t="s">
+        <v>4182</v>
+      </c>
+    </row>
+    <row r="1474" spans="1:4">
+      <c r="A1474" s="1" t="s">
+        <v>4183</v>
+      </c>
+      <c r="B1474" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1474" s="1" t="s">
+        <v>4184</v>
+      </c>
+      <c r="D1474" s="1" t="s">
+        <v>4185</v>
+      </c>
+    </row>
+    <row r="1475" spans="1:4">
+      <c r="A1475" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="B1475" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1475" s="1" t="s">
+        <v>4187</v>
+      </c>
+      <c r="D1475" s="1" t="s">
+        <v>4188</v>
+      </c>
+    </row>
+    <row r="1476" spans="1:4">
+      <c r="A1476" s="1" t="s">
+        <v>4189</v>
+      </c>
+      <c r="B1476" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1476" s="1" t="s">
+        <v>4190</v>
+      </c>
+      <c r="D1476" s="1" t="s">
+        <v>4191</v>
+      </c>
+    </row>
+    <row r="1477" spans="1:4">
+      <c r="A1477" s="1" t="s">
+        <v>4192</v>
+      </c>
+      <c r="B1477" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1477" s="1" t="s">
+        <v>4193</v>
+      </c>
+      <c r="D1477" s="1" t="s">
+        <v>4194</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:4">
+      <c r="A1478" s="1" t="s">
+        <v>4195</v>
+      </c>
+      <c r="B1478" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1478" s="1" t="s">
+        <v>4193</v>
+      </c>
+      <c r="D1478" s="1" t="s">
+        <v>4196</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:4">
+      <c r="A1479" s="1" t="s">
+        <v>4197</v>
+      </c>
+      <c r="B1479" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1479" s="1" t="s">
+        <v>4193</v>
+      </c>
+      <c r="D1479" s="1" t="s">
+        <v>4198</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:4">
+      <c r="A1480" s="1" t="s">
+        <v>4199</v>
+      </c>
+      <c r="B1480" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1480" s="1" t="s">
+        <v>4193</v>
+      </c>
+      <c r="D1480" s="1" t="s">
+        <v>4200</v>
+      </c>
+    </row>
+    <row r="1481" spans="1:4">
+      <c r="A1481" s="1" t="s">
+        <v>4201</v>
+      </c>
+      <c r="B1481" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1481" s="1" t="s">
+        <v>4193</v>
+      </c>
+      <c r="D1481" s="1" t="s">
+        <v>4202</v>
+      </c>
+    </row>
+    <row r="1482" spans="1:4">
+      <c r="A1482" s="1" t="s">
+        <v>4203</v>
+      </c>
+      <c r="B1482" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1482" s="1" t="s">
+        <v>4193</v>
+      </c>
+      <c r="D1482" s="1" t="s">
+        <v>4204</v>
+      </c>
+    </row>
+    <row r="1483" spans="1:4">
+      <c r="A1483" s="1" t="s">
+        <v>4205</v>
+      </c>
+      <c r="B1483" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1483" s="1" t="s">
+        <v>4206</v>
+      </c>
+      <c r="D1483" s="1" t="s">
+        <v>4207</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:4">
+      <c r="A1484" s="1" t="s">
+        <v>4208</v>
+      </c>
+      <c r="B1484" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1484" s="1" t="s">
+        <v>4193</v>
+      </c>
+      <c r="D1484" s="1" t="s">
+        <v>4209</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:4">
+      <c r="A1485" s="1" t="s">
+        <v>4210</v>
+      </c>
+      <c r="B1485" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1485" s="1" t="s">
+        <v>4193</v>
+      </c>
+      <c r="D1485" s="1" t="s">
+        <v>4211</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:4">
+      <c r="A1486" s="1" t="s">
+        <v>4212</v>
+      </c>
+      <c r="B1486" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1486" s="1" t="s">
+        <v>4193</v>
+      </c>
+      <c r="D1486" s="1" t="s">
+        <v>4213</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:4">
+      <c r="A1487" s="1" t="s">
+        <v>4214</v>
+      </c>
+      <c r="B1487" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1487" s="1" t="s">
+        <v>4215</v>
+      </c>
+      <c r="D1487" s="1" t="s">
+        <v>4216</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>