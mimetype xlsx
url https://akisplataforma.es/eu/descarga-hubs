--- v0 (2025-12-14)
+++ v1 (2026-01-31)
@@ -4,84 +4,123 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Hubs" sheetId="1" r:id="rId4"/>
+    <sheet name="Hub-ak" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
-[...7 lines deleted...]
-    <t>Descripción</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+  <si>
+    <t>Izena</t>
+  </si>
+  <si>
+    <t>Hub motak</t>
+  </si>
+  <si>
+    <t>Deskribapena</t>
+  </si>
+  <si>
+    <t>BIOHUBCAT</t>
+  </si>
+  <si>
+    <t>Hubak</t>
+  </si>
+  <si>
+    <t>BIOHUBCAT Katalunian baliabide organiko berriztagarrietatik balio ekonomikoa sortzea errazteko zerbitzu bakarra da. Enpresek eta ekintzaileek hurrengo urratsa emateko behar dituzten irtenbideak aurkitzeko lekua.</t>
+  </si>
+  <si>
+    <t>CTA (Andaluziako Korporazio Teknologikoa)</t>
+  </si>
+  <si>
+    <t>Enpresa elkarteak, Plataforma, Hubak</t>
+  </si>
+  <si>
+    <t>CTA Andaluziako berrikuntza kluster multi-sektoriala da, jarduera nazionala eta nazioartekoa duena. Enpresei, administrazio publikoei eta unibertsitateei beren beharretara egokitutako I+G+B estrategia bat planifikatzen laguntzen die. I+G+B beharrak identifikatu eta horiei erantzuteko proiektuak formulatu, bazkideak eta finantzaketa aurkitu arte, enpresei laguntzen die beren berrikuntza proiektuetan zehar. Aliatu estrategikoa da emaitzak negozio aukera bihurtzeko eta nazioarteko berrikuntza proiektuetan bazkide arrakastatsua. 186 enpresa kide baino gehiago dituen fundazio pribatua da, jatorriz Andaluziako Juntak sustatua eta kudeaketa pribatua duena, berrikuntza teknologikoa sustatzera dedikatua. 186 enpresa baino gehiago dira CTAren parte. Nazioarteko korporazio handietatik hasi eta sektore ekonomiko guztietako ETE edo startup teknologikoetaraino.</t>
+  </si>
+  <si>
+    <t>Agrogune Adimenduna</t>
+  </si>
+  <si>
+    <t>Smart Agro Hub ikerketa, ezagutza praktiko eta ekintzailetza ekosistema bat da, teknologia digitaletan oinarritutako nekazaritza-ekoizpen sistema ingurumena errespetatzen duen bat sortzen laguntzen duena. Gaitasun zentroaren ikuspegia Greziako nekazaritzaren eraldaketa digitalaren katalizatzaile izatea eta nekazaritza-elikagaien sektorean ekoizpen-eredu jasangarri berri bat eratzea da, irtenbide berritzaileen bidez. Smart Agro Hub-en misioa hau da: Ekoizleei agroteknologiako irtenbide adimentsu eta eraginkorrak eskaintzea, etekinak handitzeko, ekoizpen-kostuak murrizteko eta ingurumen-aztarna hobetzeko. Nazioarteko estandarrak betez iraunkortasun-helburuak ezarri eta betetzeko eta merkatuan lehiakortasun-posizio bat lortzeko elikagaien industriari irtenbide iraunkorrak eskaintzea. Jarduera nagusiak: Greziako nekazaritzaren eraldaketa digitalerako irtenbide berritzaileen garapena Nekazaritza-teknologien garapena, probak, ebaluazioa eta hobekuntza Nekazaritza esperimentuak egitean Jasangarritasun aholkularitza zerbitzuak eskaintzea Nekazaritza-elikagaien katearen ingurumen-aztarnaren ebaluazioa Produktu eta teknologia digital berritzaileen garapena nekazaritza-elikagaien sektorean Nekazaritza eta bioteknologia arloko ikerketa zientifikoak egitea eta ikerketa proiektuetan parte hartzea.</t>
+  </si>
+  <si>
+    <t>Energia Klusterra</t>
+  </si>
+  <si>
+    <t>Kluster Elkartea, EAEko energia-sektoreko enpresak biltzen eta ordezkatzen dituena, haien kokapena eta lehiakortasun-ahalmena indartzeko. Energiaren balio-kateen inguruan beren jarduera garatzen duten enpresen, erakundeen eta erakunde publikoen bilgune eta lotura-gunea gara. EAEko energia-industriaren lehiakortasuna hobetzeko ekintza kolaboratiboak sustatzen eta koordinatzen ditugu. Klusterrak I+G proiektuak garatzen ditu Industriaren Deskarbonizazioan, Haize-Energian, Hidrogenoan eta erregai berriztagarrietan, Sare Adimendunetan eta Eguzki-Energia Fotovoltaikoan ( Agrovitivoltaica proiektua).</t>
+  </si>
+  <si>
+    <t>DIH-LEAF (Abeltzaintza, Ingurumena, Nekazaritza eta Basogintza)</t>
+  </si>
+  <si>
+    <t>Abeltzaintza, ingurumen, nekazaritza eta basogintza sektoreetan (DIH-LEAF) zentratzen den Berrikuntza Digitalaren Zentroa (DIH) ekoizpen sektorearekin eta hainbat ekimen teknologikorekin lotutako hainbat eragilek osatzen dute. DIH-LEAFen parte hartzen dute unibertsitateek eta teknologia zentroek, enpresek, ekoizleen elkarteek, irabazi-asmorik gabeko erakundeek eta beste batzuek. Sektore produktibo zabal honetan digitalizazioaren eta berrikuntza teknologikoaren erronkari aurre egiteko, DIH-LEAF digitalizazio ekosistema berezi eta autonomo gisa ezarri da, erakunde hauek digitalizatzeko azken helburuarekin, horrela haien eraginkortasuna, lehiakortasuna eta iraunkortasuna handituz Informazio eta Komunikazio Teknologien (IKT) aplikazioaren bidez. Horrek landa eta hiri eremuen garapen jasangarriari laguntzen dio. Hauek dira DIH-LEAFek eskaintzen dituen zerbitzuak : Saiakuntza eta esperimentazioa Prestakuntza Finantzaketa iturriak aurkitzeko laguntza</t>
+  </si>
+  <si>
+    <t>Berrikuntza Digitalaren Gune Baskoa (Bdih)</t>
+  </si>
+  <si>
+    <t>Basque Digital Innovation Hub-ek (Bdih) ETEei industria adimendunaren, energiaren eta osasunaren erronkei aurre egiteko eta ingurune digitalean eta jasangarrian eboluzionatzeko beharrezkoak diren gaitasun teknologikoetarako sarbidea ematen die. Hub-ek azpiegitura eta espezializazioa eskaintzen dizkie enpresei. Laborategiek, ekipamenduek, softwareak, gaitasun zientifiko eta teknologikoek eta aditu talde batek proiektu bakoitza babesten dute 8 nodo hauetako batean: Robotika nodo malgu eta kolaboratiboa Material Aurreratuen Nodoa Makina Adimendun eta Konektatuen Nodoa Gehigarrizko Fabrikazio Nodoa Zibersegurtasun Nodoa Sare Elektriko Digitalen Nodoa Gailu Medikoen eta Osasun Digitalaren Nodoa Adimen Artifizialaren Nodoa</t>
+  </si>
+  <si>
+    <t>Basque Circular Hub</t>
+  </si>
+  <si>
+    <t>Basque Circular HUB ekimen bat da, eta bere helburua ekonomia zirkularreko zerbitzu aurreratuak eskaintzea da, EAEn . Ihobe sozietate publikoak kudeatzen du, eta honakoen arteko lankidetza publiko-pribatu baten emaitza da: EAEko Gobernua, Bilboko Udala, Vitoria-Gazteizko Udala, Deustuko Unibertsitatea, EHU, Mondragón Unibertsitatea, Navarrako Unibertsitatea, Tknika eta Novia Salcedo Fundazioa. Basque Circular HUB-ek merkatu-ikerketa, prestakuntza aurreratua, joeren analisia eta ezagutza aditua sortzeko zerbitzuak eskaintzen ditu ekonomia zirkularraren arloan. Zehazki, ekonomia zirkularreko proiektu teknikoen garapena sustatzen du EAEko enpresetan, HUB-en trebatutako profesional gazteen parte-hartzearekin. Enpresek ekonomia zirkularra beren prozesuetan integratzeko ezagutza duten espezialista gazteen onura jasotzen dute, eta ikasleek lan-ingurune baterako sarbidea dute beren ikaskuntza praktikan jartzeko.</t>
   </si>
   <si>
     <t>SERIDA-HUB</t>
   </si>
   <si>
-    <t>Hubak</t>
-[...1 lines deleted...]
-  <si>
     <t>HUBak lankidetza publiko-pribatua hobetu nahi du eta interesdunei I+G eta erakustaldi jarduerak dituzten demo-ustiategien sare bat eskaini. SERIDA-HUB Demo Farms sareak 6 baserri ditu, lurzoru, klima eta ekosistema baldintza desberdinak ordezkatzen dituzten 400 hektarea baino gehiagorekin, negutegiekin, hazkuntza ganberekin, laborategiekin eta artaldeekin hornituta. SERIDA-HUB-en, erakustaldi-azterlanak egin daitezke, berrikuntza zientifikoa nekazaritza-elikagaien sektorera transferitzeko eta laborategi biziak eta itsasargiak sustatzeko helburuarekin, lankidetza publiko-pribatua sustatzeko eta zientziaren, teknologiaren, nekazaritzaren eta abeltzaintzaren arteko sinergiak ezartzeko modu gisa.</t>
   </si>
   <si>
-    <t>BIOHUBCAT</t>
-[...4 lines deleted...]
-  <si>
     <t>IRIS: Europako Berrikuntza Digitalaren Gunea Navarra</t>
   </si>
   <si>
     <t>Nafarroan eraldaketa digitaleko zerbitzuen eskatzaileei beren beharrak asetzen dituzten zerbitzuei buruzko informazioa eskaintzen dien eta haien antolamendurako beharrezko prozedurak kudeatzen dituen gune bat.</t>
   </si>
   <si>
     <t>Extremadurako Berrikuntza Digitalaren Gunea (T4E DIH) Eraginkortasunerako Teknologiak</t>
   </si>
   <si>
     <t>Extremadurako berrikuntza digitaleko gunea, eskualdean berrikuntza eta teknologia proiektuen bidez eraldaketa digitala sustatzeko helburua duena.</t>
   </si>
   <si>
     <t>Asturiasko Berrikuntza Digitalaren GUNEA (AsDIH)</t>
   </si>
   <si>
     <t>Enpresek teknologiarekin esperimentatu ahal izateko espazio bat, bertan inbertitu aurretik, eta beren digitalizazio prozesuaren arrakastan laguntzen duten erakustaldi-jarduera osagarrietan eta zerbitzu alternatiboetan parte hartzeko.</t>
   </si>
   <si>
     <t>Digitalizazioa eta Ardoaren Gunea</t>
   </si>
   <si>
     <t>Espainiako Ardo Federazioaren (FEV) lan-talde espezifikoa ardogintza sektorean eraldaketa digitala hurbiltzeko, bizkortzeko eta errazteko.</t>
   </si>
   <si>
     <t>Ureztatze Teknologiarako Zentro Nazionala (CENTER)</t>
@@ -170,371 +209,365 @@
   <si>
     <t>Eleberri-T</t>
   </si>
   <si>
     <t>Berrikuntzaren boterean eta gizarte hobeago eta jasangarriago bati egiten dion ekarpenean sinesten dugu. Gure laguntza modu independentean eta irabazi-asmorik gabekoan eskaintzen dugu, gure sortzaileen ekarpenetan oinarrituta.</t>
   </si>
   <si>
     <t>Ontzi BASQUE FOOD PACKAGING Innovation Hub</t>
   </si>
   <si>
     <t>Gunearen misioa I+G+B sustatzea da, elikagai-ontzi seguruak, jasangarriak eta lehiakorrak diseinatzeko, EAEko elikadura-kateko enpresei eta, noski, ingurumenari mesede egingo dietenak.</t>
   </si>
   <si>
     <t>AgrobankHub</t>
   </si>
   <si>
     <t>Ezagutza partekatzeko eta nekazaritza-profesionalei tresna berriak emateko ekosistema birtuala.</t>
   </si>
   <si>
     <t>Madrilgo Elikagaien Berrikuntza Gunea</t>
   </si>
   <si>
     <t>MADRID FOOD INNOVATION HUB Madrilgo lehen elikagaien ekintzailetza zentroa da. Ekimen aitzindaria da, nekazaritza-elikagaien balio-kate osoan zehar berrikuntza eta ekintzailetza sustatzera bideratua.</t>
   </si>
   <si>
+    <t>eAtex. CNTAren Elikagaien Berrikuntza Gunea</t>
+  </si>
+  <si>
+    <t>Elikagaien industrian teknologia transferitzeko eta ezartzeko berrikuntza-gune kolaboratiboa</t>
+  </si>
+  <si>
+    <t>AIR4S. Adimen Artifiziala eta Robotika Garapen Iraunkorrerako Helburuetarako</t>
+  </si>
+  <si>
+    <t>Madrilgo Erkidegoko industriaren garapena eta hazkundea bultzatzeko gunea, adimen artifizialean eta robotikan oinarritutako teknologiak erabiliz eta ezarriz.</t>
+  </si>
+  <si>
+    <t>Kataluniako Kluster Digitalen Elkartea</t>
+  </si>
+  <si>
+    <t>Informazio eta komunikazio teknologien (IKT) sektoreko enpresentzako, erakundeentzako eta ikerketa taldeentzako lan-espazioa.</t>
+  </si>
+  <si>
+    <t>Barrax - Landa Berrikuntza Gunea</t>
+  </si>
+  <si>
+    <t>Ikerketa tailerrak, negozio bilerak, sare profesionalak, Europako finantzaketa, informazioa eta esperimentazioa sustatzen dituen gune bat.</t>
+  </si>
+  <si>
+    <t>UPC Berrikuntza eta Teknologia Zentroa (CIT UPC)</t>
+  </si>
+  <si>
+    <t>Ikerketa, Prestakuntza eta Ezagutza Transferentziarako Zentroa</t>
+  </si>
+  <si>
     <t>iHub La Vega Innova</t>
   </si>
   <si>
     <t>AgriFoodTech sektoreko startupentzako ekosistema osoa eta nekazaritza-elikagaien sektorearen, bere ETEen eta autonomoen eraldaketa digitala bizkortzen duten teknologien erakusleihoa.</t>
   </si>
   <si>
     <t>Giasat</t>
   </si>
   <si>
     <t>GIASAT (Lurraldeka ezarritako Elikagai Sistemen Kudeaketa Agroekologiko Integratua) 2019az geroztik elkarrekin lanean ari den lan-talde bat da. Gaur egun, agroekologia sektoreari lotutako bost erakundek osatzen dugun partzuergo bat gara. Gure hari komuna da, ikuspegi eta kokapen desberdinetatik, prozesu horietako batzuk sustatzen, errazten eta/edo laguntzen ari garela gure lurraldeetan.</t>
   </si>
   <si>
-    <t>eAtex. CNTAren Elikagaien Berrikuntza Gunea</t>
-[...26 lines deleted...]
-    <t>Ikerketa, Prestakuntza eta Ezagutza Transferentziarako Zentroa</t>
+    <t>Andaluziako Eraikuntza Jasangarriaren Klusterra</t>
+  </si>
+  <si>
+    <t>Aukera berriak etengabe identifikatu eta ezartzeko eta negozio iraunkorrak hartzeko aukera ematen duen elkarte eta sektore-berreraikuntza proiektua.</t>
   </si>
   <si>
     <t>Poznango Zientzia eta Teknologia Parkea Adam Mickiewicz Unibertsitate Fundazioa</t>
   </si>
   <si>
     <t>Poznan Zientzia eta Teknologia Parkea (PSTP) Poloniako lehen parke teknologikoa da (1995). Adam Mickiewicz Unibertsitate Fundazioak kudeatzen du (sail nagusi gisa), irabazi-asmorik gabeko erakunde batek, zientziaren eta industriaren arteko lankidetza sustatzeko misioa duena, eskualdeko garapena sustatzeko berrikuntza, teknologiaren transferentzia eta nazioarteko lankidetzaren bidez.</t>
   </si>
   <si>
     <t>Suediako RISE IKT Ikerketa Institutua IKT</t>
   </si>
   <si>
     <t>Rise Research Institutes of Sweden Suediako ikerketa institutua eta berrikuntza bazkidea da. Industriarekin, akademiarekin eta sektore publikoarekin nazioarteko lankidetzaren bidez, negozioen lehiakortasuna bermatzen dugu eta gizarte jasangarri bati laguntzen diogu.</t>
   </si>
   <si>
     <t>Nekazaritza Adimenduna</t>
   </si>
   <si>
     <t>Smartagri Agroväst, Suediako Ikerketa Institutuak (Rise) eta Skövde Zientzia Parkeak egindako ahalegin bateratua da, Suedia mendebaldeko nekazaritza sektorearen digitalizazioa bizkortzeko helburuarekin.</t>
   </si>
   <si>
     <t>Espazioa53</t>
   </si>
   <si>
     <t>Space53-k gobernuak, ezagutza-erakundeak, giza laguntzaile langileak eta enpresak biltzen ditu Drone Berrikuntza Kluster batean, eta ekosistema indartzen du tripulatu gabeko sistemen garapen eta aplikazio arrakastatsurako aurrebaldintzak sortuz.</t>
   </si>
   <si>
-    <t>Andaluziako Eraikuntza Jasangarriaren Klusterra</t>
-[...2 lines deleted...]
-    <t>Aukera berriak etengabe identifikatu eta ezartzeko eta negozio iraunkorrak hartzeko aukera ematen duen elkarte eta sektore-berreraikuntza proiektua.</t>
+    <t>Arctic Drone Labs</t>
+  </si>
+  <si>
+    <t>Arctic Drone Labs Finlandian kokatutako aireko mugikortasun ikerketa zentro berritzailea da. Tripulaziorik gabeko aireko sistemen (UAS) industriaren hazkundea bultzatzeko adituak, punta-puntako tresnak eta berrikuntza iraultzaileak biltzen eta aprobetxatzen ari gara. Gure eginkizunak negozioen garapena sustatzea, ikerketa ekimenak aurrera eramatea eta hezkuntza ahalbidetzea hartzen ditu barne, eremu eraldatzaile honetan.</t>
+  </si>
+  <si>
+    <t>ART-ER-DIH</t>
+  </si>
+  <si>
+    <t>Art-Er (lehen Aster) berrikuntza digitaleko gune gisa jarduten du Emilia-Romagna eskualdean, eta bere balio-proposamena interes-taldeen arteko lotura eta ekimenen, zerbitzuen eta aukeren integrazioa da, bai enpresen bai hornitzaileen azpiegiturak, ezagutzak eta esperientzia (instalazioenak, zerbitzuak, prestakuntza, etab.) aprobetxatzeko.</t>
+  </si>
+  <si>
+    <t>Zibersegurtasun Berrikuntza Gunea</t>
   </si>
   <si>
     <t>Kroaziako Nekazaritza Elikagaiak</t>
   </si>
   <si>
     <t>Agrifood Croatia berrikuntza-gune bat da, Kroaziako ikerketa-, enpresa- eta interes-talde publikoak biltzen dituena akuikultura, nekazaritza eta elikadura sektoreetan eraldaketa digitalak elkarrekin egiteko.</t>
   </si>
   <si>
     <t>VP Delta</t>
   </si>
   <si>
     <t>Agrohub.bg Hego-Erdialdeko Eskualderako Europako berrikuntza digitaleko gune bat da, Agrodigirise Proiektuarekin batera Europa Digitalaren Programaren barruan onartua. Proiektua 2022ko azaroaren 1ean hasi zen, eta hiru urte irautea aurreikusten da. Profil eta espezializazio anitzeko partzuergo batek gauzatzen du: sektoreko erakundeak, zientzia eta ikerketa unitateak, prestakuntza erakundeak, teknologia enpresak, nekazaritzako makineria inportatzaileak, etab., Plovdiveko Udalarekin lankidetzan.</t>
   </si>
   <si>
-    <t>Arctic Drone Labs</t>
-[...10 lines deleted...]
-  <si>
     <t>Wageningen Ikerketa</t>
   </si>
   <si>
     <t>Wageningen Unibertsitate eta Ikerketaren indarra ikerketa-institutu espezializatuen eta unibertsitatearen indarguneak konbinatzeko duen gaitasunean datza. Halaber, zientzia naturalen eta sozialen arlo anitzen ahalegin bateratuan datza.</t>
   </si>
   <si>
     <t>ahedd - Datuen eta Gailuen Ekonomiaren Atikako Gunea</t>
   </si>
   <si>
     <t>Ikerketa Zientifikorako Zentro Nazionala (NCSR) Demokritos Greziako diziplina anitzeko ikerketa zentro handiena da, 1.000 langile ingururekin eta 50 urte baino gehiagoko lorpen zientifiko berritzaileak eta Greziako ekonomian eta gizartean egindako ekarpenak eginez. Hainbat ekimen teknologiko nazionaletan bazkide garrantzitsua izan da, hala nola errendimendu handiko konputazio instalazioak eskuratzea eta ustiatzea eta herrialdean abiadura handiko konputazio sareak ezartzea, eta gaur egun hainbat azpiegitura proiektu nazional eta europarretan liderra edo kidea da.</t>
   </si>
   <si>
-    <t>Zibersegurtasun Berrikuntza Gunea</t>
+    <t>Danimarkako Institutu Teknologikoa, Robot Teknologia</t>
+  </si>
+  <si>
+    <t>Danimarkako Institutu Teknologikoa ikerketa eta teknologia enpresa liderra da. Bezeroei azken ezagutza eta teknologia balio bihurtzen laguntzen diete. Ekoizpenean, materialetan, ingurumen-teknologian, negozioetan, energian, agroteknologian, haragi-ikerketan eta gehiagotan adituak gara.</t>
+  </si>
+  <si>
+    <t>DIH PANONIA</t>
+  </si>
+  <si>
+    <t>Vukovar-Srijem Konderriko Garapen Agentziak Vukovar-Srijem Konderriko Garapen Plana eta bestelako dokumentu estrategikoak eta garapenekoak prestatzen ditu. Laguntza aditua eskaintzen du konderriko eremuko zuzenbide publikoko erakunde eta erakunde publikoentzako programak eta garapen proiektuak prestatzeko eta gauzatzeko, konderriko garapenerako garrantzitsuak direnak, baita hainbat konderriren garapenerako garrantzitsuak diren proiektu bateratuak ere.</t>
+  </si>
+  <si>
+    <t>E-Secure Transakzioen Klusterra - TES</t>
+  </si>
+  <si>
+    <t>TES Klusterrak, Normandiako Lehiakortasun Digitalaren Klusterrak, 150 kideko ekosistema bat ordezkatzen du, enpresa handiek, ETEek, tokiko agintariek, ikerketa eta prestakuntza erakundeek eta beste erakunde batzuek osatua. Bere kide eta bazkideekin, TES Klusterrak etorkizuneko erabilerak imajinatzen eta diseinatzen ditu "segurtasuna/interoperabilitatea/fidagarritasuna" hirukoteari lotutako teknologia berriei esker. Ekintza hauek aurrerapena, lanpostuen sorrera eta lurraldearen balorazioa sortzen dituzte.</t>
+  </si>
+  <si>
+    <t>Sistema Txertatuen Diseinu eta Aplikazio Laborategia DIH (ESDALAB DIH)</t>
+  </si>
+  <si>
+    <t>Esdalab DIH-k Europako hegoalde eta ekialdeko DIHS sare zabal bat koordinatzen du, finantzaketa aukerak eskainiz eta aditu osagarriak dituzten erakundeen arteko lankidetza bultzatuz. Gainera, zerbitzu berritzaileak eskaintzen dizkie enpresei, batez ere ETEei (startup-ak barne) eta enpresa zertxobait handiagoei, haien eraldaketa digitala laguntzeko.</t>
+  </si>
+  <si>
+    <t>Nekazarien Parlamentua Letoniako Berrikuntza Digitalaren Gunea - ZSA DIH</t>
+  </si>
+  <si>
+    <t>Smartagro nekazaritza berrikuntza eta teknologia webgune bat da. Smartagroren helburu nagusia nekazariak eta beste interesdun batzuk informatzea eta bultzatzea da, landa eremuetan etorkizun iraunkor bat lortzeko teknologia, zerbitzu, produktu eta sistema berriak erabiltzera. EBko Horizon 2020 Ikerketa eta Berrikuntza Programaren proiektuen barruan eskualdeko klusterretan, berrikuntza digitaleko guneetan, laborategi bizidunetan eta teknologia irtenbideetan arreta jarriz, webguneak ideia eta irtenbide aurreratuak eskainiko ditu landa eremuetan berrikuntzak errazteko. Smartagro Nekazarien Parlamentuak (FP) mantentzen du, gobernuz kanpoko erakunde batek.</t>
+  </si>
+  <si>
+    <t>Bulkada Digitalen Gunea</t>
+  </si>
+  <si>
+    <t>Aholkularitza, ekosistema eta sareak, prestakuntza eta finantzaketa eskaintzen dituen gunea</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub Andaluzia Agrotech</t>
+  </si>
+  <si>
+    <t>Teknologia eta berrikuntza, aholkularitza zerbitzuak, I+G aplikatua, teknologia, prestakuntza, azelerazioa eta ekintzailetza zabaltzeko gunea. Helburua:</t>
   </si>
   <si>
     <t>Nekazaritza Digitalaren Gunea</t>
   </si>
   <si>
     <t>Nekazaritza-enpresei lehiakorragoak izaten laguntzen dien laguntza-zerbitzuen gunea, haien negozio-/ekoizpen-prozesuak, baita produktuak eta zerbitzuak ere, teknologia digitalaren bidez hobetuz.</t>
   </si>
   <si>
-    <t>Danimarkako Institutu Teknologikoa, Robot Teknologia</t>
-[...40 lines deleted...]
-  <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova ihub irabazi-asmorik gabeko elkarte bat da, Italian berrikuntza teknologikoa sustatzen duena, Prestakuntza, Kontsultoria eta abarretatik. Gure Elkarteak Sfida du abangoardiako teknologien ahalduntzea, sektoreko estrategia garrantzitsuenak, enpresa eredu berriak eta landa eremuetako irtenbide eta azpiegituren garapen jasangarria errazten laguntzeko, "smartsi irtenbideak eta azpiegiturak eremu eta landa eremuetan" programan ezarritakoaren arabera.</t>
   </si>
   <si>
     <t>Flandriako JANARIA, FF</t>
   </si>
   <si>
     <t>Flandriako janaria Sinds da Oprichting Hét Innovatieplatform Voor by Vlaamse Voedingsindustrie. Flanders Werd-eko janaria 2005ean Opgericht Door Fevia Vlaanderen (Federatie Van de Voedingsindustrie) Een 20-Tal Stichtende Leden. Het Uitgangspunt? Door Samenwerking, Elkaar ezagutu zuen Onderzoekspartner-en, Meer Slagkracht Bekomen. Een Visie Waar We Nog Steeds en Geloven. De Klassieke "Waardeketen" Van Boer Tot Klant, Met Een Centrale Rol Voor de Voedingsfabriek, Bleek Meer en Meer Achterhaald. Het Speelveld Wordt Immers Elke Dag Globaler. Om de competitiviteit en het agrovoedingssysteem te versterken es het noodzakelijk om te inverseren en onderzoek en innovatie en tussen zowel (voedings) bedrijven als social-profit organizations. Dit Van de Grenzen sektorean Regioko Heen. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen. Iedereen die Een Meerwaarde Ziet en Een Samenwerking Met Het Ecosysteem Rond de Vlaamse Voedingsindustrie es van Harte Welkom.</t>
   </si>
   <si>
     <t>GreenSupplyChain DIH</t>
   </si>
   <si>
     <t>Baserritik Mahaira estrategia Europako Itun Berdearen muinean dago, eta elikadura-sistemak bidezkoak, osasungarriak eta ingurumena errespetatzen dutenak bihurtzea du helburu. Gure elikadura-sistemak berriro diseinatu behar ditugu jasangarriagoak izan daitezen eta haien erresilientzia handitzeko. Teknologia eta aurkikuntza zientifiko berriek, jendearen kontzientziazio handiagoarekin eta elikagai jasangarrien eskaerarekin batera, interesdun guztiei mesede egingo diete. Iraultza digitalak aukerak eskaintzen ditu, baina enpresa askok oraindik ere zailtasunak dituzte zein teknologiatan inbertitu eta finantzaketa nola lortu jakiteko. ETEen % 90 baino gehiago atzeratuta daude berrikuntza digitalean eta laguntza behar dute beren eraldaketa digitalerako.</t>
   </si>
   <si>
     <t>Berrikuntza Esperientzia GUNEA (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub irabazi-asmorik gabeko elkarte bat da, eta bere helburuak hauek dira: a. Enpresen ezagutza eta kontzientzia maila indartzea eraldaketa digitalak eskaintzen dituen aukeren inguruan, baita ere Enpresa 4.0 Plan Nazionalaren, industriaren digitalizaziorako Europako estrategiaren ("Europako Industria Digitalizatzea - DEI") eta Enpresa Txiki eta Ertainentzako TICHE Berrikuntza Programaren testuinguruan ("IKT Berrikuntza ETEentzat Fabrikaziorako - I4MS" programa); b. Ekoizpen-sistemaren eraldaketa digitala laguntzeko berrikuntza-ekosistemaren atea izatea; c. Enpresen berrikuntza-eskaria suspertzea; d. Enpresaren eta ikerketaren munduaren arteko zubi bat sortzea.</t>
   </si>
   <si>
     <t>Altxatze Institutua - Idele</t>
   </si>
   <si>
     <t>Institut de L'Elevage-ren eginkizuna belarjaleen ustiategien eta haien sektoreen lehiakortasuna hobetzea da, etengabe aldatzen ari den testuinguru batean. Bere lanak irtenbide tekniko berritzaileak eskaintzen dizkie nekazariei eta behi, ardi, ahuntz eta zaldi sektoreetako interesdunei. Gaur egungo gizarte eta ingurumen arazoei erantzunak ematen dizkiete, abeltzaintzako interesdunei eta haien sektoreei zerbitzua emanez.</t>
   </si>
   <si>
     <t>DIH-BAITUR: Balear Uharteetako Adimen Artifizialerako eta Turismorako Berrikuntza Digitalaren Gunea</t>
   </si>
   <si>
     <t>Balear Uharteetako enpresen eraldaketa digitalean lagunduko duen teknologia disruptiboa den adimen artifizialean zentratutako gune bat.</t>
   </si>
   <si>
+    <t>DIHBU Industria 4.0</t>
+  </si>
+  <si>
+    <t>Produktu berrien baterako sorkuntza eta enpresei zerbitzu ez-teknologiko osagarriak eskaintzea sustatzeko berrikuntza eta adimen lehiakorra bultzatzeko gunea.</t>
+  </si>
+  <si>
+    <t>DIH Dinapsiak</t>
+  </si>
+  <si>
+    <t>Garapen jasangarria lortzean, eraldaketa digitala ingurumen-kudeaketan txertatzean eta klima-aldaketaren erronkei aurre egitean oinarritutako gunea</t>
+  </si>
+  <si>
     <t>Le Pool French Tech Rennes Saint-Malo</t>
   </si>
   <si>
     <t>Frantziako teknologia-ekosistema ekintzaileek osatzen dute batez ere, baina baita startup-en hazkundearekin eta haien nazioarteko eraginarekin konprometituta dauden guztiek ere. Rennes St. Malo (FTRSM) enpresa teknologiko frantsesak postu goreneko postua du telekomunikazioen, nekazaritza-negozioen eta zibersegurtasunaren sailkapen nazionalean. Osasun elektronikoak, mugikortasun berriak eta industria sortzaileek ere indargune sendoak dituzte tokiko sektorean.</t>
   </si>
   <si>
     <t>Nanoteknologia Laborategia LTFN (Film Meheen Laborategia - Nanobiomaterialak - Nanosistemak - Nanometrologia)</t>
   </si>
   <si>
     <t>1991n sortutako LTFN Nanoteknologia Laborategia Tesalonikako Aristoteles Unibertsitateko (AUTH) Fisika Sailean eta Thermi eta Tesalonikako aireportutik gertu dagoen Cope-H instalazioan dago. 25 urte baino gehiagoko esperientzia du film finen teknologian, nanomaterial aurreratuetan eta nanopartikula fabrikazioan, in situ eta denbora errealeko metrologia optikoko teknikak, modelizazio konputazionala eta nanometrologia tresnak garatuz/ezarriz. LTFNren misioa nanoteknologian, elektronika organikoan, nanomedikuntzan eta nanometrologian mundu mailako ikerketa eta jardunbide egokiak sustatzea da, fabrikazioan, energian, argiztapenean, elektronikan, fotonikan, gauzen internetean, garraioan, osasungintzan eta bizi-kalitatean, nekazaritzean, etab. arloetako erronka globalei aurre egiteko.</t>
   </si>
   <si>
     <t>Fotonika Bretainia</t>
   </si>
   <si>
     <t>Photonics Bretagne-ren teknologia plataformak espezializazio zabala du biofotonikan.</t>
   </si>
   <si>
     <t>ROBOCOAST</t>
   </si>
   <si>
     <t>Robocoast-en misioa eraldaketa digitala laguntzea da, zibersegurtasunean, robotikan, energia-teknologian, adimen artifizialean, datuen analisian, 5Gan eta Gauzen Interneten funtsezko trebetasunekin. Esportazio-industriari eta beste industria batzuei, baita startup-ei eta goi-mailako teknologiako enpresei ere, zerbitzuak eskaintzen dizkiegu. Kideek garatutako produktu eta zerbitzuek esportazio-industrian eta haren azpikontratazio-kateetan, fabrikazio aurreratuan, informazio- eta komunikazio-teknologian eta energia-sektorean jartzen dute arreta. Diziplina anitzeko lankidetza ere eskaintzen dugu nekazaritzan eta osasun-teknologian bezalako arloetan.</t>
   </si>
   <si>
     <t>Landa Industriako DIH</t>
   </si>
   <si>
     <t>Digital Innovation Hub ofizialki finlandieraz Digital Innovation Hub bezala itzulita dago. Europako Batzordeak garatu eta koordinatutako tresna bat da, Europako enpresentzako irtenbide digitalak bizkortzeko. DIH batez ere eskualde-orientatuta dago, ETEetan arreta jarriz batez ere.</t>
   </si>
   <si>
-    <t>DIHBU Industria 4.0</t>
-[...16 lines deleted...]
-  <si>
     <t>SMILE-DIH (Lean Bikaintasunerako Fabrikazio Adimendunaren Berrikuntza zentroa - Berrikuntza Digitalaren Gunea)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) Europan egiaztatutako eta operatiboa den Berrikuntza Digitalerako Gune (DIH) bat da, 2018an Parman sortua, legez aitortutako irabazi-asmorik gabeko lankidetza gisa, Unione Parmense Degli Industriali eta Università di Parma-k sortua. Smile-DIH I4MS (European DiH Network) eta Italiako confindustria DIH sarearen parte da, eta ikerketa-zentroen (unibertsitateak, gaitasun-zentroak, institutuak eta erakunde pribatuak) eta manufaktura-industrien (bereziki ETEak eta Mid-Caps), baita administrazio publikoen arteko teknologia-transferentzia laguntzeko gai da, haien negozio-ereduak eraldatzeko honako hauen bidez: prozesu operatiboen digitalizazioa, eraginkorragoak eta funtzionalagoak izan daitezen; metodologia berritzaile eta Leanen ezarpena, sistema ziberfisikoen (CPS), Gauzen Internet (IoT eta IIoT), adimen artifiziala (AA), robotika (autonomoa eta kolaboratiboa), zibersegurtasuna eta errendimendu handiko konputazioa (HPC) bezalako teknologia adimendunek lagunduta.</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Ikerketa aplikatua sustatu, behar bati erantzuten dion ikerketa zuzendu.</t>
   </si>
   <si>
     <t>Tyndall Institutu Nazionala, Tyndall</t>
   </si>
   <si>
     <t>Tyndall Institutu Nazionala Europako ikerketa-zentro teknologiko sakon liderra da IKT (informazio eta komunikazio teknologia) hardware eta sistema txertatuetarako. Elektronika eta fotonikan (materialak, gailuak, zirkuituak eta sistemak) espezializatuta, munduko liderrak gara gure ikerketa-arlo nagusietan: Erdieroaleen obleen fabrikazioa; Material kuantikoak, gailuak eta ingeniaritza-plataformak; Mikroelektronika eta fotoniaren integrazioa eta ontziratzea; Energia-sistema integratuak eta klima-aldaketaren arintzea; Biofotonika, bioelektronika, gailu eta sistema biomedikoak; Sentsore eta sistema adimendunak; Lanerako eta bizitzarako sistema gizaki-zentrikoak; Komunikazio-sistema optikoak; Haririk gabeko komunikazio-sistemak; Seinale mistoko eta zirkuitu analogikoen diseinua.</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Berrikuntza Digitalaren Guneak (DIHS) Europako Batzordeak onartutako "leihatila bakarrak" dira, enpresei teknologia digitalak erabiliz beren merkataritza/ekoizpen prozesu, produktu edo zerbitzuei dagokienez lehiakorragoak izaten laguntzen dietenak. Eskualdeko lehen harreman-puntu eta berrikuntza-ekosistema anitzeko eragile gisa, ETEei eta beste enpresei honako hau eskaintzen diete: azken ezagutza, espezializazio eta teknologiarako sarbidea, bezeroei berrikuntza digitalekin pilotu, proba eta esperimentuekin laguntzeko; eta berrikuntza horiek ezartzeko laguntza komertziala eta finantzarioa.</t>
   </si>
   <si>
     <t>CP Laborategia Newcastle</t>
   </si>
   <si>
     <t>Etorkizuneko hiri-bizitzaren kalitatea gero eta gehiago menpe egongo da sistema informatikoen, ingeniaritzaren, fisikaren eta giza portaeraren arteko harreman konplexuaren araberakoa. Pertsonen eta erabiltzen dugun teknologiaren arteko harreman honek gero eta eragin handiagoa izango du gure eguneroko bizitzaren alderdi guztietan, gure etxeak eta negozioak nola hornitzen ditugun hasi eta gure janaria nola ekoizten dugun arte. Enpresek, gobernuak eta industriak gure bizitzetan hobekuntza handiak eskain ditzakeen teknologia integratuan oinarrituko dira, baina zibererasoen eta softwarearen akatsen aurrean ere zaurgarria dena. Elementu desberdin hauek modu eraginkorrean funtziona dezaten ulertu eta elkartzeko beharra oso garrantzitsua izango da gizarteak aurrera egin dezan. Newcastleko Unibertsitateko Ziber Laborategi Fisikoa Digital Innovation Hub (DIH) gunearen parte da, punta-puntako Newcastle Helix gunean, Ingalaterrako ipar-ekialdean ekonomia digital oparoa lortzeko eskualdeko ikuspegia gauzatuz. Newcastleko Unibertsitateaz gain, DIHk zerbitzuak eskaintzen ditu Datuen Berrikuntza Zentro Nazionalaren (NICD) bidez, datu-trebetasun praktikoak emanez erakundeei. Coding Institute, Bridging the Digital Skill Gap eta Arrow Programa, eskualdeko ETEen beharrak Newcastleko Unibertsitatearekin lerrokatuz.</t>
   </si>
   <si>
     <t>BioSense Institutua - Biosistemetan informazio-teknologiaren ikerketa eta garapenerako Institutua</t>
   </si>
   <si>
     <t>Antaresek Biosense Institutuko ikerketa-bikaintasuna bultzatzen ahalegintzen da, Europako nekazaritza-sektoreari irtenbide digital iraultzaileak eskaintzeko, eskualdeko ekintzailetza eta enplegua suspertzeko, eta munduko biztanleria gero eta handiagoarentzat elikagai seguru eta nahikoa bermatzeko.</t>
   </si>
   <si>
+    <t>FIWARE Espazioa</t>
+  </si>
+  <si>
+    <t>Badajozen garapen teknologikorako egindako prestakuntzan, sarean, ekitaldien, aurrerapenen eta proiektuen hedapenean oinarritzen du bere jarduera.</t>
+  </si>
+  <si>
+    <t>Janari +i multzoa</t>
+  </si>
+  <si>
+    <t>Food+i klusterrak egindako jarduerak, proiektuak, sareak, balio-proposamenak eta berrikuntzak zabaltzeko proiektua.</t>
+  </si>
+  <si>
+    <t>Galiziako Etorkizuneko Fabrika HUB</t>
+  </si>
+  <si>
+    <t>Galiziako automobilgintza eta mugikortasun industriako enpresen lehiakortasuna hobetzeko eragin handiko lankidetza-proiektuak sustatzeko ingurunea.</t>
+  </si>
+  <si>
     <t>KPI</t>
   </si>
   <si>
     <t>IPCk katalizatzaile gisa jokatzen du, akademia, enpresak, gobernua eta inbertitzaileak elkartuz ideia eta ikerketa bikainak merkatura eramateko. Horretarako, gure bezeroei aditu, ekipamendu, sare, finantzaketa eta gehiago egokietarako sarbidea emanez lortzen dugu, berrikuntza eraginkorra lortzeko puntuak lotuz. Teknologia berrikuntzako gune independente liderra gara eta Erresuma Batuko gobernuaren High Value Manufacturing Catapult-en sortzaileetako bat. 2004an sortua, gure taldeek nekaezin aplikatzen dute urte askotako esperientzia asmakizun bikain guztiek produktu edo prozesu arrakastaz merkaturatu bihurtzeko aukera onena izan dezaten. Erresuma Batuko eta mundu osoko merkatu askotan gure bazkideekin lan egiten dugu, haien berrikuntzak aurrera bultzatuz eta produktuen garapenarekin lotutako arriskua eta kostua murrizten lagunduz.</t>
   </si>
   <si>
     <t>MicroHub.Swiss - Suitzako Mikroteknologia eta Mikrofabrikazio DIH</t>
   </si>
   <si>
     <t>Microhub.Swiss mikroteknologian eta mikrofabrikazioan zentratutako berrikuntza digitaleko gune bat (DIH) da. Irabazi-asmorik gabeko erakunde gisa, gure eginkizuna Suitzako berrikuntza digitalaren orkestratzaile eta azeleragailu izatea da. Mikroteknologien digitalizazioan eta doitasunezko fabrikazioan zentratutako startup-ak, enpresa txikiak (ETE) eta sektore publikoa laguntzea dugu helburu. Erakunde hauei eraldaketa digitaleko bidean laguntzea dugu helburu, gure teknologia digitalen zorro ondo garatuari, industrializazio-ekosistema finkatuei eta berrikuntza kudeatzeko esperientziari esker. Suitzako eta Europako enpresei beren berrikuntza-bide-orrian laguntzea dugu helburu, berrikuntza digitalaren kudeaketarako eskualdeko gune bakar gisa jardunez: I+G eta berrikuntza kudeaketa, prestakuntza, probak, prototipoak egitea, finantzaketa lortzeko sarbidea, lehen serieko ekoizpena eta ekosistema konektatzea.</t>
   </si>
   <si>
     <t>Raisehub.swiss- The Swiss Robotics &amp; AI DIH</t>
   </si>
   <si>
     <t>Raishub. Bultzatzaile nagusiak denbora errealeko monitorizazioa, online kalitate-kontrola, mantentze-lan prediktiboa eta trazabilitatea dira, pieza indibidualetaraino. Gure helburuak startup-ei eta ETEei laguntzea dira IIoT erronkari aurre egiten, industrializaziorako eta berrikuntza kudeatzeko ezinbestekoak diren plataforma teknologikoetan eta ekosisteman oinarrituta.</t>
   </si>
   <si>
     <t>SINTEF</t>
   </si>
   <si>
     <t>SINTEF Europako ikerketa-erakunde independente handienetako bat da. Urtero, milaka proiektu egiten ditugu bezero handi eta txikientzat.</t>
   </si>
   <si>
-    <t>FIWARE Espazioa</t>
-[...16 lines deleted...]
-  <si>
     <t>Granadako Teknologia eta Bioteknologia Plaza</t>
   </si>
   <si>
     <t>Teknologia eta bioteknologia sektoreko jarduerak, proiektuak, sareak, araudiak eta balio eta berrikuntza proposamenak garatzen diren gunea.</t>
   </si>
   <si>
     <t>HPC-Cloud eta Sistema Kognitiboak Fabrikazio Prozesu Adimendunetarako, Robotikarako eta Logistikarako</t>
   </si>
   <si>
     <t>Aragoiko teknologia sektorean dibulgazio jarduerak, proiektuak, sareak, balio proposamenak eta berrikuntza garatzen dituen gune bat.</t>
   </si>
   <si>
     <t>Valentziako Eskualdeko Manufaktura Sektoreen 4.0 Gunea</t>
   </si>
   <si>
     <t>Ekoizpen-prozesuen eraldaketa digitala sustatzea: simulazioa/HPC, gehigarrizko fabrikazioa, gauzen internet, robotika</t>
   </si>
   <si>
     <t>HubIberiaAgrotech</t>
   </si>
   <si>
     <t>Espainia eta Portugalen arteko sareko gunea hazkunde eta finantzaketa, informaziorako sarbidea, prestakuntza eta nekazaritza-elikagaien sektorearentzako aholkularitza lortzeko</t>
   </si>
   <si>
     <t>i4CAM HUB (Lehiakortasunerako eta fabrikazio aurreraturako berrikuntza)</t>
@@ -581,86 +614,86 @@
   <si>
     <t>RIOHUB</t>
   </si>
   <si>
     <t>Teknologia arloan lan egiten duten startup, ETE eta enpresa emergenteentzako gunea</t>
   </si>
   <si>
     <t>RoboCity2030</t>
   </si>
   <si>
     <t>Madrilgo Erkidegoaren ekimen bat, Madril robotikan eta automatizazioan lidergoa duen hiri bihurtzea helburu duena.</t>
   </si>
   <si>
     <t>Robotika Berrikuntza Digitalaren Gunea</t>
   </si>
   <si>
     <t>Berrikuntza digitaleko gunea, robotika enpresentzako aholkularitza, prestakuntza eta finantzaketa zerbitzuak eskaintzen dituena</t>
   </si>
   <si>
     <t>Almeriako Zientzia eta Teknologia Parkea, PITA SA</t>
   </si>
   <si>
     <t>Azpiegitura eta laguntza zerbitzuak eskaintzen dizkie enpresa teknologiko eta berritzaileei</t>
   </si>
   <si>
+    <t>Valentziako Unibertsitateko Zientzia Parkea DIH</t>
+  </si>
+  <si>
+    <t>Valentziako Berrikuntza Digitalaren Gunea Helburua: Unibertsitateen eta teknologia-enpresen arteko lankidetza sustatzea berrikuntza eta garapena bultzatzeko</t>
+  </si>
+  <si>
+    <t>Kataluniako Berrikuntza Digitalaren Gunea</t>
+  </si>
+  <si>
+    <t>Kataluniaren digitalizazioa laguntzen duten agente nagusiek osatutako gunea</t>
+  </si>
+  <si>
+    <t>DIHGIGAL. Galiziako Industriaren Berrikuntza Digitalaren Gunea</t>
+  </si>
+  <si>
+    <t>Industria sektorearen behar eta erronkekin bat datozen I+G+B proiektuen garapena sustatzen duen gunea</t>
+  </si>
+  <si>
     <t>4PDIH - Berrikuntza Digitalaren Gunea Publiko Pribatua Pertsonen Lankidetza</t>
   </si>
   <si>
     <t>Europako proiektuetan parte hartzeko aukerak eskaintzen ditugu, non digitalizazio politikak elkarrekin sortu, jardunbide egokien adibideak ikasi eta digitalizazio prozesu eta arlo desberdinak finantzatzeko lehiaketetan eta lizitazioetan parte hartu ahal izango duzun.</t>
   </si>
   <si>
     <t>5G Fieldlab 5Groningen</t>
   </si>
   <si>
     <t>5Groningen HET Programarako 5G-Internet da. Ondernemers in non-profiosatizations Werken Samen-ek adituak ezagutu zituen om toepassingen van 5g te testen. Denk daarbij aan zelfrijdende data bussen denbora errealeko datuak terwijl er een drone sobre de akkers vliegt. Ook maakt 5g het bijvoorbeeld mogelijk om op afstand een diagnose te stellen, doordat de arts en het ziekenhuis met een snelle verbinding mee kan kijken anbulantzian. 5Groningen Test Toepassingen 5g-rekin. Dus Niet de Techniek, Maar Wat Je Ermee Kunt.</t>
   </si>
   <si>
     <t>Nekazaritza-Elikagaien Lituania DIH</t>
   </si>
   <si>
     <t>AgriFood Lituania berrikuntza digitaleko zentro eta kluster bat da, Lituaniako ikerketa, enpresa eta interes publiko nagusiak biltzen dituena nekazaritza, elikadura eta lotutako sektoreetan eraldaketa digitalak lortzeko helburu bateratua lortzeko.</t>
   </si>
   <si>
-    <t>Valentziako Unibertsitateko Zientzia Parkea DIH</t>
-[...16 lines deleted...]
-  <si>
     <t>Agro Espazio DIH</t>
   </si>
   <si>
     <t>Lituaniako Agro Space Digital Innovation Hub irabazi-asmorik gabeko sare bat da, eskualde mailan zentratutakoa, Lituaniako ikerketa, hezkuntza, negozio eta gobernu erakundeak biltzen dituena sektore arteko teknologia digitalaren berrikuntza sustatzeko. AGRO Space DIH Vision garapenerako, teknologia digitalaren transferentziarako eta berrikuntzaren hedapenerako "erreferentziazko" irtenbide hornitzailea izango da sektore gakoetan: nekazaritza, espazioa, manufaktura (Industria 4.0) eta zerbitzuen berrikuntza. Lehentasuna nekazaritza eta espazio teknologiako enpresen lankidetza gaitasunak sustatzea da, sare plataforma Lituania barruan eta nazioartean zabalduz.</t>
   </si>
   <si>
     <t>Azoresko Berrikuntza Digitalaren Gunea</t>
   </si>
   <si>
     <t>Nonagon Zientzia eta Teknologia Parkeak Azoreetako ekonomiaren eraldaketa digitala eta digitalizazioa sustatzen ditu Azoreetako Berrikuntza Digitalaren Gunearen koordinazioaren bidez.</t>
   </si>
   <si>
     <t>Cluj IT Klusterra</t>
   </si>
   <si>
     <t>CLUJ IT informazio-teknologiaren arloan jarduten duten erakundeek osatzen duten kluster-erakundea da: software zerbitzu eta irtenbide hornitzaileak, unibertsitateak eta ikerketa institutuak, agentzia publikoak eta beste katalizatzaile erakunde batzuk.</t>
   </si>
   <si>
     <t>Esloveniako Berrikuntza Digitalaren Gunea</t>
   </si>
   <si>
     <t>DIH Sloveniak eraldaketa digitala ahalbidetzen du zerbitzu integral batean oinarrituta, bai Eslovenian bai kanpoan. Sentsibilizazioa areagotzen du eta zerbitzuak eskaintzen ditu trebetasun digitalak garatzeko, esperientzia digitalak eta jardunbide egokien adibideak partekatzeko tokiko, eskualdeko eta nazioarteko mailan; eta gobernuaren laguntza eta datuetarako sarbidea eskaintzen ditu ekintzailetza sustatzeko.</t>
   </si>
   <si>
     <t>DIH AGRIFOOD - Nekazaritza eta Elikagaien Ekoizpenerako Berrikuntza Digitalaren Gunea</t>
@@ -689,108 +722,108 @@
   <si>
     <t>Jheronimus Datu Zientzien Akademia</t>
   </si>
   <si>
     <t>Jads Ipar Brabanteko probintziaren, S-Hertogenbosch udalerriaren, Tilburgeko Unibertsitatearen eta Eindhovengo Teknologia Unibertsitatearen (TU/E) arteko lankidetza paregabea da. Datu-zientziako hainbat programa eskaintzen ditugu, lizentziatura eta masterretik hasi eta Hezkuntza eta Lanbide Heziketara (ENGD) (lehen PDENG) arte. Erakundeei datuetan oinarritutako etorkizuna moldatzen ere laguntzen diegu.</t>
   </si>
   <si>
     <t>LTU AI Berrikuntza Gunea</t>
   </si>
   <si>
     <t>Luleå Unibertsitate Teknologikoak urte askotako esperientzia du adimen artifizial aplikatuan. Gure IArekin lotutako ikerketa-ekosistema zuzenean lotuta dago negozio eta industriako benetako aplikazioekin. Eguneroko bizitzan aldea eragiten duten eta gizarte orokorrari mesede egiten dioten IA berrikuntza seguru eta neurgarrietan laguntzen dugu.</t>
   </si>
   <si>
     <t>Luxenburgoko Zientzia eta Teknologia Institutua (LIST)</t>
   </si>
   <si>
     <t>Luxenburgoko Zientzia eta Teknologia Institutua (LIST) ikerketa eta teknologia erakunde bat da (RTO), eta interes publiko eta pribatuentzako produktu eta zerbitzu prototipo lehiakorrak eta merkatura bideratuak garatzen ditu.</t>
   </si>
   <si>
     <t>Innoskart Berrikuntza Digitalaren Gunea</t>
   </si>
   <si>
     <t>Taldeak bere jatorrizko mugak gainditu ditu bai geografikoki bai jarduera-eremuari dagokionez. Gaur egun, Innoskart IT zerbitzu hornitzaileen talde nazionala bihurtu da (hardwarea eta softwarea), baita elikagaien fabrikazio eta ikerketa sektoreko kidea ere, baina lorpen bikainak lortu ditu beste arlo askotan (ibilgailuen merkataritza, farmazia, makineria eta merkataritza, metalurgia, pintura, aholkularitza, etab.). Innoskart erakundeak enpresa indibidualetatik hasi eta gaitasun sorta zabala duten korporazio handietaraino doaz. Korporazioez gain, ikerketa zentroak, unibertsitateak eta udalak ere Klusterreko kide dira.</t>
   </si>
   <si>
+    <t>Ur Digitalaren Berrikuntza Gunea (Ur Digitala)</t>
+  </si>
+  <si>
+    <t>Teknologia eta berrikuntzaren hedapenerako gunea, aholkularitza zerbitzuak, I+G aplikatua, teknologia, prestakuntza Helburua: Kataluniari industria-teknologia eskaintzea, aholkularitza, prestakuntza, produktu eta zerbitzu berritzaileak garatzea eta berrikuntza teknologikoaren sustapena eta hedapena</t>
+  </si>
+  <si>
     <t>NTUA Berrikuntza Digitalaren Zentroa (DIH-NTUA)</t>
   </si>
   <si>
     <t>Grezian, espezializazio adimendunerako ikerketa eta berrikuntza estrategia erregional bat eta 13 estrategia nazional ezarri ziren. Estrategia nazionalak zortzi sektore sustatzen ditu, non ikerketak eta berrikuntzak abantaila lehiakor esanguratsua garatzen lagun dezaketen, dagokion ikerketa potentzialaren masa kritikoa eta bikaintasuna kontuan hartuta.</t>
   </si>
   <si>
     <t>Toskanako Eskualdeko Industria 4.0 Plataforma Eskualdea (Toskanako Industria 4.0 Plataforma)</t>
   </si>
   <si>
     <t>Eskualdeko Enpresa 4.0 Plataformaren tresna operatiboa: merkatuetan berritu eta lehiakorrak izaten jarraitu nahi duten enpresentzako sarbide erraz bat. Plataforma sistema komertzialen digitalizazio prozesuak sustatu eta bultzatzeko sortutako ekosistema berri bat da, eta Europako Batzordeak egiaztatutako berrikuntza digitaleko guneen sarearen parte da. Bere zeregina enpresei, batez ere ETEei, Europako digitalizazio prozesuan laguntzea eta eskualdean dauden berrikuntza digitaleko ekosistemako eragile desberdinekin harremanak ezartzea da.</t>
   </si>
   <si>
-    <t>Ur Digitalaren Berrikuntza Gunea (Ur Digitala)</t>
-[...2 lines deleted...]
-    <t>Teknologia eta berrikuntzaren hedapenerako gunea, aholkularitza zerbitzuak, I+G aplikatua, teknologia, prestakuntza Helburua: Kataluniari industria-teknologia eskaintzea, aholkularitza, prestakuntza, produktu eta zerbitzu berritzaileak garatzea eta berrikuntza teknologikoaren sustapena eta hedapena</t>
+    <t>Galiziako Nekazaritza Elikagaien Sektoreko Berrikuntza Digitalaren Gunea (Bioekonomia Gunearen parte)</t>
+  </si>
+  <si>
+    <t>Tokiko gobernuaren, prestakuntzaren, nazioartekotzearen, merkataritzaren, zerbitzuen eta industria sektoreen eskura jartzen dituen azken teknologia digital eta sortzaileak. Helburua:</t>
   </si>
   <si>
     <t>Algarveko Helmuga Adimenduna, Berrikuntza Digitalaren Gunea</t>
   </si>
   <si>
     <t>Digital Innovation Hub (DIH) erakunde pribatu eta publikoen sare informal bat da, lurraldeko ekonomiaren digitalizazioan, batez ere turismo sektorean, zentratua, Algarve System and Technology Partnership Association (Algarve STP) elkarteak zuzenduta, Algarveko Unibertsitatea, Gazte Ekintzaileen Elkarte Nazionala (ANJE) eta Algarve eskualdeko hiru udalerri (Loulé, Faro eta Olhão) eta IT enpresen elkarte pribatu bat (Algarve Evolution) biltzen dituen irabazi-asmorik gabeko elkartea.</t>
   </si>
   <si>
     <t>PIAP GUNEA</t>
   </si>
   <si>
     <t>PIAPek zuzendutako Valor Network sarea, gobernu nazional eta erregionalekin, sektoreko erakundeekin eta espezializazio adimendun nazionalerako prozesu teknologikoetan automatizazioa eta robotika ezartzeko dedikatua dagoen teknologia-hornitzaile nagusiekin lankidetza estrategikoan. Hazkunde handiko industriek aurrerapen teknologikoak goiz hartzea errazten du, besteak beste, fabrikazio arina, azpiegituren ikuskapena eta mantentze-lanak, baita nekazaritza-elikagaiak eta osasungintza ere.</t>
   </si>
   <si>
-    <t>Galiziako Nekazaritza Elikagaien Sektoreko Berrikuntza Digitalaren Gunea (Bioekonomia Gunearen parte)</t>
-[...2 lines deleted...]
-    <t>Tokiko gobernuaren, prestakuntzaren, nazioartekotzearen, merkataritzaren, zerbitzuen eta industria sektoreen eskura jartzen dituen azken teknologia digital eta sortzaileak. Helburua:</t>
+    <t>Datuen Zientzia eta Adimen Artifiziala (DASAI)</t>
+  </si>
+  <si>
+    <t>Adimen Artifizialarekin lotutako ikerketarako, proiektuen garapenerako, prestakuntzarako, zabalkunderako eta ezagutza transferitzeko espazio bat.</t>
   </si>
   <si>
     <t>Plan4all</t>
   </si>
   <si>
     <t>Helburu orokorra jendea informazioarekin konektatzen duen plataforma bat diseinatu, garatu eta aurkeztea da. Lehenik eta behin, sare sozialen printzipioak integratuz, hala nola bloga, foroa eta diseinu zientziaren denda, erabiltzaileei garatzaileekin eta ikertzaileekin konektatzeko aukera emanez. Bigarrenik, demo aplikazio mota desberdinak integratuz, non garatzaileek eta ikertzaileek elkarlanean aritzeko, irtenbide berrietarako API desberdinak probatzeko eta esperimentu bateratuak egiteko aukera izango duten.</t>
   </si>
   <si>
-    <t>Datuen Zientzia eta Adimen Artifiziala (DASAI)</t>
-[...2 lines deleted...]
-    <t>Adimen Artifizialarekin lotutako ikerketarako, proiektuen garapenerako, prestakuntzarako, zabalkunderako eta ezagutza transferitzeko espazio bat.</t>
+    <t>Valentziako Komunitateko Barruti Digitala</t>
+  </si>
+  <si>
+    <t>Mediterraneoko eraldaketa teknologikorako eta ekonomia digitalerako teknologia-enpresak eta talentua hartzeko ingurunea, hiru bertikal azpimarratuz: klima-aldaketa, osasuna eta turismoa.</t>
   </si>
   <si>
     <t>BEIA DIH</t>
   </si>
   <si>
     <t>Beia Grid Institutua GKE berritzailea da, diziplina anitzeko ikerketa-proiektuetan aktiboki parte hartzen duena maila nazionalean eta internazionalean.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Mediterraneoko eraldaketa teknologikorako eta ekonomia digitalerako teknologia-enpresak eta talentua hartzeko ingurunea, hiru bertikal azpimarratuz: klima-aldaketa, osasuna eta turismoa.</t>
   </si>
   <si>
     <t>Converge Berrikuntza Irekiaren Gunea</t>
   </si>
   <si>
     <t>Converge gizarteari ezagutza modu eraginkorrean transferitzeko tresna bat da, CSICen eta berrikuntza-ekosistemako interesdunen arteko konfiantza sortuz. Convergen helburua CSIC berrikuntza zientifiko, teknologiko eta sozialean lider bihurtzea eta Espainiako berrikuntza-ekosistema indartzen laguntzea da. Converge -ren misioa lau programen bidez artikulatzen da: CSIC Open Lab; CSIC Emprende; CSIC Living Lab; eta CSIC Business Chairs. BIDEOA</t>
   </si>
   <si>
     <t>BERRIKUNTZAK</t>
   </si>
   <si>
     <t>INNOVASTURIAS Asturiasko enpresa eta erakundeen elkarte bat da, lehiakortasuna eta zerbitzuen kalitatea hobetzea helburu duena, kultura berritzailea sustatuz eta nazioarteko esparruan sinergiak bilatuz, nekazaritza-elikagaien eta ingurumen-sektoreetan , merkataritza eta ostalaritzan, administrazioan, industrian, energia eta ikerketan, eta hezkuntzan, kulturan eta osasunean.</t>
   </si>
   <si>
     <t>BioSense Institutua</t>
   </si>
   <si>
     <t>BioSense Digital Innovation Hub (DIH) nekazaritza jasangarrirako eraldaketa digitalean aitzindaria da, ikerketa, ekintzailetza, zientzia eta merkatuan prestatutako irtenbideak lotuz berrikuntza digitalak sartuz.</t>
   </si>
   <si>
     <t>AHEDD- Datuen eta Gailuen Ekonomiaren Atikako Gunea</t>
   </si>
 </sst>
 </file>
 
@@ -1118,1474 +1151,1529 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C126"/>
+  <dimension ref="A1:C131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C126"/>
+      <selection activeCell="A1" sqref="A1:C131"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="130.825" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="1552.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>87</v>
+        <v>253</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Hubs</vt:lpstr>
+      <vt:lpstr>Hub-ak</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>