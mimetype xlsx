--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -12,79 +12,148 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Hub-ak" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>Izena</t>
   </si>
   <si>
     <t>Hub motak</t>
   </si>
   <si>
     <t>Deskribapena</t>
   </si>
   <si>
+    <t>Le Pool French Tech Rennes Saint-Malo</t>
+  </si>
+  <si>
+    <t>Hubak</t>
+  </si>
+  <si>
+    <t>Frantziako teknologia-ekosistema ekintzaileek osatzen dute batez ere, baina baita startup-en hazkundearekin eta haien nazioarteko eraginarekin konprometituta dauden guztiek ere. Rennes St. Malo (FTRSM) enpresa teknologiko frantsesak postu goreneko postua du telekomunikazioen, nekazaritza-negozioen eta zibersegurtasunaren sailkapen nazionalean. Osasun elektronikoak, mugikortasun berriak eta industria sortzaileek ere indargune sendoak dituzte tokiko sektorean.</t>
+  </si>
+  <si>
+    <t>E-Secure Transakzioen Klusterra - TES</t>
+  </si>
+  <si>
+    <t>TES Klusterrak, Normandiako Lehiakortasun Digitalaren Klusterrak, 150 kideko ekosistema bat ordezkatzen du, enpresa handiek, ETEek, tokiko agintariek, ikerketa eta prestakuntza erakundeek eta beste erakunde batzuek osatua. Bere kide eta bazkideekin, TES Klusterrak etorkizuneko erabilerak imajinatzen eta diseinatzen ditu "segurtasuna/interoperabilitatea/fidagarritasuna" hirukoteari lotutako teknologia berriei esker. Ekintza hauek aurrerapena, lanpostuen sorrera eta lurraldearen balorazioa sortzen dituzte.</t>
+  </si>
+  <si>
+    <t>Giasat</t>
+  </si>
+  <si>
+    <t>GIASAT (Lurraldeka antolatutako Elikagai Sistemen Kudeaketa Agroekologiko Integratua) 2019az geroztik elkarrekin hausnartzen ari den lan-talde bat da. Gaur egun, agroekologia sektoreari lotutako bost erakundek osatzen duten partzuergoa da. Haien hari komuna da, ikuspegi eta kokapen desberdinetatik, prozesu horietako bat edo gehiago sustatzen, errazten eta/edo laguntzen ari direla beren lurraldeetan. Misioa: Ekoizleek —batez ere ustiategi txiki eta ertainetakoek— zailtasunak dituzte tokiko merkatuetara sartzeko, eta horrek pobrezia eta landa-eremuetako hustuketa areagotzen ditu, eta biztanleriarentzako kalitatezko elikagaien galera ere eragiten du. Giasatek ekoizle txiki eta ertainentzako logistika eta banaketa sistema bat garatzea du helburu, hornidura-kate laburretan arreta jarriz, ekoizpena handitu eta elikagai jasangarriago eta osasungarriagoetarako sarbidea izan dezaten. Ikusmena: Giasatek lurralde-ekonomiaren ikuspegi baten pean parte hartzen duten hainbat agente dinamizatuz eta lagunduz, eta sektorearen beharrak elkarlanean konponduz, Elikadura Sistemen (ELS) Kudeaketa Integratua lortzea du helburu.</t>
+  </si>
+  <si>
+    <t>BASO-GUNEA</t>
+  </si>
+  <si>
+    <t>Basogintza Gunea Kataluniako Baso Zientzia eta Teknologia Zentroaren (CTFC) ekimen bat da. Ikerketaren, garapenaren eta berrikuntzaren arteko zubi gisa jarduten du, aplikazio praktikoetara modu eraginkorrean transferitzea bermatuz. Eskualdeko liderrak gara basogintza moldagarriaren eta agrobasogintzako paisaien erresilientzia indartzen duten balio-kate jasangarrien garapenean. Aktiboki sustatzen dugu natura, berrikuntza eta lehiakortasuna integratzen dituen bioekonomia zirkularra.</t>
+  </si>
+  <si>
+    <t>Tecnova</t>
+  </si>
+  <si>
+    <t>Tecnova Teknologia Zentroak berrikuntza aplikatua eta garapen teknologikoa sustatzen ditu agroindustria sektoreko enpresen lehiakortasuna eta errentagarritasuna hobetzeko. Gaur egun, 289 enpresa baino gehiagorekin lan egiten dugu, bai estatu mailan, bai nazioartean, beren erakundeetan aldaketa eta berrikuntza prozesuekin konprometituta daudenekin, eta hori erantzukizunez, malgutasunez eta konfidentzialtasunez egiten dugu. Tecnova, sektoreko enpresa nagusiak biltzen dituen Europako Kluster gisa, sarean lan egiten du nazioarteko merkatu nagusietan kokatzen laguntzeko, ezagutza eta teknologia transferentzia eginez, I+G sustatuz eta hori posible egiten duten finantzaketa lerroak bilatuz.</t>
+  </si>
+  <si>
+    <t>Uraren Berrikuntza Digitalaren Zentroa</t>
+  </si>
+  <si>
+    <t>Ekonomia zirkularreko baliabide funtsezko gisa uraren kudeaketan aplikatutako teknologia jasangarri berrien garapena eta ezarpena. "Ur Digitala" ekimenak jasangarritasunaren eta ekonomia zirkularraren kontzeptuak aplikatzen dizkie teknologia berriei uraren ziklo osoa hobetzeko, hainbat negozio-sektoreren lehiakortasuna handituz eta gizarte osoari mesede eginez. Eurecat taldearen esperientziaz eta talentu zientifiko eta teknologikoaz gain, Zentroak laborategiak, pilotu-lantegiak, ekipamendu zientifikoa eta datuak prozesatzeko zentroak ditu. Instalazio horiek guztiek Eurecat-i egungo eta etorkizuneko uraren erronkei aurre egiteko aukera ematen diote. Zerbitzuak: * Prototipazio azkarra * Kontzeptuaren froga (PoC) * Digitalizazioa eta konektibitatea * Aholkularitza eta prestakuntza oso espezializatua * Sistemen integrazioa eta estandarizazioa * Objektuen birtualizazioa * Datuen kalitatea, garbiketa eta balorizazioa * Mantentze-lan adimenduna/Aktiboen bizitza eta erabilera hobetzea * Kalitatearen iragarpena/kontserbazioa * Eskariaren iragarpena * Produktibitatearen/hazkundearen iragarpena * Baliabideen optimizazioa * Programazio adimenduna * Gomendio adimendunak * Datuen analisi zerbitzuak (SaaS) * Baliabideen kudeaketa * Eragiketa-kudeaketa * Prozesuen kudeaketa * Denbora errealeko jarraipena eta kontrola * Txosten aurreratuak: KPIak, aginte-panelak... * Eszenatokien karakterizazioa eta analisia</t>
+  </si>
+  <si>
+    <t>Zilarrezko Ekonomia Digitala (DIHDSE)</t>
+  </si>
+  <si>
+    <t>Zilarrezko Ekonomia Digitalak (DIHDSE) enpresek eta beste erakunde publiko edo pribatu batzuek beren eraldaketa digitaleko prozesuak arrakastaz jorratzeko behar dituzten informazioa, zerbitzuak eta instalazioak eskuratzeko aukera ematen duen zerbitzu bakarra izan nahi du, 50 urtetik gorako herritarrentzako zerbitzu eraginkorragoak sustatzeko helburuarekin. Irabazi-asmorik gabeko erakundea da. Zamorak Zilarrezko Ekonomiaren potentzial handia du, ez bakarrik bere biztanleria zahartu handiagatik (Zamora Espainiako biztanleria zahartzen gehien duen probintzia da), baita bizitzeko leku erakargarria delako ere, Zamoran egindako Zilarrezko Ekonomiaren I. Nazioarteko Kongresuan ezarri zen bezala, non 40 adituk eta 700 ordezkarik parte hartu zuten. Bestalde, eskualdeko enpresa sektorea oso zatikatuta dago, eta lan merkatuan, enplegua sustatzeko eta batez besteko errenta handitzeko neurriak behar dira. Zamorako Foru Aldundiak zuzendutako DIHDSEk, industria, ikerketa eta finantza erakundearekin lankidetzan, Zamora adinekoentzako zerbitzu eta industria espezializatuetan probintzia lider gisa aitortzea sustatuko du, ez bakarrik Espainian, baita nazioartean ere, eta horrela eskualdearen etorkizuneko garapen sozioekonomikoa indartuko du.</t>
+  </si>
+  <si>
+    <t>CIDIHUB (Kanariar Uharteetako Berrikuntza Digitalaren Zentroa)</t>
+  </si>
+  <si>
+    <t>Kanariar Uharteetako Berrikuntza Digitalaren Gunea (CIDIHUB) Europako Berrikuntza Digitalaren Guneen (EDIH) sarearen parte da, Europako Batzordearen ekimen bat, Europa osoko enpresen eta administrazio publikoen eraldaketa digitala bizkortzea helburu duena. Erakunde eta zentro espezializatuen partzuergo gisa, CIDIHUB baliabide gakoa da Kanariar Uharteetan, ETEei eta erakunde publikoei ekonomia digitalean berritzeko, hazteko eta lehiakorragoak izateko behar dituzten trebetasunak, teknologiak eta baliabideak eskainiz. Gure konpromisoa Kanariar Uharteak Europako digitalizazioaren abangoardian kokatzea da, enpresei eta administrazio publikoei zerbitzu espezializatuak, teknologia aurreratuak hartzeko laguntza eta ekonomia berriaren aukerak aprobetxatzeko aukera ematen dieten prestakuntza programak eskainiz.</t>
+  </si>
+  <si>
+    <t>Baso Mundua</t>
+  </si>
+  <si>
+    <t>Baso-jabeentzako tresna eta baliabide profesionalak. Argitu zure jabetza, kudeatu zure baliabideak eta bihurtu basoen kudeaketa jasangarriaren lider.</t>
+  </si>
+  <si>
+    <t>ASEMFO (Basogintza Enpresen Elkarte Nazionala)</t>
+  </si>
+  <si>
+    <t>ASEMFO Basogintza Enpresen Espainiako Elkarte Nazionala da. 1994an sortua, ingurune naturala kontserbatzeko, babesteko eta hobetzeko proiektuak, lanak eta zerbitzuak egiteko dedikazioa duen basogintza enpresa pribatuen borondatezko elkarte gisa, ASEMFOk ESG inbertsio estrategien eta enpresen iraunkortasun politikaren ezarpen teknikoa bermatzen du.</t>
+  </si>
+  <si>
+    <t>CIDAI</t>
+  </si>
+  <si>
+    <t>Datu Teknologia eta Adimen Artifizialerako Berrikuntza Zentroak (CIDAI) IA oinarritutako irtenbideen garapena eta adopzioa sustatzen ditu enpresekin, erakundeekin eta ikerketa aplikatuko zentroekin lankidetzan arituz.</t>
+  </si>
+  <si>
+    <t>ITA (Aragoiko Institutu Teknologikoa)</t>
+  </si>
+  <si>
+    <t>ITA Aragoiko Gobernuko Lehendakaritza, Ekonomia eta Justizia Sailari atxikitako teknologia zentro bat da, eta bere eginkizuna enpresen garapen teknologikoan laguntzea eta haien lehiakortasuna handitzea da.</t>
+  </si>
+  <si>
+    <t>DIHBAI-TUR: Balear Uharteetako Berrikuntza Digitalaren Gunea Turismoan eta Nekazaritza Elikagaien Sektorean Adimen Artifizialean</t>
+  </si>
+  <si>
+    <t>Adimen artifizialean oinarritutako gunea, Balear Uharteetako enpresen eraldaketa digitalean lagunduko duen teknologia disruptiboa den aldetik.</t>
+  </si>
+  <si>
     <t>BIOHUBCAT</t>
   </si>
   <si>
-    <t>Hubak</t>
-[...1 lines deleted...]
-  <si>
     <t>BIOHUBCAT Katalunian baliabide organiko berriztagarrietatik balio ekonomikoa sortzea errazteko zerbitzu bakarra da. Enpresek eta ekintzaileek hurrengo urratsa emateko behar dituzten irtenbideak aurkitzeko lekua.</t>
   </si>
   <si>
-    <t>CTA (Andaluziako Korporazio Teknologikoa)</t>
-[...7 lines deleted...]
-  <si>
     <t>Agrogune Adimenduna</t>
   </si>
   <si>
     <t>Smart Agro Hub ikerketa, ezagutza praktiko eta ekintzailetza ekosistema bat da, teknologia digitaletan oinarritutako nekazaritza-ekoizpen sistema ingurumena errespetatzen duen bat sortzen laguntzen duena. Gaitasun zentroaren ikuspegia Greziako nekazaritzaren eraldaketa digitalaren katalizatzaile izatea eta nekazaritza-elikagaien sektorean ekoizpen-eredu jasangarri berri bat eratzea da, irtenbide berritzaileen bidez. Smart Agro Hub-en misioa hau da: Ekoizleei agroteknologiako irtenbide adimentsu eta eraginkorrak eskaintzea, etekinak handitzeko, ekoizpen-kostuak murrizteko eta ingurumen-aztarna hobetzeko. Nazioarteko estandarrak betez iraunkortasun-helburuak ezarri eta betetzeko eta merkatuan lehiakortasun-posizio bat lortzeko elikagaien industriari irtenbide iraunkorrak eskaintzea. Jarduera nagusiak: Greziako nekazaritzaren eraldaketa digitalerako irtenbide berritzaileen garapena Nekazaritza-teknologien garapena, probak, ebaluazioa eta hobekuntza Nekazaritza esperimentuak egitean Jasangarritasun aholkularitza zerbitzuak eskaintzea Nekazaritza-elikagaien katearen ingurumen-aztarnaren ebaluazioa Produktu eta teknologia digital berritzaileen garapena nekazaritza-elikagaien sektorean Nekazaritza eta bioteknologia arloko ikerketa zientifikoak egitea eta ikerketa proiektuetan parte hartzea.</t>
   </si>
   <si>
     <t>Energia Klusterra</t>
   </si>
   <si>
     <t>Kluster Elkartea, EAEko energia-sektoreko enpresak biltzen eta ordezkatzen dituena, haien kokapena eta lehiakortasun-ahalmena indartzeko. Energiaren balio-kateen inguruan beren jarduera garatzen duten enpresen, erakundeen eta erakunde publikoen bilgune eta lotura-gunea gara. EAEko energia-industriaren lehiakortasuna hobetzeko ekintza kolaboratiboak sustatzen eta koordinatzen ditugu. Klusterrak I+G proiektuak garatzen ditu Industriaren Deskarbonizazioan, Haize-Energian, Hidrogenoan eta erregai berriztagarrietan, Sare Adimendunetan eta Eguzki-Energia Fotovoltaikoan ( Agrovitivoltaica proiektua).</t>
   </si>
   <si>
     <t>DIH-LEAF (Abeltzaintza, Ingurumena, Nekazaritza eta Basogintza)</t>
   </si>
   <si>
     <t>Abeltzaintza, ingurumen, nekazaritza eta basogintza sektoreetan (DIH-LEAF) zentratzen den Berrikuntza Digitalaren Zentroa (DIH) ekoizpen sektorearekin eta hainbat ekimen teknologikorekin lotutako hainbat eragilek osatzen dute. DIH-LEAFen parte hartzen dute unibertsitateek eta teknologia zentroek, enpresek, ekoizleen elkarteek, irabazi-asmorik gabeko erakundeek eta beste batzuek. Sektore produktibo zabal honetan digitalizazioaren eta berrikuntza teknologikoaren erronkari aurre egiteko, DIH-LEAF digitalizazio ekosistema berezi eta autonomo gisa ezarri da, erakunde hauek digitalizatzeko azken helburuarekin, horrela haien eraginkortasuna, lehiakortasuna eta iraunkortasuna handituz Informazio eta Komunikazio Teknologien (IKT) aplikazioaren bidez. Horrek landa eta hiri eremuen garapen jasangarriari laguntzen dio. Hauek dira DIH-LEAFek eskaintzen dituen zerbitzuak : Saiakuntza eta esperimentazioa Prestakuntza Finantzaketa iturriak aurkitzeko laguntza</t>
   </si>
   <si>
     <t>Berrikuntza Digitalaren Gune Baskoa (Bdih)</t>
   </si>
   <si>
     <t>Basque Digital Innovation Hub-ek (Bdih) ETEei industria adimendunaren, energiaren eta osasunaren erronkei aurre egiteko eta ingurune digitalean eta jasangarrian eboluzionatzeko beharrezkoak diren gaitasun teknologikoetarako sarbidea ematen die. Hub-ek azpiegitura eta espezializazioa eskaintzen dizkie enpresei. Laborategiek, ekipamenduek, softwareak, gaitasun zientifiko eta teknologikoek eta aditu talde batek proiektu bakoitza babesten dute 8 nodo hauetako batean: Robotika nodo malgu eta kolaboratiboa Material Aurreratuen Nodoa Makina Adimendun eta Konektatuen Nodoa Gehigarrizko Fabrikazio Nodoa Zibersegurtasun Nodoa Sare Elektriko Digitalen Nodoa Gailu Medikoen eta Osasun Digitalaren Nodoa Adimen Artifizialaren Nodoa</t>
   </si>
   <si>
     <t>Basque Circular Hub</t>
@@ -209,323 +278,299 @@
   <si>
     <t>Eleberri-T</t>
   </si>
   <si>
     <t>Berrikuntzaren boterean eta gizarte hobeago eta jasangarriago bati egiten dion ekarpenean sinesten dugu. Gure laguntza modu independentean eta irabazi-asmorik gabekoan eskaintzen dugu, gure sortzaileen ekarpenetan oinarrituta.</t>
   </si>
   <si>
     <t>Ontzi BASQUE FOOD PACKAGING Innovation Hub</t>
   </si>
   <si>
     <t>Gunearen misioa I+G+B sustatzea da, elikagai-ontzi seguruak, jasangarriak eta lehiakorrak diseinatzeko, EAEko elikadura-kateko enpresei eta, noski, ingurumenari mesede egingo dietenak.</t>
   </si>
   <si>
     <t>AgrobankHub</t>
   </si>
   <si>
     <t>Ezagutza partekatzeko eta nekazaritza-profesionalei tresna berriak emateko ekosistema birtuala.</t>
   </si>
   <si>
     <t>Madrilgo Elikagaien Berrikuntza Gunea</t>
   </si>
   <si>
     <t>MADRID FOOD INNOVATION HUB Madrilgo lehen elikagaien ekintzailetza zentroa da. Ekimen aitzindaria da, nekazaritza-elikagaien balio-kate osoan zehar berrikuntza eta ekintzailetza sustatzera bideratua.</t>
   </si>
   <si>
+    <t>iHub La Vega Innova</t>
+  </si>
+  <si>
+    <t>AgriFoodTech sektoreko startupentzako ekosistema osoa eta nekazaritza-elikagaien sektorearen, bere ETEen eta autonomoen eraldaketa digitala bizkortzen duten teknologien erakusleihoa.</t>
+  </si>
+  <si>
     <t>eAtex. CNTAren Elikagaien Berrikuntza Gunea</t>
   </si>
   <si>
     <t>Elikagaien industrian teknologia transferitzeko eta ezartzeko berrikuntza-gune kolaboratiboa</t>
   </si>
   <si>
     <t>AIR4S. Adimen Artifiziala eta Robotika Garapen Iraunkorrerako Helburuetarako</t>
   </si>
   <si>
     <t>Madrilgo Erkidegoko industriaren garapena eta hazkundea bultzatzeko gunea, adimen artifizialean eta robotikan oinarritutako teknologiak erabiliz eta ezarriz.</t>
   </si>
   <si>
     <t>Kataluniako Kluster Digitalen Elkartea</t>
   </si>
   <si>
     <t>Informazio eta komunikazio teknologien (IKT) sektoreko enpresentzako, erakundeentzako eta ikerketa taldeentzako lan-espazioa.</t>
   </si>
   <si>
     <t>Barrax - Landa Berrikuntza Gunea</t>
   </si>
   <si>
     <t>Ikerketa tailerrak, negozio bilerak, sare profesionalak, Europako finantzaketa, informazioa eta esperimentazioa sustatzen dituen gune bat.</t>
   </si>
   <si>
     <t>UPC Berrikuntza eta Teknologia Zentroa (CIT UPC)</t>
   </si>
   <si>
     <t>Ikerketa, Prestakuntza eta Ezagutza Transferentziarako Zentroa</t>
   </si>
   <si>
-    <t>iHub La Vega Innova</t>
-[...10 lines deleted...]
-  <si>
     <t>Andaluziako Eraikuntza Jasangarriaren Klusterra</t>
   </si>
   <si>
     <t>Aukera berriak etengabe identifikatu eta ezartzeko eta negozio iraunkorrak hartzeko aukera ematen duen elkarte eta sektore-berreraikuntza proiektua.</t>
   </si>
   <si>
     <t>Poznango Zientzia eta Teknologia Parkea Adam Mickiewicz Unibertsitate Fundazioa</t>
   </si>
   <si>
     <t>Poznan Zientzia eta Teknologia Parkea (PSTP) Poloniako lehen parke teknologikoa da (1995). Adam Mickiewicz Unibertsitate Fundazioak kudeatzen du (sail nagusi gisa), irabazi-asmorik gabeko erakunde batek, zientziaren eta industriaren arteko lankidetza sustatzeko misioa duena, eskualdeko garapena sustatzeko berrikuntza, teknologiaren transferentzia eta nazioarteko lankidetzaren bidez.</t>
   </si>
   <si>
     <t>Suediako RISE IKT Ikerketa Institutua IKT</t>
   </si>
   <si>
     <t>Rise Research Institutes of Sweden Suediako ikerketa institutua eta berrikuntza bazkidea da. Industriarekin, akademiarekin eta sektore publikoarekin nazioarteko lankidetzaren bidez, negozioen lehiakortasuna bermatzen dugu eta gizarte jasangarri bati laguntzen diogu.</t>
   </si>
   <si>
     <t>Nekazaritza Adimenduna</t>
   </si>
   <si>
     <t>Smartagri Agroväst, Suediako Ikerketa Institutuak (Rise) eta Skövde Zientzia Parkeak egindako ahalegin bateratua da, Suedia mendebaldeko nekazaritza sektorearen digitalizazioa bizkortzeko helburuarekin.</t>
   </si>
   <si>
     <t>Espazioa53</t>
   </si>
   <si>
     <t>Space53-k gobernuak, ezagutza-erakundeak, giza laguntzaile langileak eta enpresak biltzen ditu Drone Berrikuntza Kluster batean, eta ekosistema indartzen du tripulatu gabeko sistemen garapen eta aplikazio arrakastatsurako aurrebaldintzak sortuz.</t>
   </si>
   <si>
+    <t>ahedd - Datuen eta Gailuen Ekonomiaren Atikako Gunea</t>
+  </si>
+  <si>
+    <t>Ikerketa Zientifikorako Zentro Nazionala (NCSR) Demokritos Greziako diziplina anitzeko ikerketa zentro handiena da, 1.000 langile ingururekin eta 50 urte baino gehiagoko lorpen zientifiko berritzaileak eta Greziako ekonomian eta gizartean egindako ekarpenak eginez. Hainbat ekimen teknologiko nazionaletan bazkide garrantzitsua izan da, hala nola errendimendu handiko konputazio instalazioak eskuratzea eta ustiatzea eta herrialdean abiadura handiko konputazio sareak ezartzea, eta gaur egun hainbat azpiegitura proiektu nazional eta europarretan liderra edo kidea da.</t>
+  </si>
+  <si>
+    <t>Zibersegurtasun Berrikuntza Gunea</t>
+  </si>
+  <si>
+    <t>Kroaziako Nekazaritza Elikagaiak</t>
+  </si>
+  <si>
+    <t>Agrifood Croatia berrikuntza-gune bat da, Kroaziako ikerketa-, enpresa- eta interes-talde publikoak biltzen dituena akuikultura, nekazaritza eta elikadura sektoreetan eraldaketa digitalak elkarrekin egiteko.</t>
+  </si>
+  <si>
+    <t>VP Delta</t>
+  </si>
+  <si>
+    <t>Agrohub.bg Hego-Erdialdeko Eskualderako Europako berrikuntza digitaleko gune bat da, Agrodigirise Proiektuarekin batera Europa Digitalaren Programaren barruan onartua. Proiektua 2022ko azaroaren 1ean hasi zen, eta hiru urte irautea aurreikusten da. Profil eta espezializazio anitzeko partzuergo batek gauzatzen du: sektoreko erakundeak, zientzia eta ikerketa unitateak, prestakuntza erakundeak, teknologia enpresak, nekazaritzako makineria inportatzaileak, etab., Plovdiveko Udalarekin lankidetzan.</t>
+  </si>
+  <si>
     <t>Arctic Drone Labs</t>
   </si>
   <si>
     <t>Arctic Drone Labs Finlandian kokatutako aireko mugikortasun ikerketa zentro berritzailea da. Tripulaziorik gabeko aireko sistemen (UAS) industriaren hazkundea bultzatzeko adituak, punta-puntako tresnak eta berrikuntza iraultzaileak biltzen eta aprobetxatzen ari gara. Gure eginkizunak negozioen garapena sustatzea, ikerketa ekimenak aurrera eramatea eta hezkuntza ahalbidetzea hartzen ditu barne, eremu eraldatzaile honetan.</t>
   </si>
   <si>
     <t>ART-ER-DIH</t>
   </si>
   <si>
     <t>Art-Er (lehen Aster) berrikuntza digitaleko gune gisa jarduten du Emilia-Romagna eskualdean, eta bere balio-proposamena interes-taldeen arteko lotura eta ekimenen, zerbitzuen eta aukeren integrazioa da, bai enpresen bai hornitzaileen azpiegiturak, ezagutzak eta esperientzia (instalazioenak, zerbitzuak, prestakuntza, etab.) aprobetxatzeko.</t>
   </si>
   <si>
-    <t>Zibersegurtasun Berrikuntza Gunea</t>
-[...13 lines deleted...]
-  <si>
     <t>Wageningen Ikerketa</t>
   </si>
   <si>
     <t>Wageningen Unibertsitate eta Ikerketaren indarra ikerketa-institutu espezializatuen eta unibertsitatearen indarguneak konbinatzeko duen gaitasunean datza. Halaber, zientzia naturalen eta sozialen arlo anitzen ahalegin bateratuan datza.</t>
   </si>
   <si>
-    <t>ahedd - Datuen eta Gailuen Ekonomiaren Atikako Gunea</t>
-[...2 lines deleted...]
-    <t>Ikerketa Zientifikorako Zentro Nazionala (NCSR) Demokritos Greziako diziplina anitzeko ikerketa zentro handiena da, 1.000 langile ingururekin eta 50 urte baino gehiagoko lorpen zientifiko berritzaileak eta Greziako ekonomian eta gizartean egindako ekarpenak eginez. Hainbat ekimen teknologiko nazionaletan bazkide garrantzitsua izan da, hala nola errendimendu handiko konputazio instalazioak eskuratzea eta ustiatzea eta herrialdean abiadura handiko konputazio sareak ezartzea, eta gaur egun hainbat azpiegitura proiektu nazional eta europarretan liderra edo kidea da.</t>
+    <t>Bulkada Digitalen Gunea</t>
+  </si>
+  <si>
+    <t>Aholkularitza, ekosistema eta sareak, prestakuntza eta finantzaketa eskaintzen dituen gunea</t>
+  </si>
+  <si>
+    <t>Digital Innovation Hub Andaluzia Agrotech</t>
+  </si>
+  <si>
+    <t>Teknologia eta berrikuntza, aholkularitza zerbitzuak, I+G aplikatua, teknologia, prestakuntza, azelerazioa eta ekintzailetza zabaltzeko gunea. Helburua:</t>
+  </si>
+  <si>
+    <t>Nekazaritza Digitalaren Gunea</t>
+  </si>
+  <si>
+    <t>Nekazaritza-enpresei lehiakorragoak izaten laguntzen dien laguntza-zerbitzuen gunea, haien negozio-/ekoizpen-prozesuak, baita produktuak eta zerbitzuak ere, teknologia digitalaren bidez hobetuz.</t>
   </si>
   <si>
     <t>Danimarkako Institutu Teknologikoa, Robot Teknologia</t>
   </si>
   <si>
     <t>Danimarkako Institutu Teknologikoa ikerketa eta teknologia enpresa liderra da. Bezeroei azken ezagutza eta teknologia balio bihurtzen laguntzen diete. Ekoizpenean, materialetan, ingurumen-teknologian, negozioetan, energian, agroteknologian, haragi-ikerketan eta gehiagotan adituak gara.</t>
   </si>
   <si>
     <t>DIH PANONIA</t>
   </si>
   <si>
     <t>Vukovar-Srijem Konderriko Garapen Agentziak Vukovar-Srijem Konderriko Garapen Plana eta bestelako dokumentu estrategikoak eta garapenekoak prestatzen ditu. Laguntza aditua eskaintzen du konderriko eremuko zuzenbide publikoko erakunde eta erakunde publikoentzako programak eta garapen proiektuak prestatzeko eta gauzatzeko, konderriko garapenerako garrantzitsuak direnak, baita hainbat konderriren garapenerako garrantzitsuak diren proiektu bateratuak ere.</t>
   </si>
   <si>
-    <t>E-Secure Transakzioen Klusterra - TES</t>
-[...4 lines deleted...]
-  <si>
     <t>Sistema Txertatuen Diseinu eta Aplikazio Laborategia DIH (ESDALAB DIH)</t>
   </si>
   <si>
     <t>Esdalab DIH-k Europako hegoalde eta ekialdeko DIHS sare zabal bat koordinatzen du, finantzaketa aukerak eskainiz eta aditu osagarriak dituzten erakundeen arteko lankidetza bultzatuz. Gainera, zerbitzu berritzaileak eskaintzen dizkie enpresei, batez ere ETEei (startup-ak barne) eta enpresa zertxobait handiagoei, haien eraldaketa digitala laguntzeko.</t>
   </si>
   <si>
     <t>Nekazarien Parlamentua Letoniako Berrikuntza Digitalaren Gunea - ZSA DIH</t>
   </si>
   <si>
     <t>Smartagro nekazaritza berrikuntza eta teknologia webgune bat da. Smartagroren helburu nagusia nekazariak eta beste interesdun batzuk informatzea eta bultzatzea da, landa eremuetan etorkizun iraunkor bat lortzeko teknologia, zerbitzu, produktu eta sistema berriak erabiltzera. EBko Horizon 2020 Ikerketa eta Berrikuntza Programaren proiektuen barruan eskualdeko klusterretan, berrikuntza digitaleko guneetan, laborategi bizidunetan eta teknologia irtenbideetan arreta jarriz, webguneak ideia eta irtenbide aurreratuak eskainiko ditu landa eremuetan berrikuntzak errazteko. Smartagro Nekazarien Parlamentuak (FP) mantentzen du, gobernuz kanpoko erakunde batek.</t>
   </si>
   <si>
-    <t>Bulkada Digitalen Gunea</t>
-[...16 lines deleted...]
-  <si>
     <t>FIWARE Innova iHub</t>
   </si>
   <si>
     <t>Fiware Innova ihub irabazi-asmorik gabeko elkarte bat da, Italian berrikuntza teknologikoa sustatzen duena, Prestakuntza, Kontsultoria eta abarretatik. Gure Elkarteak Sfida du abangoardiako teknologien ahalduntzea, sektoreko estrategia garrantzitsuenak, enpresa eredu berriak eta landa eremuetako irtenbide eta azpiegituren garapen jasangarria errazten laguntzeko, "smartsi irtenbideak eta azpiegiturak eremu eta landa eremuetan" programan ezarritakoaren arabera.</t>
   </si>
   <si>
     <t>Flandriako JANARIA, FF</t>
   </si>
   <si>
     <t>Flandriako janaria Sinds da Oprichting Hét Innovatieplatform Voor by Vlaamse Voedingsindustrie. Flanders Werd-eko janaria 2005ean Opgericht Door Fevia Vlaanderen (Federatie Van de Voedingsindustrie) Een 20-Tal Stichtende Leden. Het Uitgangspunt? Door Samenwerking, Elkaar ezagutu zuen Onderzoekspartner-en, Meer Slagkracht Bekomen. Een Visie Waar We Nog Steeds en Geloven. De Klassieke "Waardeketen" Van Boer Tot Klant, Met Een Centrale Rol Voor de Voedingsfabriek, Bleek Meer en Meer Achterhaald. Het Speelveld Wordt Immers Elke Dag Globaler. Om de competitiviteit en het agrovoedingssysteem te versterken es het noodzakelijk om te inverseren en onderzoek en innovatie en tussen zowel (voedings) bedrijven als social-profit organizations. Dit Van de Grenzen sektorean Regioko Heen. Dit Is De Rol Die Foods Food, Een Ledenorganisatie Op Europees Niveau, Wil Vervullen. Iedereen die Een Meerwaarde Ziet en Een Samenwerking Met Het Ecosysteem Rond de Vlaamse Voedingsindustrie es van Harte Welkom.</t>
   </si>
   <si>
     <t>GreenSupplyChain DIH</t>
   </si>
   <si>
     <t>Baserritik Mahaira estrategia Europako Itun Berdearen muinean dago, eta elikadura-sistemak bidezkoak, osasungarriak eta ingurumena errespetatzen dutenak bihurtzea du helburu. Gure elikadura-sistemak berriro diseinatu behar ditugu jasangarriagoak izan daitezen eta haien erresilientzia handitzeko. Teknologia eta aurkikuntza zientifiko berriek, jendearen kontzientziazio handiagoarekin eta elikagai jasangarrien eskaerarekin batera, interesdun guztiei mesede egingo diete. Iraultza digitalak aukerak eskaintzen ditu, baina enpresa askok oraindik ere zailtasunak dituzte zein teknologiatan inbertitu eta finantzaketa nola lortu jakiteko. ETEen % 90 baino gehiago atzeratuta daude berrikuntza digitalean eta laguntza behar dute beren eraldaketa digitalerako.</t>
   </si>
   <si>
     <t>Berrikuntza Esperientzia GUNEA (InnexHUB)</t>
   </si>
   <si>
     <t>Indexhub irabazi-asmorik gabeko elkarte bat da, eta bere helburuak hauek dira: a. Enpresen ezagutza eta kontzientzia maila indartzea eraldaketa digitalak eskaintzen dituen aukeren inguruan, baita ere Enpresa 4.0 Plan Nazionalaren, industriaren digitalizaziorako Europako estrategiaren ("Europako Industria Digitalizatzea - DEI") eta Enpresa Txiki eta Ertainentzako TICHE Berrikuntza Programaren testuinguruan ("IKT Berrikuntza ETEentzat Fabrikaziorako - I4MS" programa); b. Ekoizpen-sistemaren eraldaketa digitala laguntzeko berrikuntza-ekosistemaren atea izatea; c. Enpresen berrikuntza-eskaria suspertzea; d. Enpresaren eta ikerketaren munduaren arteko zubi bat sortzea.</t>
   </si>
   <si>
     <t>Altxatze Institutua - Idele</t>
   </si>
   <si>
     <t>Institut de L'Elevage-ren eginkizuna belarjaleen ustiategien eta haien sektoreen lehiakortasuna hobetzea da, etengabe aldatzen ari den testuinguru batean. Bere lanak irtenbide tekniko berritzaileak eskaintzen dizkie nekazariei eta behi, ardi, ahuntz eta zaldi sektoreetako interesdunei. Gaur egungo gizarte eta ingurumen arazoei erantzunak ematen dizkiete, abeltzaintzako interesdunei eta haien sektoreei zerbitzua emanez.</t>
   </si>
   <si>
-    <t>DIH-BAITUR: Balear Uharteetako Adimen Artifizialerako eta Turismorako Berrikuntza Digitalaren Gunea</t>
-[...4 lines deleted...]
-  <si>
     <t>DIHBU Industria 4.0</t>
   </si>
   <si>
     <t>Produktu berrien baterako sorkuntza eta enpresei zerbitzu ez-teknologiko osagarriak eskaintzea sustatzeko berrikuntza eta adimen lehiakorra bultzatzeko gunea.</t>
   </si>
   <si>
     <t>DIH Dinapsiak</t>
   </si>
   <si>
     <t>Garapen jasangarria lortzean, eraldaketa digitala ingurumen-kudeaketan txertatzean eta klima-aldaketaren erronkei aurre egitean oinarritutako gunea</t>
   </si>
   <si>
-    <t>Le Pool French Tech Rennes Saint-Malo</t>
-[...4 lines deleted...]
-  <si>
     <t>Nanoteknologia Laborategia LTFN (Film Meheen Laborategia - Nanobiomaterialak - Nanosistemak - Nanometrologia)</t>
   </si>
   <si>
     <t>1991n sortutako LTFN Nanoteknologia Laborategia Tesalonikako Aristoteles Unibertsitateko (AUTH) Fisika Sailean eta Thermi eta Tesalonikako aireportutik gertu dagoen Cope-H instalazioan dago. 25 urte baino gehiagoko esperientzia du film finen teknologian, nanomaterial aurreratuetan eta nanopartikula fabrikazioan, in situ eta denbora errealeko metrologia optikoko teknikak, modelizazio konputazionala eta nanometrologia tresnak garatuz/ezarriz. LTFNren misioa nanoteknologian, elektronika organikoan, nanomedikuntzan eta nanometrologian mundu mailako ikerketa eta jardunbide egokiak sustatzea da, fabrikazioan, energian, argiztapenean, elektronikan, fotonikan, gauzen internetean, garraioan, osasungintzan eta bizi-kalitatean, nekazaritzean, etab. arloetako erronka globalei aurre egiteko.</t>
   </si>
   <si>
     <t>Fotonika Bretainia</t>
   </si>
   <si>
     <t>Photonics Bretagne-ren teknologia plataformak espezializazio zabala du biofotonikan.</t>
   </si>
   <si>
     <t>ROBOCOAST</t>
   </si>
   <si>
     <t>Robocoast-en misioa eraldaketa digitala laguntzea da, zibersegurtasunean, robotikan, energia-teknologian, adimen artifizialean, datuen analisian, 5Gan eta Gauzen Interneten funtsezko trebetasunekin. Esportazio-industriari eta beste industria batzuei, baita startup-ei eta goi-mailako teknologiako enpresei ere, zerbitzuak eskaintzen dizkiegu. Kideek garatutako produktu eta zerbitzuek esportazio-industrian eta haren azpikontratazio-kateetan, fabrikazio aurreratuan, informazio- eta komunikazio-teknologian eta energia-sektorean jartzen dute arreta. Diziplina anitzeko lankidetza ere eskaintzen dugu nekazaritzan eta osasun-teknologian bezalako arloetan.</t>
   </si>
   <si>
     <t>Landa Industriako DIH</t>
   </si>
   <si>
     <t>Digital Innovation Hub ofizialki finlandieraz Digital Innovation Hub bezala itzulita dago. Europako Batzordeak garatu eta koordinatutako tresna bat da, Europako enpresentzako irtenbide digitalak bizkortzeko. DIH batez ere eskualde-orientatuta dago, ETEetan arreta jarriz batez ere.</t>
   </si>
   <si>
+    <t>BioSense Institutua - Biosistemetan informazio-teknologiaren ikerketa eta garapenerako Institutua</t>
+  </si>
+  <si>
+    <t>Antaresek Biosense Institutuko ikerketa-bikaintasuna bultzatzen ahalegintzen da, Europako nekazaritza-sektoreari irtenbide digital iraultzaileak eskaintzeko, eskualdeko ekintzailetza eta enplegua suspertzeko, eta munduko biztanleria gero eta handiagoarentzat elikagai seguru eta nahikoa bermatzeko.</t>
+  </si>
+  <si>
     <t>SMILE-DIH (Lean Bikaintasunerako Fabrikazio Adimendunaren Berrikuntza zentroa - Berrikuntza Digitalaren Gunea)</t>
   </si>
   <si>
     <t>Smile-DIH (Smart Manufacturing Innovation for Lean Excellence Center) Europan egiaztatutako eta operatiboa den Berrikuntza Digitalerako Gune (DIH) bat da, 2018an Parman sortua, legez aitortutako irabazi-asmorik gabeko lankidetza gisa, Unione Parmense Degli Industriali eta Università di Parma-k sortua. Smile-DIH I4MS (European DiH Network) eta Italiako confindustria DIH sarearen parte da, eta ikerketa-zentroen (unibertsitateak, gaitasun-zentroak, institutuak eta erakunde pribatuak) eta manufaktura-industrien (bereziki ETEak eta Mid-Caps), baita administrazio publikoen arteko teknologia-transferentzia laguntzeko gai da, haien negozio-ereduak eraldatzeko honako hauen bidez: prozesu operatiboen digitalizazioa, eraginkorragoak eta funtzionalagoak izan daitezen; metodologia berritzaile eta Leanen ezarpena, sistema ziberfisikoen (CPS), Gauzen Internet (IoT eta IIoT), adimen artifiziala (AA), robotika (autonomoa eta kolaboratiboa), zibersegurtasuna eta errendimendu handiko konputazioa (HPC) bezalako teknologia adimendunek lagunduta.</t>
   </si>
   <si>
     <t>SynHERA</t>
   </si>
   <si>
     <t>Ikerketa aplikatua sustatu, behar bati erantzuten dion ikerketa zuzendu.</t>
   </si>
   <si>
     <t>Tyndall Institutu Nazionala, Tyndall</t>
   </si>
   <si>
     <t>Tyndall Institutu Nazionala Europako ikerketa-zentro teknologiko sakon liderra da IKT (informazio eta komunikazio teknologia) hardware eta sistema txertatuetarako. Elektronika eta fotonikan (materialak, gailuak, zirkuituak eta sistemak) espezializatuta, munduko liderrak gara gure ikerketa-arlo nagusietan: Erdieroaleen obleen fabrikazioa; Material kuantikoak, gailuak eta ingeniaritza-plataformak; Mikroelektronika eta fotoniaren integrazioa eta ontziratzea; Energia-sistema integratuak eta klima-aldaketaren arintzea; Biofotonika, bioelektronika, gailu eta sistema biomedikoak; Sentsore eta sistema adimendunak; Lanerako eta bizitzarako sistema gizaki-zentrikoak; Komunikazio-sistema optikoak; Haririk gabeko komunikazio-sistemak; Seinale mistoko eta zirkuitu analogikoen diseinua.</t>
   </si>
   <si>
     <t>VITAGORA</t>
   </si>
   <si>
     <t>Berrikuntza Digitalaren Guneak (DIHS) Europako Batzordeak onartutako "leihatila bakarrak" dira, enpresei teknologia digitalak erabiliz beren merkataritza/ekoizpen prozesu, produktu edo zerbitzuei dagokienez lehiakorragoak izaten laguntzen dietenak. Eskualdeko lehen harreman-puntu eta berrikuntza-ekosistema anitzeko eragile gisa, ETEei eta beste enpresei honako hau eskaintzen diete: azken ezagutza, espezializazio eta teknologiarako sarbidea, bezeroei berrikuntza digitalekin pilotu, proba eta esperimentuekin laguntzeko; eta berrikuntza horiek ezartzeko laguntza komertziala eta finantzarioa.</t>
   </si>
   <si>
     <t>CP Laborategia Newcastle</t>
   </si>
   <si>
     <t>Etorkizuneko hiri-bizitzaren kalitatea gero eta gehiago menpe egongo da sistema informatikoen, ingeniaritzaren, fisikaren eta giza portaeraren arteko harreman konplexuaren araberakoa. Pertsonen eta erabiltzen dugun teknologiaren arteko harreman honek gero eta eragin handiagoa izango du gure eguneroko bizitzaren alderdi guztietan, gure etxeak eta negozioak nola hornitzen ditugun hasi eta gure janaria nola ekoizten dugun arte. Enpresek, gobernuak eta industriak gure bizitzetan hobekuntza handiak eskain ditzakeen teknologia integratuan oinarrituko dira, baina zibererasoen eta softwarearen akatsen aurrean ere zaurgarria dena. Elementu desberdin hauek modu eraginkorrean funtziona dezaten ulertu eta elkartzeko beharra oso garrantzitsua izango da gizarteak aurrera egin dezan. Newcastleko Unibertsitateko Ziber Laborategi Fisikoa Digital Innovation Hub (DIH) gunearen parte da, punta-puntako Newcastle Helix gunean, Ingalaterrako ipar-ekialdean ekonomia digital oparoa lortzeko eskualdeko ikuspegia gauzatuz. Newcastleko Unibertsitateaz gain, DIHk zerbitzuak eskaintzen ditu Datuen Berrikuntza Zentro Nazionalaren (NICD) bidez, datu-trebetasun praktikoak emanez erakundeei. Coding Institute, Bridging the Digital Skill Gap eta Arrow Programa, eskualdeko ETEen beharrak Newcastleko Unibertsitatearekin lerrokatuz.</t>
   </si>
   <si>
-    <t>BioSense Institutua - Biosistemetan informazio-teknologiaren ikerketa eta garapenerako Institutua</t>
-[...4 lines deleted...]
-  <si>
     <t>FIWARE Espazioa</t>
   </si>
   <si>
     <t>Badajozen garapen teknologikorako egindako prestakuntzan, sarean, ekitaldien, aurrerapenen eta proiektuen hedapenean oinarritzen du bere jarduera.</t>
   </si>
   <si>
     <t>Janari +i multzoa</t>
   </si>
   <si>
     <t>Food+i klusterrak egindako jarduerak, proiektuak, sareak, balio-proposamenak eta berrikuntzak zabaltzeko proiektua.</t>
   </si>
   <si>
     <t>Galiziako Etorkizuneko Fabrika HUB</t>
   </si>
   <si>
     <t>Galiziako automobilgintza eta mugikortasun industriako enpresen lehiakortasuna hobetzeko eragin handiko lankidetza-proiektuak sustatzeko ingurunea.</t>
   </si>
   <si>
     <t>KPI</t>
   </si>
   <si>
     <t>IPCk katalizatzaile gisa jokatzen du, akademia, enpresak, gobernua eta inbertitzaileak elkartuz ideia eta ikerketa bikainak merkatura eramateko. Horretarako, gure bezeroei aditu, ekipamendu, sare, finantzaketa eta gehiago egokietarako sarbidea emanez lortzen dugu, berrikuntza eraginkorra lortzeko puntuak lotuz. Teknologia berrikuntzako gune independente liderra gara eta Erresuma Batuko gobernuaren High Value Manufacturing Catapult-en sortzaileetako bat. 2004an sortua, gure taldeek nekaezin aplikatzen dute urte askotako esperientzia asmakizun bikain guztiek produktu edo prozesu arrakastaz merkaturatu bihurtzeko aukera onena izan dezaten. Erresuma Batuko eta mundu osoko merkatu askotan gure bazkideekin lan egiten dugu, haien berrikuntzak aurrera bultzatuz eta produktuen garapenarekin lotutako arriskua eta kostua murrizten lagunduz.</t>
   </si>
   <si>
     <t>MicroHub.Swiss - Suitzako Mikroteknologia eta Mikrofabrikazio DIH</t>
@@ -716,60 +761,60 @@
   <si>
     <t>Berrikuntza Digitalaren Gune Berdea</t>
   </si>
   <si>
     <t>See-ko nekazaritza-elikagaien komunitateak eta sareak laguntzea, blockchain erabiliz elikagaien kalitate digitaleko eta trazabilitateko zerbitzuak garatuz.</t>
   </si>
   <si>
     <t>Jheronimus Datu Zientzien Akademia</t>
   </si>
   <si>
     <t>Jads Ipar Brabanteko probintziaren, S-Hertogenbosch udalerriaren, Tilburgeko Unibertsitatearen eta Eindhovengo Teknologia Unibertsitatearen (TU/E) arteko lankidetza paregabea da. Datu-zientziako hainbat programa eskaintzen ditugu, lizentziatura eta masterretik hasi eta Hezkuntza eta Lanbide Heziketara (ENGD) (lehen PDENG) arte. Erakundeei datuetan oinarritutako etorkizuna moldatzen ere laguntzen diegu.</t>
   </si>
   <si>
     <t>LTU AI Berrikuntza Gunea</t>
   </si>
   <si>
     <t>Luleå Unibertsitate Teknologikoak urte askotako esperientzia du adimen artifizial aplikatuan. Gure IArekin lotutako ikerketa-ekosistema zuzenean lotuta dago negozio eta industriako benetako aplikazioekin. Eguneroko bizitzan aldea eragiten duten eta gizarte orokorrari mesede egiten dioten IA berrikuntza seguru eta neurgarrietan laguntzen dugu.</t>
   </si>
   <si>
     <t>Luxenburgoko Zientzia eta Teknologia Institutua (LIST)</t>
   </si>
   <si>
     <t>Luxenburgoko Zientzia eta Teknologia Institutua (LIST) ikerketa eta teknologia erakunde bat da (RTO), eta interes publiko eta pribatuentzako produktu eta zerbitzu prototipo lehiakorrak eta merkatura bideratuak garatzen ditu.</t>
   </si>
   <si>
+    <t>Ur Digitalaren Berrikuntza Gunea (Ur Digitala)</t>
+  </si>
+  <si>
+    <t>Teknologia eta berrikuntzaren hedapenerako gunea, aholkularitza zerbitzuak, I+G aplikatua, teknologia, prestakuntza Helburua: Kataluniari industria-teknologia eskaintzea, aholkularitza, prestakuntza, produktu eta zerbitzu berritzaileak garatzea eta berrikuntza teknologikoaren sustapena eta hedapena</t>
+  </si>
+  <si>
     <t>Innoskart Berrikuntza Digitalaren Gunea</t>
   </si>
   <si>
     <t>Taldeak bere jatorrizko mugak gainditu ditu bai geografikoki bai jarduera-eremuari dagokionez. Gaur egun, Innoskart IT zerbitzu hornitzaileen talde nazionala bihurtu da (hardwarea eta softwarea), baita elikagaien fabrikazio eta ikerketa sektoreko kidea ere, baina lorpen bikainak lortu ditu beste arlo askotan (ibilgailuen merkataritza, farmazia, makineria eta merkataritza, metalurgia, pintura, aholkularitza, etab.). Innoskart erakundeak enpresa indibidualetatik hasi eta gaitasun sorta zabala duten korporazio handietaraino doaz. Korporazioez gain, ikerketa zentroak, unibertsitateak eta udalak ere Klusterreko kide dira.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Teknologia eta berrikuntzaren hedapenerako gunea, aholkularitza zerbitzuak, I+G aplikatua, teknologia, prestakuntza Helburua: Kataluniari industria-teknologia eskaintzea, aholkularitza, prestakuntza, produktu eta zerbitzu berritzaileak garatzea eta berrikuntza teknologikoaren sustapena eta hedapena</t>
   </si>
   <si>
     <t>NTUA Berrikuntza Digitalaren Zentroa (DIH-NTUA)</t>
   </si>
   <si>
     <t>Grezian, espezializazio adimendunerako ikerketa eta berrikuntza estrategia erregional bat eta 13 estrategia nazional ezarri ziren. Estrategia nazionalak zortzi sektore sustatzen ditu, non ikerketak eta berrikuntzak abantaila lehiakor esanguratsua garatzen lagun dezaketen, dagokion ikerketa potentzialaren masa kritikoa eta bikaintasuna kontuan hartuta.</t>
   </si>
   <si>
     <t>Toskanako Eskualdeko Industria 4.0 Plataforma Eskualdea (Toskanako Industria 4.0 Plataforma)</t>
   </si>
   <si>
     <t>Eskualdeko Enpresa 4.0 Plataformaren tresna operatiboa: merkatuetan berritu eta lehiakorrak izaten jarraitu nahi duten enpresentzako sarbide erraz bat. Plataforma sistema komertzialen digitalizazio prozesuak sustatu eta bultzatzeko sortutako ekosistema berri bat da, eta Europako Batzordeak egiaztatutako berrikuntza digitaleko guneen sarearen parte da. Bere zeregina enpresei, batez ere ETEei, Europako digitalizazio prozesuan laguntzea eta eskualdean dauden berrikuntza digitaleko ekosistemako eragile desberdinekin harremanak ezartzea da.</t>
   </si>
   <si>
     <t>Galiziako Nekazaritza Elikagaien Sektoreko Berrikuntza Digitalaren Gunea (Bioekonomia Gunearen parte)</t>
   </si>
   <si>
     <t>Tokiko gobernuaren, prestakuntzaren, nazioartekotzearen, merkataritzaren, zerbitzuen eta industria sektoreen eskura jartzen dituen azken teknologia digital eta sortzaileak. Helburua:</t>
   </si>
   <si>
     <t>Algarveko Helmuga Adimenduna, Berrikuntza Digitalaren Gunea</t>
   </si>
   <si>
     <t>Digital Innovation Hub (DIH) erakunde pribatu eta publikoen sare informal bat da, lurraldeko ekonomiaren digitalizazioan, batez ere turismo sektorean, zentratua, Algarve System and Technology Partnership Association (Algarve STP) elkarteak zuzenduta, Algarveko Unibertsitatea, Gazte Ekintzaileen Elkarte Nazionala (ANJE) eta Algarve eskualdeko hiru udalerri (Loulé, Faro eta Olhão) eta IT enpresen elkarte pribatu bat (Algarve Evolution) biltzen dituen irabazi-asmorik gabeko elkartea.</t>
   </si>
@@ -1151,567 +1196,567 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C131"/>
+  <dimension ref="A1:C139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:C131"/>
+      <selection activeCell="A1" sqref="A1:C139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="130.825" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="1552.335" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="1669.164" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:3">
@@ -1777,876 +1822,964 @@
         <v>4</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>176</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C108" s="1" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C110" s="1" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C114" s="1" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C116" s="1" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C122" s="1" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C123" s="1" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C124" s="1" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C125" s="1" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="1" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" s="1" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" s="1" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" s="1" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="B131" s="1" t="s">
-[...3 lines deleted...]
-        <v>101</v>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>