--- v0 (2025-12-14)
+++ v1 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Herramientas" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="535">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="822">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Tipo de recurso</t>
   </si>
   <si>
     <t>Página web</t>
   </si>
   <si>
     <t>Agrobase</t>
   </si>
   <si>
     <t>Belar txarrak, gaixotasunak edo landareen izurriak behar bezala identifikatzen jakitea da kontrol eraginkorrerako lehen urratsa. Aplikazio honek izurrite eta gaixotasunen katalogoekin agronomia ezagutza datu-base bat dauka, baita aukeratutako herrialdeko pestizida, intsektizida eta herbizida erregistratu guztiak ere. Laborantza babesteko produktuen deskribapenak ere baditu estekekin, arazo bati irtenbide egokia beti aukeratu ahal izateko. Produktuen erregistroari eta iraungitze-datei buruzko informazioa ere ematen du, eta, batez ere, hainbat arlotan duten eraginkortasunari buruzkoa.</t>
   </si>
   <si>
     <t>Mugikorrerako aplikazioa</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=lt.farmis.apps.farmiscatalog&amp;hl=e…</t>
   </si>
   <si>
@@ -1046,59 +1046,50 @@
   <si>
     <t>Konektatu baserriko datuak, denbora errealeko baldintzak eta gomendio agronomikoak, baserriko datuak leku bakarrean mantenduz, erraz jarraitzeko eta partekatzeko.</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.cropx.adaptive&amp;hl=es_419</t>
   </si>
   <si>
     <t>Visor GO-Esjara</t>
   </si>
   <si>
     <t>Kartografia-ikusle bat, arrosa-arbolen (Cistus ladanifer eta Cistus laurifolius) erabileraren balio-katea garatzen duen informazioarekin, olio esentzialak lortzeko, hondakinak eta azpiproduktuak balorizatuz.</t>
   </si>
   <si>
     <t>https://goesjara.es/visor/</t>
   </si>
   <si>
     <t>IFAPA GUÍA PLAGAS</t>
   </si>
   <si>
     <t>Izurriteen kudeaketa</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=es.juntadeandalucia.ifapa.guia</t>
   </si>
   <si>
-    <t>Agroseguro Ganado</t>
-[...7 lines deleted...]
-  <si>
     <t>Identificación Equina</t>
   </si>
   <si>
     <t>Kantabriako Albaitaritza Elkargoaren zaldien identifikazio-txipen kokapenak eta pasaporte eskaerak jakinarazteko eskaera</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=com.vetcontrol.canvas.appidendifi…</t>
   </si>
   <si>
     <t>Portal Ganadero</t>
   </si>
   <si>
     <t>Kantabriako Gobernuko Landa Garapen, Abeltzaintza, Arrantza, Elikadura eta Ingurumen Sailaren Abeltzaintza Ataria: behi garraio giden eskaera, belarri-etiketa erosketa eta animalien identifikazioa</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=es.cantabria.portalganadero.porta…</t>
   </si>
   <si>
     <t>Gestión explotaciones agrarias</t>
   </si>
   <si>
     <t>Nekazaritza-ustiategi batean ekintzak sortzea eta kontrolatzea errazteko diseinatutako aplikazioa (XEAGA)</t>
   </si>
   <si>
     <t>https://play.google.com/store/apps/details?id=gal.xunta.xeaga</t>
@@ -1208,459 +1199,1330 @@
   <si>
     <t>Nekazaritza eta abeltzaintzako eragiketak digitalizatzen, uztak eta abereak kontrolatzen, adierazleak denbora errealean erakusten eta soroen koordinazioa hobetzen duen irtenbidea.</t>
   </si>
   <si>
     <t>https://mairu.digital/software-agricultura-ganaderia/</t>
   </si>
   <si>
     <t>AGROPECUARIA</t>
   </si>
   <si>
     <t>Zelai eta abeltzaintzako kudeaketa profesionala</t>
   </si>
   <si>
     <t>https://controlagropecuaria.web.app/</t>
   </si>
   <si>
     <t>ContaCarne</t>
   </si>
   <si>
     <t>Zure ekoizpen-kostuak kalkulatuko dituen web aplikazio bat, baita zure baserriko kostu guztiak estaltzeko jaso beharko zenukeen haragiaren prezioa ere (jabearen soldata barne, gutxieneko lanbide arteko soldataren 1,5 aldiz estandarizatua). Erabiltzaileak urteko emaitzen txostena inprimatu eta bere baserriaren urteko kontuen jarraipena egin ahal izango du.</t>
   </si>
   <si>
     <t>https://contacarne.xunta.gal/contacarne/</t>
   </si>
   <si>
+    <t>Riego Citrus</t>
+  </si>
+  <si>
+    <t>ZITRIKOEN UREZTAPENA Andaluziako Nekazaritza, Arrantza, Elikadura eta Ekoizpen Organikorako Ikerketa eta Prestakuntza Institutuak (IFAPA) garatutako doako aplikazio publiko bat da, zitrikoen laboreetarako ureztatze gomendioak eskaintzen dituen interfazea, uraren erabilgarritasunera eta horniduran murrizketa egoera guztietara egokituta.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.ifapa.riego.citrus.app&amp;pli=1</t>
+  </si>
+  <si>
+    <t>Sensacultivo</t>
+  </si>
+  <si>
+    <t>Uraren eta ongarrien kontsumoa optimizatzeko eta lehiakortasuna eta iraunkortasuna handitzeko aukera ematen duen mugikorretarako aplikazioa</t>
+  </si>
+  <si>
+    <t>https://sensacultivo.es/</t>
+  </si>
+  <si>
+    <t>Sensoterra</t>
+  </si>
+  <si>
+    <t>Lurzoruaren hezetasuna denbora errealean kontrolatzeko aplikazio mugikorra, zunda eta kokapenaren bidez, eta laboreen produktibitatea handitzeko eta ureztatze-kostuak murrizteko ekintzak iradokitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=nl.peercode.sensoterranew&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>Memorándum SIEX</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektorerako aplikazio mugikorra, automatikoki sortzen duena soro-koaderno digitala eta abeltzaintzako ustiategiko liburua.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=net.memorandum.siexmemorandum&amp;hl=…</t>
+  </si>
+  <si>
+    <t>RiegoApp</t>
+  </si>
+  <si>
+    <t>Ureztatze programazio plataforma gailu mugikorretarako</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.iriego.riegoapp</t>
+  </si>
+  <si>
+    <t>Mide Mapas Pro</t>
+  </si>
+  <si>
+    <t>Aplikazio batek poligonoak azkar eta erraz marrazteko eta distantziak, perimetroak eta azalerak Mapetan zehaztasun handiz neurtzeko aukera ematen du. Lurraren gainazalaren kurbadura ere kontuan hartzen du. Erabili eremu txiki edo handietarako, eta gero partekatu zure aurkikuntzak zure gailuko edozein partekatze aplikazioren bidez.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.globaldpi.measuremaplite&amp;hl=e…</t>
+  </si>
+  <si>
+    <t>Riego</t>
+  </si>
+  <si>
+    <t>Ureztatze ekipoak kudeatzen ditu</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.vrriegorn</t>
+  </si>
+  <si>
+    <t>VISORES AUTONÓMICOS DE PARCELAS AGRÍCOLAS (SIGPAC)</t>
+  </si>
+  <si>
+    <t>https://www.fega.gob.es/es/pepac-2023-2027/sistemas-gestion-y-control/sigpac/vi…</t>
+  </si>
+  <si>
+    <t>Contaláctea</t>
+  </si>
+  <si>
+    <t>Galiziako esne-ustiategien kostuen kalkulu plataforma. Behar bezala betetako datuetan oinarrituta, zure ekoizpen-kostuak kalkulatuko dira, baita zure baserriko kostu guztiak estaltzeko jaso beharko zenukeen esnearen prezioa ere.</t>
+  </si>
+  <si>
+    <t>https://www.contalactea.es/cantabria/</t>
+  </si>
+  <si>
+    <t>Agri Sustainability Compass</t>
+  </si>
+  <si>
+    <t>Nekazaritza Jasangarritasun Iparrorratza Nekazaritzan eta landa-eremuetan jasangarritasunaren hiru dimentsioetarako 20 adierazle nagusi biltzen ditu, eta erabiltzaileei nekazaritzaren jasangarritasunaren egungo egoera eta denboran zehar izan duen bilakaera azkar ulertzen laguntzen die.</t>
+  </si>
+  <si>
+    <t>https://agridata.ec.europa.eu/extensions/compass/compass.html</t>
+  </si>
+  <si>
+    <t>eAmbrosia</t>
+  </si>
+  <si>
+    <t>EB osoan erregistratuta eta babestuta dauden nekazaritza- eta elikagai-produktuen, ardoen eta edari alkoholdunen izenen erregistro juridikoari buruz ikasteko web tresna ofiziala.</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/agriculture/eambrosia/geographical-indications-register/</t>
+  </si>
+  <si>
+    <t>Porcicola Control</t>
+  </si>
+  <si>
+    <t>Ongi etorri Porcícola Control-era, txerri-ustiategien kudeaketarako irtenbide integrala eta zuretzat, txerri-hazle profesionalarentzat. Txerri-hazleentzat bereziki diseinatua, gure aplikazioak zure ustiategiaren kudeaketa optimizatzeko, zure txerrien osasuna hobetzeko eta produktibitatea handitzeko behar dituzun tresnak eskaintzen dizkizu.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.madagas.porcicola_control&amp;hl=…</t>
+  </si>
+  <si>
+    <t>FieldPad</t>
+  </si>
+  <si>
+    <t>Nekazariei beren laboreak, sarreren erabilera eta eguraldiaren datuak zehatzago kontrolatzeko aukera ematen die, erabaki informatuagoak hartzeko eta nekazaritza emankorragoa izateko. FieldPad-ek lursailen datuetarako urruneko sarbidea eta denbora errealeko sarbidea eskaintzen du, arazoen diagnostikoa erraztuz eta irtenbideak gomendatuz, aholkularitza eraginkorragoa ahalbidetuz, nekazaritza-jardunbideak optimizatuz eta produktibitatea handituz. FieldPad-ek kideen nekazaritza-jardueren jarraipen zentralizatua eta denbora errealekoa ahalbidetzen du, laboreen plangintza, baliabideen esleipena eta hornikuntza-katearen kudeaketa erraztuz.</t>
+  </si>
+  <si>
+    <t>https://fieldpad.es/</t>
+  </si>
+  <si>
+    <t>DSSAT</t>
+  </si>
+  <si>
+    <t>Nekazaritza Teknologiaren Transferentzia Sustatzeko Sistema (DSSAT) Windows-en oinarritutako software aplikazio programa bat da, 45 labore baino gehiagoren hazkuntza-simulazio dinamikoko ereduak dituena. DSSATek hainbat utilitate eta aplikazio onartzen ditu datu meteorologiko, lurzoru, genetika, laboreen kudeaketa eta behaketa esperimentaletarako, eta labore-eredu guztien adibide-datu multzoak barne hartzen ditu. Laborantza-simulazio ereduek hazkuntza, garapena eta errendimendua simulatzen dituzte lurzoru-landare-atmosfera dinamikan oinarrituta. DSSAT benetako arazo eta gai askori aurre egiteko erabili da, besteak beste, modelizazio genetikotik hasi eta baserri barruko eta zehaztasun-kudeaketaraino, klima-aldakortasunaren eta -aldaketaren eraginaren eskualdeko ebaluazioetaraino, jasangarritasun ekonomiko eta ingurumenekoa, eta elikagaien eta nutrizio-segurtasunera arte.</t>
+  </si>
+  <si>
+    <t>https://dssat.net/</t>
+  </si>
+  <si>
+    <t>AGRO360º</t>
+  </si>
+  <si>
+    <t>Agro360º, nekazaritza-elikagaien sektoreko profesionalen behar guztiak asetzeko diseinatutako zerbitzu integral berritzaile bat. Agro360º-k kooperatiba-kudeaketa optimizatzen duten irtenbide sorta zabala eskaintzen du, eta nekazari eta abeltzainei zerbitzu sorta bat eskaintzen die, beren laboreen zaintzan eta produktuen kalitatea bermatzean zentratu daitezen.</t>
+  </si>
+  <si>
+    <t>https://faecagranada.com/servicios</t>
+  </si>
+  <si>
+    <t>AGROASESOR</t>
+  </si>
+  <si>
+    <t>AGROasesor-ek lursailen eragiketen kudeaketa laboreen aholkularitzarekin integratzen du, erabakiak hartzeko laguntza tresnak erabiliz.</t>
+  </si>
+  <si>
+    <t>https://www.agrogestor.es/plataformas/plataforma-agroasesor/</t>
+  </si>
+  <si>
+    <t>ROPO</t>
+  </si>
+  <si>
+    <t>Landare Babeserako Produktuen Ekoizle eta Operadoreen Erregistro Ofiziala (ROPO)</t>
+  </si>
+  <si>
+    <t>https://servicio.mapa.gob.es/ropowebwai/default.aspx</t>
+  </si>
+  <si>
+    <t>DIGIMAPA</t>
+  </si>
+  <si>
+    <t>Aplikazioak 660 enpresa baino gehiagori buruzko informazio sailkatua dauka, nekazaritza-elikagaien balio-kateari IKT, automatizazio eta robotika produktuak eta zerbitzuak eskaintzen espezializatuta daudenak.</t>
+  </si>
+  <si>
+    <t>https://digimapa.akisplataforma.es/</t>
+  </si>
+  <si>
+    <t>Asesores Aragón</t>
+  </si>
+  <si>
+    <t>Ezagutza kudeatzeko tresna, informazioa eta dokumentazioa hainbat aholku-talderi zabaltzeko, kideen trukea egiteko eta jarduera mota guztien koordinazioa errazteko. Aragoiko Nekazaritza-Elikagaien Aliantzaren aplikazioa Aragoiko zientzialari, teknikari eta nekazarien artean ezagutza kudeatzeko eta transferitzeko</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=me.chil.socialknowledge.aprogip&amp;h…</t>
+  </si>
+  <si>
+    <t>SGA@PP</t>
+  </si>
+  <si>
+    <t>Aplikazio mugikorra Aplikazio Bakarren esparruan fitxategi eta eskaerei buruzko informazioa kontsultatzeko</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.pac.sga.sgaapp</t>
+  </si>
+  <si>
+    <t>RETO</t>
+  </si>
+  <si>
+    <t>Produktu Fitosanitarioekin Transakzio eta Eragiketen Erregistro Elektronikoa (RETO)</t>
+  </si>
+  <si>
+    <t>https://www.mapa.gob.es/es/agricultura/temas/sanidad-vegetal/productos-fitosani…</t>
+  </si>
+  <si>
+    <t>Agreena Carbon</t>
+  </si>
+  <si>
+    <t>Karbono kalkulagailua, nekazaritza birsortzailera igarotzeak ekarriko lituzkeen irabaziak kalkulatzen dituena</t>
+  </si>
+  <si>
+    <t>https://app.agreena.com/signup/farm</t>
+  </si>
+  <si>
+    <t>SERVIFAPA</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta arrantza jarduerei buruzko kontsulta teknikoak egiteko aukera ematen duen plataforma</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/agriculturaypesca/ifapa/servifapa/asesoramiento…</t>
+  </si>
+  <si>
+    <t>DEMETRIA Agritech</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektorearen beharrei erantzuteko irtenbide teknologikoa, ustiategien kudeaketa, araudi-betetzea eta nekazariek Europako laguntzak jasotzeko duten sarbidea sinplifikatzen eta optimizatzen laguntzeko.</t>
+  </si>
+  <si>
+    <t>https://demetriaagritech.com/</t>
+  </si>
+  <si>
+    <t>AgroCuaderno Cuaderno de campo</t>
+  </si>
+  <si>
+    <t>Zure Kooperatiba/Olio-errotaren datuak kudeatzeko aukera ematen dizun tresna</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=io.prosur.agrocuaderno</t>
+  </si>
+  <si>
+    <t>Cuaderno de campo agrícola</t>
+  </si>
+  <si>
+    <t>Agricolum nekazariek, nekazarientzat, aholkularientzat eta kooperatibentzat diseinatutako aplikazioa da. Nekazari, nekazaritza-ingeniari eta informatikari talde bat gara, nekazaritza-sektoreari baserriak kudeatzen eta nekazaritza hobetzen lagundu nahi dioguna.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agricolum&amp;hl=es_419&amp;gl=US</t>
+  </si>
+  <si>
+    <t>oliCloud</t>
+  </si>
+  <si>
+    <t>Olibondo-soroak eta fruitu lehorren ustiategiak kudeatzeko bereziki garatutako aplikazio batek ustiategi bakoitzaren errentagarritasuna, erabilitako produktu fitosanitarioak kontrolatzea eta automatikoki zure ustiategiko erregistro-liburua sortzea ahalbidetzen dizu.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.app.inforcloudsca.olicloudapp…</t>
+  </si>
+  <si>
+    <t>INTIA SA</t>
+  </si>
+  <si>
+    <t>INTIA SA-k argitaratutako izurriteen abisuen jakinarazpenak jasotzea eta laboreetan prebentzio ona izatea ahalbidetzen du.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.intia.appnotificacionespush</t>
+  </si>
+  <si>
+    <t>REDAFEX</t>
+  </si>
+  <si>
+    <t>Extremadurako nekazariei lurzoruaren ongarritzeari buruzko aholkuak emateko doako software plataforma.</t>
+  </si>
+  <si>
+    <t>https://www.redafex.es/</t>
+  </si>
+  <si>
+    <t>Sencrop</t>
+  </si>
+  <si>
+    <t>Arriskuen kudeaketa eta laboreen esku-hartzeak zure eremurako eguraldiaren neurketa eta iragarpenen bidez</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/search?q=sencrop&amp;c=apps&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Registros Autonómicos de Explotación Agrícola (REA) y Cuaderno Digital de Explotación Agrícola (CUE)</t>
+  </si>
+  <si>
+    <t>Autonomia Erkidegoetako Nekazaritza Ustiapenen Erregistro Zerbitzuetarako (NEE) eta Nekazaritza Ustiapenen Koaderno Digitalerako (KUE) sarbidea duen orrialdea</t>
+  </si>
+  <si>
+    <t>https://www.fega.gob.es/es/siex/acceso-a-a-rea-y-cue</t>
+  </si>
+  <si>
+    <t>AdapteCCa</t>
+  </si>
+  <si>
+    <t>Klima-aldaketaren eszenatokien ikuslea , Espainiako etorkizuneko klimaren proiekzio eguneratuenak ezagutzeko, ikusteko eta deskargatzeko.</t>
+  </si>
+  <si>
+    <t>https://escenarios.adaptecca.es/</t>
+  </si>
+  <si>
+    <t>RETOAGUA</t>
+  </si>
+  <si>
+    <t>RETOAGUA Gaztela-Mantxa ureztatzeari eta ongarritzeari dagokionez nekazariei erabakiak hartzen laguntzeko tresna digitala da.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.uclm.crea.retoagua&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Red de Alerta e Información Fitosanitaria de Andalucía (RAIF)</t>
+  </si>
+  <si>
+    <t>Andaluziako labore nagusien egoera fitosanitarioari buruzko informazio eguneratua: baratxuria, kotoia, almendrak, arroza, neguko zerealak, zitrikoak, marrubiak, baia, babestutako barazkiak, olibak, patatak, erremolatxa, industria-prozesatzeko tomateak, mahatsak eta azenarioak.</t>
+  </si>
+  <si>
+    <t>https://experience.arcgis.com/experience/8e11d646e1be4f75947f75be7b729981</t>
+  </si>
+  <si>
+    <t>FitoBot</t>
+  </si>
+  <si>
+    <t>Landareen Osasun Sektoreko IA Laguntzailea</t>
+  </si>
+  <si>
+    <t>https://tecfito.com/fitobot/</t>
+  </si>
+  <si>
+    <t>Agri IA: Smart Farming Advisor</t>
+  </si>
+  <si>
+    <t>Erabiltzaileei nekazaritzari eta nekazaritza-jardunbide egokiei buruzko edozein galdera egiteko aukera ematen die</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=live.agriai&amp;hl=es</t>
+  </si>
+  <si>
+    <t>IG4 Agricultura Razonada</t>
+  </si>
+  <si>
+    <t>Laborantza baten oinarrizko parametroak kontrolatzeko aplikazioa, kalitatea, produktibitatea eta iraunkortasuna optimizatzeko.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.ig4.agronomia&amp;hl=es</t>
+  </si>
+  <si>
+    <t>AGRAI</t>
+  </si>
+  <si>
+    <t>Nekazaritza zehatzeko aplikazio adimenduna, laboreen parametro agronomiko nagusiak kontrolatu eta aurreikusteko.</t>
+  </si>
+  <si>
+    <t>https://www.agrai.es/login/</t>
+  </si>
+  <si>
+    <t>KAAMPO Técnico de campo</t>
+  </si>
+  <si>
+    <t>Nazio eta nazioarteko hainbat ziurtagiriren betetzea aholkatzeaz eta/edo ikuskatzeaz arduratzen direnen lana errazteko tresna azkar eta erraza.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.kaampo.tecnico&amp;hl=es</t>
+  </si>
+  <si>
+    <t>DOSAVIÑA</t>
+  </si>
+  <si>
+    <t>Mahastietan fitosanitario-tratamenduetan aplikazio-bolumen optimoa zehazteko tresna, landarediaren egitura-ezaugarrien eta erabilitako ekipamendu motaren arabera.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=edu.upc.deab.uma&amp;hl=es</t>
+  </si>
+  <si>
+    <t>ISAGRI AGROPTIMA</t>
+  </si>
+  <si>
+    <t>Kudeatu zure baserria modu eraginkorrean APParen eta zure ordenagailuko web kontuaren bidez (Digital Farm Management Notebook).</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agroptima.agroptima</t>
+  </si>
+  <si>
+    <t>ISAGRI PORC MOBILE</t>
+  </si>
+  <si>
+    <t>Txerri-hazleentzako aplikazio mugikor bat, baserriko gertaerak denbora errealean grabatzeko eta artaldearen datu garrantzitsuetara erraz sartzeko. Erabiltzaileek ugalketa-gertaerak grabatu ditzakete (intseminazioak, estalketak, ultrasoinuak, erditzeak, titia kentzea), erein-erregistroak ikusi eta hilketa aurreko itxaron-aldiak kontrolatu. Horrez gain, posible da erein-gorputzaren egoera (bizkarreko gantza) grabatzea etapa desberdinetan. Animalien mugimenduak eta osasun-esku-hartzeak sartuz, titia kendu eta gizentzeko multzoak sortu ahal izango dituzu.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.isagri.gestionporcine</t>
+  </si>
+  <si>
+    <t>ISAGRI GEOFOLIA</t>
+  </si>
+  <si>
+    <t>Aplikazio honek zure lursailetatik bidalitako txostenak grabatu eta berrikusteko aukera ematen dizu %100eko ukipen-pantaila eta interfaze intuitibo bat erabiliz. Landare-babeserako produktuei buruzko kontrolak (debekatutako nahasketak, dosiak, etab.) integratu dira baimendutako erabilerak jarraitzen ez badira berehalako alertak emateko.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=fr.icone.geofolia</t>
+  </si>
+  <si>
+    <t>Vacapop</t>
+  </si>
+  <si>
+    <t>Espainia osoko abeltzainen artean zuzenean abereak bilatu, erosi eta saltzeko aplikazioa, zure salmentarako abere eskaintzak argitaratu ahal izateko gune espezializatu bat eskaintzen dizuna, baita salgai dauden abereen eskaintza zabala (behiak, zezenak, zaldiak, behorrak, ahuntzak eta ardiak) aurkitzeko ere, eta non erosketa eta salmenta transakzioak berehala eta modu seguruan egin ahal dituzun.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=io.elprogramador.vacapop&amp;hl=es&amp;gl…</t>
+  </si>
+  <si>
+    <t>VACAPP</t>
+  </si>
+  <si>
+    <t>Zure behiak, zezenak eta artaldeak kudeatzeko aplikazioa, txahalak, titia kentzea, saneamendua, gaixotasunak eta artalde bati gerta dakizkiokeen hainbat gertaera kontrolpean edukitzeko aukera ematen dizuna.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.mateuyabar.vacapp</t>
+  </si>
+  <si>
+    <t>Agrónic App 2.0</t>
+  </si>
+  <si>
+    <t>Agrónic APP 2.0 Agrónic APP-ren hurrengo belaunaldia da. Aplikazio guztiz birdiseinatua, bisualagoa, intuitiboagoa eta etengabeko eboluziorako prest dagoena. Gaur egungo nekazarien benetako beharrei erantzuteko diseinatuta dago, urrutiko kontrol ingurune osatuagoa, profesionalagoa eta erabilerrazagoa eskainiz. Bertsio berri honek ez du aurreko aplikazioa pixkanaka ordezkatuko bakarrik, baita Agrónic programatzaileen kudeaketan inflexio-puntu bat ere markatuko du.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.progres.agronicapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Vegga</t>
+  </si>
+  <si>
+    <t>Kudeaketa integrala eta erabakiak hartzen laguntzen dizu. Plataformak sortutako adierazleei esker, zure baserriaren errendimendua kudeatuko eta optimizatuko duzu, azken teknologia digitalak eta aholku adituak erabiliz.</t>
+  </si>
+  <si>
+    <t>https://veggadigital.com/soluciones/</t>
+  </si>
+  <si>
+    <t>Cropwise Protector</t>
+  </si>
+  <si>
+    <t>Cropwise Protector-ekin, hazleek adierazle agronomiko garrantzitsuenetara sarbidea dute telefono mugikorren bidez. Analisi indartsuek eta kontrol-panel bisualek ziurtatzen dute bildutako informazioa beti eskuragarri dagoela erabakiak azkarrago eta zehatzagoak hartzeko, guztia grafiko eta mapetan antolatuta, izurriteen presioaren ikuspegi orokorra eta zehatza eskaintzen dutenak.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=ag.strider.protector&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Efemis</t>
+  </si>
+  <si>
+    <t>Efemis uzta aurreko eragiketen kudeaketa agronomiko eta ekonomikorako nekazaritza-plataforma da; hainbat nekazaritza-prozesu planifikatzea, gauzatzea eta kontrolatzea ahalbidetzen du, ikuspegi agronomiko, ekonomiko eta legaletatik; datuen analisi sakonean oinarritutako erabaki optimoak hartzea ahalbidetzen du; kostuen murrizketa eta errendimenduaren hobekuntza; trazabilitatea merkaturatzean.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/search?q=efemis&amp;c=apps&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Agrosales</t>
+  </si>
+  <si>
+    <t>Agrosales nekazaritzako sarreren ekoizleen eta banatzaileen negozioen kudeaketa estrategikoa hobetzeko datu komertzialak, agronomikoak eta teknikoak aztertzeko plataforma digitala da.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/en/productos/agrosales/?utm_source=chatgpt.com</t>
+  </si>
+  <si>
+    <t>Margaret</t>
+  </si>
+  <si>
+    <t>IA nekazaritzarako; Etorkizuneko eszenatoki desberdinak kudeatzeko gai den lehenengo adimen artifizialeko nekazaritza-elikagaien plataforma diseinatu dugu, zure enpresa-estrategian nola eragingo duten deskribatuz eta negozio-helburu bakoitzerako erabakirik onena erakutsiz. Margaretek prozesatzeko motor bat du, benetako nekazaritza-elikagaien datu handiak aztertzen dituena, IA algoritmoak eta ereduak erabiliz, ekoizle, agregatzaile edo industria osagarri bakoitzaren beharretara egokitutako aplikazioak garatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/en/productos/margaret/</t>
+  </si>
+  <si>
+    <t>Agri Calc (android)</t>
+  </si>
+  <si>
+    <t>Nekazaritza kalkuluetarako tresna sinplea. Gaur egun, landareen populazioa kalkulatu dezake, oinarrizko ihinztagailu bat kalibratu, uztaren errendimendua kalkulatu, NPK ongarriak kalkulatu eta askoz gehiago laster. Zure kalkuluak etorkizunean erreferentzia gisa gorde eta taldekatu ditzakezu. Unitate metrikoak eta inperialak onartzen ditu.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=co.za.tcei.agricalc&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Agri Calc (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/agricalc/id6753979056</t>
+  </si>
+  <si>
+    <t>Mi Granja</t>
+  </si>
+  <si>
+    <t>Ardi, ahuntz eta behi haztegiak kudeatzeko aplikazioa. Animalien identifikazio elektronikoko irakurgailu bat erabiliz (boloa, belarri-marka elektronikoa, mikrotxipa), datu-base bat eta ustiategiaren kontrol sistema bat sortzea ahalbidetzen du, animaliek igarotzen dituzten etapa eta egoera desberdinak monitorizatzea ahalbidetuz, hala nola: Identifikazioa, Errolda, Ekografiak, Bildotsak, Galerak, Odol laginketa, Esnearen erregistroa...</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.tecon.roiplascrotales</t>
+  </si>
+  <si>
+    <t>Fitocampo</t>
+  </si>
+  <si>
+    <t>Fitocampo APP landareen babeserako, nekazaritzarako eta landareen babeserako sektoreko enpresentzat diseinatuta dago, beren soro-erregistro liburua gailu mugikor batetik bete dezaten. Fitocampo APP landareen babeserako, nekazaritzarako eta landareen babeserako sektoreko edozein enpresak bere soro-erregistro liburua gailu mugikor batetik bete dezan diseinatutako aplikazio mugikor bat da, profil profesional desberdinen lana erraztuz.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.sdi.fitocampo&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Cuaderno de Campo UAGN (android)</t>
+  </si>
+  <si>
+    <t>UAGNko nekazari eta abeltzainentzako tresna ezinbestekoa, Farm Management Notebook-ekin, aGROSlab GIP Advisor aplikazioarekin eta landareen babeserako produktuen banaketa kanalerako plataformarekin integratua. UAGN Field Notebook zure landa-tratamenduak sortzeko aukera ematen dizun aplikazioa da, lineaz kanpoko inguruneetan/datu-estaldurarik gabe ere. Zure lanerako behar duzun informazio guztia ematen dizu eta aholkulariarengandik errezetak zure telefono mugikorrean edo tabletan jasotzeko aukera ematen dizu.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.geoslab.agroslabagricultor.ua…</t>
+  </si>
+  <si>
+    <t>FitoFarma</t>
+  </si>
+  <si>
+    <t>FitoFarma nekazaritzan landare-babes produktuen erabilera kudeatzeko ezinbesteko tresna da. Nekazari, agronomo eta lorezaintzako zaletuentzat diseinatua.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/fitosanitarios-agronomia-mapa/id6451338616</t>
+  </si>
+  <si>
+    <t>Agrobio Efectos Secundarios</t>
+  </si>
+  <si>
+    <t>Landare-babeseko produktuak eta kontrol biologikoko organismoak edo polinizatzaileak lorezaintzan modu integratuan erabiltzeko albo-ondorioen eskuliburua.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agrobio.efectos</t>
+  </si>
+  <si>
+    <t>Hesperides</t>
+  </si>
+  <si>
+    <t>Aplikazio hau Hesperides erabiltzen duten aholkulari tekniko eta zuzendari teknikoentzat diseinatuta dago. Bere ezaugarri nagusien artean daude: lursailen eta ekoizleen identifikazioa eta geokokapena; lursailen historiarako sarbide erraza; eta tranpen informazioa kudeatzea.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.efoodprint.hesperides</t>
+  </si>
+  <si>
+    <t>Xarvio Field Manager</t>
+  </si>
+  <si>
+    <t>Uztak optimizatzeko eta errezetatzeko plataforma digital nagusia. 25 urteko esperientzian oinarrituta, aplikazio honek laboreak optimizatzeko ereduak ditu. Aplikazioaren osagai nagusiek denbora errealeko kudeaketa erabakiak hartzen laguntzen dizute, zure soro bakoitzerako informazio zehatzarekin, denbora eta baliabideen erabilera optimizatuz.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.bayer.cs.xarviofieldmanager&amp;h…</t>
+  </si>
+  <si>
+    <t>Reutivar</t>
+  </si>
+  <si>
+    <t>Aplikazio honek ur birziklatuarekin ureztatutako olibondo-soroetarako ongarritze-ureztatze programazio optimoa ahalbidetzen du. Kordobako Unibertsitateak garatutako REUTIVAR-App-en 1.0.Beta bertsioa doako eta kode irekiko beta aplikazio bat da.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.rafacode.reutivarapp&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Cuaderno de Campo UAGN (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/cuaderno-de-campo-uagn/id1495651696</t>
+  </si>
+  <si>
+    <t>Prismab</t>
+  </si>
+  <si>
+    <t>PRISMAB Link sortu genuen zure sentsore-datuak internetera erraz konektatzeko. Konektatu sentsore bat bere hiru portuetako batera, eta Link unitateak datuak orduro transmititzen hasiko da. Hori bezain erraza da. Mantendu zure instalazioa hirugarrenen eskuetatik urrun eta mantendu zure sentsore-sarearen kontrol osoa behar duzunean. Instalatu, ordezkatu sentsoreak, mugitu transmisoreak edo desinstalatu ekipamendua behar adina aldiz, guztiz modu independentean eta ahaleginik gabe.</t>
+  </si>
+  <si>
+    <t>https://prismab.com/</t>
+  </si>
+  <si>
+    <t>PhytechPlant</t>
+  </si>
+  <si>
+    <t>Landareen aplikazioa ureztatze optimizaturako</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.phytechplant</t>
+  </si>
+  <si>
+    <t>Plantae</t>
+  </si>
+  <si>
+    <t>Plantae®-rekin, zure soroko datuetara sar zaitezke edozein unetan. Egiaztatu lurzoruaren hezetasuna, eroankortasuna eta tenperatura zure landareei behar dutena emateko. Datuen bilketa denbora errealean. Hezetasunaren, eroankortasunaren eta tenperaturaren grafikoak. Emari-tasaren irakurketak soroan egon beharrik gabe.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.plantaeapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>agrocontrol</t>
+  </si>
+  <si>
+    <t>Sortu zure Zelaiko Erregistro Liburua klik bakarrarekin eta erregistratu langileen derrigorrezko sarrera-ordua. Esleitu zereginak, kudeatu zure finantzak, bete araudia eta saihestu zigorrak paperik gabe.</t>
+  </si>
+  <si>
+    <t>https://www.agrocontrol.app/</t>
+  </si>
+  <si>
+    <t>FarmQA</t>
+  </si>
+  <si>
+    <t>FarmQA zure agronomia laguntzaile digitala da laboreen monitorizaziorako, tratamenduen gomendioetarako, irudien analisietarako eta soroen analisietarako. Aholkua: FarmQA aholkuek agronomoen lana errazten dute, zure nekazariei tratamendu digital azkarrak egiteko gomendioak emanez. Pertsonalizatu gomendioak eta jarraitu xehetasunak.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.farmqa.scouting&amp;hl=es</t>
+  </si>
+  <si>
+    <t>FitoAid</t>
+  </si>
+  <si>
+    <t>Aurkitu edozein landare-babes produktu. Bilatu azkar Espainiako Nekazaritza, Arrantza, Elikadura eta Ingurumen Ministerioan (MAPAMA) erregistratutako edozein landare-babes produktu, bilatzailea erabiliz edo ezaugarrien arabera iragaziz, Ministerioaren jatorrizko erregistro-orri ofizialera zuzenean sarbide zuzena izanik.</t>
+  </si>
+  <si>
+    <t>https://www.adama.com/spain/es/fitoaid</t>
+  </si>
+  <si>
+    <t>Control Agropecuaria</t>
+  </si>
+  <si>
+    <t>Gure plataformak nekazaritza-enpresetako kudeatzaile eta teknikarien arazo nagusietako bat konpontzen du: datuak grabatzea, monitorizatzea, aztertzea eta txostenak egitea. Orain arte informazioa paperean edo kalkulu-orrietan grabatzen aritu badira, datuak biltzeko modu zaharkitu bat erabiltzeko arriskua dute.</t>
+  </si>
+  <si>
+    <t>Climate Field view</t>
+  </si>
+  <si>
+    <t>Climate FieldView nekazaritzarako tresna digital integratu bat da, nekazariei tresna digitalen multzo osoa eta konektatua eskaintzen diena, beren soroen ezagutza sakonagoa emanez, eragiketa-erabaki informatuagoak har ditzaten, etekina optimizatzeko, eraginkortasuna maximizatzeko eta arriskua murrizteko.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?hl=en&amp;id=com.climate.growers.android…</t>
+  </si>
+  <si>
+    <t>PickApp</t>
+  </si>
+  <si>
+    <t>Jakinarazi baserriko jarduera guztiak eta lotu ekintza bakoitza kokapen, ordu eta baserriko langile zehatz bati. PickApp-ek automatikoki igotzen eta aztertzen ditu eskaneatutako datuak denbora errealean. Zero errore prozesu honek eskuzko txosten zehaztugabeak ordezkatzen ditu eta baserriko jabeei datuen osotasun ezin hobean oinarritutako lan-fluxu egonkor eta egituratu bat ezartzen laguntzen die.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.pointer.farmwork</t>
+  </si>
+  <si>
+    <t>Agro</t>
+  </si>
+  <si>
+    <t>Eraiki zure sarea eta zabaldu zure negozio aukerak Espainiako eta Portugalgo lehen sektoreko profesionalekin.</t>
+  </si>
+  <si>
+    <t>https://appagro.es/</t>
+  </si>
+  <si>
+    <t>Sanzar</t>
+  </si>
+  <si>
+    <t>Lurzoruaren sentsorearen eta beste parametro batzuen bidez uraren erabilera murriztea ahalbidetzen duen ureztatze gomendio adimendunetarako web/mugikor plataforma</t>
+  </si>
+  <si>
+    <t>https://ai-land-software.sanzar-group.com/</t>
+  </si>
+  <si>
+    <t>Agroseguro Clientes</t>
+  </si>
+  <si>
+    <t>Abeltzaintzan kalte-ordainen erreklamazioak eta erretiratze-oharrak erregistratzeko helburua duen aplikazioa</t>
+  </si>
+  <si>
+    <t>https://agroseguro.es/clientes/aplicaciones/</t>
+  </si>
+  <si>
+    <t>AgriSat</t>
+  </si>
+  <si>
+    <t>Hazkunde-ziklo osoan zehar laboreen jarraipen sinple eta intuitiboa ahalbidetzen du, kudeaketa agronomikoa hobetzeko. Laboreen egoera, jarduera fotosintetikoa eta lursail barruko aldakortasuna bistaratzen dira. Horretarako, NASAren eta Europako Espazio Agentziaren Lurraren behaketa-satelite nagusien irudi-serie trinkoak erabiltzen dira, kasu askotan astean irudi baten maiztasunera hurbilduz. Aplikazioak eskuragarri dagoen azken irudia erakusten du lehenespenez eta irudi-sekuentzian zehar nabigazio kronologikoa errazten du.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.idrab.uclm.spiderwebgis.agrisa…</t>
+  </si>
+  <si>
+    <t>Herdly (android)</t>
+  </si>
+  <si>
+    <t>Herdly abeltzaintzako kudeaketa aplikazio bat da, abeltzaintzako egoera ahotsarekin grabatzeko aukera ematen duena, adimen artifizialaren txosten adimendunek bultzatuta eta edozein unetan txostenak entzuteko erosotasunaz.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.herdly.farmer</t>
+  </si>
+  <si>
+    <t>Herdly (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/us/app/herdly-farmer/id6757684859</t>
+  </si>
+  <si>
+    <t>grupozas</t>
+  </si>
+  <si>
+    <t>Elikagaien industriarako kudeaketa programa, HACCP eta trazabilitatea duten elikagaien enpresentzako ERP espezializatua. Elikagaien industriarako kudeaketa softwarea HACCP kontrolarekin, loteen trazabilitatearekin, iraungitze-daten kudeaketarekin, alergenoen kontrolarekin eta araudi-betetzearekin.</t>
+  </si>
+  <si>
+    <t>https://grupozas.com/erp-industria-alimentaria/</t>
+  </si>
+  <si>
+    <t>Lims.science</t>
+  </si>
+  <si>
+    <t>Elikagai eta Edarien Laborategiko Kudeaketa Sistema: Kudeatu elikagai eta edarien analisiak modu eraginkorrean ISO 17025 arabera ziurtagiria duten laborategietarako diseinatutako LIMS batekin. Kontrolatu produktuen kalitatea, trazabilitatea eta loteen probak sistema bakar batetik.</t>
+  </si>
+  <si>
+    <t>https://lims.science/es/lims-alimentos/</t>
+  </si>
+  <si>
+    <t>Catastro app</t>
+  </si>
+  <si>
+    <t>Catastro_app mugikorretarako aplikazio bat da, zure jabetza guztien informazioa biltzen eta pertsonalizatzen duena zure telefono mugikorrean, zure erabilera pertsonalerako soilik, zure argazkiak, zirriborroak edo oharrak gehi ditzakezulako.</t>
+  </si>
+  <si>
+    <t>https://www.catastro.hacienda.gob.es/ayuda/appmovil/catastroapp.html</t>
+  </si>
+  <si>
+    <t>ArcGIS Survey123</t>
+  </si>
+  <si>
+    <t>Eraldatu eguneroko lan-fluxuak formulario adimendunekin. Diseinatu formulario eta inkesta adimendunak ArcGIS Survey123-rekin, formulario sortzaile dinamiko batekin. Bizkortu datuen bilketa eta hobetu emaitzen kalitatea. Ikusi eta aztertu informazioa lente geografiko baten bidez, gauzak non eta zergatik gertatzen diren hobeto ulertzeko. Partekatu datuak web mapen, aplikazioen eta aginte-panelen bidez erabakiak hartzeko informazioa emateko eta negozio-prozesuak hobetzeko.</t>
+  </si>
+  <si>
+    <t>https://www.esri.com/es-es/arcgis/products/arcgis-survey123/overview?rsource=ht…</t>
+  </si>
+  <si>
+    <t>Peso Animal - Cerdos y ganado</t>
+  </si>
+  <si>
+    <t>Kalkulagailu hau animalia bizien edo hildakoen pisua kalkulatzeko garatu da, balantzarik erabili gabe. -Txerri-behiak -Bufaloak -Zaldiak -Ardiak eta ahuntzak</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.pesoanimal&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Porcicultor: Gestor de cerdos</t>
+  </si>
+  <si>
+    <t>Porcicultor: Txerri-ustiategiak kudeatzeko zure aliaturik onena. Ezagutu Porcicultor, %100ean doako txerri-kudeatzailea, zure gizentze-txerri-ustiategien gastuak eta irabaziak modu eraginkor eta konplikaziorik gabe kontrolatzen lagunduko dizuna.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.porcicultor&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Ganadero: control ganadero</t>
+  </si>
+  <si>
+    <t>Ganadero, behi- eta esne-behien zaintza kudeatzeko tresna optimoa. Doakoa eta barne-datu-base batekin, internet konexiorik gabeko kontrol eraginkorra ahalbidetzen du, aproposa zelaian erabiltzeko. Erregistratu eta kontrolatu pentsuaren, elektrizitatearen, ekipamenduaren eta beste hainbaten gastuak, abeltzaintzaren kudeaketa eraginkor eta arazorik gabeko irtenbide osoa eskainiz.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.ganadero&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Avicultor: pollos y gallinas</t>
+  </si>
+  <si>
+    <t>Avicultor hegazti-kudeaketa integralerako doako tresna onena bezala nabarmentzen da, zure oilasko-haztegiekin lotutako diru-sarrerak eta gastuak modu eraginkorrean kontrolatzeko aukera ematen dizuna. Gainera, aplikazio honek zure oilo erruleen jarraipen zehatza errazten du, arrautzen ekoizpena eta salmentak modu eraginkorrean kontrolatuz. Avicultorren ezaugarri nagusietako bat inkubazio-kontrol funtzioa da, arrautzen inkubazio-prozesua zehaztasunez eta sistematikoki kudeatzeko aukera ematen duena. Lineaz kanpo funtzionatzen duen barne-datu-base batekin, Avicultor aukera aproposa bihurtzen da...</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.hordev.avicultor&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Ganges. Gestión ganadera</t>
+  </si>
+  <si>
+    <t>Ganges - Livestock Management-en filosofia abeltzainentzako aplikazio sinple eta osoa prezio baxuan eskaintzea da. Horregatik, aplikazioa nekazariei modu merke batean eskaintzeko modurik onena aztertzerakoan, aplikazioa doan eskaintzea erabaki genuen, eta datuak gordetzeagatik bakarrik kobratzea.</t>
+  </si>
+  <si>
+    <t>https://gestionganadera.es/</t>
+  </si>
+  <si>
+    <t>ForestMap</t>
+  </si>
+  <si>
+    <t>Forestmaps baso-inbentarioen kalkulu automatiko eta ia berehalakoa ahalbidetzen duen web zerbitzu bat da. Aireko Ortofotografia Plan Nazionaleko (PNOA) LiDAR datuak eta barneko eta kanpoko lursailen datu-baseak (Baso Inbentario Nazionalekoak) erabiltzen ditu. Datu hauek modelo eta kalkulu-sistemek prozesatzen dituzte baso-inbentarioaren informazioa etengabe sortzeko. Aplikazioak erabiltzaileei baso-inbentariorako eremu edo lursail espezifiko bat hautatzeko aukera ematen die. Ondoren, erabiltzaileak zuhaitz-espeziea eta produktua adierazi behar ditu. Bezeroak analisi-emaitzak bere helbide elektronikora bidaliko dituen PDF dokumentu baten bidez jasoko ditu, lursailaren inbentarioaren laburpena eta emaitza guztiak 25 metroko bereizmenean dituen forma-fitxategi bektore-geruza bat dituena. Gaur egun, Araba, Asturias, Burgos, GIpuzkoa, Errioxa, Madril, Murtzia, Nafarroa, Palentzia, Soria eta Bizkaia probintzietako informazioa barne hartzen du, nahiz eta asmoa etengabe zabaltzea den bere estaldura.</t>
+  </si>
+  <si>
+    <t>https://datos.gob.es/es/aplicaciones/forestmap</t>
+  </si>
+  <si>
+    <t>albaibs</t>
+  </si>
+  <si>
+    <t>ERP softwarea elikagaien fabrikatzaile eta banatzaileentzat</t>
+  </si>
+  <si>
+    <t>https://www.albaibs.es/erp-alimentacion/</t>
+  </si>
+  <si>
+    <t>Visor de buenas prácticas RedPac</t>
+  </si>
+  <si>
+    <t>Praktika onen ikuslea</t>
+  </si>
+  <si>
+    <t>https://redpac.es/visores_redpac/bbpp</t>
+  </si>
+  <si>
+    <t>Sistema Europeo de Información sobre Incendios Forestales
+EFFIS</t>
+  </si>
+  <si>
+    <t>Uneko Egoeraren Ikuslea 2.0 Uneko Egoeraren Ikuslearen bertsio berriak, azkarragoa eta gailu mugikorretarako optimizatua, eraginkortasun eta irisgarritasun handiagoa eskaintzen du, errendimendu optimizatuarekin eta diseinu guztiz erantzunkorrarekin mahaigaineko eta mugikorreko plataformetan modu fidagarrian erabiltzeko. Europako eta Mediterraneoko sute denboraldiari buruzko informazio eguneratuena erakusten du. Honen barruan sartzen dira gaurko sute arriskuaren eguraldi mapak eta 6 egunera arteko iragarpenak, baita egunero eguneratutako sute guneen eta perimetroen mapak ere.</t>
+  </si>
+  <si>
+    <t>https://forest-fire.emergency.copernicus.eu/apps/effis.csv/?c=1019567.88%2C5783…</t>
+  </si>
+  <si>
+    <t>Instituto Geográfico Nacional</t>
+  </si>
+  <si>
+    <t>Lurraldearen behaketa, kartografia eta datu geografikoak</t>
+  </si>
+  <si>
+    <t>https://centrodedescargas.cnig.es/CentroDescargas/home</t>
+  </si>
+  <si>
+    <t>ArcGIS Field Maps</t>
+  </si>
+  <si>
+    <t>ArcGIS Field Maps Esriren gailu mugikorretarako mapak egiteko aplikazio nagusia da. Erabili Field Maps ArcGISen sortutako mapak arakatzeko, zure datu fidagarriak biltzeko eta eguneratzeko, eta egon zaren tokiak erregistratzeko, guztia kokapenean oinarritutako aplikazio bakar batetik.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.esri.fieldmaps</t>
+  </si>
+  <si>
+    <t>Kobotoolbox</t>
+  </si>
+  <si>
+    <t>Datu-tresna intuitibo eta moldagarriak zure eragina maximizatzeko. Datuak biltzeko, kudeatzeko eta bistaratzeko plataforma bat, mundu mailan erabiltzen dena gizarte-aldaketa positiboak bizkortzeko.</t>
+  </si>
+  <si>
+    <t>https://www.kobotoolbox.org/</t>
+  </si>
+  <si>
+    <t>ODK</t>
+  </si>
+  <si>
+    <t>ODK-k behar dituzun datuak edonon biltzeko formulario indartsuak sortzeko aukera ematen dizu.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=org.odk.collect.android&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Windy</t>
+  </si>
+  <si>
+    <t>Tresna interfazea edo baliabideak gaztelaniaz eskuragarri dituena, meteorologiara, plangintzara eta arriskuetara bideratua.</t>
+  </si>
+  <si>
+    <t>https://www.windy.com/es/-Men%C3%BA/menu?temp%2C32_622%2C13_493%2C5=</t>
+  </si>
+  <si>
+    <t>meteoblue</t>
+  </si>
+  <si>
+    <t>Meteorologiara, datu historikoetara eta plangintzara bideratutako interfazea edo gaztelaniaz eskuragarri dauden baliabideak dituen tresna.</t>
+  </si>
+  <si>
+    <t>https://www.meteoblue.com/es/tiempo/agriculture/meteogramagro/madrid_espa%c3%b1…</t>
+  </si>
+  <si>
+    <t>Globalforestwatch</t>
+  </si>
+  <si>
+    <t>Gaztelaniazko interfazea eta monitorizaziorako, baso-mozketaren eta urrutiko detekzioaren baliabideak dituen tresna. Ingurune profesionaletan erabiltzen da basozainen eta aholkularien lana hobetzeko, erregistroak modu koherentean gordez, zereginen automatizazioaz, datuen analisiaz eta erabakiak hartzeko laguntzaz.</t>
+  </si>
+  <si>
+    <t>https://www.globalforestwatch.org/map/</t>
+  </si>
+  <si>
+    <t>OpenForis</t>
+  </si>
+  <si>
+    <t>Open Foris basoak eta lurra monitorizatzeko doako eta kode irekiko irtenbideak eskaintzen dituen ekimena da. Basoen monitorizazio berritzaile, zehatz eta garden batek basoen klima-ekintzarako eta beste onura batzuetarako potentziala askatu dezakeela uste osoz garatua, Nazio Batuen Elikadura eta Nekazaritza Erakundeak (FAO) eskaintzen dituen ondasun publiko digitalen alde lan egiten duen eraldaketa-azeleragailu bat da, basoen monitorizaziorako gaitasun aurreratuak eskuragarri jarriz.</t>
+  </si>
+  <si>
+    <t>https://www.openforis.org/</t>
+  </si>
+  <si>
+    <t>CropWat</t>
+  </si>
+  <si>
+    <t>CROPWAT 8.0 Windows-erako lurzoruaren, klimaren eta laboreen datuetan oinarrituta laboreen ur eta ureztatze beharrak kalkulatzen dituen ordenagailu programa bat da.</t>
+  </si>
+  <si>
+    <t>https://www.fao.org/land-water/databases-and-software/cropwat/en/</t>
+  </si>
+  <si>
+    <t>AquaCrop</t>
+  </si>
+  <si>
+    <t>AquaCrop FAOren Lur, Lurzoru eta Ur Dibisioak garatutako laboreen hazkuntza-eredu bat da, elikagaien segurtasuna jorratzeko eta ingurumenak eta kudeaketak nekazaritza-ekoizpenean duten eragina ebaluatzeko. AquaCrop-ek belar-laboreen urarekiko errendimendu-erantzuna simulatzen du eta bereziki egokia da ura nekazaritza-ekoizpenean mugatzaile nagusia den baldintzetarako. AquaCrop-ek zehaztasuna, sinpletasuna eta sendotasuna konbinatzen ditu. Bere aplikazio zabala bermatzeko, parametro esplizitu kopuru txiki bat eta erabiltzaileek kalkulu sinpleen bidez zehaztu ditzaketen sarrera-aldagai intuitiboak baino ez ditu erabiltzen.</t>
+  </si>
+  <si>
+    <t>https://www.fao.org/aquacrop/en/</t>
+  </si>
+  <si>
+    <t>BRCGS</t>
+  </si>
+  <si>
+    <t>Ziurtagiria lortzen eta etengabe hobetzen laguntzeko tresnak. Marken jabeek inoiz baino gehiago lehenesten dute produktuen osotasuna. Teknologiak ahalbidetzen duen gardentasunak konfiantza nola irabazten eta galtzen den eraldatzen ari da, eta hornikuntza-kateak luzeagoak eta konplexuagoak bihurtzen ari dira, arriskuak areagotuz. Bezeroen berme-eskakizun handiagoak betetzeko eta gero eta handiagoak diren araudi-eskakizunak betetzeko, BRCGS-k tresna digital multzo bat garatu du guneei betetzea mantentzen, arriskua arintzen eta etengabe hobetzen laguntzeko.</t>
+  </si>
+  <si>
+    <t>https://www.brcgs.com/digital-solutions/overview/</t>
+  </si>
+  <si>
+    <t>IFS</t>
+  </si>
+  <si>
+    <t>IFS Elikagaien Arauak produktuak eta ekoizpen-prozesuak berrikusten ditu elikagai-ekoizle batek produktu seguruak, benetakoak eta kalitatezkoak ekoizteko duen gaitasuna ebaluatzeko, legezko eskakizunen eta bezeroen espezifikazioen arabera.</t>
+  </si>
+  <si>
+    <t>https://www.ifs-certification.com/en/ifs-portfolio/standards/food-standard</t>
+  </si>
+  <si>
+    <t>Rainforest Alliance</t>
+  </si>
+  <si>
+    <t>Gure igel berdea, Rainforest Alliance Nekazaritza Jasangarriaren Ziurtagiriaren ikurra, mundu osoan ezaguna da nekazarien bizibideak, giza eskubideak, ingurumenarekiko praktika egokiak eta klima-erresilientzia hobetzeko duen konpromisoagatik. Milioika baserri eta enpresak gurekin lan egiten dute hornidura-kate osoan epe luzerako eragina bultzatzeko. Zuk ere egin dezakezu! Egin zaitez gurekin bazkide orain. Hasi zaitez.</t>
+  </si>
+  <si>
+    <t>https://www.rainforest-alliance.org/es/para-negocios/</t>
+  </si>
+  <si>
+    <t>Technosylva</t>
+  </si>
+  <si>
+    <t>Baso-suteak okerrera egiten dute erabakirik ez hartzeagatik. Ezinbestekoa da erabaki egokiak hartzea pertsonak eta ingurumena baso-suteetatik eta eguraldi-baldintza kaltegarrietatik babesteko, arrisku-maila edo kokapen geografikoa edozein dela ere. Jardun azkarrago Technosylvaren punta-puntako teknologiarekin.</t>
+  </si>
+  <si>
+    <t>https://technosylva.com/es/</t>
+  </si>
+  <si>
+    <t>Hispatec Conecta (android)</t>
+  </si>
+  <si>
+    <t>Hispatec-ek garatutako mugikorretarako aplikazioa, enpresa estandarizatuak bere nekazari elkartuekin dituen harremanak kudeatzeko, agronomia, ekonomia, gizarte eta komunikabideen ikuspuntutik.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.hispatec.appsocios&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Hispatec Conecta (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/iphone/search?term=hispatec%20conecta</t>
+  </si>
+  <si>
+    <t>Agro Tareo Beta</t>
+  </si>
+  <si>
+    <t>Langileen sarrerak eta irteerak kontrolatzea ahalbidetzen du aurpegiko egiaztapena, QR kodeak, NFC edo zerrenda batetik langileak hautatzea bezalako metodoen bidez.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.hispatec.agrotareobeta&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>ERPagro</t>
+  </si>
+  <si>
+    <t>Uzta osteko eragiketen kontrol integrala ERPagrorekin. Uztatik merkatura arte. ERPagro nekazaritza-elikagaien industriako prozesu guztiak monitorizatzen, kudeatzen eta optimizatzen dituen tresna da. Sistema modular bakarra, erabakiak hartzea errazten duena negozio-jardueren analisi integral eta denbora errealean oinarrituta: hornitzaileekiko harremanetatik hasi eta eskaerak betetzeraino. Negozio-prozesu guztien denbora errealeko kontrola eta ikusgarritasuna.</t>
+  </si>
+  <si>
+    <t>https://www.hispatec.com/productos/erpagro-software-agricultura/</t>
+  </si>
+  <si>
+    <t>maptiler</t>
+  </si>
+  <si>
+    <t>Gehitu eguraldiaren bistaratzeak zure mapetan iragarpen geruza animatuekin</t>
+  </si>
+  <si>
+    <t>https://www.maptiler.com/weather/</t>
+  </si>
+  <si>
+    <t>SgaCex- Cuaderno de Explotación</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioak (MAPA) nekazariei ematen dien ustiategien kudeaketa-erregistro publikoa, beren ustiategiak kudeatzeko. HELBURUAK: - Sektorearen digitalizazioa sustatzea eta jasangarritasun ekonomikoa eta ingurumenekoa sustatzea, baita administrazio-sinplifikazioa ere, PEPACen (Nekazaritza Politika Bateratuaren Europako Plana) eta Europako Itun Berdearen helburuak betetzeko. - Ustiategien kudeaketa xehatzea</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=es.pac.sga.sgacex.android&amp;hl=es_4…</t>
+  </si>
+  <si>
+    <t>Farm to table</t>
+  </si>
+  <si>
+    <t>Farm to Table-k tokiko nekazariak zuzenean lotzen ditu kontsumitzaileekin, produktu freskoak, osasungarriak eta tokikoak zuzenean baserritik zure atarira ekarriz. Bitartekaririk gabe. Konpromisorik gabe.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.zahedhasan.farmtotable&amp;hl=es</t>
+  </si>
+  <si>
+    <t>eAgronom</t>
+  </si>
+  <si>
+    <t>Jasangarritasun adimentsua elikagaien industria sendoago eta erresilienteago baterako. Enpresei beren jasangarritasun helburuak lortzen laguntzen diegu, nekazariei diru-sarrera gehigarriak sortzen, lurzoruaren kalitatea hobetzen eta finantzaketa hobea lortzen laguntzen diegun bitartean.</t>
+  </si>
+  <si>
+    <t>https://www.eagronom.com/es</t>
+  </si>
+  <si>
+    <t>Spherag (android)</t>
+  </si>
+  <si>
+    <t>SPHERAG hardware eta software konbinazio berritzaile bat da, non adimen eta gomendio algoritmoekin hornitutako kudeaketa plataforma autonomo eta bidirekzional batek denbora errealean komunikatzen den nekazaritza instalazioetan zabaldutako gailuekin, baserrian monitorizazioa eta funtzionamendua ahalbidetuz.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=spherag.spherag&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Spherag (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/iphone/search?term=Spherag</t>
+  </si>
+  <si>
+    <t>Uniforme (android)</t>
+  </si>
+  <si>
+    <t>Jarrai ezazu zure KPIak kontrol-panelean. Erregistratu gertaerak eta izan zure behiei buruzko informazio garrantzitsu guztia eskura. UNIFORM aplikazioa UNIFORM-Agri 5.0 artaldeen kudeaketa softwarearen mugikorretarako aplikazioa da. Erabiltzeko erraza den aplikazio honek interfaze intuitiboa eta botoi handiak ditu funtzionamendu errazerako.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.UNIFORM&amp;hl=en&amp;gl=…</t>
+  </si>
+  <si>
+    <t>Uniforme (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/nl/app/uniform/id906369824</t>
+  </si>
+  <si>
+    <t>Cabra UNIFORME (android)</t>
+  </si>
+  <si>
+    <t>Kudeatu zure ahuntz-ustiategia UNIFORM Goat-App super-azkarrarekin! Jarrai ezazu zure KPIak kontrol-panelean. Erregistratu gertaerak eta izan ahuntzen informazio garrantzitsu guztia eskura. UNIFORM Goat-App UNIFORM-Goat 5.0 artaldea kudeatzeko softwarearen mugikorretarako aplikazioa da. Erabiltzeko erraza den aplikazio honek Nekazarientzako Hatz Interfazea dauka, botoi handi eta erabiltzeko errazekin.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.UNIFORMGOAT&amp;hl=en…</t>
+  </si>
+  <si>
+    <t>Cabra UNIFORME (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/uniform-goat/id1572660747</t>
+  </si>
+  <si>
+    <t>Mi manada</t>
+  </si>
+  <si>
+    <t>Kudeatu zure esne-ustiategia MYHERD-ekin! Jarrai ezazu zure KPIak kontrol-panelean. Grabatu gertaerak eta izan behien informazio garrantzitsu guztia eskura. MYHERD gure artaldea kudeatzeko softwarearen mugikorretarako aplikazioa da. Erabiltzeko erraza den aplikazio honek interfaze intuitiboa eta botoi handiak ditu funtzionamendu errazerako.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.myherd&amp;hl=en&amp;gl=US</t>
+  </si>
+  <si>
+    <t>Leche FarmTell (android)</t>
+  </si>
+  <si>
+    <t>Kudeatu zure esne-ustiategia FarmTell Milk aplikazio izugarri azkarrarekin! Jarrai itzazu zure KPIak kontrol-panelean. Erregistratu gertaerak eta izan zure behien informazio garrantzitsu guztia eskura. Smartmilk aplikazioa FarmTell Milk artaldea kudeatzeko softwarearen mugikorretarako aplikazioa da. Erabiltzeko erraza den aplikazio honek interfaze intuitiboa eta botoi handiak ditu erabiltzeko errazak.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.uniformagri.FARMTELLMILK&amp;hl=e…</t>
+  </si>
+  <si>
+    <t>Leche FarmTell (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/farmtell-milk/id6468885082</t>
+  </si>
+  <si>
+    <t>afimilk</t>
+  </si>
+  <si>
+    <t>Esne-ustiategien automatizazioa</t>
+  </si>
+  <si>
+    <t>https://www.afimilk.com/</t>
+  </si>
+  <si>
+    <t>DeLaval</t>
+  </si>
+  <si>
+    <t>Zure esne-behien ustiategirako dena</t>
+  </si>
+  <si>
+    <t>https://www.delaval.com/es/</t>
+  </si>
+  <si>
+    <t>Ideagen Sage Food</t>
+  </si>
+  <si>
+    <t>Zure elikagaien segurtasunerako eta hornitzaileen kalitate kudeaketarako diseinatutako software irtenbide integratua</t>
+  </si>
+  <si>
+    <t>https://safefood360.com/</t>
+  </si>
+  <si>
+    <t>Traceone</t>
+  </si>
+  <si>
+    <t>PLM softwarea eta betetze-irtenbideak elikagai eta edarien, kosmetikoen eta produktu kimikoen marketarako. Berrikuntza azkarragoa egin, kalitate handiko produktuak eskaini eta betetzea bermatu, aurrerapen jasangarria bultzatuz.</t>
+  </si>
+  <si>
+    <t>https://www.traceone.com/</t>
+  </si>
+  <si>
+    <t>Ag Leader AgFiniti</t>
+  </si>
+  <si>
+    <t>Ag Leader teknologiak urte osoan zehar kalitate goreneko nekazaritza-tresnak eskaintzen ditu, informazio baliotsua bilduz sorotik eta eragiketa osoa operadoreen, makinen eta gailuen artean konektatuz. Une egokian informazio egokia eskura izanda, operadoreek eta makinek hobeto eta modu produktiboagoan lan egin dezakete elkarrekin, eta egunero hartzen diren ehunka erabakiei argitasuna eta konfiantza eman diezaiekete. Zure nekazaritza-modua aldatzen du.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agleader.agfinitiview&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trestima (android)</t>
+  </si>
+  <si>
+    <t>TRESTIMA aplikazioarekin, zure zuhaitzen kantitatea eta balioa erraz neurtu ditzakezu zure basoaren argazkiak ateraz. Neurketaren emaitzak metro kubikotan eta eurotan jasoko dituzu. Neurketaren emaitzak TRESTIMA web zerbitzuan gordetzen dira geroago berrikusteko.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.trestima.androidapp&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>Trestima (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/trestima/id1106886045</t>
+  </si>
+  <si>
+    <t>FSC Search (android)</t>
+  </si>
+  <si>
+    <t>Aplikazioak ziurtagiri espezifiko bati buruzko informazio guztia aurkitzen lagunduko dizu: FM eta CoC, Proiektu Ziurtagiria, Lizentzia Sustatzailea eta FM Ebaluazioa, FSC etiketa lortzeko edo lizentzia kodea sartzeko besterik gabe.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=org.fsc.search&amp;hl=es</t>
+  </si>
+  <si>
+    <t>FSC Search (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/fsc-search/id1673508721</t>
+  </si>
+  <si>
+    <t>osapiens EUDR</t>
+  </si>
+  <si>
+    <t>Osapiens-en EUDR aplikazioak nekazariei aukera ematen die lehengaiak (soja, palma olioa, egurra, kafea, kakaoa, abereak eta kautxua) lortzen dituzten lurzatiak osapiens HUB-en erregistratu eta kudeatzeko, EUDR-k EBko Baso-soiltzearen Erregelamendua betetzen lagun dezan.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.osapiens.operations.eudr&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trucker</t>
+  </si>
+  <si>
+    <t>Nemus® Trucker® Nemus®-ekin integratutako mugikorretarako aplikazio bat da, eragiketaren trazabilitate osoa eskaintzen duena, egurraren mozketa eta pisaketa puntuak irudiekin georreferentziatuz, EUDR betetzea bermatzeko. Gainera, garraio gida digital baten lehen industria estandarra ezartzen du.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.cesefor.nemus_trucker&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Trazamad</t>
+  </si>
+  <si>
+    <t>TRAZAMAD egurraren garraio eta trazabilitaterako plataforma integratu gisa aurkezten da, EUDR araudia betetzen dela bermatuz eta basogintza-industriaren kate osoari balioa gehituz. Jasangarritasunean eta eraginkortasun operatiboan arreta argi jarriz, aplikazioak sektoreko erreferente bihurtu nahi du, bere presentzia nazio mailan zein nazioartean zabalduz.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.bahiasoftware.trazamad&amp;hl=es</t>
+  </si>
+  <si>
+    <t>Visor de Andalucía</t>
+  </si>
+  <si>
+    <t>Informazio geografikorako ikustaile interoperagarria. Hainbat iturritako mapak eta ortoargazkiak ikusteko eta gainjartzeko aukera ematen du.</t>
+  </si>
+  <si>
+    <t>https://www.ideandalucia.es/visor/</t>
+  </si>
+  <si>
+    <t>SIOSE</t>
+  </si>
+  <si>
+    <t>SIOSE (Espainiako Lurzoruaren Erabilerari buruzko Informazio Sistema) Lurzoruaren Erabilera Behatzeko Plan Nazionalaren (PNOT) osagai ezinbestekoa da. Bere helburu nagusia Espainia osoko lurzoruaren erabilerari buruzko datu-base harmonizatu eta zehatza sortzea da.</t>
+  </si>
+  <si>
+    <t>https://www.siose.es/</t>
+  </si>
+  <si>
+    <t>BS Agro</t>
+  </si>
+  <si>
+    <t>BS Agro aplikazio berria doakoa da eta nekazaritza-eragiketen hazkundea laguntzeko eduki eta tresna baliotsuetarako sarbidea emango du.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/bs-agro/id1465712568</t>
+  </si>
+  <si>
+    <t>Ganadero APP</t>
+  </si>
+  <si>
+    <t>Behien populazioari, ugalketari, elikadurari, genetikari eta abarrei buruzko informazioa kudeatzen du.</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/ganadero-app/id1253203051</t>
+  </si>
+  <si>
+    <t>DroneDeploy - Mapping for DJI (android)</t>
+  </si>
+  <si>
+    <t>HEGALDI APLIKAZIOA Deskargatu DroneDeploy aplikazioa zure dronea hegaldi autonomo eta libreko gaitasunekin berritzeko, ukitu gutxi batzuekin harrapaketa automatizatua egiteko. Zure droneak bere kabuz hegan egingo du! Edonork hegan egin dezake DroneDeploy-rekin.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.dronedeploy.beta&amp;hl=es_419</t>
+  </si>
+  <si>
+    <t>DroneDeploy - Mapping for DJI (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/es/app/dronedeploy/id971358101</t>
+  </si>
+  <si>
+    <t>FarmKeep: Farm &amp; Homestead App (android)</t>
+  </si>
+  <si>
+    <t>FarmKeep zure animalia, hazkuntza, ekoizpena, finantzak eta gehiago erraz kudeatzeko behar duzun aplikazio bakarra da. Oilasko-zale amorratua, nekazaria, zaletua edo enpresa txiki edo ertaina izan, FarmKeep-ek zure beharrak asetzen ditu eta zurekin batera hazten da. Gure ezaugarri eta zerbitzuen artean hauek daude:</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.farmkeep.farmkeep&amp;pcampaignid…</t>
+  </si>
+  <si>
+    <t>FarmKeep: Farm &amp; Homestead App (IOS)</t>
+  </si>
+  <si>
+    <t>https://apps.apple.com/us/app/farmkeep/id6449797965</t>
+  </si>
+  <si>
+    <t>Farmbrite</t>
+  </si>
+  <si>
+    <t>Farmbrite baserri eta abeltzaintza kudeatzeko software integrala da, baserri eraginkorrago eta emankorrago bat kudeatzeko behar duzun guztia eskaintzen dizuna. Farmbritek baserri edo abeltzaintza negozio oparoa kudeatzeko behar dituzun plangintza, kudeaketa, jarraipen, salmenta eta txosten tresna guztiak eskaintzen dizkizu. Sortu labore planak, jarraitu eta kudeatu abereak, kontrolatu sarrerak eta errendimenduak, gorde erregistro zehatzak, kudeatu lan-aginduak, sortu txosten integralak, jarraitu finantzak, kontrolatu inbentarioa, merkaturatu eta saldu online, eta askoz gehiago, guztia plataforma seguru eta erabilerraz batetik, edozein gailutan eta edonondik eskuragarri.</t>
+  </si>
+  <si>
+    <t>https://www.softwarereviews.com/products/farmbrite?c_id=386</t>
+  </si>
+  <si>
+    <t>agroex</t>
+  </si>
+  <si>
+    <t>Baserri, upategi edo nekazaritza aholkularitza bat baduzu ere, Agroex hemen dago zure arrakasta bultzatzeko. Ezagutu nola egokitu gaitezkeen zure beharretara eta nola eraldatu dezakegun zure baserriaren kudeaketa. Jarri gurekin harremanetan erakustaldi pertsonalizatu bat egiteko eta eman urratsa baserri kudeaketa eraginkor eta errentagarri baterantz Agroexekin. Ongi etorri nekazaritzaren etorkizunera!</t>
+  </si>
+  <si>
+    <t>https://agroex.es/</t>
+  </si>
+  <si>
+    <t>agrovir</t>
+  </si>
+  <si>
+    <t>AgroVIR-ek zure errendimendua planifikatzen, jarduten, ebaluatzen eta etengabe hobetzen laguntzen dizu. Zure baserriko datu eta mapa guztiak leku bakarrean izan ditzakezu eta gure datu-interfazeez gozatu marka nagusiekin.</t>
+  </si>
+  <si>
+    <t>https://www.agrovir.com/AR/index.html</t>
+  </si>
+  <si>
+    <t>AgroExact</t>
+  </si>
+  <si>
+    <t>Tokiko neurketa: Harpidetza batekin, AgroExact-ek doako euri-neurgailu aurreratu bat emango dizu aukeratutako kokapenean. Eta arazorik gabekoa da: mantentze-lanak urteko kuotan sartuta daude. Aplikazio berean, nekazariekin lankidetzan garatu diren ureztatze-aholku errazak aurkituko dituzu. Hauek SoilExact eta CropExact lurzoruaren hezetasun-sentsoreetan oinarritzen dira, bereiz eskuragarri. Horri esker, zehatz-mehatz ikusi ahal izango duzu zenbat milimetro ur behar dituen zure laboreak une jakin batean.</t>
+  </si>
+  <si>
+    <t>https://play.google.com/store/apps/details?id=com.agroexact.app.twa</t>
+  </si>
+  <si>
     <t>ECOGAN</t>
   </si>
   <si>
     <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren sistema, ustiategian aplikatutako Teknika Eskuragarri Onenak (TEO) erregistratzeko aukera ematen duena, baita ustiategi jakin baten kutsadura- eta berotegi-efektuko gasen isuriak eta baliabideen kontsumoa kalkulatzeko ere, ekoizpen-prozesu osoan zehar.</t>
   </si>
   <si>
     <t>https://www.mapa.gob.es/es/ganaderia/temas/ganaderia-y-medio-ambiente/calculo-e…</t>
   </si>
   <si>
-    <t>Riego Citrus</t>
-[...398 lines deleted...]
-    <t>https://play.google.com/store/apps/details?id=com.mateuyabar.vacapp</t>
+    <t>Registro General de Operadores Ecológicos (REGOE)</t>
+  </si>
+  <si>
+    <t>Autonomia Erkidegoetako Agintaritza Eskudunek emandako informazioarekin kontsulta-tresna bat, operadore ekologikoak beren jardueraren, kokapenaren eta ekoizpenaren arabera identifikatzeko.</t>
+  </si>
+  <si>
+    <t>https://servicio.mapa.gob.es/regoepublico/Buscador.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1967,60 +2829,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D179"/>
+  <dimension ref="A1:D279"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:D179"/>
+      <selection activeCell="A1" sqref="A1:D279"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="1077.023" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1187.853" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
@@ -3683,135 +4545,135 @@
         <v>358</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>359</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
         <v>365</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
         <v>368</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>369</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="1" t="s">
         <v>374</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="1" t="s">
         <v>380</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>381</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="1" t="s">
         <v>386</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>387</v>
@@ -3823,79 +4685,79 @@
         <v>388</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="1" t="s">
         <v>389</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
         <v>392</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
         <v>395</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>402</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
         <v>404</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>405</v>
@@ -3932,502 +4794,502 @@
         <v>6</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
         <v>413</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>414</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
         <v>416</v>
       </c>
       <c r="B140" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D140" s="1" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="B141" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="C141" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D141" s="1" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B142" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B142" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>424</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="1" t="s">
         <v>427</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="1" t="s">
         <v>430</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>431</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="1" t="s">
         <v>433</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
         <v>442</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
         <v>448</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
         <v>451</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>452</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>461</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>463</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>31</v>
+        <v>137</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>466</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>467</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>469</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>137</v>
+        <v>6</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>472</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
         <v>475</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
         <v>478</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="1" t="s">
         <v>481</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
         <v>493</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
         <v>496</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>497</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
         <v>502</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
         <v>505</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>508</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>511</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
         <v>514</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
         <v>517</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>518</v>
@@ -4481,54 +5343,1454 @@
         <v>528</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="1" t="s">
         <v>529</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="1" t="s">
         <v>532</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>534</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="C276" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>821</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>