--- v0 (2025-12-18)
+++ v1 (2026-02-17)
@@ -12,673 +12,1123 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Listado de eventos" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de evento</t>
   </si>
   <si>
     <t>Fecha inicio</t>
   </si>
   <si>
     <t>Fecha fin</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localización</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
-    <t>Logistika eta Digitalizazioari buruzko mintegi teknikoa marketin-kanal laburretan (SMC)</t>
-[...8 lines deleted...]
-    <t>Og, 18/12/2025 - 13:00</t>
+    <t>GO-LINOMARrek tailer bat antolatzen ari da CEBAS-CSICen, Salty Symphonies proiektu europarrarekin batera.</t>
+  </si>
+  <si>
+    <t>Tailerrak</t>
+  </si>
+  <si>
+    <t>Ar, 17/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Ar, 17/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Pertsonalki</t>
+  </si>
+  <si>
+    <t>LINOMAR Talde Operatiboak (nitratoz kutsatutako uretatik lortutako itsas belar-estraktuetatik formulatutako bioestimulatzaileak lortzea) tailer bat egingo du 2026ko otsailaren 17an CEBAS-CSICen (…</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>Murcia</t>
+  </si>
+  <si>
+    <t>CEBAS-CSIC, Murtzia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/go-linomarrek-tailer-bat-antolatzen-ari-da-cebas-csicen-salty-symphonies-proiektu</t>
+  </si>
+  <si>
+    <t>Nekazaritzan koaderno digitalari buruzko tailer informatiboa – Alozaina (Málaga)</t>
+  </si>
+  <si>
+    <t>Egun teknikoak</t>
+  </si>
+  <si>
+    <t>2026ko otsailaren 17an , Alozainako (Málaga) udalerriak nekazaritzan koaderno digitalari buruzko informazio-jardunaldi bat antolatuko du, Nekazaritza Koadernoari (CUE) lotutako tresna digitalak eta…</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t>Alozaina Nagusien Zentroa (Calvario kalea, 5. zk.) Alozaina (Malaga)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/nekazaritzan-koaderno-digitalari-buruzko-tailer-informatiboa-alozaina-malaga</t>
+  </si>
+  <si>
+    <t>Nekazaritza birsortzailea: elikagai jasangarriagoetarantz</t>
+  </si>
+  <si>
+    <t>Az, 18/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Az, 18/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Industriako adituekin egingo den bilera batek nekazaritza-jardunbide hauetan jarriko du arreta, nekazaritza birsortzailearen kontzeptuari, hura neurtzeko erabiltzen diren adierazleei eta dituen…</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>ETSIAAB Madril.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/nekazaritza-birsortzailea-elikagai-jasangarriagoetarantz</t>
+  </si>
+  <si>
+    <t>Nekazaritzan koaderno digitalari buruzko tailerra</t>
+  </si>
+  <si>
+    <t>Og, 19/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Og, 19/02/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Sevillako Nekazari Txikien eta Abeltzaintzako Hazleen Batasunak ( UPA Sevilla ) landa-koaderno digitalari buruzko informazio-jardunaldi bat egingo du 2026ko otsailaren 19an , ustiategien…</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Cáceres</t>
+  </si>
+  <si>
+    <t>Cañada Rosaleko Enpresa Ekimenen Zentroa (Sevilla)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/nekazaritzan-koaderno-digitalari-buruzko-tailerra-0</t>
+  </si>
+  <si>
+    <t>CSICek lurzoruaren kudeaketa jasangarriari buruzko konferentzia bat antolatzen ari da: Lurzoru Anitzeko Parte-hartze Konferentzia</t>
+  </si>
+  <si>
+    <t>Og, 19/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Og, 19/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Espainiako Ikerketa Zientifikoen Kontseilu Nagusiak (CSIC) nekazaritza-lurzoruaren osasunean eta kudeaketa jasangarrian oinarritutako tailer praktiko bat antolatu du, batez ere nekazariei,…</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Estepa Jatorrizko Deitura (Sevilla)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/csicek-lurzoruaren-kudeaketa-jasangarriari-buruzko-konferentzia-bat-antolatzen-ari-da</t>
+  </si>
+  <si>
+    <t>Cajamarrek erdi-behartzeari eta baratzezaintza jasangarriagoari egiten dion ekarpenari buruzko webinar bat antolatzen ari da</t>
+  </si>
+  <si>
+    <t>Og, 19/02/2026 - 17:07</t>
   </si>
   <si>
     <t>Sarean</t>
   </si>
   <si>
-    <t>Merkataritza Kanal Laburren Berrikuntza eta Aholkularitza Sareak (RIA-CCC) “Logistika eta Digitalizazioa Merkataritza Kanal Laburretan (CCC)” mintegi teknikoa antolatuko du 2025eko abenduaren 18an ,…</t>
+    <t>2026ko otsailaren 19an , Cajamarrek doako webinarra egingo du “Semi-forcing and its role in more sustainable crops” (erdi-behartzea eta bere eginkizuna labore jasangarriagoetan) izenekoa , online…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/cajamarrek-erdi-behartzeari-eta-baratzezaintza-jasangarriagoari-egiten-dion-ekarpenari</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/nekazaritzan-koaderno-digitalari-buruzko-tailerra</t>
+  </si>
+  <si>
+    <t>Cabrillasek (Salamanca) ernalketaren inguruko erakustaldi eguna antolatu du, droneekin egindako ernalketaren erakustaldiekin</t>
+  </si>
+  <si>
+    <t>Landa erakustaldiak, Egun teknikoak</t>
+  </si>
+  <si>
+    <t>Or, 20/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Or, 20/02/2026 - 14:44</t>
+  </si>
+  <si>
+    <t>2026ko otsailaren 20an , Cabrillasko (Salamanca) udalerriak ongarriei buruzko landa-erakustaldi jardunaldi bat antolatuko du, nekazariei eta sektoreko profesionalei ongarri motak , ongarritzearen…</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Salamanca</t>
+  </si>
+  <si>
+    <t>Cabrillas (Salamanca)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/cabrillasek-salamanca-ernalketaren-inguruko-erakustaldi-eguna-antolatu-du-droneekin</t>
+  </si>
+  <si>
+    <t>Haragi-hausnarkarien teknologia digitalak, kudeaketa eta ingurumen-ekarpena</t>
+  </si>
+  <si>
+    <t>Ar, 24/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Ar, 24/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Cajamar Taldearen Fundazioak “Haragi-ekoizpeneko teknologiak hausnarkarien ekoizpenean” izeneko aurrez aurreko hitzaldia antolatzen ari da , 2026ko otsailaren 24an, Extremadurako Unibertsitateko (…</t>
+  </si>
+  <si>
+    <t>Albaitaritza Fakultatea (Extremadurako Unibertsitatea), Unibertsitate Campusa, Cáceres</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/haragi-hausnarkarien-teknologia-digitalak-kudeaketa-eta-ingurumen-ekarpena</t>
+  </si>
+  <si>
+    <t>41. Fruta Hazkuntza Konferentzia 2026</t>
+  </si>
+  <si>
+    <t>Emaitzen zabalkundea, Egun teknikoak</t>
+  </si>
+  <si>
+    <t>Ar, 24/02/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Ar, 24/02/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Eguneko behin-behineko data. Laster argitaratuko dugu ekitaldiari buruzko informazio gehiago. Informazio gehiago jaso nahi baduzu, egin klik hurrengo web orrian dagoen "Interesa dut" botoian .</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Girona</t>
+  </si>
+  <si>
+    <t>La Tallada d'Empordà</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/41-fruta-hazkuntza-konferentzia-2026</t>
+  </si>
+  <si>
+    <t>AECOC Haragi eta Produktu Prozesatuen 26. Kongresua</t>
+  </si>
+  <si>
+    <t>Kongresuak, Emaitzen zabalkundea</t>
+  </si>
+  <si>
+    <t>Ar, 24/02/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Az, 25/02/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>AECOC Haragi eta Produktu Prozesatuen 26. Kongresua izango da berriro ere Espainiako haragi sektoreko enpresentzako erreferentziazko bilgune nagusia , ikuspegiak partekatzeko, joerak aztertzeko eta…</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>Lleidako Kongresu Jauregia. La Llotja Avinguda de Tortosa, 4 Lleida 25005</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/aecoc-haragi-eta-produktu-prozesatuen-26-kongresua</t>
+  </si>
+  <si>
+    <t>aviForum Sunset-en 10. edizioa</t>
+  </si>
+  <si>
+    <t>Kongresuak, Azokak</t>
+  </si>
+  <si>
+    <t>Az, 25/02/2026 - 08:45</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 13:45</t>
+  </si>
+  <si>
+    <t>aviFORUM eta incubaFORUM ezinbesteko ekitaldi tekniko gisa finkatu dira Espainian, Latinoamerikan eta Brasilen hegazti-industria profesionalarentzat. Urtero, sektoreko pertsonaia garrantzitsuak…</t>
+  </si>
+  <si>
+    <t>Valladolid</t>
+  </si>
+  <si>
+    <t>Valladolideko Azoka</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/aviforum-sunset-10-edizioa</t>
+  </si>
+  <si>
+    <t>Ureztatzaileak 360º: Kudeaketa adimentsu eta zirkularrerantz</t>
+  </si>
+  <si>
+    <t>Az, 25/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Az, 25/02/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>INTEREMPRESAS taldeak 2026an zehar antolatuko dituen ekitaldi garrantzitsuenetako batzuen datak iragarri ditu. Horien artean, datorren urteko otsailaren 25ean egingo den "Ureztatzea 3600: Kudeaketa…</t>
+  </si>
+  <si>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>Kordoba</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/ureztatzaileak-360o-kudeaketa-adimentsu-eta-zirkularrerantz</t>
+  </si>
+  <si>
+    <t>UGAL-UPA Leónek informazio saio bat antolatzen ari da Eremu Koaderno Digitalari buruz</t>
+  </si>
+  <si>
+    <t>Az, 25/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Az, 25/02/2026 - 14:44</t>
+  </si>
+  <si>
+    <t>Leongo UGAL-UPA bulegoak nekazaritzan koaderno digitalari buruzko informazio-jardunaldi bat egingo du 2026ko otsailaren 25ean , Nekazaritza Koadernoaren (CUE) funtzionamenduari buruz gehiago jakin…</t>
+  </si>
+  <si>
+    <t>León</t>
+  </si>
+  <si>
+    <t>UGAL-UPA prestakuntza gela Leónen (C/ Valcarce 8, beheko solairua, 24010 León)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/ugal-upa-leonek-informazio-saio-bat-antolatzen-ari-da-eremu-koaderno-digitalari-buruz</t>
+  </si>
+  <si>
+    <t>COAGek CUEri eta erabakiak hartzeko tresna digitalei buruzko tailer praktikoa</t>
+  </si>
+  <si>
+    <t>Az, 25/02/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>UAGR-COAGek “CUEren erabilerarako egokitzapena. Nekazaritza-jardueran erabakiak hartzeko oinarrizko tresna digitalak” prestakuntza-jardunaldia egingo du 2026ko otsailaren 25ean, San Asension (Errioxa…</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>San Asensio Udala (Plaza Berria, 1. San Asensio, Errioxa)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/coagek-cueri-eta-erabakiak-hartzeko-tresna-digitalei-buruzko-tailer-praktikoa</t>
+  </si>
+  <si>
+    <t>Ingurumenaren babesean bertako arrazen eta abeltzaintza estentsiboaren ekosistema-rolari buruzko online mintegia</t>
+  </si>
+  <si>
+    <t>Espainiako Abeltzaintza Hautatuen Elkarteen Errege Federazioak (RFEAGAS) 2026ko otsailaren 25ean, 13:00etan, "Bertako arrazen eta abeltzaintza estentsiboaren eginkizun ekosistematikoa ingurumenaren…</t>
   </si>
   <si>
     <t>Linean</t>
   </si>
   <si>
-    <t>https://akisplataforma.es/eu/gertaerak/logistika-eta-digitalizazioari-buruzko-mintegi-teknikoa-marketin-kanal-laburretan-smc</t>
-[...35 lines deleted...]
-    <t>Zaragozako probintziako Trufa Beltzaren 5. Biltzarra. Trufa Beltzaren 5. Erakusketa</t>
+    <t>https://akisplataforma.es/eu/gertaerak/ingurumenaren-babesean-bertako-arrazen-eta-abeltzaintza-estentsiboaren-ekosistema-rolari</t>
+  </si>
+  <si>
+    <t>Iberia Esposizioa</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Or, 27/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Izurriteen Kudeaketa eta Ingurumen Osasunerako Kongresua, Expocida Iberia, gure sektoreko ekitaldi nagusi gisa finkatu da, ezagutza sortzeko eta zabaltzeko oinarrizko topagunea izanik, mundu mailan…</t>
+  </si>
+  <si>
+    <t>Partenon Etorbidea, 5 Madril 28042 Espainia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/iberia-esposizioa</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>UAGR-COAGek “CUEren erabilerarako egokitzapena. Nekazaritza-jardueran erabakiak hartzeko oinarrizko tresna digitalak” prestakuntza-jardunaldia egingo du 2026ko otsailaren 26an , Nekazaritza-…</t>
+  </si>
+  <si>
+    <t>CajaRioja Fundazioa (Viura Aretoa): C. de la Vega, 16, Haro, Errioxa.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/coagek-cueri-eta-erabakiak-hartzeko-tresna-digitalei-buruzko-tailer-praktikoa-0</t>
+  </si>
+  <si>
+    <t>Nekazaritzan koaderno digitalari buruzko informazio-saioa – Sevilla</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Ordutegia: 10:00 - 14:00 Kokapena: Enpresa Ekimenen Zentroa, Isaac Peral kalea, 17 Cañada Rosal CP, 41439. Sevilla (Andaluzia) 2026ko otsailaren 26an , Sevillako (Andaluzia) Enpresa Ekimenen Zentroan…</t>
+  </si>
+  <si>
+    <t>Enpresa Ekimen Zentroa, Isaac Peral kalea, 17. Cañada Rosal CP, 41439. Sevilla (Andaluzia)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/nekazaritzan-koaderno-digitalari-buruzko-informazio-saioa-sevilla</t>
+  </si>
+  <si>
+    <t>Aholkularientzat: Andaluzian kanal laburrei buruzko aholkularitza emateko jardunaldi egokiak</t>
+  </si>
+  <si>
+    <t>Or, 27/02/2026 - 09:09</t>
+  </si>
+  <si>
+    <t>Or, 27/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>RIA-CCC proiektuak izen-ematea ireki du 2026ko otsailaren 27an Granadan egingo den aurrez aurreko prestakuntza-jardunaldirako , Andaluzian Marketin Kanal Laburren (CCC) inguruko aholkularitzan…</t>
+  </si>
+  <si>
+    <t>Granada</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/aholkularientzat-andaluzian-kanal-laburrei-buruzko-aholkularitza-emateko-jardunaldi</t>
+  </si>
+  <si>
+    <t>COAG Gaztela eta Leónek belaunaldien aldaketa, digitalizazioa eta NPBren etorkizuna jorratzen dituen konferentzia bat egingo du Valladoliden</t>
+  </si>
+  <si>
+    <t>Or, 27/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Or, 27/02/2026 - 15:55</t>
+  </si>
+  <si>
+    <t>COAG Gaztela eta Leonek “Belaunaldien arteko aldaketa suspertzea. Gazteen eta emakumeen nekazaritza-jardueran sartzea. 2028/2034ko EMEren, NPBren eta merkataritza-akordioen proposamenak” hitzaldia…</t>
+  </si>
+  <si>
+    <t>Sercotel Valladolid hotela (C/ Puerto Rico z/g, Valladolid)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/coag-gaztela-eta-leonek-belaunaldien-aldaketa-digitalizazioa-eta-npbren-etorkizuna</t>
+  </si>
+  <si>
+    <t>AECOC Elikagaien Segurtasun eta Kalitate Kongresua 2026 zientzian, berrikuntzan eta kontsumitzaileen konfiantzan oinarrituko da</t>
+  </si>
+  <si>
+    <t>Kongresuak</t>
+  </si>
+  <si>
+    <t>Ar, 03/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Ar, 03/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Elikagaien segurtasunak elikagai-kateko eragile guztien konpromisoa eta lankidetza eskatzen ditu, baita agintarien, enpresen eta kontsumitzaileen arteko erantzun koordinatua ere. “Zientzia,…</t>
+  </si>
+  <si>
+    <t>Royal Retiro Antzokia, Plaza de Daoíz y Velarde, 4, Madril 28007</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/aecoc-elikagaien-segurtasun-eta-kalitate-kongresua-2026-zientzian-berrikuntzan-eta</t>
+  </si>
+  <si>
+    <t>Jatorri Naturala</t>
   </si>
   <si>
     <t>Azokak</t>
   </si>
   <si>
-    <t>La, 20/12/2025 - 22:00</t>
-[...8 lines deleted...]
-    <t>Trufa beltz freskoak saltzen dituen merkatua (Sarrera doan)</t>
+    <t>Az, 04/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Naturatik sortutako berrikuntza. Origin Natura 2026 etorkizuneko produktu naturalak lantzen , ikertzen , formulatzen eta merkaturatzen dituztenak biltzen dituen bilgunea da. Osagai naturalen eta…</t>
+  </si>
+  <si>
+    <t>IFEMA, Av. del Partenón, 5, Barajas, 28042 Madril</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/jatorri-naturala</t>
+  </si>
+  <si>
+    <t>Landareen Osasunari buruzko XVIII. Sinposioa</t>
+  </si>
+  <si>
+    <t>Az, 04/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Or, 06/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Ekitaldia hasi baino urtebete lehenago, Mendebaldeko Andaluziako Nekazaritza Ingeniari Teknikoen Elkargoa (COITAND) dagoeneko lanean ari da bere antolaketan, landareen osasunerako arazo…</t>
+  </si>
+  <si>
+    <t>Hotel Meliá Sevilla C/ Pedro de Castro Dr., 1 41004 Sevilla Espainia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/landareen-osasunari-buruzko-xviii-sinposioa</t>
+  </si>
+  <si>
+    <t>Porci Foroa 26</t>
+  </si>
+  <si>
+    <t>Kongresuak, Azokak, Mintegiak</t>
+  </si>
+  <si>
+    <t>Az, 04/03/2026 - 08:00</t>
+  </si>
+  <si>
+    <t>Og, 05/03/2026 - 13:30</t>
+  </si>
+  <si>
+    <t>Txerri ekitaldi paregabe eta nazioartekoa PorciFORUM dagoeneko txerri-industriaren nazioarteko ekitaldi nagusi gisa finkatu da. Kongresu tekniko honek urtero biltzen ditu sektoreko profesional…</t>
+  </si>
+  <si>
+    <t>Llotja Kongresu Jauregia, Lérida.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/porci-foroa-26</t>
+  </si>
+  <si>
+    <t>8. Garapen Iraunkorraren Kongresuak iraunkortasunaren, zirkulartasunaren eta lehiakortasunaren arloko negozioen erronkei helduko die</t>
+  </si>
+  <si>
+    <t>Az, 04/03/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Geopolitika globalak jasangarritasun-politiketan zuzenean eragiten duen testuinguru batean, Garapen Jasangarriaren 8. Kongresuak sektoreko profesional nagusiak bilduko ditu enpresek ingurumen- eta…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/8-garapen-iraunkorraren-kongresuak-iraunkortasunaren-zirkulartasunaren-eta</t>
+  </si>
+  <si>
+    <t>EBko NPB Sareak mintegi bat antolatzen ari da Bruselan, nekazari gazteen eta landa-eremuko gazteen geraleku-eskubideari buruz.</t>
+  </si>
+  <si>
+    <t>Az, 11/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Az, 11/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>2026ko martxoaren 11n , EBko NEP Sareak "Nekazari gazteei eta landa-eremuko gazteei egoteko eskubidea bermatzea" aurrez aurreko mintegia egingo du Bruselan (Belgika) , Nekazaritzan Belaunaldien…</t>
+  </si>
+  <si>
+    <t>Brusela, Belgika.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/ebko-npb-sareak-mintegi-bat-antolatzen-ari-da-bruselan-nekazari-gazteen-eta-landa-eremuko</t>
+  </si>
+  <si>
+    <t>DIVAk mintegi bat antolatzen ari da Aldeanueva del Caminon, nekazaritza-elikagaien sektorean kalitatezko marken garrantziaz</t>
+  </si>
+  <si>
+    <t>Og, 19/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Og, 19/03/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>Ambroz Haraneko Garapen Integraturako Elkarteak (DIVA) RURALMENTE proiektuaren 6. jarduera (A6) egingo du 2026ko martxoaren 19an, Aldeanueva del Camino-n (Cáceres). Jarduera honek "Kalitatezko marken…</t>
+  </si>
+  <si>
+    <t>Marce “Forillo” aretoa, Aldeanueva del Camino (Cáceres)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/divak-mintegi-bat-antolatzen-ari-da-aldeanueva-del-caminon-nekazaritza-elikagaien</t>
+  </si>
+  <si>
+    <t>Sant Josep azoka, Mollerussan</t>
+  </si>
+  <si>
+    <t>Og, 19/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Ig, 22/03/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Kataluniako Nekazaritza Makineriaren Azoka. Erakusketa sektoreak: Traktoreak, nekazaritza, abeltzaintza eta industria makinak. Nekazaritzarako eta abeltzaintzarako osagarriak. Ongarriak, bazka,…</t>
+  </si>
+  <si>
+    <t>Avda. del Canal, z/g 25230 Mollerussa Lleida Espainia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/sant-josep-azoka-mollerussan-0</t>
+  </si>
+  <si>
+    <t>AI-AGRIFOOD 2026-k Kordobako komunitate zientifikoa eta teknologikoa bilduko du nekazaritza-elikagaien sistemari aplikatutako Adimen Artifizialaren inguruan</t>
+  </si>
+  <si>
+    <t>Or, 20/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Adimen Artifiziala (AA) azkar eraldatzen ari da nekazaritza-elikagaien sektorea, lehen mailako ekoizpenetik hasi eta elikagai-kateraino. Testuinguru honetan, Kordobak AI-AGRIFOOD 2026 hartuko du,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/ai-agrifood-2026-k-kordobako-komunitate-zientifikoa-eta-teknologikoa-bilduko-du</t>
+  </si>
+  <si>
+    <t>DIVAk nekazaritza-elikagaien marketin eta salmentari buruzko konferentzia bat antolatu du, arrakasta-istorioekin: “Marca Galicia”</t>
+  </si>
+  <si>
+    <t>Or, 20/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Or, 20/03/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>2026ko martxoaren 20an , DIVAk RURALMENTE proiektuaren 7. jarduera (A7) garatuko du Aldeanueva del Camino-n (Cáceres) , "Nekazaritza-elikagaien produktuari lotutako marketina eta marketina" gaiari…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/divak-nekazaritza-elikagaien-marketin-eta-salmentari-buruzko-konferentzia-bat-antolatu-du</t>
+  </si>
+  <si>
+    <t>DIVAk asteburu bat sustatzen du Ambroz Haraneko landa-ondarea eta bere kalitatezko produktuak nabarmentzeko</t>
+  </si>
+  <si>
+    <t>La, 21/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Ig, 22/03/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>DIVAk RURALMENTE proiektuaren 8. jarduera (A8) egingo du 2026ko martxoaren 21ean eta 22an, Aldeanueva del Camino-n (Cáceres). "Ambroz Haraneko Landa Ondarearen Balioa Hobetzea" izeneko dibulgazio eta…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/divak-asteburu-bat-sustatzen-du-ambroz-haraneko-landa-ondarea-eta-bere-kalitatezko</t>
+  </si>
+  <si>
+    <t>JANARIA 2026</t>
+  </si>
+  <si>
+    <t>Al, 23/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Og, 26/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Aurten ere, Triptolemos Fundazioa Alimentarian egongo da, Espainiako eta Mediterraneoko elikagai, edarien eta gastronomia azoka nagusia, eta sektoreko nazioarteko erreferentea. Alimentariak…</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>Bartzelona - Gran Via</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/janaria-2026</t>
+  </si>
+  <si>
+    <t>Janari, edarien eta janari zerbitzuen nazioarteko erakusketa</t>
+  </si>
+  <si>
+    <t>Alimentaria elikagaien eta edarien industriaren nazioarteko azoka nagusietako bat da, eta nekazaritza, nekazaritzako eta elikagaien ekoizpenari aplikatutako teknologiaren funtsezko alderdiak ere…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/janari-edarien-eta-janari-zerbitzuen-nazioarteko-erakusketa</t>
+  </si>
+  <si>
+    <t>Hazi Ekoizleen IV. Sinposio Nazionala</t>
+  </si>
+  <si>
+    <t>Kongresuak, Esperientzien trukea, Mintegiak</t>
+  </si>
+  <si>
+    <t>Az, 25/03/2026 - 09:30</t>
+  </si>
+  <si>
+    <t>Az, 25/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Segoviak martxoan hazi ziurtatuen aldeko bilera bat antolatuko du APROSEk Hazi Ekoizleen IV. Sinposio Nazionala egingo duela iragarri du 'Ziurtatutako hazia: konfiantzaz erein arrakastaz biltzeko'…</t>
+  </si>
+  <si>
+    <t>Segovia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/hazi-ekoizleen-iv-sinposio-nazionala</t>
+  </si>
+  <si>
+    <t>"Nekazaritza-boltaika: kilowatt-ordutik haragoko eguzki-energia" mintegi teknikoa, CIES 2026ren testuinguruan</t>
+  </si>
+  <si>
+    <t>Az, 25/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Az, 25/03/2026 - 13:33</t>
+  </si>
+  <si>
+    <t>"Agrivoltaika: kilowatt-ordutik haragoko eguzki-energia" izeneko jardunaldi teknikoa, XX. Iberiar Kongresuaren eta XVI. Iberoamerikar Eguzki-Energiaren Kongresuaren (CIES 2026) jarduera paraleloen…</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>Almeriako Unibertsitateko Ekonomia Eraikineko bilera-aretoa.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/nekazaritza-boltaika-kilowatt-ordutik-haragoko-eguzki-energia-mintegi-teknikoa-cies</t>
+  </si>
+  <si>
+    <t>Munduko Oliba Olioaren Erakusketa</t>
+  </si>
+  <si>
+    <t>Or, 03/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>La, 04/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Munduko Oliba Olioaren Erakusketa. Oliba olioaren profesionalen bilgunea. Negozioak eta hazkundea, nekazaritza eta makineria, gastronomia, diseinua... Azken edizioan, WOOE programak 60 hizlari baino…</t>
+  </si>
+  <si>
+    <t>IFEMA MADRID Campo de las Naciones 28042 – MADRID</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/munduko-oliba-olioaren-erakusketa</t>
+  </si>
+  <si>
+    <t>XVII. Intxaurrondoen Konferentzia Teknikoa 2026</t>
+  </si>
+  <si>
+    <t>Og, 16/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Og, 16/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>Konstantino</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/xvii-intxaurrondoen-konferentzia-teknikoa-2026</t>
+  </si>
+  <si>
+    <t>Úbedak 2026ko Olibondo Erroten Maisu eta Operadoreen VI. Kongresu Nazionala hartuko du</t>
+  </si>
+  <si>
+    <t>La, 18/04/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>La, 18/04/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Datorren larunbatean, 2026ko apirilaren 18an , Úbeda hiria, Gizateriaren Ondare eta oliba olioaren sektoreko lider ukaezina, oliba olioaren profesionalen bilgune bihurtuko da berriro ere. Oliba…</t>
+  </si>
+  <si>
+    <t>Jaén</t>
+  </si>
+  <si>
+    <t>Ubeda. Jaén.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/ubedak-2026ko-olibondo-erroten-maisu-eta-operadoreen-vi-kongresu-nazionala-hartuko-du</t>
+  </si>
+  <si>
+    <t>XVII. Expolevante-Níjar</t>
+  </si>
+  <si>
+    <t>Az, 22/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Or, 24/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Expolevante-Níjar nekazaritza azokak bere hamazazpigarren edizioa ospatuko du apirilaren 22tik 24ra Campohermoso Erakusketa eta Kongresu Zentroan , lorezaintza sektoreko ekitaldi nagusietako bat…</t>
+  </si>
+  <si>
+    <t>Campohermoso Erakusketa eta Kongresu Jauregia 04100 Níjar Almería Espainia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/xvii-expolevante-nijar</t>
+  </si>
+  <si>
+    <t>AG Berria - Nazioarteko Nekazaritza Konferentzia eta Erakusketa</t>
+  </si>
+  <si>
+    <t>Kongresuak, Emaitzen zabalkundea, Egun teknikoak, Saregintza, Tailerrak</t>
+  </si>
+  <si>
+    <t>Al, 27/04/2026 - 22:00</t>
+  </si>
+  <si>
+    <t>Az, 29/04/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Ongarri espezializatuetan, BioAg teknologietan eta nekazaritza jasangarrian egindako azken aurrerapenak, laboreen ekoizpenaren etorkizuna moldatuko dutenak. Ongarri berezietan, BioAg teknologietan…</t>
+  </si>
+  <si>
+    <t>Hotel Riu Plaza España, Madril, Espainia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/ag-berria-nazioarteko-nekazaritza-konferentzia-eta-erakusketa</t>
+  </si>
+  <si>
+    <t>Phytomak "Pistatxo eta almendraren neurri fitosanitarioen oraina eta etorkizuna" bilera antolatzen du</t>
+  </si>
+  <si>
+    <t>Ar, 28/04/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Az, 29/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Bilera apirilaren 28an eta 29an izango da, Tomellosoko (Ciudad Real) IRIAFen. Ciudad Realeko Tomelloso herria fruitu lehorren ikerketaren munduko epizentro bihurtuko da apirilaren 28tik 29ra . "…</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
+    <t>Tomellosoko IRIAF (Ciudad Real)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/phytomak-pistatxo-eta-almendraren-neurri-fitosanitarioen-oraina-eta-etorkizuna-bilera</t>
+  </si>
+  <si>
+    <t>XXIV. Uzta Osteko Konferentzia Teknikoa 2026</t>
+  </si>
+  <si>
+    <t>Og, 07/05/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Og, 07/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/xxiv-uzta-osteko-konferentzia-teknikoa-2026</t>
+  </si>
+  <si>
+    <t>EXPOVICAMAN AZOKA</t>
+  </si>
+  <si>
+    <t>Og, 07/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Ig, 10/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Gaztela-Mantxako Nekazaritza eta Abeltzaintza Azoka EXPOVICAMAN , Gaztela-Mantxako Nekazaritza eta Abeltzaintza Azokak, bere 42. edizioa ospatuko du 2026an. Zalantzarik gabe, Gaztela-Mantxako…</t>
+  </si>
+  <si>
+    <t>Albacete</t>
+  </si>
+  <si>
+    <t>IFAB Avda. Gregorio Arcos 19 02006 Albacete Albacete Espainia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/expovicaman-azoka</t>
+  </si>
+  <si>
+    <t>CULTIVA 2026 Huescako probintziako ureztatutako lurretara itzuli da</t>
+  </si>
+  <si>
+    <t>Landa erakustaldiak, Azokak</t>
+  </si>
+  <si>
+    <t>Az, 13/05/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Og, 14/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Berrikuntza, Teknologia eta Nekazaritza Lotzen CULTIVA 2026 Konferentzia maiatzaren 13an eta 14an egingo da Grañén-Albero Bajo- n, Huescan, ureztatutako baserri batean. Ekitaldi hau neguko zerealetan…</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
+    <t>Huesca</t>
+  </si>
+  <si>
+    <t>Grañén-Albero Bajo, Huesca.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/cultiva-2026-huescako-probintziako-ureztatutako-lurretara-itzuli-da</t>
+  </si>
+  <si>
+    <t>Uraren erresilientzia nekazaritzan: berrikuntza praktikan, EBko PAC Sarearen eskutik</t>
+  </si>
+  <si>
+    <t>Ar, 19/05/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Og, 21/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>“Uraren erresilientzia nekazaritzan: berrikuntza praktikan” konferentzia, berrikuntzan, ezagutza trukean eta EIP-AGRI ikuspegian oinarritutako Europako bilera, maiatzaren 19tik 21era bitartean egingo…</t>
+  </si>
+  <si>
+    <t>Hanburgo (Alemania)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/uraren-erresilientzia-nekazaritzan-berrikuntza-praktikan-ebko-pac-sarearen-eskutik</t>
+  </si>
+  <si>
+    <t>ENOFORUM AZOKA</t>
+  </si>
+  <si>
+    <t>Az, 20/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Og, 21/05/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Enoforum upategiei eta ardo-enpresei eskainitako kongresu tekniko-zientifiko eta azoka bat da. Helburua: hornitzaile enpresak, ikertzaileak, ardogileak eta upategi eta mahasti teknikariak biltzea,…</t>
+  </si>
+  <si>
     <t>Zaragoza</t>
   </si>
   <si>
-    <t>Cinegia Gate Zaragoza</t>
-[...449 lines deleted...]
-    <t>https://akisplataforma.es/eu/gertaerak/ubedak-2026ko-olibondo-erroten-maisu-eta-operadoreen-vi-kongresu-nazionala-hartuko-du</t>
+    <t>Zaragozako Azoka, A-2 autobidea, 311 km, 50012 Zaragoza, Zaragoza, Espainia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/enoforum-azoka</t>
+  </si>
+  <si>
+    <t>2026ko Neguko Belar Laboreei buruzko XXII. Eskualde arteko Landa Eguna</t>
+  </si>
+  <si>
+    <t>Og, 21/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/2026ko-neguko-belar-laboreei-buruzko-xxii-eskualde-arteko-landa-eguna</t>
+  </si>
+  <si>
+    <t>XVIII. Almendrondo Eguna 2026</t>
+  </si>
+  <si>
+    <t>Az, 03/06/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Az, 03/06/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Borges Blanques</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/xviii-almendrondo-eguna-2026</t>
+  </si>
+  <si>
+    <t>ABANCA NAZIOARTEKO AZOKA - GALIZIAKO ASTE BERDEA</t>
+  </si>
+  <si>
+    <t>Og, 04/06/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Ig, 07/06/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Galiziako Abanca Nazioarteko Aste Berdearen Azokak 47. edizioa du, Iberiar penintsularen ipar-mendebaldeko sektore anitzeko azoka eta aisialdi ekitaldirik handiena bezala finkatuta. Ekitaldi…</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
+    <t>Silleda (Pontevedra)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/abanca-nazioarteko-azoka-galiziako-aste-berdea</t>
+  </si>
+  <si>
+    <t>GALIFOREST</t>
+  </si>
+  <si>
+    <t>Og, 02/07/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>La, 04/07/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Galiforest Abanca basogintzako monografiak zortzigarren edizioa ospatuko du 2026ko uztailaren 2tik 4ra, Boqueixóngo (A Coruña) udaletxean dagoen Sergude Agrobasogintzako Prestakuntza eta…</t>
+  </si>
+  <si>
+    <t>Coruña, A</t>
+  </si>
+  <si>
+    <t>Boqueixón (A Coruña)</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/galiforest</t>
   </si>
   <si>
     <t>XXIX. Arroz-eremuaren Eguna 2026</t>
   </si>
   <si>
-    <t>Emaitzen zabalkundea, Egun teknikoak</t>
-[...1 lines deleted...]
-  <si>
     <t>Og, 27/08/2026 - 14:00</t>
   </si>
   <si>
     <t>Og, 27/08/2026 - 23:00</t>
   </si>
   <si>
-    <t>Eguneko behin-behineko data. Laster argitaratuko dugu ekitaldiari buruzko informazio gehiago. Informazio gehiago jaso nahi baduzu, egin klik hurrengo web orrian dagoen "Interesa dut" botoian .</t>
-[...4 lines deleted...]
-  <si>
     <t>Amposta</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/gertaerak/xxix-arroz-eremuaren-eguna-2026</t>
   </si>
   <si>
     <t>RECOMEX. 2026ko neguko labore estentsiboetan egindako entsegu eta berrikuntzen emaitzak</t>
   </si>
   <si>
     <t>Or, 04/09/2026 - 00:00</t>
   </si>
   <si>
     <t>Or, 04/09/2026 - 23:00</t>
   </si>
   <si>
     <t>Calaf</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/gertaerak/recomex-2026ko-neguko-labore-estentsiboetan-egindako-entsegu-eta-berrikuntzen-emaitzak</t>
   </si>
   <si>
     <t>Espainiako Konpostaje Sarearen IX. Konferentzia</t>
   </si>
   <si>
     <t>Ar, 29/09/2026 - 09:00</t>
   </si>
   <si>
     <t>Og, 01/10/2026 - 20:00</t>
   </si>
   <si>
     <t>Espainiako Konpostaje Sarearen 9. Biltzarraren daten eta lekuaren iragarpena. 2026ko irailaren 29a eta 30a, eta urriaren 1a . Granada , Granadako Unibertsitateko Arkitektura Goi Mailako Eskola…</t>
   </si>
   <si>
-    <t>Granada</t>
-[...1 lines deleted...]
-  <si>
     <t>https://akisplataforma.es/eu/gertaerak/espainiako-konpostaje-sarearen-ix-konferentzia</t>
   </si>
   <si>
+    <t>EXPOBIOMASS AZOKA</t>
+  </si>
+  <si>
+    <t>Ar, 29/09/2026 - 18:00</t>
+  </si>
+  <si>
+    <t>Az, 30/09/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>AVEBIOM, Biomasaren Energia Balioztatzeko Espainiako Elkartea AVEBIOM, EXPOBIOMASAren antolatzailea, bioenergia sektoreko eragile nagusien elkartea da, biomasaren balio-kate osoa hartzen duena.…</t>
+  </si>
+  <si>
+    <t>Valladolideko azoka, Avda. Ramón Pradera, 3, 47009 Valladolid</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/expobiomass-azoka</t>
+  </si>
+  <si>
+    <t>Fruta-erakargarritasuna</t>
+  </si>
+  <si>
+    <t>Kongresuak, Azokak, Esperientzien trukea, Saregintza, Mintegiak, Tailerrak</t>
+  </si>
+  <si>
+    <t>Az, 30/09/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Or, 02/10/2026 - 23:00</t>
+  </si>
+  <si>
+    <t>Irailaren 30etik urriaren 2ra , Madril bihurtuko da hazi, konektatu eta beren negozio-estrategiak eraldatu nahi dituzten operadore, txikizkari eta profesionalen epizentro globala. Fruit Attraction…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/fruta-erakargarritasuna</t>
+  </si>
+  <si>
     <t>Alimentaria FoodTech-ek nekazaritzako elikagaien berrikuntza bilduko du Innovarena erakusketa-gunean.</t>
   </si>
   <si>
     <t>Ar, 06/10/2026 - 00:00</t>
   </si>
   <si>
     <t>Og, 08/10/2026 - 00:00</t>
   </si>
   <si>
     <t>Alimentaria FoodTech azokak edizio berri bat egingo du 2026ko urriaren 6tik 8ra, Bartzelonako Firako Gran Via aretoan. Nekazaritzako elikagaien industriarako berrikuntza, teknologia eta osagaien…</t>
   </si>
   <si>
     <t>Bartzelonako Firako Gran Via aretoa</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/gertaerak/alimentaria-foodtech-ek-nekazaritzako-elikagaien-berrikuntza-bilduko-du-innovarena</t>
   </si>
   <si>
     <t>Espainiako Fitopatologia Elkartearen XXII. Kongresua</t>
   </si>
   <si>
     <t>Kongresuak, Emaitzen zabalkundea, Egun teknikoak, Mintegiak, Tailerrak</t>
   </si>
   <si>
     <t>Al, 19/10/2026 - 18:00</t>
@@ -692,66 +1142,129 @@
   <si>
     <t>Balears, Illes</t>
   </si>
   <si>
     <t>Hipotels Konbentzio Zentroa, Palma (Mallorca)</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/gertaerak/espainiako-fitopatologia-elkartearen-xxii-kongresua</t>
   </si>
   <si>
     <t>XXXI IRTA Fruta Hazkuntza Konferentzia 2026</t>
   </si>
   <si>
     <t>Az, 21/10/2026 - 09:00</t>
   </si>
   <si>
     <t>Eguneko behin-behineko data. Ekitaldiari buruzko informazio gehiago laster argitaratuko da. Informazio gehiago jaso nahi baduzu, egin klik hurrengo web orrian dagoen "Interesa dut" botoian .</t>
   </si>
   <si>
     <t>Mollerussa</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/gertaerak/xxxi-irta-fruta-hazkuntza-konferentzia-2026</t>
   </si>
   <si>
+    <t>SEPOR Azoka, Lorcan (Murtzia)</t>
+  </si>
+  <si>
+    <t>Al, 26/10/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Og, 29/10/2026 - 20:00</t>
+  </si>
+  <si>
+    <t>Lorca (Murtzia) lehen sektorearen bilgune nagusi bihurtuko da berriro ere SEPOR – Abeltzaintza, Industria eta Nekazaritza Elikagaien Azoka edizio berri batekin, 2026ko urriaren 26tik 29ra bitartean…</t>
+  </si>
+  <si>
+    <t>Lorca Azoka Plaza Santa Quiteria plaza, z/g 30800 Lorca Murtzia Espainia</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/sepor-azoka-lorcan-murtzia</t>
+  </si>
+  <si>
     <t>Anuga Select Ibérica: elikagaien industriarako ekitaldi garrantzitsu berria IFEMA MADRIDera iritsiko da 2027ko otsailean</t>
   </si>
   <si>
     <t>Ar, 16/02/2027 - 09:00</t>
   </si>
   <si>
     <t>Og, 18/02/2027 - 20:00</t>
   </si>
   <si>
     <t>Iberiar penintsulako elikagai eta edarien industriak mugarri berri bat lortu du Anuga Select Ibérica -ren etorrerarekin, 2027ko otsailaren 16tik 18ra IFEMA Madrilen egingo den ekitaldi profesional…</t>
   </si>
   <si>
     <t>IFEMA. Madril.</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/gertaerak/anuga-select-iberica-elikagaien-industriarako-ekitaldi-garrantzitsu-berria-ifema</t>
+  </si>
+  <si>
+    <t>SMAGUA</t>
+  </si>
+  <si>
+    <t>Kongresuak, Egun teknikoak</t>
+  </si>
+  <si>
+    <t>Ar, 16/02/2027 - 14:00</t>
+  </si>
+  <si>
+    <t>Og, 18/02/2027 - 23:00</t>
+  </si>
+  <si>
+    <t>28. Nazioarteko Ur, Ureztatze eta Ingurumen Erakusketa SMAGUAren ospeak, Europako azoka garrantzitsuenetako bat bihurtu denez, mundu osoko profesionalak erakartzen ditu, uraren zikloan aplikatutako…</t>
+  </si>
+  <si>
+    <t>Zaragozako Azoka A-2 autobidea, 311 km 50012 Zaragoza</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/smagua</t>
+  </si>
+  <si>
+    <t>Asturforesta, basogintza sektoreko nazioarteko ekitaldi nagusia benetako lan-baldintzetan</t>
+  </si>
+  <si>
+    <t>Og, 27/05/2027 - 18:00</t>
+  </si>
+  <si>
+    <t>La, 29/05/2027 - 23:00</t>
+  </si>
+  <si>
+    <t>1997an lehen deialdia egin zenetik 13 edizio egin dira , eta Asturforesta basogintza sektoreko, egurraren eta hari lotutako industriako profesionalen bilgune nagusietako bat bihurtu da, bai estatu…</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>Asturias</t>
+  </si>
+  <si>
+    <t>Asturiasko Nazioarteko Basogintza Azoka, Tineoko Udala, Udaletxeko Plaza, z/g, 33870 Tineo, Asturias</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/gertaerak/asturforesta-basogintza-sektoreko-nazioarteko-ekitaldi-nagusia-benetako-lan-baldintzetan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1058,68 +1571,68 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J36"/>
+  <dimension ref="A1:J64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J36"/>
+      <selection activeCell="A1" sqref="A1:J64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="185.098" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="237.085" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="10" max="10" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1129,1101 +1642,2003 @@
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="G2" s="1"/>
-      <c r="H2" s="1"/>
+      <c r="G2" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>17</v>
+      </c>
       <c r="I2" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="H3" s="1"/>
+        <v>22</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>24</v>
+      </c>
       <c r="I3" s="1" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="H4" s="1"/>
+        <v>30</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="I4" s="1" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="H6" s="1"/>
+        <v>46</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>47</v>
+      </c>
       <c r="I6" s="1" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" s="1" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
-      <c r="I7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="1"/>
       <c r="J7" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      <c r="I8" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>41</v>
+      </c>
       <c r="J8" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-      <c r="H9" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>62</v>
+      </c>
       <c r="I9" s="1" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-      <c r="H11" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>77</v>
+      </c>
       <c r="I11" s="1" t="s">
-        <v>16</v>
+        <v>78</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>90</v>
+        <v>23</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>98</v>
+        <v>61</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>35</v>
+        <v>113</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>36</v>
+        <v>113</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>81</v>
+        <v>21</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>110</v>
-[...6 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="G17" s="1"/>
+      <c r="H17" s="1"/>
       <c r="I17" s="1" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="B18" s="1"/>
       <c r="C18" s="1" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>118</v>
+        <v>32</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>81</v>
+        <v>21</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>77</v>
+        <v>113</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B20" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H20" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I20" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="B21" s="1"/>
+        <v>136</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>21</v>
+      </c>
       <c r="C21" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>139</v>
+        <v>23</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>140</v>
       </c>
       <c r="I21" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="J21" s="1" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="D22" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="E22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="G22" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="E22" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="1" t="s">
+      <c r="J22" s="1" t="s">
         <v>147</v>
-      </c>
-[...8 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>151</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="G23" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G23" s="1"/>
       <c r="H23" s="1" t="s">
-        <v>140</v>
+        <v>32</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>153</v>
       </c>
       <c r="J23" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="E24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="E24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="1" t="s">
+      <c r="G24" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="G24" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I24" s="1" t="s">
+      <c r="J24" s="1" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>163</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>164</v>
       </c>
       <c r="G25" s="1"/>
       <c r="H25" s="1" t="s">
-        <v>140</v>
+        <v>47</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>148</v>
+        <v>165</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>30</v>
+        <v>168</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="G26" s="1"/>
+        <v>171</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="H26" s="1" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="I26" s="1"/>
+        <v>85</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>172</v>
+      </c>
       <c r="J26" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>30</v>
+        <v>149</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="G27" s="1"/>
       <c r="H27" s="1" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>173</v>
+        <v>153</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="B28" s="1"/>
       <c r="C28" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>131</v>
+        <v>39</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>185</v>
+        <v>40</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>189</v>
+        <v>156</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>98</v>
+        <v>76</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>193</v>
+        <v>85</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>194</v>
       </c>
       <c r="J30" s="1" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>189</v>
+        <v>149</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="E31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="E31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G31" s="1" t="s">
-        <v>98</v>
+        <v>23</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I31" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="J31" s="1" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="D32" s="1" t="s">
+      <c r="E32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="E32" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="1" t="s">
+      <c r="G32" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="J32" s="1" t="s">
         <v>204</v>
-      </c>
-[...10 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="1" t="s">
+      <c r="E33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="G33" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="J33" s="1" t="s">
         <v>209</v>
-      </c>
-[...16 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="G34" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H34" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="I34" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="J34" s="1" t="s">
         <v>216</v>
-      </c>
-[...16 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>189</v>
+        <v>156</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="G35" s="1"/>
       <c r="H35" s="1" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="I35" s="1"/>
       <c r="J35" s="1" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="J36" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="B36" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="1" t="s">
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="B37" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="E36" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="1" t="s">
+      <c r="D37" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="G36" s="1" t="s">
-[...3 lines deleted...]
-      <c r="I36" s="1" t="s">
+      <c r="E37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="J36" s="1" t="s">
+      <c r="G37" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H37" s="1" t="s">
         <v>231</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="J37" s="1" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H38" s="1"/>
+      <c r="I38" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="J38" s="1" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="J39" s="1" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="J40" s="1" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="J41" s="1" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H42" s="1"/>
+      <c r="I42" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="J42" s="1" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="J43" s="1" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="J44" s="1" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="J45" s="1" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="J46" s="1" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="G47" s="1"/>
+      <c r="H47" s="1"/>
+      <c r="I47" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="J47" s="1" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="J48" s="1" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H49" s="1"/>
+      <c r="I49" s="1"/>
+      <c r="J49" s="1" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="J50" s="1" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="J51" s="1" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="J52" s="1" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="J53" s="1" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="J54" s="1" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="J55" s="1" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="J56" s="1" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="J57" s="1" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="J58" s="1" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="J59" s="1" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="J60" s="1" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H62" s="1"/>
+      <c r="I62" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="J62" s="1" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="J63" s="1" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="J64" s="1" t="s">
+        <v>402</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>