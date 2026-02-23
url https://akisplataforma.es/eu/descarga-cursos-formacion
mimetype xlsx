--- v0 (2025-12-17)
+++ v1 (2026-02-23)
@@ -12,556 +12,1252 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Cursos de formación" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="549">
   <si>
     <t>Curso</t>
   </si>
   <si>
     <t>Inicio</t>
   </si>
   <si>
     <t>Fin</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localizacion</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Gratuito</t>
   </si>
   <si>
     <t>Descripcion</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
-    <t>Negozio eredu berriak: Mikroalgen ekoizpen agroindustriala</t>
-[...5 lines deleted...]
-    <t>Og, 18/12/2025 - 20:00</t>
+    <t>UREZTAPEN INSTALAZIOEN KALKULU ETA DISEINUAREN IKASTAROA</t>
+  </si>
+  <si>
+    <t>Ar, 24/02/2026 - 00:00</t>
   </si>
   <si>
     <t>Sarean</t>
   </si>
   <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Ikastaro honek ureztatze sistemen diseinuan eta mantentzean jartzen du arreta. Uztetarako behar den ur kantitatea nola zehaztu eta ur iturri…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ureztapen-instalazioen-kalkulu-eta-diseinuaren-ikastaroa</t>
+  </si>
+  <si>
+    <t>Ikastaro berria Aragoiko Artzain Eskolan</t>
+  </si>
+  <si>
+    <t>Ar, 24/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Or, 04/09/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Huesca</t>
+  </si>
+  <si>
+    <t>San Juan de Plan. Aragón.</t>
+  </si>
+  <si>
+    <t>Pertsonalki</t>
+  </si>
+  <si>
     <t>Sí</t>
   </si>
   <si>
-    <t>ASETAGAk pozik iragartzen du "Negozio Eredu Berriak: Mikroalgen Ekoizpen Agroindustriala". Prestakuntza honek mikroalgen ekoizpen prozesu osoa…</t>
-[...41 lines deleted...]
-    <t>Og, 31/12/2026 - 23:00</t>
+    <t>Iturria: RFEAGAS Izen-ematea otsailaren 1era arte, igandea, egongo da zabalik, eta guztira 10 leku daude eskuragarri. Otsailaren 24an ikastaro berri…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ikastaro-berria-aragoiko-artzain-eskolan</t>
+  </si>
+  <si>
+    <t>MODULU OROKORRA: NEKAZARITZA ETA ABELTZAINTZA PRODUKTUEN EKOIZPEN INTEGRATUKO TEKNIKARIEN KUALIFIKAZIOA</t>
+  </si>
+  <si>
+    <t>Ar, 24/02/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Og, 26/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>Palma del Río</t>
+  </si>
+  <si>
+    <t>Nahastuta</t>
+  </si>
+  <si>
+    <t>Edukia Ekoizpen Integratuari buruzko oinarrizko kontzeptuak: Ekoizpen Integratuaren kontzeptua eta helburuak; landareen babes konbentzionalaren…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/modulu-orokorra-nekazaritza-eta-abeltzaintza-produktuen-ekoizpen-0</t>
+  </si>
+  <si>
+    <t>IKASTAROA: TXERRI-HAZTEGIETAN INGURUMEN-INPAKTUA MURRIZTEKO ESKURAGARRI DAUDEN TEKNIKA ONENAK. ONLINE – 260225FAP</t>
+  </si>
+  <si>
+    <t>Az, 25/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Al, 23/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Honi zuzendua: Gazteak nekazaritza sektorean sartzera bultzatzeko laguntzak jasotzeko prestakuntza osagarri gisa balioztatutako ikastaroa, zehazki…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ikastaroa-txerri-haztegietan-ingurumen-inpaktua-murrizteko-eskuragarri</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA SEKTOREAN LANEKO ARRISKUEN PREBENTZIOARI BURUZKO OINARRIZKO IKASTAROA – ONLINE – 260225PRL</t>
+  </si>
+  <si>
+    <t>Og, 19/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Honi zuzendua: 🔹 Nekazaritza negozioan sartu nahi duten gazteak 🔹 Prebentzio-jarduerak egiten dituzten enpresa-jabeak 🔹 Enpresan prebentziorako…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-sektorean-laneko-arriskuen-prebentzioari-buruzko-oinarrizko-1</t>
+  </si>
+  <si>
+    <t>"Digitalizazioa mugikorretarako aplikazioen bidez" online ikastaroaren 3. edizioa</t>
+  </si>
+  <si>
+    <t>Az, 25/02/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Or, 27/02/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Online síncrona</t>
+  </si>
+  <si>
+    <t>iRiegok antolatutako "Digitalizazioa mugikorretarako aplikazioen bidez" ikastaroaren 3. edizioa online egingo da 2026ko otsailaren 25ean, 26an eta…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/digitalizazioa-mugikorretarako-aplikazioen-bidez-online-ikastaroaren-3</t>
+  </si>
+  <si>
+    <t>Hegazti-ustiategietako langileentzako prestakuntza ikastaroa. Online – 260226AVI</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ar, 17/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Honi zuzendua: Hegazti-ustiategiko langileak Helburuak: Uztailaren 27ko 637/2021 Errege Dekretuaren eskakizuna betetzeko, hegaztiekin lan egiten…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/hegazti-ustiategietako-langileentzako-prestakuntza-ikastaroa-online</t>
+  </si>
+  <si>
+    <t>Ureztatzeko sarrera</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Ar, 07/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t>Campanillas, Málaga</t>
+  </si>
+  <si>
+    <t>Ikastaro honek gutxienez online modulu bat dauka. IFAPA e-learning plataforman eskaintzen diren ikastaroek urrutiko ikaskuntza, aurrez aurreko saio…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ureztatzeko-sarrera</t>
+  </si>
+  <si>
+    <t>Olibondoen Inausketa Eguna</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 09:30</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 13:30</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>Navarra</t>
+  </si>
+  <si>
+    <t>Casa de Cultura de Olite</t>
+  </si>
+  <si>
+    <t>Olibondoen inausketa barietatearen arabera. Inausketarako tresnarik onenak. Inausketa motak. Olibondoen inausketa egoki bat egiteko behar den denbora…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/olibondoen-inausketa-eguna</t>
+  </si>
+  <si>
+    <t>Doako online prestakuntza konpostaje eraginkorrari buruz, nekazaritza-industriako hondakinak balorizatzeko</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 17:07</t>
+  </si>
+  <si>
+    <t>Og, 26/02/2026 - 22:22</t>
   </si>
   <si>
     <t>Online</t>
   </si>
   <si>
-    <t>HELBURUAK Suteen eta leherketen prebentzioari eta babesari buruzko araudi- eta teknika-ezagutzak eskuratzea, nekazaritzako elikagaien industrian…</t>
-[...14 lines deleted...]
-    <t>Aragón</t>
+    <t>Datorren ostegunean, otsailaren 26an , 17:00etatik 20:00etara , ASETAGAk doako online prestakuntza eskainiko du “Konpostaje eraginkorra:…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/doako-online-prestakuntza-konpostaje-eraginkorrari-buruz-nekazaritza</t>
+  </si>
+  <si>
+    <t>PAPAYAREN LABORANTZA</t>
+  </si>
+  <si>
+    <t>Or, 27/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ikastaro honek papaia laborantzaren fase guztiak aztertzen ditu, lurzoruaren eta klimaren eskakizunetatik hasi eta fruituen prozesamenduraino.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/papayaren-laborantza</t>
+  </si>
+  <si>
+    <t>LANDARE-BABESAKO PRODUKTUEN MANEIPULATZAILEAREN IKASTAROA. OINARRIZKO BERRIZTAPEN MAILA – ONLINE – 260227FBR</t>
+  </si>
+  <si>
+    <t>Al, 09/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Honi zuzendua: Landare-babeseko produktuen manipulatzaileentzako oinarrizko lizentzia 10 urte igaro ondoren iraungi zaien eta berritzea kudeatu behar…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/landare-babesako-produktuen-maneipulatzailearen-ikastaroa-oinarrizko</t>
+  </si>
+  <si>
+    <t>ELIKAGAIEN MANEIPULATZAILEA ETA ALERGENOAK.ONLINE – 260227MA</t>
+  </si>
+  <si>
+    <t>Honi zuzendua: Elikagaiak manipulatzea dakarten jardueretan lan egiten duten pertsonak. Helburuak: Ikastaro honen helburua parte-hartzaileei…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/elikagaien-maneipulatzailea-eta-alergenoakonline-260227ma</t>
+  </si>
+  <si>
+    <t>aGROSlab-ek doako online mintegi bat eskaintzen du araudia betetzen duten harpidetza-planak nola garatu azaltzeko.</t>
+  </si>
+  <si>
+    <t>Or, 27/02/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Or, 27/02/2026 - 19:00</t>
+  </si>
+  <si>
+    <t>Ongarritze-plan argiak, justifikagarriak eta operatiboak garatzea funtsezko elementu bihurtu da gero eta zorrotzagoak diren araudi-eskakizunak…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/agroslab-ek-doako-online-mintegi-bat-eskaintzen-du-araudia-betetzen-duten</t>
+  </si>
+  <si>
+    <t>2. Edizioko Biogas/Biometano Planten Diseinu eta Eraikuntza Ikastaroa</t>
+  </si>
+  <si>
+    <t>Ig, 01/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ar, 31/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>"Biogas/Biometano Planten Diseinua eta Eraikuntza Ingeniarientzat" online ikastaroak hondakin organikoak tratatzeko digestio anaerobioko instalazioen…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/2-edizioko-biogasbiometano-planten-diseinu-eta-eraikuntza-ikastaroa</t>
+  </si>
+  <si>
+    <t>Produktu fitosanitarioen erabiltzaile profesionalak eta saltzaileak prestatzeko ikastaroa: Oinarrizko maila. Zubi maila. Maila kualifikatua.</t>
+  </si>
+  <si>
+    <t>Al, 02/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>1311/2012 Errege Dekretuak landare-babeseko produktuen erabilera jasangarria lortzeko jarduketa-esparrua ezartzen du, landare-babeseko produktuek…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/produktu-fitosanitarioen-erabiltzaile-profesionalak-eta-saltzaileak</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Pestiziden Ikastaroa - Maila Kualifikatua</t>
+  </si>
+  <si>
+    <t>Or, 20/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Badajoz</t>
+  </si>
+  <si>
+    <t>Olivenza</t>
+  </si>
+  <si>
+    <t>Ziurtagiri hau lurreko tratamenduen arduradun diren erabiltzaile profesionalei zuzenduta dago, nekazaritzarakoak ez diren aplikazioak barne, eta…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritzako-pestiziden-ikastaroa-maila-kualifikatua-0</t>
+  </si>
+  <si>
+    <t>Animalien Ongizate Ikastaroa Garraiolari eta Abeltzainentzat</t>
+  </si>
+  <si>
+    <t>Or, 06/02/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>C/ Pablo Neruda, 27, Villafranca de los Barros (Badajoz)</t>
+  </si>
+  <si>
+    <t>Ikasleek a eta b ataleko ikastaroen onuradunen baldintza objektiboak dituztenean, eta bi ikastaro espezifikoak egiteko interesa dutenean,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/animalien-ongizate-ikastaroa-garraiolari-eta-abeltzainentzat-1</t>
+  </si>
+  <si>
+    <t>Erlezaintzaren sarrera</t>
+  </si>
+  <si>
+    <t>Al, 02/03/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Or, 06/03/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Palmas, Las</t>
+  </si>
+  <si>
+    <t>GC-2, Km 8,5 - Montaña Cardones 35415 - Arucas (Gran Canaria)</t>
+  </si>
+  <si>
+    <t>Ikastaro honen helburua abeltzaintzan diharduten gazteei eskuragarri dauden ezagutza tekniko eta praktikoak ematea da, erlauntzak kudeatzeko teknika…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/erlezaintzaren-sarrera-1</t>
+  </si>
+  <si>
+    <t>BERDE ESTALDUETAN PRESTAKUNTZA BEREZIALIZATUA</t>
+  </si>
+  <si>
+    <t>Al, 06/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/berde-estalduetan-prestakuntza-berezializatua</t>
+  </si>
+  <si>
+    <t>MODULU OROKORRA: FABRIKATUTAKO ETA PROZESATUTAKO PRODUKTUEN EKOIZPEN INTEGRATUAREN TEKNIKARIOEN KUALIFIKAZIOA</t>
+  </si>
+  <si>
+    <t>Az, 04/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Az, 08/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Jaén</t>
+  </si>
+  <si>
+    <t>Mengíbar</t>
+  </si>
+  <si>
+    <t>Edukia Ekoizpen integratuaren sarrera, kontzeptua eta egoera Trazabilitatea eta elikagaien segurtasuna Ekoizpen integratuan nekazaritzako elikagaien…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/modulu-orokorra-fabrikatutako-eta-prozesatutako-produktuen-ekoizpen</t>
+  </si>
+  <si>
+    <t>ONLINE IKASTAROA - NEKAZARITZARA APLIKATUTAKO ADIMEN ARTIFIZIALA (AA)</t>
+  </si>
+  <si>
+    <t>Ar, 24/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Helburua Nekazaritzari aplikatutako Adimen Artifiziala (AA) online ikastaroan, ikasleak Adimen Artifizialak eskaintzen dituen egungo tresnak ahalik…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/online-ikastaroa-nekazaritzara-aplikatutako-adimen-artifiziala-aa</t>
+  </si>
+  <si>
+    <t>Berotegi ekologikoen kudeaketa aurreratua</t>
+  </si>
+  <si>
+    <t>Og, 05/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>Valencia/València</t>
+  </si>
+  <si>
+    <t>Online ikastaroa: Berotegi organikoen kudeaketa aurreratua. Lurzoru bizia eta haren emankortasuna</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/berotegi-ekologikoen-kudeaketa-aurreratua</t>
+  </si>
+  <si>
+    <t>LABORANTZA-TXANDAKETA EGOKIA PLANIFIKATZEA: KASU PRAKTIKOAK</t>
+  </si>
+  <si>
+    <t>Og, 05/03/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Og, 05/03/2026 - 12:00</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>Araba/Álava</t>
+  </si>
+  <si>
+    <t>Ayuntamiento de Elburgo, Álava</t>
+  </si>
+  <si>
+    <t>Laborantza-txandaketaren oinarrizko printzipioak, Txandaketen diseinurako faktoreak, Txandaketa-ereduak eta motak, Plangintza praktikoa (kasu…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/laborantza-txandaketa-egokia-planifikatzea-kasu-praktikoak</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA ENPRESAN SARTZEA: FRUTA-HAZKUNTZA</t>
+  </si>
+  <si>
+    <t>Ar, 10/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ar, 10/11/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Centro IFAPA de Málaga</t>
+  </si>
+  <si>
+    <t>Moduluak NEKAZARITZA ENPRESA ASOZIAZIONISMOA ETA MARKETINA KONTABILITATEA ETA ORDENAGAILUEN SARRERA ENPRESA HARREMANAK ETA LANEKO ARRISKUEN…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-enpresan-sartzea-fruta-hazkuntza-0</t>
+  </si>
+  <si>
+    <t>Nekazaritza 4.0-Ikastaro Mistoa</t>
+  </si>
+  <si>
+    <t>Nekazaritza 4.0 ikastaroa, edo "4.0 Teknologiak Zehaztasun Makinerian (Mistoa)", 30 orduko online ikastaroa da, gehi gaian aditu batekin aurrez…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-40-ikastaro-mistoa</t>
+  </si>
+  <si>
+    <t>TAILERRA PRAKTIKOA. Zure negozioa babesteko bidea irekitzen AIren aro berrian</t>
+  </si>
+  <si>
+    <t>Ar, 10/03/2026 - 10:00</t>
+  </si>
+  <si>
+    <t>Ar, 10/03/2026 - 12:00</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Calle Serrano 138</t>
+  </si>
+  <si>
+    <t>PONS IP-k eta PONS Fundazioak, EDIH Madrilgo Eskualdearen barruan, 'Negozioaren proiekzioa lideratzea IAren aro berrian' tailer praktikora…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/tailerra-praktikoa-zure-negozioa-babesteko-bidea-irekitzen-airen-aro</t>
+  </si>
+  <si>
+    <t>LURZORUAREN ANALISIA ETA ONGARRIA IRAUNKORRA LORTZEKO JARRAIBIDEEN INTERPRETAZIOA</t>
+  </si>
+  <si>
+    <t>Az, 11/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Lurzoruaren analisiaren garrantzia eta helburuak, Lurzoruaren laginketa metodologia, Lurzoruaren analisi parametroak, Emaitzen interpretazioa,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/lurzoruaren-analisia-eta-ongarria-iraunkorra-lortzeko-jarraibideen</t>
+  </si>
+  <si>
+    <t>Erregistroari (REA), Koadernoari (CUE) eta SIEXi buruzko ikastaroa</t>
+  </si>
+  <si>
+    <t>Az, 25/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ikastaroaren helburuak NPBren araudi berriek, besteak beste, Nekazaritza Ustiategien Informazio Sistema (SIEX) bat sortzea barne hartzen dute,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/erregistroari-rea-koadernoari-cue-eta-siexi-buruzko-ikastaroa</t>
+  </si>
+  <si>
+    <t>Doako online mintegia "Nekazaritzako aholkularitza digitalizatzea"</t>
+  </si>
+  <si>
+    <t>Or, 13/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Or, 13/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>2026ko martxoaren 13an , 09:00etatik 10:15era, aGROSlabek “Nekazaritza aholkularitza digitalizatzea” online mintegia egingo du, saio praktiko bat…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/doako-online-mintegia-nekazaritzako-aholkularitza-digitalizatzea</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ekoizpenean jasangarritasuna</t>
+  </si>
+  <si>
+    <t>Ig, 15/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>Online ikastaro honek baliabide natural gutxiagorekin janari gehiago nola ekoiztu aztertuko du, ingurumena zainduz. Ikastaroaren helburuak: Sustatu…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-ekoizpenean-jasangarritasuna</t>
+  </si>
+  <si>
+    <t>Ikastaroa: Gune berdeetan izurriteen kudeaketa integratuaren aholkularitza teknikaria</t>
+  </si>
+  <si>
+    <t>1311/2012 Errege Dekretua hiri-eremu berdeetan nola aplikatu jakiteko ikastaroa: Ikastaro honek ez zaitu aholkulari gisa akreditatzen; bere helburua…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ikastaroa-gune-berdeetan-izurriteen-kudeaketa-integratuaren-aholkularitza</t>
+  </si>
+  <si>
+    <t>Oinarrizko ureztatze sistemen kudeaketa eta egiaztapena</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>C/ Demetrio de los Ríos, 15. 41003, Sevilla</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien kooperatibek oinarrizko ureztatze-sistemen kudeaketa eta egiaztapenari buruzko ikastaroa eskaintzen diete nekazariei eta…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/oinarrizko-ureztatze-sistemen-kudeaketa-eta-egiaztapena</t>
+  </si>
+  <si>
+    <t>"Txerri-abeltzaintzarekin lan egiten duten langileen gaitasuna" online ikastaroa</t>
+  </si>
+  <si>
+    <t>Al, 16/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Or, 17/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Txerri sektorean lan egiteko prestakuntza jaso nahi baduzu, ez galdu "Txerriekin Lan egiten duten Langileen Gaitasuna" ikastaroa . Arcoiris…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/txerri-abeltzaintzarekin-lan-egiten-duten-langileen-gaitasuna-online</t>
+  </si>
+  <si>
+    <t>Lurrik gabeko laborantza</t>
+  </si>
+  <si>
+    <t>Lurrik gabeko hazkuntzarako irtenbideei buruz ikasteko ONLINE IKASTAROA, substratuaren kalitatea, lurrik gabeko hazkuntza sistema desberdinak,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/lurrik-gabeko-laborantza</t>
+  </si>
+  <si>
+    <t>Lurzoruaren interpretazioan espezializazioa</t>
+  </si>
+  <si>
+    <t>ONLINE IKASTARO honetan, lurzoruaren osasuna mantentzeko gakoak ezagutuko dituzu, nekazaritza eraginkorragoa lortzeko praktika jasangarriekin.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/lurzoruaren-interpretazioan-espezializazioa</t>
+  </si>
+  <si>
+    <t>Berotegiko Lorezaintza Ekoizpen Ikastaroa</t>
+  </si>
+  <si>
+    <t>Az, 18/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria</t>
+  </si>
+  <si>
+    <t>Bihurtu zaitez baratzezaintzako ekoizpenean aditu HARREMANETARAKO</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/berotegiko-lorezaintza-ekoizpen-ikastaroa</t>
+  </si>
+  <si>
+    <t>Nekazaritza Zehatza. Ikastaroa: GIS Aurreratua eta Droneen Kudeaketa</t>
+  </si>
+  <si>
+    <t>60 orduko ikastaro batek, horietatik lau Google Meet bidez denbora errealean irakaslearekin Ikasgela Birtualean emango ditu, eta hainbat gaitan…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-zehatza-ikastaroa-gis-aurreratua-eta-droneen-kudeaketa</t>
+  </si>
+  <si>
+    <t>Olibondo-errotaren kudeaketa</t>
+  </si>
+  <si>
+    <t>INEA-Nekazaritza Ingeniaritza Teknikoko Unibertsitate Eskolak emandako Prestakuntza Ziurtagiria. Helburuak Oliba-olio errotaren kudeaketa integrala…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/olibondo-errotaren-kudeaketa-0</t>
+  </si>
+  <si>
+    <t>Animalien ongizatea animalia bizien garraioan</t>
+  </si>
+  <si>
+    <t>Onartutako titulua Leku mugatuak. HELBURUAK: Animalien garraioan jardunbide egokien oinarriak eskuratzea, kargatzea, deskargatzea eta manipulatzea…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/animalien-ongizatea-animalia-bizien-garraioan</t>
+  </si>
+  <si>
+    <t>Abeltzaintza eta nekazaritza ekologikoari buruzko ikastaroa</t>
+  </si>
+  <si>
+    <t>Gaztela-Mantxako Gobernuak aitortutako prestakuntza espezializatuak 2015/03/24ko Aginduan xedatutakoaren arabera, arlo ekologikoan orduak egiaztatzea…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/abeltzaintza-eta-nekazaritza-ekologikoari-buruzko-ikastaroa</t>
+  </si>
+  <si>
+    <t>AHOLKULARITZAREN PRESTAKUNTZA: Nekazaritza Lurzoruen Kudeaketa Jasangarriari buruzko ikastaroa</t>
+  </si>
+  <si>
+    <t>Nekazaritza-lurzoruen kudeaketa jasangarria funtsezko zutabea da agroekosistemen epe luzerako produktibitatea, ingurumenaren kontserbazioa eta klima-…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/aholkularitzaren-prestakuntza-nekazaritza-lurzoruen-kudeaketa-jasangarriari</t>
+  </si>
+  <si>
+    <t>Doako online mintegia “Ongarritze planak labore estentsiboetan”</t>
+  </si>
+  <si>
+    <t>Or, 20/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Or, 20/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Ongarritze-plan bat behar bezala garatzea gero eta garrantzitsuagoa da kostuak optimizatzeko, mantenugaien erabileraren eraginkortasuna hobetzeko eta…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/doako-online-mintegia-ongarritze-planak-labore-estentsiboetan</t>
+  </si>
+  <si>
+    <t>Droneak eta zehaztasun-nekazaritza</t>
+  </si>
+  <si>
+    <t>Ig, 22/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Droneak eta Nekazaritza Zehatza ikastaro deskribatzailea da, nekazaritza zehatzean sakontzen duena, Nekazaritzaren 4.0 teknika eta kontzeptu gisa.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/droneak-eta-zehaztasun-nekazaritza</t>
+  </si>
+  <si>
+    <t>Ahuakatea lantzeko ikastaroa</t>
+  </si>
+  <si>
+    <t>Ikastaro honek aguakatearen laborantzarako gida osoa eskaintzen du. Lurzoruaren eta klimaren eskakizunei, ugalketari eta landaketen ezarpenari buruz…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ahuakatea-lantzeko-ikastaroa</t>
+  </si>
+  <si>
+    <t>"Zehaztasun Nekazaritzaren Digitalizazioa, Nekazaritza 4.0" ikastaroaren 3. edizioa</t>
+  </si>
+  <si>
+    <t>Al, 23/03/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Ar, 24/03/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Villadangos del Páramo (León)</t>
+  </si>
+  <si>
+    <t>Villadangos del Páramoko (León) Villadangosko Ubideko Ureztatze Komunitateak "Zehaztasun Nekazaritzaren Digitalizazioa, Nekazaritza 4.0" A2 PI.B1…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/zehaztasun-nekazaritzaren-digitalizazioa-nekazaritza-40-ikastaroaren-3</t>
+  </si>
+  <si>
+    <t>Fruta ekoizpena</t>
+  </si>
+  <si>
+    <t>ONLINE ikastaro honetan zuhaitzen fisiologia, landaketa-diseinu estrategikoa eta uzta errentagarriak bermatzeko inausketa, ureztatze eta ongarritze…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/fruta-ekoizpena</t>
+  </si>
+  <si>
+    <t>Olibondoen hazkuntzan, oliba-olioaren teknologian eta olio-erroten kudeaketan espezialista</t>
+  </si>
+  <si>
+    <t>Helburua olibondoaren sektoreko lau arlotan profesionaltasuna eta bikaintasuna lortzea da: oliba-olioaren teknologia, oliba-olioaren analisia eta…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/olibondoen-hazkuntzan-oliba-olioaren-teknologian-eta-olio-erroten</t>
+  </si>
+  <si>
+    <t>Oinarrizko Mailako Produktu Fitosanitarioen Manipulatzaile Ikastaroa</t>
+  </si>
+  <si>
+    <t>Lomo La Plana 12, local 7-8. Las Palmas de Gran Canaria (Centro de formación Agroislas)</t>
+  </si>
+  <si>
+    <t>Lortu oinarrizko mailako pestizida-manipulatzaile gisa ziurtagiria HARREMANETARAKO</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/oinarrizko-mailako-produktu-fitosanitarioen-manipulatzaile-ikastaroa</t>
+  </si>
+  <si>
+    <t>Berotegiak</t>
+  </si>
+  <si>
+    <t>ONLINE IKASTAROA, berotegiaren eginkizuna, berotegi mota desberdinak, ekipamendua eta klima-kontrola erakusten dituena, besteak beste. Ikastaroaren…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/berotegiak</t>
+  </si>
+  <si>
+    <t>Segurtasuna eta higienea elikagaien industrian</t>
+  </si>
+  <si>
+    <t>Helburuak Jasotako argibideen arabera, ekipamendu eta instalazioetan garbiketa eta higiene orokorreko eragiketak egiten ikasi, baita ingurumena…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/segurtasuna-eta-higienea-elikagaien-industrian</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategiaren kudeaketa eta antolaketa</t>
+  </si>
+  <si>
+    <t>Helburuak Nekazaritza-ustiategi baten kudeaketa zuzena egiteko ezagutza teknologiko eta ekonomikoak ikasi, haren funtzionamenduaren hobekuntza…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-ustiategiaren-kudeaketa-eta-antolaketa</t>
+  </si>
+  <si>
+    <t>Nekazaritza enpresan kudeaketa eta sartzea</t>
+  </si>
+  <si>
+    <t>La, 28/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektorean sartzen diren nekazariak prestatzea baserriko errendimendu ekonomikoarekin eta ingurumenaren babesarekin lotutako alderdietan,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-enpresan-kudeaketa-eta-sartzea</t>
+  </si>
+  <si>
+    <t>Hidroponia ikastaroa: lurrik gabeko laborantza</t>
+  </si>
+  <si>
+    <t>Ikastaro honek hidroponika eta lurrik gabeko laborantza sarrera osoa eskaintzen du. Nekazaritza mota honetarako beharrezkoak diren osagaiak,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/hidroponia-ikastaroa-lurrik-gabeko-laborantza</t>
+  </si>
+  <si>
+    <t>Ikastaro Aurreratua - Hidroponika. Lurrik gabeko Laborantza</t>
+  </si>
+  <si>
+    <t>Al, 30/03/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ikastaroaren helburuak Nekazaritza-jarduerak, gainerako ekoizpen-sektoreek bezala, inputen kontsumoa optimizatu eta ingurumenera bereizketarik gabe…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ikastaro-aurreratua-hidroponika-lurrik-gabeko-laborantza</t>
+  </si>
+  <si>
+    <t>Ikastaro Aurreratua - Izurriteen Kontrol Biologikoa</t>
+  </si>
+  <si>
+    <t>Ikastaroaren helburuak Azken urteotan organismo onuragarrien (polinizatzaileak, harrapariak eta parasitoideak) erabilera erabilgarria izan da…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ikastaro-aurreratua-izurriteen-kontrol-biologikoa</t>
+  </si>
+  <si>
+    <t>AGAX0208 ziurtagiri profesionalerako Nekazaritzako Jarduera Laguntzaileak</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Jarduera Lagungarriei buruzko online ikastaro honekin, zure gaitasun profesionalak egiaztatu ahal izango dituzu zure ziurtagiri…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/agax0208-ziurtagiri-profesionalerako-nekazaritzako-jarduera-laguntzaileak</t>
+  </si>
+  <si>
+    <t>Landare aromatiko eta sendagarrien ekoizpenean espezializatutako ikastaroa</t>
+  </si>
+  <si>
+    <t>Ikastaroaren helburuak Landare aromatiko eta sendagarrien (AMP) laborantza duela gutxi agertu da labore tradizionalen alternatiba gisa. Landare hauen…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/landare-aromatiko-eta-sendagarrien-ekoizpenean-espezializatutako-ikastaroa</t>
+  </si>
+  <si>
+    <t>Olibondo Nekazaritzan Goi Mailako Ikastaroa</t>
+  </si>
+  <si>
+    <t>Ikastaroaren helburuak Ikastaro honek olibondoen laborantzaren alderdi garrantzitsuenak sakonki eta modu arrazionalean garatzen eta jorratzen ditu,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/olibondo-nekazaritzan-goi-mailako-ikastaroa</t>
+  </si>
+  <si>
+    <t>Online ikastaroa: Lur landua eta klima-baldintzak</t>
+  </si>
+  <si>
+    <t>Lurzoru eta Klima Ikastaroak lurzoruaren kudeaketari eta nekazaritzan klimarekin duen harremanari buruzko funtsezko ezagutzak eskaintzen dizkizu.…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/online-ikastaroa-lur-landua-eta-klima-baldintzak</t>
+  </si>
+  <si>
+    <t>Ekoizpen Integratuko Ikastaroa</t>
+  </si>
+  <si>
+    <t>Ekoizpen integratuan aditu bihurtu HARREMANETARAKO</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ekoizpen-integratuko-ikastaroa-0</t>
+  </si>
+  <si>
+    <t>Nekazaritza jasangarriaren bilaketan, lurzoruaren osasuna, ongarritzea eta ingurumen-inpaktua kontuan hartu beharreko faktoreak dira, eta lurzoruaren…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/lurzoruaren-interpretazioan-espezializazioa-0</t>
+  </si>
+  <si>
+    <t>Online ikastaroa: fruta-hazkuntza ekologikoa</t>
+  </si>
+  <si>
+    <t>Az, 01/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Camí del Port s/n, km 1 - Edif. ECA Apartado 397 ES-46470 Catarroja, Valencia, España</t>
+  </si>
+  <si>
+    <t>Ikastaroa guztiz online da eta 7 gaiz osatuta dago, 60 orduko iraupenarekin, baina edozein unetan egin dezakezu. Amaitutakoan, AMAITU DUEN…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/online-ikastaroa-fruta-hazkuntza-ekologikoa</t>
+  </si>
+  <si>
+    <t>Online ikastaroa: Ahuakate ekologikoaren nekazaritza</t>
+  </si>
+  <si>
+    <t>Ikastaroa 8 gaitan banatuta dago eta 30 orduko iraupena izatea aurreikusita dago, baina edozein unetan egin dezakezu. Amaitutakoan, AMAITU DUEN…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/online-ikastaroa-ahuakate-ekologikoaren-nekazaritza</t>
+  </si>
+  <si>
+    <t>UREZTATZEKO LABORANTZA ESTENTSIBOETAKO NEKAZARITZA ZEHATZA ONLINE IKASTAROA (GRABATUA)</t>
   </si>
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
-    <t>Cam. Torre Los Ajos, 29, 50059 Zaragoza</t>
-[...59 lines deleted...]
-    <t>Valencia</t>
+    <t>Ikastaro honek zehaztasun-nekazaritzan erabiltzen diren teknologiak eta metodologiak jorratzen ditu, ureztatutako laboreen errendimendua eta…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ureztatzeko-laborantza-estentsiboetako-nekazaritza-zehatza-online-ikastaroa</t>
+  </si>
+  <si>
+    <t>Ureztatzeko eta nutriziorako tresna aurreratuak</t>
+  </si>
+  <si>
+    <t>Og, 09/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Demetrio de los Ríos, 15, 41003 Sevilla</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien kooperatibek ureztatze eta nutrizio tresna aurreratuei buruzko online ikastaroa eskaintzen diete nekazariei.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ureztatzeko-eta-nutriziorako-tresna-aurreratuak</t>
+  </si>
+  <si>
+    <t>Or, 10/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Online ikastaro honek baliabide natural gutxiagorekin janari gehiago nola ekoiztu aztertuko du, ingurumena zainduz. IKASTAROAREN HELBURUAK: Sustatu…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-ekoizpenean-jasangarritasuna-0</t>
+  </si>
+  <si>
+    <t>Ur beharren kalkulua eta ureztatze programazioa</t>
+  </si>
+  <si>
+    <t>ONLINE IKASTARO honetan, labore baten ur-beharrak zehazteko metodologia desberdinak eta ureztatzea programatzeko tresnak ikasiko dituzu. HELBURUAK:…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ur-beharren-kalkulua-eta-ureztatze-programazioa-0</t>
+  </si>
+  <si>
+    <t>ONLINE IKASTAROA, berotegiaren eginkizuna, berotegi mota desberdinak, ekipamendua eta klima-kontrola erakusten dituena, besteak beste.</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/berotegiak-0</t>
+  </si>
+  <si>
+    <t>Hegazti-ustiategietako arrautzen eta txita jaioberrien kontrol eta kudeaketari buruzko ikastaroa</t>
+  </si>
+  <si>
+    <t>Aula 10 Formación-ek eskaintzen duen Hegazti-ustiategietako Arrautzen eta Eklosioaren Kontrol eta Kudeaketa Ikastaroa parte-hartzaileei hegazti-…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/hegazti-ustiategietako-arrautzen-eta-txita-jaioberrien-kontrol-eta</t>
+  </si>
+  <si>
+    <t>AGAN0108 ziurtagiri profesionalerako Abeltzaintza Ekologikoa</t>
+  </si>
+  <si>
+    <t>Abeltzaintza Ekologikoko online ikastaroarekin, "AGAN0108 Abeltzaintza Ekologikoko Ziurtagiria" lortzeko behar duzun guztia ikasiko duzu. Ikastaro…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/agan0108-ziurtagiri-profesionalerako-abeltzaintza-ekologikoa</t>
+  </si>
+  <si>
+    <t>Doako online mintegia “SIEX, REA eta CUE: baimendutako erakunde gisa erregistratzeko gakoak”</t>
+  </si>
+  <si>
+    <t>Or, 10/04/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Or, 10/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>2026ko apirilaren 10ean , aGROSlabek “SIEX, REA eta CUE: Erakunde Baimendu gisa Erregistroa Egiteko Gakoak” online mintegia antolatuko du, SIEX…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/doako-online-mintegia-siex-rea-eta-cue-baimendutako-erakunde-gisa</t>
+  </si>
+  <si>
+    <t>Nekazaritza birsortzailea eta lurzoruaren kudeaketa jasangarria Mediterraneoko klima-erresilientzia eta elikagaien segurtasun handiagoa lortzeko</t>
+  </si>
+  <si>
+    <t>Al, 13/04/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Or, 17/04/2026 - 23:59</t>
+  </si>
+  <si>
+    <t>Av. Montañana 1005, 50059 Zaragoza, España</t>
+  </si>
+  <si>
+    <t>Ikastaro hau nekazaritzako profesionalentzat, ikertzaileentzat, politikarientzat eta ekoizleentzat diseinatuta dago. Bere helburua ezagutza…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-birsortzailea-eta-lurzoruaren-kudeaketa-jasangarria</t>
+  </si>
+  <si>
+    <t>Nekazaritza-makinen erabilera</t>
+  </si>
+  <si>
+    <t>Carretera General del Norte nº2. Km 8.5. Cardones. Arucas.</t>
+  </si>
+  <si>
+    <t>Merkatuan eskuragarri dagoen nekazaritza-makinen aniztasuna ulertzea, makina txikietatik (motozerrak, sasi-ebakigailuak, puzgailuak, etab.) makina…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-makinen-erabilera</t>
+  </si>
+  <si>
+    <t>Klima-aldaketaren testuinguruan arriskuen kudeaketari eta nekazaritza-aseguruei buruzko ikastaroa</t>
+  </si>
+  <si>
+    <t>Al, 13/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Or, 17/04/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza, Avda. de Montañana 1005, Zaragoza</t>
   </si>
   <si>
     <t>Sarean, Pertsonalki</t>
   </si>
   <si>
-    <t>Valentziako Unibertsitate Politeknikoak (UPV), Nekazaritza eta Ingurumen Ingeniaritzako Goi Eskola Teknikoarekin (ETSIAMN) eta Poscosecha.com-ekin…</t>
-[...275 lines deleted...]
-    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-ekoizpenean-jasangarritasuna-0</t>
+    <t>2026ko apirilaren 13tik 17ra , CIHEAM Zaragozak “Arriskuen Kudeaketa eta Nekazaritza Asegurua Klima Aldaketaren Testuinguruan” ikastaroa antolatuko…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/klima-aldaketaren-testuinguruan-arriskuen-kudeaketari-eta-nekazaritza</t>
+  </si>
+  <si>
+    <t>Fruta eta barazkien manipulatzailea</t>
+  </si>
+  <si>
+    <t>Ar, 14/04/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Az, 15/04/2026 - 14:00</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>Murcia</t>
+  </si>
+  <si>
+    <t>C/ Andenes 18, Caravaca de la Cruz, Murcia</t>
+  </si>
+  <si>
+    <t>Lanbide-heziketarako eta trebetasunak eskuratzeko jarduerak, Nekazaritza Politika Bateratuaren (PEPAC) 2023-2027 Plan Estrategikoaren esparruan…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/fruta-eta-barazkien-manipulatzailea-0</t>
   </si>
   <si>
     <t>Nekazari Gazteen Ikastaroa Extremaduran</t>
   </si>
   <si>
     <t>Al, 20/04/2026 - 00:00</t>
   </si>
   <si>
-    <t>Extremadura</t>
-[...1 lines deleted...]
-  <si>
     <t>Badajoz, Cáceres</t>
   </si>
   <si>
     <t>Extremadurako nekazari gazteentzako sartze-ziurtagiriak prestakuntza-aukera garrantzitsua dira nekazaritza-sektorean beren ibilbide profesionala hasi…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazari-gazteen-ikastaroa-extremaduran</t>
   </si>
   <si>
     <t>Online ikastaroa: Olibondo-soro ekologikoen ekoizpena eta olio ekologikoen ekoizpena</t>
   </si>
   <si>
     <t>Ikastaroa guztiz online da eta 11 gaiz osatuta dago, 80 orduko iraupenarekin, baina edozein unetan egin dezakezu. Amaitutakoan, AMAITU DUEN…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/online-ikastaroa-olibondo-soro-ekologikoen-ekoizpena-eta-olio-ekologikoen</t>
   </si>
   <si>
     <t>Ikastaroa: Nekazaritza sektoreko izurriteen kudeaketa integratuaren aholkulari teknikoa</t>
   </si>
   <si>
     <t>La, 25/04/2026 - 00:00</t>
   </si>
   <si>
-    <t>Madrid, Comunidad de</t>
-[...4 lines deleted...]
-  <si>
     <t>1311/2012 Errege Dekretua nekazaritza sektorean nola aplikatu jakiteko ikastaroa: Ikastaro honek ez zaitu aholkulari gisa akreditatzen; bere helburua…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ikastaroa-nekazaritza-sektoreko-izurriteen-kudeaketa-integratuaren</t>
   </si>
   <si>
+    <t>Abeltzaintza Zehaztasuneko Ikastaro Aurreratua - Madril (ES) 2026ko maiatza</t>
+  </si>
+  <si>
+    <t>Al, 04/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Or, 08/05/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Atsegin handiz iragartzen dizuegu "Balio Erantsia Sortzea Abeltzaintza Zehatzean" Ikastaro Aurreratua, Madrilen (Espainia) 2026ko maiatzaren 4tik 8ra…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/abeltzaintza-zehaztasuneko-ikastaro-aurreratua-madril-2026ko-maiatza</t>
+  </si>
+  <si>
+    <t>FRUTA-ARBOI TROPIKALEN EZAGUTZA ETA LABORANTZA</t>
+  </si>
+  <si>
+    <t>Escuela de Capacitación Agraria de Arucas</t>
+  </si>
+  <si>
+    <t>Helburuak Ikasi Kanariar Uharteetan landatzen ari diren fruta-arbol tropikal eta subtropikalen espezie desberdinak. Ikasi espezie subtropikal batzuk…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/fruta-arboi-tropikalen-ezagutza-eta-laborantza</t>
+  </si>
+  <si>
+    <t>Nazioarteko ikastaroa Abeltzaintza Zehaztasunari buruz: sentsoreetatik erabakiak hartzera</t>
+  </si>
+  <si>
+    <t>Al, 04/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Or, 08/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>CSIC, Madrid.</t>
+  </si>
+  <si>
+    <t>2026ko maiatzaren 4tik 8ra , Madrilek “Balio erantsia sortzea abeltzaintza zehatzean: sentsoreetatik erabakiak hartzera” aurrez aurreko ikastaroa…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nazioarteko-ikastaroa-abeltzaintza-zehaztasunari-buruz-sentsoreetatik</t>
+  </si>
+  <si>
+    <t>Inpaktu txikiko akuikulturari buruzko ikastaro aurreratua</t>
+  </si>
+  <si>
+    <t>Al, 25/05/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Og, 28/05/2026 - 22:22</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Tarragona</t>
+  </si>
+  <si>
+    <t>IRTA La Ràpita (Tarragona)</t>
+  </si>
+  <si>
+    <t>Zaragozako Mediterraneoko Agronomia Institutuak (IAMZ–CIHEAM Zaragoza) "Eragin Txikiko Akuikultura" ikastaro aurreratua eskainiko du 2026ko…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/inpaktu-txikiko-akuikulturari-buruzko-ikastaro-aurreratua</t>
+  </si>
+  <si>
+    <t>Elikagaien Ekintzailetzaren Lehen Mediterraneoko Astea</t>
+  </si>
+  <si>
+    <t>Al, 22/06/2026 - 09:00</t>
+  </si>
+  <si>
+    <t>Or, 26/06/2026 - 17:00</t>
+  </si>
+  <si>
+    <t>Av. Montañana 1005, 50059  Zaragoza España</t>
+  </si>
+  <si>
+    <t>Ikastaroaren helburuak Ikastaroa amaitutakoan, parte-hartzaileek gai izango dira: Mikroenpresak eta startup-ak eskalatzea eta finkatzea,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/elikagaien-ekintzailetzaren-lehen-mediterraneoko-astea</t>
+  </si>
+  <si>
+    <t>CIHEAM ikastaroa: Elikagaien Ekintzailetzaren 1. Mediterraneoko Astea</t>
+  </si>
+  <si>
+    <t>Al, 22/06/2026 - 11:11</t>
+  </si>
+  <si>
+    <t>Or, 26/06/2026 - 18:08</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragoza (Zaragoza)</t>
+  </si>
+  <si>
+    <t>CIHEAM Zaragozak “Elikagaien Ekintzailetzaren Lehen Mediterraneoko Astea” antolatuko du 2026ko ekainaren 22tik 26ra, Zaragozan egingo den aurrez…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ciheam-ikastaroa-elikagaien-ekintzailetzaren-1-mediterraneoko-astea</t>
+  </si>
+  <si>
     <t>Zure baserria kudeatzen laguntzen dizuten tresna digitalak</t>
   </si>
   <si>
     <t>Ig, 04/10/2026 - 00:00</t>
   </si>
   <si>
     <t>ONLINE IKASTARO honek 2022ko abenduan argitaratutako errege-dekretuak aztertzen ditu, nekazariek eta abeltzainek nekazaritza-jarduerak egiteko moduan…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/zure-baserria-kudeatzen-laguntzen-dizuten-tresna-digitalak-0</t>
   </si>
   <si>
     <t>NEKAZARITZA ENPRESAN SARTZEKO IKASTAROAK</t>
   </si>
   <si>
     <t>Ávila, Burgos, León, Palencia, Salamanca, Segovia, Soria, Valladolid, Zamora</t>
   </si>
   <si>
     <t>Nekazaritza-enpresen integrazio ikastaroak, edo laburbilduz CIEA, sektoreko araudi aplikagarriek eskatzen duten nekazaritza-prestakuntza maila…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-enpresan-sartzeko-ikastaroak</t>
   </si>
   <si>
     <t>Uraren eta nutrizioaren kudeaketa marrubi-hazkuntzan</t>
@@ -653,80 +1349,80 @@
   <si>
     <t>Og, 24/12/2026 - 00:00</t>
   </si>
   <si>
     <t>Ekoizpen ekologikoaren sektorea etengabe hazten ari den sektorea da, eta ezarritako araudien arabera ustiategiak kudeatzeko gai diren profesional…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ekoizpen-organikoaren-ikastaroa</t>
   </si>
   <si>
     <t>Abeltzaintza Ekologikoaren Ikastaroa</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/abeltzaintza-ekologikoaren-ikastaroa</t>
   </si>
   <si>
     <t>LANDA EREMUETAKO ERALDAKETA DIGITALARI BURUZKO LEHEN IKASTAROA</t>
   </si>
   <si>
     <t>“LANDA EMAKUMEEN ERRONKA” Emakumeen Institutuaren ekimen bat da, Europako Gizarte Funtsak kofinantzatua. Emakumeen Institutuaren helburu…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/landa-eremuetako-eraldaketa-digitalari-buruzko-lehen-ikastaroa</t>
   </si>
   <si>
+    <t>Landare-oinarritutako elikagaiak etiketatzeari buruzko ikastaroa</t>
+  </si>
+  <si>
+    <t>Or, 25/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>Ikastaro honetan fruta, barazki eta bestelako produktu freskoak zein ontziratuak, kontserbak, marmeladak eta abar barne, etiketatzeko legezko…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/landare-oinarritutako-elikagaiak-etiketatzeari-buruzko-ikastaroa</t>
+  </si>
+  <si>
     <t>Nekazaritza ekologikoa: Ekoizpena, araudia, aholkularitza eta merkaturatzea (MOOC)</t>
   </si>
   <si>
-    <t>Or, 25/12/2026 - 00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Az, 31/12/2025 - 00:00</t>
   </si>
   <si>
     <t>MOOC</t>
   </si>
   <si>
     <t>Sarean, Jarraipen-hezkuntza</t>
   </si>
   <si>
     <t>Ikastaro honen helburua nekazaritza-ekoizpen ekologikoaren erregulazioari eta ekoizpen-mota honen oinarrizko oinarriei buruzko ikuspegi orokorra…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-ekologikoa-ekoizpena-araudia-aholkularitza-eta-merkaturatzea</t>
   </si>
   <si>
-    <t>Landare-oinarritutako elikagaiak etiketatzeari buruzko ikastaroa</t>
-[...7 lines deleted...]
-  <si>
     <t>HARPIDETZA ETA HARPIDETZA PLANAREN IKASTAROA</t>
   </si>
   <si>
     <t>Ig, 27/12/2026 - 00:00</t>
   </si>
   <si>
     <t>Ikastaro honek landareen nutrizioan eta lurzoruaren ongarritzean jartzen du arreta. Lurzoruaren osaera, ongarri mota desberdinak (organikoak eta ez-…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/harpidetza-eta-harpidetza-planaren-ikastaroa</t>
   </si>
   <si>
     <t>Zure enpresarentzako aurrez aurreko elikagaien manipulatzaile ikastaroa</t>
   </si>
   <si>
     <t>Utzi denbora galtzeari eta eskuordetu operadoreen prestakuntza beste norbaiti. Ez da zure "ohiko" Elikagaien Manipulatzaile ikastaroa Zure…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/zure-enpresarentzako-aurrez-aurreko-elikagaien-manipulatzaile-ikastaroa</t>
   </si>
   <si>
     <t>Uraren analisi tailerra ongarritze eraginkorrago eta iraunkorrago bat lortzeko</t>
   </si>
   <si>
     <t>Ureztatzeko uraren kudeaketa nekazaritza moderno, eraginkor eta ingurumena errespetatzen duen oinarrietako bat da. Gero eta baserri gehiagok…</t>
@@ -818,195 +1514,195 @@
   <si>
     <t>Nekazaritza eta Abeltzaintzako ikastaroa: Ekoizpena, Berrikuntza, Aholkularitza eta Marketina (MOOC) Ikastaro honen helburua aholkularitza-sistemek…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ikastaro-ireki-masibo-online-mooc-campusa-nekazaritza-arrantza-eta-0</t>
   </si>
   <si>
     <t>Ongarri Produktuen Europako Erregelamendu Berriari buruzko Ikastaro Aurreratua</t>
   </si>
   <si>
     <t>Ikastaroa gainditzen duten ikasleei ziurtagiria ematen zaie, ikastaroaren programa eta iraupena zehazten dituzten dokumentuekin batera. Ikastaroaren…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ongarri-produktuen-europako-erregelamendu-berriari-buruzko-ikastaro</t>
   </si>
   <si>
     <t>Janari-manipulatzailea</t>
   </si>
   <si>
     <t>Elikagaien Manipulatzaile ziurtagiria lortu nahi baduzu, Arcoiris Prestakuntza Zentroak eskaintzen duen ikastaro honek elikagaien manipulazioan…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/janari-manipulatzailea</t>
   </si>
   <si>
+    <t>Nekazaritza Legedia</t>
+  </si>
+  <si>
+    <t>Og, 31/12/2026 - 00:00</t>
+  </si>
+  <si>
+    <t>INEA Fundazioak emandako Prestakuntza Ziurtagiria Helburuak Nekazaritza Zuzenbidearen iturriak, objektua eta edukia ezagutzea. Zuzenbidea Gizarte…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/nekazaritza-legedia</t>
+  </si>
+  <si>
+    <t>Agroekologia</t>
+  </si>
+  <si>
+    <t>INEA Fundazioak emandako Prestakuntza Ziurtagiria Edukia: Sarrera: Gaiaren ikuspegi orokorra aurkezten da, kontzeptu nagusiak eta ekosistemak eta…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/agroekologia</t>
+  </si>
+  <si>
+    <t>Landare-baliabide genetikoak</t>
+  </si>
+  <si>
+    <t>INEA-Nekazaritza Ingeniaritzako Unibertsitate Eskolak emandako Prestakuntza Ziurtagiria. Edukia: Landare-baliabide genetikoen kontserbazioa:…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/landare-baliabide-genetikoak</t>
+  </si>
+  <si>
+    <t>Hondakinen kudeaketa abeltzaintzako ustiategietan</t>
+  </si>
+  <si>
+    <t>INEA-Nekazaritza Ingeniaritzako Unibertsitate Eskolak emandako Prestakuntza Ziurtagiria. Helburuak • Abeltzaintzako hondakinen ingurumen-inpaktuaren…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/hondakinen-kudeaketa-abeltzaintzako-ustiategietan</t>
+  </si>
+  <si>
+    <t>Kontserbazio nekazaritza</t>
+  </si>
+  <si>
+    <t>INEA-Nekazaritza Ingeniaritzako Unibertsitate Eskolak emandako Prestakuntza Ziurtagiria. Edukia: Gaur egungo nekazaritza-arazoen azterketa agronomiko…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/kontserbazio-nekazaritza</t>
+  </si>
+  <si>
+    <t>Elikagaien segurtasuna</t>
+  </si>
+  <si>
+    <t>Edukia: Elikagaien sailkapena: Modulu honek elikagaien sailkapenaren analisi osoa eskaintzen du hainbat ikuspegitatik, hala nola, nutrizio-…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/elikagaien-segurtasuna</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako praktika onak</t>
+  </si>
+  <si>
+    <t>Edukia: Sarrera: Modulu honek animalien osasunaren eta animalien ekoizpenean kudeaketa-praktiken garrantziaren ikuspegi orokorra eskaintzen du,…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/abeltzaintzako-praktika-onak</t>
+  </si>
+  <si>
+    <t>Ardogintzan erabiltzen diren mahatsondo barietateak</t>
+  </si>
+  <si>
+    <t>INEA Fundazioak emandako Prestakuntza Ziurtagiria Edukia: Nazioko eta nazioarteko barietate komertzialen deskribapen anpelografikoa, propietate…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/ardogintzan-erabiltzen-diren-mahatsondo-barietateak</t>
+  </si>
+  <si>
+    <t>Lurzoruaren analisiaren eta ongarritze jasangarriaren jarraibideen interpretazioa</t>
+  </si>
+  <si>
+    <t>INEA Fundazioak emandako Prestakuntza Ziurtagiria Helburuak • Lurzoruaren garrantzia ulertzea nekazaritza-kudeaketa jasangarrian eta lurzoruaren…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/lurzoruaren-analisiaren-eta-ongarritze-jasangarriaren-jarraibideen</t>
+  </si>
+  <si>
+    <t>Hausnarkarien kudeaketa ekologikoa</t>
+  </si>
+  <si>
+    <t>INEA-Nekazaritza Ingeniaritzako Unibertsitate Eskolak emandako Prestakuntza Ziurtagiria. Edukia: Sarrera eta Araudia: Modulu honek abeltzaintza…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/hausnarkarien-kudeaketa-ekologikoa</t>
+  </si>
+  <si>
+    <t>Lorezaintza ekologikoa</t>
+  </si>
+  <si>
+    <t>INEA-Nekazaritza Ingeniaritzako Unibertsitate Eskolak emandako Prestakuntza Ziurtagiria. Edukia: Kontzeptuak, oinarriak eta aurrekariak lorategian:…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/lorezaintza-ekologikoa</t>
+  </si>
+  <si>
+    <t>Olibondoen izurriak eta patogenoak: izaera, identifikazioa eta kontrol biologikoaren estrategiak</t>
+  </si>
+  <si>
+    <t>INEA-Nekazaritza Ingeniaritzako Unibertsitate Eskolak emandako Prestakuntza Ziurtagiria. Edukia: Sarrera: Atal honek olibondoaren garrantziaren…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/olibondoen-izurriak-eta-patogenoak-izaera-identifikazioa-eta-kontrol</t>
+  </si>
+  <si>
+    <t>ArcGIS Pro ikastaroaren sarrera</t>
+  </si>
+  <si>
+    <t>GIS kontzeptuak, tresna digital gisa, erabiltzaileei datuen balioa ustiatzeko eta prozesuen eraginkortasuna hobetzeko aukera ematen die, eta batez…</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/arcgis-pro-ikastaroaren-sarrera</t>
+  </si>
+  <si>
+    <t>Sarrerako ikastaroa GISarekin ArcGIS Pro erabiliz</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/sarrerako-ikastaroa-gisarekin-arcgis-pro-erabiliz</t>
+  </si>
+  <si>
+    <t>ArcGIS Pro-rekin Mapak Diseinatzeko eta Sortzeko Ikastaroa</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/arcgis-pro-rekin-mapak-diseinatzeko-eta-sortzeko-ikastaroa</t>
+  </si>
+  <si>
+    <t>ArcGIS Online ikastaroaren sarrera</t>
+  </si>
+  <si>
+    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/arcgis-online-ikastaroaren-sarrera</t>
+  </si>
+  <si>
     <t>Zure baserria kudeatzen lagunduko dizuten tresna digitalak</t>
   </si>
   <si>
-    <t>Og, 31/12/2026 - 00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Lineako ikastaroa, zure erritmoan, nekazariek eta abeltzainek beren nekazaritza-jarduera garatzeko modua eragingo duten 2022ko abenduan…</t>
   </si>
   <si>
     <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/zure-baserria-kudeatzen-lagunduko-dizuten-tresna-digitalak</t>
-  </si>
-[...133 lines deleted...]
-    <t>https://akisplataforma.es/eu/prestakuntza-ikastaroak/arcgis-online-ikastaroaren-sarrera</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1313,2030 +2009,3540 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J77"/>
+  <dimension ref="A1:J131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:J77"/>
+      <selection activeCell="A1" sqref="A1:J131"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="178.099" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I2" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="I2" s="1" t="s">
+      <c r="J2" s="1" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="D3" s="1"/>
-[...1 lines deleted...]
-      <c r="F3" s="1"/>
+      <c r="E3" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>21</v>
+      </c>
       <c r="G3" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      <c r="F4" s="1"/>
+        <v>28</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>31</v>
+      </c>
       <c r="G4" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
-      <c r="F5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F5" s="1"/>
       <c r="G5" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D6" s="1"/>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
       <c r="G6" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D7" s="1"/>
       <c r="E7" s="1"/>
-      <c r="F7" s="1"/>
+      <c r="F7" s="1" t="s">
+        <v>47</v>
+      </c>
       <c r="G7" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
-      <c r="F8" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F8" s="1"/>
       <c r="G8" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>67</v>
       </c>
       <c r="G10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="H10" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="1" t="s">
+      <c r="J10" s="1" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" s="1"/>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="G11" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="J11" s="1" t="s">
         <v>75</v>
-      </c>
-[...13 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
-      <c r="F12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F12" s="1"/>
       <c r="G12" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="C13" s="1"/>
+        <v>77</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>81</v>
+      </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="C14" s="1"/>
+        <v>77</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>81</v>
+      </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="C15" s="1"/>
+        <v>88</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>89</v>
+      </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
       <c r="G17" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="J18" s="1" t="s">
         <v>108</v>
-      </c>
-[...14 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="G19" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C19" s="1"/>
-[...9 lines deleted...]
-      <c r="I19" s="1" t="s">
+      <c r="J19" s="1" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C20" s="1"/>
-[...2 lines deleted...]
-      <c r="F20" s="1"/>
+      <c r="D20" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>119</v>
+      </c>
       <c r="G20" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>120</v>
-[...4 lines deleted...]
-      <c r="F21" s="1"/>
+        <v>115</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>59</v>
+      </c>
       <c r="G21" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>121</v>
+        <v>60</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="C22" s="1"/>
+        <v>126</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>127</v>
+      </c>
       <c r="D22" s="1" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-      <c r="F22" s="1"/>
+        <v>29</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>129</v>
+      </c>
       <c r="G22" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>128</v>
-[...7 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>56</v>
+        <v>138</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="F24" s="1"/>
       <c r="G24" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="C25" s="1"/>
+        <v>143</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>144</v>
+      </c>
       <c r="D25" s="1" t="s">
-        <v>56</v>
+        <v>145</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>57</v>
+        <v>146</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>136</v>
+        <v>148</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>137</v>
+        <v>149</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="C26" s="1"/>
+        <v>151</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>152</v>
+      </c>
       <c r="D26" s="1" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>103</v>
+        <v>58</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>144</v>
-[...4 lines deleted...]
-      <c r="F28" s="1"/>
+        <v>160</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>164</v>
+      </c>
       <c r="G28" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>148</v>
+        <v>165</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>149</v>
+        <v>166</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
-        <v>150</v>
+        <v>167</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-      <c r="D29" s="1"/>
+        <v>168</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>145</v>
+      </c>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>151</v>
+        <v>169</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>152</v>
+        <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
-        <v>153</v>
+        <v>171</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="C30" s="1"/>
+        <v>168</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>172</v>
+      </c>
       <c r="D30" s="1" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>156</v>
+        <v>118</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>157</v>
+        <v>173</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>158</v>
+        <v>174</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
-        <v>159</v>
+        <v>175</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>154</v>
-[...7 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>160</v>
+        <v>178</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>161</v>
+        <v>179</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
-        <v>162</v>
+        <v>180</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>163</v>
+        <v>181</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
-        <v>164</v>
+        <v>29</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>165</v>
+        <v>182</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>166</v>
+        <v>183</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>167</v>
+        <v>184</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="C33" s="1"/>
-      <c r="D33" s="1"/>
-      <c r="E33" s="1"/>
+      <c r="D33" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>163</v>
+      </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>170</v>
+        <v>186</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>171</v>
+        <v>187</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
-        <v>172</v>
+        <v>188</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="F34" s="1"/>
+        <v>189</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>190</v>
+      </c>
       <c r="G34" s="1" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>174</v>
+        <v>191</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>175</v>
+        <v>192</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
-        <v>176</v>
+        <v>193</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>177</v>
-[...10 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
       <c r="G35" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>179</v>
+        <v>197</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
-        <v>180</v>
+        <v>198</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>181</v>
+        <v>52</v>
       </c>
       <c r="C36" s="1"/>
-      <c r="D36" s="1"/>
-      <c r="E36" s="1"/>
+      <c r="D36" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>182</v>
+      </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>182</v>
+        <v>199</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
-        <v>184</v>
+        <v>201</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>185</v>
+        <v>52</v>
       </c>
       <c r="C37" s="1"/>
-      <c r="D37" s="1"/>
-      <c r="E37" s="1"/>
+      <c r="D37" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>182</v>
+      </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>186</v>
+        <v>202</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>187</v>
+        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>185</v>
+        <v>205</v>
       </c>
       <c r="C38" s="1"/>
-      <c r="D38" s="1"/>
-[...1 lines deleted...]
-      <c r="F38" s="1"/>
+      <c r="D38" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>206</v>
+      </c>
       <c r="G38" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>189</v>
+        <v>207</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>190</v>
+        <v>208</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
-        <v>191</v>
+        <v>209</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>185</v>
+        <v>205</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>192</v>
+        <v>210</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>193</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
-        <v>194</v>
+        <v>212</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>185</v>
+        <v>205</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>195</v>
+        <v>213</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>196</v>
+        <v>214</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
-        <v>197</v>
+        <v>215</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>198</v>
+        <v>103</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>199</v>
+        <v>216</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>200</v>
+        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>198</v>
+        <v>103</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>202</v>
+        <v>219</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>203</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1" t="s">
-        <v>204</v>
+        <v>221</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>205</v>
+        <v>103</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>206</v>
+        <v>222</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>207</v>
+        <v>223</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1" t="s">
-        <v>208</v>
+        <v>224</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="C44" s="1"/>
+        <v>225</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>226</v>
+      </c>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
-      <c r="F44" s="1"/>
+      <c r="F44" s="1" t="s">
+        <v>73</v>
+      </c>
       <c r="G44" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>202</v>
+        <v>227</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>209</v>
+        <v>228</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1" t="s">
-        <v>210</v>
+        <v>229</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>205</v>
+        <v>230</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>211</v>
+        <v>231</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>212</v>
+        <v>232</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1" t="s">
-        <v>213</v>
+        <v>233</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
-      <c r="F46" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F46" s="1"/>
       <c r="G46" s="1" t="s">
-        <v>217</v>
+        <v>12</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="C47" s="1"/>
+        <v>237</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>238</v>
+      </c>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
-      <c r="F47" s="1"/>
+      <c r="F47" s="1" t="s">
+        <v>239</v>
+      </c>
       <c r="G47" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>221</v>
+        <v>240</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>222</v>
+        <v>241</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1" t="s">
-        <v>223</v>
+        <v>242</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>224</v>
+        <v>133</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1" t="s">
-        <v>227</v>
+        <v>245</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>224</v>
+        <v>172</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1"/>
       <c r="E49" s="1"/>
       <c r="F49" s="1"/>
       <c r="G49" s="1" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>228</v>
+        <v>246</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>229</v>
+        <v>247</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>224</v>
+        <v>172</v>
       </c>
       <c r="C50" s="1"/>
-      <c r="D50" s="1"/>
-      <c r="E50" s="1"/>
+      <c r="D50" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>118</v>
+      </c>
       <c r="F50" s="1" t="s">
-        <v>30</v>
+        <v>249</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>232</v>
+        <v>251</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1" t="s">
-        <v>233</v>
+        <v>252</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>234</v>
+        <v>172</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="F51" s="1"/>
       <c r="G51" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>238</v>
+        <v>254</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1" t="s">
-        <v>239</v>
+        <v>255</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>240</v>
+        <v>172</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>241</v>
+        <v>256</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>242</v>
+        <v>257</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1" t="s">
-        <v>243</v>
+        <v>258</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>244</v>
+        <v>172</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>245</v>
+        <v>259</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>246</v>
+        <v>260</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1" t="s">
-        <v>247</v>
+        <v>261</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="C54" s="1"/>
-      <c r="D54" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D54" s="1"/>
+      <c r="E54" s="1"/>
+      <c r="F54" s="1"/>
       <c r="G54" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>249</v>
+        <v>263</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>250</v>
+        <v>264</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>253</v>
+        <v>267</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>244</v>
+        <v>269</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>255</v>
+        <v>270</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>256</v>
+        <v>271</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1" t="s">
-        <v>257</v>
+        <v>272</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>244</v>
+        <v>269</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>258</v>
+        <v>273</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>259</v>
+        <v>274</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1" t="s">
-        <v>194</v>
+        <v>275</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>244</v>
+        <v>269</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>260</v>
+        <v>276</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>261</v>
+        <v>277</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1" t="s">
-        <v>262</v>
+        <v>278</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>244</v>
+        <v>269</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>263</v>
+        <v>279</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>264</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1" t="s">
-        <v>265</v>
+        <v>281</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>244</v>
+        <v>269</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>266</v>
+        <v>282</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>267</v>
+        <v>283</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1" t="s">
-        <v>268</v>
+        <v>284</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
-      <c r="F61" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F61" s="1"/>
       <c r="G61" s="1" t="s">
-        <v>217</v>
+        <v>12</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>270</v>
+        <v>285</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>271</v>
+        <v>286</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>269</v>
+        <v>94</v>
       </c>
       <c r="C62" s="1"/>
-      <c r="D62" s="1"/>
-[...2 lines deleted...]
-      <c r="G62" s="1"/>
+      <c r="D62" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>32</v>
+      </c>
       <c r="H62" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1" t="s">
-        <v>275</v>
+        <v>201</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>269</v>
+        <v>94</v>
       </c>
       <c r="C63" s="1"/>
-      <c r="D63" s="1"/>
+      <c r="D63" s="1" t="s">
+        <v>29</v>
+      </c>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
-      <c r="G63" s="1"/>
+      <c r="G63" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H63" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>276</v>
+        <v>290</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>277</v>
+        <v>291</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1" t="s">
-        <v>278</v>
+        <v>292</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>269</v>
+        <v>293</v>
       </c>
       <c r="C64" s="1"/>
-      <c r="D64" s="1"/>
-[...2 lines deleted...]
-      <c r="G64" s="1"/>
+      <c r="D64" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H64" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>279</v>
+        <v>295</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>280</v>
+        <v>296</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1" t="s">
-        <v>281</v>
+        <v>297</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>269</v>
+        <v>293</v>
       </c>
       <c r="C65" s="1"/>
-      <c r="D65" s="1"/>
-[...2 lines deleted...]
-      <c r="G65" s="1"/>
+      <c r="D65" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H65" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>282</v>
+        <v>298</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>283</v>
+        <v>299</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1" t="s">
-        <v>284</v>
+        <v>300</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>269</v>
+        <v>293</v>
       </c>
       <c r="C66" s="1"/>
-      <c r="D66" s="1"/>
-      <c r="E66" s="1"/>
+      <c r="D66" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>301</v>
+      </c>
       <c r="F66" s="1"/>
-      <c r="G66" s="1"/>
+      <c r="G66" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H66" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>285</v>
+        <v>302</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>286</v>
+        <v>303</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1" t="s">
-        <v>287</v>
+        <v>304</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>269</v>
+        <v>305</v>
       </c>
       <c r="C67" s="1"/>
-      <c r="D67" s="1"/>
-[...2 lines deleted...]
-      <c r="G67" s="1"/>
+      <c r="D67" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H67" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>288</v>
+        <v>307</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>289</v>
+        <v>308</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1" t="s">
-        <v>290</v>
+        <v>180</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>269</v>
+        <v>309</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
-      <c r="G68" s="1"/>
+      <c r="G68" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H68" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>291</v>
+        <v>310</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>292</v>
+        <v>311</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1" t="s">
-        <v>293</v>
+        <v>312</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>269</v>
+        <v>309</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
-      <c r="G69" s="1"/>
+      <c r="G69" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H69" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>294</v>
+        <v>313</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>295</v>
+        <v>314</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1" t="s">
-        <v>296</v>
+        <v>252</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>269</v>
+        <v>309</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
-      <c r="G70" s="1"/>
+      <c r="G70" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H70" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>298</v>
+        <v>316</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1" t="s">
-        <v>299</v>
+        <v>317</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>269</v>
+        <v>309</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
-      <c r="G71" s="1"/>
+      <c r="G71" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H71" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>300</v>
+        <v>318</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>301</v>
+        <v>319</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1" t="s">
-        <v>302</v>
+        <v>320</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>269</v>
+        <v>309</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
-      <c r="G72" s="1"/>
+      <c r="G72" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H72" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>303</v>
+        <v>321</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>304</v>
+        <v>322</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1" t="s">
-        <v>305</v>
+        <v>323</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="C73" s="1"/>
+        <v>324</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>325</v>
+      </c>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
-      <c r="F73" s="1"/>
-      <c r="G73" s="1"/>
+      <c r="F73" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H73" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>306</v>
+        <v>326</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>307</v>
+        <v>327</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1" t="s">
-        <v>308</v>
+        <v>328</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>269</v>
-[...4 lines deleted...]
-      <c r="F74" s="1"/>
+        <v>329</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>331</v>
+      </c>
       <c r="G74" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>309</v>
+        <v>332</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>310</v>
+        <v>333</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1" t="s">
-        <v>311</v>
+        <v>334</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>269</v>
-[...4 lines deleted...]
-      <c r="F75" s="1"/>
+        <v>329</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>335</v>
+      </c>
       <c r="G75" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>309</v>
+        <v>336</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>312</v>
+        <v>337</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>269</v>
-[...4 lines deleted...]
-      <c r="F76" s="1"/>
+        <v>339</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>341</v>
+      </c>
       <c r="G76" s="1" t="s">
-        <v>13</v>
+        <v>342</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>309</v>
+        <v>343</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>314</v>
+        <v>344</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1" t="s">
-        <v>315</v>
+        <v>345</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>269</v>
-[...4 lines deleted...]
-      <c r="F77" s="1"/>
+        <v>346</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>350</v>
+      </c>
       <c r="G77" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>309</v>
+        <v>351</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>316</v>
+        <v>352</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C78" s="1"/>
+      <c r="D78" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="F78" s="1"/>
+      <c r="G78" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="J78" s="1" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C79" s="1"/>
+      <c r="D79" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F79" s="1"/>
+      <c r="G79" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="J79" s="1" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C80" s="1"/>
+      <c r="D80" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="J80" s="1" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="J81" s="1" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="J82" s="1" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="J83" s="1" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="J84" s="1" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="J86" s="1" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C87" s="1"/>
+      <c r="D87" s="1"/>
+      <c r="E87" s="1"/>
+      <c r="F87" s="1"/>
+      <c r="G87" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C88" s="1"/>
+      <c r="D88" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="J88" s="1" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C89" s="1"/>
+      <c r="D89" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="J89" s="1" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="C90" s="1"/>
+      <c r="D90" s="1"/>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1"/>
+      <c r="G90" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="J90" s="1" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C91" s="1"/>
+      <c r="D91" s="1"/>
+      <c r="E91" s="1"/>
+      <c r="F91" s="1"/>
+      <c r="G91" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="J91" s="1" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C92" s="1"/>
+      <c r="D92" s="1"/>
+      <c r="E92" s="1"/>
+      <c r="F92" s="1"/>
+      <c r="G92" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="J92" s="1" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C93" s="1"/>
+      <c r="D93" s="1"/>
+      <c r="E93" s="1"/>
+      <c r="F93" s="1"/>
+      <c r="G93" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="J93" s="1" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="1"/>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="J94" s="1" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C95" s="1"/>
+      <c r="D95" s="1"/>
+      <c r="E95" s="1"/>
+      <c r="F95" s="1"/>
+      <c r="G95" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="J95" s="1" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C96" s="1"/>
+      <c r="D96" s="1"/>
+      <c r="E96" s="1"/>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C97" s="1"/>
+      <c r="D97" s="1"/>
+      <c r="E97" s="1"/>
+      <c r="F97" s="1"/>
+      <c r="G97" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="J97" s="1" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C98" s="1"/>
+      <c r="D98" s="1"/>
+      <c r="E98" s="1"/>
+      <c r="F98" s="1"/>
+      <c r="G98" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="J98" s="1" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C99" s="1"/>
+      <c r="D99" s="1"/>
+      <c r="E99" s="1"/>
+      <c r="F99" s="1"/>
+      <c r="G99" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="J99" s="1" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="1"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="J100" s="1" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D101" s="1"/>
+      <c r="E101" s="1"/>
+      <c r="F101" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="J101" s="1" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C102" s="1"/>
+      <c r="D102" s="1"/>
+      <c r="E102" s="1"/>
+      <c r="F102" s="1"/>
+      <c r="G102" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="J102" s="1" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C103" s="1"/>
+      <c r="D103" s="1"/>
+      <c r="E103" s="1"/>
+      <c r="F103" s="1"/>
+      <c r="G103" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="J103" s="1" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C104" s="1"/>
+      <c r="D104" s="1"/>
+      <c r="E104" s="1"/>
+      <c r="F104" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="J104" s="1" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C105" s="1"/>
+      <c r="D105" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="J105" s="1" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="C106" s="1"/>
+      <c r="D106" s="1"/>
+      <c r="E106" s="1"/>
+      <c r="F106" s="1"/>
+      <c r="G106" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I106" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="J106" s="1" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C107" s="1"/>
+      <c r="D107" s="1"/>
+      <c r="E107" s="1"/>
+      <c r="F107" s="1"/>
+      <c r="G107" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="J107" s="1" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
+      <c r="A108" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C108" s="1"/>
+      <c r="D108" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="J108" s="1" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C109" s="1"/>
+      <c r="D109" s="1"/>
+      <c r="E109" s="1"/>
+      <c r="F109" s="1"/>
+      <c r="G109" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="J109" s="1" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C110" s="1"/>
+      <c r="D110" s="1"/>
+      <c r="E110" s="1"/>
+      <c r="F110" s="1"/>
+      <c r="G110" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="J110" s="1" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C111" s="1"/>
+      <c r="D111" s="1"/>
+      <c r="E111" s="1"/>
+      <c r="F111" s="1"/>
+      <c r="G111" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="J111" s="1" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C112" s="1"/>
+      <c r="D112" s="1"/>
+      <c r="E112" s="1"/>
+      <c r="F112" s="1"/>
+      <c r="G112" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="J112" s="1" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
+      <c r="A113" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C113" s="1"/>
+      <c r="D113" s="1"/>
+      <c r="E113" s="1"/>
+      <c r="F113" s="1"/>
+      <c r="G113" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="J113" s="1" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="A114" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C114" s="1"/>
+      <c r="D114" s="1"/>
+      <c r="E114" s="1"/>
+      <c r="F114" s="1"/>
+      <c r="G114" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="J114" s="1" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C115" s="1"/>
+      <c r="D115" s="1"/>
+      <c r="E115" s="1"/>
+      <c r="F115" s="1"/>
+      <c r="G115" s="1"/>
+      <c r="H115" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="J115" s="1" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C116" s="1"/>
+      <c r="D116" s="1"/>
+      <c r="E116" s="1"/>
+      <c r="F116" s="1"/>
+      <c r="G116" s="1"/>
+      <c r="H116" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="J116" s="1" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C117" s="1"/>
+      <c r="D117" s="1"/>
+      <c r="E117" s="1"/>
+      <c r="F117" s="1"/>
+      <c r="G117" s="1"/>
+      <c r="H117" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="J117" s="1" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C118" s="1"/>
+      <c r="D118" s="1"/>
+      <c r="E118" s="1"/>
+      <c r="F118" s="1"/>
+      <c r="G118" s="1"/>
+      <c r="H118" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="J118" s="1" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C119" s="1"/>
+      <c r="D119" s="1"/>
+      <c r="E119" s="1"/>
+      <c r="F119" s="1"/>
+      <c r="G119" s="1"/>
+      <c r="H119" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I119" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="J119" s="1" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
+      <c r="A120" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C120" s="1"/>
+      <c r="D120" s="1"/>
+      <c r="E120" s="1"/>
+      <c r="F120" s="1"/>
+      <c r="G120" s="1"/>
+      <c r="H120" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="J120" s="1" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C121" s="1"/>
+      <c r="D121" s="1"/>
+      <c r="E121" s="1"/>
+      <c r="F121" s="1"/>
+      <c r="G121" s="1"/>
+      <c r="H121" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="J121" s="1" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
+      <c r="A122" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C122" s="1"/>
+      <c r="D122" s="1"/>
+      <c r="E122" s="1"/>
+      <c r="F122" s="1"/>
+      <c r="G122" s="1"/>
+      <c r="H122" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="J122" s="1" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10">
+      <c r="A123" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C123" s="1"/>
+      <c r="D123" s="1"/>
+      <c r="E123" s="1"/>
+      <c r="F123" s="1"/>
+      <c r="G123" s="1"/>
+      <c r="H123" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="J123" s="1" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10">
+      <c r="A124" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C124" s="1"/>
+      <c r="D124" s="1"/>
+      <c r="E124" s="1"/>
+      <c r="F124" s="1"/>
+      <c r="G124" s="1"/>
+      <c r="H124" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="J124" s="1" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10">
+      <c r="A125" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C125" s="1"/>
+      <c r="D125" s="1"/>
+      <c r="E125" s="1"/>
+      <c r="F125" s="1"/>
+      <c r="G125" s="1"/>
+      <c r="H125" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="J125" s="1" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10">
+      <c r="A126" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C126" s="1"/>
+      <c r="D126" s="1"/>
+      <c r="E126" s="1"/>
+      <c r="F126" s="1"/>
+      <c r="G126" s="1"/>
+      <c r="H126" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="J126" s="1" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10">
+      <c r="A127" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C127" s="1"/>
+      <c r="D127" s="1"/>
+      <c r="E127" s="1"/>
+      <c r="F127" s="1"/>
+      <c r="G127" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I127" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J127" s="1" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10">
+      <c r="A128" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C128" s="1"/>
+      <c r="D128" s="1"/>
+      <c r="E128" s="1"/>
+      <c r="F128" s="1"/>
+      <c r="G128" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J128" s="1" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10">
+      <c r="A129" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C129" s="1"/>
+      <c r="D129" s="1"/>
+      <c r="E129" s="1"/>
+      <c r="F129" s="1"/>
+      <c r="G129" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I129" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J129" s="1" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10">
+      <c r="A130" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C130" s="1"/>
+      <c r="D130" s="1"/>
+      <c r="E130" s="1"/>
+      <c r="F130" s="1"/>
+      <c r="G130" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="I130" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="J130" s="1" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10">
+      <c r="A131" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D131" s="1"/>
+      <c r="E131" s="1"/>
+      <c r="F131" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="I131" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="J131" s="1" t="s">
+        <v>548</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>