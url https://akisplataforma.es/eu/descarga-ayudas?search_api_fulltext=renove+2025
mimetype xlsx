--- v0 (2025-12-18)
+++ v1 (2026-02-05)
@@ -12,2792 +12,3164 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="914">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1038">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
     <t>2025eko maiatzaren 26ko Ebazpena, Nekazaritza Politika Bateratu eta Ingurumen eta Agropolitiken Sailburuordearena, zeinaren bidez 2025ean, izapidetze aurreratuko prozeduraren bidez, Gaztela-Mantxan higadura genetikoaren mehatxupean dauden bertako arrazen kontserbazio-esku-hartzerako laguntzak sartzeko deia egiten den, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusita.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
     <t>Eskualdekoa</t>
   </si>
   <si>
     <t>Castilla - La Mancha</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
+    <t>Ekonomia, Ogasun eta Berrikuntzako sailburuaren Ebazpena, zeinaren bidez, 2024 eta 2025 urteetarako laguntzen deialdia onartzen da Balear Uharteetan jarduera duten ekintzaile eta enpresentzat irekiera eta azterketa batzordeak estaltzeko.</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>2025/05/20ko Nekazaritza eta Abeltzaintza Zuzendaritza Nagusiaren Ebazpena, zeinaren bidez 2025ean, izapidetze aurreratuko prozeduraren bidez, Gaztela-Mantxan animalien ongizaterako esku-hartzerako laguntzak Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez sartzeko eskaerak deitzen diren, 2023-2027 aldirako Nekazaritza Politika Bateraturako Plan Estrategikoan aurreikusita daudenak.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 27ko Ebazpena, Nekazaritza Politika Bateratu eta Ingurumen eta Agropolitiken Sailburuordearena, zeinaren bidez 2025ean, izapidetze aurreratuko prozeduraren bidez, Gaztela-Mantxan biodibertsitatearen erlezaintzaren esku-hartzerako laguntzak sartzeko deialdia egiten den, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusita.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
+  </si>
+  <si>
+    <t>Maiatzaren 27ko 3/2025 Lege Dekretuaren arabera, hondamendi naturalengatik kaltetutako gerezi-ustiategientzako aparteko laguntzak 2025erako</t>
+  </si>
+  <si>
+    <t>2025-07-01</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 14ko AGINDUA, 2025eko Nekazaritza Aseguru Konbinatua Kontratatzeko Laguntza</t>
+  </si>
+  <si>
+    <t>2025-07-03</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846235</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 21eko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Murtziako Eskualdeko Autonomia Erkidegoko erlezaintza sektoreko esku-hartze laguntzen 2025eko deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-07-27</t>
+  </si>
+  <si>
+    <t>2025-08-05</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847743</t>
+  </si>
+  <si>
+    <t>Onartzea 2025-2026ko PEPAC 2023-2027ko 6881.1 Esku-hartzean sartutako 2025-2026ko kanpainako oinarri arautzaileak eta laguntza-deialdia, mendiko belardiak modu jasangarrian kudeatzeko.</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>2025-08-31</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847834</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 25eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, hirugarren herrialdeetako merkatuetan ardo produktuak sustatzeko eta komunikatzeko jardueretarako 2026ko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-07-30</t>
+  </si>
+  <si>
+    <t>2025-09-14</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848528</t>
+  </si>
+  <si>
+    <t>2025erako ziurtatutako haziak erabiltzen dituzten arroz-ustiategientzako de minimis laguntzak</t>
+  </si>
+  <si>
+    <t>2025-07-29</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/848632</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 22ko Ebazpenaren arabera, kalitate-eskemetan nekazaritza- eta elikagai-produktuak sustatzeko diru-laguntza 2025/26.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/849085</t>
+  </si>
+  <si>
+    <t>LEHIAKORTASUNA SUSTATZEKO NEKAZARITZA AZPIEGITURETAKO INBERTSIOETARAKO LAGUNTZA 2025EAN</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849656</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 25eko Akordioa, Gaztela eta Leongo Gobernuarena, baso-suteek kaltetutako udalerrietan kokatutako nekazaritza-ustiategi kaltetuen jabeei zuzenean diru-laguntzak emateko baimena ematen diena.</t>
+  </si>
+  <si>
+    <t>2025-09-29</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+  </si>
+  <si>
     <t>NEKAZARITZA ASEGURUAREN URTEKO PLANA 2025</t>
   </si>
   <si>
     <t>2025-01-29</t>
   </si>
   <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
   </si>
   <si>
+    <t>Garapen eta Berrikuntza Teknologikorako EPE Zentroaren laguntzak I+G proiektuak finantzatzeko (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>Nazionala</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
     <t>Agindua, 2025eko otsailaren 12koa, 2025. urterako Nekazaritza Aseguruen Plan Bateratuaren esparruan nekazaritza aseguruak harpidetzeko diru-laguntzetarako deialdia egiten duena eta diru-laguntzei dagokienez zehaztapenak ezartzen dituena.</t>
   </si>
   <si>
-    <t>2025-02-19</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
   </si>
   <si>
-    <t>Garapen eta Berrikuntza Teknologikorako EPE Zentroaren laguntzak I+G proiektuak finantzatzeko (2025)</t>
-[...5 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+    <t>Eskaera Kredituen Eskuragarritasuna ComerciO 2025 LERROA 1. ESTABLEZIMENDU BERRIA</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
   </si>
   <si>
     <t>Eskaera Kredituaren erabilgarritasuna Merkataritza 2025 LERROA 2 MANT. EZORTU.</t>
   </si>
   <si>
-    <t>2025-02-28</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
   </si>
   <si>
-    <t>Eskaera Kredituen Eskuragarritasuna ComerciO 2025 LERROA 1. ESTABLEZIMENDU BERRIA</t>
-[...137 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859455</t>
+    <t>2025eko abenduaren 29ko Ebazpena, Nekazaritza Politika Bateratu eta Ingurumen eta Nekazaritza Politikako Sailburuordearena, zeinaren bidez de minimis erregimeneko laguntzak eskatzen diren, aurrerapen izapidetze prozeduraren bidez, loboi erasoekin lotutako kalteak arintzeko.</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Ebazpena, Nekazaritza Politika Bateratuaren eta Ingurumen eta Nekazaritza Politikaren Sailburuordearena, zeinaren bidez de minimis erregimeneko laguntzak eskatzen diren, aurrerapen izapidetze prozeduraren bidez, Gaztela-Mantxan eragindako kalteak arintzeko.</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>DES/37/2025 Agindua, 2025eko abenduaren 22koa, zeinaren bidez 2026. urterako eskaera bakarrean sartutako NBEUFk (Europako Nekazaritza Bermatzeko Funtsa) eta EBEFk (Landa Garapenerako Europako Nekazaritza Funtsa) finantzatutako laguntzak eskatzen diren.</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
   </si>
   <si>
     <t>Eskualde anitzeko prestakuntza programak 2025</t>
   </si>
   <si>
     <t>2025-05-08</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
   </si>
   <si>
+    <t>2025eko apirilaren 30eko Agindua, nekazaritzako elikagaien elkarte-erakundeen integrazio eta bat-egite prozesuak sustatzeko diru-laguntzak. 2. lerroa - Andaluzian nekazaritza-elikagaien elkarteen bat-egitea sustatzeko eta bultzatzeko laguntzak</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>Basogintzako berrikuntza eta zabalkundea sustatzeko oinarri arautzaileak eta proposamenen deialdia onartzea, 2025 eta 2026 aldian</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 17ko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako (AVFGA) zuzendariarena, ureztatzeko komunitate eta komunitateetan azpiegiturak eta ureztatze sistemak modernizatzeko inbertsioetarako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa. Diru-sarrerak Bermatzeko Proiektuak</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 21eko Ebazpena, Landa Inguruneko eta Nekazaritza Politikako Sailarena, nekazaritza-elikagaien produktuen lehiaketak egiteko irabazi-asmorik gabeko erakundeei diru-laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 16ko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, diru-laguntzen 1. deialdia, 7161 esku-hartzea "Nekazaritza Berrikuntzarako Europako Elkartearen Kooperatiba Talde Operatiboak"</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietako inbertsio-laguntzen oinarri arautzaileak eta 2025erako eskaeren deialdia (PEPAC 2023-2027)</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietan inbertsioetarako laguntzak emateko oinarri arautzaileak eta 2025erako deialdia (Ingurumen Helburua) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>EZTIA EKOIZTEKO ETA MERKATURATZEKO LAGUNTZA 2025EKO URTEKO FEAGA</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 22ko Ebazpena, Idazkaritza Nagusiarena, zeinaren bidez 2025erako nekazaritza-erakunde profesionalei eta irabazi-asmorik gabeko elkarte-erakundeei laguntzak emateko deialdia egiten den, lehia-erregimenean.</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 17ko Ebazpena, Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiarena, Valentziako Erkidegoko (EB) abeltzaintzako ustiategien lehiakortasuna eta iraunkortasuna hobetzeko 2025. urterako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA-USTEGIAK MODERNIZATZEKO ETA/EDO HOBEKUNTZARAKO INBERTSIO-LAGUNTZA 2025</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 21eko EBAZPENA, Asturiasko Printzerriko nekazaritza-ustiategi txiki eta ertainetan ATRIASek egindako aholkularitza-zerbitzuetarako diru-laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Ingurumen ministroaren ebazpena, Balear Uharteetan irabazi-asmorik gabeko erakundeentzako ingurumen-hezkuntzako jardueretarako 2025eko ekitaldirako diru-laguntza publikoak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 2ko SGIM ebazpena, Almeriako probintzian "Berrikuntza eta iraunkortasuna Almeriako nekazaritzako industria laguntzailean" traktore-proiekturako trantsizio bidezko pizgarriak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 2ko SGIM ebazpena, Almeriako probintzian "Almeriako nekazaritzako industria laguntzailean berrikuntza eta iraunkortasuna" traktore-proiekturako trantsizio bidezko pizgarriak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 5eko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako (AVFGA) zuzendariarena, Valentziako Erkidegoko 2023-2027ko NEPB Plan Estrategikoaren 7119.02 LEADER esku-hartzean aurreikusitako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiaren Ebazpena, 2025. urterako, Xylella fastidiosa bakterioa desagerrarazteko eta kontrolatzeko konpentsazio-laguntzen oinarri arautzaileak onartzen dituen 6/2024 Aginduan aurreikusitako laguntzak</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Ura, Abeltzaintza eta Arrantza Ministerioaren Ebazpena, Valentziako Komunitatean ekoizpen ekologikoaren ziurtagirirako 2025. urterako laguntzak deitzen dituena</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 8ko Ebazpena, Andaluziako nekazaritza eta landa garapen sektorea ordezkatzen duten erakunde eta entitateei diru-laguntzak emateko deia egiten duena</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>Basoen defentsarako taldeen (ADF) jarduerak sustatzeko diru-laguntzak 2025erako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Hazinnova</t>
+  </si>
+  <si>
+    <t>2025-05-06</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830227</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 7ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, kooperatibak eta langileen jabetzako sozietateak sortzea eta enplegua sustatzeko 2025eko programaren diru-laguntzak iragartzen dituena. II. Programa.- Inbertsioak</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>Erlezaintza sektorearen esparruan eztia ekoizteko eta merkaturatzeko laguntzak eskatzeko deialdia.</t>
+  </si>
+  <si>
+    <t>2025-05-07</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831030</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako Osasun Defentsa Taldeei laguntza animalien gaixotasunak prebenitzeko, kontrolatzeko eta desagerrarazteko osasun programak ezartzeko, 2025. urtea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Nekazaritza-produktuen sustapenerako laguntza, abeltzaintzako lehiaketak antolatuz, 2025erako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 6ko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, 2025. urterako Nekazaritza Erakunde Profesionalentzako diru-laguntzak deitzen dituena, nekazaritza sektoreko zerbitzu-jarduerak sustatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa Diru-sarrerak Bermatzeko Proiektuetarako</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa Enplegu Egonkorra Sortzen duten Proiektuetarako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>2025EKO NEKAZARITZA ENPLEGUA SUSTATZEKO PROGRAMARAKO DIRU-LAGUNTZAK, DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>ARRANTZA PRODUKTUEN SUSTAPENERAKO, PROZESAMENDURAKO ETA MERKATURATZERAKO LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832610</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 15eko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, 2025eko urterako Plan Estrategikoaren landa-garapeneko esku-hartzeen esparruan lankidetzarako laguntzak deitzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 19ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, esne-errendimenduaren jarraipena egiteko laguntzak eskatzen dizkiena ofizialki aitortutako erakundeei.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 16ko Agindua, Aragoiko Gobernuko presidenteorde eta Lehendakaritza, Ekonomia eta Justizia kontseilariarena, enpresa txiki eta ertainei digitalizazio jardueretarako laguntzak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 22ko Ebazpena, Garapen Teknologiko eta Berrikuntzarako Zentroaren (EPE) (CDTI) Lehendakaritzarena, Zientzia eta Berrikuntza Misioetako I+G proiektuetarako 2025eko diru-laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, aloe vera eta oliba ekoizleentzako azaleraren araberako laguntzak iragartzen dituena 2025eko uzta-kanpainarako.</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>Ibizako uharteko nekazaritza-ingurunea eta agrodibertsitatea berreskuratzeko, mantentzeko eta finkatzeko diru-laguntzen deialdia 2025erako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 20ko Agindua, DANA 2024/2025 kalteek eragindako udalerrietako nekazaritza eta abeltzaintzako ustiategien jabeei zuzendutako diru-laguntzak emateko oinarri arautzaileak onartzen dituena, lehiakortasun erregimenaren arabera.</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>FEADERek nekazaritza-lurrak basoberritzea sustatzeko laguntzak, Madril 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
+  </si>
+  <si>
+    <t>ENPRESEI LAGUNTZA NEKAZARITZA, SARITASUNA, BASO ETA INDUSTRIA GARAPENA, INBERTSIO PROIEKTUA 2025</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Espainiako bertako arrazen sustapenerako laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 26ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Urteko Nekazaritza Aseguru Konbinatuen Planetan sartutako nekazaritza aseguru polizak harpidetzeko diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 28ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo PEPAC 2023-2027 programaren esparruan Erlezaintzako Sektoreko Esku-hartze diru-laguntzen 2025eko erlezaintza kanpaina iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>2025EKO MAIATZAREN 29KO EBAZPENA, 4.2 LERROA Sozietate Arruntaren sartzea. Minimis Agricola</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta elikadura produktuak kalitate araubidean sustatzeko diru-laguntzak. deitu 2025</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2025-08-04koa, Nekazaritza eta Abeltzaintza Zuzendaritza Nagusiarena, Gaztela-Lan Nekazaritza Politika Erkidearen Plan Estrategikoaren esparruan Erlezaintzako Esku-hartze Sektorialaren laguntzak emateko deialdia egiten baita.</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2025eko apirilaren 7koa, Landa Inguruneko eta Nekazaritza Politikarako Ministerioarena, Oinarri Arautzaileak eta Nekazaritza eta Abeltzaintzarako zuzeneko ordainketa moduko Esku-hartzeetarako Deialdia eta Esku-hartzeak onartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko apirilaren 8koa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, Gaztela eta Leongo Erkidegoko mahasti-bilketa berderako laguntzak iragartzen dituena 2025eko mahats-bilketarako.</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>2025-08-04ko Ebazpena, Murtziako Eskualdea Sustatzeko Institutuko zuzendariarena, eskuordetzaz, berrikuntza eta lehiakortasun zerbitzuen kontratazioa bultzatzeko urte anitzeko laguntzen deialdiarena. Nazioartekotzearen egiaztapena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>2025/4/7ko Ebazpena, Asturiasko Zientzia, Enpresa Lehiakortasun eta Berrikuntza Agentziarena, Asturiasko Printzerrian I+G proiektuak gauzatzeko diru-laguntzen deialdia onartzen duena 2025eko ekitaldirako.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>2025. urteari dagozkion abeltzaintzako simaurra kudeatzeko tratamendu berritzaileak garatzeko eta baliozkotzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>ETE Innova 2025 - Sevillako Ganberarako deialdia</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>PDRren esparruan Kataluniako 2023-2027 2025eko edozein urterako ustiapen kontratu globalari lotutako nekazaritza dibertsifikazioari de minimis doikuntzak.</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>2025. urteari dagozkion nekazaritzako elikagaien eraldatzeko eta merkaturatzeko prozesuak hobetzeko laguntzak.</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>ERRIOXA - ERRIOXAKO EKONOMIA GARAPEN AGENTZIA</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>Rioja, La</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827108</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta elikagai produktuen kalitate-eskemetarako laguntzak, 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 16ko Ebazpena, nekazaritzako elikagaien kalitate-izendapenetarako kontseilu arautzaileek garatutako kalitate-programetarako laguntzen oinarri arautzaileak ezartzen dituena eta 2025erako deialdia egiten duena (prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 25eko Ebazpena, Espainiako Nekazaritza Berme Funtsarena (FEGA), PEPAC nekazaritza-elikagaien produktuen eraldatzean, merkaturatzean edo garapenean inbertsio ukigarri edo ukiezinen laguntzak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2025.- 1.- FEDERAZIOAK ETA KOOPERATIBA BATASUNAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2025.- 2.- NEKAZARITZA ERAKUNDE PROFESIONALAK (Mallorcako egoitza)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2025.- 3.- NEKAZARITZA ERAKUNDE PROFESIONALAK (Menorcako egoitza)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 30eko Agindua, nekazaritzako elikagaien elkarte-erakundeen integrazio eta bat-egite prozesuak sustatzeko diru-laguntzak. 1. lerroa - Nekazaritza-elikagaien elkarteen integrazioa sustatu eta bultzatzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>Enpresen lehiakortasun-bonuen diru-laguntzak: Berrikuntza 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, Erlezaintza Sektorearen Esku-hartzeari dagozkionak - MENORCA</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO ENPLEGUA SUSTATZEKO PROGRAMA 2025 (Enplegu Egonkorra)</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa (Diru-sarreren Bermea)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>FEADER. NEKAZARITZA ETA ABELTZAINTZA ORGANIKOAREN LAGUNTZA. PEPAC. 2025-2029 PROGRAMA ETA URTEKOA</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-07-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo arraza garbiko zaldien hazkuntza sustatzeko eta erregistro genealogikoetan izena emateko diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>2025erako laguntza deialdia Kantabriako Nekazaritza Erakunde Profesionalei eta Nekazaritza Kooperatibei, NBEUF eta LGENFk finantzatutako laguntza deialdirako eskaerak betetzen laguntzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, Erlezaintza Sektorearen Esku-hartzeari dagozkionak - EIVISSA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, Erlezaintza Sektorearen Esku-hartzeari dagozkionak - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, erlezaintzako sektorearen esku-hartzeari dagozkionak - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>2025ari dagokion 2023-2027ko NPEB Plan Estrategikoaren esparruan, kontserbazio-erakundeei zuzendutako nekazaritzako baliabide genetikoen kontserbaziorako laguntzak</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 27ko Ebazpena, Nekazaritza Plangintzaren Zuzendaritza Nagusiarena, zeinaren bidez ezartzen den Gaztela-Mantxan nekazaritza aseguruen kontrataziorako laguntza gehigarrien deialdia, Nekazaritza Aseguru Konbinatuaren berrogeita seigarren Planean (2025eko Plana) sartuta.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 30eko Ebazpena, Nekazaritza-Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioak Fruit Attraction 2025 nekazaritza-elikagaien azokara joateko kontratatuko duen standean taldeka parte hartzeko laguntza espezifikoak den minimis erregimenean.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, JATORRI-IZENDAPENA DUTEN ARDOAK EKOIZTEKO MAHATSA-LABORANTZA MANTENTZEKO HEKTARAKO LAGUNTZAK IRAGARRITZEN DITUENA 2025EKO KANPAINARAKO</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>UCLMko Kultura, Kirol eta Gizarte Konpromiso Errektoreordetzaren 2025eko udako ikastaroan izena emateko 20 beka deialdia "Ekintzailetza Albaitaritza eta Nekazaritza Sektorean: Aukerak eta Erronkak" CV12CR</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>2025eko de minimis erregimenaren pean azoketan parte hartzeko eskaeren deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>EKINN+ 2025 PROGRAMA: ENPRESA EKIMEN BERRITZAILE BERRIEN SORKUNTZA, HAZKUNDEA ETA FINKATZEA SUSTATZEKO PROGRAMAN PARTE HARTZEAREN OINARRIAK.</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>Ikerketa-emaitzen balorizazioa eta enpresei transferitzea. ESTATU-LAGUNTZARIK EZ</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838838</t>
+  </si>
+  <si>
+    <t>Berrikuntza sustatzeko eta indartzeko ekintza osagarriak. MINIMIS</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838867</t>
+  </si>
+  <si>
+    <t>Berrikuntza sustatu eta indartzeko ekintza osagarriak ESTATU LAGUNTZARIK EZ</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838869</t>
+  </si>
+  <si>
+    <t>Teknologia aurreratuen asimilazioa eta haien hedapena Valentziako Berrikuntza Sisteman REG (EB) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838871</t>
+  </si>
+  <si>
+    <t>2025eko mailegu-finantzaketa diru-laguntzak Extremaduran kokatutako lehorreko olibondo eta mahasti ustiategien jabeentzat/ 2025eko maiatzaren 6ko 35/2025 Dekretua, zeinaren bidez deialdi hori.</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>2025eko Proposamen Deialdia. Laguntzak nekazaritza-elikagaien ekoizleen elkarteei eta nekazaritza-TEST espazioak kudeatzen dituzten elkarteei.</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>Irabazi-asmorik gabeko Nekazaritza Elkarte Profesionalak laguntzeko 2025eko diru-laguntzak eskatzen dituen agindua</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>2025eko laguntza deialdia, de minimis erregimenaren pean JDO edo IGB gisa aitortutako nekazaritza-elikagaien kalitate-arauak kontrolatzeko eta ziurtatzeko jardueretarako.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>2025eko deialdia tokiko erakundeei nekazaritza-elikagaien merkaturatze-kanal laburrak sustatzeko laguntzak emateko</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>PRESTAKUNTZA ETA ENPLEGURAKO BERRIKUNTZAN INBERTSIOA EGITEKO DIRU-LAGUNTZAK 2025EAN</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>GAZTEEN IKERKETA PROIEKTUETARAKO PROPOSAMENEN DEIALDIA - IKERLAN 2025-2026</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>Erosketa publiko berritzailea (KPI) bultzatzea REG MINIMIS 2023/2831</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838852</t>
+  </si>
+  <si>
+    <t>Erosketa publiko berritzailea (KPI) bultzatzea ERREGIMENA 651</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838853</t>
+  </si>
+  <si>
+    <t>MAV/625/2025 Agindua, ekainaren 12koa, egurraren eta beste egurrezko produktu batzuen lehen mailako eraldatze-enpresen digitalizaziorako (RETECHFOR, PRTR, Next Generation EU) oinarri arautzaileak onartzen eta diru-laguntzen deia egiten duena.</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>MAV/624/2025 Agindua, ekainaren 12koa, Gaztela eta Leonen ekintzailetza digitaleko proiektu eta basogintzako startup-etarako oinarri arautzaileak onartzen eta diru-laguntzen deia egiten duena (RETECHFOR, PRTR, Next Generation EU funtsak)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 22ko Ebazpena, Murtziako Eskualdeko Sustapenerako Institutuko zuzendariarena, ordezkaritza bidez, berrikuntza eta ekintzailetza sustatzeko diru-laguntzak deitzen dituena. Inkubagailuak.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>2025eko XX./XXX. Ebazpena, Teknologia Zentroek garatutako berrikuntza proiektuetarako diru-laguntza lehiakorrak deitzen dituena. 2025eko otsailaren 10eko Aginduaren 5. lerroa</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 17ko Ebazpena, Faba de Lourenzá babestutako adierazpen geografikoari dagozkion nekazaritza-ustiategientzako laguntzak arautzeko oinarriak ezartzen dituena eta 2025. urterako deia egiten duena (MR302 prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntza nekazaritza-ustiategien jabeentzat, elikagaien kalitate-programetan parte hartzea sustatzeko. 2025eko ekainaren 19ko Ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>BERRIKUNTZA SUSTAPENEKO ZUZENDARITZAREN 2025EKO XX. EBAZPENA, BERRIKUNTZA SUSTAPENEKO ZUZENDARIARENA, 2025. URTEKO LEHIAKETA-LEHIAKETAN 2. LERROKO ESTATU GABEKO LAGUNTZA-KLUSTERREK BERRIKUNTZA-PROIEKTUENTZAKO DIRU-LAGUNTZAK EMATEA IRAGARTZEN DUENA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>BERRIKUNTZA SUSTATZEKO ZUZENDARITZAREN 2025EKO XX. EBAZPENA, XXXX. BERRIKUNTZA SUSTATZEKO ZUZENDARIARENA, 2025. URTEKO LEHIAKETA-LEHIAKETAN 2. LERROKO KLUSTERREK BERRIKUNTZA-PROIEKTUENTZAT DIRU-LAGUNTZAK EMATEA IRAGARTZEN DUENA R (EB) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>BERRIKUNTZA SUSTAPENEKO ZUZENDARITZAREN 2025EKO XX.-KO XXXX. EBAZPENA, 2025EKO URTERAKO, LEHIAKETA-MODUZ, 6. LERROKO AZPIEGITURAK HOBETZEKO EKIPAMENDUAK EROSTEKO DIRU-LAGUNTZAK EMATEA IRAGARTZEN DUENA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 11ko AGINDUA, Europako Funtsak kofinantzatutako Espainiako Nekazaritza Politika Bateratuaren 2023-2027 Plan Estrategikoaren esparruan nekazari gazteentzako laguntzetarako oinarri arautzaileak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 19ko Agindua, Industria, Merkataritza eta Enplegu Batzordearena, Gaztela eta Leonen autonomoen trantsizioa sustatzeko diru-laguntzak deitzen dituena (Autonomoen Trantsizioa). 2025. urtea</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 19ko Agindua, Industria, Merkataritza eta Enplegu Batzordearena, autonomoak eta gizarte-ekonomia ordezkatzen dituzten erakundeen bidez ondorengotza produktiboa bermatzeko ekintzailetza sustatzeko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>Nekazaritza Makineria Flota Nazionalaren Berritze Plana (PLAN RENOVE) 2025eko ekitaldirako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>FEADERren LAGUNTZA NEKAZARI GAZTEAK EKARTZEKO, 2025EKO DEIALDIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
+  </si>
+  <si>
+    <t>AGA/685/2025 AGINDUA, ekainaren 23koa, 2025ean izandako euriteen ondorioz nekazaritza-ekoizpenean eta azpiegituretan izandako kalteen ondoriozko laguntzak emateko oinarri arautzaileak eta deialdia onartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>2025eko Landa Eremu Deprimituetan Nekazaritza Enplegua Sustatzeko Programa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUAREN LABURPENA, 2025EKO KANPAINERAKO III.2 EKINTZARAKO LAGUNTZAK IRAGARRIZ, BEHI-HARAGI SEKTOREARENTZAT LAGUNTZA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, 2025EKO KANPAINARAKO III.6 EKINTZAREN LAGUNTZA IRAGARRIZTEN DUENA, AHUNTZ ETA ARDI ESNEKI EKOIZPEN TOKIKORAKO LAGUNTZA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, 2025EKO KANPAINARAKO III.4 EKINTZARAKO LAGUNTZAK IRAGARRIZTEN DITUENA, TOKIKO BEHI-ESNEKI EKOIZPENERAKO LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>Landa Eremu Deprimituetarako Nekazaritza Enplegua Sustatzeko Programa (2025). Salamanca</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>2025-2027rako oinarri arautzaileak eta erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko laguntzen deialdia, PEPACen sartuta dagoen Erlezaintzako Sektore Esku-hartzearen esparruan, 2025eko kanpainarako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta abeltzaintza ekologikoak hartu eta mantentzeko laguntzak (2025)</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-agricultura-ganaderia-ecologica-2</t>
+  </si>
+  <si>
+    <t>Esne-behien hazkuntza intentsiboan animalien osasun eta ongizatearekiko konpromisorako laguntzak (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-17</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/compromiso-sanidad-bienestar-animal</t>
+  </si>
+  <si>
+    <t>Erlezaintzari biodibertsitaterako laguntzak (2025-2029)</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>https://sede.comunidad.madrid/ayudas-becas-subvenciones/ayudas-apicultura-biodiversidad-1</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 30eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, nekazaritza-ustiategien ekoizpen-egiturak hobetzeko diru-laguntzak iragartzen dituena, LGENFk kofinantzatuta.</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843224</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 30eko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, zeinaren bidez Planaren esparruan Valentziako Erkidegoan nekazari gazteak eta nekazari berriak ezartzeko laguntzak eskatzen diren.</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843261</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 20ko Agindua, Nekazaritza, G eta DR Ministerioarena, hausnarkarien gaixotasunen osasun-programa ofizialen barruan hiltzearen ondorioz behiak ordezkatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-07-05</t>
+  </si>
+  <si>
+    <t>2025-08-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843595</t>
+  </si>
+  <si>
+    <t>2025eko laguntza deialdia, kanal laburretan merkaturatzen duten nekazaritza-elikagaien ekoizleentzat, de minimis erregimenaren barruan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843645</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Aseguru Planaren (Agroseguro) lerroetarako laguntzak</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843675</t>
+  </si>
+  <si>
+    <t>Irabazi-galeretarako laguntzak. Nekazaritza Plangintzako Zuzendari Nagusiaren 2025/07/03ko Ebazpena, abeltzaintzako ustiategien irabazi-galerak konpentsatzeko laguntzak lehiakortasunez emateko deia egiten duena, baldin eta baldintza hauek betetzen badira:</t>
+  </si>
+  <si>
+    <t>2025-07-10</t>
+  </si>
+  <si>
+    <t>2025-08-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844123</t>
+  </si>
+  <si>
+    <t>Landa-eremuetako nekazaritza-eraikinetarako energia berriztagarrietan inbertsio-laguntzen eskabideetarako 2025erako deialdia.</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/844175</t>
+  </si>
+  <si>
+    <t>Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioaren 2025eko uztailaren 9ko Aginduaren laburpena, Espainiako bertako arrazak sustatzeko 2025eko diru-laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-07-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845166</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 30eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, larreetan azpiegiturak sortu, hobetu edo zabaltzeko inbertsio-laguntzen 2025eko deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845265</t>
+  </si>
+  <si>
+    <t>URA, NEKAZARITZA, ABELTZAINTZA ETA ARRANTZA MINISTERIOAREN AGINDUA. 2025/07/10EKOA. LEHORREKO ALMENDROEN PRODUKZIO-POTENTZIALA BERRERAIKITZEKO LAGUNTZA DEIALDIA. NEKAZARITZA POLITIKA KOMUNAREN PLAN ESTRATEGIKOA, 2023-2027 ALDIA, 2025EKO URTEKO ORDAINKETA</t>
+  </si>
+  <si>
+    <t>2025-07-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/845809</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 11ko Ebazpena, esne-ustiategien aholkularitza-zerbitzuetarako eta ziurtapen-programetan parte hartzeko laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846345</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/846381</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektoreari emandako de minimis laguntza, ongarritze jasangarriari buruzko aholkularitza eta laguntza tekniko moduan, 2025. urteari dagokiona.</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>2025-08-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/847044</t>
+  </si>
+  <si>
+    <t>Kantabriako Autonomia Erkidegoko nekazaritza-ustiategiei 2025erako aholkularitza-zerbitzuak, kudeaketa teknikoa eta ekonomikoa barne, emateko lankidetzan aritzeko nekazaritza-elkarteei diru-laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849207</t>
+  </si>
+  <si>
+    <t>1.131/2025 zenbakiko Ebazpena, Nekazaritza, Abeltzaintza, Landa Mundua eta Ingurumen Ministerioarena, behi-tuberkulosiak jotako abeltzaintza-ustiategiei 2025. urterako laguntzak emateko deialdi publikoa onartzen duena</t>
+  </si>
+  <si>
+    <t>2025-08-02</t>
+  </si>
+  <si>
+    <t>2025-08-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849292</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 30eko Ebazpena, Valentziako Nekazaritza Sustapen eta Bermerako Agentziako zuzendariarena, Valentziako Komunitateko ardogintza sektoreari hirugarren herrialdeetako merkatuetan sustapen eta komunikaziorako laguntzak deitzen diona.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849478</t>
+  </si>
+  <si>
+    <t>2025eko Agindua, zeinaren bidez ezartzen diren Galizian erregimen asoziatiboan nekazaritzako makinen erabilera sustatzeko laguntzen oinarri arautzaileak, Europar Batasuneko Berreskuratze Tresnak (EURI) finantzatuta, esparruaren barruan.</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/849749</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 1eko Ebazpena, Gaztela eta Leongo Nekazaritza Teknologia Institutuko zuzendari nagusiarena, zeinaren bidez Elikagai Sektoreko Elkarteek nekazaritza sektorea garatzeko sustatutako jardueretarako laguntzak deitzen diren 2025. urterako.</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850066</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 24ko Ebazpenaren arabera, Abeltzaintzako Osasun Defentsa Taldeei eta Erlezaintzako Osasun Defentsa Taldeei laguntzak emateko deialdia</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/850149</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 12ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, Gaztela eta Leongo autonomia erkidegoan nekazaritza-elikagaien kooperatiben eskalatzea sustatzeko 2025eko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>2025erako Kantabrian beren negozioak ezartzen laguntzeko diru-laguntzen deialdia.</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 4ko ebazpena, Nekazaritza Politika Bateratu eta Ingurumen Politikako Sailburuordearena, ardi- eta ahuntz-abereen defentsa eta zaintzarako mastin-txakurrak edukitzeko eta mantentzeko laguntzak deitzekoa, de minimis erregimenean.</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>IND/39/2025 Agindua, abuztuaren 20koa, merkatari elkarteei eta haien federazioei, eta txikizkarien konfederazioei eta kooperatibei 2025. urterako diru-laguntzen deialdia onartzen duena. Ez dago minimisaren menpe.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 21eko Agindua, Nekazaritza Politika Bateraturako Plan Estrategikoaren esparruan instalazio eta ekipamendu komunen erabilera erregimen asoziatiboan sustatzeko laguntzen oinarri arautzaileak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>2025erako deialdia enpresa-talde berritzaileei laguntza emateko, lehiakortasuna hobetzeko eta autonomia estrategikoan laguntzeko.</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak enpresentzat Elikagai Osagaien 2025 Azokan parte hartzeko, 2025eko abuztuaren 26ko Akordioaren arabera, zeinak dei egiten duen.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 AGINDUA, abuztuaren 26koa, nekazaritzako produktuen (nekazaritzako elikagaien industriak) eraldatzean, merkaturatzean eta garapenean inbertsioetarako diru-laguntzak deitzen dituena, PEPACen esparruan, 2023-2027 aldirako 2026. urterako.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>AGA/XX/2025 Agindua, XX.a, Aragoiko autonomia erkidegoan nekazaritza asegurua kontratatzeko diru-laguntzak deitzen dituena, 2025. urterako, berrogeita seigarren nekazaritza aseguruen plan konbinatuaren (2025eko plana) lerroetarako.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>1280/2025 Ebazpena, Errioxan nekazaritza-ustiategientzako laguntza-jarduerak egiten dituzten nekazaritza-erakunde profesionalei eta aholkularitza-erakundeei 2025erako diru-laguntzen deialdi publikoa onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-09-02</t>
+  </si>
+  <si>
+    <t>2025-09-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853953</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 29ko Ebazpena, baso-suteen ondorioz merkataritza-, industria-, turismo- eta negozio-establezimenduek jasandako kalteak estaltzeko laguntzak arautzen dituena (IG100A)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854027</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 29ko Agindua, basogintzako, nekazaritzako edo abeltzaintzako ustiategiei eragindako kalteengatiko laguntzen oinarri arautzaileak ezartzen dituena, Galizian eragina izan duten baso-suteek eragindako kalteak konpontzeko.</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854093</t>
+  </si>
+  <si>
     <t>2025eko abuztuaren 28ko Akordioa, Gaztela eta Leongo Gobernuarena, 2025eko baso-suteek kaltetutako udalerrietan kokatutako nekazaritza-ustiategi kaltetuen jabeei zuzenean diru-laguntzak emateko baimena ematen duena.</t>
   </si>
   <si>
-    <t>2025-09-01</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854122</t>
   </si>
   <si>
+    <t>2025eko diru-laguntzak pertsona fisiko edo juridiko pribatuei nekazaritza- eta abeltzaintza-ustiategietan intereseko espezie babestuak eta habitatak kontserbatzeko eta lehen deialdia/ uztailaren 29ko 92/2025 Dekretua</t>
+  </si>
+  <si>
+    <t>2025-09-09</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854468</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 1eko EBAZPENA, Landa Inguruneko eta Nekazaritza Politikako Sailarena, nekazaritza produktuetan inbertsioak egiteko eta basogintzako teknologietan inbertsioak egiteko diru-laguntzen urte anitzeko deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/854595</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 4ko ebazpena, Valentziako Nekazaritza Sustapen eta Berme Agentziako (AVFGA) zuzendariarena, nekazaritza-elikagaien produktuen eraldatzean, merkaturatzean edo garapenean inbertsioetarako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/855070</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 13ko Ebazpena, aholkularitza-zerbitzuak emateko 2025eko ekitaldirako laguntzak eskatzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856481</t>
+  </si>
+  <si>
+    <t>2025eko Ebazpena, Asturiasko Printzerriko nekazaritza-ustiategiak hobetzeko nekazaritza-elkarteei 2025. urterako urte anitzeko diru-laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856648</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 15eko Ebazpena, Landa Inguruneko eta Nekazaritza Politikako Sailarena, Paradisu Naturalean merkatuak egiteko irabazi-asmorik gabeko erakundeei diru-laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856649</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 15eko ebazpena, Nekazaritza Kudeaketako Zuzendaritza Nagusiarena, zeinaren bidez, 2025erako, behi, ardi eta ahuntz ustiategietan abere hutsak daudenean birpopulatzeko laguntzak deitzen diren lehia-erregimenean.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/856922</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 15eko Agindua, Ura, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Jatorrizko Deituren, Adierazpen Geografiko Babestuen Kontseilu Arautzaileen eta Nekazaritza Ekologikoaren Kontseiluaren diru-laguntzen deia egiten duena. 2025</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/857081</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 18ko Agindua, nekazaritza-intereseko jarduerak egiteko nekazaritza-erakunde profesionalei eta nekazaritza-elkarteei laguntzeko oinarri arautzaileak ezartzen dituena eta 2025erako deialdiak egiten dituena (kodea)</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>AGINDUA 2025ERAKO IRAGARRIZ, KANARIA UHARTEETAN NEKAZARITZA-PRODUKZIOA LAGUNTZEKO ERKIDEGO PROGRAMAREN "ANIMALIA-PRODUKZIORAKO LAGUNTZA", III.7 EKINTZA "KANARIA UHARTEETAN TXERRI-HAZKUNTZAREN PRODUKZIORAKO LAGUNTZA" III. NEURRIAREN ARABERAKO LAGUNTZAK IRAGARRIZ</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858992</t>
+  </si>
+  <si>
+    <t>2025eko urriaren 1eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, ustiategiei aholkularitza-zerbitzuak emateko eta erakundeak hautatzeko prozesua egiteko 2027ko laguntzen deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859544</t>
+  </si>
+  <si>
+    <t>2025eko Leader Approach diru-laguntzak landa-eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (7119 PEPAC esku-hartzea), II. deialdia (PEPAC 2023-2027) GAL ADIC-HURDES</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859858</t>
+  </si>
+  <si>
+    <t>Elikagai-katearen eta egurraren digitalizazioaren laguntza-programa 2025 REG(EB) 1408/2013</t>
+  </si>
+  <si>
+    <t>2025-09-18</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/859873</t>
+  </si>
+  <si>
+    <t>2025erako Nekazaritza Ustiategietan Inbertsioetarako Ureztatze Modernizaziorako R247 Laguntzetarako Deialdia. PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>2025-11-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860380</t>
+  </si>
+  <si>
+    <t>2025erako Nekazaritza Ustiategietako Ureztatze Eraldaketan Inbertsioetarako Laguntzetarako R159. PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>2025-11-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860520</t>
+  </si>
+  <si>
+    <t>2025eko urriaren 3ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo Komunitateko nekazaritza-erakunde profesional adierazgarrienentzako 2025erako diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/860805</t>
+  </si>
+  <si>
     <t>2025eko urriaren 13ko EBAZPENA, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariak emana, ardogintzako azpiproduktuen destilaziorako 2025/2026 kanpainarako laguntzak deitzen dituena.</t>
   </si>
   <si>
-    <t>Comunitat Valenciana</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862744</t>
   </si>
   <si>
     <t>AGA/xxxx/2025 AGINDUA, urriaren 17koa, 2025eko abuztu-irailean izandako euriteen ondorioz Aragoin nekazaritza-ustiategien ekoizpenean eta azpiegituretan eragindako kalteengatiko laguntza-oinarri arautzaileak eta deialdia egiten dituena.</t>
   </si>
   <si>
-    <t>Aragón</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/862758</t>
   </si>
   <si>
+    <t>2025eko urriaren 17ko ebazpena, Nekazaritza Plangintzaren Zuzendaritza Nagusiarena, zeinaren bidez Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioaren uztailaren 5eko 115/2024 Aginduak araututako laguntzak 2025. urterako deitzen diren.</t>
+  </si>
+  <si>
+    <t>2025-10-25</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863301</t>
+  </si>
+  <si>
+    <t>Nekazari gazteek negozioak sortzeko diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/863851</t>
+  </si>
+  <si>
+    <t>AGA/XX/2025 AGINDUA, ARAGOIKO AUTONOMIA ERKIDEGOAN NEKAZARITZA ASEGURUA KONTRATATZEKO, 2025. URTERAKO, 45 (2024 PLANA) ETA 46 (2025 PLANA) LERROETARAKO, ABUZTUAREN 31RA ARTE HARPIDETUTAKO NEKAZARITZA ASEGURUAREN PLAN KONBINATUENTZAT.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/866048</t>
+  </si>
+  <si>
+    <t>2025eko Laguntza: Nekazaritza-produktuen prozesamendu eta merkaturatzean inbertsioetarako lidergo-ikuspegia. Estatu-laguntza (7119 PEPAC esku-hartzea), I. s/ Convo (PEPAC 2023-2027) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867758</t>
+  </si>
+  <si>
+    <t>2025eko Laguntza: LEADER ikuspegia nekazaritza produktuen prozesamenduan eta merkaturatzean inbertsioetarako. Estatu Laguntzarik EZ. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867759</t>
+  </si>
+  <si>
+    <t>2025eko Laguntza: Nekazaritza-produktuen prozesamendu eta merkaturatzean inbertsioetarako lidergo-ikuspegia. Estatu-laguntza (7119 PEPAC esku-hartzea), I. s/ Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868257</t>
+  </si>
+  <si>
+    <t>2025eko laguntza: LEADER ikuspegia nekazaritza-produktuen prozesamenduan eta merkaturatzean inbertsioetarako. Estatuko laguntzarik EZ. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL ADICOVER</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868258</t>
+  </si>
+  <si>
+    <t>2026ko diru-laguntzak nekazaritza sektoreari landareen babesari buruzko aholkularitza teknikoa emateko 2025eko abenduaren 3ko Ebazpena.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>2026/01/07ko Nekazaritza eta Abeltzaintza Zuzendaritza Nagusiaren Ebazpena, zeinaren bidez Gaztela-Mantxako mahastiak berregituratzeko eta bihurtzeko eskaeretarako 2026ko laguntza-deialdia egiten den Esku-hartze Programaren esparruan.</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880369</t>
+  </si>
+  <si>
+    <t>Ticket Innova 2026rako oinarri arautzaileak, lehiarik gabeko konkurrentzia, nekazaritza de minimis</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880742</t>
+  </si>
+  <si>
+    <t>Reacciona 2026 araudi-esparrua, EGEFek kofinantzatua, lehiakortasunik gabekoa, nekazaritzarako de minimis</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880751</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko AGINDUA, Galiziako Autonomia Erkidegoan nekazaritza aseguruen kontratazioa sustatzeko laguntzen oinarri arautzaileak ezartzen dituena eta 2026. urterako deialdia egiten duena (MR443A prozedura kodea)</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>Landa Garapenerako Europako Nekazaritza Funtsak (LGENF) kofinantzatutako nekazaritza produktuen eraldatze eta merkaturatzean egindako inbertsioetarako laguntzak</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881481</t>
+  </si>
+  <si>
+    <t>720007 72300 4400 412108 'PDR FEADER 2014-2022 2.100.000,00 euroko urte anitzeko gastua baimentzea. Aholkularitza-zerbitzuak INTIAren bitartez, 2024ko gastu-aurrekontuaren eta haren baliokidearen 2025ean</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>2024/11/11ko Ebazpena, Nekazaritzako Elikagaien Ekoizpen eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez, lehiaketa-lehiaketa-araubidean, aurretiazko izapidetze prozeduraren bidez, laguntzak deitzen diren 2025. urterako, sustatzeko.</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>2024/11/22ko Ebazpena, Nekazaritzako Elikagaien Ekoizpen eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez produktuak informatzeko eta sustatzeko lankidetzarako laguntzak deitzen diren, aurretiazko izapidetze prozeduraren bidez, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategiei trantsizio energetikorako laguntzak 2025. Batzordearen 651/2014 Erregelamendua</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua, 2025eko Kanpainarako Kanariar Nekazaritza Ekoizpenari Laguntzeko Erkidegoko Programaren I.5 Ekintzarako deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategiei trantsizio energetikorako laguntzak 2025. Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>IND/57/2024 AGINDUA, abenduaren 4koa, Kantabriako artisautzarako 2025. urterako (Nekazaritzako produktuen lehen mailako ekoizpena) laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>Ardo-produktuak ekoizteko eta merkaturatzeko inbertsioetarako laguntzak</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801551</t>
+  </si>
+  <si>
+    <t>2025-2026 deialdia Nafarroako Foru Komunitateko nekazaritza eta elikadura produktuak kalitate erregimenetan sustatzeko Lankidetzarako laguntzetarako.</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>2024ko 10eko Ebazpena, 2023-2027 PEPAC 2023-2027 2025. urterako PAko nekazaritza-ustiategi txiki eta ertainetan aholkularitza-zerbitzuetarako diru-laguntzak emateko diru-laguntzak emateko gastu aurreratuen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>Galiziako enpresen berrikuntza gaitasuna eta garapen teknologikoa hobetzeko laguntzak, 2025. urterako “Ticket Innova” programa.</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2024ko abenduaren 19koa, Nekazaritza Garapen eta Bermerako Valentziako Agentziako zuzendariarena, zeinaren bidez informazio jardueretarako eta kalitatezko nekazaritzako elikagaien araubideen sustapenerako laguntzak deitzen diren 2025eko ekitaldirako.</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>Ebazpena, Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendari Nagusiarena, zeinaren bidez deitzen den, 2025eko ekitaldirako, laborantza suntsitu edo suntsitu duten fruta-lursailak birlandatzera zuzendutako minimis laguntzak.</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendari Nagusiaren Ebazpena, zeinaren bidez, 2025. urterako, gereziondo-ustiategietarako laguntzak deitzen diren klima-, ingurumen- eta eraginpeko eremuetan.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>EMT//2024 Ebazpena, dena, Lleidako nekazaritza kanpainen esparruan prestakuntzadun kontratazioa sustatzeko diru-laguntzak emateko 2025. urterako deialdia irekitzen duena (SOC - NEKAZARITZA KANPAINA IN</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Abenduaren 19ko AGA/…/2024 Agindua, Aragoiko 2025. urterako nekazaritza-aholkularitza-zerbitzuak emateko diru-laguntzak deitzen dituena, NPB 2023-2027 Plan Estrategiko Nazionalaren esparruan.</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako kooperatiben, mikrokooperatiben eta lan-sozietateen enplegua sustatzeko eta lehiakortasuna hobetzeko laguntzen deialdia 2025 eta 2026 urteetarako.</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako enpresa talde berritzaileen funtzionamenduari zuzendutako laguntzen deialdia 2025</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintzako Ekoizpeneko Zuzendari Nagusiaren Ebazpena, 2025. Planerako, Valentziako Erkidegoko laguntzetarako deialdi goiztiarra ezartzen duena, planetan sartuta dauden nekazaritza aseguruak harpidetzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua, 2025eko kanpainarako “erle beltzen bertako arrazatik kalitatezko eztia ekoizteko laguntzak” eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>2024/12/18ko Ebazpena, Nekazaritza Kudeaketako Zuzendaritza Nagusiarena, zeinaren bidez, 2025. urtean, izapidetze aurreratuaren prozeduraren bidez, Espainiako arraza autoktonoak sustatzera zuzendutako diru-laguntzak iragartzen diren.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>2024/12/18ko Ebazpena, Nekazaritza Kudeaketako Zuzendaritza Nagusiarena, Gaztela-Mantxako esne-ekoizpena kontrolatzeko 2025. urterako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>Industria ETEetan berrikuntza proiektuak egiteko laguntzak. Deitu 2025</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>2025eko deialdia PEPACren esparruan lanaldi partzialeko nekazariak ezartzeko laguntzetarako</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Gaitasun digitalen prestakuntza-ekintzetarako diru-laguntzen oinarrien agindua, ahal dela landa eremuko emakumeei zuzenduta, Plan Nacion. Trebetasun digitalak, PRTRkoak, EBk finantzatutakoak -Next Generation EU-, eta 2025 deialdia.</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>2025ean oinarri teknologikoko enpresa berritzaileak sortzeko eta sendotzeko laguntzak Susperraldi, Eraldaketa eta Erresilientzia Planaren esparruan - Europar Batasunak finantzatua - Next Generation EU.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>2024/12/17ko Ebazpena, Landa Garapeneko Zuzendaritza Nagusiarena, zeinaren bidez, 2025. urterako, aurretiazko izapidetze prozeduraren bidez, nekazaritzan gazteak finkatzeko laguntzak eta hobekuntza eta inbertsioak egiteko.</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Nekazaritzako Tratamendu Integratuko Taldeentzako Laguntzak (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>AGINDUA, 2024ko abenduaren 26koa, Galiziako Autonomia Erkidegoan nekazaritza-aseguruak kontratatzea sustatzeko laguntzen oinarri arautzaileak ezartzen dituena eta 2025. urterako deia egiten duena (MR443A prozedura kodea)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>Urtarrilaren 13ko Agindua, lehortearen eta sektorearen egungo arazoen ondorioz zailtasun ekonomikoak dituzten Aragoiko nekazaritza-kooperatibak finantzatzeko emandako ezohiko laguntzen BBRR ezartzen duena eta deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808893</t>
+  </si>
+  <si>
+    <t>2025eko Leader Ikuspegia, MINIMIS Erregimenak ESTALITU EZ DUEN laguntzak, nekazaritzako produktuak eraldatzeko eta merkaturatzeko inbertsioetarako (19.2.2 PDR Azpineurria), z/ XXIV Deialdia (PDR 2014-2020) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>AGINDUA, 2025eko URTARRILAREN 10ekoa, Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendaritza Nagusiarena, Lehiakoak ez diren Abeltzaintza Osasunaren Defentsarako Elkarteek albaitaritza-programa nazionalak gauzatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>Extremadurako Autonomia Erkidegoan nekazari gazteak ezartzeko 2025-26 laguntzak, 169/2024 Dekretuan sartutako lehen deialdia.</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>2025-26 Laguntzak Nekazari gazteak finkatuta dauden Nekazaritzako Ustiategiak Modernizatzeko eta/edo Hobetzeko Inbertsioak, lehen deialdia 169/2024 Dekretuan sartutako lehenengo deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko urtarrilaren 27koa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, zuzeneko ordainketa moduko esku-hartzeak, landa garapeneko esku-hartzeak eta betekizun komunak ezartzeko deia egiten duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2025eko urtarrilaren 28koa, Nekazaritza Garapen eta Bermerako Valentziako Agentziako zuzendariarena, eskabide bakarrean jasotako laguntzak urtero ordaintzeko deialdia ezartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>AGINDUA, 2025eko urtarrilaren 23koa, Aragoiko nekazaritza-kooperatibei diru-laguntzak emateko Autonomia Erkidegoak emandako ezohiko laguntzen BBRR ezartzen duena eta deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>Landare babesteko taldeentzako laguntzak 2025erako landare-izurriteei aurrea hartzeko</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Nekazari Gazteentzako Laguntza Osagarriak, dei egiten duen 2025eko urtarrilaren 27ko Ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Nekazaritza Ekologikoa, horiek deitzen dituen 2025eko urtarrilaren 27ko Ebazpenaren arabera</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>Nekazaritzari lotutako PEPAC 2025 Laguntzak, horiek deitzen dituen 2025eko urtarrilaren 27ko Ebazpenaren arabera.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 AGINDUA, urtarrilaren 20koa, 2025. urterako Nekazaritza Politika Erkidearen laguntza-eskaera bakarra aurkezteko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>Nekazari gazteentzako diru-sarrera osagarriak 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>Zailtasunak dituzten labore jakin batzuetako nekazariei lagundu 2025eko kanpainan</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 27ko Agindua, zeinaren bidez, 2025. urterako deialdia egiten den Fruta Arbol Lehorren eta Ureztatutako Fruta Arbolak Mantentzeko Nekazaritza Ekologikoaren eragiketei dagozkien diru-laguntzetarako (6503.2), Esku-hartzeei dagozkienak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>Nekazaritza ekologikoa sustatzeko laguntzak, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko urtarrilaren 28koa, 10.1.14 Ustiapenerako diru-laguntzarako 2025. urterako deialdia egiten duena larre-formazioetako usteldura erradikala prebenitzeko eta kontrolatzeko lurzoruaren kareharria aldatzeko 10. neurria: Agroambi egiten da.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>2025 Nekazaritza-sektoreari landareen babesari buruzko aholkularitza teknikoa emateko laguntzak, 2024ko abenduaren 20ko Ebazpena.</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko otsailaren 3ko Aginduaren laburpena «Espainiako Elikadura, 2025. urtea» Saria iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Nekazaritza-lurretan nekazaritzako ingurumen-konpromisoetarako eta baliabide genetikoak kontserbatzeko konpromiso eta jardueretarako diru-laguntzak (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko urtarrilaren 30ekoa, tokiko eta artisau-merkataritzaren berrikuntza eta iraunkortasuna sustatzeko diru-laguntzak, lehiarik gabe, emateko oinarri arautzaileak ezartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>Merkataritza eta azoka sustatzeko jarduerak garatzeko Madrilgo Erkidegoko udalei laguntzak 2025</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Birsortutako ura erabiliz labore iraunkorretarako nekazaritza-ingurumen konpromisoak ordaintzeko laguntzak, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Nekazaritzakoak ez diren enpresak eta landa eremuko jarduerak sortu eta garatzeko inbertsioetarako diru-laguntzak (19.2.3 PDR azpineurria), z/ IX Deialdia (PDR 2014-2020) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>2025 Leader Approach Nekazaritzakoak ez diren enpresak eta landa eremuko jarduerak sortu eta garatzeko inbertsioetarako diru-laguntzak (19.2.3 PDR azpineurria), z/ IX Deialdia (PDR 2014-2020) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko otsailaren 17koa, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Murtziako Eskualdeko mahastiak berregituratzeko eta birmoldatzeko laguntzen deialdia onartzen duena, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>DES/07/2025 Agindua, 2025eko otsailaren 24koa, 2025. urterako eskabide bakarrean jasotako FEAGF (Nekazaritza Bermatzeko Europako Funtsa) eta FEADER (Landa Garapenerako Europako Nekazaritza Funtsa) finantzatutako laguntzetarako deialdia egiten duena eta bilketa egiten duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntza nekazaritza-ustiategien oinordetzarako lankidetza</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>AGA/…../2025 AGINDUA, martxoaren 6koa, Europako Berrikuntzarako Lankidetzako (EIP) talde operatiboentzako lankidetza-laguntzetarako deialdia egiten duena, 23-27 NPBren Plan Estrategiko Nazionalaren esparruan, Aragoi 2025erako.</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>Kantabriako abeltzaintza-osasunaren defentsarako aitortutako taldeei diru-laguntzak emateko deialdia 2025erako.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko martxoaren 13ko Aginduaren laburpena, "Alimentos de España Ardo Onenen, 2025" Saria iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko martxoaren 17ko Aginduaren laburpena, "Adierazpen Geografikoko Espiritu Onenaren Alimentos de España Saria, 2025" iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko martxoaren 18koa, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, 2025eko mahats-bilketaren uzta berderako laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>ANTOLAKETA LAGUNTZAK IRAKASLEA. NEKAZARITZA ETA SINDIKAKO KOOP. NEKAZARITZA (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>SINDIKAKO KOOP. NEKAZARITZA LAGUNTZA (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko martxoaren 23koa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, Gaztela eta Leongo hegazti erruleetan salmonella txertatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>Agindua, 2025eko martxoaren 21ekoa, Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioarena, Gaztela eta Leongo erkidegoko mahastiak berregituratzeko eta bihurtzeko laguntzak iragartzen dituena, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>2025 Nekazaritza-ustiategietan ura eta energiaren erabilera eraginkorra sustatzen duten ureztatze-sistemak ezartzeko diru-laguntzak, horiek deitzen dituen martxoaren 11ko 12/2025 Dekretuaren arabera.</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Martxoaren 27ko Ebazpena, 2025eko ekitaldirako deialdia egiten duena, Cultiva programarako diru-laguntzak, ustiategi ereduko nekazari gazteentzako prestakuntza egonaldiei buruzkoak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>2025eko martxoaren 27ko Agindua, deitua. 2025 exekuziora zuzendutako laguntzen, Agruparen bitartez. Abeltzaintza Osasunaren Defentsarena, lehia-erregimenean erkidegoko finantzaketarik ez duten osasun-programena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>Ekintzailetza berritzailea sustatzeko diru-laguntzen deialdia (Entrepreneur Check) 2025erako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>Extremadura Avante-k enpresei laguntza ematen die Fruit Attraction 2025 Azokan taldean parte hartzeko, 2025eko martxoaren 27ko Hitzarmenak deitzen dituenaren arabera.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>AGINDUA/AGA/284/2025, martxoaren 10ekoa, Nekazaritza, Abeltzaintza eta Elikadura sailburuarena, 2025. urterako erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzera zuzendutako diru-laguntzen deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>Ebazpena, 2025eko martxoaren 24koa, ekoizle taldeek 2023-2027 NPB Plan Estrategikoaren esparruan garatutako kalitate-araubideetan jasotako Galiziako nekazaritza- eta elikagaigintza-produktuen informazio- eta sustapen-jardueretan lankidetza laguntzeko laguntzen oinarri arautzaileak ezartzen dituena, eta 2025eko ekitaldirako deia egiten duena.</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>Nekazari berriak sartzeko laguntzak. Deitu 2025</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>2025-04-01eko Ebazpena, Murtziako Eskualdeko Sustapenerako Institutuko zuzendariarena, ordezkaritzaz, azoka, ekitaldi eta merkataritza-misioetan parte hartzeko diru-laguntzen deialdia egiten duena. Saudi Nekazaritza Azoka. Saudi Arabia 2025.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 Agindua, apirilaren 7koa, 2025ean Nekazaritzako Elikagaien Industria 2022 eta 2023 Aginduetan emandako diru-laguntzak FITE 2023 hitzarmenaren kargura osatzeko deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko apirilaren 7ko Aginduaren laburpena, "2025eko Urdaiazpiko Onenen Espainiako Elikagaien Saria" iragartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>Udalei obra berriak egiteko eta nekazaritza-azpiegiturak hobetzeko 2024-2025 laguntzen deialdia, abuztuaren 14ko DES/25/2024 Aginduak arautua.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>AGA/ /2024 Agindua, urriaren 7koa, 2025. urterako (2026ko ekitaldia) ekoizteko instalazioetan eta ardoaren azpiegituretan, egituretan eta merkaturatzeko tresnetan inbertsioetarako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>Nekazaritza sektorerako laguntzak landare osasunari dagokionez 2025</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>2024-2025 Azpikoa udalei eta toki entitate txikiagoei zuzendua, merkataritza suspertzeko proiektuak finantzatzeko, 2024ko urriaren 15eko 130/2024 Dekretuaren arabera.</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>2024-2025 Subv 2024ko urriaren 15eko 130/2024 Dekretuaren arabera, merkataritza-sektoreko elkarte, federazio eta konfederazioei zuzendua, merkataritza suspertzeko proiektuak finantzatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>Ikerketa zientifikorako eta teknologia transferentziarako proiektuetarako laguntzak, EGEFek kofinantzatuta (2025-2029)</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>905/2022 Errege Dekretua, urriaren 25ekoa, Nekazaritza Politika Bateratuko Plan Estrategikoaren esparruan Ardoaren Sektorearen Esku-hartzea arautzen duena_2025 Deialdia</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>2024ko Nekazaritzako Makineriaren Parke Nazionala (RENOVE PLANA) berritzeko plana</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Nafarroako mendi-belardiak modu iraunkorrean kudeatzeko 2024-2025 kanpainarako laguntzen oinarri arautzaileak eta 6881.1 Esku-hartzean jasotako PEPAC 2023-2027 Esku-hartzean jasotako laguntzen deialdia onartzea.</t>
+  </si>
+  <si>
+    <t>2024-07-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>2025, 2026 eta 2027. urteei dagozkien nekazaritzako elikagaien kooperatiba katalanak eraldatzeko eta lehiakortasuna eta ingurumen, gizarte eta ekonomia jasangarritasuna sustatzeko laguntzak (IMPULS.COOP).</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
     <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua 2025eko kanpainarako deia egiten duena III.1 Ekintza «Erkidegoan jatorria duten arraza hutseko edo merkataritzako arrazako hazkuntzako animaliak hornitzeko laguntzak»</t>
   </si>
   <si>
-    <t>2024-12-01</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-12-15</t>
   </si>
   <si>
-    <t>Canarias</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
   </si>
   <si>
-    <t>2025, 2026 eta 2027. urteei dagozkien nekazaritzako elikagaien kooperatiba katalanak eraldatzeko eta lehiakortasuna eta ingurumen, gizarte eta ekonomia jasangarritasuna sustatzeko laguntzak (IMPULS.COOP).</t>
-[...46 lines deleted...]
-  <si>
     <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Burujabetza Ministerioaren Agindua, 2025eko kanpainarako III.2.4 "Gizentzera zuzendutako txahalak inportatzeko laguntzak" azpiekintzako laguntzak deitzen dituena.</t>
   </si>
   <si>
     <t>2024-10-01</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
   </si>
   <si>
-    <t>Ikerketa zientifikorako eta teknologia transferentziarako proiektuetarako laguntzak, EGEFek kofinantzatuta (2025-2029)</t>
-[...296 lines deleted...]
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+    <t>2025eko abenduaren 16ko NBEGaren Ebazpena, zeinaren bidez eskualdez gaindiko aholkularitza-zerbitzuetarako diru-laguntzak aldez aurretik deitzen diren PEPACen (PIV) esparruan.</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 12ko Agindua, Ekonomia eta Ogasun Ministerioarena, CyL-ko AAEEII-ren bidez enpresa-ehunaren ikerketa- eta berrikuntza-gaitasunak garatu eta hobetzeko 2026. urterako deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 11ko ebazpena, Nekazaritza eta Abeltzaintzako Zuzendari Nagusiarena, zeinaren bidez 2025ean Gaztela-Mantxako abeltzaintzako baliabide genetikoen kontserbazio, erabilera eta garapen jasangarrirako 6505.2 Esku-hartzearen laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien produktuen prozesamenduan, merkaturatzean eta garapenean inbertsioetarako diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Baso-kalteak prebenitzeko basogintzako inbertsio ez-produktiboetarako diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>DANA ekaitzak kaltetutako baserrietako azpiegitura produktiboei eragindako kalteak konpentsatzeko aparteko laguntza. C zerrenda.</t>
+  </si>
+  <si>
+    <t>2025-04-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876318</t>
+  </si>
+  <si>
+    <t>AGA/…/2025 AGINDUA, abenduaren 17koa, zeinaren bidez Aragoiko 2023-2027 NPBren Plan Estrategiko Nazionalaren esparruan 2026. urterako nekazaritza-aholkularitza zerbitzuak emateko diru-laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>AGA/ /2025eko AGINDUA, 2026. URTEKO NEKAZARITZA ASEGURUA KONTRATATZEKO KOSTUAREN ZATI BAT ORDAINTZEKO DIRU-LAGUNTZAK ESKATZEN DITUENA</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>2025/04/22ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, FEADERek kofinantzatutako PEPAC-en 6842.1 Esku-hartzearen (ingurumen-helburuak) - MA1 Lerroa barne hartzen dituen eraldaketarako diru-laguntzak deitzen dituena</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 AGINDUA, urriaren 22koa, 2026. urterako (2027ko ekitaldia) prozesatzeko instalazioetan eta ardogintzako azpiegituretan, egituretan eta merkaturatzeko tresnetan inbertsioetarako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/864842</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 6ko Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiaren Ebazpena, zeinaren bidez 2026. urterako Abeltzaintzako Osasun Defentsa Taldeentzako laguntzak aldez aurretik iragartzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/868379</t>
+  </si>
+  <si>
+    <t>Ardogintzako produktuen ekoizpenean eta merkaturatzean inbertsioetarako laguntzak</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874009</t>
+  </si>
+  <si>
+    <t>Galicia Exporta Tarteko Organismoen 2026ko arau-oinarriak, EGEFek kofinantzatua, lehiakorra ez dena, nekazaritzarako de minimis</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880740</t>
+  </si>
+  <si>
+    <t>ICCAren Ebazpena, Kanariar Uharteetako Nekazaritza Ekoizpenerako Laguntzarako Komunitate Programaren (POSEI) I.6 eta I.7 ekintzen barruan laguntzak jasotzeko 2025eko kanpainarako eskaerak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/867981</t>
+  </si>
+  <si>
+    <t>2026ko laguntzak, zailtasun demografiko bereziak dituzten landa-eremuetako biztanleria-hustutzearen aurka borrokatzeko neurriak finantzatzeko. 4. lerroa: 178/205 Dekretuaren xedapen gehigarriaren araberako nekazaritza-jarduera finkatzea.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876756</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko Ebazpena, Nekazaritzako Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez nekazaritza- eta elikagai-produktuen informazio- eta sustapen-laguntzak deitzen diren, lehiaketa-sistema bidez, 2026. urterako.</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 14ko Ebazpena, Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiarena, zeinaren bidez Valentziako Erkidegoko abeltzaintzako ustiategien lehiakortasuna eta iraunkortasuna hobetzeko 2026. urterako laguntzen aurrerapen deialdiak egiten diren.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 17ko NBEGren Ebazpena, zeinaren bidez erlezaintza sektorean eta haren produktuetan ISAren eta PEPACen esparruan ikerketa aplikatuko proiektuak egiteko aldez aurretiko diru-laguntzak iragartzen diren.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 4ko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Ministerioarena, klima-aldaketaren arintze-egokitzapenarekin, erabilera eraginkorrerako ekarpenarekin lotutako nekazaritza-ustiategietako inbertsio produktiboetarako laguntzak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 4ko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Ministerioarena, Espainiako Nekazaritza Politika Bateratuaren plan estrategikoaren esparruan nekazaritza-ustiategiak modernizatzeko eta/edo hobetzeko inbertsioetarako laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 4ko Ebazpena, Landa Eremu eta Nekazaritza Politikako Ministerioarena, Asturiasko Printzerriko nekazaritza-ustiategietan klima-aldaketaren arintze-egokitzapenarekin lotutako inbertsio ez-produktiboetarako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 17ko Kontseilu Exekutiboaren akordioa, Menorcako nekazaritza-ustiategietan praktika iraunkorrak sustatzeko laguntzak emateko oinarriei buruzkoa (CARB) eta 2025erako dagokion deialdiari buruzkoa.</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>2025eko Laguntza: Nekazaritza-produktuen prozesamendu eta merkaturatzean inbertsioetarako lidergo-ikuspegia. Estatu-laguntza (7119 PEPAC esku-hartzea), I. s/ Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>2025eko Laguntza: LEADER ikuspegia nekazaritza produktuen prozesamendu eta merkaturatzean inbertsioetarako. Estatu Laguntzarik EZ. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 21eko Agindua, basurdeek nekazaritza-laboreei eragindako kalteak arintzeko laguntzen oinarri arautzaileak ezartzen dituena eta 2026. urterako eskaerak egiteko deia egiten duena (MT809E prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>2025. URTEAN IRABAZI-ASMORIK GABEKO ERAKUNDEEK SUSTATUTAKO LURRALDE-ERALDAKETARAKO ETA BIZTANLERIA-HUSTEAREN AURKAKO BORROKARAKO PROIEKTU BERRITZAILEAK FINANTZATZEKO DIRU-LAGUNTZAK DEITZEN DITUEN AGINDUA</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>2026ko diru-laguntza, Nekazaritza Sektorekoa, neurri judizialak betetzen dituzten edo bete dituzten adingabeen/gazteen gizarteratze/lan integraziorako, 2025eko azaroaren 14ko Ebazpenaren bidez.</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>2026ko Nekazaritza Elikagaien Kalitate Izendapenen Kudeaketa Erakundeentzako Laguntza Deialdia</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/879619</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 12ko Agindua, Galizian abeltzaintzako osasun-defentsako talde (ADSG) gisa aitortutako erakundeei laguntzeko oinarri arautzaileak ezartzen dituena eta 2026-2027 urterako eskaerak deitzen dituena (MR2 prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Espainiako 2023/2027 PEPACen esparruan prestakuntza, informazio eta erakustaldi jardueretarako diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 19ko Ebazpena, kalitate-eskemek babestutako Galiziako nekazaritza- eta elikagai-produktuen informazio- eta sustapen-jardueretan lankidetzan laguntzeko laguntzen arau-esparrua ezartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>DANA ekaitzak kaltetutako baserrietako azpiegitura produktiboei eragindako kalteak konpentsatzeko aparteko laguntza. A zerrenda</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877136</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko Agindua, zeinaren bidez 2026. urterako laguntza-eskaerak deitzen diren, Abeltzaintzako Osasuna Defentsa Taldeen bidez komunitate-finantzaketarik ez duten osasun-programak gauzatzeko.</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko AGINDUA, hosto zabaleko eta/edo konifero espezieekin basoberritzeko inbertsioetarako lehiakortasun-laguntzen arautze-esparrua ezartzen duena, Garapenerako Europako Nekazaritza Funtsak kofinantzatuta.</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>2026ko laguntza Ureztatze-komunitateak sustatzaile dituena (II. programa) Ureztatze-eraginkortasuna hobetzeko, Idazkaritza Nagusiaren 2025/12/18ko Ebazpena, 2026. urterako laguntza-deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2026-03-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko EBAZPENA, zeinaren bidez 2026ko ekitaldian Nekazaritza Aseguru Konbinatuaren kontratazioa eta erregularizazioa sustatzeko lerrorako diru-laguntzen urte anitzeko deialdia onartzen den, aurrerapen gastuaren modalitatean.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko AGINDUA, baso-ekoizleen kudeaketa bateratuko basogintza-taldeak sustatu eta laguntzeko, lehiaketa bidezko laguntzak arautzeko oinarriak ezartzen dituena, Euro Funtsak kofinantzatuta.</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>2025eko laguntzak nekazaritzako produktuen eraldaketa eta merkaturatzera bideratutako inbertsioetarako, 2025eko urriaren 29ko Ebazpenaren arabera, zeinak eskaerak egiteko deia egiten duen.</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>2025eko laguntza: LEADER ikuspegia nekazaritza-produktuen prozesamenduan eta merkaturatzean inbertsioetarako. Estatuko laguntza. (Elkarrizketa, 7119 PEPAC), II. elkarrizketa (PEPAC 2023-2027) GAL SOPRODEVAJE</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 18ko ebazpena, Nekazaritzako Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez 2026. urterako aurrerapen izapidetze prozeduraren bidez, lehiakortasun-lehiakortasun erregimenean, lapurreta sustatzeko laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 24ko Agindua, zeinaren bidez onartzen den lankidetza publiko-pribatuko proiektuetarako 2025eko laguntza-deialdia (ikerketa-erakundeen jarduera ez-ekonomikoetarako laguntzak).</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>2025eko laguntza: LEADER ikuspegia nekazaritza-produktuen prozesamenduan eta merkaturatzean inbertsioetarako. Estatuko laguntzarik ez. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
+  </si>
+  <si>
+    <t>2026-03-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 23ko Ebazpena, Landa Garapeneko Zuzendaritza Nagusiarena, zeinaren bidez gazteak nekazaritzan ezartzeko laguntzak eta hobekuntzarako eta/edo inbertsioak ezartzen diren.</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Ebazpena, lehiakortasunean enpresa-berrikuntza sustatzeko IA360 laguntzak emateko oinarri arautzaileak onartzen dituena (IG408M)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Ebazpena, Galiziako enpresen berrikuntza-ahalmena hobetzeko 2026-2027rako lehiaketa-sistema baten bidezko laguntzen oinarri arautzaileei buruzkoa (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko Ebazpena, Galiziako Energia Institutuarena, Galiziako enpresetan energia aurrezteko eta eraginkortasuneko proiektuetarako laguntzen arautze-esparrua onartzen duena</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 19ko Ebazpena, Industria, Berrikuntza eta Nekazaritza Elikagaien Katearen Zuzendaritza Nagusiarena, 2026ko ekitaldirako nekazaritza elikagaien produktuen eraldatzean, merkaturatzean eta/edo garapenean inbertsioetarako diru-laguntzak iragartzen dituena. 68422-01 ETEentzako esku-hartzea</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 19ko Ebazpena, Industria, Berrikuntza eta Nekazaritza Elikagaien Katearena, zeinaren bidez nekazaritza elikagaien produktuen eraldaketan, merkaturatzean eta/edo garapenean inbertsioetarako laguntzak 2026rako deialdia iragartzen den. FRUTAK ETA BARAZKIAK. ETEak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>Industria, Merkataritza eta Enplegu Ministerioaren 2025eko abenduaren 21eko Agindua, Gaztela eta Leongo industria-enpresetan industria-makineria berria erosteko 2026. urterako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>2025/2026 laguntzak txikizkako sektoreko ETEen gaitasun aurreratuak hobetzeko, 2025eko azaroaren 21eko Ebazpenaren bidez egindako deialdiaren arabera</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>2026ko diru-laguntzak enpresei Extremadurako Autonomia Erkidegoan adimen artifizialeko irtenbideen ezarpena sustatzen duten proiektuak finantzatzeko - 173/2025 Dekretuaren arabera, zeinak dei egiten duen.</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
   </si>
   <si>
     <t>Erosketa publiko berritzailea (KPI) bultzatzea L2 ESTATU LAGUNTZARIK EZ</t>
   </si>
   <si>
     <t>2026-02-05</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838858</t>
   </si>
   <si>
-    <t>Erosketa publiko berritzailea (KPI) bultzatzea ERREGIMENA 651</t>
-[...2087 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+    <t>2025eko abenduaren 23ko EBAZPENA, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, zeinaren bidez 2026ko ekitaldirako nekazaritza-elikagaien kalitate-eskemen informazio- eta sustapen-jardueretarako laguntzen aurrerapen-deialdia egiten den.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3104,66 +3476,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H316"/>
+  <dimension ref="A1:H359"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H316"/>
+      <selection activeCell="A1" sqref="A1:H359"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="555.579" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="114.258" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -3214,8010 +3586,9136 @@
       <c r="G3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G5" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H5" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="1"/>
+      <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C9" s="1"/>
+        <v>37</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C10" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C11" s="1"/>
+        <v>47</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C12" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G16" s="1"/>
       <c r="H16" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="C20" s="1"/>
+      <c r="D20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H20" s="1" t="s">
         <v>78</v>
-      </c>
-[...11 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B22" s="1"/>
-      <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H22" s="1" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B23" s="1"/>
-      <c r="C23" s="1"/>
+      <c r="C23" s="1" t="s">
+        <v>88</v>
+      </c>
       <c r="D23" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G23" s="1"/>
       <c r="H23" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H24" s="1" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H25" s="1" t="s">
         <v>97</v>
-      </c>
-[...13 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="H26" s="1" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G27" s="1"/>
+      <c r="H27" s="1" t="s">
         <v>105</v>
-      </c>
-[...13 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="H28" s="1" t="s">
         <v>109</v>
-      </c>
-[...13 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
         <v>118</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G33" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H33" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>129</v>
+        <v>19</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H36" s="1" t="s">
         <v>136</v>
-      </c>
-[...16 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B37" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H38" s="1" t="s">
         <v>142</v>
-      </c>
-[...19 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>144</v>
+        <v>84</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>58</v>
+        <v>100</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>154</v>
+        <v>104</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>158</v>
+        <v>107</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>38</v>
+        <v>152</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>161</v>
+        <v>107</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>61</v>
+        <v>157</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>167</v>
+        <v>126</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>93</v>
+        <v>49</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>54</v>
+        <v>164</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>174</v>
+        <v>152</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B49" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H49" s="1" t="s">
         <v>174</v>
-      </c>
-[...16 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>45</v>
+        <v>157</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>174</v>
+        <v>156</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>175</v>
+        <v>19</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G52" s="1"/>
       <c r="H52" s="1" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G53" s="1"/>
       <c r="H53" s="1" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G54" s="1"/>
       <c r="H54" s="1" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>196</v>
+        <v>180</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>200</v>
+        <v>19</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>175</v>
+        <v>116</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>197</v>
+        <v>126</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>205</v>
+        <v>149</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>12</v>
+        <v>198</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>208</v>
+        <v>24</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G59" s="1"/>
       <c r="H59" s="1" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>197</v>
+        <v>120</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>12</v>
+        <v>204</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>174</v>
+        <v>203</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>186</v>
+        <v>19</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>218</v>
+        <v>133</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>171</v>
+        <v>96</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>221</v>
+        <v>133</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>78</v>
+        <v>126</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>225</v>
+        <v>112</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>226</v>
+        <v>44</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="B66" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H66" s="1" t="s">
         <v>221</v>
-      </c>
-[...16 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>234</v>
+        <v>9</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>235</v>
+        <v>181</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>242</v>
+        <v>87</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>246</v>
+        <v>146</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>222</v>
+        <v>146</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>249</v>
+        <v>237</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>222</v>
+        <v>146</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>252</v>
+        <v>234</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>222</v>
+        <v>146</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>253</v>
+        <v>239</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>254</v>
+        <v>234</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>222</v>
+        <v>146</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>256</v>
+        <v>234</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>186</v>
+        <v>235</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>257</v>
+        <v>146</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>226</v>
+        <v>108</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>258</v>
+        <v>241</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>259</v>
+        <v>234</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>260</v>
+        <v>235</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>222</v>
+        <v>146</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>58</v>
+        <v>108</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>261</v>
+        <v>242</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>262</v>
+        <v>243</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>260</v>
+        <v>244</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>222</v>
+        <v>123</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>263</v>
+        <v>245</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>264</v>
+        <v>246</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>265</v>
+        <v>244</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>266</v>
+        <v>112</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>267</v>
+        <v>247</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>268</v>
+        <v>248</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>269</v>
+        <v>249</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>270</v>
+        <v>223</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>42</v>
+        <v>108</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>271</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>273</v>
+        <v>249</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>26</v>
+        <v>157</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>274</v>
+        <v>252</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
-        <v>275</v>
+        <v>253</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>276</v>
+        <v>254</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>191</v>
+        <v>255</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>277</v>
+        <v>29</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>278</v>
+        <v>256</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>279</v>
+        <v>257</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>281</v>
+        <v>111</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>282</v>
+        <v>259</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>283</v>
+        <v>260</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>284</v>
+        <v>261</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>281</v>
+        <v>262</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>285</v>
+        <v>263</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>286</v>
+        <v>264</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>284</v>
+        <v>265</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>20</v>
+        <v>266</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>287</v>
+        <v>267</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>288</v>
+        <v>268</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>284</v>
+        <v>265</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>281</v>
+        <v>146</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>289</v>
+        <v>269</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>281</v>
+        <v>140</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>27</v>
+        <v>272</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>291</v>
+        <v>273</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>292</v>
+        <v>274</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>284</v>
+        <v>111</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>281</v>
+        <v>126</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G88" s="1"/>
       <c r="H88" s="1" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>294</v>
+        <v>276</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>284</v>
+        <v>111</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>295</v>
+        <v>277</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>296</v>
+        <v>278</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>284</v>
+        <v>111</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>297</v>
+        <v>279</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>298</v>
+        <v>280</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>284</v>
+        <v>111</v>
       </c>
       <c r="C91" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H91" s="1" t="s">
         <v>281</v>
-      </c>
-[...13 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>300</v>
+        <v>282</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>133</v>
+        <v>92</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>301</v>
+        <v>9</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>302</v>
+        <v>283</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>303</v>
+        <v>284</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>280</v>
+        <v>88</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>26</v>
+        <v>285</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>304</v>
+        <v>286</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>305</v>
+        <v>287</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>284</v>
+        <v>186</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>85</v>
+        <v>16</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>306</v>
+        <v>289</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>307</v>
+        <v>290</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>284</v>
+        <v>157</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>308</v>
+        <v>292</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>309</v>
+        <v>293</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>310</v>
+        <v>294</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>311</v>
+        <v>77</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G96" s="1"/>
       <c r="H96" s="1" t="s">
-        <v>312</v>
+        <v>295</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>313</v>
+        <v>296</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>270</v>
+        <v>294</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>314</v>
+        <v>77</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G97" s="1"/>
       <c r="H97" s="1" t="s">
-        <v>315</v>
+        <v>297</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>316</v>
+        <v>298</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>318</v>
+        <v>300</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>319</v>
+        <v>301</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>320</v>
+        <v>302</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>321</v>
+        <v>303</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>322</v>
+        <v>288</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>277</v>
+        <v>44</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>323</v>
+        <v>304</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>324</v>
+        <v>305</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>325</v>
+        <v>223</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>326</v>
+        <v>28</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>93</v>
+        <v>63</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>327</v>
+        <v>306</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>328</v>
+        <v>307</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>329</v>
+        <v>303</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>330</v>
+        <v>308</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>331</v>
+        <v>309</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>329</v>
+        <v>303</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>332</v>
+        <v>288</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>333</v>
+        <v>310</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>334</v>
+        <v>311</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>335</v>
+        <v>303</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>336</v>
+        <v>288</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>338</v>
+        <v>313</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>335</v>
+        <v>171</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>339</v>
+        <v>314</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>340</v>
+        <v>315</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>341</v>
+        <v>316</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>342</v>
+        <v>303</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>281</v>
+        <v>77</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>343</v>
+        <v>317</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>344</v>
+        <v>318</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>318</v>
+        <v>157</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>345</v>
+        <v>291</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>88</v>
+        <v>12</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>346</v>
+        <v>319</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>347</v>
+        <v>320</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>348</v>
+        <v>223</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>349</v>
+        <v>321</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>350</v>
+        <v>204</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>351</v>
+        <v>322</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>352</v>
+        <v>323</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>353</v>
+        <v>157</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>345</v>
+        <v>324</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>354</v>
+        <v>325</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>355</v>
+        <v>326</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>353</v>
+        <v>186</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>345</v>
+        <v>291</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>356</v>
+        <v>327</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>357</v>
+        <v>328</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>353</v>
+        <v>299</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>358</v>
+        <v>329</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>68</v>
+        <v>164</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>359</v>
+        <v>330</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>353</v>
+        <v>262</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>361</v>
+        <v>332</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G111" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H111" s="1" t="s">
-        <v>362</v>
+        <v>333</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>363</v>
+        <v>334</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>364</v>
+        <v>262</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>225</v>
+        <v>332</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>277</v>
+        <v>100</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>365</v>
+        <v>335</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>366</v>
+        <v>336</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>367</v>
+        <v>262</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>368</v>
+        <v>332</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>369</v>
+        <v>337</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>370</v>
+        <v>338</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>367</v>
+        <v>262</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>371</v>
+        <v>332</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>372</v>
+        <v>339</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>373</v>
+        <v>340</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>374</v>
+        <v>341</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>375</v>
+        <v>342</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>376</v>
+        <v>343</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>377</v>
+        <v>344</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>374</v>
+        <v>149</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>375</v>
+        <v>345</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>378</v>
+        <v>346</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>379</v>
+        <v>347</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>380</v>
+        <v>149</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>381</v>
+        <v>348</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>382</v>
+        <v>349</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>383</v>
+        <v>350</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>82</v>
+        <v>351</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>191</v>
+        <v>352</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G118" s="1"/>
+      <c r="G118" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H118" s="1" t="s">
-        <v>384</v>
+        <v>353</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>385</v>
+        <v>354</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>386</v>
+        <v>355</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>387</v>
+        <v>24</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G119" s="1"/>
+      <c r="G119" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H119" s="1" t="s">
-        <v>388</v>
+        <v>356</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>389</v>
+        <v>357</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>386</v>
+        <v>262</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>387</v>
+        <v>358</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G120" s="1"/>
+      <c r="G120" s="1" t="s">
+        <v>164</v>
+      </c>
       <c r="H120" s="1" t="s">
-        <v>390</v>
+        <v>359</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>391</v>
+        <v>360</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>392</v>
+        <v>88</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>393</v>
+        <v>361</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G121" s="1"/>
+      <c r="G121" s="1" t="s">
+        <v>164</v>
+      </c>
       <c r="H121" s="1" t="s">
-        <v>394</v>
+        <v>362</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>395</v>
+        <v>363</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>396</v>
+        <v>262</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>397</v>
+        <v>332</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G122" s="1"/>
+      <c r="G122" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H122" s="1" t="s">
-        <v>398</v>
+        <v>364</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>399</v>
+        <v>365</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>392</v>
+        <v>355</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>400</v>
+        <v>314</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G123" s="1"/>
+      <c r="G123" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H123" s="1" t="s">
-        <v>401</v>
+        <v>366</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>402</v>
+        <v>367</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>392</v>
+        <v>368</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>400</v>
+        <v>332</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G124" s="1"/>
+      <c r="G124" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H124" s="1" t="s">
-        <v>403</v>
+        <v>369</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>404</v>
+        <v>370</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>116</v>
+        <v>368</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>405</v>
+        <v>332</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>406</v>
+        <v>371</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>407</v>
+        <v>372</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>408</v>
+        <v>352</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>133</v>
+        <v>373</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F126" s="1"/>
       <c r="G126" s="1" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>409</v>
+        <v>374</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>410</v>
+        <v>375</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>408</v>
+        <v>345</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>411</v>
+        <v>376</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F127" s="1"/>
       <c r="G127" s="1" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>412</v>
+        <v>377</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>413</v>
+        <v>378</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>91</v>
+        <v>379</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>414</v>
+        <v>380</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F128" s="1"/>
       <c r="G128" s="1" t="s">
-        <v>12</v>
+        <v>272</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>415</v>
+        <v>381</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>416</v>
+        <v>382</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>414</v>
+        <v>383</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F129" s="1"/>
       <c r="G129" s="1" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>417</v>
+        <v>384</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>418</v>
+        <v>385</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>419</v>
+        <v>96</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>276</v>
+        <v>376</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F130" s="1"/>
       <c r="G130" s="1" t="s">
-        <v>277</v>
+        <v>29</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>420</v>
+        <v>386</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>421</v>
+        <v>387</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>132</v>
+        <v>96</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>61</v>
+        <v>376</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F131" s="1"/>
       <c r="G131" s="1" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>422</v>
+        <v>388</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>423</v>
+        <v>389</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>424</v>
+        <v>96</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>425</v>
+        <v>376</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F132" s="1"/>
       <c r="G132" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>426</v>
+        <v>390</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>427</v>
+        <v>391</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>428</v>
+        <v>24</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>429</v>
+        <v>55</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F133" s="1"/>
       <c r="G133" s="1" t="s">
-        <v>12</v>
+        <v>272</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>430</v>
+        <v>392</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>431</v>
+        <v>393</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>190</v>
+        <v>96</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>284</v>
+        <v>394</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F134" s="1"/>
       <c r="G134" s="1" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>432</v>
+        <v>395</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>433</v>
+        <v>396</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>367</v>
+        <v>96</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>339</v>
+        <v>397</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F135" s="1"/>
       <c r="G135" s="1" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>434</v>
+        <v>398</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>435</v>
+        <v>399</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>132</v>
+        <v>288</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>436</v>
+        <v>376</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G136" s="1"/>
       <c r="H136" s="1" t="s">
-        <v>437</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>438</v>
+        <v>401</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>405</v>
+        <v>24</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>280</v>
+        <v>55</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F137" s="1"/>
       <c r="G137" s="1" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>439</v>
+        <v>402</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>440</v>
+        <v>403</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>273</v>
+        <v>37</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F138" s="1"/>
       <c r="G138" s="1" t="s">
-        <v>12</v>
+        <v>198</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>442</v>
+        <v>404</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>443</v>
+        <v>405</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>273</v>
+        <v>37</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F139" s="1"/>
+      <c r="G139" s="1"/>
       <c r="H139" s="1" t="s">
-        <v>444</v>
+        <v>406</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>445</v>
+        <v>407</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>446</v>
+        <v>24</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>447</v>
+        <v>37</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F140" s="1"/>
       <c r="G140" s="1" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>448</v>
+        <v>408</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>449</v>
+        <v>409</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F141" s="1"/>
       <c r="G141" s="1" t="s">
-        <v>85</v>
+        <v>204</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>450</v>
+        <v>410</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>449</v>
+        <v>411</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F142" s="1"/>
       <c r="G142" s="1" t="s">
-        <v>85</v>
+        <v>204</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>451</v>
+        <v>412</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>452</v>
+        <v>413</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>190</v>
+        <v>291</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>453</v>
+        <v>32</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>79</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F143" s="1"/>
+      <c r="G143" s="1"/>
       <c r="H143" s="1" t="s">
-        <v>454</v>
+        <v>414</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>455</v>
+        <v>415</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>456</v>
+        <v>24</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>429</v>
+        <v>383</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F144" s="1"/>
       <c r="G144" s="1" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>457</v>
+        <v>416</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>458</v>
+        <v>417</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>459</v>
+        <v>299</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>88</v>
+        <v>56</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>460</v>
+        <v>418</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>461</v>
+        <v>419</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>462</v>
+        <v>420</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>463</v>
+        <v>421</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>464</v>
+        <v>422</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>132</v>
+        <v>262</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>105</v>
+        <v>423</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>465</v>
+        <v>424</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>466</v>
+        <v>425</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>132</v>
+        <v>288</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>105</v>
+        <v>426</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>467</v>
+        <v>427</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>468</v>
+        <v>428</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>469</v>
+        <v>332</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>133</v>
+        <v>429</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>470</v>
+        <v>430</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>471</v>
+        <v>431</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>472</v>
+        <v>432</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>473</v>
+        <v>433</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>277</v>
+        <v>44</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>474</v>
+        <v>434</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>475</v>
+        <v>435</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>476</v>
+        <v>314</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>301</v>
+        <v>380</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>477</v>
+        <v>436</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>478</v>
+        <v>437</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>479</v>
+        <v>332</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>205</v>
+        <v>438</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>481</v>
+        <v>440</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>482</v>
+        <v>441</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>483</v>
+        <v>442</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>350</v>
+        <v>12</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>484</v>
+        <v>443</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>485</v>
+        <v>444</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>332</v>
+        <v>288</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>326</v>
+        <v>445</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>486</v>
+        <v>446</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>487</v>
+        <v>447</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>472</v>
+        <v>300</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>488</v>
+        <v>448</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G155" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>34</v>
+      </c>
       <c r="H155" s="1" t="s">
-        <v>489</v>
+        <v>449</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>490</v>
+        <v>407</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>472</v>
+        <v>450</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>491</v>
+        <v>451</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F156" s="1"/>
       <c r="G156" s="1" t="s">
-        <v>42</v>
+        <v>204</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>492</v>
+        <v>408</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>493</v>
+        <v>452</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>494</v>
+        <v>383</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>358</v>
+        <v>376</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>495</v>
+        <v>453</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>496</v>
+        <v>454</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>494</v>
+        <v>455</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>497</v>
+        <v>43</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>498</v>
+        <v>456</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>499</v>
+        <v>457</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>500</v>
+        <v>423</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>497</v>
+        <v>445</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G159" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="H159" s="1" t="s">
-        <v>501</v>
+        <v>458</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>502</v>
+        <v>131</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>503</v>
+        <v>420</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>504</v>
+        <v>42</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>505</v>
+        <v>459</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>506</v>
+        <v>460</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>507</v>
+        <v>461</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>358</v>
+        <v>462</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>508</v>
+        <v>463</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>509</v>
+        <v>464</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>510</v>
+        <v>99</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>511</v>
+        <v>48</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>350</v>
+        <v>63</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>512</v>
+        <v>465</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>509</v>
+        <v>466</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>510</v>
+        <v>467</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>511</v>
+        <v>468</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>513</v>
+        <v>469</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>509</v>
+        <v>470</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>510</v>
+        <v>33</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>511</v>
+        <v>358</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>514</v>
+        <v>471</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>509</v>
+        <v>472</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>510</v>
+        <v>473</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>511</v>
+        <v>474</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>350</v>
+        <v>272</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>515</v>
+        <v>475</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>509</v>
+        <v>476</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>510</v>
+        <v>477</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>511</v>
+        <v>474</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>516</v>
+        <v>478</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>509</v>
+        <v>479</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>510</v>
+        <v>33</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>511</v>
+        <v>480</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>517</v>
+        <v>481</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>509</v>
+        <v>482</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>510</v>
+        <v>52</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>511</v>
+        <v>483</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>518</v>
+        <v>484</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>519</v>
+        <v>485</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>497</v>
+        <v>52</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>77</v>
+        <v>486</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>520</v>
+        <v>487</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>521</v>
+        <v>488</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>361</v>
+        <v>451</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>522</v>
+        <v>489</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G170" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H170" s="1" t="s">
-        <v>523</v>
+        <v>490</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>509</v>
+        <v>491</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>510</v>
+        <v>48</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>511</v>
+        <v>361</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>350</v>
+        <v>63</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>524</v>
+        <v>492</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>525</v>
+        <v>493</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>504</v>
+        <v>494</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>77</v>
+        <v>495</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>88</v>
+        <v>272</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>526</v>
+        <v>496</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>527</v>
+        <v>497</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>9</v>
+        <v>499</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G173" s="1"/>
       <c r="H173" s="1" t="s">
-        <v>528</v>
+        <v>500</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>529</v>
+        <v>501</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>497</v>
+        <v>451</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>511</v>
+        <v>489</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>530</v>
+        <v>502</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>531</v>
+        <v>503</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>482</v>
+        <v>504</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>361</v>
+        <v>394</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>20</v>
+        <v>198</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>532</v>
+        <v>505</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>533</v>
+        <v>503</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>534</v>
+        <v>504</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>196</v>
+        <v>394</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>54</v>
+        <v>198</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>535</v>
+        <v>506</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>536</v>
+        <v>503</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>534</v>
+        <v>504</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>143</v>
+        <v>394</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>350</v>
+        <v>198</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>537</v>
+        <v>507</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>538</v>
+        <v>508</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>507</v>
+        <v>167</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>144</v>
+        <v>77</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>68</v>
+        <v>198</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>539</v>
+        <v>509</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>540</v>
+        <v>510</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>488</v>
+        <v>511</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>9</v>
+        <v>512</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>541</v>
+        <v>266</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>543</v>
+        <v>514</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>326</v>
+        <v>38</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>221</v>
+        <v>361</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>54</v>
+        <v>272</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>544</v>
+        <v>515</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>545</v>
+        <v>516</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>284</v>
+        <v>167</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>281</v>
+        <v>517</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>54</v>
+        <v>272</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>546</v>
+        <v>518</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>547</v>
+        <v>519</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>548</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="C182" s="1"/>
       <c r="D182" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>549</v>
+        <v>520</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>550</v>
+        <v>521</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>548</v>
+        <v>522</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>9</v>
+        <v>523</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>551</v>
+        <v>524</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>552</v>
+        <v>525</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>553</v>
+        <v>522</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>154</v>
+        <v>526</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>554</v>
+        <v>527</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>555</v>
+        <v>528</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>556</v>
+        <v>522</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>38</v>
+        <v>397</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>557</v>
+        <v>529</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>558</v>
+        <v>530</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>358</v>
+        <v>376</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>151</v>
+        <v>523</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>559</v>
+        <v>531</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>560</v>
+        <v>532</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>358</v>
+        <v>376</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>38</v>
+        <v>397</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>561</v>
+        <v>533</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>562</v>
+        <v>534</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>563</v>
+        <v>376</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>167</v>
+        <v>397</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>564</v>
+        <v>535</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>565</v>
+        <v>536</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>566</v>
+        <v>512</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>567</v>
+        <v>517</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>568</v>
+        <v>537</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>569</v>
+        <v>538</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>281</v>
+        <v>539</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>144</v>
+        <v>489</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>570</v>
+        <v>540</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>571</v>
+        <v>541</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>572</v>
+        <v>542</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>349</v>
+        <v>543</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>350</v>
+        <v>272</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>573</v>
+        <v>544</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>574</v>
+        <v>545</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>572</v>
+        <v>546</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>575</v>
+        <v>426</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G192" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H192" s="1" t="s">
-        <v>576</v>
+        <v>547</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>577</v>
+        <v>548</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>578</v>
+        <v>549</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>393</v>
+        <v>550</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>579</v>
+        <v>551</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>580</v>
+        <v>552</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>77</v>
+        <v>429</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>581</v>
+        <v>553</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>582</v>
+        <v>554</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>583</v>
+        <v>555</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>584</v>
+        <v>556</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>158</v>
+        <v>557</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>63</v>
+        <v>164</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>585</v>
+        <v>558</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>586</v>
+        <v>559</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>9</v>
+        <v>561</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>587</v>
+        <v>562</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>588</v>
+        <v>563</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>548</v>
+        <v>564</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>9</v>
+        <v>565</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>589</v>
+        <v>566</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>590</v>
+        <v>567</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>281</v>
+        <v>526</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>9</v>
+        <v>568</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>591</v>
+        <v>569</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>592</v>
-[...6 lines deleted...]
-      </c>
+        <v>570</v>
+      </c>
+      <c r="B199" s="1"/>
+      <c r="C199" s="1"/>
       <c r="D199" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>593</v>
+        <v>571</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
-        <v>594</v>
-[...6 lines deleted...]
-      </c>
+        <v>572</v>
+      </c>
+      <c r="B200" s="1"/>
+      <c r="C200" s="1"/>
       <c r="D200" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>33</v>
+        <v>198</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>595</v>
+        <v>573</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>596</v>
+        <v>574</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>281</v>
+        <v>575</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>151</v>
+        <v>576</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G201" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H201" s="1" t="s">
-        <v>597</v>
+        <v>577</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>598</v>
+        <v>578</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>599</v>
+        <v>580</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>277</v>
+        <v>16</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>600</v>
+        <v>581</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>601</v>
+        <v>582</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>488</v>
+        <v>167</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>511</v>
+        <v>77</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G203" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G203" s="1"/>
       <c r="H203" s="1" t="s">
-        <v>602</v>
+        <v>583</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>603</v>
+        <v>584</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>522</v>
+        <v>585</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>38</v>
+        <v>586</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G204" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G204" s="1"/>
       <c r="H204" s="1" t="s">
-        <v>604</v>
+        <v>587</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>605</v>
+        <v>588</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>522</v>
+        <v>585</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>196</v>
+        <v>586</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G205" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G205" s="1"/>
       <c r="H205" s="1" t="s">
-        <v>606</v>
+        <v>589</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>607</v>
+        <v>590</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>522</v>
+        <v>591</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>196</v>
+        <v>592</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G206" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G206" s="1"/>
       <c r="H206" s="1" t="s">
-        <v>608</v>
+        <v>593</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>609</v>
+        <v>594</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>610</v>
+        <v>591</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>170</v>
+        <v>592</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G207" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G207" s="1"/>
       <c r="H207" s="1" t="s">
-        <v>611</v>
+        <v>595</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>612</v>
+        <v>596</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>613</v>
+        <v>597</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>82</v>
+        <v>598</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>614</v>
+        <v>599</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>615</v>
+        <v>600</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>616</v>
+        <v>586</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>617</v>
+        <v>601</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>618</v>
+        <v>602</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>619</v>
+        <v>603</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>522</v>
+        <v>604</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>151</v>
+        <v>605</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>54</v>
+        <v>272</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>620</v>
+        <v>606</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>621</v>
+        <v>607</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>522</v>
+        <v>604</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>196</v>
+        <v>605</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>20</v>
+        <v>272</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>622</v>
+        <v>608</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>623</v>
+        <v>609</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>613</v>
+        <v>586</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>349</v>
+        <v>610</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>85</v>
+        <v>272</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>624</v>
+        <v>611</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>349</v>
+        <v>614</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>85</v>
+        <v>272</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>626</v>
+        <v>616</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>575</v>
+        <v>617</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>238</v>
+        <v>618</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>511</v>
+        <v>621</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>629</v>
+        <v>622</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>630</v>
+        <v>623</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>599</v>
+        <v>621</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>599</v>
+        <v>627</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>88</v>
+        <v>204</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>638</v>
+        <v>631</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>639</v>
+        <v>632</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>640</v>
+        <v>633</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>151</v>
+        <v>634</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>642</v>
+        <v>636</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>38</v>
+        <v>228</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>567</v>
+        <v>37</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>643</v>
+        <v>637</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>645</v>
+        <v>639</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>646</v>
+        <v>640</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>27</v>
+        <v>272</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>647</v>
+        <v>641</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
       <c r="B222" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H222" s="1" t="s">
         <v>645</v>
-      </c>
-[...14 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>140</v>
+        <v>647</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G223" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="H223" s="1" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>140</v>
+        <v>361</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G224" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>272</v>
+      </c>
       <c r="H224" s="1" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E225" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H225" s="1" t="s">
         <v>654</v>
-      </c>
-[...17 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C226" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="B226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C226" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H226" s="1" t="s">
         <v>657</v>
-      </c>
-[...13 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H227" s="1" t="s">
         <v>659</v>
-      </c>
-[...17 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E228" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H228" s="1" t="s">
         <v>662</v>
-      </c>
-[...15 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B229" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="B229" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="1" t="s">
-        <v>61</v>
+        <v>665</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F229" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G229" s="1" t="s">
-        <v>93</v>
+        <v>198</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>41</v>
+        <v>668</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>61</v>
+        <v>669</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F230" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G230" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>41</v>
+        <v>294</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>61</v>
+        <v>672</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F231" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G231" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>41</v>
+        <v>294</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="G232" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="H232" s="1" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>158</v>
+        <v>294</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F233" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G233" s="1" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>41</v>
+        <v>678</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>71</v>
+        <v>679</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F234" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G234" s="1" t="s">
-        <v>27</v>
+        <v>204</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>175</v>
+        <v>682</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G235" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H235" s="1" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>158</v>
+        <v>682</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F236" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G236" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>158</v>
+        <v>634</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F237" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G237" s="1" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>41</v>
+        <v>228</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>71</v>
+        <v>691</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F238" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G238" s="1" t="s">
-        <v>277</v>
+        <v>39</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>158</v>
+        <v>643</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>677</v>
+        <v>694</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F239" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G239" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>158</v>
+        <v>294</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>677</v>
+        <v>258</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F240" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G240" s="1" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>158</v>
+        <v>699</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>677</v>
+        <v>669</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F241" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G241" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>41</v>
+        <v>702</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>660</v>
+        <v>703</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F242" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G242" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>696</v>
+        <v>640</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>697</v>
+        <v>77</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F243" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G243" s="1" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>242</v>
+        <v>683</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>677</v>
+        <v>72</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F244" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G244" s="1" t="s">
-        <v>20</v>
+        <v>198</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>235</v>
+        <v>710</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>702</v>
+        <v>711</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F245" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G245" s="1" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>260</v>
+        <v>714</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>221</v>
+        <v>718</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>708</v>
+        <v>610</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>187</v>
+        <v>718</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>711</v>
+        <v>610</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>712</v>
+        <v>721</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>175</v>
+        <v>258</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>714</v>
+        <v>111</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>717</v>
+        <v>258</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>718</v>
+        <v>111</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>222</v>
+        <v>688</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>721</v>
+        <v>72</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>54</v>
+        <v>198</v>
       </c>
       <c r="H251" s="1" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>171</v>
+        <v>229</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>697</v>
+        <v>729</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="H252" s="1" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>726</v>
+        <v>258</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>727</v>
+        <v>111</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H253" s="1" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>222</v>
+        <v>258</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>730</v>
+        <v>111</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="H254" s="1" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>175</v>
+        <v>258</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>381</v>
+        <v>111</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H255" s="1" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>668</v>
+        <v>737</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>734</v>
+        <v>258</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>735</v>
+        <v>111</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="F256" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G256" s="1" t="s">
-        <v>93</v>
+        <v>198</v>
       </c>
       <c r="H256" s="1" t="s">
-        <v>669</v>
+        <v>738</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>737</v>
+        <v>258</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>738</v>
+        <v>111</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H257" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>552</v>
+        <v>741</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>705</v>
+        <v>258</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>48</v>
+        <v>111</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H258" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>708</v>
+        <v>258</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>714</v>
+        <v>111</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>350</v>
+        <v>29</v>
       </c>
       <c r="H259" s="1" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>744</v>
+        <v>258</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>57</v>
+        <v>111</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="H260" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>660</v>
+        <v>688</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>677</v>
+        <v>111</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="H261" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>67</v>
+        <v>711</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="H262" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>752</v>
+        <v>665</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>483</v>
+        <v>753</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>483</v>
+        <v>261</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>277</v>
+        <v>204</v>
       </c>
       <c r="H264" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>67</v>
+        <v>759</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>229</v>
+        <v>760</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>85</v>
+        <v>272</v>
       </c>
       <c r="H265" s="1" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>541</v>
+        <v>56</v>
       </c>
       <c r="H266" s="1" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>581</v>
+        <v>767</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>53</v>
+        <v>111</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G267" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H267" s="1" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>49</v>
+        <v>770</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>766</v>
+        <v>694</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H268" s="1" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>49</v>
+        <v>770</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H269" s="1" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>82</v>
+        <v>776</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>191</v>
+        <v>777</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="H270" s="1" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>683</v>
+        <v>111</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="H271" s="1" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>683</v>
+        <v>107</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="H272" s="1" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>773</v>
+        <v>784</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>774</v>
+        <v>764</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>683</v>
+        <v>785</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>88</v>
+        <v>198</v>
       </c>
       <c r="H273" s="1" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>778</v>
+        <v>787</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>735</v>
+        <v>788</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>783</v>
+        <v>232</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G275" s="1"/>
       <c r="H275" s="1" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>787</v>
+        <v>255</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G276" s="1"/>
       <c r="H276" s="1" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>53</v>
+        <v>795</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>225</v>
+        <v>123</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>735</v>
+        <v>795</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>680</v>
+        <v>785</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>797</v>
+        <v>232</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>350</v>
+        <v>44</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>800</v>
+        <v>123</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>82</v>
+        <v>809</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>277</v>
+        <v>25</v>
       </c>
       <c r="H282" s="1" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>62</v>
+        <v>809</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>225</v>
+        <v>265</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G283" s="1"/>
       <c r="H283" s="1" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>808</v>
+        <v>777</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>809</v>
+        <v>261</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>541</v>
+        <v>29</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>812</v>
+        <v>254</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>779</v>
+        <v>474</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>68</v>
+        <v>108</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>803</v>
+        <v>324</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>677</v>
+        <v>822</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>680</v>
+        <v>729</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>350</v>
+        <v>198</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>677</v>
+        <v>809</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>680</v>
+        <v>825</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>350</v>
+        <v>272</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>677</v>
+        <v>232</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>800</v>
+        <v>146</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>823</v>
+        <v>244</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>824</v>
+        <v>9</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>277</v>
+        <v>34</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>797</v>
+        <v>789</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>827</v>
+        <v>87</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>58</v>
+        <v>198</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>829</v>
+        <v>234</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>830</v>
+        <v>235</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>831</v>
+        <v>146</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="H292" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>834</v>
+        <v>255</v>
       </c>
       <c r="C293" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E293" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G293" s="1"/>
+      <c r="H293" s="1" t="s">
         <v>835</v>
-      </c>
-[...13 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B294" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E294" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H294" s="1" t="s">
         <v>839</v>
-      </c>
-[...13 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B295" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B295" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E295" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H295" s="1" t="s">
         <v>842</v>
-      </c>
-[...13 lines deleted...]
-        <v>843</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="B296" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="C296" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H296" s="1" t="s">
         <v>846</v>
-      </c>
-[...13 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B297" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="C297" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H297" s="1" t="s">
         <v>849</v>
-      </c>
-[...14 lines deleted...]
-        <v>851</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>854</v>
+        <v>37</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G298" s="1"/>
+      <c r="G298" s="1" t="s">
+        <v>25</v>
+      </c>
       <c r="H298" s="1" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>858</v>
+        <v>633</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H299" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H300" s="1" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>865</v>
+        <v>860</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>393</v>
+        <v>861</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="G301" s="1"/>
       <c r="H301" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>868</v>
-[...3 lines deleted...]
-      </c>
+        <v>864</v>
+      </c>
+      <c r="C302" s="1"/>
       <c r="D302" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      <c r="G302" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="F302" s="1"/>
+      <c r="G302" s="1" t="s">
+        <v>39</v>
+      </c>
       <c r="H302" s="1" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G303" s="1"/>
+      <c r="G303" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="H303" s="1" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>875</v>
+        <v>621</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>393</v>
+        <v>871</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="G304" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H304" s="1" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>191</v>
+        <v>871</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G305" s="1"/>
+      <c r="G305" s="1" t="s">
+        <v>204</v>
+      </c>
       <c r="H305" s="1" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>683</v>
+        <v>877</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="G306" s="1"/>
       <c r="H306" s="1" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1" t="s">
-        <v>883</v>
+        <v>437</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>884</v>
+        <v>610</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G307" s="1"/>
+      <c r="G307" s="1" t="s">
+        <v>49</v>
+      </c>
       <c r="H307" s="1" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>862</v>
+        <v>580</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>393</v>
+        <v>883</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G308" s="1"/>
+      <c r="G308" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H308" s="1" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E309" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H309" s="1" t="s">
         <v>888</v>
-      </c>
-[...17 lines deleted...]
-        <v>891</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>893</v>
+        <v>880</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G310" s="1"/>
+      <c r="G310" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H310" s="1" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>897</v>
+        <v>880</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G311" s="1"/>
+      <c r="G311" s="1" t="s">
+        <v>16</v>
+      </c>
       <c r="H311" s="1" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>853</v>
+        <v>895</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>894</v>
+        <v>194</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="G312" s="1"/>
       <c r="H312" s="1" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>902</v>
-[...3 lines deleted...]
-      </c>
+        <v>886</v>
+      </c>
+      <c r="C313" s="1"/>
       <c r="D313" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G313" s="1"/>
+      <c r="G313" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="H313" s="1" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>906</v>
+        <v>610</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G314" s="1"/>
+      <c r="G314" s="1" t="s">
+        <v>198</v>
+      </c>
       <c r="H314" s="1" t="s">
-        <v>907</v>
+        <v>901</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1" t="s">
-        <v>908</v>
+        <v>902</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>905</v>
+        <v>271</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G315" s="1"/>
+      <c r="G315" s="1" t="s">
+        <v>44</v>
+      </c>
       <c r="H315" s="1" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="C316" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E316" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H316" s="1" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E317" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G317" s="1"/>
+      <c r="H317" s="1" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="B318" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="C318" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E318" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H318" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="D316" s="1" t="s">
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="D319" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="E316" s="1" t="s">
-[...7 lines deleted...]
-        <v>913</v>
+      <c r="E319" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H319" s="1" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E320" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G320" s="1"/>
+      <c r="H320" s="1" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E321" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H321" s="1" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E322" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H322" s="1" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H323" s="1" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E324" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G324" s="1"/>
+      <c r="H324" s="1" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E325" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H325" s="1" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="C326" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E326" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H326" s="1" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E327" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H327" s="1" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E328" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H328" s="1" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H329" s="1" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H330" s="1" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H331" s="1" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G332" s="1"/>
+      <c r="H332" s="1" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E333" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H333" s="1" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="C334" s="1"/>
+      <c r="D334" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H334" s="1" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E335" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H335" s="1" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H336" s="1" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H337" s="1" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E338" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G338" s="1"/>
+      <c r="H338" s="1" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H339" s="1" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H340" s="1" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H341" s="1" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E342" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G342" s="1"/>
+      <c r="H342" s="1" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H343" s="1" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H344" s="1" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E345" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H345" s="1" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H346" s="1" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G347" s="1"/>
+      <c r="H347" s="1" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H348" s="1" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H349" s="1" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H350" s="1" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H351" s="1" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E352" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H352" s="1" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E353" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F353" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H353" s="1" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E354" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F354" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H354" s="1" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E355" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F355" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H355" s="1" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E356" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F356" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H356" s="1" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E357" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H357" s="1" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E358" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F358" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H358" s="1" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E359" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F359" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H359" s="1" t="s">
+        <v>1037</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>