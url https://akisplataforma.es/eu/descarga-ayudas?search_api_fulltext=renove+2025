--- v1 (2026-02-05)
+++ v2 (2026-03-28)
@@ -12,3164 +12,2645 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="aids_k" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1038">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="865">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Inicio de solicitud</t>
   </si>
   <si>
     <t>Fin de solicitud</t>
   </si>
   <si>
     <t>Ayuda activa</t>
   </si>
   <si>
     <t>Permanentemente abierta</t>
   </si>
   <si>
     <t>Región / Alcance</t>
   </si>
   <si>
     <t>Comunidad autónoma</t>
   </si>
   <si>
     <t>Url más información</t>
   </si>
   <si>
-    <t>2025eko maiatzaren 26ko Ebazpena, Nekazaritza Politika Bateratu eta Ingurumen eta Agropolitiken Sailburuordearena, zeinaren bidez 2025ean, izapidetze aurreratuko prozeduraren bidez, Gaztela-Mantxan higadura genetikoaren mehatxupean dauden bertako arrazen kontserbazio-esku-hartzerako laguntzak sartzeko deia egiten den, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusita.</t>
+    <t>Eskaera Kredituaren Eskuragarritasuna Merkataritza 2025 1. LERROA. ESTABLEZIMENDU BERRIA</t>
+  </si>
+  <si>
+    <t>2025-02-28</t>
+  </si>
+  <si>
+    <t>Si</t>
+  </si>
+  <si>
+    <t>Eskualdekoa</t>
+  </si>
+  <si>
+    <t>Madrid, Comunidad de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817595</t>
+  </si>
+  <si>
+    <t>Eskaera Kredituaren Eskuragarritasuna Merkataritza 2025 2. LERROA MANT. ESTABLEZIMENDUA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/817597</t>
+  </si>
+  <si>
+    <t>Ekonomia, Ogasun eta Berrikuntzako sailburuaren ebazpena, Balear Uharteetan jarduera duten ekintzaile eta enpresei irekiera eta azterketa-enkarguak estaltzeko 2024 eta 2025 urteetarako laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>2024-03-03</t>
+  </si>
+  <si>
+    <t>Balears, Illes</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/745703</t>
+  </si>
+  <si>
+    <t>2025eko otsailaren 12ko Agindua, 2025. urterako Nekazaritza Aseguru Konbinatuaren Planaren esparruan nekazaritza asegurua harpidetzeko diru-laguntzak deitzen dituena eta aipatutako diru-laguntzei buruzko zehaztapenak ezartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-02-19</t>
+  </si>
+  <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815746</t>
+  </si>
+  <si>
+    <t>2025EKO NEKAZARITZA ASEGURURAKO URTEKO PLANA</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811650</t>
+  </si>
+  <si>
+    <t>DES/37/2025 Agindua, 2025eko abenduaren 22koa, zeinaren bidez 2026. urterako eskaera bakarrean sartutako NBEUFk (Europako Nekazaritza Bermatzeko Funtsa) eta EBEFk (Landa Garapenerako Europako Nekazaritza Funtsa) finantzatutako laguntzak eskatzen diren.</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-04-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878214</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 20ko Nekazaritza eta Abeltzaintza Zuzendaritza Nagusiaren Ebazpena, zeinaren bidez 2025ean deialdia egiten den, aurrerapen izapidetze prozeduraren bidez, Gaztela-Mantxan animalien ongizaterako esku-hartzerako laguntzetan sartzeko, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusitakoa.</t>
+  </si>
+  <si>
+    <t>2025-05-23</t>
+  </si>
+  <si>
+    <t>Castilla - La Mancha</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834104</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 26ko ebazpena, Nekazaritza Politika Bateratu eta Ingurumen- eta Nekazaritza Politiken Sailburuordearena, zeinaren bidez 2025ean, aurrerapen-izapidetze prozeduraren bidez, Gaztela-Mantxan higadura genetikoak mehatxatutako bertako arrazen kontserbazio-esku-hartzerako laguntzak sartzeko deialdia egiten den, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusita dagoena.</t>
   </si>
   <si>
     <t>2025-05-30</t>
   </si>
   <si>
-    <t>Si</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835316</t>
   </si>
   <si>
-    <t>Ekonomia, Ogasun eta Berrikuntzako sailburuaren Ebazpena, zeinaren bidez, 2024 eta 2025 urteetarako laguntzen deialdia onartzen da Balear Uharteetan jarduera duten ekintzaile eta enpresentzat irekiera eta azterketa batzordeak estaltzeko.</t>
-[...20 lines deleted...]
-    <t>2025eko maiatzaren 27ko Ebazpena, Nekazaritza Politika Bateratu eta Ingurumen eta Agropolitiken Sailburuordearena, zeinaren bidez 2025ean, izapidetze aurreratuko prozeduraren bidez, Gaztela-Mantxan biodibertsitatearen erlezaintzaren esku-hartzerako laguntzak sartzeko deialdia egiten den, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusita.</t>
+    <t>2025eko maiatzaren 27ko Ebazpena, Nekazaritza Politika Bateratu eta Ingurumen-Agropolitiken Sailburuordearena, zeinaren bidez 2025ean deialdia egiten den, aurrerapen-izapidetze prozeduraren bidez, Gaztela-Mantxan biodibertsitatearen aldeko erlezaintzaren esku-hartzerako laguntzetan sartzeko, Landa Garapenerako Europako Nekazaritza Funtsaren (LGENF) bidez, 2023-2027 aldirako Nekazaritza Politika Bateratuaren Plan Estrategikoan aurreikusitakoa.</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835366</t>
   </si>
   <si>
-    <t>Maiatzaren 27ko 3/2025 Lege Dekretuaren arabera, hondamendi naturalengatik kaltetutako gerezi-ustiategientzako aparteko laguntzak 2025erako</t>
+    <t>2025eko abenduaren 29ko Ebazpena, Nekazaritza Politika Bateratuaren eta Ingurumen eta Nekazaritza Politikaren Sailburuordearena, zeinaren bidez de minimis erregimeneko laguntzak eskatzen diren, aurrerapen izapidetze prozeduraren bidez, Gaztela-Mantxan eragindako kalteak arintzeko.</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878370</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Ebazpena, Nekazaritza Politika Bateratu eta Ingurumen eta Nekazaritza Politikako Sailburuordearena, zeinaren bidez de minimis erregimeneko laguntzak eskatzen diren, aurrerapen izapidetze prozeduraren bidez, loboi erasoekin lotutako kalteak arintzeko.</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878580</t>
+  </si>
+  <si>
+    <t>EPEren Garapen Teknologiko eta Berrikuntzarako Zentroaren laguntza I+G proiektuak finantzatzeko (2025)</t>
+  </si>
+  <si>
+    <t>Nazionala</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/815704</t>
+  </si>
+  <si>
+    <t>2025-2027 arautze-oinarriak eta erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko laguntzen deialdia, PEPACen sartuta dagoen Erlezaintzako Sektore Esku-hartzearen esparruan, 2025eko kanpainarako.</t>
   </si>
   <si>
     <t>2025-07-01</t>
   </si>
   <si>
+    <t>2025-07-15</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842609</t>
+  </si>
+  <si>
+    <t>ENPRESEI LAGUNTZA NEKAZARITZA, SARITASUNA, BASO ETA INDUSTRIA GARAPENA, INBERTSIO PROIEKTUA 2025</t>
+  </si>
+  <si>
+    <t>2025-05-24</t>
+  </si>
+  <si>
+    <t>2025-07-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834749</t>
+  </si>
+  <si>
+    <t>Baimendu 2.100.000,00 euroko gastu pluriurteko bat, 720007 72300 4400 412108 'EGEF PDR 2014-2022. INTIAren bidezko aholkularitza zerbitzuak' aurrekontu-partidaren kargura, 2024ko gastu-aurrekontuaren eta 2025eko baliokidearen arabera.</t>
+  </si>
+  <si>
+    <t>2024-05-21</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
+    <t>Navarra, Comunidad Foral de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/762365</t>
+  </si>
+  <si>
+    <t>2025eko PEPACen esparruan lanaldi partzialeko nekazariak ezartzeko laguntza deialdia</t>
+  </si>
+  <si>
+    <t>2025-01-02</t>
+  </si>
+  <si>
+    <t>2025-01-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806725</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietako inbertsioetarako laguntzak emateko 2025erako araudia eta deialdia PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-22</t>
+  </si>
+  <si>
+    <t>2025-06-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828104</t>
+  </si>
+  <si>
+    <t>Nekazaritza-ustiategietako inbertsioetarako laguntzak emateko 2025erako arautze-esparrua eta eskaeren deialdia (Ingurumen Helburua) PEPAC 2023-2027</t>
+  </si>
+  <si>
+    <t>2025-04-23</t>
+  </si>
+  <si>
+    <t>2025-06-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828337</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako Osasun Defentsa Taldeentzako laguntzak, animalien gaixotasunak prebenitzeko, kontrolatzeko eta desagerrarazteko osasun programak ezartzeko, 2025. urtea</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831443</t>
+  </si>
+  <si>
+    <t>Abeltzaintzako erakusketak antolatuz nekazaritzako produktuak sustatzeko laguntzak, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831460</t>
+  </si>
+  <si>
+    <t>2025eko De Minimis Erregimenaren pean azoketan parte hartzeko laguntza deialdia</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838026</t>
+  </si>
+  <si>
+    <t>2025eko proposamen deialdia. Hornikuntza-kate laburren bidez merkaturatzen duten nekazaritza-elikagaien ekoizleen elkarteei eta nekazaritza-TEST espazioak kudeatzen dituzten elkarteei laguntzak.</t>
+  </si>
+  <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839001</t>
+  </si>
+  <si>
+    <t>2025eko deialdia, de minimis erregimenaren barruan dauden eta DOB edo IGP gisa aitortutako Navarrako nekazaritza-elikagaien kalitate-zifren kontrol eta ziurtapen jardueretarako.</t>
+  </si>
+  <si>
+    <t>2025-06-14</t>
+  </si>
+  <si>
+    <t>2025-06-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840055</t>
+  </si>
+  <si>
+    <t>2025eko deialdia tokiko erakundeei nekazaritza-elikagaien merkaturatze-kanal laburrak sustatzeko</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840288</t>
+  </si>
+  <si>
+    <t>Berrikuntza eta basogintzaren hedapena sustatzeko araudi-esparrua eta proposamen-deialdia onartzea, 2025 eta 2026 aldian.</t>
+  </si>
+  <si>
+    <t>2025-05-25</t>
+  </si>
+  <si>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828604</t>
+  </si>
+  <si>
+    <t>2023-2027 PEPAC-eko 6881.1 Esku-hartzean sartutako 2024-2025eko PEPAC-eko mendiko larreen kudeaketa jasangarrirako kanpainaren oinarri arautzaileak eta laguntza-deialdia onartzea.</t>
+  </si>
+  <si>
+    <t>2024-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/767810</t>
+  </si>
+  <si>
+    <t>2025-2026ko deialdia, nekazaritza- eta elikagai-produktuak kalitate-programen pean sustatzeko lankidetzarako, PEPACen esparruan, Navarrako Foru Komunitatearena.</t>
+  </si>
+  <si>
+    <t>2025-01-07</t>
+  </si>
+  <si>
+    <t>2025-02-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807136</t>
+  </si>
+  <si>
+    <t>2025eko energia-trantsiziorako nekazaritza-ustiategientzako laguntzak. Batzordearen 651/2014 Erregelamendua</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>2024-12-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798832</t>
+  </si>
+  <si>
+    <t>2025eko energia-trantsiziorako nekazaritza-ustiategientzako laguntzak. De Minimis 1408/2013</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>2024-12-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/799836</t>
+  </si>
+  <si>
+    <t>Industria ETEetan berrikuntza-proiektuetarako diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2025-01-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805627</t>
+  </si>
+  <si>
+    <t>2025ean teknologian oinarritutako enpresa berritzaileak sortu eta finkatzeko laguntzak, Berreskuratze, Eraldaketa eta Erresilientzia Planaren esparruan - Europar Batasunak finantzatua - Next Generation EU.</t>
+  </si>
+  <si>
+    <t>2025-01-01</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806176</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 19ko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, zeinaren bidez 2025eko ekitaldi ekonomikorako nekazaritza-elikagaien kalitate-eskemen informazio- eta sustapen-jardueretarako laguntzen aurrerapen-deialdia egiten den.</t>
+  </si>
+  <si>
+    <t>2025-01-09</t>
+  </si>
+  <si>
+    <t>2025-01-30</t>
+  </si>
+  <si>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/806987</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 28ko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, zeinaren bidez ezartzen den eskaera bakarrean sartutako laguntzak emateko eta urteko ordainketa egiteko deialdia.</t>
+  </si>
+  <si>
+    <t>2025-04-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811643</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 17ko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako (AVFGA) zuzendariarena, ureztatzeko komunitate eta komunitateetan azpiegiturak eta ureztatze sistemak modernizatzeko inbertsioetarako laguntzen deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829972</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 5eko Ebazpena, Valentziako Nekazaritza Garapen eta Bermerako Agentziako (AVFGA) zuzendariarena, Valentziako Erkidegoko 2023-2027ko NEPB Plan Estrategikoaren 7119.02 LEADER esku-hartzean aurreikusitako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830964</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 15eko Ebazpena, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, 2025eko urterako Plan Estrategikoaren landa-garapeneko esku-hartzeen esparruan lankidetzarako laguntzak eskatzeko deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833015</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 23ko EBAZPENA, Valentziako Nekazaritza Garapen eta Berme Agentziako zuzendariarena, zeinaren bidez 2026ko ekitaldirako nekazaritza-elikagaien kalitate-eskemen informazio- eta sustapen-jardueretarako laguntzen aurrerapen-deialdia egiten den.</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Ura, Abeltzaintza eta Arrantza Ministerioaren Ebazpena, Valentziako Komunitatean ekoizpen ekologikoaren ziurtagirirako 2025. urterako laguntza-deialdia iragartzen duena</t>
+  </si>
+  <si>
+    <t>2025-05-13</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831390</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendari Nagusiaren Ebazpena, zeinaren bidez Valentziako Komunitateak 2025eko Planerako nekazaritza aseguruen harpidetzarako dituen laguntzen aurrerapen deialdia ezartzen den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804083</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804861</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 17ko Ebazpena, Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiarena, Valentziako Komunitateko abeltzaintzako ustiategien lehiakortasuna eta iraunkortasuna hobetzeko laguntzak 2025eko ekitaldirako eskatzeko deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2024-04-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828256</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendari Nagusiaren Ebazpena, 2025erako 6/2024 Aginduan aurreikusitako laguntzak, zeinak Xylella fastidiosa bakterioa desagerrarazteko eta kontrolatzeko kalte-ordainen laguntzaren oinarri arautzaileak onartzen dituen.</t>
+  </si>
+  <si>
+    <t>2025-05-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831154</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831391</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 14ko Ebazpena, Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiarena, zeinaren bidez Valentziako Erkidegoko abeltzaintzako ustiategien lehiakortasuna eta iraunkortasuna hobetzeko 2026. urterako laguntzen aurrerapen deialdiak egiten diren.</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869502</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintza Ekoizpeneko Zuzendari Nagusiaren Ebazpena, zeinaren bidez, uzta suntsitu zaien edo izan den fruta-lursailak berriro landatzeko de minimis laguntzak 2025. urterako aurrerapen-deialdia egiten den.</t>
+  </si>
+  <si>
+    <t>2025-01-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804483</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta Abeltzaintzako Ekoizpeneko Zuzendari Nagusiaren Ebazpena, klima-, ingurumen- eta ingurumen-aldaerek eragindako eremuetako gerezi-ustiategientzako 2025. urterako laguntza aurreratua deitzekoa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805096</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko EBAZPENA, zeinaren bidez 2026ko ekitaldian Nekazaritza Aseguru Konbinatuaren kontratazioa eta erregularizazioa sustatzeko lerrorako diru-laguntzen urte anitzeko deialdia onartzen den, aurrerapen gastuaren modalitatean.</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-12-31</t>
+  </si>
+  <si>
+    <t>Asturias, Principado de</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882337</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak nekazaritza sektoreari landareen babesari buruzko aholkularitza teknikoa emateko, 2024ko abenduaren 20ko Ebazpena.</t>
+  </si>
+  <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
     <t>Extremadura</t>
   </si>
   <si>
-    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/843480</t>
-[...2 lines deleted...]
-    <t>2025eko uztailaren 14ko AGINDUA, 2025eko Nekazaritza Aseguru Konbinatua Kontratatzeko Laguntza</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813441</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntzak Extremaduran kokatutako lehorreko olibondo eta mahasti ustiategien jabeei maileguak finantzatzeko, maiatzaren 6ko 35/2025 Dekretuaren arabera, zeinak iragartzen dituen.</t>
+  </si>
+  <si>
+    <t>2025-06-13</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838948</t>
+  </si>
+  <si>
+    <t>2025eko diru-laguntza nekazaritza-ustiategien jabeentzat, elikagaien kalitate-programetan parte hartzea sustatzeko. s/ 2025eko ekainaren 19ko Ebazpena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842305</t>
+  </si>
+  <si>
+    <t>2026ko diru-laguntzak nekazaritza sektoreari landareen babesari buruzko aholkularitza teknikoa emateko 2025eko abenduaren 3ko Ebazpena.</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880343</t>
+  </si>
+  <si>
+    <t>2025eko Leader ikuspegiaren laguntza, MINIMIS erregimenak EZ DUENA, nekazaritza-produktuen eraldaketan eta merkaturatzean inbertsioetarako (19.2.2 GDP azpineurria), XXIV. deialdiaren arabera (2014-2020 GDP) GAL ADERSUR</t>
+  </si>
+  <si>
+    <t>2025-01-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808943</t>
+  </si>
+  <si>
+    <t>2025eko Aid Leader ikuspegia landa eremuetan nekazaritzakoak ez diren enpresa eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), IX. deialdia (2014-2020 GDP) GAL ADERCO</t>
+  </si>
+  <si>
+    <t>2025-03-01</t>
+  </si>
+  <si>
+    <t>2025-03-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816089</t>
+  </si>
+  <si>
+    <t>2025eko Aid Leader ikuspegia landa eremuetan nekazaritzakoak ez diren negozio eta jarduerak sortu eta garatzeko inbertsioetarako (19.2.3 GDP azpineurria), IX. deialdia (2014-2020 GDP) GAL LA SIBERIA</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816223</t>
+  </si>
+  <si>
+    <t>2025eko laguntza: LEADER ikuspegia nekazaritza-produktuen prozesamenduan eta merkaturatzean inbertsioetarako. Estatuko laguntza. (Elkarrizketa, 7119 PEPAC), II. elkarrizketa (PEPAC 2023-2027) GAL SOPRODEVAJE</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869950</t>
+  </si>
+  <si>
+    <t>2025eko Laguntza: LEADER ikuspegia nekazaritza produktuen prozesamendu eta merkaturatzean inbertsioetarako. Estatu Laguntzarik EZ. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872386</t>
+  </si>
+  <si>
+    <t>2025eko Laguntza: Nekazaritza-produktuen prozesamendu eta merkaturatzean inbertsioetarako lidergo-ikuspegia. Estatu-laguntza (7119 PEPAC esku-hartzea), I. s/ Convo (PEPAC 2023-2027) GAL CAMPISUR</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872387</t>
+  </si>
+  <si>
+    <t>2026ko diru-laguntzak enpresei Extremadurako Autonomia Erkidegoan adimen artifizialeko irtenbideen ezarpena sustatzen duten proiektuak finantzatzeko - 173/2025 Dekretuaren arabera, zeinak dei egiten duen.</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881941</t>
+  </si>
+  <si>
+    <t>2025eko laguntzak nekazaritza-ustiategietan uraren eta energiaren erabilera eraginkorra sustatzen duten ureztatze-sistemak ezartzeko, martxoaren 11ko 12/2025 Dekretuaren arabera, zeinak dei egiten duen.</t>
+  </si>
+  <si>
+    <t>2025-04-03</t>
+  </si>
+  <si>
+    <t>2025-05-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823462</t>
+  </si>
+  <si>
+    <t>Extremadurako Autonomia Erkidegoan nekazari gazteak ezartzeko 2025-26 laguntzak, 169/2024 Dekretuan sartutako lehen deialdia</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809138</t>
+  </si>
+  <si>
+    <t>2025-26ko laguntza, nekazari gaztea finkatuta dagoen nekazaritza-ustiategien modernizaziorako eta/edo hobekuntzarako inbertsioak, 169/2024 Dekretuan sartutako lehen deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809139</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Laguntza. Nekazari Gazteentzako Laguntza Osagarriak, 2025eko urtarrilaren 27ko Ebazpenaren arabera, zeinak dei egiten duen.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811619</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Laguntza. Nekazaritza Ekologikoa, 2025eko urtarrilaren 27ko Ebazpenaren arabera, zeinak eskatzen dituen.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811622</t>
+  </si>
+  <si>
+    <t>PEPAC 2025 Laguntza. Nekazaritzako Laguntza Lotuak, 2025eko urtarrilaren 27ko Ebazpenaren arabera, zeinak eskatzen dituen.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811625</t>
+  </si>
+  <si>
+    <t>2025eko laguntzak nekazaritzako produktuen eraldaketa eta merkaturatzera bideratutako inbertsioetarako, 2025eko urriaren 29ko Ebazpenaren arabera, zeinak eskaerak egiteko deia egiten duen.</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869937</t>
+  </si>
+  <si>
+    <t>Extremadura Avantek enpresei diru-laguntzak ematen dizkie Fruit Attraction 2025 Azokan taldeka parte hartzeko, 2025eko martxoaren 27ko Akordio horren arabera.</t>
+  </si>
+  <si>
+    <t>2025-03-28</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823326</t>
+  </si>
+  <si>
+    <t>2025eko laguntzak enpresei Elikagai Osagaien 2025 Azokan taldeka parte hartzeko, 2025eko abuztuaren 26ko Akordioaren arabera, horretarako deia egiten duena.</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>2025-09-26</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853387</t>
+  </si>
+  <si>
+    <t>2024-2025eko diru-laguntza udalei eta tokiko erakunde txikiei zuzenduta dago merkataritza biziberritzeko proiektuak finantzatzeko, 2024ko urriaren 15eko 130/2024 Dekretuaren arabera, zeinaren bidez honako hauetarako dei egiten den:</t>
+  </si>
+  <si>
+    <t>2024-11-06</t>
+  </si>
+  <si>
+    <t>2025-07-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794035</t>
+  </si>
+  <si>
+    <t>2024-2025eko diru-laguntza merkataritza sektoreko elkarte, federazio eta konfederazioei zuzenduta dago, merkataritza suspertzeko proiektuak finantzatzeko, 2024ko urriaren 15eko 130/2024 Dekretuaren arabera, zeinaren bidez dei egiten baita.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794036</t>
+  </si>
+  <si>
+    <t>2025/2026 laguntzak txikizkako sektoreko ETEen gaitasun aurreratuak hobetzeko, 2025eko azaroaren 21eko Ebazpenaren bidez egindako deialdiaren arabera</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871111</t>
+  </si>
+  <si>
+    <t>2026ko diru-laguntza, Nekazaritza Sektorekoa, neurri judizialak betetzen dituzten edo bete dituzten adingabeen/gazteen gizarteratze/lan integraziorako, 2025eko azaroaren 14ko Ebazpenaren bidez.</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-11-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871614</t>
+  </si>
+  <si>
+    <t>2025eko martxoaren 24ko Ebazpena, ekoizle-taldeek 2023-2027 NEPBko Plan Estrategikoaren esparruan egiten dituzten kalitate-eskemek estalitako Galiziako nekazaritza- eta elikagai-produktuen informazio- eta sustapen-jardueretan lankidetzan laguntzeko laguntzen oinarri arautzaileak ezartzen dituena, eta 2025eko aurrekontu-ekitaldirako eskabideak dei egiten dituena.</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823827</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 16ko Ebazpena, nekazaritzako elikagaien kalitate-izendapenen kontseilu arautzaileek garatutako kalitate-programetarako laguntzen arautze-esparrua ezartzen duena eta 2025erako eskabide-deialdia iragartzen duena (prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>2025-04-26</t>
+  </si>
+  <si>
+    <t>2025-05-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828643</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 17ko Ebazpena, Faba de Lourenzá babestutako adierazpen geografikoari dagozkion nekazaritza-ustiategientzako laguntzak arautzeko oinarriak ezartzen dituena eta 2025. urterako eskaerak deitzen dituena (MR302 prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>2025-06-28</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842301</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 19ko Ebazpena, kalitate-eskemek babestutako Galiziako nekazaritza- eta elikagai-produktuen informazio- eta sustapen-jardueretan lankidetzan laguntzeko laguntzen arau-esparrua ezartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877528</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 30eko Agindua, tokiko eta artisau merkataritzan berrikuntza eta iraunkortasuna sustatzeko diru-laguntzak lehiarik gabe emateko oinarri arautzaileak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
+    <t>2025-03-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814563</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 21eko Agindua, basurdeek nekazaritza-laboreei eragindako kalteak arintzeko laguntzen oinarri arautzaileak ezartzen dituena eta 2026. urterako eskaerak egiteko deia egiten duena (MT809E prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>2025-10-11</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871824</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 26an AGINDUA, zeinaren bidez Galiziako Autonomia Erkidegoan nekazaritza aseguruen kontratazioa sustatzeko laguntzen oinarri arautzaileak ezartzen diren eta 2025. urterako deitzen diren (MR443A prozedura kodea)</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/808706</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 11ko AGINDUA, Europako Funtsak kofinantzatutako Espainiako Nekazaritza Politika Bateratuaren 2023-2027 Plan Estrategikoaren esparruan nekazari gazteei zuzendutako laguntzen oinarri arautzaileak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>2025-08-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841548</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 21eko Agindua, Nekazaritza Politika Bateraturako Plan Estrategikoaren esparruan instalazio eta ekipamendu komunen erabilera sustatzeko laguntzen oinarri arautzaileak ezartzen dituena, erregimen asoziatibo baten pean</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853100</t>
+  </si>
+  <si>
+    <t>2025eko irailaren 18ko Agindua, nekazaritza-intereseko jarduerak egiteko nekazaritza-erakunde profesionalei eta nekazaritza-elkarteei laguntzeko oinarri arautzaileak ezartzen dituena eta 2025. urterako eskaerak deitzen dituena (kodea)</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/858070</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 12ko Agindua, Galizian abeltzaintzako osasun-defentsako talde (ADSG) gisa aitortutako erakundeei laguntzeko oinarri arautzaileak ezartzen dituena eta 2026-2027 urterako eskaerak deitzen dituena (MR2 prozedura-kodea)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/878167</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Agindua, Galiziako Autonomia Erkidegoan nekazaritza aseguruen kontratazioa sustatzeko laguntzen oinarri arautzaileak ezartzen dituena eta 2026. urterako deitzen dena (MR443A prozedura kodea)</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881236</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko AGINDUA, hosto zabaleko eta/edo konifero espezieekin basoberritzeko inbertsioetarako lehiakortasun-laguntzen arautze-esparrua ezartzen duena, Garapenerako Europako Nekazaritza Funtsak kofinantzatuta.</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko AGINDUA, baso-ekoizleen kudeaketa bateratuko basogintza-taldeak sustatu eta laguntzeko, lehiaketa bidezko laguntzak arautzeko oinarriak ezartzen dituena, Euro Funtsak kofinantzatuta.</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882671</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko Ebazpena, Galiziako Energia Institutuarena, Galiziako enpresetan energia aurrezteko eta eraginkortasuneko proiektuetarako laguntzen arautze-esparrua onartzen duena</t>
+  </si>
+  <si>
+    <t>2026-09-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/881665</t>
+  </si>
+  <si>
+    <t>Galiziako enpresen berrikuntza-gaitasuna eta garapen teknologikoa hobetzeko laguntzak, 2025erako “Ticket Innova” programa</t>
+  </si>
+  <si>
+    <t>2025-01-20</t>
+  </si>
+  <si>
+    <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807213</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Ebazpena, Galiziako enpresen berrikuntza-ahalmena hobetzeko 2026-2027rako lehiaketa-sistema baten bidezko laguntzen oinarri arautzaileei buruzkoa (IG408L)</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880747</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 17ko Kontseilu Exekutiboaren akordioa, Menorcako nekazaritza-ustiategietan praktika iraunkorrak sustatzeko laguntzak emateko oinarriei buruzkoa (CARB) eta 2025erako dagokion deialdiari buruzkoa.</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/872524</t>
+  </si>
+  <si>
+    <t>Ibizako uharteko nekazaritza-ingurunea eta agrobiodibertsitatea berreskuratzeko, mantentzeko eta finkatzeko laguntza-deialdia 2025erako</t>
+  </si>
+  <si>
+    <t>2025-05-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834153</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako kooperatiben, mikrokooperatiben eta langileen enpresen enplegua sustatzeko eta lehiakortasuna hobetzeko laguntzen deialdia, 2025 eta 2026 urteetarako.</t>
+  </si>
+  <si>
+    <t>2025-02-03</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803551</t>
+  </si>
+  <si>
+    <t>Balear Uharteetan enpresa-talde berritzaileen funtzionamendurako laguntza-deialdia 2025ean</t>
+  </si>
+  <si>
+    <t>2025-05-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804960</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Ingurune Naturaleko sailburuaren ebazpena, Balear Uharteetan irabazi-asmorik gabeko erakundeen alde ingurumen-hezkuntzako jardueretarako 2025. urterako diru-laguntzen deialdi publikoa egiteko.</t>
+  </si>
+  <si>
+    <t>2025-05-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829868</t>
+  </si>
+  <si>
+    <t>Kalitate-programen barruan nekazaritza- eta elikagai-produktuak sustatzeko diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/740782</t>
+  </si>
+  <si>
+    <t>Landareen babeserako taldeentzako laguntzak 2025erako landareen izurriteak saihesteko</t>
+  </si>
+  <si>
+    <t>2025-04-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811956</t>
+  </si>
+  <si>
+    <t>Nekazaritza ekologikoa sustatzeko laguntzak, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/812056</t>
+  </si>
+  <si>
+    <t>2025. urterako berreskuratutako ura erabiliz labore iraunkorretarako nekazaritza-ingurumen konpromisoak ordaintzeko laguntza.</t>
+  </si>
+  <si>
+    <t>2025-02-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816030</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2025.- 1.- FEDERAZIOAK ETA KOOPERATIBA BATASUNAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829096</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2025.- 2.-NEKAZARITZA ERAKUNDE PROFESIONALAK (Mallorcako egoitza)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829104</t>
+  </si>
+  <si>
+    <t>Balear Uharteetako nekazaritza sektore profesionalerako laguntzak 2025.- 3.-NEKAZARITZA ERAKUNDE PROFESIONALAK (Menorcako egoitza nagusia)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829109</t>
+  </si>
+  <si>
+    <t>2025. urterako laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, Erlezaintzako Sektore Esku-hartzeari dagozkionak - EIVISSA</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-07-04</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837236</t>
+  </si>
+  <si>
+    <t>2025erako laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko, Menorcako Erlezaintzako Sektore Esku-hartzeari dagozkionak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837310</t>
+  </si>
+  <si>
+    <t>2025erako laguntzak erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko - FORMENTERA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837311</t>
+  </si>
+  <si>
+    <t>2025. urterako laguntzak, Erlezaintzako Sektore Esku-hartzeari dagozkion erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko - MALLORCA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837319</t>
+  </si>
+  <si>
+    <t>Baso-kalteak prebenitzeko basogintzako inbertsio ez-produktiboetarako diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874145</t>
+  </si>
+  <si>
+    <t>Nekazaritza-elikagaien produktuen prozesamenduan, merkaturatzean eta garapenean inbertsioetarako diru-laguntzak. 2025eko proposamen-deialdia</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874455</t>
+  </si>
+  <si>
+    <t>Nekazaritza eta elikagai produktuen kalitate-eskemetarako laguntzak, 2025</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829517</t>
+  </si>
+  <si>
+    <t>EKINN+ 2025 PROGRAMA: PROGRAMAN PARTE HARTZEKO JARRAIBIDEAK ENPRESA EKIMEN BERRITZAILE BERRIEN SORKUNTZA, HAZKUNDEA ETA FINKATZEA SUSTATZEKO.</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>2025-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838788</t>
+  </si>
+  <si>
+    <t>IKERLAN 2025-2026 GAZTEENTZAKO IKERKETA PROIEKTUETARAKO DEIALDIA</t>
+  </si>
+  <si>
+    <t>2025-05-28</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840624</t>
+  </si>
+  <si>
+    <t>ERAKUNDEEN BERRIKUNTZAN INBERTSIOAREN INBERTSIOARAKO DIRU-LAGUNTZAK 2025EAN</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840623</t>
+  </si>
+  <si>
+    <t>2025eko uztailaren 4ko Ebazpena, Zientzia, Enpresa Lehiakortasun eta Berrikuntzarako Asturiasko Agentziarena, Asturiasko Printzerrian 2025. urterako I+G proiektuak gauzatzeko diru-laguntzak emateko deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825863</t>
+  </si>
+  <si>
+    <t>2025erako ekintzailetza berritzailea sustatzeko diru-laguntzen deialdia (Ekintzailearen Txekea)</t>
+  </si>
+  <si>
+    <t>2025-04-04</t>
+  </si>
+  <si>
+    <t>2025-09-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823095</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 10eko Ebazpena, zeinaren bidez onartzen den 2025erako PEPAC 2023-2027 esparruan PAko nekazaritza-ustiategi txiki eta ertainetan aholkularitza-zerbitzuetarako diru-laguntzen aurrerapen-gastuen deialdia.</t>
+  </si>
+  <si>
+    <t>2025-01-27</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/807305</t>
+  </si>
+  <si>
+    <t>2025eko Diru-laguntza Lankidetzarako nekazaritza-ustiategien ondorengotzarako</t>
+  </si>
+  <si>
+    <t>2025-03-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818054</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 7ko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Ministerioarena, nekazaritza eta abeltzaintzarako zuzeneko ordainketa moduan esku-hartzeen oinarri arautzaileak eta deialdia eta esku-hartzeak onartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825594</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825856</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825857</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825858</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825859</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 7ko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Ministerioarena, nekazaritza eta abeltzaintzari zuzeneko ordainketa moduan esku hartzeko oinarri arautzaileak eta deialdia eta esku hartzeko deialdia onartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825860</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825861</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825862</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 21eko EBAZPENA, Asturiasko Printzerriko nekazaritza-ustiategi txiki eta ertainetan ATRIASek egindako aholkularitza-zerbitzuetarako diru-laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828215</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 21eko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Ministerioarena, irabazi-asmorik gabeko erakundeei nekazaritza-elikagaien produktuen lehiaketak egiteko diru-laguntzen deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828477</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 4ko Ebazpena, Landa Eremu eta Nekazaritza Politikako Ministerioarena, Asturiasko Printzerriko nekazaritza-ustiategietan klima-aldaketaren arintze-egokitzapenarekin lotutako inbertsio ez-produktiboetarako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873052</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 4ko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Ministerioarena, Espainiako Nekazaritza Politika Bateratuaren plan estrategikoaren esparruan nekazaritza-ustiategiak modernizatzeko eta/edo hobetzeko inbertsioetarako laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873053</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 4ko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Ministerioarena, klima-aldaketaren arintze-egokitzapenarekin, erabilera eraginkorrerako ekarpenarekin lotutako nekazaritza-ustiategietako inbertsio produktiboetarako laguntzak eskatzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/873054</t>
+  </si>
+  <si>
+    <t>2025eko otsailaren 17ko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Murtziako Eskualdean mahastiak berregituratu eta bihurtzeko 2025. urterako laguntzen deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>2025-02-27</t>
+  </si>
+  <si>
+    <t>2025-03-31</t>
+  </si>
+  <si>
+    <t>Murcia, Región de</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816503</t>
+  </si>
+  <si>
+    <t>2025eko martxoaren 18ko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, 2025eko Uzta Berderako laguntza deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821612</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 16ko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, "Nekazaritza Berrikuntzarako Europako Elkartearen Kooperatiba Talde Operatiboak" 7161 esku-hartzearen diru-laguntzak emateko 1. deialdia.</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829661</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 6ko Agindua, Ura, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, 2025. urterako Nekazaritzako Erakunde Profesionalentzako diru-laguntzak iragartzen dituena, nekazaritza sektoreari zerbitzuak ematen dizkieten jarduerak sustatzeko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831592</t>
+  </si>
+  <si>
+    <t>Murtziako Eskualdeko Sustapenerako Institutuko zuzendariaren 2025eko apirilaren 1eko ebazpena, ordezkaritzaren bidez, azoketan, ekitaldietan eta misioetan parte hartzeko laguntza-deialdiari buruzkoa. Saudi Arabiako Nekazaritza Azoka. Saudi Arabia 2025.</t>
+  </si>
+  <si>
+    <t>2025-04-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825474</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 8ko ebazpena, Murtziako Eskualdeko Sustapenerako Institutuko zuzendariarena, ordezkaritzaren bidez, berrikuntza eta lehiakortasun zerbitzuen kontratazioa sustatzeko laguntzen deialdi pluriurtekoari buruzkoa. Nazioartekotze Bonua.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825867</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 22ko Ebazpena, Murtziako Eskualdeko Sustapenerako Institutuko zuzendariarena, ordezkaritza bidez, berrikuntza eta ekintzailetza sustatzeko laguntzen deialdiari buruzkoa. Inkubagailuak.</t>
+  </si>
+  <si>
+    <t>2025-07-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842160</t>
+  </si>
+  <si>
+    <t>ETE Innova 2025 Proposamen Deialdia - Sevillako Merkataritza Ganbera</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824198</t>
+  </si>
+  <si>
+    <t>905/2022 Errege Dekretua, urriaren 25ekoa, Nekazaritza Politika Bateratuaren Plan Estrategikoaren esparruan Ardogintza Sektoreko Esku-hartzea arautzen duena_2025eko deialdia</t>
+  </si>
+  <si>
+    <t>2023-07-15</t>
+  </si>
+  <si>
+    <t>2023-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/775546</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 10eko AGINDUA, Nekazaritza eta Abeltzaintza Ekoizpenaren Zuzendaritza Nagusiarena, zeinaren bidez laguntzak deitzen diren lehiarik gabeko Abeltzaintzako Osasun Defentsarako Elkarteek albaitaritza programa nazionalak gauzatzeko.</t>
+  </si>
+  <si>
+    <t>2025-01-15</t>
+  </si>
+  <si>
+    <t>2025-02-05</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/809082</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 27ko Agindua, zeinaren bidez Lehorreko Fruta-arbolak eta Ureztatutako Fruta-arbolak Nekazaritza Ekologikoko Mantentze-lanetarako (6503.2) jarduerei dagozkien diru-laguntzen 2025. urterako deialdia egiten den, Esku-hartzeei dagozkienak.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811220</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 28ko Agindua, zeinaren bidez 10.1.14 eragiketarako lurzoruaren kareharri-aldaketa 10. neurriko etxalde-formazioetan sustraien usteldura prebenitzeko eta kontrolatzeko: Agroambi</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811578</t>
+  </si>
+  <si>
+    <t>2025eko martxoaren 27ko Agindua, Abeltzaintzako Osasunaren Defentsa Taldeen bidez, lehia-prozesuan finantzaketa komunitariorik ez duten osasun-programak gauzatzeko laguntzak deitzekoa.</t>
+  </si>
+  <si>
+    <t>2025-04-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823494</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 30eko Agindua, nekazaritzako elikagaien elkarteen integrazio eta bat-egite prozesuak sustatzeko diru-laguntzak. 1. lerroa - Nekazaritzako elikagaien elkarteen integrazioa sustatu eta bultzatzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829762</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 30eko Agindua, nekazaritza-elikagaien elkarteen integrazio eta bat-egite prozesuak sustatzeko diru-laguntzak. 2. lerroa - Andaluzian nekazaritza-elikagaien elkarteen bat-egitea sustatu eta bultzatzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829763</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 8ko Ebazpena, Andaluziako nekazaritza eta landa garapen sektorea ordezkatzen duten erakunde eta entitateentzako diru-laguntzak iragartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831440</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 20ko Agindua, DANA 2024/2025 kalteek eragindako udalerrietako nekazaritza eta abeltzaintzako ustiategien jabeei zuzendutako diru-laguntzak emateko oinarri arautzaileak onartzen dituena, lehiaketa bidezko lizitazio sistemaren bidez.</t>
+  </si>
+  <si>
+    <t>2025-06-12</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834575</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko Agindua, zeinaren bidez 2026. urterako laguntza-eskaerak deitzen diren, Abeltzaintzako Osasuna Defentsa Taldeen bidez komunitate-finantzaketarik ez duten osasun-programak gauzatzeko.</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876280</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 19ko Ebazpena, Industria, Berrikuntza eta Nekazaritza Elikagaien Katearen Zuzendaritza Nagusiarena, 2026ko ekitaldirako nekazaritza elikagaien produktuen eraldatzean, merkaturatzean eta/edo garapenean inbertsioetarako diru-laguntzak iragartzen dituena. 68422-01 ETEentzako esku-hartzea</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876918</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 19ko Ebazpena, Industria, Berrikuntza eta Nekazaritza Elikagaien Katearena, zeinaren bidez nekazaritza elikagaien produktuen eraldaketan, merkaturatzean eta/edo garapenean inbertsioetarako laguntzak 2026rako deialdia iragartzen den. FRUTAK ETA BARAZKIAK. ETEak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876920</t>
+  </si>
+  <si>
+    <t>2025eko MAIATZAREN 29ko EBAZPENA, 4.2 LERROA, De Minimis Nekazaritza Sozietate Arruntaren Lab. sartzea</t>
+  </si>
+  <si>
+    <t>2025-06-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836204</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 2ko SGIM ebazpena, zeinaren bidez Almeriako probintzian trantsizio justurako pizgarriak deitzen diren «Berrikuntza eta iraunkortasuna Almeriako nekazaritzako industria laguntzailean» traktore-proiekturako.</t>
+  </si>
+  <si>
+    <t>2025-07-06</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830397</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830398</t>
+  </si>
+  <si>
+    <t>2025eko XX./XXX. Ebazpena, Teknologia Zentroek garatutako berrikuntza proiektuetarako lehiakortasun bidezko diru-laguntzak iragartzen dituena. 2025eko otsailaren 10eko Aginduaren 5. lerroa</t>
+  </si>
+  <si>
+    <t>2025-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842216</t>
+  </si>
+  <si>
+    <t>EBAZPENA, 2025eko XXXXeko XX. urtekoa, BERRIKUNTZA SUSTATZEKO ZUZENDARIARENA, 2025EKO EKITALDIRAKO, LEHIAKETA BIDEZ, KLUSTERREK BERRIKUNTZA PROIEKTUENTZAKO DIRU-LAGUNTZAK EMATEKO DEIA EGIN DUENA 2. LERROA ESTATU GABEKO LAGUNTZA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842306</t>
+  </si>
+  <si>
+    <t>2025eko XX.eko XXXX.eko EBAZPENA, BERRIKUNTZA SUSTATZEKO ZUZENDARIARENA, 2025EKO EKITALDIRAKO, LEHIAKETA BIDEZ, KLUSTERREK BERRIKUNTZA PROIEKTUENTZAKO DIRU-LAGUNTZAK EMATEKO DEIA EMATEN DUENA, 2. LERROAREN ARABERAKO R (EB) 651/2014</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842307</t>
+  </si>
+  <si>
+    <t>EBAZPENA, 2025eko XX.eko XXXX.ekoa, BERRIKUNTZA SUSTATZEKO ZUZENDARIARENA, 2025EKO EKITALDIRAKO, LEHIAKETA BIDEZ, 6. LERROKO EKIPAMENDUA EROSTEKO ETA AZPIEGITURA HOBETZEKO DIRU-LAGUNTZAK EMATEKO DEIA EGITEN DUENA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842312</t>
+  </si>
+  <si>
+    <t>AGA/…/2024 Agindua, abenduaren 19koa, zeinaren bidez Aragoiko 2023-2027 NPBren Plan Estrategiko Nazionalaren esparruan nekazaritza-aholkularitza zerbitzuak emateko diru-laguntzak deitzen diren, 2025. urterako.</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805028</t>
+  </si>
+  <si>
+    <t>AGA/268/2025 AGINDUA, martxoaren 6koa, zeinaren bidez Europako Berrikuntza Lankidetzaren (EIP) talde operatiboentzako lankidetza-arloan diru-laguntzak deitzen diren, 2025erako Aragoiko NPB 23-27 Plan Estrategiko Nazionalaren esparruan.</t>
+  </si>
+  <si>
+    <t>2025-03-21</t>
+  </si>
+  <si>
+    <t>2025-04-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/818995</t>
+  </si>
+  <si>
+    <t>AGA/685/2025 AGINDUA, ekainaren 23koa, 2025eko eurite uholdeen ondorioz nekazaritza-ustiategien ekoizpenean eta azpiegituretan eragindako kalteen ondoriozko laguntzen oinarri arautzaileak eta deialdia onartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841927</t>
+  </si>
+  <si>
+    <t>AGA/XX/2025 Agindua, XX.a, Aragoiko autonomia erkidegoan nekazaritza asegurua kontratatzeko diru-laguntzak deitzen dituena, 2025. urterako, berrogeita seigarren nekazaritza aseguruen plan konbinatuaren (2025eko plana) lerroetarako.</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853835</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 AGINDUA, 2026. URTEKO NEKAZARITZA ASEGURUA KONTRATATZEKO KOSTUAREN ZATI BAT ORDAINTZEKO DIRU-LAGUNTZAK ESKATZEN DITUENA</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876191</t>
+  </si>
+  <si>
+    <t>AGA/…/2025 AGINDUA, abenduaren 17koa, zeinaren bidez Aragoiko 2023-2027 NPBren Plan Estrategiko Nazionalaren esparruan 2026. urterako nekazaritza-aholkularitza zerbitzuak emateko diru-laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876231</t>
+  </si>
+  <si>
+    <t>AGA/ /2024 Agindua, urriaren 7koa, 2025. urterako (2026ko ekitaldia) prozesatzeko instalazioetan eta ardogintzako azpiegituretan, merkaturatzeko egituretan eta tresnetan inbertsioetarako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2024-10-10</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/790234</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 23ko AGINDUA, Autonomia Erkidegoak Aragoiko nekazaritza-kooperatibei finantza-laguntza emateko ematen dituen aparteko laguntzarako arauak ezartzen dituena eta deialdia onartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/811527</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 Agindua, apirilaren 7koa, zeinaren bidez onartzen den 2025ean, FITE 2023 hitzarmenaren kargura, nekazaritza-elikagaien industrietarako 2022ko eta 2023ko Aginduen arabera emandako diru-laguntzak osatzeko deialdia.</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825563</t>
+  </si>
+  <si>
+    <t>Abuztuaren 26ko AGA/ /2025 AGINDUA, nekazaritzako produktuen (nekazaritzako elikagaien industriak) eraldaketan, merkaturatzean eta garapenean inbertsioetarako diru-laguntzak deitzen dituena, PEPACen esparruan, 2023-2027 aldirako 2026. urterako.</t>
+  </si>
+  <si>
+    <t>2025-08-27</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853458</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853473</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853478</t>
+  </si>
+  <si>
+    <t>AGA/ /2025 AGINDUA, urtarrilaren 20koa, 2025. urterako Nekazaritza Politika Bateratuaren araberako laguntza-eskaera bakarra aurkezteko.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810222</t>
+  </si>
+  <si>
+    <t>AGINDUA/AGA/284/2025, martxoaren 10ekoa, Nekazaritza, Abeltzaintza eta Elikadura ministroarena, erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko 2025. urterako diru-laguntzak iragartzen dituena</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822435</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 16ko Agindua, Aragoiko Gobernuko presidenteorde eta Lehendakaritza, Ekonomia eta Justizia kontseilariarena, enpresa txiki eta ertainei digitalizazio ekintzetarako laguntzak eskatzen dizkiena.</t>
+  </si>
+  <si>
+    <t>2025-05-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833698</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, 2025eko kanpainarako “Komunitatetik datozen arraza puruetako edo arraza komertzialetako hazkuntza-animalien hornidurarako laguntzak” III.1 Ekintza deitzen duena</t>
+  </si>
+  <si>
+    <t>2024-12-01</t>
+  </si>
+  <si>
+    <t>2024-12-15</t>
+  </si>
+  <si>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/787366</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, III.2.4 azpiekintzaren barruan "Gizentzeko txahalak inportatzeko laguntzak" izeneko laguntza-kanpainarako 2025eko deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2024-10-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/788498</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, Kanariar Uharteetako nekazaritza-ekoizpenerako Komunitatearen Laguntza Programaren "Neguko tomate tradizionalen ekoizleentzako laguntzak" 2025eko I.5 Kanpainako Ekintzarako deia egiten duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798955</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, zeinaren bidez "bertako erle beltz arrazako kalitatezko eztia ekoizteko laguntzak" 2025eko kanpainarako deialdia iragartzen den.</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>2025-01-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803409</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren Agindua, aloe vera eta oliba ekoizleei 2025eko kanpainarako gainazaleko laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834080</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, JATORRI-IZENDAPENA DUTEN ARDOAK EKOIZTEKO MAHATSA-LABORANTZA MANTENTZEKO HEKTARAKO LAGUNTZAREN 2025EKO KANPAINA DEITZEN DUENA</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837058</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Abeltzaintza, Arrantza eta Elikadura Subiranotasun Ministerioaren AGINDUAREN LABURPENA, zeinaren bidez 2025eko kanpainarako III.2 Ekintzaren laguntza iragartzen den, behi-sektorearentzako laguntza</t>
+  </si>
+  <si>
+    <t>2025-07-02</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842076</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, 2025EKO III.6 EKINTZA KANPAINARAKO LAGUNTZAK IRAGARRIZTEN DITUENA, AHUNTZ ETA ARDI ESNEA BERTAN EKOIZTEKO LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842078</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA, ABELTZAINTZA, ARRANTZA ETA ELIKAGAIEN SUBIRANOTASUN MINISTERIOAREN AGINDUA, 2025EKO III.4 EKINTZA KANPAINARAKO LAGUNTZAK IRAGARRIZTEN DITUENA, TOKIKO BEHIEN ESNEA EKOIZTEKO LAGUNTZAK</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842081</t>
+  </si>
+  <si>
+    <t>Nekazaritza-lurretan nekazaritza-ingurumeneko konpromisoetarako eta baliabide genetikoen kontserbaziorako konpromiso eta jardueretarako diru-laguntzak (2025)</t>
+  </si>
+  <si>
+    <t>2025-02-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814237</t>
+  </si>
+  <si>
+    <t>Nekazaritza-lanbide-elkarte irabazi-asmorik gabekoak laguntzeko 2025erako diru-laguntzak deitzen dituen agindua</t>
+  </si>
+  <si>
+    <t>2025-07-11</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/839417</t>
+  </si>
+  <si>
+    <t>2024-2025ean udalei nekazaritza-azpiegiturak hobetzeko eta obra berriak eraikitzeko laguntzak emateko deialdia, abuztuaren 14ko DES/25/2024 Aginduak arautua.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2024-11-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/789279</t>
+  </si>
+  <si>
+    <t>DES/07/2025 Agindua, 2025eko otsailaren 24koa, zeinaren bidez 2025. urterako eskaera bakarrean sartutako NBEUFk (Europako Nekazaritza Bermatzeko Funtsa) eta EBEFk (Landa Garapenerako Europako Nekazaritza Funtsa) finantzatutako laguntzak deitzen diren eta honako hauek barne hartzen dituen:</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/816912</t>
+  </si>
+  <si>
+    <t>Kantabrian aitortutako abeltzaintzako osasun-defentsako taldeentzako 2025. urterako laguntza-deialdia.</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/819839</t>
+  </si>
+  <si>
+    <t>2025. urterako laguntza deialdia Kantabriako Nekazaritza Erakunde Profesionalei eta Nekazaritza Kooperatibei, EBEAGAk eta LGENFk finantzatutako laguntza deialdiko eskaerak betetzen laguntzeko.</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...5 lines deleted...]
-    <t>2025eko uztailaren 21eko Agindua, Ur, Nekazaritza, Abeltzaintza eta Arrantza Ministerioarena, Murtziako Eskualdeko Autonomia Erkidegoko erlezaintza sektoreko esku-hartze laguntzen 2025eko deialdia onartzen duena.</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836773</t>
+  </si>
+  <si>
+    <t>2025ean Kantabrian nekazari gazte eta berriak ezartzeko laguntza deialdia.</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851292</t>
+  </si>
+  <si>
+    <t>IND/57/2024 AGINDUA, abenduaren 4koa, Kantabriako artisautzarako 2025erako laguntza deialdia onartzen duena (Nekazaritzako produktuen lehen mailako ekoizpena).</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/801075</t>
+  </si>
+  <si>
+    <t>IND/39/2025 Agindua, abuztuaren 20koa, merkataritza-elkarteentzat eta haien federazio eta konfederazioentzat, eta txikizkako kooperatibentzat 2025erako diru-laguntzen deialdia onartzen duena. Ez da minimisaren menpe.</t>
+  </si>
+  <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/852419</t>
+  </si>
+  <si>
+    <t>Industria, Merkataritza eta Enplegu Ministerioaren 2025eko abenduaren 21eko Agindua, Gaztela eta Leongo industria-enpresetan industria-makineria berria erosteko 2026. urterako diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877052</t>
+  </si>
+  <si>
+    <t>2025eko urtarrilaren 27ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, ordainketa zuzenen moduan esku hartzeko, landa garapenerako esku hartzeko eta baldintza komunak ezartzeko eskatzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810706</t>
+  </si>
+  <si>
+    <t>2025eko martxoaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo oilo erruleengan salmonellaren aurkako txertoa emateko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-03-27</t>
+  </si>
+  <si>
+    <t>2025-04-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822218</t>
+  </si>
+  <si>
+    <t>2025eko martxoaren 21eko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo erkidegoan mahastiak berregituratu eta bihurtzeko laguntzak deitzen dituena 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/822244</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 8ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo Komunitateko mahastietan 2025eko uzta berderako laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/826028</t>
+  </si>
+  <si>
+    <t>2025/04/22ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, zeinaren bidez FEADERek kofinantzatutako PEPAC-en 6842.1 Esku-hartzearen (ingurumen-helburuak) - MA1 Lerroa barne hartzen dituen eraldaketarako diru-laguntzak ematen diren.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828029</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 19ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, esne-errendimendua kontrolatzeko ofizialki aitortutako erakundeei esne-kontrola egiteko laguntzak deitzen dizkiena.</t>
+  </si>
+  <si>
+    <t>2025-05-19</t>
+  </si>
+  <si>
+    <t>2025-05-29</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/833514</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Espainiako bertako arrazak sustatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835009</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 26ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Nekazaritza Aseguruen Urteko Plan Konbinatuetan sartutako nekazaritza aseguru polizak harpidetzeko diru-laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>2025-06-01</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/835729</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 28ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, zeinaren bidez Gaztela eta Leongo PEPAC 2023-2027 esparruan 2025eko erlezaintza kanpainarako Erlezaintzako Esku-hartze Sektorialaren laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836078</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo arraza garbiko aleen hazkuntza eta liburu genealogikoetan erregistroa sustatzeko laguntzak deitzen dituena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836725</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 12ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, zeinaren bidez 2025erako Gaztela eta Leongo autonomia erkidegoan nekazaritza-elikagaien kooperatiben tamaina handitzeko laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>2025-09-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/851472</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Espainiako 2023/2027 PEPACen esparruan prestakuntza, informazio eta erakustaldi jardueretarako diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877691</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 12ko Agindua, Ekonomia eta Ogasun Ministerioarena, CyL-ko AAEEII-ren bidez enpresa-ehunaren ikerketa- eta berrikuntza-gaitasunak garatu eta hobetzeko 2026. urterako deialdia egiten duena.</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874935</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 7ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, kooperatiba eta langileen sozietateen sorrera eta enplegua laguntzeko programaren 2025. urterako diru-laguntzak iragartzen dituena. II. Programa.- Inbertsioak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830774</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 19ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, Gaztela eta Leonen autonomoen ondorengotza-plangintza sustatzeko diru-laguntzak iragartzen dituena (Relevacyl Autoempleo). 2025. urtea</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841551</t>
+  </si>
+  <si>
+    <t>2025eko ekainaren 19ko Agindua, Industria, Merkataritza eta Enplegu Kontseiluarena, zeinaren bidez diru-laguntzak deitzen diren espiritu ekintzailea sustatzeko, autonomoen eta gizarte-ekonomiaren ordezkaritza-erakundearen bidez berrikuntza produktiboa bermatzeko.</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841562</t>
+  </si>
+  <si>
+    <t>MAV/625/2025 Agindua, ekainaren 12koa, egurra eta beste zurezko produktu batzuk lehen aldiz eraldatzen dituzten enpresen digitalizaziorako oinarri arautzaileak onartzen eta diru-laguntzak deitzen dituena (RETECHFOR, PRTR, Next Generation EU)</t>
+  </si>
+  <si>
+    <t>2025-06-18</t>
+  </si>
+  <si>
+    <t>2025-07-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840002</t>
+  </si>
+  <si>
+    <t>MAV/624/2025 Agindua, ekainaren 12koa, Gaztela eta Leonen ekintzailetza digitaleko proiektuetarako eta basogintzako startupetarako (RETECHFOR, PRTR, Next Generation EU funtsak) arauzko esparrua onartzen eta diru-laguntzak iragartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/840033</t>
+  </si>
+  <si>
+    <t>EGEFek kofinantzatutako ikerketa zientifikoko proiektuetarako eta teknologiaren transferentziarako laguntza (2025-2029)</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/794018</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 8ko ebazpena, Nekazaritza eta Abeltzaintzako Zuzendaritza Nagusiarena, zeinaren bidez Gaztela-Mantxako Nekazaritza Politika Bateratuaren Plan Estrategikoaren esparruan Erlezaintzako Esku-hartze Sektorialaren laguntzarako deialdia egiten den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825835</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 11ko ebazpena, Nekazaritza eta Abeltzaintzako Zuzendari Nagusiarena, zeinaren bidez 2025ean Gaztela-Mantxako abeltzaintzako baliabide genetikoen kontserbazio, erabilera eta garapen jasangarrirako 6505.2 Esku-hartzearen laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874697</t>
+  </si>
+  <si>
+    <t>2024ko azaroaren 21eko Ebazpena, Nekazaritzako Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez 2025. urterako aurrerapen-izapidetze prozeduraren bidez sustatzeko laguntzak deitzen diren lehiaketa-sistema baten bidez.</t>
+  </si>
+  <si>
+    <t>2024-12-31</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798727</t>
+  </si>
+  <si>
+    <t>2024ko azaroaren 22ko Ebazpena, Nekazaritzako Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez 2025. urterako aurrez izapidetzeko prozeduraren bidez publikoaren informazio eta sustapenerako lankidetza-laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798816</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 17ko Ebazpena, Landa Garapeneko Zuzendaritza Nagusiarena, zeinaren bidez nekazaritzan gazteak ezartzeko laguntzak eta hobekuntzarako inbertsioak 2025erako deitzen diren, aurrerapen izapidetze prozeduraren bidez.</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803730</t>
+  </si>
+  <si>
+    <t>Landa eremuetako emakumeei zuzendutako gaitasun digitaletan trebatzeko ekintzetarako diru-laguntzen oinarrien agindua, EBk finantzatutako PRTRren Gaitasun Digitalen Plan Nazionala -Next Generation EU-, eta 2025eko deialdia.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805356</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 23ko Ebazpena, Landa Garapeneko Zuzendaritza Nagusiarena, zeinaren bidez gazteak nekazaritzan ezartzeko laguntzak eta hobekuntzarako eta/edo inbertsioak ezartzen diren.</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/877416</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 18ko Ebazpena, Nekazaritza Plangintzaren Zuzendaritza Nagusiarena, zeinaren bidez 2025. urtean Espainiako bertako arrazak sustatzeko diru-laguntzak deitzen diren, aurrerapen-izapidetze prozeduraren bidez.</t>
+  </si>
+  <si>
+    <t>2025-01-03</t>
+  </si>
+  <si>
+    <t>2025-01-23</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804486</t>
+  </si>
+  <si>
+    <t>2024ko abenduaren 18ko Ebazpena, Nekazaritza Plangintzako Zuzendaritza Nagusiarena, zeinaren bidez Gaztela-Mantxan esne-ekoizpena kontrolatzeko 2025. urterako diru-laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/804587</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 27ko Ebazpena, Nekazaritza Plangintzaren Zuzendaritza Nagusiarena, zeinaren bidez ezartzen den Gaztela-Mantxan nekazaritza aseguruen kontrataziorako laguntza gehigarrien deialdia, Nekazaritza Aseguru Konbinatuaren berrogeita seigarren Planean (2025eko Plana) sartuta.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836672</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 30eko Ebazpena, Nekazaritza Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez Nekazaritza, Abeltzaintza eta Landa Garapeneko Ministerioak Fruit Attraction 2025 nekazaritza elikagaien azokara joateko kontratatuko duen standean taldeka parte hartzeko laguntza espezifikoetarako de minimis erregimenaren pean dei egiten den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836874</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 18ko ebazpena, Nekazaritzako Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez 2026. urterako aurrerapen izapidetze prozeduraren bidez, lehiakortasun-lehiakortasun erregimenean, lapurreta sustatzeko laguntzak deitzen diren.</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870008</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko Ebazpena, Nekazaritzako Elikagaien Ekoizpenaren eta Kooperatiben Zuzendaritza Nagusiarena, zeinaren bidez nekazaritza- eta elikagai-produktuen informazio- eta sustapen-laguntzak deitzen diren, lehiaketa-sistema bidez, 2026. urterako.</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/876589</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 22ko Ebazpena, Idazkaritza Nagusiarena, zeinaren bidez 2025. urterako nekazaritza-erakunde profesionalei eta irabazi-asmorik gabeko elkarteei laguntzak emateko deia egiten den, lehiaketa-sistema baten bidez.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828136</t>
+  </si>
+  <si>
+    <t>UCLMko Kultura, Kirola eta Gizarte Konpromiso Errektoreordetzaren 2025eko udako ikastaroan matrikulatzeko 20 beka deialdia, “Ekintzailetza albaitaritza eta nekazaritza sektorean: aukerak eta erronkak” CV12CR</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/837298</t>
+  </si>
+  <si>
+    <t>2025eko abuztuaren 4ko ebazpena, Nekazaritza Politika Bateratu eta Ingurumen Politikako Sailburuordearena, zeinaren bidez laguntzak deitzen diren, de minimis erregimenaren arabera, ardiak eta ahuntzak defendatzeko eta zaintzeko mastin txakurrak edukitzeko eta mantentzeko.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853356</t>
+  </si>
+  <si>
+    <t>Enpresen lehiakortasun-bonuen diru-laguntzak: Berrikuntza 2025</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834402</t>
+  </si>
+  <si>
+    <t>Kataluniako nekazaritza-elikagaien kooperatiben eraldaketarako eta lehiakortasuna eta ingurumen-, gizarte- eta ekonomia-iraunkortasuna sustatzeko laguntzak (IMPULS.COOP), 2025, 2026 eta 2027ari dagozkionak</t>
+  </si>
+  <si>
+    <t>2024-09-26</t>
+  </si>
+  <si>
+    <t>2024-10-26</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/786431</t>
+  </si>
+  <si>
+    <t>Landareen osasunaren arloan nekazaritza sektorearentzako laguntzak 2025ean</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>2024-11-22</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/792477</t>
+  </si>
+  <si>
+    <t>2025ari dagokion abeltzaintzako simaurraren kudeaketan tratamendu berritzaileak garatu eta baliozkotzeko laguntza</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/824940</t>
+  </si>
+  <si>
+    <t>Kataluniako 2023-2027ko PDRaren esparruan ustiapen-kontratu globalarekin lotutako nekazaritza-dibertsifikaziorako de minimis doikuntzak 2025erako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827047</t>
+  </si>
+  <si>
+    <t>2025. urteari dagozkion nekazaritza-elikagaien eraldaketa eta merkaturatze prozesuak hobetzeko laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/827063</t>
+  </si>
+  <si>
+    <t>Basoen defentsarako taldeen (ADF) ekintzak sustatzeko laguntzak 2025. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/830180</t>
+  </si>
+  <si>
+    <t>Nekazaritzako baliabide genetikoen kontserbaziorako laguntzak, kontserbazio-erakundeei zuzenduta, 2025ari dagokion 2023-2027ko NEPBko plan estrategikoaren esparruan</t>
+  </si>
+  <si>
+    <t>2025-06-07</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838132</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Aseguru Planaren (Agroseguro) lerroetarako laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/874975</t>
+  </si>
+  <si>
+    <t>EMT//2024 Ebazpena, zeinaren bidez Lleidako nekazaritza kanpainen esparruan prestakuntzarekin kontratazioa sustatzeko diru-laguntzak emateko 2025. urterako aurrerapen deialdia irekitzen den (LKK - NEKAZARITZA KANPAINA)</t>
+  </si>
+  <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/803735</t>
+  </si>
+  <si>
+    <t>Madrilgo Erkidegoko udalei laguntzak merkataritza eta azoka sustapen jarduerak garatzeko 2025ean</t>
+  </si>
+  <si>
+    <t>2025-02-21</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/814588</t>
+  </si>
+  <si>
+    <t>Madrilen nekazaritza aseguruetarako laguntza osagarria. 2025/01/01etik 2025/12/31ra bitarteko polizak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/798586</t>
+  </si>
+  <si>
+    <t>Nekazaritzan Tratamendu Integratuko Taldeentzako Laguntza (ATRIAS) 2025</t>
+  </si>
+  <si>
+    <t>2025-01-08</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/805849</t>
+  </si>
+  <si>
+    <t>Nekazari gazteentzako diru-sarreren laguntza osagarria 2025ean</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810484</t>
+  </si>
+  <si>
+    <t>2025eko denboraldian zailtasunak dituzten zenbait laboretako nekazariei laguntzak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/810488</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO ERAKUNDE PROFESIONALEN ETA NEKAZARITZAKO KOOPERATIBA BATASUNEN LAGUNTZAK (OPAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821617</t>
+  </si>
+  <si>
+    <t>NEKAZARITZA KOOPERATIBETARAKO LAGUNTZAK (UCAS 2025)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821618</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Agindua, ohiko enpresetan kontrataziorako pizgarrien Galicia Suma Talento: Empléate Programaren oinarri arautzaileak ezartzen dituena eta 2026. urterako deialdia egiten duena</t>
+  </si>
+  <si>
+    <t>2026-09-30</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885613</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Agindua, gazte lan-eskatzaileak kontratatzeko Investigo Programa finantzatzeko diru-laguntza publikoak emateko oinarri arautzaileak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885618</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Agindua, teknologian oinarritutako enplegu ekimen (IEBT) gisa sailkatutako enpresentzako pizgarri programaren arautze esparrua ezartzen duena, eta 2026. urterako eskabideetarako deialdia iragartzen duena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885416</t>
+  </si>
+  <si>
+    <t>Kataluniako ikerketa-taldeen jarduera zientifikoa laguntzeko laguntzen oinarri arautzaileetatik eratorritako deialdia (SGR-Cat 2025)</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/885631</t>
+  </si>
+  <si>
+    <t>Nekazaritzako ekoizleek kontsumitzen duten gasolioaren prezioa estaltzeko laguntzak, 20/2022 Errege Lege Dekretuaren 24tik 27ra bitarteko artikuluak. 2025. urtea</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2029-04-01</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/888922</t>
+  </si>
+  <si>
+    <t>Aragoiko Gobernuko presidenteorde eta Lehendakaritza, Ekonomia eta Justizia ministroaren Agindua, enpresa txiki eta ertainentzako digitalizazio ekintzetarako laguntzak deitzen dituena</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890710</t>
+  </si>
+  <si>
+    <t>IND/8/2026 Agindua, otsailaren 25ekoa, kooperatibetan eta langileen sozietateetan enplegua sustatzeko eta lehiakortasuna hobetzeko diru-laguntzen deialdia onartzen duena. De Minimis Agricolari buruzko 1408/2013 Erregelamendua (EB).</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890199</t>
+  </si>
+  <si>
+    <t>2025eko otsailaren 27ko Agindua, Industria, Merkataritza eta Enplegu Ministerioarena, enplegu-zentro berezietako jarduera profesionalen laguntza-unitateak finantzatzeko 2026. urterako diru-laguntzak iragartzen dituena.</t>
+  </si>
+  <si>
+    <t>2026-08-03</t>
+  </si>
+  <si>
+    <t>2026-09-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890312</t>
+  </si>
+  <si>
+    <t>AGA/XXX/2026 AGINDUA, xxxx-ko XX-koa, Nekazaritza, Abeltzaintza eta Elikadura ministroarena, zeinaren bidez erlezaintzako produktuen ekoizpena eta merkaturatzea hobetzeko diru-laguntzak deitzen diren, 2026. urterako.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/890670</t>
+  </si>
+  <si>
+    <t>Nekazaritza Makineria Flota Berritzeko Plan Nazionala (PLAN RENOVE) 2024</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>2024-09-15</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/776847</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko martxoaren 13ko Aginduaren laburpena, zeinaren bidez "Espainiako Elikagaien Ardo Onenenak, 2025ekoa" Saria iragartzen den.</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/820406</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko martxoaren 17ko Aginduaren laburpena, zeinaren bidez “Espainiako Elikagaien Saria Adierazpen Geografikoa duen Edari Espiritutsu Onenarentzat, 2025. urtekoa” deitzen den.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/821048</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko apirilaren 7ko Aginduaren laburpena, zeinaren bidez "Espainiako Elikagaiak Urdaiazpiko Onenentzat" Saria iragartzen den, 2025. urtekoa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825807</t>
+  </si>
+  <si>
+    <t>2025eko apirilaren 25eko Ebazpena, Espainiako Nekazaritza Berme Funtsarena (FEGA), nekazaritza-elikagaien eraldaketan, merkaturatzean edo garapenean inbertsio material edo immaterialetarako laguntzak eskatzen dituena PEPAC</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829278</t>
+  </si>
+  <si>
+    <t>Eskualde anitzeko prestakuntza programak 2025ean</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/830512</t>
+  </si>
+  <si>
+    <t>Nekazaritza Makineria Flota Berritzeko Plan Nazionala (PLAN RENOVE) 2025erako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841714</t>
+  </si>
+  <si>
+    <t>Nekazaritza, Arrantza eta Elikadura Ministerioaren 2025eko otsailaren 3ko Aginduaren laburpena, “Espainiako Elikagaiak, 2025. urtea” Saria iragartzen duena</t>
+  </si>
+  <si>
+    <t>2025-03-17</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/813668</t>
+  </si>
+  <si>
+    <t>Martxoaren 27ko Ebazpena, zeinaren bidez Cultiva programarako 2025eko ekitaldirako eskaerak dei egiten diren, nekazari gazteentzako eredu-ustiategietako prestakuntza-egonaldiei buruzkoa.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/823917</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 17ko Ebazpena, NBEGrena, zeinaren bidez erlezaintza sektorean eta haren produktuetan ISAren eta PEPACen esparruan ikerketa aplikatuko proiektuak egiteko aldez aurretiko diru-laguntzak iragartzen diren.</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/869288</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 16ko NBEGaren Ebazpena, zeinaren bidez eskualdez gaindiko aholkularitza-zerbitzuetarako diru-laguntzak aldez aurretik deitzen diren PEPACen (PIV) esparruan.</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2027-05-31</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/875849</t>
+  </si>
+  <si>
+    <t>2025eko maiatzaren 22ko Ebazpena, EPEren (CDTI) Garapen Teknologiko eta Berrikuntzarako Zentroaren Lehendakaritzarena, Zientzia eta Berrikuntza Misioetako I+G proiektuetarako 2025. urterako laguntza deialdia onartzen duena.</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834244</t>
+  </si>
+  <si>
+    <t>2025eko azaroaren 24ko Agindua, zeinaren bidez onartzen den lankidetza publiko-pribatuko proiektuetarako 2025eko laguntza-deialdia (ikerketa-erakundeen jarduera ez-ekonomikoetarako laguntzak).</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/870533</t>
+  </si>
+  <si>
+    <t>2025erako laguntza-deialdia enpresa-talde berritzaileak laguntzeko, haien lehiakortasuna eta autonomia estrategikoan duten ekarpena hobetzeko.</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/853152</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa. Diru-sarrerak Bermatzeko Proiektuak</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829544</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa Diru-sarrerak Bermatzeko Proiektuetarako</t>
+  </si>
+  <si>
+    <t>2025-05-14</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831777</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa Enplegu Egonkorra Sortzen duten Proiektuetarako</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/831780</t>
+  </si>
+  <si>
+    <t>NEKAZARITZAKO ENPLEGUA SUSTATZEKO DIRU-LAGUNTZA PROGRAMA 2025 DP SEPE MURCIA</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/832066</t>
+  </si>
+  <si>
+    <t>Nekazaritza Enplegua Sustatzeko Programa 2025 (Enplegu Egonkorra)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836506</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa (Diru-sarreren Bermea)</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836508</t>
+  </si>
+  <si>
+    <t>2025eko Landa Eremu Deprimituetan Nekazaritza Enplegua Sustatzeko Programa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842067</t>
+  </si>
+  <si>
+    <t>LANDA-EREMU DEPRESIOETAN NEKAZARITZAKO ENPLEGUA SUSTATZEKO PROGRAMA (2025). SALAMANCA</t>
   </si>
   <si>
     <t>2025-07-27</t>
   </si>
   <si>
-    <t>2025-08-05</t>
-[...269 lines deleted...]
-    <t>2025-04-29</t>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/842268</t>
+  </si>
+  <si>
+    <t>2025eko Nekazaritza Enplegua Sustatzeko Programa</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/838004</t>
+  </si>
+  <si>
+    <t>2025. URTEAN IRABAZI-ASMORIK GABEKO ERAKUNDEEK SUSTATUTAKO LURRALDE-ERALDAKETARAKO ETA BIZTANLERIA-HUSTEAREN AURKAKO BORROKARAKO PROIEKTU BERRITZAILEAK FINANTZATZEKO DIRU-LAGUNTZAK DEITZEN DITUEN AGINDUA</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871620</t>
+  </si>
+  <si>
+    <t>Nekazari berriak lanean hasteko laguntzak. 2025eko deialdia</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/825068</t>
+  </si>
+  <si>
+    <t>INBERTSIOETARAKO, MODERNIZAZIORAKO ETA/EDO NEKAZARITZA-USTIAIEN HOBEKUNTZARAKO LAGUNTZAK 2025EAN</t>
+  </si>
+  <si>
+    <t>2025-04-24</t>
+  </si>
+  <si>
+    <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/828758</t>
+  </si>
+  <si>
+    <t>Eztiaren ekoizpenerako eta merkaturatzeko laguntzak, 2025. urtea, FEAGA</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/829457</t>
   </si>
   <si>
-    <t>2025eko apirilaren 22ko Ebazpena, Idazkaritza Nagusiarena, zeinaren bidez 2025erako nekazaritza-erakunde profesionalei eta irabazi-asmorik gabeko elkarte-erakundeei laguntzak emateko deialdia egiten den, lehia-erregimenean.</t>
-[...257 lines deleted...]
-    <t>FEADERek nekazaritza-lurrak basoberritzea sustatzeko laguntzak, Madril 2025</t>
+    <t>Madrilgo Erkidegoko nekazaritza-lurren basoberritzea sustatzeko FEADERren laguntza 2025ean</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/834674</t>
   </si>
   <si>
-    <t>ENPRESEI LAGUNTZA NEKAZARITZA, SARITASUNA, BASO ETA INDUSTRIA GARAPENA, INBERTSIO PROIEKTUA 2025</t>
-[...257 lines deleted...]
-    <t>2025-06-10</t>
+    <t>FEADER.NEKAZARITZA ETA ABELTZAINTZA ORGANIKOARENTZAKO LAGUNTZA.PEPAC.PROG 2025-29 ETA URTEKOA</t>
   </si>
   <si>
     <t>2025-07-09</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/836675</t>
   </si>
   <si>
-    <t>2025eko maiatzaren 23ko Agindua, Nekazaritza, Abeltzaintza eta Landa Garapen Ministerioarena, Gaztela eta Leongo arraza garbiko zaldien hazkuntza sustatzeko eta erregistro genealogikoetan izena emateko diru-laguntzak iragartzen dituena.</t>
-[...296 lines deleted...]
-    <t>FEADERren LAGUNTZA NEKAZARI GAZTEAK EKARTZEKO, 2025EKO DEIALDIA</t>
+    <t>FEADERren LAGUNTZA BASERRIAN SARTZEN DIREN NEKAZARI GAZTEENTZAT - 2025EKO ESKABIDEEN DEIALDIA</t>
   </si>
   <si>
     <t>https://www.infosubvenciones.es/bdnstrans/GE/es/convocatorias/841855</t>
   </si>
   <si>
-    <t>AGA/685/2025 AGINDUA, ekainaren 23koa, 2025ean izandako euriteen ondorioz nekazaritza-ekoizpenean eta azpiegituretan izandako kalteen ondoriozko laguntzak emateko oinarri arautzaileak eta deialdia onartzen dituena.</t>
-[...1724 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882176</t>
+    <t>2025eko abenduaren 30eko Aginduak ondare natural eta kulturalaren eta sentikortasunaren kontserbazio, berreskurapen eta birgaitzearekin lotutako ikerketa eta inbertsioetarako 2026. urterako laguntza-deialdirako oinarri arautzaileak ezartzen ditu.</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886141</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Ebazpena, baso-produktuen balorizaziorako, bigarren eraldaketarako eta ekoberrikuntzarako eta baso-produktuen bigarren eraldaketa eta ekoberrikuntza digitalizatzeko laguntzak deitzen dituena</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886463</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 31ko Ebazpena, basogintza sektorearen ezagutza eta lehiakortasuna sustatzen duten prestakuntza-jarduera ez-arautu eta zabalkunde-jarduerak antolatzeko diru-laguntzak ezartzen eta iragartzen dituena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886478</t>
+  </si>
+  <si>
+    <t>2026rako, 2025eko ekitaldirako, gizarte-bazterketa arriskuan dauden taldeen enplegua hobetzeko eta lan-merkatuan integratzeko ekintzak gauzatzeko gizarte-enpresei 2. lerroaren araberako diru-laguntzak emateko deialdia.</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/889855</t>
+  </si>
+  <si>
+    <t>2026ko martxoaren 9ko Ebazpena, Landa Eremuetako eta Nekazaritza Politikako Eskualde Kontseiluarena, zeinaren bidez zuzeneko ordainketa moduko esku-hartzeen eta Landa Garapenerako Esku-hartzeen araberako laguntza-eskaeren deialdia iragartzen den. 2026ko Hitzarmena</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892274</t>
+  </si>
+  <si>
+    <t>2026. URTERAKO Erlezaintzako Sektoreko Esku-hartzearen Esparruan Eztiaren Ekoizpen eta Merkaturatzerako Laguntzen Deialdia.</t>
+  </si>
+  <si>
+    <t>2026-03-18</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892920</t>
+  </si>
+  <si>
+    <t>2026ko martxoaren 13ko Ebazpena, 2025eko apirilaren 9ko Diru-laguntzen Agindua, 4.2 lerroa. Lan-merkatu arrunteko enpresa pribatuei diru-laguntzak, Nekazaritzako De Minimis ibilbidea amaitu eta ondorengo hiru hilabeteetan kontratatzen duten parte-hartzaile bakoitzeko.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/893190</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Agindua, laneko berdintasuna, bizitza pertsonala eta profesionala orekatzea eta gizarte-erantzukizun korporatiboa (GEK) ezartzeko Laguntza Programaren arautze-esparrua ezartzen duena, eta 2026. urterako eskabide-deialdia iragartzen duena.</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887236</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Ebazpena, lehiakortasunean enpresa-berrikuntza sustatzeko IA360 laguntzak emateko oinarri arautzaileak onartzen dituena (IG408M)</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880746</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 29ko Ebazpena, Galiziako Kontsumo eta Lehiakortasun Institutuarena, 2026. urtean zehar informazio, bitartekaritza, aholkularitza eta laguntza ekintzak egiteko elkarteei laguntzak emateko deia egiten duena</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/886042</t>
+  </si>
+  <si>
+    <t>2026ko martxoaren 9ko Ebazpena, Landa Gaietarako eta Nekazaritza Politikarako Ministerioarena, zeinaren bidez nekazaritza eta abeltzaintzarako zuzeneko ordainketa moduan esku-hartzeen eta Landa Garapenerako Esku-hartzeen laguntzak onartzen diren.</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/892275</t>
+  </si>
+  <si>
+    <t>2025eko abenduaren 30eko Ebazpena, basogintzako teknologiak, basogintzako produktuen prozesamendua, mobilizazioa eta merkaturatzea inbertitzeko funtsak ezartzen dituena</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/887954</t>
   </si>
   <si>
     <t>2026ko laguntza Ureztatze-komunitateak sustatzaile dituena (II. programa) Ureztatze-eraginkortasuna hobetzeko, Idazkaritza Nagusiaren 2025/12/18ko Ebazpena, 2026. urterako laguntza-deialdia onartzen duena.</t>
   </si>
   <si>
     <t>2026-03-25</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/882228</t>
   </si>
   <si>
-    <t>2025eko abenduaren 29ko EBAZPENA, zeinaren bidez 2026ko ekitaldian Nekazaritza Aseguru Konbinatuaren kontratazioa eta erregularizazioa sustatzeko lerrorako diru-laguntzen urte anitzeko deialdia onartzen den, aurrerapen gastuaren modalitatean.</t>
-[...52 lines deleted...]
-  <si>
     <t>2025eko laguntza: LEADER ikuspegia nekazaritza-produktuen prozesamenduan eta merkaturatzean inbertsioetarako. Estatuko laguntzarik ez. (Elkarrizketa, 7119 PEPAC), s/ I Convo (PEPAC 2023-2027) GAL FEDESIBA</t>
   </si>
   <si>
     <t>2026-03-26</t>
   </si>
   <si>
     <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/871049</t>
-  </si>
-[...103 lines deleted...]
-    <t>https://www.pap.hacienda.gob.es/bdnstrans/GE/es/convocatorias/880609</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3476,66 +2957,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H359"/>
+  <dimension ref="A1:H294"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:H359"/>
+      <selection activeCell="A1" sqref="A1:H294"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="555.579" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="570.861" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -3549,9173 +3030,7559 @@
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C7" s="1"/>
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C8" s="1" t="s">
         <v>33</v>
       </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G13" s="1"/>
       <c r="H13" s="1" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C14" s="1"/>
+        <v>51</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>52</v>
+      </c>
       <c r="D14" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="C15" s="1"/>
+        <v>56</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="D15" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C16" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="D16" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G16" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>62</v>
+      </c>
       <c r="H16" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H18" s="1" t="s">
         <v>71</v>
-      </c>
-[...17 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="1"/>
       <c r="D19" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="1"/>
+      <c r="C20" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="D20" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="C21" s="1"/>
+        <v>77</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>78</v>
+      </c>
       <c r="D21" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H23" s="1" t="s">
         <v>89</v>
-      </c>
-[...8 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H25" s="1" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H26" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H27" s="1" t="s">
         <v>103</v>
-      </c>
-[...14 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H28" s="1" t="s">
         <v>107</v>
-      </c>
-[...13 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H29" s="1" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H30" s="1" t="s">
         <v>115</v>
-      </c>
-[...16 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H31" s="1" t="s">
         <v>118</v>
-      </c>
-[...19 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H32" s="1" t="s">
         <v>122</v>
-      </c>
-[...19 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>126</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B34" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>56</v>
+        <v>126</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>92</v>
+        <v>136</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>29</v>
+        <v>126</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>146</v>
+        <v>120</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>84</v>
+        <v>45</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1" t="s">
         <v>148</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>149</v>
+        <v>45</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1" t="s">
         <v>151</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>107</v>
+        <v>33</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H44" s="1" t="s">
         <v>157</v>
-      </c>
-[...13 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H45" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>162</v>
+        <v>65</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H46" s="1" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H47" s="1" t="s">
         <v>166</v>
-      </c>
-[...19 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="H48" s="1" t="s">
         <v>171</v>
-      </c>
-[...13 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B49" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B49" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="1" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>39</v>
+        <v>175</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="B50" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H50" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>156</v>
+        <v>51</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>34</v>
+        <v>175</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G52" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H52" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G53" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H53" s="1" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G54" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H54" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>19</v>
+        <v>198</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>116</v>
+        <v>199</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>100</v>
+        <v>175</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>126</v>
+        <v>203</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>149</v>
+        <v>203</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>198</v>
+        <v>175</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>126</v>
+        <v>185</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G59" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H59" s="1" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>120</v>
+        <v>212</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>204</v>
+        <v>175</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>37</v>
+        <v>169</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>19</v>
+        <v>215</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>209</v>
+        <v>169</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>29</v>
+        <v>175</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>214</v>
+        <v>129</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>112</v>
+        <v>231</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>9</v>
+        <v>234</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>181</v>
+        <v>235</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>29</v>
+        <v>175</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>87</v>
+        <v>239</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>12</v>
+        <v>175</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>146</v>
+        <v>245</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1" t="s">
-        <v>234</v>
+        <v>247</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>235</v>
+        <v>248</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>237</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1" t="s">
-        <v>234</v>
+        <v>251</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>146</v>
+        <v>252</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>238</v>
+        <v>254</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1" t="s">
-        <v>234</v>
+        <v>255</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>235</v>
+        <v>256</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>146</v>
+        <v>257</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>239</v>
+        <v>258</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1" t="s">
-        <v>234</v>
+        <v>259</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>235</v>
+        <v>260</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>146</v>
+        <v>261</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>240</v>
+        <v>262</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1" t="s">
-        <v>234</v>
+        <v>263</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>235</v>
+        <v>45</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>146</v>
+        <v>160</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>241</v>
+        <v>264</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1" t="s">
-        <v>234</v>
+        <v>265</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>235</v>
+        <v>266</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>146</v>
+        <v>267</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>242</v>
+        <v>268</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1" t="s">
-        <v>243</v>
+        <v>269</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>244</v>
+        <v>270</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>123</v>
+        <v>271</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>245</v>
+        <v>272</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1" t="s">
-        <v>246</v>
+        <v>273</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>244</v>
+        <v>274</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>112</v>
+        <v>45</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1" t="s">
-        <v>248</v>
+        <v>276</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>249</v>
+        <v>51</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>223</v>
+        <v>277</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>250</v>
+        <v>278</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1" t="s">
-        <v>251</v>
+        <v>279</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>249</v>
+        <v>280</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>157</v>
+        <v>281</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>252</v>
+        <v>282</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="B82" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H82" s="1" t="s">
-        <v>256</v>
+        <v>286</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1" t="s">
-        <v>257</v>
+        <v>287</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>258</v>
+        <v>169</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>111</v>
+        <v>160</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>259</v>
+        <v>288</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1" t="s">
-        <v>260</v>
+        <v>289</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>261</v>
+        <v>290</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>262</v>
+        <v>169</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>49</v>
+        <v>253</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>263</v>
+        <v>291</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1" t="s">
-        <v>264</v>
+        <v>292</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>265</v>
+        <v>293</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>9</v>
+        <v>294</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>267</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1" t="s">
-        <v>268</v>
+        <v>296</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>265</v>
+        <v>297</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>146</v>
+        <v>298</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>164</v>
+        <v>253</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1" t="s">
-        <v>270</v>
+        <v>300</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>271</v>
+        <v>160</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>140</v>
+        <v>301</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>272</v>
+        <v>253</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>273</v>
+        <v>302</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1" t="s">
-        <v>274</v>
+        <v>303</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>111</v>
+        <v>304</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>126</v>
+        <v>305</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G88" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>253</v>
+      </c>
       <c r="H88" s="1" t="s">
-        <v>275</v>
+        <v>306</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1" t="s">
-        <v>276</v>
+        <v>307</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>111</v>
+        <v>308</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>9</v>
+        <v>309</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>277</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1" t="s">
-        <v>278</v>
+        <v>311</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>111</v>
+        <v>312</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>9</v>
+        <v>160</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>279</v>
+        <v>313</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1" t="s">
-        <v>280</v>
+        <v>314</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>111</v>
+        <v>315</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>9</v>
+        <v>239</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>281</v>
+        <v>316</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1" t="s">
-        <v>282</v>
+        <v>317</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>92</v>
+        <v>318</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>9</v>
+        <v>319</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>283</v>
+        <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1" t="s">
-        <v>284</v>
+        <v>321</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>88</v>
+        <v>120</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>285</v>
+        <v>322</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>286</v>
+        <v>323</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1" t="s">
-        <v>287</v>
+        <v>324</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>186</v>
+        <v>325</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>288</v>
+        <v>37</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>289</v>
+        <v>326</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1" t="s">
-        <v>290</v>
+        <v>327</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>157</v>
+        <v>65</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>291</v>
+        <v>125</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>292</v>
+        <v>328</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1" t="s">
-        <v>293</v>
+        <v>329</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>294</v>
+        <v>125</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>77</v>
+        <v>330</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G96" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="H96" s="1" t="s">
-        <v>295</v>
+        <v>331</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1" t="s">
-        <v>296</v>
+        <v>332</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>294</v>
+        <v>121</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>77</v>
+        <v>129</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G97" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="H97" s="1" t="s">
-        <v>297</v>
+        <v>333</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1" t="s">
-        <v>298</v>
+        <v>334</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>299</v>
+        <v>335</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>300</v>
+        <v>129</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>301</v>
+        <v>336</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1" t="s">
-        <v>302</v>
+        <v>337</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>303</v>
+        <v>129</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>288</v>
+        <v>37</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>304</v>
+        <v>338</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1" t="s">
-        <v>305</v>
+        <v>339</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>223</v>
+        <v>129</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>306</v>
+        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1" t="s">
-        <v>307</v>
+        <v>341</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>303</v>
+        <v>129</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>288</v>
+        <v>37</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>308</v>
+        <v>342</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1" t="s">
-        <v>309</v>
+        <v>343</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>303</v>
+        <v>344</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>288</v>
+        <v>345</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>310</v>
+        <v>346</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1" t="s">
-        <v>311</v>
+        <v>347</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>303</v>
+        <v>83</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>288</v>
+        <v>345</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>312</v>
+        <v>348</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1" t="s">
-        <v>313</v>
+        <v>349</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>171</v>
+        <v>344</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>314</v>
+        <v>345</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1" t="s">
-        <v>316</v>
+        <v>351</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>303</v>
+        <v>344</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>77</v>
+        <v>345</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>317</v>
+        <v>352</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1" t="s">
-        <v>318</v>
+        <v>353</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>157</v>
+        <v>354</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>291</v>
+        <v>199</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>319</v>
+        <v>355</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1" t="s">
-        <v>320</v>
+        <v>356</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>223</v>
+        <v>354</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>321</v>
+        <v>199</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>204</v>
+        <v>18</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>322</v>
+        <v>357</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1" t="s">
-        <v>323</v>
+        <v>358</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>157</v>
+        <v>359</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>324</v>
+        <v>136</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>12</v>
+        <v>360</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>325</v>
+        <v>361</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1" t="s">
-        <v>326</v>
+        <v>362</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>186</v>
+        <v>363</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>291</v>
+        <v>364</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>39</v>
+        <v>360</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>327</v>
+        <v>365</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1" t="s">
-        <v>328</v>
+        <v>366</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>299</v>
+        <v>367</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>164</v>
+        <v>360</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>330</v>
+        <v>368</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1" t="s">
-        <v>331</v>
+        <v>369</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>262</v>
+        <v>370</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>332</v>
+        <v>371</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>333</v>
+        <v>372</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1" t="s">
-        <v>334</v>
+        <v>373</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>262</v>
+        <v>374</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>332</v>
+        <v>375</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>335</v>
+        <v>376</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1" t="s">
-        <v>336</v>
+        <v>377</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>262</v>
+        <v>378</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>332</v>
+        <v>379</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>337</v>
+        <v>380</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1" t="s">
-        <v>338</v>
+        <v>381</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>262</v>
+        <v>105</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>332</v>
+        <v>382</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>339</v>
+        <v>383</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1" t="s">
-        <v>340</v>
+        <v>384</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>341</v>
+        <v>385</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>342</v>
+        <v>146</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>343</v>
+        <v>386</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1" t="s">
-        <v>344</v>
+        <v>387</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>149</v>
+        <v>388</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>345</v>
+        <v>136</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>346</v>
+        <v>389</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1" t="s">
-        <v>347</v>
+        <v>387</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>149</v>
+        <v>388</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>348</v>
+        <v>136</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>204</v>
+        <v>170</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>349</v>
+        <v>390</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1" t="s">
-        <v>350</v>
+        <v>387</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>351</v>
+        <v>388</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>352</v>
+        <v>136</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>353</v>
+        <v>391</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1" t="s">
-        <v>354</v>
+        <v>387</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>355</v>
+        <v>388</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>24</v>
+        <v>136</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>356</v>
+        <v>392</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1" t="s">
-        <v>357</v>
+        <v>387</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>262</v>
+        <v>388</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>358</v>
+        <v>136</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>359</v>
+        <v>393</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1" t="s">
-        <v>360</v>
+        <v>394</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>88</v>
+        <v>388</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>361</v>
+        <v>136</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>362</v>
+        <v>395</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1" t="s">
-        <v>363</v>
+        <v>387</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>262</v>
+        <v>388</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>332</v>
+        <v>136</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>364</v>
+        <v>396</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1" t="s">
-        <v>365</v>
+        <v>387</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>355</v>
+        <v>388</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>314</v>
+        <v>136</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>366</v>
+        <v>397</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1" t="s">
-        <v>367</v>
+        <v>398</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>368</v>
+        <v>325</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>332</v>
+        <v>37</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>44</v>
+        <v>170</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>369</v>
+        <v>399</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1" t="s">
-        <v>370</v>
+        <v>400</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>368</v>
+        <v>401</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>332</v>
+        <v>146</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>44</v>
+        <v>170</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>371</v>
+        <v>402</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1" t="s">
-        <v>372</v>
+        <v>403</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>352</v>
+        <v>248</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>373</v>
+        <v>404</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F126" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G126" s="1" t="s">
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>374</v>
+        <v>405</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1" t="s">
-        <v>375</v>
+        <v>406</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>345</v>
+        <v>407</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>376</v>
+        <v>404</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F127" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G127" s="1" t="s">
-        <v>29</v>
+        <v>170</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>377</v>
+        <v>408</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1" t="s">
-        <v>378</v>
+        <v>409</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>379</v>
+        <v>410</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>380</v>
+        <v>404</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F128" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G128" s="1" t="s">
-        <v>272</v>
+        <v>170</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>381</v>
+        <v>411</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1" t="s">
-        <v>382</v>
+        <v>412</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>24</v>
+        <v>413</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>383</v>
+        <v>414</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F129" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G129" s="1" t="s">
-        <v>25</v>
+        <v>415</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>384</v>
+        <v>416</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1" t="s">
-        <v>385</v>
+        <v>417</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>96</v>
+        <v>418</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>376</v>
+        <v>419</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F130" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G130" s="1" t="s">
-        <v>29</v>
+        <v>415</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>386</v>
+        <v>420</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1" t="s">
-        <v>387</v>
+        <v>421</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>376</v>
+        <v>422</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F131" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G131" s="1" t="s">
-        <v>29</v>
+        <v>415</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>388</v>
+        <v>423</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1" t="s">
-        <v>389</v>
+        <v>424</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>376</v>
+        <v>33</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F132" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G132" s="1" t="s">
-        <v>29</v>
+        <v>415</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1" t="s">
-        <v>391</v>
+        <v>426</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>24</v>
+        <v>427</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F133" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G133" s="1" t="s">
-        <v>272</v>
+        <v>415</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>392</v>
+        <v>428</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1" t="s">
-        <v>393</v>
+        <v>429</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>96</v>
+        <v>427</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>394</v>
+        <v>422</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F134" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G134" s="1" t="s">
-        <v>44</v>
+        <v>415</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>395</v>
+        <v>430</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1" t="s">
-        <v>396</v>
+        <v>431</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>397</v>
+        <v>432</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F135" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G135" s="1" t="s">
-        <v>44</v>
+        <v>415</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>398</v>
+        <v>433</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1" t="s">
-        <v>399</v>
+        <v>434</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>288</v>
+        <v>378</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>376</v>
+        <v>435</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G136" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H136" s="1" t="s">
-        <v>400</v>
+        <v>436</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1" t="s">
-        <v>401</v>
+        <v>437</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>55</v>
+        <v>439</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F137" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G137" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>402</v>
+        <v>440</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1" t="s">
-        <v>403</v>
+        <v>441</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>96</v>
+        <v>442</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>37</v>
+        <v>443</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F138" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G138" s="1" t="s">
-        <v>198</v>
+        <v>22</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>404</v>
+        <v>444</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1" t="s">
-        <v>405</v>
+        <v>445</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G139" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H139" s="1" t="s">
-        <v>406</v>
+        <v>446</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1" t="s">
-        <v>407</v>
+        <v>447</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>37</v>
+        <v>129</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F140" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G140" s="1" t="s">
-        <v>204</v>
+        <v>22</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>408</v>
+        <v>448</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1" t="s">
-        <v>409</v>
+        <v>449</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>24</v>
+        <v>414</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>37</v>
+        <v>450</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F141" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G141" s="1" t="s">
-        <v>204</v>
+        <v>22</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>410</v>
+        <v>451</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1" t="s">
-        <v>411</v>
+        <v>452</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>24</v>
+        <v>325</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F142" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G142" s="1" t="s">
-        <v>204</v>
+        <v>22</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>412</v>
+        <v>453</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1" t="s">
-        <v>413</v>
+        <v>454</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>291</v>
+        <v>325</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G143" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>22</v>
+      </c>
       <c r="H143" s="1" t="s">
-        <v>414</v>
+        <v>455</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1" t="s">
-        <v>415</v>
+        <v>456</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>383</v>
+        <v>78</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F144" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G144" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>416</v>
+        <v>457</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1" t="s">
-        <v>417</v>
+        <v>458</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>299</v>
+        <v>33</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>300</v>
+        <v>459</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>418</v>
+        <v>460</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1" t="s">
-        <v>419</v>
+        <v>461</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>368</v>
+        <v>141</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>420</v>
+        <v>462</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>421</v>
+        <v>463</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1" t="s">
-        <v>422</v>
+        <v>464</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>262</v>
+        <v>465</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>423</v>
+        <v>466</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>424</v>
+        <v>467</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1" t="s">
-        <v>425</v>
+        <v>468</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>288</v>
+        <v>465</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>426</v>
+        <v>466</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>427</v>
+        <v>469</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1" t="s">
-        <v>428</v>
+        <v>470</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>332</v>
+        <v>37</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>429</v>
+        <v>471</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>430</v>
+        <v>472</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1" t="s">
-        <v>431</v>
+        <v>473</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>432</v>
+        <v>257</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>433</v>
+        <v>474</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>434</v>
+        <v>475</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1" t="s">
-        <v>435</v>
+        <v>473</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>314</v>
+        <v>257</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>380</v>
+        <v>474</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>436</v>
+        <v>476</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1" t="s">
-        <v>437</v>
+        <v>477</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>332</v>
+        <v>88</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>438</v>
+        <v>478</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>439</v>
+        <v>479</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1" t="s">
-        <v>440</v>
+        <v>480</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>441</v>
+        <v>99</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>442</v>
+        <v>478</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>443</v>
+        <v>481</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1" t="s">
-        <v>444</v>
+        <v>482</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>288</v>
+        <v>99</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>445</v>
+        <v>478</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>446</v>
+        <v>483</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1" t="s">
-        <v>447</v>
+        <v>484</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>300</v>
+        <v>99</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>448</v>
+        <v>478</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>449</v>
+        <v>485</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1" t="s">
-        <v>407</v>
+        <v>486</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>450</v>
+        <v>487</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>451</v>
+        <v>488</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="F156" s="1"/>
+        <v>53</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>11</v>
+      </c>
       <c r="G156" s="1" t="s">
-        <v>204</v>
+        <v>489</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>408</v>
+        <v>490</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1" t="s">
-        <v>452</v>
+        <v>491</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>383</v>
+        <v>492</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>376</v>
+        <v>493</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>44</v>
+        <v>489</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>453</v>
+        <v>494</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1" t="s">
-        <v>454</v>
+        <v>495</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>455</v>
+        <v>99</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>43</v>
+        <v>239</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>34</v>
+        <v>489</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>456</v>
+        <v>496</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1" t="s">
-        <v>457</v>
+        <v>497</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>423</v>
+        <v>498</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>445</v>
+        <v>45</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>108</v>
+        <v>489</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>458</v>
+        <v>499</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1" t="s">
-        <v>131</v>
+        <v>500</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>420</v>
+        <v>501</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>42</v>
+        <v>169</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>56</v>
+        <v>489</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>459</v>
+        <v>502</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1" t="s">
-        <v>460</v>
+        <v>503</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>461</v>
-[...3 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="C161" s="1"/>
       <c r="D161" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>49</v>
+        <v>489</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>463</v>
+        <v>505</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1" t="s">
-        <v>464</v>
+        <v>506</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>99</v>
+        <v>507</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>48</v>
+        <v>163</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>63</v>
+        <v>489</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>465</v>
+        <v>508</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1" t="s">
-        <v>466</v>
+        <v>509</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>467</v>
+        <v>117</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>468</v>
+        <v>9</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>266</v>
+        <v>489</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>469</v>
+        <v>510</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1" t="s">
-        <v>470</v>
+        <v>511</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>33</v>
+        <v>512</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>358</v>
+        <v>132</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>100</v>
+        <v>489</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>471</v>
+        <v>513</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1" t="s">
-        <v>472</v>
+        <v>514</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>473</v>
+        <v>515</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>474</v>
+        <v>198</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>272</v>
+        <v>489</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>475</v>
+        <v>516</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1" t="s">
-        <v>476</v>
+        <v>514</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>477</v>
+        <v>515</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>474</v>
+        <v>198</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>44</v>
+        <v>489</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>478</v>
+        <v>517</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1" t="s">
-        <v>479</v>
+        <v>514</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>33</v>
+        <v>515</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>480</v>
+        <v>198</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>25</v>
+        <v>489</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>481</v>
+        <v>518</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1" t="s">
-        <v>482</v>
+        <v>519</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>483</v>
+        <v>129</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>44</v>
+        <v>489</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>484</v>
+        <v>520</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1" t="s">
-        <v>485</v>
+        <v>521</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>52</v>
+        <v>522</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>486</v>
+        <v>330</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>63</v>
+        <v>489</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>487</v>
+        <v>523</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1" t="s">
-        <v>488</v>
+        <v>524</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>451</v>
+        <v>525</v>
       </c>
       <c r="C170" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G170" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H170" s="1" t="s">
-        <v>490</v>
+        <v>526</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1" t="s">
-        <v>491</v>
+        <v>527</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>48</v>
+        <v>528</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>361</v>
+        <v>529</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>63</v>
+        <v>530</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>492</v>
+        <v>531</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1" t="s">
-        <v>493</v>
+        <v>532</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>494</v>
+        <v>533</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>495</v>
+        <v>529</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>272</v>
+        <v>530</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>496</v>
+        <v>534</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1" t="s">
-        <v>497</v>
+        <v>535</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>498</v>
+        <v>109</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>499</v>
+        <v>125</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G173" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>530</v>
+      </c>
       <c r="H173" s="1" t="s">
-        <v>500</v>
+        <v>536</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1" t="s">
-        <v>501</v>
+        <v>537</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>451</v>
+        <v>538</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>489</v>
+        <v>539</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>25</v>
+        <v>530</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>502</v>
+        <v>540</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1" t="s">
-        <v>503</v>
+        <v>541</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>504</v>
+        <v>315</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>394</v>
+        <v>74</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>198</v>
+        <v>530</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>505</v>
+        <v>542</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1" t="s">
-        <v>503</v>
+        <v>543</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>504</v>
+        <v>375</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>394</v>
+        <v>544</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>198</v>
+        <v>530</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>506</v>
+        <v>545</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1" t="s">
-        <v>503</v>
+        <v>546</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>504</v>
+        <v>547</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>394</v>
+        <v>234</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>198</v>
+        <v>530</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>507</v>
+        <v>548</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1" t="s">
-        <v>508</v>
+        <v>549</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>167</v>
+        <v>51</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>77</v>
+        <v>239</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>198</v>
+        <v>530</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>509</v>
+        <v>550</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>510</v>
+        <v>551</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>511</v>
+        <v>51</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>512</v>
+        <v>239</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>266</v>
+        <v>530</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>513</v>
+        <v>552</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1" t="s">
-        <v>514</v>
+        <v>553</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>38</v>
+        <v>554</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>361</v>
+        <v>450</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>272</v>
+        <v>530</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>515</v>
+        <v>555</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1" t="s">
-        <v>516</v>
+        <v>556</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>167</v>
+        <v>87</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>517</v>
+        <v>557</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>272</v>
+        <v>530</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>518</v>
+        <v>558</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1" t="s">
-        <v>519</v>
+        <v>559</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="C182" s="1"/>
+        <v>560</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>561</v>
+      </c>
       <c r="D182" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>520</v>
+        <v>562</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1" t="s">
-        <v>521</v>
+        <v>563</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>522</v>
+        <v>413</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>523</v>
+        <v>129</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>524</v>
+        <v>564</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1" t="s">
-        <v>525</v>
+        <v>565</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>522</v>
+        <v>566</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>526</v>
+        <v>512</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>527</v>
+        <v>567</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1" t="s">
-        <v>528</v>
+        <v>568</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>522</v>
+        <v>375</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>397</v>
+        <v>569</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>100</v>
+        <v>26</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>529</v>
+        <v>570</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1" t="s">
-        <v>530</v>
+        <v>571</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>376</v>
+        <v>572</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>523</v>
+        <v>573</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>531</v>
+        <v>574</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1" t="s">
-        <v>532</v>
+        <v>575</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>376</v>
+        <v>65</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>397</v>
+        <v>239</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>533</v>
+        <v>576</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1" t="s">
-        <v>534</v>
+        <v>577</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>376</v>
+        <v>578</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>397</v>
+        <v>305</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>535</v>
+        <v>579</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1" t="s">
-        <v>536</v>
+        <v>580</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>512</v>
+        <v>581</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>517</v>
+        <v>582</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>12</v>
+        <v>583</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>537</v>
+        <v>584</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1" t="s">
-        <v>538</v>
+        <v>585</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>539</v>
+        <v>121</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>489</v>
+        <v>129</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>34</v>
+        <v>583</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>540</v>
+        <v>586</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1" t="s">
-        <v>541</v>
+        <v>587</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>542</v>
+        <v>588</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>543</v>
+        <v>589</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>272</v>
+        <v>583</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>544</v>
+        <v>590</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1" t="s">
-        <v>545</v>
+        <v>591</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>546</v>
+        <v>588</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>204</v>
+        <v>583</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>547</v>
+        <v>592</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1" t="s">
-        <v>548</v>
+        <v>593</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>549</v>
+        <v>427</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>550</v>
+        <v>419</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>44</v>
+        <v>583</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>551</v>
+        <v>594</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1" t="s">
-        <v>552</v>
+        <v>595</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>429</v>
+        <v>256</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>553</v>
+        <v>160</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>25</v>
+        <v>583</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>554</v>
+        <v>596</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1" t="s">
-        <v>555</v>
+        <v>597</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>556</v>
+        <v>598</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>557</v>
+        <v>599</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>164</v>
+        <v>583</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>558</v>
+        <v>600</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1" t="s">
-        <v>559</v>
+        <v>601</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>560</v>
+        <v>599</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>561</v>
+        <v>422</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>39</v>
+        <v>583</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>562</v>
+        <v>602</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1" t="s">
-        <v>563</v>
+        <v>603</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>564</v>
+        <v>604</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>565</v>
+        <v>245</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>39</v>
+        <v>583</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>566</v>
+        <v>605</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1" t="s">
-        <v>567</v>
+        <v>606</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>526</v>
+        <v>375</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>568</v>
+        <v>422</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>44</v>
+        <v>583</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>569</v>
+        <v>607</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-      <c r="C199" s="1"/>
+        <v>608</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>345</v>
+      </c>
       <c r="D199" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>100</v>
+        <v>583</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>571</v>
+        <v>609</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B200" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="B200" s="1"/>
-      <c r="C200" s="1"/>
+      <c r="C200" s="1" t="s">
+        <v>611</v>
+      </c>
       <c r="D200" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>198</v>
+        <v>583</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>573</v>
+        <v>612</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1" t="s">
-        <v>574</v>
+        <v>613</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>575</v>
+        <v>501</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>576</v>
+        <v>614</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>12</v>
+        <v>583</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>577</v>
+        <v>615</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1" t="s">
-        <v>578</v>
+        <v>616</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>579</v>
+        <v>617</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>580</v>
+        <v>618</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>16</v>
+        <v>583</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>581</v>
+        <v>619</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1" t="s">
-        <v>582</v>
+        <v>620</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>167</v>
+        <v>145</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>77</v>
+        <v>498</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G203" s="1"/>
+      <c r="G203" s="1" t="s">
+        <v>583</v>
+      </c>
       <c r="H203" s="1" t="s">
-        <v>583</v>
+        <v>621</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1" t="s">
-        <v>584</v>
+        <v>622</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>585</v>
+        <v>99</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>586</v>
+        <v>198</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G204" s="1"/>
+      <c r="G204" s="1" t="s">
+        <v>583</v>
+      </c>
       <c r="H204" s="1" t="s">
-        <v>587</v>
+        <v>623</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1" t="s">
-        <v>588</v>
+        <v>624</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>585</v>
+        <v>99</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>586</v>
+        <v>625</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G205" s="1"/>
+      <c r="G205" s="1" t="s">
+        <v>583</v>
+      </c>
       <c r="H205" s="1" t="s">
-        <v>589</v>
+        <v>626</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1" t="s">
-        <v>590</v>
+        <v>627</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>591</v>
+        <v>628</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>592</v>
+        <v>629</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G206" s="1"/>
+      <c r="G206" s="1" t="s">
+        <v>583</v>
+      </c>
       <c r="H206" s="1" t="s">
-        <v>593</v>
+        <v>630</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1" t="s">
-        <v>594</v>
+        <v>631</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>591</v>
+        <v>628</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>592</v>
+        <v>629</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G207" s="1"/>
+      <c r="G207" s="1" t="s">
+        <v>583</v>
+      </c>
       <c r="H207" s="1" t="s">
-        <v>595</v>
+        <v>632</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1" t="s">
-        <v>596</v>
+        <v>633</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>597</v>
+        <v>634</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>598</v>
+        <v>113</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>599</v>
+        <v>635</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1" t="s">
-        <v>600</v>
+        <v>636</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>601</v>
+        <v>132</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>602</v>
+        <v>637</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1" t="s">
-        <v>603</v>
+        <v>638</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>604</v>
+        <v>504</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>605</v>
+        <v>639</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>272</v>
+        <v>34</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>606</v>
+        <v>640</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1" t="s">
-        <v>607</v>
+        <v>641</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>604</v>
+        <v>528</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>605</v>
+        <v>642</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>272</v>
+        <v>34</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>608</v>
+        <v>643</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1" t="s">
-        <v>609</v>
+        <v>644</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>586</v>
+        <v>528</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>610</v>
+        <v>642</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>272</v>
+        <v>34</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>611</v>
+        <v>645</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1" t="s">
-        <v>612</v>
+        <v>646</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>613</v>
+        <v>647</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>614</v>
+        <v>319</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>272</v>
+        <v>34</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>615</v>
+        <v>648</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1" t="s">
-        <v>616</v>
+        <v>649</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>617</v>
+        <v>105</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>618</v>
+        <v>192</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>619</v>
+        <v>650</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1" t="s">
-        <v>620</v>
+        <v>651</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>621</v>
+        <v>652</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>622</v>
+        <v>653</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>623</v>
+        <v>654</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1" t="s">
-        <v>624</v>
+        <v>655</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>621</v>
+        <v>656</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>622</v>
+        <v>657</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>625</v>
+        <v>658</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1" t="s">
-        <v>626</v>
+        <v>659</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>627</v>
+        <v>656</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>628</v>
+        <v>657</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>629</v>
+        <v>660</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1" t="s">
-        <v>630</v>
+        <v>661</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>627</v>
+        <v>344</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>229</v>
+        <v>45</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>204</v>
+        <v>34</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>631</v>
+        <v>662</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1" t="s">
-        <v>632</v>
+        <v>663</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>633</v>
+        <v>78</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>634</v>
+        <v>84</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>635</v>
+        <v>664</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1" t="s">
-        <v>636</v>
+        <v>665</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>228</v>
+        <v>666</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>637</v>
+        <v>667</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1" t="s">
-        <v>638</v>
+        <v>668</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>639</v>
+        <v>669</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>640</v>
+        <v>670</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>272</v>
+        <v>34</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>641</v>
+        <v>671</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1" t="s">
-        <v>642</v>
+        <v>672</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>643</v>
+        <v>419</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>644</v>
+        <v>599</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>645</v>
+        <v>673</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1" t="s">
-        <v>646</v>
+        <v>674</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>643</v>
+        <v>78</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>647</v>
+        <v>231</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>648</v>
+        <v>675</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1" t="s">
-        <v>649</v>
+        <v>676</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>650</v>
+        <v>234</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>361</v>
+        <v>235</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>272</v>
+        <v>34</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>651</v>
+        <v>677</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1" t="s">
-        <v>652</v>
+        <v>678</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>653</v>
+        <v>367</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>229</v>
+        <v>679</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>100</v>
+        <v>680</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>654</v>
+        <v>681</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1" t="s">
-        <v>655</v>
+        <v>682</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>228</v>
+        <v>683</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>656</v>
+        <v>684</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>100</v>
+        <v>680</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>657</v>
+        <v>685</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1" t="s">
-        <v>658</v>
+        <v>686</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>228</v>
+        <v>687</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>656</v>
+        <v>688</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>100</v>
+        <v>680</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>659</v>
+        <v>689</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1" t="s">
-        <v>660</v>
+        <v>690</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>650</v>
+        <v>374</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>661</v>
+        <v>78</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>49</v>
+        <v>680</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>662</v>
+        <v>691</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1" t="s">
-        <v>663</v>
+        <v>692</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>664</v>
+        <v>121</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>665</v>
+        <v>129</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>198</v>
+        <v>680</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>666</v>
+        <v>693</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1" t="s">
-        <v>667</v>
+        <v>694</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>668</v>
+        <v>450</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>669</v>
+        <v>370</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>16</v>
+        <v>680</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>670</v>
+        <v>695</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1" t="s">
-        <v>671</v>
+        <v>696</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>294</v>
+        <v>77</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>672</v>
+        <v>599</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>16</v>
+        <v>680</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>673</v>
+        <v>697</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1" t="s">
-        <v>674</v>
+        <v>698</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>294</v>
+        <v>699</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>77</v>
+        <v>700</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>100</v>
+        <v>680</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>675</v>
+        <v>701</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1" t="s">
-        <v>674</v>
+        <v>702</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>294</v>
+        <v>354</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>77</v>
+        <v>169</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>100</v>
+        <v>680</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>676</v>
+        <v>703</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1" t="s">
-        <v>677</v>
+        <v>704</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>678</v>
+        <v>304</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>679</v>
+        <v>705</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>204</v>
+        <v>680</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>680</v>
+        <v>706</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1" t="s">
-        <v>681</v>
+        <v>707</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>682</v>
+        <v>708</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>683</v>
+        <v>492</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>684</v>
+        <v>709</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1" t="s">
-        <v>685</v>
+        <v>710</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>682</v>
+        <v>120</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>683</v>
+        <v>45</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>686</v>
+        <v>711</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1" t="s">
-        <v>687</v>
+        <v>712</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>634</v>
+        <v>713</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>688</v>
+        <v>714</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>689</v>
+        <v>715</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1" t="s">
-        <v>690</v>
+        <v>716</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>228</v>
+        <v>121</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>691</v>
+        <v>129</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>692</v>
+        <v>717</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1" t="s">
-        <v>693</v>
+        <v>718</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>643</v>
+        <v>121</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>694</v>
+        <v>129</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>695</v>
+        <v>719</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1" t="s">
-        <v>696</v>
+        <v>720</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>294</v>
+        <v>418</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>258</v>
+        <v>493</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>697</v>
+        <v>721</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1" t="s">
-        <v>698</v>
+        <v>722</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>699</v>
+        <v>418</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>669</v>
+        <v>493</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>700</v>
+        <v>723</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1" t="s">
-        <v>701</v>
+        <v>724</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>702</v>
+        <v>309</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>703</v>
+        <v>725</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>56</v>
+        <v>253</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>704</v>
+        <v>726</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1" t="s">
-        <v>705</v>
+        <v>727</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>640</v>
+        <v>309</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>77</v>
+        <v>294</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>272</v>
+        <v>253</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>706</v>
+        <v>728</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1" t="s">
-        <v>707</v>
+        <v>729</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>683</v>
+        <v>309</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>72</v>
+        <v>725</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>198</v>
+        <v>253</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>708</v>
+        <v>730</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1" t="s">
-        <v>709</v>
+        <v>731</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>710</v>
+        <v>732</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>711</v>
+        <v>294</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>25</v>
+        <v>680</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>712</v>
+        <v>733</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1" t="s">
-        <v>713</v>
+        <v>734</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>714</v>
+        <v>735</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>715</v>
+        <v>736</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G246" s="1"/>
       <c r="H246" s="1" t="s">
-        <v>716</v>
+        <v>737</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1" t="s">
-        <v>717</v>
+        <v>738</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>718</v>
+        <v>739</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>610</v>
+        <v>740</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>25</v>
+        <v>489</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>719</v>
+        <v>741</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1" t="s">
-        <v>720</v>
+        <v>742</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>718</v>
+        <v>30</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>610</v>
+        <v>30</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>721</v>
+        <v>743</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1" t="s">
-        <v>722</v>
+        <v>744</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>258</v>
+        <v>745</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>111</v>
+        <v>746</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>44</v>
+        <v>583</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>723</v>
+        <v>747</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1" t="s">
-        <v>724</v>
+        <v>748</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>258</v>
+        <v>739</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>111</v>
+        <v>740</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>100</v>
+        <v>489</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>725</v>
+        <v>749</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1" t="s">
-        <v>726</v>
+        <v>750</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>688</v>
+        <v>751</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>72</v>
+        <v>752</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G251" s="1"/>
       <c r="H251" s="1" t="s">
-        <v>727</v>
+        <v>753</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1" t="s">
-        <v>728</v>
+        <v>754</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>229</v>
+        <v>755</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>729</v>
+        <v>589</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G252" s="1"/>
       <c r="H252" s="1" t="s">
-        <v>730</v>
+        <v>756</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1" t="s">
-        <v>731</v>
+        <v>757</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>258</v>
+        <v>418</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>111</v>
+        <v>435</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G253" s="1"/>
       <c r="H253" s="1" t="s">
-        <v>732</v>
+        <v>758</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1" t="s">
-        <v>733</v>
+        <v>759</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>258</v>
+        <v>435</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>111</v>
+        <v>77</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G254" s="1"/>
       <c r="H254" s="1" t="s">
-        <v>734</v>
+        <v>760</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1" t="s">
-        <v>735</v>
+        <v>761</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>258</v>
+        <v>129</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>111</v>
+        <v>599</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G255" s="1"/>
       <c r="H255" s="1" t="s">
-        <v>736</v>
+        <v>762</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1" t="s">
-        <v>737</v>
+        <v>763</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>258</v>
+        <v>132</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>111</v>
+        <v>367</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G256" s="1"/>
       <c r="H256" s="1" t="s">
-        <v>738</v>
+        <v>764</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1" t="s">
-        <v>739</v>
+        <v>765</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>258</v>
+        <v>345</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>111</v>
+        <v>478</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G257" s="1"/>
       <c r="H257" s="1" t="s">
-        <v>740</v>
+        <v>766</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1" t="s">
-        <v>741</v>
+        <v>767</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>258</v>
+        <v>488</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>111</v>
+        <v>768</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G258" s="1"/>
       <c r="H258" s="1" t="s">
-        <v>742</v>
+        <v>769</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1" t="s">
-        <v>743</v>
+        <v>770</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>258</v>
+        <v>211</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>111</v>
+        <v>359</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G259" s="1"/>
       <c r="H259" s="1" t="s">
-        <v>744</v>
+        <v>771</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1" t="s">
-        <v>745</v>
+        <v>772</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>258</v>
+        <v>773</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>111</v>
+        <v>354</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G260" s="1"/>
       <c r="H260" s="1" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1" t="s">
-        <v>747</v>
+        <v>775</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>688</v>
+        <v>776</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>111</v>
+        <v>777</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G261" s="1"/>
       <c r="H261" s="1" t="s">
-        <v>748</v>
+        <v>778</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1" t="s">
-        <v>749</v>
+        <v>779</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>711</v>
+        <v>599</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>750</v>
+        <v>51</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G262" s="1"/>
       <c r="H262" s="1" t="s">
-        <v>751</v>
+        <v>780</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1" t="s">
-        <v>752</v>
+        <v>781</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>665</v>
+        <v>782</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>753</v>
+        <v>160</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="G263" s="1"/>
       <c r="H263" s="1" t="s">
-        <v>754</v>
+        <v>783</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1" t="s">
-        <v>755</v>
+        <v>784</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>756</v>
+        <v>785</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>261</v>
+        <v>786</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G264" s="1"/>
       <c r="H264" s="1" t="s">
-        <v>757</v>
+        <v>787</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1" t="s">
-        <v>758</v>
+        <v>788</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>759</v>
+        <v>401</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>760</v>
+        <v>155</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G265" s="1"/>
       <c r="H265" s="1" t="s">
-        <v>761</v>
+        <v>789</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1" t="s">
-        <v>762</v>
+        <v>790</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>763</v>
+        <v>791</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>764</v>
+        <v>471</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G266" s="1"/>
       <c r="H266" s="1" t="s">
-        <v>765</v>
+        <v>792</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1" t="s">
-        <v>766</v>
+        <v>793</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>767</v>
+        <v>791</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>111</v>
+        <v>471</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G267" s="1"/>
       <c r="H267" s="1" t="s">
-        <v>768</v>
+        <v>794</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1" t="s">
-        <v>769</v>
+        <v>795</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>770</v>
+        <v>791</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>694</v>
+        <v>83</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G268" s="1"/>
       <c r="H268" s="1" t="s">
-        <v>771</v>
+        <v>796</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1" t="s">
-        <v>772</v>
+        <v>797</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>770</v>
+        <v>120</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>773</v>
+        <v>45</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G269" s="1"/>
       <c r="H269" s="1" t="s">
-        <v>774</v>
+        <v>798</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1" t="s">
-        <v>775</v>
+        <v>799</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>776</v>
+        <v>120</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>777</v>
+        <v>45</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G270" s="1"/>
       <c r="H270" s="1" t="s">
-        <v>778</v>
+        <v>800</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1" t="s">
-        <v>779</v>
+        <v>801</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>776</v>
+        <v>51</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>111</v>
+        <v>239</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G271" s="1"/>
       <c r="H271" s="1" t="s">
-        <v>780</v>
+        <v>802</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1" t="s">
-        <v>781</v>
+        <v>803</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>782</v>
+        <v>84</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>107</v>
+        <v>804</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G272" s="1"/>
       <c r="H272" s="1" t="s">
-        <v>783</v>
+        <v>805</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1" t="s">
-        <v>784</v>
+        <v>806</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>764</v>
+        <v>78</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>785</v>
+        <v>84</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G273" s="1"/>
       <c r="H273" s="1" t="s">
-        <v>786</v>
+        <v>807</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1" t="s">
-        <v>787</v>
+        <v>808</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>788</v>
+        <v>809</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>789</v>
+        <v>293</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="G274" s="1"/>
       <c r="H274" s="1" t="s">
-        <v>790</v>
+        <v>810</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1" t="s">
-        <v>791</v>
+        <v>811</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>792</v>
+        <v>589</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>232</v>
+        <v>136</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G275" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H275" s="1" t="s">
-        <v>793</v>
+        <v>812</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1" t="s">
-        <v>794</v>
+        <v>813</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>795</v>
+        <v>814</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>255</v>
+        <v>56</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G276" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>12</v>
+      </c>
       <c r="H276" s="1" t="s">
-        <v>796</v>
+        <v>815</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1" t="s">
-        <v>797</v>
+        <v>816</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>795</v>
+        <v>419</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>798</v>
+        <v>817</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1" t="s">
-        <v>799</v>
+        <v>818</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>795</v>
+        <v>56</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>785</v>
+        <v>99</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>800</v>
+        <v>819</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1" t="s">
-        <v>801</v>
+        <v>820</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>795</v>
+        <v>363</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>785</v>
+        <v>821</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>802</v>
+        <v>822</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1" t="s">
-        <v>803</v>
+        <v>823</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>804</v>
+        <v>51</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>232</v>
+        <v>277</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>805</v>
+        <v>824</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1" t="s">
-        <v>806</v>
+        <v>825</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>804</v>
+        <v>582</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>123</v>
+        <v>826</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>44</v>
+        <v>253</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>807</v>
+        <v>827</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1" t="s">
-        <v>808</v>
+        <v>828</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>809</v>
+        <v>829</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>810</v>
+        <v>830</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>25</v>
+        <v>253</v>
       </c>
       <c r="H282" s="1" t="s">
-        <v>811</v>
+        <v>831</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1" t="s">
-        <v>812</v>
+        <v>832</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>809</v>
+        <v>829</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>265</v>
+        <v>830</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G283" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>253</v>
+      </c>
       <c r="H283" s="1" t="s">
-        <v>813</v>
+        <v>833</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1" t="s">
-        <v>814</v>
+        <v>834</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>777</v>
+        <v>294</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>261</v>
+        <v>835</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>29</v>
+        <v>680</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>815</v>
+        <v>836</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1" t="s">
-        <v>816</v>
+        <v>837</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>254</v>
+        <v>838</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>474</v>
+        <v>30</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>108</v>
+        <v>170</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>817</v>
+        <v>839</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1" t="s">
-        <v>818</v>
+        <v>840</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>819</v>
+        <v>841</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>324</v>
+        <v>842</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>820</v>
+        <v>843</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1" t="s">
-        <v>821</v>
+        <v>844</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>822</v>
+        <v>841</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>729</v>
+        <v>842</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>198</v>
+        <v>22</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>823</v>
+        <v>845</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1" t="s">
-        <v>824</v>
+        <v>846</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>809</v>
+        <v>847</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>825</v>
+        <v>841</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>272</v>
+        <v>253</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>826</v>
+        <v>848</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1" t="s">
-        <v>827</v>
+        <v>849</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>232</v>
+        <v>308</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>146</v>
+        <v>838</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>56</v>
+        <v>253</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>828</v>
+        <v>850</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1" t="s">
-        <v>829</v>
+        <v>851</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>244</v>
+        <v>309</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>830</v>
+        <v>852</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1" t="s">
-        <v>831</v>
+        <v>853</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>789</v>
-[...3 lines deleted...]
-      </c>
+        <v>841</v>
+      </c>
+      <c r="C291" s="1"/>
       <c r="D291" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>198</v>
+        <v>170</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>832</v>
+        <v>854</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1" t="s">
-        <v>234</v>
+        <v>855</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>235</v>
+        <v>856</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>146</v>
+        <v>857</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H292" s="1" t="s">
-        <v>833</v>
+        <v>858</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1" t="s">
-        <v>834</v>
+        <v>859</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>255</v>
+        <v>168</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>156</v>
+        <v>860</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G293" s="1"/>
+        <v>11</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>175</v>
+      </c>
       <c r="H293" s="1" t="s">
-        <v>835</v>
+        <v>861</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1" t="s">
-        <v>836</v>
+        <v>862</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>837</v>
+        <v>226</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>838</v>
+        <v>863</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>63</v>
+        <v>175</v>
       </c>
       <c r="H294" s="1" t="s">
-        <v>839</v>
-[...186 lines deleted...]
-      <c r="B302" s="1" t="s">
         <v>864</v>
-      </c>
-[...1472 lines deleted...]
-        <v>1037</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>